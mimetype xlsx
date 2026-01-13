--- v0 (2025-11-14)
+++ v1 (2026-01-13)
@@ -1,97 +1,97 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/pivotCache/pivotCacheDefinition1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheDefinition+xml"/>
   <Override PartName="/pivotCache/pivotCacheRecords1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheRecords+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/pivotTables/pivotTable.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rde601d8025ee420c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/0fe63fff73974c8db13c0620a81ec957.psmdcp" Id="Ra3e7aa2c437544e3" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R45bfc28209b84590" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/48176373984340818a2e9bca1bc14f55.psmdcp" Id="R985d9a6e7b06423f" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
-    <x:sheet name="About" sheetId="2" r:id="rId2"/>
-[...1 lines deleted...]
-    <x:sheet name="Pivoted" sheetId="11" r:id="rId11"/>
+    <x:sheet name="About" sheetId="1" r:id="rId2"/>
+    <x:sheet name="Unpivoted" sheetId="2" r:id="rId9"/>
+    <x:sheet name="Pivoted" sheetId="3" r:id="rId11"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
   <x:pivotCaches>
     <x:pivotCache cacheId="0" r:id="rId12"/>
   </x:pivotCaches>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Table</x:t>
   </x:si>
   <x:si>
     <x:t>Code</x:t>
   </x:si>
   <x:si>
     <x:t>CD528</x:t>
   </x:si>
   <x:si>
     <x:t>Name</x:t>
   </x:si>
   <x:si>
     <x:t>Private Households</x:t>
   </x:si>
   <x:si>
     <x:t>Frequency</x:t>
   </x:si>
   <x:si>
     <x:t>Annual</x:t>
   </x:si>
   <x:si>
     <x:t>Last Updated</x:t>
   </x:si>
   <x:si>
-    <x:t>5/29/2020 11:00:00 AM</x:t>
+    <x:t>29/05/2020 11:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Note</x:t>
   </x:si>
   <x:si>
     <x:t>Url</x:t>
   </x:si>
   <x:si>
     <x:t>https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/CD528/XLSX/2007/en</x:t>
   </x:si>
   <x:si>
     <x:t>Product</x:t>
   </x:si>
   <x:si>
     <x:t>C2011P5</x:t>
   </x:si>
   <x:si>
     <x:t>Profile 5 - Households and Families - Living Arrangements in Ireland</x:t>
   </x:si>
   <x:si>
     <x:t>Contacts</x:t>
   </x:si>
   <x:si>
     <x:t>Bernie Casey</x:t>
   </x:si>
@@ -496,363 +496,170 @@
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip r:embed="rId8" cstate="print"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="3971925" cy="1381125"/>
         </a:xfrm>
         <a:prstGeom prst="rect"/>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/pivotTables/_rels/pivotTable.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheDefinition" Target="/pivotCache/pivotCacheDefinition1.xml" Id="rId17" /></Relationships>
 </file>
 
 <file path=xl/pivotTables/pivotTable.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotTableDefinition xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" dataCaption="Values" showError="0" missingCaption="" showMissing="1" pageWrap="0" pageOverThenDown="0" rowGrandTotals="0" colGrandTotals="0" indent="1">
-[...311 lines deleted...]
-</x:pivotTableDefinition>
+<pivotTableDefinition xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" applyNumberFormats="0" applyBorderFormats="0" applyFontFormats="0" applyPatternFormats="0" applyAlignmentFormats="0" applyWidthHeightFormats="0" dataCaption="Values" rowGrandTotals="0" colGrandTotals="0" outline="1">
+  <location ref="A1" firstHeaderRow="0" firstDataRow="0" firstDataCol="0"/>
+  <pivotFields count="12">
+    <pivotField name="STATISTIC" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="Statistic Label" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="C02076V03371" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="11">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+      </items>
+    </pivotField>
+    <pivotField name="Age Group of Reference Person" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="11">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+      </items>
+    </pivotField>
+    <pivotField name="C02254V02726" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="2">
+        <item x="0"/>
+        <item x="1"/>
+      </items>
+    </pivotField>
+    <pivotField name="Persons per Household" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="2">
+        <item x="0"/>
+        <item x="1"/>
+      </items>
+    </pivotField>
+    <pivotField name="C02778V03347" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="11">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+      </items>
+    </pivotField>
+    <pivotField name="Marital Status of Reference Person" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="11">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+      </items>
+    </pivotField>
+    <pivotField name="TLIST(A1)" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="CensusYear" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField showAll="0"/>
+    <pivotField dataField="1" showAll="0"/>
+  </pivotFields>
+  <rowFields count="10">
+    <field x="0"/>
+    <field x="1"/>
+    <field x="2"/>
+    <field x="3"/>
+    <field x="4"/>
+    <field x="5"/>
+    <field x="6"/>
+    <field x="7"/>
+    <field x="8"/>
+    <field x="9"/>
+  </rowFields>
+  <dataFields count="1">
+    <dataField name="VALUE" fld="11"/>
+  </dataFields>
+  <pivotTableStyleInfo name="PivotStyleLight16" showRowHeaders="1" showColHeaders="1"/>
+  <extLst>
+    <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{962EF5D1-5CA2-4c93-8EF4-DBF5C05439D2}">
+      <x14:pivotTableDefinition enableEdit="0" hideValuesRow="1"/>
+    </ext>
+  </extLst>
+</pivotTableDefinition>
 </file>
 
 <file path=xl/tables/table1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:table xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="1" name="Unpivoted" displayName="Unpivoted" ref="A1:L243" totalsRowShown="0">
   <x:autoFilter ref="A1:L243"/>
   <x:tableColumns count="12">
     <x:tableColumn id="1" name="STATISTIC"/>
     <x:tableColumn id="2" name="Statistic Label"/>
     <x:tableColumn id="3" name="C02076V03371"/>
     <x:tableColumn id="4" name="Age Group of Reference Person"/>
     <x:tableColumn id="5" name="C02254V02726"/>
     <x:tableColumn id="6" name="Persons per Household"/>
     <x:tableColumn id="7" name="C02778V03347"/>
     <x:tableColumn id="8" name="Marital Status of Reference Person"/>
     <x:tableColumn id="9" name="TLIST(A1)"/>
     <x:tableColumn id="10" name="CensusYear"/>
     <x:tableColumn id="11" name="UNIT"/>
     <x:tableColumn id="12" name="VALUE"/>
   </x:tableColumns>
   <x:tableStyleInfo name="TableStyleMedium2" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </x:table>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
@@ -1125,51 +932,51 @@
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="/xl/drawings/drawing1.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/CD528/XLSX/2007/en" TargetMode="External" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cso.ie/" TargetMode="External" Id="rId14" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="/xl/tables/table1.xml" Id="rId15" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet3.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotTable" Target="/xl/pivotTables/pivotTable.xml" Id="rId16" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:B39"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="20.710625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="100.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="8" spans="1:2">
       <x:c r="A8" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B8" s="2"/>
     </x:row>
     <x:row r="9" spans="1:2">
       <x:c r="A9" s="3" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="B9" s="0" t="s">
         <x:v>2</x:v>
@@ -1356,51 +1163,51 @@
       </x:c>
     </x:row>
     <x:row r="39" spans="1:2">
       <x:c r="A39" s="3" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B39" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:hyperlinks>
     <x:hyperlink ref="B14" r:id="rId13"/>
     <x:hyperlink ref="B28" r:id="rId14"/>
   </x:hyperlinks>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:drawing xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId7"/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:L243"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="11.996339" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="18.424911" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="16.139196" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="31.139196" style="0" customWidth="1"/>
     <x:col min="5" max="5" width="16.139196" style="0" customWidth="1"/>
     <x:col min="6" max="6" width="30.567768" style="0" customWidth="1"/>
     <x:col min="7" max="7" width="16.139196" style="0" customWidth="1"/>
     <x:col min="8" max="8" width="34.139196" style="0" customWidth="1"/>
     <x:col min="9" max="9" width="11.282054" style="0" customWidth="1"/>
     <x:col min="10" max="10" width="13.424911" style="0" customWidth="1"/>
     <x:col min="11" max="11" width="8.282054" style="0" customWidth="1"/>
     <x:col min="12" max="12" width="8.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:12">
       <x:c r="A1" s="0" t="s">
@@ -10626,51 +10433,51 @@
       <x:c r="I243" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J243" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="K243" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="L243" s="0">
         <x:v>132169</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="1">
     <x:tablePart r:id="rId15"/>
   </x:tableParts>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:sheetData/>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Application>Microsoft Excel</ap:Application>
   <ap:TitlesOfParts>
     <vt:vector baseType="lpstr" size="9">
       <vt:lpstr>About</vt:lpstr>
       <vt:lpstr>Unpivoted</vt:lpstr>
       <vt:lpstr>Pivoted</vt:lpstr>
@@ -10687,51 +10494,51 @@
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>3</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Named Ranges</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>6</vt:i4>
       </vt:variant>
     </vt:vector>
   </ap:HeadingPairs>
   <ap:DocSecurity>0</ap:DocSecurity>
   <ap:ScaleCrop>false</ap:ScaleCrop>
 </ap:Properties>
 </file>
 
 <file path=pivotCache/_rels/pivotCacheDefinition1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheRecords" Target="/pivotCache/pivotCacheRecords1.xml" Id="rId1" /></Relationships>
 </file>
 
 <file path=pivotCache/pivotCacheDefinition1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:pivotCacheDefinition xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" r:id="rId1" saveData="1" refreshOnLoad="1" createdVersion="5" refreshedVersion="5" minRefreshableVersion="3">
   <x:cacheSource type="worksheet">
-    <x:worksheetSource ref="A1:L243" sheet="Unpivoted"/>
+    <x:worksheetSource name="Unpivoted"/>
   </x:cacheSource>
   <x:cacheFields>
     <x:cacheField name="STATISTIC">
       <x:sharedItems count="1">
         <x:s v="CD528"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="Statistic Label">
       <x:sharedItems count="1">
         <x:s v="Private Households"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="C02076V03371">
       <x:sharedItems count="11">
         <x:s v="-"/>
         <x:s v="405"/>
         <x:s v="410"/>
         <x:s v="440"/>
         <x:s v="460"/>
         <x:s v="475"/>
         <x:s v="495"/>
         <x:s v="515"/>
         <x:s v="530"/>
         <x:s v="550"/>
         <x:s v="575"/>
@@ -11038,27 +10845,3416 @@
         <x:n v="9201"/>
         <x:n v="24906"/>
         <x:n v="139097"/>
         <x:n v="20809"/>
         <x:n v="17315"/>
         <x:n v="9066"/>
         <x:n v="91907"/>
         <x:n v="624412"/>
         <x:n v="415803"/>
         <x:n v="32676"/>
         <x:n v="335928"/>
         <x:n v="11940"/>
         <x:n v="35259"/>
         <x:n v="208609"/>
         <x:n v="25859"/>
         <x:n v="38179"/>
         <x:n v="12402"/>
         <x:n v="132169"/>
       </x:sharedItems>
     </x:cacheField>
   </x:cacheFields>
 </x:pivotCacheDefinition>
 </file>
 
 <file path=pivotCache/pivotCacheRecords1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main"/>
+<pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="xr">
+  <r>
+    <s v="CD528"/>
+    <s v="Private Households"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="-"/>
+    <s v="Total"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1654208"/>
+  </r>
+  <r>
+    <s v="CD528"/>
+    <s v="Private Households"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="01"/>
+    <s v="Male reference person - Total"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="985254"/>
+  </r>
+  <r>
+    <s v="CD528"/>
+    <s v="Private Households"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="02"/>
+    <s v="Male reference person - Single"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="239240"/>
+  </r>
+  <r>
+    <s v="CD528"/>
+    <s v="Private Households"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="03"/>
+    <s v="Male reference person - Married"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="649093"/>
+  </r>
+  <r>
+    <s v="CD528"/>
+    <s v="Private Households"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="04"/>
+    <s v="Male reference person - Separated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="61843"/>
+  </r>
+  <r>
+    <s v="CD528"/>
+    <s v="Private Households"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="05"/>
+    <s v="Male reference person - Widowed"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="35078"/>
+  </r>
+  <r>
+    <s v="CD528"/>
+    <s v="Private Households"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="06"/>
+    <s v="Female reference person - Total"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="668954"/>
+  </r>
+  <r>
+    <s v="CD528"/>
+    <s v="Private Households"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="07"/>
+    <s v="Female reference person - Single"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="261356"/>
+  </r>
+  <r>
+    <s v="CD528"/>
+    <s v="Private Households"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="08"/>
+    <s v="Female reference person - Married"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="193858"/>
+  </r>
+  <r>
+    <s v="CD528"/>
+    <s v="Private Households"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="09"/>
+    <s v="Female reference person - Separated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="94353"/>
+  </r>
+  <r>
+    <s v="CD528"/>
+    <s v="Private Households"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="10"/>
+    <s v="Female reference person - Widowed"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="119387"/>
+  </r>
+  <r>
+    <s v="CD528"/>
+    <s v="Private Households"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="-"/>
+    <s v="Total"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4510409"/>
+  </r>
+  <r>
+    <s v="CD528"/>
+    <s v="Private Households"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="01"/>
+    <s v="Male reference person - Total"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2852691"/>
+  </r>
+  <r>
+    <s v="CD528"/>
+    <s v="Private Households"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="02"/>
+    <s v="Male reference person - Single"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="432325"/>
+  </r>
+  <r>
+    <s v="CD528"/>
+    <s v="Private Households"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="03"/>
+    <s v="Male reference person - Married"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2257181"/>
+  </r>
+  <r>
+    <s v="CD528"/>
+    <s v="Private Households"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="04"/>
+    <s v="Male reference person - Separated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="106089"/>
+  </r>
+  <r>
+    <s v="CD528"/>
+    <s v="Private Households"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="05"/>
+    <s v="Male reference person - Widowed"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="57096"/>
+  </r>
+  <r>
+    <s v="CD528"/>
+    <s v="Private Households"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="06"/>
+    <s v="Female reference person - Total"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1657718"/>
+  </r>
+  <r>
+    <s v="CD528"/>
+    <s v="Private Households"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="07"/>
+    <s v="Female reference person - Single"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="555219"/>
+  </r>
+  <r>
+    <s v="CD528"/>
+    <s v="Private Households"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="08"/>
+    <s v="Female reference person - Married"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="680381"/>
+  </r>
+  <r>
+    <s v="CD528"/>
+    <s v="Private Households"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="09"/>
+    <s v="Female reference person - Separated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="229762"/>
+  </r>
+  <r>
+    <s v="CD528"/>
+    <s v="Private Households"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="10"/>
+    <s v="Female reference person - Widowed"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="192356"/>
+  </r>
+  <r>
+    <s v="CD528"/>
+    <s v="Private Households"/>
+    <s v="405"/>
+    <s v="Under 25 years"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="-"/>
+    <s v="Total"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="55577"/>
+  </r>
+  <r>
+    <s v="CD528"/>
+    <s v="Private Households"/>
+    <s v="405"/>
+    <s v="Under 25 years"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="01"/>
+    <s v="Male reference person - Total"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="21551"/>
+  </r>
+  <r>
+    <s v="CD528"/>
+    <s v="Private Households"/>
+    <s v="405"/>
+    <s v="Under 25 years"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="02"/>
+    <s v="Male reference person - Single"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="20086"/>
+  </r>
+  <r>
+    <s v="CD528"/>
+    <s v="Private Households"/>
+    <s v="405"/>
+    <s v="Under 25 years"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="03"/>
+    <s v="Male reference person - Married"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1348"/>
+  </r>
+  <r>
+    <s v="CD528"/>
+    <s v="Private Households"/>
+    <s v="405"/>
+    <s v="Under 25 years"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="04"/>
+    <s v="Male reference person - Separated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="93"/>
+  </r>
+  <r>
+    <s v="CD528"/>
+    <s v="Private Households"/>
+    <s v="405"/>
+    <s v="Under 25 years"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="05"/>
+    <s v="Male reference person - Widowed"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="24"/>
+  </r>
+  <r>
+    <s v="CD528"/>
+    <s v="Private Households"/>
+    <s v="405"/>
+    <s v="Under 25 years"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="06"/>
+    <s v="Female reference person - Total"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="34026"/>
+  </r>
+  <r>
+    <s v="CD528"/>
+    <s v="Private Households"/>
+    <s v="405"/>
+    <s v="Under 25 years"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="07"/>
+    <s v="Female reference person - Single"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="31651"/>
+  </r>
+  <r>
+    <s v="CD528"/>
+    <s v="Private Households"/>
+    <s v="405"/>
+    <s v="Under 25 years"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="08"/>
+    <s v="Female reference person - Married"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2071"/>
+  </r>
+  <r>
+    <s v="CD528"/>
+    <s v="Private Households"/>
+    <s v="405"/>
+    <s v="Under 25 years"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="09"/>
+    <s v="Female reference person - Separated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="265"/>
+  </r>
+  <r>
+    <s v="CD528"/>
+    <s v="Private Households"/>
+    <s v="405"/>
+    <s v="Under 25 years"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="10"/>
+    <s v="Female reference person - Widowed"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="39"/>
+  </r>
+  <r>
+    <s v="CD528"/>
+    <s v="Private Households"/>
+    <s v="405"/>
+    <s v="Under 25 years"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="-"/>
+    <s v="Total"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="129815"/>
+  </r>
+  <r>
+    <s v="CD528"/>
+    <s v="Private Households"/>
+    <s v="405"/>
+    <s v="Under 25 years"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="01"/>
+    <s v="Male reference person - Total"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="47934"/>
+  </r>
+  <r>
+    <s v="CD528"/>
+    <s v="Private Households"/>
+    <s v="405"/>
+    <s v="Under 25 years"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="02"/>
+    <s v="Male reference person - Single"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="43570"/>
+  </r>
+  <r>
+    <s v="CD528"/>
+    <s v="Private Households"/>
+    <s v="405"/>
+    <s v="Under 25 years"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="03"/>
+    <s v="Male reference person - Married"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4168"/>
+  </r>
+  <r>
+    <s v="CD528"/>
+    <s v="Private Households"/>
+    <s v="405"/>
+    <s v="Under 25 years"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="04"/>
+    <s v="Male reference person - Separated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="155"/>
+  </r>
+  <r>
+    <s v="CD528"/>
+    <s v="Private Households"/>
+    <s v="405"/>
+    <s v="Under 25 years"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="05"/>
+    <s v="Male reference person - Widowed"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="41"/>
+  </r>
+  <r>
+    <s v="CD528"/>
+    <s v="Private Households"/>
+    <s v="405"/>
+    <s v="Under 25 years"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="06"/>
+    <s v="Female reference person - Total"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="81881"/>
+  </r>
+  <r>
+    <s v="CD528"/>
+    <s v="Private Households"/>
+    <s v="405"/>
+    <s v="Under 25 years"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="07"/>
+    <s v="Female reference person - Single"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="74411"/>
+  </r>
+  <r>
+    <s v="CD528"/>
+    <s v="Private Households"/>
+    <s v="405"/>
+    <s v="Under 25 years"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="08"/>
+    <s v="Female reference person - Married"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="6744"/>
+  </r>
+  <r>
+    <s v="CD528"/>
+    <s v="Private Households"/>
+    <s v="405"/>
+    <s v="Under 25 years"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="09"/>
+    <s v="Female reference person - Separated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="651"/>
+  </r>
+  <r>
+    <s v="CD528"/>
+    <s v="Private Households"/>
+    <s v="405"/>
+    <s v="Under 25 years"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="10"/>
+    <s v="Female reference person - Widowed"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="75"/>
+  </r>
+  <r>
+    <s v="CD528"/>
+    <s v="Private Households"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="-"/>
+    <s v="Total"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="127947"/>
+  </r>
+  <r>
+    <s v="CD528"/>
+    <s v="Private Households"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="01"/>
+    <s v="Male reference person - Total"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="55847"/>
+  </r>
+  <r>
+    <s v="CD528"/>
+    <s v="Private Households"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="02"/>
+    <s v="Male reference person - Single"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="41423"/>
+  </r>
+  <r>
+    <s v="CD528"/>
+    <s v="Private Households"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="03"/>
+    <s v="Male reference person - Married"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="13859"/>
+  </r>
+  <r>
+    <s v="CD528"/>
+    <s v="Private Households"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="04"/>
+    <s v="Male reference person - Separated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="510"/>
+  </r>
+  <r>
+    <s v="CD528"/>
+    <s v="Private Households"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="05"/>
+    <s v="Male reference person - Widowed"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="55"/>
+  </r>
+  <r>
+    <s v="CD528"/>
+    <s v="Private Households"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="06"/>
+    <s v="Female reference person - Total"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="72100"/>
+  </r>
+  <r>
+    <s v="CD528"/>
+    <s v="Private Households"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="07"/>
+    <s v="Female reference person - Single"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="55886"/>
+  </r>
+  <r>
+    <s v="CD528"/>
+    <s v="Private Households"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="08"/>
+    <s v="Female reference person - Married"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="14365"/>
+  </r>
+  <r>
+    <s v="CD528"/>
+    <s v="Private Households"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="09"/>
+    <s v="Female reference person - Separated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1725"/>
+  </r>
+  <r>
+    <s v="CD528"/>
+    <s v="Private Households"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="10"/>
+    <s v="Female reference person - Widowed"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="124"/>
+  </r>
+  <r>
+    <s v="CD528"/>
+    <s v="Private Households"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="-"/>
+    <s v="Total"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="318399"/>
+  </r>
+  <r>
+    <s v="CD528"/>
+    <s v="Private Households"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="01"/>
+    <s v="Male reference person - Total"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="134213"/>
+  </r>
+  <r>
+    <s v="CD528"/>
+    <s v="Private Households"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="02"/>
+    <s v="Male reference person - Single"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="90017"/>
+  </r>
+  <r>
+    <s v="CD528"/>
+    <s v="Private Households"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="03"/>
+    <s v="Male reference person - Married"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="43089"/>
+  </r>
+  <r>
+    <s v="CD528"/>
+    <s v="Private Households"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="04"/>
+    <s v="Male reference person - Separated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1009"/>
+  </r>
+  <r>
+    <s v="CD528"/>
+    <s v="Private Households"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="05"/>
+    <s v="Male reference person - Widowed"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="98"/>
+  </r>
+  <r>
+    <s v="CD528"/>
+    <s v="Private Households"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="06"/>
+    <s v="Female reference person - Total"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="184186"/>
+  </r>
+  <r>
+    <s v="CD528"/>
+    <s v="Private Households"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="07"/>
+    <s v="Female reference person - Single"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="133467"/>
+  </r>
+  <r>
+    <s v="CD528"/>
+    <s v="Private Households"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="08"/>
+    <s v="Female reference person - Married"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="45561"/>
+  </r>
+  <r>
+    <s v="CD528"/>
+    <s v="Private Households"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="09"/>
+    <s v="Female reference person - Separated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4896"/>
+  </r>
+  <r>
+    <s v="CD528"/>
+    <s v="Private Households"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="10"/>
+    <s v="Female reference person - Widowed"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="262"/>
+  </r>
+  <r>
+    <s v="CD528"/>
+    <s v="Private Households"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="-"/>
+    <s v="Total"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="184895"/>
+  </r>
+  <r>
+    <s v="CD528"/>
+    <s v="Private Households"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="01"/>
+    <s v="Male reference person - Total"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="96434"/>
+  </r>
+  <r>
+    <s v="CD528"/>
+    <s v="Private Households"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="02"/>
+    <s v="Male reference person - Single"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="45444"/>
+  </r>
+  <r>
+    <s v="CD528"/>
+    <s v="Private Households"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="03"/>
+    <s v="Male reference person - Married"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="48790"/>
+  </r>
+  <r>
+    <s v="CD528"/>
+    <s v="Private Households"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="04"/>
+    <s v="Male reference person - Separated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2046"/>
+  </r>
+  <r>
+    <s v="CD528"/>
+    <s v="Private Households"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="05"/>
+    <s v="Male reference person - Widowed"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="154"/>
+  </r>
+  <r>
+    <s v="CD528"/>
+    <s v="Private Households"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="06"/>
+    <s v="Female reference person - Total"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="88461"/>
+  </r>
+  <r>
+    <s v="CD528"/>
+    <s v="Private Households"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="07"/>
+    <s v="Female reference person - Single"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="51525"/>
+  </r>
+  <r>
+    <s v="CD528"/>
+    <s v="Private Households"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="08"/>
+    <s v="Female reference person - Married"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="31593"/>
+  </r>
+  <r>
+    <s v="CD528"/>
+    <s v="Private Households"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="09"/>
+    <s v="Female reference person - Separated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4911"/>
+  </r>
+  <r>
+    <s v="CD528"/>
+    <s v="Private Households"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="10"/>
+    <s v="Female reference person - Widowed"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="432"/>
+  </r>
+  <r>
+    <s v="CD528"/>
+    <s v="Private Households"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="-"/>
+    <s v="Total"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="506299"/>
+  </r>
+  <r>
+    <s v="CD528"/>
+    <s v="Private Households"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="01"/>
+    <s v="Male reference person - Total"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="261498"/>
+  </r>
+  <r>
+    <s v="CD528"/>
+    <s v="Private Households"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="02"/>
+    <s v="Male reference person - Single"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="92737"/>
+  </r>
+  <r>
+    <s v="CD528"/>
+    <s v="Private Households"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="03"/>
+    <s v="Male reference person - Married"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="164299"/>
+  </r>
+  <r>
+    <s v="CD528"/>
+    <s v="Private Households"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="04"/>
+    <s v="Male reference person - Separated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4172"/>
+  </r>
+  <r>
+    <s v="CD528"/>
+    <s v="Private Households"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="05"/>
+    <s v="Male reference person - Widowed"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="290"/>
+  </r>
+  <r>
+    <s v="CD528"/>
+    <s v="Private Households"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="06"/>
+    <s v="Female reference person - Total"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="244801"/>
+  </r>
+  <r>
+    <s v="CD528"/>
+    <s v="Private Households"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="07"/>
+    <s v="Female reference person - Single"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="120724"/>
+  </r>
+  <r>
+    <s v="CD528"/>
+    <s v="Private Households"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="08"/>
+    <s v="Female reference person - Married"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="108621"/>
+  </r>
+  <r>
+    <s v="CD528"/>
+    <s v="Private Households"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="09"/>
+    <s v="Female reference person - Separated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="14421"/>
+  </r>
+  <r>
+    <s v="CD528"/>
+    <s v="Private Households"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="10"/>
+    <s v="Female reference person - Widowed"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1035"/>
+  </r>
+  <r>
+    <s v="CD528"/>
+    <s v="Private Households"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="-"/>
+    <s v="Total"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="185864"/>
+  </r>
+  <r>
+    <s v="CD528"/>
+    <s v="Private Households"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="01"/>
+    <s v="Male reference person - Total"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="108443"/>
+  </r>
+  <r>
+    <s v="CD528"/>
+    <s v="Private Households"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="02"/>
+    <s v="Male reference person - Single"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="30881"/>
+  </r>
+  <r>
+    <s v="CD528"/>
+    <s v="Private Households"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="03"/>
+    <s v="Male reference person - Married"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="72745"/>
+  </r>
+  <r>
+    <s v="CD528"/>
+    <s v="Private Households"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="04"/>
+    <s v="Male reference person - Separated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4524"/>
+  </r>
+  <r>
+    <s v="CD528"/>
+    <s v="Private Households"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="05"/>
+    <s v="Male reference person - Widowed"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="293"/>
+  </r>
+  <r>
+    <s v="CD528"/>
+    <s v="Private Households"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="06"/>
+    <s v="Female reference person - Total"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="77421"/>
+  </r>
+  <r>
+    <s v="CD528"/>
+    <s v="Private Households"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="07"/>
+    <s v="Female reference person - Single"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="34880"/>
+  </r>
+  <r>
+    <s v="CD528"/>
+    <s v="Private Households"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="08"/>
+    <s v="Female reference person - Married"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="32527"/>
+  </r>
+  <r>
+    <s v="CD528"/>
+    <s v="Private Households"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="09"/>
+    <s v="Female reference person - Separated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="9094"/>
+  </r>
+  <r>
+    <s v="CD528"/>
+    <s v="Private Households"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="10"/>
+    <s v="Female reference person - Widowed"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="920"/>
+  </r>
+  <r>
+    <s v="CD528"/>
+    <s v="Private Households"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="-"/>
+    <s v="Total"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="597243"/>
+  </r>
+  <r>
+    <s v="CD528"/>
+    <s v="Private Households"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="01"/>
+    <s v="Male reference person - Total"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="356055"/>
+  </r>
+  <r>
+    <s v="CD528"/>
+    <s v="Private Households"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="02"/>
+    <s v="Male reference person - Single"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="59510"/>
+  </r>
+  <r>
+    <s v="CD528"/>
+    <s v="Private Households"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="03"/>
+    <s v="Male reference person - Married"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="286862"/>
+  </r>
+  <r>
+    <s v="CD528"/>
+    <s v="Private Households"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="04"/>
+    <s v="Male reference person - Separated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="9012"/>
+  </r>
+  <r>
+    <s v="CD528"/>
+    <s v="Private Households"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="05"/>
+    <s v="Male reference person - Widowed"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="671"/>
+  </r>
+  <r>
+    <s v="CD528"/>
+    <s v="Private Households"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="06"/>
+    <s v="Female reference person - Total"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="241188"/>
+  </r>
+  <r>
+    <s v="CD528"/>
+    <s v="Private Households"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="07"/>
+    <s v="Female reference person - Single"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="80505"/>
+  </r>
+  <r>
+    <s v="CD528"/>
+    <s v="Private Households"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="08"/>
+    <s v="Female reference person - Married"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="129416"/>
+  </r>
+  <r>
+    <s v="CD528"/>
+    <s v="Private Households"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="09"/>
+    <s v="Female reference person - Separated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="28622"/>
+  </r>
+  <r>
+    <s v="CD528"/>
+    <s v="Private Households"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="10"/>
+    <s v="Female reference person - Widowed"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2645"/>
+  </r>
+  <r>
+    <s v="CD528"/>
+    <s v="Private Households"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="-"/>
+    <s v="Total"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="175797"/>
+  </r>
+  <r>
+    <s v="CD528"/>
+    <s v="Private Households"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="01"/>
+    <s v="Male reference person - Total"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="110121"/>
+  </r>
+  <r>
+    <s v="CD528"/>
+    <s v="Private Households"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="02"/>
+    <s v="Male reference person - Single"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="21312"/>
+  </r>
+  <r>
+    <s v="CD528"/>
+    <s v="Private Households"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="03"/>
+    <s v="Male reference person - Married"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="81031"/>
+  </r>
+  <r>
+    <s v="CD528"/>
+    <s v="Private Households"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="04"/>
+    <s v="Male reference person - Separated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="7251"/>
+  </r>
+  <r>
+    <s v="CD528"/>
+    <s v="Private Households"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="05"/>
+    <s v="Male reference person - Widowed"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="527"/>
+  </r>
+  <r>
+    <s v="CD528"/>
+    <s v="Private Households"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="06"/>
+    <s v="Female reference person - Total"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="65676"/>
+  </r>
+  <r>
+    <s v="CD528"/>
+    <s v="Private Households"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="07"/>
+    <s v="Female reference person - Single"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="22900"/>
+  </r>
+  <r>
+    <s v="CD528"/>
+    <s v="Private Households"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="08"/>
+    <s v="Female reference person - Married"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="27338"/>
+  </r>
+  <r>
+    <s v="CD528"/>
+    <s v="Private Households"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="09"/>
+    <s v="Female reference person - Separated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="13961"/>
+  </r>
+  <r>
+    <s v="CD528"/>
+    <s v="Private Households"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="10"/>
+    <s v="Female reference person - Widowed"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1477"/>
+  </r>
+  <r>
+    <s v="CD528"/>
+    <s v="Private Households"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="-"/>
+    <s v="Total"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="613322"/>
+  </r>
+  <r>
+    <s v="CD528"/>
+    <s v="Private Households"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="01"/>
+    <s v="Male reference person - Total"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="401697"/>
+  </r>
+  <r>
+    <s v="CD528"/>
+    <s v="Private Households"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="02"/>
+    <s v="Male reference person - Single"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="38668"/>
+  </r>
+  <r>
+    <s v="CD528"/>
+    <s v="Private Households"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="03"/>
+    <s v="Male reference person - Married"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="347004"/>
+  </r>
+  <r>
+    <s v="CD528"/>
+    <s v="Private Households"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="04"/>
+    <s v="Male reference person - Separated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="14613"/>
+  </r>
+  <r>
+    <s v="CD528"/>
+    <s v="Private Households"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="05"/>
+    <s v="Male reference person - Widowed"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1412"/>
+  </r>
+  <r>
+    <s v="CD528"/>
+    <s v="Private Households"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="06"/>
+    <s v="Female reference person - Total"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="211625"/>
+  </r>
+  <r>
+    <s v="CD528"/>
+    <s v="Private Households"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="07"/>
+    <s v="Female reference person - Single"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="49727"/>
+  </r>
+  <r>
+    <s v="CD528"/>
+    <s v="Private Households"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="08"/>
+    <s v="Female reference person - Married"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="114531"/>
+  </r>
+  <r>
+    <s v="CD528"/>
+    <s v="Private Households"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="09"/>
+    <s v="Female reference person - Separated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="42946"/>
+  </r>
+  <r>
+    <s v="CD528"/>
+    <s v="Private Households"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="10"/>
+    <s v="Female reference person - Widowed"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4421"/>
+  </r>
+  <r>
+    <s v="CD528"/>
+    <s v="Private Households"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="-"/>
+    <s v="Total"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="165625"/>
+  </r>
+  <r>
+    <s v="CD528"/>
+    <s v="Private Households"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="01"/>
+    <s v="Male reference person - Total"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="107102"/>
+  </r>
+  <r>
+    <s v="CD528"/>
+    <s v="Private Households"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="02"/>
+    <s v="Male reference person - Single"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="15922"/>
+  </r>
+  <r>
+    <s v="CD528"/>
+    <s v="Private Households"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="03"/>
+    <s v="Male reference person - Married"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="80592"/>
+  </r>
+  <r>
+    <s v="CD528"/>
+    <s v="Private Households"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="04"/>
+    <s v="Male reference person - Separated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="9627"/>
+  </r>
+  <r>
+    <s v="CD528"/>
+    <s v="Private Households"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="05"/>
+    <s v="Male reference person - Widowed"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="961"/>
+  </r>
+  <r>
+    <s v="CD528"/>
+    <s v="Private Households"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="06"/>
+    <s v="Female reference person - Total"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="58523"/>
+  </r>
+  <r>
+    <s v="CD528"/>
+    <s v="Private Households"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="07"/>
+    <s v="Female reference person - Single"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="15774"/>
+  </r>
+  <r>
+    <s v="CD528"/>
+    <s v="Private Households"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="08"/>
+    <s v="Female reference person - Married"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="22985"/>
+  </r>
+  <r>
+    <s v="CD528"/>
+    <s v="Private Households"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="09"/>
+    <s v="Female reference person - Separated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="16981"/>
+  </r>
+  <r>
+    <s v="CD528"/>
+    <s v="Private Households"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="10"/>
+    <s v="Female reference person - Widowed"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2783"/>
+  </r>
+  <r>
+    <s v="CD528"/>
+    <s v="Private Households"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="-"/>
+    <s v="Total"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="569555"/>
+  </r>
+  <r>
+    <s v="CD528"/>
+    <s v="Private Households"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="01"/>
+    <s v="Male reference person - Total"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="392047"/>
+  </r>
+  <r>
+    <s v="CD528"/>
+    <s v="Private Households"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="02"/>
+    <s v="Male reference person - Single"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="25461"/>
+  </r>
+  <r>
+    <s v="CD528"/>
+    <s v="Private Households"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="03"/>
+    <s v="Male reference person - Married"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="345514"/>
+  </r>
+  <r>
+    <s v="CD528"/>
+    <s v="Private Households"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="04"/>
+    <s v="Male reference person - Separated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="18439"/>
+  </r>
+  <r>
+    <s v="CD528"/>
+    <s v="Private Households"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="05"/>
+    <s v="Male reference person - Widowed"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2633"/>
+  </r>
+  <r>
+    <s v="CD528"/>
+    <s v="Private Households"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="06"/>
+    <s v="Female reference person - Total"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="177508"/>
+  </r>
+  <r>
+    <s v="CD528"/>
+    <s v="Private Households"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="07"/>
+    <s v="Female reference person - Single"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="29663"/>
+  </r>
+  <r>
+    <s v="CD528"/>
+    <s v="Private Households"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="08"/>
+    <s v="Female reference person - Married"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="92546"/>
+  </r>
+  <r>
+    <s v="CD528"/>
+    <s v="Private Households"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="09"/>
+    <s v="Female reference person - Separated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="47479"/>
+  </r>
+  <r>
+    <s v="CD528"/>
+    <s v="Private Households"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="10"/>
+    <s v="Female reference person - Widowed"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="7820"/>
+  </r>
+  <r>
+    <s v="CD528"/>
+    <s v="Private Households"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="-"/>
+    <s v="Total"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="154148"/>
+  </r>
+  <r>
+    <s v="CD528"/>
+    <s v="Private Households"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="01"/>
+    <s v="Male reference person - Total"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="102774"/>
+  </r>
+  <r>
+    <s v="CD528"/>
+    <s v="Private Households"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="02"/>
+    <s v="Male reference person - Single"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="13469"/>
+  </r>
+  <r>
+    <s v="CD528"/>
+    <s v="Private Households"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="03"/>
+    <s v="Male reference person - Married"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="76838"/>
+  </r>
+  <r>
+    <s v="CD528"/>
+    <s v="Private Households"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="04"/>
+    <s v="Male reference person - Separated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="10779"/>
+  </r>
+  <r>
+    <s v="CD528"/>
+    <s v="Private Households"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="05"/>
+    <s v="Male reference person - Widowed"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1688"/>
+  </r>
+  <r>
+    <s v="CD528"/>
+    <s v="Private Households"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="06"/>
+    <s v="Female reference person - Total"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="51374"/>
+  </r>
+  <r>
+    <s v="CD528"/>
+    <s v="Private Households"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="07"/>
+    <s v="Female reference person - Single"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="11489"/>
+  </r>
+  <r>
+    <s v="CD528"/>
+    <s v="Private Households"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="08"/>
+    <s v="Female reference person - Married"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="19253"/>
+  </r>
+  <r>
+    <s v="CD528"/>
+    <s v="Private Households"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="09"/>
+    <s v="Female reference person - Separated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="16168"/>
+  </r>
+  <r>
+    <s v="CD528"/>
+    <s v="Private Households"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="10"/>
+    <s v="Female reference person - Widowed"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4464"/>
+  </r>
+  <r>
+    <s v="CD528"/>
+    <s v="Private Households"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="-"/>
+    <s v="Total"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="481235"/>
+  </r>
+  <r>
+    <s v="CD528"/>
+    <s v="Private Households"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="01"/>
+    <s v="Male reference person - Total"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="344507"/>
+  </r>
+  <r>
+    <s v="CD528"/>
+    <s v="Private Households"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="02"/>
+    <s v="Male reference person - Single"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="19113"/>
+  </r>
+  <r>
+    <s v="CD528"/>
+    <s v="Private Households"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="03"/>
+    <s v="Male reference person - Married"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="301978"/>
+  </r>
+  <r>
+    <s v="CD528"/>
+    <s v="Private Households"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="04"/>
+    <s v="Male reference person - Separated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="19215"/>
+  </r>
+  <r>
+    <s v="CD528"/>
+    <s v="Private Households"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="05"/>
+    <s v="Male reference person - Widowed"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4201"/>
+  </r>
+  <r>
+    <s v="CD528"/>
+    <s v="Private Households"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="06"/>
+    <s v="Female reference person - Total"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="136728"/>
+  </r>
+  <r>
+    <s v="CD528"/>
+    <s v="Private Households"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="07"/>
+    <s v="Female reference person - Single"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="18332"/>
+  </r>
+  <r>
+    <s v="CD528"/>
+    <s v="Private Households"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="08"/>
+    <s v="Female reference person - Married"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="69013"/>
+  </r>
+  <r>
+    <s v="CD528"/>
+    <s v="Private Households"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="09"/>
+    <s v="Female reference person - Separated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="38238"/>
+  </r>
+  <r>
+    <s v="CD528"/>
+    <s v="Private Households"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="10"/>
+    <s v="Female reference person - Widowed"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="11145"/>
+  </r>
+  <r>
+    <s v="CD528"/>
+    <s v="Private Households"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="-"/>
+    <s v="Total"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="139835"/>
+  </r>
+  <r>
+    <s v="CD528"/>
+    <s v="Private Households"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="01"/>
+    <s v="Male reference person - Total"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="95651"/>
+  </r>
+  <r>
+    <s v="CD528"/>
+    <s v="Private Households"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="02"/>
+    <s v="Male reference person - Single"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="12279"/>
+  </r>
+  <r>
+    <s v="CD528"/>
+    <s v="Private Households"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="03"/>
+    <s v="Male reference person - Married"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="70871"/>
+  </r>
+  <r>
+    <s v="CD528"/>
+    <s v="Private Households"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="04"/>
+    <s v="Male reference person - Separated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="9907"/>
+  </r>
+  <r>
+    <s v="CD528"/>
+    <s v="Private Households"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="05"/>
+    <s v="Male reference person - Widowed"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2594"/>
+  </r>
+  <r>
+    <s v="CD528"/>
+    <s v="Private Households"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="06"/>
+    <s v="Female reference person - Total"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="44184"/>
+  </r>
+  <r>
+    <s v="CD528"/>
+    <s v="Private Households"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="07"/>
+    <s v="Female reference person - Single"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="9198"/>
+  </r>
+  <r>
+    <s v="CD528"/>
+    <s v="Private Households"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="08"/>
+    <s v="Female reference person - Married"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="15230"/>
+  </r>
+  <r>
+    <s v="CD528"/>
+    <s v="Private Households"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="09"/>
+    <s v="Female reference person - Separated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="12966"/>
+  </r>
+  <r>
+    <s v="CD528"/>
+    <s v="Private Households"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="10"/>
+    <s v="Female reference person - Widowed"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="6790"/>
+  </r>
+  <r>
+    <s v="CD528"/>
+    <s v="Private Households"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="-"/>
+    <s v="Total"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="375208"/>
+  </r>
+  <r>
+    <s v="CD528"/>
+    <s v="Private Households"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="01"/>
+    <s v="Male reference person - Total"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="276394"/>
+  </r>
+  <r>
+    <s v="CD528"/>
+    <s v="Private Households"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="02"/>
+    <s v="Male reference person - Single"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="15987"/>
+  </r>
+  <r>
+    <s v="CD528"/>
+    <s v="Private Households"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="03"/>
+    <s v="Male reference person - Married"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="238849"/>
+  </r>
+  <r>
+    <s v="CD528"/>
+    <s v="Private Households"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="04"/>
+    <s v="Male reference person - Separated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="16031"/>
+  </r>
+  <r>
+    <s v="CD528"/>
+    <s v="Private Households"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="05"/>
+    <s v="Male reference person - Widowed"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5527"/>
+  </r>
+  <r>
+    <s v="CD528"/>
+    <s v="Private Households"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="06"/>
+    <s v="Female reference person - Total"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="98814"/>
+  </r>
+  <r>
+    <s v="CD528"/>
+    <s v="Private Households"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="07"/>
+    <s v="Female reference person - Single"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="13028"/>
+  </r>
+  <r>
+    <s v="CD528"/>
+    <s v="Private Households"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="08"/>
+    <s v="Female reference person - Married"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="46306"/>
+  </r>
+  <r>
+    <s v="CD528"/>
+    <s v="Private Households"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="09"/>
+    <s v="Female reference person - Separated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="25247"/>
+  </r>
+  <r>
+    <s v="CD528"/>
+    <s v="Private Households"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="10"/>
+    <s v="Female reference person - Widowed"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="14233"/>
+  </r>
+  <r>
+    <s v="CD528"/>
+    <s v="Private Households"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="-"/>
+    <s v="Total"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="127131"/>
+  </r>
+  <r>
+    <s v="CD528"/>
+    <s v="Private Households"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="01"/>
+    <s v="Male reference person - Total"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="89039"/>
+  </r>
+  <r>
+    <s v="CD528"/>
+    <s v="Private Households"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="02"/>
+    <s v="Male reference person - Single"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="11591"/>
+  </r>
+  <r>
+    <s v="CD528"/>
+    <s v="Private Households"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="03"/>
+    <s v="Male reference person - Married"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="65667"/>
+  </r>
+  <r>
+    <s v="CD528"/>
+    <s v="Private Households"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="04"/>
+    <s v="Male reference person - Separated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="7905"/>
+  </r>
+  <r>
+    <s v="CD528"/>
+    <s v="Private Households"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="05"/>
+    <s v="Male reference person - Widowed"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3876"/>
+  </r>
+  <r>
+    <s v="CD528"/>
+    <s v="Private Households"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="06"/>
+    <s v="Female reference person - Total"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="38092"/>
+  </r>
+  <r>
+    <s v="CD528"/>
+    <s v="Private Households"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="07"/>
+    <s v="Female reference person - Single"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="7244"/>
+  </r>
+  <r>
+    <s v="CD528"/>
+    <s v="Private Households"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="08"/>
+    <s v="Female reference person - Married"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="11181"/>
+  </r>
+  <r>
+    <s v="CD528"/>
+    <s v="Private Households"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="09"/>
+    <s v="Female reference person - Separated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="9216"/>
+  </r>
+  <r>
+    <s v="CD528"/>
+    <s v="Private Households"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="10"/>
+    <s v="Female reference person - Widowed"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="10451"/>
+  </r>
+  <r>
+    <s v="CD528"/>
+    <s v="Private Households"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="-"/>
+    <s v="Total"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="294921"/>
+  </r>
+  <r>
+    <s v="CD528"/>
+    <s v="Private Households"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="01"/>
+    <s v="Male reference person - Total"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="222543"/>
+  </r>
+  <r>
+    <s v="CD528"/>
+    <s v="Private Households"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="02"/>
+    <s v="Male reference person - Single"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="14586"/>
+  </r>
+  <r>
+    <s v="CD528"/>
+    <s v="Private Households"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="03"/>
+    <s v="Male reference person - Married"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="189490"/>
+  </r>
+  <r>
+    <s v="CD528"/>
+    <s v="Private Households"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="04"/>
+    <s v="Male reference person - Separated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="11503"/>
+  </r>
+  <r>
+    <s v="CD528"/>
+    <s v="Private Households"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="05"/>
+    <s v="Male reference person - Widowed"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="6964"/>
+  </r>
+  <r>
+    <s v="CD528"/>
+    <s v="Private Households"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="06"/>
+    <s v="Female reference person - Total"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="72378"/>
+  </r>
+  <r>
+    <s v="CD528"/>
+    <s v="Private Households"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="07"/>
+    <s v="Female reference person - Single"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="9503"/>
+  </r>
+  <r>
+    <s v="CD528"/>
+    <s v="Private Households"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="08"/>
+    <s v="Female reference person - Married"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="29464"/>
+  </r>
+  <r>
+    <s v="CD528"/>
+    <s v="Private Households"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="09"/>
+    <s v="Female reference person - Separated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="14860"/>
+  </r>
+  <r>
+    <s v="CD528"/>
+    <s v="Private Households"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="10"/>
+    <s v="Female reference person - Widowed"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="18551"/>
+  </r>
+  <r>
+    <s v="CD528"/>
+    <s v="Private Households"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="-"/>
+    <s v="Total"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="337389"/>
+  </r>
+  <r>
+    <s v="CD528"/>
+    <s v="Private Households"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="01"/>
+    <s v="Male reference person - Total"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="198292"/>
+  </r>
+  <r>
+    <s v="CD528"/>
+    <s v="Private Households"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="02"/>
+    <s v="Male reference person - Single"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="26833"/>
+  </r>
+  <r>
+    <s v="CD528"/>
+    <s v="Private Households"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="03"/>
+    <s v="Male reference person - Married"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="137352"/>
+  </r>
+  <r>
+    <s v="CD528"/>
+    <s v="Private Households"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="04"/>
+    <s v="Male reference person - Separated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="9201"/>
+  </r>
+  <r>
+    <s v="CD528"/>
+    <s v="Private Households"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="05"/>
+    <s v="Male reference person - Widowed"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="24906"/>
+  </r>
+  <r>
+    <s v="CD528"/>
+    <s v="Private Households"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="06"/>
+    <s v="Female reference person - Total"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="139097"/>
+  </r>
+  <r>
+    <s v="CD528"/>
+    <s v="Private Households"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="07"/>
+    <s v="Female reference person - Single"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="20809"/>
+  </r>
+  <r>
+    <s v="CD528"/>
+    <s v="Private Households"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="08"/>
+    <s v="Female reference person - Married"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="17315"/>
+  </r>
+  <r>
+    <s v="CD528"/>
+    <s v="Private Households"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="09"/>
+    <s v="Female reference person - Separated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="9066"/>
+  </r>
+  <r>
+    <s v="CD528"/>
+    <s v="Private Households"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="10"/>
+    <s v="Female reference person - Widowed"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="91907"/>
+  </r>
+  <r>
+    <s v="CD528"/>
+    <s v="Private Households"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="-"/>
+    <s v="Total"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="624412"/>
+  </r>
+  <r>
+    <s v="CD528"/>
+    <s v="Private Households"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="01"/>
+    <s v="Male reference person - Total"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="415803"/>
+  </r>
+  <r>
+    <s v="CD528"/>
+    <s v="Private Households"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="02"/>
+    <s v="Male reference person - Single"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="32676"/>
+  </r>
+  <r>
+    <s v="CD528"/>
+    <s v="Private Households"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="03"/>
+    <s v="Male reference person - Married"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="335928"/>
+  </r>
+  <r>
+    <s v="CD528"/>
+    <s v="Private Households"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="04"/>
+    <s v="Male reference person - Separated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="11940"/>
+  </r>
+  <r>
+    <s v="CD528"/>
+    <s v="Private Households"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="05"/>
+    <s v="Male reference person - Widowed"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="35259"/>
+  </r>
+  <r>
+    <s v="CD528"/>
+    <s v="Private Households"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="06"/>
+    <s v="Female reference person - Total"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="208609"/>
+  </r>
+  <r>
+    <s v="CD528"/>
+    <s v="Private Households"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="07"/>
+    <s v="Female reference person - Single"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="25859"/>
+  </r>
+  <r>
+    <s v="CD528"/>
+    <s v="Private Households"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="08"/>
+    <s v="Female reference person - Married"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="38179"/>
+  </r>
+  <r>
+    <s v="CD528"/>
+    <s v="Private Households"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="09"/>
+    <s v="Female reference person - Separated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="12402"/>
+  </r>
+  <r>
+    <s v="CD528"/>
+    <s v="Private Households"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="10"/>
+    <s v="Female reference person - Widowed"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="132169"/>
+  </r>
+</pivotCacheRecords>
 </file>