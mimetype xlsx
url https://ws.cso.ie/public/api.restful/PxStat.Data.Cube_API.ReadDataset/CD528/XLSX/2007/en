--- v1 (2026-01-13)
+++ v2 (2026-02-27)
@@ -1,48 +1,48 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/pivotCache/pivotCacheDefinition1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheDefinition+xml"/>
   <Override PartName="/pivotCache/pivotCacheRecords1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheRecords+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/pivotTables/pivotTable.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R45bfc28209b84590" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/48176373984340818a2e9bca1bc14f55.psmdcp" Id="R985d9a6e7b06423f" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rdaddc93ce4c84455" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/544aa7cc834146e7b7e376eaa75bbdd2.psmdcp" Id="Rd17b94540a4a436a" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="About" sheetId="1" r:id="rId2"/>
     <x:sheet name="Unpivoted" sheetId="2" r:id="rId9"/>
     <x:sheet name="Pivoted" sheetId="3" r:id="rId11"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
   <x:pivotCaches>
     <x:pivotCache cacheId="0" r:id="rId12"/>
   </x:pivotCaches>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Table</x:t>