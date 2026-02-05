--- v0 (2025-11-11)
+++ v1 (2026-02-05)
@@ -1,97 +1,97 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/pivotCache/pivotCacheDefinition1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheDefinition+xml"/>
   <Override PartName="/pivotCache/pivotCacheRecords1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheRecords+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/pivotTables/pivotTable.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R260a4d09e9ad4be9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/5ad9fa480cae47fa94c63a5b531c7cf4.psmdcp" Id="R064e30d054694d2e" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rfa298b1d248b4256" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/dde9bf1b9f664727ab454a07936d3cf5.psmdcp" Id="Rd0c49466fd6b4a1a" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
-    <x:sheet name="About" sheetId="2" r:id="rId2"/>
-[...1 lines deleted...]
-    <x:sheet name="Pivoted" sheetId="11" r:id="rId11"/>
+    <x:sheet name="About" sheetId="1" r:id="rId2"/>
+    <x:sheet name="Unpivoted" sheetId="2" r:id="rId9"/>
+    <x:sheet name="Pivoted" sheetId="3" r:id="rId11"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
   <x:pivotCaches>
     <x:pivotCache cacheId="0" r:id="rId12"/>
   </x:pivotCaches>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Table</x:t>
   </x:si>
   <x:si>
     <x:t>Code</x:t>
   </x:si>
   <x:si>
     <x:t>CD511</x:t>
   </x:si>
   <x:si>
     <x:t>Name</x:t>
   </x:si>
   <x:si>
     <x:t>Private Households in Permanent Housing Units</x:t>
   </x:si>
   <x:si>
     <x:t>Frequency</x:t>
   </x:si>
   <x:si>
     <x:t>Annual</x:t>
   </x:si>
   <x:si>
     <x:t>Last Updated</x:t>
   </x:si>
   <x:si>
-    <x:t>6/4/2020 11:00:00 AM</x:t>
+    <x:t>04/06/2020 11:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Note</x:t>
   </x:si>
   <x:si>
     <x:t>Url</x:t>
   </x:si>
   <x:si>
     <x:t>https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/CD511/XLSX/2007/en</x:t>
   </x:si>
   <x:si>
     <x:t>Product</x:t>
   </x:si>
   <x:si>
     <x:t>C2011P5</x:t>
   </x:si>
   <x:si>
     <x:t>Profile 5 - Households and Families - Living Arrangements in Ireland</x:t>
   </x:si>
   <x:si>
     <x:t>Contacts</x:t>
   </x:si>
   <x:si>
     <x:t>Bernie Casey</x:t>
   </x:si>
@@ -646,571 +646,216 @@
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip r:embed="rId8" cstate="print"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="3971925" cy="1381125"/>
         </a:xfrm>
         <a:prstGeom prst="rect"/>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/pivotTables/_rels/pivotTable.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheDefinition" Target="/pivotCache/pivotCacheDefinition1.xml" Id="rId17" /></Relationships>
 </file>
 
 <file path=xl/pivotTables/pivotTable.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotTableDefinition xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" dataCaption="Values" showError="0" missingCaption="" showMissing="1" pageWrap="0" pageOverThenDown="0" rowGrandTotals="0" colGrandTotals="0" indent="1">
-[...519 lines deleted...]
-</x:pivotTableDefinition>
+<pivotTableDefinition xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" applyNumberFormats="0" applyBorderFormats="0" applyFontFormats="0" applyPatternFormats="0" applyAlignmentFormats="0" applyWidthHeightFormats="0" dataCaption="Values" rowGrandTotals="0" colGrandTotals="0" outline="1">
+  <location ref="A1" firstHeaderRow="0" firstDataRow="0" firstDataCol="0"/>
+  <pivotFields count="10">
+    <pivotField name="STATISTIC" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="Statistic Label" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="C02010V02440" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="8">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+      </items>
+    </pivotField>
+    <pivotField name="Type of Private Accommodation" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="8">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+      </items>
+    </pivotField>
+    <pivotField name="C02779V03348" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="44">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+        <item x="11"/>
+        <item x="12"/>
+        <item x="13"/>
+        <item x="14"/>
+        <item x="15"/>
+        <item x="16"/>
+        <item x="17"/>
+        <item x="18"/>
+        <item x="19"/>
+        <item x="20"/>
+        <item x="21"/>
+        <item x="22"/>
+        <item x="23"/>
+        <item x="24"/>
+        <item x="25"/>
+        <item x="26"/>
+        <item x="27"/>
+        <item x="28"/>
+        <item x="29"/>
+        <item x="30"/>
+        <item x="31"/>
+        <item x="32"/>
+        <item x="33"/>
+        <item x="34"/>
+        <item x="35"/>
+        <item x="36"/>
+        <item x="37"/>
+        <item x="38"/>
+        <item x="39"/>
+        <item x="40"/>
+        <item x="41"/>
+        <item x="42"/>
+        <item x="43"/>
+      </items>
+    </pivotField>
+    <pivotField name="Province County or City" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="44">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+        <item x="11"/>
+        <item x="12"/>
+        <item x="13"/>
+        <item x="14"/>
+        <item x="15"/>
+        <item x="16"/>
+        <item x="17"/>
+        <item x="18"/>
+        <item x="19"/>
+        <item x="20"/>
+        <item x="21"/>
+        <item x="22"/>
+        <item x="23"/>
+        <item x="24"/>
+        <item x="25"/>
+        <item x="26"/>
+        <item x="27"/>
+        <item x="28"/>
+        <item x="29"/>
+        <item x="30"/>
+        <item x="31"/>
+        <item x="32"/>
+        <item x="33"/>
+        <item x="34"/>
+        <item x="35"/>
+        <item x="36"/>
+        <item x="37"/>
+        <item x="38"/>
+        <item x="39"/>
+        <item x="40"/>
+        <item x="41"/>
+        <item x="42"/>
+        <item x="43"/>
+      </items>
+    </pivotField>
+    <pivotField name="TLIST(A1)" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="CensusYear" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField showAll="0"/>
+    <pivotField dataField="1" showAll="0"/>
+  </pivotFields>
+  <rowFields count="8">
+    <field x="0"/>
+    <field x="1"/>
+    <field x="2"/>
+    <field x="3"/>
+    <field x="4"/>
+    <field x="5"/>
+    <field x="6"/>
+    <field x="7"/>
+  </rowFields>
+  <dataFields count="1">
+    <dataField name="VALUE" fld="9"/>
+  </dataFields>
+  <pivotTableStyleInfo name="PivotStyleLight16" showRowHeaders="1" showColHeaders="1"/>
+  <extLst>
+    <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{962EF5D1-5CA2-4c93-8EF4-DBF5C05439D2}">
+      <x14:pivotTableDefinition enableEdit="0" hideValuesRow="1"/>
+    </ext>
+  </extLst>
+</pivotTableDefinition>
 </file>
 
 <file path=xl/tables/table1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:table xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="1" name="Unpivoted" displayName="Unpivoted" ref="A1:J353" totalsRowShown="0">
   <x:autoFilter ref="A1:J353"/>
   <x:tableColumns count="10">
     <x:tableColumn id="1" name="STATISTIC"/>
     <x:tableColumn id="2" name="Statistic Label"/>
     <x:tableColumn id="3" name="C02010V02440"/>
     <x:tableColumn id="4" name="Type of Private Accommodation"/>
     <x:tableColumn id="5" name="C02779V03348"/>
     <x:tableColumn id="6" name="Province County or City"/>
     <x:tableColumn id="7" name="TLIST(A1)"/>
     <x:tableColumn id="8" name="CensusYear"/>
     <x:tableColumn id="9" name="UNIT"/>
     <x:tableColumn id="10" name="VALUE"/>
   </x:tableColumns>
   <x:tableStyleInfo name="TableStyleMedium2" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </x:table>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
@@ -1481,51 +1126,51 @@
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="/xl/drawings/drawing1.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/CD511/XLSX/2007/en" TargetMode="External" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cso.ie/" TargetMode="External" Id="rId14" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="/xl/tables/table1.xml" Id="rId15" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet3.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotTable" Target="/xl/pivotTables/pivotTable.xml" Id="rId16" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:B39"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="20.710625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="100.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="8" spans="1:2">
       <x:c r="A8" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B8" s="2"/>
     </x:row>
     <x:row r="9" spans="1:2">
       <x:c r="A9" s="3" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="B9" s="0" t="s">
         <x:v>2</x:v>
@@ -1712,51 +1357,51 @@
       </x:c>
     </x:row>
     <x:row r="39" spans="1:2">
       <x:c r="A39" s="3" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B39" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:hyperlinks>
     <x:hyperlink ref="B14" r:id="rId13"/>
     <x:hyperlink ref="B28" r:id="rId14"/>
   </x:hyperlinks>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:drawing xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId7"/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:J353"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="11.996339" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="44.139196" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="16.139196" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="56.996339" style="0" customWidth="1"/>
     <x:col min="5" max="5" width="16.139196" style="0" customWidth="1"/>
     <x:col min="6" max="6" width="24.282054" style="0" customWidth="1"/>
     <x:col min="7" max="7" width="11.282054" style="0" customWidth="1"/>
     <x:col min="8" max="8" width="13.424911" style="0" customWidth="1"/>
     <x:col min="9" max="9" width="8.282054" style="0" customWidth="1"/>
     <x:col min="10" max="10" width="8.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:10">
       <x:c r="A1" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
@@ -13042,51 +12687,51 @@
       <x:c r="G353" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H353" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="I353" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="J353" s="0">
         <x:v>248</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="1">
     <x:tablePart r:id="rId15"/>
   </x:tableParts>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:sheetData/>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Application>Microsoft Excel</ap:Application>
   <ap:TitlesOfParts>
     <vt:vector baseType="lpstr" size="9">
       <vt:lpstr>About</vt:lpstr>
       <vt:lpstr>Unpivoted</vt:lpstr>
       <vt:lpstr>Pivoted</vt:lpstr>
@@ -13103,51 +12748,51 @@
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>3</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Named Ranges</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>6</vt:i4>
       </vt:variant>
     </vt:vector>
   </ap:HeadingPairs>
   <ap:DocSecurity>0</ap:DocSecurity>
   <ap:ScaleCrop>false</ap:ScaleCrop>
 </ap:Properties>
 </file>
 
 <file path=pivotCache/_rels/pivotCacheDefinition1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheRecords" Target="/pivotCache/pivotCacheRecords1.xml" Id="rId1" /></Relationships>
 </file>
 
 <file path=pivotCache/pivotCacheDefinition1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:pivotCacheDefinition xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" r:id="rId1" saveData="1" refreshOnLoad="1" createdVersion="5" refreshedVersion="5" minRefreshableVersion="3">
   <x:cacheSource type="worksheet">
-    <x:worksheetSource ref="A1:J353" sheet="Unpivoted"/>
+    <x:worksheetSource name="Unpivoted"/>
   </x:cacheSource>
   <x:cacheFields>
     <x:cacheField name="STATISTIC">
       <x:sharedItems count="1">
         <x:s v="CD511"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="Statistic Label">
       <x:sharedItems count="1">
         <x:s v="Private Households in Permanent Housing Units"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="C02010V02440">
       <x:sharedItems count="8">
         <x:s v="-"/>
         <x:s v="12"/>
         <x:s v="13"/>
         <x:s v="14"/>
         <x:s v="16"/>
         <x:s v="17"/>
         <x:s v="18"/>
         <x:s v="4"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="Type of Private Accommodation">
@@ -13600,27 +13245,4252 @@
         <x:n v="1147"/>
         <x:n v="556"/>
         <x:n v="591"/>
         <x:n v="351"/>
         <x:n v="496"/>
         <x:n v="701"/>
         <x:n v="418"/>
         <x:n v="283"/>
         <x:n v="2800"/>
         <x:n v="1253"/>
         <x:n v="526"/>
         <x:n v="166"/>
         <x:n v="587"/>
         <x:n v="298"/>
         <x:n v="1528"/>
         <x:n v="492"/>
         <x:n v="788"/>
         <x:n v="248"/>
       </x:sharedItems>
     </x:cacheField>
   </x:cacheFields>
 </x:pivotCacheDefinition>
 </file>
 
 <file path=pivotCache/pivotCacheRecords1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main"/>
+<pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="xr">
+  <r>
+    <s v="CD511"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1649408"/>
+  </r>
+  <r>
+    <s v="CD511"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="A"/>
+    <s v="Leinster"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="895149"/>
+  </r>
+  <r>
+    <s v="CD511"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="01"/>
+    <s v="Carlow"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="19365"/>
+  </r>
+  <r>
+    <s v="CD511"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="02"/>
+    <s v="Dublin"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="466461"/>
+  </r>
+  <r>
+    <s v="CD511"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="021"/>
+    <s v="Dublin City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="207847"/>
+  </r>
+  <r>
+    <s v="CD511"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="024"/>
+    <s v="Dún Laoghaire-Rathdown"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="75786"/>
+  </r>
+  <r>
+    <s v="CD511"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="023"/>
+    <s v="Fingal"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="92951"/>
+  </r>
+  <r>
+    <s v="CD511"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="022"/>
+    <s v="South Dublin"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="89877"/>
+  </r>
+  <r>
+    <s v="CD511"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="03"/>
+    <s v="Kildare"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="70504"/>
+  </r>
+  <r>
+    <s v="CD511"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="04"/>
+    <s v="Kilkenny"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="33583"/>
+  </r>
+  <r>
+    <s v="CD511"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="05"/>
+    <s v="Laois"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="27916"/>
+  </r>
+  <r>
+    <s v="CD511"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="06"/>
+    <s v="Longford"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="14410"/>
+  </r>
+  <r>
+    <s v="CD511"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="07"/>
+    <s v="Louth"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="43897"/>
+  </r>
+  <r>
+    <s v="CD511"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="08"/>
+    <s v="Meath"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="61922"/>
+  </r>
+  <r>
+    <s v="CD511"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="09"/>
+    <s v="Offaly"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="26543"/>
+  </r>
+  <r>
+    <s v="CD511"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="10"/>
+    <s v="Westmeath"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="30624"/>
+  </r>
+  <r>
+    <s v="CD511"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="11"/>
+    <s v="Wexford"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="52345"/>
+  </r>
+  <r>
+    <s v="CD511"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="12"/>
+    <s v="Wicklow"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="47579"/>
+  </r>
+  <r>
+    <s v="CD511"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="B"/>
+    <s v="Munster"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="453112"/>
+  </r>
+  <r>
+    <s v="CD511"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="13"/>
+    <s v="Clare"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="42534"/>
+  </r>
+  <r>
+    <s v="CD511"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="14"/>
+    <s v="Cork"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="187555"/>
+  </r>
+  <r>
+    <s v="CD511"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="141"/>
+    <s v="Cork City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="47110"/>
+  </r>
+  <r>
+    <s v="CD511"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="142"/>
+    <s v="Cork County"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="140445"/>
+  </r>
+  <r>
+    <s v="CD511"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="15"/>
+    <s v="Kerry"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="53088"/>
+  </r>
+  <r>
+    <s v="CD511"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="16"/>
+    <s v="Limerick"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="69421"/>
+  </r>
+  <r>
+    <s v="CD511"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="161"/>
+    <s v="Limerick City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="22300"/>
+  </r>
+  <r>
+    <s v="CD511"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="162"/>
+    <s v="Limerick County"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="47121"/>
+  </r>
+  <r>
+    <s v="CD511"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="171"/>
+    <s v="North Tipperary"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="25611"/>
+  </r>
+  <r>
+    <s v="CD511"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="172"/>
+    <s v="South Tipperary"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="32664"/>
+  </r>
+  <r>
+    <s v="CD511"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="18"/>
+    <s v="Waterford"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="42239"/>
+  </r>
+  <r>
+    <s v="CD511"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="181"/>
+    <s v="Waterford City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="18199"/>
+  </r>
+  <r>
+    <s v="CD511"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="182"/>
+    <s v="Waterford County"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="24040"/>
+  </r>
+  <r>
+    <s v="CD511"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="C"/>
+    <s v="Connacht"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="196530"/>
+  </r>
+  <r>
+    <s v="CD511"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="19"/>
+    <s v="Galway"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="88341"/>
+  </r>
+  <r>
+    <s v="CD511"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="191"/>
+    <s v="Galway City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="27697"/>
+  </r>
+  <r>
+    <s v="CD511"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="192"/>
+    <s v="Galway County"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="60644"/>
+  </r>
+  <r>
+    <s v="CD511"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="20"/>
+    <s v="Leitrim"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="12228"/>
+  </r>
+  <r>
+    <s v="CD511"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="21"/>
+    <s v="Mayo"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="47932"/>
+  </r>
+  <r>
+    <s v="CD511"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="22"/>
+    <s v="Roscommon"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="23601"/>
+  </r>
+  <r>
+    <s v="CD511"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="23"/>
+    <s v="Sligo"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="24428"/>
+  </r>
+  <r>
+    <s v="CD511"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="D"/>
+    <s v="Ulster (part of)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="104617"/>
+  </r>
+  <r>
+    <s v="CD511"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="24"/>
+    <s v="Cavan"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="25720"/>
+  </r>
+  <r>
+    <s v="CD511"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="25"/>
+    <s v="Donegal"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="57721"/>
+  </r>
+  <r>
+    <s v="CD511"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="26"/>
+    <s v="Monaghan"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="21176"/>
+  </r>
+  <r>
+    <s v="CD511"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="12"/>
+    <s v="Detached house"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="699869"/>
+  </r>
+  <r>
+    <s v="CD511"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="12"/>
+    <s v="Detached house"/>
+    <s v="A"/>
+    <s v="Leinster"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="273935"/>
+  </r>
+  <r>
+    <s v="CD511"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="12"/>
+    <s v="Detached house"/>
+    <s v="01"/>
+    <s v="Carlow"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="10003"/>
+  </r>
+  <r>
+    <s v="CD511"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="12"/>
+    <s v="Detached house"/>
+    <s v="02"/>
+    <s v="Dublin"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="54959"/>
+  </r>
+  <r>
+    <s v="CD511"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="12"/>
+    <s v="Detached house"/>
+    <s v="021"/>
+    <s v="Dublin City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="10837"/>
+  </r>
+  <r>
+    <s v="CD511"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="12"/>
+    <s v="Detached house"/>
+    <s v="024"/>
+    <s v="Dún Laoghaire-Rathdown"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="16598"/>
+  </r>
+  <r>
+    <s v="CD511"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="12"/>
+    <s v="Detached house"/>
+    <s v="023"/>
+    <s v="Fingal"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="18033"/>
+  </r>
+  <r>
+    <s v="CD511"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="12"/>
+    <s v="Detached house"/>
+    <s v="022"/>
+    <s v="South Dublin"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="9491"/>
+  </r>
+  <r>
+    <s v="CD511"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="12"/>
+    <s v="Detached house"/>
+    <s v="03"/>
+    <s v="Kildare"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="28835"/>
+  </r>
+  <r>
+    <s v="CD511"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="12"/>
+    <s v="Detached house"/>
+    <s v="04"/>
+    <s v="Kilkenny"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="19796"/>
+  </r>
+  <r>
+    <s v="CD511"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="12"/>
+    <s v="Detached house"/>
+    <s v="05"/>
+    <s v="Laois"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="15521"/>
+  </r>
+  <r>
+    <s v="CD511"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="12"/>
+    <s v="Detached house"/>
+    <s v="06"/>
+    <s v="Longford"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="9335"/>
+  </r>
+  <r>
+    <s v="CD511"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="12"/>
+    <s v="Detached house"/>
+    <s v="07"/>
+    <s v="Louth"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="18139"/>
+  </r>
+  <r>
+    <s v="CD511"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="12"/>
+    <s v="Detached house"/>
+    <s v="08"/>
+    <s v="Meath"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="32659"/>
+  </r>
+  <r>
+    <s v="CD511"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="12"/>
+    <s v="Detached house"/>
+    <s v="09"/>
+    <s v="Offaly"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="15285"/>
+  </r>
+  <r>
+    <s v="CD511"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="12"/>
+    <s v="Detached house"/>
+    <s v="10"/>
+    <s v="Westmeath"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="15994"/>
+  </r>
+  <r>
+    <s v="CD511"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="12"/>
+    <s v="Detached house"/>
+    <s v="11"/>
+    <s v="Wexford"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="32119"/>
+  </r>
+  <r>
+    <s v="CD511"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="12"/>
+    <s v="Detached house"/>
+    <s v="12"/>
+    <s v="Wicklow"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="21290"/>
+  </r>
+  <r>
+    <s v="CD511"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="12"/>
+    <s v="Detached house"/>
+    <s v="B"/>
+    <s v="Munster"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="228717"/>
+  </r>
+  <r>
+    <s v="CD511"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="12"/>
+    <s v="Detached house"/>
+    <s v="13"/>
+    <s v="Clare"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="25180"/>
+  </r>
+  <r>
+    <s v="CD511"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="12"/>
+    <s v="Detached house"/>
+    <s v="14"/>
+    <s v="Cork"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="84204"/>
+  </r>
+  <r>
+    <s v="CD511"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="12"/>
+    <s v="Detached house"/>
+    <s v="141"/>
+    <s v="Cork City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5407"/>
+  </r>
+  <r>
+    <s v="CD511"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="12"/>
+    <s v="Detached house"/>
+    <s v="142"/>
+    <s v="Cork County"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="78797"/>
+  </r>
+  <r>
+    <s v="CD511"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="12"/>
+    <s v="Detached house"/>
+    <s v="15"/>
+    <s v="Kerry"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="34964"/>
+  </r>
+  <r>
+    <s v="CD511"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="12"/>
+    <s v="Detached house"/>
+    <s v="16"/>
+    <s v="Limerick"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="31887"/>
+  </r>
+  <r>
+    <s v="CD511"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="12"/>
+    <s v="Detached house"/>
+    <s v="161"/>
+    <s v="Limerick City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2414"/>
+  </r>
+  <r>
+    <s v="CD511"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="12"/>
+    <s v="Detached house"/>
+    <s v="162"/>
+    <s v="Limerick County"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="29473"/>
+  </r>
+  <r>
+    <s v="CD511"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="12"/>
+    <s v="Detached house"/>
+    <s v="171"/>
+    <s v="North Tipperary"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="16126"/>
+  </r>
+  <r>
+    <s v="CD511"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="12"/>
+    <s v="Detached house"/>
+    <s v="172"/>
+    <s v="South Tipperary"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="17896"/>
+  </r>
+  <r>
+    <s v="CD511"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="12"/>
+    <s v="Detached house"/>
+    <s v="18"/>
+    <s v="Waterford"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="18460"/>
+  </r>
+  <r>
+    <s v="CD511"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="12"/>
+    <s v="Detached house"/>
+    <s v="181"/>
+    <s v="Waterford City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3451"/>
+  </r>
+  <r>
+    <s v="CD511"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="12"/>
+    <s v="Detached house"/>
+    <s v="182"/>
+    <s v="Waterford County"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="15009"/>
+  </r>
+  <r>
+    <s v="CD511"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="12"/>
+    <s v="Detached house"/>
+    <s v="C"/>
+    <s v="Connacht"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="126643"/>
+  </r>
+  <r>
+    <s v="CD511"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="12"/>
+    <s v="Detached house"/>
+    <s v="19"/>
+    <s v="Galway"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="52524"/>
+  </r>
+  <r>
+    <s v="CD511"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="12"/>
+    <s v="Detached house"/>
+    <s v="191"/>
+    <s v="Galway City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5824"/>
+  </r>
+  <r>
+    <s v="CD511"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="12"/>
+    <s v="Detached house"/>
+    <s v="192"/>
+    <s v="Galway County"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="46700"/>
+  </r>
+  <r>
+    <s v="CD511"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="12"/>
+    <s v="Detached house"/>
+    <s v="20"/>
+    <s v="Leitrim"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="9025"/>
+  </r>
+  <r>
+    <s v="CD511"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="12"/>
+    <s v="Detached house"/>
+    <s v="21"/>
+    <s v="Mayo"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="33599"/>
+  </r>
+  <r>
+    <s v="CD511"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="12"/>
+    <s v="Detached house"/>
+    <s v="22"/>
+    <s v="Roscommon"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="17611"/>
+  </r>
+  <r>
+    <s v="CD511"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="12"/>
+    <s v="Detached house"/>
+    <s v="23"/>
+    <s v="Sligo"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="13884"/>
+  </r>
+  <r>
+    <s v="CD511"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="12"/>
+    <s v="Detached house"/>
+    <s v="D"/>
+    <s v="Ulster (part of)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="70574"/>
+  </r>
+  <r>
+    <s v="CD511"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="12"/>
+    <s v="Detached house"/>
+    <s v="24"/>
+    <s v="Cavan"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="17319"/>
+  </r>
+  <r>
+    <s v="CD511"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="12"/>
+    <s v="Detached house"/>
+    <s v="25"/>
+    <s v="Donegal"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="39561"/>
+  </r>
+  <r>
+    <s v="CD511"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="12"/>
+    <s v="Detached house"/>
+    <s v="26"/>
+    <s v="Monaghan"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="13694"/>
+  </r>
+  <r>
+    <s v="CD511"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="13"/>
+    <s v="Semi- detached house"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="456651"/>
+  </r>
+  <r>
+    <s v="CD511"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="13"/>
+    <s v="Semi- detached house"/>
+    <s v="A"/>
+    <s v="Leinster"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="284769"/>
+  </r>
+  <r>
+    <s v="CD511"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="13"/>
+    <s v="Semi- detached house"/>
+    <s v="01"/>
+    <s v="Carlow"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5383"/>
+  </r>
+  <r>
+    <s v="CD511"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="13"/>
+    <s v="Semi- detached house"/>
+    <s v="02"/>
+    <s v="Dublin"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="163078"/>
+  </r>
+  <r>
+    <s v="CD511"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="13"/>
+    <s v="Semi- detached house"/>
+    <s v="021"/>
+    <s v="Dublin City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="47998"/>
+  </r>
+  <r>
+    <s v="CD511"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="13"/>
+    <s v="Semi- detached house"/>
+    <s v="024"/>
+    <s v="Dún Laoghaire-Rathdown"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="30236"/>
+  </r>
+  <r>
+    <s v="CD511"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="13"/>
+    <s v="Semi- detached house"/>
+    <s v="023"/>
+    <s v="Fingal"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="39639"/>
+  </r>
+  <r>
+    <s v="CD511"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="13"/>
+    <s v="Semi- detached house"/>
+    <s v="022"/>
+    <s v="South Dublin"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="45205"/>
+  </r>
+  <r>
+    <s v="CD511"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="13"/>
+    <s v="Semi- detached house"/>
+    <s v="03"/>
+    <s v="Kildare"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="26720"/>
+  </r>
+  <r>
+    <s v="CD511"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="13"/>
+    <s v="Semi- detached house"/>
+    <s v="04"/>
+    <s v="Kilkenny"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="7350"/>
+  </r>
+  <r>
+    <s v="CD511"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="13"/>
+    <s v="Semi- detached house"/>
+    <s v="05"/>
+    <s v="Laois"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="8042"/>
+  </r>
+  <r>
+    <s v="CD511"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="13"/>
+    <s v="Semi- detached house"/>
+    <s v="06"/>
+    <s v="Longford"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2862"/>
+  </r>
+  <r>
+    <s v="CD511"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="13"/>
+    <s v="Semi- detached house"/>
+    <s v="07"/>
+    <s v="Louth"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="12759"/>
+  </r>
+  <r>
+    <s v="CD511"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="13"/>
+    <s v="Semi- detached house"/>
+    <s v="08"/>
+    <s v="Meath"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="17865"/>
+  </r>
+  <r>
+    <s v="CD511"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="13"/>
+    <s v="Semi- detached house"/>
+    <s v="09"/>
+    <s v="Offaly"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="7124"/>
+  </r>
+  <r>
+    <s v="CD511"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="13"/>
+    <s v="Semi- detached house"/>
+    <s v="10"/>
+    <s v="Westmeath"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="8563"/>
+  </r>
+  <r>
+    <s v="CD511"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="13"/>
+    <s v="Semi- detached house"/>
+    <s v="11"/>
+    <s v="Wexford"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="11064"/>
+  </r>
+  <r>
+    <s v="CD511"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="13"/>
+    <s v="Semi- detached house"/>
+    <s v="12"/>
+    <s v="Wicklow"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="13959"/>
+  </r>
+  <r>
+    <s v="CD511"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="13"/>
+    <s v="Semi- detached house"/>
+    <s v="B"/>
+    <s v="Munster"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="112050"/>
+  </r>
+  <r>
+    <s v="CD511"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="13"/>
+    <s v="Semi- detached house"/>
+    <s v="13"/>
+    <s v="Clare"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="9568"/>
+  </r>
+  <r>
+    <s v="CD511"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="13"/>
+    <s v="Semi- detached house"/>
+    <s v="14"/>
+    <s v="Cork"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="47472"/>
+  </r>
+  <r>
+    <s v="CD511"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="13"/>
+    <s v="Semi- detached house"/>
+    <s v="141"/>
+    <s v="Cork City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="14670"/>
+  </r>
+  <r>
+    <s v="CD511"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="13"/>
+    <s v="Semi- detached house"/>
+    <s v="142"/>
+    <s v="Cork County"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="32802"/>
+  </r>
+  <r>
+    <s v="CD511"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="13"/>
+    <s v="Semi- detached house"/>
+    <s v="15"/>
+    <s v="Kerry"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="9925"/>
+  </r>
+  <r>
+    <s v="CD511"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="13"/>
+    <s v="Semi- detached house"/>
+    <s v="16"/>
+    <s v="Limerick"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="19142"/>
+  </r>
+  <r>
+    <s v="CD511"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="13"/>
+    <s v="Semi- detached house"/>
+    <s v="161"/>
+    <s v="Limerick City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="8167"/>
+  </r>
+  <r>
+    <s v="CD511"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="13"/>
+    <s v="Semi- detached house"/>
+    <s v="162"/>
+    <s v="Limerick County"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="10975"/>
+  </r>
+  <r>
+    <s v="CD511"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="13"/>
+    <s v="Semi- detached house"/>
+    <s v="171"/>
+    <s v="North Tipperary"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5593"/>
+  </r>
+  <r>
+    <s v="CD511"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="13"/>
+    <s v="Semi- detached house"/>
+    <s v="172"/>
+    <s v="South Tipperary"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="7884"/>
+  </r>
+  <r>
+    <s v="CD511"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="13"/>
+    <s v="Semi- detached house"/>
+    <s v="18"/>
+    <s v="Waterford"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="12466"/>
+  </r>
+  <r>
+    <s v="CD511"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="13"/>
+    <s v="Semi- detached house"/>
+    <s v="181"/>
+    <s v="Waterford City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="6786"/>
+  </r>
+  <r>
+    <s v="CD511"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="13"/>
+    <s v="Semi- detached house"/>
+    <s v="182"/>
+    <s v="Waterford County"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5680"/>
+  </r>
+  <r>
+    <s v="CD511"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="13"/>
+    <s v="Semi- detached house"/>
+    <s v="C"/>
+    <s v="Connacht"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="39317"/>
+  </r>
+  <r>
+    <s v="CD511"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="13"/>
+    <s v="Semi- detached house"/>
+    <s v="19"/>
+    <s v="Galway"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="18715"/>
+  </r>
+  <r>
+    <s v="CD511"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="13"/>
+    <s v="Semi- detached house"/>
+    <s v="191"/>
+    <s v="Galway City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="10321"/>
+  </r>
+  <r>
+    <s v="CD511"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="13"/>
+    <s v="Semi- detached house"/>
+    <s v="192"/>
+    <s v="Galway County"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="8394"/>
+  </r>
+  <r>
+    <s v="CD511"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="13"/>
+    <s v="Semi- detached house"/>
+    <s v="20"/>
+    <s v="Leitrim"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1901"/>
+  </r>
+  <r>
+    <s v="CD511"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="13"/>
+    <s v="Semi- detached house"/>
+    <s v="21"/>
+    <s v="Mayo"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="8624"/>
+  </r>
+  <r>
+    <s v="CD511"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="13"/>
+    <s v="Semi- detached house"/>
+    <s v="22"/>
+    <s v="Roscommon"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4184"/>
+  </r>
+  <r>
+    <s v="CD511"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="13"/>
+    <s v="Semi- detached house"/>
+    <s v="23"/>
+    <s v="Sligo"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5893"/>
+  </r>
+  <r>
+    <s v="CD511"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="13"/>
+    <s v="Semi- detached house"/>
+    <s v="D"/>
+    <s v="Ulster (part of)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="20515"/>
+  </r>
+  <r>
+    <s v="CD511"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="13"/>
+    <s v="Semi- detached house"/>
+    <s v="24"/>
+    <s v="Cavan"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4947"/>
+  </r>
+  <r>
+    <s v="CD511"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="13"/>
+    <s v="Semi- detached house"/>
+    <s v="25"/>
+    <s v="Donegal"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="11516"/>
+  </r>
+  <r>
+    <s v="CD511"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="13"/>
+    <s v="Semi- detached house"/>
+    <s v="26"/>
+    <s v="Monaghan"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4052"/>
+  </r>
+  <r>
+    <s v="CD511"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="14"/>
+    <s v="Terraced house"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="281825"/>
+  </r>
+  <r>
+    <s v="CD511"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="14"/>
+    <s v="Terraced house"/>
+    <s v="A"/>
+    <s v="Leinster"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="182834"/>
+  </r>
+  <r>
+    <s v="CD511"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="14"/>
+    <s v="Terraced house"/>
+    <s v="01"/>
+    <s v="Carlow"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2665"/>
+  </r>
+  <r>
+    <s v="CD511"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="14"/>
+    <s v="Terraced house"/>
+    <s v="02"/>
+    <s v="Dublin"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="127644"/>
+  </r>
+  <r>
+    <s v="CD511"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="14"/>
+    <s v="Terraced house"/>
+    <s v="021"/>
+    <s v="Dublin City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="74179"/>
+  </r>
+  <r>
+    <s v="CD511"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="14"/>
+    <s v="Terraced house"/>
+    <s v="024"/>
+    <s v="Dún Laoghaire-Rathdown"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="12969"/>
+  </r>
+  <r>
+    <s v="CD511"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="14"/>
+    <s v="Terraced house"/>
+    <s v="023"/>
+    <s v="Fingal"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="18101"/>
+  </r>
+  <r>
+    <s v="CD511"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="14"/>
+    <s v="Terraced house"/>
+    <s v="022"/>
+    <s v="South Dublin"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="22395"/>
+  </r>
+  <r>
+    <s v="CD511"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="14"/>
+    <s v="Terraced house"/>
+    <s v="03"/>
+    <s v="Kildare"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="7777"/>
+  </r>
+  <r>
+    <s v="CD511"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="14"/>
+    <s v="Terraced house"/>
+    <s v="04"/>
+    <s v="Kilkenny"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4595"/>
+  </r>
+  <r>
+    <s v="CD511"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="14"/>
+    <s v="Terraced house"/>
+    <s v="05"/>
+    <s v="Laois"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2715"/>
+  </r>
+  <r>
+    <s v="CD511"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="14"/>
+    <s v="Terraced house"/>
+    <s v="06"/>
+    <s v="Longford"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1413"/>
+  </r>
+  <r>
+    <s v="CD511"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="14"/>
+    <s v="Terraced house"/>
+    <s v="07"/>
+    <s v="Louth"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="9763"/>
+  </r>
+  <r>
+    <s v="CD511"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="14"/>
+    <s v="Terraced house"/>
+    <s v="08"/>
+    <s v="Meath"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="6104"/>
+  </r>
+  <r>
+    <s v="CD511"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="14"/>
+    <s v="Terraced house"/>
+    <s v="09"/>
+    <s v="Offaly"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2778"/>
+  </r>
+  <r>
+    <s v="CD511"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="14"/>
+    <s v="Terraced house"/>
+    <s v="10"/>
+    <s v="Westmeath"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3248"/>
+  </r>
+  <r>
+    <s v="CD511"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="14"/>
+    <s v="Terraced house"/>
+    <s v="11"/>
+    <s v="Wexford"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="6454"/>
+  </r>
+  <r>
+    <s v="CD511"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="14"/>
+    <s v="Terraced house"/>
+    <s v="12"/>
+    <s v="Wicklow"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="7678"/>
+  </r>
+  <r>
+    <s v="CD511"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="14"/>
+    <s v="Terraced house"/>
+    <s v="B"/>
+    <s v="Munster"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="75785"/>
+  </r>
+  <r>
+    <s v="CD511"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="14"/>
+    <s v="Terraced house"/>
+    <s v="13"/>
+    <s v="Clare"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5092"/>
+  </r>
+  <r>
+    <s v="CD511"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="14"/>
+    <s v="Terraced house"/>
+    <s v="14"/>
+    <s v="Cork"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="38356"/>
+  </r>
+  <r>
+    <s v="CD511"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="14"/>
+    <s v="Terraced house"/>
+    <s v="141"/>
+    <s v="Cork City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="18002"/>
+  </r>
+  <r>
+    <s v="CD511"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="14"/>
+    <s v="Terraced house"/>
+    <s v="142"/>
+    <s v="Cork County"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="20354"/>
+  </r>
+  <r>
+    <s v="CD511"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="14"/>
+    <s v="Terraced house"/>
+    <s v="15"/>
+    <s v="Kerry"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5180"/>
+  </r>
+  <r>
+    <s v="CD511"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="14"/>
+    <s v="Terraced house"/>
+    <s v="16"/>
+    <s v="Limerick"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="11231"/>
+  </r>
+  <r>
+    <s v="CD511"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="14"/>
+    <s v="Terraced house"/>
+    <s v="161"/>
+    <s v="Limerick City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="7207"/>
+  </r>
+  <r>
+    <s v="CD511"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="14"/>
+    <s v="Terraced house"/>
+    <s v="162"/>
+    <s v="Limerick County"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4024"/>
+  </r>
+  <r>
+    <s v="CD511"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="14"/>
+    <s v="Terraced house"/>
+    <s v="171"/>
+    <s v="North Tipperary"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2621"/>
+  </r>
+  <r>
+    <s v="CD511"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="14"/>
+    <s v="Terraced house"/>
+    <s v="172"/>
+    <s v="South Tipperary"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5271"/>
+  </r>
+  <r>
+    <s v="CD511"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="14"/>
+    <s v="Terraced house"/>
+    <s v="18"/>
+    <s v="Waterford"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="8034"/>
+  </r>
+  <r>
+    <s v="CD511"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="14"/>
+    <s v="Terraced house"/>
+    <s v="181"/>
+    <s v="Waterford City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5600"/>
+  </r>
+  <r>
+    <s v="CD511"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="14"/>
+    <s v="Terraced house"/>
+    <s v="182"/>
+    <s v="Waterford County"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2434"/>
+  </r>
+  <r>
+    <s v="CD511"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="14"/>
+    <s v="Terraced house"/>
+    <s v="C"/>
+    <s v="Connacht"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="15048"/>
+  </r>
+  <r>
+    <s v="CD511"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="14"/>
+    <s v="Terraced house"/>
+    <s v="19"/>
+    <s v="Galway"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="7528"/>
+  </r>
+  <r>
+    <s v="CD511"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="14"/>
+    <s v="Terraced house"/>
+    <s v="191"/>
+    <s v="Galway City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4916"/>
+  </r>
+  <r>
+    <s v="CD511"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="14"/>
+    <s v="Terraced house"/>
+    <s v="192"/>
+    <s v="Galway County"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2612"/>
+  </r>
+  <r>
+    <s v="CD511"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="14"/>
+    <s v="Terraced house"/>
+    <s v="20"/>
+    <s v="Leitrim"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="704"/>
+  </r>
+  <r>
+    <s v="CD511"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="14"/>
+    <s v="Terraced house"/>
+    <s v="21"/>
+    <s v="Mayo"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3229"/>
+  </r>
+  <r>
+    <s v="CD511"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="14"/>
+    <s v="Terraced house"/>
+    <s v="22"/>
+    <s v="Roscommon"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="936"/>
+  </r>
+  <r>
+    <s v="CD511"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="14"/>
+    <s v="Terraced house"/>
+    <s v="23"/>
+    <s v="Sligo"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2651"/>
+  </r>
+  <r>
+    <s v="CD511"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="14"/>
+    <s v="Terraced house"/>
+    <s v="D"/>
+    <s v="Ulster (part of)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="8158"/>
+  </r>
+  <r>
+    <s v="CD511"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="14"/>
+    <s v="Terraced house"/>
+    <s v="24"/>
+    <s v="Cavan"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2042"/>
+  </r>
+  <r>
+    <s v="CD511"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="14"/>
+    <s v="Terraced house"/>
+    <s v="25"/>
+    <s v="Donegal"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3862"/>
+  </r>
+  <r>
+    <s v="CD511"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="14"/>
+    <s v="Terraced house"/>
+    <s v="26"/>
+    <s v="Monaghan"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2254"/>
+  </r>
+  <r>
+    <s v="CD511"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="16"/>
+    <s v="Flat or apartment in a purpose- built block"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="149921"/>
+  </r>
+  <r>
+    <s v="CD511"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="16"/>
+    <s v="Flat or apartment in a purpose- built block"/>
+    <s v="A"/>
+    <s v="Leinster"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="114971"/>
+  </r>
+  <r>
+    <s v="CD511"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="16"/>
+    <s v="Flat or apartment in a purpose- built block"/>
+    <s v="01"/>
+    <s v="Carlow"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="666"/>
+  </r>
+  <r>
+    <s v="CD511"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="16"/>
+    <s v="Flat or apartment in a purpose- built block"/>
+    <s v="02"/>
+    <s v="Dublin"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="93523"/>
+  </r>
+  <r>
+    <s v="CD511"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="16"/>
+    <s v="Flat or apartment in a purpose- built block"/>
+    <s v="021"/>
+    <s v="Dublin City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="54639"/>
+  </r>
+  <r>
+    <s v="CD511"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="16"/>
+    <s v="Flat or apartment in a purpose- built block"/>
+    <s v="024"/>
+    <s v="Dún Laoghaire-Rathdown"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="13539"/>
+  </r>
+  <r>
+    <s v="CD511"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="16"/>
+    <s v="Flat or apartment in a purpose- built block"/>
+    <s v="023"/>
+    <s v="Fingal"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="14762"/>
+  </r>
+  <r>
+    <s v="CD511"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="16"/>
+    <s v="Flat or apartment in a purpose- built block"/>
+    <s v="022"/>
+    <s v="South Dublin"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="10583"/>
+  </r>
+  <r>
+    <s v="CD511"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="16"/>
+    <s v="Flat or apartment in a purpose- built block"/>
+    <s v="03"/>
+    <s v="Kildare"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5374"/>
+  </r>
+  <r>
+    <s v="CD511"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="16"/>
+    <s v="Flat or apartment in a purpose- built block"/>
+    <s v="04"/>
+    <s v="Kilkenny"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1060"/>
+  </r>
+  <r>
+    <s v="CD511"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="16"/>
+    <s v="Flat or apartment in a purpose- built block"/>
+    <s v="05"/>
+    <s v="Laois"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="976"/>
+  </r>
+  <r>
+    <s v="CD511"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="16"/>
+    <s v="Flat or apartment in a purpose- built block"/>
+    <s v="06"/>
+    <s v="Longford"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="445"/>
+  </r>
+  <r>
+    <s v="CD511"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="16"/>
+    <s v="Flat or apartment in a purpose- built block"/>
+    <s v="07"/>
+    <s v="Louth"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1963"/>
+  </r>
+  <r>
+    <s v="CD511"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="16"/>
+    <s v="Flat or apartment in a purpose- built block"/>
+    <s v="08"/>
+    <s v="Meath"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3897"/>
+  </r>
+  <r>
+    <s v="CD511"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="16"/>
+    <s v="Flat or apartment in a purpose- built block"/>
+    <s v="09"/>
+    <s v="Offaly"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="628"/>
+  </r>
+  <r>
+    <s v="CD511"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="16"/>
+    <s v="Flat or apartment in a purpose- built block"/>
+    <s v="10"/>
+    <s v="Westmeath"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1922"/>
+  </r>
+  <r>
+    <s v="CD511"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="16"/>
+    <s v="Flat or apartment in a purpose- built block"/>
+    <s v="11"/>
+    <s v="Wexford"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1467"/>
+  </r>
+  <r>
+    <s v="CD511"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="16"/>
+    <s v="Flat or apartment in a purpose- built block"/>
+    <s v="12"/>
+    <s v="Wicklow"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3050"/>
+  </r>
+  <r>
+    <s v="CD511"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="16"/>
+    <s v="Flat or apartment in a purpose- built block"/>
+    <s v="B"/>
+    <s v="Munster"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="22288"/>
+  </r>
+  <r>
+    <s v="CD511"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="16"/>
+    <s v="Flat or apartment in a purpose- built block"/>
+    <s v="13"/>
+    <s v="Clare"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1569"/>
+  </r>
+  <r>
+    <s v="CD511"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="16"/>
+    <s v="Flat or apartment in a purpose- built block"/>
+    <s v="14"/>
+    <s v="Cork"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="10963"/>
+  </r>
+  <r>
+    <s v="CD511"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="16"/>
+    <s v="Flat or apartment in a purpose- built block"/>
+    <s v="141"/>
+    <s v="Cork City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="6053"/>
+  </r>
+  <r>
+    <s v="CD511"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="16"/>
+    <s v="Flat or apartment in a purpose- built block"/>
+    <s v="142"/>
+    <s v="Cork County"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4910"/>
+  </r>
+  <r>
+    <s v="CD511"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="16"/>
+    <s v="Flat or apartment in a purpose- built block"/>
+    <s v="15"/>
+    <s v="Kerry"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1550"/>
+  </r>
+  <r>
+    <s v="CD511"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="16"/>
+    <s v="Flat or apartment in a purpose- built block"/>
+    <s v="16"/>
+    <s v="Limerick"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4966"/>
+  </r>
+  <r>
+    <s v="CD511"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="16"/>
+    <s v="Flat or apartment in a purpose- built block"/>
+    <s v="161"/>
+    <s v="Limerick City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3296"/>
+  </r>
+  <r>
+    <s v="CD511"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="16"/>
+    <s v="Flat or apartment in a purpose- built block"/>
+    <s v="162"/>
+    <s v="Limerick County"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1670"/>
+  </r>
+  <r>
+    <s v="CD511"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="16"/>
+    <s v="Flat or apartment in a purpose- built block"/>
+    <s v="171"/>
+    <s v="North Tipperary"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="599"/>
+  </r>
+  <r>
+    <s v="CD511"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="16"/>
+    <s v="Flat or apartment in a purpose- built block"/>
+    <s v="172"/>
+    <s v="South Tipperary"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="646"/>
+  </r>
+  <r>
+    <s v="CD511"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="16"/>
+    <s v="Flat or apartment in a purpose- built block"/>
+    <s v="18"/>
+    <s v="Waterford"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1995"/>
+  </r>
+  <r>
+    <s v="CD511"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="16"/>
+    <s v="Flat or apartment in a purpose- built block"/>
+    <s v="181"/>
+    <s v="Waterford City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1549"/>
+  </r>
+  <r>
+    <s v="CD511"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="16"/>
+    <s v="Flat or apartment in a purpose- built block"/>
+    <s v="182"/>
+    <s v="Waterford County"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="446"/>
+  </r>
+  <r>
+    <s v="CD511"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="16"/>
+    <s v="Flat or apartment in a purpose- built block"/>
+    <s v="C"/>
+    <s v="Connacht"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="9946"/>
+  </r>
+  <r>
+    <s v="CD511"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="16"/>
+    <s v="Flat or apartment in a purpose- built block"/>
+    <s v="19"/>
+    <s v="Galway"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="6707"/>
+  </r>
+  <r>
+    <s v="CD511"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="16"/>
+    <s v="Flat or apartment in a purpose- built block"/>
+    <s v="191"/>
+    <s v="Galway City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5188"/>
+  </r>
+  <r>
+    <s v="CD511"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="16"/>
+    <s v="Flat or apartment in a purpose- built block"/>
+    <s v="192"/>
+    <s v="Galway County"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1519"/>
+  </r>
+  <r>
+    <s v="CD511"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="16"/>
+    <s v="Flat or apartment in a purpose- built block"/>
+    <s v="20"/>
+    <s v="Leitrim"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="336"/>
+  </r>
+  <r>
+    <s v="CD511"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="16"/>
+    <s v="Flat or apartment in a purpose- built block"/>
+    <s v="21"/>
+    <s v="Mayo"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1305"/>
+  </r>
+  <r>
+    <s v="CD511"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="16"/>
+    <s v="Flat or apartment in a purpose- built block"/>
+    <s v="22"/>
+    <s v="Roscommon"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="379"/>
+  </r>
+  <r>
+    <s v="CD511"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="16"/>
+    <s v="Flat or apartment in a purpose- built block"/>
+    <s v="23"/>
+    <s v="Sligo"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1219"/>
+  </r>
+  <r>
+    <s v="CD511"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="16"/>
+    <s v="Flat or apartment in a purpose- built block"/>
+    <s v="D"/>
+    <s v="Ulster (part of)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2716"/>
+  </r>
+  <r>
+    <s v="CD511"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="16"/>
+    <s v="Flat or apartment in a purpose- built block"/>
+    <s v="24"/>
+    <s v="Cavan"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="658"/>
+  </r>
+  <r>
+    <s v="CD511"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="16"/>
+    <s v="Flat or apartment in a purpose- built block"/>
+    <s v="25"/>
+    <s v="Donegal"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1436"/>
+  </r>
+  <r>
+    <s v="CD511"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="16"/>
+    <s v="Flat or apartment in a purpose- built block"/>
+    <s v="26"/>
+    <s v="Monaghan"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="622"/>
+  </r>
+  <r>
+    <s v="CD511"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="17"/>
+    <s v="Flat or apartment in a converted house or commercial building"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="27666"/>
+  </r>
+  <r>
+    <s v="CD511"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="17"/>
+    <s v="Flat or apartment in a converted house or commercial building"/>
+    <s v="A"/>
+    <s v="Leinster"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="17563"/>
+  </r>
+  <r>
+    <s v="CD511"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="17"/>
+    <s v="Flat or apartment in a converted house or commercial building"/>
+    <s v="01"/>
+    <s v="Carlow"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="198"/>
+  </r>
+  <r>
+    <s v="CD511"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="17"/>
+    <s v="Flat or apartment in a converted house or commercial building"/>
+    <s v="02"/>
+    <s v="Dublin"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="13167"/>
+  </r>
+  <r>
+    <s v="CD511"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="17"/>
+    <s v="Flat or apartment in a converted house or commercial building"/>
+    <s v="021"/>
+    <s v="Dublin City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="10858"/>
+  </r>
+  <r>
+    <s v="CD511"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="17"/>
+    <s v="Flat or apartment in a converted house or commercial building"/>
+    <s v="024"/>
+    <s v="Dún Laoghaire-Rathdown"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1208"/>
+  </r>
+  <r>
+    <s v="CD511"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="17"/>
+    <s v="Flat or apartment in a converted house or commercial building"/>
+    <s v="023"/>
+    <s v="Fingal"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="597"/>
+  </r>
+  <r>
+    <s v="CD511"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="17"/>
+    <s v="Flat or apartment in a converted house or commercial building"/>
+    <s v="022"/>
+    <s v="South Dublin"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="504"/>
+  </r>
+  <r>
+    <s v="CD511"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="17"/>
+    <s v="Flat or apartment in a converted house or commercial building"/>
+    <s v="03"/>
+    <s v="Kildare"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="671"/>
+  </r>
+  <r>
+    <s v="CD511"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="17"/>
+    <s v="Flat or apartment in a converted house or commercial building"/>
+    <s v="04"/>
+    <s v="Kilkenny"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="310"/>
+  </r>
+  <r>
+    <s v="CD511"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="17"/>
+    <s v="Flat or apartment in a converted house or commercial building"/>
+    <s v="05"/>
+    <s v="Laois"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="198"/>
+  </r>
+  <r>
+    <s v="CD511"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="17"/>
+    <s v="Flat or apartment in a converted house or commercial building"/>
+    <s v="06"/>
+    <s v="Longford"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="84"/>
+  </r>
+  <r>
+    <s v="CD511"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="17"/>
+    <s v="Flat or apartment in a converted house or commercial building"/>
+    <s v="07"/>
+    <s v="Louth"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="411"/>
+  </r>
+  <r>
+    <s v="CD511"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="17"/>
+    <s v="Flat or apartment in a converted house or commercial building"/>
+    <s v="08"/>
+    <s v="Meath"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="534"/>
+  </r>
+  <r>
+    <s v="CD511"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="17"/>
+    <s v="Flat or apartment in a converted house or commercial building"/>
+    <s v="09"/>
+    <s v="Offaly"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="309"/>
+  </r>
+  <r>
+    <s v="CD511"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="17"/>
+    <s v="Flat or apartment in a converted house or commercial building"/>
+    <s v="10"/>
+    <s v="Westmeath"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="368"/>
+  </r>
+  <r>
+    <s v="CD511"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="17"/>
+    <s v="Flat or apartment in a converted house or commercial building"/>
+    <s v="11"/>
+    <s v="Wexford"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="512"/>
+  </r>
+  <r>
+    <s v="CD511"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="17"/>
+    <s v="Flat or apartment in a converted house or commercial building"/>
+    <s v="12"/>
+    <s v="Wicklow"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="801"/>
+  </r>
+  <r>
+    <s v="CD511"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="17"/>
+    <s v="Flat or apartment in a converted house or commercial building"/>
+    <s v="B"/>
+    <s v="Munster"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="6590"/>
+  </r>
+  <r>
+    <s v="CD511"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="17"/>
+    <s v="Flat or apartment in a converted house or commercial building"/>
+    <s v="13"/>
+    <s v="Clare"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="386"/>
+  </r>
+  <r>
+    <s v="CD511"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="17"/>
+    <s v="Flat or apartment in a converted house or commercial building"/>
+    <s v="14"/>
+    <s v="Cork"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3409"/>
+  </r>
+  <r>
+    <s v="CD511"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="17"/>
+    <s v="Flat or apartment in a converted house or commercial building"/>
+    <s v="141"/>
+    <s v="Cork City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1714"/>
+  </r>
+  <r>
+    <s v="CD511"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="17"/>
+    <s v="Flat or apartment in a converted house or commercial building"/>
+    <s v="142"/>
+    <s v="Cork County"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1695"/>
+  </r>
+  <r>
+    <s v="CD511"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="17"/>
+    <s v="Flat or apartment in a converted house or commercial building"/>
+    <s v="15"/>
+    <s v="Kerry"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="637"/>
+  </r>
+  <r>
+    <s v="CD511"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="17"/>
+    <s v="Flat or apartment in a converted house or commercial building"/>
+    <s v="16"/>
+    <s v="Limerick"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="932"/>
+  </r>
+  <r>
+    <s v="CD511"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="17"/>
+    <s v="Flat or apartment in a converted house or commercial building"/>
+    <s v="161"/>
+    <s v="Limerick City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="585"/>
+  </r>
+  <r>
+    <s v="CD511"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="17"/>
+    <s v="Flat or apartment in a converted house or commercial building"/>
+    <s v="162"/>
+    <s v="Limerick County"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="347"/>
+  </r>
+  <r>
+    <s v="CD511"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="17"/>
+    <s v="Flat or apartment in a converted house or commercial building"/>
+    <s v="171"/>
+    <s v="North Tipperary"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="289"/>
+  </r>
+  <r>
+    <s v="CD511"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="17"/>
+    <s v="Flat or apartment in a converted house or commercial building"/>
+    <s v="172"/>
+    <s v="South Tipperary"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="419"/>
+  </r>
+  <r>
+    <s v="CD511"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="17"/>
+    <s v="Flat or apartment in a converted house or commercial building"/>
+    <s v="18"/>
+    <s v="Waterford"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="518"/>
+  </r>
+  <r>
+    <s v="CD511"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="17"/>
+    <s v="Flat or apartment in a converted house or commercial building"/>
+    <s v="181"/>
+    <s v="Waterford City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="341"/>
+  </r>
+  <r>
+    <s v="CD511"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="17"/>
+    <s v="Flat or apartment in a converted house or commercial building"/>
+    <s v="182"/>
+    <s v="Waterford County"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="177"/>
+  </r>
+  <r>
+    <s v="CD511"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="17"/>
+    <s v="Flat or apartment in a converted house or commercial building"/>
+    <s v="C"/>
+    <s v="Connacht"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2492"/>
+  </r>
+  <r>
+    <s v="CD511"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="17"/>
+    <s v="Flat or apartment in a converted house or commercial building"/>
+    <s v="19"/>
+    <s v="Galway"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1470"/>
+  </r>
+  <r>
+    <s v="CD511"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="17"/>
+    <s v="Flat or apartment in a converted house or commercial building"/>
+    <s v="191"/>
+    <s v="Galway City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="830"/>
+  </r>
+  <r>
+    <s v="CD511"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="17"/>
+    <s v="Flat or apartment in a converted house or commercial building"/>
+    <s v="192"/>
+    <s v="Galway County"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="640"/>
+  </r>
+  <r>
+    <s v="CD511"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="17"/>
+    <s v="Flat or apartment in a converted house or commercial building"/>
+    <s v="20"/>
+    <s v="Leitrim"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="83"/>
+  </r>
+  <r>
+    <s v="CD511"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="17"/>
+    <s v="Flat or apartment in a converted house or commercial building"/>
+    <s v="21"/>
+    <s v="Mayo"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="546"/>
+  </r>
+  <r>
+    <s v="CD511"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="17"/>
+    <s v="Flat or apartment in a converted house or commercial building"/>
+    <s v="22"/>
+    <s v="Roscommon"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="169"/>
+  </r>
+  <r>
+    <s v="CD511"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="17"/>
+    <s v="Flat or apartment in a converted house or commercial building"/>
+    <s v="23"/>
+    <s v="Sligo"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="224"/>
+  </r>
+  <r>
+    <s v="CD511"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="17"/>
+    <s v="Flat or apartment in a converted house or commercial building"/>
+    <s v="D"/>
+    <s v="Ulster (part of)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1021"/>
+  </r>
+  <r>
+    <s v="CD511"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="17"/>
+    <s v="Flat or apartment in a converted house or commercial building"/>
+    <s v="24"/>
+    <s v="Cavan"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="215"/>
+  </r>
+  <r>
+    <s v="CD511"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="17"/>
+    <s v="Flat or apartment in a converted house or commercial building"/>
+    <s v="25"/>
+    <s v="Donegal"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="524"/>
+  </r>
+  <r>
+    <s v="CD511"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="17"/>
+    <s v="Flat or apartment in a converted house or commercial building"/>
+    <s v="26"/>
+    <s v="Monaghan"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="282"/>
+  </r>
+  <r>
+    <s v="CD511"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="18"/>
+    <s v="Bed-sit"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5695"/>
+  </r>
+  <r>
+    <s v="CD511"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="18"/>
+    <s v="Bed-sit"/>
+    <s v="A"/>
+    <s v="Leinster"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4498"/>
+  </r>
+  <r>
+    <s v="CD511"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="18"/>
+    <s v="Bed-sit"/>
+    <s v="01"/>
+    <s v="Carlow"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="40"/>
+  </r>
+  <r>
+    <s v="CD511"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="18"/>
+    <s v="Bed-sit"/>
+    <s v="02"/>
+    <s v="Dublin"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4004"/>
+  </r>
+  <r>
+    <s v="CD511"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="18"/>
+    <s v="Bed-sit"/>
+    <s v="021"/>
+    <s v="Dublin City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3697"/>
+  </r>
+  <r>
+    <s v="CD511"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="18"/>
+    <s v="Bed-sit"/>
+    <s v="024"/>
+    <s v="Dún Laoghaire-Rathdown"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="136"/>
+  </r>
+  <r>
+    <s v="CD511"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="18"/>
+    <s v="Bed-sit"/>
+    <s v="023"/>
+    <s v="Fingal"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="88"/>
+  </r>
+  <r>
+    <s v="CD511"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="18"/>
+    <s v="Bed-sit"/>
+    <s v="022"/>
+    <s v="South Dublin"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="83"/>
+  </r>
+  <r>
+    <s v="CD511"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="18"/>
+    <s v="Bed-sit"/>
+    <s v="03"/>
+    <s v="Kildare"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="83"/>
+  </r>
+  <r>
+    <s v="CD511"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="18"/>
+    <s v="Bed-sit"/>
+    <s v="04"/>
+    <s v="Kilkenny"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="34"/>
+  </r>
+  <r>
+    <s v="CD511"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="18"/>
+    <s v="Bed-sit"/>
+    <s v="05"/>
+    <s v="Laois"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="26"/>
+  </r>
+  <r>
+    <s v="CD511"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="18"/>
+    <s v="Bed-sit"/>
+    <s v="06"/>
+    <s v="Longford"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="15"/>
+  </r>
+  <r>
+    <s v="CD511"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="18"/>
+    <s v="Bed-sit"/>
+    <s v="07"/>
+    <s v="Louth"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="47"/>
+  </r>
+  <r>
+    <s v="CD511"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="18"/>
+    <s v="Bed-sit"/>
+    <s v="08"/>
+    <s v="Meath"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="47"/>
+  </r>
+  <r>
+    <s v="CD511"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="18"/>
+    <s v="Bed-sit"/>
+    <s v="09"/>
+    <s v="Offaly"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="36"/>
+  </r>
+  <r>
+    <s v="CD511"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="18"/>
+    <s v="Bed-sit"/>
+    <s v="10"/>
+    <s v="Westmeath"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="41"/>
+  </r>
+  <r>
+    <s v="CD511"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="18"/>
+    <s v="Bed-sit"/>
+    <s v="11"/>
+    <s v="Wexford"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="51"/>
+  </r>
+  <r>
+    <s v="CD511"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="18"/>
+    <s v="Bed-sit"/>
+    <s v="12"/>
+    <s v="Wicklow"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="74"/>
+  </r>
+  <r>
+    <s v="CD511"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="18"/>
+    <s v="Bed-sit"/>
+    <s v="B"/>
+    <s v="Munster"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="808"/>
+  </r>
+  <r>
+    <s v="CD511"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="18"/>
+    <s v="Bed-sit"/>
+    <s v="13"/>
+    <s v="Clare"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="48"/>
+  </r>
+  <r>
+    <s v="CD511"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="18"/>
+    <s v="Bed-sit"/>
+    <s v="14"/>
+    <s v="Cork"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="415"/>
+  </r>
+  <r>
+    <s v="CD511"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="18"/>
+    <s v="Bed-sit"/>
+    <s v="141"/>
+    <s v="Cork City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="278"/>
+  </r>
+  <r>
+    <s v="CD511"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="18"/>
+    <s v="Bed-sit"/>
+    <s v="142"/>
+    <s v="Cork County"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="137"/>
+  </r>
+  <r>
+    <s v="CD511"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="18"/>
+    <s v="Bed-sit"/>
+    <s v="15"/>
+    <s v="Kerry"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="80"/>
+  </r>
+  <r>
+    <s v="CD511"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="18"/>
+    <s v="Bed-sit"/>
+    <s v="16"/>
+    <s v="Limerick"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="116"/>
+  </r>
+  <r>
+    <s v="CD511"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="18"/>
+    <s v="Bed-sit"/>
+    <s v="161"/>
+    <s v="Limerick City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="75"/>
+  </r>
+  <r>
+    <s v="CD511"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="18"/>
+    <s v="Bed-sit"/>
+    <s v="162"/>
+    <s v="Limerick County"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="41"/>
+  </r>
+  <r>
+    <s v="CD511"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="18"/>
+    <s v="Bed-sit"/>
+    <s v="171"/>
+    <s v="North Tipperary"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="32"/>
+  </r>
+  <r>
+    <s v="CD511"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="18"/>
+    <s v="Bed-sit"/>
+    <s v="172"/>
+    <s v="South Tipperary"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="52"/>
+  </r>
+  <r>
+    <s v="CD511"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="18"/>
+    <s v="Bed-sit"/>
+    <s v="18"/>
+    <s v="Waterford"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="65"/>
+  </r>
+  <r>
+    <s v="CD511"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="18"/>
+    <s v="Bed-sit"/>
+    <s v="181"/>
+    <s v="Waterford City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="54"/>
+  </r>
+  <r>
+    <s v="CD511"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="18"/>
+    <s v="Bed-sit"/>
+    <s v="182"/>
+    <s v="Waterford County"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="11"/>
+  </r>
+  <r>
+    <s v="CD511"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="18"/>
+    <s v="Bed-sit"/>
+    <s v="C"/>
+    <s v="Connacht"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="284"/>
+  </r>
+  <r>
+    <s v="CD511"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="18"/>
+    <s v="Bed-sit"/>
+    <s v="19"/>
+    <s v="Galway"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="144"/>
+  </r>
+  <r>
+    <s v="CD511"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="18"/>
+    <s v="Bed-sit"/>
+    <s v="191"/>
+    <s v="Galway City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="92"/>
+  </r>
+  <r>
+    <s v="CD511"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="18"/>
+    <s v="Bed-sit"/>
+    <s v="192"/>
+    <s v="Galway County"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="52"/>
+  </r>
+  <r>
+    <s v="CD511"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="18"/>
+    <s v="Bed-sit"/>
+    <s v="20"/>
+    <s v="Leitrim"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="13"/>
+  </r>
+  <r>
+    <s v="CD511"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="18"/>
+    <s v="Bed-sit"/>
+    <s v="21"/>
+    <s v="Mayo"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="42"/>
+  </r>
+  <r>
+    <s v="CD511"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="18"/>
+    <s v="Bed-sit"/>
+    <s v="22"/>
+    <s v="Roscommon"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="24"/>
+  </r>
+  <r>
+    <s v="CD511"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="18"/>
+    <s v="Bed-sit"/>
+    <s v="23"/>
+    <s v="Sligo"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="61"/>
+  </r>
+  <r>
+    <s v="CD511"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="18"/>
+    <s v="Bed-sit"/>
+    <s v="D"/>
+    <s v="Ulster (part of)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="105"/>
+  </r>
+  <r>
+    <s v="CD511"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="18"/>
+    <s v="Bed-sit"/>
+    <s v="24"/>
+    <s v="Cavan"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="47"/>
+  </r>
+  <r>
+    <s v="CD511"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="18"/>
+    <s v="Bed-sit"/>
+    <s v="25"/>
+    <s v="Donegal"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="34"/>
+  </r>
+  <r>
+    <s v="CD511"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="18"/>
+    <s v="Bed-sit"/>
+    <s v="26"/>
+    <s v="Monaghan"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="24"/>
+  </r>
+  <r>
+    <s v="CD511"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="4"/>
+    <s v="Not stated"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="27781"/>
+  </r>
+  <r>
+    <s v="CD511"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="4"/>
+    <s v="Not stated"/>
+    <s v="A"/>
+    <s v="Leinster"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="16579"/>
+  </r>
+  <r>
+    <s v="CD511"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="4"/>
+    <s v="Not stated"/>
+    <s v="01"/>
+    <s v="Carlow"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="410"/>
+  </r>
+  <r>
+    <s v="CD511"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="4"/>
+    <s v="Not stated"/>
+    <s v="02"/>
+    <s v="Dublin"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="10086"/>
+  </r>
+  <r>
+    <s v="CD511"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="4"/>
+    <s v="Not stated"/>
+    <s v="021"/>
+    <s v="Dublin City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5639"/>
+  </r>
+  <r>
+    <s v="CD511"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="4"/>
+    <s v="Not stated"/>
+    <s v="024"/>
+    <s v="Dún Laoghaire-Rathdown"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1100"/>
+  </r>
+  <r>
+    <s v="CD511"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="4"/>
+    <s v="Not stated"/>
+    <s v="023"/>
+    <s v="Fingal"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1731"/>
+  </r>
+  <r>
+    <s v="CD511"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="4"/>
+    <s v="Not stated"/>
+    <s v="022"/>
+    <s v="South Dublin"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1616"/>
+  </r>
+  <r>
+    <s v="CD511"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="4"/>
+    <s v="Not stated"/>
+    <s v="03"/>
+    <s v="Kildare"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1044"/>
+  </r>
+  <r>
+    <s v="CD511"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="4"/>
+    <s v="Not stated"/>
+    <s v="04"/>
+    <s v="Kilkenny"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="438"/>
+  </r>
+  <r>
+    <s v="CD511"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="4"/>
+    <s v="Not stated"/>
+    <s v="05"/>
+    <s v="Laois"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="438"/>
+  </r>
+  <r>
+    <s v="CD511"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="4"/>
+    <s v="Not stated"/>
+    <s v="06"/>
+    <s v="Longford"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="256"/>
+  </r>
+  <r>
+    <s v="CD511"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="4"/>
+    <s v="Not stated"/>
+    <s v="07"/>
+    <s v="Louth"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="815"/>
+  </r>
+  <r>
+    <s v="CD511"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="4"/>
+    <s v="Not stated"/>
+    <s v="08"/>
+    <s v="Meath"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="816"/>
+  </r>
+  <r>
+    <s v="CD511"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="4"/>
+    <s v="Not stated"/>
+    <s v="09"/>
+    <s v="Offaly"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="383"/>
+  </r>
+  <r>
+    <s v="CD511"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="4"/>
+    <s v="Not stated"/>
+    <s v="10"/>
+    <s v="Westmeath"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="488"/>
+  </r>
+  <r>
+    <s v="CD511"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="4"/>
+    <s v="Not stated"/>
+    <s v="11"/>
+    <s v="Wexford"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="678"/>
+  </r>
+  <r>
+    <s v="CD511"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="4"/>
+    <s v="Not stated"/>
+    <s v="12"/>
+    <s v="Wicklow"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="727"/>
+  </r>
+  <r>
+    <s v="CD511"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="4"/>
+    <s v="Not stated"/>
+    <s v="B"/>
+    <s v="Munster"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="6874"/>
+  </r>
+  <r>
+    <s v="CD511"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="4"/>
+    <s v="Not stated"/>
+    <s v="13"/>
+    <s v="Clare"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="691"/>
+  </r>
+  <r>
+    <s v="CD511"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="4"/>
+    <s v="Not stated"/>
+    <s v="14"/>
+    <s v="Cork"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2736"/>
+  </r>
+  <r>
+    <s v="CD511"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="4"/>
+    <s v="Not stated"/>
+    <s v="141"/>
+    <s v="Cork City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="986"/>
+  </r>
+  <r>
+    <s v="CD511"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="4"/>
+    <s v="Not stated"/>
+    <s v="142"/>
+    <s v="Cork County"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1750"/>
+  </r>
+  <r>
+    <s v="CD511"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="4"/>
+    <s v="Not stated"/>
+    <s v="15"/>
+    <s v="Kerry"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="752"/>
+  </r>
+  <r>
+    <s v="CD511"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="4"/>
+    <s v="Not stated"/>
+    <s v="16"/>
+    <s v="Limerick"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1147"/>
+  </r>
+  <r>
+    <s v="CD511"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="4"/>
+    <s v="Not stated"/>
+    <s v="161"/>
+    <s v="Limerick City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="556"/>
+  </r>
+  <r>
+    <s v="CD511"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="4"/>
+    <s v="Not stated"/>
+    <s v="162"/>
+    <s v="Limerick County"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="591"/>
+  </r>
+  <r>
+    <s v="CD511"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="4"/>
+    <s v="Not stated"/>
+    <s v="171"/>
+    <s v="North Tipperary"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="351"/>
+  </r>
+  <r>
+    <s v="CD511"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="4"/>
+    <s v="Not stated"/>
+    <s v="172"/>
+    <s v="South Tipperary"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="496"/>
+  </r>
+  <r>
+    <s v="CD511"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="4"/>
+    <s v="Not stated"/>
+    <s v="18"/>
+    <s v="Waterford"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="701"/>
+  </r>
+  <r>
+    <s v="CD511"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="4"/>
+    <s v="Not stated"/>
+    <s v="181"/>
+    <s v="Waterford City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="418"/>
+  </r>
+  <r>
+    <s v="CD511"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="4"/>
+    <s v="Not stated"/>
+    <s v="182"/>
+    <s v="Waterford County"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="283"/>
+  </r>
+  <r>
+    <s v="CD511"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="4"/>
+    <s v="Not stated"/>
+    <s v="C"/>
+    <s v="Connacht"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2800"/>
+  </r>
+  <r>
+    <s v="CD511"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="4"/>
+    <s v="Not stated"/>
+    <s v="19"/>
+    <s v="Galway"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1253"/>
+  </r>
+  <r>
+    <s v="CD511"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="4"/>
+    <s v="Not stated"/>
+    <s v="191"/>
+    <s v="Galway City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="526"/>
+  </r>
+  <r>
+    <s v="CD511"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="4"/>
+    <s v="Not stated"/>
+    <s v="192"/>
+    <s v="Galway County"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="727"/>
+  </r>
+  <r>
+    <s v="CD511"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="4"/>
+    <s v="Not stated"/>
+    <s v="20"/>
+    <s v="Leitrim"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="166"/>
+  </r>
+  <r>
+    <s v="CD511"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="4"/>
+    <s v="Not stated"/>
+    <s v="21"/>
+    <s v="Mayo"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="587"/>
+  </r>
+  <r>
+    <s v="CD511"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="4"/>
+    <s v="Not stated"/>
+    <s v="22"/>
+    <s v="Roscommon"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="298"/>
+  </r>
+  <r>
+    <s v="CD511"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="4"/>
+    <s v="Not stated"/>
+    <s v="23"/>
+    <s v="Sligo"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="496"/>
+  </r>
+  <r>
+    <s v="CD511"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="4"/>
+    <s v="Not stated"/>
+    <s v="D"/>
+    <s v="Ulster (part of)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1528"/>
+  </r>
+  <r>
+    <s v="CD511"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="4"/>
+    <s v="Not stated"/>
+    <s v="24"/>
+    <s v="Cavan"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="492"/>
+  </r>
+  <r>
+    <s v="CD511"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="4"/>
+    <s v="Not stated"/>
+    <s v="25"/>
+    <s v="Donegal"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="788"/>
+  </r>
+  <r>
+    <s v="CD511"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="4"/>
+    <s v="Not stated"/>
+    <s v="26"/>
+    <s v="Monaghan"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="248"/>
+  </r>
+</pivotCacheRecords>
 </file>