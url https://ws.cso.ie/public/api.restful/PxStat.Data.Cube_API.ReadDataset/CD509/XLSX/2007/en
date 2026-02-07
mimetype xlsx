--- v0 (2025-11-11)
+++ v1 (2026-02-07)
@@ -1,97 +1,97 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/pivotCache/pivotCacheDefinition1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheDefinition+xml"/>
   <Override PartName="/pivotCache/pivotCacheRecords1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheRecords+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/pivotTables/pivotTable.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5d2766d855c14f12" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/7dfbf54ccde8404eae899716034ac88d.psmdcp" Id="Re8149dfe2d0441e0" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4a8691210a5f4a78" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/3205fbb1eb424d988b23d10073046f22.psmdcp" Id="R0dc4a8bce36644f3" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
-    <x:sheet name="About" sheetId="2" r:id="rId2"/>
-[...1 lines deleted...]
-    <x:sheet name="Pivoted" sheetId="11" r:id="rId11"/>
+    <x:sheet name="About" sheetId="1" r:id="rId2"/>
+    <x:sheet name="Unpivoted" sheetId="2" r:id="rId9"/>
+    <x:sheet name="Pivoted" sheetId="3" r:id="rId11"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
   <x:pivotCaches>
     <x:pivotCache cacheId="0" r:id="rId12"/>
   </x:pivotCaches>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Table</x:t>
   </x:si>
   <x:si>
     <x:t>Code</x:t>
   </x:si>
   <x:si>
     <x:t>CD509</x:t>
   </x:si>
   <x:si>
     <x:t>Name</x:t>
   </x:si>
   <x:si>
     <x:t>Family Units with Two or More Children in Private Households</x:t>
   </x:si>
   <x:si>
     <x:t>Frequency</x:t>
   </x:si>
   <x:si>
     <x:t>Annual</x:t>
   </x:si>
   <x:si>
     <x:t>Last Updated</x:t>
   </x:si>
   <x:si>
-    <x:t>6/4/2020 11:00:00 AM</x:t>
+    <x:t>04/06/2020 11:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Note</x:t>
   </x:si>
   <x:si>
     <x:t>Url</x:t>
   </x:si>
   <x:si>
     <x:t>https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/CD509/XLSX/2007/en</x:t>
   </x:si>
   <x:si>
     <x:t>Product</x:t>
   </x:si>
   <x:si>
     <x:t>C2011P5</x:t>
   </x:si>
   <x:si>
     <x:t>Profile 5 - Households and Families - Living Arrangements in Ireland</x:t>
   </x:si>
   <x:si>
     <x:t>Contacts</x:t>
   </x:si>
   <x:si>
     <x:t>Bernie Casey</x:t>
   </x:si>
@@ -235,50 +235,53 @@
   </x:si>
   <x:si>
     <x:t>0 - 4 years</x:t>
   </x:si>
   <x:si>
     <x:t>245</x:t>
   </x:si>
   <x:si>
     <x:t>5 - 9 years</x:t>
   </x:si>
   <x:si>
     <x:t>265</x:t>
   </x:si>
   <x:si>
     <x:t>10 - 14 years</x:t>
   </x:si>
   <x:si>
     <x:t>15 - 19 years</x:t>
   </x:si>
   <x:si>
     <x:t>375</x:t>
   </x:si>
   <x:si>
     <x:t>20 years and over</x:t>
   </x:si>
+  <x:si>
+    <x:t/>
+  </x:si>
 </x:sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts count="1">
     <x:numFmt numFmtId="0" formatCode=""/>
   </x:numFmts>
   <x:fonts count="4">
     <x:font>
       <x:vertAlign val="baseline"/>
       <x:sz val="11"/>
       <x:color rgb="FF000000"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:vertAlign val="baseline"/>
       <x:sz val="13"/>
       <x:color rgb="FF000000"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
     </x:font>
     <x:font>
@@ -415,299 +418,154 @@
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip r:embed="rId8" cstate="print"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="3971925" cy="1381125"/>
         </a:xfrm>
         <a:prstGeom prst="rect"/>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/pivotTables/_rels/pivotTable.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheDefinition" Target="/pivotCache/pivotCacheDefinition1.xml" Id="rId17" /></Relationships>
 </file>
 
 <file path=xl/pivotTables/pivotTable.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotTableDefinition xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" dataCaption="Values" showError="0" missingCaption="" showMissing="1" pageWrap="0" pageOverThenDown="0" rowGrandTotals="0" colGrandTotals="0" indent="1">
-[...247 lines deleted...]
-</x:pivotTableDefinition>
+<pivotTableDefinition xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" applyNumberFormats="0" applyBorderFormats="0" applyFontFormats="0" applyPatternFormats="0" applyAlignmentFormats="0" applyWidthHeightFormats="0" dataCaption="Values" rowGrandTotals="0" colGrandTotals="0" outline="1">
+  <location ref="A1" firstHeaderRow="0" firstDataRow="0" firstDataCol="0"/>
+  <pivotFields count="12">
+    <pivotField name="STATISTIC" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="Statistic Label" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="C02076V03371A" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="6">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+      </items>
+    </pivotField>
+    <pivotField name="Age Group of Eldest Child" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="6">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+      </items>
+    </pivotField>
+    <pivotField name="C02076V03371B" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="6">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+      </items>
+    </pivotField>
+    <pivotField name="Age Group of Youngest Child" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="6">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+      </items>
+    </pivotField>
+    <pivotField name="C02258V02730" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="4">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+      </items>
+    </pivotField>
+    <pivotField name="Type of Family Unit" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="4">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+      </items>
+    </pivotField>
+    <pivotField name="TLIST(A1)" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="CensusYear" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField showAll="0"/>
+    <pivotField dataField="1" showAll="0"/>
+  </pivotFields>
+  <rowFields count="10">
+    <field x="0"/>
+    <field x="1"/>
+    <field x="2"/>
+    <field x="3"/>
+    <field x="4"/>
+    <field x="5"/>
+    <field x="6"/>
+    <field x="7"/>
+    <field x="8"/>
+    <field x="9"/>
+  </rowFields>
+  <dataFields count="1">
+    <dataField name="VALUE" fld="11"/>
+  </dataFields>
+  <pivotTableStyleInfo name="PivotStyleLight16" showRowHeaders="1" showColHeaders="1"/>
+  <extLst>
+    <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{962EF5D1-5CA2-4c93-8EF4-DBF5C05439D2}">
+      <x14:pivotTableDefinition enableEdit="0" hideValuesRow="1"/>
+    </ext>
+  </extLst>
+</pivotTableDefinition>
 </file>
 
 <file path=xl/tables/table1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:table xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="1" name="Unpivoted" displayName="Unpivoted" ref="A1:L145" totalsRowShown="0">
   <x:autoFilter ref="A1:L145"/>
   <x:tableColumns count="12">
     <x:tableColumn id="1" name="STATISTIC"/>
     <x:tableColumn id="2" name="Statistic Label"/>
     <x:tableColumn id="3" name="C02076V03371A"/>
     <x:tableColumn id="4" name="Age Group of Eldest Child"/>
     <x:tableColumn id="5" name="C02076V03371B"/>
     <x:tableColumn id="6" name="Age Group of Youngest Child"/>
     <x:tableColumn id="7" name="C02258V02730"/>
     <x:tableColumn id="8" name="Type of Family Unit"/>
     <x:tableColumn id="9" name="TLIST(A1)"/>
     <x:tableColumn id="10" name="CensusYear"/>
     <x:tableColumn id="11" name="UNIT"/>
     <x:tableColumn id="12" name="VALUE"/>
   </x:tableColumns>
   <x:tableStyleInfo name="TableStyleMedium2" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </x:table>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
@@ -980,51 +838,51 @@
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="/xl/drawings/drawing1.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/CD509/XLSX/2007/en" TargetMode="External" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cso.ie/" TargetMode="External" Id="rId14" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="/xl/tables/table1.xml" Id="rId15" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet3.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotTable" Target="/xl/pivotTables/pivotTable.xml" Id="rId16" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:B39"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="20.710625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="100.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="8" spans="1:2">
       <x:c r="A8" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B8" s="2"/>
     </x:row>
     <x:row r="9" spans="1:2">
       <x:c r="A9" s="3" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="B9" s="0" t="s">
         <x:v>2</x:v>
@@ -1211,51 +1069,51 @@
       </x:c>
     </x:row>
     <x:row r="39" spans="1:2">
       <x:c r="A39" s="3" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B39" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:hyperlinks>
     <x:hyperlink ref="B14" r:id="rId13"/>
     <x:hyperlink ref="B28" r:id="rId14"/>
   </x:hyperlinks>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:drawing xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId7"/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:L145"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="11.996339" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="56.424911" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="17.282054" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="25.853482" style="0" customWidth="1"/>
     <x:col min="5" max="5" width="17.282054" style="0" customWidth="1"/>
     <x:col min="6" max="6" width="28.710625" style="0" customWidth="1"/>
     <x:col min="7" max="7" width="16.139196" style="0" customWidth="1"/>
     <x:col min="8" max="8" width="20.424911" style="0" customWidth="1"/>
     <x:col min="9" max="9" width="11.282054" style="0" customWidth="1"/>
     <x:col min="10" max="10" width="13.424911" style="0" customWidth="1"/>
     <x:col min="11" max="11" width="8.282054" style="0" customWidth="1"/>
     <x:col min="12" max="12" width="8.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:12">
       <x:c r="A1" s="0" t="s">
@@ -2523,575 +2381,623 @@
       </x:c>
       <x:c r="D34" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="E34" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="F34" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="G34" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H34" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="I34" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J34" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="K34" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
+      <x:c r="L34" s="0" t="s">
+        <x:v>71</x:v>
+      </x:c>
     </x:row>
     <x:row r="35" spans="1:12">
       <x:c r="A35" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B35" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C35" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="D35" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="E35" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="F35" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="G35" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="H35" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="I35" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J35" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="K35" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
+      <x:c r="L35" s="0" t="s">
+        <x:v>71</x:v>
+      </x:c>
     </x:row>
     <x:row r="36" spans="1:12">
       <x:c r="A36" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B36" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C36" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="D36" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="E36" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="F36" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="G36" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="H36" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="I36" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J36" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="K36" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
+      <x:c r="L36" s="0" t="s">
+        <x:v>71</x:v>
+      </x:c>
     </x:row>
     <x:row r="37" spans="1:12">
       <x:c r="A37" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B37" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C37" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="D37" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="E37" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="F37" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="G37" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="H37" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="I37" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J37" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="K37" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
+      <x:c r="L37" s="0" t="s">
+        <x:v>71</x:v>
+      </x:c>
     </x:row>
     <x:row r="38" spans="1:12">
       <x:c r="A38" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B38" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C38" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="D38" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="E38" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="F38" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="G38" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H38" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="I38" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J38" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="K38" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
+      <x:c r="L38" s="0" t="s">
+        <x:v>71</x:v>
+      </x:c>
     </x:row>
     <x:row r="39" spans="1:12">
       <x:c r="A39" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B39" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C39" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="D39" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="E39" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="F39" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="G39" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="H39" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="I39" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J39" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="K39" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
+      <x:c r="L39" s="0" t="s">
+        <x:v>71</x:v>
+      </x:c>
     </x:row>
     <x:row r="40" spans="1:12">
       <x:c r="A40" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B40" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C40" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="D40" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="E40" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="F40" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="G40" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="H40" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="I40" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J40" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="K40" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
+      <x:c r="L40" s="0" t="s">
+        <x:v>71</x:v>
+      </x:c>
     </x:row>
     <x:row r="41" spans="1:12">
       <x:c r="A41" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B41" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C41" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="D41" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="E41" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="F41" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="G41" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="H41" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="I41" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J41" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="K41" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
+      <x:c r="L41" s="0" t="s">
+        <x:v>71</x:v>
+      </x:c>
     </x:row>
     <x:row r="42" spans="1:12">
       <x:c r="A42" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B42" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C42" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="D42" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="E42" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="F42" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="G42" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H42" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="I42" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J42" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="K42" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
+      <x:c r="L42" s="0" t="s">
+        <x:v>71</x:v>
+      </x:c>
     </x:row>
     <x:row r="43" spans="1:12">
       <x:c r="A43" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B43" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C43" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="D43" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="E43" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="F43" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="G43" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="H43" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="I43" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J43" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="K43" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
+      <x:c r="L43" s="0" t="s">
+        <x:v>71</x:v>
+      </x:c>
     </x:row>
     <x:row r="44" spans="1:12">
       <x:c r="A44" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B44" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C44" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="D44" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="E44" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="F44" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="G44" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="H44" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="I44" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J44" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="K44" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
+      <x:c r="L44" s="0" t="s">
+        <x:v>71</x:v>
+      </x:c>
     </x:row>
     <x:row r="45" spans="1:12">
       <x:c r="A45" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B45" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C45" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="D45" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="E45" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="F45" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="G45" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="H45" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="I45" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J45" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="K45" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
+      <x:c r="L45" s="0" t="s">
+        <x:v>71</x:v>
+      </x:c>
     </x:row>
     <x:row r="46" spans="1:12">
       <x:c r="A46" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B46" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C46" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="D46" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="E46" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="F46" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="G46" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H46" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="I46" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J46" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="K46" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
+      <x:c r="L46" s="0" t="s">
+        <x:v>71</x:v>
+      </x:c>
     </x:row>
     <x:row r="47" spans="1:12">
       <x:c r="A47" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B47" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C47" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="D47" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="E47" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="F47" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="G47" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="H47" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="I47" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J47" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="K47" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
+      <x:c r="L47" s="0" t="s">
+        <x:v>71</x:v>
+      </x:c>
     </x:row>
     <x:row r="48" spans="1:12">
       <x:c r="A48" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B48" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C48" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="D48" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="E48" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="F48" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="G48" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="H48" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="I48" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J48" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="K48" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
+      <x:c r="L48" s="0" t="s">
+        <x:v>71</x:v>
+      </x:c>
     </x:row>
     <x:row r="49" spans="1:12">
       <x:c r="A49" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B49" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C49" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="D49" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="E49" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="F49" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="G49" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="H49" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="I49" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J49" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="K49" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
+      <x:c r="L49" s="0" t="s">
+        <x:v>71</x:v>
+      </x:c>
     </x:row>
     <x:row r="50" spans="1:12">
       <x:c r="A50" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B50" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C50" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="D50" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="E50" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="F50" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="G50" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H50" s="0" t="s">
         <x:v>53</x:v>
@@ -3539,435 +3445,471 @@
       </x:c>
       <x:c r="D62" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="E62" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="F62" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="G62" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H62" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="I62" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J62" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="K62" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
+      <x:c r="L62" s="0" t="s">
+        <x:v>71</x:v>
+      </x:c>
     </x:row>
     <x:row r="63" spans="1:12">
       <x:c r="A63" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B63" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C63" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="D63" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="E63" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="F63" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="G63" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="H63" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="I63" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J63" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="K63" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
+      <x:c r="L63" s="0" t="s">
+        <x:v>71</x:v>
+      </x:c>
     </x:row>
     <x:row r="64" spans="1:12">
       <x:c r="A64" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B64" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C64" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="D64" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="E64" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="F64" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="G64" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="H64" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="I64" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J64" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="K64" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
+      <x:c r="L64" s="0" t="s">
+        <x:v>71</x:v>
+      </x:c>
     </x:row>
     <x:row r="65" spans="1:12">
       <x:c r="A65" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B65" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C65" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="D65" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="E65" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="F65" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="G65" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="H65" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="I65" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J65" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="K65" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
+      <x:c r="L65" s="0" t="s">
+        <x:v>71</x:v>
+      </x:c>
     </x:row>
     <x:row r="66" spans="1:12">
       <x:c r="A66" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B66" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C66" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="D66" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="E66" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="F66" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="G66" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H66" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="I66" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J66" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="K66" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
+      <x:c r="L66" s="0" t="s">
+        <x:v>71</x:v>
+      </x:c>
     </x:row>
     <x:row r="67" spans="1:12">
       <x:c r="A67" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B67" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C67" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="D67" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="E67" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="F67" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="G67" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="H67" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="I67" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J67" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="K67" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
+      <x:c r="L67" s="0" t="s">
+        <x:v>71</x:v>
+      </x:c>
     </x:row>
     <x:row r="68" spans="1:12">
       <x:c r="A68" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B68" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C68" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="D68" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="E68" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="F68" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="G68" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="H68" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="I68" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J68" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="K68" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
+      <x:c r="L68" s="0" t="s">
+        <x:v>71</x:v>
+      </x:c>
     </x:row>
     <x:row r="69" spans="1:12">
       <x:c r="A69" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B69" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C69" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="D69" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="E69" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="F69" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="G69" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="H69" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="I69" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J69" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="K69" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
+      <x:c r="L69" s="0" t="s">
+        <x:v>71</x:v>
+      </x:c>
     </x:row>
     <x:row r="70" spans="1:12">
       <x:c r="A70" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B70" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C70" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="D70" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="E70" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="F70" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="G70" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H70" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="I70" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J70" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="K70" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
+      <x:c r="L70" s="0" t="s">
+        <x:v>71</x:v>
+      </x:c>
     </x:row>
     <x:row r="71" spans="1:12">
       <x:c r="A71" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B71" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C71" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="D71" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="E71" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="F71" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="G71" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="H71" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="I71" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J71" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="K71" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
+      <x:c r="L71" s="0" t="s">
+        <x:v>71</x:v>
+      </x:c>
     </x:row>
     <x:row r="72" spans="1:12">
       <x:c r="A72" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B72" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C72" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="D72" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="E72" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="F72" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="G72" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="H72" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="I72" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J72" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="K72" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
+      <x:c r="L72" s="0" t="s">
+        <x:v>71</x:v>
+      </x:c>
     </x:row>
     <x:row r="73" spans="1:12">
       <x:c r="A73" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B73" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C73" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="D73" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="E73" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="F73" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="G73" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="H73" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="I73" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J73" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="K73" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
+      <x:c r="L73" s="0" t="s">
+        <x:v>71</x:v>
+      </x:c>
     </x:row>
     <x:row r="74" spans="1:12">
       <x:c r="A74" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B74" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C74" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="D74" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="E74" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="F74" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="G74" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H74" s="0" t="s">
         <x:v>53</x:v>
@@ -4567,295 +4509,319 @@
       </x:c>
       <x:c r="D90" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="E90" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="F90" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="G90" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H90" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="I90" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J90" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="K90" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
+      <x:c r="L90" s="0" t="s">
+        <x:v>71</x:v>
+      </x:c>
     </x:row>
     <x:row r="91" spans="1:12">
       <x:c r="A91" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B91" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C91" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="D91" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="E91" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="F91" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="G91" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="H91" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="I91" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J91" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="K91" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
+      <x:c r="L91" s="0" t="s">
+        <x:v>71</x:v>
+      </x:c>
     </x:row>
     <x:row r="92" spans="1:12">
       <x:c r="A92" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B92" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C92" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="D92" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="E92" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="F92" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="G92" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="H92" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="I92" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J92" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="K92" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
+      <x:c r="L92" s="0" t="s">
+        <x:v>71</x:v>
+      </x:c>
     </x:row>
     <x:row r="93" spans="1:12">
       <x:c r="A93" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B93" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C93" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="D93" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="E93" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="F93" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="G93" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="H93" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="I93" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J93" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="K93" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
+      <x:c r="L93" s="0" t="s">
+        <x:v>71</x:v>
+      </x:c>
     </x:row>
     <x:row r="94" spans="1:12">
       <x:c r="A94" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B94" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C94" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="D94" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="E94" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="F94" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="G94" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H94" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="I94" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J94" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="K94" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
+      <x:c r="L94" s="0" t="s">
+        <x:v>71</x:v>
+      </x:c>
     </x:row>
     <x:row r="95" spans="1:12">
       <x:c r="A95" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B95" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C95" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="D95" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="E95" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="F95" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="G95" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="H95" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="I95" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J95" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="K95" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
+      <x:c r="L95" s="0" t="s">
+        <x:v>71</x:v>
+      </x:c>
     </x:row>
     <x:row r="96" spans="1:12">
       <x:c r="A96" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B96" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C96" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="D96" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="E96" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="F96" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="G96" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="H96" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="I96" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J96" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="K96" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
+      <x:c r="L96" s="0" t="s">
+        <x:v>71</x:v>
+      </x:c>
     </x:row>
     <x:row r="97" spans="1:12">
       <x:c r="A97" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B97" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C97" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="D97" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="E97" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="F97" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="G97" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="H97" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="I97" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J97" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="K97" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
+      <x:c r="L97" s="0" t="s">
+        <x:v>71</x:v>
+      </x:c>
     </x:row>
     <x:row r="98" spans="1:12">
       <x:c r="A98" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B98" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C98" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="D98" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="E98" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="F98" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="G98" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H98" s="0" t="s">
         <x:v>53</x:v>
@@ -5607,154 +5573,166 @@
       </x:c>
       <x:c r="D118" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="E118" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="F118" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="G118" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H118" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="I118" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J118" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="K118" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
+      <x:c r="L118" s="0" t="s">
+        <x:v>71</x:v>
+      </x:c>
     </x:row>
     <x:row r="119" spans="1:12">
       <x:c r="A119" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B119" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C119" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="D119" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="E119" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="F119" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="G119" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="H119" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="I119" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J119" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="K119" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
+      <x:c r="L119" s="0" t="s">
+        <x:v>71</x:v>
+      </x:c>
     </x:row>
     <x:row r="120" spans="1:12">
       <x:c r="A120" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B120" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C120" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="D120" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="E120" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="F120" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="G120" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="H120" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="I120" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J120" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="K120" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
+      <x:c r="L120" s="0" t="s">
+        <x:v>71</x:v>
+      </x:c>
     </x:row>
     <x:row r="121" spans="1:12">
       <x:c r="A121" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B121" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C121" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="D121" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="E121" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="F121" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="G121" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="H121" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="I121" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J121" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="K121" s="0" t="s">
         <x:v>55</x:v>
+      </x:c>
+      <x:c r="L121" s="0" t="s">
+        <x:v>71</x:v>
       </x:c>
     </x:row>
     <x:row r="122" spans="1:12">
       <x:c r="A122" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B122" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C122" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="D122" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="E122" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="F122" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="G122" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H122" s="0" t="s">
@@ -6637,51 +6615,51 @@
       <x:c r="I145" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J145" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="K145" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="L145" s="0">
         <x:v>3713</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="1">
     <x:tablePart r:id="rId15"/>
   </x:tableParts>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:sheetData/>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Application>Microsoft Excel</ap:Application>
   <ap:TitlesOfParts>
     <vt:vector baseType="lpstr" size="9">
       <vt:lpstr>About</vt:lpstr>
       <vt:lpstr>Unpivoted</vt:lpstr>
       <vt:lpstr>Pivoted</vt:lpstr>
@@ -6698,51 +6676,51 @@
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>3</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Named Ranges</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>6</vt:i4>
       </vt:variant>
     </vt:vector>
   </ap:HeadingPairs>
   <ap:DocSecurity>0</ap:DocSecurity>
   <ap:ScaleCrop>false</ap:ScaleCrop>
 </ap:Properties>
 </file>
 
 <file path=pivotCache/_rels/pivotCacheDefinition1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheRecords" Target="/pivotCache/pivotCacheRecords1.xml" Id="rId1" /></Relationships>
 </file>
 
 <file path=pivotCache/pivotCacheDefinition1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:pivotCacheDefinition xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" r:id="rId1" saveData="1" refreshOnLoad="1" createdVersion="5" refreshedVersion="5" minRefreshableVersion="3">
   <x:cacheSource type="worksheet">
-    <x:worksheetSource ref="A1:L145" sheet="Unpivoted"/>
+    <x:worksheetSource name="Unpivoted"/>
   </x:cacheSource>
   <x:cacheFields>
     <x:cacheField name="STATISTIC">
       <x:sharedItems count="1">
         <x:s v="CD509"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="Statistic Label">
       <x:sharedItems count="1">
         <x:s v="Family Units with Two or More Children in Private Households"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="C02076V03371A">
       <x:sharedItems count="6">
         <x:s v="-"/>
         <x:s v="205"/>
         <x:s v="245"/>
         <x:s v="265"/>
         <x:s v="300"/>
         <x:s v="375"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="Age Group of Eldest Child">
       <x:sharedItems count="6">
         <x:s v="All ages"/>
@@ -6888,27 +6866,2044 @@
         <x:n v="29242"/>
         <x:n v="6110"/>
         <x:n v="1763"/>
         <x:n v="269"/>
         <x:n v="680"/>
         <x:n v="70"/>
         <x:n v="5837"/>
         <x:n v="411"/>
         <x:n v="1717"/>
         <x:n v="106"/>
         <x:n v="19961"/>
         <x:n v="626"/>
         <x:n v="4243"/>
         <x:n v="552"/>
         <x:n v="41291"/>
         <x:n v="862"/>
         <x:n v="8255"/>
         <x:n v="1669"/>
       </x:sharedItems>
     </x:cacheField>
   </x:cacheFields>
 </x:pivotCacheDefinition>
 </file>
 
 <file path=pivotCache/pivotCacheRecords1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main"/>
+<pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="xr">
+  <r>
+    <s v="CD509"/>
+    <s v="Family Units with Two or More Children in Private Households"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="615"/>
+    <s v="Husband and wife"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="374711"/>
+  </r>
+  <r>
+    <s v="CD509"/>
+    <s v="Family Units with Two or More Children in Private Households"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="616"/>
+    <s v="Cohabiting couple"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="29409"/>
+  </r>
+  <r>
+    <s v="CD509"/>
+    <s v="Family Units with Two or More Children in Private Households"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="300"/>
+    <s v="Lone mother"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="80245"/>
+  </r>
+  <r>
+    <s v="CD509"/>
+    <s v="Family Units with Two or More Children in Private Households"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="301"/>
+    <s v="Lone father"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="10305"/>
+  </r>
+  <r>
+    <s v="CD509"/>
+    <s v="Family Units with Two or More Children in Private Households"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="205"/>
+    <s v="0 - 4 years"/>
+    <s v="615"/>
+    <s v="Husband and wife"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="128358"/>
+  </r>
+  <r>
+    <s v="CD509"/>
+    <s v="Family Units with Two or More Children in Private Households"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="205"/>
+    <s v="0 - 4 years"/>
+    <s v="616"/>
+    <s v="Cohabiting couple"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="19108"/>
+  </r>
+  <r>
+    <s v="CD509"/>
+    <s v="Family Units with Two or More Children in Private Households"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="205"/>
+    <s v="0 - 4 years"/>
+    <s v="300"/>
+    <s v="Lone mother"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="22002"/>
+  </r>
+  <r>
+    <s v="CD509"/>
+    <s v="Family Units with Two or More Children in Private Households"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="205"/>
+    <s v="0 - 4 years"/>
+    <s v="301"/>
+    <s v="Lone father"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="979"/>
+  </r>
+  <r>
+    <s v="CD509"/>
+    <s v="Family Units with Two or More Children in Private Households"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="615"/>
+    <s v="Husband and wife"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="79244"/>
+  </r>
+  <r>
+    <s v="CD509"/>
+    <s v="Family Units with Two or More Children in Private Households"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="616"/>
+    <s v="Cohabiting couple"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5570"/>
+  </r>
+  <r>
+    <s v="CD509"/>
+    <s v="Family Units with Two or More Children in Private Households"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="300"/>
+    <s v="Lone mother"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="17495"/>
+  </r>
+  <r>
+    <s v="CD509"/>
+    <s v="Family Units with Two or More Children in Private Households"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="301"/>
+    <s v="Lone father"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1410"/>
+  </r>
+  <r>
+    <s v="CD509"/>
+    <s v="Family Units with Two or More Children in Private Households"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="615"/>
+    <s v="Husband and wife"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="69509"/>
+  </r>
+  <r>
+    <s v="CD509"/>
+    <s v="Family Units with Two or More Children in Private Households"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="616"/>
+    <s v="Cohabiting couple"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2824"/>
+  </r>
+  <r>
+    <s v="CD509"/>
+    <s v="Family Units with Two or More Children in Private Households"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="300"/>
+    <s v="Lone mother"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="15031"/>
+  </r>
+  <r>
+    <s v="CD509"/>
+    <s v="Family Units with Two or More Children in Private Households"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="301"/>
+    <s v="Lone father"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1977"/>
+  </r>
+  <r>
+    <s v="CD509"/>
+    <s v="Family Units with Two or More Children in Private Households"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="615"/>
+    <s v="Husband and wife"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="53518"/>
+  </r>
+  <r>
+    <s v="CD509"/>
+    <s v="Family Units with Two or More Children in Private Households"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="616"/>
+    <s v="Cohabiting couple"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1277"/>
+  </r>
+  <r>
+    <s v="CD509"/>
+    <s v="Family Units with Two or More Children in Private Households"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="300"/>
+    <s v="Lone mother"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="11370"/>
+  </r>
+  <r>
+    <s v="CD509"/>
+    <s v="Family Units with Two or More Children in Private Households"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="301"/>
+    <s v="Lone father"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2226"/>
+  </r>
+  <r>
+    <s v="CD509"/>
+    <s v="Family Units with Two or More Children in Private Households"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="375"/>
+    <s v="20 years and over"/>
+    <s v="615"/>
+    <s v="Husband and wife"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="44082"/>
+  </r>
+  <r>
+    <s v="CD509"/>
+    <s v="Family Units with Two or More Children in Private Households"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="375"/>
+    <s v="20 years and over"/>
+    <s v="616"/>
+    <s v="Cohabiting couple"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="630"/>
+  </r>
+  <r>
+    <s v="CD509"/>
+    <s v="Family Units with Two or More Children in Private Households"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="375"/>
+    <s v="20 years and over"/>
+    <s v="300"/>
+    <s v="Lone mother"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="14347"/>
+  </r>
+  <r>
+    <s v="CD509"/>
+    <s v="Family Units with Two or More Children in Private Households"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="375"/>
+    <s v="20 years and over"/>
+    <s v="301"/>
+    <s v="Lone father"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3713"/>
+  </r>
+  <r>
+    <s v="CD509"/>
+    <s v="Family Units with Two or More Children in Private Households"/>
+    <s v="205"/>
+    <s v="0 - 4 years"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="615"/>
+    <s v="Husband and wife"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="35938"/>
+  </r>
+  <r>
+    <s v="CD509"/>
+    <s v="Family Units with Two or More Children in Private Households"/>
+    <s v="205"/>
+    <s v="0 - 4 years"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="616"/>
+    <s v="Cohabiting couple"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5620"/>
+  </r>
+  <r>
+    <s v="CD509"/>
+    <s v="Family Units with Two or More Children in Private Households"/>
+    <s v="205"/>
+    <s v="0 - 4 years"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="300"/>
+    <s v="Lone mother"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3872"/>
+  </r>
+  <r>
+    <s v="CD509"/>
+    <s v="Family Units with Two or More Children in Private Households"/>
+    <s v="205"/>
+    <s v="0 - 4 years"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="301"/>
+    <s v="Lone father"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="196"/>
+  </r>
+  <r>
+    <s v="CD509"/>
+    <s v="Family Units with Two or More Children in Private Households"/>
+    <s v="205"/>
+    <s v="0 - 4 years"/>
+    <s v="205"/>
+    <s v="0 - 4 years"/>
+    <s v="615"/>
+    <s v="Husband and wife"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="35938"/>
+  </r>
+  <r>
+    <s v="CD509"/>
+    <s v="Family Units with Two or More Children in Private Households"/>
+    <s v="205"/>
+    <s v="0 - 4 years"/>
+    <s v="205"/>
+    <s v="0 - 4 years"/>
+    <s v="616"/>
+    <s v="Cohabiting couple"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5620"/>
+  </r>
+  <r>
+    <s v="CD509"/>
+    <s v="Family Units with Two or More Children in Private Households"/>
+    <s v="205"/>
+    <s v="0 - 4 years"/>
+    <s v="205"/>
+    <s v="0 - 4 years"/>
+    <s v="300"/>
+    <s v="Lone mother"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3872"/>
+  </r>
+  <r>
+    <s v="CD509"/>
+    <s v="Family Units with Two or More Children in Private Households"/>
+    <s v="205"/>
+    <s v="0 - 4 years"/>
+    <s v="205"/>
+    <s v="0 - 4 years"/>
+    <s v="301"/>
+    <s v="Lone father"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="196"/>
+  </r>
+  <r>
+    <s v="CD509"/>
+    <s v="Family Units with Two or More Children in Private Households"/>
+    <s v="205"/>
+    <s v="0 - 4 years"/>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="615"/>
+    <s v="Husband and wife"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="CD509"/>
+    <s v="Family Units with Two or More Children in Private Households"/>
+    <s v="205"/>
+    <s v="0 - 4 years"/>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="616"/>
+    <s v="Cohabiting couple"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="CD509"/>
+    <s v="Family Units with Two or More Children in Private Households"/>
+    <s v="205"/>
+    <s v="0 - 4 years"/>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="300"/>
+    <s v="Lone mother"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="CD509"/>
+    <s v="Family Units with Two or More Children in Private Households"/>
+    <s v="205"/>
+    <s v="0 - 4 years"/>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="301"/>
+    <s v="Lone father"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="CD509"/>
+    <s v="Family Units with Two or More Children in Private Households"/>
+    <s v="205"/>
+    <s v="0 - 4 years"/>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="615"/>
+    <s v="Husband and wife"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="CD509"/>
+    <s v="Family Units with Two or More Children in Private Households"/>
+    <s v="205"/>
+    <s v="0 - 4 years"/>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="616"/>
+    <s v="Cohabiting couple"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="CD509"/>
+    <s v="Family Units with Two or More Children in Private Households"/>
+    <s v="205"/>
+    <s v="0 - 4 years"/>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="300"/>
+    <s v="Lone mother"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="CD509"/>
+    <s v="Family Units with Two or More Children in Private Households"/>
+    <s v="205"/>
+    <s v="0 - 4 years"/>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="301"/>
+    <s v="Lone father"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="CD509"/>
+    <s v="Family Units with Two or More Children in Private Households"/>
+    <s v="205"/>
+    <s v="0 - 4 years"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="615"/>
+    <s v="Husband and wife"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="CD509"/>
+    <s v="Family Units with Two or More Children in Private Households"/>
+    <s v="205"/>
+    <s v="0 - 4 years"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="616"/>
+    <s v="Cohabiting couple"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="CD509"/>
+    <s v="Family Units with Two or More Children in Private Households"/>
+    <s v="205"/>
+    <s v="0 - 4 years"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="300"/>
+    <s v="Lone mother"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="CD509"/>
+    <s v="Family Units with Two or More Children in Private Households"/>
+    <s v="205"/>
+    <s v="0 - 4 years"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="301"/>
+    <s v="Lone father"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="CD509"/>
+    <s v="Family Units with Two or More Children in Private Households"/>
+    <s v="205"/>
+    <s v="0 - 4 years"/>
+    <s v="375"/>
+    <s v="20 years and over"/>
+    <s v="615"/>
+    <s v="Husband and wife"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="CD509"/>
+    <s v="Family Units with Two or More Children in Private Households"/>
+    <s v="205"/>
+    <s v="0 - 4 years"/>
+    <s v="375"/>
+    <s v="20 years and over"/>
+    <s v="616"/>
+    <s v="Cohabiting couple"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="CD509"/>
+    <s v="Family Units with Two or More Children in Private Households"/>
+    <s v="205"/>
+    <s v="0 - 4 years"/>
+    <s v="375"/>
+    <s v="20 years and over"/>
+    <s v="300"/>
+    <s v="Lone mother"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="CD509"/>
+    <s v="Family Units with Two or More Children in Private Households"/>
+    <s v="205"/>
+    <s v="0 - 4 years"/>
+    <s v="375"/>
+    <s v="20 years and over"/>
+    <s v="301"/>
+    <s v="Lone father"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="CD509"/>
+    <s v="Family Units with Two or More Children in Private Households"/>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="615"/>
+    <s v="Husband and wife"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="74782"/>
+  </r>
+  <r>
+    <s v="CD509"/>
+    <s v="Family Units with Two or More Children in Private Households"/>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="616"/>
+    <s v="Cohabiting couple"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="8983"/>
+  </r>
+  <r>
+    <s v="CD509"/>
+    <s v="Family Units with Two or More Children in Private Households"/>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="300"/>
+    <s v="Lone mother"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="12463"/>
+  </r>
+  <r>
+    <s v="CD509"/>
+    <s v="Family Units with Two or More Children in Private Households"/>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="301"/>
+    <s v="Lone father"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="733"/>
+  </r>
+  <r>
+    <s v="CD509"/>
+    <s v="Family Units with Two or More Children in Private Households"/>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="205"/>
+    <s v="0 - 4 years"/>
+    <s v="615"/>
+    <s v="Husband and wife"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="58660"/>
+  </r>
+  <r>
+    <s v="CD509"/>
+    <s v="Family Units with Two or More Children in Private Households"/>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="205"/>
+    <s v="0 - 4 years"/>
+    <s v="616"/>
+    <s v="Cohabiting couple"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="7759"/>
+  </r>
+  <r>
+    <s v="CD509"/>
+    <s v="Family Units with Two or More Children in Private Households"/>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="205"/>
+    <s v="0 - 4 years"/>
+    <s v="300"/>
+    <s v="Lone mother"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="9196"/>
+  </r>
+  <r>
+    <s v="CD509"/>
+    <s v="Family Units with Two or More Children in Private Households"/>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="205"/>
+    <s v="0 - 4 years"/>
+    <s v="301"/>
+    <s v="Lone father"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="418"/>
+  </r>
+  <r>
+    <s v="CD509"/>
+    <s v="Family Units with Two or More Children in Private Households"/>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="615"/>
+    <s v="Husband and wife"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="16122"/>
+  </r>
+  <r>
+    <s v="CD509"/>
+    <s v="Family Units with Two or More Children in Private Households"/>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="616"/>
+    <s v="Cohabiting couple"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1224"/>
+  </r>
+  <r>
+    <s v="CD509"/>
+    <s v="Family Units with Two or More Children in Private Households"/>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="300"/>
+    <s v="Lone mother"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3267"/>
+  </r>
+  <r>
+    <s v="CD509"/>
+    <s v="Family Units with Two or More Children in Private Households"/>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="301"/>
+    <s v="Lone father"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="315"/>
+  </r>
+  <r>
+    <s v="CD509"/>
+    <s v="Family Units with Two or More Children in Private Households"/>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="615"/>
+    <s v="Husband and wife"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="CD509"/>
+    <s v="Family Units with Two or More Children in Private Households"/>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="616"/>
+    <s v="Cohabiting couple"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="CD509"/>
+    <s v="Family Units with Two or More Children in Private Households"/>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="300"/>
+    <s v="Lone mother"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="CD509"/>
+    <s v="Family Units with Two or More Children in Private Households"/>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="301"/>
+    <s v="Lone father"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="CD509"/>
+    <s v="Family Units with Two or More Children in Private Households"/>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="615"/>
+    <s v="Husband and wife"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="CD509"/>
+    <s v="Family Units with Two or More Children in Private Households"/>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="616"/>
+    <s v="Cohabiting couple"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="CD509"/>
+    <s v="Family Units with Two or More Children in Private Households"/>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="300"/>
+    <s v="Lone mother"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="CD509"/>
+    <s v="Family Units with Two or More Children in Private Households"/>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="301"/>
+    <s v="Lone father"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="CD509"/>
+    <s v="Family Units with Two or More Children in Private Households"/>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="375"/>
+    <s v="20 years and over"/>
+    <s v="615"/>
+    <s v="Husband and wife"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="CD509"/>
+    <s v="Family Units with Two or More Children in Private Households"/>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="375"/>
+    <s v="20 years and over"/>
+    <s v="616"/>
+    <s v="Cohabiting couple"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="CD509"/>
+    <s v="Family Units with Two or More Children in Private Households"/>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="375"/>
+    <s v="20 years and over"/>
+    <s v="300"/>
+    <s v="Lone mother"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="CD509"/>
+    <s v="Family Units with Two or More Children in Private Households"/>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="375"/>
+    <s v="20 years and over"/>
+    <s v="301"/>
+    <s v="Lone father"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="CD509"/>
+    <s v="Family Units with Two or More Children in Private Households"/>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="615"/>
+    <s v="Husband and wife"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="76177"/>
+  </r>
+  <r>
+    <s v="CD509"/>
+    <s v="Family Units with Two or More Children in Private Households"/>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="616"/>
+    <s v="Cohabiting couple"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="7352"/>
+  </r>
+  <r>
+    <s v="CD509"/>
+    <s v="Family Units with Two or More Children in Private Households"/>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="300"/>
+    <s v="Lone mother"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="16591"/>
+  </r>
+  <r>
+    <s v="CD509"/>
+    <s v="Family Units with Two or More Children in Private Households"/>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="301"/>
+    <s v="Lone father"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1295"/>
+  </r>
+  <r>
+    <s v="CD509"/>
+    <s v="Family Units with Two or More Children in Private Households"/>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="205"/>
+    <s v="0 - 4 years"/>
+    <s v="615"/>
+    <s v="Husband and wife"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="24084"/>
+  </r>
+  <r>
+    <s v="CD509"/>
+    <s v="Family Units with Two or More Children in Private Households"/>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="205"/>
+    <s v="0 - 4 years"/>
+    <s v="616"/>
+    <s v="Cohabiting couple"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3976"/>
+  </r>
+  <r>
+    <s v="CD509"/>
+    <s v="Family Units with Two or More Children in Private Households"/>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="205"/>
+    <s v="0 - 4 years"/>
+    <s v="300"/>
+    <s v="Lone mother"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5696"/>
+  </r>
+  <r>
+    <s v="CD509"/>
+    <s v="Family Units with Two or More Children in Private Households"/>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="205"/>
+    <s v="0 - 4 years"/>
+    <s v="301"/>
+    <s v="Lone father"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="214"/>
+  </r>
+  <r>
+    <s v="CD509"/>
+    <s v="Family Units with Two or More Children in Private Households"/>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="615"/>
+    <s v="Husband and wife"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="39234"/>
+  </r>
+  <r>
+    <s v="CD509"/>
+    <s v="Family Units with Two or More Children in Private Households"/>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="616"/>
+    <s v="Cohabiting couple"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2623"/>
+  </r>
+  <r>
+    <s v="CD509"/>
+    <s v="Family Units with Two or More Children in Private Households"/>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="300"/>
+    <s v="Lone mother"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="7817"/>
+  </r>
+  <r>
+    <s v="CD509"/>
+    <s v="Family Units with Two or More Children in Private Households"/>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="301"/>
+    <s v="Lone father"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="667"/>
+  </r>
+  <r>
+    <s v="CD509"/>
+    <s v="Family Units with Two or More Children in Private Households"/>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="615"/>
+    <s v="Husband and wife"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="12859"/>
+  </r>
+  <r>
+    <s v="CD509"/>
+    <s v="Family Units with Two or More Children in Private Households"/>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="616"/>
+    <s v="Cohabiting couple"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="753"/>
+  </r>
+  <r>
+    <s v="CD509"/>
+    <s v="Family Units with Two or More Children in Private Households"/>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="300"/>
+    <s v="Lone mother"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3078"/>
+  </r>
+  <r>
+    <s v="CD509"/>
+    <s v="Family Units with Two or More Children in Private Households"/>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="301"/>
+    <s v="Lone father"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="414"/>
+  </r>
+  <r>
+    <s v="CD509"/>
+    <s v="Family Units with Two or More Children in Private Households"/>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="615"/>
+    <s v="Husband and wife"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="CD509"/>
+    <s v="Family Units with Two or More Children in Private Households"/>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="616"/>
+    <s v="Cohabiting couple"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="CD509"/>
+    <s v="Family Units with Two or More Children in Private Households"/>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="300"/>
+    <s v="Lone mother"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="CD509"/>
+    <s v="Family Units with Two or More Children in Private Households"/>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="301"/>
+    <s v="Lone father"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="CD509"/>
+    <s v="Family Units with Two or More Children in Private Households"/>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="375"/>
+    <s v="20 years and over"/>
+    <s v="615"/>
+    <s v="Husband and wife"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="CD509"/>
+    <s v="Family Units with Two or More Children in Private Households"/>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="375"/>
+    <s v="20 years and over"/>
+    <s v="616"/>
+    <s v="Cohabiting couple"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="CD509"/>
+    <s v="Family Units with Two or More Children in Private Households"/>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="375"/>
+    <s v="20 years and over"/>
+    <s v="300"/>
+    <s v="Lone mother"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="CD509"/>
+    <s v="Family Units with Two or More Children in Private Households"/>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="375"/>
+    <s v="20 years and over"/>
+    <s v="301"/>
+    <s v="Lone father"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="CD509"/>
+    <s v="Family Units with Two or More Children in Private Households"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="615"/>
+    <s v="Husband and wife"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="74880"/>
+  </r>
+  <r>
+    <s v="CD509"/>
+    <s v="Family Units with Two or More Children in Private Households"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="616"/>
+    <s v="Cohabiting couple"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4656"/>
+  </r>
+  <r>
+    <s v="CD509"/>
+    <s v="Family Units with Two or More Children in Private Households"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="300"/>
+    <s v="Lone mother"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="18077"/>
+  </r>
+  <r>
+    <s v="CD509"/>
+    <s v="Family Units with Two or More Children in Private Households"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="301"/>
+    <s v="Lone father"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1971"/>
+  </r>
+  <r>
+    <s v="CD509"/>
+    <s v="Family Units with Two or More Children in Private Households"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="205"/>
+    <s v="0 - 4 years"/>
+    <s v="615"/>
+    <s v="Husband and wife"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="7913"/>
+  </r>
+  <r>
+    <s v="CD509"/>
+    <s v="Family Units with Two or More Children in Private Households"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="205"/>
+    <s v="0 - 4 years"/>
+    <s v="616"/>
+    <s v="Cohabiting couple"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1484"/>
+  </r>
+  <r>
+    <s v="CD509"/>
+    <s v="Family Units with Two or More Children in Private Households"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="205"/>
+    <s v="0 - 4 years"/>
+    <s v="300"/>
+    <s v="Lone mother"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2558"/>
+  </r>
+  <r>
+    <s v="CD509"/>
+    <s v="Family Units with Two or More Children in Private Households"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="205"/>
+    <s v="0 - 4 years"/>
+    <s v="301"/>
+    <s v="Lone father"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="81"/>
+  </r>
+  <r>
+    <s v="CD509"/>
+    <s v="Family Units with Two or More Children in Private Households"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="615"/>
+    <s v="Husband and wife"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="18051"/>
+  </r>
+  <r>
+    <s v="CD509"/>
+    <s v="Family Units with Two or More Children in Private Households"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="616"/>
+    <s v="Cohabiting couple"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1312"/>
+  </r>
+  <r>
+    <s v="CD509"/>
+    <s v="Family Units with Two or More Children in Private Households"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="300"/>
+    <s v="Lone mother"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4694"/>
+  </r>
+  <r>
+    <s v="CD509"/>
+    <s v="Family Units with Two or More Children in Private Households"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="301"/>
+    <s v="Lone father"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="322"/>
+  </r>
+  <r>
+    <s v="CD509"/>
+    <s v="Family Units with Two or More Children in Private Households"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="615"/>
+    <s v="Husband and wife"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="36689"/>
+  </r>
+  <r>
+    <s v="CD509"/>
+    <s v="Family Units with Two or More Children in Private Households"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="616"/>
+    <s v="Cohabiting couple"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1445"/>
+  </r>
+  <r>
+    <s v="CD509"/>
+    <s v="Family Units with Two or More Children in Private Households"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="300"/>
+    <s v="Lone mother"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="7710"/>
+  </r>
+  <r>
+    <s v="CD509"/>
+    <s v="Family Units with Two or More Children in Private Households"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="301"/>
+    <s v="Lone father"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1011"/>
+  </r>
+  <r>
+    <s v="CD509"/>
+    <s v="Family Units with Two or More Children in Private Households"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="615"/>
+    <s v="Husband and wife"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="12227"/>
+  </r>
+  <r>
+    <s v="CD509"/>
+    <s v="Family Units with Two or More Children in Private Households"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="616"/>
+    <s v="Cohabiting couple"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="415"/>
+  </r>
+  <r>
+    <s v="CD509"/>
+    <s v="Family Units with Two or More Children in Private Households"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="300"/>
+    <s v="Lone mother"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3115"/>
+  </r>
+  <r>
+    <s v="CD509"/>
+    <s v="Family Units with Two or More Children in Private Households"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="301"/>
+    <s v="Lone father"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="557"/>
+  </r>
+  <r>
+    <s v="CD509"/>
+    <s v="Family Units with Two or More Children in Private Households"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="375"/>
+    <s v="20 years and over"/>
+    <s v="615"/>
+    <s v="Husband and wife"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="CD509"/>
+    <s v="Family Units with Two or More Children in Private Households"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="375"/>
+    <s v="20 years and over"/>
+    <s v="616"/>
+    <s v="Cohabiting couple"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="CD509"/>
+    <s v="Family Units with Two or More Children in Private Households"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="375"/>
+    <s v="20 years and over"/>
+    <s v="300"/>
+    <s v="Lone mother"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="CD509"/>
+    <s v="Family Units with Two or More Children in Private Households"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="375"/>
+    <s v="20 years and over"/>
+    <s v="301"/>
+    <s v="Lone father"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="CD509"/>
+    <s v="Family Units with Two or More Children in Private Households"/>
+    <s v="375"/>
+    <s v="20 years and over"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="615"/>
+    <s v="Husband and wife"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="112934"/>
+  </r>
+  <r>
+    <s v="CD509"/>
+    <s v="Family Units with Two or More Children in Private Households"/>
+    <s v="375"/>
+    <s v="20 years and over"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="616"/>
+    <s v="Cohabiting couple"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2798"/>
+  </r>
+  <r>
+    <s v="CD509"/>
+    <s v="Family Units with Two or More Children in Private Households"/>
+    <s v="375"/>
+    <s v="20 years and over"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="300"/>
+    <s v="Lone mother"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="29242"/>
+  </r>
+  <r>
+    <s v="CD509"/>
+    <s v="Family Units with Two or More Children in Private Households"/>
+    <s v="375"/>
+    <s v="20 years and over"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="301"/>
+    <s v="Lone father"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="6110"/>
+  </r>
+  <r>
+    <s v="CD509"/>
+    <s v="Family Units with Two or More Children in Private Households"/>
+    <s v="375"/>
+    <s v="20 years and over"/>
+    <s v="205"/>
+    <s v="0 - 4 years"/>
+    <s v="615"/>
+    <s v="Husband and wife"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1763"/>
+  </r>
+  <r>
+    <s v="CD509"/>
+    <s v="Family Units with Two or More Children in Private Households"/>
+    <s v="375"/>
+    <s v="20 years and over"/>
+    <s v="205"/>
+    <s v="0 - 4 years"/>
+    <s v="616"/>
+    <s v="Cohabiting couple"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="269"/>
+  </r>
+  <r>
+    <s v="CD509"/>
+    <s v="Family Units with Two or More Children in Private Households"/>
+    <s v="375"/>
+    <s v="20 years and over"/>
+    <s v="205"/>
+    <s v="0 - 4 years"/>
+    <s v="300"/>
+    <s v="Lone mother"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="680"/>
+  </r>
+  <r>
+    <s v="CD509"/>
+    <s v="Family Units with Two or More Children in Private Households"/>
+    <s v="375"/>
+    <s v="20 years and over"/>
+    <s v="205"/>
+    <s v="0 - 4 years"/>
+    <s v="301"/>
+    <s v="Lone father"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="70"/>
+  </r>
+  <r>
+    <s v="CD509"/>
+    <s v="Family Units with Two or More Children in Private Households"/>
+    <s v="375"/>
+    <s v="20 years and over"/>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="615"/>
+    <s v="Husband and wife"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5837"/>
+  </r>
+  <r>
+    <s v="CD509"/>
+    <s v="Family Units with Two or More Children in Private Households"/>
+    <s v="375"/>
+    <s v="20 years and over"/>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="616"/>
+    <s v="Cohabiting couple"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="411"/>
+  </r>
+  <r>
+    <s v="CD509"/>
+    <s v="Family Units with Two or More Children in Private Households"/>
+    <s v="375"/>
+    <s v="20 years and over"/>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="300"/>
+    <s v="Lone mother"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1717"/>
+  </r>
+  <r>
+    <s v="CD509"/>
+    <s v="Family Units with Two or More Children in Private Households"/>
+    <s v="375"/>
+    <s v="20 years and over"/>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="301"/>
+    <s v="Lone father"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="106"/>
+  </r>
+  <r>
+    <s v="CD509"/>
+    <s v="Family Units with Two or More Children in Private Households"/>
+    <s v="375"/>
+    <s v="20 years and over"/>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="615"/>
+    <s v="Husband and wife"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="19961"/>
+  </r>
+  <r>
+    <s v="CD509"/>
+    <s v="Family Units with Two or More Children in Private Households"/>
+    <s v="375"/>
+    <s v="20 years and over"/>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="616"/>
+    <s v="Cohabiting couple"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="626"/>
+  </r>
+  <r>
+    <s v="CD509"/>
+    <s v="Family Units with Two or More Children in Private Households"/>
+    <s v="375"/>
+    <s v="20 years and over"/>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="300"/>
+    <s v="Lone mother"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4243"/>
+  </r>
+  <r>
+    <s v="CD509"/>
+    <s v="Family Units with Two or More Children in Private Households"/>
+    <s v="375"/>
+    <s v="20 years and over"/>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="301"/>
+    <s v="Lone father"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="552"/>
+  </r>
+  <r>
+    <s v="CD509"/>
+    <s v="Family Units with Two or More Children in Private Households"/>
+    <s v="375"/>
+    <s v="20 years and over"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="615"/>
+    <s v="Husband and wife"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="41291"/>
+  </r>
+  <r>
+    <s v="CD509"/>
+    <s v="Family Units with Two or More Children in Private Households"/>
+    <s v="375"/>
+    <s v="20 years and over"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="616"/>
+    <s v="Cohabiting couple"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="862"/>
+  </r>
+  <r>
+    <s v="CD509"/>
+    <s v="Family Units with Two or More Children in Private Households"/>
+    <s v="375"/>
+    <s v="20 years and over"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="300"/>
+    <s v="Lone mother"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="8255"/>
+  </r>
+  <r>
+    <s v="CD509"/>
+    <s v="Family Units with Two or More Children in Private Households"/>
+    <s v="375"/>
+    <s v="20 years and over"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="301"/>
+    <s v="Lone father"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1669"/>
+  </r>
+  <r>
+    <s v="CD509"/>
+    <s v="Family Units with Two or More Children in Private Households"/>
+    <s v="375"/>
+    <s v="20 years and over"/>
+    <s v="375"/>
+    <s v="20 years and over"/>
+    <s v="615"/>
+    <s v="Husband and wife"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="44082"/>
+  </r>
+  <r>
+    <s v="CD509"/>
+    <s v="Family Units with Two or More Children in Private Households"/>
+    <s v="375"/>
+    <s v="20 years and over"/>
+    <s v="375"/>
+    <s v="20 years and over"/>
+    <s v="616"/>
+    <s v="Cohabiting couple"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="630"/>
+  </r>
+  <r>
+    <s v="CD509"/>
+    <s v="Family Units with Two or More Children in Private Households"/>
+    <s v="375"/>
+    <s v="20 years and over"/>
+    <s v="375"/>
+    <s v="20 years and over"/>
+    <s v="300"/>
+    <s v="Lone mother"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="14347"/>
+  </r>
+  <r>
+    <s v="CD509"/>
+    <s v="Family Units with Two or More Children in Private Households"/>
+    <s v="375"/>
+    <s v="20 years and over"/>
+    <s v="375"/>
+    <s v="20 years and over"/>
+    <s v="301"/>
+    <s v="Lone father"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3713"/>
+  </r>
+</pivotCacheRecords>
 </file>