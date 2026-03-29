--- v1 (2026-02-07)
+++ v2 (2026-03-29)
@@ -1,48 +1,48 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/pivotCache/pivotCacheDefinition1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheDefinition+xml"/>
   <Override PartName="/pivotCache/pivotCacheRecords1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheRecords+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/pivotTables/pivotTable.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4a8691210a5f4a78" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/3205fbb1eb424d988b23d10073046f22.psmdcp" Id="R0dc4a8bce36644f3" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb72bfc2cb46944bb" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/112654a16f4d46af8df0b032fb8caf3d.psmdcp" Id="R1127153fcf33407a" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="About" sheetId="1" r:id="rId2"/>
     <x:sheet name="Unpivoted" sheetId="2" r:id="rId9"/>
     <x:sheet name="Pivoted" sheetId="3" r:id="rId11"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
   <x:pivotCaches>
     <x:pivotCache cacheId="0" r:id="rId12"/>
   </x:pivotCaches>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Table</x:t>