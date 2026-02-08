--- v0 (2025-11-04)
+++ v1 (2026-02-08)
@@ -1,97 +1,97 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/pivotCache/pivotCacheDefinition1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheDefinition+xml"/>
   <Override PartName="/pivotCache/pivotCacheRecords1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheRecords+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/pivotTables/pivotTable.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb2bf66bf061e45da" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/4e762a9330914470a0fcf6441197bb98.psmdcp" Id="Ra97edec720324f01" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9790cf3b09424805" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/93104f4c45a947e0a9684a52ed2d3598.psmdcp" Id="R561ad220d93446ef" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
-    <x:sheet name="About" sheetId="2" r:id="rId2"/>
-[...1 lines deleted...]
-    <x:sheet name="Pivoted" sheetId="11" r:id="rId11"/>
+    <x:sheet name="About" sheetId="1" r:id="rId2"/>
+    <x:sheet name="Unpivoted" sheetId="2" r:id="rId9"/>
+    <x:sheet name="Pivoted" sheetId="3" r:id="rId11"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
   <x:pivotCaches>
     <x:pivotCache cacheId="0" r:id="rId12"/>
   </x:pivotCaches>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Table</x:t>
   </x:si>
   <x:si>
     <x:t>Code</x:t>
   </x:si>
   <x:si>
     <x:t>CD506</x:t>
   </x:si>
   <x:si>
     <x:t>Name</x:t>
   </x:si>
   <x:si>
     <x:t>Private Households</x:t>
   </x:si>
   <x:si>
     <x:t>Frequency</x:t>
   </x:si>
   <x:si>
     <x:t>Annual</x:t>
   </x:si>
   <x:si>
     <x:t>Last Updated</x:t>
   </x:si>
   <x:si>
-    <x:t>6/3/2020 11:00:00 AM</x:t>
+    <x:t>03/06/2020 11:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Note</x:t>
   </x:si>
   <x:si>
     <x:t>Url</x:t>
   </x:si>
   <x:si>
     <x:t>https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/CD506/XLSX/2007/en</x:t>
   </x:si>
   <x:si>
     <x:t>Product</x:t>
   </x:si>
   <x:si>
     <x:t>C2011P5</x:t>
   </x:si>
   <x:si>
     <x:t>Profile 5 - Households and Families - Living Arrangements in Ireland</x:t>
   </x:si>
   <x:si>
     <x:t>Contacts</x:t>
   </x:si>
   <x:si>
     <x:t>Bernie Casey</x:t>
   </x:si>
@@ -502,363 +502,170 @@
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip r:embed="rId8" cstate="print"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="3971925" cy="1381125"/>
         </a:xfrm>
         <a:prstGeom prst="rect"/>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/pivotTables/_rels/pivotTable.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheDefinition" Target="/pivotCache/pivotCacheDefinition1.xml" Id="rId17" /></Relationships>
 </file>
 
 <file path=xl/pivotTables/pivotTable.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotTableDefinition xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" dataCaption="Values" showError="0" missingCaption="" showMissing="1" pageWrap="0" pageOverThenDown="0" rowGrandTotals="0" colGrandTotals="0" indent="1">
-[...311 lines deleted...]
-</x:pivotTableDefinition>
+<pivotTableDefinition xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" applyNumberFormats="0" applyBorderFormats="0" applyFontFormats="0" applyPatternFormats="0" applyAlignmentFormats="0" applyWidthHeightFormats="0" dataCaption="Values" rowGrandTotals="0" colGrandTotals="0" outline="1">
+  <location ref="A1" firstHeaderRow="0" firstDataRow="0" firstDataCol="0"/>
+  <pivotFields count="12">
+    <pivotField name="C02076V03371" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="11">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+      </items>
+    </pivotField>
+    <pivotField name="Age Group of Reference Person" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="11">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+      </items>
+    </pivotField>
+    <pivotField name="C02325V02801" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="9">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+      </items>
+    </pivotField>
+    <pivotField name="Marital Status of Reference Person" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="9">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+      </items>
+    </pivotField>
+    <pivotField name="C02778V03347" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="3">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+      </items>
+    </pivotField>
+    <pivotField name="Sex of Reference Person" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="3">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+      </items>
+    </pivotField>
+    <pivotField name="TLIST(A1)" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="CensusYear" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="STATISTIC" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="2">
+        <item x="0"/>
+        <item x="1"/>
+      </items>
+    </pivotField>
+    <pivotField name="Statistic Label" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="2">
+        <item x="0"/>
+        <item x="1"/>
+      </items>
+    </pivotField>
+    <pivotField showAll="0"/>
+    <pivotField dataField="1" showAll="0"/>
+  </pivotFields>
+  <rowFields count="10">
+    <field x="0"/>
+    <field x="1"/>
+    <field x="2"/>
+    <field x="3"/>
+    <field x="4"/>
+    <field x="5"/>
+    <field x="6"/>
+    <field x="7"/>
+    <field x="8"/>
+    <field x="9"/>
+  </rowFields>
+  <dataFields count="1">
+    <dataField name="VALUE" fld="11"/>
+  </dataFields>
+  <pivotTableStyleInfo name="PivotStyleLight16" showRowHeaders="1" showColHeaders="1"/>
+  <extLst>
+    <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{962EF5D1-5CA2-4c93-8EF4-DBF5C05439D2}">
+      <x14:pivotTableDefinition enableEdit="0" hideValuesRow="1"/>
+    </ext>
+  </extLst>
+</pivotTableDefinition>
 </file>
 
 <file path=xl/tables/table1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:table xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="1" name="Unpivoted" displayName="Unpivoted" ref="A1:L595" totalsRowShown="0">
   <x:autoFilter ref="A1:L595"/>
   <x:tableColumns count="12">
     <x:tableColumn id="1" name="C02076V03371"/>
     <x:tableColumn id="2" name="Age Group of Reference Person"/>
     <x:tableColumn id="3" name="C02325V02801"/>
     <x:tableColumn id="4" name="Marital Status of Reference Person"/>
     <x:tableColumn id="5" name="C02778V03347"/>
     <x:tableColumn id="6" name="Sex of Reference Person"/>
     <x:tableColumn id="7" name="TLIST(A1)"/>
     <x:tableColumn id="8" name="CensusYear"/>
     <x:tableColumn id="9" name="STATISTIC"/>
     <x:tableColumn id="10" name="Statistic Label"/>
     <x:tableColumn id="11" name="UNIT"/>
     <x:tableColumn id="12" name="VALUE"/>
   </x:tableColumns>
   <x:tableStyleInfo name="TableStyleMedium2" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </x:table>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
@@ -1131,51 +938,51 @@
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="/xl/drawings/drawing1.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/CD506/XLSX/2007/en" TargetMode="External" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cso.ie/" TargetMode="External" Id="rId14" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="/xl/tables/table1.xml" Id="rId15" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet3.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotTable" Target="/xl/pivotTables/pivotTable.xml" Id="rId16" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:B39"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="20.710625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="100.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="8" spans="1:2">
       <x:c r="A8" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B8" s="2"/>
     </x:row>
     <x:row r="9" spans="1:2">
       <x:c r="A9" s="3" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="B9" s="0" t="s">
         <x:v>2</x:v>
@@ -1362,51 +1169,51 @@
       </x:c>
     </x:row>
     <x:row r="39" spans="1:2">
       <x:c r="A39" s="3" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B39" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:hyperlinks>
     <x:hyperlink ref="B14" r:id="rId13"/>
     <x:hyperlink ref="B28" r:id="rId14"/>
   </x:hyperlinks>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:drawing xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId7"/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:L595"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="16.139196" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="31.139196" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="16.139196" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="50.139196" style="0" customWidth="1"/>
     <x:col min="5" max="5" width="16.139196" style="0" customWidth="1"/>
     <x:col min="6" max="6" width="24.710625" style="0" customWidth="1"/>
     <x:col min="7" max="7" width="11.282054" style="0" customWidth="1"/>
     <x:col min="8" max="8" width="13.424911" style="0" customWidth="1"/>
     <x:col min="9" max="9" width="11.996339" style="0" customWidth="1"/>
     <x:col min="10" max="10" width="30.567768" style="0" customWidth="1"/>
     <x:col min="11" max="11" width="8.282054" style="0" customWidth="1"/>
     <x:col min="12" max="12" width="8.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:12">
       <x:c r="A1" s="0" t="s">
@@ -24008,51 +23815,51 @@
       <x:c r="I595" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="J595" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="K595" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="L595" s="0">
         <x:v>132169</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="1">
     <x:tablePart r:id="rId15"/>
   </x:tableParts>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:sheetData/>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Application>Microsoft Excel</ap:Application>
   <ap:TitlesOfParts>
     <vt:vector baseType="lpstr" size="9">
       <vt:lpstr>About</vt:lpstr>
       <vt:lpstr>Unpivoted</vt:lpstr>
       <vt:lpstr>Pivoted</vt:lpstr>
@@ -24069,51 +23876,51 @@
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>3</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Named Ranges</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>6</vt:i4>
       </vt:variant>
     </vt:vector>
   </ap:HeadingPairs>
   <ap:DocSecurity>0</ap:DocSecurity>
   <ap:ScaleCrop>false</ap:ScaleCrop>
 </ap:Properties>
 </file>
 
 <file path=pivotCache/_rels/pivotCacheDefinition1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheRecords" Target="/pivotCache/pivotCacheRecords1.xml" Id="rId1" /></Relationships>
 </file>
 
 <file path=pivotCache/pivotCacheDefinition1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:pivotCacheDefinition xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" r:id="rId1" saveData="1" refreshOnLoad="1" createdVersion="5" refreshedVersion="5" minRefreshableVersion="3">
   <x:cacheSource type="worksheet">
-    <x:worksheetSource ref="A1:L595" sheet="Unpivoted"/>
+    <x:worksheetSource name="Unpivoted"/>
   </x:cacheSource>
   <x:cacheFields>
     <x:cacheField name="C02076V03371">
       <x:sharedItems count="11">
         <x:s v="-"/>
         <x:s v="405"/>
         <x:s v="410"/>
         <x:s v="440"/>
         <x:s v="460"/>
         <x:s v="475"/>
         <x:s v="495"/>
         <x:s v="515"/>
         <x:s v="530"/>
         <x:s v="550"/>
         <x:s v="575"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="Age Group of Reference Person">
       <x:sharedItems count="11">
         <x:s v="All ages"/>
         <x:s v="Under 25 years"/>
         <x:s v="25 - 29 years"/>
         <x:s v="30 - 34 years"/>
         <x:s v="35 - 39 years"/>
         <x:s v="40 - 44 years"/>
@@ -24764,27 +24571,8344 @@
         <x:n v="11577"/>
         <x:n v="15653"/>
         <x:n v="5918"/>
         <x:n v="7675"/>
         <x:n v="5659"/>
         <x:n v="7978"/>
         <x:n v="6690"/>
         <x:n v="8689"/>
         <x:n v="3283"/>
         <x:n v="4265"/>
         <x:n v="3407"/>
         <x:n v="4424"/>
         <x:n v="116813"/>
         <x:n v="167428"/>
         <x:n v="24906"/>
         <x:n v="35259"/>
         <x:n v="91907"/>
         <x:n v="132169"/>
       </x:sharedItems>
     </x:cacheField>
   </x:cacheFields>
 </x:pivotCacheDefinition>
 </file>
 
 <file path=pivotCache/pivotCacheRecords1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main"/>
+<pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="xr">
+  <r>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="-1"/>
+    <s v="All reference persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD506C1"/>
+    <s v="Total private households"/>
+    <s v="Number"/>
+    <n v="1654208"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="-1"/>
+    <s v="All reference persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD506C2"/>
+    <s v="All persons in private households"/>
+    <s v="Number"/>
+    <n v="4510409"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="11"/>
+    <s v="Male reference person"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD506C1"/>
+    <s v="Total private households"/>
+    <s v="Number"/>
+    <n v="985254"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="11"/>
+    <s v="Male reference person"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD506C2"/>
+    <s v="All persons in private households"/>
+    <s v="Number"/>
+    <n v="2852691"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="12"/>
+    <s v="Female reference person"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD506C1"/>
+    <s v="Total private households"/>
+    <s v="Number"/>
+    <n v="668954"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="12"/>
+    <s v="Female reference person"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD506C2"/>
+    <s v="All persons in private households"/>
+    <s v="Number"/>
+    <n v="1657718"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="-1"/>
+    <s v="All reference persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD506C1"/>
+    <s v="Total private households"/>
+    <s v="Number"/>
+    <n v="500596"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="-1"/>
+    <s v="All reference persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD506C2"/>
+    <s v="All persons in private households"/>
+    <s v="Number"/>
+    <n v="987544"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="11"/>
+    <s v="Male reference person"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD506C1"/>
+    <s v="Total private households"/>
+    <s v="Number"/>
+    <n v="239240"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="11"/>
+    <s v="Male reference person"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD506C2"/>
+    <s v="All persons in private households"/>
+    <s v="Number"/>
+    <n v="432325"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="12"/>
+    <s v="Female reference person"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD506C1"/>
+    <s v="Total private households"/>
+    <s v="Number"/>
+    <n v="261356"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="12"/>
+    <s v="Female reference person"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD506C2"/>
+    <s v="All persons in private households"/>
+    <s v="Number"/>
+    <n v="555219"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="03"/>
+    <s v="All married"/>
+    <s v="-1"/>
+    <s v="All reference persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD506C1"/>
+    <s v="Total private households"/>
+    <s v="Number"/>
+    <n v="842951"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="03"/>
+    <s v="All married"/>
+    <s v="-1"/>
+    <s v="All reference persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD506C2"/>
+    <s v="All persons in private households"/>
+    <s v="Number"/>
+    <n v="2937562"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="03"/>
+    <s v="All married"/>
+    <s v="11"/>
+    <s v="Male reference person"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD506C1"/>
+    <s v="Total private households"/>
+    <s v="Number"/>
+    <n v="649093"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="03"/>
+    <s v="All married"/>
+    <s v="11"/>
+    <s v="Male reference person"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD506C2"/>
+    <s v="All persons in private households"/>
+    <s v="Number"/>
+    <n v="2257181"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="03"/>
+    <s v="All married"/>
+    <s v="12"/>
+    <s v="Female reference person"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD506C1"/>
+    <s v="Total private households"/>
+    <s v="Number"/>
+    <n v="193858"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="03"/>
+    <s v="All married"/>
+    <s v="12"/>
+    <s v="Female reference person"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD506C2"/>
+    <s v="All persons in private households"/>
+    <s v="Number"/>
+    <n v="680381"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="05"/>
+    <s v="Married (first marriage)"/>
+    <s v="-1"/>
+    <s v="All reference persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD506C1"/>
+    <s v="Total private households"/>
+    <s v="Number"/>
+    <n v="815790"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="05"/>
+    <s v="Married (first marriage)"/>
+    <s v="-1"/>
+    <s v="All reference persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD506C2"/>
+    <s v="All persons in private households"/>
+    <s v="Number"/>
+    <n v="2852618"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="05"/>
+    <s v="Married (first marriage)"/>
+    <s v="11"/>
+    <s v="Male reference person"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD506C1"/>
+    <s v="Total private households"/>
+    <s v="Number"/>
+    <n v="628493"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="05"/>
+    <s v="Married (first marriage)"/>
+    <s v="11"/>
+    <s v="Male reference person"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD506C2"/>
+    <s v="All persons in private households"/>
+    <s v="Number"/>
+    <n v="2193274"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="05"/>
+    <s v="Married (first marriage)"/>
+    <s v="12"/>
+    <s v="Female reference person"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD506C1"/>
+    <s v="Total private households"/>
+    <s v="Number"/>
+    <n v="187297"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="05"/>
+    <s v="Married (first marriage)"/>
+    <s v="12"/>
+    <s v="Female reference person"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD506C2"/>
+    <s v="All persons in private households"/>
+    <s v="Number"/>
+    <n v="659344"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="09"/>
+    <s v="Re-married (following widowhood)"/>
+    <s v="-1"/>
+    <s v="All reference persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD506C1"/>
+    <s v="Total private households"/>
+    <s v="Number"/>
+    <n v="5307"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="09"/>
+    <s v="Re-married (following widowhood)"/>
+    <s v="-1"/>
+    <s v="All reference persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD506C2"/>
+    <s v="All persons in private households"/>
+    <s v="Number"/>
+    <n v="15185"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="09"/>
+    <s v="Re-married (following widowhood)"/>
+    <s v="11"/>
+    <s v="Male reference person"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD506C1"/>
+    <s v="Total private households"/>
+    <s v="Number"/>
+    <n v="4000"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="09"/>
+    <s v="Re-married (following widowhood)"/>
+    <s v="11"/>
+    <s v="Male reference person"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD506C2"/>
+    <s v="All persons in private households"/>
+    <s v="Number"/>
+    <n v="11385"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="09"/>
+    <s v="Re-married (following widowhood)"/>
+    <s v="12"/>
+    <s v="Female reference person"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD506C1"/>
+    <s v="Total private households"/>
+    <s v="Number"/>
+    <n v="1307"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="09"/>
+    <s v="Re-married (following widowhood)"/>
+    <s v="12"/>
+    <s v="Female reference person"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD506C2"/>
+    <s v="All persons in private households"/>
+    <s v="Number"/>
+    <n v="3800"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="11"/>
+    <s v="Re-married (following dissolution of previous marriage)"/>
+    <s v="-1"/>
+    <s v="All reference persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD506C1"/>
+    <s v="Total private households"/>
+    <s v="Number"/>
+    <n v="21854"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="11"/>
+    <s v="Re-married (following dissolution of previous marriage)"/>
+    <s v="-1"/>
+    <s v="All reference persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD506C2"/>
+    <s v="All persons in private households"/>
+    <s v="Number"/>
+    <n v="69759"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="11"/>
+    <s v="Re-married (following dissolution of previous marriage)"/>
+    <s v="11"/>
+    <s v="Male reference person"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD506C1"/>
+    <s v="Total private households"/>
+    <s v="Number"/>
+    <n v="16600"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="11"/>
+    <s v="Re-married (following dissolution of previous marriage)"/>
+    <s v="11"/>
+    <s v="Male reference person"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD506C2"/>
+    <s v="All persons in private households"/>
+    <s v="Number"/>
+    <n v="52522"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="11"/>
+    <s v="Re-married (following dissolution of previous marriage)"/>
+    <s v="12"/>
+    <s v="Female reference person"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD506C1"/>
+    <s v="Total private households"/>
+    <s v="Number"/>
+    <n v="5254"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="11"/>
+    <s v="Re-married (following dissolution of previous marriage)"/>
+    <s v="12"/>
+    <s v="Female reference person"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD506C2"/>
+    <s v="All persons in private households"/>
+    <s v="Number"/>
+    <n v="17237"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="13"/>
+    <s v="Separated (including deserted)"/>
+    <s v="-1"/>
+    <s v="All reference persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD506C1"/>
+    <s v="Total private households"/>
+    <s v="Number"/>
+    <n v="93393"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="13"/>
+    <s v="Separated (including deserted)"/>
+    <s v="-1"/>
+    <s v="All reference persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD506C2"/>
+    <s v="All persons in private households"/>
+    <s v="Number"/>
+    <n v="204490"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="13"/>
+    <s v="Separated (including deserted)"/>
+    <s v="11"/>
+    <s v="Male reference person"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD506C1"/>
+    <s v="Total private households"/>
+    <s v="Number"/>
+    <n v="36752"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="13"/>
+    <s v="Separated (including deserted)"/>
+    <s v="11"/>
+    <s v="Male reference person"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD506C2"/>
+    <s v="All persons in private households"/>
+    <s v="Number"/>
+    <n v="61203"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="13"/>
+    <s v="Separated (including deserted)"/>
+    <s v="12"/>
+    <s v="Female reference person"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD506C1"/>
+    <s v="Total private households"/>
+    <s v="Number"/>
+    <n v="56641"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="13"/>
+    <s v="Separated (including deserted)"/>
+    <s v="12"/>
+    <s v="Female reference person"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD506C2"/>
+    <s v="All persons in private households"/>
+    <s v="Number"/>
+    <n v="143287"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="15"/>
+    <s v="Divorced"/>
+    <s v="-1"/>
+    <s v="All reference persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD506C1"/>
+    <s v="Total private households"/>
+    <s v="Number"/>
+    <n v="62803"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="15"/>
+    <s v="Divorced"/>
+    <s v="-1"/>
+    <s v="All reference persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD506C2"/>
+    <s v="All persons in private households"/>
+    <s v="Number"/>
+    <n v="131361"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="15"/>
+    <s v="Divorced"/>
+    <s v="11"/>
+    <s v="Male reference person"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD506C1"/>
+    <s v="Total private households"/>
+    <s v="Number"/>
+    <n v="25091"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="15"/>
+    <s v="Divorced"/>
+    <s v="11"/>
+    <s v="Male reference person"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD506C2"/>
+    <s v="All persons in private households"/>
+    <s v="Number"/>
+    <n v="44886"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="15"/>
+    <s v="Divorced"/>
+    <s v="12"/>
+    <s v="Female reference person"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD506C1"/>
+    <s v="Total private households"/>
+    <s v="Number"/>
+    <n v="37712"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="15"/>
+    <s v="Divorced"/>
+    <s v="12"/>
+    <s v="Female reference person"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD506C2"/>
+    <s v="All persons in private households"/>
+    <s v="Number"/>
+    <n v="86475"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="-1"/>
+    <s v="All reference persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD506C1"/>
+    <s v="Total private households"/>
+    <s v="Number"/>
+    <n v="154465"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="-1"/>
+    <s v="All reference persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD506C2"/>
+    <s v="All persons in private households"/>
+    <s v="Number"/>
+    <n v="249452"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="11"/>
+    <s v="Male reference person"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD506C1"/>
+    <s v="Total private households"/>
+    <s v="Number"/>
+    <n v="35078"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="11"/>
+    <s v="Male reference person"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD506C2"/>
+    <s v="All persons in private households"/>
+    <s v="Number"/>
+    <n v="57096"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="12"/>
+    <s v="Female reference person"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD506C1"/>
+    <s v="Total private households"/>
+    <s v="Number"/>
+    <n v="119387"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="12"/>
+    <s v="Female reference person"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD506C2"/>
+    <s v="All persons in private households"/>
+    <s v="Number"/>
+    <n v="192356"/>
+  </r>
+  <r>
+    <s v="405"/>
+    <s v="Under 25 years"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="-1"/>
+    <s v="All reference persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD506C1"/>
+    <s v="Total private households"/>
+    <s v="Number"/>
+    <n v="55577"/>
+  </r>
+  <r>
+    <s v="405"/>
+    <s v="Under 25 years"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="-1"/>
+    <s v="All reference persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD506C2"/>
+    <s v="All persons in private households"/>
+    <s v="Number"/>
+    <n v="129815"/>
+  </r>
+  <r>
+    <s v="405"/>
+    <s v="Under 25 years"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="11"/>
+    <s v="Male reference person"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD506C1"/>
+    <s v="Total private households"/>
+    <s v="Number"/>
+    <n v="21551"/>
+  </r>
+  <r>
+    <s v="405"/>
+    <s v="Under 25 years"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="11"/>
+    <s v="Male reference person"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD506C2"/>
+    <s v="All persons in private households"/>
+    <s v="Number"/>
+    <n v="47934"/>
+  </r>
+  <r>
+    <s v="405"/>
+    <s v="Under 25 years"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="12"/>
+    <s v="Female reference person"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD506C1"/>
+    <s v="Total private households"/>
+    <s v="Number"/>
+    <n v="34026"/>
+  </r>
+  <r>
+    <s v="405"/>
+    <s v="Under 25 years"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="12"/>
+    <s v="Female reference person"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD506C2"/>
+    <s v="All persons in private households"/>
+    <s v="Number"/>
+    <n v="81881"/>
+  </r>
+  <r>
+    <s v="405"/>
+    <s v="Under 25 years"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="-1"/>
+    <s v="All reference persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD506C1"/>
+    <s v="Total private households"/>
+    <s v="Number"/>
+    <n v="51737"/>
+  </r>
+  <r>
+    <s v="405"/>
+    <s v="Under 25 years"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="-1"/>
+    <s v="All reference persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD506C2"/>
+    <s v="All persons in private households"/>
+    <s v="Number"/>
+    <n v="117981"/>
+  </r>
+  <r>
+    <s v="405"/>
+    <s v="Under 25 years"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="11"/>
+    <s v="Male reference person"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD506C1"/>
+    <s v="Total private households"/>
+    <s v="Number"/>
+    <n v="20086"/>
+  </r>
+  <r>
+    <s v="405"/>
+    <s v="Under 25 years"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="11"/>
+    <s v="Male reference person"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD506C2"/>
+    <s v="All persons in private households"/>
+    <s v="Number"/>
+    <n v="43570"/>
+  </r>
+  <r>
+    <s v="405"/>
+    <s v="Under 25 years"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="12"/>
+    <s v="Female reference person"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD506C1"/>
+    <s v="Total private households"/>
+    <s v="Number"/>
+    <n v="31651"/>
+  </r>
+  <r>
+    <s v="405"/>
+    <s v="Under 25 years"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="12"/>
+    <s v="Female reference person"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD506C2"/>
+    <s v="All persons in private households"/>
+    <s v="Number"/>
+    <n v="74411"/>
+  </r>
+  <r>
+    <s v="405"/>
+    <s v="Under 25 years"/>
+    <s v="03"/>
+    <s v="All married"/>
+    <s v="-1"/>
+    <s v="All reference persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD506C1"/>
+    <s v="Total private households"/>
+    <s v="Number"/>
+    <n v="3419"/>
+  </r>
+  <r>
+    <s v="405"/>
+    <s v="Under 25 years"/>
+    <s v="03"/>
+    <s v="All married"/>
+    <s v="-1"/>
+    <s v="All reference persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD506C2"/>
+    <s v="All persons in private households"/>
+    <s v="Number"/>
+    <n v="10912"/>
+  </r>
+  <r>
+    <s v="405"/>
+    <s v="Under 25 years"/>
+    <s v="03"/>
+    <s v="All married"/>
+    <s v="11"/>
+    <s v="Male reference person"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD506C1"/>
+    <s v="Total private households"/>
+    <s v="Number"/>
+    <n v="1348"/>
+  </r>
+  <r>
+    <s v="405"/>
+    <s v="Under 25 years"/>
+    <s v="03"/>
+    <s v="All married"/>
+    <s v="11"/>
+    <s v="Male reference person"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD506C2"/>
+    <s v="All persons in private households"/>
+    <s v="Number"/>
+    <n v="4168"/>
+  </r>
+  <r>
+    <s v="405"/>
+    <s v="Under 25 years"/>
+    <s v="03"/>
+    <s v="All married"/>
+    <s v="12"/>
+    <s v="Female reference person"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD506C1"/>
+    <s v="Total private households"/>
+    <s v="Number"/>
+    <n v="2071"/>
+  </r>
+  <r>
+    <s v="405"/>
+    <s v="Under 25 years"/>
+    <s v="03"/>
+    <s v="All married"/>
+    <s v="12"/>
+    <s v="Female reference person"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD506C2"/>
+    <s v="All persons in private households"/>
+    <s v="Number"/>
+    <n v="6744"/>
+  </r>
+  <r>
+    <s v="405"/>
+    <s v="Under 25 years"/>
+    <s v="05"/>
+    <s v="Married (first marriage)"/>
+    <s v="-1"/>
+    <s v="All reference persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD506C1"/>
+    <s v="Total private households"/>
+    <s v="Number"/>
+    <n v="3400"/>
+  </r>
+  <r>
+    <s v="405"/>
+    <s v="Under 25 years"/>
+    <s v="05"/>
+    <s v="Married (first marriage)"/>
+    <s v="-1"/>
+    <s v="All reference persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD506C2"/>
+    <s v="All persons in private households"/>
+    <s v="Number"/>
+    <n v="10855"/>
+  </r>
+  <r>
+    <s v="405"/>
+    <s v="Under 25 years"/>
+    <s v="05"/>
+    <s v="Married (first marriage)"/>
+    <s v="11"/>
+    <s v="Male reference person"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD506C1"/>
+    <s v="Total private households"/>
+    <s v="Number"/>
+    <n v="1344"/>
+  </r>
+  <r>
+    <s v="405"/>
+    <s v="Under 25 years"/>
+    <s v="05"/>
+    <s v="Married (first marriage)"/>
+    <s v="11"/>
+    <s v="Male reference person"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD506C2"/>
+    <s v="All persons in private households"/>
+    <s v="Number"/>
+    <n v="4158"/>
+  </r>
+  <r>
+    <s v="405"/>
+    <s v="Under 25 years"/>
+    <s v="05"/>
+    <s v="Married (first marriage)"/>
+    <s v="12"/>
+    <s v="Female reference person"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD506C1"/>
+    <s v="Total private households"/>
+    <s v="Number"/>
+    <n v="2056"/>
+  </r>
+  <r>
+    <s v="405"/>
+    <s v="Under 25 years"/>
+    <s v="05"/>
+    <s v="Married (first marriage)"/>
+    <s v="12"/>
+    <s v="Female reference person"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD506C2"/>
+    <s v="All persons in private households"/>
+    <s v="Number"/>
+    <n v="6697"/>
+  </r>
+  <r>
+    <s v="405"/>
+    <s v="Under 25 years"/>
+    <s v="09"/>
+    <s v="Re-married (following widowhood)"/>
+    <s v="-1"/>
+    <s v="All reference persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD506C1"/>
+    <s v="Total private households"/>
+    <s v="Number"/>
+    <n v="5"/>
+  </r>
+  <r>
+    <s v="405"/>
+    <s v="Under 25 years"/>
+    <s v="09"/>
+    <s v="Re-married (following widowhood)"/>
+    <s v="-1"/>
+    <s v="All reference persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD506C2"/>
+    <s v="All persons in private households"/>
+    <s v="Number"/>
+    <n v="19"/>
+  </r>
+  <r>
+    <s v="405"/>
+    <s v="Under 25 years"/>
+    <s v="09"/>
+    <s v="Re-married (following widowhood)"/>
+    <s v="11"/>
+    <s v="Male reference person"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD506C1"/>
+    <s v="Total private households"/>
+    <s v="Number"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="405"/>
+    <s v="Under 25 years"/>
+    <s v="09"/>
+    <s v="Re-married (following widowhood)"/>
+    <s v="11"/>
+    <s v="Male reference person"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD506C2"/>
+    <s v="All persons in private households"/>
+    <s v="Number"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="405"/>
+    <s v="Under 25 years"/>
+    <s v="09"/>
+    <s v="Re-married (following widowhood)"/>
+    <s v="12"/>
+    <s v="Female reference person"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD506C1"/>
+    <s v="Total private households"/>
+    <s v="Number"/>
+    <n v="4"/>
+  </r>
+  <r>
+    <s v="405"/>
+    <s v="Under 25 years"/>
+    <s v="09"/>
+    <s v="Re-married (following widowhood)"/>
+    <s v="12"/>
+    <s v="Female reference person"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD506C2"/>
+    <s v="All persons in private households"/>
+    <s v="Number"/>
+    <n v="17"/>
+  </r>
+  <r>
+    <s v="405"/>
+    <s v="Under 25 years"/>
+    <s v="11"/>
+    <s v="Re-married (following dissolution of previous marriage)"/>
+    <s v="-1"/>
+    <s v="All reference persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD506C1"/>
+    <s v="Total private households"/>
+    <s v="Number"/>
+    <n v="14"/>
+  </r>
+  <r>
+    <s v="405"/>
+    <s v="Under 25 years"/>
+    <s v="11"/>
+    <s v="Re-married (following dissolution of previous marriage)"/>
+    <s v="-1"/>
+    <s v="All reference persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD506C2"/>
+    <s v="All persons in private households"/>
+    <s v="Number"/>
+    <n v="38"/>
+  </r>
+  <r>
+    <s v="405"/>
+    <s v="Under 25 years"/>
+    <s v="11"/>
+    <s v="Re-married (following dissolution of previous marriage)"/>
+    <s v="11"/>
+    <s v="Male reference person"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD506C1"/>
+    <s v="Total private households"/>
+    <s v="Number"/>
+    <n v="3"/>
+  </r>
+  <r>
+    <s v="405"/>
+    <s v="Under 25 years"/>
+    <s v="11"/>
+    <s v="Re-married (following dissolution of previous marriage)"/>
+    <s v="11"/>
+    <s v="Male reference person"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD506C2"/>
+    <s v="All persons in private households"/>
+    <s v="Number"/>
+    <n v="8"/>
+  </r>
+  <r>
+    <s v="405"/>
+    <s v="Under 25 years"/>
+    <s v="11"/>
+    <s v="Re-married (following dissolution of previous marriage)"/>
+    <s v="12"/>
+    <s v="Female reference person"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD506C1"/>
+    <s v="Total private households"/>
+    <s v="Number"/>
+    <n v="11"/>
+  </r>
+  <r>
+    <s v="405"/>
+    <s v="Under 25 years"/>
+    <s v="11"/>
+    <s v="Re-married (following dissolution of previous marriage)"/>
+    <s v="12"/>
+    <s v="Female reference person"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD506C2"/>
+    <s v="All persons in private households"/>
+    <s v="Number"/>
+    <n v="30"/>
+  </r>
+  <r>
+    <s v="405"/>
+    <s v="Under 25 years"/>
+    <s v="13"/>
+    <s v="Separated (including deserted)"/>
+    <s v="-1"/>
+    <s v="All reference persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD506C1"/>
+    <s v="Total private households"/>
+    <s v="Number"/>
+    <n v="291"/>
+  </r>
+  <r>
+    <s v="405"/>
+    <s v="Under 25 years"/>
+    <s v="13"/>
+    <s v="Separated (including deserted)"/>
+    <s v="-1"/>
+    <s v="All reference persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD506C2"/>
+    <s v="All persons in private households"/>
+    <s v="Number"/>
+    <n v="642"/>
+  </r>
+  <r>
+    <s v="405"/>
+    <s v="Under 25 years"/>
+    <s v="13"/>
+    <s v="Separated (including deserted)"/>
+    <s v="11"/>
+    <s v="Male reference person"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD506C1"/>
+    <s v="Total private households"/>
+    <s v="Number"/>
+    <n v="77"/>
+  </r>
+  <r>
+    <s v="405"/>
+    <s v="Under 25 years"/>
+    <s v="13"/>
+    <s v="Separated (including deserted)"/>
+    <s v="11"/>
+    <s v="Male reference person"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD506C2"/>
+    <s v="All persons in private households"/>
+    <s v="Number"/>
+    <n v="123"/>
+  </r>
+  <r>
+    <s v="405"/>
+    <s v="Under 25 years"/>
+    <s v="13"/>
+    <s v="Separated (including deserted)"/>
+    <s v="12"/>
+    <s v="Female reference person"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD506C1"/>
+    <s v="Total private households"/>
+    <s v="Number"/>
+    <n v="214"/>
+  </r>
+  <r>
+    <s v="405"/>
+    <s v="Under 25 years"/>
+    <s v="13"/>
+    <s v="Separated (including deserted)"/>
+    <s v="12"/>
+    <s v="Female reference person"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD506C2"/>
+    <s v="All persons in private households"/>
+    <s v="Number"/>
+    <n v="519"/>
+  </r>
+  <r>
+    <s v="405"/>
+    <s v="Under 25 years"/>
+    <s v="15"/>
+    <s v="Divorced"/>
+    <s v="-1"/>
+    <s v="All reference persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD506C1"/>
+    <s v="Total private households"/>
+    <s v="Number"/>
+    <n v="67"/>
+  </r>
+  <r>
+    <s v="405"/>
+    <s v="Under 25 years"/>
+    <s v="15"/>
+    <s v="Divorced"/>
+    <s v="-1"/>
+    <s v="All reference persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD506C2"/>
+    <s v="All persons in private households"/>
+    <s v="Number"/>
+    <n v="164"/>
+  </r>
+  <r>
+    <s v="405"/>
+    <s v="Under 25 years"/>
+    <s v="15"/>
+    <s v="Divorced"/>
+    <s v="11"/>
+    <s v="Male reference person"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD506C1"/>
+    <s v="Total private households"/>
+    <s v="Number"/>
+    <n v="16"/>
+  </r>
+  <r>
+    <s v="405"/>
+    <s v="Under 25 years"/>
+    <s v="15"/>
+    <s v="Divorced"/>
+    <s v="11"/>
+    <s v="Male reference person"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD506C2"/>
+    <s v="All persons in private households"/>
+    <s v="Number"/>
+    <n v="32"/>
+  </r>
+  <r>
+    <s v="405"/>
+    <s v="Under 25 years"/>
+    <s v="15"/>
+    <s v="Divorced"/>
+    <s v="12"/>
+    <s v="Female reference person"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD506C1"/>
+    <s v="Total private households"/>
+    <s v="Number"/>
+    <n v="51"/>
+  </r>
+  <r>
+    <s v="405"/>
+    <s v="Under 25 years"/>
+    <s v="15"/>
+    <s v="Divorced"/>
+    <s v="12"/>
+    <s v="Female reference person"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD506C2"/>
+    <s v="All persons in private households"/>
+    <s v="Number"/>
+    <n v="132"/>
+  </r>
+  <r>
+    <s v="405"/>
+    <s v="Under 25 years"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="-1"/>
+    <s v="All reference persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD506C1"/>
+    <s v="Total private households"/>
+    <s v="Number"/>
+    <n v="63"/>
+  </r>
+  <r>
+    <s v="405"/>
+    <s v="Under 25 years"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="-1"/>
+    <s v="All reference persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD506C2"/>
+    <s v="All persons in private households"/>
+    <s v="Number"/>
+    <n v="116"/>
+  </r>
+  <r>
+    <s v="405"/>
+    <s v="Under 25 years"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="11"/>
+    <s v="Male reference person"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD506C1"/>
+    <s v="Total private households"/>
+    <s v="Number"/>
+    <n v="24"/>
+  </r>
+  <r>
+    <s v="405"/>
+    <s v="Under 25 years"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="11"/>
+    <s v="Male reference person"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD506C2"/>
+    <s v="All persons in private households"/>
+    <s v="Number"/>
+    <n v="41"/>
+  </r>
+  <r>
+    <s v="405"/>
+    <s v="Under 25 years"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="12"/>
+    <s v="Female reference person"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD506C1"/>
+    <s v="Total private households"/>
+    <s v="Number"/>
+    <n v="39"/>
+  </r>
+  <r>
+    <s v="405"/>
+    <s v="Under 25 years"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="12"/>
+    <s v="Female reference person"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD506C2"/>
+    <s v="All persons in private households"/>
+    <s v="Number"/>
+    <n v="75"/>
+  </r>
+  <r>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="-1"/>
+    <s v="All reference persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD506C1"/>
+    <s v="Total private households"/>
+    <s v="Number"/>
+    <n v="127947"/>
+  </r>
+  <r>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="-1"/>
+    <s v="All reference persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD506C2"/>
+    <s v="All persons in private households"/>
+    <s v="Number"/>
+    <n v="318399"/>
+  </r>
+  <r>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="11"/>
+    <s v="Male reference person"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD506C1"/>
+    <s v="Total private households"/>
+    <s v="Number"/>
+    <n v="55847"/>
+  </r>
+  <r>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="11"/>
+    <s v="Male reference person"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD506C2"/>
+    <s v="All persons in private households"/>
+    <s v="Number"/>
+    <n v="134213"/>
+  </r>
+  <r>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="12"/>
+    <s v="Female reference person"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD506C1"/>
+    <s v="Total private households"/>
+    <s v="Number"/>
+    <n v="72100"/>
+  </r>
+  <r>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="12"/>
+    <s v="Female reference person"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD506C2"/>
+    <s v="All persons in private households"/>
+    <s v="Number"/>
+    <n v="184186"/>
+  </r>
+  <r>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="-1"/>
+    <s v="All reference persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD506C1"/>
+    <s v="Total private households"/>
+    <s v="Number"/>
+    <n v="97309"/>
+  </r>
+  <r>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="-1"/>
+    <s v="All reference persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD506C2"/>
+    <s v="All persons in private households"/>
+    <s v="Number"/>
+    <n v="223484"/>
+  </r>
+  <r>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="11"/>
+    <s v="Male reference person"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD506C1"/>
+    <s v="Total private households"/>
+    <s v="Number"/>
+    <n v="41423"/>
+  </r>
+  <r>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="11"/>
+    <s v="Male reference person"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD506C2"/>
+    <s v="All persons in private households"/>
+    <s v="Number"/>
+    <n v="90017"/>
+  </r>
+  <r>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="12"/>
+    <s v="Female reference person"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD506C1"/>
+    <s v="Total private households"/>
+    <s v="Number"/>
+    <n v="55886"/>
+  </r>
+  <r>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="12"/>
+    <s v="Female reference person"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD506C2"/>
+    <s v="All persons in private households"/>
+    <s v="Number"/>
+    <n v="133467"/>
+  </r>
+  <r>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="03"/>
+    <s v="All married"/>
+    <s v="-1"/>
+    <s v="All reference persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD506C1"/>
+    <s v="Total private households"/>
+    <s v="Number"/>
+    <n v="28224"/>
+  </r>
+  <r>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="03"/>
+    <s v="All married"/>
+    <s v="-1"/>
+    <s v="All reference persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD506C2"/>
+    <s v="All persons in private households"/>
+    <s v="Number"/>
+    <n v="88650"/>
+  </r>
+  <r>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="03"/>
+    <s v="All married"/>
+    <s v="11"/>
+    <s v="Male reference person"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD506C1"/>
+    <s v="Total private households"/>
+    <s v="Number"/>
+    <n v="13859"/>
+  </r>
+  <r>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="03"/>
+    <s v="All married"/>
+    <s v="11"/>
+    <s v="Male reference person"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD506C2"/>
+    <s v="All persons in private households"/>
+    <s v="Number"/>
+    <n v="43089"/>
+  </r>
+  <r>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="03"/>
+    <s v="All married"/>
+    <s v="12"/>
+    <s v="Female reference person"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD506C1"/>
+    <s v="Total private households"/>
+    <s v="Number"/>
+    <n v="14365"/>
+  </r>
+  <r>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="03"/>
+    <s v="All married"/>
+    <s v="12"/>
+    <s v="Female reference person"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD506C2"/>
+    <s v="All persons in private households"/>
+    <s v="Number"/>
+    <n v="45561"/>
+  </r>
+  <r>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="05"/>
+    <s v="Married (first marriage)"/>
+    <s v="-1"/>
+    <s v="All reference persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD506C1"/>
+    <s v="Total private households"/>
+    <s v="Number"/>
+    <n v="28076"/>
+  </r>
+  <r>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="05"/>
+    <s v="Married (first marriage)"/>
+    <s v="-1"/>
+    <s v="All reference persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD506C2"/>
+    <s v="All persons in private households"/>
+    <s v="Number"/>
+    <n v="88140"/>
+  </r>
+  <r>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="05"/>
+    <s v="Married (first marriage)"/>
+    <s v="11"/>
+    <s v="Male reference person"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD506C1"/>
+    <s v="Total private households"/>
+    <s v="Number"/>
+    <n v="13798"/>
+  </r>
+  <r>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="05"/>
+    <s v="Married (first marriage)"/>
+    <s v="11"/>
+    <s v="Male reference person"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD506C2"/>
+    <s v="All persons in private households"/>
+    <s v="Number"/>
+    <n v="42903"/>
+  </r>
+  <r>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="05"/>
+    <s v="Married (first marriage)"/>
+    <s v="12"/>
+    <s v="Female reference person"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD506C1"/>
+    <s v="Total private households"/>
+    <s v="Number"/>
+    <n v="14278"/>
+  </r>
+  <r>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="05"/>
+    <s v="Married (first marriage)"/>
+    <s v="12"/>
+    <s v="Female reference person"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD506C2"/>
+    <s v="All persons in private households"/>
+    <s v="Number"/>
+    <n v="45237"/>
+  </r>
+  <r>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="09"/>
+    <s v="Re-married (following widowhood)"/>
+    <s v="-1"/>
+    <s v="All reference persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD506C1"/>
+    <s v="Total private households"/>
+    <s v="Number"/>
+    <n v="37"/>
+  </r>
+  <r>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="09"/>
+    <s v="Re-married (following widowhood)"/>
+    <s v="-1"/>
+    <s v="All reference persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD506C2"/>
+    <s v="All persons in private households"/>
+    <s v="Number"/>
+    <n v="125"/>
+  </r>
+  <r>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="09"/>
+    <s v="Re-married (following widowhood)"/>
+    <s v="11"/>
+    <s v="Male reference person"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD506C1"/>
+    <s v="Total private households"/>
+    <s v="Number"/>
+    <n v="18"/>
+  </r>
+  <r>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="09"/>
+    <s v="Re-married (following widowhood)"/>
+    <s v="11"/>
+    <s v="Male reference person"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD506C2"/>
+    <s v="All persons in private households"/>
+    <s v="Number"/>
+    <n v="49"/>
+  </r>
+  <r>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="09"/>
+    <s v="Re-married (following widowhood)"/>
+    <s v="12"/>
+    <s v="Female reference person"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD506C1"/>
+    <s v="Total private households"/>
+    <s v="Number"/>
+    <n v="19"/>
+  </r>
+  <r>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="09"/>
+    <s v="Re-married (following widowhood)"/>
+    <s v="12"/>
+    <s v="Female reference person"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD506C2"/>
+    <s v="All persons in private households"/>
+    <s v="Number"/>
+    <n v="76"/>
+  </r>
+  <r>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="11"/>
+    <s v="Re-married (following dissolution of previous marriage)"/>
+    <s v="-1"/>
+    <s v="All reference persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD506C1"/>
+    <s v="Total private households"/>
+    <s v="Number"/>
+    <n v="111"/>
+  </r>
+  <r>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="11"/>
+    <s v="Re-married (following dissolution of previous marriage)"/>
+    <s v="-1"/>
+    <s v="All reference persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD506C2"/>
+    <s v="All persons in private households"/>
+    <s v="Number"/>
+    <n v="385"/>
+  </r>
+  <r>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="11"/>
+    <s v="Re-married (following dissolution of previous marriage)"/>
+    <s v="11"/>
+    <s v="Male reference person"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD506C1"/>
+    <s v="Total private households"/>
+    <s v="Number"/>
+    <n v="43"/>
+  </r>
+  <r>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="11"/>
+    <s v="Re-married (following dissolution of previous marriage)"/>
+    <s v="11"/>
+    <s v="Male reference person"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD506C2"/>
+    <s v="All persons in private households"/>
+    <s v="Number"/>
+    <n v="137"/>
+  </r>
+  <r>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="11"/>
+    <s v="Re-married (following dissolution of previous marriage)"/>
+    <s v="12"/>
+    <s v="Female reference person"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD506C1"/>
+    <s v="Total private households"/>
+    <s v="Number"/>
+    <n v="68"/>
+  </r>
+  <r>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="11"/>
+    <s v="Re-married (following dissolution of previous marriage)"/>
+    <s v="12"/>
+    <s v="Female reference person"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD506C2"/>
+    <s v="All persons in private households"/>
+    <s v="Number"/>
+    <n v="248"/>
+  </r>
+  <r>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="13"/>
+    <s v="Separated (including deserted)"/>
+    <s v="-1"/>
+    <s v="All reference persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD506C1"/>
+    <s v="Total private households"/>
+    <s v="Number"/>
+    <n v="1473"/>
+  </r>
+  <r>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="13"/>
+    <s v="Separated (including deserted)"/>
+    <s v="-1"/>
+    <s v="All reference persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD506C2"/>
+    <s v="All persons in private households"/>
+    <s v="Number"/>
+    <n v="3830"/>
+  </r>
+  <r>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="13"/>
+    <s v="Separated (including deserted)"/>
+    <s v="11"/>
+    <s v="Male reference person"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD506C1"/>
+    <s v="Total private households"/>
+    <s v="Number"/>
+    <n v="330"/>
+  </r>
+  <r>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="13"/>
+    <s v="Separated (including deserted)"/>
+    <s v="11"/>
+    <s v="Male reference person"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD506C2"/>
+    <s v="All persons in private households"/>
+    <s v="Number"/>
+    <n v="589"/>
+  </r>
+  <r>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="13"/>
+    <s v="Separated (including deserted)"/>
+    <s v="12"/>
+    <s v="Female reference person"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD506C1"/>
+    <s v="Total private households"/>
+    <s v="Number"/>
+    <n v="1143"/>
+  </r>
+  <r>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="13"/>
+    <s v="Separated (including deserted)"/>
+    <s v="12"/>
+    <s v="Female reference person"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD506C2"/>
+    <s v="All persons in private households"/>
+    <s v="Number"/>
+    <n v="3241"/>
+  </r>
+  <r>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="15"/>
+    <s v="Divorced"/>
+    <s v="-1"/>
+    <s v="All reference persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD506C1"/>
+    <s v="Total private households"/>
+    <s v="Number"/>
+    <n v="762"/>
+  </r>
+  <r>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="15"/>
+    <s v="Divorced"/>
+    <s v="-1"/>
+    <s v="All reference persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD506C2"/>
+    <s v="All persons in private households"/>
+    <s v="Number"/>
+    <n v="2075"/>
+  </r>
+  <r>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="15"/>
+    <s v="Divorced"/>
+    <s v="11"/>
+    <s v="Male reference person"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD506C1"/>
+    <s v="Total private households"/>
+    <s v="Number"/>
+    <n v="180"/>
+  </r>
+  <r>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="15"/>
+    <s v="Divorced"/>
+    <s v="11"/>
+    <s v="Male reference person"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD506C2"/>
+    <s v="All persons in private households"/>
+    <s v="Number"/>
+    <n v="420"/>
+  </r>
+  <r>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="15"/>
+    <s v="Divorced"/>
+    <s v="12"/>
+    <s v="Female reference person"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD506C1"/>
+    <s v="Total private households"/>
+    <s v="Number"/>
+    <n v="582"/>
+  </r>
+  <r>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="15"/>
+    <s v="Divorced"/>
+    <s v="12"/>
+    <s v="Female reference person"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD506C2"/>
+    <s v="All persons in private households"/>
+    <s v="Number"/>
+    <n v="1655"/>
+  </r>
+  <r>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="-1"/>
+    <s v="All reference persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD506C1"/>
+    <s v="Total private households"/>
+    <s v="Number"/>
+    <n v="179"/>
+  </r>
+  <r>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="-1"/>
+    <s v="All reference persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD506C2"/>
+    <s v="All persons in private households"/>
+    <s v="Number"/>
+    <n v="360"/>
+  </r>
+  <r>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="11"/>
+    <s v="Male reference person"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD506C1"/>
+    <s v="Total private households"/>
+    <s v="Number"/>
+    <n v="55"/>
+  </r>
+  <r>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="11"/>
+    <s v="Male reference person"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD506C2"/>
+    <s v="All persons in private households"/>
+    <s v="Number"/>
+    <n v="98"/>
+  </r>
+  <r>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="12"/>
+    <s v="Female reference person"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD506C1"/>
+    <s v="Total private households"/>
+    <s v="Number"/>
+    <n v="124"/>
+  </r>
+  <r>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="12"/>
+    <s v="Female reference person"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD506C2"/>
+    <s v="All persons in private households"/>
+    <s v="Number"/>
+    <n v="262"/>
+  </r>
+  <r>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="-1"/>
+    <s v="All reference persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD506C1"/>
+    <s v="Total private households"/>
+    <s v="Number"/>
+    <n v="184895"/>
+  </r>
+  <r>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="-1"/>
+    <s v="All reference persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD506C2"/>
+    <s v="All persons in private households"/>
+    <s v="Number"/>
+    <n v="506299"/>
+  </r>
+  <r>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="11"/>
+    <s v="Male reference person"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD506C1"/>
+    <s v="Total private households"/>
+    <s v="Number"/>
+    <n v="96434"/>
+  </r>
+  <r>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="11"/>
+    <s v="Male reference person"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD506C2"/>
+    <s v="All persons in private households"/>
+    <s v="Number"/>
+    <n v="261498"/>
+  </r>
+  <r>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="12"/>
+    <s v="Female reference person"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD506C1"/>
+    <s v="Total private households"/>
+    <s v="Number"/>
+    <n v="88461"/>
+  </r>
+  <r>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="12"/>
+    <s v="Female reference person"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD506C2"/>
+    <s v="All persons in private households"/>
+    <s v="Number"/>
+    <n v="244801"/>
+  </r>
+  <r>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="-1"/>
+    <s v="All reference persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD506C1"/>
+    <s v="Total private households"/>
+    <s v="Number"/>
+    <n v="96969"/>
+  </r>
+  <r>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="-1"/>
+    <s v="All reference persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD506C2"/>
+    <s v="All persons in private households"/>
+    <s v="Number"/>
+    <n v="213461"/>
+  </r>
+  <r>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="11"/>
+    <s v="Male reference person"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD506C1"/>
+    <s v="Total private households"/>
+    <s v="Number"/>
+    <n v="45444"/>
+  </r>
+  <r>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="11"/>
+    <s v="Male reference person"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD506C2"/>
+    <s v="All persons in private households"/>
+    <s v="Number"/>
+    <n v="92737"/>
+  </r>
+  <r>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="12"/>
+    <s v="Female reference person"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD506C1"/>
+    <s v="Total private households"/>
+    <s v="Number"/>
+    <n v="51525"/>
+  </r>
+  <r>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="12"/>
+    <s v="Female reference person"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD506C2"/>
+    <s v="All persons in private households"/>
+    <s v="Number"/>
+    <n v="120724"/>
+  </r>
+  <r>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="03"/>
+    <s v="All married"/>
+    <s v="-1"/>
+    <s v="All reference persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD506C1"/>
+    <s v="Total private households"/>
+    <s v="Number"/>
+    <n v="80383"/>
+  </r>
+  <r>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="03"/>
+    <s v="All married"/>
+    <s v="-1"/>
+    <s v="All reference persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD506C2"/>
+    <s v="All persons in private households"/>
+    <s v="Number"/>
+    <n v="272920"/>
+  </r>
+  <r>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="03"/>
+    <s v="All married"/>
+    <s v="11"/>
+    <s v="Male reference person"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD506C1"/>
+    <s v="Total private households"/>
+    <s v="Number"/>
+    <n v="48790"/>
+  </r>
+  <r>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="03"/>
+    <s v="All married"/>
+    <s v="11"/>
+    <s v="Male reference person"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD506C2"/>
+    <s v="All persons in private households"/>
+    <s v="Number"/>
+    <n v="164299"/>
+  </r>
+  <r>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="03"/>
+    <s v="All married"/>
+    <s v="12"/>
+    <s v="Female reference person"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD506C1"/>
+    <s v="Total private households"/>
+    <s v="Number"/>
+    <n v="31593"/>
+  </r>
+  <r>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="03"/>
+    <s v="All married"/>
+    <s v="12"/>
+    <s v="Female reference person"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD506C2"/>
+    <s v="All persons in private households"/>
+    <s v="Number"/>
+    <n v="108621"/>
+  </r>
+  <r>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="05"/>
+    <s v="Married (first marriage)"/>
+    <s v="-1"/>
+    <s v="All reference persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD506C1"/>
+    <s v="Total private households"/>
+    <s v="Number"/>
+    <n v="79628"/>
+  </r>
+  <r>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="05"/>
+    <s v="Married (first marriage)"/>
+    <s v="-1"/>
+    <s v="All reference persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD506C2"/>
+    <s v="All persons in private households"/>
+    <s v="Number"/>
+    <n v="270264"/>
+  </r>
+  <r>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="05"/>
+    <s v="Married (first marriage)"/>
+    <s v="11"/>
+    <s v="Male reference person"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD506C1"/>
+    <s v="Total private households"/>
+    <s v="Number"/>
+    <n v="48390"/>
+  </r>
+  <r>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="05"/>
+    <s v="Married (first marriage)"/>
+    <s v="11"/>
+    <s v="Male reference person"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD506C2"/>
+    <s v="All persons in private households"/>
+    <s v="Number"/>
+    <n v="162959"/>
+  </r>
+  <r>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="05"/>
+    <s v="Married (first marriage)"/>
+    <s v="12"/>
+    <s v="Female reference person"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD506C1"/>
+    <s v="Total private households"/>
+    <s v="Number"/>
+    <n v="31238"/>
+  </r>
+  <r>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="05"/>
+    <s v="Married (first marriage)"/>
+    <s v="12"/>
+    <s v="Female reference person"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD506C2"/>
+    <s v="All persons in private households"/>
+    <s v="Number"/>
+    <n v="107305"/>
+  </r>
+  <r>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="09"/>
+    <s v="Re-married (following widowhood)"/>
+    <s v="-1"/>
+    <s v="All reference persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD506C1"/>
+    <s v="Total private households"/>
+    <s v="Number"/>
+    <n v="95"/>
+  </r>
+  <r>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="09"/>
+    <s v="Re-married (following widowhood)"/>
+    <s v="-1"/>
+    <s v="All reference persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD506C2"/>
+    <s v="All persons in private households"/>
+    <s v="Number"/>
+    <n v="344"/>
+  </r>
+  <r>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="09"/>
+    <s v="Re-married (following widowhood)"/>
+    <s v="11"/>
+    <s v="Male reference person"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD506C1"/>
+    <s v="Total private households"/>
+    <s v="Number"/>
+    <n v="47"/>
+  </r>
+  <r>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="09"/>
+    <s v="Re-married (following widowhood)"/>
+    <s v="11"/>
+    <s v="Male reference person"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD506C2"/>
+    <s v="All persons in private households"/>
+    <s v="Number"/>
+    <n v="159"/>
+  </r>
+  <r>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="09"/>
+    <s v="Re-married (following widowhood)"/>
+    <s v="12"/>
+    <s v="Female reference person"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD506C1"/>
+    <s v="Total private households"/>
+    <s v="Number"/>
+    <n v="48"/>
+  </r>
+  <r>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="09"/>
+    <s v="Re-married (following widowhood)"/>
+    <s v="12"/>
+    <s v="Female reference person"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD506C2"/>
+    <s v="All persons in private households"/>
+    <s v="Number"/>
+    <n v="185"/>
+  </r>
+  <r>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="11"/>
+    <s v="Re-married (following dissolution of previous marriage)"/>
+    <s v="-1"/>
+    <s v="All reference persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD506C1"/>
+    <s v="Total private households"/>
+    <s v="Number"/>
+    <n v="660"/>
+  </r>
+  <r>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="11"/>
+    <s v="Re-married (following dissolution of previous marriage)"/>
+    <s v="-1"/>
+    <s v="All reference persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD506C2"/>
+    <s v="All persons in private households"/>
+    <s v="Number"/>
+    <n v="2312"/>
+  </r>
+  <r>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="11"/>
+    <s v="Re-married (following dissolution of previous marriage)"/>
+    <s v="11"/>
+    <s v="Male reference person"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD506C1"/>
+    <s v="Total private households"/>
+    <s v="Number"/>
+    <n v="353"/>
+  </r>
+  <r>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="11"/>
+    <s v="Re-married (following dissolution of previous marriage)"/>
+    <s v="11"/>
+    <s v="Male reference person"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD506C2"/>
+    <s v="All persons in private households"/>
+    <s v="Number"/>
+    <n v="1181"/>
+  </r>
+  <r>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="11"/>
+    <s v="Re-married (following dissolution of previous marriage)"/>
+    <s v="12"/>
+    <s v="Female reference person"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD506C1"/>
+    <s v="Total private households"/>
+    <s v="Number"/>
+    <n v="307"/>
+  </r>
+  <r>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="11"/>
+    <s v="Re-married (following dissolution of previous marriage)"/>
+    <s v="12"/>
+    <s v="Female reference person"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD506C2"/>
+    <s v="All persons in private households"/>
+    <s v="Number"/>
+    <n v="1131"/>
+  </r>
+  <r>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="13"/>
+    <s v="Separated (including deserted)"/>
+    <s v="-1"/>
+    <s v="All reference persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD506C1"/>
+    <s v="Total private households"/>
+    <s v="Number"/>
+    <n v="4666"/>
+  </r>
+  <r>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="13"/>
+    <s v="Separated (including deserted)"/>
+    <s v="-1"/>
+    <s v="All reference persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD506C2"/>
+    <s v="All persons in private households"/>
+    <s v="Number"/>
+    <n v="12427"/>
+  </r>
+  <r>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="13"/>
+    <s v="Separated (including deserted)"/>
+    <s v="11"/>
+    <s v="Male reference person"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD506C1"/>
+    <s v="Total private households"/>
+    <s v="Number"/>
+    <n v="1293"/>
+  </r>
+  <r>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="13"/>
+    <s v="Separated (including deserted)"/>
+    <s v="11"/>
+    <s v="Male reference person"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD506C2"/>
+    <s v="All persons in private households"/>
+    <s v="Number"/>
+    <n v="2336"/>
+  </r>
+  <r>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="13"/>
+    <s v="Separated (including deserted)"/>
+    <s v="12"/>
+    <s v="Female reference person"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD506C1"/>
+    <s v="Total private households"/>
+    <s v="Number"/>
+    <n v="3373"/>
+  </r>
+  <r>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="13"/>
+    <s v="Separated (including deserted)"/>
+    <s v="12"/>
+    <s v="Female reference person"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD506C2"/>
+    <s v="All persons in private households"/>
+    <s v="Number"/>
+    <n v="10091"/>
+  </r>
+  <r>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="15"/>
+    <s v="Divorced"/>
+    <s v="-1"/>
+    <s v="All reference persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD506C1"/>
+    <s v="Total private households"/>
+    <s v="Number"/>
+    <n v="2291"/>
+  </r>
+  <r>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="15"/>
+    <s v="Divorced"/>
+    <s v="-1"/>
+    <s v="All reference persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD506C2"/>
+    <s v="All persons in private households"/>
+    <s v="Number"/>
+    <n v="6166"/>
+  </r>
+  <r>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="15"/>
+    <s v="Divorced"/>
+    <s v="11"/>
+    <s v="Male reference person"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD506C1"/>
+    <s v="Total private households"/>
+    <s v="Number"/>
+    <n v="753"/>
+  </r>
+  <r>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="15"/>
+    <s v="Divorced"/>
+    <s v="11"/>
+    <s v="Male reference person"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD506C2"/>
+    <s v="All persons in private households"/>
+    <s v="Number"/>
+    <n v="1836"/>
+  </r>
+  <r>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="15"/>
+    <s v="Divorced"/>
+    <s v="12"/>
+    <s v="Female reference person"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD506C1"/>
+    <s v="Total private households"/>
+    <s v="Number"/>
+    <n v="1538"/>
+  </r>
+  <r>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="15"/>
+    <s v="Divorced"/>
+    <s v="12"/>
+    <s v="Female reference person"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD506C2"/>
+    <s v="All persons in private households"/>
+    <s v="Number"/>
+    <n v="4330"/>
+  </r>
+  <r>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="-1"/>
+    <s v="All reference persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD506C1"/>
+    <s v="Total private households"/>
+    <s v="Number"/>
+    <n v="586"/>
+  </r>
+  <r>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="-1"/>
+    <s v="All reference persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD506C2"/>
+    <s v="All persons in private households"/>
+    <s v="Number"/>
+    <n v="1325"/>
+  </r>
+  <r>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="11"/>
+    <s v="Male reference person"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD506C1"/>
+    <s v="Total private households"/>
+    <s v="Number"/>
+    <n v="154"/>
+  </r>
+  <r>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="11"/>
+    <s v="Male reference person"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD506C2"/>
+    <s v="All persons in private households"/>
+    <s v="Number"/>
+    <n v="290"/>
+  </r>
+  <r>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="12"/>
+    <s v="Female reference person"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD506C1"/>
+    <s v="Total private households"/>
+    <s v="Number"/>
+    <n v="432"/>
+  </r>
+  <r>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="12"/>
+    <s v="Female reference person"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD506C2"/>
+    <s v="All persons in private households"/>
+    <s v="Number"/>
+    <n v="1035"/>
+  </r>
+  <r>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="-1"/>
+    <s v="All reference persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD506C1"/>
+    <s v="Total private households"/>
+    <s v="Number"/>
+    <n v="185864"/>
+  </r>
+  <r>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="-1"/>
+    <s v="All reference persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD506C2"/>
+    <s v="All persons in private households"/>
+    <s v="Number"/>
+    <n v="597243"/>
+  </r>
+  <r>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="11"/>
+    <s v="Male reference person"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD506C1"/>
+    <s v="Total private households"/>
+    <s v="Number"/>
+    <n v="108443"/>
+  </r>
+  <r>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="11"/>
+    <s v="Male reference person"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD506C2"/>
+    <s v="All persons in private households"/>
+    <s v="Number"/>
+    <n v="356055"/>
+  </r>
+  <r>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="12"/>
+    <s v="Female reference person"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD506C1"/>
+    <s v="Total private households"/>
+    <s v="Number"/>
+    <n v="77421"/>
+  </r>
+  <r>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="12"/>
+    <s v="Female reference person"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD506C2"/>
+    <s v="All persons in private households"/>
+    <s v="Number"/>
+    <n v="241188"/>
+  </r>
+  <r>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="-1"/>
+    <s v="All reference persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD506C1"/>
+    <s v="Total private households"/>
+    <s v="Number"/>
+    <n v="65761"/>
+  </r>
+  <r>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="-1"/>
+    <s v="All reference persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD506C2"/>
+    <s v="All persons in private households"/>
+    <s v="Number"/>
+    <n v="140015"/>
+  </r>
+  <r>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="11"/>
+    <s v="Male reference person"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD506C1"/>
+    <s v="Total private households"/>
+    <s v="Number"/>
+    <n v="30881"/>
+  </r>
+  <r>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="11"/>
+    <s v="Male reference person"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD506C2"/>
+    <s v="All persons in private households"/>
+    <s v="Number"/>
+    <n v="59510"/>
+  </r>
+  <r>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="12"/>
+    <s v="Female reference person"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD506C1"/>
+    <s v="Total private households"/>
+    <s v="Number"/>
+    <n v="34880"/>
+  </r>
+  <r>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="12"/>
+    <s v="Female reference person"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD506C2"/>
+    <s v="All persons in private households"/>
+    <s v="Number"/>
+    <n v="80505"/>
+  </r>
+  <r>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="03"/>
+    <s v="All married"/>
+    <s v="-1"/>
+    <s v="All reference persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD506C1"/>
+    <s v="Total private households"/>
+    <s v="Number"/>
+    <n v="105272"/>
+  </r>
+  <r>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="03"/>
+    <s v="All married"/>
+    <s v="-1"/>
+    <s v="All reference persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD506C2"/>
+    <s v="All persons in private households"/>
+    <s v="Number"/>
+    <n v="416278"/>
+  </r>
+  <r>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="03"/>
+    <s v="All married"/>
+    <s v="11"/>
+    <s v="Male reference person"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD506C1"/>
+    <s v="Total private households"/>
+    <s v="Number"/>
+    <n v="72745"/>
+  </r>
+  <r>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="03"/>
+    <s v="All married"/>
+    <s v="11"/>
+    <s v="Male reference person"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD506C2"/>
+    <s v="All persons in private households"/>
+    <s v="Number"/>
+    <n v="286862"/>
+  </r>
+  <r>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="03"/>
+    <s v="All married"/>
+    <s v="12"/>
+    <s v="Female reference person"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD506C1"/>
+    <s v="Total private households"/>
+    <s v="Number"/>
+    <n v="32527"/>
+  </r>
+  <r>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="03"/>
+    <s v="All married"/>
+    <s v="12"/>
+    <s v="Female reference person"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD506C2"/>
+    <s v="All persons in private households"/>
+    <s v="Number"/>
+    <n v="129416"/>
+  </r>
+  <r>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="05"/>
+    <s v="Married (first marriage)"/>
+    <s v="-1"/>
+    <s v="All reference persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD506C1"/>
+    <s v="Total private households"/>
+    <s v="Number"/>
+    <n v="103477"/>
+  </r>
+  <r>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="05"/>
+    <s v="Married (first marriage)"/>
+    <s v="-1"/>
+    <s v="All reference persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD506C2"/>
+    <s v="All persons in private households"/>
+    <s v="Number"/>
+    <n v="409626"/>
+  </r>
+  <r>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="05"/>
+    <s v="Married (first marriage)"/>
+    <s v="11"/>
+    <s v="Male reference person"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD506C1"/>
+    <s v="Total private households"/>
+    <s v="Number"/>
+    <n v="71689"/>
+  </r>
+  <r>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="05"/>
+    <s v="Married (first marriage)"/>
+    <s v="11"/>
+    <s v="Male reference person"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD506C2"/>
+    <s v="All persons in private households"/>
+    <s v="Number"/>
+    <n v="283152"/>
+  </r>
+  <r>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="05"/>
+    <s v="Married (first marriage)"/>
+    <s v="12"/>
+    <s v="Female reference person"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD506C1"/>
+    <s v="Total private households"/>
+    <s v="Number"/>
+    <n v="31788"/>
+  </r>
+  <r>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="05"/>
+    <s v="Married (first marriage)"/>
+    <s v="12"/>
+    <s v="Female reference person"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD506C2"/>
+    <s v="All persons in private households"/>
+    <s v="Number"/>
+    <n v="126474"/>
+  </r>
+  <r>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="09"/>
+    <s v="Re-married (following widowhood)"/>
+    <s v="-1"/>
+    <s v="All reference persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD506C1"/>
+    <s v="Total private households"/>
+    <s v="Number"/>
+    <n v="191"/>
+  </r>
+  <r>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="09"/>
+    <s v="Re-married (following widowhood)"/>
+    <s v="-1"/>
+    <s v="All reference persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD506C2"/>
+    <s v="All persons in private households"/>
+    <s v="Number"/>
+    <n v="733"/>
+  </r>
+  <r>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="09"/>
+    <s v="Re-married (following widowhood)"/>
+    <s v="11"/>
+    <s v="Male reference person"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD506C1"/>
+    <s v="Total private households"/>
+    <s v="Number"/>
+    <n v="107"/>
+  </r>
+  <r>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="09"/>
+    <s v="Re-married (following widowhood)"/>
+    <s v="11"/>
+    <s v="Male reference person"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD506C2"/>
+    <s v="All persons in private households"/>
+    <s v="Number"/>
+    <n v="385"/>
+  </r>
+  <r>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="09"/>
+    <s v="Re-married (following widowhood)"/>
+    <s v="12"/>
+    <s v="Female reference person"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD506C1"/>
+    <s v="Total private households"/>
+    <s v="Number"/>
+    <n v="84"/>
+  </r>
+  <r>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="09"/>
+    <s v="Re-married (following widowhood)"/>
+    <s v="12"/>
+    <s v="Female reference person"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD506C2"/>
+    <s v="All persons in private households"/>
+    <s v="Number"/>
+    <n v="348"/>
+  </r>
+  <r>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="11"/>
+    <s v="Re-married (following dissolution of previous marriage)"/>
+    <s v="-1"/>
+    <s v="All reference persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD506C1"/>
+    <s v="Total private households"/>
+    <s v="Number"/>
+    <n v="1604"/>
+  </r>
+  <r>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="11"/>
+    <s v="Re-married (following dissolution of previous marriage)"/>
+    <s v="-1"/>
+    <s v="All reference persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD506C2"/>
+    <s v="All persons in private households"/>
+    <s v="Number"/>
+    <n v="5919"/>
+  </r>
+  <r>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="11"/>
+    <s v="Re-married (following dissolution of previous marriage)"/>
+    <s v="11"/>
+    <s v="Male reference person"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD506C1"/>
+    <s v="Total private households"/>
+    <s v="Number"/>
+    <n v="949"/>
+  </r>
+  <r>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="11"/>
+    <s v="Re-married (following dissolution of previous marriage)"/>
+    <s v="11"/>
+    <s v="Male reference person"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD506C2"/>
+    <s v="All persons in private households"/>
+    <s v="Number"/>
+    <n v="3325"/>
+  </r>
+  <r>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="11"/>
+    <s v="Re-married (following dissolution of previous marriage)"/>
+    <s v="12"/>
+    <s v="Female reference person"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD506C1"/>
+    <s v="Total private households"/>
+    <s v="Number"/>
+    <n v="655"/>
+  </r>
+  <r>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="11"/>
+    <s v="Re-married (following dissolution of previous marriage)"/>
+    <s v="12"/>
+    <s v="Female reference person"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD506C2"/>
+    <s v="All persons in private households"/>
+    <s v="Number"/>
+    <n v="2594"/>
+  </r>
+  <r>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="13"/>
+    <s v="Separated (including deserted)"/>
+    <s v="-1"/>
+    <s v="All reference persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD506C1"/>
+    <s v="Total private households"/>
+    <s v="Number"/>
+    <n v="8739"/>
+  </r>
+  <r>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="13"/>
+    <s v="Separated (including deserted)"/>
+    <s v="-1"/>
+    <s v="All reference persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD506C2"/>
+    <s v="All persons in private households"/>
+    <s v="Number"/>
+    <n v="24482"/>
+  </r>
+  <r>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="13"/>
+    <s v="Separated (including deserted)"/>
+    <s v="11"/>
+    <s v="Male reference person"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD506C1"/>
+    <s v="Total private households"/>
+    <s v="Number"/>
+    <n v="2762"/>
+  </r>
+  <r>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="13"/>
+    <s v="Separated (including deserted)"/>
+    <s v="11"/>
+    <s v="Male reference person"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD506C2"/>
+    <s v="All persons in private households"/>
+    <s v="Number"/>
+    <n v="5035"/>
+  </r>
+  <r>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="13"/>
+    <s v="Separated (including deserted)"/>
+    <s v="12"/>
+    <s v="Female reference person"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD506C1"/>
+    <s v="Total private households"/>
+    <s v="Number"/>
+    <n v="5977"/>
+  </r>
+  <r>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="13"/>
+    <s v="Separated (including deserted)"/>
+    <s v="12"/>
+    <s v="Female reference person"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD506C2"/>
+    <s v="All persons in private households"/>
+    <s v="Number"/>
+    <n v="19447"/>
+  </r>
+  <r>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="15"/>
+    <s v="Divorced"/>
+    <s v="-1"/>
+    <s v="All reference persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD506C1"/>
+    <s v="Total private households"/>
+    <s v="Number"/>
+    <n v="4879"/>
+  </r>
+  <r>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="15"/>
+    <s v="Divorced"/>
+    <s v="-1"/>
+    <s v="All reference persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD506C2"/>
+    <s v="All persons in private households"/>
+    <s v="Number"/>
+    <n v="13152"/>
+  </r>
+  <r>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="15"/>
+    <s v="Divorced"/>
+    <s v="11"/>
+    <s v="Male reference person"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD506C1"/>
+    <s v="Total private households"/>
+    <s v="Number"/>
+    <n v="1762"/>
+  </r>
+  <r>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="15"/>
+    <s v="Divorced"/>
+    <s v="11"/>
+    <s v="Male reference person"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD506C2"/>
+    <s v="All persons in private households"/>
+    <s v="Number"/>
+    <n v="3977"/>
+  </r>
+  <r>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="15"/>
+    <s v="Divorced"/>
+    <s v="12"/>
+    <s v="Female reference person"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD506C1"/>
+    <s v="Total private households"/>
+    <s v="Number"/>
+    <n v="3117"/>
+  </r>
+  <r>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="15"/>
+    <s v="Divorced"/>
+    <s v="12"/>
+    <s v="Female reference person"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD506C2"/>
+    <s v="All persons in private households"/>
+    <s v="Number"/>
+    <n v="9175"/>
+  </r>
+  <r>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="-1"/>
+    <s v="All reference persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD506C1"/>
+    <s v="Total private households"/>
+    <s v="Number"/>
+    <n v="1213"/>
+  </r>
+  <r>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="-1"/>
+    <s v="All reference persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD506C2"/>
+    <s v="All persons in private households"/>
+    <s v="Number"/>
+    <n v="3316"/>
+  </r>
+  <r>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="11"/>
+    <s v="Male reference person"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD506C1"/>
+    <s v="Total private households"/>
+    <s v="Number"/>
+    <n v="293"/>
+  </r>
+  <r>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="11"/>
+    <s v="Male reference person"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD506C2"/>
+    <s v="All persons in private households"/>
+    <s v="Number"/>
+    <n v="671"/>
+  </r>
+  <r>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="12"/>
+    <s v="Female reference person"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD506C1"/>
+    <s v="Total private households"/>
+    <s v="Number"/>
+    <n v="920"/>
+  </r>
+  <r>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="12"/>
+    <s v="Female reference person"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD506C2"/>
+    <s v="All persons in private households"/>
+    <s v="Number"/>
+    <n v="2645"/>
+  </r>
+  <r>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="-1"/>
+    <s v="All reference persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD506C1"/>
+    <s v="Total private households"/>
+    <s v="Number"/>
+    <n v="175797"/>
+  </r>
+  <r>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="-1"/>
+    <s v="All reference persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD506C2"/>
+    <s v="All persons in private households"/>
+    <s v="Number"/>
+    <n v="613322"/>
+  </r>
+  <r>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="11"/>
+    <s v="Male reference person"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD506C1"/>
+    <s v="Total private households"/>
+    <s v="Number"/>
+    <n v="110121"/>
+  </r>
+  <r>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="11"/>
+    <s v="Male reference person"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD506C2"/>
+    <s v="All persons in private households"/>
+    <s v="Number"/>
+    <n v="401697"/>
+  </r>
+  <r>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="12"/>
+    <s v="Female reference person"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD506C1"/>
+    <s v="Total private households"/>
+    <s v="Number"/>
+    <n v="65676"/>
+  </r>
+  <r>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="12"/>
+    <s v="Female reference person"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD506C2"/>
+    <s v="All persons in private households"/>
+    <s v="Number"/>
+    <n v="211625"/>
+  </r>
+  <r>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="-1"/>
+    <s v="All reference persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD506C1"/>
+    <s v="Total private households"/>
+    <s v="Number"/>
+    <n v="44212"/>
+  </r>
+  <r>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="-1"/>
+    <s v="All reference persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD506C2"/>
+    <s v="All persons in private households"/>
+    <s v="Number"/>
+    <n v="88395"/>
+  </r>
+  <r>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="11"/>
+    <s v="Male reference person"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD506C1"/>
+    <s v="Total private households"/>
+    <s v="Number"/>
+    <n v="21312"/>
+  </r>
+  <r>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="11"/>
+    <s v="Male reference person"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD506C2"/>
+    <s v="All persons in private households"/>
+    <s v="Number"/>
+    <n v="38668"/>
+  </r>
+  <r>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="12"/>
+    <s v="Female reference person"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD506C1"/>
+    <s v="Total private households"/>
+    <s v="Number"/>
+    <n v="22900"/>
+  </r>
+  <r>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="12"/>
+    <s v="Female reference person"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD506C2"/>
+    <s v="All persons in private households"/>
+    <s v="Number"/>
+    <n v="49727"/>
+  </r>
+  <r>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="03"/>
+    <s v="All married"/>
+    <s v="-1"/>
+    <s v="All reference persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD506C1"/>
+    <s v="Total private households"/>
+    <s v="Number"/>
+    <n v="108369"/>
+  </r>
+  <r>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="03"/>
+    <s v="All married"/>
+    <s v="-1"/>
+    <s v="All reference persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD506C2"/>
+    <s v="All persons in private households"/>
+    <s v="Number"/>
+    <n v="461535"/>
+  </r>
+  <r>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="03"/>
+    <s v="All married"/>
+    <s v="11"/>
+    <s v="Male reference person"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD506C1"/>
+    <s v="Total private households"/>
+    <s v="Number"/>
+    <n v="81031"/>
+  </r>
+  <r>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="03"/>
+    <s v="All married"/>
+    <s v="11"/>
+    <s v="Male reference person"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD506C2"/>
+    <s v="All persons in private households"/>
+    <s v="Number"/>
+    <n v="347004"/>
+  </r>
+  <r>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="03"/>
+    <s v="All married"/>
+    <s v="12"/>
+    <s v="Female reference person"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD506C1"/>
+    <s v="Total private households"/>
+    <s v="Number"/>
+    <n v="27338"/>
+  </r>
+  <r>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="03"/>
+    <s v="All married"/>
+    <s v="12"/>
+    <s v="Female reference person"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD506C2"/>
+    <s v="All persons in private households"/>
+    <s v="Number"/>
+    <n v="114531"/>
+  </r>
+  <r>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="05"/>
+    <s v="Married (first marriage)"/>
+    <s v="-1"/>
+    <s v="All reference persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD506C1"/>
+    <s v="Total private households"/>
+    <s v="Number"/>
+    <n v="105038"/>
+  </r>
+  <r>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="05"/>
+    <s v="Married (first marriage)"/>
+    <s v="-1"/>
+    <s v="All reference persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD506C2"/>
+    <s v="All persons in private households"/>
+    <s v="Number"/>
+    <n v="448957"/>
+  </r>
+  <r>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="05"/>
+    <s v="Married (first marriage)"/>
+    <s v="11"/>
+    <s v="Male reference person"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD506C1"/>
+    <s v="Total private households"/>
+    <s v="Number"/>
+    <n v="78783"/>
+  </r>
+  <r>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="05"/>
+    <s v="Married (first marriage)"/>
+    <s v="11"/>
+    <s v="Male reference person"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD506C2"/>
+    <s v="All persons in private households"/>
+    <s v="Number"/>
+    <n v="338653"/>
+  </r>
+  <r>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="05"/>
+    <s v="Married (first marriage)"/>
+    <s v="12"/>
+    <s v="Female reference person"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD506C1"/>
+    <s v="Total private households"/>
+    <s v="Number"/>
+    <n v="26255"/>
+  </r>
+  <r>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="05"/>
+    <s v="Married (first marriage)"/>
+    <s v="12"/>
+    <s v="Female reference person"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD506C2"/>
+    <s v="All persons in private households"/>
+    <s v="Number"/>
+    <n v="110304"/>
+  </r>
+  <r>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="09"/>
+    <s v="Re-married (following widowhood)"/>
+    <s v="-1"/>
+    <s v="All reference persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD506C1"/>
+    <s v="Total private households"/>
+    <s v="Number"/>
+    <n v="260"/>
+  </r>
+  <r>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="09"/>
+    <s v="Re-married (following widowhood)"/>
+    <s v="-1"/>
+    <s v="All reference persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD506C2"/>
+    <s v="All persons in private households"/>
+    <s v="Number"/>
+    <n v="1046"/>
+  </r>
+  <r>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="09"/>
+    <s v="Re-married (following widowhood)"/>
+    <s v="11"/>
+    <s v="Male reference person"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD506C1"/>
+    <s v="Total private households"/>
+    <s v="Number"/>
+    <n v="157"/>
+  </r>
+  <r>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="09"/>
+    <s v="Re-married (following widowhood)"/>
+    <s v="11"/>
+    <s v="Male reference person"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD506C2"/>
+    <s v="All persons in private households"/>
+    <s v="Number"/>
+    <n v="626"/>
+  </r>
+  <r>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="09"/>
+    <s v="Re-married (following widowhood)"/>
+    <s v="12"/>
+    <s v="Female reference person"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD506C1"/>
+    <s v="Total private households"/>
+    <s v="Number"/>
+    <n v="103"/>
+  </r>
+  <r>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="09"/>
+    <s v="Re-married (following widowhood)"/>
+    <s v="12"/>
+    <s v="Female reference person"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD506C2"/>
+    <s v="All persons in private households"/>
+    <s v="Number"/>
+    <n v="420"/>
+  </r>
+  <r>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="11"/>
+    <s v="Re-married (following dissolution of previous marriage)"/>
+    <s v="-1"/>
+    <s v="All reference persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD506C1"/>
+    <s v="Total private households"/>
+    <s v="Number"/>
+    <n v="3071"/>
+  </r>
+  <r>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="11"/>
+    <s v="Re-married (following dissolution of previous marriage)"/>
+    <s v="-1"/>
+    <s v="All reference persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD506C2"/>
+    <s v="All persons in private households"/>
+    <s v="Number"/>
+    <n v="11532"/>
+  </r>
+  <r>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="11"/>
+    <s v="Re-married (following dissolution of previous marriage)"/>
+    <s v="11"/>
+    <s v="Male reference person"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD506C1"/>
+    <s v="Total private households"/>
+    <s v="Number"/>
+    <n v="2091"/>
+  </r>
+  <r>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="11"/>
+    <s v="Re-married (following dissolution of previous marriage)"/>
+    <s v="11"/>
+    <s v="Male reference person"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD506C2"/>
+    <s v="All persons in private households"/>
+    <s v="Number"/>
+    <n v="7725"/>
+  </r>
+  <r>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="11"/>
+    <s v="Re-married (following dissolution of previous marriage)"/>
+    <s v="12"/>
+    <s v="Female reference person"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD506C1"/>
+    <s v="Total private households"/>
+    <s v="Number"/>
+    <n v="980"/>
+  </r>
+  <r>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="11"/>
+    <s v="Re-married (following dissolution of previous marriage)"/>
+    <s v="12"/>
+    <s v="Female reference person"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD506C2"/>
+    <s v="All persons in private households"/>
+    <s v="Number"/>
+    <n v="3807"/>
+  </r>
+  <r>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="13"/>
+    <s v="Separated (including deserted)"/>
+    <s v="-1"/>
+    <s v="All reference persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD506C1"/>
+    <s v="Total private households"/>
+    <s v="Number"/>
+    <n v="12474"/>
+  </r>
+  <r>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="13"/>
+    <s v="Separated (including deserted)"/>
+    <s v="-1"/>
+    <s v="All reference persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD506C2"/>
+    <s v="All persons in private households"/>
+    <s v="Number"/>
+    <n v="34582"/>
+  </r>
+  <r>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="13"/>
+    <s v="Separated (including deserted)"/>
+    <s v="11"/>
+    <s v="Male reference person"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD506C1"/>
+    <s v="Total private households"/>
+    <s v="Number"/>
+    <n v="4238"/>
+  </r>
+  <r>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="13"/>
+    <s v="Separated (including deserted)"/>
+    <s v="11"/>
+    <s v="Male reference person"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD506C2"/>
+    <s v="All persons in private households"/>
+    <s v="Number"/>
+    <n v="8076"/>
+  </r>
+  <r>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="13"/>
+    <s v="Separated (including deserted)"/>
+    <s v="12"/>
+    <s v="Female reference person"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD506C1"/>
+    <s v="Total private households"/>
+    <s v="Number"/>
+    <n v="8236"/>
+  </r>
+  <r>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="13"/>
+    <s v="Separated (including deserted)"/>
+    <s v="12"/>
+    <s v="Female reference person"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD506C2"/>
+    <s v="All persons in private households"/>
+    <s v="Number"/>
+    <n v="26506"/>
+  </r>
+  <r>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="15"/>
+    <s v="Divorced"/>
+    <s v="-1"/>
+    <s v="All reference persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD506C1"/>
+    <s v="Total private households"/>
+    <s v="Number"/>
+    <n v="8738"/>
+  </r>
+  <r>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="15"/>
+    <s v="Divorced"/>
+    <s v="-1"/>
+    <s v="All reference persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD506C2"/>
+    <s v="All persons in private households"/>
+    <s v="Number"/>
+    <n v="22977"/>
+  </r>
+  <r>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="15"/>
+    <s v="Divorced"/>
+    <s v="11"/>
+    <s v="Male reference person"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD506C1"/>
+    <s v="Total private households"/>
+    <s v="Number"/>
+    <n v="3013"/>
+  </r>
+  <r>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="15"/>
+    <s v="Divorced"/>
+    <s v="11"/>
+    <s v="Male reference person"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD506C2"/>
+    <s v="All persons in private households"/>
+    <s v="Number"/>
+    <n v="6537"/>
+  </r>
+  <r>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="15"/>
+    <s v="Divorced"/>
+    <s v="12"/>
+    <s v="Female reference person"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD506C1"/>
+    <s v="Total private households"/>
+    <s v="Number"/>
+    <n v="5725"/>
+  </r>
+  <r>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="15"/>
+    <s v="Divorced"/>
+    <s v="12"/>
+    <s v="Female reference person"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD506C2"/>
+    <s v="All persons in private households"/>
+    <s v="Number"/>
+    <n v="16440"/>
+  </r>
+  <r>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="-1"/>
+    <s v="All reference persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD506C1"/>
+    <s v="Total private households"/>
+    <s v="Number"/>
+    <n v="2004"/>
+  </r>
+  <r>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="-1"/>
+    <s v="All reference persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD506C2"/>
+    <s v="All persons in private households"/>
+    <s v="Number"/>
+    <n v="5833"/>
+  </r>
+  <r>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="11"/>
+    <s v="Male reference person"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD506C1"/>
+    <s v="Total private households"/>
+    <s v="Number"/>
+    <n v="527"/>
+  </r>
+  <r>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="11"/>
+    <s v="Male reference person"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD506C2"/>
+    <s v="All persons in private households"/>
+    <s v="Number"/>
+    <n v="1412"/>
+  </r>
+  <r>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="12"/>
+    <s v="Female reference person"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD506C1"/>
+    <s v="Total private households"/>
+    <s v="Number"/>
+    <n v="1477"/>
+  </r>
+  <r>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="12"/>
+    <s v="Female reference person"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD506C2"/>
+    <s v="All persons in private households"/>
+    <s v="Number"/>
+    <n v="4421"/>
+  </r>
+  <r>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="-1"/>
+    <s v="All reference persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD506C1"/>
+    <s v="Total private households"/>
+    <s v="Number"/>
+    <n v="165625"/>
+  </r>
+  <r>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="-1"/>
+    <s v="All reference persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD506C2"/>
+    <s v="All persons in private households"/>
+    <s v="Number"/>
+    <n v="569555"/>
+  </r>
+  <r>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="11"/>
+    <s v="Male reference person"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD506C1"/>
+    <s v="Total private households"/>
+    <s v="Number"/>
+    <n v="107102"/>
+  </r>
+  <r>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="11"/>
+    <s v="Male reference person"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD506C2"/>
+    <s v="All persons in private households"/>
+    <s v="Number"/>
+    <n v="392047"/>
+  </r>
+  <r>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="12"/>
+    <s v="Female reference person"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD506C1"/>
+    <s v="Total private households"/>
+    <s v="Number"/>
+    <n v="58523"/>
+  </r>
+  <r>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="12"/>
+    <s v="Female reference person"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD506C2"/>
+    <s v="All persons in private households"/>
+    <s v="Number"/>
+    <n v="177508"/>
+  </r>
+  <r>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="-1"/>
+    <s v="All reference persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD506C1"/>
+    <s v="Total private households"/>
+    <s v="Number"/>
+    <n v="31696"/>
+  </r>
+  <r>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="-1"/>
+    <s v="All reference persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD506C2"/>
+    <s v="All persons in private households"/>
+    <s v="Number"/>
+    <n v="55124"/>
+  </r>
+  <r>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="11"/>
+    <s v="Male reference person"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD506C1"/>
+    <s v="Total private households"/>
+    <s v="Number"/>
+    <n v="15922"/>
+  </r>
+  <r>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="11"/>
+    <s v="Male reference person"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD506C2"/>
+    <s v="All persons in private households"/>
+    <s v="Number"/>
+    <n v="25461"/>
+  </r>
+  <r>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="12"/>
+    <s v="Female reference person"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD506C1"/>
+    <s v="Total private households"/>
+    <s v="Number"/>
+    <n v="15774"/>
+  </r>
+  <r>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="12"/>
+    <s v="Female reference person"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD506C2"/>
+    <s v="All persons in private households"/>
+    <s v="Number"/>
+    <n v="29663"/>
+  </r>
+  <r>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="03"/>
+    <s v="All married"/>
+    <s v="-1"/>
+    <s v="All reference persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD506C1"/>
+    <s v="Total private households"/>
+    <s v="Number"/>
+    <n v="103577"/>
+  </r>
+  <r>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="03"/>
+    <s v="All married"/>
+    <s v="-1"/>
+    <s v="All reference persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD506C2"/>
+    <s v="All persons in private households"/>
+    <s v="Number"/>
+    <n v="438060"/>
+  </r>
+  <r>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="03"/>
+    <s v="All married"/>
+    <s v="11"/>
+    <s v="Male reference person"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD506C1"/>
+    <s v="Total private households"/>
+    <s v="Number"/>
+    <n v="80592"/>
+  </r>
+  <r>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="03"/>
+    <s v="All married"/>
+    <s v="11"/>
+    <s v="Male reference person"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD506C2"/>
+    <s v="All persons in private households"/>
+    <s v="Number"/>
+    <n v="345514"/>
+  </r>
+  <r>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="03"/>
+    <s v="All married"/>
+    <s v="12"/>
+    <s v="Female reference person"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD506C1"/>
+    <s v="Total private households"/>
+    <s v="Number"/>
+    <n v="22985"/>
+  </r>
+  <r>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="03"/>
+    <s v="All married"/>
+    <s v="12"/>
+    <s v="Female reference person"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD506C2"/>
+    <s v="All persons in private households"/>
+    <s v="Number"/>
+    <n v="92546"/>
+  </r>
+  <r>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="05"/>
+    <s v="Married (first marriage)"/>
+    <s v="-1"/>
+    <s v="All reference persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD506C1"/>
+    <s v="Total private households"/>
+    <s v="Number"/>
+    <n v="99283"/>
+  </r>
+  <r>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="05"/>
+    <s v="Married (first marriage)"/>
+    <s v="-1"/>
+    <s v="All reference persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD506C2"/>
+    <s v="All persons in private households"/>
+    <s v="Number"/>
+    <n v="422402"/>
+  </r>
+  <r>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="05"/>
+    <s v="Married (first marriage)"/>
+    <s v="11"/>
+    <s v="Male reference person"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD506C1"/>
+    <s v="Total private households"/>
+    <s v="Number"/>
+    <n v="77555"/>
+  </r>
+  <r>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="05"/>
+    <s v="Married (first marriage)"/>
+    <s v="11"/>
+    <s v="Male reference person"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD506C2"/>
+    <s v="All persons in private households"/>
+    <s v="Number"/>
+    <n v="334329"/>
+  </r>
+  <r>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="05"/>
+    <s v="Married (first marriage)"/>
+    <s v="12"/>
+    <s v="Female reference person"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD506C1"/>
+    <s v="Total private households"/>
+    <s v="Number"/>
+    <n v="21728"/>
+  </r>
+  <r>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="05"/>
+    <s v="Married (first marriage)"/>
+    <s v="12"/>
+    <s v="Female reference person"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD506C2"/>
+    <s v="All persons in private households"/>
+    <s v="Number"/>
+    <n v="88073"/>
+  </r>
+  <r>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="09"/>
+    <s v="Re-married (following widowhood)"/>
+    <s v="-1"/>
+    <s v="All reference persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD506C1"/>
+    <s v="Total private households"/>
+    <s v="Number"/>
+    <n v="392"/>
+  </r>
+  <r>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="09"/>
+    <s v="Re-married (following widowhood)"/>
+    <s v="-1"/>
+    <s v="All reference persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD506C2"/>
+    <s v="All persons in private households"/>
+    <s v="Number"/>
+    <n v="1629"/>
+  </r>
+  <r>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="09"/>
+    <s v="Re-married (following widowhood)"/>
+    <s v="11"/>
+    <s v="Male reference person"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD506C1"/>
+    <s v="Total private households"/>
+    <s v="Number"/>
+    <n v="235"/>
+  </r>
+  <r>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="09"/>
+    <s v="Re-married (following widowhood)"/>
+    <s v="11"/>
+    <s v="Male reference person"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD506C2"/>
+    <s v="All persons in private households"/>
+    <s v="Number"/>
+    <n v="1008"/>
+  </r>
+  <r>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="09"/>
+    <s v="Re-married (following widowhood)"/>
+    <s v="12"/>
+    <s v="Female reference person"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD506C1"/>
+    <s v="Total private households"/>
+    <s v="Number"/>
+    <n v="157"/>
+  </r>
+  <r>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="09"/>
+    <s v="Re-married (following widowhood)"/>
+    <s v="12"/>
+    <s v="Female reference person"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD506C2"/>
+    <s v="All persons in private households"/>
+    <s v="Number"/>
+    <n v="621"/>
+  </r>
+  <r>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="11"/>
+    <s v="Re-married (following dissolution of previous marriage)"/>
+    <s v="-1"/>
+    <s v="All reference persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD506C1"/>
+    <s v="Total private households"/>
+    <s v="Number"/>
+    <n v="3902"/>
+  </r>
+  <r>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="11"/>
+    <s v="Re-married (following dissolution of previous marriage)"/>
+    <s v="-1"/>
+    <s v="All reference persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD506C2"/>
+    <s v="All persons in private households"/>
+    <s v="Number"/>
+    <n v="14029"/>
+  </r>
+  <r>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="11"/>
+    <s v="Re-married (following dissolution of previous marriage)"/>
+    <s v="11"/>
+    <s v="Male reference person"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD506C1"/>
+    <s v="Total private households"/>
+    <s v="Number"/>
+    <n v="2802"/>
+  </r>
+  <r>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="11"/>
+    <s v="Re-married (following dissolution of previous marriage)"/>
+    <s v="11"/>
+    <s v="Male reference person"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD506C2"/>
+    <s v="All persons in private households"/>
+    <s v="Number"/>
+    <n v="10177"/>
+  </r>
+  <r>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="11"/>
+    <s v="Re-married (following dissolution of previous marriage)"/>
+    <s v="12"/>
+    <s v="Female reference person"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD506C1"/>
+    <s v="Total private households"/>
+    <s v="Number"/>
+    <n v="1100"/>
+  </r>
+  <r>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="11"/>
+    <s v="Re-married (following dissolution of previous marriage)"/>
+    <s v="12"/>
+    <s v="Female reference person"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD506C2"/>
+    <s v="All persons in private households"/>
+    <s v="Number"/>
+    <n v="3852"/>
+  </r>
+  <r>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="13"/>
+    <s v="Separated (including deserted)"/>
+    <s v="-1"/>
+    <s v="All reference persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD506C1"/>
+    <s v="Total private households"/>
+    <s v="Number"/>
+    <n v="15007"/>
+  </r>
+  <r>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="13"/>
+    <s v="Separated (including deserted)"/>
+    <s v="-1"/>
+    <s v="All reference persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD506C2"/>
+    <s v="All persons in private households"/>
+    <s v="Number"/>
+    <n v="38446"/>
+  </r>
+  <r>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="13"/>
+    <s v="Separated (including deserted)"/>
+    <s v="11"/>
+    <s v="Male reference person"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD506C1"/>
+    <s v="Total private households"/>
+    <s v="Number"/>
+    <n v="5415"/>
+  </r>
+  <r>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="13"/>
+    <s v="Separated (including deserted)"/>
+    <s v="11"/>
+    <s v="Male reference person"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD506C2"/>
+    <s v="All persons in private households"/>
+    <s v="Number"/>
+    <n v="10291"/>
+  </r>
+  <r>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="13"/>
+    <s v="Separated (including deserted)"/>
+    <s v="12"/>
+    <s v="Female reference person"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD506C1"/>
+    <s v="Total private households"/>
+    <s v="Number"/>
+    <n v="9592"/>
+  </r>
+  <r>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="13"/>
+    <s v="Separated (including deserted)"/>
+    <s v="12"/>
+    <s v="Female reference person"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD506C2"/>
+    <s v="All persons in private households"/>
+    <s v="Number"/>
+    <n v="28155"/>
+  </r>
+  <r>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="15"/>
+    <s v="Divorced"/>
+    <s v="-1"/>
+    <s v="All reference persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD506C1"/>
+    <s v="Total private households"/>
+    <s v="Number"/>
+    <n v="11601"/>
+  </r>
+  <r>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="15"/>
+    <s v="Divorced"/>
+    <s v="-1"/>
+    <s v="All reference persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD506C2"/>
+    <s v="All persons in private households"/>
+    <s v="Number"/>
+    <n v="27472"/>
+  </r>
+  <r>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="15"/>
+    <s v="Divorced"/>
+    <s v="11"/>
+    <s v="Male reference person"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD506C1"/>
+    <s v="Total private households"/>
+    <s v="Number"/>
+    <n v="4212"/>
+  </r>
+  <r>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="15"/>
+    <s v="Divorced"/>
+    <s v="11"/>
+    <s v="Male reference person"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD506C2"/>
+    <s v="All persons in private households"/>
+    <s v="Number"/>
+    <n v="8148"/>
+  </r>
+  <r>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="15"/>
+    <s v="Divorced"/>
+    <s v="12"/>
+    <s v="Female reference person"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD506C1"/>
+    <s v="Total private households"/>
+    <s v="Number"/>
+    <n v="7389"/>
+  </r>
+  <r>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="15"/>
+    <s v="Divorced"/>
+    <s v="12"/>
+    <s v="Female reference person"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD506C2"/>
+    <s v="All persons in private households"/>
+    <s v="Number"/>
+    <n v="19324"/>
+  </r>
+  <r>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="-1"/>
+    <s v="All reference persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD506C1"/>
+    <s v="Total private households"/>
+    <s v="Number"/>
+    <n v="3744"/>
+  </r>
+  <r>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="-1"/>
+    <s v="All reference persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD506C2"/>
+    <s v="All persons in private households"/>
+    <s v="Number"/>
+    <n v="10453"/>
+  </r>
+  <r>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="11"/>
+    <s v="Male reference person"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD506C1"/>
+    <s v="Total private households"/>
+    <s v="Number"/>
+    <n v="961"/>
+  </r>
+  <r>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="11"/>
+    <s v="Male reference person"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD506C2"/>
+    <s v="All persons in private households"/>
+    <s v="Number"/>
+    <n v="2633"/>
+  </r>
+  <r>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="12"/>
+    <s v="Female reference person"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD506C1"/>
+    <s v="Total private households"/>
+    <s v="Number"/>
+    <n v="2783"/>
+  </r>
+  <r>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="12"/>
+    <s v="Female reference person"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD506C2"/>
+    <s v="All persons in private households"/>
+    <s v="Number"/>
+    <n v="7820"/>
+  </r>
+  <r>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="-1"/>
+    <s v="All reference persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD506C1"/>
+    <s v="Total private households"/>
+    <s v="Number"/>
+    <n v="154148"/>
+  </r>
+  <r>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="-1"/>
+    <s v="All reference persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD506C2"/>
+    <s v="All persons in private households"/>
+    <s v="Number"/>
+    <n v="481235"/>
+  </r>
+  <r>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="11"/>
+    <s v="Male reference person"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD506C1"/>
+    <s v="Total private households"/>
+    <s v="Number"/>
+    <n v="102774"/>
+  </r>
+  <r>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="11"/>
+    <s v="Male reference person"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD506C2"/>
+    <s v="All persons in private households"/>
+    <s v="Number"/>
+    <n v="344507"/>
+  </r>
+  <r>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="12"/>
+    <s v="Female reference person"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD506C1"/>
+    <s v="Total private households"/>
+    <s v="Number"/>
+    <n v="51374"/>
+  </r>
+  <r>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="12"/>
+    <s v="Female reference person"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD506C2"/>
+    <s v="All persons in private households"/>
+    <s v="Number"/>
+    <n v="136728"/>
+  </r>
+  <r>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="-1"/>
+    <s v="All reference persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD506C1"/>
+    <s v="Total private households"/>
+    <s v="Number"/>
+    <n v="24958"/>
+  </r>
+  <r>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="-1"/>
+    <s v="All reference persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD506C2"/>
+    <s v="All persons in private households"/>
+    <s v="Number"/>
+    <n v="37445"/>
+  </r>
+  <r>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="11"/>
+    <s v="Male reference person"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD506C1"/>
+    <s v="Total private households"/>
+    <s v="Number"/>
+    <n v="13469"/>
+  </r>
+  <r>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="11"/>
+    <s v="Male reference person"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD506C2"/>
+    <s v="All persons in private households"/>
+    <s v="Number"/>
+    <n v="19113"/>
+  </r>
+  <r>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="12"/>
+    <s v="Female reference person"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD506C1"/>
+    <s v="Total private households"/>
+    <s v="Number"/>
+    <n v="11489"/>
+  </r>
+  <r>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="12"/>
+    <s v="Female reference person"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD506C2"/>
+    <s v="All persons in private households"/>
+    <s v="Number"/>
+    <n v="18332"/>
+  </r>
+  <r>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="03"/>
+    <s v="All married"/>
+    <s v="-1"/>
+    <s v="All reference persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD506C1"/>
+    <s v="Total private households"/>
+    <s v="Number"/>
+    <n v="96091"/>
+  </r>
+  <r>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="03"/>
+    <s v="All married"/>
+    <s v="-1"/>
+    <s v="All reference persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD506C2"/>
+    <s v="All persons in private households"/>
+    <s v="Number"/>
+    <n v="370991"/>
+  </r>
+  <r>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="03"/>
+    <s v="All married"/>
+    <s v="11"/>
+    <s v="Male reference person"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD506C1"/>
+    <s v="Total private households"/>
+    <s v="Number"/>
+    <n v="76838"/>
+  </r>
+  <r>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="03"/>
+    <s v="All married"/>
+    <s v="11"/>
+    <s v="Male reference person"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD506C2"/>
+    <s v="All persons in private households"/>
+    <s v="Number"/>
+    <n v="301978"/>
+  </r>
+  <r>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="03"/>
+    <s v="All married"/>
+    <s v="12"/>
+    <s v="Female reference person"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD506C1"/>
+    <s v="Total private households"/>
+    <s v="Number"/>
+    <n v="19253"/>
+  </r>
+  <r>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="03"/>
+    <s v="All married"/>
+    <s v="12"/>
+    <s v="Female reference person"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD506C2"/>
+    <s v="All persons in private households"/>
+    <s v="Number"/>
+    <n v="69013"/>
+  </r>
+  <r>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="05"/>
+    <s v="Married (first marriage)"/>
+    <s v="-1"/>
+    <s v="All reference persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD506C1"/>
+    <s v="Total private households"/>
+    <s v="Number"/>
+    <n v="91782"/>
+  </r>
+  <r>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="05"/>
+    <s v="Married (first marriage)"/>
+    <s v="-1"/>
+    <s v="All reference persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD506C2"/>
+    <s v="All persons in private households"/>
+    <s v="Number"/>
+    <n v="356765"/>
+  </r>
+  <r>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="05"/>
+    <s v="Married (first marriage)"/>
+    <s v="11"/>
+    <s v="Male reference person"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD506C1"/>
+    <s v="Total private households"/>
+    <s v="Number"/>
+    <n v="73563"/>
+  </r>
+  <r>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="05"/>
+    <s v="Married (first marriage)"/>
+    <s v="11"/>
+    <s v="Male reference person"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD506C2"/>
+    <s v="All persons in private households"/>
+    <s v="Number"/>
+    <n v="290898"/>
+  </r>
+  <r>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="05"/>
+    <s v="Married (first marriage)"/>
+    <s v="12"/>
+    <s v="Female reference person"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD506C1"/>
+    <s v="Total private households"/>
+    <s v="Number"/>
+    <n v="18219"/>
+  </r>
+  <r>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="05"/>
+    <s v="Married (first marriage)"/>
+    <s v="12"/>
+    <s v="Female reference person"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD506C2"/>
+    <s v="All persons in private households"/>
+    <s v="Number"/>
+    <n v="65867"/>
+  </r>
+  <r>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="09"/>
+    <s v="Re-married (following widowhood)"/>
+    <s v="-1"/>
+    <s v="All reference persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD506C1"/>
+    <s v="Total private households"/>
+    <s v="Number"/>
+    <n v="461"/>
+  </r>
+  <r>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="09"/>
+    <s v="Re-married (following widowhood)"/>
+    <s v="-1"/>
+    <s v="All reference persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD506C2"/>
+    <s v="All persons in private households"/>
+    <s v="Number"/>
+    <n v="1705"/>
+  </r>
+  <r>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="09"/>
+    <s v="Re-married (following widowhood)"/>
+    <s v="11"/>
+    <s v="Male reference person"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD506C1"/>
+    <s v="Total private households"/>
+    <s v="Number"/>
+    <n v="296"/>
+  </r>
+  <r>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="09"/>
+    <s v="Re-married (following widowhood)"/>
+    <s v="11"/>
+    <s v="Male reference person"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD506C2"/>
+    <s v="All persons in private households"/>
+    <s v="Number"/>
+    <n v="1140"/>
+  </r>
+  <r>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="09"/>
+    <s v="Re-married (following widowhood)"/>
+    <s v="12"/>
+    <s v="Female reference person"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD506C1"/>
+    <s v="Total private households"/>
+    <s v="Number"/>
+    <n v="165"/>
+  </r>
+  <r>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="09"/>
+    <s v="Re-married (following widowhood)"/>
+    <s v="12"/>
+    <s v="Female reference person"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD506C2"/>
+    <s v="All persons in private households"/>
+    <s v="Number"/>
+    <n v="565"/>
+  </r>
+  <r>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="11"/>
+    <s v="Re-married (following dissolution of previous marriage)"/>
+    <s v="-1"/>
+    <s v="All reference persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD506C1"/>
+    <s v="Total private households"/>
+    <s v="Number"/>
+    <n v="3848"/>
+  </r>
+  <r>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="11"/>
+    <s v="Re-married (following dissolution of previous marriage)"/>
+    <s v="-1"/>
+    <s v="All reference persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD506C2"/>
+    <s v="All persons in private households"/>
+    <s v="Number"/>
+    <n v="12521"/>
+  </r>
+  <r>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="11"/>
+    <s v="Re-married (following dissolution of previous marriage)"/>
+    <s v="11"/>
+    <s v="Male reference person"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD506C1"/>
+    <s v="Total private households"/>
+    <s v="Number"/>
+    <n v="2979"/>
+  </r>
+  <r>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="11"/>
+    <s v="Re-married (following dissolution of previous marriage)"/>
+    <s v="11"/>
+    <s v="Male reference person"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD506C2"/>
+    <s v="All persons in private households"/>
+    <s v="Number"/>
+    <n v="9940"/>
+  </r>
+  <r>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="11"/>
+    <s v="Re-married (following dissolution of previous marriage)"/>
+    <s v="12"/>
+    <s v="Female reference person"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD506C1"/>
+    <s v="Total private households"/>
+    <s v="Number"/>
+    <n v="869"/>
+  </r>
+  <r>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="11"/>
+    <s v="Re-married (following dissolution of previous marriage)"/>
+    <s v="12"/>
+    <s v="Female reference person"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD506C2"/>
+    <s v="All persons in private households"/>
+    <s v="Number"/>
+    <n v="2581"/>
+  </r>
+  <r>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="13"/>
+    <s v="Separated (including deserted)"/>
+    <s v="-1"/>
+    <s v="All reference persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD506C1"/>
+    <s v="Total private households"/>
+    <s v="Number"/>
+    <n v="15248"/>
+  </r>
+  <r>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="13"/>
+    <s v="Separated (including deserted)"/>
+    <s v="-1"/>
+    <s v="All reference persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD506C2"/>
+    <s v="All persons in private households"/>
+    <s v="Number"/>
+    <n v="33325"/>
+  </r>
+  <r>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="13"/>
+    <s v="Separated (including deserted)"/>
+    <s v="11"/>
+    <s v="Male reference person"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD506C1"/>
+    <s v="Total private households"/>
+    <s v="Number"/>
+    <n v="6056"/>
+  </r>
+  <r>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="13"/>
+    <s v="Separated (including deserted)"/>
+    <s v="11"/>
+    <s v="Male reference person"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD506C2"/>
+    <s v="All persons in private households"/>
+    <s v="Number"/>
+    <n v="10657"/>
+  </r>
+  <r>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="13"/>
+    <s v="Separated (including deserted)"/>
+    <s v="12"/>
+    <s v="Female reference person"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD506C1"/>
+    <s v="Total private households"/>
+    <s v="Number"/>
+    <n v="9192"/>
+  </r>
+  <r>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="13"/>
+    <s v="Separated (including deserted)"/>
+    <s v="12"/>
+    <s v="Female reference person"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD506C2"/>
+    <s v="All persons in private households"/>
+    <s v="Number"/>
+    <n v="22668"/>
+  </r>
+  <r>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="15"/>
+    <s v="Divorced"/>
+    <s v="-1"/>
+    <s v="All reference persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD506C1"/>
+    <s v="Total private households"/>
+    <s v="Number"/>
+    <n v="11699"/>
+  </r>
+  <r>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="15"/>
+    <s v="Divorced"/>
+    <s v="-1"/>
+    <s v="All reference persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD506C2"/>
+    <s v="All persons in private households"/>
+    <s v="Number"/>
+    <n v="24128"/>
+  </r>
+  <r>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="15"/>
+    <s v="Divorced"/>
+    <s v="11"/>
+    <s v="Male reference person"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD506C1"/>
+    <s v="Total private households"/>
+    <s v="Number"/>
+    <n v="4723"/>
+  </r>
+  <r>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="15"/>
+    <s v="Divorced"/>
+    <s v="11"/>
+    <s v="Male reference person"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD506C2"/>
+    <s v="All persons in private households"/>
+    <s v="Number"/>
+    <n v="8558"/>
+  </r>
+  <r>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="15"/>
+    <s v="Divorced"/>
+    <s v="12"/>
+    <s v="Female reference person"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD506C1"/>
+    <s v="Total private households"/>
+    <s v="Number"/>
+    <n v="6976"/>
+  </r>
+  <r>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="15"/>
+    <s v="Divorced"/>
+    <s v="12"/>
+    <s v="Female reference person"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD506C2"/>
+    <s v="All persons in private households"/>
+    <s v="Number"/>
+    <n v="15570"/>
+  </r>
+  <r>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="-1"/>
+    <s v="All reference persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD506C1"/>
+    <s v="Total private households"/>
+    <s v="Number"/>
+    <n v="6152"/>
+  </r>
+  <r>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="-1"/>
+    <s v="All reference persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD506C2"/>
+    <s v="All persons in private households"/>
+    <s v="Number"/>
+    <n v="15346"/>
+  </r>
+  <r>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="11"/>
+    <s v="Male reference person"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD506C1"/>
+    <s v="Total private households"/>
+    <s v="Number"/>
+    <n v="1688"/>
+  </r>
+  <r>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="11"/>
+    <s v="Male reference person"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD506C2"/>
+    <s v="All persons in private households"/>
+    <s v="Number"/>
+    <n v="4201"/>
+  </r>
+  <r>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="12"/>
+    <s v="Female reference person"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD506C1"/>
+    <s v="Total private households"/>
+    <s v="Number"/>
+    <n v="4464"/>
+  </r>
+  <r>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="12"/>
+    <s v="Female reference person"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD506C2"/>
+    <s v="All persons in private households"/>
+    <s v="Number"/>
+    <n v="11145"/>
+  </r>
+  <r>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="-1"/>
+    <s v="All reference persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD506C1"/>
+    <s v="Total private households"/>
+    <s v="Number"/>
+    <n v="139835"/>
+  </r>
+  <r>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="-1"/>
+    <s v="All reference persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD506C2"/>
+    <s v="All persons in private households"/>
+    <s v="Number"/>
+    <n v="375208"/>
+  </r>
+  <r>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="11"/>
+    <s v="Male reference person"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD506C1"/>
+    <s v="Total private households"/>
+    <s v="Number"/>
+    <n v="95651"/>
+  </r>
+  <r>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="11"/>
+    <s v="Male reference person"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD506C2"/>
+    <s v="All persons in private households"/>
+    <s v="Number"/>
+    <n v="276394"/>
+  </r>
+  <r>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="12"/>
+    <s v="Female reference person"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD506C1"/>
+    <s v="Total private households"/>
+    <s v="Number"/>
+    <n v="44184"/>
+  </r>
+  <r>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="12"/>
+    <s v="Female reference person"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD506C2"/>
+    <s v="All persons in private households"/>
+    <s v="Number"/>
+    <n v="98814"/>
+  </r>
+  <r>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="-1"/>
+    <s v="All reference persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD506C1"/>
+    <s v="Total private households"/>
+    <s v="Number"/>
+    <n v="21477"/>
+  </r>
+  <r>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="-1"/>
+    <s v="All reference persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD506C2"/>
+    <s v="All persons in private households"/>
+    <s v="Number"/>
+    <n v="29015"/>
+  </r>
+  <r>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="11"/>
+    <s v="Male reference person"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD506C1"/>
+    <s v="Total private households"/>
+    <s v="Number"/>
+    <n v="12279"/>
+  </r>
+  <r>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="11"/>
+    <s v="Male reference person"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD506C2"/>
+    <s v="All persons in private households"/>
+    <s v="Number"/>
+    <n v="15987"/>
+  </r>
+  <r>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="12"/>
+    <s v="Female reference person"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD506C1"/>
+    <s v="Total private households"/>
+    <s v="Number"/>
+    <n v="9198"/>
+  </r>
+  <r>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="12"/>
+    <s v="Female reference person"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD506C2"/>
+    <s v="All persons in private households"/>
+    <s v="Number"/>
+    <n v="13028"/>
+  </r>
+  <r>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="03"/>
+    <s v="All married"/>
+    <s v="-1"/>
+    <s v="All reference persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD506C1"/>
+    <s v="Total private households"/>
+    <s v="Number"/>
+    <n v="86101"/>
+  </r>
+  <r>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="03"/>
+    <s v="All married"/>
+    <s v="-1"/>
+    <s v="All reference persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD506C2"/>
+    <s v="All persons in private households"/>
+    <s v="Number"/>
+    <n v="285155"/>
+  </r>
+  <r>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="03"/>
+    <s v="All married"/>
+    <s v="11"/>
+    <s v="Male reference person"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD506C1"/>
+    <s v="Total private households"/>
+    <s v="Number"/>
+    <n v="70871"/>
+  </r>
+  <r>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="03"/>
+    <s v="All married"/>
+    <s v="11"/>
+    <s v="Male reference person"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD506C2"/>
+    <s v="All persons in private households"/>
+    <s v="Number"/>
+    <n v="238849"/>
+  </r>
+  <r>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="03"/>
+    <s v="All married"/>
+    <s v="12"/>
+    <s v="Female reference person"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD506C1"/>
+    <s v="Total private households"/>
+    <s v="Number"/>
+    <n v="15230"/>
+  </r>
+  <r>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="03"/>
+    <s v="All married"/>
+    <s v="12"/>
+    <s v="Female reference person"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD506C2"/>
+    <s v="All persons in private households"/>
+    <s v="Number"/>
+    <n v="46306"/>
+  </r>
+  <r>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="05"/>
+    <s v="Married (first marriage)"/>
+    <s v="-1"/>
+    <s v="All reference persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD506C1"/>
+    <s v="Total private households"/>
+    <s v="Number"/>
+    <n v="82392"/>
+  </r>
+  <r>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="05"/>
+    <s v="Married (first marriage)"/>
+    <s v="-1"/>
+    <s v="All reference persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD506C2"/>
+    <s v="All persons in private households"/>
+    <s v="Number"/>
+    <n v="274192"/>
+  </r>
+  <r>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="05"/>
+    <s v="Married (first marriage)"/>
+    <s v="11"/>
+    <s v="Male reference person"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD506C1"/>
+    <s v="Total private households"/>
+    <s v="Number"/>
+    <n v="67938"/>
+  </r>
+  <r>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="05"/>
+    <s v="Married (first marriage)"/>
+    <s v="11"/>
+    <s v="Male reference person"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD506C2"/>
+    <s v="All persons in private households"/>
+    <s v="Number"/>
+    <n v="229921"/>
+  </r>
+  <r>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="05"/>
+    <s v="Married (first marriage)"/>
+    <s v="12"/>
+    <s v="Female reference person"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD506C1"/>
+    <s v="Total private households"/>
+    <s v="Number"/>
+    <n v="14454"/>
+  </r>
+  <r>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="05"/>
+    <s v="Married (first marriage)"/>
+    <s v="12"/>
+    <s v="Female reference person"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD506C2"/>
+    <s v="All persons in private households"/>
+    <s v="Number"/>
+    <n v="44271"/>
+  </r>
+  <r>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="09"/>
+    <s v="Re-married (following widowhood)"/>
+    <s v="-1"/>
+    <s v="All reference persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD506C1"/>
+    <s v="Total private households"/>
+    <s v="Number"/>
+    <n v="580"/>
+  </r>
+  <r>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="09"/>
+    <s v="Re-married (following widowhood)"/>
+    <s v="-1"/>
+    <s v="All reference persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD506C2"/>
+    <s v="All persons in private households"/>
+    <s v="Number"/>
+    <n v="1842"/>
+  </r>
+  <r>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="09"/>
+    <s v="Re-married (following widowhood)"/>
+    <s v="11"/>
+    <s v="Male reference person"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD506C1"/>
+    <s v="Total private households"/>
+    <s v="Number"/>
+    <n v="437"/>
+  </r>
+  <r>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="09"/>
+    <s v="Re-married (following widowhood)"/>
+    <s v="11"/>
+    <s v="Male reference person"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD506C2"/>
+    <s v="All persons in private households"/>
+    <s v="Number"/>
+    <n v="1453"/>
+  </r>
+  <r>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="09"/>
+    <s v="Re-married (following widowhood)"/>
+    <s v="12"/>
+    <s v="Female reference person"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD506C1"/>
+    <s v="Total private households"/>
+    <s v="Number"/>
+    <n v="143"/>
+  </r>
+  <r>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="09"/>
+    <s v="Re-married (following widowhood)"/>
+    <s v="12"/>
+    <s v="Female reference person"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD506C2"/>
+    <s v="All persons in private households"/>
+    <s v="Number"/>
+    <n v="389"/>
+  </r>
+  <r>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="11"/>
+    <s v="Re-married (following dissolution of previous marriage)"/>
+    <s v="-1"/>
+    <s v="All reference persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD506C1"/>
+    <s v="Total private households"/>
+    <s v="Number"/>
+    <n v="3129"/>
+  </r>
+  <r>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="11"/>
+    <s v="Re-married (following dissolution of previous marriage)"/>
+    <s v="-1"/>
+    <s v="All reference persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD506C2"/>
+    <s v="All persons in private households"/>
+    <s v="Number"/>
+    <n v="9121"/>
+  </r>
+  <r>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="11"/>
+    <s v="Re-married (following dissolution of previous marriage)"/>
+    <s v="11"/>
+    <s v="Male reference person"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD506C1"/>
+    <s v="Total private households"/>
+    <s v="Number"/>
+    <n v="2496"/>
+  </r>
+  <r>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="11"/>
+    <s v="Re-married (following dissolution of previous marriage)"/>
+    <s v="11"/>
+    <s v="Male reference person"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD506C2"/>
+    <s v="All persons in private households"/>
+    <s v="Number"/>
+    <n v="7475"/>
+  </r>
+  <r>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="11"/>
+    <s v="Re-married (following dissolution of previous marriage)"/>
+    <s v="12"/>
+    <s v="Female reference person"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD506C1"/>
+    <s v="Total private households"/>
+    <s v="Number"/>
+    <n v="633"/>
+  </r>
+  <r>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="11"/>
+    <s v="Re-married (following dissolution of previous marriage)"/>
+    <s v="12"/>
+    <s v="Female reference person"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD506C2"/>
+    <s v="All persons in private households"/>
+    <s v="Number"/>
+    <n v="1646"/>
+  </r>
+  <r>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="13"/>
+    <s v="Separated (including deserted)"/>
+    <s v="-1"/>
+    <s v="All reference persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD506C1"/>
+    <s v="Total private households"/>
+    <s v="Number"/>
+    <n v="13484"/>
+  </r>
+  <r>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="13"/>
+    <s v="Separated (including deserted)"/>
+    <s v="-1"/>
+    <s v="All reference persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD506C2"/>
+    <s v="All persons in private households"/>
+    <s v="Number"/>
+    <n v="24831"/>
+  </r>
+  <r>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="13"/>
+    <s v="Separated (including deserted)"/>
+    <s v="11"/>
+    <s v="Male reference person"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD506C1"/>
+    <s v="Total private households"/>
+    <s v="Number"/>
+    <n v="5858"/>
+  </r>
+  <r>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="13"/>
+    <s v="Separated (including deserted)"/>
+    <s v="11"/>
+    <s v="Male reference person"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD506C2"/>
+    <s v="All persons in private households"/>
+    <s v="Number"/>
+    <n v="9494"/>
+  </r>
+  <r>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="13"/>
+    <s v="Separated (including deserted)"/>
+    <s v="12"/>
+    <s v="Female reference person"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD506C1"/>
+    <s v="Total private households"/>
+    <s v="Number"/>
+    <n v="7626"/>
+  </r>
+  <r>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="13"/>
+    <s v="Separated (including deserted)"/>
+    <s v="12"/>
+    <s v="Female reference person"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD506C2"/>
+    <s v="All persons in private households"/>
+    <s v="Number"/>
+    <n v="15337"/>
+  </r>
+  <r>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="15"/>
+    <s v="Divorced"/>
+    <s v="-1"/>
+    <s v="All reference persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD506C1"/>
+    <s v="Total private households"/>
+    <s v="Number"/>
+    <n v="9389"/>
+  </r>
+  <r>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="15"/>
+    <s v="Divorced"/>
+    <s v="-1"/>
+    <s v="All reference persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD506C2"/>
+    <s v="All persons in private households"/>
+    <s v="Number"/>
+    <n v="16447"/>
+  </r>
+  <r>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="15"/>
+    <s v="Divorced"/>
+    <s v="11"/>
+    <s v="Male reference person"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD506C1"/>
+    <s v="Total private households"/>
+    <s v="Number"/>
+    <n v="4049"/>
+  </r>
+  <r>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="15"/>
+    <s v="Divorced"/>
+    <s v="11"/>
+    <s v="Male reference person"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD506C2"/>
+    <s v="All persons in private households"/>
+    <s v="Number"/>
+    <n v="6537"/>
+  </r>
+  <r>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="15"/>
+    <s v="Divorced"/>
+    <s v="12"/>
+    <s v="Female reference person"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD506C1"/>
+    <s v="Total private households"/>
+    <s v="Number"/>
+    <n v="5340"/>
+  </r>
+  <r>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="15"/>
+    <s v="Divorced"/>
+    <s v="12"/>
+    <s v="Female reference person"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD506C2"/>
+    <s v="All persons in private households"/>
+    <s v="Number"/>
+    <n v="9910"/>
+  </r>
+  <r>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="-1"/>
+    <s v="All reference persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD506C1"/>
+    <s v="Total private households"/>
+    <s v="Number"/>
+    <n v="9384"/>
+  </r>
+  <r>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="-1"/>
+    <s v="All reference persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD506C2"/>
+    <s v="All persons in private households"/>
+    <s v="Number"/>
+    <n v="19760"/>
+  </r>
+  <r>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="11"/>
+    <s v="Male reference person"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD506C1"/>
+    <s v="Total private households"/>
+    <s v="Number"/>
+    <n v="2594"/>
+  </r>
+  <r>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="11"/>
+    <s v="Male reference person"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD506C2"/>
+    <s v="All persons in private households"/>
+    <s v="Number"/>
+    <n v="5527"/>
+  </r>
+  <r>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="12"/>
+    <s v="Female reference person"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD506C1"/>
+    <s v="Total private households"/>
+    <s v="Number"/>
+    <n v="6790"/>
+  </r>
+  <r>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="12"/>
+    <s v="Female reference person"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD506C2"/>
+    <s v="All persons in private households"/>
+    <s v="Number"/>
+    <n v="14233"/>
+  </r>
+  <r>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="-1"/>
+    <s v="All reference persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD506C1"/>
+    <s v="Total private households"/>
+    <s v="Number"/>
+    <n v="127131"/>
+  </r>
+  <r>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="-1"/>
+    <s v="All reference persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD506C2"/>
+    <s v="All persons in private households"/>
+    <s v="Number"/>
+    <n v="294921"/>
+  </r>
+  <r>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="11"/>
+    <s v="Male reference person"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD506C1"/>
+    <s v="Total private households"/>
+    <s v="Number"/>
+    <n v="89039"/>
+  </r>
+  <r>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="11"/>
+    <s v="Male reference person"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD506C2"/>
+    <s v="All persons in private households"/>
+    <s v="Number"/>
+    <n v="222543"/>
+  </r>
+  <r>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="12"/>
+    <s v="Female reference person"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD506C1"/>
+    <s v="Total private households"/>
+    <s v="Number"/>
+    <n v="38092"/>
+  </r>
+  <r>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="12"/>
+    <s v="Female reference person"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD506C2"/>
+    <s v="All persons in private households"/>
+    <s v="Number"/>
+    <n v="72378"/>
+  </r>
+  <r>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="-1"/>
+    <s v="All reference persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD506C1"/>
+    <s v="Total private households"/>
+    <s v="Number"/>
+    <n v="18835"/>
+  </r>
+  <r>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="-1"/>
+    <s v="All reference persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD506C2"/>
+    <s v="All persons in private households"/>
+    <s v="Number"/>
+    <n v="24089"/>
+  </r>
+  <r>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="11"/>
+    <s v="Male reference person"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD506C1"/>
+    <s v="Total private households"/>
+    <s v="Number"/>
+    <n v="11591"/>
+  </r>
+  <r>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="11"/>
+    <s v="Male reference person"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD506C2"/>
+    <s v="All persons in private households"/>
+    <s v="Number"/>
+    <n v="14586"/>
+  </r>
+  <r>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="12"/>
+    <s v="Female reference person"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD506C1"/>
+    <s v="Total private households"/>
+    <s v="Number"/>
+    <n v="7244"/>
+  </r>
+  <r>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="12"/>
+    <s v="Female reference person"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD506C2"/>
+    <s v="All persons in private households"/>
+    <s v="Number"/>
+    <n v="9503"/>
+  </r>
+  <r>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="03"/>
+    <s v="All married"/>
+    <s v="-1"/>
+    <s v="All reference persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD506C1"/>
+    <s v="Total private households"/>
+    <s v="Number"/>
+    <n v="76848"/>
+  </r>
+  <r>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="03"/>
+    <s v="All married"/>
+    <s v="-1"/>
+    <s v="All reference persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD506C2"/>
+    <s v="All persons in private households"/>
+    <s v="Number"/>
+    <n v="218954"/>
+  </r>
+  <r>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="03"/>
+    <s v="All married"/>
+    <s v="11"/>
+    <s v="Male reference person"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD506C1"/>
+    <s v="Total private households"/>
+    <s v="Number"/>
+    <n v="65667"/>
+  </r>
+  <r>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="03"/>
+    <s v="All married"/>
+    <s v="11"/>
+    <s v="Male reference person"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD506C2"/>
+    <s v="All persons in private households"/>
+    <s v="Number"/>
+    <n v="189490"/>
+  </r>
+  <r>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="03"/>
+    <s v="All married"/>
+    <s v="12"/>
+    <s v="Female reference person"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD506C1"/>
+    <s v="Total private households"/>
+    <s v="Number"/>
+    <n v="11181"/>
+  </r>
+  <r>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="03"/>
+    <s v="All married"/>
+    <s v="12"/>
+    <s v="Female reference person"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD506C2"/>
+    <s v="All persons in private households"/>
+    <s v="Number"/>
+    <n v="29464"/>
+  </r>
+  <r>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="05"/>
+    <s v="Married (first marriage)"/>
+    <s v="-1"/>
+    <s v="All reference persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD506C1"/>
+    <s v="Total private households"/>
+    <s v="Number"/>
+    <n v="73736"/>
+  </r>
+  <r>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="05"/>
+    <s v="Married (first marriage)"/>
+    <s v="-1"/>
+    <s v="All reference persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD506C2"/>
+    <s v="All persons in private households"/>
+    <s v="Number"/>
+    <n v="210530"/>
+  </r>
+  <r>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="05"/>
+    <s v="Married (first marriage)"/>
+    <s v="11"/>
+    <s v="Male reference person"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD506C1"/>
+    <s v="Total private households"/>
+    <s v="Number"/>
+    <n v="63031"/>
+  </r>
+  <r>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="05"/>
+    <s v="Married (first marriage)"/>
+    <s v="11"/>
+    <s v="Male reference person"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD506C2"/>
+    <s v="All persons in private households"/>
+    <s v="Number"/>
+    <n v="182129"/>
+  </r>
+  <r>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="05"/>
+    <s v="Married (first marriage)"/>
+    <s v="12"/>
+    <s v="Female reference person"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD506C1"/>
+    <s v="Total private households"/>
+    <s v="Number"/>
+    <n v="10705"/>
+  </r>
+  <r>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="05"/>
+    <s v="Married (first marriage)"/>
+    <s v="12"/>
+    <s v="Female reference person"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD506C2"/>
+    <s v="All persons in private households"/>
+    <s v="Number"/>
+    <n v="28401"/>
+  </r>
+  <r>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="09"/>
+    <s v="Re-married (following widowhood)"/>
+    <s v="-1"/>
+    <s v="All reference persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD506C1"/>
+    <s v="Total private households"/>
+    <s v="Number"/>
+    <n v="666"/>
+  </r>
+  <r>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="09"/>
+    <s v="Re-married (following widowhood)"/>
+    <s v="-1"/>
+    <s v="All reference persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD506C2"/>
+    <s v="All persons in private households"/>
+    <s v="Number"/>
+    <n v="1858"/>
+  </r>
+  <r>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="09"/>
+    <s v="Re-married (following widowhood)"/>
+    <s v="11"/>
+    <s v="Male reference person"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD506C1"/>
+    <s v="Total private households"/>
+    <s v="Number"/>
+    <n v="528"/>
+  </r>
+  <r>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="09"/>
+    <s v="Re-married (following widowhood)"/>
+    <s v="11"/>
+    <s v="Male reference person"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD506C2"/>
+    <s v="All persons in private households"/>
+    <s v="Number"/>
+    <n v="1533"/>
+  </r>
+  <r>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="09"/>
+    <s v="Re-married (following widowhood)"/>
+    <s v="12"/>
+    <s v="Female reference person"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD506C1"/>
+    <s v="Total private households"/>
+    <s v="Number"/>
+    <n v="138"/>
+  </r>
+  <r>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="09"/>
+    <s v="Re-married (following widowhood)"/>
+    <s v="12"/>
+    <s v="Female reference person"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD506C2"/>
+    <s v="All persons in private households"/>
+    <s v="Number"/>
+    <n v="325"/>
+  </r>
+  <r>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="11"/>
+    <s v="Re-married (following dissolution of previous marriage)"/>
+    <s v="-1"/>
+    <s v="All reference persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD506C1"/>
+    <s v="Total private households"/>
+    <s v="Number"/>
+    <n v="2446"/>
+  </r>
+  <r>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="11"/>
+    <s v="Re-married (following dissolution of previous marriage)"/>
+    <s v="-1"/>
+    <s v="All reference persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD506C2"/>
+    <s v="All persons in private households"/>
+    <s v="Number"/>
+    <n v="6566"/>
+  </r>
+  <r>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="11"/>
+    <s v="Re-married (following dissolution of previous marriage)"/>
+    <s v="11"/>
+    <s v="Male reference person"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD506C1"/>
+    <s v="Total private households"/>
+    <s v="Number"/>
+    <n v="2108"/>
+  </r>
+  <r>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="11"/>
+    <s v="Re-married (following dissolution of previous marriage)"/>
+    <s v="11"/>
+    <s v="Male reference person"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD506C2"/>
+    <s v="All persons in private households"/>
+    <s v="Number"/>
+    <n v="5828"/>
+  </r>
+  <r>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="11"/>
+    <s v="Re-married (following dissolution of previous marriage)"/>
+    <s v="12"/>
+    <s v="Female reference person"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD506C1"/>
+    <s v="Total private households"/>
+    <s v="Number"/>
+    <n v="338"/>
+  </r>
+  <r>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="11"/>
+    <s v="Re-married (following dissolution of previous marriage)"/>
+    <s v="12"/>
+    <s v="Female reference person"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD506C2"/>
+    <s v="All persons in private households"/>
+    <s v="Number"/>
+    <n v="738"/>
+  </r>
+  <r>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="13"/>
+    <s v="Separated (including deserted)"/>
+    <s v="-1"/>
+    <s v="All reference persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD506C1"/>
+    <s v="Total private households"/>
+    <s v="Number"/>
+    <n v="10434"/>
+  </r>
+  <r>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="13"/>
+    <s v="Separated (including deserted)"/>
+    <s v="-1"/>
+    <s v="All reference persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD506C2"/>
+    <s v="All persons in private households"/>
+    <s v="Number"/>
+    <n v="16272"/>
+  </r>
+  <r>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="13"/>
+    <s v="Separated (including deserted)"/>
+    <s v="11"/>
+    <s v="Male reference person"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD506C1"/>
+    <s v="Total private households"/>
+    <s v="Number"/>
+    <n v="4805"/>
+  </r>
+  <r>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="13"/>
+    <s v="Separated (including deserted)"/>
+    <s v="11"/>
+    <s v="Male reference person"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD506C2"/>
+    <s v="All persons in private households"/>
+    <s v="Number"/>
+    <n v="6927"/>
+  </r>
+  <r>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="13"/>
+    <s v="Separated (including deserted)"/>
+    <s v="12"/>
+    <s v="Female reference person"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD506C1"/>
+    <s v="Total private households"/>
+    <s v="Number"/>
+    <n v="5629"/>
+  </r>
+  <r>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="13"/>
+    <s v="Separated (including deserted)"/>
+    <s v="12"/>
+    <s v="Female reference person"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD506C2"/>
+    <s v="All persons in private households"/>
+    <s v="Number"/>
+    <n v="9345"/>
+  </r>
+  <r>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="15"/>
+    <s v="Divorced"/>
+    <s v="-1"/>
+    <s v="All reference persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD506C1"/>
+    <s v="Total private households"/>
+    <s v="Number"/>
+    <n v="6687"/>
+  </r>
+  <r>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="15"/>
+    <s v="Divorced"/>
+    <s v="-1"/>
+    <s v="All reference persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD506C2"/>
+    <s v="All persons in private households"/>
+    <s v="Number"/>
+    <n v="10091"/>
+  </r>
+  <r>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="15"/>
+    <s v="Divorced"/>
+    <s v="11"/>
+    <s v="Male reference person"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD506C1"/>
+    <s v="Total private households"/>
+    <s v="Number"/>
+    <n v="3100"/>
+  </r>
+  <r>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="15"/>
+    <s v="Divorced"/>
+    <s v="11"/>
+    <s v="Male reference person"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD506C2"/>
+    <s v="All persons in private households"/>
+    <s v="Number"/>
+    <n v="4576"/>
+  </r>
+  <r>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="15"/>
+    <s v="Divorced"/>
+    <s v="12"/>
+    <s v="Female reference person"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD506C1"/>
+    <s v="Total private households"/>
+    <s v="Number"/>
+    <n v="3587"/>
+  </r>
+  <r>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="15"/>
+    <s v="Divorced"/>
+    <s v="12"/>
+    <s v="Female reference person"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD506C2"/>
+    <s v="All persons in private households"/>
+    <s v="Number"/>
+    <n v="5515"/>
+  </r>
+  <r>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="-1"/>
+    <s v="All reference persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD506C1"/>
+    <s v="Total private households"/>
+    <s v="Number"/>
+    <n v="14327"/>
+  </r>
+  <r>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="-1"/>
+    <s v="All reference persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD506C2"/>
+    <s v="All persons in private households"/>
+    <s v="Number"/>
+    <n v="25515"/>
+  </r>
+  <r>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="11"/>
+    <s v="Male reference person"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD506C1"/>
+    <s v="Total private households"/>
+    <s v="Number"/>
+    <n v="3876"/>
+  </r>
+  <r>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="11"/>
+    <s v="Male reference person"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD506C2"/>
+    <s v="All persons in private households"/>
+    <s v="Number"/>
+    <n v="6964"/>
+  </r>
+  <r>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="12"/>
+    <s v="Female reference person"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD506C1"/>
+    <s v="Total private households"/>
+    <s v="Number"/>
+    <n v="10451"/>
+  </r>
+  <r>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="12"/>
+    <s v="Female reference person"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD506C2"/>
+    <s v="All persons in private households"/>
+    <s v="Number"/>
+    <n v="18551"/>
+  </r>
+  <r>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="-1"/>
+    <s v="All reference persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD506C1"/>
+    <s v="Total private households"/>
+    <s v="Number"/>
+    <n v="337389"/>
+  </r>
+  <r>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="-1"/>
+    <s v="All reference persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD506C2"/>
+    <s v="All persons in private households"/>
+    <s v="Number"/>
+    <n v="624412"/>
+  </r>
+  <r>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="11"/>
+    <s v="Male reference person"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD506C1"/>
+    <s v="Total private households"/>
+    <s v="Number"/>
+    <n v="198292"/>
+  </r>
+  <r>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="11"/>
+    <s v="Male reference person"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD506C2"/>
+    <s v="All persons in private households"/>
+    <s v="Number"/>
+    <n v="415803"/>
+  </r>
+  <r>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="12"/>
+    <s v="Female reference person"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD506C1"/>
+    <s v="Total private households"/>
+    <s v="Number"/>
+    <n v="139097"/>
+  </r>
+  <r>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="12"/>
+    <s v="Female reference person"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD506C2"/>
+    <s v="All persons in private households"/>
+    <s v="Number"/>
+    <n v="208609"/>
+  </r>
+  <r>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="-1"/>
+    <s v="All reference persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD506C1"/>
+    <s v="Total private households"/>
+    <s v="Number"/>
+    <n v="47642"/>
+  </r>
+  <r>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="-1"/>
+    <s v="All reference persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD506C2"/>
+    <s v="All persons in private households"/>
+    <s v="Number"/>
+    <n v="58535"/>
+  </r>
+  <r>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="11"/>
+    <s v="Male reference person"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD506C1"/>
+    <s v="Total private households"/>
+    <s v="Number"/>
+    <n v="26833"/>
+  </r>
+  <r>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="11"/>
+    <s v="Male reference person"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD506C2"/>
+    <s v="All persons in private households"/>
+    <s v="Number"/>
+    <n v="32676"/>
+  </r>
+  <r>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="12"/>
+    <s v="Female reference person"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD506C1"/>
+    <s v="Total private households"/>
+    <s v="Number"/>
+    <n v="20809"/>
+  </r>
+  <r>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="12"/>
+    <s v="Female reference person"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD506C2"/>
+    <s v="All persons in private households"/>
+    <s v="Number"/>
+    <n v="25859"/>
+  </r>
+  <r>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="03"/>
+    <s v="All married"/>
+    <s v="-1"/>
+    <s v="All reference persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD506C1"/>
+    <s v="Total private households"/>
+    <s v="Number"/>
+    <n v="154667"/>
+  </r>
+  <r>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="03"/>
+    <s v="All married"/>
+    <s v="-1"/>
+    <s v="All reference persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD506C2"/>
+    <s v="All persons in private households"/>
+    <s v="Number"/>
+    <n v="374107"/>
+  </r>
+  <r>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="03"/>
+    <s v="All married"/>
+    <s v="11"/>
+    <s v="Male reference person"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD506C1"/>
+    <s v="Total private households"/>
+    <s v="Number"/>
+    <n v="137352"/>
+  </r>
+  <r>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="03"/>
+    <s v="All married"/>
+    <s v="11"/>
+    <s v="Male reference person"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD506C2"/>
+    <s v="All persons in private households"/>
+    <s v="Number"/>
+    <n v="335928"/>
+  </r>
+  <r>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="03"/>
+    <s v="All married"/>
+    <s v="12"/>
+    <s v="Female reference person"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD506C1"/>
+    <s v="Total private households"/>
+    <s v="Number"/>
+    <n v="17315"/>
+  </r>
+  <r>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="03"/>
+    <s v="All married"/>
+    <s v="12"/>
+    <s v="Female reference person"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD506C2"/>
+    <s v="All persons in private households"/>
+    <s v="Number"/>
+    <n v="38179"/>
+  </r>
+  <r>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="05"/>
+    <s v="Married (first marriage)"/>
+    <s v="-1"/>
+    <s v="All reference persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD506C1"/>
+    <s v="Total private households"/>
+    <s v="Number"/>
+    <n v="148978"/>
+  </r>
+  <r>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="05"/>
+    <s v="Married (first marriage)"/>
+    <s v="-1"/>
+    <s v="All reference persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD506C2"/>
+    <s v="All persons in private households"/>
+    <s v="Number"/>
+    <n v="360887"/>
+  </r>
+  <r>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="05"/>
+    <s v="Married (first marriage)"/>
+    <s v="11"/>
+    <s v="Male reference person"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD506C1"/>
+    <s v="Total private households"/>
+    <s v="Number"/>
+    <n v="132402"/>
+  </r>
+  <r>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="05"/>
+    <s v="Married (first marriage)"/>
+    <s v="11"/>
+    <s v="Male reference person"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD506C2"/>
+    <s v="All persons in private households"/>
+    <s v="Number"/>
+    <n v="324172"/>
+  </r>
+  <r>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="05"/>
+    <s v="Married (first marriage)"/>
+    <s v="12"/>
+    <s v="Female reference person"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD506C1"/>
+    <s v="Total private households"/>
+    <s v="Number"/>
+    <n v="16576"/>
+  </r>
+  <r>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="05"/>
+    <s v="Married (first marriage)"/>
+    <s v="12"/>
+    <s v="Female reference person"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD506C2"/>
+    <s v="All persons in private households"/>
+    <s v="Number"/>
+    <n v="36715"/>
+  </r>
+  <r>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="09"/>
+    <s v="Re-married (following widowhood)"/>
+    <s v="-1"/>
+    <s v="All reference persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD506C1"/>
+    <s v="Total private households"/>
+    <s v="Number"/>
+    <n v="2620"/>
+  </r>
+  <r>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="09"/>
+    <s v="Re-married (following widowhood)"/>
+    <s v="-1"/>
+    <s v="All reference persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD506C2"/>
+    <s v="All persons in private households"/>
+    <s v="Number"/>
+    <n v="5884"/>
+  </r>
+  <r>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="09"/>
+    <s v="Re-married (following widowhood)"/>
+    <s v="11"/>
+    <s v="Male reference person"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD506C1"/>
+    <s v="Total private households"/>
+    <s v="Number"/>
+    <n v="2174"/>
+  </r>
+  <r>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="09"/>
+    <s v="Re-married (following widowhood)"/>
+    <s v="11"/>
+    <s v="Male reference person"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD506C2"/>
+    <s v="All persons in private households"/>
+    <s v="Number"/>
+    <n v="5030"/>
+  </r>
+  <r>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="09"/>
+    <s v="Re-married (following widowhood)"/>
+    <s v="12"/>
+    <s v="Female reference person"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD506C1"/>
+    <s v="Total private households"/>
+    <s v="Number"/>
+    <n v="446"/>
+  </r>
+  <r>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="09"/>
+    <s v="Re-married (following widowhood)"/>
+    <s v="12"/>
+    <s v="Female reference person"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD506C2"/>
+    <s v="All persons in private households"/>
+    <s v="Number"/>
+    <n v="854"/>
+  </r>
+  <r>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="11"/>
+    <s v="Re-married (following dissolution of previous marriage)"/>
+    <s v="-1"/>
+    <s v="All reference persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD506C1"/>
+    <s v="Total private households"/>
+    <s v="Number"/>
+    <n v="3069"/>
+  </r>
+  <r>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="11"/>
+    <s v="Re-married (following dissolution of previous marriage)"/>
+    <s v="-1"/>
+    <s v="All reference persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD506C2"/>
+    <s v="All persons in private households"/>
+    <s v="Number"/>
+    <n v="7336"/>
+  </r>
+  <r>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="11"/>
+    <s v="Re-married (following dissolution of previous marriage)"/>
+    <s v="11"/>
+    <s v="Male reference person"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD506C1"/>
+    <s v="Total private households"/>
+    <s v="Number"/>
+    <n v="2776"/>
+  </r>
+  <r>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="11"/>
+    <s v="Re-married (following dissolution of previous marriage)"/>
+    <s v="11"/>
+    <s v="Male reference person"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD506C2"/>
+    <s v="All persons in private households"/>
+    <s v="Number"/>
+    <n v="6726"/>
+  </r>
+  <r>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="11"/>
+    <s v="Re-married (following dissolution of previous marriage)"/>
+    <s v="12"/>
+    <s v="Female reference person"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD506C1"/>
+    <s v="Total private households"/>
+    <s v="Number"/>
+    <n v="293"/>
+  </r>
+  <r>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="11"/>
+    <s v="Re-married (following dissolution of previous marriage)"/>
+    <s v="12"/>
+    <s v="Female reference person"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD506C2"/>
+    <s v="All persons in private households"/>
+    <s v="Number"/>
+    <n v="610"/>
+  </r>
+  <r>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="13"/>
+    <s v="Separated (including deserted)"/>
+    <s v="-1"/>
+    <s v="All reference persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD506C1"/>
+    <s v="Total private households"/>
+    <s v="Number"/>
+    <n v="11577"/>
+  </r>
+  <r>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="13"/>
+    <s v="Separated (including deserted)"/>
+    <s v="-1"/>
+    <s v="All reference persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD506C2"/>
+    <s v="All persons in private households"/>
+    <s v="Number"/>
+    <n v="15653"/>
+  </r>
+  <r>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="13"/>
+    <s v="Separated (including deserted)"/>
+    <s v="11"/>
+    <s v="Male reference person"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD506C1"/>
+    <s v="Total private households"/>
+    <s v="Number"/>
+    <n v="5918"/>
+  </r>
+  <r>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="13"/>
+    <s v="Separated (including deserted)"/>
+    <s v="11"/>
+    <s v="Male reference person"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD506C2"/>
+    <s v="All persons in private households"/>
+    <s v="Number"/>
+    <n v="7675"/>
+  </r>
+  <r>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="13"/>
+    <s v="Separated (including deserted)"/>
+    <s v="12"/>
+    <s v="Female reference person"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD506C1"/>
+    <s v="Total private households"/>
+    <s v="Number"/>
+    <n v="5659"/>
+  </r>
+  <r>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="13"/>
+    <s v="Separated (including deserted)"/>
+    <s v="12"/>
+    <s v="Female reference person"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD506C2"/>
+    <s v="All persons in private households"/>
+    <s v="Number"/>
+    <n v="7978"/>
+  </r>
+  <r>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="15"/>
+    <s v="Divorced"/>
+    <s v="-1"/>
+    <s v="All reference persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD506C1"/>
+    <s v="Total private households"/>
+    <s v="Number"/>
+    <n v="6690"/>
+  </r>
+  <r>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="15"/>
+    <s v="Divorced"/>
+    <s v="-1"/>
+    <s v="All reference persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD506C2"/>
+    <s v="All persons in private households"/>
+    <s v="Number"/>
+    <n v="8689"/>
+  </r>
+  <r>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="15"/>
+    <s v="Divorced"/>
+    <s v="11"/>
+    <s v="Male reference person"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD506C1"/>
+    <s v="Total private households"/>
+    <s v="Number"/>
+    <n v="3283"/>
+  </r>
+  <r>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="15"/>
+    <s v="Divorced"/>
+    <s v="11"/>
+    <s v="Male reference person"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD506C2"/>
+    <s v="All persons in private households"/>
+    <s v="Number"/>
+    <n v="4265"/>
+  </r>
+  <r>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="15"/>
+    <s v="Divorced"/>
+    <s v="12"/>
+    <s v="Female reference person"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD506C1"/>
+    <s v="Total private households"/>
+    <s v="Number"/>
+    <n v="3407"/>
+  </r>
+  <r>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="15"/>
+    <s v="Divorced"/>
+    <s v="12"/>
+    <s v="Female reference person"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD506C2"/>
+    <s v="All persons in private households"/>
+    <s v="Number"/>
+    <n v="4424"/>
+  </r>
+  <r>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="-1"/>
+    <s v="All reference persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD506C1"/>
+    <s v="Total private households"/>
+    <s v="Number"/>
+    <n v="116813"/>
+  </r>
+  <r>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="-1"/>
+    <s v="All reference persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD506C2"/>
+    <s v="All persons in private households"/>
+    <s v="Number"/>
+    <n v="167428"/>
+  </r>
+  <r>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="11"/>
+    <s v="Male reference person"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD506C1"/>
+    <s v="Total private households"/>
+    <s v="Number"/>
+    <n v="24906"/>
+  </r>
+  <r>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="11"/>
+    <s v="Male reference person"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD506C2"/>
+    <s v="All persons in private households"/>
+    <s v="Number"/>
+    <n v="35259"/>
+  </r>
+  <r>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="12"/>
+    <s v="Female reference person"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD506C1"/>
+    <s v="Total private households"/>
+    <s v="Number"/>
+    <n v="91907"/>
+  </r>
+  <r>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="12"/>
+    <s v="Female reference person"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD506C2"/>
+    <s v="All persons in private households"/>
+    <s v="Number"/>
+    <n v="132169"/>
+  </r>
+</pivotCacheRecords>
 </file>