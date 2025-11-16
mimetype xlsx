--- v0 (2025-10-01)
+++ v1 (2025-11-16)
@@ -1,48 +1,48 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/pivotCache/pivotCacheDefinition1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheDefinition+xml"/>
   <Override PartName="/pivotCache/pivotCacheRecords1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheRecords+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/pivotTables/pivotTable.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R413fcb436e8d4b73" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/ec1038f4a38945ed8e6a946c0e5da06f.psmdcp" Id="Re1cb7d7412154949" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3dd4bd5c5fb14212" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/cc0bb650de6e490bb5586b3ec80f2cc0.psmdcp" Id="R88ffe3ff83a94d51" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="About" sheetId="2" r:id="rId2"/>
     <x:sheet name="Unpivoted" sheetId="9" r:id="rId9"/>
     <x:sheet name="Pivoted" sheetId="11" r:id="rId11"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
   <x:pivotCaches>
     <x:pivotCache cacheId="0" r:id="rId12"/>
   </x:pivotCaches>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Table</x:t>