--- v1 (2025-11-16)
+++ v2 (2026-01-09)
@@ -1,97 +1,97 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/pivotCache/pivotCacheDefinition1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheDefinition+xml"/>
   <Override PartName="/pivotCache/pivotCacheRecords1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheRecords+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/pivotTables/pivotTable.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3dd4bd5c5fb14212" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/cc0bb650de6e490bb5586b3ec80f2cc0.psmdcp" Id="R88ffe3ff83a94d51" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R877702ca93a64c5b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/9c9a240d0f5649e1a7adaf34d44d43e2.psmdcp" Id="R044d03a653f24b42" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
-    <x:sheet name="About" sheetId="2" r:id="rId2"/>
-[...1 lines deleted...]
-    <x:sheet name="Pivoted" sheetId="11" r:id="rId11"/>
+    <x:sheet name="About" sheetId="1" r:id="rId2"/>
+    <x:sheet name="Unpivoted" sheetId="2" r:id="rId9"/>
+    <x:sheet name="Pivoted" sheetId="3" r:id="rId11"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
   <x:pivotCaches>
     <x:pivotCache cacheId="0" r:id="rId12"/>
   </x:pivotCaches>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Table</x:t>
   </x:si>
   <x:si>
     <x:t>Code</x:t>
   </x:si>
   <x:si>
     <x:t>CD505</x:t>
   </x:si>
   <x:si>
     <x:t>Name</x:t>
   </x:si>
   <x:si>
     <x:t>Private Households</x:t>
   </x:si>
   <x:si>
     <x:t>Frequency</x:t>
   </x:si>
   <x:si>
     <x:t>Annual</x:t>
   </x:si>
   <x:si>
     <x:t>Last Updated</x:t>
   </x:si>
   <x:si>
-    <x:t>6/3/2020 11:00:00 AM</x:t>
+    <x:t>03/06/2020 11:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Note</x:t>
   </x:si>
   <x:si>
     <x:t>Url</x:t>
   </x:si>
   <x:si>
     <x:t>https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/CD505/XLSX/2007/en</x:t>
   </x:si>
   <x:si>
     <x:t>Product</x:t>
   </x:si>
   <x:si>
     <x:t>C2011P5</x:t>
   </x:si>
   <x:si>
     <x:t>Profile 5 - Households and Families - Living Arrangements in Ireland</x:t>
   </x:si>
   <x:si>
     <x:t>Contacts</x:t>
   </x:si>
   <x:si>
     <x:t>Bernie Casey</x:t>
   </x:si>
@@ -640,539 +640,208 @@
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip r:embed="rId8" cstate="print"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="3971925" cy="1381125"/>
         </a:xfrm>
         <a:prstGeom prst="rect"/>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/pivotTables/_rels/pivotTable.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheDefinition" Target="/pivotCache/pivotCacheDefinition1.xml" Id="rId17" /></Relationships>
 </file>
 
 <file path=xl/pivotTables/pivotTable.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotTableDefinition xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" dataCaption="Values" showError="0" missingCaption="" showMissing="1" pageWrap="0" pageOverThenDown="0" rowGrandTotals="0" colGrandTotals="0" indent="1">
-[...487 lines deleted...]
-</x:pivotTableDefinition>
+<pivotTableDefinition xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" applyNumberFormats="0" applyBorderFormats="0" applyFontFormats="0" applyPatternFormats="0" applyAlignmentFormats="0" applyWidthHeightFormats="0" dataCaption="Values" rowGrandTotals="0" colGrandTotals="0" outline="1">
+  <location ref="A1" firstHeaderRow="0" firstDataRow="0" firstDataCol="0"/>
+  <pivotFields count="10">
+    <pivotField name="C02010V02440" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="3">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+      </items>
+    </pivotField>
+    <pivotField name="Type of Household" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="3">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+      </items>
+    </pivotField>
+    <pivotField name="C02779V03348" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="44">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+        <item x="11"/>
+        <item x="12"/>
+        <item x="13"/>
+        <item x="14"/>
+        <item x="15"/>
+        <item x="16"/>
+        <item x="17"/>
+        <item x="18"/>
+        <item x="19"/>
+        <item x="20"/>
+        <item x="21"/>
+        <item x="22"/>
+        <item x="23"/>
+        <item x="24"/>
+        <item x="25"/>
+        <item x="26"/>
+        <item x="27"/>
+        <item x="28"/>
+        <item x="29"/>
+        <item x="30"/>
+        <item x="31"/>
+        <item x="32"/>
+        <item x="33"/>
+        <item x="34"/>
+        <item x="35"/>
+        <item x="36"/>
+        <item x="37"/>
+        <item x="38"/>
+        <item x="39"/>
+        <item x="40"/>
+        <item x="41"/>
+        <item x="42"/>
+        <item x="43"/>
+      </items>
+    </pivotField>
+    <pivotField name="Province County or City" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="44">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+        <item x="11"/>
+        <item x="12"/>
+        <item x="13"/>
+        <item x="14"/>
+        <item x="15"/>
+        <item x="16"/>
+        <item x="17"/>
+        <item x="18"/>
+        <item x="19"/>
+        <item x="20"/>
+        <item x="21"/>
+        <item x="22"/>
+        <item x="23"/>
+        <item x="24"/>
+        <item x="25"/>
+        <item x="26"/>
+        <item x="27"/>
+        <item x="28"/>
+        <item x="29"/>
+        <item x="30"/>
+        <item x="31"/>
+        <item x="32"/>
+        <item x="33"/>
+        <item x="34"/>
+        <item x="35"/>
+        <item x="36"/>
+        <item x="37"/>
+        <item x="38"/>
+        <item x="39"/>
+        <item x="40"/>
+        <item x="41"/>
+        <item x="42"/>
+        <item x="43"/>
+      </items>
+    </pivotField>
+    <pivotField name="TLIST(A1)" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="CensusYear" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="STATISTIC" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="2">
+        <item x="0"/>
+        <item x="1"/>
+      </items>
+    </pivotField>
+    <pivotField name="Statistic Label" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="2">
+        <item x="0"/>
+        <item x="1"/>
+      </items>
+    </pivotField>
+    <pivotField showAll="0"/>
+    <pivotField dataField="1" showAll="0"/>
+  </pivotFields>
+  <rowFields count="8">
+    <field x="0"/>
+    <field x="1"/>
+    <field x="2"/>
+    <field x="3"/>
+    <field x="4"/>
+    <field x="5"/>
+    <field x="6"/>
+    <field x="7"/>
+  </rowFields>
+  <dataFields count="1">
+    <dataField name="VALUE" fld="9"/>
+  </dataFields>
+  <pivotTableStyleInfo name="PivotStyleLight16" showRowHeaders="1" showColHeaders="1"/>
+  <extLst>
+    <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{962EF5D1-5CA2-4c93-8EF4-DBF5C05439D2}">
+      <x14:pivotTableDefinition enableEdit="0" hideValuesRow="1"/>
+    </ext>
+  </extLst>
+</pivotTableDefinition>
 </file>
 
 <file path=xl/tables/table1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:table xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="1" name="Unpivoted" displayName="Unpivoted" ref="A1:J265" totalsRowShown="0">
   <x:autoFilter ref="A1:J265"/>
   <x:tableColumns count="10">
     <x:tableColumn id="1" name="C02010V02440"/>
     <x:tableColumn id="2" name="Type of Household"/>
     <x:tableColumn id="3" name="C02779V03348"/>
     <x:tableColumn id="4" name="Province County or City"/>
     <x:tableColumn id="5" name="TLIST(A1)"/>
     <x:tableColumn id="6" name="CensusYear"/>
     <x:tableColumn id="7" name="STATISTIC"/>
     <x:tableColumn id="8" name="Statistic Label"/>
     <x:tableColumn id="9" name="UNIT"/>
     <x:tableColumn id="10" name="VALUE"/>
   </x:tableColumns>
   <x:tableStyleInfo name="TableStyleMedium2" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </x:table>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
@@ -1443,51 +1112,51 @@
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="/xl/drawings/drawing1.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/CD505/XLSX/2007/en" TargetMode="External" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cso.ie/" TargetMode="External" Id="rId14" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="/xl/tables/table1.xml" Id="rId15" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet3.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotTable" Target="/xl/pivotTables/pivotTable.xml" Id="rId16" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:B39"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="20.710625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="100.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="8" spans="1:2">
       <x:c r="A8" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B8" s="2"/>
     </x:row>
     <x:row r="9" spans="1:2">
       <x:c r="A9" s="3" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="B9" s="0" t="s">
         <x:v>2</x:v>
@@ -1674,51 +1343,51 @@
       </x:c>
     </x:row>
     <x:row r="39" spans="1:2">
       <x:c r="A39" s="3" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B39" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:hyperlinks>
     <x:hyperlink ref="B14" r:id="rId13"/>
     <x:hyperlink ref="B28" r:id="rId14"/>
   </x:hyperlinks>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:drawing xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId7"/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:J265"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="16.139196" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="20.139196" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="16.139196" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="24.282054" style="0" customWidth="1"/>
     <x:col min="5" max="5" width="11.282054" style="0" customWidth="1"/>
     <x:col min="6" max="6" width="13.424911" style="0" customWidth="1"/>
     <x:col min="7" max="7" width="11.996339" style="0" customWidth="1"/>
     <x:col min="8" max="8" width="30.710625" style="0" customWidth="1"/>
     <x:col min="9" max="9" width="8.282054" style="0" customWidth="1"/>
     <x:col min="10" max="10" width="8.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:10">
       <x:c r="A1" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
@@ -10188,51 +9857,51 @@
       <x:c r="G265" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="H265" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="I265" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="J265" s="0">
         <x:v>145</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="1">
     <x:tablePart r:id="rId15"/>
   </x:tableParts>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:sheetData/>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Application>Microsoft Excel</ap:Application>
   <ap:TitlesOfParts>
     <vt:vector baseType="lpstr" size="9">
       <vt:lpstr>About</vt:lpstr>
       <vt:lpstr>Unpivoted</vt:lpstr>
       <vt:lpstr>Pivoted</vt:lpstr>
@@ -10249,51 +9918,51 @@
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>3</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Named Ranges</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>6</vt:i4>
       </vt:variant>
     </vt:vector>
   </ap:HeadingPairs>
   <ap:DocSecurity>0</ap:DocSecurity>
   <ap:ScaleCrop>false</ap:ScaleCrop>
 </ap:Properties>
 </file>
 
 <file path=pivotCache/_rels/pivotCacheDefinition1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheRecords" Target="/pivotCache/pivotCacheRecords1.xml" Id="rId1" /></Relationships>
 </file>
 
 <file path=pivotCache/pivotCacheDefinition1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:pivotCacheDefinition xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" r:id="rId1" saveData="1" refreshOnLoad="1" createdVersion="5" refreshedVersion="5" minRefreshableVersion="3">
   <x:cacheSource type="worksheet">
-    <x:worksheetSource ref="A1:J265" sheet="Unpivoted"/>
+    <x:worksheetSource name="Unpivoted"/>
   </x:cacheSource>
   <x:cacheFields>
     <x:cacheField name="C02010V02440">
       <x:sharedItems count="3">
         <x:s v="-"/>
         <x:s v="1"/>
         <x:s v="2"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="Type of Household">
       <x:sharedItems count="3">
         <x:s v="All households"/>
         <x:s v="Permanent private"/>
         <x:s v="Temporary private"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="C02779V03348">
       <x:sharedItems count="44">
         <x:s v="-"/>
         <x:s v="A"/>
         <x:s v="01"/>
         <x:s v="02"/>
         <x:s v="021"/>
         <x:s v="024"/>
         <x:s v="023"/>
@@ -10657,27 +10326,3196 @@
         <x:n v="113"/>
         <x:n v="308"/>
         <x:n v="659"/>
         <x:n v="80"/>
         <x:n v="156"/>
         <x:n v="138"/>
         <x:n v="237"/>
         <x:n v="125"/>
         <x:n v="97"/>
         <x:n v="238"/>
         <x:n v="429"/>
         <x:n v="709"/>
         <x:n v="98"/>
         <x:n v="147"/>
         <x:n v="243"/>
         <x:n v="417"/>
         <x:n v="88"/>
         <x:n v="145"/>
       </x:sharedItems>
     </x:cacheField>
   </x:cacheFields>
 </x:pivotCacheDefinition>
 </file>
 
 <file path=pivotCache/pivotCacheRecords1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main"/>
+<pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="xr">
+  <r>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD505C1"/>
+    <s v="Private Households"/>
+    <s v="Number"/>
+    <n v="1654208"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD505C2"/>
+    <s v="All Persons in Private Households"/>
+    <s v="Number"/>
+    <n v="4510409"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="A"/>
+    <s v="Leinster"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD505C1"/>
+    <s v="Private Households"/>
+    <s v="Number"/>
+    <n v="897455"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="A"/>
+    <s v="Leinster"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD505C2"/>
+    <s v="All Persons in Private Households"/>
+    <s v="Number"/>
+    <n v="2461148"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="01"/>
+    <s v="Carlow"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD505C1"/>
+    <s v="Private Households"/>
+    <s v="Number"/>
+    <n v="19436"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="01"/>
+    <s v="Carlow"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD505C2"/>
+    <s v="All Persons in Private Households"/>
+    <s v="Number"/>
+    <n v="54187"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="02"/>
+    <s v="Dublin"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD505C1"/>
+    <s v="Private Households"/>
+    <s v="Number"/>
+    <n v="466992"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="02"/>
+    <s v="Dublin"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD505C2"/>
+    <s v="All Persons in Private Households"/>
+    <s v="Number"/>
+    <n v="1237934"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="021"/>
+    <s v="Dublin City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD505C1"/>
+    <s v="Private Households"/>
+    <s v="Number"/>
+    <n v="208008"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="021"/>
+    <s v="Dublin City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD505C2"/>
+    <s v="All Persons in Private Households"/>
+    <s v="Number"/>
+    <n v="499659"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="024"/>
+    <s v="Dún Laoghaire-Rathdown"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD505C1"/>
+    <s v="Private Households"/>
+    <s v="Number"/>
+    <n v="75819"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="024"/>
+    <s v="Dún Laoghaire-Rathdown"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD505C2"/>
+    <s v="All Persons in Private Households"/>
+    <s v="Number"/>
+    <n v="202594"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="023"/>
+    <s v="Fingal"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD505C1"/>
+    <s v="Private Households"/>
+    <s v="Number"/>
+    <n v="93146"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="023"/>
+    <s v="Fingal"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD505C2"/>
+    <s v="All Persons in Private Households"/>
+    <s v="Number"/>
+    <n v="271958"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="022"/>
+    <s v="South Dublin"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD505C1"/>
+    <s v="Private Households"/>
+    <s v="Number"/>
+    <n v="90019"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="022"/>
+    <s v="South Dublin"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD505C2"/>
+    <s v="All Persons in Private Households"/>
+    <s v="Number"/>
+    <n v="263723"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="03"/>
+    <s v="Kildare"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD505C1"/>
+    <s v="Private Households"/>
+    <s v="Number"/>
+    <n v="70763"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="03"/>
+    <s v="Kildare"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD505C2"/>
+    <s v="All Persons in Private Households"/>
+    <s v="Number"/>
+    <n v="208522"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="04"/>
+    <s v="Kilkenny"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD505C1"/>
+    <s v="Private Households"/>
+    <s v="Number"/>
+    <n v="33679"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="04"/>
+    <s v="Kilkenny"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD505C2"/>
+    <s v="All Persons in Private Households"/>
+    <s v="Number"/>
+    <n v="94342"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="05"/>
+    <s v="Laois"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD505C1"/>
+    <s v="Private Households"/>
+    <s v="Number"/>
+    <n v="28020"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="05"/>
+    <s v="Laois"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD505C2"/>
+    <s v="All Persons in Private Households"/>
+    <s v="Number"/>
+    <n v="79751"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="06"/>
+    <s v="Longford"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD505C1"/>
+    <s v="Private Households"/>
+    <s v="Number"/>
+    <n v="14453"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="06"/>
+    <s v="Longford"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD505C2"/>
+    <s v="All Persons in Private Households"/>
+    <s v="Number"/>
+    <n v="38986"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="07"/>
+    <s v="Louth"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD505C1"/>
+    <s v="Private Households"/>
+    <s v="Number"/>
+    <n v="43972"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="07"/>
+    <s v="Louth"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD505C2"/>
+    <s v="All Persons in Private Households"/>
+    <s v="Number"/>
+    <n v="122339"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="08"/>
+    <s v="Meath"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD505C1"/>
+    <s v="Private Households"/>
+    <s v="Number"/>
+    <n v="62201"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="08"/>
+    <s v="Meath"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD505C2"/>
+    <s v="All Persons in Private Households"/>
+    <s v="Number"/>
+    <n v="184336"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="09"/>
+    <s v="Offaly"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD505C1"/>
+    <s v="Private Households"/>
+    <s v="Number"/>
+    <n v="26750"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="09"/>
+    <s v="Offaly"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD505C2"/>
+    <s v="All Persons in Private Households"/>
+    <s v="Number"/>
+    <n v="76274"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="10"/>
+    <s v="Westmeath"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD505C1"/>
+    <s v="Private Households"/>
+    <s v="Number"/>
+    <n v="30739"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="10"/>
+    <s v="Westmeath"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD505C2"/>
+    <s v="All Persons in Private Households"/>
+    <s v="Number"/>
+    <n v="84869"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="11"/>
+    <s v="Wexford"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD505C1"/>
+    <s v="Private Households"/>
+    <s v="Number"/>
+    <n v="52652"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="11"/>
+    <s v="Wexford"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD505C2"/>
+    <s v="All Persons in Private Households"/>
+    <s v="Number"/>
+    <n v="144349"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="12"/>
+    <s v="Wicklow"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD505C1"/>
+    <s v="Private Households"/>
+    <s v="Number"/>
+    <n v="47798"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="12"/>
+    <s v="Wicklow"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD505C2"/>
+    <s v="All Persons in Private Households"/>
+    <s v="Number"/>
+    <n v="135259"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="B"/>
+    <s v="Munster"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD505C1"/>
+    <s v="Private Households"/>
+    <s v="Number"/>
+    <n v="454454"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="B"/>
+    <s v="Munster"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD505C2"/>
+    <s v="All Persons in Private Households"/>
+    <s v="Number"/>
+    <n v="1226772"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="13"/>
+    <s v="Clare"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD505C1"/>
+    <s v="Private Households"/>
+    <s v="Number"/>
+    <n v="42648"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="13"/>
+    <s v="Clare"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD505C2"/>
+    <s v="All Persons in Private Households"/>
+    <s v="Number"/>
+    <n v="115587"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="14"/>
+    <s v="Cork"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD505C1"/>
+    <s v="Private Households"/>
+    <s v="Number"/>
+    <n v="188019"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="14"/>
+    <s v="Cork"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD505C2"/>
+    <s v="All Persons in Private Households"/>
+    <s v="Number"/>
+    <n v="512300"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="141"/>
+    <s v="Cork City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD505C1"/>
+    <s v="Private Households"/>
+    <s v="Number"/>
+    <n v="47163"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="141"/>
+    <s v="Cork City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD505C2"/>
+    <s v="All Persons in Private Households"/>
+    <s v="Number"/>
+    <n v="115461"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="142"/>
+    <s v="Cork County"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD505C1"/>
+    <s v="Private Households"/>
+    <s v="Number"/>
+    <n v="140856"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="142"/>
+    <s v="Cork County"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD505C2"/>
+    <s v="All Persons in Private Households"/>
+    <s v="Number"/>
+    <n v="396839"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="15"/>
+    <s v="Kerry"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD505C1"/>
+    <s v="Private Households"/>
+    <s v="Number"/>
+    <n v="53306"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="15"/>
+    <s v="Kerry"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD505C2"/>
+    <s v="All Persons in Private Households"/>
+    <s v="Number"/>
+    <n v="140975"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="16"/>
+    <s v="Limerick"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD505C1"/>
+    <s v="Private Households"/>
+    <s v="Number"/>
+    <n v="69649"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="16"/>
+    <s v="Limerick"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD505C2"/>
+    <s v="All Persons in Private Households"/>
+    <s v="Number"/>
+    <n v="187560"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="161"/>
+    <s v="Limerick City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD505C1"/>
+    <s v="Private Households"/>
+    <s v="Number"/>
+    <n v="22367"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="161"/>
+    <s v="Limerick City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD505C2"/>
+    <s v="All Persons in Private Households"/>
+    <s v="Number"/>
+    <n v="55327"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="162"/>
+    <s v="Limerick County"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD505C1"/>
+    <s v="Private Households"/>
+    <s v="Number"/>
+    <n v="47282"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="162"/>
+    <s v="Limerick County"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD505C2"/>
+    <s v="All Persons in Private Households"/>
+    <s v="Number"/>
+    <n v="132233"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="171"/>
+    <s v="North Tipperary"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD505C1"/>
+    <s v="Private Households"/>
+    <s v="Number"/>
+    <n v="25703"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="171"/>
+    <s v="North Tipperary"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD505C2"/>
+    <s v="All Persons in Private Households"/>
+    <s v="Number"/>
+    <n v="70170"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="172"/>
+    <s v="South Tipperary"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD505C1"/>
+    <s v="Private Households"/>
+    <s v="Number"/>
+    <n v="32794"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="172"/>
+    <s v="South Tipperary"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD505C2"/>
+    <s v="All Persons in Private Households"/>
+    <s v="Number"/>
+    <n v="87919"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="18"/>
+    <s v="Waterford"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD505C1"/>
+    <s v="Private Households"/>
+    <s v="Number"/>
+    <n v="42335"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="18"/>
+    <s v="Waterford"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD505C2"/>
+    <s v="All Persons in Private Households"/>
+    <s v="Number"/>
+    <n v="112261"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="181"/>
+    <s v="Waterford City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD505C1"/>
+    <s v="Private Households"/>
+    <s v="Number"/>
+    <n v="18221"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="181"/>
+    <s v="Waterford City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD505C2"/>
+    <s v="All Persons in Private Households"/>
+    <s v="Number"/>
+    <n v="45554"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="182"/>
+    <s v="Waterford County"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD505C1"/>
+    <s v="Private Households"/>
+    <s v="Number"/>
+    <n v="24114"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="182"/>
+    <s v="Waterford County"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD505C2"/>
+    <s v="All Persons in Private Households"/>
+    <s v="Number"/>
+    <n v="66707"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="C"/>
+    <s v="Connacht"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD505C1"/>
+    <s v="Private Households"/>
+    <s v="Number"/>
+    <n v="197253"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="C"/>
+    <s v="Connacht"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD505C2"/>
+    <s v="All Persons in Private Households"/>
+    <s v="Number"/>
+    <n v="530252"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="19"/>
+    <s v="Galway"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD505C1"/>
+    <s v="Private Households"/>
+    <s v="Number"/>
+    <n v="88678"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="19"/>
+    <s v="Galway"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD505C2"/>
+    <s v="All Persons in Private Households"/>
+    <s v="Number"/>
+    <n v="243226"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="191"/>
+    <s v="Galway City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD505C1"/>
+    <s v="Private Households"/>
+    <s v="Number"/>
+    <n v="27726"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="191"/>
+    <s v="Galway City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD505C2"/>
+    <s v="All Persons in Private Households"/>
+    <s v="Number"/>
+    <n v="70918"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="192"/>
+    <s v="Galway County"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD505C1"/>
+    <s v="Private Households"/>
+    <s v="Number"/>
+    <n v="60952"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="192"/>
+    <s v="Galway County"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD505C2"/>
+    <s v="All Persons in Private Households"/>
+    <s v="Number"/>
+    <n v="172308"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="20"/>
+    <s v="Leitrim"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD505C1"/>
+    <s v="Private Households"/>
+    <s v="Number"/>
+    <n v="12308"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="20"/>
+    <s v="Leitrim"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD505C2"/>
+    <s v="All Persons in Private Households"/>
+    <s v="Number"/>
+    <n v="31556"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="21"/>
+    <s v="Mayo"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD505C1"/>
+    <s v="Private Households"/>
+    <s v="Number"/>
+    <n v="48070"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="21"/>
+    <s v="Mayo"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD505C2"/>
+    <s v="All Persons in Private Households"/>
+    <s v="Number"/>
+    <n v="128492"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="22"/>
+    <s v="Roscommon"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD505C1"/>
+    <s v="Private Households"/>
+    <s v="Number"/>
+    <n v="23672"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="22"/>
+    <s v="Roscommon"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD505C2"/>
+    <s v="All Persons in Private Households"/>
+    <s v="Number"/>
+    <n v="63311"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="23"/>
+    <s v="Sligo"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD505C1"/>
+    <s v="Private Households"/>
+    <s v="Number"/>
+    <n v="24525"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="23"/>
+    <s v="Sligo"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD505C2"/>
+    <s v="All Persons in Private Households"/>
+    <s v="Number"/>
+    <n v="63667"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="D"/>
+    <s v="Ulster (part of)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD505C1"/>
+    <s v="Private Households"/>
+    <s v="Number"/>
+    <n v="105046"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="D"/>
+    <s v="Ulster (part of)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD505C2"/>
+    <s v="All Persons in Private Households"/>
+    <s v="Number"/>
+    <n v="292237"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="24"/>
+    <s v="Cavan"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD505C1"/>
+    <s v="Private Households"/>
+    <s v="Number"/>
+    <n v="25818"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="24"/>
+    <s v="Cavan"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD505C2"/>
+    <s v="All Persons in Private Households"/>
+    <s v="Number"/>
+    <n v="72625"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="25"/>
+    <s v="Donegal"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD505C1"/>
+    <s v="Private Households"/>
+    <s v="Number"/>
+    <n v="57964"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="25"/>
+    <s v="Donegal"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD505C2"/>
+    <s v="All Persons in Private Households"/>
+    <s v="Number"/>
+    <n v="159139"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="26"/>
+    <s v="Monaghan"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD505C1"/>
+    <s v="Private Households"/>
+    <s v="Number"/>
+    <n v="21264"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="26"/>
+    <s v="Monaghan"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD505C2"/>
+    <s v="All Persons in Private Households"/>
+    <s v="Number"/>
+    <n v="60473"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Permanent private"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD505C1"/>
+    <s v="Private Households"/>
+    <s v="Number"/>
+    <n v="1649408"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Permanent private"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD505C2"/>
+    <s v="All Persons in Private Households"/>
+    <s v="Number"/>
+    <n v="4500569"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Permanent private"/>
+    <s v="A"/>
+    <s v="Leinster"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD505C1"/>
+    <s v="Private Households"/>
+    <s v="Number"/>
+    <n v="895149"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Permanent private"/>
+    <s v="A"/>
+    <s v="Leinster"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD505C2"/>
+    <s v="All Persons in Private Households"/>
+    <s v="Number"/>
+    <n v="2456341"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Permanent private"/>
+    <s v="01"/>
+    <s v="Carlow"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD505C1"/>
+    <s v="Private Households"/>
+    <s v="Number"/>
+    <n v="19365"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Permanent private"/>
+    <s v="01"/>
+    <s v="Carlow"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD505C2"/>
+    <s v="All Persons in Private Households"/>
+    <s v="Number"/>
+    <n v="54079"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Permanent private"/>
+    <s v="02"/>
+    <s v="Dublin"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD505C1"/>
+    <s v="Private Households"/>
+    <s v="Number"/>
+    <n v="466461"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Permanent private"/>
+    <s v="02"/>
+    <s v="Dublin"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD505C2"/>
+    <s v="All Persons in Private Households"/>
+    <s v="Number"/>
+    <n v="1236518"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Permanent private"/>
+    <s v="021"/>
+    <s v="Dublin City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD505C1"/>
+    <s v="Private Households"/>
+    <s v="Number"/>
+    <n v="207847"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Permanent private"/>
+    <s v="021"/>
+    <s v="Dublin City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD505C2"/>
+    <s v="All Persons in Private Households"/>
+    <s v="Number"/>
+    <n v="499257"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Permanent private"/>
+    <s v="024"/>
+    <s v="Dún Laoghaire-Rathdown"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD505C1"/>
+    <s v="Private Households"/>
+    <s v="Number"/>
+    <n v="75786"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Permanent private"/>
+    <s v="024"/>
+    <s v="Dún Laoghaire-Rathdown"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD505C2"/>
+    <s v="All Persons in Private Households"/>
+    <s v="Number"/>
+    <n v="202509"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Permanent private"/>
+    <s v="023"/>
+    <s v="Fingal"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD505C1"/>
+    <s v="Private Households"/>
+    <s v="Number"/>
+    <n v="92951"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Permanent private"/>
+    <s v="023"/>
+    <s v="Fingal"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD505C2"/>
+    <s v="All Persons in Private Households"/>
+    <s v="Number"/>
+    <n v="271468"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Permanent private"/>
+    <s v="022"/>
+    <s v="South Dublin"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD505C1"/>
+    <s v="Private Households"/>
+    <s v="Number"/>
+    <n v="89877"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Permanent private"/>
+    <s v="022"/>
+    <s v="South Dublin"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD505C2"/>
+    <s v="All Persons in Private Households"/>
+    <s v="Number"/>
+    <n v="263284"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Permanent private"/>
+    <s v="03"/>
+    <s v="Kildare"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD505C1"/>
+    <s v="Private Households"/>
+    <s v="Number"/>
+    <n v="70504"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Permanent private"/>
+    <s v="03"/>
+    <s v="Kildare"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD505C2"/>
+    <s v="All Persons in Private Households"/>
+    <s v="Number"/>
+    <n v="208004"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Permanent private"/>
+    <s v="04"/>
+    <s v="Kilkenny"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD505C1"/>
+    <s v="Private Households"/>
+    <s v="Number"/>
+    <n v="33583"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Permanent private"/>
+    <s v="04"/>
+    <s v="Kilkenny"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD505C2"/>
+    <s v="All Persons in Private Households"/>
+    <s v="Number"/>
+    <n v="94121"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Permanent private"/>
+    <s v="05"/>
+    <s v="Laois"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD505C1"/>
+    <s v="Private Households"/>
+    <s v="Number"/>
+    <n v="27916"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Permanent private"/>
+    <s v="05"/>
+    <s v="Laois"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD505C2"/>
+    <s v="All Persons in Private Households"/>
+    <s v="Number"/>
+    <n v="79564"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Permanent private"/>
+    <s v="06"/>
+    <s v="Longford"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD505C1"/>
+    <s v="Private Households"/>
+    <s v="Number"/>
+    <n v="14410"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Permanent private"/>
+    <s v="06"/>
+    <s v="Longford"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD505C2"/>
+    <s v="All Persons in Private Households"/>
+    <s v="Number"/>
+    <n v="38903"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Permanent private"/>
+    <s v="07"/>
+    <s v="Louth"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD505C1"/>
+    <s v="Private Households"/>
+    <s v="Number"/>
+    <n v="43897"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Permanent private"/>
+    <s v="07"/>
+    <s v="Louth"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD505C2"/>
+    <s v="All Persons in Private Households"/>
+    <s v="Number"/>
+    <n v="122215"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Permanent private"/>
+    <s v="08"/>
+    <s v="Meath"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD505C1"/>
+    <s v="Private Households"/>
+    <s v="Number"/>
+    <n v="61922"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Permanent private"/>
+    <s v="08"/>
+    <s v="Meath"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD505C2"/>
+    <s v="All Persons in Private Households"/>
+    <s v="Number"/>
+    <n v="183806"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Permanent private"/>
+    <s v="09"/>
+    <s v="Offaly"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD505C1"/>
+    <s v="Private Households"/>
+    <s v="Number"/>
+    <n v="26543"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Permanent private"/>
+    <s v="09"/>
+    <s v="Offaly"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD505C2"/>
+    <s v="All Persons in Private Households"/>
+    <s v="Number"/>
+    <n v="75875"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Permanent private"/>
+    <s v="10"/>
+    <s v="Westmeath"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD505C1"/>
+    <s v="Private Households"/>
+    <s v="Number"/>
+    <n v="30624"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Permanent private"/>
+    <s v="10"/>
+    <s v="Westmeath"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD505C2"/>
+    <s v="All Persons in Private Households"/>
+    <s v="Number"/>
+    <n v="84609"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Permanent private"/>
+    <s v="11"/>
+    <s v="Wexford"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD505C1"/>
+    <s v="Private Households"/>
+    <s v="Number"/>
+    <n v="52345"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Permanent private"/>
+    <s v="11"/>
+    <s v="Wexford"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD505C2"/>
+    <s v="All Persons in Private Households"/>
+    <s v="Number"/>
+    <n v="143799"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Permanent private"/>
+    <s v="12"/>
+    <s v="Wicklow"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD505C1"/>
+    <s v="Private Households"/>
+    <s v="Number"/>
+    <n v="47579"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Permanent private"/>
+    <s v="12"/>
+    <s v="Wicklow"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD505C2"/>
+    <s v="All Persons in Private Households"/>
+    <s v="Number"/>
+    <n v="134848"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Permanent private"/>
+    <s v="B"/>
+    <s v="Munster"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD505C1"/>
+    <s v="Private Households"/>
+    <s v="Number"/>
+    <n v="453112"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Permanent private"/>
+    <s v="B"/>
+    <s v="Munster"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD505C2"/>
+    <s v="All Persons in Private Households"/>
+    <s v="Number"/>
+    <n v="1223976"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Permanent private"/>
+    <s v="13"/>
+    <s v="Clare"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD505C1"/>
+    <s v="Private Households"/>
+    <s v="Number"/>
+    <n v="42534"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Permanent private"/>
+    <s v="13"/>
+    <s v="Clare"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD505C2"/>
+    <s v="All Persons in Private Households"/>
+    <s v="Number"/>
+    <n v="115399"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Permanent private"/>
+    <s v="14"/>
+    <s v="Cork"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD505C1"/>
+    <s v="Private Households"/>
+    <s v="Number"/>
+    <n v="187555"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Permanent private"/>
+    <s v="14"/>
+    <s v="Cork"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD505C2"/>
+    <s v="All Persons in Private Households"/>
+    <s v="Number"/>
+    <n v="511422"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Permanent private"/>
+    <s v="141"/>
+    <s v="Cork City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD505C1"/>
+    <s v="Private Households"/>
+    <s v="Number"/>
+    <n v="47110"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Permanent private"/>
+    <s v="141"/>
+    <s v="Cork City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD505C2"/>
+    <s v="All Persons in Private Households"/>
+    <s v="Number"/>
+    <n v="115234"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Permanent private"/>
+    <s v="142"/>
+    <s v="Cork County"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD505C1"/>
+    <s v="Private Households"/>
+    <s v="Number"/>
+    <n v="140445"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Permanent private"/>
+    <s v="142"/>
+    <s v="Cork County"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD505C2"/>
+    <s v="All Persons in Private Households"/>
+    <s v="Number"/>
+    <n v="396188"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Permanent private"/>
+    <s v="15"/>
+    <s v="Kerry"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD505C1"/>
+    <s v="Private Households"/>
+    <s v="Number"/>
+    <n v="53088"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Permanent private"/>
+    <s v="15"/>
+    <s v="Kerry"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD505C2"/>
+    <s v="All Persons in Private Households"/>
+    <s v="Number"/>
+    <n v="140639"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Permanent private"/>
+    <s v="16"/>
+    <s v="Limerick"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD505C1"/>
+    <s v="Private Households"/>
+    <s v="Number"/>
+    <n v="69421"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Permanent private"/>
+    <s v="16"/>
+    <s v="Limerick"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD505C2"/>
+    <s v="All Persons in Private Households"/>
+    <s v="Number"/>
+    <n v="186902"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Permanent private"/>
+    <s v="161"/>
+    <s v="Limerick City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD505C1"/>
+    <s v="Private Households"/>
+    <s v="Number"/>
+    <n v="22300"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Permanent private"/>
+    <s v="161"/>
+    <s v="Limerick City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD505C2"/>
+    <s v="All Persons in Private Households"/>
+    <s v="Number"/>
+    <n v="55076"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Permanent private"/>
+    <s v="162"/>
+    <s v="Limerick County"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD505C1"/>
+    <s v="Private Households"/>
+    <s v="Number"/>
+    <n v="47121"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Permanent private"/>
+    <s v="162"/>
+    <s v="Limerick County"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD505C2"/>
+    <s v="All Persons in Private Households"/>
+    <s v="Number"/>
+    <n v="131826"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Permanent private"/>
+    <s v="171"/>
+    <s v="North Tipperary"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD505C1"/>
+    <s v="Private Households"/>
+    <s v="Number"/>
+    <n v="25611"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Permanent private"/>
+    <s v="171"/>
+    <s v="North Tipperary"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD505C2"/>
+    <s v="All Persons in Private Households"/>
+    <s v="Number"/>
+    <n v="69987"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Permanent private"/>
+    <s v="172"/>
+    <s v="South Tipperary"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD505C1"/>
+    <s v="Private Households"/>
+    <s v="Number"/>
+    <n v="32664"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Permanent private"/>
+    <s v="172"/>
+    <s v="South Tipperary"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD505C2"/>
+    <s v="All Persons in Private Households"/>
+    <s v="Number"/>
+    <n v="87593"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Permanent private"/>
+    <s v="18"/>
+    <s v="Waterford"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD505C1"/>
+    <s v="Private Households"/>
+    <s v="Number"/>
+    <n v="42239"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Permanent private"/>
+    <s v="18"/>
+    <s v="Waterford"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD505C2"/>
+    <s v="All Persons in Private Households"/>
+    <s v="Number"/>
+    <n v="112034"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Permanent private"/>
+    <s v="181"/>
+    <s v="Waterford City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD505C1"/>
+    <s v="Private Households"/>
+    <s v="Number"/>
+    <n v="18199"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Permanent private"/>
+    <s v="181"/>
+    <s v="Waterford City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD505C2"/>
+    <s v="All Persons in Private Households"/>
+    <s v="Number"/>
+    <n v="45476"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Permanent private"/>
+    <s v="182"/>
+    <s v="Waterford County"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD505C1"/>
+    <s v="Private Households"/>
+    <s v="Number"/>
+    <n v="24040"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Permanent private"/>
+    <s v="182"/>
+    <s v="Waterford County"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD505C2"/>
+    <s v="All Persons in Private Households"/>
+    <s v="Number"/>
+    <n v="66558"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Permanent private"/>
+    <s v="C"/>
+    <s v="Connacht"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD505C1"/>
+    <s v="Private Households"/>
+    <s v="Number"/>
+    <n v="196530"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Permanent private"/>
+    <s v="C"/>
+    <s v="Connacht"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD505C2"/>
+    <s v="All Persons in Private Households"/>
+    <s v="Number"/>
+    <n v="528724"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Permanent private"/>
+    <s v="19"/>
+    <s v="Galway"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD505C1"/>
+    <s v="Private Households"/>
+    <s v="Number"/>
+    <n v="88341"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Permanent private"/>
+    <s v="19"/>
+    <s v="Galway"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD505C2"/>
+    <s v="All Persons in Private Households"/>
+    <s v="Number"/>
+    <n v="242454"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Permanent private"/>
+    <s v="191"/>
+    <s v="Galway City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD505C1"/>
+    <s v="Private Households"/>
+    <s v="Number"/>
+    <n v="27697"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Permanent private"/>
+    <s v="191"/>
+    <s v="Galway City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD505C2"/>
+    <s v="All Persons in Private Households"/>
+    <s v="Number"/>
+    <n v="70805"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Permanent private"/>
+    <s v="192"/>
+    <s v="Galway County"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD505C1"/>
+    <s v="Private Households"/>
+    <s v="Number"/>
+    <n v="60644"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Permanent private"/>
+    <s v="192"/>
+    <s v="Galway County"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD505C2"/>
+    <s v="All Persons in Private Households"/>
+    <s v="Number"/>
+    <n v="171649"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Permanent private"/>
+    <s v="20"/>
+    <s v="Leitrim"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD505C1"/>
+    <s v="Private Households"/>
+    <s v="Number"/>
+    <n v="12228"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Permanent private"/>
+    <s v="20"/>
+    <s v="Leitrim"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD505C2"/>
+    <s v="All Persons in Private Households"/>
+    <s v="Number"/>
+    <n v="31400"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Permanent private"/>
+    <s v="21"/>
+    <s v="Mayo"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD505C1"/>
+    <s v="Private Households"/>
+    <s v="Number"/>
+    <n v="47932"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Permanent private"/>
+    <s v="21"/>
+    <s v="Mayo"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD505C2"/>
+    <s v="All Persons in Private Households"/>
+    <s v="Number"/>
+    <n v="128255"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Permanent private"/>
+    <s v="22"/>
+    <s v="Roscommon"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD505C1"/>
+    <s v="Private Households"/>
+    <s v="Number"/>
+    <n v="23601"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Permanent private"/>
+    <s v="22"/>
+    <s v="Roscommon"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD505C2"/>
+    <s v="All Persons in Private Households"/>
+    <s v="Number"/>
+    <n v="63186"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Permanent private"/>
+    <s v="23"/>
+    <s v="Sligo"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD505C1"/>
+    <s v="Private Households"/>
+    <s v="Number"/>
+    <n v="24428"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Permanent private"/>
+    <s v="23"/>
+    <s v="Sligo"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD505C2"/>
+    <s v="All Persons in Private Households"/>
+    <s v="Number"/>
+    <n v="63429"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Permanent private"/>
+    <s v="D"/>
+    <s v="Ulster (part of)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD505C1"/>
+    <s v="Private Households"/>
+    <s v="Number"/>
+    <n v="104617"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Permanent private"/>
+    <s v="D"/>
+    <s v="Ulster (part of)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD505C2"/>
+    <s v="All Persons in Private Households"/>
+    <s v="Number"/>
+    <n v="291528"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Permanent private"/>
+    <s v="24"/>
+    <s v="Cavan"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD505C1"/>
+    <s v="Private Households"/>
+    <s v="Number"/>
+    <n v="25720"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Permanent private"/>
+    <s v="24"/>
+    <s v="Cavan"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD505C2"/>
+    <s v="All Persons in Private Households"/>
+    <s v="Number"/>
+    <n v="72478"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Permanent private"/>
+    <s v="25"/>
+    <s v="Donegal"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD505C1"/>
+    <s v="Private Households"/>
+    <s v="Number"/>
+    <n v="57721"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Permanent private"/>
+    <s v="25"/>
+    <s v="Donegal"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD505C2"/>
+    <s v="All Persons in Private Households"/>
+    <s v="Number"/>
+    <n v="158722"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Permanent private"/>
+    <s v="26"/>
+    <s v="Monaghan"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD505C1"/>
+    <s v="Private Households"/>
+    <s v="Number"/>
+    <n v="21176"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Permanent private"/>
+    <s v="26"/>
+    <s v="Monaghan"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD505C2"/>
+    <s v="All Persons in Private Households"/>
+    <s v="Number"/>
+    <n v="60328"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Temporary private"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD505C1"/>
+    <s v="Private Households"/>
+    <s v="Number"/>
+    <n v="4800"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Temporary private"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD505C2"/>
+    <s v="All Persons in Private Households"/>
+    <s v="Number"/>
+    <n v="9840"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Temporary private"/>
+    <s v="A"/>
+    <s v="Leinster"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD505C1"/>
+    <s v="Private Households"/>
+    <s v="Number"/>
+    <n v="2306"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Temporary private"/>
+    <s v="A"/>
+    <s v="Leinster"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD505C2"/>
+    <s v="All Persons in Private Households"/>
+    <s v="Number"/>
+    <n v="4807"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Temporary private"/>
+    <s v="01"/>
+    <s v="Carlow"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD505C1"/>
+    <s v="Private Households"/>
+    <s v="Number"/>
+    <n v="71"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Temporary private"/>
+    <s v="01"/>
+    <s v="Carlow"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD505C2"/>
+    <s v="All Persons in Private Households"/>
+    <s v="Number"/>
+    <n v="108"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Temporary private"/>
+    <s v="02"/>
+    <s v="Dublin"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD505C1"/>
+    <s v="Private Households"/>
+    <s v="Number"/>
+    <n v="531"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Temporary private"/>
+    <s v="02"/>
+    <s v="Dublin"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD505C2"/>
+    <s v="All Persons in Private Households"/>
+    <s v="Number"/>
+    <n v="1416"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Temporary private"/>
+    <s v="021"/>
+    <s v="Dublin City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD505C1"/>
+    <s v="Private Households"/>
+    <s v="Number"/>
+    <n v="161"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Temporary private"/>
+    <s v="021"/>
+    <s v="Dublin City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD505C2"/>
+    <s v="All Persons in Private Households"/>
+    <s v="Number"/>
+    <n v="402"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Temporary private"/>
+    <s v="024"/>
+    <s v="Dún Laoghaire-Rathdown"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD505C1"/>
+    <s v="Private Households"/>
+    <s v="Number"/>
+    <n v="33"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Temporary private"/>
+    <s v="024"/>
+    <s v="Dún Laoghaire-Rathdown"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD505C2"/>
+    <s v="All Persons in Private Households"/>
+    <s v="Number"/>
+    <n v="85"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Temporary private"/>
+    <s v="023"/>
+    <s v="Fingal"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD505C1"/>
+    <s v="Private Households"/>
+    <s v="Number"/>
+    <n v="195"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Temporary private"/>
+    <s v="023"/>
+    <s v="Fingal"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD505C2"/>
+    <s v="All Persons in Private Households"/>
+    <s v="Number"/>
+    <n v="490"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Temporary private"/>
+    <s v="022"/>
+    <s v="South Dublin"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD505C1"/>
+    <s v="Private Households"/>
+    <s v="Number"/>
+    <n v="142"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Temporary private"/>
+    <s v="022"/>
+    <s v="South Dublin"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD505C2"/>
+    <s v="All Persons in Private Households"/>
+    <s v="Number"/>
+    <n v="439"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Temporary private"/>
+    <s v="03"/>
+    <s v="Kildare"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD505C1"/>
+    <s v="Private Households"/>
+    <s v="Number"/>
+    <n v="259"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Temporary private"/>
+    <s v="03"/>
+    <s v="Kildare"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD505C2"/>
+    <s v="All Persons in Private Households"/>
+    <s v="Number"/>
+    <n v="518"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Temporary private"/>
+    <s v="04"/>
+    <s v="Kilkenny"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD505C1"/>
+    <s v="Private Households"/>
+    <s v="Number"/>
+    <n v="96"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Temporary private"/>
+    <s v="04"/>
+    <s v="Kilkenny"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD505C2"/>
+    <s v="All Persons in Private Households"/>
+    <s v="Number"/>
+    <n v="221"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Temporary private"/>
+    <s v="05"/>
+    <s v="Laois"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD505C1"/>
+    <s v="Private Households"/>
+    <s v="Number"/>
+    <n v="104"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Temporary private"/>
+    <s v="05"/>
+    <s v="Laois"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD505C2"/>
+    <s v="All Persons in Private Households"/>
+    <s v="Number"/>
+    <n v="187"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Temporary private"/>
+    <s v="06"/>
+    <s v="Longford"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD505C1"/>
+    <s v="Private Households"/>
+    <s v="Number"/>
+    <n v="43"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Temporary private"/>
+    <s v="06"/>
+    <s v="Longford"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD505C2"/>
+    <s v="All Persons in Private Households"/>
+    <s v="Number"/>
+    <n v="83"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Temporary private"/>
+    <s v="07"/>
+    <s v="Louth"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD505C1"/>
+    <s v="Private Households"/>
+    <s v="Number"/>
+    <n v="75"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Temporary private"/>
+    <s v="07"/>
+    <s v="Louth"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD505C2"/>
+    <s v="All Persons in Private Households"/>
+    <s v="Number"/>
+    <n v="124"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Temporary private"/>
+    <s v="08"/>
+    <s v="Meath"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD505C1"/>
+    <s v="Private Households"/>
+    <s v="Number"/>
+    <n v="279"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Temporary private"/>
+    <s v="08"/>
+    <s v="Meath"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD505C2"/>
+    <s v="All Persons in Private Households"/>
+    <s v="Number"/>
+    <n v="530"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Temporary private"/>
+    <s v="09"/>
+    <s v="Offaly"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD505C1"/>
+    <s v="Private Households"/>
+    <s v="Number"/>
+    <n v="207"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Temporary private"/>
+    <s v="09"/>
+    <s v="Offaly"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD505C2"/>
+    <s v="All Persons in Private Households"/>
+    <s v="Number"/>
+    <n v="399"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Temporary private"/>
+    <s v="10"/>
+    <s v="Westmeath"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD505C1"/>
+    <s v="Private Households"/>
+    <s v="Number"/>
+    <n v="115"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Temporary private"/>
+    <s v="10"/>
+    <s v="Westmeath"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD505C2"/>
+    <s v="All Persons in Private Households"/>
+    <s v="Number"/>
+    <n v="260"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Temporary private"/>
+    <s v="11"/>
+    <s v="Wexford"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD505C1"/>
+    <s v="Private Households"/>
+    <s v="Number"/>
+    <n v="307"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Temporary private"/>
+    <s v="11"/>
+    <s v="Wexford"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD505C2"/>
+    <s v="All Persons in Private Households"/>
+    <s v="Number"/>
+    <n v="550"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Temporary private"/>
+    <s v="12"/>
+    <s v="Wicklow"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD505C1"/>
+    <s v="Private Households"/>
+    <s v="Number"/>
+    <n v="219"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Temporary private"/>
+    <s v="12"/>
+    <s v="Wicklow"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD505C2"/>
+    <s v="All Persons in Private Households"/>
+    <s v="Number"/>
+    <n v="411"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Temporary private"/>
+    <s v="B"/>
+    <s v="Munster"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD505C1"/>
+    <s v="Private Households"/>
+    <s v="Number"/>
+    <n v="1342"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Temporary private"/>
+    <s v="B"/>
+    <s v="Munster"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD505C2"/>
+    <s v="All Persons in Private Households"/>
+    <s v="Number"/>
+    <n v="2796"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Temporary private"/>
+    <s v="13"/>
+    <s v="Clare"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD505C1"/>
+    <s v="Private Households"/>
+    <s v="Number"/>
+    <n v="114"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Temporary private"/>
+    <s v="13"/>
+    <s v="Clare"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD505C2"/>
+    <s v="All Persons in Private Households"/>
+    <s v="Number"/>
+    <n v="188"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Temporary private"/>
+    <s v="14"/>
+    <s v="Cork"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD505C1"/>
+    <s v="Private Households"/>
+    <s v="Number"/>
+    <n v="464"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Temporary private"/>
+    <s v="14"/>
+    <s v="Cork"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD505C2"/>
+    <s v="All Persons in Private Households"/>
+    <s v="Number"/>
+    <n v="878"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Temporary private"/>
+    <s v="141"/>
+    <s v="Cork City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD505C1"/>
+    <s v="Private Households"/>
+    <s v="Number"/>
+    <n v="53"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Temporary private"/>
+    <s v="141"/>
+    <s v="Cork City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD505C2"/>
+    <s v="All Persons in Private Households"/>
+    <s v="Number"/>
+    <n v="227"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Temporary private"/>
+    <s v="142"/>
+    <s v="Cork County"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD505C1"/>
+    <s v="Private Households"/>
+    <s v="Number"/>
+    <n v="411"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Temporary private"/>
+    <s v="142"/>
+    <s v="Cork County"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD505C2"/>
+    <s v="All Persons in Private Households"/>
+    <s v="Number"/>
+    <n v="651"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Temporary private"/>
+    <s v="15"/>
+    <s v="Kerry"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD505C1"/>
+    <s v="Private Households"/>
+    <s v="Number"/>
+    <n v="218"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Temporary private"/>
+    <s v="15"/>
+    <s v="Kerry"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD505C2"/>
+    <s v="All Persons in Private Households"/>
+    <s v="Number"/>
+    <n v="336"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Temporary private"/>
+    <s v="16"/>
+    <s v="Limerick"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD505C1"/>
+    <s v="Private Households"/>
+    <s v="Number"/>
+    <n v="228"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Temporary private"/>
+    <s v="16"/>
+    <s v="Limerick"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD505C2"/>
+    <s v="All Persons in Private Households"/>
+    <s v="Number"/>
+    <n v="658"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Temporary private"/>
+    <s v="161"/>
+    <s v="Limerick City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD505C1"/>
+    <s v="Private Households"/>
+    <s v="Number"/>
+    <n v="67"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Temporary private"/>
+    <s v="161"/>
+    <s v="Limerick City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD505C2"/>
+    <s v="All Persons in Private Households"/>
+    <s v="Number"/>
+    <n v="251"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Temporary private"/>
+    <s v="162"/>
+    <s v="Limerick County"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD505C1"/>
+    <s v="Private Households"/>
+    <s v="Number"/>
+    <n v="161"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Temporary private"/>
+    <s v="162"/>
+    <s v="Limerick County"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD505C2"/>
+    <s v="All Persons in Private Households"/>
+    <s v="Number"/>
+    <n v="407"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Temporary private"/>
+    <s v="171"/>
+    <s v="North Tipperary"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD505C1"/>
+    <s v="Private Households"/>
+    <s v="Number"/>
+    <n v="92"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Temporary private"/>
+    <s v="171"/>
+    <s v="North Tipperary"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD505C2"/>
+    <s v="All Persons in Private Households"/>
+    <s v="Number"/>
+    <n v="183"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Temporary private"/>
+    <s v="172"/>
+    <s v="South Tipperary"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD505C1"/>
+    <s v="Private Households"/>
+    <s v="Number"/>
+    <n v="130"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Temporary private"/>
+    <s v="172"/>
+    <s v="South Tipperary"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD505C2"/>
+    <s v="All Persons in Private Households"/>
+    <s v="Number"/>
+    <n v="326"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Temporary private"/>
+    <s v="18"/>
+    <s v="Waterford"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD505C1"/>
+    <s v="Private Households"/>
+    <s v="Number"/>
+    <n v="96"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Temporary private"/>
+    <s v="18"/>
+    <s v="Waterford"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD505C2"/>
+    <s v="All Persons in Private Households"/>
+    <s v="Number"/>
+    <n v="227"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Temporary private"/>
+    <s v="181"/>
+    <s v="Waterford City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD505C1"/>
+    <s v="Private Households"/>
+    <s v="Number"/>
+    <n v="22"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Temporary private"/>
+    <s v="181"/>
+    <s v="Waterford City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD505C2"/>
+    <s v="All Persons in Private Households"/>
+    <s v="Number"/>
+    <n v="78"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Temporary private"/>
+    <s v="182"/>
+    <s v="Waterford County"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD505C1"/>
+    <s v="Private Households"/>
+    <s v="Number"/>
+    <n v="74"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Temporary private"/>
+    <s v="182"/>
+    <s v="Waterford County"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD505C2"/>
+    <s v="All Persons in Private Households"/>
+    <s v="Number"/>
+    <n v="149"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Temporary private"/>
+    <s v="C"/>
+    <s v="Connacht"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD505C1"/>
+    <s v="Private Households"/>
+    <s v="Number"/>
+    <n v="723"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Temporary private"/>
+    <s v="C"/>
+    <s v="Connacht"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD505C2"/>
+    <s v="All Persons in Private Households"/>
+    <s v="Number"/>
+    <n v="1528"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Temporary private"/>
+    <s v="19"/>
+    <s v="Galway"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD505C1"/>
+    <s v="Private Households"/>
+    <s v="Number"/>
+    <n v="337"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Temporary private"/>
+    <s v="19"/>
+    <s v="Galway"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD505C2"/>
+    <s v="All Persons in Private Households"/>
+    <s v="Number"/>
+    <n v="772"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Temporary private"/>
+    <s v="191"/>
+    <s v="Galway City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD505C1"/>
+    <s v="Private Households"/>
+    <s v="Number"/>
+    <n v="29"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Temporary private"/>
+    <s v="191"/>
+    <s v="Galway City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD505C2"/>
+    <s v="All Persons in Private Households"/>
+    <s v="Number"/>
+    <n v="113"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Temporary private"/>
+    <s v="192"/>
+    <s v="Galway County"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD505C1"/>
+    <s v="Private Households"/>
+    <s v="Number"/>
+    <n v="308"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Temporary private"/>
+    <s v="192"/>
+    <s v="Galway County"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD505C2"/>
+    <s v="All Persons in Private Households"/>
+    <s v="Number"/>
+    <n v="659"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Temporary private"/>
+    <s v="20"/>
+    <s v="Leitrim"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD505C1"/>
+    <s v="Private Households"/>
+    <s v="Number"/>
+    <n v="80"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Temporary private"/>
+    <s v="20"/>
+    <s v="Leitrim"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD505C2"/>
+    <s v="All Persons in Private Households"/>
+    <s v="Number"/>
+    <n v="156"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Temporary private"/>
+    <s v="21"/>
+    <s v="Mayo"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD505C1"/>
+    <s v="Private Households"/>
+    <s v="Number"/>
+    <n v="138"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Temporary private"/>
+    <s v="21"/>
+    <s v="Mayo"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD505C2"/>
+    <s v="All Persons in Private Households"/>
+    <s v="Number"/>
+    <n v="237"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Temporary private"/>
+    <s v="22"/>
+    <s v="Roscommon"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD505C1"/>
+    <s v="Private Households"/>
+    <s v="Number"/>
+    <n v="71"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Temporary private"/>
+    <s v="22"/>
+    <s v="Roscommon"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD505C2"/>
+    <s v="All Persons in Private Households"/>
+    <s v="Number"/>
+    <n v="125"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Temporary private"/>
+    <s v="23"/>
+    <s v="Sligo"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD505C1"/>
+    <s v="Private Households"/>
+    <s v="Number"/>
+    <n v="97"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Temporary private"/>
+    <s v="23"/>
+    <s v="Sligo"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD505C2"/>
+    <s v="All Persons in Private Households"/>
+    <s v="Number"/>
+    <n v="238"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Temporary private"/>
+    <s v="D"/>
+    <s v="Ulster (part of)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD505C1"/>
+    <s v="Private Households"/>
+    <s v="Number"/>
+    <n v="429"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Temporary private"/>
+    <s v="D"/>
+    <s v="Ulster (part of)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD505C2"/>
+    <s v="All Persons in Private Households"/>
+    <s v="Number"/>
+    <n v="709"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Temporary private"/>
+    <s v="24"/>
+    <s v="Cavan"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD505C1"/>
+    <s v="Private Households"/>
+    <s v="Number"/>
+    <n v="98"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Temporary private"/>
+    <s v="24"/>
+    <s v="Cavan"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD505C2"/>
+    <s v="All Persons in Private Households"/>
+    <s v="Number"/>
+    <n v="147"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Temporary private"/>
+    <s v="25"/>
+    <s v="Donegal"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD505C1"/>
+    <s v="Private Households"/>
+    <s v="Number"/>
+    <n v="243"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Temporary private"/>
+    <s v="25"/>
+    <s v="Donegal"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD505C2"/>
+    <s v="All Persons in Private Households"/>
+    <s v="Number"/>
+    <n v="417"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Temporary private"/>
+    <s v="26"/>
+    <s v="Monaghan"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD505C1"/>
+    <s v="Private Households"/>
+    <s v="Number"/>
+    <n v="88"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Temporary private"/>
+    <s v="26"/>
+    <s v="Monaghan"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD505C2"/>
+    <s v="All Persons in Private Households"/>
+    <s v="Number"/>
+    <n v="145"/>
+  </r>
+</pivotCacheRecords>
 </file>