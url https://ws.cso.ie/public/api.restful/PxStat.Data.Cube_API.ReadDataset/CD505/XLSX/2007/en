--- v2 (2026-01-09)
+++ v3 (2026-02-23)
@@ -1,48 +1,48 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/pivotCache/pivotCacheDefinition1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheDefinition+xml"/>
   <Override PartName="/pivotCache/pivotCacheRecords1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheRecords+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/pivotTables/pivotTable.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R877702ca93a64c5b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/9c9a240d0f5649e1a7adaf34d44d43e2.psmdcp" Id="R044d03a653f24b42" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6e76529f89e349e8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/f4d966d667724fb1931ab2886f1d4e9f.psmdcp" Id="R4644b7d51e6c4468" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="About" sheetId="1" r:id="rId2"/>
     <x:sheet name="Unpivoted" sheetId="2" r:id="rId9"/>
     <x:sheet name="Pivoted" sheetId="3" r:id="rId11"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
   <x:pivotCaches>
     <x:pivotCache cacheId="0" r:id="rId12"/>
   </x:pivotCaches>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Table</x:t>