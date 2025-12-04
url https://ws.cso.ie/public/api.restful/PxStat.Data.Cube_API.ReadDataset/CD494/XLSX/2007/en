--- v0 (2025-10-05)
+++ v1 (2025-12-04)
@@ -1,97 +1,97 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/pivotCache/pivotCacheDefinition1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheDefinition+xml"/>
   <Override PartName="/pivotCache/pivotCacheRecords1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheRecords+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/pivotTables/pivotTable.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0a887c50efc54958" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/c4c5d9f676334bab8727ce415cbc0454.psmdcp" Id="R94f10af21aae4bfc" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra10a152a8c9846ee" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/210985851d3c40109003f5c38fb121b4.psmdcp" Id="R53ab32f869ee4498" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
-    <x:sheet name="About" sheetId="2" r:id="rId2"/>
-[...1 lines deleted...]
-    <x:sheet name="Pivoted" sheetId="11" r:id="rId11"/>
+    <x:sheet name="About" sheetId="1" r:id="rId2"/>
+    <x:sheet name="Unpivoted" sheetId="2" r:id="rId9"/>
+    <x:sheet name="Pivoted" sheetId="3" r:id="rId11"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
   <x:pivotCaches>
     <x:pivotCache cacheId="0" r:id="rId12"/>
   </x:pivotCaches>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Table</x:t>
   </x:si>
   <x:si>
     <x:t>Code</x:t>
   </x:si>
   <x:si>
     <x:t>CD494</x:t>
   </x:si>
   <x:si>
     <x:t>Name</x:t>
   </x:si>
   <x:si>
     <x:t>Private Households in Permanent Housing Units</x:t>
   </x:si>
   <x:si>
     <x:t>Frequency</x:t>
   </x:si>
   <x:si>
     <x:t>Annual</x:t>
   </x:si>
   <x:si>
     <x:t>Last Updated</x:t>
   </x:si>
   <x:si>
-    <x:t>5/19/2020 11:00:00 AM</x:t>
+    <x:t>19/05/2020 11:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Note</x:t>
   </x:si>
   <x:si>
     <x:t>Url</x:t>
   </x:si>
   <x:si>
     <x:t>https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/CD494/XLSX/2007/en</x:t>
   </x:si>
   <x:si>
     <x:t>Product</x:t>
   </x:si>
   <x:si>
     <x:t>C2011P4</x:t>
   </x:si>
   <x:si>
     <x:t>Profile 4 - The Roof Over Our Heads - Housing in Ireland</x:t>
   </x:si>
   <x:si>
     <x:t>Contacts</x:t>
   </x:si>
   <x:si>
     <x:t>Bernie Casey</x:t>
   </x:si>
@@ -490,347 +490,166 @@
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip r:embed="rId8" cstate="print"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="3971925" cy="1381125"/>
         </a:xfrm>
         <a:prstGeom prst="rect"/>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/pivotTables/_rels/pivotTable.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheDefinition" Target="/pivotCache/pivotCacheDefinition1.xml" Id="rId17" /></Relationships>
 </file>
 
 <file path=xl/pivotTables/pivotTable.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotTableDefinition xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" dataCaption="Values" showError="0" missingCaption="" showMissing="1" pageWrap="0" pageOverThenDown="0" rowGrandTotals="0" colGrandTotals="0" indent="1">
-[...295 lines deleted...]
-</x:pivotTableDefinition>
+<pivotTableDefinition xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" applyNumberFormats="0" applyBorderFormats="0" applyFontFormats="0" applyPatternFormats="0" applyAlignmentFormats="0" applyWidthHeightFormats="0" dataCaption="Values" rowGrandTotals="0" colGrandTotals="0" outline="1">
+  <location ref="A1" firstHeaderRow="0" firstDataRow="0" firstDataCol="0"/>
+  <pivotFields count="12">
+    <pivotField name="STATISTIC" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="Statistic Label" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="C02076V03371" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="12">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+        <item x="11"/>
+      </items>
+    </pivotField>
+    <pivotField name="Age Group of Reference Person" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="12">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+        <item x="11"/>
+      </items>
+    </pivotField>
+    <pivotField name="C02701V03269" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="3">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+      </items>
+    </pivotField>
+    <pivotField name="Aggregate Town or Rural Area" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="3">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+      </items>
+    </pivotField>
+    <pivotField name="C02698V03266" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="7">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+      </items>
+    </pivotField>
+    <pivotField name="Motor Car Availability" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="7">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+      </items>
+    </pivotField>
+    <pivotField name="TLIST(A1)" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="CensusYear" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField showAll="0"/>
+    <pivotField dataField="1" showAll="0"/>
+  </pivotFields>
+  <rowFields count="10">
+    <field x="0"/>
+    <field x="1"/>
+    <field x="2"/>
+    <field x="3"/>
+    <field x="4"/>
+    <field x="5"/>
+    <field x="6"/>
+    <field x="7"/>
+    <field x="8"/>
+    <field x="9"/>
+  </rowFields>
+  <dataFields count="1">
+    <dataField name="VALUE" fld="11"/>
+  </dataFields>
+  <pivotTableStyleInfo name="PivotStyleLight16" showRowHeaders="1" showColHeaders="1"/>
+  <extLst>
+    <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{962EF5D1-5CA2-4c93-8EF4-DBF5C05439D2}">
+      <x14:pivotTableDefinition enableEdit="0" hideValuesRow="1"/>
+    </ext>
+  </extLst>
+</pivotTableDefinition>
 </file>
 
 <file path=xl/tables/table1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:table xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="1" name="Unpivoted" displayName="Unpivoted" ref="A1:L253" totalsRowShown="0">
   <x:autoFilter ref="A1:L253"/>
   <x:tableColumns count="12">
     <x:tableColumn id="1" name="STATISTIC"/>
     <x:tableColumn id="2" name="Statistic Label"/>
     <x:tableColumn id="3" name="C02076V03371"/>
     <x:tableColumn id="4" name="Age Group of Reference Person"/>
     <x:tableColumn id="5" name="C02701V03269"/>
     <x:tableColumn id="6" name="Aggregate Town or Rural Area"/>
     <x:tableColumn id="7" name="C02698V03266"/>
     <x:tableColumn id="8" name="Motor Car Availability"/>
     <x:tableColumn id="9" name="TLIST(A1)"/>
     <x:tableColumn id="10" name="CensusYear"/>
     <x:tableColumn id="11" name="UNIT"/>
     <x:tableColumn id="12" name="VALUE"/>
   </x:tableColumns>
   <x:tableStyleInfo name="TableStyleMedium2" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </x:table>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
@@ -1103,51 +922,51 @@
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="/xl/drawings/drawing1.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/CD494/XLSX/2007/en" TargetMode="External" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cso.ie/" TargetMode="External" Id="rId14" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="/xl/tables/table1.xml" Id="rId15" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet3.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotTable" Target="/xl/pivotTables/pivotTable.xml" Id="rId16" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:B39"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="20.710625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="100.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="8" spans="1:2">
       <x:c r="A8" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B8" s="2"/>
     </x:row>
     <x:row r="9" spans="1:2">
       <x:c r="A9" s="3" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="B9" s="0" t="s">
         <x:v>2</x:v>
@@ -1334,51 +1153,51 @@
       </x:c>
     </x:row>
     <x:row r="39" spans="1:2">
       <x:c r="A39" s="3" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B39" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:hyperlinks>
     <x:hyperlink ref="B14" r:id="rId13"/>
     <x:hyperlink ref="B28" r:id="rId14"/>
   </x:hyperlinks>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:drawing xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId7"/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:L253"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="11.996339" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="44.139196" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="16.139196" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="31.139196" style="0" customWidth="1"/>
     <x:col min="5" max="5" width="16.139196" style="0" customWidth="1"/>
     <x:col min="6" max="6" width="29.853482" style="0" customWidth="1"/>
     <x:col min="7" max="7" width="16.139196" style="0" customWidth="1"/>
     <x:col min="8" max="8" width="40.710625" style="0" customWidth="1"/>
     <x:col min="9" max="9" width="11.282054" style="0" customWidth="1"/>
     <x:col min="10" max="10" width="13.424911" style="0" customWidth="1"/>
     <x:col min="11" max="11" width="8.282054" style="0" customWidth="1"/>
     <x:col min="12" max="12" width="8.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:12">
       <x:c r="A1" s="0" t="s">
@@ -10984,51 +10803,51 @@
       <x:c r="I253" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J253" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="K253" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="L253" s="0">
         <x:v>23042</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="1">
     <x:tablePart r:id="rId15"/>
   </x:tableParts>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:sheetData/>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Application>Microsoft Excel</ap:Application>
   <ap:TitlesOfParts>
     <vt:vector baseType="lpstr" size="9">
       <vt:lpstr>About</vt:lpstr>
       <vt:lpstr>Unpivoted</vt:lpstr>
       <vt:lpstr>Pivoted</vt:lpstr>
@@ -11045,51 +10864,51 @@
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>3</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Named Ranges</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>6</vt:i4>
       </vt:variant>
     </vt:vector>
   </ap:HeadingPairs>
   <ap:DocSecurity>0</ap:DocSecurity>
   <ap:ScaleCrop>false</ap:ScaleCrop>
 </ap:Properties>
 </file>
 
 <file path=pivotCache/_rels/pivotCacheDefinition1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheRecords" Target="/pivotCache/pivotCacheRecords1.xml" Id="rId1" /></Relationships>
 </file>
 
 <file path=pivotCache/pivotCacheDefinition1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:pivotCacheDefinition xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" r:id="rId1" saveData="1" refreshOnLoad="1" createdVersion="5" refreshedVersion="5" minRefreshableVersion="3">
   <x:cacheSource type="worksheet">
-    <x:worksheetSource ref="A1:L253" sheet="Unpivoted"/>
+    <x:worksheetSource name="Unpivoted"/>
   </x:cacheSource>
   <x:cacheFields>
     <x:cacheField name="STATISTIC">
       <x:sharedItems count="1">
         <x:s v="CD494"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="Statistic Label">
       <x:sharedItems count="1">
         <x:s v="Private Households in Permanent Housing Units"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="C02076V03371">
       <x:sharedItems count="12">
         <x:s v="405"/>
         <x:s v="410"/>
         <x:s v="440"/>
         <x:s v="460"/>
         <x:s v="475"/>
         <x:s v="495"/>
         <x:s v="515"/>
         <x:s v="530"/>
         <x:s v="550"/>
         <x:s v="575"/>
         <x:s v="X94"/>
@@ -11400,27 +11219,3556 @@
         <x:n v="67197"/>
         <x:n v="2084"/>
         <x:n v="196"/>
         <x:n v="127"/>
         <x:n v="69604"/>
         <x:n v="65968"/>
         <x:n v="79902"/>
         <x:n v="36002"/>
         <x:n v="819"/>
         <x:n v="88"/>
         <x:n v="67"/>
         <x:n v="36976"/>
         <x:n v="55670"/>
         <x:n v="31195"/>
         <x:n v="1265"/>
         <x:n v="108"/>
         <x:n v="60"/>
         <x:n v="32628"/>
       </x:sharedItems>
     </x:cacheField>
   </x:cacheFields>
 </x:pivotCacheDefinition>
 </file>
 
 <file path=pivotCache/pivotCacheRecords1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main"/>
+<pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="xr">
+  <r>
+    <s v="CD494"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="405"/>
+    <s v="Under 25 years"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="55124"/>
+  </r>
+  <r>
+    <s v="CD494"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="405"/>
+    <s v="Under 25 years"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="1"/>
+    <s v="Households with one motor car"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="20662"/>
+  </r>
+  <r>
+    <s v="CD494"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="405"/>
+    <s v="Under 25 years"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="2"/>
+    <s v="Households with two motor cars"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="8436"/>
+  </r>
+  <r>
+    <s v="CD494"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="405"/>
+    <s v="Under 25 years"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="3"/>
+    <s v="Households with three motor cars"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2036"/>
+  </r>
+  <r>
+    <s v="CD494"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="405"/>
+    <s v="Under 25 years"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="4"/>
+    <s v="Households with four or more motor cars"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="759"/>
+  </r>
+  <r>
+    <s v="CD494"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="405"/>
+    <s v="Under 25 years"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="-1"/>
+    <s v="All households having at least one motor car"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="31893"/>
+  </r>
+  <r>
+    <s v="CD494"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="405"/>
+    <s v="Under 25 years"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="-2"/>
+    <s v="All households not having a motor car"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="23231"/>
+  </r>
+  <r>
+    <s v="CD494"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="405"/>
+    <s v="Under 25 years"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="47035"/>
+  </r>
+  <r>
+    <s v="CD494"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="405"/>
+    <s v="Under 25 years"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="1"/>
+    <s v="Households with one motor car"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="16601"/>
+  </r>
+  <r>
+    <s v="CD494"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="405"/>
+    <s v="Under 25 years"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="2"/>
+    <s v="Households with two motor cars"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="6463"/>
+  </r>
+  <r>
+    <s v="CD494"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="405"/>
+    <s v="Under 25 years"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="3"/>
+    <s v="Households with three motor cars"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1732"/>
+  </r>
+  <r>
+    <s v="CD494"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="405"/>
+    <s v="Under 25 years"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="4"/>
+    <s v="Households with four or more motor cars"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="657"/>
+  </r>
+  <r>
+    <s v="CD494"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="405"/>
+    <s v="Under 25 years"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="-1"/>
+    <s v="All households having at least one motor car"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="25453"/>
+  </r>
+  <r>
+    <s v="CD494"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="405"/>
+    <s v="Under 25 years"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="-2"/>
+    <s v="All households not having a motor car"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="21582"/>
+  </r>
+  <r>
+    <s v="CD494"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="405"/>
+    <s v="Under 25 years"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="8089"/>
+  </r>
+  <r>
+    <s v="CD494"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="405"/>
+    <s v="Under 25 years"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="1"/>
+    <s v="Households with one motor car"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4061"/>
+  </r>
+  <r>
+    <s v="CD494"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="405"/>
+    <s v="Under 25 years"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="2"/>
+    <s v="Households with two motor cars"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1973"/>
+  </r>
+  <r>
+    <s v="CD494"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="405"/>
+    <s v="Under 25 years"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="3"/>
+    <s v="Households with three motor cars"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="304"/>
+  </r>
+  <r>
+    <s v="CD494"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="405"/>
+    <s v="Under 25 years"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="4"/>
+    <s v="Households with four or more motor cars"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="102"/>
+  </r>
+  <r>
+    <s v="CD494"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="405"/>
+    <s v="Under 25 years"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="-1"/>
+    <s v="All households having at least one motor car"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="6440"/>
+  </r>
+  <r>
+    <s v="CD494"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="405"/>
+    <s v="Under 25 years"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="-2"/>
+    <s v="All households not having a motor car"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1649"/>
+  </r>
+  <r>
+    <s v="CD494"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="127425"/>
+  </r>
+  <r>
+    <s v="CD494"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="1"/>
+    <s v="Households with one motor car"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="55656"/>
+  </r>
+  <r>
+    <s v="CD494"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="2"/>
+    <s v="Households with two motor cars"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="37162"/>
+  </r>
+  <r>
+    <s v="CD494"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="3"/>
+    <s v="Households with three motor cars"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5142"/>
+  </r>
+  <r>
+    <s v="CD494"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="4"/>
+    <s v="Households with four or more motor cars"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1546"/>
+  </r>
+  <r>
+    <s v="CD494"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="-1"/>
+    <s v="All households having at least one motor car"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="99506"/>
+  </r>
+  <r>
+    <s v="CD494"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="-2"/>
+    <s v="All households not having a motor car"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="27919"/>
+  </r>
+  <r>
+    <s v="CD494"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="102648"/>
+  </r>
+  <r>
+    <s v="CD494"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="1"/>
+    <s v="Households with one motor car"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="45373"/>
+  </r>
+  <r>
+    <s v="CD494"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="2"/>
+    <s v="Households with two motor cars"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="25927"/>
+  </r>
+  <r>
+    <s v="CD494"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="3"/>
+    <s v="Households with three motor cars"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4058"/>
+  </r>
+  <r>
+    <s v="CD494"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="4"/>
+    <s v="Households with four or more motor cars"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1267"/>
+  </r>
+  <r>
+    <s v="CD494"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="-1"/>
+    <s v="All households having at least one motor car"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="76625"/>
+  </r>
+  <r>
+    <s v="CD494"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="-2"/>
+    <s v="All households not having a motor car"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="26023"/>
+  </r>
+  <r>
+    <s v="CD494"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="24777"/>
+  </r>
+  <r>
+    <s v="CD494"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="1"/>
+    <s v="Households with one motor car"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="10283"/>
+  </r>
+  <r>
+    <s v="CD494"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="2"/>
+    <s v="Households with two motor cars"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="11235"/>
+  </r>
+  <r>
+    <s v="CD494"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="3"/>
+    <s v="Households with three motor cars"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1084"/>
+  </r>
+  <r>
+    <s v="CD494"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="4"/>
+    <s v="Households with four or more motor cars"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="279"/>
+  </r>
+  <r>
+    <s v="CD494"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="-1"/>
+    <s v="All households having at least one motor car"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="22881"/>
+  </r>
+  <r>
+    <s v="CD494"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="-2"/>
+    <s v="All households not having a motor car"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1896"/>
+  </r>
+  <r>
+    <s v="CD494"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="184390"/>
+  </r>
+  <r>
+    <s v="CD494"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="1"/>
+    <s v="Households with one motor car"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="78620"/>
+  </r>
+  <r>
+    <s v="CD494"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="2"/>
+    <s v="Households with two motor cars"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="71533"/>
+  </r>
+  <r>
+    <s v="CD494"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="3"/>
+    <s v="Households with three motor cars"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5643"/>
+  </r>
+  <r>
+    <s v="CD494"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="4"/>
+    <s v="Households with four or more motor cars"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1153"/>
+  </r>
+  <r>
+    <s v="CD494"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="-1"/>
+    <s v="All households having at least one motor car"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="156949"/>
+  </r>
+  <r>
+    <s v="CD494"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="-2"/>
+    <s v="All households not having a motor car"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="27441"/>
+  </r>
+  <r>
+    <s v="CD494"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="136489"/>
+  </r>
+  <r>
+    <s v="CD494"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="1"/>
+    <s v="Households with one motor car"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="63014"/>
+  </r>
+  <r>
+    <s v="CD494"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="2"/>
+    <s v="Households with two motor cars"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="43971"/>
+  </r>
+  <r>
+    <s v="CD494"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="3"/>
+    <s v="Households with three motor cars"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3490"/>
+  </r>
+  <r>
+    <s v="CD494"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="4"/>
+    <s v="Households with four or more motor cars"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="757"/>
+  </r>
+  <r>
+    <s v="CD494"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="-1"/>
+    <s v="All households having at least one motor car"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="111232"/>
+  </r>
+  <r>
+    <s v="CD494"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="-2"/>
+    <s v="All households not having a motor car"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="25257"/>
+  </r>
+  <r>
+    <s v="CD494"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="47901"/>
+  </r>
+  <r>
+    <s v="CD494"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="1"/>
+    <s v="Households with one motor car"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="15606"/>
+  </r>
+  <r>
+    <s v="CD494"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="2"/>
+    <s v="Households with two motor cars"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="27562"/>
+  </r>
+  <r>
+    <s v="CD494"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="3"/>
+    <s v="Households with three motor cars"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2153"/>
+  </r>
+  <r>
+    <s v="CD494"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="4"/>
+    <s v="Households with four or more motor cars"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="396"/>
+  </r>
+  <r>
+    <s v="CD494"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="-1"/>
+    <s v="All households having at least one motor car"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="45717"/>
+  </r>
+  <r>
+    <s v="CD494"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="-2"/>
+    <s v="All households not having a motor car"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2184"/>
+  </r>
+  <r>
+    <s v="CD494"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="185442"/>
+  </r>
+  <r>
+    <s v="CD494"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="1"/>
+    <s v="Households with one motor car"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="73546"/>
+  </r>
+  <r>
+    <s v="CD494"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="2"/>
+    <s v="Households with two motor cars"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="82976"/>
+  </r>
+  <r>
+    <s v="CD494"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="3"/>
+    <s v="Households with three motor cars"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5743"/>
+  </r>
+  <r>
+    <s v="CD494"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="4"/>
+    <s v="Households with four or more motor cars"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1096"/>
+  </r>
+  <r>
+    <s v="CD494"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="-1"/>
+    <s v="All households having at least one motor car"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="163361"/>
+  </r>
+  <r>
+    <s v="CD494"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="-2"/>
+    <s v="All households not having a motor car"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="22081"/>
+  </r>
+  <r>
+    <s v="CD494"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="123138"/>
+  </r>
+  <r>
+    <s v="CD494"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="1"/>
+    <s v="Households with one motor car"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="56059"/>
+  </r>
+  <r>
+    <s v="CD494"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="2"/>
+    <s v="Households with two motor cars"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="44328"/>
+  </r>
+  <r>
+    <s v="CD494"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="3"/>
+    <s v="Households with three motor cars"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2541"/>
+  </r>
+  <r>
+    <s v="CD494"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="4"/>
+    <s v="Households with four or more motor cars"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="460"/>
+  </r>
+  <r>
+    <s v="CD494"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="-1"/>
+    <s v="All households having at least one motor car"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="103388"/>
+  </r>
+  <r>
+    <s v="CD494"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="-2"/>
+    <s v="All households not having a motor car"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="19750"/>
+  </r>
+  <r>
+    <s v="CD494"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="62304"/>
+  </r>
+  <r>
+    <s v="CD494"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="1"/>
+    <s v="Households with one motor car"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="17487"/>
+  </r>
+  <r>
+    <s v="CD494"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="2"/>
+    <s v="Households with two motor cars"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="38648"/>
+  </r>
+  <r>
+    <s v="CD494"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="3"/>
+    <s v="Households with three motor cars"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3202"/>
+  </r>
+  <r>
+    <s v="CD494"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="4"/>
+    <s v="Households with four or more motor cars"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="636"/>
+  </r>
+  <r>
+    <s v="CD494"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="-1"/>
+    <s v="All households having at least one motor car"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="59973"/>
+  </r>
+  <r>
+    <s v="CD494"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="-2"/>
+    <s v="All households not having a motor car"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2331"/>
+  </r>
+  <r>
+    <s v="CD494"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="175371"/>
+  </r>
+  <r>
+    <s v="CD494"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="1"/>
+    <s v="Households with one motor car"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="64549"/>
+  </r>
+  <r>
+    <s v="CD494"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="2"/>
+    <s v="Households with two motor cars"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="81484"/>
+  </r>
+  <r>
+    <s v="CD494"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="3"/>
+    <s v="Households with three motor cars"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="8085"/>
+  </r>
+  <r>
+    <s v="CD494"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="4"/>
+    <s v="Households with four or more motor cars"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1591"/>
+  </r>
+  <r>
+    <s v="CD494"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="-1"/>
+    <s v="All households having at least one motor car"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="155709"/>
+  </r>
+  <r>
+    <s v="CD494"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="-2"/>
+    <s v="All households not having a motor car"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="19662"/>
+  </r>
+  <r>
+    <s v="CD494"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="108723"/>
+  </r>
+  <r>
+    <s v="CD494"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="1"/>
+    <s v="Households with one motor car"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="46560"/>
+  </r>
+  <r>
+    <s v="CD494"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="2"/>
+    <s v="Households with two motor cars"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="41094"/>
+  </r>
+  <r>
+    <s v="CD494"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="3"/>
+    <s v="Households with three motor cars"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3307"/>
+  </r>
+  <r>
+    <s v="CD494"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="4"/>
+    <s v="Households with four or more motor cars"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="570"/>
+  </r>
+  <r>
+    <s v="CD494"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="-1"/>
+    <s v="All households having at least one motor car"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="91531"/>
+  </r>
+  <r>
+    <s v="CD494"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="-2"/>
+    <s v="All households not having a motor car"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="17192"/>
+  </r>
+  <r>
+    <s v="CD494"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="66648"/>
+  </r>
+  <r>
+    <s v="CD494"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="1"/>
+    <s v="Households with one motor car"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="17989"/>
+  </r>
+  <r>
+    <s v="CD494"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="2"/>
+    <s v="Households with two motor cars"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="40390"/>
+  </r>
+  <r>
+    <s v="CD494"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="3"/>
+    <s v="Households with three motor cars"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4778"/>
+  </r>
+  <r>
+    <s v="CD494"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="4"/>
+    <s v="Households with four or more motor cars"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1021"/>
+  </r>
+  <r>
+    <s v="CD494"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="-1"/>
+    <s v="All households having at least one motor car"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="64178"/>
+  </r>
+  <r>
+    <s v="CD494"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="-2"/>
+    <s v="All households not having a motor car"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2470"/>
+  </r>
+  <r>
+    <s v="CD494"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="165241"/>
+  </r>
+  <r>
+    <s v="CD494"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="1"/>
+    <s v="Households with one motor car"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="57323"/>
+  </r>
+  <r>
+    <s v="CD494"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="2"/>
+    <s v="Households with two motor cars"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="70570"/>
+  </r>
+  <r>
+    <s v="CD494"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="3"/>
+    <s v="Households with three motor cars"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="14178"/>
+  </r>
+  <r>
+    <s v="CD494"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="4"/>
+    <s v="Households with four or more motor cars"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4596"/>
+  </r>
+  <r>
+    <s v="CD494"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="-1"/>
+    <s v="All households having at least one motor car"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="146667"/>
+  </r>
+  <r>
+    <s v="CD494"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="-2"/>
+    <s v="All households not having a motor car"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="18574"/>
+  </r>
+  <r>
+    <s v="CD494"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="99552"/>
+  </r>
+  <r>
+    <s v="CD494"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="1"/>
+    <s v="Households with one motor car"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="39621"/>
+  </r>
+  <r>
+    <s v="CD494"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="2"/>
+    <s v="Households with two motor cars"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="36441"/>
+  </r>
+  <r>
+    <s v="CD494"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="3"/>
+    <s v="Households with three motor cars"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="6146"/>
+  </r>
+  <r>
+    <s v="CD494"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="4"/>
+    <s v="Households with four or more motor cars"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1574"/>
+  </r>
+  <r>
+    <s v="CD494"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="-1"/>
+    <s v="All households having at least one motor car"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="83782"/>
+  </r>
+  <r>
+    <s v="CD494"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="-2"/>
+    <s v="All households not having a motor car"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="15770"/>
+  </r>
+  <r>
+    <s v="CD494"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="65689"/>
+  </r>
+  <r>
+    <s v="CD494"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="1"/>
+    <s v="Households with one motor car"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="17702"/>
+  </r>
+  <r>
+    <s v="CD494"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="2"/>
+    <s v="Households with two motor cars"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="34129"/>
+  </r>
+  <r>
+    <s v="CD494"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="3"/>
+    <s v="Households with three motor cars"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="8032"/>
+  </r>
+  <r>
+    <s v="CD494"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="4"/>
+    <s v="Households with four or more motor cars"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3022"/>
+  </r>
+  <r>
+    <s v="CD494"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="-1"/>
+    <s v="All households having at least one motor car"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="62885"/>
+  </r>
+  <r>
+    <s v="CD494"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="-2"/>
+    <s v="All households not having a motor car"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2804"/>
+  </r>
+  <r>
+    <s v="CD494"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="153723"/>
+  </r>
+  <r>
+    <s v="CD494"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="1"/>
+    <s v="Households with one motor car"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="52147"/>
+  </r>
+  <r>
+    <s v="CD494"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="2"/>
+    <s v="Households with two motor cars"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="55259"/>
+  </r>
+  <r>
+    <s v="CD494"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="3"/>
+    <s v="Households with three motor cars"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="19495"/>
+  </r>
+  <r>
+    <s v="CD494"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="4"/>
+    <s v="Households with four or more motor cars"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="7916"/>
+  </r>
+  <r>
+    <s v="CD494"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="-1"/>
+    <s v="All households having at least one motor car"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="134817"/>
+  </r>
+  <r>
+    <s v="CD494"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="-2"/>
+    <s v="All households not having a motor car"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="18906"/>
+  </r>
+  <r>
+    <s v="CD494"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="90610"/>
+  </r>
+  <r>
+    <s v="CD494"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="1"/>
+    <s v="Households with one motor car"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="34360"/>
+  </r>
+  <r>
+    <s v="CD494"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="2"/>
+    <s v="Households with two motor cars"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="29121"/>
+  </r>
+  <r>
+    <s v="CD494"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="3"/>
+    <s v="Households with three motor cars"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="9023"/>
+  </r>
+  <r>
+    <s v="CD494"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="4"/>
+    <s v="Households with four or more motor cars"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2687"/>
+  </r>
+  <r>
+    <s v="CD494"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="-1"/>
+    <s v="All households having at least one motor car"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="75191"/>
+  </r>
+  <r>
+    <s v="CD494"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="-2"/>
+    <s v="All households not having a motor car"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="15419"/>
+  </r>
+  <r>
+    <s v="CD494"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="63113"/>
+  </r>
+  <r>
+    <s v="CD494"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="1"/>
+    <s v="Households with one motor car"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="17787"/>
+  </r>
+  <r>
+    <s v="CD494"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="2"/>
+    <s v="Households with two motor cars"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="26138"/>
+  </r>
+  <r>
+    <s v="CD494"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="3"/>
+    <s v="Households with three motor cars"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="10472"/>
+  </r>
+  <r>
+    <s v="CD494"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="4"/>
+    <s v="Households with four or more motor cars"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5229"/>
+  </r>
+  <r>
+    <s v="CD494"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="-1"/>
+    <s v="All households having at least one motor car"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="59626"/>
+  </r>
+  <r>
+    <s v="CD494"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="-2"/>
+    <s v="All households not having a motor car"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3487"/>
+  </r>
+  <r>
+    <s v="CD494"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="139431"/>
+  </r>
+  <r>
+    <s v="CD494"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="1"/>
+    <s v="Households with one motor car"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="49686"/>
+  </r>
+  <r>
+    <s v="CD494"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="2"/>
+    <s v="Households with two motor cars"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="45817"/>
+  </r>
+  <r>
+    <s v="CD494"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="3"/>
+    <s v="Households with three motor cars"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="17290"/>
+  </r>
+  <r>
+    <s v="CD494"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="4"/>
+    <s v="Households with four or more motor cars"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="7339"/>
+  </r>
+  <r>
+    <s v="CD494"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="-1"/>
+    <s v="All households having at least one motor car"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="120132"/>
+  </r>
+  <r>
+    <s v="CD494"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="-2"/>
+    <s v="All households not having a motor car"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="19299"/>
+  </r>
+  <r>
+    <s v="CD494"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="80174"/>
+  </r>
+  <r>
+    <s v="CD494"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="1"/>
+    <s v="Households with one motor car"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="31044"/>
+  </r>
+  <r>
+    <s v="CD494"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="2"/>
+    <s v="Households with two motor cars"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="23783"/>
+  </r>
+  <r>
+    <s v="CD494"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="3"/>
+    <s v="Households with three motor cars"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="7766"/>
+  </r>
+  <r>
+    <s v="CD494"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="4"/>
+    <s v="Households with four or more motor cars"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2416"/>
+  </r>
+  <r>
+    <s v="CD494"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="-1"/>
+    <s v="All households having at least one motor car"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="65009"/>
+  </r>
+  <r>
+    <s v="CD494"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="-2"/>
+    <s v="All households not having a motor car"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="15165"/>
+  </r>
+  <r>
+    <s v="CD494"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="59257"/>
+  </r>
+  <r>
+    <s v="CD494"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="1"/>
+    <s v="Households with one motor car"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="18642"/>
+  </r>
+  <r>
+    <s v="CD494"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="2"/>
+    <s v="Households with two motor cars"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="22034"/>
+  </r>
+  <r>
+    <s v="CD494"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="3"/>
+    <s v="Households with three motor cars"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="9524"/>
+  </r>
+  <r>
+    <s v="CD494"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="4"/>
+    <s v="Households with four or more motor cars"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4923"/>
+  </r>
+  <r>
+    <s v="CD494"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="-1"/>
+    <s v="All households having at least one motor car"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="55123"/>
+  </r>
+  <r>
+    <s v="CD494"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="-2"/>
+    <s v="All households not having a motor car"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4134"/>
+  </r>
+  <r>
+    <s v="CD494"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="126758"/>
+  </r>
+  <r>
+    <s v="CD494"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="1"/>
+    <s v="Households with one motor car"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="51163"/>
+  </r>
+  <r>
+    <s v="CD494"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="2"/>
+    <s v="Households with two motor cars"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="39665"/>
+  </r>
+  <r>
+    <s v="CD494"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="3"/>
+    <s v="Households with three motor cars"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="11905"/>
+  </r>
+  <r>
+    <s v="CD494"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="4"/>
+    <s v="Households with four or more motor cars"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4267"/>
+  </r>
+  <r>
+    <s v="CD494"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="-1"/>
+    <s v="All households having at least one motor car"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="107000"/>
+  </r>
+  <r>
+    <s v="CD494"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="-2"/>
+    <s v="All households not having a motor car"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="19758"/>
+  </r>
+  <r>
+    <s v="CD494"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="71758"/>
+  </r>
+  <r>
+    <s v="CD494"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="1"/>
+    <s v="Households with one motor car"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="30382"/>
+  </r>
+  <r>
+    <s v="CD494"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="2"/>
+    <s v="Households with two motor cars"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="19845"/>
+  </r>
+  <r>
+    <s v="CD494"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="3"/>
+    <s v="Households with three motor cars"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5087"/>
+  </r>
+  <r>
+    <s v="CD494"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="4"/>
+    <s v="Households with four or more motor cars"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1309"/>
+  </r>
+  <r>
+    <s v="CD494"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="-1"/>
+    <s v="All households having at least one motor car"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="56623"/>
+  </r>
+  <r>
+    <s v="CD494"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="-2"/>
+    <s v="All households not having a motor car"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="15135"/>
+  </r>
+  <r>
+    <s v="CD494"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="55000"/>
+  </r>
+  <r>
+    <s v="CD494"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="1"/>
+    <s v="Households with one motor car"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="20781"/>
+  </r>
+  <r>
+    <s v="CD494"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="2"/>
+    <s v="Households with two motor cars"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="19820"/>
+  </r>
+  <r>
+    <s v="CD494"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="3"/>
+    <s v="Households with three motor cars"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="6818"/>
+  </r>
+  <r>
+    <s v="CD494"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="4"/>
+    <s v="Households with four or more motor cars"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2958"/>
+  </r>
+  <r>
+    <s v="CD494"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="-1"/>
+    <s v="All households having at least one motor car"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="50377"/>
+  </r>
+  <r>
+    <s v="CD494"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="-2"/>
+    <s v="All households not having a motor car"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4623"/>
+  </r>
+  <r>
+    <s v="CD494"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="336503"/>
+  </r>
+  <r>
+    <s v="CD494"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="1"/>
+    <s v="Households with one motor car"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="165414"/>
+  </r>
+  <r>
+    <s v="CD494"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="2"/>
+    <s v="Households with two motor cars"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="63134"/>
+  </r>
+  <r>
+    <s v="CD494"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="3"/>
+    <s v="Households with three motor cars"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="11747"/>
+  </r>
+  <r>
+    <s v="CD494"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="4"/>
+    <s v="Households with four or more motor cars"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3357"/>
+  </r>
+  <r>
+    <s v="CD494"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="-1"/>
+    <s v="All households having at least one motor car"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="243652"/>
+  </r>
+  <r>
+    <s v="CD494"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="-2"/>
+    <s v="All households not having a motor car"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="92851"/>
+  </r>
+  <r>
+    <s v="CD494"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="189946"/>
+  </r>
+  <r>
+    <s v="CD494"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="1"/>
+    <s v="Households with one motor car"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="90978"/>
+  </r>
+  <r>
+    <s v="CD494"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="2"/>
+    <s v="Households with two motor cars"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="30824"/>
+  </r>
+  <r>
+    <s v="CD494"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="3"/>
+    <s v="Households with three motor cars"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4410"/>
+  </r>
+  <r>
+    <s v="CD494"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="4"/>
+    <s v="Households with four or more motor cars"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="951"/>
+  </r>
+  <r>
+    <s v="CD494"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="-1"/>
+    <s v="All households having at least one motor car"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="127163"/>
+  </r>
+  <r>
+    <s v="CD494"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="-2"/>
+    <s v="All households not having a motor car"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="62783"/>
+  </r>
+  <r>
+    <s v="CD494"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="146557"/>
+  </r>
+  <r>
+    <s v="CD494"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="1"/>
+    <s v="Households with one motor car"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="74436"/>
+  </r>
+  <r>
+    <s v="CD494"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="2"/>
+    <s v="Households with two motor cars"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="32310"/>
+  </r>
+  <r>
+    <s v="CD494"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="3"/>
+    <s v="Households with three motor cars"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="7337"/>
+  </r>
+  <r>
+    <s v="CD494"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="4"/>
+    <s v="Households with four or more motor cars"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2406"/>
+  </r>
+  <r>
+    <s v="CD494"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="-1"/>
+    <s v="All households having at least one motor car"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="116489"/>
+  </r>
+  <r>
+    <s v="CD494"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="-2"/>
+    <s v="All households not having a motor car"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="30068"/>
+  </r>
+  <r>
+    <s v="CD494"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="X94"/>
+    <s v="65 years and over not living alone"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="200931"/>
+  </r>
+  <r>
+    <s v="CD494"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="X94"/>
+    <s v="65 years and over not living alone"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="1"/>
+    <s v="Households with one motor car"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="98217"/>
+  </r>
+  <r>
+    <s v="CD494"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="X94"/>
+    <s v="65 years and over not living alone"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="2"/>
+    <s v="Households with two motor cars"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="61050"/>
+  </r>
+  <r>
+    <s v="CD494"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="X94"/>
+    <s v="65 years and over not living alone"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="3"/>
+    <s v="Households with three motor cars"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="11551"/>
+  </r>
+  <r>
+    <s v="CD494"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="X94"/>
+    <s v="65 years and over not living alone"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="4"/>
+    <s v="Households with four or more motor cars"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3230"/>
+  </r>
+  <r>
+    <s v="CD494"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="X94"/>
+    <s v="65 years and over not living alone"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="-1"/>
+    <s v="All households having at least one motor car"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="174048"/>
+  </r>
+  <r>
+    <s v="CD494"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="X94"/>
+    <s v="65 years and over not living alone"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="-2"/>
+    <s v="All households not having a motor car"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="26883"/>
+  </r>
+  <r>
+    <s v="CD494"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="X94"/>
+    <s v="65 years and over not living alone"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="110044"/>
+  </r>
+  <r>
+    <s v="CD494"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="X94"/>
+    <s v="65 years and over not living alone"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="1"/>
+    <s v="Households with one motor car"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="54976"/>
+  </r>
+  <r>
+    <s v="CD494"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="X94"/>
+    <s v="65 years and over not living alone"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="2"/>
+    <s v="Households with two motor cars"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="30005"/>
+  </r>
+  <r>
+    <s v="CD494"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="X94"/>
+    <s v="65 years and over not living alone"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="3"/>
+    <s v="Households with three motor cars"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4322"/>
+  </r>
+  <r>
+    <s v="CD494"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="X94"/>
+    <s v="65 years and over not living alone"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="4"/>
+    <s v="Households with four or more motor cars"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="884"/>
+  </r>
+  <r>
+    <s v="CD494"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="X94"/>
+    <s v="65 years and over not living alone"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="-1"/>
+    <s v="All households having at least one motor car"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="90187"/>
+  </r>
+  <r>
+    <s v="CD494"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="X94"/>
+    <s v="65 years and over not living alone"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="-2"/>
+    <s v="All households not having a motor car"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="42926"/>
+  </r>
+  <r>
+    <s v="CD494"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="X94"/>
+    <s v="65 years and over not living alone"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="90887"/>
+  </r>
+  <r>
+    <s v="CD494"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="X94"/>
+    <s v="65 years and over not living alone"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="1"/>
+    <s v="Households with one motor car"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="43241"/>
+  </r>
+  <r>
+    <s v="CD494"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="X94"/>
+    <s v="65 years and over not living alone"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="2"/>
+    <s v="Households with two motor cars"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="31045"/>
+  </r>
+  <r>
+    <s v="CD494"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="X94"/>
+    <s v="65 years and over not living alone"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="3"/>
+    <s v="Households with three motor cars"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="7229"/>
+  </r>
+  <r>
+    <s v="CD494"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="X94"/>
+    <s v="65 years and over not living alone"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="4"/>
+    <s v="Households with four or more motor cars"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2346"/>
+  </r>
+  <r>
+    <s v="CD494"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="X94"/>
+    <s v="65 years and over not living alone"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="-1"/>
+    <s v="All households having at least one motor car"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="83861"/>
+  </r>
+  <r>
+    <s v="CD494"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="X94"/>
+    <s v="65 years and over not living alone"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="-2"/>
+    <s v="All households not having a motor car"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="23042"/>
+  </r>
+  <r>
+    <s v="CD494"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="X95"/>
+    <s v="65 years and over living alone"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="135572"/>
+  </r>
+  <r>
+    <s v="CD494"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="X95"/>
+    <s v="65 years and over living alone"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="1"/>
+    <s v="Households with one motor car"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="67197"/>
+  </r>
+  <r>
+    <s v="CD494"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="X95"/>
+    <s v="65 years and over living alone"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="2"/>
+    <s v="Households with two motor cars"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2084"/>
+  </r>
+  <r>
+    <s v="CD494"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="X95"/>
+    <s v="65 years and over living alone"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="3"/>
+    <s v="Households with three motor cars"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="196"/>
+  </r>
+  <r>
+    <s v="CD494"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="X95"/>
+    <s v="65 years and over living alone"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="4"/>
+    <s v="Households with four or more motor cars"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="127"/>
+  </r>
+  <r>
+    <s v="CD494"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="X95"/>
+    <s v="65 years and over living alone"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="-1"/>
+    <s v="All households having at least one motor car"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="69604"/>
+  </r>
+  <r>
+    <s v="CD494"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="X95"/>
+    <s v="65 years and over living alone"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="-2"/>
+    <s v="All households not having a motor car"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="65968"/>
+  </r>
+  <r>
+    <s v="CD494"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="X95"/>
+    <s v="65 years and over living alone"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="79902"/>
+  </r>
+  <r>
+    <s v="CD494"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="X95"/>
+    <s v="65 years and over living alone"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="1"/>
+    <s v="Households with one motor car"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="36002"/>
+  </r>
+  <r>
+    <s v="CD494"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="X95"/>
+    <s v="65 years and over living alone"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="2"/>
+    <s v="Households with two motor cars"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="819"/>
+  </r>
+  <r>
+    <s v="CD494"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="X95"/>
+    <s v="65 years and over living alone"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="3"/>
+    <s v="Households with three motor cars"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="88"/>
+  </r>
+  <r>
+    <s v="CD494"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="X95"/>
+    <s v="65 years and over living alone"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="4"/>
+    <s v="Households with four or more motor cars"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="67"/>
+  </r>
+  <r>
+    <s v="CD494"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="X95"/>
+    <s v="65 years and over living alone"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="-1"/>
+    <s v="All households having at least one motor car"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="36976"/>
+  </r>
+  <r>
+    <s v="CD494"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="X95"/>
+    <s v="65 years and over living alone"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="-2"/>
+    <s v="All households not having a motor car"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="42926"/>
+  </r>
+  <r>
+    <s v="CD494"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="X95"/>
+    <s v="65 years and over living alone"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="55670"/>
+  </r>
+  <r>
+    <s v="CD494"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="X95"/>
+    <s v="65 years and over living alone"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="1"/>
+    <s v="Households with one motor car"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="31195"/>
+  </r>
+  <r>
+    <s v="CD494"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="X95"/>
+    <s v="65 years and over living alone"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="2"/>
+    <s v="Households with two motor cars"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1265"/>
+  </r>
+  <r>
+    <s v="CD494"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="X95"/>
+    <s v="65 years and over living alone"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="3"/>
+    <s v="Households with three motor cars"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="108"/>
+  </r>
+  <r>
+    <s v="CD494"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="X95"/>
+    <s v="65 years and over living alone"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="4"/>
+    <s v="Households with four or more motor cars"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="60"/>
+  </r>
+  <r>
+    <s v="CD494"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="X95"/>
+    <s v="65 years and over living alone"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="-1"/>
+    <s v="All households having at least one motor car"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="32628"/>
+  </r>
+  <r>
+    <s v="CD494"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="X95"/>
+    <s v="65 years and over living alone"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="-2"/>
+    <s v="All households not having a motor car"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="23042"/>
+  </r>
+</pivotCacheRecords>
 </file>