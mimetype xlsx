--- v1 (2025-12-04)
+++ v2 (2026-01-27)
@@ -1,48 +1,48 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/pivotCache/pivotCacheDefinition1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheDefinition+xml"/>
   <Override PartName="/pivotCache/pivotCacheRecords1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheRecords+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/pivotTables/pivotTable.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra10a152a8c9846ee" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/210985851d3c40109003f5c38fb121b4.psmdcp" Id="R53ab32f869ee4498" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc33fbffb8c8b4d5e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/fcc6c652c7a04b61b2e9aef6155cfa3e.psmdcp" Id="R3f965e4975fd4632" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="About" sheetId="1" r:id="rId2"/>
     <x:sheet name="Unpivoted" sheetId="2" r:id="rId9"/>
     <x:sheet name="Pivoted" sheetId="3" r:id="rId11"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
   <x:pivotCaches>
     <x:pivotCache cacheId="0" r:id="rId12"/>
   </x:pivotCaches>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Table</x:t>