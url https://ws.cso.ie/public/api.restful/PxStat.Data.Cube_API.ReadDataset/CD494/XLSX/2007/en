--- v2 (2026-01-27)
+++ v3 (2026-03-15)
@@ -1,48 +1,48 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/pivotCache/pivotCacheDefinition1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheDefinition+xml"/>
   <Override PartName="/pivotCache/pivotCacheRecords1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheRecords+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/pivotTables/pivotTable.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc33fbffb8c8b4d5e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/fcc6c652c7a04b61b2e9aef6155cfa3e.psmdcp" Id="R3f965e4975fd4632" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rdca1ac5a313046b9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/d3f091f5433646aa909be1d352df390b.psmdcp" Id="Rfdcc172c998e4b56" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="About" sheetId="1" r:id="rId2"/>
     <x:sheet name="Unpivoted" sheetId="2" r:id="rId9"/>
     <x:sheet name="Pivoted" sheetId="3" r:id="rId11"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
   <x:pivotCaches>
     <x:pivotCache cacheId="0" r:id="rId12"/>
   </x:pivotCaches>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Table</x:t>