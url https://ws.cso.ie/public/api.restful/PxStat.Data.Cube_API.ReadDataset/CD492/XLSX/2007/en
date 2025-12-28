--- v0 (2025-11-05)
+++ v1 (2025-12-28)
@@ -1,97 +1,97 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/pivotCache/pivotCacheDefinition1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheDefinition+xml"/>
   <Override PartName="/pivotCache/pivotCacheRecords1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheRecords+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/pivotTables/pivotTable.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rdc3a92d48be34613" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/982a9aef29d54523998a7d9325c0c38a.psmdcp" Id="R18f5bed84d0840fd" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rda4e0e2a00a44cae" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/e90e7bb9183d4a9797b4849bd7fd8f58.psmdcp" Id="R334a9216cd5b429e" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
-    <x:sheet name="About" sheetId="2" r:id="rId2"/>
-[...1 lines deleted...]
-    <x:sheet name="Pivoted" sheetId="11" r:id="rId11"/>
+    <x:sheet name="About" sheetId="1" r:id="rId2"/>
+    <x:sheet name="Unpivoted" sheetId="2" r:id="rId9"/>
+    <x:sheet name="Pivoted" sheetId="3" r:id="rId11"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
   <x:pivotCaches>
     <x:pivotCache cacheId="0" r:id="rId12"/>
   </x:pivotCaches>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Table</x:t>
   </x:si>
   <x:si>
     <x:t>Code</x:t>
   </x:si>
   <x:si>
     <x:t>CD492</x:t>
   </x:si>
   <x:si>
     <x:t>Name</x:t>
   </x:si>
   <x:si>
     <x:t>Private Households in Permanent Housing Units</x:t>
   </x:si>
   <x:si>
     <x:t>Frequency</x:t>
   </x:si>
   <x:si>
     <x:t>Annual</x:t>
   </x:si>
   <x:si>
     <x:t>Last Updated</x:t>
   </x:si>
   <x:si>
-    <x:t>5/19/2020 11:00:00 AM</x:t>
+    <x:t>19/05/2020 11:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Note</x:t>
   </x:si>
   <x:si>
     <x:t>Url</x:t>
   </x:si>
   <x:si>
     <x:t>https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/CD492/XLSX/2007/en</x:t>
   </x:si>
   <x:si>
     <x:t>Product</x:t>
   </x:si>
   <x:si>
     <x:t>C2011P4</x:t>
   </x:si>
   <x:si>
     <x:t>Profile 4 - The Roof Over Our Heads - Housing in Ireland</x:t>
   </x:si>
   <x:si>
     <x:t>Contacts</x:t>
   </x:si>
   <x:si>
     <x:t>Bernie Casey</x:t>
   </x:si>
@@ -282,50 +282,53 @@
     <x:t>Persons - 6 person household</x:t>
   </x:si>
   <x:si>
     <x:t>26</x:t>
   </x:si>
   <x:si>
     <x:t>Persons - 7 person household</x:t>
   </x:si>
   <x:si>
     <x:t>27</x:t>
   </x:si>
   <x:si>
     <x:t>Persons - 8 person household</x:t>
   </x:si>
   <x:si>
     <x:t>29</x:t>
   </x:si>
   <x:si>
     <x:t>Persons - 9 person household</x:t>
   </x:si>
   <x:si>
     <x:t>30</x:t>
   </x:si>
   <x:si>
     <x:t>Persons - 10 person household</x:t>
+  </x:si>
+  <x:si>
+    <x:t/>
   </x:si>
   <x:si>
     <x:t>32</x:t>
   </x:si>
   <x:si>
     <x:t>Persons - 11 person household</x:t>
   </x:si>
   <x:si>
     <x:t>34</x:t>
   </x:si>
   <x:si>
     <x:t>Persons - 12 or more person household</x:t>
   </x:si>
 </x:sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts count="1">
     <x:numFmt numFmtId="0" formatCode=""/>
   </x:numFmts>
   <x:fonts count="4">
     <x:font>
       <x:vertAlign val="baseline"/>
       <x:sz val="11"/>
@@ -475,323 +478,154 @@
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip r:embed="rId8" cstate="print"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="3971925" cy="1381125"/>
         </a:xfrm>
         <a:prstGeom prst="rect"/>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/pivotTables/_rels/pivotTable.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheDefinition" Target="/pivotCache/pivotCacheDefinition1.xml" Id="rId17" /></Relationships>
 </file>
 
 <file path=xl/pivotTables/pivotTable.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotTableDefinition xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" dataCaption="Values" showError="0" missingCaption="" showMissing="1" pageWrap="0" pageOverThenDown="0" rowGrandTotals="0" colGrandTotals="0" indent="1">
-[...271 lines deleted...]
-</x:pivotTableDefinition>
+<pivotTableDefinition xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" applyNumberFormats="0" applyBorderFormats="0" applyFontFormats="0" applyPatternFormats="0" applyAlignmentFormats="0" applyWidthHeightFormats="0" dataCaption="Values" rowGrandTotals="0" colGrandTotals="0" outline="1">
+  <location ref="A1" firstHeaderRow="0" firstDataRow="0" firstDataCol="0"/>
+  <pivotFields count="10">
+    <pivotField name="STATISTIC" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="Statistic Label" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="C02254V02726" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="14">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+        <item x="11"/>
+        <item x="12"/>
+        <item x="13"/>
+      </items>
+    </pivotField>
+    <pivotField name="Persons per Household" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="14">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+        <item x="11"/>
+        <item x="12"/>
+        <item x="13"/>
+      </items>
+    </pivotField>
+    <pivotField name="C02707V03275" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="7">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+      </items>
+    </pivotField>
+    <pivotField name="Type of Sewerage Facility" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="7">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+      </items>
+    </pivotField>
+    <pivotField name="TLIST(A1)" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="CensusYear" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField showAll="0"/>
+    <pivotField dataField="1" showAll="0"/>
+  </pivotFields>
+  <rowFields count="8">
+    <field x="0"/>
+    <field x="1"/>
+    <field x="2"/>
+    <field x="3"/>
+    <field x="4"/>
+    <field x="5"/>
+    <field x="6"/>
+    <field x="7"/>
+  </rowFields>
+  <dataFields count="1">
+    <dataField name="VALUE" fld="9"/>
+  </dataFields>
+  <pivotTableStyleInfo name="PivotStyleLight16" showRowHeaders="1" showColHeaders="1"/>
+  <extLst>
+    <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{962EF5D1-5CA2-4c93-8EF4-DBF5C05439D2}">
+      <x14:pivotTableDefinition enableEdit="0" hideValuesRow="1"/>
+    </ext>
+  </extLst>
+</pivotTableDefinition>
 </file>
 
 <file path=xl/tables/table1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:table xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="1" name="Unpivoted" displayName="Unpivoted" ref="A1:J99" totalsRowShown="0">
   <x:autoFilter ref="A1:J99"/>
   <x:tableColumns count="10">
     <x:tableColumn id="1" name="STATISTIC"/>
     <x:tableColumn id="2" name="Statistic Label"/>
     <x:tableColumn id="3" name="C02254V02726"/>
     <x:tableColumn id="4" name="Persons per Household"/>
     <x:tableColumn id="5" name="C02707V03275"/>
     <x:tableColumn id="6" name="Type of Sewerage Facility"/>
     <x:tableColumn id="7" name="TLIST(A1)"/>
     <x:tableColumn id="8" name="CensusYear"/>
     <x:tableColumn id="9" name="UNIT"/>
     <x:tableColumn id="10" name="VALUE"/>
   </x:tableColumns>
   <x:tableStyleInfo name="TableStyleMedium2" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </x:table>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
@@ -1062,51 +896,51 @@
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="/xl/drawings/drawing1.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/CD492/XLSX/2007/en" TargetMode="External" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cso.ie/" TargetMode="External" Id="rId14" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="/xl/tables/table1.xml" Id="rId15" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet3.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotTable" Target="/xl/pivotTables/pivotTable.xml" Id="rId16" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:B39"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="20.710625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="100.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="8" spans="1:2">
       <x:c r="A8" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B8" s="2"/>
     </x:row>
     <x:row r="9" spans="1:2">
       <x:c r="A9" s="3" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="B9" s="0" t="s">
         <x:v>2</x:v>
@@ -1293,51 +1127,51 @@
       </x:c>
     </x:row>
     <x:row r="39" spans="1:2">
       <x:c r="A39" s="3" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B39" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:hyperlinks>
     <x:hyperlink ref="B14" r:id="rId13"/>
     <x:hyperlink ref="B28" r:id="rId14"/>
   </x:hyperlinks>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:drawing xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId7"/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:J99"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="11.996339" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="44.139196" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="16.139196" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="36.282054" style="0" customWidth="1"/>
     <x:col min="5" max="5" width="16.139196" style="0" customWidth="1"/>
     <x:col min="6" max="6" width="33.424911" style="0" customWidth="1"/>
     <x:col min="7" max="7" width="11.282054" style="0" customWidth="1"/>
     <x:col min="8" max="8" width="13.424911" style="0" customWidth="1"/>
     <x:col min="9" max="9" width="8.282054" style="0" customWidth="1"/>
     <x:col min="10" max="10" width="8.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:10">
       <x:c r="A1" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
@@ -3999,538 +3833,547 @@
       </x:c>
       <x:c r="B84" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C84" s="0" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="D84" s="0" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="E84" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="F84" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="G84" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H84" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="I84" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
+      <x:c r="J84" s="0" t="s">
+        <x:v>87</x:v>
+      </x:c>
     </x:row>
     <x:row r="85" spans="1:10">
       <x:c r="A85" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B85" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C85" s="0" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="D85" s="0" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="E85" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="F85" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="G85" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H85" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="I85" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="J85" s="0">
         <x:v>35</x:v>
       </x:c>
     </x:row>
     <x:row r="86" spans="1:10">
       <x:c r="A86" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B86" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C86" s="0" t="s">
-        <x:v>87</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="D86" s="0" t="s">
-        <x:v>88</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="E86" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="F86" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="G86" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H86" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="I86" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="J86" s="0">
         <x:v>226</x:v>
       </x:c>
     </x:row>
     <x:row r="87" spans="1:10">
       <x:c r="A87" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B87" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C87" s="0" t="s">
-        <x:v>87</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="D87" s="0" t="s">
-        <x:v>88</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="E87" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="F87" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="G87" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H87" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="I87" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="J87" s="0">
         <x:v>142</x:v>
       </x:c>
     </x:row>
     <x:row r="88" spans="1:10">
       <x:c r="A88" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B88" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C88" s="0" t="s">
-        <x:v>87</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="D88" s="0" t="s">
-        <x:v>88</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="E88" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="F88" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="G88" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H88" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="I88" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="J88" s="0">
         <x:v>66</x:v>
       </x:c>
     </x:row>
     <x:row r="89" spans="1:10">
       <x:c r="A89" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B89" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C89" s="0" t="s">
-        <x:v>87</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="D89" s="0" t="s">
-        <x:v>88</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="E89" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="F89" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="G89" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H89" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="I89" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="J89" s="0">
         <x:v>8</x:v>
       </x:c>
     </x:row>
     <x:row r="90" spans="1:10">
       <x:c r="A90" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B90" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C90" s="0" t="s">
-        <x:v>87</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="D90" s="0" t="s">
-        <x:v>88</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="E90" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="F90" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="G90" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H90" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="I90" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="J90" s="0">
         <x:v>1</x:v>
       </x:c>
     </x:row>
     <x:row r="91" spans="1:10">
       <x:c r="A91" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B91" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C91" s="0" t="s">
-        <x:v>87</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="D91" s="0" t="s">
-        <x:v>88</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="E91" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="F91" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="G91" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H91" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="I91" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
+      <x:c r="J91" s="0" t="s">
+        <x:v>87</x:v>
+      </x:c>
     </x:row>
     <x:row r="92" spans="1:10">
       <x:c r="A92" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B92" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C92" s="0" t="s">
-        <x:v>87</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="D92" s="0" t="s">
-        <x:v>88</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="E92" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="F92" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="G92" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H92" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="I92" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="J92" s="0">
         <x:v>9</x:v>
       </x:c>
     </x:row>
     <x:row r="93" spans="1:10">
       <x:c r="A93" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B93" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C93" s="0" t="s">
-        <x:v>89</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="D93" s="0" t="s">
-        <x:v>90</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="E93" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="F93" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="G93" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H93" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="I93" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="J93" s="0">
         <x:v>159</x:v>
       </x:c>
     </x:row>
     <x:row r="94" spans="1:10">
       <x:c r="A94" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B94" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C94" s="0" t="s">
-        <x:v>89</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="D94" s="0" t="s">
-        <x:v>90</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="E94" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="F94" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="G94" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H94" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="I94" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="J94" s="0">
         <x:v>98</x:v>
       </x:c>
     </x:row>
     <x:row r="95" spans="1:10">
       <x:c r="A95" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B95" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C95" s="0" t="s">
-        <x:v>89</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="D95" s="0" t="s">
-        <x:v>90</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="E95" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="F95" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="G95" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H95" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="I95" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="J95" s="0">
         <x:v>39</x:v>
       </x:c>
     </x:row>
     <x:row r="96" spans="1:10">
       <x:c r="A96" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B96" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C96" s="0" t="s">
-        <x:v>89</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="D96" s="0" t="s">
-        <x:v>90</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="E96" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="F96" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="G96" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H96" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="I96" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="J96" s="0">
         <x:v>7</x:v>
       </x:c>
     </x:row>
     <x:row r="97" spans="1:10">
       <x:c r="A97" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B97" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C97" s="0" t="s">
-        <x:v>89</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="D97" s="0" t="s">
-        <x:v>90</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="E97" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="F97" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="G97" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H97" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="I97" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="J97" s="0">
         <x:v>2</x:v>
       </x:c>
     </x:row>
     <x:row r="98" spans="1:10">
       <x:c r="A98" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B98" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C98" s="0" t="s">
-        <x:v>89</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="D98" s="0" t="s">
-        <x:v>90</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="E98" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="F98" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="G98" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H98" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="I98" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
+      <x:c r="J98" s="0" t="s">
+        <x:v>87</x:v>
+      </x:c>
     </x:row>
     <x:row r="99" spans="1:10">
       <x:c r="A99" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B99" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C99" s="0" t="s">
-        <x:v>89</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="D99" s="0" t="s">
-        <x:v>90</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="E99" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="F99" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="G99" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H99" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="I99" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="J99" s="0">
         <x:v>13</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="1">
     <x:tablePart r:id="rId15"/>
   </x:tableParts>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:sheetData/>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Application>Microsoft Excel</ap:Application>
   <ap:TitlesOfParts>
     <vt:vector baseType="lpstr" size="9">
       <vt:lpstr>About</vt:lpstr>
       <vt:lpstr>Unpivoted</vt:lpstr>
       <vt:lpstr>Pivoted</vt:lpstr>
@@ -4547,51 +4390,51 @@
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>3</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Named Ranges</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>6</vt:i4>
       </vt:variant>
     </vt:vector>
   </ap:HeadingPairs>
   <ap:DocSecurity>0</ap:DocSecurity>
   <ap:ScaleCrop>false</ap:ScaleCrop>
 </ap:Properties>
 </file>
 
 <file path=pivotCache/_rels/pivotCacheDefinition1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheRecords" Target="/pivotCache/pivotCacheRecords1.xml" Id="rId1" /></Relationships>
 </file>
 
 <file path=pivotCache/pivotCacheDefinition1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:pivotCacheDefinition xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" r:id="rId1" saveData="1" refreshOnLoad="1" createdVersion="5" refreshedVersion="5" minRefreshableVersion="3">
   <x:cacheSource type="worksheet">
-    <x:worksheetSource ref="A1:J99" sheet="Unpivoted"/>
+    <x:worksheetSource name="Unpivoted"/>
   </x:cacheSource>
   <x:cacheFields>
     <x:cacheField name="STATISTIC">
       <x:sharedItems count="1">
         <x:s v="CD492"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="Statistic Label">
       <x:sharedItems count="1">
         <x:s v="Private Households in Permanent Housing Units"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="C02254V02726">
       <x:sharedItems count="14">
         <x:s v="-"/>
         <x:s v="35"/>
         <x:s v="18"/>
         <x:s v="19"/>
         <x:s v="20"/>
         <x:s v="21"/>
         <x:s v="23"/>
         <x:s v="25"/>
         <x:s v="26"/>
         <x:s v="27"/>
         <x:s v="29"/>
@@ -4737,27 +4580,1204 @@
         <x:n v="527"/>
         <x:n v="306"/>
         <x:n v="163"/>
         <x:n v="17"/>
         <x:n v="6"/>
         <x:s v=""/>
         <x:n v="35"/>
         <x:n v="226"/>
         <x:n v="142"/>
         <x:n v="66"/>
         <x:n v="8"/>
         <x:n v="1"/>
         <x:n v="9"/>
         <x:n v="159"/>
         <x:n v="98"/>
         <x:n v="39"/>
         <x:n v="7"/>
         <x:n v="13"/>
       </x:sharedItems>
     </x:cacheField>
   </x:cacheFields>
 </x:pivotCacheDefinition>
 </file>
 
 <file path=pivotCache/pivotCacheRecords1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main"/>
+<pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="xr">
+  <r>
+    <s v="CD492"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="-"/>
+    <s v="All types of sewerage"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1649408"/>
+  </r>
+  <r>
+    <s v="CD492"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="01"/>
+    <s v="Public scheme"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1092418"/>
+  </r>
+  <r>
+    <s v="CD492"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="02"/>
+    <s v="Individual septic tank"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="437652"/>
+  </r>
+  <r>
+    <s v="CD492"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="03"/>
+    <s v="Individual treatment not septic tank"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="50259"/>
+  </r>
+  <r>
+    <s v="CD492"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="04"/>
+    <s v="Other type of sewerage"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="9370"/>
+  </r>
+  <r>
+    <s v="CD492"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="05"/>
+    <s v="No sewerage facility"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2555"/>
+  </r>
+  <r>
+    <s v="CD492"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="06"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="57154"/>
+  </r>
+  <r>
+    <s v="CD492"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="-"/>
+    <s v="All types of sewerage"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4500569"/>
+  </r>
+  <r>
+    <s v="CD492"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="01"/>
+    <s v="Public scheme"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2871420"/>
+  </r>
+  <r>
+    <s v="CD492"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="02"/>
+    <s v="Individual septic tank"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1276892"/>
+  </r>
+  <r>
+    <s v="CD492"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="03"/>
+    <s v="Individual treatment not septic tank"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="166256"/>
+  </r>
+  <r>
+    <s v="CD492"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="04"/>
+    <s v="Other type of sewerage"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="25158"/>
+  </r>
+  <r>
+    <s v="CD492"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="05"/>
+    <s v="No sewerage facility"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4338"/>
+  </r>
+  <r>
+    <s v="CD492"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="06"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="156505"/>
+  </r>
+  <r>
+    <s v="CD492"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="18"/>
+    <s v="Persons - 1 person household"/>
+    <s v="-"/>
+    <s v="All types of sewerage"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="389347"/>
+  </r>
+  <r>
+    <s v="CD492"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="18"/>
+    <s v="Persons - 1 person household"/>
+    <s v="01"/>
+    <s v="Public scheme"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="274274"/>
+  </r>
+  <r>
+    <s v="CD492"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="18"/>
+    <s v="Persons - 1 person household"/>
+    <s v="02"/>
+    <s v="Individual septic tank"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="90952"/>
+  </r>
+  <r>
+    <s v="CD492"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="18"/>
+    <s v="Persons - 1 person household"/>
+    <s v="03"/>
+    <s v="Individual treatment not septic tank"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="6118"/>
+  </r>
+  <r>
+    <s v="CD492"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="18"/>
+    <s v="Persons - 1 person household"/>
+    <s v="04"/>
+    <s v="Other type of sewerage"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2341"/>
+  </r>
+  <r>
+    <s v="CD492"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="18"/>
+    <s v="Persons - 1 person household"/>
+    <s v="05"/>
+    <s v="No sewerage facility"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1623"/>
+  </r>
+  <r>
+    <s v="CD492"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="18"/>
+    <s v="Persons - 1 person household"/>
+    <s v="06"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="14039"/>
+  </r>
+  <r>
+    <s v="CD492"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="19"/>
+    <s v="Persons - 2 person household"/>
+    <s v="-"/>
+    <s v="All types of sewerage"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="478276"/>
+  </r>
+  <r>
+    <s v="CD492"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="19"/>
+    <s v="Persons - 2 person household"/>
+    <s v="01"/>
+    <s v="Public scheme"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="327749"/>
+  </r>
+  <r>
+    <s v="CD492"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="19"/>
+    <s v="Persons - 2 person household"/>
+    <s v="02"/>
+    <s v="Individual septic tank"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="120500"/>
+  </r>
+  <r>
+    <s v="CD492"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="19"/>
+    <s v="Persons - 2 person household"/>
+    <s v="03"/>
+    <s v="Individual treatment not septic tank"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="11502"/>
+  </r>
+  <r>
+    <s v="CD492"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="19"/>
+    <s v="Persons - 2 person household"/>
+    <s v="04"/>
+    <s v="Other type of sewerage"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2707"/>
+  </r>
+  <r>
+    <s v="CD492"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="19"/>
+    <s v="Persons - 2 person household"/>
+    <s v="05"/>
+    <s v="No sewerage facility"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="485"/>
+  </r>
+  <r>
+    <s v="CD492"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="19"/>
+    <s v="Persons - 2 person household"/>
+    <s v="06"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="15333"/>
+  </r>
+  <r>
+    <s v="CD492"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="20"/>
+    <s v="Persons - 3 person household"/>
+    <s v="-"/>
+    <s v="All types of sewerage"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="295604"/>
+  </r>
+  <r>
+    <s v="CD492"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="20"/>
+    <s v="Persons - 3 person household"/>
+    <s v="01"/>
+    <s v="Public scheme"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="199196"/>
+  </r>
+  <r>
+    <s v="CD492"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="20"/>
+    <s v="Persons - 3 person household"/>
+    <s v="02"/>
+    <s v="Individual septic tank"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="73924"/>
+  </r>
+  <r>
+    <s v="CD492"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="20"/>
+    <s v="Persons - 3 person household"/>
+    <s v="03"/>
+    <s v="Individual treatment not septic tank"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="9214"/>
+  </r>
+  <r>
+    <s v="CD492"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="20"/>
+    <s v="Persons - 3 person household"/>
+    <s v="04"/>
+    <s v="Other type of sewerage"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1656"/>
+  </r>
+  <r>
+    <s v="CD492"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="20"/>
+    <s v="Persons - 3 person household"/>
+    <s v="05"/>
+    <s v="No sewerage facility"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="210"/>
+  </r>
+  <r>
+    <s v="CD492"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="20"/>
+    <s v="Persons - 3 person household"/>
+    <s v="06"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="11404"/>
+  </r>
+  <r>
+    <s v="CD492"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="21"/>
+    <s v="Persons - 4 person household"/>
+    <s v="-"/>
+    <s v="All types of sewerage"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="267828"/>
+  </r>
+  <r>
+    <s v="CD492"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="21"/>
+    <s v="Persons - 4 person household"/>
+    <s v="01"/>
+    <s v="Public scheme"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="168674"/>
+  </r>
+  <r>
+    <s v="CD492"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="21"/>
+    <s v="Persons - 4 person household"/>
+    <s v="02"/>
+    <s v="Individual septic tank"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="76326"/>
+  </r>
+  <r>
+    <s v="CD492"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="21"/>
+    <s v="Persons - 4 person household"/>
+    <s v="03"/>
+    <s v="Individual treatment not septic tank"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="12367"/>
+  </r>
+  <r>
+    <s v="CD492"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="21"/>
+    <s v="Persons - 4 person household"/>
+    <s v="04"/>
+    <s v="Other type of sewerage"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1485"/>
+  </r>
+  <r>
+    <s v="CD492"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="21"/>
+    <s v="Persons - 4 person household"/>
+    <s v="05"/>
+    <s v="No sewerage facility"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="137"/>
+  </r>
+  <r>
+    <s v="CD492"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="21"/>
+    <s v="Persons - 4 person household"/>
+    <s v="06"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="8839"/>
+  </r>
+  <r>
+    <s v="CD492"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="23"/>
+    <s v="Persons - 5  person household"/>
+    <s v="-"/>
+    <s v="All types of sewerage"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="144916"/>
+  </r>
+  <r>
+    <s v="CD492"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="23"/>
+    <s v="Persons - 5  person household"/>
+    <s v="01"/>
+    <s v="Public scheme"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="83065"/>
+  </r>
+  <r>
+    <s v="CD492"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="23"/>
+    <s v="Persons - 5  person household"/>
+    <s v="02"/>
+    <s v="Individual septic tank"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="48900"/>
+  </r>
+  <r>
+    <s v="CD492"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="23"/>
+    <s v="Persons - 5  person household"/>
+    <s v="03"/>
+    <s v="Individual treatment not septic tank"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="7598"/>
+  </r>
+  <r>
+    <s v="CD492"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="23"/>
+    <s v="Persons - 5  person household"/>
+    <s v="04"/>
+    <s v="Other type of sewerage"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="780"/>
+  </r>
+  <r>
+    <s v="CD492"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="23"/>
+    <s v="Persons - 5  person household"/>
+    <s v="05"/>
+    <s v="No sewerage facility"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="57"/>
+  </r>
+  <r>
+    <s v="CD492"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="23"/>
+    <s v="Persons - 5  person household"/>
+    <s v="06"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4516"/>
+  </r>
+  <r>
+    <s v="CD492"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="25"/>
+    <s v="Persons - 6 person household"/>
+    <s v="-"/>
+    <s v="All types of sewerage"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="52664"/>
+  </r>
+  <r>
+    <s v="CD492"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="25"/>
+    <s v="Persons - 6 person household"/>
+    <s v="01"/>
+    <s v="Public scheme"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="28262"/>
+  </r>
+  <r>
+    <s v="CD492"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="25"/>
+    <s v="Persons - 6 person household"/>
+    <s v="02"/>
+    <s v="Individual septic tank"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="19429"/>
+  </r>
+  <r>
+    <s v="CD492"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="25"/>
+    <s v="Persons - 6 person household"/>
+    <s v="03"/>
+    <s v="Individual treatment not septic tank"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2582"/>
+  </r>
+  <r>
+    <s v="CD492"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="25"/>
+    <s v="Persons - 6 person household"/>
+    <s v="04"/>
+    <s v="Other type of sewerage"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="285"/>
+  </r>
+  <r>
+    <s v="CD492"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="25"/>
+    <s v="Persons - 6 person household"/>
+    <s v="05"/>
+    <s v="No sewerage facility"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="27"/>
+  </r>
+  <r>
+    <s v="CD492"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="25"/>
+    <s v="Persons - 6 person household"/>
+    <s v="06"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2079"/>
+  </r>
+  <r>
+    <s v="CD492"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="26"/>
+    <s v="Persons - 7 person household"/>
+    <s v="-"/>
+    <s v="All types of sewerage"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="14107"/>
+  </r>
+  <r>
+    <s v="CD492"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="26"/>
+    <s v="Persons - 7 person household"/>
+    <s v="01"/>
+    <s v="Public scheme"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="7430"/>
+  </r>
+  <r>
+    <s v="CD492"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="26"/>
+    <s v="Persons - 7 person household"/>
+    <s v="02"/>
+    <s v="Individual septic tank"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5342"/>
+  </r>
+  <r>
+    <s v="CD492"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="26"/>
+    <s v="Persons - 7 person household"/>
+    <s v="03"/>
+    <s v="Individual treatment not septic tank"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="634"/>
+  </r>
+  <r>
+    <s v="CD492"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="26"/>
+    <s v="Persons - 7 person household"/>
+    <s v="04"/>
+    <s v="Other type of sewerage"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="77"/>
+  </r>
+  <r>
+    <s v="CD492"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="26"/>
+    <s v="Persons - 7 person household"/>
+    <s v="05"/>
+    <s v="No sewerage facility"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="10"/>
+  </r>
+  <r>
+    <s v="CD492"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="26"/>
+    <s v="Persons - 7 person household"/>
+    <s v="06"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="614"/>
+  </r>
+  <r>
+    <s v="CD492"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="27"/>
+    <s v="Persons - 8 person household"/>
+    <s v="-"/>
+    <s v="All types of sewerage"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4345"/>
+  </r>
+  <r>
+    <s v="CD492"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="27"/>
+    <s v="Persons - 8 person household"/>
+    <s v="01"/>
+    <s v="Public scheme"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2396"/>
+  </r>
+  <r>
+    <s v="CD492"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="27"/>
+    <s v="Persons - 8 person household"/>
+    <s v="02"/>
+    <s v="Individual septic tank"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1562"/>
+  </r>
+  <r>
+    <s v="CD492"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="27"/>
+    <s v="Persons - 8 person household"/>
+    <s v="03"/>
+    <s v="Individual treatment not septic tank"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="166"/>
+  </r>
+  <r>
+    <s v="CD492"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="27"/>
+    <s v="Persons - 8 person household"/>
+    <s v="04"/>
+    <s v="Other type of sewerage"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="19"/>
+  </r>
+  <r>
+    <s v="CD492"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="27"/>
+    <s v="Persons - 8 person household"/>
+    <s v="05"/>
+    <s v="No sewerage facility"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4"/>
+  </r>
+  <r>
+    <s v="CD492"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="27"/>
+    <s v="Persons - 8 person household"/>
+    <s v="06"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="198"/>
+  </r>
+  <r>
+    <s v="CD492"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="29"/>
+    <s v="Persons - 9 person household"/>
+    <s v="-"/>
+    <s v="All types of sewerage"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1409"/>
+  </r>
+  <r>
+    <s v="CD492"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="29"/>
+    <s v="Persons - 9 person household"/>
+    <s v="01"/>
+    <s v="Public scheme"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="826"/>
+  </r>
+  <r>
+    <s v="CD492"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="29"/>
+    <s v="Persons - 9 person household"/>
+    <s v="02"/>
+    <s v="Individual septic tank"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="449"/>
+  </r>
+  <r>
+    <s v="CD492"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="29"/>
+    <s v="Persons - 9 person household"/>
+    <s v="03"/>
+    <s v="Individual treatment not septic tank"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="46"/>
+  </r>
+  <r>
+    <s v="CD492"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="29"/>
+    <s v="Persons - 9 person household"/>
+    <s v="04"/>
+    <s v="Other type of sewerage"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="11"/>
+  </r>
+  <r>
+    <s v="CD492"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="29"/>
+    <s v="Persons - 9 person household"/>
+    <s v="05"/>
+    <s v="No sewerage facility"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="CD492"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="29"/>
+    <s v="Persons - 9 person household"/>
+    <s v="06"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="75"/>
+  </r>
+  <r>
+    <s v="CD492"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="30"/>
+    <s v="Persons - 10 person household"/>
+    <s v="-"/>
+    <s v="All types of sewerage"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="527"/>
+  </r>
+  <r>
+    <s v="CD492"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="30"/>
+    <s v="Persons - 10 person household"/>
+    <s v="01"/>
+    <s v="Public scheme"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="306"/>
+  </r>
+  <r>
+    <s v="CD492"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="30"/>
+    <s v="Persons - 10 person household"/>
+    <s v="02"/>
+    <s v="Individual septic tank"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="163"/>
+  </r>
+  <r>
+    <s v="CD492"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="30"/>
+    <s v="Persons - 10 person household"/>
+    <s v="03"/>
+    <s v="Individual treatment not septic tank"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="17"/>
+  </r>
+  <r>
+    <s v="CD492"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="30"/>
+    <s v="Persons - 10 person household"/>
+    <s v="04"/>
+    <s v="Other type of sewerage"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="6"/>
+  </r>
+  <r>
+    <s v="CD492"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="30"/>
+    <s v="Persons - 10 person household"/>
+    <s v="05"/>
+    <s v="No sewerage facility"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="CD492"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="30"/>
+    <s v="Persons - 10 person household"/>
+    <s v="06"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="35"/>
+  </r>
+  <r>
+    <s v="CD492"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="32"/>
+    <s v="Persons - 11 person household"/>
+    <s v="-"/>
+    <s v="All types of sewerage"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="226"/>
+  </r>
+  <r>
+    <s v="CD492"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="32"/>
+    <s v="Persons - 11 person household"/>
+    <s v="01"/>
+    <s v="Public scheme"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="142"/>
+  </r>
+  <r>
+    <s v="CD492"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="32"/>
+    <s v="Persons - 11 person household"/>
+    <s v="02"/>
+    <s v="Individual septic tank"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="66"/>
+  </r>
+  <r>
+    <s v="CD492"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="32"/>
+    <s v="Persons - 11 person household"/>
+    <s v="03"/>
+    <s v="Individual treatment not septic tank"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="8"/>
+  </r>
+  <r>
+    <s v="CD492"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="32"/>
+    <s v="Persons - 11 person household"/>
+    <s v="04"/>
+    <s v="Other type of sewerage"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="CD492"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="32"/>
+    <s v="Persons - 11 person household"/>
+    <s v="05"/>
+    <s v="No sewerage facility"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="CD492"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="32"/>
+    <s v="Persons - 11 person household"/>
+    <s v="06"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="9"/>
+  </r>
+  <r>
+    <s v="CD492"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="34"/>
+    <s v="Persons - 12 or more person household"/>
+    <s v="-"/>
+    <s v="All types of sewerage"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="159"/>
+  </r>
+  <r>
+    <s v="CD492"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="34"/>
+    <s v="Persons - 12 or more person household"/>
+    <s v="01"/>
+    <s v="Public scheme"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="98"/>
+  </r>
+  <r>
+    <s v="CD492"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="34"/>
+    <s v="Persons - 12 or more person household"/>
+    <s v="02"/>
+    <s v="Individual septic tank"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="39"/>
+  </r>
+  <r>
+    <s v="CD492"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="34"/>
+    <s v="Persons - 12 or more person household"/>
+    <s v="03"/>
+    <s v="Individual treatment not septic tank"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="7"/>
+  </r>
+  <r>
+    <s v="CD492"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="34"/>
+    <s v="Persons - 12 or more person household"/>
+    <s v="04"/>
+    <s v="Other type of sewerage"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="CD492"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="34"/>
+    <s v="Persons - 12 or more person household"/>
+    <s v="05"/>
+    <s v="No sewerage facility"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="CD492"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="34"/>
+    <s v="Persons - 12 or more person household"/>
+    <s v="06"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="13"/>
+  </r>
+</pivotCacheRecords>
 </file>