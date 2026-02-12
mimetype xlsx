--- v1 (2025-12-28)
+++ v2 (2026-02-12)
@@ -1,48 +1,48 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/pivotCache/pivotCacheDefinition1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheDefinition+xml"/>
   <Override PartName="/pivotCache/pivotCacheRecords1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheRecords+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/pivotTables/pivotTable.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rda4e0e2a00a44cae" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/e90e7bb9183d4a9797b4849bd7fd8f58.psmdcp" Id="R334a9216cd5b429e" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R41267df6643a4e46" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/a9e1fd24efff4b23941035b75d279ffa.psmdcp" Id="R7c47b68fa4e342b3" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="About" sheetId="1" r:id="rId2"/>
     <x:sheet name="Unpivoted" sheetId="2" r:id="rId9"/>
     <x:sheet name="Pivoted" sheetId="3" r:id="rId11"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
   <x:pivotCaches>
     <x:pivotCache cacheId="0" r:id="rId12"/>
   </x:pivotCaches>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Table</x:t>