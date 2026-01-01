--- v0 (2025-11-06)
+++ v1 (2026-01-01)
@@ -1,97 +1,97 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/pivotCache/pivotCacheDefinition1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheDefinition+xml"/>
   <Override PartName="/pivotCache/pivotCacheRecords1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheRecords+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/pivotTables/pivotTable.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf37bf37670654908" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/2481446a0c064404880d625628a1342e.psmdcp" Id="Rc0de740ada114f88" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R345a195f6af4455a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/a49c622b6a264cfeb69719a14506ec8c.psmdcp" Id="R5627c309dae44a9e" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
-    <x:sheet name="About" sheetId="2" r:id="rId2"/>
-[...1 lines deleted...]
-    <x:sheet name="Pivoted" sheetId="11" r:id="rId11"/>
+    <x:sheet name="About" sheetId="1" r:id="rId2"/>
+    <x:sheet name="Unpivoted" sheetId="2" r:id="rId9"/>
+    <x:sheet name="Pivoted" sheetId="3" r:id="rId11"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
   <x:pivotCaches>
     <x:pivotCache cacheId="0" r:id="rId12"/>
   </x:pivotCaches>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Table</x:t>
   </x:si>
   <x:si>
     <x:t>Code</x:t>
   </x:si>
   <x:si>
     <x:t>CD489</x:t>
   </x:si>
   <x:si>
     <x:t>Name</x:t>
   </x:si>
   <x:si>
     <x:t>Private Households in Permanent Housing Units</x:t>
   </x:si>
   <x:si>
     <x:t>Frequency</x:t>
   </x:si>
   <x:si>
     <x:t>Annual</x:t>
   </x:si>
   <x:si>
     <x:t>Last Updated</x:t>
   </x:si>
   <x:si>
-    <x:t>5/19/2020 11:00:00 AM</x:t>
+    <x:t>19/05/2020 11:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Note</x:t>
   </x:si>
   <x:si>
     <x:t>Url</x:t>
   </x:si>
   <x:si>
     <x:t>https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/CD489/XLSX/2007/en</x:t>
   </x:si>
   <x:si>
     <x:t>Product</x:t>
   </x:si>
   <x:si>
     <x:t>C2011P4</x:t>
   </x:si>
   <x:si>
     <x:t>Profile 4 - The Roof Over Our Heads - Housing in Ireland</x:t>
   </x:si>
   <x:si>
     <x:t>Contacts</x:t>
   </x:si>
   <x:si>
     <x:t>Bernie Casey</x:t>
   </x:si>
@@ -326,50 +326,53 @@
   <x:si>
     <x:t>100410</x:t>
   </x:si>
   <x:si>
     <x:t>Limerick suburbs</x:t>
   </x:si>
   <x:si>
     <x:t>100500</x:t>
   </x:si>
   <x:si>
     <x:t>Galway City and suburbs</x:t>
   </x:si>
   <x:si>
     <x:t>100505</x:t>
   </x:si>
   <x:si>
     <x:t>Galway City</x:t>
   </x:si>
   <x:si>
     <x:t>100510</x:t>
   </x:si>
   <x:si>
     <x:t>Galway suburbs</x:t>
   </x:si>
   <x:si>
+    <x:t/>
+  </x:si>
+  <x:si>
     <x:t>100600</x:t>
   </x:si>
   <x:si>
     <x:t>Waterford City and suburbs</x:t>
   </x:si>
   <x:si>
     <x:t>100605</x:t>
   </x:si>
   <x:si>
     <x:t>Waterford City</x:t>
   </x:si>
   <x:si>
     <x:t>100610</x:t>
   </x:si>
   <x:si>
     <x:t>Waterford suburbs</x:t>
   </x:si>
   <x:si>
     <x:t>100700</x:t>
   </x:si>
   <x:si>
     <x:t>Towns 10,000 population and over</x:t>
   </x:si>
   <x:si>
     <x:t>104700</x:t>
@@ -583,467 +586,190 @@
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip r:embed="rId8" cstate="print"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="3971925" cy="1381125"/>
         </a:xfrm>
         <a:prstGeom prst="rect"/>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/pivotTables/_rels/pivotTable.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheDefinition" Target="/pivotCache/pivotCacheDefinition1.xml" Id="rId17" /></Relationships>
 </file>
 
 <file path=xl/pivotTables/pivotTable.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotTableDefinition xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" dataCaption="Values" showError="0" missingCaption="" showMissing="1" pageWrap="0" pageOverThenDown="0" rowGrandTotals="0" colGrandTotals="0" indent="1">
-[...415 lines deleted...]
-</x:pivotTableDefinition>
+<pivotTableDefinition xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" applyNumberFormats="0" applyBorderFormats="0" applyFontFormats="0" applyPatternFormats="0" applyAlignmentFormats="0" applyWidthHeightFormats="0" dataCaption="Values" rowGrandTotals="0" colGrandTotals="0" outline="1">
+  <location ref="A1" firstHeaderRow="0" firstDataRow="0" firstDataCol="0"/>
+  <pivotFields count="10">
+    <pivotField name="STATISTIC" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="Statistic Label" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="C02800V03468" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="27">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+        <item x="11"/>
+        <item x="12"/>
+        <item x="13"/>
+        <item x="14"/>
+        <item x="15"/>
+        <item x="16"/>
+        <item x="17"/>
+        <item x="18"/>
+        <item x="19"/>
+        <item x="20"/>
+        <item x="21"/>
+        <item x="22"/>
+        <item x="23"/>
+        <item x="24"/>
+        <item x="25"/>
+        <item x="26"/>
+      </items>
+    </pivotField>
+    <pivotField name="Aggregate Town Size" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="27">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+        <item x="11"/>
+        <item x="12"/>
+        <item x="13"/>
+        <item x="14"/>
+        <item x="15"/>
+        <item x="16"/>
+        <item x="17"/>
+        <item x="18"/>
+        <item x="19"/>
+        <item x="20"/>
+        <item x="21"/>
+        <item x="22"/>
+        <item x="23"/>
+        <item x="24"/>
+        <item x="25"/>
+        <item x="26"/>
+      </items>
+    </pivotField>
+    <pivotField name="C02830V03404" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="12">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+        <item x="11"/>
+      </items>
+    </pivotField>
+    <pivotField name="Type of Central Heating" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="12">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+        <item x="11"/>
+      </items>
+    </pivotField>
+    <pivotField name="TLIST(A1)" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="CensusYear" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField showAll="0"/>
+    <pivotField dataField="1" showAll="0"/>
+  </pivotFields>
+  <rowFields count="8">
+    <field x="0"/>
+    <field x="1"/>
+    <field x="2"/>
+    <field x="3"/>
+    <field x="4"/>
+    <field x="5"/>
+    <field x="6"/>
+    <field x="7"/>
+  </rowFields>
+  <dataFields count="1">
+    <dataField name="VALUE" fld="9"/>
+  </dataFields>
+  <pivotTableStyleInfo name="PivotStyleLight16" showRowHeaders="1" showColHeaders="1"/>
+  <extLst>
+    <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{962EF5D1-5CA2-4c93-8EF4-DBF5C05439D2}">
+      <x14:pivotTableDefinition enableEdit="0" hideValuesRow="1"/>
+    </ext>
+  </extLst>
+</pivotTableDefinition>
 </file>
 
 <file path=xl/tables/table1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:table xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="1" name="Unpivoted" displayName="Unpivoted" ref="A1:J325" totalsRowShown="0">
   <x:autoFilter ref="A1:J325"/>
   <x:tableColumns count="10">
     <x:tableColumn id="1" name="STATISTIC"/>
     <x:tableColumn id="2" name="Statistic Label"/>
     <x:tableColumn id="3" name="C02800V03468"/>
     <x:tableColumn id="4" name="Aggregate Town Size"/>
     <x:tableColumn id="5" name="C02830V03404"/>
     <x:tableColumn id="6" name="Type of Central Heating"/>
     <x:tableColumn id="7" name="TLIST(A1)"/>
     <x:tableColumn id="8" name="CensusYear"/>
     <x:tableColumn id="9" name="UNIT"/>
     <x:tableColumn id="10" name="VALUE"/>
   </x:tableColumns>
   <x:tableStyleInfo name="TableStyleMedium2" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </x:table>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
@@ -1314,51 +1040,51 @@
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="/xl/drawings/drawing1.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/CD489/XLSX/2007/en" TargetMode="External" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cso.ie/" TargetMode="External" Id="rId14" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="/xl/tables/table1.xml" Id="rId15" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet3.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotTable" Target="/xl/pivotTables/pivotTable.xml" Id="rId16" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:B39"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="20.710625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="100.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="8" spans="1:2">
       <x:c r="A8" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B8" s="2"/>
     </x:row>
     <x:row r="9" spans="1:2">
       <x:c r="A9" s="3" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="B9" s="0" t="s">
         <x:v>2</x:v>
@@ -1545,51 +1271,51 @@
       </x:c>
     </x:row>
     <x:row r="39" spans="1:2">
       <x:c r="A39" s="3" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B39" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:hyperlinks>
     <x:hyperlink ref="B14" r:id="rId13"/>
     <x:hyperlink ref="B28" r:id="rId14"/>
   </x:hyperlinks>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:drawing xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId7"/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:J325"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="11.996339" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="44.139196" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="16.139196" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="60.282054" style="0" customWidth="1"/>
     <x:col min="5" max="5" width="16.139196" style="0" customWidth="1"/>
     <x:col min="6" max="6" width="25.139196" style="0" customWidth="1"/>
     <x:col min="7" max="7" width="11.282054" style="0" customWidth="1"/>
     <x:col min="8" max="8" width="13.424911" style="0" customWidth="1"/>
     <x:col min="9" max="9" width="8.282054" style="0" customWidth="1"/>
     <x:col min="10" max="10" width="8.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:10">
       <x:c r="A1" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
@@ -6651,50 +6377,53 @@
       </x:c>
       <x:c r="B159" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C159" s="0" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="D159" s="0" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="E159" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="F159" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="G159" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H159" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="I159" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
+      <x:c r="J159" s="0" t="s">
+        <x:v>101</x:v>
+      </x:c>
     </x:row>
     <x:row r="160" spans="1:10">
       <x:c r="A160" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B160" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C160" s="0" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="D160" s="0" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="E160" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="F160" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="G160" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H160" s="0" t="s">
         <x:v>51</x:v>
@@ -6980,5047 +6709,5047 @@
       </x:c>
       <x:c r="F169" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="G169" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H169" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="I169" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="J169" s="0">
         <x:v>4</x:v>
       </x:c>
     </x:row>
     <x:row r="170" spans="1:10">
       <x:c r="A170" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B170" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C170" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="D170" s="0" t="s">
-        <x:v>102</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="E170" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="F170" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="G170" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H170" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="I170" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="J170" s="0">
         <x:v>19939</x:v>
       </x:c>
     </x:row>
     <x:row r="171" spans="1:10">
       <x:c r="A171" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B171" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C171" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="D171" s="0" t="s">
-        <x:v>102</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="E171" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="F171" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="G171" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H171" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="I171" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="J171" s="0">
         <x:v>319</x:v>
       </x:c>
     </x:row>
     <x:row r="172" spans="1:10">
       <x:c r="A172" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B172" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C172" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="D172" s="0" t="s">
-        <x:v>102</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="E172" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="F172" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="G172" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H172" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="I172" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="J172" s="0">
         <x:v>3723</x:v>
       </x:c>
     </x:row>
     <x:row r="173" spans="1:10">
       <x:c r="A173" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B173" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C173" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="D173" s="0" t="s">
-        <x:v>102</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="E173" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="F173" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="G173" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H173" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="I173" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="J173" s="0">
         <x:v>12556</x:v>
       </x:c>
     </x:row>
     <x:row r="174" spans="1:10">
       <x:c r="A174" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B174" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C174" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="D174" s="0" t="s">
-        <x:v>102</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="E174" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="F174" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="G174" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H174" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="I174" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="J174" s="0">
         <x:v>1917</x:v>
       </x:c>
     </x:row>
     <x:row r="175" spans="1:10">
       <x:c r="A175" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B175" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C175" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="D175" s="0" t="s">
-        <x:v>102</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="E175" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="F175" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="G175" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H175" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="I175" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="J175" s="0">
         <x:v>946</x:v>
       </x:c>
     </x:row>
     <x:row r="176" spans="1:10">
       <x:c r="A176" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B176" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C176" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="D176" s="0" t="s">
-        <x:v>102</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="E176" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="F176" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="G176" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H176" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="I176" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="J176" s="0">
         <x:v>16</x:v>
       </x:c>
     </x:row>
     <x:row r="177" spans="1:10">
       <x:c r="A177" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B177" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C177" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="D177" s="0" t="s">
-        <x:v>102</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="E177" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="F177" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="G177" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H177" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="I177" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="J177" s="0">
         <x:v>49</x:v>
       </x:c>
     </x:row>
     <x:row r="178" spans="1:10">
       <x:c r="A178" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B178" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C178" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="D178" s="0" t="s">
-        <x:v>102</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="E178" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="F178" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="G178" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H178" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="I178" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="J178" s="0">
         <x:v>39</x:v>
       </x:c>
     </x:row>
     <x:row r="179" spans="1:10">
       <x:c r="A179" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B179" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C179" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="D179" s="0" t="s">
-        <x:v>102</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="E179" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="F179" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="G179" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H179" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="I179" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="J179" s="0">
         <x:v>35</x:v>
       </x:c>
     </x:row>
     <x:row r="180" spans="1:10">
       <x:c r="A180" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B180" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C180" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="D180" s="0" t="s">
-        <x:v>102</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="E180" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="F180" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="G180" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H180" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="I180" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="J180" s="0">
         <x:v>19281</x:v>
       </x:c>
     </x:row>
     <x:row r="181" spans="1:10">
       <x:c r="A181" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B181" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C181" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="D181" s="0" t="s">
-        <x:v>102</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="E181" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="F181" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="G181" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H181" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="I181" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="J181" s="0">
         <x:v>339</x:v>
       </x:c>
     </x:row>
     <x:row r="182" spans="1:10">
       <x:c r="A182" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B182" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C182" s="0" t="s">
-        <x:v>103</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="D182" s="0" t="s">
-        <x:v>104</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="E182" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="F182" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="G182" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H182" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="I182" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="J182" s="0">
         <x:v>18199</x:v>
       </x:c>
     </x:row>
     <x:row r="183" spans="1:10">
       <x:c r="A183" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B183" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C183" s="0" t="s">
-        <x:v>103</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="D183" s="0" t="s">
-        <x:v>104</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="E183" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="F183" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="G183" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H183" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="I183" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="J183" s="0">
         <x:v>304</x:v>
       </x:c>
     </x:row>
     <x:row r="184" spans="1:10">
       <x:c r="A184" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B184" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C184" s="0" t="s">
-        <x:v>103</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="D184" s="0" t="s">
-        <x:v>104</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="E184" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="F184" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="G184" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H184" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="I184" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="J184" s="0">
         <x:v>3467</x:v>
       </x:c>
     </x:row>
     <x:row r="185" spans="1:10">
       <x:c r="A185" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B185" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C185" s="0" t="s">
-        <x:v>103</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="D185" s="0" t="s">
-        <x:v>104</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="E185" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="F185" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="G185" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H185" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="I185" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="J185" s="0">
         <x:v>11220</x:v>
       </x:c>
     </x:row>
     <x:row r="186" spans="1:10">
       <x:c r="A186" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B186" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C186" s="0" t="s">
-        <x:v>103</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="D186" s="0" t="s">
-        <x:v>104</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="E186" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="F186" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="G186" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H186" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="I186" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="J186" s="0">
         <x:v>1896</x:v>
       </x:c>
     </x:row>
     <x:row r="187" spans="1:10">
       <x:c r="A187" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B187" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C187" s="0" t="s">
-        <x:v>103</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="D187" s="0" t="s">
-        <x:v>104</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="E187" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="F187" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="G187" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H187" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="I187" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="J187" s="0">
         <x:v>875</x:v>
       </x:c>
     </x:row>
     <x:row r="188" spans="1:10">
       <x:c r="A188" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B188" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C188" s="0" t="s">
-        <x:v>103</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="D188" s="0" t="s">
-        <x:v>104</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="E188" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="F188" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="G188" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H188" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="I188" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="J188" s="0">
         <x:v>15</x:v>
       </x:c>
     </x:row>
     <x:row r="189" spans="1:10">
       <x:c r="A189" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B189" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C189" s="0" t="s">
-        <x:v>103</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="D189" s="0" t="s">
-        <x:v>104</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="E189" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="F189" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="G189" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H189" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="I189" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="J189" s="0">
         <x:v>36</x:v>
       </x:c>
     </x:row>
     <x:row r="190" spans="1:10">
       <x:c r="A190" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B190" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C190" s="0" t="s">
-        <x:v>103</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="D190" s="0" t="s">
-        <x:v>104</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="E190" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="F190" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="G190" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H190" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="I190" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="J190" s="0">
         <x:v>34</x:v>
       </x:c>
     </x:row>
     <x:row r="191" spans="1:10">
       <x:c r="A191" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B191" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C191" s="0" t="s">
-        <x:v>103</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="D191" s="0" t="s">
-        <x:v>104</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="E191" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="F191" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="G191" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H191" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="I191" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="J191" s="0">
         <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="192" spans="1:10">
       <x:c r="A192" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B192" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C192" s="0" t="s">
-        <x:v>103</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="D192" s="0" t="s">
-        <x:v>104</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="E192" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="F192" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="G192" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H192" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="I192" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="J192" s="0">
         <x:v>17576</x:v>
       </x:c>
     </x:row>
     <x:row r="193" spans="1:10">
       <x:c r="A193" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B193" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C193" s="0" t="s">
-        <x:v>103</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="D193" s="0" t="s">
-        <x:v>104</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="E193" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="F193" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="G193" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H193" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="I193" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="J193" s="0">
         <x:v>319</x:v>
       </x:c>
     </x:row>
     <x:row r="194" spans="1:10">
       <x:c r="A194" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B194" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C194" s="0" t="s">
-        <x:v>105</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="D194" s="0" t="s">
-        <x:v>106</x:v>
+        <x:v>107</x:v>
       </x:c>
       <x:c r="E194" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="F194" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="G194" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H194" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="I194" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="J194" s="0">
         <x:v>1740</x:v>
       </x:c>
     </x:row>
     <x:row r="195" spans="1:10">
       <x:c r="A195" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B195" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C195" s="0" t="s">
-        <x:v>105</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="D195" s="0" t="s">
-        <x:v>106</x:v>
+        <x:v>107</x:v>
       </x:c>
       <x:c r="E195" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="F195" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="G195" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H195" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="I195" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="J195" s="0">
         <x:v>15</x:v>
       </x:c>
     </x:row>
     <x:row r="196" spans="1:10">
       <x:c r="A196" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B196" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C196" s="0" t="s">
-        <x:v>105</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="D196" s="0" t="s">
-        <x:v>106</x:v>
+        <x:v>107</x:v>
       </x:c>
       <x:c r="E196" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="F196" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="G196" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H196" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="I196" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="J196" s="0">
         <x:v>256</x:v>
       </x:c>
     </x:row>
     <x:row r="197" spans="1:10">
       <x:c r="A197" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B197" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C197" s="0" t="s">
-        <x:v>105</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="D197" s="0" t="s">
-        <x:v>106</x:v>
+        <x:v>107</x:v>
       </x:c>
       <x:c r="E197" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="F197" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="G197" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H197" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="I197" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="J197" s="0">
         <x:v>1336</x:v>
       </x:c>
     </x:row>
     <x:row r="198" spans="1:10">
       <x:c r="A198" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B198" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C198" s="0" t="s">
-        <x:v>105</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="D198" s="0" t="s">
-        <x:v>106</x:v>
+        <x:v>107</x:v>
       </x:c>
       <x:c r="E198" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="F198" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="G198" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H198" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="I198" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="J198" s="0">
         <x:v>21</x:v>
       </x:c>
     </x:row>
     <x:row r="199" spans="1:10">
       <x:c r="A199" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B199" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C199" s="0" t="s">
-        <x:v>105</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="D199" s="0" t="s">
-        <x:v>106</x:v>
+        <x:v>107</x:v>
       </x:c>
       <x:c r="E199" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="F199" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="G199" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H199" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="I199" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="J199" s="0">
         <x:v>71</x:v>
       </x:c>
     </x:row>
     <x:row r="200" spans="1:10">
       <x:c r="A200" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B200" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C200" s="0" t="s">
-        <x:v>105</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="D200" s="0" t="s">
-        <x:v>106</x:v>
+        <x:v>107</x:v>
       </x:c>
       <x:c r="E200" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="F200" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="G200" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H200" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="I200" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="J200" s="0">
         <x:v>1</x:v>
       </x:c>
     </x:row>
     <x:row r="201" spans="1:10">
       <x:c r="A201" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B201" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C201" s="0" t="s">
-        <x:v>105</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="D201" s="0" t="s">
-        <x:v>106</x:v>
+        <x:v>107</x:v>
       </x:c>
       <x:c r="E201" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="F201" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="G201" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H201" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="I201" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="J201" s="0">
         <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="202" spans="1:10">
       <x:c r="A202" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B202" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C202" s="0" t="s">
-        <x:v>105</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="D202" s="0" t="s">
-        <x:v>106</x:v>
+        <x:v>107</x:v>
       </x:c>
       <x:c r="E202" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="F202" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="G202" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H202" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="I202" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="J202" s="0">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="203" spans="1:10">
       <x:c r="A203" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B203" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C203" s="0" t="s">
-        <x:v>105</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="D203" s="0" t="s">
-        <x:v>106</x:v>
+        <x:v>107</x:v>
       </x:c>
       <x:c r="E203" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="F203" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="G203" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H203" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="I203" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="J203" s="0">
         <x:v>2</x:v>
       </x:c>
     </x:row>
     <x:row r="204" spans="1:10">
       <x:c r="A204" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B204" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C204" s="0" t="s">
-        <x:v>105</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="D204" s="0" t="s">
-        <x:v>106</x:v>
+        <x:v>107</x:v>
       </x:c>
       <x:c r="E204" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="F204" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="G204" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H204" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="I204" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="J204" s="0">
         <x:v>1705</x:v>
       </x:c>
     </x:row>
     <x:row r="205" spans="1:10">
       <x:c r="A205" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B205" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C205" s="0" t="s">
-        <x:v>105</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="D205" s="0" t="s">
-        <x:v>106</x:v>
+        <x:v>107</x:v>
       </x:c>
       <x:c r="E205" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="F205" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="G205" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H205" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="I205" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="J205" s="0">
         <x:v>20</x:v>
       </x:c>
     </x:row>
     <x:row r="206" spans="1:10">
       <x:c r="A206" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B206" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C206" s="0" t="s">
-        <x:v>107</x:v>
+        <x:v>108</x:v>
       </x:c>
       <x:c r="D206" s="0" t="s">
-        <x:v>108</x:v>
+        <x:v>109</x:v>
       </x:c>
       <x:c r="E206" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="F206" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="G206" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H206" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="I206" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="J206" s="0">
         <x:v>264832</x:v>
       </x:c>
     </x:row>
     <x:row r="207" spans="1:10">
       <x:c r="A207" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B207" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C207" s="0" t="s">
-        <x:v>107</x:v>
+        <x:v>108</x:v>
       </x:c>
       <x:c r="D207" s="0" t="s">
-        <x:v>108</x:v>
+        <x:v>109</x:v>
       </x:c>
       <x:c r="E207" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="F207" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="G207" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H207" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="I207" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="J207" s="0">
         <x:v>3057</x:v>
       </x:c>
     </x:row>
     <x:row r="208" spans="1:10">
       <x:c r="A208" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B208" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C208" s="0" t="s">
-        <x:v>107</x:v>
+        <x:v>108</x:v>
       </x:c>
       <x:c r="D208" s="0" t="s">
-        <x:v>108</x:v>
+        <x:v>109</x:v>
       </x:c>
       <x:c r="E208" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="F208" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="G208" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H208" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="I208" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="J208" s="0">
         <x:v>102435</x:v>
       </x:c>
     </x:row>
     <x:row r="209" spans="1:10">
       <x:c r="A209" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B209" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C209" s="0" t="s">
-        <x:v>107</x:v>
+        <x:v>108</x:v>
       </x:c>
       <x:c r="D209" s="0" t="s">
-        <x:v>108</x:v>
+        <x:v>109</x:v>
       </x:c>
       <x:c r="E209" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="F209" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="G209" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H209" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="I209" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="J209" s="0">
         <x:v>114328</x:v>
       </x:c>
     </x:row>
     <x:row r="210" spans="1:10">
       <x:c r="A210" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B210" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C210" s="0" t="s">
-        <x:v>107</x:v>
+        <x:v>108</x:v>
       </x:c>
       <x:c r="D210" s="0" t="s">
-        <x:v>108</x:v>
+        <x:v>109</x:v>
       </x:c>
       <x:c r="E210" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="F210" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="G210" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H210" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="I210" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="J210" s="0">
         <x:v>21702</x:v>
       </x:c>
     </x:row>
     <x:row r="211" spans="1:10">
       <x:c r="A211" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B211" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C211" s="0" t="s">
-        <x:v>107</x:v>
+        <x:v>108</x:v>
       </x:c>
       <x:c r="D211" s="0" t="s">
-        <x:v>108</x:v>
+        <x:v>109</x:v>
       </x:c>
       <x:c r="E211" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="F211" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="G211" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H211" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="I211" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="J211" s="0">
         <x:v>13702</x:v>
       </x:c>
     </x:row>
     <x:row r="212" spans="1:10">
       <x:c r="A212" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B212" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C212" s="0" t="s">
-        <x:v>107</x:v>
+        <x:v>108</x:v>
       </x:c>
       <x:c r="D212" s="0" t="s">
-        <x:v>108</x:v>
+        <x:v>109</x:v>
       </x:c>
       <x:c r="E212" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="F212" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="G212" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H212" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="I212" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="J212" s="0">
         <x:v>3012</x:v>
       </x:c>
     </x:row>
     <x:row r="213" spans="1:10">
       <x:c r="A213" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B213" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C213" s="0" t="s">
-        <x:v>107</x:v>
+        <x:v>108</x:v>
       </x:c>
       <x:c r="D213" s="0" t="s">
-        <x:v>108</x:v>
+        <x:v>109</x:v>
       </x:c>
       <x:c r="E213" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="F213" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="G213" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H213" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="I213" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="J213" s="0">
         <x:v>1370</x:v>
       </x:c>
     </x:row>
     <x:row r="214" spans="1:10">
       <x:c r="A214" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B214" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C214" s="0" t="s">
-        <x:v>107</x:v>
+        <x:v>108</x:v>
       </x:c>
       <x:c r="D214" s="0" t="s">
-        <x:v>108</x:v>
+        <x:v>109</x:v>
       </x:c>
       <x:c r="E214" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="F214" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="G214" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H214" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="I214" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="J214" s="0">
         <x:v>1020</x:v>
       </x:c>
     </x:row>
     <x:row r="215" spans="1:10">
       <x:c r="A215" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B215" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C215" s="0" t="s">
-        <x:v>107</x:v>
+        <x:v>108</x:v>
       </x:c>
       <x:c r="D215" s="0" t="s">
-        <x:v>108</x:v>
+        <x:v>109</x:v>
       </x:c>
       <x:c r="E215" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="F215" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="G215" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H215" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="I215" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="J215" s="0">
         <x:v>616</x:v>
       </x:c>
     </x:row>
     <x:row r="216" spans="1:10">
       <x:c r="A216" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B216" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C216" s="0" t="s">
-        <x:v>107</x:v>
+        <x:v>108</x:v>
       </x:c>
       <x:c r="D216" s="0" t="s">
-        <x:v>108</x:v>
+        <x:v>109</x:v>
       </x:c>
       <x:c r="E216" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="F216" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="G216" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H216" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="I216" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="J216" s="0">
         <x:v>258185</x:v>
       </x:c>
     </x:row>
     <x:row r="217" spans="1:10">
       <x:c r="A217" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B217" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C217" s="0" t="s">
-        <x:v>107</x:v>
+        <x:v>108</x:v>
       </x:c>
       <x:c r="D217" s="0" t="s">
-        <x:v>108</x:v>
+        <x:v>109</x:v>
       </x:c>
       <x:c r="E217" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="F217" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="G217" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H217" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="I217" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="J217" s="0">
         <x:v>3590</x:v>
       </x:c>
     </x:row>
     <x:row r="218" spans="1:10">
       <x:c r="A218" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B218" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C218" s="0" t="s">
-        <x:v>109</x:v>
+        <x:v>110</x:v>
       </x:c>
       <x:c r="D218" s="0" t="s">
-        <x:v>110</x:v>
+        <x:v>111</x:v>
       </x:c>
       <x:c r="E218" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="F218" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="G218" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H218" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="I218" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="J218" s="0">
         <x:v>109217</x:v>
       </x:c>
     </x:row>
     <x:row r="219" spans="1:10">
       <x:c r="A219" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B219" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C219" s="0" t="s">
-        <x:v>109</x:v>
+        <x:v>110</x:v>
       </x:c>
       <x:c r="D219" s="0" t="s">
-        <x:v>110</x:v>
+        <x:v>111</x:v>
       </x:c>
       <x:c r="E219" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="F219" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="G219" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H219" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="I219" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="J219" s="0">
         <x:v>1492</x:v>
       </x:c>
     </x:row>
     <x:row r="220" spans="1:10">
       <x:c r="A220" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B220" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C220" s="0" t="s">
-        <x:v>109</x:v>
+        <x:v>110</x:v>
       </x:c>
       <x:c r="D220" s="0" t="s">
-        <x:v>110</x:v>
+        <x:v>111</x:v>
       </x:c>
       <x:c r="E220" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="F220" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="G220" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H220" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="I220" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="J220" s="0">
         <x:v>52173</x:v>
       </x:c>
     </x:row>
     <x:row r="221" spans="1:10">
       <x:c r="A221" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B221" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C221" s="0" t="s">
-        <x:v>109</x:v>
+        <x:v>110</x:v>
       </x:c>
       <x:c r="D221" s="0" t="s">
-        <x:v>110</x:v>
+        <x:v>111</x:v>
       </x:c>
       <x:c r="E221" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="F221" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="G221" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H221" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="I221" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="J221" s="0">
         <x:v>32568</x:v>
       </x:c>
     </x:row>
     <x:row r="222" spans="1:10">
       <x:c r="A222" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B222" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C222" s="0" t="s">
-        <x:v>109</x:v>
+        <x:v>110</x:v>
       </x:c>
       <x:c r="D222" s="0" t="s">
-        <x:v>110</x:v>
+        <x:v>111</x:v>
       </x:c>
       <x:c r="E222" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="F222" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="G222" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H222" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="I222" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="J222" s="0">
         <x:v>9519</x:v>
       </x:c>
     </x:row>
     <x:row r="223" spans="1:10">
       <x:c r="A223" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B223" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C223" s="0" t="s">
-        <x:v>109</x:v>
+        <x:v>110</x:v>
       </x:c>
       <x:c r="D223" s="0" t="s">
-        <x:v>110</x:v>
+        <x:v>111</x:v>
       </x:c>
       <x:c r="E223" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="F223" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="G223" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H223" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="I223" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="J223" s="0">
         <x:v>6660</x:v>
       </x:c>
     </x:row>
     <x:row r="224" spans="1:10">
       <x:c r="A224" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B224" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C224" s="0" t="s">
-        <x:v>109</x:v>
+        <x:v>110</x:v>
       </x:c>
       <x:c r="D224" s="0" t="s">
-        <x:v>110</x:v>
+        <x:v>111</x:v>
       </x:c>
       <x:c r="E224" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="F224" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="G224" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H224" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="I224" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="J224" s="0">
         <x:v>3796</x:v>
       </x:c>
     </x:row>
     <x:row r="225" spans="1:10">
       <x:c r="A225" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B225" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C225" s="0" t="s">
-        <x:v>109</x:v>
+        <x:v>110</x:v>
       </x:c>
       <x:c r="D225" s="0" t="s">
-        <x:v>110</x:v>
+        <x:v>111</x:v>
       </x:c>
       <x:c r="E225" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="F225" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="G225" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H225" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="I225" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="J225" s="0">
         <x:v>766</x:v>
       </x:c>
     </x:row>
     <x:row r="226" spans="1:10">
       <x:c r="A226" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B226" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C226" s="0" t="s">
-        <x:v>109</x:v>
+        <x:v>110</x:v>
       </x:c>
       <x:c r="D226" s="0" t="s">
-        <x:v>110</x:v>
+        <x:v>111</x:v>
       </x:c>
       <x:c r="E226" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="F226" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="G226" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H226" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="I226" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="J226" s="0">
         <x:v>657</x:v>
       </x:c>
     </x:row>
     <x:row r="227" spans="1:10">
       <x:c r="A227" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B227" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C227" s="0" t="s">
-        <x:v>109</x:v>
+        <x:v>110</x:v>
       </x:c>
       <x:c r="D227" s="0" t="s">
-        <x:v>110</x:v>
+        <x:v>111</x:v>
       </x:c>
       <x:c r="E227" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="F227" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="G227" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H227" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="I227" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="J227" s="0">
         <x:v>384</x:v>
       </x:c>
     </x:row>
     <x:row r="228" spans="1:10">
       <x:c r="A228" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B228" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C228" s="0" t="s">
-        <x:v>109</x:v>
+        <x:v>110</x:v>
       </x:c>
       <x:c r="D228" s="0" t="s">
-        <x:v>110</x:v>
+        <x:v>111</x:v>
       </x:c>
       <x:c r="E228" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="F228" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="G228" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H228" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="I228" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="J228" s="0">
         <x:v>106523</x:v>
       </x:c>
     </x:row>
     <x:row r="229" spans="1:10">
       <x:c r="A229" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B229" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C229" s="0" t="s">
-        <x:v>109</x:v>
+        <x:v>110</x:v>
       </x:c>
       <x:c r="D229" s="0" t="s">
-        <x:v>110</x:v>
+        <x:v>111</x:v>
       </x:c>
       <x:c r="E229" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="F229" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="G229" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H229" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="I229" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="J229" s="0">
         <x:v>1202</x:v>
       </x:c>
     </x:row>
     <x:row r="230" spans="1:10">
       <x:c r="A230" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B230" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C230" s="0" t="s">
-        <x:v>111</x:v>
+        <x:v>112</x:v>
       </x:c>
       <x:c r="D230" s="0" t="s">
-        <x:v>112</x:v>
+        <x:v>113</x:v>
       </x:c>
       <x:c r="E230" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="F230" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="G230" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H230" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="I230" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="J230" s="0">
         <x:v>44634</x:v>
       </x:c>
     </x:row>
     <x:row r="231" spans="1:10">
       <x:c r="A231" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B231" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C231" s="0" t="s">
-        <x:v>111</x:v>
+        <x:v>112</x:v>
       </x:c>
       <x:c r="D231" s="0" t="s">
-        <x:v>112</x:v>
+        <x:v>113</x:v>
       </x:c>
       <x:c r="E231" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="F231" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="G231" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H231" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="I231" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="J231" s="0">
         <x:v>612</x:v>
       </x:c>
     </x:row>
     <x:row r="232" spans="1:10">
       <x:c r="A232" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B232" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C232" s="0" t="s">
-        <x:v>111</x:v>
+        <x:v>112</x:v>
       </x:c>
       <x:c r="D232" s="0" t="s">
-        <x:v>112</x:v>
+        <x:v>113</x:v>
       </x:c>
       <x:c r="E232" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="F232" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="G232" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H232" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="I232" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="J232" s="0">
         <x:v>23413</x:v>
       </x:c>
     </x:row>
     <x:row r="233" spans="1:10">
       <x:c r="A233" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B233" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C233" s="0" t="s">
-        <x:v>111</x:v>
+        <x:v>112</x:v>
       </x:c>
       <x:c r="D233" s="0" t="s">
-        <x:v>112</x:v>
+        <x:v>113</x:v>
       </x:c>
       <x:c r="E233" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="F233" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="G233" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H233" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="I233" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="J233" s="0">
         <x:v>11138</x:v>
       </x:c>
     </x:row>
     <x:row r="234" spans="1:10">
       <x:c r="A234" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B234" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C234" s="0" t="s">
-        <x:v>111</x:v>
+        <x:v>112</x:v>
       </x:c>
       <x:c r="D234" s="0" t="s">
-        <x:v>112</x:v>
+        <x:v>113</x:v>
       </x:c>
       <x:c r="E234" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="F234" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="G234" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H234" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="I234" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="J234" s="0">
         <x:v>3905</x:v>
       </x:c>
     </x:row>
     <x:row r="235" spans="1:10">
       <x:c r="A235" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B235" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C235" s="0" t="s">
-        <x:v>111</x:v>
+        <x:v>112</x:v>
       </x:c>
       <x:c r="D235" s="0" t="s">
-        <x:v>112</x:v>
+        <x:v>113</x:v>
       </x:c>
       <x:c r="E235" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="F235" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="G235" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H235" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="I235" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="J235" s="0">
         <x:v>2741</x:v>
       </x:c>
     </x:row>
     <x:row r="236" spans="1:10">
       <x:c r="A236" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B236" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C236" s="0" t="s">
-        <x:v>111</x:v>
+        <x:v>112</x:v>
       </x:c>
       <x:c r="D236" s="0" t="s">
-        <x:v>112</x:v>
+        <x:v>113</x:v>
       </x:c>
       <x:c r="E236" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="F236" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="G236" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H236" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="I236" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="J236" s="0">
         <x:v>1460</x:v>
       </x:c>
     </x:row>
     <x:row r="237" spans="1:10">
       <x:c r="A237" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B237" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C237" s="0" t="s">
-        <x:v>111</x:v>
+        <x:v>112</x:v>
       </x:c>
       <x:c r="D237" s="0" t="s">
-        <x:v>112</x:v>
+        <x:v>113</x:v>
       </x:c>
       <x:c r="E237" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="F237" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="G237" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H237" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="I237" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="J237" s="0">
         <x:v>382</x:v>
       </x:c>
     </x:row>
     <x:row r="238" spans="1:10">
       <x:c r="A238" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B238" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C238" s="0" t="s">
-        <x:v>111</x:v>
+        <x:v>112</x:v>
       </x:c>
       <x:c r="D238" s="0" t="s">
-        <x:v>112</x:v>
+        <x:v>113</x:v>
       </x:c>
       <x:c r="E238" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="F238" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="G238" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H238" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="I238" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="J238" s="0">
         <x:v>258</x:v>
       </x:c>
     </x:row>
     <x:row r="239" spans="1:10">
       <x:c r="A239" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B239" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C239" s="0" t="s">
-        <x:v>111</x:v>
+        <x:v>112</x:v>
       </x:c>
       <x:c r="D239" s="0" t="s">
-        <x:v>112</x:v>
+        <x:v>113</x:v>
       </x:c>
       <x:c r="E239" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="F239" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="G239" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H239" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="I239" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="J239" s="0">
         <x:v>151</x:v>
       </x:c>
     </x:row>
     <x:row r="240" spans="1:10">
       <x:c r="A240" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B240" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C240" s="0" t="s">
-        <x:v>111</x:v>
+        <x:v>112</x:v>
       </x:c>
       <x:c r="D240" s="0" t="s">
-        <x:v>112</x:v>
+        <x:v>113</x:v>
       </x:c>
       <x:c r="E240" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="F240" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="G240" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H240" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="I240" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="J240" s="0">
         <x:v>43448</x:v>
       </x:c>
     </x:row>
     <x:row r="241" spans="1:10">
       <x:c r="A241" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B241" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C241" s="0" t="s">
-        <x:v>111</x:v>
+        <x:v>112</x:v>
       </x:c>
       <x:c r="D241" s="0" t="s">
-        <x:v>112</x:v>
+        <x:v>113</x:v>
       </x:c>
       <x:c r="E241" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="F241" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="G241" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H241" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="I241" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="J241" s="0">
         <x:v>574</x:v>
       </x:c>
     </x:row>
     <x:row r="242" spans="1:10">
       <x:c r="A242" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B242" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C242" s="0" t="s">
-        <x:v>113</x:v>
+        <x:v>114</x:v>
       </x:c>
       <x:c r="D242" s="0" t="s">
-        <x:v>114</x:v>
+        <x:v>115</x:v>
       </x:c>
       <x:c r="E242" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="F242" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="G242" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H242" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="I242" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="J242" s="0">
         <x:v>63788</x:v>
       </x:c>
     </x:row>
     <x:row r="243" spans="1:10">
       <x:c r="A243" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B243" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C243" s="0" t="s">
-        <x:v>113</x:v>
+        <x:v>114</x:v>
       </x:c>
       <x:c r="D243" s="0" t="s">
-        <x:v>114</x:v>
+        <x:v>115</x:v>
       </x:c>
       <x:c r="E243" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="F243" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="G243" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H243" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="I243" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="J243" s="0">
         <x:v>1036</x:v>
       </x:c>
     </x:row>
     <x:row r="244" spans="1:10">
       <x:c r="A244" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B244" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C244" s="0" t="s">
-        <x:v>113</x:v>
+        <x:v>114</x:v>
       </x:c>
       <x:c r="D244" s="0" t="s">
-        <x:v>114</x:v>
+        <x:v>115</x:v>
       </x:c>
       <x:c r="E244" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="F244" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="G244" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H244" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="I244" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="J244" s="0">
         <x:v>36208</x:v>
       </x:c>
     </x:row>
     <x:row r="245" spans="1:10">
       <x:c r="A245" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B245" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C245" s="0" t="s">
-        <x:v>113</x:v>
+        <x:v>114</x:v>
       </x:c>
       <x:c r="D245" s="0" t="s">
-        <x:v>114</x:v>
+        <x:v>115</x:v>
       </x:c>
       <x:c r="E245" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="F245" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="G245" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H245" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="I245" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="J245" s="0">
         <x:v>10754</x:v>
       </x:c>
     </x:row>
     <x:row r="246" spans="1:10">
       <x:c r="A246" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B246" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C246" s="0" t="s">
-        <x:v>113</x:v>
+        <x:v>114</x:v>
       </x:c>
       <x:c r="D246" s="0" t="s">
-        <x:v>114</x:v>
+        <x:v>115</x:v>
       </x:c>
       <x:c r="E246" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="F246" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="G246" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H246" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="I246" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="J246" s="0">
         <x:v>4997</x:v>
       </x:c>
     </x:row>
     <x:row r="247" spans="1:10">
       <x:c r="A247" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B247" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C247" s="0" t="s">
-        <x:v>113</x:v>
+        <x:v>114</x:v>
       </x:c>
       <x:c r="D247" s="0" t="s">
-        <x:v>114</x:v>
+        <x:v>115</x:v>
       </x:c>
       <x:c r="E247" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="F247" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="G247" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H247" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="I247" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="J247" s="0">
         <x:v>5456</x:v>
       </x:c>
     </x:row>
     <x:row r="248" spans="1:10">
       <x:c r="A248" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B248" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C248" s="0" t="s">
-        <x:v>113</x:v>
+        <x:v>114</x:v>
       </x:c>
       <x:c r="D248" s="0" t="s">
-        <x:v>114</x:v>
+        <x:v>115</x:v>
       </x:c>
       <x:c r="E248" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="F248" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="G248" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H248" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="I248" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="J248" s="0">
         <x:v>2553</x:v>
       </x:c>
     </x:row>
     <x:row r="249" spans="1:10">
       <x:c r="A249" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B249" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C249" s="0" t="s">
-        <x:v>113</x:v>
+        <x:v>114</x:v>
       </x:c>
       <x:c r="D249" s="0" t="s">
-        <x:v>114</x:v>
+        <x:v>115</x:v>
       </x:c>
       <x:c r="E249" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="F249" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="G249" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H249" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="I249" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="J249" s="0">
         <x:v>1058</x:v>
       </x:c>
     </x:row>
     <x:row r="250" spans="1:10">
       <x:c r="A250" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B250" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C250" s="0" t="s">
-        <x:v>113</x:v>
+        <x:v>114</x:v>
       </x:c>
       <x:c r="D250" s="0" t="s">
-        <x:v>114</x:v>
+        <x:v>115</x:v>
       </x:c>
       <x:c r="E250" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="F250" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="G250" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H250" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="I250" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="J250" s="0">
         <x:v>736</x:v>
       </x:c>
     </x:row>
     <x:row r="251" spans="1:10">
       <x:c r="A251" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B251" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C251" s="0" t="s">
-        <x:v>113</x:v>
+        <x:v>114</x:v>
       </x:c>
       <x:c r="D251" s="0" t="s">
-        <x:v>114</x:v>
+        <x:v>115</x:v>
       </x:c>
       <x:c r="E251" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="F251" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="G251" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H251" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="I251" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="J251" s="0">
         <x:v>289</x:v>
       </x:c>
     </x:row>
     <x:row r="252" spans="1:10">
       <x:c r="A252" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B252" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C252" s="0" t="s">
-        <x:v>113</x:v>
+        <x:v>114</x:v>
       </x:c>
       <x:c r="D252" s="0" t="s">
-        <x:v>114</x:v>
+        <x:v>115</x:v>
       </x:c>
       <x:c r="E252" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="F252" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="G252" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H252" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="I252" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="J252" s="0">
         <x:v>62051</x:v>
       </x:c>
     </x:row>
     <x:row r="253" spans="1:10">
       <x:c r="A253" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B253" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C253" s="0" t="s">
-        <x:v>113</x:v>
+        <x:v>114</x:v>
       </x:c>
       <x:c r="D253" s="0" t="s">
-        <x:v>114</x:v>
+        <x:v>115</x:v>
       </x:c>
       <x:c r="E253" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="F253" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="G253" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H253" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="I253" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="J253" s="0">
         <x:v>701</x:v>
       </x:c>
     </x:row>
     <x:row r="254" spans="1:10">
       <x:c r="A254" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B254" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C254" s="0" t="s">
-        <x:v>115</x:v>
+        <x:v>116</x:v>
       </x:c>
       <x:c r="D254" s="0" t="s">
-        <x:v>116</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="E254" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="F254" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="G254" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H254" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="I254" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="J254" s="0">
         <x:v>1050073</x:v>
       </x:c>
     </x:row>
     <x:row r="255" spans="1:10">
       <x:c r="A255" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B255" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C255" s="0" t="s">
-        <x:v>115</x:v>
+        <x:v>116</x:v>
       </x:c>
       <x:c r="D255" s="0" t="s">
-        <x:v>116</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="E255" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="F255" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="G255" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H255" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="I255" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="J255" s="0">
         <x:v>14759</x:v>
       </x:c>
     </x:row>
     <x:row r="256" spans="1:10">
       <x:c r="A256" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B256" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C256" s="0" t="s">
-        <x:v>115</x:v>
+        <x:v>116</x:v>
       </x:c>
       <x:c r="D256" s="0" t="s">
-        <x:v>116</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="E256" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="F256" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="G256" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H256" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="I256" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="J256" s="0">
         <x:v>299317</x:v>
       </x:c>
     </x:row>
     <x:row r="257" spans="1:10">
       <x:c r="A257" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B257" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C257" s="0" t="s">
-        <x:v>115</x:v>
+        <x:v>116</x:v>
       </x:c>
       <x:c r="D257" s="0" t="s">
-        <x:v>116</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="E257" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="F257" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="G257" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H257" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="I257" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="J257" s="0">
         <x:v>537203</x:v>
       </x:c>
     </x:row>
     <x:row r="258" spans="1:10">
       <x:c r="A258" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B258" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C258" s="0" t="s">
-        <x:v>115</x:v>
+        <x:v>116</x:v>
       </x:c>
       <x:c r="D258" s="0" t="s">
-        <x:v>116</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="E258" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="F258" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="G258" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H258" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="I258" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="J258" s="0">
         <x:v>122355</x:v>
       </x:c>
     </x:row>
     <x:row r="259" spans="1:10">
       <x:c r="A259" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B259" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C259" s="0" t="s">
-        <x:v>115</x:v>
+        <x:v>116</x:v>
       </x:c>
       <x:c r="D259" s="0" t="s">
-        <x:v>116</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="E259" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="F259" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="G259" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H259" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="I259" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="J259" s="0">
         <x:v>37263</x:v>
       </x:c>
     </x:row>
     <x:row r="260" spans="1:10">
       <x:c r="A260" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B260" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C260" s="0" t="s">
-        <x:v>115</x:v>
+        <x:v>116</x:v>
       </x:c>
       <x:c r="D260" s="0" t="s">
-        <x:v>116</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="E260" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="F260" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="G260" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H260" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="I260" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="J260" s="0">
         <x:v>11545</x:v>
       </x:c>
     </x:row>
     <x:row r="261" spans="1:10">
       <x:c r="A261" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B261" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C261" s="0" t="s">
-        <x:v>115</x:v>
+        <x:v>116</x:v>
       </x:c>
       <x:c r="D261" s="0" t="s">
-        <x:v>116</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="E261" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="F261" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="G261" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H261" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="I261" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="J261" s="0">
         <x:v>4719</x:v>
       </x:c>
     </x:row>
     <x:row r="262" spans="1:10">
       <x:c r="A262" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B262" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C262" s="0" t="s">
-        <x:v>115</x:v>
+        <x:v>116</x:v>
       </x:c>
       <x:c r="D262" s="0" t="s">
-        <x:v>116</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="E262" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="F262" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="G262" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H262" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="I262" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="J262" s="0">
         <x:v>3491</x:v>
       </x:c>
     </x:row>
     <x:row r="263" spans="1:10">
       <x:c r="A263" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B263" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C263" s="0" t="s">
-        <x:v>115</x:v>
+        <x:v>116</x:v>
       </x:c>
       <x:c r="D263" s="0" t="s">
-        <x:v>116</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="E263" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="F263" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="G263" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H263" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="I263" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="J263" s="0">
         <x:v>2894</x:v>
       </x:c>
     </x:row>
     <x:row r="264" spans="1:10">
       <x:c r="A264" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B264" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C264" s="0" t="s">
-        <x:v>115</x:v>
+        <x:v>116</x:v>
       </x:c>
       <x:c r="D264" s="0" t="s">
-        <x:v>116</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="E264" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="F264" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="G264" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H264" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="I264" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="J264" s="0">
         <x:v>1018787</x:v>
       </x:c>
     </x:row>
     <x:row r="265" spans="1:10">
       <x:c r="A265" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B265" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C265" s="0" t="s">
-        <x:v>115</x:v>
+        <x:v>116</x:v>
       </x:c>
       <x:c r="D265" s="0" t="s">
-        <x:v>116</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="E265" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="F265" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="G265" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H265" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="I265" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="J265" s="0">
         <x:v>16527</x:v>
       </x:c>
     </x:row>
     <x:row r="266" spans="1:10">
       <x:c r="A266" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B266" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C266" s="0" t="s">
-        <x:v>117</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="D266" s="0" t="s">
-        <x:v>118</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="E266" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="F266" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="G266" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H266" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="I266" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="J266" s="0">
         <x:v>34907</x:v>
       </x:c>
     </x:row>
     <x:row r="267" spans="1:10">
       <x:c r="A267" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B267" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C267" s="0" t="s">
-        <x:v>117</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="D267" s="0" t="s">
-        <x:v>118</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="E267" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="F267" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="G267" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H267" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="I267" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="J267" s="0">
         <x:v>533</x:v>
       </x:c>
     </x:row>
     <x:row r="268" spans="1:10">
       <x:c r="A268" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B268" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C268" s="0" t="s">
-        <x:v>117</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="D268" s="0" t="s">
-        <x:v>118</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="E268" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="F268" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="G268" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H268" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="I268" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="J268" s="0">
         <x:v>21695</x:v>
       </x:c>
     </x:row>
     <x:row r="269" spans="1:10">
       <x:c r="A269" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B269" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C269" s="0" t="s">
-        <x:v>117</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="D269" s="0" t="s">
-        <x:v>118</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="E269" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="F269" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="G269" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H269" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="I269" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="J269" s="0">
         <x:v>4314</x:v>
       </x:c>
     </x:row>
     <x:row r="270" spans="1:10">
       <x:c r="A270" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B270" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C270" s="0" t="s">
-        <x:v>117</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="D270" s="0" t="s">
-        <x:v>118</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="E270" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="F270" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="G270" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H270" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="I270" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="J270" s="0">
         <x:v>2107</x:v>
       </x:c>
     </x:row>
     <x:row r="271" spans="1:10">
       <x:c r="A271" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B271" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C271" s="0" t="s">
-        <x:v>117</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="D271" s="0" t="s">
-        <x:v>118</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="E271" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="F271" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="G271" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H271" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="I271" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="J271" s="0">
         <x:v>3276</x:v>
       </x:c>
     </x:row>
     <x:row r="272" spans="1:10">
       <x:c r="A272" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B272" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C272" s="0" t="s">
-        <x:v>117</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="D272" s="0" t="s">
-        <x:v>118</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="E272" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="F272" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="G272" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H272" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="I272" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="J272" s="0">
         <x:v>1661</x:v>
       </x:c>
     </x:row>
     <x:row r="273" spans="1:10">
       <x:c r="A273" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B273" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C273" s="0" t="s">
-        <x:v>117</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="D273" s="0" t="s">
-        <x:v>118</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="E273" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="F273" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="G273" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H273" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="I273" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="J273" s="0">
         <x:v>374</x:v>
       </x:c>
     </x:row>
     <x:row r="274" spans="1:10">
       <x:c r="A274" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B274" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C274" s="0" t="s">
-        <x:v>117</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="D274" s="0" t="s">
-        <x:v>118</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="E274" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="F274" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="G274" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H274" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="I274" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="J274" s="0">
         <x:v>386</x:v>
       </x:c>
     </x:row>
     <x:row r="275" spans="1:10">
       <x:c r="A275" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B275" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C275" s="0" t="s">
-        <x:v>117</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="D275" s="0" t="s">
-        <x:v>118</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="E275" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="F275" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="G275" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H275" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="I275" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="J275" s="0">
         <x:v>164</x:v>
       </x:c>
     </x:row>
     <x:row r="276" spans="1:10">
       <x:c r="A276" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B276" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C276" s="0" t="s">
-        <x:v>117</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="D276" s="0" t="s">
-        <x:v>118</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="E276" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="F276" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="G276" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H276" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="I276" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="J276" s="0">
         <x:v>33977</x:v>
       </x:c>
     </x:row>
     <x:row r="277" spans="1:10">
       <x:c r="A277" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B277" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C277" s="0" t="s">
-        <x:v>117</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="D277" s="0" t="s">
-        <x:v>118</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="E277" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="F277" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="G277" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H277" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="I277" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="J277" s="0">
         <x:v>397</x:v>
       </x:c>
     </x:row>
     <x:row r="278" spans="1:10">
       <x:c r="A278" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B278" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C278" s="0" t="s">
-        <x:v>119</x:v>
+        <x:v>120</x:v>
       </x:c>
       <x:c r="D278" s="0" t="s">
-        <x:v>120</x:v>
+        <x:v>121</x:v>
       </x:c>
       <x:c r="E278" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="F278" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="G278" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H278" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="I278" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="J278" s="0">
         <x:v>46099</x:v>
       </x:c>
     </x:row>
     <x:row r="279" spans="1:10">
       <x:c r="A279" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B279" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C279" s="0" t="s">
-        <x:v>119</x:v>
+        <x:v>120</x:v>
       </x:c>
       <x:c r="D279" s="0" t="s">
-        <x:v>120</x:v>
+        <x:v>121</x:v>
       </x:c>
       <x:c r="E279" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="F279" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="G279" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H279" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="I279" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="J279" s="0">
         <x:v>846</x:v>
       </x:c>
     </x:row>
     <x:row r="280" spans="1:10">
       <x:c r="A280" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B280" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C280" s="0" t="s">
-        <x:v>119</x:v>
+        <x:v>120</x:v>
       </x:c>
       <x:c r="D280" s="0" t="s">
-        <x:v>120</x:v>
+        <x:v>121</x:v>
       </x:c>
       <x:c r="E280" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="F280" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="G280" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H280" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="I280" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="J280" s="0">
         <x:v>31196</x:v>
       </x:c>
     </x:row>
     <x:row r="281" spans="1:10">
       <x:c r="A281" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B281" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C281" s="0" t="s">
-        <x:v>119</x:v>
+        <x:v>120</x:v>
       </x:c>
       <x:c r="D281" s="0" t="s">
-        <x:v>120</x:v>
+        <x:v>121</x:v>
       </x:c>
       <x:c r="E281" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="F281" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="G281" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H281" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="I281" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="J281" s="0">
         <x:v>2209</x:v>
       </x:c>
     </x:row>
     <x:row r="282" spans="1:10">
       <x:c r="A282" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B282" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C282" s="0" t="s">
-        <x:v>119</x:v>
+        <x:v>120</x:v>
       </x:c>
       <x:c r="D282" s="0" t="s">
-        <x:v>120</x:v>
+        <x:v>121</x:v>
       </x:c>
       <x:c r="E282" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="F282" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="G282" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H282" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="I282" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="J282" s="0">
         <x:v>2637</x:v>
       </x:c>
     </x:row>
     <x:row r="283" spans="1:10">
       <x:c r="A283" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B283" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C283" s="0" t="s">
-        <x:v>119</x:v>
+        <x:v>120</x:v>
       </x:c>
       <x:c r="D283" s="0" t="s">
-        <x:v>120</x:v>
+        <x:v>121</x:v>
       </x:c>
       <x:c r="E283" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="F283" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="G283" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H283" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="I283" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="J283" s="0">
         <x:v>4779</x:v>
       </x:c>
     </x:row>
     <x:row r="284" spans="1:10">
       <x:c r="A284" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B284" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C284" s="0" t="s">
-        <x:v>119</x:v>
+        <x:v>120</x:v>
       </x:c>
       <x:c r="D284" s="0" t="s">
-        <x:v>120</x:v>
+        <x:v>121</x:v>
       </x:c>
       <x:c r="E284" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="F284" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="G284" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H284" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="I284" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="J284" s="0">
         <x:v>2507</x:v>
       </x:c>
     </x:row>
     <x:row r="285" spans="1:10">
       <x:c r="A285" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B285" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C285" s="0" t="s">
-        <x:v>119</x:v>
+        <x:v>120</x:v>
       </x:c>
       <x:c r="D285" s="0" t="s">
-        <x:v>120</x:v>
+        <x:v>121</x:v>
       </x:c>
       <x:c r="E285" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="F285" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="G285" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H285" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="I285" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="J285" s="0">
         <x:v>639</x:v>
       </x:c>
     </x:row>
     <x:row r="286" spans="1:10">
       <x:c r="A286" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B286" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C286" s="0" t="s">
-        <x:v>119</x:v>
+        <x:v>120</x:v>
       </x:c>
       <x:c r="D286" s="0" t="s">
-        <x:v>120</x:v>
+        <x:v>121</x:v>
       </x:c>
       <x:c r="E286" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="F286" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="G286" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H286" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="I286" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="J286" s="0">
         <x:v>630</x:v>
       </x:c>
     </x:row>
     <x:row r="287" spans="1:10">
       <x:c r="A287" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B287" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C287" s="0" t="s">
-        <x:v>119</x:v>
+        <x:v>120</x:v>
       </x:c>
       <x:c r="D287" s="0" t="s">
-        <x:v>120</x:v>
+        <x:v>121</x:v>
       </x:c>
       <x:c r="E287" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="F287" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="G287" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H287" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="I287" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="J287" s="0">
         <x:v>216</x:v>
       </x:c>
     </x:row>
     <x:row r="288" spans="1:10">
       <x:c r="A288" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B288" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C288" s="0" t="s">
-        <x:v>119</x:v>
+        <x:v>120</x:v>
       </x:c>
       <x:c r="D288" s="0" t="s">
-        <x:v>120</x:v>
+        <x:v>121</x:v>
       </x:c>
       <x:c r="E288" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="F288" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="G288" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H288" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="I288" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="J288" s="0">
         <x:v>44813</x:v>
       </x:c>
     </x:row>
     <x:row r="289" spans="1:10">
       <x:c r="A289" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B289" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C289" s="0" t="s">
-        <x:v>119</x:v>
+        <x:v>120</x:v>
       </x:c>
       <x:c r="D289" s="0" t="s">
-        <x:v>120</x:v>
+        <x:v>121</x:v>
       </x:c>
       <x:c r="E289" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="F289" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="G289" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H289" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="I289" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="J289" s="0">
         <x:v>440</x:v>
       </x:c>
     </x:row>
     <x:row r="290" spans="1:10">
       <x:c r="A290" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B290" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C290" s="0" t="s">
-        <x:v>121</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="D290" s="0" t="s">
-        <x:v>122</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="E290" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="F290" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="G290" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H290" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="I290" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="J290" s="0">
         <x:v>43478</x:v>
       </x:c>
     </x:row>
     <x:row r="291" spans="1:10">
       <x:c r="A291" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B291" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C291" s="0" t="s">
-        <x:v>121</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="D291" s="0" t="s">
-        <x:v>122</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="E291" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="F291" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="G291" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H291" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="I291" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="J291" s="0">
         <x:v>841</x:v>
       </x:c>
     </x:row>
     <x:row r="292" spans="1:10">
       <x:c r="A292" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B292" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C292" s="0" t="s">
-        <x:v>121</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="D292" s="0" t="s">
-        <x:v>122</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="E292" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="F292" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="G292" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H292" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="I292" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="J292" s="0">
         <x:v>29326</x:v>
       </x:c>
     </x:row>
     <x:row r="293" spans="1:10">
       <x:c r="A293" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B293" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C293" s="0" t="s">
-        <x:v>121</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="D293" s="0" t="s">
-        <x:v>122</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="E293" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="F293" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="G293" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H293" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="I293" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="J293" s="0">
         <x:v>1695</x:v>
       </x:c>
     </x:row>
     <x:row r="294" spans="1:10">
       <x:c r="A294" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B294" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C294" s="0" t="s">
-        <x:v>121</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="D294" s="0" t="s">
-        <x:v>122</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="E294" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="F294" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="G294" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H294" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="I294" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="J294" s="0">
         <x:v>1792</x:v>
       </x:c>
     </x:row>
     <x:row r="295" spans="1:10">
       <x:c r="A295" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B295" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C295" s="0" t="s">
-        <x:v>121</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="D295" s="0" t="s">
-        <x:v>122</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="E295" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="F295" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="G295" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H295" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="I295" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="J295" s="0">
         <x:v>4458</x:v>
       </x:c>
     </x:row>
     <x:row r="296" spans="1:10">
       <x:c r="A296" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B296" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C296" s="0" t="s">
-        <x:v>121</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="D296" s="0" t="s">
-        <x:v>122</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="E296" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="F296" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="G296" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H296" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="I296" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="J296" s="0">
         <x:v>3359</x:v>
       </x:c>
     </x:row>
     <x:row r="297" spans="1:10">
       <x:c r="A297" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B297" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C297" s="0" t="s">
-        <x:v>121</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="D297" s="0" t="s">
-        <x:v>122</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="E297" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="F297" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="G297" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H297" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="I297" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="J297" s="0">
         <x:v>584</x:v>
       </x:c>
     </x:row>
     <x:row r="298" spans="1:10">
       <x:c r="A298" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B298" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C298" s="0" t="s">
-        <x:v>121</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="D298" s="0" t="s">
-        <x:v>122</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="E298" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="F298" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="G298" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H298" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="I298" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="J298" s="0">
         <x:v>739</x:v>
       </x:c>
     </x:row>
     <x:row r="299" spans="1:10">
       <x:c r="A299" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B299" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C299" s="0" t="s">
-        <x:v>121</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="D299" s="0" t="s">
-        <x:v>122</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="E299" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="F299" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="G299" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H299" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="I299" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="J299" s="0">
         <x:v>264</x:v>
       </x:c>
     </x:row>
     <x:row r="300" spans="1:10">
       <x:c r="A300" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B300" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C300" s="0" t="s">
-        <x:v>121</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="D300" s="0" t="s">
-        <x:v>122</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="E300" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="F300" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="G300" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H300" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="I300" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="J300" s="0">
         <x:v>42217</x:v>
       </x:c>
     </x:row>
     <x:row r="301" spans="1:10">
       <x:c r="A301" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B301" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C301" s="0" t="s">
-        <x:v>121</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="D301" s="0" t="s">
-        <x:v>122</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="E301" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="F301" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="G301" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H301" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="I301" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="J301" s="0">
         <x:v>420</x:v>
       </x:c>
     </x:row>
     <x:row r="302" spans="1:10">
       <x:c r="A302" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B302" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C302" s="0" t="s">
-        <x:v>123</x:v>
+        <x:v>124</x:v>
       </x:c>
       <x:c r="D302" s="0" t="s">
-        <x:v>124</x:v>
+        <x:v>125</x:v>
       </x:c>
       <x:c r="E302" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="F302" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="G302" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H302" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="I302" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="J302" s="0">
         <x:v>474851</x:v>
       </x:c>
     </x:row>
     <x:row r="303" spans="1:10">
       <x:c r="A303" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B303" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C303" s="0" t="s">
-        <x:v>123</x:v>
+        <x:v>124</x:v>
       </x:c>
       <x:c r="D303" s="0" t="s">
-        <x:v>124</x:v>
+        <x:v>125</x:v>
       </x:c>
       <x:c r="E303" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="F303" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="G303" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H303" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="I303" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="J303" s="0">
         <x:v>9973</x:v>
       </x:c>
     </x:row>
     <x:row r="304" spans="1:10">
       <x:c r="A304" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B304" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C304" s="0" t="s">
-        <x:v>123</x:v>
+        <x:v>124</x:v>
       </x:c>
       <x:c r="D304" s="0" t="s">
-        <x:v>124</x:v>
+        <x:v>125</x:v>
       </x:c>
       <x:c r="E304" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="F304" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="G304" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H304" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="I304" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="J304" s="0">
         <x:v>329796</x:v>
       </x:c>
     </x:row>
     <x:row r="305" spans="1:10">
       <x:c r="A305" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B305" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C305" s="0" t="s">
-        <x:v>123</x:v>
+        <x:v>124</x:v>
       </x:c>
       <x:c r="D305" s="0" t="s">
-        <x:v>124</x:v>
+        <x:v>125</x:v>
       </x:c>
       <x:c r="E305" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="F305" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="G305" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H305" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="I305" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="J305" s="0">
         <x:v>4794</x:v>
       </x:c>
     </x:row>
     <x:row r="306" spans="1:10">
       <x:c r="A306" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B306" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C306" s="0" t="s">
-        <x:v>123</x:v>
+        <x:v>124</x:v>
       </x:c>
       <x:c r="D306" s="0" t="s">
-        <x:v>124</x:v>
+        <x:v>125</x:v>
       </x:c>
       <x:c r="E306" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="F306" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="G306" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H306" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="I306" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="J306" s="0">
         <x:v>11528</x:v>
       </x:c>
     </x:row>
     <x:row r="307" spans="1:10">
       <x:c r="A307" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B307" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C307" s="0" t="s">
-        <x:v>123</x:v>
+        <x:v>124</x:v>
       </x:c>
       <x:c r="D307" s="0" t="s">
-        <x:v>124</x:v>
+        <x:v>125</x:v>
       </x:c>
       <x:c r="E307" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="F307" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="G307" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H307" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="I307" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="J307" s="0">
         <x:v>29369</x:v>
       </x:c>
     </x:row>
     <x:row r="308" spans="1:10">
       <x:c r="A308" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B308" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C308" s="0" t="s">
-        <x:v>123</x:v>
+        <x:v>124</x:v>
       </x:c>
       <x:c r="D308" s="0" t="s">
-        <x:v>124</x:v>
+        <x:v>125</x:v>
       </x:c>
       <x:c r="E308" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="F308" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="G308" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H308" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="I308" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="J308" s="0">
         <x:v>59566</x:v>
       </x:c>
     </x:row>
     <x:row r="309" spans="1:10">
       <x:c r="A309" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B309" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C309" s="0" t="s">
-        <x:v>123</x:v>
+        <x:v>124</x:v>
       </x:c>
       <x:c r="D309" s="0" t="s">
-        <x:v>124</x:v>
+        <x:v>125</x:v>
       </x:c>
       <x:c r="E309" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="F309" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="G309" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H309" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="I309" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="J309" s="0">
         <x:v>4136</x:v>
       </x:c>
     </x:row>
     <x:row r="310" spans="1:10">
       <x:c r="A310" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B310" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C310" s="0" t="s">
-        <x:v>123</x:v>
+        <x:v>124</x:v>
       </x:c>
       <x:c r="D310" s="0" t="s">
-        <x:v>124</x:v>
+        <x:v>125</x:v>
       </x:c>
       <x:c r="E310" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="F310" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="G310" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H310" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="I310" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="J310" s="0">
         <x:v>16149</x:v>
       </x:c>
     </x:row>
     <x:row r="311" spans="1:10">
       <x:c r="A311" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B311" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C311" s="0" t="s">
-        <x:v>123</x:v>
+        <x:v>124</x:v>
       </x:c>
       <x:c r="D311" s="0" t="s">
-        <x:v>124</x:v>
+        <x:v>125</x:v>
       </x:c>
       <x:c r="E311" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="F311" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="G311" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H311" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="I311" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="J311" s="0">
         <x:v>4986</x:v>
       </x:c>
     </x:row>
     <x:row r="312" spans="1:10">
       <x:c r="A312" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B312" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C312" s="0" t="s">
-        <x:v>123</x:v>
+        <x:v>124</x:v>
       </x:c>
       <x:c r="D312" s="0" t="s">
-        <x:v>124</x:v>
+        <x:v>125</x:v>
       </x:c>
       <x:c r="E312" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="F312" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="G312" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H312" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="I312" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="J312" s="0">
         <x:v>460324</x:v>
       </x:c>
     </x:row>
     <x:row r="313" spans="1:10">
       <x:c r="A313" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B313" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C313" s="0" t="s">
-        <x:v>123</x:v>
+        <x:v>124</x:v>
       </x:c>
       <x:c r="D313" s="0" t="s">
-        <x:v>124</x:v>
+        <x:v>125</x:v>
       </x:c>
       <x:c r="E313" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="F313" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="G313" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H313" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="I313" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="J313" s="0">
         <x:v>4554</x:v>
       </x:c>
     </x:row>
     <x:row r="314" spans="1:10">
       <x:c r="A314" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B314" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C314" s="0" t="s">
-        <x:v>125</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="D314" s="0" t="s">
-        <x:v>126</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="E314" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="F314" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="G314" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H314" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="I314" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="J314" s="0">
         <x:v>599335</x:v>
       </x:c>
     </x:row>
     <x:row r="315" spans="1:10">
       <x:c r="A315" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B315" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C315" s="0" t="s">
-        <x:v>125</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="D315" s="0" t="s">
-        <x:v>126</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="E315" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="F315" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="G315" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H315" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="I315" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="J315" s="0">
         <x:v>12193</x:v>
       </x:c>
     </x:row>
     <x:row r="316" spans="1:10">
       <x:c r="A316" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B316" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C316" s="0" t="s">
-        <x:v>125</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="D316" s="0" t="s">
-        <x:v>126</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="E316" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="F316" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="G316" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H316" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="I316" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="J316" s="0">
         <x:v>412013</x:v>
       </x:c>
     </x:row>
     <x:row r="317" spans="1:10">
       <x:c r="A317" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B317" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C317" s="0" t="s">
-        <x:v>125</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="D317" s="0" t="s">
-        <x:v>126</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="E317" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="F317" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="G317" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H317" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="I317" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="J317" s="0">
         <x:v>13012</x:v>
       </x:c>
     </x:row>
     <x:row r="318" spans="1:10">
       <x:c r="A318" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B318" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C318" s="0" t="s">
-        <x:v>125</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="D318" s="0" t="s">
-        <x:v>126</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="E318" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="F318" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="G318" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H318" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="I318" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="J318" s="0">
         <x:v>18064</x:v>
       </x:c>
     </x:row>
     <x:row r="319" spans="1:10">
       <x:c r="A319" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B319" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C319" s="0" t="s">
-        <x:v>125</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="D319" s="0" t="s">
-        <x:v>126</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="E319" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="F319" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="G319" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H319" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="I319" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="J319" s="0">
         <x:v>41882</x:v>
       </x:c>
     </x:row>
     <x:row r="320" spans="1:10">
       <x:c r="A320" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B320" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C320" s="0" t="s">
-        <x:v>125</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="D320" s="0" t="s">
-        <x:v>126</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="E320" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="F320" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="G320" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H320" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="I320" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="J320" s="0">
         <x:v>67093</x:v>
       </x:c>
     </x:row>
     <x:row r="321" spans="1:10">
       <x:c r="A321" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B321" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C321" s="0" t="s">
-        <x:v>125</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="D321" s="0" t="s">
-        <x:v>126</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="E321" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="F321" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="G321" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H321" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="I321" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="J321" s="0">
         <x:v>5733</x:v>
       </x:c>
     </x:row>
     <x:row r="322" spans="1:10">
       <x:c r="A322" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B322" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C322" s="0" t="s">
-        <x:v>125</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="D322" s="0" t="s">
-        <x:v>126</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="E322" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="F322" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="G322" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H322" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="I322" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="J322" s="0">
         <x:v>17904</x:v>
       </x:c>
     </x:row>
     <x:row r="323" spans="1:10">
       <x:c r="A323" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B323" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C323" s="0" t="s">
-        <x:v>125</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="D323" s="0" t="s">
-        <x:v>126</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="E323" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="F323" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="G323" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H323" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="I323" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="J323" s="0">
         <x:v>5630</x:v>
       </x:c>
     </x:row>
     <x:row r="324" spans="1:10">
       <x:c r="A324" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B324" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C324" s="0" t="s">
-        <x:v>125</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="D324" s="0" t="s">
-        <x:v>126</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="E324" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="F324" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="G324" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H324" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="I324" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="J324" s="0">
         <x:v>581331</x:v>
       </x:c>
     </x:row>
     <x:row r="325" spans="1:10">
       <x:c r="A325" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B325" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C325" s="0" t="s">
-        <x:v>125</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="D325" s="0" t="s">
-        <x:v>126</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="E325" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="F325" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="G325" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H325" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="I325" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="J325" s="0">
         <x:v>5811</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="1">
     <x:tablePart r:id="rId15"/>
   </x:tableParts>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:sheetData/>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Application>Microsoft Excel</ap:Application>
   <ap:TitlesOfParts>
     <vt:vector baseType="lpstr" size="9">
       <vt:lpstr>About</vt:lpstr>
       <vt:lpstr>Unpivoted</vt:lpstr>
       <vt:lpstr>Pivoted</vt:lpstr>
@@ -12037,51 +11766,51 @@
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>3</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Named Ranges</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>6</vt:i4>
       </vt:variant>
     </vt:vector>
   </ap:HeadingPairs>
   <ap:DocSecurity>0</ap:DocSecurity>
   <ap:ScaleCrop>false</ap:ScaleCrop>
 </ap:Properties>
 </file>
 
 <file path=pivotCache/_rels/pivotCacheDefinition1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheRecords" Target="/pivotCache/pivotCacheRecords1.xml" Id="rId1" /></Relationships>
 </file>
 
 <file path=pivotCache/pivotCacheDefinition1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:pivotCacheDefinition xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" r:id="rId1" saveData="1" refreshOnLoad="1" createdVersion="5" refreshedVersion="5" minRefreshableVersion="3">
   <x:cacheSource type="worksheet">
-    <x:worksheetSource ref="A1:J325" sheet="Unpivoted"/>
+    <x:worksheetSource name="Unpivoted"/>
   </x:cacheSource>
   <x:cacheFields>
     <x:cacheField name="STATISTIC">
       <x:sharedItems count="1">
         <x:s v="CD489"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="Statistic Label">
       <x:sharedItems count="1">
         <x:s v="Private Households in Permanent Housing Units"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="C02800V03468">
       <x:sharedItems count="27">
         <x:s v="-"/>
         <x:s v="100100"/>
         <x:s v="100105"/>
         <x:s v="100110"/>
         <x:s v="100200"/>
         <x:s v="100300"/>
         <x:s v="100305"/>
         <x:s v="100310"/>
         <x:s v="100400"/>
         <x:s v="100405"/>
         <x:s v="100410"/>
@@ -12475,27 +12204,3916 @@
         <x:n v="59566"/>
         <x:n v="4136"/>
         <x:n v="16149"/>
         <x:n v="4986"/>
         <x:n v="460324"/>
         <x:n v="4554"/>
         <x:n v="599335"/>
         <x:n v="12193"/>
         <x:n v="412013"/>
         <x:n v="13012"/>
         <x:n v="18064"/>
         <x:n v="41882"/>
         <x:n v="67093"/>
         <x:n v="5733"/>
         <x:n v="17904"/>
         <x:n v="5630"/>
         <x:n v="581331"/>
         <x:n v="5811"/>
       </x:sharedItems>
     </x:cacheField>
   </x:cacheFields>
 </x:pivotCacheDefinition>
 </file>
 
 <file path=pivotCache/pivotCacheRecords1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main"/>
+<pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="xr">
+  <r>
+    <s v="CD489"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1649408"/>
+  </r>
+  <r>
+    <s v="CD489"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="01"/>
+    <s v="No central heating"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="26952"/>
+  </r>
+  <r>
+    <s v="CD489"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="02"/>
+    <s v="Oil"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="711330"/>
+  </r>
+  <r>
+    <s v="CD489"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="03"/>
+    <s v="Natural Gas"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="550215"/>
+  </r>
+  <r>
+    <s v="CD489"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="04"/>
+    <s v="Electricity"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="140419"/>
+  </r>
+  <r>
+    <s v="CD489"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="05"/>
+    <s v="Coal (incl. anthracite)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="79145"/>
+  </r>
+  <r>
+    <s v="CD489"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="06"/>
+    <s v="Peat (incl. turf)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="78638"/>
+  </r>
+  <r>
+    <s v="CD489"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="07"/>
+    <s v="Liquid Petroleum Gas (LPG)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="10452"/>
+  </r>
+  <r>
+    <s v="CD489"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="08"/>
+    <s v="Wood (incl. wood pellets)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="21395"/>
+  </r>
+  <r>
+    <s v="CD489"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="09"/>
+    <s v="Other fuels"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="8524"/>
+  </r>
+  <r>
+    <s v="CD489"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="10"/>
+    <s v="All types of fuel"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1600118"/>
+  </r>
+  <r>
+    <s v="CD489"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="99"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="22338"/>
+  </r>
+  <r>
+    <s v="CD489"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="100100"/>
+    <s v="Dublin City and suburbs"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="411460"/>
+  </r>
+  <r>
+    <s v="CD489"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="100100"/>
+    <s v="Dublin City and suburbs"/>
+    <s v="01"/>
+    <s v="No central heating"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5899"/>
+  </r>
+  <r>
+    <s v="CD489"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="100100"/>
+    <s v="Dublin City and suburbs"/>
+    <s v="02"/>
+    <s v="Oil"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="43851"/>
+  </r>
+  <r>
+    <s v="CD489"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="100100"/>
+    <s v="Dublin City and suburbs"/>
+    <s v="03"/>
+    <s v="Natural Gas"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="285633"/>
+  </r>
+  <r>
+    <s v="CD489"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="100100"/>
+    <s v="Dublin City and suburbs"/>
+    <s v="04"/>
+    <s v="Electricity"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="63261"/>
+  </r>
+  <r>
+    <s v="CD489"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="100100"/>
+    <s v="Dublin City and suburbs"/>
+    <s v="05"/>
+    <s v="Coal (incl. anthracite)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2624"/>
+  </r>
+  <r>
+    <s v="CD489"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="100100"/>
+    <s v="Dublin City and suburbs"/>
+    <s v="06"/>
+    <s v="Peat (incl. turf)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="290"/>
+  </r>
+  <r>
+    <s v="CD489"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="100100"/>
+    <s v="Dublin City and suburbs"/>
+    <s v="07"/>
+    <s v="Liquid Petroleum Gas (LPG)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="565"/>
+  </r>
+  <r>
+    <s v="CD489"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="100100"/>
+    <s v="Dublin City and suburbs"/>
+    <s v="08"/>
+    <s v="Wood (incl. wood pellets)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="441"/>
+  </r>
+  <r>
+    <s v="CD489"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="100100"/>
+    <s v="Dublin City and suburbs"/>
+    <s v="09"/>
+    <s v="Other fuels"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1066"/>
+  </r>
+  <r>
+    <s v="CD489"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="100100"/>
+    <s v="Dublin City and suburbs"/>
+    <s v="10"/>
+    <s v="All types of fuel"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="397731"/>
+  </r>
+  <r>
+    <s v="CD489"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="100100"/>
+    <s v="Dublin City and suburbs"/>
+    <s v="99"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="7830"/>
+  </r>
+  <r>
+    <s v="CD489"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="100105"/>
+    <s v="Dublin City"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="207847"/>
+  </r>
+  <r>
+    <s v="CD489"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="100105"/>
+    <s v="Dublin City"/>
+    <s v="01"/>
+    <s v="No central heating"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4486"/>
+  </r>
+  <r>
+    <s v="CD489"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="100105"/>
+    <s v="Dublin City"/>
+    <s v="02"/>
+    <s v="Oil"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="14442"/>
+  </r>
+  <r>
+    <s v="CD489"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="100105"/>
+    <s v="Dublin City"/>
+    <s v="03"/>
+    <s v="Natural Gas"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="133753"/>
+  </r>
+  <r>
+    <s v="CD489"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="100105"/>
+    <s v="Dublin City"/>
+    <s v="04"/>
+    <s v="Electricity"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="47236"/>
+  </r>
+  <r>
+    <s v="CD489"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="100105"/>
+    <s v="Dublin City"/>
+    <s v="05"/>
+    <s v="Coal (incl. anthracite)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1437"/>
+  </r>
+  <r>
+    <s v="CD489"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="100105"/>
+    <s v="Dublin City"/>
+    <s v="06"/>
+    <s v="Peat (incl. turf)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="164"/>
+  </r>
+  <r>
+    <s v="CD489"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="100105"/>
+    <s v="Dublin City"/>
+    <s v="07"/>
+    <s v="Liquid Petroleum Gas (LPG)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="299"/>
+  </r>
+  <r>
+    <s v="CD489"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="100105"/>
+    <s v="Dublin City"/>
+    <s v="08"/>
+    <s v="Wood (incl. wood pellets)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="208"/>
+  </r>
+  <r>
+    <s v="CD489"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="100105"/>
+    <s v="Dublin City"/>
+    <s v="09"/>
+    <s v="Other fuels"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="741"/>
+  </r>
+  <r>
+    <s v="CD489"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="100105"/>
+    <s v="Dublin City"/>
+    <s v="10"/>
+    <s v="All types of fuel"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="198280"/>
+  </r>
+  <r>
+    <s v="CD489"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="100105"/>
+    <s v="Dublin City"/>
+    <s v="99"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5081"/>
+  </r>
+  <r>
+    <s v="CD489"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="100110"/>
+    <s v="Dublin suburbs"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="203613"/>
+  </r>
+  <r>
+    <s v="CD489"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="100110"/>
+    <s v="Dublin suburbs"/>
+    <s v="01"/>
+    <s v="No central heating"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1413"/>
+  </r>
+  <r>
+    <s v="CD489"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="100110"/>
+    <s v="Dublin suburbs"/>
+    <s v="02"/>
+    <s v="Oil"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="29409"/>
+  </r>
+  <r>
+    <s v="CD489"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="100110"/>
+    <s v="Dublin suburbs"/>
+    <s v="03"/>
+    <s v="Natural Gas"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="151880"/>
+  </r>
+  <r>
+    <s v="CD489"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="100110"/>
+    <s v="Dublin suburbs"/>
+    <s v="04"/>
+    <s v="Electricity"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="16025"/>
+  </r>
+  <r>
+    <s v="CD489"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="100110"/>
+    <s v="Dublin suburbs"/>
+    <s v="05"/>
+    <s v="Coal (incl. anthracite)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1187"/>
+  </r>
+  <r>
+    <s v="CD489"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="100110"/>
+    <s v="Dublin suburbs"/>
+    <s v="06"/>
+    <s v="Peat (incl. turf)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="126"/>
+  </r>
+  <r>
+    <s v="CD489"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="100110"/>
+    <s v="Dublin suburbs"/>
+    <s v="07"/>
+    <s v="Liquid Petroleum Gas (LPG)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="266"/>
+  </r>
+  <r>
+    <s v="CD489"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="100110"/>
+    <s v="Dublin suburbs"/>
+    <s v="08"/>
+    <s v="Wood (incl. wood pellets)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="233"/>
+  </r>
+  <r>
+    <s v="CD489"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="100110"/>
+    <s v="Dublin suburbs"/>
+    <s v="09"/>
+    <s v="Other fuels"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="325"/>
+  </r>
+  <r>
+    <s v="CD489"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="100110"/>
+    <s v="Dublin suburbs"/>
+    <s v="10"/>
+    <s v="All types of fuel"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="199451"/>
+  </r>
+  <r>
+    <s v="CD489"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="100110"/>
+    <s v="Dublin suburbs"/>
+    <s v="99"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2749"/>
+  </r>
+  <r>
+    <s v="CD489"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="100200"/>
+    <s v="Other Cities (1)"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="156142"/>
+  </r>
+  <r>
+    <s v="CD489"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="100200"/>
+    <s v="Other Cities (1)"/>
+    <s v="01"/>
+    <s v="No central heating"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2663"/>
+  </r>
+  <r>
+    <s v="CD489"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="100200"/>
+    <s v="Other Cities (1)"/>
+    <s v="02"/>
+    <s v="Oil"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="41237"/>
+  </r>
+  <r>
+    <s v="CD489"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="100200"/>
+    <s v="Other Cities (1)"/>
+    <s v="03"/>
+    <s v="Natural Gas"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="82782"/>
+  </r>
+  <r>
+    <s v="CD489"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="100200"/>
+    <s v="Other Cities (1)"/>
+    <s v="04"/>
+    <s v="Electricity"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="18971"/>
+  </r>
+  <r>
+    <s v="CD489"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="100200"/>
+    <s v="Other Cities (1)"/>
+    <s v="05"/>
+    <s v="Coal (incl. anthracite)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="6080"/>
+  </r>
+  <r>
+    <s v="CD489"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="100200"/>
+    <s v="Other Cities (1)"/>
+    <s v="06"/>
+    <s v="Peat (incl. turf)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="434"/>
+  </r>
+  <r>
+    <s v="CD489"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="100200"/>
+    <s v="Other Cities (1)"/>
+    <s v="07"/>
+    <s v="Liquid Petroleum Gas (LPG)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="578"/>
+  </r>
+  <r>
+    <s v="CD489"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="100200"/>
+    <s v="Other Cities (1)"/>
+    <s v="08"/>
+    <s v="Wood (incl. wood pellets)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="379"/>
+  </r>
+  <r>
+    <s v="CD489"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="100200"/>
+    <s v="Other Cities (1)"/>
+    <s v="09"/>
+    <s v="Other fuels"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="388"/>
+  </r>
+  <r>
+    <s v="CD489"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="100200"/>
+    <s v="Other Cities (1)"/>
+    <s v="10"/>
+    <s v="All types of fuel"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="150849"/>
+  </r>
+  <r>
+    <s v="CD489"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="100200"/>
+    <s v="Other Cities (1)"/>
+    <s v="99"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2630"/>
+  </r>
+  <r>
+    <s v="CD489"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="100300"/>
+    <s v="Cork City and suburbs"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="73968"/>
+  </r>
+  <r>
+    <s v="CD489"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="100300"/>
+    <s v="Cork City and suburbs"/>
+    <s v="01"/>
+    <s v="No central heating"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1365"/>
+  </r>
+  <r>
+    <s v="CD489"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="100300"/>
+    <s v="Cork City and suburbs"/>
+    <s v="02"/>
+    <s v="Oil"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="14128"/>
+  </r>
+  <r>
+    <s v="CD489"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="100300"/>
+    <s v="Cork City and suburbs"/>
+    <s v="03"/>
+    <s v="Natural Gas"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="47115"/>
+  </r>
+  <r>
+    <s v="CD489"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="100300"/>
+    <s v="Cork City and suburbs"/>
+    <s v="04"/>
+    <s v="Electricity"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="7436"/>
+  </r>
+  <r>
+    <s v="CD489"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="100300"/>
+    <s v="Cork City and suburbs"/>
+    <s v="05"/>
+    <s v="Coal (incl. anthracite)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2111"/>
+  </r>
+  <r>
+    <s v="CD489"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="100300"/>
+    <s v="Cork City and suburbs"/>
+    <s v="06"/>
+    <s v="Peat (incl. turf)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="56"/>
+  </r>
+  <r>
+    <s v="CD489"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="100300"/>
+    <s v="Cork City and suburbs"/>
+    <s v="07"/>
+    <s v="Liquid Petroleum Gas (LPG)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="235"/>
+  </r>
+  <r>
+    <s v="CD489"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="100300"/>
+    <s v="Cork City and suburbs"/>
+    <s v="08"/>
+    <s v="Wood (incl. wood pellets)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="172"/>
+  </r>
+  <r>
+    <s v="CD489"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="100300"/>
+    <s v="Cork City and suburbs"/>
+    <s v="09"/>
+    <s v="Other fuels"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="158"/>
+  </r>
+  <r>
+    <s v="CD489"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="100300"/>
+    <s v="Cork City and suburbs"/>
+    <s v="10"/>
+    <s v="All types of fuel"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="71411"/>
+  </r>
+  <r>
+    <s v="CD489"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="100300"/>
+    <s v="Cork City and suburbs"/>
+    <s v="99"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1192"/>
+  </r>
+  <r>
+    <s v="CD489"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="100305"/>
+    <s v="Cork City"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="47110"/>
+  </r>
+  <r>
+    <s v="CD489"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="100305"/>
+    <s v="Cork City"/>
+    <s v="01"/>
+    <s v="No central heating"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1208"/>
+  </r>
+  <r>
+    <s v="CD489"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="100305"/>
+    <s v="Cork City"/>
+    <s v="02"/>
+    <s v="Oil"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="6176"/>
+  </r>
+  <r>
+    <s v="CD489"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="100305"/>
+    <s v="Cork City"/>
+    <s v="03"/>
+    <s v="Natural Gas"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="30735"/>
+  </r>
+  <r>
+    <s v="CD489"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="100305"/>
+    <s v="Cork City"/>
+    <s v="04"/>
+    <s v="Electricity"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="6280"/>
+  </r>
+  <r>
+    <s v="CD489"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="100305"/>
+    <s v="Cork City"/>
+    <s v="05"/>
+    <s v="Coal (incl. anthracite)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1488"/>
+  </r>
+  <r>
+    <s v="CD489"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="100305"/>
+    <s v="Cork City"/>
+    <s v="06"/>
+    <s v="Peat (incl. turf)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="36"/>
+  </r>
+  <r>
+    <s v="CD489"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="100305"/>
+    <s v="Cork City"/>
+    <s v="07"/>
+    <s v="Liquid Petroleum Gas (LPG)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="68"/>
+  </r>
+  <r>
+    <s v="CD489"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="100305"/>
+    <s v="Cork City"/>
+    <s v="08"/>
+    <s v="Wood (incl. wood pellets)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="82"/>
+  </r>
+  <r>
+    <s v="CD489"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="100305"/>
+    <s v="Cork City"/>
+    <s v="09"/>
+    <s v="Other fuels"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="108"/>
+  </r>
+  <r>
+    <s v="CD489"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="100305"/>
+    <s v="Cork City"/>
+    <s v="10"/>
+    <s v="All types of fuel"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="44973"/>
+  </r>
+  <r>
+    <s v="CD489"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="100305"/>
+    <s v="Cork City"/>
+    <s v="99"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="929"/>
+  </r>
+  <r>
+    <s v="CD489"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="100310"/>
+    <s v="Cork suburbs"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="26858"/>
+  </r>
+  <r>
+    <s v="CD489"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="100310"/>
+    <s v="Cork suburbs"/>
+    <s v="01"/>
+    <s v="No central heating"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="157"/>
+  </r>
+  <r>
+    <s v="CD489"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="100310"/>
+    <s v="Cork suburbs"/>
+    <s v="02"/>
+    <s v="Oil"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="7952"/>
+  </r>
+  <r>
+    <s v="CD489"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="100310"/>
+    <s v="Cork suburbs"/>
+    <s v="03"/>
+    <s v="Natural Gas"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="16380"/>
+  </r>
+  <r>
+    <s v="CD489"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="100310"/>
+    <s v="Cork suburbs"/>
+    <s v="04"/>
+    <s v="Electricity"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1156"/>
+  </r>
+  <r>
+    <s v="CD489"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="100310"/>
+    <s v="Cork suburbs"/>
+    <s v="05"/>
+    <s v="Coal (incl. anthracite)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="623"/>
+  </r>
+  <r>
+    <s v="CD489"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="100310"/>
+    <s v="Cork suburbs"/>
+    <s v="06"/>
+    <s v="Peat (incl. turf)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="20"/>
+  </r>
+  <r>
+    <s v="CD489"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="100310"/>
+    <s v="Cork suburbs"/>
+    <s v="07"/>
+    <s v="Liquid Petroleum Gas (LPG)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="167"/>
+  </r>
+  <r>
+    <s v="CD489"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="100310"/>
+    <s v="Cork suburbs"/>
+    <s v="08"/>
+    <s v="Wood (incl. wood pellets)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="90"/>
+  </r>
+  <r>
+    <s v="CD489"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="100310"/>
+    <s v="Cork suburbs"/>
+    <s v="09"/>
+    <s v="Other fuels"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="50"/>
+  </r>
+  <r>
+    <s v="CD489"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="100310"/>
+    <s v="Cork suburbs"/>
+    <s v="10"/>
+    <s v="All types of fuel"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="26438"/>
+  </r>
+  <r>
+    <s v="CD489"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="100310"/>
+    <s v="Cork suburbs"/>
+    <s v="99"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="263"/>
+  </r>
+  <r>
+    <s v="CD489"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="100400"/>
+    <s v="Limerick City and suburbs"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="34147"/>
+  </r>
+  <r>
+    <s v="CD489"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="100400"/>
+    <s v="Limerick City and suburbs"/>
+    <s v="01"/>
+    <s v="No central heating"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="580"/>
+  </r>
+  <r>
+    <s v="CD489"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="100400"/>
+    <s v="Limerick City and suburbs"/>
+    <s v="02"/>
+    <s v="Oil"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="8475"/>
+  </r>
+  <r>
+    <s v="CD489"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="100400"/>
+    <s v="Limerick City and suburbs"/>
+    <s v="03"/>
+    <s v="Natural Gas"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="18808"/>
+  </r>
+  <r>
+    <s v="CD489"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="100400"/>
+    <s v="Limerick City and suburbs"/>
+    <s v="04"/>
+    <s v="Electricity"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3871"/>
+  </r>
+  <r>
+    <s v="CD489"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="100400"/>
+    <s v="Limerick City and suburbs"/>
+    <s v="05"/>
+    <s v="Coal (incl. anthracite)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1574"/>
+  </r>
+  <r>
+    <s v="CD489"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="100400"/>
+    <s v="Limerick City and suburbs"/>
+    <s v="06"/>
+    <s v="Peat (incl. turf)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="46"/>
+  </r>
+  <r>
+    <s v="CD489"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="100400"/>
+    <s v="Limerick City and suburbs"/>
+    <s v="07"/>
+    <s v="Liquid Petroleum Gas (LPG)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="50"/>
+  </r>
+  <r>
+    <s v="CD489"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="100400"/>
+    <s v="Limerick City and suburbs"/>
+    <s v="08"/>
+    <s v="Wood (incl. wood pellets)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="56"/>
+  </r>
+  <r>
+    <s v="CD489"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="100400"/>
+    <s v="Limerick City and suburbs"/>
+    <s v="09"/>
+    <s v="Other fuels"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="71"/>
+  </r>
+  <r>
+    <s v="CD489"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="100400"/>
+    <s v="Limerick City and suburbs"/>
+    <s v="10"/>
+    <s v="All types of fuel"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="32951"/>
+  </r>
+  <r>
+    <s v="CD489"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="100400"/>
+    <s v="Limerick City and suburbs"/>
+    <s v="99"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="616"/>
+  </r>
+  <r>
+    <s v="CD489"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="100405"/>
+    <s v="Limerick City"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="22300"/>
+  </r>
+  <r>
+    <s v="CD489"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="100405"/>
+    <s v="Limerick City"/>
+    <s v="01"/>
+    <s v="No central heating"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="518"/>
+  </r>
+  <r>
+    <s v="CD489"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="100405"/>
+    <s v="Limerick City"/>
+    <s v="02"/>
+    <s v="Oil"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5430"/>
+  </r>
+  <r>
+    <s v="CD489"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="100405"/>
+    <s v="Limerick City"/>
+    <s v="03"/>
+    <s v="Natural Gas"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="11093"/>
+  </r>
+  <r>
+    <s v="CD489"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="100405"/>
+    <s v="Limerick City"/>
+    <s v="04"/>
+    <s v="Electricity"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3267"/>
+  </r>
+  <r>
+    <s v="CD489"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="100405"/>
+    <s v="Limerick City"/>
+    <s v="05"/>
+    <s v="Coal (incl. anthracite)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1435"/>
+  </r>
+  <r>
+    <s v="CD489"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="100405"/>
+    <s v="Limerick City"/>
+    <s v="06"/>
+    <s v="Peat (incl. turf)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="35"/>
+  </r>
+  <r>
+    <s v="CD489"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="100405"/>
+    <s v="Limerick City"/>
+    <s v="07"/>
+    <s v="Liquid Petroleum Gas (LPG)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="26"/>
+  </r>
+  <r>
+    <s v="CD489"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="100405"/>
+    <s v="Limerick City"/>
+    <s v="08"/>
+    <s v="Wood (incl. wood pellets)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="33"/>
+  </r>
+  <r>
+    <s v="CD489"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="100405"/>
+    <s v="Limerick City"/>
+    <s v="09"/>
+    <s v="Other fuels"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="57"/>
+  </r>
+  <r>
+    <s v="CD489"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="100405"/>
+    <s v="Limerick City"/>
+    <s v="10"/>
+    <s v="All types of fuel"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="21376"/>
+  </r>
+  <r>
+    <s v="CD489"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="100405"/>
+    <s v="Limerick City"/>
+    <s v="99"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="406"/>
+  </r>
+  <r>
+    <s v="CD489"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="100410"/>
+    <s v="Limerick suburbs"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="11847"/>
+  </r>
+  <r>
+    <s v="CD489"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="100410"/>
+    <s v="Limerick suburbs"/>
+    <s v="01"/>
+    <s v="No central heating"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="62"/>
+  </r>
+  <r>
+    <s v="CD489"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="100410"/>
+    <s v="Limerick suburbs"/>
+    <s v="02"/>
+    <s v="Oil"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3045"/>
+  </r>
+  <r>
+    <s v="CD489"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="100410"/>
+    <s v="Limerick suburbs"/>
+    <s v="03"/>
+    <s v="Natural Gas"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="7715"/>
+  </r>
+  <r>
+    <s v="CD489"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="100410"/>
+    <s v="Limerick suburbs"/>
+    <s v="04"/>
+    <s v="Electricity"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="604"/>
+  </r>
+  <r>
+    <s v="CD489"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="100410"/>
+    <s v="Limerick suburbs"/>
+    <s v="05"/>
+    <s v="Coal (incl. anthracite)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="139"/>
+  </r>
+  <r>
+    <s v="CD489"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="100410"/>
+    <s v="Limerick suburbs"/>
+    <s v="06"/>
+    <s v="Peat (incl. turf)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="11"/>
+  </r>
+  <r>
+    <s v="CD489"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="100410"/>
+    <s v="Limerick suburbs"/>
+    <s v="07"/>
+    <s v="Liquid Petroleum Gas (LPG)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="24"/>
+  </r>
+  <r>
+    <s v="CD489"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="100410"/>
+    <s v="Limerick suburbs"/>
+    <s v="08"/>
+    <s v="Wood (incl. wood pellets)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="23"/>
+  </r>
+  <r>
+    <s v="CD489"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="100410"/>
+    <s v="Limerick suburbs"/>
+    <s v="09"/>
+    <s v="Other fuels"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="14"/>
+  </r>
+  <r>
+    <s v="CD489"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="100410"/>
+    <s v="Limerick suburbs"/>
+    <s v="10"/>
+    <s v="All types of fuel"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="11575"/>
+  </r>
+  <r>
+    <s v="CD489"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="100410"/>
+    <s v="Limerick suburbs"/>
+    <s v="99"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="210"/>
+  </r>
+  <r>
+    <s v="CD489"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="100500"/>
+    <s v="Galway City and suburbs"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="28088"/>
+  </r>
+  <r>
+    <s v="CD489"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="100500"/>
+    <s v="Galway City and suburbs"/>
+    <s v="01"/>
+    <s v="No central heating"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="399"/>
+  </r>
+  <r>
+    <s v="CD489"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="100500"/>
+    <s v="Galway City and suburbs"/>
+    <s v="02"/>
+    <s v="Oil"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="14911"/>
+  </r>
+  <r>
+    <s v="CD489"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="100500"/>
+    <s v="Galway City and suburbs"/>
+    <s v="03"/>
+    <s v="Natural Gas"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4303"/>
+  </r>
+  <r>
+    <s v="CD489"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="100500"/>
+    <s v="Galway City and suburbs"/>
+    <s v="04"/>
+    <s v="Electricity"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5747"/>
+  </r>
+  <r>
+    <s v="CD489"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="100500"/>
+    <s v="Galway City and suburbs"/>
+    <s v="05"/>
+    <s v="Coal (incl. anthracite)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1449"/>
+  </r>
+  <r>
+    <s v="CD489"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="100500"/>
+    <s v="Galway City and suburbs"/>
+    <s v="06"/>
+    <s v="Peat (incl. turf)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="316"/>
+  </r>
+  <r>
+    <s v="CD489"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="100500"/>
+    <s v="Galway City and suburbs"/>
+    <s v="07"/>
+    <s v="Liquid Petroleum Gas (LPG)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="244"/>
+  </r>
+  <r>
+    <s v="CD489"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="100500"/>
+    <s v="Galway City and suburbs"/>
+    <s v="08"/>
+    <s v="Wood (incl. wood pellets)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="112"/>
+  </r>
+  <r>
+    <s v="CD489"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="100500"/>
+    <s v="Galway City and suburbs"/>
+    <s v="09"/>
+    <s v="Other fuels"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="124"/>
+  </r>
+  <r>
+    <s v="CD489"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="100500"/>
+    <s v="Galway City and suburbs"/>
+    <s v="10"/>
+    <s v="All types of fuel"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="27206"/>
+  </r>
+  <r>
+    <s v="CD489"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="100500"/>
+    <s v="Galway City and suburbs"/>
+    <s v="99"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="483"/>
+  </r>
+  <r>
+    <s v="CD489"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="100505"/>
+    <s v="Galway City"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="27697"/>
+  </r>
+  <r>
+    <s v="CD489"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="100505"/>
+    <s v="Galway City"/>
+    <s v="01"/>
+    <s v="No central heating"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="399"/>
+  </r>
+  <r>
+    <s v="CD489"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="100505"/>
+    <s v="Galway City"/>
+    <s v="02"/>
+    <s v="Oil"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="14595"/>
+  </r>
+  <r>
+    <s v="CD489"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="100505"/>
+    <s v="Galway City"/>
+    <s v="03"/>
+    <s v="Natural Gas"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4300"/>
+  </r>
+  <r>
+    <s v="CD489"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="100505"/>
+    <s v="Galway City"/>
+    <s v="04"/>
+    <s v="Electricity"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5739"/>
+  </r>
+  <r>
+    <s v="CD489"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="100505"/>
+    <s v="Galway City"/>
+    <s v="05"/>
+    <s v="Coal (incl. anthracite)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1438"/>
+  </r>
+  <r>
+    <s v="CD489"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="100505"/>
+    <s v="Galway City"/>
+    <s v="06"/>
+    <s v="Peat (incl. turf)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="279"/>
+  </r>
+  <r>
+    <s v="CD489"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="100505"/>
+    <s v="Galway City"/>
+    <s v="07"/>
+    <s v="Liquid Petroleum Gas (LPG)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="239"/>
+  </r>
+  <r>
+    <s v="CD489"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="100505"/>
+    <s v="Galway City"/>
+    <s v="08"/>
+    <s v="Wood (incl. wood pellets)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="109"/>
+  </r>
+  <r>
+    <s v="CD489"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="100505"/>
+    <s v="Galway City"/>
+    <s v="09"/>
+    <s v="Other fuels"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="120"/>
+  </r>
+  <r>
+    <s v="CD489"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="100505"/>
+    <s v="Galway City"/>
+    <s v="10"/>
+    <s v="All types of fuel"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="26819"/>
+  </r>
+  <r>
+    <s v="CD489"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="100505"/>
+    <s v="Galway City"/>
+    <s v="99"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="479"/>
+  </r>
+  <r>
+    <s v="CD489"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="100510"/>
+    <s v="Galway suburbs"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="391"/>
+  </r>
+  <r>
+    <s v="CD489"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="100510"/>
+    <s v="Galway suburbs"/>
+    <s v="01"/>
+    <s v="No central heating"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="CD489"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="100510"/>
+    <s v="Galway suburbs"/>
+    <s v="02"/>
+    <s v="Oil"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="316"/>
+  </r>
+  <r>
+    <s v="CD489"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="100510"/>
+    <s v="Galway suburbs"/>
+    <s v="03"/>
+    <s v="Natural Gas"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3"/>
+  </r>
+  <r>
+    <s v="CD489"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="100510"/>
+    <s v="Galway suburbs"/>
+    <s v="04"/>
+    <s v="Electricity"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="8"/>
+  </r>
+  <r>
+    <s v="CD489"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="100510"/>
+    <s v="Galway suburbs"/>
+    <s v="05"/>
+    <s v="Coal (incl. anthracite)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="11"/>
+  </r>
+  <r>
+    <s v="CD489"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="100510"/>
+    <s v="Galway suburbs"/>
+    <s v="06"/>
+    <s v="Peat (incl. turf)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="37"/>
+  </r>
+  <r>
+    <s v="CD489"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="100510"/>
+    <s v="Galway suburbs"/>
+    <s v="07"/>
+    <s v="Liquid Petroleum Gas (LPG)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5"/>
+  </r>
+  <r>
+    <s v="CD489"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="100510"/>
+    <s v="Galway suburbs"/>
+    <s v="08"/>
+    <s v="Wood (incl. wood pellets)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3"/>
+  </r>
+  <r>
+    <s v="CD489"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="100510"/>
+    <s v="Galway suburbs"/>
+    <s v="09"/>
+    <s v="Other fuels"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4"/>
+  </r>
+  <r>
+    <s v="CD489"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="100510"/>
+    <s v="Galway suburbs"/>
+    <s v="10"/>
+    <s v="All types of fuel"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="387"/>
+  </r>
+  <r>
+    <s v="CD489"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="100510"/>
+    <s v="Galway suburbs"/>
+    <s v="99"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4"/>
+  </r>
+  <r>
+    <s v="CD489"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="100600"/>
+    <s v="Waterford City and suburbs"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="19939"/>
+  </r>
+  <r>
+    <s v="CD489"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="100600"/>
+    <s v="Waterford City and suburbs"/>
+    <s v="01"/>
+    <s v="No central heating"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="319"/>
+  </r>
+  <r>
+    <s v="CD489"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="100600"/>
+    <s v="Waterford City and suburbs"/>
+    <s v="02"/>
+    <s v="Oil"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3723"/>
+  </r>
+  <r>
+    <s v="CD489"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="100600"/>
+    <s v="Waterford City and suburbs"/>
+    <s v="03"/>
+    <s v="Natural Gas"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="12556"/>
+  </r>
+  <r>
+    <s v="CD489"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="100600"/>
+    <s v="Waterford City and suburbs"/>
+    <s v="04"/>
+    <s v="Electricity"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1917"/>
+  </r>
+  <r>
+    <s v="CD489"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="100600"/>
+    <s v="Waterford City and suburbs"/>
+    <s v="05"/>
+    <s v="Coal (incl. anthracite)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="946"/>
+  </r>
+  <r>
+    <s v="CD489"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="100600"/>
+    <s v="Waterford City and suburbs"/>
+    <s v="06"/>
+    <s v="Peat (incl. turf)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="16"/>
+  </r>
+  <r>
+    <s v="CD489"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="100600"/>
+    <s v="Waterford City and suburbs"/>
+    <s v="07"/>
+    <s v="Liquid Petroleum Gas (LPG)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="49"/>
+  </r>
+  <r>
+    <s v="CD489"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="100600"/>
+    <s v="Waterford City and suburbs"/>
+    <s v="08"/>
+    <s v="Wood (incl. wood pellets)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="39"/>
+  </r>
+  <r>
+    <s v="CD489"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="100600"/>
+    <s v="Waterford City and suburbs"/>
+    <s v="09"/>
+    <s v="Other fuels"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="35"/>
+  </r>
+  <r>
+    <s v="CD489"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="100600"/>
+    <s v="Waterford City and suburbs"/>
+    <s v="10"/>
+    <s v="All types of fuel"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="19281"/>
+  </r>
+  <r>
+    <s v="CD489"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="100600"/>
+    <s v="Waterford City and suburbs"/>
+    <s v="99"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="339"/>
+  </r>
+  <r>
+    <s v="CD489"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="100605"/>
+    <s v="Waterford City"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="18199"/>
+  </r>
+  <r>
+    <s v="CD489"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="100605"/>
+    <s v="Waterford City"/>
+    <s v="01"/>
+    <s v="No central heating"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="304"/>
+  </r>
+  <r>
+    <s v="CD489"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="100605"/>
+    <s v="Waterford City"/>
+    <s v="02"/>
+    <s v="Oil"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3467"/>
+  </r>
+  <r>
+    <s v="CD489"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="100605"/>
+    <s v="Waterford City"/>
+    <s v="03"/>
+    <s v="Natural Gas"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="11220"/>
+  </r>
+  <r>
+    <s v="CD489"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="100605"/>
+    <s v="Waterford City"/>
+    <s v="04"/>
+    <s v="Electricity"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1896"/>
+  </r>
+  <r>
+    <s v="CD489"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="100605"/>
+    <s v="Waterford City"/>
+    <s v="05"/>
+    <s v="Coal (incl. anthracite)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="875"/>
+  </r>
+  <r>
+    <s v="CD489"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="100605"/>
+    <s v="Waterford City"/>
+    <s v="06"/>
+    <s v="Peat (incl. turf)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="15"/>
+  </r>
+  <r>
+    <s v="CD489"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="100605"/>
+    <s v="Waterford City"/>
+    <s v="07"/>
+    <s v="Liquid Petroleum Gas (LPG)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="36"/>
+  </r>
+  <r>
+    <s v="CD489"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="100605"/>
+    <s v="Waterford City"/>
+    <s v="08"/>
+    <s v="Wood (incl. wood pellets)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="34"/>
+  </r>
+  <r>
+    <s v="CD489"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="100605"/>
+    <s v="Waterford City"/>
+    <s v="09"/>
+    <s v="Other fuels"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="33"/>
+  </r>
+  <r>
+    <s v="CD489"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="100605"/>
+    <s v="Waterford City"/>
+    <s v="10"/>
+    <s v="All types of fuel"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="17576"/>
+  </r>
+  <r>
+    <s v="CD489"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="100605"/>
+    <s v="Waterford City"/>
+    <s v="99"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="319"/>
+  </r>
+  <r>
+    <s v="CD489"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="100610"/>
+    <s v="Waterford suburbs"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1740"/>
+  </r>
+  <r>
+    <s v="CD489"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="100610"/>
+    <s v="Waterford suburbs"/>
+    <s v="01"/>
+    <s v="No central heating"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="15"/>
+  </r>
+  <r>
+    <s v="CD489"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="100610"/>
+    <s v="Waterford suburbs"/>
+    <s v="02"/>
+    <s v="Oil"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="256"/>
+  </r>
+  <r>
+    <s v="CD489"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="100610"/>
+    <s v="Waterford suburbs"/>
+    <s v="03"/>
+    <s v="Natural Gas"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1336"/>
+  </r>
+  <r>
+    <s v="CD489"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="100610"/>
+    <s v="Waterford suburbs"/>
+    <s v="04"/>
+    <s v="Electricity"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="21"/>
+  </r>
+  <r>
+    <s v="CD489"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="100610"/>
+    <s v="Waterford suburbs"/>
+    <s v="05"/>
+    <s v="Coal (incl. anthracite)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="71"/>
+  </r>
+  <r>
+    <s v="CD489"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="100610"/>
+    <s v="Waterford suburbs"/>
+    <s v="06"/>
+    <s v="Peat (incl. turf)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="CD489"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="100610"/>
+    <s v="Waterford suburbs"/>
+    <s v="07"/>
+    <s v="Liquid Petroleum Gas (LPG)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="13"/>
+  </r>
+  <r>
+    <s v="CD489"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="100610"/>
+    <s v="Waterford suburbs"/>
+    <s v="08"/>
+    <s v="Wood (incl. wood pellets)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5"/>
+  </r>
+  <r>
+    <s v="CD489"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="100610"/>
+    <s v="Waterford suburbs"/>
+    <s v="09"/>
+    <s v="Other fuels"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="CD489"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="100610"/>
+    <s v="Waterford suburbs"/>
+    <s v="10"/>
+    <s v="All types of fuel"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1705"/>
+  </r>
+  <r>
+    <s v="CD489"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="100610"/>
+    <s v="Waterford suburbs"/>
+    <s v="99"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="20"/>
+  </r>
+  <r>
+    <s v="CD489"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="100700"/>
+    <s v="Towns 10,000 population and over"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="264832"/>
+  </r>
+  <r>
+    <s v="CD489"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="100700"/>
+    <s v="Towns 10,000 population and over"/>
+    <s v="01"/>
+    <s v="No central heating"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3057"/>
+  </r>
+  <r>
+    <s v="CD489"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="100700"/>
+    <s v="Towns 10,000 population and over"/>
+    <s v="02"/>
+    <s v="Oil"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="102435"/>
+  </r>
+  <r>
+    <s v="CD489"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="100700"/>
+    <s v="Towns 10,000 population and over"/>
+    <s v="03"/>
+    <s v="Natural Gas"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="114328"/>
+  </r>
+  <r>
+    <s v="CD489"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="100700"/>
+    <s v="Towns 10,000 population and over"/>
+    <s v="04"/>
+    <s v="Electricity"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="21702"/>
+  </r>
+  <r>
+    <s v="CD489"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="100700"/>
+    <s v="Towns 10,000 population and over"/>
+    <s v="05"/>
+    <s v="Coal (incl. anthracite)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="13702"/>
+  </r>
+  <r>
+    <s v="CD489"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="100700"/>
+    <s v="Towns 10,000 population and over"/>
+    <s v="06"/>
+    <s v="Peat (incl. turf)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3012"/>
+  </r>
+  <r>
+    <s v="CD489"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="100700"/>
+    <s v="Towns 10,000 population and over"/>
+    <s v="07"/>
+    <s v="Liquid Petroleum Gas (LPG)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1370"/>
+  </r>
+  <r>
+    <s v="CD489"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="100700"/>
+    <s v="Towns 10,000 population and over"/>
+    <s v="08"/>
+    <s v="Wood (incl. wood pellets)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1020"/>
+  </r>
+  <r>
+    <s v="CD489"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="100700"/>
+    <s v="Towns 10,000 population and over"/>
+    <s v="09"/>
+    <s v="Other fuels"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="616"/>
+  </r>
+  <r>
+    <s v="CD489"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="100700"/>
+    <s v="Towns 10,000 population and over"/>
+    <s v="10"/>
+    <s v="All types of fuel"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="258185"/>
+  </r>
+  <r>
+    <s v="CD489"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="100700"/>
+    <s v="Towns 10,000 population and over"/>
+    <s v="99"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3590"/>
+  </r>
+  <r>
+    <s v="CD489"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="104700"/>
+    <s v="Towns 5,000 - 9,999 population"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="109217"/>
+  </r>
+  <r>
+    <s v="CD489"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="104700"/>
+    <s v="Towns 5,000 - 9,999 population"/>
+    <s v="01"/>
+    <s v="No central heating"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1492"/>
+  </r>
+  <r>
+    <s v="CD489"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="104700"/>
+    <s v="Towns 5,000 - 9,999 population"/>
+    <s v="02"/>
+    <s v="Oil"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="52173"/>
+  </r>
+  <r>
+    <s v="CD489"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="104700"/>
+    <s v="Towns 5,000 - 9,999 population"/>
+    <s v="03"/>
+    <s v="Natural Gas"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="32568"/>
+  </r>
+  <r>
+    <s v="CD489"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="104700"/>
+    <s v="Towns 5,000 - 9,999 population"/>
+    <s v="04"/>
+    <s v="Electricity"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="9519"/>
+  </r>
+  <r>
+    <s v="CD489"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="104700"/>
+    <s v="Towns 5,000 - 9,999 population"/>
+    <s v="05"/>
+    <s v="Coal (incl. anthracite)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="6660"/>
+  </r>
+  <r>
+    <s v="CD489"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="104700"/>
+    <s v="Towns 5,000 - 9,999 population"/>
+    <s v="06"/>
+    <s v="Peat (incl. turf)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3796"/>
+  </r>
+  <r>
+    <s v="CD489"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="104700"/>
+    <s v="Towns 5,000 - 9,999 population"/>
+    <s v="07"/>
+    <s v="Liquid Petroleum Gas (LPG)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="766"/>
+  </r>
+  <r>
+    <s v="CD489"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="104700"/>
+    <s v="Towns 5,000 - 9,999 population"/>
+    <s v="08"/>
+    <s v="Wood (incl. wood pellets)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="657"/>
+  </r>
+  <r>
+    <s v="CD489"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="104700"/>
+    <s v="Towns 5,000 - 9,999 population"/>
+    <s v="09"/>
+    <s v="Other fuels"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="384"/>
+  </r>
+  <r>
+    <s v="CD489"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="104700"/>
+    <s v="Towns 5,000 - 9,999 population"/>
+    <s v="10"/>
+    <s v="All types of fuel"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="106523"/>
+  </r>
+  <r>
+    <s v="CD489"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="104700"/>
+    <s v="Towns 5,000 - 9,999 population"/>
+    <s v="99"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1202"/>
+  </r>
+  <r>
+    <s v="CD489"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="108900"/>
+    <s v="Towns 3,000 - 4,999 population"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="44634"/>
+  </r>
+  <r>
+    <s v="CD489"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="108900"/>
+    <s v="Towns 3,000 - 4,999 population"/>
+    <s v="01"/>
+    <s v="No central heating"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="612"/>
+  </r>
+  <r>
+    <s v="CD489"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="108900"/>
+    <s v="Towns 3,000 - 4,999 population"/>
+    <s v="02"/>
+    <s v="Oil"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="23413"/>
+  </r>
+  <r>
+    <s v="CD489"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="108900"/>
+    <s v="Towns 3,000 - 4,999 population"/>
+    <s v="03"/>
+    <s v="Natural Gas"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="11138"/>
+  </r>
+  <r>
+    <s v="CD489"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="108900"/>
+    <s v="Towns 3,000 - 4,999 population"/>
+    <s v="04"/>
+    <s v="Electricity"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3905"/>
+  </r>
+  <r>
+    <s v="CD489"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="108900"/>
+    <s v="Towns 3,000 - 4,999 population"/>
+    <s v="05"/>
+    <s v="Coal (incl. anthracite)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2741"/>
+  </r>
+  <r>
+    <s v="CD489"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="108900"/>
+    <s v="Towns 3,000 - 4,999 population"/>
+    <s v="06"/>
+    <s v="Peat (incl. turf)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1460"/>
+  </r>
+  <r>
+    <s v="CD489"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="108900"/>
+    <s v="Towns 3,000 - 4,999 population"/>
+    <s v="07"/>
+    <s v="Liquid Petroleum Gas (LPG)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="382"/>
+  </r>
+  <r>
+    <s v="CD489"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="108900"/>
+    <s v="Towns 3,000 - 4,999 population"/>
+    <s v="08"/>
+    <s v="Wood (incl. wood pellets)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="258"/>
+  </r>
+  <r>
+    <s v="CD489"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="108900"/>
+    <s v="Towns 3,000 - 4,999 population"/>
+    <s v="09"/>
+    <s v="Other fuels"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="151"/>
+  </r>
+  <r>
+    <s v="CD489"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="108900"/>
+    <s v="Towns 3,000 - 4,999 population"/>
+    <s v="10"/>
+    <s v="All types of fuel"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="43448"/>
+  </r>
+  <r>
+    <s v="CD489"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="108900"/>
+    <s v="Towns 3,000 - 4,999 population"/>
+    <s v="99"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="574"/>
+  </r>
+  <r>
+    <s v="CD489"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="112000"/>
+    <s v="Towns 1,500 - 2,999 population"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="63788"/>
+  </r>
+  <r>
+    <s v="CD489"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="112000"/>
+    <s v="Towns 1,500 - 2,999 population"/>
+    <s v="01"/>
+    <s v="No central heating"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1036"/>
+  </r>
+  <r>
+    <s v="CD489"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="112000"/>
+    <s v="Towns 1,500 - 2,999 population"/>
+    <s v="02"/>
+    <s v="Oil"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="36208"/>
+  </r>
+  <r>
+    <s v="CD489"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="112000"/>
+    <s v="Towns 1,500 - 2,999 population"/>
+    <s v="03"/>
+    <s v="Natural Gas"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="10754"/>
+  </r>
+  <r>
+    <s v="CD489"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="112000"/>
+    <s v="Towns 1,500 - 2,999 population"/>
+    <s v="04"/>
+    <s v="Electricity"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4997"/>
+  </r>
+  <r>
+    <s v="CD489"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="112000"/>
+    <s v="Towns 1,500 - 2,999 population"/>
+    <s v="05"/>
+    <s v="Coal (incl. anthracite)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5456"/>
+  </r>
+  <r>
+    <s v="CD489"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="112000"/>
+    <s v="Towns 1,500 - 2,999 population"/>
+    <s v="06"/>
+    <s v="Peat (incl. turf)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2553"/>
+  </r>
+  <r>
+    <s v="CD489"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="112000"/>
+    <s v="Towns 1,500 - 2,999 population"/>
+    <s v="07"/>
+    <s v="Liquid Petroleum Gas (LPG)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1058"/>
+  </r>
+  <r>
+    <s v="CD489"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="112000"/>
+    <s v="Towns 1,500 - 2,999 population"/>
+    <s v="08"/>
+    <s v="Wood (incl. wood pellets)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="736"/>
+  </r>
+  <r>
+    <s v="CD489"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="112000"/>
+    <s v="Towns 1,500 - 2,999 population"/>
+    <s v="09"/>
+    <s v="Other fuels"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="289"/>
+  </r>
+  <r>
+    <s v="CD489"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="112000"/>
+    <s v="Towns 1,500 - 2,999 population"/>
+    <s v="10"/>
+    <s v="All types of fuel"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="62051"/>
+  </r>
+  <r>
+    <s v="CD489"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="112000"/>
+    <s v="Towns 1,500 - 2,999 population"/>
+    <s v="99"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="701"/>
+  </r>
+  <r>
+    <s v="CD489"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="120300"/>
+    <s v="Aggregate Town Area"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1050073"/>
+  </r>
+  <r>
+    <s v="CD489"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="120300"/>
+    <s v="Aggregate Town Area"/>
+    <s v="01"/>
+    <s v="No central heating"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="14759"/>
+  </r>
+  <r>
+    <s v="CD489"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="120300"/>
+    <s v="Aggregate Town Area"/>
+    <s v="02"/>
+    <s v="Oil"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="299317"/>
+  </r>
+  <r>
+    <s v="CD489"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="120300"/>
+    <s v="Aggregate Town Area"/>
+    <s v="03"/>
+    <s v="Natural Gas"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="537203"/>
+  </r>
+  <r>
+    <s v="CD489"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="120300"/>
+    <s v="Aggregate Town Area"/>
+    <s v="04"/>
+    <s v="Electricity"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="122355"/>
+  </r>
+  <r>
+    <s v="CD489"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="120300"/>
+    <s v="Aggregate Town Area"/>
+    <s v="05"/>
+    <s v="Coal (incl. anthracite)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="37263"/>
+  </r>
+  <r>
+    <s v="CD489"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="120300"/>
+    <s v="Aggregate Town Area"/>
+    <s v="06"/>
+    <s v="Peat (incl. turf)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="11545"/>
+  </r>
+  <r>
+    <s v="CD489"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="120300"/>
+    <s v="Aggregate Town Area"/>
+    <s v="07"/>
+    <s v="Liquid Petroleum Gas (LPG)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4719"/>
+  </r>
+  <r>
+    <s v="CD489"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="120300"/>
+    <s v="Aggregate Town Area"/>
+    <s v="08"/>
+    <s v="Wood (incl. wood pellets)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3491"/>
+  </r>
+  <r>
+    <s v="CD489"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="120300"/>
+    <s v="Aggregate Town Area"/>
+    <s v="09"/>
+    <s v="Other fuels"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2894"/>
+  </r>
+  <r>
+    <s v="CD489"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="120300"/>
+    <s v="Aggregate Town Area"/>
+    <s v="10"/>
+    <s v="All types of fuel"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1018787"/>
+  </r>
+  <r>
+    <s v="CD489"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="120300"/>
+    <s v="Aggregate Town Area"/>
+    <s v="99"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="16527"/>
+  </r>
+  <r>
+    <s v="CD489"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="120400"/>
+    <s v="Towns 1,000 - 1,499 population"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="34907"/>
+  </r>
+  <r>
+    <s v="CD489"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="120400"/>
+    <s v="Towns 1,000 - 1,499 population"/>
+    <s v="01"/>
+    <s v="No central heating"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="533"/>
+  </r>
+  <r>
+    <s v="CD489"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="120400"/>
+    <s v="Towns 1,000 - 1,499 population"/>
+    <s v="02"/>
+    <s v="Oil"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="21695"/>
+  </r>
+  <r>
+    <s v="CD489"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="120400"/>
+    <s v="Towns 1,000 - 1,499 population"/>
+    <s v="03"/>
+    <s v="Natural Gas"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4314"/>
+  </r>
+  <r>
+    <s v="CD489"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="120400"/>
+    <s v="Towns 1,000 - 1,499 population"/>
+    <s v="04"/>
+    <s v="Electricity"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2107"/>
+  </r>
+  <r>
+    <s v="CD489"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="120400"/>
+    <s v="Towns 1,000 - 1,499 population"/>
+    <s v="05"/>
+    <s v="Coal (incl. anthracite)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3276"/>
+  </r>
+  <r>
+    <s v="CD489"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="120400"/>
+    <s v="Towns 1,000 - 1,499 population"/>
+    <s v="06"/>
+    <s v="Peat (incl. turf)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1661"/>
+  </r>
+  <r>
+    <s v="CD489"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="120400"/>
+    <s v="Towns 1,000 - 1,499 population"/>
+    <s v="07"/>
+    <s v="Liquid Petroleum Gas (LPG)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="374"/>
+  </r>
+  <r>
+    <s v="CD489"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="120400"/>
+    <s v="Towns 1,000 - 1,499 population"/>
+    <s v="08"/>
+    <s v="Wood (incl. wood pellets)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="386"/>
+  </r>
+  <r>
+    <s v="CD489"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="120400"/>
+    <s v="Towns 1,000 - 1,499 population"/>
+    <s v="09"/>
+    <s v="Other fuels"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="164"/>
+  </r>
+  <r>
+    <s v="CD489"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="120400"/>
+    <s v="Towns 1,000 - 1,499 population"/>
+    <s v="10"/>
+    <s v="All types of fuel"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="33977"/>
+  </r>
+  <r>
+    <s v="CD489"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="120400"/>
+    <s v="Towns 1,000 - 1,499 population"/>
+    <s v="99"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="397"/>
+  </r>
+  <r>
+    <s v="CD489"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="120500"/>
+    <s v="Total Towns 500 - 999 population"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="46099"/>
+  </r>
+  <r>
+    <s v="CD489"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="120500"/>
+    <s v="Total Towns 500 - 999 population"/>
+    <s v="01"/>
+    <s v="No central heating"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="846"/>
+  </r>
+  <r>
+    <s v="CD489"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="120500"/>
+    <s v="Total Towns 500 - 999 population"/>
+    <s v="02"/>
+    <s v="Oil"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="31196"/>
+  </r>
+  <r>
+    <s v="CD489"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="120500"/>
+    <s v="Total Towns 500 - 999 population"/>
+    <s v="03"/>
+    <s v="Natural Gas"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2209"/>
+  </r>
+  <r>
+    <s v="CD489"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="120500"/>
+    <s v="Total Towns 500 - 999 population"/>
+    <s v="04"/>
+    <s v="Electricity"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2637"/>
+  </r>
+  <r>
+    <s v="CD489"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="120500"/>
+    <s v="Total Towns 500 - 999 population"/>
+    <s v="05"/>
+    <s v="Coal (incl. anthracite)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4779"/>
+  </r>
+  <r>
+    <s v="CD489"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="120500"/>
+    <s v="Total Towns 500 - 999 population"/>
+    <s v="06"/>
+    <s v="Peat (incl. turf)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2507"/>
+  </r>
+  <r>
+    <s v="CD489"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="120500"/>
+    <s v="Total Towns 500 - 999 population"/>
+    <s v="07"/>
+    <s v="Liquid Petroleum Gas (LPG)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="639"/>
+  </r>
+  <r>
+    <s v="CD489"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="120500"/>
+    <s v="Total Towns 500 - 999 population"/>
+    <s v="08"/>
+    <s v="Wood (incl. wood pellets)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="630"/>
+  </r>
+  <r>
+    <s v="CD489"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="120500"/>
+    <s v="Total Towns 500 - 999 population"/>
+    <s v="09"/>
+    <s v="Other fuels"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="216"/>
+  </r>
+  <r>
+    <s v="CD489"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="120500"/>
+    <s v="Total Towns 500 - 999 population"/>
+    <s v="10"/>
+    <s v="All types of fuel"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="44813"/>
+  </r>
+  <r>
+    <s v="CD489"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="120500"/>
+    <s v="Total Towns 500 - 999 population"/>
+    <s v="99"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="440"/>
+  </r>
+  <r>
+    <s v="CD489"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="120600"/>
+    <s v="Towns under 500 population but with at least 50 inhabited houses"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="43478"/>
+  </r>
+  <r>
+    <s v="CD489"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="120600"/>
+    <s v="Towns under 500 population but with at least 50 inhabited houses"/>
+    <s v="01"/>
+    <s v="No central heating"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="841"/>
+  </r>
+  <r>
+    <s v="CD489"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="120600"/>
+    <s v="Towns under 500 population but with at least 50 inhabited houses"/>
+    <s v="02"/>
+    <s v="Oil"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="29326"/>
+  </r>
+  <r>
+    <s v="CD489"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="120600"/>
+    <s v="Towns under 500 population but with at least 50 inhabited houses"/>
+    <s v="03"/>
+    <s v="Natural Gas"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1695"/>
+  </r>
+  <r>
+    <s v="CD489"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="120600"/>
+    <s v="Towns under 500 population but with at least 50 inhabited houses"/>
+    <s v="04"/>
+    <s v="Electricity"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1792"/>
+  </r>
+  <r>
+    <s v="CD489"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="120600"/>
+    <s v="Towns under 500 population but with at least 50 inhabited houses"/>
+    <s v="05"/>
+    <s v="Coal (incl. anthracite)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4458"/>
+  </r>
+  <r>
+    <s v="CD489"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="120600"/>
+    <s v="Towns under 500 population but with at least 50 inhabited houses"/>
+    <s v="06"/>
+    <s v="Peat (incl. turf)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3359"/>
+  </r>
+  <r>
+    <s v="CD489"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="120600"/>
+    <s v="Towns under 500 population but with at least 50 inhabited houses"/>
+    <s v="07"/>
+    <s v="Liquid Petroleum Gas (LPG)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="584"/>
+  </r>
+  <r>
+    <s v="CD489"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="120600"/>
+    <s v="Towns under 500 population but with at least 50 inhabited houses"/>
+    <s v="08"/>
+    <s v="Wood (incl. wood pellets)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="739"/>
+  </r>
+  <r>
+    <s v="CD489"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="120600"/>
+    <s v="Towns under 500 population but with at least 50 inhabited houses"/>
+    <s v="09"/>
+    <s v="Other fuels"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="264"/>
+  </r>
+  <r>
+    <s v="CD489"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="120600"/>
+    <s v="Towns under 500 population but with at least 50 inhabited houses"/>
+    <s v="10"/>
+    <s v="All types of fuel"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="42217"/>
+  </r>
+  <r>
+    <s v="CD489"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="120600"/>
+    <s v="Towns under 500 population but with at least 50 inhabited houses"/>
+    <s v="99"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="420"/>
+  </r>
+  <r>
+    <s v="CD489"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="120700"/>
+    <s v="Remainder of country"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="474851"/>
+  </r>
+  <r>
+    <s v="CD489"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="120700"/>
+    <s v="Remainder of country"/>
+    <s v="01"/>
+    <s v="No central heating"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="9973"/>
+  </r>
+  <r>
+    <s v="CD489"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="120700"/>
+    <s v="Remainder of country"/>
+    <s v="02"/>
+    <s v="Oil"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="329796"/>
+  </r>
+  <r>
+    <s v="CD489"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="120700"/>
+    <s v="Remainder of country"/>
+    <s v="03"/>
+    <s v="Natural Gas"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4794"/>
+  </r>
+  <r>
+    <s v="CD489"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="120700"/>
+    <s v="Remainder of country"/>
+    <s v="04"/>
+    <s v="Electricity"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="11528"/>
+  </r>
+  <r>
+    <s v="CD489"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="120700"/>
+    <s v="Remainder of country"/>
+    <s v="05"/>
+    <s v="Coal (incl. anthracite)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="29369"/>
+  </r>
+  <r>
+    <s v="CD489"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="120700"/>
+    <s v="Remainder of country"/>
+    <s v="06"/>
+    <s v="Peat (incl. turf)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="59566"/>
+  </r>
+  <r>
+    <s v="CD489"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="120700"/>
+    <s v="Remainder of country"/>
+    <s v="07"/>
+    <s v="Liquid Petroleum Gas (LPG)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4136"/>
+  </r>
+  <r>
+    <s v="CD489"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="120700"/>
+    <s v="Remainder of country"/>
+    <s v="08"/>
+    <s v="Wood (incl. wood pellets)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="16149"/>
+  </r>
+  <r>
+    <s v="CD489"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="120700"/>
+    <s v="Remainder of country"/>
+    <s v="09"/>
+    <s v="Other fuels"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4986"/>
+  </r>
+  <r>
+    <s v="CD489"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="120700"/>
+    <s v="Remainder of country"/>
+    <s v="10"/>
+    <s v="All types of fuel"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="460324"/>
+  </r>
+  <r>
+    <s v="CD489"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="120700"/>
+    <s v="Remainder of country"/>
+    <s v="99"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4554"/>
+  </r>
+  <r>
+    <s v="CD489"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="120800"/>
+    <s v="Aggregate rural area"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="599335"/>
+  </r>
+  <r>
+    <s v="CD489"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="120800"/>
+    <s v="Aggregate rural area"/>
+    <s v="01"/>
+    <s v="No central heating"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="12193"/>
+  </r>
+  <r>
+    <s v="CD489"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="120800"/>
+    <s v="Aggregate rural area"/>
+    <s v="02"/>
+    <s v="Oil"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="412013"/>
+  </r>
+  <r>
+    <s v="CD489"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="120800"/>
+    <s v="Aggregate rural area"/>
+    <s v="03"/>
+    <s v="Natural Gas"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="13012"/>
+  </r>
+  <r>
+    <s v="CD489"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="120800"/>
+    <s v="Aggregate rural area"/>
+    <s v="04"/>
+    <s v="Electricity"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="18064"/>
+  </r>
+  <r>
+    <s v="CD489"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="120800"/>
+    <s v="Aggregate rural area"/>
+    <s v="05"/>
+    <s v="Coal (incl. anthracite)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="41882"/>
+  </r>
+  <r>
+    <s v="CD489"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="120800"/>
+    <s v="Aggregate rural area"/>
+    <s v="06"/>
+    <s v="Peat (incl. turf)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="67093"/>
+  </r>
+  <r>
+    <s v="CD489"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="120800"/>
+    <s v="Aggregate rural area"/>
+    <s v="07"/>
+    <s v="Liquid Petroleum Gas (LPG)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5733"/>
+  </r>
+  <r>
+    <s v="CD489"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="120800"/>
+    <s v="Aggregate rural area"/>
+    <s v="08"/>
+    <s v="Wood (incl. wood pellets)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="17904"/>
+  </r>
+  <r>
+    <s v="CD489"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="120800"/>
+    <s v="Aggregate rural area"/>
+    <s v="09"/>
+    <s v="Other fuels"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5630"/>
+  </r>
+  <r>
+    <s v="CD489"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="120800"/>
+    <s v="Aggregate rural area"/>
+    <s v="10"/>
+    <s v="All types of fuel"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="581331"/>
+  </r>
+  <r>
+    <s v="CD489"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="120800"/>
+    <s v="Aggregate rural area"/>
+    <s v="99"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5811"/>
+  </r>
+</pivotCacheRecords>
 </file>