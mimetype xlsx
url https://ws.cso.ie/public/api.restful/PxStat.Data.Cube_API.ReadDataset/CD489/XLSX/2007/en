--- v1 (2026-01-01)
+++ v2 (2026-02-22)
@@ -1,48 +1,48 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/pivotCache/pivotCacheDefinition1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheDefinition+xml"/>
   <Override PartName="/pivotCache/pivotCacheRecords1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheRecords+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/pivotTables/pivotTable.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R345a195f6af4455a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/a49c622b6a264cfeb69719a14506ec8c.psmdcp" Id="R5627c309dae44a9e" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2b4e49fc83be4694" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/eee78c8ea01740958b576da5f3f67e38.psmdcp" Id="Re51d175fe27840a4" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="About" sheetId="1" r:id="rId2"/>
     <x:sheet name="Unpivoted" sheetId="2" r:id="rId9"/>
     <x:sheet name="Pivoted" sheetId="3" r:id="rId11"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
   <x:pivotCaches>
     <x:pivotCache cacheId="0" r:id="rId12"/>
   </x:pivotCaches>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Table</x:t>