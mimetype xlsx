--- v0 (2025-10-02)
+++ v1 (2025-11-22)
@@ -1,48 +1,48 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/pivotCache/pivotCacheDefinition1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheDefinition+xml"/>
   <Override PartName="/pivotCache/pivotCacheRecords1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheRecords+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/pivotTables/pivotTable.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R47b07ff30d31499d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/5b8664e833d94eeea010261d35ffb6e4.psmdcp" Id="Rdb77a95828c442f0" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R28c714812d214d66" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/32985c95a81941e490a469afe4b4391c.psmdcp" Id="R221b21f6fa0449a4" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="About" sheetId="2" r:id="rId2"/>
     <x:sheet name="Unpivoted" sheetId="9" r:id="rId9"/>
     <x:sheet name="Pivoted" sheetId="11" r:id="rId11"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
   <x:pivotCaches>
     <x:pivotCache cacheId="0" r:id="rId12"/>
   </x:pivotCaches>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Table</x:t>