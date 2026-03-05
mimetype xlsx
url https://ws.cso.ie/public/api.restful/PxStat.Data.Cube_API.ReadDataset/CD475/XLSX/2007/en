--- v1 (2025-11-22)
+++ v2 (2026-03-05)
@@ -1,97 +1,97 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/pivotCache/pivotCacheDefinition1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheDefinition+xml"/>
   <Override PartName="/pivotCache/pivotCacheRecords1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheRecords+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/pivotTables/pivotTable.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R28c714812d214d66" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/32985c95a81941e490a469afe4b4391c.psmdcp" Id="R221b21f6fa0449a4" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rbd37b11656e34bf2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/ae0cc6b92df1480bb12115d486f7d922.psmdcp" Id="Rdfc03aa25c434209" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
-    <x:sheet name="About" sheetId="2" r:id="rId2"/>
-[...1 lines deleted...]
-    <x:sheet name="Pivoted" sheetId="11" r:id="rId11"/>
+    <x:sheet name="About" sheetId="1" r:id="rId2"/>
+    <x:sheet name="Unpivoted" sheetId="2" r:id="rId9"/>
+    <x:sheet name="Pivoted" sheetId="3" r:id="rId11"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
   <x:pivotCaches>
     <x:pivotCache cacheId="0" r:id="rId12"/>
   </x:pivotCaches>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Table</x:t>
   </x:si>
   <x:si>
     <x:t>Code</x:t>
   </x:si>
   <x:si>
     <x:t>CD475</x:t>
   </x:si>
   <x:si>
     <x:t>Name</x:t>
   </x:si>
   <x:si>
     <x:t>Private Households in Permanent Housing Units by Average Number of Rooms per Household and Persons per Room</x:t>
   </x:si>
   <x:si>
     <x:t>Frequency</x:t>
   </x:si>
   <x:si>
     <x:t>Annual</x:t>
   </x:si>
   <x:si>
     <x:t>Last Updated</x:t>
   </x:si>
   <x:si>
-    <x:t>5/19/2020 11:00:00 AM</x:t>
+    <x:t>19/05/2020 11:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Note</x:t>
   </x:si>
   <x:si>
     <x:t>Url</x:t>
   </x:si>
   <x:si>
     <x:t>https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/CD475/XLSX/2007/en</x:t>
   </x:si>
   <x:si>
     <x:t>Product</x:t>
   </x:si>
   <x:si>
     <x:t>C2011P4</x:t>
   </x:si>
   <x:si>
     <x:t>Profile 4 - The Roof Over Our Heads - Housing in Ireland</x:t>
   </x:si>
   <x:si>
     <x:t>Contacts</x:t>
   </x:si>
   <x:si>
     <x:t>Bernie Casey</x:t>
   </x:si>
@@ -532,387 +532,170 @@
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip r:embed="rId8" cstate="print"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="3971925" cy="1381125"/>
         </a:xfrm>
         <a:prstGeom prst="rect"/>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/pivotTables/_rels/pivotTable.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheDefinition" Target="/pivotCache/pivotCacheDefinition1.xml" Id="rId17" /></Relationships>
 </file>
 
 <file path=xl/pivotTables/pivotTable.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotTableDefinition xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" dataCaption="Values" showError="0" missingCaption="" showMissing="1" pageWrap="0" pageOverThenDown="0" rowGrandTotals="0" colGrandTotals="0" indent="1">
-[...335 lines deleted...]
-</x:pivotTableDefinition>
+<pivotTableDefinition xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" applyNumberFormats="0" applyBorderFormats="0" applyFontFormats="0" applyPatternFormats="0" applyAlignmentFormats="0" applyWidthHeightFormats="0" dataCaption="Values" rowGrandTotals="0" colGrandTotals="0" outline="1">
+  <location ref="A1" firstHeaderRow="0" firstDataRow="0" firstDataCol="0"/>
+  <pivotFields count="10">
+    <pivotField name="C02701V03269" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="3">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+      </items>
+    </pivotField>
+    <pivotField name="Aggregate Town or Rural Area" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="3">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+      </items>
+    </pivotField>
+    <pivotField name="C02537V03240" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="13">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+        <item x="11"/>
+        <item x="12"/>
+      </items>
+    </pivotField>
+    <pivotField name="Nationality of Reference Person" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="13">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+        <item x="11"/>
+        <item x="12"/>
+      </items>
+    </pivotField>
+    <pivotField name="TLIST(A1)" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="CensusYear" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="STATISTIC" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="14">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+        <item x="11"/>
+        <item x="12"/>
+        <item x="13"/>
+      </items>
+    </pivotField>
+    <pivotField name="Statistic Label" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="14">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+        <item x="11"/>
+        <item x="12"/>
+        <item x="13"/>
+      </items>
+    </pivotField>
+    <pivotField showAll="0"/>
+    <pivotField dataField="1" showAll="0"/>
+  </pivotFields>
+  <rowFields count="8">
+    <field x="0"/>
+    <field x="1"/>
+    <field x="2"/>
+    <field x="3"/>
+    <field x="4"/>
+    <field x="5"/>
+    <field x="6"/>
+    <field x="7"/>
+  </rowFields>
+  <dataFields count="1">
+    <dataField name="VALUE" fld="9"/>
+  </dataFields>
+  <pivotTableStyleInfo name="PivotStyleLight16" showRowHeaders="1" showColHeaders="1"/>
+  <extLst>
+    <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{962EF5D1-5CA2-4c93-8EF4-DBF5C05439D2}">
+      <x14:pivotTableDefinition enableEdit="0" hideValuesRow="1"/>
+    </ext>
+  </extLst>
+</pivotTableDefinition>
 </file>
 
 <file path=xl/tables/table1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:table xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="1" name="Unpivoted" displayName="Unpivoted" ref="A1:J547" totalsRowShown="0">
   <x:autoFilter ref="A1:J547"/>
   <x:tableColumns count="10">
     <x:tableColumn id="1" name="C02701V03269"/>
     <x:tableColumn id="2" name="Aggregate Town or Rural Area"/>
     <x:tableColumn id="3" name="C02537V03240"/>
     <x:tableColumn id="4" name="Nationality of Reference Person"/>
     <x:tableColumn id="5" name="TLIST(A1)"/>
     <x:tableColumn id="6" name="CensusYear"/>
     <x:tableColumn id="7" name="STATISTIC"/>
     <x:tableColumn id="8" name="Statistic Label"/>
     <x:tableColumn id="9" name="UNIT"/>
     <x:tableColumn id="10" name="VALUE"/>
   </x:tableColumns>
   <x:tableStyleInfo name="TableStyleMedium2" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </x:table>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
@@ -1183,51 +966,51 @@
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="/xl/drawings/drawing1.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/CD475/XLSX/2007/en" TargetMode="External" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cso.ie/" TargetMode="External" Id="rId14" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="/xl/tables/table1.xml" Id="rId15" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet3.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotTable" Target="/xl/pivotTables/pivotTable.xml" Id="rId16" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:B39"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="20.710625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="100.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="8" spans="1:2">
       <x:c r="A8" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B8" s="2"/>
     </x:row>
     <x:row r="9" spans="1:2">
       <x:c r="A9" s="3" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="B9" s="0" t="s">
         <x:v>2</x:v>
@@ -1414,51 +1197,51 @@
       </x:c>
     </x:row>
     <x:row r="39" spans="1:2">
       <x:c r="A39" s="3" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B39" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:hyperlinks>
     <x:hyperlink ref="B14" r:id="rId13"/>
     <x:hyperlink ref="B28" r:id="rId14"/>
   </x:hyperlinks>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:drawing xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId7"/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:J547"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="16.139196" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="29.853482" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="16.139196" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="47.282054" style="0" customWidth="1"/>
     <x:col min="5" max="5" width="11.282054" style="0" customWidth="1"/>
     <x:col min="6" max="6" width="13.424911" style="0" customWidth="1"/>
     <x:col min="7" max="7" width="11.996339" style="0" customWidth="1"/>
     <x:col min="8" max="8" width="38.139196" style="0" customWidth="1"/>
     <x:col min="9" max="9" width="8.282054" style="0" customWidth="1"/>
     <x:col min="10" max="10" width="8.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:10">
       <x:c r="A1" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
@@ -18952,51 +18735,51 @@
       <x:c r="G547" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="H547" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="I547" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J547" s="0">
         <x:v>0.48</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="1">
     <x:tablePart r:id="rId15"/>
   </x:tableParts>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:sheetData/>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Application>Microsoft Excel</ap:Application>
   <ap:TitlesOfParts>
     <vt:vector baseType="lpstr" size="9">
       <vt:lpstr>About</vt:lpstr>
       <vt:lpstr>Unpivoted</vt:lpstr>
       <vt:lpstr>Pivoted</vt:lpstr>
@@ -19013,51 +18796,51 @@
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>3</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Named Ranges</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>6</vt:i4>
       </vt:variant>
     </vt:vector>
   </ap:HeadingPairs>
   <ap:DocSecurity>0</ap:DocSecurity>
   <ap:ScaleCrop>false</ap:ScaleCrop>
 </ap:Properties>
 </file>
 
 <file path=pivotCache/_rels/pivotCacheDefinition1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheRecords" Target="/pivotCache/pivotCacheRecords1.xml" Id="rId1" /></Relationships>
 </file>
 
 <file path=pivotCache/pivotCacheDefinition1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:pivotCacheDefinition xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" r:id="rId1" saveData="1" refreshOnLoad="1" createdVersion="5" refreshedVersion="5" minRefreshableVersion="3">
   <x:cacheSource type="worksheet">
-    <x:worksheetSource ref="A1:J547" sheet="Unpivoted"/>
+    <x:worksheetSource name="Unpivoted"/>
   </x:cacheSource>
   <x:cacheFields>
     <x:cacheField name="C02701V03269">
       <x:sharedItems count="3">
         <x:s v="-01"/>
         <x:s v="06"/>
         <x:s v="01"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="Aggregate Town or Rural Area">
       <x:sharedItems count="3">
         <x:s v="State"/>
         <x:s v="Aggregate Town Area"/>
         <x:s v="Aggregate Rural Area"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="C02537V03240">
       <x:sharedItems count="13">
         <x:s v="IE"/>
         <x:s v="GB01"/>
         <x:s v="EU15X02"/>
         <x:s v="LT"/>
         <x:s v="PL"/>
         <x:s v="OEUR04"/>
         <x:s v="ACC12X02"/>
@@ -19597,27 +19380,6580 @@
         <x:n v="799"/>
         <x:n v="544"/>
         <x:n v="264"/>
         <x:n v="262"/>
         <x:n v="1261"/>
         <x:n v="6580"/>
         <x:n v="4.7"/>
         <x:n v="11703"/>
         <x:n v="33311"/>
         <x:n v="52527"/>
         <x:n v="114694"/>
         <x:n v="122191"/>
         <x:n v="106452"/>
         <x:n v="71407"/>
         <x:n v="34120"/>
         <x:n v="28101"/>
         <x:n v="22242"/>
         <x:n v="599335"/>
       </x:sharedItems>
     </x:cacheField>
   </x:cacheFields>
 </x:pivotCacheDefinition>
 </file>
 
 <file path=pivotCache/pivotCacheRecords1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main"/>
+<pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="xr">
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD475C01"/>
+    <s v="1 room"/>
+    <s v="Number"/>
+    <n v="12634"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD475C02"/>
+    <s v="2 rooms"/>
+    <s v="Number"/>
+    <n v="50147"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD475C03"/>
+    <s v="3 rooms"/>
+    <s v="Number"/>
+    <n v="113360"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD475C04"/>
+    <s v="4 rooms"/>
+    <s v="Number"/>
+    <n v="142240"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD475C05"/>
+    <s v="5 rooms"/>
+    <s v="Number"/>
+    <n v="335857"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD475C06"/>
+    <s v="6 rooms"/>
+    <s v="Number"/>
+    <n v="274047"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD475C07"/>
+    <s v="7 rooms"/>
+    <s v="Number"/>
+    <n v="208638"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD475C08"/>
+    <s v="8 rooms"/>
+    <s v="Number"/>
+    <n v="132250"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD475C09"/>
+    <s v="9 rooms"/>
+    <s v="Number"/>
+    <n v="57191"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD475C10"/>
+    <s v="10 or more rooms"/>
+    <s v="Number"/>
+    <n v="42963"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD475C11"/>
+    <s v="Not stated"/>
+    <s v="Number"/>
+    <n v="52294"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD475C12"/>
+    <s v="Total private households"/>
+    <s v="Number"/>
+    <n v="1421621"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD475C13"/>
+    <s v="Average number of rooms per household"/>
+    <s v="Number"/>
+    <n v="5.5"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD475C14"/>
+    <s v="Average number of persons per room"/>
+    <s v="Number"/>
+    <n v="0.49"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="GB01"/>
+    <s v="UK (1)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD475C01"/>
+    <s v="1 room"/>
+    <s v="Number"/>
+    <n v="545"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="GB01"/>
+    <s v="UK (1)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD475C02"/>
+    <s v="2 rooms"/>
+    <s v="Number"/>
+    <n v="2041"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="GB01"/>
+    <s v="UK (1)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD475C03"/>
+    <s v="3 rooms"/>
+    <s v="Number"/>
+    <n v="4399"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="GB01"/>
+    <s v="UK (1)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD475C04"/>
+    <s v="4 rooms"/>
+    <s v="Number"/>
+    <n v="5690"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="GB01"/>
+    <s v="UK (1)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD475C05"/>
+    <s v="5 rooms"/>
+    <s v="Number"/>
+    <n v="11860"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="GB01"/>
+    <s v="UK (1)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD475C06"/>
+    <s v="6 rooms"/>
+    <s v="Number"/>
+    <n v="9640"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="GB01"/>
+    <s v="UK (1)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD475C07"/>
+    <s v="7 rooms"/>
+    <s v="Number"/>
+    <n v="7149"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="GB01"/>
+    <s v="UK (1)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD475C08"/>
+    <s v="8 rooms"/>
+    <s v="Number"/>
+    <n v="4341"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="GB01"/>
+    <s v="UK (1)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD475C09"/>
+    <s v="9 rooms"/>
+    <s v="Number"/>
+    <n v="1991"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="GB01"/>
+    <s v="UK (1)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD475C10"/>
+    <s v="10 or more rooms"/>
+    <s v="Number"/>
+    <n v="1645"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="GB01"/>
+    <s v="UK (1)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD475C11"/>
+    <s v="Not stated"/>
+    <s v="Number"/>
+    <n v="1205"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="GB01"/>
+    <s v="UK (1)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD475C12"/>
+    <s v="Total private households"/>
+    <s v="Number"/>
+    <n v="50506"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="GB01"/>
+    <s v="UK (1)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD475C13"/>
+    <s v="Average number of rooms per household"/>
+    <s v="Number"/>
+    <n v="5.5"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="GB01"/>
+    <s v="UK (1)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD475C14"/>
+    <s v="Average number of persons per room"/>
+    <s v="Number"/>
+    <n v="0.48"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="EU15X02"/>
+    <s v="EU15 excluding Irish and UK"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD475C01"/>
+    <s v="1 room"/>
+    <s v="Number"/>
+    <n v="1162"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="EU15X02"/>
+    <s v="EU15 excluding Irish and UK"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD475C02"/>
+    <s v="2 rooms"/>
+    <s v="Number"/>
+    <n v="3096"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="EU15X02"/>
+    <s v="EU15 excluding Irish and UK"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD475C03"/>
+    <s v="3 rooms"/>
+    <s v="Number"/>
+    <n v="4062"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="EU15X02"/>
+    <s v="EU15 excluding Irish and UK"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD475C04"/>
+    <s v="4 rooms"/>
+    <s v="Number"/>
+    <n v="2960"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="EU15X02"/>
+    <s v="EU15 excluding Irish and UK"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD475C05"/>
+    <s v="5 rooms"/>
+    <s v="Number"/>
+    <n v="3389"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="EU15X02"/>
+    <s v="EU15 excluding Irish and UK"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD475C06"/>
+    <s v="6 rooms"/>
+    <s v="Number"/>
+    <n v="2210"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="EU15X02"/>
+    <s v="EU15 excluding Irish and UK"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD475C07"/>
+    <s v="7 rooms"/>
+    <s v="Number"/>
+    <n v="1472"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="EU15X02"/>
+    <s v="EU15 excluding Irish and UK"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD475C08"/>
+    <s v="8 rooms"/>
+    <s v="Number"/>
+    <n v="751"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="EU15X02"/>
+    <s v="EU15 excluding Irish and UK"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD475C09"/>
+    <s v="9 rooms"/>
+    <s v="Number"/>
+    <n v="300"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="EU15X02"/>
+    <s v="EU15 excluding Irish and UK"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD475C10"/>
+    <s v="10 or more rooms"/>
+    <s v="Number"/>
+    <n v="266"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="EU15X02"/>
+    <s v="EU15 excluding Irish and UK"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD475C11"/>
+    <s v="Not stated"/>
+    <s v="Number"/>
+    <n v="706"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="EU15X02"/>
+    <s v="EU15 excluding Irish and UK"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD475C12"/>
+    <s v="Total private households"/>
+    <s v="Number"/>
+    <n v="20374"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="EU15X02"/>
+    <s v="EU15 excluding Irish and UK"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD475C13"/>
+    <s v="Average number of rooms per household"/>
+    <s v="Number"/>
+    <n v="4.1"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="EU15X02"/>
+    <s v="EU15 excluding Irish and UK"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD475C14"/>
+    <s v="Average number of persons per room"/>
+    <s v="Number"/>
+    <n v="0.57"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="LT"/>
+    <s v="Lithuanian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD475C01"/>
+    <s v="1 room"/>
+    <s v="Number"/>
+    <n v="553"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="LT"/>
+    <s v="Lithuanian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD475C02"/>
+    <s v="2 rooms"/>
+    <s v="Number"/>
+    <n v="1883"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="LT"/>
+    <s v="Lithuanian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD475C03"/>
+    <s v="3 rooms"/>
+    <s v="Number"/>
+    <n v="3151"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="LT"/>
+    <s v="Lithuanian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD475C04"/>
+    <s v="4 rooms"/>
+    <s v="Number"/>
+    <n v="2140"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="LT"/>
+    <s v="Lithuanian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD475C05"/>
+    <s v="5 rooms"/>
+    <s v="Number"/>
+    <n v="2631"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="LT"/>
+    <s v="Lithuanian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD475C06"/>
+    <s v="6 rooms"/>
+    <s v="Number"/>
+    <n v="996"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="LT"/>
+    <s v="Lithuanian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD475C07"/>
+    <s v="7 rooms"/>
+    <s v="Number"/>
+    <n v="376"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="LT"/>
+    <s v="Lithuanian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD475C08"/>
+    <s v="8 rooms"/>
+    <s v="Number"/>
+    <n v="92"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="LT"/>
+    <s v="Lithuanian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD475C09"/>
+    <s v="9 rooms"/>
+    <s v="Number"/>
+    <n v="28"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="LT"/>
+    <s v="Lithuanian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD475C10"/>
+    <s v="10 or more rooms"/>
+    <s v="Number"/>
+    <n v="20"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="LT"/>
+    <s v="Lithuanian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD475C11"/>
+    <s v="Not stated"/>
+    <s v="Number"/>
+    <n v="649"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="LT"/>
+    <s v="Lithuanian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD475C12"/>
+    <s v="Total private households"/>
+    <s v="Number"/>
+    <n v="12519"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="LT"/>
+    <s v="Lithuanian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD475C13"/>
+    <s v="Average number of rooms per household"/>
+    <s v="Number"/>
+    <n v="3.6"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="LT"/>
+    <s v="Lithuanian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD475C14"/>
+    <s v="Average number of persons per room"/>
+    <s v="Number"/>
+    <n v="0.86"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="PL"/>
+    <s v="Polish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD475C01"/>
+    <s v="1 room"/>
+    <s v="Number"/>
+    <n v="1805"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="PL"/>
+    <s v="Polish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD475C02"/>
+    <s v="2 rooms"/>
+    <s v="Number"/>
+    <n v="6813"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="PL"/>
+    <s v="Polish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD475C03"/>
+    <s v="3 rooms"/>
+    <s v="Number"/>
+    <n v="10912"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="PL"/>
+    <s v="Polish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD475C04"/>
+    <s v="4 rooms"/>
+    <s v="Number"/>
+    <n v="7210"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="PL"/>
+    <s v="Polish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD475C05"/>
+    <s v="5 rooms"/>
+    <s v="Number"/>
+    <n v="9312"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="PL"/>
+    <s v="Polish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD475C06"/>
+    <s v="6 rooms"/>
+    <s v="Number"/>
+    <n v="3426"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="PL"/>
+    <s v="Polish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD475C07"/>
+    <s v="7 rooms"/>
+    <s v="Number"/>
+    <n v="1155"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="PL"/>
+    <s v="Polish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD475C08"/>
+    <s v="8 rooms"/>
+    <s v="Number"/>
+    <n v="335"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="PL"/>
+    <s v="Polish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD475C09"/>
+    <s v="9 rooms"/>
+    <s v="Number"/>
+    <n v="86"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="PL"/>
+    <s v="Polish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD475C10"/>
+    <s v="10 or more rooms"/>
+    <s v="Number"/>
+    <n v="45"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="PL"/>
+    <s v="Polish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD475C11"/>
+    <s v="Not stated"/>
+    <s v="Number"/>
+    <n v="1625"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="PL"/>
+    <s v="Polish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD475C12"/>
+    <s v="Total private households"/>
+    <s v="Number"/>
+    <n v="42724"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="PL"/>
+    <s v="Polish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD475C13"/>
+    <s v="Average number of rooms per household"/>
+    <s v="Number"/>
+    <n v="3.7"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="PL"/>
+    <s v="Polish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD475C14"/>
+    <s v="Average number of persons per room"/>
+    <s v="Number"/>
+    <n v="0.82"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="OEUR04"/>
+    <s v="Other European (4)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD475C01"/>
+    <s v="1 room"/>
+    <s v="Number"/>
+    <n v="381"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="OEUR04"/>
+    <s v="Other European (4)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD475C02"/>
+    <s v="2 rooms"/>
+    <s v="Number"/>
+    <n v="924"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="OEUR04"/>
+    <s v="Other European (4)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD475C03"/>
+    <s v="3 rooms"/>
+    <s v="Number"/>
+    <n v="1368"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="OEUR04"/>
+    <s v="Other European (4)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD475C04"/>
+    <s v="4 rooms"/>
+    <s v="Number"/>
+    <n v="858"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="OEUR04"/>
+    <s v="Other European (4)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD475C05"/>
+    <s v="5 rooms"/>
+    <s v="Number"/>
+    <n v="1096"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="OEUR04"/>
+    <s v="Other European (4)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD475C06"/>
+    <s v="6 rooms"/>
+    <s v="Number"/>
+    <n v="448"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="OEUR04"/>
+    <s v="Other European (4)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD475C07"/>
+    <s v="7 rooms"/>
+    <s v="Number"/>
+    <n v="197"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="OEUR04"/>
+    <s v="Other European (4)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD475C08"/>
+    <s v="8 rooms"/>
+    <s v="Number"/>
+    <n v="85"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="OEUR04"/>
+    <s v="Other European (4)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD475C09"/>
+    <s v="9 rooms"/>
+    <s v="Number"/>
+    <n v="24"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="OEUR04"/>
+    <s v="Other European (4)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD475C10"/>
+    <s v="10 or more rooms"/>
+    <s v="Number"/>
+    <n v="28"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="OEUR04"/>
+    <s v="Other European (4)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD475C11"/>
+    <s v="Not stated"/>
+    <s v="Number"/>
+    <n v="327"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="OEUR04"/>
+    <s v="Other European (4)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD475C12"/>
+    <s v="Total private households"/>
+    <s v="Number"/>
+    <n v="5736"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="OEUR04"/>
+    <s v="Other European (4)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD475C13"/>
+    <s v="Average number of rooms per household"/>
+    <s v="Number"/>
+    <n v="3.6"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="OEUR04"/>
+    <s v="Other European (4)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD475C14"/>
+    <s v="Average number of persons per room"/>
+    <s v="Number"/>
+    <n v="0.85"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="ACC12X02"/>
+    <s v="EU15 to EU27 states excluding Polish and Lithuanian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD475C01"/>
+    <s v="1 room"/>
+    <s v="Number"/>
+    <n v="1702"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="ACC12X02"/>
+    <s v="EU15 to EU27 states excluding Polish and Lithuanian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD475C02"/>
+    <s v="2 rooms"/>
+    <s v="Number"/>
+    <n v="4370"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="ACC12X02"/>
+    <s v="EU15 to EU27 states excluding Polish and Lithuanian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD475C03"/>
+    <s v="3 rooms"/>
+    <s v="Number"/>
+    <n v="6081"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="ACC12X02"/>
+    <s v="EU15 to EU27 states excluding Polish and Lithuanian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD475C04"/>
+    <s v="4 rooms"/>
+    <s v="Number"/>
+    <n v="3490"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="ACC12X02"/>
+    <s v="EU15 to EU27 states excluding Polish and Lithuanian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD475C05"/>
+    <s v="5 rooms"/>
+    <s v="Number"/>
+    <n v="4207"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="ACC12X02"/>
+    <s v="EU15 to EU27 states excluding Polish and Lithuanian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD475C06"/>
+    <s v="6 rooms"/>
+    <s v="Number"/>
+    <n v="1711"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="ACC12X02"/>
+    <s v="EU15 to EU27 states excluding Polish and Lithuanian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD475C07"/>
+    <s v="7 rooms"/>
+    <s v="Number"/>
+    <n v="652"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="ACC12X02"/>
+    <s v="EU15 to EU27 states excluding Polish and Lithuanian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD475C08"/>
+    <s v="8 rooms"/>
+    <s v="Number"/>
+    <n v="204"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="ACC12X02"/>
+    <s v="EU15 to EU27 states excluding Polish and Lithuanian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD475C09"/>
+    <s v="9 rooms"/>
+    <s v="Number"/>
+    <n v="52"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="ACC12X02"/>
+    <s v="EU15 to EU27 states excluding Polish and Lithuanian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD475C10"/>
+    <s v="10 or more rooms"/>
+    <s v="Number"/>
+    <n v="42"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="ACC12X02"/>
+    <s v="EU15 to EU27 states excluding Polish and Lithuanian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD475C11"/>
+    <s v="Not stated"/>
+    <s v="Number"/>
+    <n v="1274"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="ACC12X02"/>
+    <s v="EU15 to EU27 states excluding Polish and Lithuanian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD475C12"/>
+    <s v="Total private households"/>
+    <s v="Number"/>
+    <n v="23785"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="ACC12X02"/>
+    <s v="EU15 to EU27 states excluding Polish and Lithuanian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD475C13"/>
+    <s v="Average number of rooms per household"/>
+    <s v="Number"/>
+    <n v="3.4"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="ACC12X02"/>
+    <s v="EU15 to EU27 states excluding Polish and Lithuanian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD475C14"/>
+    <s v="Average number of persons per room"/>
+    <s v="Number"/>
+    <n v="0.88"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="AFR01"/>
+    <s v="African (1)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD475C01"/>
+    <s v="1 room"/>
+    <s v="Number"/>
+    <n v="1535"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="AFR01"/>
+    <s v="African (1)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD475C02"/>
+    <s v="2 rooms"/>
+    <s v="Number"/>
+    <n v="2218"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="AFR01"/>
+    <s v="African (1)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD475C03"/>
+    <s v="3 rooms"/>
+    <s v="Number"/>
+    <n v="4191"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="AFR01"/>
+    <s v="African (1)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD475C04"/>
+    <s v="4 rooms"/>
+    <s v="Number"/>
+    <n v="2214"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="AFR01"/>
+    <s v="African (1)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD475C05"/>
+    <s v="5 rooms"/>
+    <s v="Number"/>
+    <n v="2643"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="AFR01"/>
+    <s v="African (1)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD475C06"/>
+    <s v="6 rooms"/>
+    <s v="Number"/>
+    <n v="1052"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="AFR01"/>
+    <s v="African (1)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD475C07"/>
+    <s v="7 rooms"/>
+    <s v="Number"/>
+    <n v="550"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="AFR01"/>
+    <s v="African (1)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD475C08"/>
+    <s v="8 rooms"/>
+    <s v="Number"/>
+    <n v="178"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="AFR01"/>
+    <s v="African (1)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD475C09"/>
+    <s v="9 rooms"/>
+    <s v="Number"/>
+    <n v="52"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="AFR01"/>
+    <s v="African (1)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD475C10"/>
+    <s v="10 or more rooms"/>
+    <s v="Number"/>
+    <n v="41"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="AFR01"/>
+    <s v="African (1)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD475C11"/>
+    <s v="Not stated"/>
+    <s v="Number"/>
+    <n v="1166"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="AFR01"/>
+    <s v="African (1)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD475C12"/>
+    <s v="Total private households"/>
+    <s v="Number"/>
+    <n v="15840"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="AFR01"/>
+    <s v="African (1)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD475C13"/>
+    <s v="Average number of rooms per household"/>
+    <s v="Number"/>
+    <n v="3.4"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="AFR01"/>
+    <s v="African (1)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD475C14"/>
+    <s v="Average number of persons per room"/>
+    <s v="Number"/>
+    <n v="1.06"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="AS01"/>
+    <s v="Asian (1)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD475C01"/>
+    <s v="1 room"/>
+    <s v="Number"/>
+    <n v="1807"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="AS01"/>
+    <s v="Asian (1)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD475C02"/>
+    <s v="2 rooms"/>
+    <s v="Number"/>
+    <n v="4524"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="AS01"/>
+    <s v="Asian (1)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD475C03"/>
+    <s v="3 rooms"/>
+    <s v="Number"/>
+    <n v="5180"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="AS01"/>
+    <s v="Asian (1)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD475C04"/>
+    <s v="4 rooms"/>
+    <s v="Number"/>
+    <n v="3391"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="AS01"/>
+    <s v="Asian (1)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD475C05"/>
+    <s v="5 rooms"/>
+    <s v="Number"/>
+    <n v="3131"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="AS01"/>
+    <s v="Asian (1)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD475C06"/>
+    <s v="6 rooms"/>
+    <s v="Number"/>
+    <n v="1435"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="AS01"/>
+    <s v="Asian (1)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD475C07"/>
+    <s v="7 rooms"/>
+    <s v="Number"/>
+    <n v="595"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="AS01"/>
+    <s v="Asian (1)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD475C08"/>
+    <s v="8 rooms"/>
+    <s v="Number"/>
+    <n v="189"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="AS01"/>
+    <s v="Asian (1)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD475C09"/>
+    <s v="9 rooms"/>
+    <s v="Number"/>
+    <n v="75"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="AS01"/>
+    <s v="Asian (1)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD475C10"/>
+    <s v="10 or more rooms"/>
+    <s v="Number"/>
+    <n v="33"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="AS01"/>
+    <s v="Asian (1)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD475C11"/>
+    <s v="Not stated"/>
+    <s v="Number"/>
+    <n v="1286"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="AS01"/>
+    <s v="Asian (1)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD475C12"/>
+    <s v="Total private households"/>
+    <s v="Number"/>
+    <n v="21646"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="AS01"/>
+    <s v="Asian (1)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD475C13"/>
+    <s v="Average number of rooms per household"/>
+    <s v="Number"/>
+    <n v="3.3"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="AS01"/>
+    <s v="Asian (1)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD475C14"/>
+    <s v="Average number of persons per room"/>
+    <s v="Number"/>
+    <n v="0.99"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="AM01"/>
+    <s v="American (1)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD475C01"/>
+    <s v="1 room"/>
+    <s v="Number"/>
+    <n v="393"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="AM01"/>
+    <s v="American (1)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD475C02"/>
+    <s v="2 rooms"/>
+    <s v="Number"/>
+    <n v="1002"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="AM01"/>
+    <s v="American (1)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD475C03"/>
+    <s v="3 rooms"/>
+    <s v="Number"/>
+    <n v="1273"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="AM01"/>
+    <s v="American (1)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD475C04"/>
+    <s v="4 rooms"/>
+    <s v="Number"/>
+    <n v="1148"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="AM01"/>
+    <s v="American (1)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD475C05"/>
+    <s v="5 rooms"/>
+    <s v="Number"/>
+    <n v="1194"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="AM01"/>
+    <s v="American (1)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD475C06"/>
+    <s v="6 rooms"/>
+    <s v="Number"/>
+    <n v="941"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="AM01"/>
+    <s v="American (1)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD475C07"/>
+    <s v="7 rooms"/>
+    <s v="Number"/>
+    <n v="617"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="AM01"/>
+    <s v="American (1)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD475C08"/>
+    <s v="8 rooms"/>
+    <s v="Number"/>
+    <n v="381"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="AM01"/>
+    <s v="American (1)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD475C09"/>
+    <s v="9 rooms"/>
+    <s v="Number"/>
+    <n v="201"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="AM01"/>
+    <s v="American (1)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD475C10"/>
+    <s v="10 or more rooms"/>
+    <s v="Number"/>
+    <n v="165"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="AM01"/>
+    <s v="American (1)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD475C11"/>
+    <s v="Not stated"/>
+    <s v="Number"/>
+    <n v="410"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="AM01"/>
+    <s v="American (1)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD475C12"/>
+    <s v="Total private households"/>
+    <s v="Number"/>
+    <n v="7725"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="AM01"/>
+    <s v="American (1)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD475C13"/>
+    <s v="Average number of rooms per household"/>
+    <s v="Number"/>
+    <n v="4.3"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="AM01"/>
+    <s v="American (1)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD475C14"/>
+    <s v="Average number of persons per room"/>
+    <s v="Number"/>
+    <n v="0.64"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="ON14"/>
+    <s v="Other nationalities (14)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD475C01"/>
+    <s v="1 room"/>
+    <s v="Number"/>
+    <n v="144"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="ON14"/>
+    <s v="Other nationalities (14)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD475C02"/>
+    <s v="2 rooms"/>
+    <s v="Number"/>
+    <n v="341"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="ON14"/>
+    <s v="Other nationalities (14)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD475C03"/>
+    <s v="3 rooms"/>
+    <s v="Number"/>
+    <n v="537"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="ON14"/>
+    <s v="Other nationalities (14)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD475C04"/>
+    <s v="4 rooms"/>
+    <s v="Number"/>
+    <n v="447"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="ON14"/>
+    <s v="Other nationalities (14)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD475C05"/>
+    <s v="5 rooms"/>
+    <s v="Number"/>
+    <n v="623"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="ON14"/>
+    <s v="Other nationalities (14)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD475C06"/>
+    <s v="6 rooms"/>
+    <s v="Number"/>
+    <n v="443"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="ON14"/>
+    <s v="Other nationalities (14)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD475C07"/>
+    <s v="7 rooms"/>
+    <s v="Number"/>
+    <n v="286"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="ON14"/>
+    <s v="Other nationalities (14)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD475C08"/>
+    <s v="8 rooms"/>
+    <s v="Number"/>
+    <n v="203"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="ON14"/>
+    <s v="Other nationalities (14)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD475C09"/>
+    <s v="9 rooms"/>
+    <s v="Number"/>
+    <n v="76"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="ON14"/>
+    <s v="Other nationalities (14)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD475C10"/>
+    <s v="10 or more rooms"/>
+    <s v="Number"/>
+    <n v="61"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="ON14"/>
+    <s v="Other nationalities (14)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD475C11"/>
+    <s v="Not stated"/>
+    <s v="Number"/>
+    <n v="226"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="ON14"/>
+    <s v="Other nationalities (14)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD475C12"/>
+    <s v="Total private households"/>
+    <s v="Number"/>
+    <n v="3387"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="ON14"/>
+    <s v="Other nationalities (14)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD475C13"/>
+    <s v="Average number of rooms per household"/>
+    <s v="Number"/>
+    <n v="4.4"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="ON14"/>
+    <s v="Other nationalities (14)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD475C14"/>
+    <s v="Average number of persons per room"/>
+    <s v="Number"/>
+    <n v="0.63"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="ZZ20"/>
+    <s v="Multi nationality, no nationality and not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD475C01"/>
+    <s v="1 room"/>
+    <s v="Number"/>
+    <n v="397"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="ZZ20"/>
+    <s v="Multi nationality, no nationality and not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD475C02"/>
+    <s v="2 rooms"/>
+    <s v="Number"/>
+    <n v="1014"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="ZZ20"/>
+    <s v="Multi nationality, no nationality and not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD475C03"/>
+    <s v="3 rooms"/>
+    <s v="Number"/>
+    <n v="2217"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="ZZ20"/>
+    <s v="Multi nationality, no nationality and not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD475C04"/>
+    <s v="4 rooms"/>
+    <s v="Number"/>
+    <n v="2508"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="ZZ20"/>
+    <s v="Multi nationality, no nationality and not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD475C05"/>
+    <s v="5 rooms"/>
+    <s v="Number"/>
+    <n v="4172"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="ZZ20"/>
+    <s v="Multi nationality, no nationality and not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD475C06"/>
+    <s v="6 rooms"/>
+    <s v="Number"/>
+    <n v="3297"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="ZZ20"/>
+    <s v="Multi nationality, no nationality and not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD475C07"/>
+    <s v="7 rooms"/>
+    <s v="Number"/>
+    <n v="2148"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="ZZ20"/>
+    <s v="Multi nationality, no nationality and not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD475C08"/>
+    <s v="8 rooms"/>
+    <s v="Number"/>
+    <n v="1451"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="ZZ20"/>
+    <s v="Multi nationality, no nationality and not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD475C09"/>
+    <s v="9 rooms"/>
+    <s v="Number"/>
+    <n v="631"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="ZZ20"/>
+    <s v="Multi nationality, no nationality and not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD475C10"/>
+    <s v="10 or more rooms"/>
+    <s v="Number"/>
+    <n v="550"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="ZZ20"/>
+    <s v="Multi nationality, no nationality and not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD475C11"/>
+    <s v="Not stated"/>
+    <s v="Number"/>
+    <n v="5160"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="ZZ20"/>
+    <s v="Multi nationality, no nationality and not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD475C12"/>
+    <s v="Total private households"/>
+    <s v="Number"/>
+    <n v="23545"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="ZZ20"/>
+    <s v="Multi nationality, no nationality and not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD475C13"/>
+    <s v="Average number of rooms per household"/>
+    <s v="Number"/>
+    <n v="4.2"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="ZZ20"/>
+    <s v="Multi nationality, no nationality and not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD475C14"/>
+    <s v="Average number of persons per room"/>
+    <s v="Number"/>
+    <n v="0.58"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="All nationalities"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD475C01"/>
+    <s v="1 room"/>
+    <s v="Number"/>
+    <n v="23058"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="All nationalities"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD475C02"/>
+    <s v="2 rooms"/>
+    <s v="Number"/>
+    <n v="78373"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="All nationalities"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD475C03"/>
+    <s v="3 rooms"/>
+    <s v="Number"/>
+    <n v="156731"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="All nationalities"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD475C04"/>
+    <s v="4 rooms"/>
+    <s v="Number"/>
+    <n v="174296"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="All nationalities"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD475C05"/>
+    <s v="5 rooms"/>
+    <s v="Number"/>
+    <n v="380115"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="All nationalities"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD475C06"/>
+    <s v="6 rooms"/>
+    <s v="Number"/>
+    <n v="299646"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="All nationalities"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD475C07"/>
+    <s v="7 rooms"/>
+    <s v="Number"/>
+    <n v="223835"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="All nationalities"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD475C08"/>
+    <s v="8 rooms"/>
+    <s v="Number"/>
+    <n v="140460"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="All nationalities"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD475C09"/>
+    <s v="9 rooms"/>
+    <s v="Number"/>
+    <n v="60707"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="All nationalities"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD475C10"/>
+    <s v="10 or more rooms"/>
+    <s v="Number"/>
+    <n v="45859"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="All nationalities"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD475C11"/>
+    <s v="Not stated"/>
+    <s v="Number"/>
+    <n v="66328"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="All nationalities"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD475C12"/>
+    <s v="Total private households"/>
+    <s v="Number"/>
+    <n v="1649408"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="All nationalities"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD475C13"/>
+    <s v="Average number of rooms per household"/>
+    <s v="Number"/>
+    <n v="5.3"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="All nationalities"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD475C14"/>
+    <s v="Average number of persons per room"/>
+    <s v="Number"/>
+    <n v="0.51"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD475C01"/>
+    <s v="1 room"/>
+    <s v="Number"/>
+    <n v="10631"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD475C02"/>
+    <s v="2 rooms"/>
+    <s v="Number"/>
+    <n v="40393"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD475C03"/>
+    <s v="3 rooms"/>
+    <s v="Number"/>
+    <n v="84429"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD475C04"/>
+    <s v="4 rooms"/>
+    <s v="Number"/>
+    <n v="95545"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD475C05"/>
+    <s v="5 rooms"/>
+    <s v="Number"/>
+    <n v="231195"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD475C06"/>
+    <s v="6 rooms"/>
+    <s v="Number"/>
+    <n v="160813"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD475C07"/>
+    <s v="7 rooms"/>
+    <s v="Number"/>
+    <n v="108619"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD475C08"/>
+    <s v="8 rooms"/>
+    <s v="Number"/>
+    <n v="64824"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD475C09"/>
+    <s v="9 rooms"/>
+    <s v="Number"/>
+    <n v="24977"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD475C10"/>
+    <s v="10 or more rooms"/>
+    <s v="Number"/>
+    <n v="16619"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD475C11"/>
+    <s v="Not stated"/>
+    <s v="Number"/>
+    <n v="32644"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD475C12"/>
+    <s v="Total private households"/>
+    <s v="Number"/>
+    <n v="870689"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD475C13"/>
+    <s v="Average number of rooms per household"/>
+    <s v="Number"/>
+    <n v="5.2"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD475C14"/>
+    <s v="Average number of persons per room"/>
+    <s v="Number"/>
+    <n v="0.5"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="GB01"/>
+    <s v="UK (1)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD475C01"/>
+    <s v="1 room"/>
+    <s v="Number"/>
+    <n v="458"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="GB01"/>
+    <s v="UK (1)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD475C02"/>
+    <s v="2 rooms"/>
+    <s v="Number"/>
+    <n v="1604"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="GB01"/>
+    <s v="UK (1)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD475C03"/>
+    <s v="3 rooms"/>
+    <s v="Number"/>
+    <n v="3093"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="GB01"/>
+    <s v="UK (1)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD475C04"/>
+    <s v="4 rooms"/>
+    <s v="Number"/>
+    <n v="3194"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="GB01"/>
+    <s v="UK (1)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD475C05"/>
+    <s v="5 rooms"/>
+    <s v="Number"/>
+    <n v="6547"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="GB01"/>
+    <s v="UK (1)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD475C06"/>
+    <s v="6 rooms"/>
+    <s v="Number"/>
+    <n v="4279"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="GB01"/>
+    <s v="UK (1)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD475C07"/>
+    <s v="7 rooms"/>
+    <s v="Number"/>
+    <n v="2990"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="GB01"/>
+    <s v="UK (1)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD475C08"/>
+    <s v="8 rooms"/>
+    <s v="Number"/>
+    <n v="1774"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="GB01"/>
+    <s v="UK (1)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD475C09"/>
+    <s v="9 rooms"/>
+    <s v="Number"/>
+    <n v="722"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="GB01"/>
+    <s v="UK (1)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD475C10"/>
+    <s v="10 or more rooms"/>
+    <s v="Number"/>
+    <n v="488"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="GB01"/>
+    <s v="UK (1)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD475C11"/>
+    <s v="Not stated"/>
+    <s v="Number"/>
+    <n v="652"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="GB01"/>
+    <s v="UK (1)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD475C12"/>
+    <s v="Total private households"/>
+    <s v="Number"/>
+    <n v="25801"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="GB01"/>
+    <s v="UK (1)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD475C13"/>
+    <s v="Average number of rooms per household"/>
+    <s v="Number"/>
+    <n v="5.1"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="GB01"/>
+    <s v="UK (1)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD475C14"/>
+    <s v="Average number of persons per room"/>
+    <s v="Number"/>
+    <n v="0.51"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="EU15X02"/>
+    <s v="EU15 excluding Irish and UK"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD475C01"/>
+    <s v="1 room"/>
+    <s v="Number"/>
+    <n v="1123"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="EU15X02"/>
+    <s v="EU15 excluding Irish and UK"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD475C02"/>
+    <s v="2 rooms"/>
+    <s v="Number"/>
+    <n v="2912"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="EU15X02"/>
+    <s v="EU15 excluding Irish and UK"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD475C03"/>
+    <s v="3 rooms"/>
+    <s v="Number"/>
+    <n v="3625"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="EU15X02"/>
+    <s v="EU15 excluding Irish and UK"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD475C04"/>
+    <s v="4 rooms"/>
+    <s v="Number"/>
+    <n v="2344"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="EU15X02"/>
+    <s v="EU15 excluding Irish and UK"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD475C05"/>
+    <s v="5 rooms"/>
+    <s v="Number"/>
+    <n v="2499"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="EU15X02"/>
+    <s v="EU15 excluding Irish and UK"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD475C06"/>
+    <s v="6 rooms"/>
+    <s v="Number"/>
+    <n v="1425"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="EU15X02"/>
+    <s v="EU15 excluding Irish and UK"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD475C07"/>
+    <s v="7 rooms"/>
+    <s v="Number"/>
+    <n v="914"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="EU15X02"/>
+    <s v="EU15 excluding Irish and UK"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD475C08"/>
+    <s v="8 rooms"/>
+    <s v="Number"/>
+    <n v="446"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="EU15X02"/>
+    <s v="EU15 excluding Irish and UK"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD475C09"/>
+    <s v="9 rooms"/>
+    <s v="Number"/>
+    <n v="156"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="EU15X02"/>
+    <s v="EU15 excluding Irish and UK"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD475C10"/>
+    <s v="10 or more rooms"/>
+    <s v="Number"/>
+    <n v="117"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="EU15X02"/>
+    <s v="EU15 excluding Irish and UK"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD475C11"/>
+    <s v="Not stated"/>
+    <s v="Number"/>
+    <n v="597"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="EU15X02"/>
+    <s v="EU15 excluding Irish and UK"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD475C12"/>
+    <s v="Total private households"/>
+    <s v="Number"/>
+    <n v="16158"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="EU15X02"/>
+    <s v="EU15 excluding Irish and UK"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD475C13"/>
+    <s v="Average number of rooms per household"/>
+    <s v="Number"/>
+    <n v="3.8"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="EU15X02"/>
+    <s v="EU15 excluding Irish and UK"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD475C14"/>
+    <s v="Average number of persons per room"/>
+    <s v="Number"/>
+    <n v="0.62"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="LT"/>
+    <s v="Lithuanian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD475C01"/>
+    <s v="1 room"/>
+    <s v="Number"/>
+    <n v="516"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="LT"/>
+    <s v="Lithuanian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD475C02"/>
+    <s v="2 rooms"/>
+    <s v="Number"/>
+    <n v="1732"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="LT"/>
+    <s v="Lithuanian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD475C03"/>
+    <s v="3 rooms"/>
+    <s v="Number"/>
+    <n v="2862"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="LT"/>
+    <s v="Lithuanian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD475C04"/>
+    <s v="4 rooms"/>
+    <s v="Number"/>
+    <n v="1863"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="LT"/>
+    <s v="Lithuanian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD475C05"/>
+    <s v="5 rooms"/>
+    <s v="Number"/>
+    <n v="2302"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="LT"/>
+    <s v="Lithuanian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD475C06"/>
+    <s v="6 rooms"/>
+    <s v="Number"/>
+    <n v="787"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="LT"/>
+    <s v="Lithuanian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD475C07"/>
+    <s v="7 rooms"/>
+    <s v="Number"/>
+    <n v="294"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="LT"/>
+    <s v="Lithuanian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD475C08"/>
+    <s v="8 rooms"/>
+    <s v="Number"/>
+    <n v="55"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="LT"/>
+    <s v="Lithuanian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD475C09"/>
+    <s v="9 rooms"/>
+    <s v="Number"/>
+    <n v="20"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="LT"/>
+    <s v="Lithuanian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD475C10"/>
+    <s v="10 or more rooms"/>
+    <s v="Number"/>
+    <n v="11"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="LT"/>
+    <s v="Lithuanian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD475C11"/>
+    <s v="Not stated"/>
+    <s v="Number"/>
+    <n v="577"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="LT"/>
+    <s v="Lithuanian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD475C12"/>
+    <s v="Total private households"/>
+    <s v="Number"/>
+    <n v="11019"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="LT"/>
+    <s v="Lithuanian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD475C13"/>
+    <s v="Average number of rooms per household"/>
+    <s v="Number"/>
+    <n v="3.5"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="LT"/>
+    <s v="Lithuanian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD475C14"/>
+    <s v="Average number of persons per room"/>
+    <s v="Number"/>
+    <n v="0.88"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="PL"/>
+    <s v="Polish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD475C01"/>
+    <s v="1 room"/>
+    <s v="Number"/>
+    <n v="1701"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="PL"/>
+    <s v="Polish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD475C02"/>
+    <s v="2 rooms"/>
+    <s v="Number"/>
+    <n v="6437"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="PL"/>
+    <s v="Polish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD475C03"/>
+    <s v="3 rooms"/>
+    <s v="Number"/>
+    <n v="10132"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="PL"/>
+    <s v="Polish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD475C04"/>
+    <s v="4 rooms"/>
+    <s v="Number"/>
+    <n v="6441"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="PL"/>
+    <s v="Polish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD475C05"/>
+    <s v="5 rooms"/>
+    <s v="Number"/>
+    <n v="8244"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="PL"/>
+    <s v="Polish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD475C06"/>
+    <s v="6 rooms"/>
+    <s v="Number"/>
+    <n v="2895"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="PL"/>
+    <s v="Polish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD475C07"/>
+    <s v="7 rooms"/>
+    <s v="Number"/>
+    <n v="939"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="PL"/>
+    <s v="Polish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD475C08"/>
+    <s v="8 rooms"/>
+    <s v="Number"/>
+    <n v="243"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="PL"/>
+    <s v="Polish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD475C09"/>
+    <s v="9 rooms"/>
+    <s v="Number"/>
+    <n v="59"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="PL"/>
+    <s v="Polish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD475C10"/>
+    <s v="10 or more rooms"/>
+    <s v="Number"/>
+    <n v="32"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="PL"/>
+    <s v="Polish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD475C11"/>
+    <s v="Not stated"/>
+    <s v="Number"/>
+    <n v="1462"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="PL"/>
+    <s v="Polish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD475C12"/>
+    <s v="Total private households"/>
+    <s v="Number"/>
+    <n v="38585"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="PL"/>
+    <s v="Polish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD475C13"/>
+    <s v="Average number of rooms per household"/>
+    <s v="Number"/>
+    <n v="3.6"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="PL"/>
+    <s v="Polish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD475C14"/>
+    <s v="Average number of persons per room"/>
+    <s v="Number"/>
+    <n v="0.83"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="OEUR04"/>
+    <s v="Other European (4)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD475C01"/>
+    <s v="1 room"/>
+    <s v="Number"/>
+    <n v="361"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="OEUR04"/>
+    <s v="Other European (4)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD475C02"/>
+    <s v="2 rooms"/>
+    <s v="Number"/>
+    <n v="865"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="OEUR04"/>
+    <s v="Other European (4)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD475C03"/>
+    <s v="3 rooms"/>
+    <s v="Number"/>
+    <n v="1296"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="OEUR04"/>
+    <s v="Other European (4)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD475C04"/>
+    <s v="4 rooms"/>
+    <s v="Number"/>
+    <n v="751"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="OEUR04"/>
+    <s v="Other European (4)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD475C05"/>
+    <s v="5 rooms"/>
+    <s v="Number"/>
+    <n v="963"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="OEUR04"/>
+    <s v="Other European (4)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD475C06"/>
+    <s v="6 rooms"/>
+    <s v="Number"/>
+    <n v="370"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="OEUR04"/>
+    <s v="Other European (4)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD475C07"/>
+    <s v="7 rooms"/>
+    <s v="Number"/>
+    <n v="158"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="OEUR04"/>
+    <s v="Other European (4)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD475C08"/>
+    <s v="8 rooms"/>
+    <s v="Number"/>
+    <n v="59"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="OEUR04"/>
+    <s v="Other European (4)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD475C09"/>
+    <s v="9 rooms"/>
+    <s v="Number"/>
+    <n v="14"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="OEUR04"/>
+    <s v="Other European (4)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD475C10"/>
+    <s v="10 or more rooms"/>
+    <s v="Number"/>
+    <n v="10"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="OEUR04"/>
+    <s v="Other European (4)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD475C11"/>
+    <s v="Not stated"/>
+    <s v="Number"/>
+    <n v="301"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="OEUR04"/>
+    <s v="Other European (4)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD475C12"/>
+    <s v="Total private households"/>
+    <s v="Number"/>
+    <n v="5148"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="OEUR04"/>
+    <s v="Other European (4)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD475C13"/>
+    <s v="Average number of rooms per household"/>
+    <s v="Number"/>
+    <n v="3.5"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="OEUR04"/>
+    <s v="Other European (4)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD475C14"/>
+    <s v="Average number of persons per room"/>
+    <s v="Number"/>
+    <n v="0.88"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="ACC12X02"/>
+    <s v="EU15 to EU27 states excluding Polish and Lithuanian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD475C01"/>
+    <s v="1 room"/>
+    <s v="Number"/>
+    <n v="1646"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="ACC12X02"/>
+    <s v="EU15 to EU27 states excluding Polish and Lithuanian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD475C02"/>
+    <s v="2 rooms"/>
+    <s v="Number"/>
+    <n v="4128"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="ACC12X02"/>
+    <s v="EU15 to EU27 states excluding Polish and Lithuanian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD475C03"/>
+    <s v="3 rooms"/>
+    <s v="Number"/>
+    <n v="5656"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="ACC12X02"/>
+    <s v="EU15 to EU27 states excluding Polish and Lithuanian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD475C04"/>
+    <s v="4 rooms"/>
+    <s v="Number"/>
+    <n v="3119"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="ACC12X02"/>
+    <s v="EU15 to EU27 states excluding Polish and Lithuanian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD475C05"/>
+    <s v="5 rooms"/>
+    <s v="Number"/>
+    <n v="3723"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="ACC12X02"/>
+    <s v="EU15 to EU27 states excluding Polish and Lithuanian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD475C06"/>
+    <s v="6 rooms"/>
+    <s v="Number"/>
+    <n v="1468"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="ACC12X02"/>
+    <s v="EU15 to EU27 states excluding Polish and Lithuanian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD475C07"/>
+    <s v="7 rooms"/>
+    <s v="Number"/>
+    <n v="545"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="ACC12X02"/>
+    <s v="EU15 to EU27 states excluding Polish and Lithuanian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD475C08"/>
+    <s v="8 rooms"/>
+    <s v="Number"/>
+    <n v="152"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="ACC12X02"/>
+    <s v="EU15 to EU27 states excluding Polish and Lithuanian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD475C09"/>
+    <s v="9 rooms"/>
+    <s v="Number"/>
+    <n v="38"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="ACC12X02"/>
+    <s v="EU15 to EU27 states excluding Polish and Lithuanian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD475C10"/>
+    <s v="10 or more rooms"/>
+    <s v="Number"/>
+    <n v="23"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="ACC12X02"/>
+    <s v="EU15 to EU27 states excluding Polish and Lithuanian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD475C11"/>
+    <s v="Not stated"/>
+    <s v="Number"/>
+    <n v="1163"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="ACC12X02"/>
+    <s v="EU15 to EU27 states excluding Polish and Lithuanian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD475C12"/>
+    <s v="Total private households"/>
+    <s v="Number"/>
+    <n v="21661"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="ACC12X02"/>
+    <s v="EU15 to EU27 states excluding Polish and Lithuanian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD475C13"/>
+    <s v="Average number of rooms per household"/>
+    <s v="Number"/>
+    <n v="3.3"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="ACC12X02"/>
+    <s v="EU15 to EU27 states excluding Polish and Lithuanian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD475C14"/>
+    <s v="Average number of persons per room"/>
+    <s v="Number"/>
+    <n v="0.9"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="AFR01"/>
+    <s v="African (1)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD475C01"/>
+    <s v="1 room"/>
+    <s v="Number"/>
+    <n v="1420"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="AFR01"/>
+    <s v="African (1)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD475C02"/>
+    <s v="2 rooms"/>
+    <s v="Number"/>
+    <n v="2106"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="AFR01"/>
+    <s v="African (1)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD475C03"/>
+    <s v="3 rooms"/>
+    <s v="Number"/>
+    <n v="4019"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="AFR01"/>
+    <s v="African (1)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD475C04"/>
+    <s v="4 rooms"/>
+    <s v="Number"/>
+    <n v="2084"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="AFR01"/>
+    <s v="African (1)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD475C05"/>
+    <s v="5 rooms"/>
+    <s v="Number"/>
+    <n v="2490"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="AFR01"/>
+    <s v="African (1)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD475C06"/>
+    <s v="6 rooms"/>
+    <s v="Number"/>
+    <n v="938"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="AFR01"/>
+    <s v="African (1)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD475C07"/>
+    <s v="7 rooms"/>
+    <s v="Number"/>
+    <n v="457"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="AFR01"/>
+    <s v="African (1)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD475C08"/>
+    <s v="8 rooms"/>
+    <s v="Number"/>
+    <n v="140"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="AFR01"/>
+    <s v="African (1)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD475C09"/>
+    <s v="9 rooms"/>
+    <s v="Number"/>
+    <n v="36"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="AFR01"/>
+    <s v="African (1)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD475C10"/>
+    <s v="10 or more rooms"/>
+    <s v="Number"/>
+    <n v="24"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="AFR01"/>
+    <s v="African (1)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD475C11"/>
+    <s v="Not stated"/>
+    <s v="Number"/>
+    <n v="1061"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="AFR01"/>
+    <s v="African (1)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD475C12"/>
+    <s v="Total private households"/>
+    <s v="Number"/>
+    <n v="14775"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="AFR01"/>
+    <s v="African (1)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD475C13"/>
+    <s v="Average number of rooms per household"/>
+    <s v="Number"/>
+    <n v="3.3"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="AFR01"/>
+    <s v="African (1)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD475C14"/>
+    <s v="Average number of persons per room"/>
+    <s v="Number"/>
+    <n v="1.08"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="AS01"/>
+    <s v="Asian (1)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD475C01"/>
+    <s v="1 room"/>
+    <s v="Number"/>
+    <n v="1753"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="AS01"/>
+    <s v="Asian (1)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD475C02"/>
+    <s v="2 rooms"/>
+    <s v="Number"/>
+    <n v="4372"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="AS01"/>
+    <s v="Asian (1)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD475C03"/>
+    <s v="3 rooms"/>
+    <s v="Number"/>
+    <n v="4944"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="AS01"/>
+    <s v="Asian (1)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD475C04"/>
+    <s v="4 rooms"/>
+    <s v="Number"/>
+    <n v="3220"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="AS01"/>
+    <s v="Asian (1)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD475C05"/>
+    <s v="5 rooms"/>
+    <s v="Number"/>
+    <n v="2924"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="AS01"/>
+    <s v="Asian (1)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD475C06"/>
+    <s v="6 rooms"/>
+    <s v="Number"/>
+    <n v="1313"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="AS01"/>
+    <s v="Asian (1)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD475C07"/>
+    <s v="7 rooms"/>
+    <s v="Number"/>
+    <n v="547"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="AS01"/>
+    <s v="Asian (1)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD475C08"/>
+    <s v="8 rooms"/>
+    <s v="Number"/>
+    <n v="164"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="AS01"/>
+    <s v="Asian (1)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD475C09"/>
+    <s v="9 rooms"/>
+    <s v="Number"/>
+    <n v="67"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="AS01"/>
+    <s v="Asian (1)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD475C10"/>
+    <s v="10 or more rooms"/>
+    <s v="Number"/>
+    <n v="27"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="AS01"/>
+    <s v="Asian (1)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD475C11"/>
+    <s v="Not stated"/>
+    <s v="Number"/>
+    <n v="1202"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="AS01"/>
+    <s v="Asian (1)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD475C12"/>
+    <s v="Total private households"/>
+    <s v="Number"/>
+    <n v="20533"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="AS01"/>
+    <s v="Asian (1)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD475C13"/>
+    <s v="Average number of rooms per household"/>
+    <s v="Number"/>
+    <n v="3.3"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="AS01"/>
+    <s v="Asian (1)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD475C14"/>
+    <s v="Average number of persons per room"/>
+    <s v="Number"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="AM01"/>
+    <s v="American (1)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD475C01"/>
+    <s v="1 room"/>
+    <s v="Number"/>
+    <n v="378"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="AM01"/>
+    <s v="American (1)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD475C02"/>
+    <s v="2 rooms"/>
+    <s v="Number"/>
+    <n v="948"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="AM01"/>
+    <s v="American (1)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD475C03"/>
+    <s v="3 rooms"/>
+    <s v="Number"/>
+    <n v="1162"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="AM01"/>
+    <s v="American (1)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD475C04"/>
+    <s v="4 rooms"/>
+    <s v="Number"/>
+    <n v="995"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="AM01"/>
+    <s v="American (1)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD475C05"/>
+    <s v="5 rooms"/>
+    <s v="Number"/>
+    <n v="926"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="AM01"/>
+    <s v="American (1)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD475C06"/>
+    <s v="6 rooms"/>
+    <s v="Number"/>
+    <n v="628"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="AM01"/>
+    <s v="American (1)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD475C07"/>
+    <s v="7 rooms"/>
+    <s v="Number"/>
+    <n v="395"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="AM01"/>
+    <s v="American (1)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD475C08"/>
+    <s v="8 rooms"/>
+    <s v="Number"/>
+    <n v="196"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="AM01"/>
+    <s v="American (1)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD475C09"/>
+    <s v="9 rooms"/>
+    <s v="Number"/>
+    <n v="95"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="AM01"/>
+    <s v="American (1)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD475C10"/>
+    <s v="10 or more rooms"/>
+    <s v="Number"/>
+    <n v="89"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="AM01"/>
+    <s v="American (1)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD475C11"/>
+    <s v="Not stated"/>
+    <s v="Number"/>
+    <n v="340"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="AM01"/>
+    <s v="American (1)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD475C12"/>
+    <s v="Total private households"/>
+    <s v="Number"/>
+    <n v="6152"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="AM01"/>
+    <s v="American (1)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD475C13"/>
+    <s v="Average number of rooms per household"/>
+    <s v="Number"/>
+    <n v="3.9"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="AM01"/>
+    <s v="American (1)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD475C14"/>
+    <s v="Average number of persons per room"/>
+    <s v="Number"/>
+    <n v="0.69"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="ON14"/>
+    <s v="Other nationalities (14)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD475C01"/>
+    <s v="1 room"/>
+    <s v="Number"/>
+    <n v="131"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="ON14"/>
+    <s v="Other nationalities (14)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD475C02"/>
+    <s v="2 rooms"/>
+    <s v="Number"/>
+    <n v="321"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="ON14"/>
+    <s v="Other nationalities (14)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD475C03"/>
+    <s v="3 rooms"/>
+    <s v="Number"/>
+    <n v="474"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="ON14"/>
+    <s v="Other nationalities (14)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD475C04"/>
+    <s v="4 rooms"/>
+    <s v="Number"/>
+    <n v="372"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="ON14"/>
+    <s v="Other nationalities (14)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD475C05"/>
+    <s v="5 rooms"/>
+    <s v="Number"/>
+    <n v="478"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="ON14"/>
+    <s v="Other nationalities (14)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD475C06"/>
+    <s v="6 rooms"/>
+    <s v="Number"/>
+    <n v="288"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="ON14"/>
+    <s v="Other nationalities (14)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD475C07"/>
+    <s v="7 rooms"/>
+    <s v="Number"/>
+    <n v="176"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="ON14"/>
+    <s v="Other nationalities (14)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD475C08"/>
+    <s v="8 rooms"/>
+    <s v="Number"/>
+    <n v="93"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="ON14"/>
+    <s v="Other nationalities (14)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD475C09"/>
+    <s v="9 rooms"/>
+    <s v="Number"/>
+    <n v="36"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="ON14"/>
+    <s v="Other nationalities (14)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD475C10"/>
+    <s v="10 or more rooms"/>
+    <s v="Number"/>
+    <n v="30"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="ON14"/>
+    <s v="Other nationalities (14)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD475C11"/>
+    <s v="Not stated"/>
+    <s v="Number"/>
+    <n v="188"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="ON14"/>
+    <s v="Other nationalities (14)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD475C12"/>
+    <s v="Total private households"/>
+    <s v="Number"/>
+    <n v="2587"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="ON14"/>
+    <s v="Other nationalities (14)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD475C13"/>
+    <s v="Average number of rooms per household"/>
+    <s v="Number"/>
+    <n v="4"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="ON14"/>
+    <s v="Other nationalities (14)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD475C14"/>
+    <s v="Average number of persons per room"/>
+    <s v="Number"/>
+    <n v="0.68"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="ZZ20"/>
+    <s v="Multi nationality, no nationality and not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD475C01"/>
+    <s v="1 room"/>
+    <s v="Number"/>
+    <n v="353"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="ZZ20"/>
+    <s v="Multi nationality, no nationality and not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD475C02"/>
+    <s v="2 rooms"/>
+    <s v="Number"/>
+    <n v="852"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="ZZ20"/>
+    <s v="Multi nationality, no nationality and not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD475C03"/>
+    <s v="3 rooms"/>
+    <s v="Number"/>
+    <n v="1728"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="ZZ20"/>
+    <s v="Multi nationality, no nationality and not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD475C04"/>
+    <s v="4 rooms"/>
+    <s v="Number"/>
+    <n v="1841"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="ZZ20"/>
+    <s v="Multi nationality, no nationality and not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD475C05"/>
+    <s v="5 rooms"/>
+    <s v="Number"/>
+    <n v="3130"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="ZZ20"/>
+    <s v="Multi nationality, no nationality and not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD475C06"/>
+    <s v="6 rooms"/>
+    <s v="Number"/>
+    <n v="2251"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="ZZ20"/>
+    <s v="Multi nationality, no nationality and not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD475C07"/>
+    <s v="7 rooms"/>
+    <s v="Number"/>
+    <n v="1349"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="ZZ20"/>
+    <s v="Multi nationality, no nationality and not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD475C08"/>
+    <s v="8 rooms"/>
+    <s v="Number"/>
+    <n v="907"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="ZZ20"/>
+    <s v="Multi nationality, no nationality and not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD475C09"/>
+    <s v="9 rooms"/>
+    <s v="Number"/>
+    <n v="367"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="ZZ20"/>
+    <s v="Multi nationality, no nationality and not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD475C10"/>
+    <s v="10 or more rooms"/>
+    <s v="Number"/>
+    <n v="288"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="ZZ20"/>
+    <s v="Multi nationality, no nationality and not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD475C11"/>
+    <s v="Not stated"/>
+    <s v="Number"/>
+    <n v="3899"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="ZZ20"/>
+    <s v="Multi nationality, no nationality and not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD475C12"/>
+    <s v="Total private households"/>
+    <s v="Number"/>
+    <n v="16965"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="ZZ20"/>
+    <s v="Multi nationality, no nationality and not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD475C13"/>
+    <s v="Average number of rooms per household"/>
+    <s v="Number"/>
+    <n v="3.9"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="ZZ20"/>
+    <s v="Multi nationality, no nationality and not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD475C14"/>
+    <s v="Average number of persons per room"/>
+    <s v="Number"/>
+    <n v="0.6"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="-"/>
+    <s v="All nationalities"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD475C01"/>
+    <s v="1 room"/>
+    <s v="Number"/>
+    <n v="20471"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="-"/>
+    <s v="All nationalities"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD475C02"/>
+    <s v="2 rooms"/>
+    <s v="Number"/>
+    <n v="66670"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="-"/>
+    <s v="All nationalities"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD475C03"/>
+    <s v="3 rooms"/>
+    <s v="Number"/>
+    <n v="123420"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="-"/>
+    <s v="All nationalities"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD475C04"/>
+    <s v="4 rooms"/>
+    <s v="Number"/>
+    <n v="121769"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="-"/>
+    <s v="All nationalities"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD475C05"/>
+    <s v="5 rooms"/>
+    <s v="Number"/>
+    <n v="265421"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="-"/>
+    <s v="All nationalities"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD475C06"/>
+    <s v="6 rooms"/>
+    <s v="Number"/>
+    <n v="177455"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="-"/>
+    <s v="All nationalities"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD475C07"/>
+    <s v="7 rooms"/>
+    <s v="Number"/>
+    <n v="117383"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="-"/>
+    <s v="All nationalities"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD475C08"/>
+    <s v="8 rooms"/>
+    <s v="Number"/>
+    <n v="69053"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="-"/>
+    <s v="All nationalities"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD475C09"/>
+    <s v="9 rooms"/>
+    <s v="Number"/>
+    <n v="26587"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="-"/>
+    <s v="All nationalities"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD475C10"/>
+    <s v="10 or more rooms"/>
+    <s v="Number"/>
+    <n v="17758"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="-"/>
+    <s v="All nationalities"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD475C11"/>
+    <s v="Not stated"/>
+    <s v="Number"/>
+    <n v="44086"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="-"/>
+    <s v="All nationalities"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD475C12"/>
+    <s v="Total private households"/>
+    <s v="Number"/>
+    <n v="1050073"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="-"/>
+    <s v="All nationalities"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD475C13"/>
+    <s v="Average number of rooms per household"/>
+    <s v="Number"/>
+    <n v="5"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="-"/>
+    <s v="All nationalities"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD475C14"/>
+    <s v="Average number of persons per room"/>
+    <s v="Number"/>
+    <n v="0.53"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD475C01"/>
+    <s v="1 room"/>
+    <s v="Number"/>
+    <n v="2003"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD475C02"/>
+    <s v="2 rooms"/>
+    <s v="Number"/>
+    <n v="9754"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD475C03"/>
+    <s v="3 rooms"/>
+    <s v="Number"/>
+    <n v="28931"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD475C04"/>
+    <s v="4 rooms"/>
+    <s v="Number"/>
+    <n v="46695"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD475C05"/>
+    <s v="5 rooms"/>
+    <s v="Number"/>
+    <n v="104662"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD475C06"/>
+    <s v="6 rooms"/>
+    <s v="Number"/>
+    <n v="113234"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD475C07"/>
+    <s v="7 rooms"/>
+    <s v="Number"/>
+    <n v="100019"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD475C08"/>
+    <s v="8 rooms"/>
+    <s v="Number"/>
+    <n v="67426"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD475C09"/>
+    <s v="9 rooms"/>
+    <s v="Number"/>
+    <n v="32214"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD475C10"/>
+    <s v="10 or more rooms"/>
+    <s v="Number"/>
+    <n v="26344"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD475C11"/>
+    <s v="Not stated"/>
+    <s v="Number"/>
+    <n v="19650"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD475C12"/>
+    <s v="Total private households"/>
+    <s v="Number"/>
+    <n v="550932"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD475C13"/>
+    <s v="Average number of rooms per household"/>
+    <s v="Number"/>
+    <n v="6"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD475C14"/>
+    <s v="Average number of persons per room"/>
+    <s v="Number"/>
+    <n v="0.48"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="GB01"/>
+    <s v="UK (1)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD475C01"/>
+    <s v="1 room"/>
+    <s v="Number"/>
+    <n v="87"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="GB01"/>
+    <s v="UK (1)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD475C02"/>
+    <s v="2 rooms"/>
+    <s v="Number"/>
+    <n v="437"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="GB01"/>
+    <s v="UK (1)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD475C03"/>
+    <s v="3 rooms"/>
+    <s v="Number"/>
+    <n v="1306"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="GB01"/>
+    <s v="UK (1)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD475C04"/>
+    <s v="4 rooms"/>
+    <s v="Number"/>
+    <n v="2496"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="GB01"/>
+    <s v="UK (1)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD475C05"/>
+    <s v="5 rooms"/>
+    <s v="Number"/>
+    <n v="5313"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="GB01"/>
+    <s v="UK (1)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD475C06"/>
+    <s v="6 rooms"/>
+    <s v="Number"/>
+    <n v="5361"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="GB01"/>
+    <s v="UK (1)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD475C07"/>
+    <s v="7 rooms"/>
+    <s v="Number"/>
+    <n v="4159"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="GB01"/>
+    <s v="UK (1)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD475C08"/>
+    <s v="8 rooms"/>
+    <s v="Number"/>
+    <n v="2567"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="GB01"/>
+    <s v="UK (1)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD475C09"/>
+    <s v="9 rooms"/>
+    <s v="Number"/>
+    <n v="1269"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="GB01"/>
+    <s v="UK (1)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD475C10"/>
+    <s v="10 or more rooms"/>
+    <s v="Number"/>
+    <n v="1157"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="GB01"/>
+    <s v="UK (1)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD475C11"/>
+    <s v="Not stated"/>
+    <s v="Number"/>
+    <n v="553"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="GB01"/>
+    <s v="UK (1)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD475C12"/>
+    <s v="Total private households"/>
+    <s v="Number"/>
+    <n v="24705"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="GB01"/>
+    <s v="UK (1)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD475C13"/>
+    <s v="Average number of rooms per household"/>
+    <s v="Number"/>
+    <n v="6"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="GB01"/>
+    <s v="UK (1)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD475C14"/>
+    <s v="Average number of persons per room"/>
+    <s v="Number"/>
+    <n v="0.46"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="EU15X02"/>
+    <s v="EU15 excluding Irish and UK"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD475C01"/>
+    <s v="1 room"/>
+    <s v="Number"/>
+    <n v="39"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="EU15X02"/>
+    <s v="EU15 excluding Irish and UK"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD475C02"/>
+    <s v="2 rooms"/>
+    <s v="Number"/>
+    <n v="184"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="EU15X02"/>
+    <s v="EU15 excluding Irish and UK"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD475C03"/>
+    <s v="3 rooms"/>
+    <s v="Number"/>
+    <n v="437"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="EU15X02"/>
+    <s v="EU15 excluding Irish and UK"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD475C04"/>
+    <s v="4 rooms"/>
+    <s v="Number"/>
+    <n v="616"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="EU15X02"/>
+    <s v="EU15 excluding Irish and UK"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD475C05"/>
+    <s v="5 rooms"/>
+    <s v="Number"/>
+    <n v="890"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="EU15X02"/>
+    <s v="EU15 excluding Irish and UK"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD475C06"/>
+    <s v="6 rooms"/>
+    <s v="Number"/>
+    <n v="785"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="EU15X02"/>
+    <s v="EU15 excluding Irish and UK"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD475C07"/>
+    <s v="7 rooms"/>
+    <s v="Number"/>
+    <n v="558"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="EU15X02"/>
+    <s v="EU15 excluding Irish and UK"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD475C08"/>
+    <s v="8 rooms"/>
+    <s v="Number"/>
+    <n v="305"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="EU15X02"/>
+    <s v="EU15 excluding Irish and UK"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD475C09"/>
+    <s v="9 rooms"/>
+    <s v="Number"/>
+    <n v="144"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="EU15X02"/>
+    <s v="EU15 excluding Irish and UK"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD475C10"/>
+    <s v="10 or more rooms"/>
+    <s v="Number"/>
+    <n v="149"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="EU15X02"/>
+    <s v="EU15 excluding Irish and UK"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD475C11"/>
+    <s v="Not stated"/>
+    <s v="Number"/>
+    <n v="109"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="EU15X02"/>
+    <s v="EU15 excluding Irish and UK"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD475C12"/>
+    <s v="Total private households"/>
+    <s v="Number"/>
+    <n v="4216"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="EU15X02"/>
+    <s v="EU15 excluding Irish and UK"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD475C13"/>
+    <s v="Average number of rooms per household"/>
+    <s v="Number"/>
+    <n v="5.4"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="EU15X02"/>
+    <s v="EU15 excluding Irish and UK"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD475C14"/>
+    <s v="Average number of persons per room"/>
+    <s v="Number"/>
+    <n v="0.46"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="LT"/>
+    <s v="Lithuanian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD475C01"/>
+    <s v="1 room"/>
+    <s v="Number"/>
+    <n v="37"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="LT"/>
+    <s v="Lithuanian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD475C02"/>
+    <s v="2 rooms"/>
+    <s v="Number"/>
+    <n v="151"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="LT"/>
+    <s v="Lithuanian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD475C03"/>
+    <s v="3 rooms"/>
+    <s v="Number"/>
+    <n v="289"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="LT"/>
+    <s v="Lithuanian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD475C04"/>
+    <s v="4 rooms"/>
+    <s v="Number"/>
+    <n v="277"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="LT"/>
+    <s v="Lithuanian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD475C05"/>
+    <s v="5 rooms"/>
+    <s v="Number"/>
+    <n v="329"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="LT"/>
+    <s v="Lithuanian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD475C06"/>
+    <s v="6 rooms"/>
+    <s v="Number"/>
+    <n v="209"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="LT"/>
+    <s v="Lithuanian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD475C07"/>
+    <s v="7 rooms"/>
+    <s v="Number"/>
+    <n v="82"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="LT"/>
+    <s v="Lithuanian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD475C08"/>
+    <s v="8 rooms"/>
+    <s v="Number"/>
+    <n v="37"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="LT"/>
+    <s v="Lithuanian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD475C09"/>
+    <s v="9 rooms"/>
+    <s v="Number"/>
+    <n v="8"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="LT"/>
+    <s v="Lithuanian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD475C10"/>
+    <s v="10 or more rooms"/>
+    <s v="Number"/>
+    <n v="9"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="LT"/>
+    <s v="Lithuanian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD475C11"/>
+    <s v="Not stated"/>
+    <s v="Number"/>
+    <n v="72"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="LT"/>
+    <s v="Lithuanian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD475C12"/>
+    <s v="Total private households"/>
+    <s v="Number"/>
+    <n v="1500"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="LT"/>
+    <s v="Lithuanian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD475C13"/>
+    <s v="Average number of rooms per household"/>
+    <s v="Number"/>
+    <n v="4.2"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="LT"/>
+    <s v="Lithuanian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD475C14"/>
+    <s v="Average number of persons per room"/>
+    <s v="Number"/>
+    <n v="0.74"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="PL"/>
+    <s v="Polish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD475C01"/>
+    <s v="1 room"/>
+    <s v="Number"/>
+    <n v="104"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="PL"/>
+    <s v="Polish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD475C02"/>
+    <s v="2 rooms"/>
+    <s v="Number"/>
+    <n v="376"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="PL"/>
+    <s v="Polish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD475C03"/>
+    <s v="3 rooms"/>
+    <s v="Number"/>
+    <n v="780"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="PL"/>
+    <s v="Polish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD475C04"/>
+    <s v="4 rooms"/>
+    <s v="Number"/>
+    <n v="769"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="PL"/>
+    <s v="Polish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD475C05"/>
+    <s v="5 rooms"/>
+    <s v="Number"/>
+    <n v="1068"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="PL"/>
+    <s v="Polish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD475C06"/>
+    <s v="6 rooms"/>
+    <s v="Number"/>
+    <n v="531"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="PL"/>
+    <s v="Polish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD475C07"/>
+    <s v="7 rooms"/>
+    <s v="Number"/>
+    <n v="216"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="PL"/>
+    <s v="Polish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD475C08"/>
+    <s v="8 rooms"/>
+    <s v="Number"/>
+    <n v="92"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="PL"/>
+    <s v="Polish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD475C09"/>
+    <s v="9 rooms"/>
+    <s v="Number"/>
+    <n v="27"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="PL"/>
+    <s v="Polish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD475C10"/>
+    <s v="10 or more rooms"/>
+    <s v="Number"/>
+    <n v="13"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="PL"/>
+    <s v="Polish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD475C11"/>
+    <s v="Not stated"/>
+    <s v="Number"/>
+    <n v="163"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="PL"/>
+    <s v="Polish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD475C12"/>
+    <s v="Total private households"/>
+    <s v="Number"/>
+    <n v="4139"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="PL"/>
+    <s v="Polish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD475C13"/>
+    <s v="Average number of rooms per household"/>
+    <s v="Number"/>
+    <n v="4.2"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="PL"/>
+    <s v="Polish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD475C14"/>
+    <s v="Average number of persons per room"/>
+    <s v="Number"/>
+    <n v="0.7"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="OEUR04"/>
+    <s v="Other European (4)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD475C01"/>
+    <s v="1 room"/>
+    <s v="Number"/>
+    <n v="20"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="OEUR04"/>
+    <s v="Other European (4)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD475C02"/>
+    <s v="2 rooms"/>
+    <s v="Number"/>
+    <n v="59"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="OEUR04"/>
+    <s v="Other European (4)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD475C03"/>
+    <s v="3 rooms"/>
+    <s v="Number"/>
+    <n v="72"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="OEUR04"/>
+    <s v="Other European (4)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD475C04"/>
+    <s v="4 rooms"/>
+    <s v="Number"/>
+    <n v="107"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="OEUR04"/>
+    <s v="Other European (4)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD475C05"/>
+    <s v="5 rooms"/>
+    <s v="Number"/>
+    <n v="133"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="OEUR04"/>
+    <s v="Other European (4)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD475C06"/>
+    <s v="6 rooms"/>
+    <s v="Number"/>
+    <n v="78"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="OEUR04"/>
+    <s v="Other European (4)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD475C07"/>
+    <s v="7 rooms"/>
+    <s v="Number"/>
+    <n v="39"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="OEUR04"/>
+    <s v="Other European (4)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD475C08"/>
+    <s v="8 rooms"/>
+    <s v="Number"/>
+    <n v="26"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="OEUR04"/>
+    <s v="Other European (4)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD475C09"/>
+    <s v="9 rooms"/>
+    <s v="Number"/>
+    <n v="10"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="OEUR04"/>
+    <s v="Other European (4)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD475C10"/>
+    <s v="10 or more rooms"/>
+    <s v="Number"/>
+    <n v="18"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="OEUR04"/>
+    <s v="Other European (4)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD475C11"/>
+    <s v="Not stated"/>
+    <s v="Number"/>
+    <n v="26"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="OEUR04"/>
+    <s v="Other European (4)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD475C12"/>
+    <s v="Total private households"/>
+    <s v="Number"/>
+    <n v="588"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="OEUR04"/>
+    <s v="Other European (4)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD475C13"/>
+    <s v="Average number of rooms per household"/>
+    <s v="Number"/>
+    <n v="4.6"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="OEUR04"/>
+    <s v="Other European (4)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD475C14"/>
+    <s v="Average number of persons per room"/>
+    <s v="Number"/>
+    <n v="0.62"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="ACC12X02"/>
+    <s v="EU15 to EU27 states excluding Polish and Lithuanian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD475C01"/>
+    <s v="1 room"/>
+    <s v="Number"/>
+    <n v="56"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="ACC12X02"/>
+    <s v="EU15 to EU27 states excluding Polish and Lithuanian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD475C02"/>
+    <s v="2 rooms"/>
+    <s v="Number"/>
+    <n v="242"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="ACC12X02"/>
+    <s v="EU15 to EU27 states excluding Polish and Lithuanian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD475C03"/>
+    <s v="3 rooms"/>
+    <s v="Number"/>
+    <n v="425"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="ACC12X02"/>
+    <s v="EU15 to EU27 states excluding Polish and Lithuanian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD475C04"/>
+    <s v="4 rooms"/>
+    <s v="Number"/>
+    <n v="371"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="ACC12X02"/>
+    <s v="EU15 to EU27 states excluding Polish and Lithuanian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD475C05"/>
+    <s v="5 rooms"/>
+    <s v="Number"/>
+    <n v="484"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="ACC12X02"/>
+    <s v="EU15 to EU27 states excluding Polish and Lithuanian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD475C06"/>
+    <s v="6 rooms"/>
+    <s v="Number"/>
+    <n v="243"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="ACC12X02"/>
+    <s v="EU15 to EU27 states excluding Polish and Lithuanian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD475C07"/>
+    <s v="7 rooms"/>
+    <s v="Number"/>
+    <n v="107"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="ACC12X02"/>
+    <s v="EU15 to EU27 states excluding Polish and Lithuanian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD475C08"/>
+    <s v="8 rooms"/>
+    <s v="Number"/>
+    <n v="52"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="ACC12X02"/>
+    <s v="EU15 to EU27 states excluding Polish and Lithuanian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD475C09"/>
+    <s v="9 rooms"/>
+    <s v="Number"/>
+    <n v="14"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="ACC12X02"/>
+    <s v="EU15 to EU27 states excluding Polish and Lithuanian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD475C10"/>
+    <s v="10 or more rooms"/>
+    <s v="Number"/>
+    <n v="19"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="ACC12X02"/>
+    <s v="EU15 to EU27 states excluding Polish and Lithuanian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD475C11"/>
+    <s v="Not stated"/>
+    <s v="Number"/>
+    <n v="111"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="ACC12X02"/>
+    <s v="EU15 to EU27 states excluding Polish and Lithuanian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD475C12"/>
+    <s v="Total private households"/>
+    <s v="Number"/>
+    <n v="2124"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="ACC12X02"/>
+    <s v="EU15 to EU27 states excluding Polish and Lithuanian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD475C13"/>
+    <s v="Average number of rooms per household"/>
+    <s v="Number"/>
+    <n v="4.1"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="ACC12X02"/>
+    <s v="EU15 to EU27 states excluding Polish and Lithuanian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD475C14"/>
+    <s v="Average number of persons per room"/>
+    <s v="Number"/>
+    <n v="0.69"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="AFR01"/>
+    <s v="African (1)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD475C01"/>
+    <s v="1 room"/>
+    <s v="Number"/>
+    <n v="115"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="AFR01"/>
+    <s v="African (1)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD475C02"/>
+    <s v="2 rooms"/>
+    <s v="Number"/>
+    <n v="112"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="AFR01"/>
+    <s v="African (1)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD475C03"/>
+    <s v="3 rooms"/>
+    <s v="Number"/>
+    <n v="172"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="AFR01"/>
+    <s v="African (1)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD475C04"/>
+    <s v="4 rooms"/>
+    <s v="Number"/>
+    <n v="130"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="AFR01"/>
+    <s v="African (1)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD475C05"/>
+    <s v="5 rooms"/>
+    <s v="Number"/>
+    <n v="153"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="AFR01"/>
+    <s v="African (1)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD475C06"/>
+    <s v="6 rooms"/>
+    <s v="Number"/>
+    <n v="114"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="AFR01"/>
+    <s v="African (1)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD475C07"/>
+    <s v="7 rooms"/>
+    <s v="Number"/>
+    <n v="93"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="AFR01"/>
+    <s v="African (1)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD475C08"/>
+    <s v="8 rooms"/>
+    <s v="Number"/>
+    <n v="38"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="AFR01"/>
+    <s v="African (1)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD475C09"/>
+    <s v="9 rooms"/>
+    <s v="Number"/>
+    <n v="16"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="AFR01"/>
+    <s v="African (1)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD475C10"/>
+    <s v="10 or more rooms"/>
+    <s v="Number"/>
+    <n v="17"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="AFR01"/>
+    <s v="African (1)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD475C11"/>
+    <s v="Not stated"/>
+    <s v="Number"/>
+    <n v="105"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="AFR01"/>
+    <s v="African (1)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD475C12"/>
+    <s v="Total private households"/>
+    <s v="Number"/>
+    <n v="1065"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="AFR01"/>
+    <s v="African (1)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD475C13"/>
+    <s v="Average number of rooms per household"/>
+    <s v="Number"/>
+    <n v="3.9"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="AFR01"/>
+    <s v="African (1)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD475C14"/>
+    <s v="Average number of persons per room"/>
+    <s v="Number"/>
+    <n v="0.87"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="AS01"/>
+    <s v="Asian (1)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD475C01"/>
+    <s v="1 room"/>
+    <s v="Number"/>
+    <n v="54"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="AS01"/>
+    <s v="Asian (1)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD475C02"/>
+    <s v="2 rooms"/>
+    <s v="Number"/>
+    <n v="152"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="AS01"/>
+    <s v="Asian (1)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD475C03"/>
+    <s v="3 rooms"/>
+    <s v="Number"/>
+    <n v="236"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="AS01"/>
+    <s v="Asian (1)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD475C04"/>
+    <s v="4 rooms"/>
+    <s v="Number"/>
+    <n v="171"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="AS01"/>
+    <s v="Asian (1)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD475C05"/>
+    <s v="5 rooms"/>
+    <s v="Number"/>
+    <n v="207"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="AS01"/>
+    <s v="Asian (1)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD475C06"/>
+    <s v="6 rooms"/>
+    <s v="Number"/>
+    <n v="122"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="AS01"/>
+    <s v="Asian (1)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD475C07"/>
+    <s v="7 rooms"/>
+    <s v="Number"/>
+    <n v="48"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="AS01"/>
+    <s v="Asian (1)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD475C08"/>
+    <s v="8 rooms"/>
+    <s v="Number"/>
+    <n v="25"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="AS01"/>
+    <s v="Asian (1)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD475C09"/>
+    <s v="9 rooms"/>
+    <s v="Number"/>
+    <n v="8"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="AS01"/>
+    <s v="Asian (1)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD475C10"/>
+    <s v="10 or more rooms"/>
+    <s v="Number"/>
+    <n v="6"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="AS01"/>
+    <s v="Asian (1)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD475C11"/>
+    <s v="Not stated"/>
+    <s v="Number"/>
+    <n v="84"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="AS01"/>
+    <s v="Asian (1)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD475C12"/>
+    <s v="Total private households"/>
+    <s v="Number"/>
+    <n v="1113"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="AS01"/>
+    <s v="Asian (1)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD475C13"/>
+    <s v="Average number of rooms per household"/>
+    <s v="Number"/>
+    <n v="3.8"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="AS01"/>
+    <s v="Asian (1)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD475C14"/>
+    <s v="Average number of persons per room"/>
+    <s v="Number"/>
+    <n v="0.82"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="AM01"/>
+    <s v="American (1)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD475C01"/>
+    <s v="1 room"/>
+    <s v="Number"/>
+    <n v="15"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="AM01"/>
+    <s v="American (1)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD475C02"/>
+    <s v="2 rooms"/>
+    <s v="Number"/>
+    <n v="54"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="AM01"/>
+    <s v="American (1)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD475C03"/>
+    <s v="3 rooms"/>
+    <s v="Number"/>
+    <n v="111"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="AM01"/>
+    <s v="American (1)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD475C04"/>
+    <s v="4 rooms"/>
+    <s v="Number"/>
+    <n v="153"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="AM01"/>
+    <s v="American (1)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD475C05"/>
+    <s v="5 rooms"/>
+    <s v="Number"/>
+    <n v="268"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="AM01"/>
+    <s v="American (1)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD475C06"/>
+    <s v="6 rooms"/>
+    <s v="Number"/>
+    <n v="313"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="AM01"/>
+    <s v="American (1)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD475C07"/>
+    <s v="7 rooms"/>
+    <s v="Number"/>
+    <n v="222"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="AM01"/>
+    <s v="American (1)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD475C08"/>
+    <s v="8 rooms"/>
+    <s v="Number"/>
+    <n v="185"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="AM01"/>
+    <s v="American (1)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD475C09"/>
+    <s v="9 rooms"/>
+    <s v="Number"/>
+    <n v="106"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="AM01"/>
+    <s v="American (1)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD475C10"/>
+    <s v="10 or more rooms"/>
+    <s v="Number"/>
+    <n v="76"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="AM01"/>
+    <s v="American (1)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD475C11"/>
+    <s v="Not stated"/>
+    <s v="Number"/>
+    <n v="70"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="AM01"/>
+    <s v="American (1)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD475C12"/>
+    <s v="Total private households"/>
+    <s v="Number"/>
+    <n v="1573"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="AM01"/>
+    <s v="American (1)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD475C13"/>
+    <s v="Average number of rooms per household"/>
+    <s v="Number"/>
+    <n v="5.8"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="AM01"/>
+    <s v="American (1)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD475C14"/>
+    <s v="Average number of persons per room"/>
+    <s v="Number"/>
+    <n v="0.5"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="ON14"/>
+    <s v="Other nationalities (14)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD475C01"/>
+    <s v="1 room"/>
+    <s v="Number"/>
+    <n v="13"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="ON14"/>
+    <s v="Other nationalities (14)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD475C02"/>
+    <s v="2 rooms"/>
+    <s v="Number"/>
+    <n v="20"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="ON14"/>
+    <s v="Other nationalities (14)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD475C03"/>
+    <s v="3 rooms"/>
+    <s v="Number"/>
+    <n v="63"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="ON14"/>
+    <s v="Other nationalities (14)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD475C04"/>
+    <s v="4 rooms"/>
+    <s v="Number"/>
+    <n v="75"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="ON14"/>
+    <s v="Other nationalities (14)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD475C05"/>
+    <s v="5 rooms"/>
+    <s v="Number"/>
+    <n v="145"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="ON14"/>
+    <s v="Other nationalities (14)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD475C06"/>
+    <s v="6 rooms"/>
+    <s v="Number"/>
+    <n v="155"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="ON14"/>
+    <s v="Other nationalities (14)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD475C07"/>
+    <s v="7 rooms"/>
+    <s v="Number"/>
+    <n v="110"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="ON14"/>
+    <s v="Other nationalities (14)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD475C08"/>
+    <s v="8 rooms"/>
+    <s v="Number"/>
+    <n v="110"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="ON14"/>
+    <s v="Other nationalities (14)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD475C09"/>
+    <s v="9 rooms"/>
+    <s v="Number"/>
+    <n v="40"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="ON14"/>
+    <s v="Other nationalities (14)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD475C10"/>
+    <s v="10 or more rooms"/>
+    <s v="Number"/>
+    <n v="31"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="ON14"/>
+    <s v="Other nationalities (14)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD475C11"/>
+    <s v="Not stated"/>
+    <s v="Number"/>
+    <n v="38"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="ON14"/>
+    <s v="Other nationalities (14)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD475C12"/>
+    <s v="Total private households"/>
+    <s v="Number"/>
+    <n v="800"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="ON14"/>
+    <s v="Other nationalities (14)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD475C13"/>
+    <s v="Average number of rooms per household"/>
+    <s v="Number"/>
+    <n v="5.7"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="ON14"/>
+    <s v="Other nationalities (14)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD475C14"/>
+    <s v="Average number of persons per room"/>
+    <s v="Number"/>
+    <n v="0.53"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="ZZ20"/>
+    <s v="Multi nationality, no nationality and not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD475C01"/>
+    <s v="1 room"/>
+    <s v="Number"/>
+    <n v="44"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="ZZ20"/>
+    <s v="Multi nationality, no nationality and not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD475C02"/>
+    <s v="2 rooms"/>
+    <s v="Number"/>
+    <n v="162"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="ZZ20"/>
+    <s v="Multi nationality, no nationality and not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD475C03"/>
+    <s v="3 rooms"/>
+    <s v="Number"/>
+    <n v="489"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="ZZ20"/>
+    <s v="Multi nationality, no nationality and not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD475C04"/>
+    <s v="4 rooms"/>
+    <s v="Number"/>
+    <n v="667"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="ZZ20"/>
+    <s v="Multi nationality, no nationality and not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD475C05"/>
+    <s v="5 rooms"/>
+    <s v="Number"/>
+    <n v="1042"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="ZZ20"/>
+    <s v="Multi nationality, no nationality and not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD475C06"/>
+    <s v="6 rooms"/>
+    <s v="Number"/>
+    <n v="1046"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="ZZ20"/>
+    <s v="Multi nationality, no nationality and not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD475C07"/>
+    <s v="7 rooms"/>
+    <s v="Number"/>
+    <n v="799"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="ZZ20"/>
+    <s v="Multi nationality, no nationality and not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD475C08"/>
+    <s v="8 rooms"/>
+    <s v="Number"/>
+    <n v="544"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="ZZ20"/>
+    <s v="Multi nationality, no nationality and not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD475C09"/>
+    <s v="9 rooms"/>
+    <s v="Number"/>
+    <n v="264"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="ZZ20"/>
+    <s v="Multi nationality, no nationality and not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD475C10"/>
+    <s v="10 or more rooms"/>
+    <s v="Number"/>
+    <n v="262"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="ZZ20"/>
+    <s v="Multi nationality, no nationality and not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD475C11"/>
+    <s v="Not stated"/>
+    <s v="Number"/>
+    <n v="1261"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="ZZ20"/>
+    <s v="Multi nationality, no nationality and not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD475C12"/>
+    <s v="Total private households"/>
+    <s v="Number"/>
+    <n v="6580"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="ZZ20"/>
+    <s v="Multi nationality, no nationality and not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD475C13"/>
+    <s v="Average number of rooms per household"/>
+    <s v="Number"/>
+    <n v="4.7"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="ZZ20"/>
+    <s v="Multi nationality, no nationality and not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD475C14"/>
+    <s v="Average number of persons per room"/>
+    <s v="Number"/>
+    <n v="0.53"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="-"/>
+    <s v="All nationalities"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD475C01"/>
+    <s v="1 room"/>
+    <s v="Number"/>
+    <n v="2587"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="-"/>
+    <s v="All nationalities"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD475C02"/>
+    <s v="2 rooms"/>
+    <s v="Number"/>
+    <n v="11703"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="-"/>
+    <s v="All nationalities"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD475C03"/>
+    <s v="3 rooms"/>
+    <s v="Number"/>
+    <n v="33311"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="-"/>
+    <s v="All nationalities"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD475C04"/>
+    <s v="4 rooms"/>
+    <s v="Number"/>
+    <n v="52527"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="-"/>
+    <s v="All nationalities"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD475C05"/>
+    <s v="5 rooms"/>
+    <s v="Number"/>
+    <n v="114694"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="-"/>
+    <s v="All nationalities"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD475C06"/>
+    <s v="6 rooms"/>
+    <s v="Number"/>
+    <n v="122191"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="-"/>
+    <s v="All nationalities"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD475C07"/>
+    <s v="7 rooms"/>
+    <s v="Number"/>
+    <n v="106452"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="-"/>
+    <s v="All nationalities"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD475C08"/>
+    <s v="8 rooms"/>
+    <s v="Number"/>
+    <n v="71407"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="-"/>
+    <s v="All nationalities"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD475C09"/>
+    <s v="9 rooms"/>
+    <s v="Number"/>
+    <n v="34120"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="-"/>
+    <s v="All nationalities"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD475C10"/>
+    <s v="10 or more rooms"/>
+    <s v="Number"/>
+    <n v="28101"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="-"/>
+    <s v="All nationalities"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD475C11"/>
+    <s v="Not stated"/>
+    <s v="Number"/>
+    <n v="22242"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="-"/>
+    <s v="All nationalities"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD475C12"/>
+    <s v="Total private households"/>
+    <s v="Number"/>
+    <n v="599335"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="-"/>
+    <s v="All nationalities"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD475C13"/>
+    <s v="Average number of rooms per household"/>
+    <s v="Number"/>
+    <n v="6"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="-"/>
+    <s v="All nationalities"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD475C14"/>
+    <s v="Average number of persons per room"/>
+    <s v="Number"/>
+    <n v="0.48"/>
+  </r>
+</pivotCacheRecords>
 </file>