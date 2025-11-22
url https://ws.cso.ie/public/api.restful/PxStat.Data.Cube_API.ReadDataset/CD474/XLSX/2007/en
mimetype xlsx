--- v0 (2025-10-05)
+++ v1 (2025-11-22)
@@ -1,48 +1,48 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/pivotCache/pivotCacheDefinition1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheDefinition+xml"/>
   <Override PartName="/pivotCache/pivotCacheRecords1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheRecords+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/pivotTables/pivotTable.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb14c380475854958" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/a56aea9e31794094be42c0e5a0051aa8.psmdcp" Id="Rdc23d3a712e745e8" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R737896cec1284b3c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/db01cf5928bd43489ef49ecb23508c52.psmdcp" Id="R216011dfeea34595" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="About" sheetId="2" r:id="rId2"/>
     <x:sheet name="Unpivoted" sheetId="9" r:id="rId9"/>
     <x:sheet name="Pivoted" sheetId="11" r:id="rId11"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
   <x:pivotCaches>
     <x:pivotCache cacheId="0" r:id="rId12"/>
   </x:pivotCaches>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Table</x:t>