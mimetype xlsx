--- v1 (2025-11-22)
+++ v2 (2026-03-06)
@@ -1,97 +1,97 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/pivotCache/pivotCacheDefinition1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheDefinition+xml"/>
   <Override PartName="/pivotCache/pivotCacheRecords1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheRecords+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/pivotTables/pivotTable.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R737896cec1284b3c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/db01cf5928bd43489ef49ecb23508c52.psmdcp" Id="R216011dfeea34595" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3c36d18d8e6b4e76" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/5e860000add54a27a81254c876289104.psmdcp" Id="R5ae4fbc6d9d94f7e" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
-    <x:sheet name="About" sheetId="2" r:id="rId2"/>
-[...1 lines deleted...]
-    <x:sheet name="Pivoted" sheetId="11" r:id="rId11"/>
+    <x:sheet name="About" sheetId="1" r:id="rId2"/>
+    <x:sheet name="Unpivoted" sheetId="2" r:id="rId9"/>
+    <x:sheet name="Pivoted" sheetId="3" r:id="rId11"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
   <x:pivotCaches>
     <x:pivotCache cacheId="0" r:id="rId12"/>
   </x:pivotCaches>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Table</x:t>
   </x:si>
   <x:si>
     <x:t>Code</x:t>
   </x:si>
   <x:si>
     <x:t>CD474</x:t>
   </x:si>
   <x:si>
     <x:t>Name</x:t>
   </x:si>
   <x:si>
     <x:t>Private Households in Permanent Housing Units by Average Number of Rooms per Household and Persons per Room</x:t>
   </x:si>
   <x:si>
     <x:t>Frequency</x:t>
   </x:si>
   <x:si>
     <x:t>Annual</x:t>
   </x:si>
   <x:si>
     <x:t>Last Updated</x:t>
   </x:si>
   <x:si>
-    <x:t>5/19/2020 11:00:00 AM</x:t>
+    <x:t>19/05/2020 11:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Note</x:t>
   </x:si>
   <x:si>
     <x:t>Url</x:t>
   </x:si>
   <x:si>
     <x:t>https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/CD474/XLSX/2007/en</x:t>
   </x:si>
   <x:si>
     <x:t>Product</x:t>
   </x:si>
   <x:si>
     <x:t>C2011P4</x:t>
   </x:si>
   <x:si>
     <x:t>Profile 4 - The Roof Over Our Heads - Housing in Ireland</x:t>
   </x:si>
   <x:si>
     <x:t>Contacts</x:t>
   </x:si>
   <x:si>
     <x:t>Bernie Casey</x:t>
   </x:si>
@@ -520,379 +520,168 @@
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip r:embed="rId8" cstate="print"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="3971925" cy="1381125"/>
         </a:xfrm>
         <a:prstGeom prst="rect"/>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/pivotTables/_rels/pivotTable.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheDefinition" Target="/pivotCache/pivotCacheDefinition1.xml" Id="rId17" /></Relationships>
 </file>
 
 <file path=xl/pivotTables/pivotTable.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotTableDefinition xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" dataCaption="Values" showError="0" missingCaption="" showMissing="1" pageWrap="0" pageOverThenDown="0" rowGrandTotals="0" colGrandTotals="0" indent="1">
-[...327 lines deleted...]
-</x:pivotTableDefinition>
+<pivotTableDefinition xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" applyNumberFormats="0" applyBorderFormats="0" applyFontFormats="0" applyPatternFormats="0" applyAlignmentFormats="0" applyWidthHeightFormats="0" dataCaption="Values" rowGrandTotals="0" colGrandTotals="0" outline="1">
+  <location ref="A1" firstHeaderRow="0" firstDataRow="0" firstDataCol="0"/>
+  <pivotFields count="10">
+    <pivotField name="C02701V03269" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="3">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+      </items>
+    </pivotField>
+    <pivotField name="Aggregate Town or Rural Area" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="3">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+      </items>
+    </pivotField>
+    <pivotField name="C02699V03267" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="12">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+        <item x="11"/>
+      </items>
+    </pivotField>
+    <pivotField name="Nature of Occupancy" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="12">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+        <item x="11"/>
+      </items>
+    </pivotField>
+    <pivotField name="TLIST(A1)" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="CensusYear" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="STATISTIC" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="14">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+        <item x="11"/>
+        <item x="12"/>
+        <item x="13"/>
+      </items>
+    </pivotField>
+    <pivotField name="Statistic Label" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="14">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+        <item x="11"/>
+        <item x="12"/>
+        <item x="13"/>
+      </items>
+    </pivotField>
+    <pivotField showAll="0"/>
+    <pivotField dataField="1" showAll="0"/>
+  </pivotFields>
+  <rowFields count="8">
+    <field x="0"/>
+    <field x="1"/>
+    <field x="2"/>
+    <field x="3"/>
+    <field x="4"/>
+    <field x="5"/>
+    <field x="6"/>
+    <field x="7"/>
+  </rowFields>
+  <dataFields count="1">
+    <dataField name="VALUE" fld="9"/>
+  </dataFields>
+  <pivotTableStyleInfo name="PivotStyleLight16" showRowHeaders="1" showColHeaders="1"/>
+  <extLst>
+    <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{962EF5D1-5CA2-4c93-8EF4-DBF5C05439D2}">
+      <x14:pivotTableDefinition enableEdit="0" hideValuesRow="1"/>
+    </ext>
+  </extLst>
+</pivotTableDefinition>
 </file>
 
 <file path=xl/tables/table1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:table xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="1" name="Unpivoted" displayName="Unpivoted" ref="A1:J505" totalsRowShown="0">
   <x:autoFilter ref="A1:J505"/>
   <x:tableColumns count="10">
     <x:tableColumn id="1" name="C02701V03269"/>
     <x:tableColumn id="2" name="Aggregate Town or Rural Area"/>
     <x:tableColumn id="3" name="C02699V03267"/>
     <x:tableColumn id="4" name="Nature of Occupancy"/>
     <x:tableColumn id="5" name="TLIST(A1)"/>
     <x:tableColumn id="6" name="CensusYear"/>
     <x:tableColumn id="7" name="STATISTIC"/>
     <x:tableColumn id="8" name="Statistic Label"/>
     <x:tableColumn id="9" name="UNIT"/>
     <x:tableColumn id="10" name="VALUE"/>
   </x:tableColumns>
   <x:tableStyleInfo name="TableStyleMedium2" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </x:table>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
@@ -1163,51 +952,51 @@
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="/xl/drawings/drawing1.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/CD474/XLSX/2007/en" TargetMode="External" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cso.ie/" TargetMode="External" Id="rId14" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="/xl/tables/table1.xml" Id="rId15" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet3.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotTable" Target="/xl/pivotTables/pivotTable.xml" Id="rId16" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:B39"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="20.710625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="100.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="8" spans="1:2">
       <x:c r="A8" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B8" s="2"/>
     </x:row>
     <x:row r="9" spans="1:2">
       <x:c r="A9" s="3" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="B9" s="0" t="s">
         <x:v>2</x:v>
@@ -1394,51 +1183,51 @@
       </x:c>
     </x:row>
     <x:row r="39" spans="1:2">
       <x:c r="A39" s="3" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B39" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:hyperlinks>
     <x:hyperlink ref="B14" r:id="rId13"/>
     <x:hyperlink ref="B28" r:id="rId14"/>
   </x:hyperlinks>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:drawing xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId7"/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:J505"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="16.139196" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="29.853482" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="16.139196" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="46.710625" style="0" customWidth="1"/>
     <x:col min="5" max="5" width="11.282054" style="0" customWidth="1"/>
     <x:col min="6" max="6" width="13.424911" style="0" customWidth="1"/>
     <x:col min="7" max="7" width="11.996339" style="0" customWidth="1"/>
     <x:col min="8" max="8" width="38.139196" style="0" customWidth="1"/>
     <x:col min="9" max="9" width="8.282054" style="0" customWidth="1"/>
     <x:col min="10" max="10" width="8.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:10">
       <x:c r="A1" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
@@ -17588,51 +17377,51 @@
       <x:c r="G505" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="H505" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="I505" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J505" s="0">
         <x:v>34120</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="1">
     <x:tablePart r:id="rId15"/>
   </x:tableParts>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:sheetData/>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Application>Microsoft Excel</ap:Application>
   <ap:TitlesOfParts>
     <vt:vector baseType="lpstr" size="9">
       <vt:lpstr>About</vt:lpstr>
       <vt:lpstr>Unpivoted</vt:lpstr>
       <vt:lpstr>Pivoted</vt:lpstr>
@@ -17649,51 +17438,51 @@
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>3</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Named Ranges</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>6</vt:i4>
       </vt:variant>
     </vt:vector>
   </ap:HeadingPairs>
   <ap:DocSecurity>0</ap:DocSecurity>
   <ap:ScaleCrop>false</ap:ScaleCrop>
 </ap:Properties>
 </file>
 
 <file path=pivotCache/_rels/pivotCacheDefinition1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheRecords" Target="/pivotCache/pivotCacheRecords1.xml" Id="rId1" /></Relationships>
 </file>
 
 <file path=pivotCache/pivotCacheDefinition1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:pivotCacheDefinition xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" r:id="rId1" saveData="1" refreshOnLoad="1" createdVersion="5" refreshedVersion="5" minRefreshableVersion="3">
   <x:cacheSource type="worksheet">
-    <x:worksheetSource ref="A1:J505" sheet="Unpivoted"/>
+    <x:worksheetSource name="Unpivoted"/>
   </x:cacheSource>
   <x:cacheFields>
     <x:cacheField name="C02701V03269">
       <x:sharedItems count="3">
         <x:s v="-01"/>
         <x:s v="06"/>
         <x:s v="01"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="Aggregate Town or Rural Area">
       <x:sharedItems count="3">
         <x:s v="State"/>
         <x:s v="Aggregate Town Area"/>
         <x:s v="Aggregate Rural Area"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="C02699V03267">
       <x:sharedItems count="12">
         <x:s v="02"/>
         <x:s v="01"/>
         <x:s v="-1"/>
         <x:s v="05A"/>
         <x:s v="04"/>
         <x:s v="05"/>
         <x:s v="10"/>
@@ -18189,27 +17978,6076 @@
         <x:n v="4225"/>
         <x:n v="8437"/>
         <x:n v="2.8"/>
         <x:n v="0.88"/>
         <x:n v="159"/>
         <x:n v="2587"/>
         <x:n v="11703"/>
         <x:n v="33311"/>
         <x:n v="52527"/>
         <x:n v="114694"/>
         <x:n v="122191"/>
         <x:n v="106452"/>
         <x:n v="71407"/>
         <x:n v="28101"/>
         <x:n v="22242"/>
         <x:n v="599335"/>
         <x:n v="0.48"/>
         <x:n v="34120"/>
       </x:sharedItems>
     </x:cacheField>
   </x:cacheFields>
 </x:pivotCacheDefinition>
 </file>
 
 <file path=pivotCache/pivotCacheRecords1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main"/>
+<pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="xr">
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="02"/>
+    <s v="Owner occupied without loan or mortgage"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD474C01"/>
+    <s v="1 room"/>
+    <s v="Number"/>
+    <n v="1381"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="02"/>
+    <s v="Owner occupied without loan or mortgage"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD474C02"/>
+    <s v="2 rooms"/>
+    <s v="Number"/>
+    <n v="6702"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="02"/>
+    <s v="Owner occupied without loan or mortgage"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD474C03"/>
+    <s v="3 rooms"/>
+    <s v="Number"/>
+    <n v="24697"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="02"/>
+    <s v="Owner occupied without loan or mortgage"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD474C04"/>
+    <s v="4 rooms"/>
+    <s v="Number"/>
+    <n v="50947"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="02"/>
+    <s v="Owner occupied without loan or mortgage"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD474C05"/>
+    <s v="5 rooms"/>
+    <s v="Number"/>
+    <n v="123270"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="02"/>
+    <s v="Owner occupied without loan or mortgage"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD474C06"/>
+    <s v="6 rooms"/>
+    <s v="Number"/>
+    <n v="131553"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="02"/>
+    <s v="Owner occupied without loan or mortgage"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD474C07"/>
+    <s v="7 rooms"/>
+    <s v="Number"/>
+    <n v="99446"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="02"/>
+    <s v="Owner occupied without loan or mortgage"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD474C08"/>
+    <s v="8 rooms"/>
+    <s v="Number"/>
+    <n v="60874"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="02"/>
+    <s v="Owner occupied without loan or mortgage"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD474C10"/>
+    <s v="10 or more rooms"/>
+    <s v="Number"/>
+    <n v="20703"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="02"/>
+    <s v="Owner occupied without loan or mortgage"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD474C11"/>
+    <s v="Not stated"/>
+    <s v="Number"/>
+    <n v="21417"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="02"/>
+    <s v="Owner occupied without loan or mortgage"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD474C12"/>
+    <s v="Total private households"/>
+    <s v="Number"/>
+    <n v="566776"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="02"/>
+    <s v="Owner occupied without loan or mortgage"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD474C13"/>
+    <s v="Average number of rooms per household"/>
+    <s v="Number"/>
+    <n v="5.9"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="02"/>
+    <s v="Owner occupied without loan or mortgage"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD474C14"/>
+    <s v="Average number of persons per room"/>
+    <s v="Number"/>
+    <n v="0.4"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="02"/>
+    <s v="Owner occupied without loan or mortgage"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD474C09"/>
+    <s v="9 rooms"/>
+    <s v="Number"/>
+    <n v="25786"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="01"/>
+    <s v="Owner occupied with loan or mortgage"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD474C01"/>
+    <s v="1 room"/>
+    <s v="Number"/>
+    <n v="1302"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="01"/>
+    <s v="Owner occupied with loan or mortgage"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD474C02"/>
+    <s v="2 rooms"/>
+    <s v="Number"/>
+    <n v="8517"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="01"/>
+    <s v="Owner occupied with loan or mortgage"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD474C03"/>
+    <s v="3 rooms"/>
+    <s v="Number"/>
+    <n v="31857"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="01"/>
+    <s v="Owner occupied with loan or mortgage"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD474C04"/>
+    <s v="4 rooms"/>
+    <s v="Number"/>
+    <n v="43425"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="01"/>
+    <s v="Owner occupied with loan or mortgage"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD474C05"/>
+    <s v="5 rooms"/>
+    <s v="Number"/>
+    <n v="136476"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="01"/>
+    <s v="Owner occupied with loan or mortgage"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD474C06"/>
+    <s v="6 rooms"/>
+    <s v="Number"/>
+    <n v="119028"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="01"/>
+    <s v="Owner occupied with loan or mortgage"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD474C07"/>
+    <s v="7 rooms"/>
+    <s v="Number"/>
+    <n v="103881"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="01"/>
+    <s v="Owner occupied with loan or mortgage"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD474C08"/>
+    <s v="8 rooms"/>
+    <s v="Number"/>
+    <n v="70856"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="01"/>
+    <s v="Owner occupied with loan or mortgage"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD474C10"/>
+    <s v="10 or more rooms"/>
+    <s v="Number"/>
+    <n v="23084"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="01"/>
+    <s v="Owner occupied with loan or mortgage"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD474C11"/>
+    <s v="Not stated"/>
+    <s v="Number"/>
+    <n v="12684"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="01"/>
+    <s v="Owner occupied with loan or mortgage"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD474C12"/>
+    <s v="Total private households"/>
+    <s v="Number"/>
+    <n v="583148"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="01"/>
+    <s v="Owner occupied with loan or mortgage"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD474C13"/>
+    <s v="Average number of rooms per household"/>
+    <s v="Number"/>
+    <n v="6"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="01"/>
+    <s v="Owner occupied with loan or mortgage"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD474C14"/>
+    <s v="Average number of persons per room"/>
+    <s v="Number"/>
+    <n v="0.54"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="01"/>
+    <s v="Owner occupied with loan or mortgage"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD474C09"/>
+    <s v="9 rooms"/>
+    <s v="Number"/>
+    <n v="32038"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="-1"/>
+    <s v="Rented"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD474C01"/>
+    <s v="1 room"/>
+    <s v="Number"/>
+    <n v="20142"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="-1"/>
+    <s v="Rented"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD474C02"/>
+    <s v="2 rooms"/>
+    <s v="Number"/>
+    <n v="62606"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="-1"/>
+    <s v="Rented"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD474C03"/>
+    <s v="3 rooms"/>
+    <s v="Number"/>
+    <n v="99095"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="-1"/>
+    <s v="Rented"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD474C04"/>
+    <s v="4 rooms"/>
+    <s v="Number"/>
+    <n v="78698"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="-1"/>
+    <s v="Rented"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD474C05"/>
+    <s v="5 rooms"/>
+    <s v="Number"/>
+    <n v="118508"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="-1"/>
+    <s v="Rented"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD474C06"/>
+    <s v="6 rooms"/>
+    <s v="Number"/>
+    <n v="47507"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="-1"/>
+    <s v="Rented"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD474C07"/>
+    <s v="7 rooms"/>
+    <s v="Number"/>
+    <n v="19522"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="-1"/>
+    <s v="Rented"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD474C08"/>
+    <s v="8 rooms"/>
+    <s v="Number"/>
+    <n v="8127"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="-1"/>
+    <s v="Rented"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD474C10"/>
+    <s v="10 or more rooms"/>
+    <s v="Number"/>
+    <n v="1865"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="-1"/>
+    <s v="Rented"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD474C11"/>
+    <s v="Not stated"/>
+    <s v="Number"/>
+    <n v="16088"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="-1"/>
+    <s v="Rented"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD474C12"/>
+    <s v="Total private households"/>
+    <s v="Number"/>
+    <n v="474788"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="-1"/>
+    <s v="Rented"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD474C13"/>
+    <s v="Average number of rooms per household"/>
+    <s v="Number"/>
+    <n v="4"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="-1"/>
+    <s v="Rented"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD474C14"/>
+    <s v="Average number of persons per room"/>
+    <s v="Number"/>
+    <n v="0.64"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="-1"/>
+    <s v="Rented"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD474C09"/>
+    <s v="9 rooms"/>
+    <s v="Number"/>
+    <n v="2630"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="05A"/>
+    <s v="Rented from private landlord"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD474C01"/>
+    <s v="1 room"/>
+    <s v="Number"/>
+    <n v="15317"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="05A"/>
+    <s v="Rented from private landlord"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD474C02"/>
+    <s v="2 rooms"/>
+    <s v="Number"/>
+    <n v="44048"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="05A"/>
+    <s v="Rented from private landlord"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD474C03"/>
+    <s v="3 rooms"/>
+    <s v="Number"/>
+    <n v="66978"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="05A"/>
+    <s v="Rented from private landlord"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD474C04"/>
+    <s v="4 rooms"/>
+    <s v="Number"/>
+    <n v="50758"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="05A"/>
+    <s v="Rented from private landlord"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD474C05"/>
+    <s v="5 rooms"/>
+    <s v="Number"/>
+    <n v="62184"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="05A"/>
+    <s v="Rented from private landlord"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD474C06"/>
+    <s v="6 rooms"/>
+    <s v="Number"/>
+    <n v="32549"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="05A"/>
+    <s v="Rented from private landlord"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD474C07"/>
+    <s v="7 rooms"/>
+    <s v="Number"/>
+    <n v="15101"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="05A"/>
+    <s v="Rented from private landlord"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD474C08"/>
+    <s v="8 rooms"/>
+    <s v="Number"/>
+    <n v="6124"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="05A"/>
+    <s v="Rented from private landlord"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD474C10"/>
+    <s v="10 or more rooms"/>
+    <s v="Number"/>
+    <n v="1262"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="05A"/>
+    <s v="Rented from private landlord"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD474C11"/>
+    <s v="Not stated"/>
+    <s v="Number"/>
+    <n v="9103"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="05A"/>
+    <s v="Rented from private landlord"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD474C12"/>
+    <s v="Total private households"/>
+    <s v="Number"/>
+    <n v="305377"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="05A"/>
+    <s v="Rented from private landlord"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD474C13"/>
+    <s v="Average number of rooms per household"/>
+    <s v="Number"/>
+    <n v="3.9"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="05A"/>
+    <s v="Rented from private landlord"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD474C14"/>
+    <s v="Average number of persons per room"/>
+    <s v="Number"/>
+    <n v="0.64"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="05A"/>
+    <s v="Rented from private landlord"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD474C09"/>
+    <s v="9 rooms"/>
+    <s v="Number"/>
+    <n v="1953"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD474C01"/>
+    <s v="1 room"/>
+    <s v="Number"/>
+    <n v="3599"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD474C02"/>
+    <s v="2 rooms"/>
+    <s v="Number"/>
+    <n v="13662"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD474C03"/>
+    <s v="3 rooms"/>
+    <s v="Number"/>
+    <n v="25039"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD474C04"/>
+    <s v="4 rooms"/>
+    <s v="Number"/>
+    <n v="21322"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD474C05"/>
+    <s v="5 rooms"/>
+    <s v="Number"/>
+    <n v="47457"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD474C06"/>
+    <s v="6 rooms"/>
+    <s v="Number"/>
+    <n v="9987"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD474C07"/>
+    <s v="7 rooms"/>
+    <s v="Number"/>
+    <n v="1887"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD474C08"/>
+    <s v="8 rooms"/>
+    <s v="Number"/>
+    <n v="579"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD474C10"/>
+    <s v="10 or more rooms"/>
+    <s v="Number"/>
+    <n v="80"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD474C11"/>
+    <s v="Not stated"/>
+    <s v="Number"/>
+    <n v="5293"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD474C12"/>
+    <s v="Total private households"/>
+    <s v="Number"/>
+    <n v="129033"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD474C13"/>
+    <s v="Average number of rooms per household"/>
+    <s v="Number"/>
+    <n v="3.9"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD474C14"/>
+    <s v="Average number of persons per room"/>
+    <s v="Number"/>
+    <n v="0.7"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD474C09"/>
+    <s v="9 rooms"/>
+    <s v="Number"/>
+    <n v="128"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD474C01"/>
+    <s v="1 room"/>
+    <s v="Number"/>
+    <n v="695"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD474C02"/>
+    <s v="2 rooms"/>
+    <s v="Number"/>
+    <n v="3205"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD474C03"/>
+    <s v="3 rooms"/>
+    <s v="Number"/>
+    <n v="3769"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD474C04"/>
+    <s v="4 rooms"/>
+    <s v="Number"/>
+    <n v="2316"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD474C05"/>
+    <s v="5 rooms"/>
+    <s v="Number"/>
+    <n v="3418"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD474C06"/>
+    <s v="6 rooms"/>
+    <s v="Number"/>
+    <n v="598"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD474C07"/>
+    <s v="7 rooms"/>
+    <s v="Number"/>
+    <n v="205"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD474C08"/>
+    <s v="8 rooms"/>
+    <s v="Number"/>
+    <n v="96"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD474C10"/>
+    <s v="10 or more rooms"/>
+    <s v="Number"/>
+    <n v="37"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD474C11"/>
+    <s v="Not stated"/>
+    <s v="Number"/>
+    <n v="571"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD474C12"/>
+    <s v="Total private households"/>
+    <s v="Number"/>
+    <n v="14942"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD474C13"/>
+    <s v="Average number of rooms per household"/>
+    <s v="Number"/>
+    <n v="3.4"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD474C14"/>
+    <s v="Average number of persons per room"/>
+    <s v="Number"/>
+    <n v="0.67"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD474C09"/>
+    <s v="9 rooms"/>
+    <s v="Number"/>
+    <n v="32"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="10"/>
+    <s v="Occupied free of rent from private landlord"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD474C01"/>
+    <s v="1 room"/>
+    <s v="Number"/>
+    <n v="222"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="10"/>
+    <s v="Occupied free of rent from private landlord"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD474C02"/>
+    <s v="2 rooms"/>
+    <s v="Number"/>
+    <n v="591"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="10"/>
+    <s v="Occupied free of rent from private landlord"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD474C03"/>
+    <s v="3 rooms"/>
+    <s v="Number"/>
+    <n v="1149"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="10"/>
+    <s v="Occupied free of rent from private landlord"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD474C04"/>
+    <s v="4 rooms"/>
+    <s v="Number"/>
+    <n v="1566"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="10"/>
+    <s v="Occupied free of rent from private landlord"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD474C05"/>
+    <s v="5 rooms"/>
+    <s v="Number"/>
+    <n v="1998"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="10"/>
+    <s v="Occupied free of rent from private landlord"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD474C06"/>
+    <s v="6 rooms"/>
+    <s v="Number"/>
+    <n v="1664"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="10"/>
+    <s v="Occupied free of rent from private landlord"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD474C07"/>
+    <s v="7 rooms"/>
+    <s v="Number"/>
+    <n v="884"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="10"/>
+    <s v="Occupied free of rent from private landlord"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD474C08"/>
+    <s v="8 rooms"/>
+    <s v="Number"/>
+    <n v="527"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="10"/>
+    <s v="Occupied free of rent from private landlord"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD474C10"/>
+    <s v="10 or more rooms"/>
+    <s v="Number"/>
+    <n v="166"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="10"/>
+    <s v="Occupied free of rent from private landlord"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD474C11"/>
+    <s v="Not stated"/>
+    <s v="Number"/>
+    <n v="351"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="10"/>
+    <s v="Occupied free of rent from private landlord"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD474C12"/>
+    <s v="Total private households"/>
+    <s v="Number"/>
+    <n v="9298"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="10"/>
+    <s v="Occupied free of rent from private landlord"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD474C13"/>
+    <s v="Average number of rooms per household"/>
+    <s v="Number"/>
+    <n v="4.8"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="10"/>
+    <s v="Occupied free of rent from private landlord"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD474C14"/>
+    <s v="Average number of persons per room"/>
+    <s v="Number"/>
+    <n v="0.39"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="10"/>
+    <s v="Occupied free of rent from private landlord"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD474C09"/>
+    <s v="9 rooms"/>
+    <s v="Number"/>
+    <n v="180"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="11"/>
+    <s v="Occupied free of rent from Local Authority"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD474C01"/>
+    <s v="1 room"/>
+    <s v="Number"/>
+    <n v="28"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="11"/>
+    <s v="Occupied free of rent from Local Authority"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD474C02"/>
+    <s v="2 rooms"/>
+    <s v="Number"/>
+    <n v="58"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="11"/>
+    <s v="Occupied free of rent from Local Authority"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD474C03"/>
+    <s v="3 rooms"/>
+    <s v="Number"/>
+    <n v="104"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="11"/>
+    <s v="Occupied free of rent from Local Authority"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD474C04"/>
+    <s v="4 rooms"/>
+    <s v="Number"/>
+    <n v="89"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="11"/>
+    <s v="Occupied free of rent from Local Authority"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD474C05"/>
+    <s v="5 rooms"/>
+    <s v="Number"/>
+    <n v="106"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="11"/>
+    <s v="Occupied free of rent from Local Authority"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD474C06"/>
+    <s v="6 rooms"/>
+    <s v="Number"/>
+    <n v="85"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="11"/>
+    <s v="Occupied free of rent from Local Authority"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD474C07"/>
+    <s v="7 rooms"/>
+    <s v="Number"/>
+    <n v="43"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="11"/>
+    <s v="Occupied free of rent from Local Authority"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD474C08"/>
+    <s v="8 rooms"/>
+    <s v="Number"/>
+    <n v="28"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="11"/>
+    <s v="Occupied free of rent from Local Authority"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD474C10"/>
+    <s v="10 or more rooms"/>
+    <s v="Number"/>
+    <n v="15"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="11"/>
+    <s v="Occupied free of rent from Local Authority"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD474C11"/>
+    <s v="Not stated"/>
+    <s v="Number"/>
+    <n v="49"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="11"/>
+    <s v="Occupied free of rent from Local Authority"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD474C12"/>
+    <s v="Total private households"/>
+    <s v="Number"/>
+    <n v="614"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="11"/>
+    <s v="Occupied free of rent from Local Authority"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD474C13"/>
+    <s v="Average number of rooms per household"/>
+    <s v="Number"/>
+    <n v="4.3"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="11"/>
+    <s v="Occupied free of rent from Local Authority"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD474C14"/>
+    <s v="Average number of persons per room"/>
+    <s v="Number"/>
+    <n v="0.51"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="11"/>
+    <s v="Occupied free of rent from Local Authority"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD474C09"/>
+    <s v="9 rooms"/>
+    <s v="Number"/>
+    <n v="9"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="12"/>
+    <s v="Occupied free of rent from Voluntary housing body"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD474C01"/>
+    <s v="1 room"/>
+    <s v="Number"/>
+    <n v="26"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="12"/>
+    <s v="Occupied free of rent from Voluntary housing body"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD474C02"/>
+    <s v="2 rooms"/>
+    <s v="Number"/>
+    <n v="75"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="12"/>
+    <s v="Occupied free of rent from Voluntary housing body"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD474C03"/>
+    <s v="3 rooms"/>
+    <s v="Number"/>
+    <n v="125"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="12"/>
+    <s v="Occupied free of rent from Voluntary housing body"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD474C04"/>
+    <s v="4 rooms"/>
+    <s v="Number"/>
+    <n v="137"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="12"/>
+    <s v="Occupied free of rent from Voluntary housing body"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD474C05"/>
+    <s v="5 rooms"/>
+    <s v="Number"/>
+    <n v="155"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="12"/>
+    <s v="Occupied free of rent from Voluntary housing body"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD474C06"/>
+    <s v="6 rooms"/>
+    <s v="Number"/>
+    <n v="152"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="12"/>
+    <s v="Occupied free of rent from Voluntary housing body"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD474C07"/>
+    <s v="7 rooms"/>
+    <s v="Number"/>
+    <n v="92"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="12"/>
+    <s v="Occupied free of rent from Voluntary housing body"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD474C08"/>
+    <s v="8 rooms"/>
+    <s v="Number"/>
+    <n v="51"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="12"/>
+    <s v="Occupied free of rent from Voluntary housing body"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD474C10"/>
+    <s v="10 or more rooms"/>
+    <s v="Number"/>
+    <n v="25"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="12"/>
+    <s v="Occupied free of rent from Voluntary housing body"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD474C11"/>
+    <s v="Not stated"/>
+    <s v="Number"/>
+    <n v="48"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="12"/>
+    <s v="Occupied free of rent from Voluntary housing body"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD474C12"/>
+    <s v="Total private households"/>
+    <s v="Number"/>
+    <n v="904"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="12"/>
+    <s v="Occupied free of rent from Voluntary housing body"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD474C13"/>
+    <s v="Average number of rooms per household"/>
+    <s v="Number"/>
+    <n v="4.7"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="12"/>
+    <s v="Occupied free of rent from Voluntary housing body"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD474C14"/>
+    <s v="Average number of persons per room"/>
+    <s v="Number"/>
+    <n v="0.4"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="12"/>
+    <s v="Occupied free of rent from Voluntary housing body"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD474C09"/>
+    <s v="9 rooms"/>
+    <s v="Number"/>
+    <n v="18"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="13"/>
+    <s v="Occupied free of rent - Landlord not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD474C01"/>
+    <s v="1 room"/>
+    <s v="Number"/>
+    <n v="255"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="13"/>
+    <s v="Occupied free of rent - Landlord not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD474C02"/>
+    <s v="2 rooms"/>
+    <s v="Number"/>
+    <n v="967"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="13"/>
+    <s v="Occupied free of rent - Landlord not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD474C03"/>
+    <s v="3 rooms"/>
+    <s v="Number"/>
+    <n v="1931"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="13"/>
+    <s v="Occupied free of rent - Landlord not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD474C04"/>
+    <s v="4 rooms"/>
+    <s v="Number"/>
+    <n v="2510"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="13"/>
+    <s v="Occupied free of rent - Landlord not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD474C05"/>
+    <s v="5 rooms"/>
+    <s v="Number"/>
+    <n v="3190"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="13"/>
+    <s v="Occupied free of rent - Landlord not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD474C06"/>
+    <s v="6 rooms"/>
+    <s v="Number"/>
+    <n v="2472"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="13"/>
+    <s v="Occupied free of rent - Landlord not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD474C07"/>
+    <s v="7 rooms"/>
+    <s v="Number"/>
+    <n v="1310"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="13"/>
+    <s v="Occupied free of rent - Landlord not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD474C08"/>
+    <s v="8 rooms"/>
+    <s v="Number"/>
+    <n v="722"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="13"/>
+    <s v="Occupied free of rent - Landlord not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD474C10"/>
+    <s v="10 or more rooms"/>
+    <s v="Number"/>
+    <n v="280"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="13"/>
+    <s v="Occupied free of rent - Landlord not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD474C11"/>
+    <s v="Not stated"/>
+    <s v="Number"/>
+    <n v="673"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="13"/>
+    <s v="Occupied free of rent - Landlord not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD474C12"/>
+    <s v="Total private households"/>
+    <s v="Number"/>
+    <n v="14620"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="13"/>
+    <s v="Occupied free of rent - Landlord not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD474C13"/>
+    <s v="Average number of rooms per household"/>
+    <s v="Number"/>
+    <n v="4.8"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="13"/>
+    <s v="Occupied free of rent - Landlord not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD474C14"/>
+    <s v="Average number of persons per room"/>
+    <s v="Number"/>
+    <n v="0.4"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="13"/>
+    <s v="Occupied free of rent - Landlord not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD474C09"/>
+    <s v="9 rooms"/>
+    <s v="Number"/>
+    <n v="310"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="09"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD474C01"/>
+    <s v="1 room"/>
+    <s v="Number"/>
+    <n v="233"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="09"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD474C02"/>
+    <s v="2 rooms"/>
+    <s v="Number"/>
+    <n v="548"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="09"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD474C03"/>
+    <s v="3 rooms"/>
+    <s v="Number"/>
+    <n v="1082"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="09"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD474C04"/>
+    <s v="4 rooms"/>
+    <s v="Number"/>
+    <n v="1226"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="09"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD474C05"/>
+    <s v="5 rooms"/>
+    <s v="Number"/>
+    <n v="1861"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="09"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD474C06"/>
+    <s v="6 rooms"/>
+    <s v="Number"/>
+    <n v="1558"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="09"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD474C07"/>
+    <s v="7 rooms"/>
+    <s v="Number"/>
+    <n v="986"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="09"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD474C08"/>
+    <s v="8 rooms"/>
+    <s v="Number"/>
+    <n v="603"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="09"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD474C10"/>
+    <s v="10 or more rooms"/>
+    <s v="Number"/>
+    <n v="207"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="09"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD474C11"/>
+    <s v="Not stated"/>
+    <s v="Number"/>
+    <n v="16139"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="09"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD474C12"/>
+    <s v="Total private households"/>
+    <s v="Number"/>
+    <n v="24696"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="09"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD474C13"/>
+    <s v="Average number of rooms per household"/>
+    <s v="Number"/>
+    <n v="1.8"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="09"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD474C14"/>
+    <s v="Average number of persons per room"/>
+    <s v="Number"/>
+    <n v="1.3"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="09"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD474C09"/>
+    <s v="9 rooms"/>
+    <s v="Number"/>
+    <n v="253"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="All types of occupancy"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD474C01"/>
+    <s v="1 room"/>
+    <s v="Number"/>
+    <n v="23058"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="All types of occupancy"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD474C02"/>
+    <s v="2 rooms"/>
+    <s v="Number"/>
+    <n v="78373"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="All types of occupancy"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD474C03"/>
+    <s v="3 rooms"/>
+    <s v="Number"/>
+    <n v="156731"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="All types of occupancy"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD474C04"/>
+    <s v="4 rooms"/>
+    <s v="Number"/>
+    <n v="174296"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="All types of occupancy"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD474C05"/>
+    <s v="5 rooms"/>
+    <s v="Number"/>
+    <n v="380115"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="All types of occupancy"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD474C06"/>
+    <s v="6 rooms"/>
+    <s v="Number"/>
+    <n v="299646"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="All types of occupancy"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD474C07"/>
+    <s v="7 rooms"/>
+    <s v="Number"/>
+    <n v="223835"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="All types of occupancy"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD474C08"/>
+    <s v="8 rooms"/>
+    <s v="Number"/>
+    <n v="140460"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="All types of occupancy"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD474C10"/>
+    <s v="10 or more rooms"/>
+    <s v="Number"/>
+    <n v="45859"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="All types of occupancy"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD474C11"/>
+    <s v="Not stated"/>
+    <s v="Number"/>
+    <n v="66328"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="All types of occupancy"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD474C12"/>
+    <s v="Total private households"/>
+    <s v="Number"/>
+    <n v="1649408"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="All types of occupancy"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD474C13"/>
+    <s v="Average number of rooms per household"/>
+    <s v="Number"/>
+    <n v="5.3"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="All types of occupancy"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD474C14"/>
+    <s v="Average number of persons per room"/>
+    <s v="Number"/>
+    <n v="0.51"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="All types of occupancy"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD474C09"/>
+    <s v="9 rooms"/>
+    <s v="Number"/>
+    <n v="60707"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="02"/>
+    <s v="Owner occupied without loan or mortgage"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD474C01"/>
+    <s v="1 room"/>
+    <s v="Number"/>
+    <n v="638"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="02"/>
+    <s v="Owner occupied without loan or mortgage"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD474C02"/>
+    <s v="2 rooms"/>
+    <s v="Number"/>
+    <n v="3335"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="02"/>
+    <s v="Owner occupied without loan or mortgage"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD474C03"/>
+    <s v="3 rooms"/>
+    <s v="Number"/>
+    <n v="11689"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="02"/>
+    <s v="Owner occupied without loan or mortgage"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD474C04"/>
+    <s v="4 rooms"/>
+    <s v="Number"/>
+    <n v="25193"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="02"/>
+    <s v="Owner occupied without loan or mortgage"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD474C05"/>
+    <s v="5 rooms"/>
+    <s v="Number"/>
+    <n v="69787"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="02"/>
+    <s v="Owner occupied without loan or mortgage"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD474C06"/>
+    <s v="6 rooms"/>
+    <s v="Number"/>
+    <n v="68858"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="02"/>
+    <s v="Owner occupied without loan or mortgage"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD474C07"/>
+    <s v="7 rooms"/>
+    <s v="Number"/>
+    <n v="48401"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="02"/>
+    <s v="Owner occupied without loan or mortgage"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD474C08"/>
+    <s v="8 rooms"/>
+    <s v="Number"/>
+    <n v="30186"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="02"/>
+    <s v="Owner occupied without loan or mortgage"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD474C10"/>
+    <s v="10 or more rooms"/>
+    <s v="Number"/>
+    <n v="8180"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="02"/>
+    <s v="Owner occupied without loan or mortgage"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD474C11"/>
+    <s v="Not stated"/>
+    <s v="Number"/>
+    <n v="11408"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="02"/>
+    <s v="Owner occupied without loan or mortgage"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD474C12"/>
+    <s v="Total private households"/>
+    <s v="Number"/>
+    <n v="289418"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="02"/>
+    <s v="Owner occupied without loan or mortgage"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD474C13"/>
+    <s v="Average number of rooms per household"/>
+    <s v="Number"/>
+    <n v="5.8"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="02"/>
+    <s v="Owner occupied without loan or mortgage"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD474C14"/>
+    <s v="Average number of persons per room"/>
+    <s v="Number"/>
+    <n v="0.38"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="02"/>
+    <s v="Owner occupied without loan or mortgage"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD474C09"/>
+    <s v="9 rooms"/>
+    <s v="Number"/>
+    <n v="11743"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="01"/>
+    <s v="Owner occupied with loan or mortgage"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD474C01"/>
+    <s v="1 room"/>
+    <s v="Number"/>
+    <n v="959"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="01"/>
+    <s v="Owner occupied with loan or mortgage"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD474C02"/>
+    <s v="2 rooms"/>
+    <s v="Number"/>
+    <n v="7182"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="01"/>
+    <s v="Owner occupied with loan or mortgage"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD474C03"/>
+    <s v="3 rooms"/>
+    <s v="Number"/>
+    <n v="25874"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="01"/>
+    <s v="Owner occupied with loan or mortgage"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD474C04"/>
+    <s v="4 rooms"/>
+    <s v="Number"/>
+    <n v="31457"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="01"/>
+    <s v="Owner occupied with loan or mortgage"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD474C05"/>
+    <s v="5 rooms"/>
+    <s v="Number"/>
+    <n v="101485"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="01"/>
+    <s v="Owner occupied with loan or mortgage"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD474C06"/>
+    <s v="6 rooms"/>
+    <s v="Number"/>
+    <n v="72978"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="01"/>
+    <s v="Owner occupied with loan or mortgage"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD474C07"/>
+    <s v="7 rooms"/>
+    <s v="Number"/>
+    <n v="55225"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="01"/>
+    <s v="Owner occupied with loan or mortgage"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD474C08"/>
+    <s v="8 rooms"/>
+    <s v="Number"/>
+    <n v="33425"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="01"/>
+    <s v="Owner occupied with loan or mortgage"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD474C10"/>
+    <s v="10 or more rooms"/>
+    <s v="Number"/>
+    <n v="8451"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="01"/>
+    <s v="Owner occupied with loan or mortgage"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD474C11"/>
+    <s v="Not stated"/>
+    <s v="Number"/>
+    <n v="7515"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="01"/>
+    <s v="Owner occupied with loan or mortgage"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD474C12"/>
+    <s v="Total private households"/>
+    <s v="Number"/>
+    <n v="357715"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="01"/>
+    <s v="Owner occupied with loan or mortgage"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD474C13"/>
+    <s v="Average number of rooms per household"/>
+    <s v="Number"/>
+    <n v="5.7"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="01"/>
+    <s v="Owner occupied with loan or mortgage"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD474C14"/>
+    <s v="Average number of persons per room"/>
+    <s v="Number"/>
+    <n v="0.54"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="01"/>
+    <s v="Owner occupied with loan or mortgage"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD474C09"/>
+    <s v="9 rooms"/>
+    <s v="Number"/>
+    <n v="13164"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="-1"/>
+    <s v="Rented"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD474C01"/>
+    <s v="1 room"/>
+    <s v="Number"/>
+    <n v="18680"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="-1"/>
+    <s v="Rented"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD474C02"/>
+    <s v="2 rooms"/>
+    <s v="Number"/>
+    <n v="55804"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="-1"/>
+    <s v="Rented"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD474C03"/>
+    <s v="3 rooms"/>
+    <s v="Number"/>
+    <n v="85216"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="-1"/>
+    <s v="Rented"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD474C04"/>
+    <s v="4 rooms"/>
+    <s v="Number"/>
+    <n v="64516"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="-1"/>
+    <s v="Rented"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD474C05"/>
+    <s v="5 rooms"/>
+    <s v="Number"/>
+    <n v="93149"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="-1"/>
+    <s v="Rented"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD474C06"/>
+    <s v="6 rooms"/>
+    <s v="Number"/>
+    <n v="34892"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="-1"/>
+    <s v="Rented"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD474C07"/>
+    <s v="7 rooms"/>
+    <s v="Number"/>
+    <n v="13356"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="-1"/>
+    <s v="Rented"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD474C08"/>
+    <s v="8 rooms"/>
+    <s v="Number"/>
+    <n v="5187"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="-1"/>
+    <s v="Rented"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD474C10"/>
+    <s v="10 or more rooms"/>
+    <s v="Number"/>
+    <n v="1046"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="-1"/>
+    <s v="Rented"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD474C11"/>
+    <s v="Not stated"/>
+    <s v="Number"/>
+    <n v="13249"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="-1"/>
+    <s v="Rented"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD474C12"/>
+    <s v="Total private households"/>
+    <s v="Number"/>
+    <n v="386681"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="-1"/>
+    <s v="Rented"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD474C13"/>
+    <s v="Average number of rooms per household"/>
+    <s v="Number"/>
+    <n v="3.8"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="-1"/>
+    <s v="Rented"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD474C14"/>
+    <s v="Average number of persons per room"/>
+    <s v="Number"/>
+    <n v="0.67"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="-1"/>
+    <s v="Rented"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD474C09"/>
+    <s v="9 rooms"/>
+    <s v="Number"/>
+    <n v="1586"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="05A"/>
+    <s v="Rented from private landlord"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD474C01"/>
+    <s v="1 room"/>
+    <s v="Number"/>
+    <n v="14575"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="05A"/>
+    <s v="Rented from private landlord"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD474C02"/>
+    <s v="2 rooms"/>
+    <s v="Number"/>
+    <n v="40669"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="05A"/>
+    <s v="Rented from private landlord"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD474C03"/>
+    <s v="3 rooms"/>
+    <s v="Number"/>
+    <n v="60204"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="05A"/>
+    <s v="Rented from private landlord"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD474C04"/>
+    <s v="4 rooms"/>
+    <s v="Number"/>
+    <n v="43267"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="05A"/>
+    <s v="Rented from private landlord"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD474C05"/>
+    <s v="5 rooms"/>
+    <s v="Number"/>
+    <n v="50240"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="05A"/>
+    <s v="Rented from private landlord"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD474C06"/>
+    <s v="6 rooms"/>
+    <s v="Number"/>
+    <n v="24571"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="05A"/>
+    <s v="Rented from private landlord"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD474C07"/>
+    <s v="7 rooms"/>
+    <s v="Number"/>
+    <n v="10866"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="05A"/>
+    <s v="Rented from private landlord"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD474C08"/>
+    <s v="8 rooms"/>
+    <s v="Number"/>
+    <n v="4118"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="05A"/>
+    <s v="Rented from private landlord"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD474C10"/>
+    <s v="10 or more rooms"/>
+    <s v="Number"/>
+    <n v="752"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="05A"/>
+    <s v="Rented from private landlord"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD474C11"/>
+    <s v="Not stated"/>
+    <s v="Number"/>
+    <n v="7839"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="05A"/>
+    <s v="Rented from private landlord"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD474C12"/>
+    <s v="Total private households"/>
+    <s v="Number"/>
+    <n v="258344"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="05A"/>
+    <s v="Rented from private landlord"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD474C13"/>
+    <s v="Average number of rooms per household"/>
+    <s v="Number"/>
+    <n v="3.8"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="05A"/>
+    <s v="Rented from private landlord"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD474C14"/>
+    <s v="Average number of persons per room"/>
+    <s v="Number"/>
+    <n v="0.67"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="05A"/>
+    <s v="Rented from private landlord"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD474C09"/>
+    <s v="9 rooms"/>
+    <s v="Number"/>
+    <n v="1243"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD474C01"/>
+    <s v="1 room"/>
+    <s v="Number"/>
+    <n v="3258"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD474C02"/>
+    <s v="2 rooms"/>
+    <s v="Number"/>
+    <n v="11612"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD474C03"/>
+    <s v="3 rooms"/>
+    <s v="Number"/>
+    <n v="20396"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD474C04"/>
+    <s v="4 rooms"/>
+    <s v="Number"/>
+    <n v="17505"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD474C05"/>
+    <s v="5 rooms"/>
+    <s v="Number"/>
+    <n v="37537"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD474C06"/>
+    <s v="6 rooms"/>
+    <s v="Number"/>
+    <n v="7866"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD474C07"/>
+    <s v="7 rooms"/>
+    <s v="Number"/>
+    <n v="1333"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD474C08"/>
+    <s v="8 rooms"/>
+    <s v="Number"/>
+    <n v="419"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD474C10"/>
+    <s v="10 or more rooms"/>
+    <s v="Number"/>
+    <n v="61"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD474C11"/>
+    <s v="Not stated"/>
+    <s v="Number"/>
+    <n v="4447"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD474C12"/>
+    <s v="Total private households"/>
+    <s v="Number"/>
+    <n v="104508"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD474C13"/>
+    <s v="Average number of rooms per household"/>
+    <s v="Number"/>
+    <n v="3.9"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD474C14"/>
+    <s v="Average number of persons per room"/>
+    <s v="Number"/>
+    <n v="0.71"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD474C09"/>
+    <s v="9 rooms"/>
+    <s v="Number"/>
+    <n v="74"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD474C01"/>
+    <s v="1 room"/>
+    <s v="Number"/>
+    <n v="624"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD474C02"/>
+    <s v="2 rooms"/>
+    <s v="Number"/>
+    <n v="2767"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD474C03"/>
+    <s v="3 rooms"/>
+    <s v="Number"/>
+    <n v="3178"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD474C04"/>
+    <s v="4 rooms"/>
+    <s v="Number"/>
+    <n v="1948"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD474C05"/>
+    <s v="5 rooms"/>
+    <s v="Number"/>
+    <n v="2915"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD474C06"/>
+    <s v="6 rooms"/>
+    <s v="Number"/>
+    <n v="485"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD474C07"/>
+    <s v="7 rooms"/>
+    <s v="Number"/>
+    <n v="169"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD474C08"/>
+    <s v="8 rooms"/>
+    <s v="Number"/>
+    <n v="81"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD474C10"/>
+    <s v="10 or more rooms"/>
+    <s v="Number"/>
+    <n v="31"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD474C11"/>
+    <s v="Not stated"/>
+    <s v="Number"/>
+    <n v="490"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD474C12"/>
+    <s v="Total private households"/>
+    <s v="Number"/>
+    <n v="12713"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD474C13"/>
+    <s v="Average number of rooms per household"/>
+    <s v="Number"/>
+    <n v="3.4"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD474C14"/>
+    <s v="Average number of persons per room"/>
+    <s v="Number"/>
+    <n v="0.69"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD474C09"/>
+    <s v="9 rooms"/>
+    <s v="Number"/>
+    <n v="25"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="10"/>
+    <s v="Occupied free of rent from private landlord"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD474C01"/>
+    <s v="1 room"/>
+    <s v="Number"/>
+    <n v="66"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="10"/>
+    <s v="Occupied free of rent from private landlord"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD474C02"/>
+    <s v="2 rooms"/>
+    <s v="Number"/>
+    <n v="230"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="10"/>
+    <s v="Occupied free of rent from private landlord"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD474C03"/>
+    <s v="3 rooms"/>
+    <s v="Number"/>
+    <n v="457"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="10"/>
+    <s v="Occupied free of rent from private landlord"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD474C04"/>
+    <s v="4 rooms"/>
+    <s v="Number"/>
+    <n v="566"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="10"/>
+    <s v="Occupied free of rent from private landlord"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD474C05"/>
+    <s v="5 rooms"/>
+    <s v="Number"/>
+    <n v="766"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="10"/>
+    <s v="Occupied free of rent from private landlord"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD474C06"/>
+    <s v="6 rooms"/>
+    <s v="Number"/>
+    <n v="610"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="10"/>
+    <s v="Occupied free of rent from private landlord"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD474C07"/>
+    <s v="7 rooms"/>
+    <s v="Number"/>
+    <n v="304"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="10"/>
+    <s v="Occupied free of rent from private landlord"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD474C08"/>
+    <s v="8 rooms"/>
+    <s v="Number"/>
+    <n v="180"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="10"/>
+    <s v="Occupied free of rent from private landlord"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD474C10"/>
+    <s v="10 or more rooms"/>
+    <s v="Number"/>
+    <n v="53"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="10"/>
+    <s v="Occupied free of rent from private landlord"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD474C11"/>
+    <s v="Not stated"/>
+    <s v="Number"/>
+    <n v="130"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="10"/>
+    <s v="Occupied free of rent from private landlord"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD474C12"/>
+    <s v="Total private households"/>
+    <s v="Number"/>
+    <n v="3430"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="10"/>
+    <s v="Occupied free of rent from private landlord"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD474C13"/>
+    <s v="Average number of rooms per household"/>
+    <s v="Number"/>
+    <n v="4.8"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="10"/>
+    <s v="Occupied free of rent from private landlord"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD474C14"/>
+    <s v="Average number of persons per room"/>
+    <s v="Number"/>
+    <n v="0.38"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="10"/>
+    <s v="Occupied free of rent from private landlord"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD474C09"/>
+    <s v="9 rooms"/>
+    <s v="Number"/>
+    <n v="68"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="11"/>
+    <s v="Occupied free of rent from Local Authority"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD474C01"/>
+    <s v="1 room"/>
+    <s v="Number"/>
+    <n v="12"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="11"/>
+    <s v="Occupied free of rent from Local Authority"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD474C02"/>
+    <s v="2 rooms"/>
+    <s v="Number"/>
+    <n v="23"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="11"/>
+    <s v="Occupied free of rent from Local Authority"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD474C03"/>
+    <s v="3 rooms"/>
+    <s v="Number"/>
+    <n v="31"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="11"/>
+    <s v="Occupied free of rent from Local Authority"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD474C04"/>
+    <s v="4 rooms"/>
+    <s v="Number"/>
+    <n v="36"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="11"/>
+    <s v="Occupied free of rent from Local Authority"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD474C05"/>
+    <s v="5 rooms"/>
+    <s v="Number"/>
+    <n v="53"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="11"/>
+    <s v="Occupied free of rent from Local Authority"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD474C06"/>
+    <s v="6 rooms"/>
+    <s v="Number"/>
+    <n v="38"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="11"/>
+    <s v="Occupied free of rent from Local Authority"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD474C07"/>
+    <s v="7 rooms"/>
+    <s v="Number"/>
+    <n v="16"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="11"/>
+    <s v="Occupied free of rent from Local Authority"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD474C08"/>
+    <s v="8 rooms"/>
+    <s v="Number"/>
+    <n v="15"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="11"/>
+    <s v="Occupied free of rent from Local Authority"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD474C10"/>
+    <s v="10 or more rooms"/>
+    <s v="Number"/>
+    <n v="3"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="11"/>
+    <s v="Occupied free of rent from Local Authority"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD474C11"/>
+    <s v="Not stated"/>
+    <s v="Number"/>
+    <n v="18"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="11"/>
+    <s v="Occupied free of rent from Local Authority"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD474C12"/>
+    <s v="Total private households"/>
+    <s v="Number"/>
+    <n v="249"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="11"/>
+    <s v="Occupied free of rent from Local Authority"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD474C13"/>
+    <s v="Average number of rooms per household"/>
+    <s v="Number"/>
+    <n v="4.4"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="11"/>
+    <s v="Occupied free of rent from Local Authority"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD474C14"/>
+    <s v="Average number of persons per room"/>
+    <s v="Number"/>
+    <n v="0.45"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="11"/>
+    <s v="Occupied free of rent from Local Authority"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD474C09"/>
+    <s v="9 rooms"/>
+    <s v="Number"/>
+    <n v="4"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="12"/>
+    <s v="Occupied free of rent from Voluntary housing body"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD474C01"/>
+    <s v="1 room"/>
+    <s v="Number"/>
+    <n v="16"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="12"/>
+    <s v="Occupied free of rent from Voluntary housing body"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD474C02"/>
+    <s v="2 rooms"/>
+    <s v="Number"/>
+    <n v="37"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="12"/>
+    <s v="Occupied free of rent from Voluntary housing body"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD474C03"/>
+    <s v="3 rooms"/>
+    <s v="Number"/>
+    <n v="62"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="12"/>
+    <s v="Occupied free of rent from Voluntary housing body"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD474C04"/>
+    <s v="4 rooms"/>
+    <s v="Number"/>
+    <n v="66"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="12"/>
+    <s v="Occupied free of rent from Voluntary housing body"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD474C05"/>
+    <s v="5 rooms"/>
+    <s v="Number"/>
+    <n v="67"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="12"/>
+    <s v="Occupied free of rent from Voluntary housing body"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD474C06"/>
+    <s v="6 rooms"/>
+    <s v="Number"/>
+    <n v="53"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="12"/>
+    <s v="Occupied free of rent from Voluntary housing body"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD474C07"/>
+    <s v="7 rooms"/>
+    <s v="Number"/>
+    <n v="43"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="12"/>
+    <s v="Occupied free of rent from Voluntary housing body"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD474C08"/>
+    <s v="8 rooms"/>
+    <s v="Number"/>
+    <n v="28"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="12"/>
+    <s v="Occupied free of rent from Voluntary housing body"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD474C10"/>
+    <s v="10 or more rooms"/>
+    <s v="Number"/>
+    <n v="17"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="12"/>
+    <s v="Occupied free of rent from Voluntary housing body"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD474C11"/>
+    <s v="Not stated"/>
+    <s v="Number"/>
+    <n v="21"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="12"/>
+    <s v="Occupied free of rent from Voluntary housing body"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD474C12"/>
+    <s v="Total private households"/>
+    <s v="Number"/>
+    <n v="419"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="12"/>
+    <s v="Occupied free of rent from Voluntary housing body"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD474C13"/>
+    <s v="Average number of rooms per household"/>
+    <s v="Number"/>
+    <n v="4.7"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="12"/>
+    <s v="Occupied free of rent from Voluntary housing body"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD474C14"/>
+    <s v="Average number of persons per room"/>
+    <s v="Number"/>
+    <n v="0.42"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="12"/>
+    <s v="Occupied free of rent from Voluntary housing body"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD474C09"/>
+    <s v="9 rooms"/>
+    <s v="Number"/>
+    <n v="9"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="13"/>
+    <s v="Occupied free of rent - Landlord not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD474C01"/>
+    <s v="1 room"/>
+    <s v="Number"/>
+    <n v="129"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="13"/>
+    <s v="Occupied free of rent - Landlord not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD474C02"/>
+    <s v="2 rooms"/>
+    <s v="Number"/>
+    <n v="466"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="13"/>
+    <s v="Occupied free of rent - Landlord not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD474C03"/>
+    <s v="3 rooms"/>
+    <s v="Number"/>
+    <n v="888"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="13"/>
+    <s v="Occupied free of rent - Landlord not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD474C04"/>
+    <s v="4 rooms"/>
+    <s v="Number"/>
+    <n v="1128"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="13"/>
+    <s v="Occupied free of rent - Landlord not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD474C05"/>
+    <s v="5 rooms"/>
+    <s v="Number"/>
+    <n v="1571"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="13"/>
+    <s v="Occupied free of rent - Landlord not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD474C06"/>
+    <s v="6 rooms"/>
+    <s v="Number"/>
+    <n v="1269"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="13"/>
+    <s v="Occupied free of rent - Landlord not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD474C07"/>
+    <s v="7 rooms"/>
+    <s v="Number"/>
+    <n v="625"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="13"/>
+    <s v="Occupied free of rent - Landlord not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD474C08"/>
+    <s v="8 rooms"/>
+    <s v="Number"/>
+    <n v="346"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="13"/>
+    <s v="Occupied free of rent - Landlord not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD474C10"/>
+    <s v="10 or more rooms"/>
+    <s v="Number"/>
+    <n v="129"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="13"/>
+    <s v="Occupied free of rent - Landlord not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD474C11"/>
+    <s v="Not stated"/>
+    <s v="Number"/>
+    <n v="304"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="13"/>
+    <s v="Occupied free of rent - Landlord not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD474C12"/>
+    <s v="Total private households"/>
+    <s v="Number"/>
+    <n v="7018"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="13"/>
+    <s v="Occupied free of rent - Landlord not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD474C13"/>
+    <s v="Average number of rooms per household"/>
+    <s v="Number"/>
+    <n v="4.8"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="13"/>
+    <s v="Occupied free of rent - Landlord not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD474C14"/>
+    <s v="Average number of persons per room"/>
+    <s v="Number"/>
+    <n v="0.39"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="13"/>
+    <s v="Occupied free of rent - Landlord not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD474C09"/>
+    <s v="9 rooms"/>
+    <s v="Number"/>
+    <n v="163"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="09"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD474C01"/>
+    <s v="1 room"/>
+    <s v="Number"/>
+    <n v="194"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="09"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD474C02"/>
+    <s v="2 rooms"/>
+    <s v="Number"/>
+    <n v="349"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="09"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD474C03"/>
+    <s v="3 rooms"/>
+    <s v="Number"/>
+    <n v="641"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="09"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD474C04"/>
+    <s v="4 rooms"/>
+    <s v="Number"/>
+    <n v="603"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="09"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD474C05"/>
+    <s v="5 rooms"/>
+    <s v="Number"/>
+    <n v="1000"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="09"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD474C06"/>
+    <s v="6 rooms"/>
+    <s v="Number"/>
+    <n v="727"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="09"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD474C07"/>
+    <s v="7 rooms"/>
+    <s v="Number"/>
+    <n v="401"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="09"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD474C08"/>
+    <s v="8 rooms"/>
+    <s v="Number"/>
+    <n v="255"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="09"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD474C10"/>
+    <s v="10 or more rooms"/>
+    <s v="Number"/>
+    <n v="81"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="09"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD474C11"/>
+    <s v="Not stated"/>
+    <s v="Number"/>
+    <n v="11914"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="09"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD474C12"/>
+    <s v="Total private households"/>
+    <s v="Number"/>
+    <n v="16259"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="09"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD474C13"/>
+    <s v="Average number of rooms per household"/>
+    <s v="Number"/>
+    <n v="1.3"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="09"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD474C14"/>
+    <s v="Average number of persons per room"/>
+    <s v="Number"/>
+    <n v="1.76"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="09"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD474C09"/>
+    <s v="9 rooms"/>
+    <s v="Number"/>
+    <n v="94"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="-"/>
+    <s v="All types of occupancy"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD474C01"/>
+    <s v="1 room"/>
+    <s v="Number"/>
+    <n v="20471"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="-"/>
+    <s v="All types of occupancy"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD474C02"/>
+    <s v="2 rooms"/>
+    <s v="Number"/>
+    <n v="66670"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="-"/>
+    <s v="All types of occupancy"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD474C03"/>
+    <s v="3 rooms"/>
+    <s v="Number"/>
+    <n v="123420"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="-"/>
+    <s v="All types of occupancy"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD474C04"/>
+    <s v="4 rooms"/>
+    <s v="Number"/>
+    <n v="121769"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="-"/>
+    <s v="All types of occupancy"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD474C05"/>
+    <s v="5 rooms"/>
+    <s v="Number"/>
+    <n v="265421"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="-"/>
+    <s v="All types of occupancy"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD474C06"/>
+    <s v="6 rooms"/>
+    <s v="Number"/>
+    <n v="177455"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="-"/>
+    <s v="All types of occupancy"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD474C07"/>
+    <s v="7 rooms"/>
+    <s v="Number"/>
+    <n v="117383"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="-"/>
+    <s v="All types of occupancy"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD474C08"/>
+    <s v="8 rooms"/>
+    <s v="Number"/>
+    <n v="69053"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="-"/>
+    <s v="All types of occupancy"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD474C10"/>
+    <s v="10 or more rooms"/>
+    <s v="Number"/>
+    <n v="17758"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="-"/>
+    <s v="All types of occupancy"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD474C11"/>
+    <s v="Not stated"/>
+    <s v="Number"/>
+    <n v="44086"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="-"/>
+    <s v="All types of occupancy"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD474C12"/>
+    <s v="Total private households"/>
+    <s v="Number"/>
+    <n v="1050073"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="-"/>
+    <s v="All types of occupancy"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD474C13"/>
+    <s v="Average number of rooms per household"/>
+    <s v="Number"/>
+    <n v="5"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="-"/>
+    <s v="All types of occupancy"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD474C14"/>
+    <s v="Average number of persons per room"/>
+    <s v="Number"/>
+    <n v="0.53"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="-"/>
+    <s v="All types of occupancy"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD474C09"/>
+    <s v="9 rooms"/>
+    <s v="Number"/>
+    <n v="26587"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="02"/>
+    <s v="Owner occupied without loan or mortgage"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD474C01"/>
+    <s v="1 room"/>
+    <s v="Number"/>
+    <n v="743"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="02"/>
+    <s v="Owner occupied without loan or mortgage"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD474C02"/>
+    <s v="2 rooms"/>
+    <s v="Number"/>
+    <n v="3367"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="02"/>
+    <s v="Owner occupied without loan or mortgage"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD474C03"/>
+    <s v="3 rooms"/>
+    <s v="Number"/>
+    <n v="13008"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="02"/>
+    <s v="Owner occupied without loan or mortgage"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD474C04"/>
+    <s v="4 rooms"/>
+    <s v="Number"/>
+    <n v="25754"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="02"/>
+    <s v="Owner occupied without loan or mortgage"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD474C05"/>
+    <s v="5 rooms"/>
+    <s v="Number"/>
+    <n v="53483"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="02"/>
+    <s v="Owner occupied without loan or mortgage"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD474C06"/>
+    <s v="6 rooms"/>
+    <s v="Number"/>
+    <n v="62695"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="02"/>
+    <s v="Owner occupied without loan or mortgage"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD474C07"/>
+    <s v="7 rooms"/>
+    <s v="Number"/>
+    <n v="51045"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="02"/>
+    <s v="Owner occupied without loan or mortgage"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD474C08"/>
+    <s v="8 rooms"/>
+    <s v="Number"/>
+    <n v="30688"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="02"/>
+    <s v="Owner occupied without loan or mortgage"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD474C10"/>
+    <s v="10 or more rooms"/>
+    <s v="Number"/>
+    <n v="12523"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="02"/>
+    <s v="Owner occupied without loan or mortgage"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD474C11"/>
+    <s v="Not stated"/>
+    <s v="Number"/>
+    <n v="10009"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="02"/>
+    <s v="Owner occupied without loan or mortgage"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD474C12"/>
+    <s v="Total private households"/>
+    <s v="Number"/>
+    <n v="277358"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="02"/>
+    <s v="Owner occupied without loan or mortgage"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD474C13"/>
+    <s v="Average number of rooms per household"/>
+    <s v="Number"/>
+    <n v="6"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="02"/>
+    <s v="Owner occupied without loan or mortgage"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD474C14"/>
+    <s v="Average number of persons per room"/>
+    <s v="Number"/>
+    <n v="0.42"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="02"/>
+    <s v="Owner occupied without loan or mortgage"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD474C09"/>
+    <s v="9 rooms"/>
+    <s v="Number"/>
+    <n v="14043"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="01"/>
+    <s v="Owner occupied with loan or mortgage"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD474C01"/>
+    <s v="1 room"/>
+    <s v="Number"/>
+    <n v="343"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="01"/>
+    <s v="Owner occupied with loan or mortgage"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD474C02"/>
+    <s v="2 rooms"/>
+    <s v="Number"/>
+    <n v="1335"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="01"/>
+    <s v="Owner occupied with loan or mortgage"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD474C03"/>
+    <s v="3 rooms"/>
+    <s v="Number"/>
+    <n v="5983"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="01"/>
+    <s v="Owner occupied with loan or mortgage"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD474C04"/>
+    <s v="4 rooms"/>
+    <s v="Number"/>
+    <n v="11968"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="01"/>
+    <s v="Owner occupied with loan or mortgage"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD474C05"/>
+    <s v="5 rooms"/>
+    <s v="Number"/>
+    <n v="34991"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="01"/>
+    <s v="Owner occupied with loan or mortgage"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD474C06"/>
+    <s v="6 rooms"/>
+    <s v="Number"/>
+    <n v="46050"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="01"/>
+    <s v="Owner occupied with loan or mortgage"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD474C07"/>
+    <s v="7 rooms"/>
+    <s v="Number"/>
+    <n v="48656"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="01"/>
+    <s v="Owner occupied with loan or mortgage"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD474C08"/>
+    <s v="8 rooms"/>
+    <s v="Number"/>
+    <n v="37431"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="01"/>
+    <s v="Owner occupied with loan or mortgage"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD474C10"/>
+    <s v="10 or more rooms"/>
+    <s v="Number"/>
+    <n v="14633"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="01"/>
+    <s v="Owner occupied with loan or mortgage"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD474C11"/>
+    <s v="Not stated"/>
+    <s v="Number"/>
+    <n v="5169"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="01"/>
+    <s v="Owner occupied with loan or mortgage"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD474C12"/>
+    <s v="Total private households"/>
+    <s v="Number"/>
+    <n v="225433"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="01"/>
+    <s v="Owner occupied with loan or mortgage"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD474C13"/>
+    <s v="Average number of rooms per household"/>
+    <s v="Number"/>
+    <n v="6.6"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="01"/>
+    <s v="Owner occupied with loan or mortgage"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD474C14"/>
+    <s v="Average number of persons per room"/>
+    <s v="Number"/>
+    <n v="0.53"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="01"/>
+    <s v="Owner occupied with loan or mortgage"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD474C09"/>
+    <s v="9 rooms"/>
+    <s v="Number"/>
+    <n v="18874"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="-1"/>
+    <s v="Rented"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD474C01"/>
+    <s v="1 room"/>
+    <s v="Number"/>
+    <n v="1462"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="-1"/>
+    <s v="Rented"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD474C02"/>
+    <s v="2 rooms"/>
+    <s v="Number"/>
+    <n v="6802"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="-1"/>
+    <s v="Rented"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD474C03"/>
+    <s v="3 rooms"/>
+    <s v="Number"/>
+    <n v="13879"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="-1"/>
+    <s v="Rented"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD474C04"/>
+    <s v="4 rooms"/>
+    <s v="Number"/>
+    <n v="14182"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="-1"/>
+    <s v="Rented"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD474C05"/>
+    <s v="5 rooms"/>
+    <s v="Number"/>
+    <n v="25359"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="-1"/>
+    <s v="Rented"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD474C06"/>
+    <s v="6 rooms"/>
+    <s v="Number"/>
+    <n v="12615"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="-1"/>
+    <s v="Rented"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD474C07"/>
+    <s v="7 rooms"/>
+    <s v="Number"/>
+    <n v="6166"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="-1"/>
+    <s v="Rented"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD474C08"/>
+    <s v="8 rooms"/>
+    <s v="Number"/>
+    <n v="2940"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="-1"/>
+    <s v="Rented"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD474C10"/>
+    <s v="10 or more rooms"/>
+    <s v="Number"/>
+    <n v="819"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="-1"/>
+    <s v="Rented"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD474C11"/>
+    <s v="Not stated"/>
+    <s v="Number"/>
+    <n v="2839"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="-1"/>
+    <s v="Rented"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD474C12"/>
+    <s v="Total private households"/>
+    <s v="Number"/>
+    <n v="88107"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="-1"/>
+    <s v="Rented"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD474C13"/>
+    <s v="Average number of rooms per household"/>
+    <s v="Number"/>
+    <n v="4.6"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="-1"/>
+    <s v="Rented"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD474C14"/>
+    <s v="Average number of persons per room"/>
+    <s v="Number"/>
+    <n v="0.53"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="-1"/>
+    <s v="Rented"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD474C09"/>
+    <s v="9 rooms"/>
+    <s v="Number"/>
+    <n v="1044"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="05A"/>
+    <s v="Rented from private landlord"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD474C01"/>
+    <s v="1 room"/>
+    <s v="Number"/>
+    <n v="742"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="05A"/>
+    <s v="Rented from private landlord"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD474C02"/>
+    <s v="2 rooms"/>
+    <s v="Number"/>
+    <n v="3379"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="05A"/>
+    <s v="Rented from private landlord"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD474C03"/>
+    <s v="3 rooms"/>
+    <s v="Number"/>
+    <n v="6774"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="05A"/>
+    <s v="Rented from private landlord"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD474C04"/>
+    <s v="4 rooms"/>
+    <s v="Number"/>
+    <n v="7491"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="05A"/>
+    <s v="Rented from private landlord"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD474C05"/>
+    <s v="5 rooms"/>
+    <s v="Number"/>
+    <n v="11944"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="05A"/>
+    <s v="Rented from private landlord"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD474C06"/>
+    <s v="6 rooms"/>
+    <s v="Number"/>
+    <n v="7978"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="05A"/>
+    <s v="Rented from private landlord"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD474C07"/>
+    <s v="7 rooms"/>
+    <s v="Number"/>
+    <n v="4235"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="05A"/>
+    <s v="Rented from private landlord"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD474C08"/>
+    <s v="8 rooms"/>
+    <s v="Number"/>
+    <n v="2006"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="05A"/>
+    <s v="Rented from private landlord"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD474C10"/>
+    <s v="10 or more rooms"/>
+    <s v="Number"/>
+    <n v="510"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="05A"/>
+    <s v="Rented from private landlord"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD474C11"/>
+    <s v="Not stated"/>
+    <s v="Number"/>
+    <n v="1264"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="05A"/>
+    <s v="Rented from private landlord"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD474C12"/>
+    <s v="Total private households"/>
+    <s v="Number"/>
+    <n v="47033"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="05A"/>
+    <s v="Rented from private landlord"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD474C13"/>
+    <s v="Average number of rooms per household"/>
+    <s v="Number"/>
+    <n v="4.7"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="05A"/>
+    <s v="Rented from private landlord"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD474C14"/>
+    <s v="Average number of persons per room"/>
+    <s v="Number"/>
+    <n v="0.52"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="05A"/>
+    <s v="Rented from private landlord"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD474C09"/>
+    <s v="9 rooms"/>
+    <s v="Number"/>
+    <n v="710"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD474C01"/>
+    <s v="1 room"/>
+    <s v="Number"/>
+    <n v="341"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD474C02"/>
+    <s v="2 rooms"/>
+    <s v="Number"/>
+    <n v="2050"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD474C03"/>
+    <s v="3 rooms"/>
+    <s v="Number"/>
+    <n v="4643"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD474C04"/>
+    <s v="4 rooms"/>
+    <s v="Number"/>
+    <n v="3817"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD474C05"/>
+    <s v="5 rooms"/>
+    <s v="Number"/>
+    <n v="9920"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD474C06"/>
+    <s v="6 rooms"/>
+    <s v="Number"/>
+    <n v="2121"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD474C07"/>
+    <s v="7 rooms"/>
+    <s v="Number"/>
+    <n v="554"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD474C08"/>
+    <s v="8 rooms"/>
+    <s v="Number"/>
+    <n v="160"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD474C10"/>
+    <s v="10 or more rooms"/>
+    <s v="Number"/>
+    <n v="19"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD474C11"/>
+    <s v="Not stated"/>
+    <s v="Number"/>
+    <n v="846"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD474C12"/>
+    <s v="Total private households"/>
+    <s v="Number"/>
+    <n v="24525"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD474C13"/>
+    <s v="Average number of rooms per household"/>
+    <s v="Number"/>
+    <n v="4.2"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD474C14"/>
+    <s v="Average number of persons per room"/>
+    <s v="Number"/>
+    <n v="0.65"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD474C09"/>
+    <s v="9 rooms"/>
+    <s v="Number"/>
+    <n v="54"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD474C01"/>
+    <s v="1 room"/>
+    <s v="Number"/>
+    <n v="71"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD474C02"/>
+    <s v="2 rooms"/>
+    <s v="Number"/>
+    <n v="438"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD474C03"/>
+    <s v="3 rooms"/>
+    <s v="Number"/>
+    <n v="591"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD474C04"/>
+    <s v="4 rooms"/>
+    <s v="Number"/>
+    <n v="368"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD474C05"/>
+    <s v="5 rooms"/>
+    <s v="Number"/>
+    <n v="503"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD474C06"/>
+    <s v="6 rooms"/>
+    <s v="Number"/>
+    <n v="113"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD474C07"/>
+    <s v="7 rooms"/>
+    <s v="Number"/>
+    <n v="36"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD474C08"/>
+    <s v="8 rooms"/>
+    <s v="Number"/>
+    <n v="15"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD474C10"/>
+    <s v="10 or more rooms"/>
+    <s v="Number"/>
+    <n v="6"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD474C11"/>
+    <s v="Not stated"/>
+    <s v="Number"/>
+    <n v="81"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD474C12"/>
+    <s v="Total private households"/>
+    <s v="Number"/>
+    <n v="2229"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD474C13"/>
+    <s v="Average number of rooms per household"/>
+    <s v="Number"/>
+    <n v="3.5"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD474C14"/>
+    <s v="Average number of persons per room"/>
+    <s v="Number"/>
+    <n v="0.55"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD474C09"/>
+    <s v="9 rooms"/>
+    <s v="Number"/>
+    <n v="7"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="10"/>
+    <s v="Occupied free of rent from private landlord"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD474C01"/>
+    <s v="1 room"/>
+    <s v="Number"/>
+    <n v="156"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="10"/>
+    <s v="Occupied free of rent from private landlord"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD474C02"/>
+    <s v="2 rooms"/>
+    <s v="Number"/>
+    <n v="361"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="10"/>
+    <s v="Occupied free of rent from private landlord"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD474C03"/>
+    <s v="3 rooms"/>
+    <s v="Number"/>
+    <n v="692"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="10"/>
+    <s v="Occupied free of rent from private landlord"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD474C04"/>
+    <s v="4 rooms"/>
+    <s v="Number"/>
+    <n v="1000"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="10"/>
+    <s v="Occupied free of rent from private landlord"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD474C05"/>
+    <s v="5 rooms"/>
+    <s v="Number"/>
+    <n v="1232"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="10"/>
+    <s v="Occupied free of rent from private landlord"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD474C06"/>
+    <s v="6 rooms"/>
+    <s v="Number"/>
+    <n v="1054"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="10"/>
+    <s v="Occupied free of rent from private landlord"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD474C07"/>
+    <s v="7 rooms"/>
+    <s v="Number"/>
+    <n v="580"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="10"/>
+    <s v="Occupied free of rent from private landlord"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD474C08"/>
+    <s v="8 rooms"/>
+    <s v="Number"/>
+    <n v="347"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="10"/>
+    <s v="Occupied free of rent from private landlord"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD474C10"/>
+    <s v="10 or more rooms"/>
+    <s v="Number"/>
+    <n v="113"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="10"/>
+    <s v="Occupied free of rent from private landlord"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD474C11"/>
+    <s v="Not stated"/>
+    <s v="Number"/>
+    <n v="221"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="10"/>
+    <s v="Occupied free of rent from private landlord"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD474C12"/>
+    <s v="Total private households"/>
+    <s v="Number"/>
+    <n v="5868"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="10"/>
+    <s v="Occupied free of rent from private landlord"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD474C13"/>
+    <s v="Average number of rooms per household"/>
+    <s v="Number"/>
+    <n v="4.9"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="10"/>
+    <s v="Occupied free of rent from private landlord"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD474C14"/>
+    <s v="Average number of persons per room"/>
+    <s v="Number"/>
+    <n v="0.39"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="10"/>
+    <s v="Occupied free of rent from private landlord"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD474C09"/>
+    <s v="9 rooms"/>
+    <s v="Number"/>
+    <n v="112"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="11"/>
+    <s v="Occupied free of rent from Local Authority"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD474C01"/>
+    <s v="1 room"/>
+    <s v="Number"/>
+    <n v="16"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="11"/>
+    <s v="Occupied free of rent from Local Authority"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD474C02"/>
+    <s v="2 rooms"/>
+    <s v="Number"/>
+    <n v="35"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="11"/>
+    <s v="Occupied free of rent from Local Authority"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD474C03"/>
+    <s v="3 rooms"/>
+    <s v="Number"/>
+    <n v="73"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="11"/>
+    <s v="Occupied free of rent from Local Authority"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD474C04"/>
+    <s v="4 rooms"/>
+    <s v="Number"/>
+    <n v="53"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="11"/>
+    <s v="Occupied free of rent from Local Authority"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD474C05"/>
+    <s v="5 rooms"/>
+    <s v="Number"/>
+    <n v="53"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="11"/>
+    <s v="Occupied free of rent from Local Authority"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD474C06"/>
+    <s v="6 rooms"/>
+    <s v="Number"/>
+    <n v="47"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="11"/>
+    <s v="Occupied free of rent from Local Authority"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD474C07"/>
+    <s v="7 rooms"/>
+    <s v="Number"/>
+    <n v="27"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="11"/>
+    <s v="Occupied free of rent from Local Authority"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD474C08"/>
+    <s v="8 rooms"/>
+    <s v="Number"/>
+    <n v="13"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="11"/>
+    <s v="Occupied free of rent from Local Authority"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD474C10"/>
+    <s v="10 or more rooms"/>
+    <s v="Number"/>
+    <n v="12"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="11"/>
+    <s v="Occupied free of rent from Local Authority"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD474C11"/>
+    <s v="Not stated"/>
+    <s v="Number"/>
+    <n v="31"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="11"/>
+    <s v="Occupied free of rent from Local Authority"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD474C12"/>
+    <s v="Total private households"/>
+    <s v="Number"/>
+    <n v="365"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="11"/>
+    <s v="Occupied free of rent from Local Authority"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD474C13"/>
+    <s v="Average number of rooms per household"/>
+    <s v="Number"/>
+    <n v="4.2"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="11"/>
+    <s v="Occupied free of rent from Local Authority"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD474C14"/>
+    <s v="Average number of persons per room"/>
+    <s v="Number"/>
+    <n v="0.55"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="11"/>
+    <s v="Occupied free of rent from Local Authority"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD474C09"/>
+    <s v="9 rooms"/>
+    <s v="Number"/>
+    <n v="5"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="12"/>
+    <s v="Occupied free of rent from Voluntary housing body"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD474C01"/>
+    <s v="1 room"/>
+    <s v="Number"/>
+    <n v="10"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="12"/>
+    <s v="Occupied free of rent from Voluntary housing body"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD474C02"/>
+    <s v="2 rooms"/>
+    <s v="Number"/>
+    <n v="38"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="12"/>
+    <s v="Occupied free of rent from Voluntary housing body"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD474C03"/>
+    <s v="3 rooms"/>
+    <s v="Number"/>
+    <n v="63"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="12"/>
+    <s v="Occupied free of rent from Voluntary housing body"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD474C04"/>
+    <s v="4 rooms"/>
+    <s v="Number"/>
+    <n v="71"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="12"/>
+    <s v="Occupied free of rent from Voluntary housing body"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD474C05"/>
+    <s v="5 rooms"/>
+    <s v="Number"/>
+    <n v="88"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="12"/>
+    <s v="Occupied free of rent from Voluntary housing body"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD474C06"/>
+    <s v="6 rooms"/>
+    <s v="Number"/>
+    <n v="99"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="12"/>
+    <s v="Occupied free of rent from Voluntary housing body"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD474C07"/>
+    <s v="7 rooms"/>
+    <s v="Number"/>
+    <n v="49"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="12"/>
+    <s v="Occupied free of rent from Voluntary housing body"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD474C08"/>
+    <s v="8 rooms"/>
+    <s v="Number"/>
+    <n v="23"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="12"/>
+    <s v="Occupied free of rent from Voluntary housing body"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD474C10"/>
+    <s v="10 or more rooms"/>
+    <s v="Number"/>
+    <n v="8"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="12"/>
+    <s v="Occupied free of rent from Voluntary housing body"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD474C11"/>
+    <s v="Not stated"/>
+    <s v="Number"/>
+    <n v="27"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="12"/>
+    <s v="Occupied free of rent from Voluntary housing body"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD474C12"/>
+    <s v="Total private households"/>
+    <s v="Number"/>
+    <n v="485"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="12"/>
+    <s v="Occupied free of rent from Voluntary housing body"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD474C13"/>
+    <s v="Average number of rooms per household"/>
+    <s v="Number"/>
+    <n v="4.7"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="12"/>
+    <s v="Occupied free of rent from Voluntary housing body"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD474C14"/>
+    <s v="Average number of persons per room"/>
+    <s v="Number"/>
+    <n v="0.38"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="12"/>
+    <s v="Occupied free of rent from Voluntary housing body"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD474C09"/>
+    <s v="9 rooms"/>
+    <s v="Number"/>
+    <n v="9"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="13"/>
+    <s v="Occupied free of rent - Landlord not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD474C01"/>
+    <s v="1 room"/>
+    <s v="Number"/>
+    <n v="126"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="13"/>
+    <s v="Occupied free of rent - Landlord not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD474C02"/>
+    <s v="2 rooms"/>
+    <s v="Number"/>
+    <n v="501"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="13"/>
+    <s v="Occupied free of rent - Landlord not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD474C03"/>
+    <s v="3 rooms"/>
+    <s v="Number"/>
+    <n v="1043"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="13"/>
+    <s v="Occupied free of rent - Landlord not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD474C04"/>
+    <s v="4 rooms"/>
+    <s v="Number"/>
+    <n v="1382"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="13"/>
+    <s v="Occupied free of rent - Landlord not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD474C05"/>
+    <s v="5 rooms"/>
+    <s v="Number"/>
+    <n v="1619"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="13"/>
+    <s v="Occupied free of rent - Landlord not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD474C06"/>
+    <s v="6 rooms"/>
+    <s v="Number"/>
+    <n v="1203"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="13"/>
+    <s v="Occupied free of rent - Landlord not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD474C07"/>
+    <s v="7 rooms"/>
+    <s v="Number"/>
+    <n v="685"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="13"/>
+    <s v="Occupied free of rent - Landlord not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD474C08"/>
+    <s v="8 rooms"/>
+    <s v="Number"/>
+    <n v="376"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="13"/>
+    <s v="Occupied free of rent - Landlord not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD474C10"/>
+    <s v="10 or more rooms"/>
+    <s v="Number"/>
+    <n v="151"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="13"/>
+    <s v="Occupied free of rent - Landlord not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD474C11"/>
+    <s v="Not stated"/>
+    <s v="Number"/>
+    <n v="369"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="13"/>
+    <s v="Occupied free of rent - Landlord not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD474C12"/>
+    <s v="Total private households"/>
+    <s v="Number"/>
+    <n v="7602"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="13"/>
+    <s v="Occupied free of rent - Landlord not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD474C13"/>
+    <s v="Average number of rooms per household"/>
+    <s v="Number"/>
+    <n v="4.7"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="13"/>
+    <s v="Occupied free of rent - Landlord not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD474C14"/>
+    <s v="Average number of persons per room"/>
+    <s v="Number"/>
+    <n v="0.4"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="13"/>
+    <s v="Occupied free of rent - Landlord not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD474C09"/>
+    <s v="9 rooms"/>
+    <s v="Number"/>
+    <n v="147"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="09"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD474C01"/>
+    <s v="1 room"/>
+    <s v="Number"/>
+    <n v="39"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="09"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD474C02"/>
+    <s v="2 rooms"/>
+    <s v="Number"/>
+    <n v="199"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="09"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD474C03"/>
+    <s v="3 rooms"/>
+    <s v="Number"/>
+    <n v="441"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="09"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD474C04"/>
+    <s v="4 rooms"/>
+    <s v="Number"/>
+    <n v="623"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="09"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD474C05"/>
+    <s v="5 rooms"/>
+    <s v="Number"/>
+    <n v="861"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="09"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD474C06"/>
+    <s v="6 rooms"/>
+    <s v="Number"/>
+    <n v="831"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="09"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD474C07"/>
+    <s v="7 rooms"/>
+    <s v="Number"/>
+    <n v="585"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="09"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD474C08"/>
+    <s v="8 rooms"/>
+    <s v="Number"/>
+    <n v="348"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="09"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD474C10"/>
+    <s v="10 or more rooms"/>
+    <s v="Number"/>
+    <n v="126"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="09"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD474C11"/>
+    <s v="Not stated"/>
+    <s v="Number"/>
+    <n v="4225"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="09"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD474C12"/>
+    <s v="Total private households"/>
+    <s v="Number"/>
+    <n v="8437"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="09"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD474C13"/>
+    <s v="Average number of rooms per household"/>
+    <s v="Number"/>
+    <n v="2.8"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="09"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD474C14"/>
+    <s v="Average number of persons per room"/>
+    <s v="Number"/>
+    <n v="0.88"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="09"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD474C09"/>
+    <s v="9 rooms"/>
+    <s v="Number"/>
+    <n v="159"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="-"/>
+    <s v="All types of occupancy"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD474C01"/>
+    <s v="1 room"/>
+    <s v="Number"/>
+    <n v="2587"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="-"/>
+    <s v="All types of occupancy"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD474C02"/>
+    <s v="2 rooms"/>
+    <s v="Number"/>
+    <n v="11703"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="-"/>
+    <s v="All types of occupancy"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD474C03"/>
+    <s v="3 rooms"/>
+    <s v="Number"/>
+    <n v="33311"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="-"/>
+    <s v="All types of occupancy"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD474C04"/>
+    <s v="4 rooms"/>
+    <s v="Number"/>
+    <n v="52527"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="-"/>
+    <s v="All types of occupancy"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD474C05"/>
+    <s v="5 rooms"/>
+    <s v="Number"/>
+    <n v="114694"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="-"/>
+    <s v="All types of occupancy"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD474C06"/>
+    <s v="6 rooms"/>
+    <s v="Number"/>
+    <n v="122191"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="-"/>
+    <s v="All types of occupancy"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD474C07"/>
+    <s v="7 rooms"/>
+    <s v="Number"/>
+    <n v="106452"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="-"/>
+    <s v="All types of occupancy"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD474C08"/>
+    <s v="8 rooms"/>
+    <s v="Number"/>
+    <n v="71407"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="-"/>
+    <s v="All types of occupancy"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD474C10"/>
+    <s v="10 or more rooms"/>
+    <s v="Number"/>
+    <n v="28101"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="-"/>
+    <s v="All types of occupancy"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD474C11"/>
+    <s v="Not stated"/>
+    <s v="Number"/>
+    <n v="22242"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="-"/>
+    <s v="All types of occupancy"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD474C12"/>
+    <s v="Total private households"/>
+    <s v="Number"/>
+    <n v="599335"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="-"/>
+    <s v="All types of occupancy"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD474C13"/>
+    <s v="Average number of rooms per household"/>
+    <s v="Number"/>
+    <n v="6"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="-"/>
+    <s v="All types of occupancy"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD474C14"/>
+    <s v="Average number of persons per room"/>
+    <s v="Number"/>
+    <n v="0.48"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="-"/>
+    <s v="All types of occupancy"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD474C09"/>
+    <s v="9 rooms"/>
+    <s v="Number"/>
+    <n v="34120"/>
+  </r>
+</pivotCacheRecords>
 </file>