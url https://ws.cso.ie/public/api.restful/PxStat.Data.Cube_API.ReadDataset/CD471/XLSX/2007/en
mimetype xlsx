--- v0 (2025-10-02)
+++ v1 (2025-11-18)
@@ -1,48 +1,48 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/pivotCache/pivotCacheDefinition1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheDefinition+xml"/>
   <Override PartName="/pivotCache/pivotCacheRecords1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheRecords+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/pivotTables/pivotTable.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R175a3a9794444cd4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/bc6f7ee7268f43ae8d22ca5aa5a4187e.psmdcp" Id="Ra4247f4616414bf4" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc88cb4b54a474452" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/09605b19210a49dc8545687cf5b1d128.psmdcp" Id="R7a8e9bdddf534c11" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="About" sheetId="2" r:id="rId2"/>
     <x:sheet name="Unpivoted" sheetId="9" r:id="rId9"/>
     <x:sheet name="Pivoted" sheetId="11" r:id="rId11"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
   <x:pivotCaches>
     <x:pivotCache cacheId="0" r:id="rId12"/>
   </x:pivotCaches>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Table</x:t>