--- v1 (2025-11-18)
+++ v2 (2026-02-25)
@@ -1,97 +1,97 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/pivotCache/pivotCacheDefinition1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheDefinition+xml"/>
   <Override PartName="/pivotCache/pivotCacheRecords1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheRecords+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/pivotTables/pivotTable.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc88cb4b54a474452" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/09605b19210a49dc8545687cf5b1d128.psmdcp" Id="R7a8e9bdddf534c11" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R10ed0d56bf6e4a2e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/f821347350774c14b5c3410edec9cfd5.psmdcp" Id="Re29c17082dd140f8" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
-    <x:sheet name="About" sheetId="2" r:id="rId2"/>
-[...1 lines deleted...]
-    <x:sheet name="Pivoted" sheetId="11" r:id="rId11"/>
+    <x:sheet name="About" sheetId="1" r:id="rId2"/>
+    <x:sheet name="Unpivoted" sheetId="2" r:id="rId9"/>
+    <x:sheet name="Pivoted" sheetId="3" r:id="rId11"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
   <x:pivotCaches>
     <x:pivotCache cacheId="0" r:id="rId12"/>
   </x:pivotCaches>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Table</x:t>
   </x:si>
   <x:si>
     <x:t>Code</x:t>
   </x:si>
   <x:si>
     <x:t>CD471</x:t>
   </x:si>
   <x:si>
     <x:t>Name</x:t>
   </x:si>
   <x:si>
     <x:t>Average Weekly Rent of Rented Private Dwellings in Permanent Housing Units</x:t>
   </x:si>
   <x:si>
     <x:t>Frequency</x:t>
   </x:si>
   <x:si>
     <x:t>Annual</x:t>
   </x:si>
   <x:si>
     <x:t>Last Updated</x:t>
   </x:si>
   <x:si>
-    <x:t>5/19/2020 11:00:00 AM</x:t>
+    <x:t>19/05/2020 11:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Note</x:t>
   </x:si>
   <x:si>
     <x:t>Url</x:t>
   </x:si>
   <x:si>
     <x:t>https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/CD471/XLSX/2007/en</x:t>
   </x:si>
   <x:si>
     <x:t>Product</x:t>
   </x:si>
   <x:si>
     <x:t>C2011P4</x:t>
   </x:si>
   <x:si>
     <x:t>Profile 4 - The Roof Over Our Heads - Housing in Ireland</x:t>
   </x:si>
   <x:si>
     <x:t>Contacts</x:t>
   </x:si>
   <x:si>
     <x:t>Bernie Casey</x:t>
   </x:si>
@@ -317,50 +317,53 @@
   <x:si>
     <x:t>06</x:t>
   </x:si>
   <x:si>
     <x:t>6 rooms</x:t>
   </x:si>
   <x:si>
     <x:t>07</x:t>
   </x:si>
   <x:si>
     <x:t>7 rooms</x:t>
   </x:si>
   <x:si>
     <x:t>08</x:t>
   </x:si>
   <x:si>
     <x:t>8 rooms</x:t>
   </x:si>
   <x:si>
     <x:t>09</x:t>
   </x:si>
   <x:si>
     <x:t>9 rooms</x:t>
   </x:si>
   <x:si>
+    <x:t/>
+  </x:si>
+  <x:si>
     <x:t>101</x:t>
   </x:si>
   <x:si>
     <x:t>10 or more rooms</x:t>
   </x:si>
   <x:si>
     <x:t>98</x:t>
   </x:si>
 </x:sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts count="1">
     <x:numFmt numFmtId="0" formatCode=""/>
   </x:numFmts>
   <x:fonts count="4">
     <x:font>
       <x:vertAlign val="baseline"/>
       <x:sz val="11"/>
       <x:color rgb="FF000000"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
     </x:font>
     <x:font>
@@ -505,363 +508,164 @@
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip r:embed="rId8" cstate="print"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="3971925" cy="1381125"/>
         </a:xfrm>
         <a:prstGeom prst="rect"/>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/pivotTables/_rels/pivotTable.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheDefinition" Target="/pivotCache/pivotCacheDefinition1.xml" Id="rId17" /></Relationships>
 </file>
 
 <file path=xl/pivotTables/pivotTable.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotTableDefinition xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" dataCaption="Values" showError="0" missingCaption="" showMissing="1" pageWrap="0" pageOverThenDown="0" rowGrandTotals="0" colGrandTotals="0" indent="1">
-[...311 lines deleted...]
-</x:pivotTableDefinition>
+<pivotTableDefinition xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" applyNumberFormats="0" applyBorderFormats="0" applyFontFormats="0" applyPatternFormats="0" applyAlignmentFormats="0" applyWidthHeightFormats="0" dataCaption="Values" rowGrandTotals="0" colGrandTotals="0" outline="1">
+  <location ref="A1" firstHeaderRow="0" firstDataRow="0" firstDataCol="0"/>
+  <pivotFields count="10">
+    <pivotField name="C02729V03297" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="12">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+        <item x="11"/>
+      </items>
+    </pivotField>
+    <pivotField name="Number of Rooms Occupied" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="12">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+        <item x="11"/>
+      </items>
+    </pivotField>
+    <pivotField name="C02699V03267" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="4">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+      </items>
+    </pivotField>
+    <pivotField name="Nature of Occupancy" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="4">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+      </items>
+    </pivotField>
+    <pivotField name="TLIST(A1)" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="CensusYear" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="STATISTIC" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="11">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+      </items>
+    </pivotField>
+    <pivotField name="Statistic Label" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="11">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+      </items>
+    </pivotField>
+    <pivotField showAll="0"/>
+    <pivotField dataField="1" showAll="0"/>
+  </pivotFields>
+  <rowFields count="8">
+    <field x="0"/>
+    <field x="1"/>
+    <field x="2"/>
+    <field x="3"/>
+    <field x="4"/>
+    <field x="5"/>
+    <field x="6"/>
+    <field x="7"/>
+  </rowFields>
+  <dataFields count="1">
+    <dataField name="VALUE" fld="9"/>
+  </dataFields>
+  <pivotTableStyleInfo name="PivotStyleLight16" showRowHeaders="1" showColHeaders="1"/>
+  <extLst>
+    <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{962EF5D1-5CA2-4c93-8EF4-DBF5C05439D2}">
+      <x14:pivotTableDefinition enableEdit="0" hideValuesRow="1"/>
+    </ext>
+  </extLst>
+</pivotTableDefinition>
 </file>
 
 <file path=xl/tables/table1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:table xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="1" name="Unpivoted" displayName="Unpivoted" ref="A1:J529" totalsRowShown="0">
   <x:autoFilter ref="A1:J529"/>
   <x:tableColumns count="10">
     <x:tableColumn id="1" name="C02729V03297"/>
     <x:tableColumn id="2" name="Number of Rooms Occupied"/>
     <x:tableColumn id="3" name="C02699V03267"/>
     <x:tableColumn id="4" name="Nature of Occupancy"/>
     <x:tableColumn id="5" name="TLIST(A1)"/>
     <x:tableColumn id="6" name="CensusYear"/>
     <x:tableColumn id="7" name="STATISTIC"/>
     <x:tableColumn id="8" name="Statistic Label"/>
     <x:tableColumn id="9" name="UNIT"/>
     <x:tableColumn id="10" name="VALUE"/>
   </x:tableColumns>
   <x:tableStyleInfo name="TableStyleMedium2" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </x:table>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
@@ -1132,51 +936,51 @@
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="/xl/drawings/drawing1.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/CD471/XLSX/2007/en" TargetMode="External" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cso.ie/" TargetMode="External" Id="rId14" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="/xl/tables/table1.xml" Id="rId15" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet3.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotTable" Target="/xl/pivotTables/pivotTable.xml" Id="rId16" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:B39"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="20.710625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="100.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="8" spans="1:2">
       <x:c r="A8" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B8" s="2"/>
     </x:row>
     <x:row r="9" spans="1:2">
       <x:c r="A9" s="3" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="B9" s="0" t="s">
         <x:v>2</x:v>
@@ -1363,51 +1167,51 @@
       </x:c>
     </x:row>
     <x:row r="39" spans="1:2">
       <x:c r="A39" s="3" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B39" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:hyperlinks>
     <x:hyperlink ref="B14" r:id="rId13"/>
     <x:hyperlink ref="B28" r:id="rId14"/>
   </x:hyperlinks>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:drawing xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId7"/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:J529"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="16.139196" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="28.424911" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="16.139196" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="28.282054" style="0" customWidth="1"/>
     <x:col min="5" max="5" width="11.282054" style="0" customWidth="1"/>
     <x:col min="6" max="6" width="13.424911" style="0" customWidth="1"/>
     <x:col min="7" max="7" width="11.996339" style="0" customWidth="1"/>
     <x:col min="8" max="8" width="20.567768" style="0" customWidth="1"/>
     <x:col min="9" max="9" width="7.424911" style="0" customWidth="1"/>
     <x:col min="10" max="10" width="8.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:10">
       <x:c r="A1" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
@@ -15365,50 +15169,53 @@
       </x:c>
       <x:c r="B437" s="0" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="C437" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="D437" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="E437" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="F437" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="G437" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="H437" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="I437" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
+      <x:c r="J437" s="0" t="s">
+        <x:v>98</x:v>
+      </x:c>
     </x:row>
     <x:row r="438" spans="1:10">
       <x:c r="A438" s="0" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="B438" s="0" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="C438" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="D438" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="E438" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="F438" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="G438" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="H438" s="0" t="s">
         <x:v>69</x:v>
@@ -15496,2874 +15303,2877 @@
       </x:c>
       <x:c r="D441" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="E441" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="F441" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="G441" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="H441" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="I441" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J441" s="0">
         <x:v>149.79</x:v>
       </x:c>
     </x:row>
     <x:row r="442" spans="1:10">
       <x:c r="A442" s="0" t="s">
-        <x:v>98</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="B442" s="0" t="s">
-        <x:v>99</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="C442" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="D442" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="E442" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="F442" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="G442" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H442" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="I442" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J442" s="0">
         <x:v>1379</x:v>
       </x:c>
     </x:row>
     <x:row r="443" spans="1:10">
       <x:c r="A443" s="0" t="s">
-        <x:v>98</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="B443" s="0" t="s">
-        <x:v>99</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="C443" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="D443" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="E443" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="F443" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="G443" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="H443" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="I443" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J443" s="0">
         <x:v>28</x:v>
       </x:c>
     </x:row>
     <x:row r="444" spans="1:10">
       <x:c r="A444" s="0" t="s">
-        <x:v>98</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="B444" s="0" t="s">
-        <x:v>99</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="C444" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="D444" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="E444" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="F444" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="G444" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="H444" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="I444" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J444" s="0">
         <x:v>34</x:v>
       </x:c>
     </x:row>
     <x:row r="445" spans="1:10">
       <x:c r="A445" s="0" t="s">
-        <x:v>98</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="B445" s="0" t="s">
-        <x:v>99</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="C445" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="D445" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="E445" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="F445" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="G445" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="H445" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="I445" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J445" s="0">
         <x:v>103</x:v>
       </x:c>
     </x:row>
     <x:row r="446" spans="1:10">
       <x:c r="A446" s="0" t="s">
-        <x:v>98</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="B446" s="0" t="s">
-        <x:v>99</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="C446" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="D446" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="E446" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="F446" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="G446" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="H446" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="I446" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J446" s="0">
         <x:v>202</x:v>
       </x:c>
     </x:row>
     <x:row r="447" spans="1:10">
       <x:c r="A447" s="0" t="s">
-        <x:v>98</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="B447" s="0" t="s">
-        <x:v>99</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="C447" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="D447" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="E447" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="F447" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="G447" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="H447" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="I447" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J447" s="0">
         <x:v>276</x:v>
       </x:c>
     </x:row>
     <x:row r="448" spans="1:10">
       <x:c r="A448" s="0" t="s">
-        <x:v>98</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="B448" s="0" t="s">
-        <x:v>99</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="C448" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="D448" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="E448" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="F448" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="G448" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="H448" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="I448" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J448" s="0">
         <x:v>152</x:v>
       </x:c>
     </x:row>
     <x:row r="449" spans="1:10">
       <x:c r="A449" s="0" t="s">
-        <x:v>98</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="B449" s="0" t="s">
-        <x:v>99</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="C449" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="D449" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="E449" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="F449" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="G449" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="H449" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="I449" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J449" s="0">
         <x:v>99</x:v>
       </x:c>
     </x:row>
     <x:row r="450" spans="1:10">
       <x:c r="A450" s="0" t="s">
-        <x:v>98</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="B450" s="0" t="s">
-        <x:v>99</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="C450" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="D450" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="E450" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="F450" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="G450" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="H450" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="I450" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J450" s="0">
         <x:v>425</x:v>
       </x:c>
     </x:row>
     <x:row r="451" spans="1:10">
       <x:c r="A451" s="0" t="s">
-        <x:v>98</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="B451" s="0" t="s">
-        <x:v>99</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="C451" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="D451" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="E451" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="F451" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="G451" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="H451" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="I451" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J451" s="0">
         <x:v>60</x:v>
       </x:c>
     </x:row>
     <x:row r="452" spans="1:10">
       <x:c r="A452" s="0" t="s">
-        <x:v>98</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="B452" s="0" t="s">
-        <x:v>99</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="C452" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="D452" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="E452" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="F452" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="G452" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="H452" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="I452" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J452" s="0">
         <x:v>274.45</x:v>
       </x:c>
     </x:row>
     <x:row r="453" spans="1:10">
       <x:c r="A453" s="0" t="s">
-        <x:v>98</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="B453" s="0" t="s">
-        <x:v>99</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="C453" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="D453" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="E453" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="F453" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="G453" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H453" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="I453" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J453" s="0">
         <x:v>1262</x:v>
       </x:c>
     </x:row>
     <x:row r="454" spans="1:10">
       <x:c r="A454" s="0" t="s">
-        <x:v>98</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="B454" s="0" t="s">
-        <x:v>99</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="C454" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="D454" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="E454" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="F454" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="G454" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="H454" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="I454" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J454" s="0">
         <x:v>18</x:v>
       </x:c>
     </x:row>
     <x:row r="455" spans="1:10">
       <x:c r="A455" s="0" t="s">
-        <x:v>98</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="B455" s="0" t="s">
-        <x:v>99</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="C455" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="D455" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="E455" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="F455" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="G455" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="H455" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="I455" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J455" s="0">
         <x:v>14</x:v>
       </x:c>
     </x:row>
     <x:row r="456" spans="1:10">
       <x:c r="A456" s="0" t="s">
-        <x:v>98</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="B456" s="0" t="s">
-        <x:v>99</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="C456" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="D456" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="E456" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="F456" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="G456" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="H456" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="I456" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J456" s="0">
         <x:v>68</x:v>
       </x:c>
     </x:row>
     <x:row r="457" spans="1:10">
       <x:c r="A457" s="0" t="s">
-        <x:v>98</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="B457" s="0" t="s">
-        <x:v>99</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="C457" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="D457" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="E457" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="F457" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="G457" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="H457" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="I457" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J457" s="0">
         <x:v>182</x:v>
       </x:c>
     </x:row>
     <x:row r="458" spans="1:10">
       <x:c r="A458" s="0" t="s">
-        <x:v>98</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="B458" s="0" t="s">
-        <x:v>99</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="C458" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="D458" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="E458" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="F458" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="G458" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="H458" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="I458" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J458" s="0">
         <x:v>268</x:v>
       </x:c>
     </x:row>
     <x:row r="459" spans="1:10">
       <x:c r="A459" s="0" t="s">
-        <x:v>98</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="B459" s="0" t="s">
-        <x:v>99</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="C459" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="D459" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="E459" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="F459" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="G459" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="H459" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="I459" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J459" s="0">
         <x:v>148</x:v>
       </x:c>
     </x:row>
     <x:row r="460" spans="1:10">
       <x:c r="A460" s="0" t="s">
-        <x:v>98</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="B460" s="0" t="s">
-        <x:v>99</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="C460" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="D460" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="E460" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="F460" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="G460" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="H460" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="I460" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J460" s="0">
         <x:v>97</x:v>
       </x:c>
     </x:row>
     <x:row r="461" spans="1:10">
       <x:c r="A461" s="0" t="s">
-        <x:v>98</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="B461" s="0" t="s">
-        <x:v>99</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="C461" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="D461" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="E461" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="F461" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="G461" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="H461" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="I461" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J461" s="0">
         <x:v>419</x:v>
       </x:c>
     </x:row>
     <x:row r="462" spans="1:10">
       <x:c r="A462" s="0" t="s">
-        <x:v>98</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="B462" s="0" t="s">
-        <x:v>99</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="C462" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="D462" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="E462" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="F462" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="G462" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="H462" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="I462" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J462" s="0">
         <x:v>48</x:v>
       </x:c>
     </x:row>
     <x:row r="463" spans="1:10">
       <x:c r="A463" s="0" t="s">
-        <x:v>98</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="B463" s="0" t="s">
-        <x:v>99</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="C463" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="D463" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="E463" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="F463" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="G463" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="H463" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="I463" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J463" s="0">
         <x:v>288.14</x:v>
       </x:c>
     </x:row>
     <x:row r="464" spans="1:10">
       <x:c r="A464" s="0" t="s">
-        <x:v>98</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="B464" s="0" t="s">
-        <x:v>99</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="C464" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="D464" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="E464" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="F464" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="G464" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H464" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="I464" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J464" s="0">
         <x:v>80</x:v>
       </x:c>
     </x:row>
     <x:row r="465" spans="1:10">
       <x:c r="A465" s="0" t="s">
-        <x:v>98</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="B465" s="0" t="s">
-        <x:v>99</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="C465" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="D465" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="E465" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="F465" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="G465" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="H465" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="I465" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J465" s="0">
         <x:v>7</x:v>
       </x:c>
     </x:row>
     <x:row r="466" spans="1:10">
       <x:c r="A466" s="0" t="s">
-        <x:v>98</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="B466" s="0" t="s">
-        <x:v>99</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="C466" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="D466" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="E466" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="F466" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="G466" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="H466" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="I466" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J466" s="0">
         <x:v>15</x:v>
       </x:c>
     </x:row>
     <x:row r="467" spans="1:10">
       <x:c r="A467" s="0" t="s">
-        <x:v>98</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="B467" s="0" t="s">
-        <x:v>99</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="C467" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="D467" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="E467" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="F467" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="G467" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="H467" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="I467" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J467" s="0">
         <x:v>28</x:v>
       </x:c>
     </x:row>
     <x:row r="468" spans="1:10">
       <x:c r="A468" s="0" t="s">
-        <x:v>98</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="B468" s="0" t="s">
-        <x:v>99</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="C468" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="D468" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="E468" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="F468" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="G468" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="H468" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="I468" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J468" s="0">
         <x:v>11</x:v>
       </x:c>
     </x:row>
     <x:row r="469" spans="1:10">
       <x:c r="A469" s="0" t="s">
-        <x:v>98</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="B469" s="0" t="s">
-        <x:v>99</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="C469" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="D469" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="E469" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="F469" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="G469" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="H469" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="I469" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J469" s="0">
         <x:v>7</x:v>
       </x:c>
     </x:row>
     <x:row r="470" spans="1:10">
       <x:c r="A470" s="0" t="s">
-        <x:v>98</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="B470" s="0" t="s">
-        <x:v>99</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="C470" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="D470" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="E470" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="F470" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="G470" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="H470" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="I470" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J470" s="0">
         <x:v>3</x:v>
       </x:c>
     </x:row>
     <x:row r="471" spans="1:10">
       <x:c r="A471" s="0" t="s">
-        <x:v>98</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="B471" s="0" t="s">
-        <x:v>99</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="C471" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="D471" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="E471" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="F471" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="G471" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="H471" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="I471" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
+      <x:c r="J471" s="0" t="s">
+        <x:v>98</x:v>
+      </x:c>
     </x:row>
     <x:row r="472" spans="1:10">
       <x:c r="A472" s="0" t="s">
-        <x:v>98</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="B472" s="0" t="s">
-        <x:v>99</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="C472" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="D472" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="E472" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="F472" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="G472" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="H472" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="I472" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J472" s="0">
         <x:v>4</x:v>
       </x:c>
     </x:row>
     <x:row r="473" spans="1:10">
       <x:c r="A473" s="0" t="s">
-        <x:v>98</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="B473" s="0" t="s">
-        <x:v>99</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="C473" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="D473" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="E473" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="F473" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="G473" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="H473" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="I473" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J473" s="0">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="474" spans="1:10">
       <x:c r="A474" s="0" t="s">
-        <x:v>98</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="B474" s="0" t="s">
-        <x:v>99</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="C474" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="D474" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="E474" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="F474" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="G474" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="H474" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="I474" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J474" s="0">
         <x:v>111.07</x:v>
       </x:c>
     </x:row>
     <x:row r="475" spans="1:10">
       <x:c r="A475" s="0" t="s">
-        <x:v>98</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="B475" s="0" t="s">
-        <x:v>99</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="C475" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="D475" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="E475" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="F475" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="G475" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H475" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="I475" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J475" s="0">
         <x:v>37</x:v>
       </x:c>
     </x:row>
     <x:row r="476" spans="1:10">
       <x:c r="A476" s="0" t="s">
-        <x:v>98</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="B476" s="0" t="s">
-        <x:v>99</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="C476" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="D476" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="E476" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="F476" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="G476" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="H476" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="I476" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J476" s="0">
         <x:v>3</x:v>
       </x:c>
     </x:row>
     <x:row r="477" spans="1:10">
       <x:c r="A477" s="0" t="s">
-        <x:v>98</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="B477" s="0" t="s">
-        <x:v>99</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="C477" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="D477" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="E477" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="F477" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="G477" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="H477" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="I477" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J477" s="0">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="478" spans="1:10">
       <x:c r="A478" s="0" t="s">
-        <x:v>98</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="B478" s="0" t="s">
-        <x:v>99</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="C478" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="D478" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="E478" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="F478" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="G478" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="H478" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="I478" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J478" s="0">
         <x:v>7</x:v>
       </x:c>
     </x:row>
     <x:row r="479" spans="1:10">
       <x:c r="A479" s="0" t="s">
-        <x:v>98</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="B479" s="0" t="s">
-        <x:v>99</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="C479" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="D479" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="E479" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="F479" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="G479" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="H479" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="I479" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J479" s="0">
         <x:v>9</x:v>
       </x:c>
     </x:row>
     <x:row r="480" spans="1:10">
       <x:c r="A480" s="0" t="s">
-        <x:v>98</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="B480" s="0" t="s">
-        <x:v>99</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="C480" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="D480" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="E480" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="F480" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="G480" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="H480" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="I480" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J480" s="0">
         <x:v>1</x:v>
       </x:c>
     </x:row>
     <x:row r="481" spans="1:10">
       <x:c r="A481" s="0" t="s">
-        <x:v>98</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="B481" s="0" t="s">
-        <x:v>99</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="C481" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="D481" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="E481" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="F481" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="G481" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="H481" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="I481" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J481" s="0">
         <x:v>1</x:v>
       </x:c>
     </x:row>
     <x:row r="482" spans="1:10">
       <x:c r="A482" s="0" t="s">
-        <x:v>98</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="B482" s="0" t="s">
-        <x:v>99</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="C482" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="D482" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="E482" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="F482" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="G482" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="H482" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="I482" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J482" s="0">
         <x:v>2</x:v>
       </x:c>
     </x:row>
     <x:row r="483" spans="1:10">
       <x:c r="A483" s="0" t="s">
-        <x:v>98</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="B483" s="0" t="s">
-        <x:v>99</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="C483" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="D483" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="E483" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="F483" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="G483" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="H483" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="I483" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J483" s="0">
         <x:v>2</x:v>
       </x:c>
     </x:row>
     <x:row r="484" spans="1:10">
       <x:c r="A484" s="0" t="s">
-        <x:v>98</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="B484" s="0" t="s">
-        <x:v>99</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="C484" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="D484" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="E484" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="F484" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="G484" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="H484" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="I484" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J484" s="0">
         <x:v>7</x:v>
       </x:c>
     </x:row>
     <x:row r="485" spans="1:10">
       <x:c r="A485" s="0" t="s">
-        <x:v>98</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="B485" s="0" t="s">
-        <x:v>99</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="C485" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="D485" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="E485" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="F485" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="G485" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="H485" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="I485" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J485" s="0">
         <x:v>129.11</x:v>
       </x:c>
     </x:row>
     <x:row r="486" spans="1:10">
       <x:c r="A486" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="B486" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="C486" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="D486" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="E486" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="F486" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="G486" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H486" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="I486" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J486" s="0">
         <x:v>14967</x:v>
       </x:c>
     </x:row>
     <x:row r="487" spans="1:10">
       <x:c r="A487" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="B487" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="C487" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="D487" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="E487" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="F487" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="G487" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="H487" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="I487" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J487" s="0">
         <x:v>767</x:v>
       </x:c>
     </x:row>
     <x:row r="488" spans="1:10">
       <x:c r="A488" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="B488" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="C488" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="D488" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="E488" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="F488" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="G488" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="H488" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="I488" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J488" s="0">
         <x:v>2547</x:v>
       </x:c>
     </x:row>
     <x:row r="489" spans="1:10">
       <x:c r="A489" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="B489" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="C489" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="D489" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="E489" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="F489" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="G489" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="H489" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="I489" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J489" s="0">
         <x:v>2849</x:v>
       </x:c>
     </x:row>
     <x:row r="490" spans="1:10">
       <x:c r="A490" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="B490" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="C490" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="D490" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="E490" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="F490" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="G490" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="H490" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="I490" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J490" s="0">
         <x:v>2635</x:v>
       </x:c>
     </x:row>
     <x:row r="491" spans="1:10">
       <x:c r="A491" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="B491" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="C491" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="D491" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="E491" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="F491" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="G491" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="H491" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="I491" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J491" s="0">
         <x:v>1782</x:v>
       </x:c>
     </x:row>
     <x:row r="492" spans="1:10">
       <x:c r="A492" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="B492" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="C492" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="D492" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="E492" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="F492" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="G492" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="H492" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="I492" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J492" s="0">
         <x:v>1047</x:v>
       </x:c>
     </x:row>
     <x:row r="493" spans="1:10">
       <x:c r="A493" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="B493" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="C493" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="D493" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="E493" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="F493" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="G493" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="H493" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="I493" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J493" s="0">
         <x:v>405</x:v>
       </x:c>
     </x:row>
     <x:row r="494" spans="1:10">
       <x:c r="A494" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="B494" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="C494" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="D494" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="E494" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="F494" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="G494" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="H494" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="I494" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J494" s="0">
         <x:v>291</x:v>
       </x:c>
     </x:row>
     <x:row r="495" spans="1:10">
       <x:c r="A495" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="B495" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="C495" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="D495" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="E495" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="F495" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="G495" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="H495" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="I495" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J495" s="0">
         <x:v>2644</x:v>
       </x:c>
     </x:row>
     <x:row r="496" spans="1:10">
       <x:c r="A496" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="B496" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="C496" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="D496" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="E496" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="F496" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="G496" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="H496" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="I496" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J496" s="0">
         <x:v>112.15</x:v>
       </x:c>
     </x:row>
     <x:row r="497" spans="1:10">
       <x:c r="A497" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="B497" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="C497" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="D497" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="E497" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="F497" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="G497" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H497" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="I497" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J497" s="0">
         <x:v>9103</x:v>
       </x:c>
     </x:row>
     <x:row r="498" spans="1:10">
       <x:c r="A498" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="B498" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="C498" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="D498" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="E498" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="F498" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="G498" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="H498" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="I498" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J498" s="0">
         <x:v>137</x:v>
       </x:c>
     </x:row>
     <x:row r="499" spans="1:10">
       <x:c r="A499" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="B499" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="C499" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="D499" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="E499" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="F499" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="G499" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="H499" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="I499" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J499" s="0">
         <x:v>340</x:v>
       </x:c>
     </x:row>
     <x:row r="500" spans="1:10">
       <x:c r="A500" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="B500" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="C500" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="D500" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="E500" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="F500" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="G500" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="H500" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="I500" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J500" s="0">
         <x:v>1156</x:v>
       </x:c>
     </x:row>
     <x:row r="501" spans="1:10">
       <x:c r="A501" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="B501" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="C501" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="D501" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="E501" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="F501" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="G501" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="H501" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="I501" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J501" s="0">
         <x:v>2250</x:v>
       </x:c>
     </x:row>
     <x:row r="502" spans="1:10">
       <x:c r="A502" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="B502" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="C502" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="D502" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="E502" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="F502" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="G502" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="H502" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="I502" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J502" s="0">
         <x:v>1666</x:v>
       </x:c>
     </x:row>
     <x:row r="503" spans="1:10">
       <x:c r="A503" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="B503" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="C503" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="D503" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="E503" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="F503" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="G503" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="H503" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="I503" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J503" s="0">
         <x:v>989</x:v>
       </x:c>
     </x:row>
     <x:row r="504" spans="1:10">
       <x:c r="A504" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="B504" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="C504" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="D504" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="E504" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="F504" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="G504" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="H504" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="I504" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J504" s="0">
         <x:v>386</x:v>
       </x:c>
     </x:row>
     <x:row r="505" spans="1:10">
       <x:c r="A505" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="B505" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="C505" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="D505" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="E505" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="F505" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="G505" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="H505" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="I505" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J505" s="0">
         <x:v>272</x:v>
       </x:c>
     </x:row>
     <x:row r="506" spans="1:10">
       <x:c r="A506" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="B506" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="C506" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="D506" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="E506" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="F506" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="G506" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="H506" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="I506" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J506" s="0">
         <x:v>1907</x:v>
       </x:c>
     </x:row>
     <x:row r="507" spans="1:10">
       <x:c r="A507" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="B507" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="C507" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="D507" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="E507" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="F507" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="G507" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="H507" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="I507" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J507" s="0">
         <x:v>151.46</x:v>
       </x:c>
     </x:row>
     <x:row r="508" spans="1:10">
       <x:c r="A508" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="B508" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="C508" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="D508" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="E508" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="F508" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="G508" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H508" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="I508" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J508" s="0">
         <x:v>5293</x:v>
       </x:c>
     </x:row>
     <x:row r="509" spans="1:10">
       <x:c r="A509" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="B509" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="C509" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="D509" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="E509" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="F509" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="G509" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="H509" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="I509" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J509" s="0">
         <x:v>557</x:v>
       </x:c>
     </x:row>
     <x:row r="510" spans="1:10">
       <x:c r="A510" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="B510" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="C510" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="D510" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="E510" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="F510" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="G510" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="H510" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="I510" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J510" s="0">
         <x:v>2027</x:v>
       </x:c>
     </x:row>
     <x:row r="511" spans="1:10">
       <x:c r="A511" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="B511" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="C511" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="D511" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="E511" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="F511" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="G511" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="H511" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="I511" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J511" s="0">
         <x:v>1521</x:v>
       </x:c>
     </x:row>
     <x:row r="512" spans="1:10">
       <x:c r="A512" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="B512" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="C512" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="D512" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="E512" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="F512" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="G512" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="H512" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="I512" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J512" s="0">
         <x:v>358</x:v>
       </x:c>
     </x:row>
     <x:row r="513" spans="1:10">
       <x:c r="A513" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="B513" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="C513" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="D513" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="E513" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="F513" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="G513" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="H513" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="I513" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J513" s="0">
         <x:v>102</x:v>
       </x:c>
     </x:row>
     <x:row r="514" spans="1:10">
       <x:c r="A514" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="B514" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="C514" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="D514" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="E514" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="F514" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="G514" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="H514" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="I514" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J514" s="0">
         <x:v>51</x:v>
       </x:c>
     </x:row>
     <x:row r="515" spans="1:10">
       <x:c r="A515" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="B515" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="C515" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="D515" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="E515" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="F515" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="G515" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="H515" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="I515" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J515" s="0">
         <x:v>17</x:v>
       </x:c>
     </x:row>
     <x:row r="516" spans="1:10">
       <x:c r="A516" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="B516" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="C516" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="D516" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="E516" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="F516" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="G516" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="H516" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="I516" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J516" s="0">
         <x:v>18</x:v>
       </x:c>
     </x:row>
     <x:row r="517" spans="1:10">
       <x:c r="A517" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="B517" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="C517" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="D517" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="E517" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="F517" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="G517" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="H517" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="I517" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J517" s="0">
         <x:v>642</x:v>
       </x:c>
     </x:row>
     <x:row r="518" spans="1:10">
       <x:c r="A518" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="B518" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="C518" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="D518" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="E518" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="F518" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="G518" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="H518" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="I518" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J518" s="0">
         <x:v>57.05</x:v>
       </x:c>
     </x:row>
     <x:row r="519" spans="1:10">
       <x:c r="A519" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="B519" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="C519" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="D519" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="E519" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="F519" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="G519" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H519" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="I519" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J519" s="0">
         <x:v>571</x:v>
       </x:c>
     </x:row>
     <x:row r="520" spans="1:10">
       <x:c r="A520" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="B520" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="C520" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="D520" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="E520" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="F520" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="G520" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="H520" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="I520" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J520" s="0">
         <x:v>73</x:v>
       </x:c>
     </x:row>
     <x:row r="521" spans="1:10">
       <x:c r="A521" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="B521" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="C521" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="D521" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="E521" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="F521" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="G521" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="H521" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="I521" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J521" s="0">
         <x:v>180</x:v>
       </x:c>
     </x:row>
     <x:row r="522" spans="1:10">
       <x:c r="A522" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="B522" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="C522" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="D522" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="E522" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="F522" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="G522" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="H522" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="I522" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J522" s="0">
         <x:v>172</x:v>
       </x:c>
     </x:row>
     <x:row r="523" spans="1:10">
       <x:c r="A523" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="B523" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="C523" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="D523" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="E523" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="F523" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="G523" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="H523" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="I523" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J523" s="0">
         <x:v>27</x:v>
       </x:c>
     </x:row>
     <x:row r="524" spans="1:10">
       <x:c r="A524" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="B524" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="C524" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="D524" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="E524" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="F524" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="G524" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="H524" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="I524" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J524" s="0">
         <x:v>14</x:v>
       </x:c>
     </x:row>
     <x:row r="525" spans="1:10">
       <x:c r="A525" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="B525" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="C525" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="D525" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="E525" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="F525" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="G525" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="H525" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="I525" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J525" s="0">
         <x:v>7</x:v>
       </x:c>
     </x:row>
     <x:row r="526" spans="1:10">
       <x:c r="A526" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="B526" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="C526" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="D526" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="E526" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="F526" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="G526" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="H526" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="I526" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J526" s="0">
         <x:v>2</x:v>
       </x:c>
     </x:row>
     <x:row r="527" spans="1:10">
       <x:c r="A527" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="B527" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="C527" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="D527" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="E527" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="F527" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="G527" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="H527" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="I527" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J527" s="0">
         <x:v>1</x:v>
       </x:c>
     </x:row>
     <x:row r="528" spans="1:10">
       <x:c r="A528" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="B528" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="C528" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="D528" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="E528" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="F528" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="G528" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="H528" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="I528" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J528" s="0">
         <x:v>95</x:v>
       </x:c>
     </x:row>
     <x:row r="529" spans="1:10">
       <x:c r="A529" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="B529" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="C529" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="D529" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="E529" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="F529" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="G529" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="H529" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="I529" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J529" s="0">
         <x:v>56.32</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="1">
     <x:tablePart r:id="rId15"/>
   </x:tableParts>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:sheetData/>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Application>Microsoft Excel</ap:Application>
   <ap:TitlesOfParts>
     <vt:vector baseType="lpstr" size="9">
       <vt:lpstr>About</vt:lpstr>
       <vt:lpstr>Unpivoted</vt:lpstr>
       <vt:lpstr>Pivoted</vt:lpstr>
@@ -18380,51 +18190,51 @@
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>3</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Named Ranges</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>6</vt:i4>
       </vt:variant>
     </vt:vector>
   </ap:HeadingPairs>
   <ap:DocSecurity>0</ap:DocSecurity>
   <ap:ScaleCrop>false</ap:ScaleCrop>
 </ap:Properties>
 </file>
 
 <file path=pivotCache/_rels/pivotCacheDefinition1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheRecords" Target="/pivotCache/pivotCacheRecords1.xml" Id="rId1" /></Relationships>
 </file>
 
 <file path=pivotCache/pivotCacheDefinition1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:pivotCacheDefinition xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" r:id="rId1" saveData="1" refreshOnLoad="1" createdVersion="5" refreshedVersion="5" minRefreshableVersion="3">
   <x:cacheSource type="worksheet">
-    <x:worksheetSource ref="A1:J529" sheet="Unpivoted"/>
+    <x:worksheetSource name="Unpivoted"/>
   </x:cacheSource>
   <x:cacheFields>
     <x:cacheField name="C02729V03297">
       <x:sharedItems count="12">
         <x:s v="-"/>
         <x:s v="01"/>
         <x:s v="02"/>
         <x:s v="03"/>
         <x:s v="04"/>
         <x:s v="05"/>
         <x:s v="06"/>
         <x:s v="07"/>
         <x:s v="08"/>
         <x:s v="09"/>
         <x:s v="101"/>
         <x:s v="98"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="Number of Rooms Occupied">
       <x:sharedItems count="12">
         <x:s v="All households"/>
         <x:s v="1 room"/>
         <x:s v="2 rooms"/>
         <x:s v="3 rooms"/>
         <x:s v="4 rooms"/>
@@ -18929,27 +18739,6364 @@
         <x:n v="151.46"/>
         <x:n v="5293"/>
         <x:n v="557"/>
         <x:n v="2027"/>
         <x:n v="1521"/>
         <x:n v="358"/>
         <x:n v="102"/>
         <x:n v="51"/>
         <x:n v="17"/>
         <x:n v="642"/>
         <x:n v="57.05"/>
         <x:n v="571"/>
         <x:n v="73"/>
         <x:n v="180"/>
         <x:n v="172"/>
         <x:n v="27"/>
         <x:n v="95"/>
         <x:n v="56.32"/>
       </x:sharedItems>
     </x:cacheField>
   </x:cacheFields>
 </x:pivotCacheDefinition>
 </file>
 
 <file path=pivotCache/pivotCacheRecords1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main"/>
+<pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="xr">
+  <r>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="-1"/>
+    <s v="Rented"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD471C01"/>
+    <s v="Total rented dwellings"/>
+    <s v="Euro"/>
+    <n v="449352"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="-1"/>
+    <s v="Rented"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD471C02"/>
+    <s v="Under 25"/>
+    <s v="Euro"/>
+    <n v="16272"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="-1"/>
+    <s v="Rented"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD471C03"/>
+    <s v="25 - &lt; 50"/>
+    <s v="Euro"/>
+    <n v="63571"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="-1"/>
+    <s v="Rented"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD471C04"/>
+    <s v="50 - &lt; 100"/>
+    <s v="Euro"/>
+    <n v="84047"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="-1"/>
+    <s v="Rented"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD471C05"/>
+    <s v="100 - &lt; 150"/>
+    <s v="Euro"/>
+    <n v="94187"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="-1"/>
+    <s v="Rented"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD471C06"/>
+    <s v="150  - &lt; 200"/>
+    <s v="Euro"/>
+    <n v="84505"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="-1"/>
+    <s v="Rented"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD471C07"/>
+    <s v="200 - &lt; 250"/>
+    <s v="Euro"/>
+    <n v="49431"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="-1"/>
+    <s v="Rented"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD471C08"/>
+    <s v="250 - &lt; 300"/>
+    <s v="Euro"/>
+    <n v="23370"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="-1"/>
+    <s v="Rented"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD471C09"/>
+    <s v="300 and over"/>
+    <s v="Euro"/>
+    <n v="18874"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="-1"/>
+    <s v="Rented"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD471C10"/>
+    <s v="Not stated"/>
+    <s v="Euro"/>
+    <n v="15095"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="-1"/>
+    <s v="Rented"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD471C11"/>
+    <s v="Average weekly rent"/>
+    <s v="Euro"/>
+    <n v="135.81"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="05A"/>
+    <s v="Rented from private landlord"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD471C01"/>
+    <s v="Total rented dwellings"/>
+    <s v="Euro"/>
+    <n v="305377"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="05A"/>
+    <s v="Rented from private landlord"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD471C02"/>
+    <s v="Under 25"/>
+    <s v="Euro"/>
+    <n v="3382"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="05A"/>
+    <s v="Rented from private landlord"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD471C03"/>
+    <s v="25 - &lt; 50"/>
+    <s v="Euro"/>
+    <n v="8147"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="05A"/>
+    <s v="Rented from private landlord"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD471C04"/>
+    <s v="50 - &lt; 100"/>
+    <s v="Euro"/>
+    <n v="31205"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="05A"/>
+    <s v="Rented from private landlord"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD471C05"/>
+    <s v="100 - &lt; 150"/>
+    <s v="Euro"/>
+    <n v="83144"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="05A"/>
+    <s v="Rented from private landlord"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD471C06"/>
+    <s v="150  - &lt; 200"/>
+    <s v="Euro"/>
+    <n v="80567"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="05A"/>
+    <s v="Rented from private landlord"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD471C07"/>
+    <s v="200 - &lt; 250"/>
+    <s v="Euro"/>
+    <n v="48038"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="05A"/>
+    <s v="Rented from private landlord"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD471C08"/>
+    <s v="250 - &lt; 300"/>
+    <s v="Euro"/>
+    <n v="22728"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="05A"/>
+    <s v="Rented from private landlord"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD471C09"/>
+    <s v="300 and over"/>
+    <s v="Euro"/>
+    <n v="18485"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="05A"/>
+    <s v="Rented from private landlord"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD471C10"/>
+    <s v="Not stated"/>
+    <s v="Euro"/>
+    <n v="9681"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="05A"/>
+    <s v="Rented from private landlord"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD471C11"/>
+    <s v="Average weekly rent"/>
+    <s v="Euro"/>
+    <n v="171.19"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD471C01"/>
+    <s v="Total rented dwellings"/>
+    <s v="Euro"/>
+    <n v="129033"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD471C02"/>
+    <s v="Under 25"/>
+    <s v="Euro"/>
+    <n v="11568"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD471C03"/>
+    <s v="25 - &lt; 50"/>
+    <s v="Euro"/>
+    <n v="50852"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD471C04"/>
+    <s v="50 - &lt; 100"/>
+    <s v="Euro"/>
+    <n v="46915"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD471C05"/>
+    <s v="100 - &lt; 150"/>
+    <s v="Euro"/>
+    <n v="9880"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD471C06"/>
+    <s v="150  - &lt; 200"/>
+    <s v="Euro"/>
+    <n v="3288"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD471C07"/>
+    <s v="200 - &lt; 250"/>
+    <s v="Euro"/>
+    <n v="1069"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD471C08"/>
+    <s v="250 - &lt; 300"/>
+    <s v="Euro"/>
+    <n v="463"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD471C09"/>
+    <s v="300 and over"/>
+    <s v="Euro"/>
+    <n v="261"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD471C10"/>
+    <s v="Not stated"/>
+    <s v="Euro"/>
+    <n v="4737"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD471C11"/>
+    <s v="Average weekly rent"/>
+    <s v="Euro"/>
+    <n v="59.01"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD471C01"/>
+    <s v="Total rented dwellings"/>
+    <s v="Euro"/>
+    <n v="14942"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD471C02"/>
+    <s v="Under 25"/>
+    <s v="Euro"/>
+    <n v="1322"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD471C03"/>
+    <s v="25 - &lt; 50"/>
+    <s v="Euro"/>
+    <n v="4572"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD471C04"/>
+    <s v="50 - &lt; 100"/>
+    <s v="Euro"/>
+    <n v="5927"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD471C05"/>
+    <s v="100 - &lt; 150"/>
+    <s v="Euro"/>
+    <n v="1163"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD471C06"/>
+    <s v="150  - &lt; 200"/>
+    <s v="Euro"/>
+    <n v="650"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD471C07"/>
+    <s v="200 - &lt; 250"/>
+    <s v="Euro"/>
+    <n v="324"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD471C08"/>
+    <s v="250 - &lt; 300"/>
+    <s v="Euro"/>
+    <n v="179"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD471C09"/>
+    <s v="300 and over"/>
+    <s v="Euro"/>
+    <n v="128"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD471C10"/>
+    <s v="Not stated"/>
+    <s v="Euro"/>
+    <n v="677"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD471C11"/>
+    <s v="Average weekly rent"/>
+    <s v="Euro"/>
+    <n v="71.56"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="1 room"/>
+    <s v="-1"/>
+    <s v="Rented"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD471C01"/>
+    <s v="Total rented dwellings"/>
+    <s v="Euro"/>
+    <n v="19611"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="1 room"/>
+    <s v="-1"/>
+    <s v="Rented"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD471C02"/>
+    <s v="Under 25"/>
+    <s v="Euro"/>
+    <n v="954"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="1 room"/>
+    <s v="-1"/>
+    <s v="Rented"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD471C03"/>
+    <s v="25 - &lt; 50"/>
+    <s v="Euro"/>
+    <n v="2476"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="1 room"/>
+    <s v="-1"/>
+    <s v="Rented"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD471C04"/>
+    <s v="50 - &lt; 100"/>
+    <s v="Euro"/>
+    <n v="4525"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="1 room"/>
+    <s v="-1"/>
+    <s v="Rented"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD471C05"/>
+    <s v="100 - &lt; 150"/>
+    <s v="Euro"/>
+    <n v="6860"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="1 room"/>
+    <s v="-1"/>
+    <s v="Rented"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD471C06"/>
+    <s v="150  - &lt; 200"/>
+    <s v="Euro"/>
+    <n v="3140"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="1 room"/>
+    <s v="-1"/>
+    <s v="Rented"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD471C07"/>
+    <s v="200 - &lt; 250"/>
+    <s v="Euro"/>
+    <n v="749"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="1 room"/>
+    <s v="-1"/>
+    <s v="Rented"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD471C08"/>
+    <s v="250 - &lt; 300"/>
+    <s v="Euro"/>
+    <n v="145"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="1 room"/>
+    <s v="-1"/>
+    <s v="Rented"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD471C09"/>
+    <s v="300 and over"/>
+    <s v="Euro"/>
+    <n v="154"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="1 room"/>
+    <s v="-1"/>
+    <s v="Rented"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD471C10"/>
+    <s v="Not stated"/>
+    <s v="Euro"/>
+    <n v="608"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="1 room"/>
+    <s v="-1"/>
+    <s v="Rented"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD471C11"/>
+    <s v="Average weekly rent"/>
+    <s v="Euro"/>
+    <n v="108.83"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="1 room"/>
+    <s v="05A"/>
+    <s v="Rented from private landlord"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD471C01"/>
+    <s v="Total rented dwellings"/>
+    <s v="Euro"/>
+    <n v="15317"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="1 room"/>
+    <s v="05A"/>
+    <s v="Rented from private landlord"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD471C02"/>
+    <s v="Under 25"/>
+    <s v="Euro"/>
+    <n v="253"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="1 room"/>
+    <s v="05A"/>
+    <s v="Rented from private landlord"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD471C03"/>
+    <s v="25 - &lt; 50"/>
+    <s v="Euro"/>
+    <n v="506"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="1 room"/>
+    <s v="05A"/>
+    <s v="Rented from private landlord"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD471C04"/>
+    <s v="50 - &lt; 100"/>
+    <s v="Euro"/>
+    <n v="3655"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="1 room"/>
+    <s v="05A"/>
+    <s v="Rented from private landlord"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD471C05"/>
+    <s v="100 - &lt; 150"/>
+    <s v="Euro"/>
+    <n v="6515"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="1 room"/>
+    <s v="05A"/>
+    <s v="Rented from private landlord"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD471C06"/>
+    <s v="150  - &lt; 200"/>
+    <s v="Euro"/>
+    <n v="2993"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="1 room"/>
+    <s v="05A"/>
+    <s v="Rented from private landlord"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD471C07"/>
+    <s v="200 - &lt; 250"/>
+    <s v="Euro"/>
+    <n v="705"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="1 room"/>
+    <s v="05A"/>
+    <s v="Rented from private landlord"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD471C08"/>
+    <s v="250 - &lt; 300"/>
+    <s v="Euro"/>
+    <n v="139"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="1 room"/>
+    <s v="05A"/>
+    <s v="Rented from private landlord"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD471C09"/>
+    <s v="300 and over"/>
+    <s v="Euro"/>
+    <n v="131"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="1 room"/>
+    <s v="05A"/>
+    <s v="Rented from private landlord"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD471C10"/>
+    <s v="Not stated"/>
+    <s v="Euro"/>
+    <n v="420"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="1 room"/>
+    <s v="05A"/>
+    <s v="Rented from private landlord"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD471C11"/>
+    <s v="Average weekly rent"/>
+    <s v="Euro"/>
+    <n v="123.52"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="1 room"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD471C01"/>
+    <s v="Total rented dwellings"/>
+    <s v="Euro"/>
+    <n v="3599"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="1 room"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD471C02"/>
+    <s v="Under 25"/>
+    <s v="Euro"/>
+    <n v="577"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="1 room"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD471C03"/>
+    <s v="25 - &lt; 50"/>
+    <s v="Euro"/>
+    <n v="1777"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="1 room"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD471C04"/>
+    <s v="50 - &lt; 100"/>
+    <s v="Euro"/>
+    <n v="664"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="1 room"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD471C05"/>
+    <s v="100 - &lt; 150"/>
+    <s v="Euro"/>
+    <n v="284"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="1 room"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD471C06"/>
+    <s v="150  - &lt; 200"/>
+    <s v="Euro"/>
+    <n v="113"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="1 room"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD471C07"/>
+    <s v="200 - &lt; 250"/>
+    <s v="Euro"/>
+    <n v="29"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="1 room"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD471C08"/>
+    <s v="250 - &lt; 300"/>
+    <s v="Euro"/>
+    <n v="3"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="1 room"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD471C09"/>
+    <s v="300 and over"/>
+    <s v="Euro"/>
+    <n v="18"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="1 room"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD471C10"/>
+    <s v="Not stated"/>
+    <s v="Euro"/>
+    <n v="134"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="1 room"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD471C11"/>
+    <s v="Average weekly rent"/>
+    <s v="Euro"/>
+    <n v="53.74"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="1 room"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD471C01"/>
+    <s v="Total rented dwellings"/>
+    <s v="Euro"/>
+    <n v="695"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="1 room"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD471C02"/>
+    <s v="Under 25"/>
+    <s v="Euro"/>
+    <n v="124"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="1 room"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD471C03"/>
+    <s v="25 - &lt; 50"/>
+    <s v="Euro"/>
+    <n v="193"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="1 room"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD471C04"/>
+    <s v="50 - &lt; 100"/>
+    <s v="Euro"/>
+    <n v="206"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="1 room"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD471C05"/>
+    <s v="100 - &lt; 150"/>
+    <s v="Euro"/>
+    <n v="61"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="1 room"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD471C06"/>
+    <s v="150  - &lt; 200"/>
+    <s v="Euro"/>
+    <n v="34"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="1 room"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD471C07"/>
+    <s v="200 - &lt; 250"/>
+    <s v="Euro"/>
+    <n v="15"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="1 room"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD471C08"/>
+    <s v="250 - &lt; 300"/>
+    <s v="Euro"/>
+    <n v="3"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="1 room"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD471C09"/>
+    <s v="300 and over"/>
+    <s v="Euro"/>
+    <n v="5"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="1 room"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD471C10"/>
+    <s v="Not stated"/>
+    <s v="Euro"/>
+    <n v="54"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="1 room"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD471C11"/>
+    <s v="Average weekly rent"/>
+    <s v="Euro"/>
+    <n v="65.06"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="2 rooms"/>
+    <s v="-1"/>
+    <s v="Rented"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD471C01"/>
+    <s v="Total rented dwellings"/>
+    <s v="Euro"/>
+    <n v="60915"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="2 rooms"/>
+    <s v="-1"/>
+    <s v="Rented"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD471C02"/>
+    <s v="Under 25"/>
+    <s v="Euro"/>
+    <n v="3138"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="2 rooms"/>
+    <s v="-1"/>
+    <s v="Rented"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD471C03"/>
+    <s v="25 - &lt; 50"/>
+    <s v="Euro"/>
+    <n v="8777"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="2 rooms"/>
+    <s v="-1"/>
+    <s v="Rented"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD471C04"/>
+    <s v="50 - &lt; 100"/>
+    <s v="Euro"/>
+    <n v="9568"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="2 rooms"/>
+    <s v="-1"/>
+    <s v="Rented"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD471C05"/>
+    <s v="100 - &lt; 150"/>
+    <s v="Euro"/>
+    <n v="13717"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="2 rooms"/>
+    <s v="-1"/>
+    <s v="Rented"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD471C06"/>
+    <s v="150  - &lt; 200"/>
+    <s v="Euro"/>
+    <n v="14165"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="2 rooms"/>
+    <s v="-1"/>
+    <s v="Rented"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD471C07"/>
+    <s v="200 - &lt; 250"/>
+    <s v="Euro"/>
+    <n v="7344"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="2 rooms"/>
+    <s v="-1"/>
+    <s v="Rented"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD471C08"/>
+    <s v="250 - &lt; 300"/>
+    <s v="Euro"/>
+    <n v="1912"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="2 rooms"/>
+    <s v="-1"/>
+    <s v="Rented"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD471C09"/>
+    <s v="300 and over"/>
+    <s v="Euro"/>
+    <n v="783"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="2 rooms"/>
+    <s v="-1"/>
+    <s v="Rented"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD471C10"/>
+    <s v="Not stated"/>
+    <s v="Euro"/>
+    <n v="1511"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="2 rooms"/>
+    <s v="-1"/>
+    <s v="Rented"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD471C11"/>
+    <s v="Average weekly rent"/>
+    <s v="Euro"/>
+    <n v="127.89"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="2 rooms"/>
+    <s v="05A"/>
+    <s v="Rented from private landlord"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD471C01"/>
+    <s v="Total rented dwellings"/>
+    <s v="Euro"/>
+    <n v="44048"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="2 rooms"/>
+    <s v="05A"/>
+    <s v="Rented from private landlord"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD471C02"/>
+    <s v="Under 25"/>
+    <s v="Euro"/>
+    <n v="538"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="2 rooms"/>
+    <s v="05A"/>
+    <s v="Rented from private landlord"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD471C03"/>
+    <s v="25 - &lt; 50"/>
+    <s v="Euro"/>
+    <n v="1226"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="2 rooms"/>
+    <s v="05A"/>
+    <s v="Rented from private landlord"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD471C04"/>
+    <s v="50 - &lt; 100"/>
+    <s v="Euro"/>
+    <n v="5569"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="2 rooms"/>
+    <s v="05A"/>
+    <s v="Rented from private landlord"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD471C05"/>
+    <s v="100 - &lt; 150"/>
+    <s v="Euro"/>
+    <n v="12613"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="2 rooms"/>
+    <s v="05A"/>
+    <s v="Rented from private landlord"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD471C06"/>
+    <s v="150  - &lt; 200"/>
+    <s v="Euro"/>
+    <n v="13490"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="2 rooms"/>
+    <s v="05A"/>
+    <s v="Rented from private landlord"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD471C07"/>
+    <s v="200 - &lt; 250"/>
+    <s v="Euro"/>
+    <n v="7079"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="2 rooms"/>
+    <s v="05A"/>
+    <s v="Rented from private landlord"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD471C08"/>
+    <s v="250 - &lt; 300"/>
+    <s v="Euro"/>
+    <n v="1812"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="2 rooms"/>
+    <s v="05A"/>
+    <s v="Rented from private landlord"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD471C09"/>
+    <s v="300 and over"/>
+    <s v="Euro"/>
+    <n v="730"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="2 rooms"/>
+    <s v="05A"/>
+    <s v="Rented from private landlord"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD471C10"/>
+    <s v="Not stated"/>
+    <s v="Euro"/>
+    <n v="991"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="2 rooms"/>
+    <s v="05A"/>
+    <s v="Rented from private landlord"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD471C11"/>
+    <s v="Average weekly rent"/>
+    <s v="Euro"/>
+    <n v="154.89"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="2 rooms"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD471C01"/>
+    <s v="Total rented dwellings"/>
+    <s v="Euro"/>
+    <n v="13662"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="2 rooms"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD471C02"/>
+    <s v="Under 25"/>
+    <s v="Euro"/>
+    <n v="2134"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="2 rooms"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD471C03"/>
+    <s v="25 - &lt; 50"/>
+    <s v="Euro"/>
+    <n v="6614"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="2 rooms"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD471C04"/>
+    <s v="50 - &lt; 100"/>
+    <s v="Euro"/>
+    <n v="2823"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="2 rooms"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD471C05"/>
+    <s v="100 - &lt; 150"/>
+    <s v="Euro"/>
+    <n v="863"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="2 rooms"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD471C06"/>
+    <s v="150  - &lt; 200"/>
+    <s v="Euro"/>
+    <n v="506"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="2 rooms"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD471C07"/>
+    <s v="200 - &lt; 250"/>
+    <s v="Euro"/>
+    <n v="195"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="2 rooms"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD471C08"/>
+    <s v="250 - &lt; 300"/>
+    <s v="Euro"/>
+    <n v="71"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="2 rooms"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD471C09"/>
+    <s v="300 and over"/>
+    <s v="Euro"/>
+    <n v="32"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="2 rooms"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD471C10"/>
+    <s v="Not stated"/>
+    <s v="Euro"/>
+    <n v="424"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="2 rooms"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD471C11"/>
+    <s v="Average weekly rent"/>
+    <s v="Euro"/>
+    <n v="54.3"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="2 rooms"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD471C01"/>
+    <s v="Total rented dwellings"/>
+    <s v="Euro"/>
+    <n v="3205"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="2 rooms"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD471C02"/>
+    <s v="Under 25"/>
+    <s v="Euro"/>
+    <n v="466"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="2 rooms"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD471C03"/>
+    <s v="25 - &lt; 50"/>
+    <s v="Euro"/>
+    <n v="937"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="2 rooms"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD471C04"/>
+    <s v="50 - &lt; 100"/>
+    <s v="Euro"/>
+    <n v="1176"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="2 rooms"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD471C05"/>
+    <s v="100 - &lt; 150"/>
+    <s v="Euro"/>
+    <n v="241"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="2 rooms"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD471C06"/>
+    <s v="150  - &lt; 200"/>
+    <s v="Euro"/>
+    <n v="169"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="2 rooms"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD471C07"/>
+    <s v="200 - &lt; 250"/>
+    <s v="Euro"/>
+    <n v="70"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="2 rooms"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD471C08"/>
+    <s v="250 - &lt; 300"/>
+    <s v="Euro"/>
+    <n v="29"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="2 rooms"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD471C09"/>
+    <s v="300 and over"/>
+    <s v="Euro"/>
+    <n v="21"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="2 rooms"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD471C10"/>
+    <s v="Not stated"/>
+    <s v="Euro"/>
+    <n v="96"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="2 rooms"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD471C11"/>
+    <s v="Average weekly rent"/>
+    <s v="Euro"/>
+    <n v="67.45"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="3 rooms"/>
+    <s v="-1"/>
+    <s v="Rented"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD471C01"/>
+    <s v="Total rented dwellings"/>
+    <s v="Euro"/>
+    <n v="95786"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="3 rooms"/>
+    <s v="-1"/>
+    <s v="Rented"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD471C02"/>
+    <s v="Under 25"/>
+    <s v="Euro"/>
+    <n v="3976"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="3 rooms"/>
+    <s v="-1"/>
+    <s v="Rented"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD471C03"/>
+    <s v="25 - &lt; 50"/>
+    <s v="Euro"/>
+    <n v="13321"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="3 rooms"/>
+    <s v="-1"/>
+    <s v="Rented"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD471C04"/>
+    <s v="50 - &lt; 100"/>
+    <s v="Euro"/>
+    <n v="15661"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="3 rooms"/>
+    <s v="-1"/>
+    <s v="Rented"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD471C05"/>
+    <s v="100 - &lt; 150"/>
+    <s v="Euro"/>
+    <n v="18605"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="3 rooms"/>
+    <s v="-1"/>
+    <s v="Rented"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD471C06"/>
+    <s v="150  - &lt; 200"/>
+    <s v="Euro"/>
+    <n v="19335"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="3 rooms"/>
+    <s v="-1"/>
+    <s v="Rented"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD471C07"/>
+    <s v="200 - &lt; 250"/>
+    <s v="Euro"/>
+    <n v="13946"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="3 rooms"/>
+    <s v="-1"/>
+    <s v="Rented"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD471C08"/>
+    <s v="250 - &lt; 300"/>
+    <s v="Euro"/>
+    <n v="5821"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="3 rooms"/>
+    <s v="-1"/>
+    <s v="Rented"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD471C09"/>
+    <s v="300 and over"/>
+    <s v="Euro"/>
+    <n v="2510"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="3 rooms"/>
+    <s v="-1"/>
+    <s v="Rented"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD471C10"/>
+    <s v="Not stated"/>
+    <s v="Euro"/>
+    <n v="2611"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="3 rooms"/>
+    <s v="-1"/>
+    <s v="Rented"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD471C11"/>
+    <s v="Average weekly rent"/>
+    <s v="Euro"/>
+    <n v="137.45"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="3 rooms"/>
+    <s v="05A"/>
+    <s v="Rented from private landlord"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD471C01"/>
+    <s v="Total rented dwellings"/>
+    <s v="Euro"/>
+    <n v="66978"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="3 rooms"/>
+    <s v="05A"/>
+    <s v="Rented from private landlord"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD471C02"/>
+    <s v="Under 25"/>
+    <s v="Euro"/>
+    <n v="801"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="3 rooms"/>
+    <s v="05A"/>
+    <s v="Rented from private landlord"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD471C03"/>
+    <s v="25 - &lt; 50"/>
+    <s v="Euro"/>
+    <n v="1684"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="3 rooms"/>
+    <s v="05A"/>
+    <s v="Rented from private landlord"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD471C04"/>
+    <s v="50 - &lt; 100"/>
+    <s v="Euro"/>
+    <n v="6233"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="3 rooms"/>
+    <s v="05A"/>
+    <s v="Rented from private landlord"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD471C05"/>
+    <s v="100 - &lt; 150"/>
+    <s v="Euro"/>
+    <n v="16665"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="3 rooms"/>
+    <s v="05A"/>
+    <s v="Rented from private landlord"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD471C06"/>
+    <s v="150  - &lt; 200"/>
+    <s v="Euro"/>
+    <n v="18377"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="3 rooms"/>
+    <s v="05A"/>
+    <s v="Rented from private landlord"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD471C07"/>
+    <s v="200 - &lt; 250"/>
+    <s v="Euro"/>
+    <n v="13542"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="3 rooms"/>
+    <s v="05A"/>
+    <s v="Rented from private landlord"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD471C08"/>
+    <s v="250 - &lt; 300"/>
+    <s v="Euro"/>
+    <n v="5630"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="3 rooms"/>
+    <s v="05A"/>
+    <s v="Rented from private landlord"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD471C09"/>
+    <s v="300 and over"/>
+    <s v="Euro"/>
+    <n v="2438"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="3 rooms"/>
+    <s v="05A"/>
+    <s v="Rented from private landlord"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD471C10"/>
+    <s v="Not stated"/>
+    <s v="Euro"/>
+    <n v="1608"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="3 rooms"/>
+    <s v="05A"/>
+    <s v="Rented from private landlord"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD471C11"/>
+    <s v="Average weekly rent"/>
+    <s v="Euro"/>
+    <n v="170.54"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="3 rooms"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD471C01"/>
+    <s v="Total rented dwellings"/>
+    <s v="Euro"/>
+    <n v="25039"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="3 rooms"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD471C02"/>
+    <s v="Under 25"/>
+    <s v="Euro"/>
+    <n v="2843"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="3 rooms"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD471C03"/>
+    <s v="25 - &lt; 50"/>
+    <s v="Euro"/>
+    <n v="10528"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="3 rooms"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD471C04"/>
+    <s v="50 - &lt; 100"/>
+    <s v="Euro"/>
+    <n v="7913"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="3 rooms"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD471C05"/>
+    <s v="100 - &lt; 150"/>
+    <s v="Euro"/>
+    <n v="1645"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="3 rooms"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD471C06"/>
+    <s v="150  - &lt; 200"/>
+    <s v="Euro"/>
+    <n v="770"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="3 rooms"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD471C07"/>
+    <s v="200 - &lt; 250"/>
+    <s v="Euro"/>
+    <n v="299"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="3 rooms"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD471C08"/>
+    <s v="250 - &lt; 300"/>
+    <s v="Euro"/>
+    <n v="131"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="3 rooms"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD471C09"/>
+    <s v="300 and over"/>
+    <s v="Euro"/>
+    <n v="47"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="3 rooms"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD471C10"/>
+    <s v="Not stated"/>
+    <s v="Euro"/>
+    <n v="863"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="3 rooms"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD471C11"/>
+    <s v="Average weekly rent"/>
+    <s v="Euro"/>
+    <n v="57.49"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="3 rooms"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD471C01"/>
+    <s v="Total rented dwellings"/>
+    <s v="Euro"/>
+    <n v="3769"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="3 rooms"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD471C02"/>
+    <s v="Under 25"/>
+    <s v="Euro"/>
+    <n v="332"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="3 rooms"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD471C03"/>
+    <s v="25 - &lt; 50"/>
+    <s v="Euro"/>
+    <n v="1109"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="3 rooms"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD471C04"/>
+    <s v="50 - &lt; 100"/>
+    <s v="Euro"/>
+    <n v="1515"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="3 rooms"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD471C05"/>
+    <s v="100 - &lt; 150"/>
+    <s v="Euro"/>
+    <n v="295"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="3 rooms"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD471C06"/>
+    <s v="150  - &lt; 200"/>
+    <s v="Euro"/>
+    <n v="188"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="3 rooms"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD471C07"/>
+    <s v="200 - &lt; 250"/>
+    <s v="Euro"/>
+    <n v="105"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="3 rooms"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD471C08"/>
+    <s v="250 - &lt; 300"/>
+    <s v="Euro"/>
+    <n v="60"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="3 rooms"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD471C09"/>
+    <s v="300 and over"/>
+    <s v="Euro"/>
+    <n v="25"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="3 rooms"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD471C10"/>
+    <s v="Not stated"/>
+    <s v="Euro"/>
+    <n v="140"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="3 rooms"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD471C11"/>
+    <s v="Average weekly rent"/>
+    <s v="Euro"/>
+    <n v="74.08"/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="4 rooms"/>
+    <s v="-1"/>
+    <s v="Rented"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD471C01"/>
+    <s v="Total rented dwellings"/>
+    <s v="Euro"/>
+    <n v="74396"/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="4 rooms"/>
+    <s v="-1"/>
+    <s v="Rented"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD471C02"/>
+    <s v="Under 25"/>
+    <s v="Euro"/>
+    <n v="2839"/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="4 rooms"/>
+    <s v="-1"/>
+    <s v="Rented"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD471C03"/>
+    <s v="25 - &lt; 50"/>
+    <s v="Euro"/>
+    <n v="11006"/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="4 rooms"/>
+    <s v="-1"/>
+    <s v="Rented"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD471C04"/>
+    <s v="50 - &lt; 100"/>
+    <s v="Euro"/>
+    <n v="12810"/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="4 rooms"/>
+    <s v="-1"/>
+    <s v="Rented"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD471C05"/>
+    <s v="100 - &lt; 150"/>
+    <s v="Euro"/>
+    <n v="14146"/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="4 rooms"/>
+    <s v="-1"/>
+    <s v="Rented"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD471C06"/>
+    <s v="150  - &lt; 200"/>
+    <s v="Euro"/>
+    <n v="12747"/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="4 rooms"/>
+    <s v="-1"/>
+    <s v="Rented"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD471C07"/>
+    <s v="200 - &lt; 250"/>
+    <s v="Euro"/>
+    <n v="9920"/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="4 rooms"/>
+    <s v="-1"/>
+    <s v="Rented"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD471C08"/>
+    <s v="250 - &lt; 300"/>
+    <s v="Euro"/>
+    <n v="5453"/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="4 rooms"/>
+    <s v="-1"/>
+    <s v="Rented"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD471C09"/>
+    <s v="300 and over"/>
+    <s v="Euro"/>
+    <n v="3370"/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="4 rooms"/>
+    <s v="-1"/>
+    <s v="Rented"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD471C10"/>
+    <s v="Not stated"/>
+    <s v="Euro"/>
+    <n v="2105"/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="4 rooms"/>
+    <s v="-1"/>
+    <s v="Rented"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD471C11"/>
+    <s v="Average weekly rent"/>
+    <s v="Euro"/>
+    <n v="140.42"/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="4 rooms"/>
+    <s v="05A"/>
+    <s v="Rented from private landlord"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD471C01"/>
+    <s v="Total rented dwellings"/>
+    <s v="Euro"/>
+    <n v="50758"/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="4 rooms"/>
+    <s v="05A"/>
+    <s v="Rented from private landlord"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD471C02"/>
+    <s v="Under 25"/>
+    <s v="Euro"/>
+    <n v="521"/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="4 rooms"/>
+    <s v="05A"/>
+    <s v="Rented from private landlord"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD471C03"/>
+    <s v="25 - &lt; 50"/>
+    <s v="Euro"/>
+    <n v="1320"/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="4 rooms"/>
+    <s v="05A"/>
+    <s v="Rented from private landlord"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD471C04"/>
+    <s v="50 - &lt; 100"/>
+    <s v="Euro"/>
+    <n v="4754"/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="4 rooms"/>
+    <s v="05A"/>
+    <s v="Rented from private landlord"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD471C05"/>
+    <s v="100 - &lt; 150"/>
+    <s v="Euro"/>
+    <n v="12395"/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="4 rooms"/>
+    <s v="05A"/>
+    <s v="Rented from private landlord"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD471C06"/>
+    <s v="150  - &lt; 200"/>
+    <s v="Euro"/>
+    <n v="12165"/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="4 rooms"/>
+    <s v="05A"/>
+    <s v="Rented from private landlord"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD471C07"/>
+    <s v="200 - &lt; 250"/>
+    <s v="Euro"/>
+    <n v="9665"/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="4 rooms"/>
+    <s v="05A"/>
+    <s v="Rented from private landlord"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD471C08"/>
+    <s v="250 - &lt; 300"/>
+    <s v="Euro"/>
+    <n v="5318"/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="4 rooms"/>
+    <s v="05A"/>
+    <s v="Rented from private landlord"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD471C09"/>
+    <s v="300 and over"/>
+    <s v="Euro"/>
+    <n v="3314"/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="4 rooms"/>
+    <s v="05A"/>
+    <s v="Rented from private landlord"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD471C10"/>
+    <s v="Not stated"/>
+    <s v="Euro"/>
+    <n v="1306"/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="4 rooms"/>
+    <s v="05A"/>
+    <s v="Rented from private landlord"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD471C11"/>
+    <s v="Average weekly rent"/>
+    <s v="Euro"/>
+    <n v="178.12"/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="4 rooms"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD471C01"/>
+    <s v="Total rented dwellings"/>
+    <s v="Euro"/>
+    <n v="21322"/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="4 rooms"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD471C02"/>
+    <s v="Under 25"/>
+    <s v="Euro"/>
+    <n v="2139"/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="4 rooms"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD471C03"/>
+    <s v="25 - &lt; 50"/>
+    <s v="Euro"/>
+    <n v="8896"/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="4 rooms"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD471C04"/>
+    <s v="50 - &lt; 100"/>
+    <s v="Euro"/>
+    <n v="7190"/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="4 rooms"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD471C05"/>
+    <s v="100 - &lt; 150"/>
+    <s v="Euro"/>
+    <n v="1567"/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="4 rooms"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD471C06"/>
+    <s v="150  - &lt; 200"/>
+    <s v="Euro"/>
+    <n v="493"/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="4 rooms"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD471C07"/>
+    <s v="200 - &lt; 250"/>
+    <s v="Euro"/>
+    <n v="191"/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="4 rooms"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD471C08"/>
+    <s v="250 - &lt; 300"/>
+    <s v="Euro"/>
+    <n v="87"/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="4 rooms"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD471C09"/>
+    <s v="300 and over"/>
+    <s v="Euro"/>
+    <n v="36"/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="4 rooms"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD471C10"/>
+    <s v="Not stated"/>
+    <s v="Euro"/>
+    <n v="723"/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="4 rooms"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD471C11"/>
+    <s v="Average weekly rent"/>
+    <s v="Euro"/>
+    <n v="57.22"/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="4 rooms"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD471C01"/>
+    <s v="Total rented dwellings"/>
+    <s v="Euro"/>
+    <n v="2316"/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="4 rooms"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD471C02"/>
+    <s v="Under 25"/>
+    <s v="Euro"/>
+    <n v="179"/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="4 rooms"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD471C03"/>
+    <s v="25 - &lt; 50"/>
+    <s v="Euro"/>
+    <n v="790"/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="4 rooms"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD471C04"/>
+    <s v="50 - &lt; 100"/>
+    <s v="Euro"/>
+    <n v="866"/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="4 rooms"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD471C05"/>
+    <s v="100 - &lt; 150"/>
+    <s v="Euro"/>
+    <n v="184"/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="4 rooms"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD471C06"/>
+    <s v="150  - &lt; 200"/>
+    <s v="Euro"/>
+    <n v="89"/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="4 rooms"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD471C07"/>
+    <s v="200 - &lt; 250"/>
+    <s v="Euro"/>
+    <n v="64"/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="4 rooms"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD471C08"/>
+    <s v="250 - &lt; 300"/>
+    <s v="Euro"/>
+    <n v="48"/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="4 rooms"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD471C09"/>
+    <s v="300 and over"/>
+    <s v="Euro"/>
+    <n v="20"/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="4 rooms"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD471C10"/>
+    <s v="Not stated"/>
+    <s v="Euro"/>
+    <n v="76"/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="4 rooms"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD471C11"/>
+    <s v="Average weekly rent"/>
+    <s v="Euro"/>
+    <n v="73.23"/>
+  </r>
+  <r>
+    <s v="05"/>
+    <s v="5 rooms"/>
+    <s v="-1"/>
+    <s v="Rented"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD471C01"/>
+    <s v="Total rented dwellings"/>
+    <s v="Euro"/>
+    <n v="113059"/>
+  </r>
+  <r>
+    <s v="05"/>
+    <s v="5 rooms"/>
+    <s v="-1"/>
+    <s v="Rented"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD471C02"/>
+    <s v="Under 25"/>
+    <s v="Euro"/>
+    <n v="3438"/>
+  </r>
+  <r>
+    <s v="05"/>
+    <s v="5 rooms"/>
+    <s v="-1"/>
+    <s v="Rented"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD471C03"/>
+    <s v="25 - &lt; 50"/>
+    <s v="Euro"/>
+    <n v="20467"/>
+  </r>
+  <r>
+    <s v="05"/>
+    <s v="5 rooms"/>
+    <s v="-1"/>
+    <s v="Rented"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD471C04"/>
+    <s v="50 - &lt; 100"/>
+    <s v="Euro"/>
+    <n v="28625"/>
+  </r>
+  <r>
+    <s v="05"/>
+    <s v="5 rooms"/>
+    <s v="-1"/>
+    <s v="Rented"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD471C05"/>
+    <s v="100 - &lt; 150"/>
+    <s v="Euro"/>
+    <n v="22791"/>
+  </r>
+  <r>
+    <s v="05"/>
+    <s v="5 rooms"/>
+    <s v="-1"/>
+    <s v="Rented"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD471C06"/>
+    <s v="150  - &lt; 200"/>
+    <s v="Euro"/>
+    <n v="17185"/>
+  </r>
+  <r>
+    <s v="05"/>
+    <s v="5 rooms"/>
+    <s v="-1"/>
+    <s v="Rented"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD471C07"/>
+    <s v="200 - &lt; 250"/>
+    <s v="Euro"/>
+    <n v="9011"/>
+  </r>
+  <r>
+    <s v="05"/>
+    <s v="5 rooms"/>
+    <s v="-1"/>
+    <s v="Rented"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD471C08"/>
+    <s v="250 - &lt; 300"/>
+    <s v="Euro"/>
+    <n v="4576"/>
+  </r>
+  <r>
+    <s v="05"/>
+    <s v="5 rooms"/>
+    <s v="-1"/>
+    <s v="Rented"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD471C09"/>
+    <s v="300 and over"/>
+    <s v="Euro"/>
+    <n v="3640"/>
+  </r>
+  <r>
+    <s v="05"/>
+    <s v="5 rooms"/>
+    <s v="-1"/>
+    <s v="Rented"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD471C10"/>
+    <s v="Not stated"/>
+    <s v="Euro"/>
+    <n v="3326"/>
+  </r>
+  <r>
+    <s v="05"/>
+    <s v="5 rooms"/>
+    <s v="-1"/>
+    <s v="Rented"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD471C11"/>
+    <s v="Average weekly rent"/>
+    <s v="Euro"/>
+    <n v="118.9"/>
+  </r>
+  <r>
+    <s v="05"/>
+    <s v="5 rooms"/>
+    <s v="05A"/>
+    <s v="Rented from private landlord"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD471C01"/>
+    <s v="Total rented dwellings"/>
+    <s v="Euro"/>
+    <n v="62184"/>
+  </r>
+  <r>
+    <s v="05"/>
+    <s v="5 rooms"/>
+    <s v="05A"/>
+    <s v="Rented from private landlord"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD471C02"/>
+    <s v="Under 25"/>
+    <s v="Euro"/>
+    <n v="661"/>
+  </r>
+  <r>
+    <s v="05"/>
+    <s v="5 rooms"/>
+    <s v="05A"/>
+    <s v="Rented from private landlord"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD471C03"/>
+    <s v="25 - &lt; 50"/>
+    <s v="Euro"/>
+    <n v="1946"/>
+  </r>
+  <r>
+    <s v="05"/>
+    <s v="5 rooms"/>
+    <s v="05A"/>
+    <s v="Rented from private landlord"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD471C04"/>
+    <s v="50 - &lt; 100"/>
+    <s v="Euro"/>
+    <n v="5844"/>
+  </r>
+  <r>
+    <s v="05"/>
+    <s v="5 rooms"/>
+    <s v="05A"/>
+    <s v="Rented from private landlord"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD471C05"/>
+    <s v="100 - &lt; 150"/>
+    <s v="Euro"/>
+    <n v="18894"/>
+  </r>
+  <r>
+    <s v="05"/>
+    <s v="5 rooms"/>
+    <s v="05A"/>
+    <s v="Rented from private landlord"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD471C06"/>
+    <s v="150  - &lt; 200"/>
+    <s v="Euro"/>
+    <n v="16284"/>
+  </r>
+  <r>
+    <s v="05"/>
+    <s v="5 rooms"/>
+    <s v="05A"/>
+    <s v="Rented from private landlord"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD471C07"/>
+    <s v="200 - &lt; 250"/>
+    <s v="Euro"/>
+    <n v="8773"/>
+  </r>
+  <r>
+    <s v="05"/>
+    <s v="5 rooms"/>
+    <s v="05A"/>
+    <s v="Rented from private landlord"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD471C08"/>
+    <s v="250 - &lt; 300"/>
+    <s v="Euro"/>
+    <n v="4480"/>
+  </r>
+  <r>
+    <s v="05"/>
+    <s v="5 rooms"/>
+    <s v="05A"/>
+    <s v="Rented from private landlord"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD471C09"/>
+    <s v="300 and over"/>
+    <s v="Euro"/>
+    <n v="3565"/>
+  </r>
+  <r>
+    <s v="05"/>
+    <s v="5 rooms"/>
+    <s v="05A"/>
+    <s v="Rented from private landlord"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD471C10"/>
+    <s v="Not stated"/>
+    <s v="Euro"/>
+    <n v="1737"/>
+  </r>
+  <r>
+    <s v="05"/>
+    <s v="5 rooms"/>
+    <s v="05A"/>
+    <s v="Rented from private landlord"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD471C11"/>
+    <s v="Average weekly rent"/>
+    <s v="Euro"/>
+    <n v="166.81"/>
+  </r>
+  <r>
+    <s v="05"/>
+    <s v="5 rooms"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD471C01"/>
+    <s v="Total rented dwellings"/>
+    <s v="Euro"/>
+    <n v="47457"/>
+  </r>
+  <r>
+    <s v="05"/>
+    <s v="5 rooms"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD471C02"/>
+    <s v="Under 25"/>
+    <s v="Euro"/>
+    <n v="2668"/>
+  </r>
+  <r>
+    <s v="05"/>
+    <s v="5 rooms"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD471C03"/>
+    <s v="25 - &lt; 50"/>
+    <s v="Euro"/>
+    <n v="17344"/>
+  </r>
+  <r>
+    <s v="05"/>
+    <s v="5 rooms"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD471C04"/>
+    <s v="50 - &lt; 100"/>
+    <s v="Euro"/>
+    <n v="21154"/>
+  </r>
+  <r>
+    <s v="05"/>
+    <s v="5 rooms"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD471C05"/>
+    <s v="100 - &lt; 150"/>
+    <s v="Euro"/>
+    <n v="3665"/>
+  </r>
+  <r>
+    <s v="05"/>
+    <s v="5 rooms"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD471C06"/>
+    <s v="150  - &lt; 200"/>
+    <s v="Euro"/>
+    <n v="812"/>
+  </r>
+  <r>
+    <s v="05"/>
+    <s v="5 rooms"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD471C07"/>
+    <s v="200 - &lt; 250"/>
+    <s v="Euro"/>
+    <n v="203"/>
+  </r>
+  <r>
+    <s v="05"/>
+    <s v="5 rooms"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD471C08"/>
+    <s v="250 - &lt; 300"/>
+    <s v="Euro"/>
+    <n v="81"/>
+  </r>
+  <r>
+    <s v="05"/>
+    <s v="5 rooms"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD471C09"/>
+    <s v="300 and over"/>
+    <s v="Euro"/>
+    <n v="57"/>
+  </r>
+  <r>
+    <s v="05"/>
+    <s v="5 rooms"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD471C10"/>
+    <s v="Not stated"/>
+    <s v="Euro"/>
+    <n v="1473"/>
+  </r>
+  <r>
+    <s v="05"/>
+    <s v="5 rooms"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD471C11"/>
+    <s v="Average weekly rent"/>
+    <s v="Euro"/>
+    <n v="59.63"/>
+  </r>
+  <r>
+    <s v="05"/>
+    <s v="5 rooms"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD471C01"/>
+    <s v="Total rented dwellings"/>
+    <s v="Euro"/>
+    <n v="3418"/>
+  </r>
+  <r>
+    <s v="05"/>
+    <s v="5 rooms"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD471C02"/>
+    <s v="Under 25"/>
+    <s v="Euro"/>
+    <n v="109"/>
+  </r>
+  <r>
+    <s v="05"/>
+    <s v="5 rooms"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD471C03"/>
+    <s v="25 - &lt; 50"/>
+    <s v="Euro"/>
+    <n v="1177"/>
+  </r>
+  <r>
+    <s v="05"/>
+    <s v="5 rooms"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD471C04"/>
+    <s v="50 - &lt; 100"/>
+    <s v="Euro"/>
+    <n v="1627"/>
+  </r>
+  <r>
+    <s v="05"/>
+    <s v="5 rooms"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD471C05"/>
+    <s v="100 - &lt; 150"/>
+    <s v="Euro"/>
+    <n v="232"/>
+  </r>
+  <r>
+    <s v="05"/>
+    <s v="5 rooms"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD471C06"/>
+    <s v="150  - &lt; 200"/>
+    <s v="Euro"/>
+    <n v="89"/>
+  </r>
+  <r>
+    <s v="05"/>
+    <s v="5 rooms"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD471C07"/>
+    <s v="200 - &lt; 250"/>
+    <s v="Euro"/>
+    <n v="35"/>
+  </r>
+  <r>
+    <s v="05"/>
+    <s v="5 rooms"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD471C08"/>
+    <s v="250 - &lt; 300"/>
+    <s v="Euro"/>
+    <n v="15"/>
+  </r>
+  <r>
+    <s v="05"/>
+    <s v="5 rooms"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD471C09"/>
+    <s v="300 and over"/>
+    <s v="Euro"/>
+    <n v="18"/>
+  </r>
+  <r>
+    <s v="05"/>
+    <s v="5 rooms"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD471C10"/>
+    <s v="Not stated"/>
+    <s v="Euro"/>
+    <n v="116"/>
+  </r>
+  <r>
+    <s v="05"/>
+    <s v="5 rooms"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD471C11"/>
+    <s v="Average weekly rent"/>
+    <s v="Euro"/>
+    <n v="67.03"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="6 rooms"/>
+    <s v="-1"/>
+    <s v="Rented"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD471C01"/>
+    <s v="Total rented dwellings"/>
+    <s v="Euro"/>
+    <n v="43134"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="6 rooms"/>
+    <s v="-1"/>
+    <s v="Rented"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD471C02"/>
+    <s v="Under 25"/>
+    <s v="Euro"/>
+    <n v="833"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="6 rooms"/>
+    <s v="-1"/>
+    <s v="Rented"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD471C03"/>
+    <s v="25 - &lt; 50"/>
+    <s v="Euro"/>
+    <n v="3843"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="6 rooms"/>
+    <s v="-1"/>
+    <s v="Rented"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD471C04"/>
+    <s v="50 - &lt; 100"/>
+    <s v="Euro"/>
+    <n v="7342"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="6 rooms"/>
+    <s v="-1"/>
+    <s v="Rented"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD471C05"/>
+    <s v="100 - &lt; 150"/>
+    <s v="Euro"/>
+    <n v="10163"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="6 rooms"/>
+    <s v="-1"/>
+    <s v="Rented"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD471C06"/>
+    <s v="150  - &lt; 200"/>
+    <s v="Euro"/>
+    <n v="9323"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="6 rooms"/>
+    <s v="-1"/>
+    <s v="Rented"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD471C07"/>
+    <s v="200 - &lt; 250"/>
+    <s v="Euro"/>
+    <n v="4231"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="6 rooms"/>
+    <s v="-1"/>
+    <s v="Rented"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD471C08"/>
+    <s v="250 - &lt; 300"/>
+    <s v="Euro"/>
+    <n v="2829"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="6 rooms"/>
+    <s v="-1"/>
+    <s v="Rented"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD471C09"/>
+    <s v="300 and over"/>
+    <s v="Euro"/>
+    <n v="3212"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="6 rooms"/>
+    <s v="-1"/>
+    <s v="Rented"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD471C10"/>
+    <s v="Not stated"/>
+    <s v="Euro"/>
+    <n v="1358"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="6 rooms"/>
+    <s v="-1"/>
+    <s v="Rented"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD471C11"/>
+    <s v="Average weekly rent"/>
+    <s v="Euro"/>
+    <n v="154.61"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="6 rooms"/>
+    <s v="05A"/>
+    <s v="Rented from private landlord"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD471C01"/>
+    <s v="Total rented dwellings"/>
+    <s v="Euro"/>
+    <n v="32549"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="6 rooms"/>
+    <s v="05A"/>
+    <s v="Rented from private landlord"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD471C02"/>
+    <s v="Under 25"/>
+    <s v="Euro"/>
+    <n v="311"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="6 rooms"/>
+    <s v="05A"/>
+    <s v="Rented from private landlord"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD471C03"/>
+    <s v="25 - &lt; 50"/>
+    <s v="Euro"/>
+    <n v="739"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="6 rooms"/>
+    <s v="05A"/>
+    <s v="Rented from private landlord"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD471C04"/>
+    <s v="50 - &lt; 100"/>
+    <s v="Euro"/>
+    <n v="2584"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="6 rooms"/>
+    <s v="05A"/>
+    <s v="Rented from private landlord"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD471C05"/>
+    <s v="100 - &lt; 150"/>
+    <s v="Euro"/>
+    <n v="8925"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="6 rooms"/>
+    <s v="05A"/>
+    <s v="Rented from private landlord"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD471C06"/>
+    <s v="150  - &lt; 200"/>
+    <s v="Euro"/>
+    <n v="8940"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="6 rooms"/>
+    <s v="05A"/>
+    <s v="Rented from private landlord"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD471C07"/>
+    <s v="200 - &lt; 250"/>
+    <s v="Euro"/>
+    <n v="4153"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="6 rooms"/>
+    <s v="05A"/>
+    <s v="Rented from private landlord"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD471C08"/>
+    <s v="250 - &lt; 300"/>
+    <s v="Euro"/>
+    <n v="2780"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="6 rooms"/>
+    <s v="05A"/>
+    <s v="Rented from private landlord"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD471C09"/>
+    <s v="300 and over"/>
+    <s v="Euro"/>
+    <n v="3168"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="6 rooms"/>
+    <s v="05A"/>
+    <s v="Rented from private landlord"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD471C10"/>
+    <s v="Not stated"/>
+    <s v="Euro"/>
+    <n v="949"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="6 rooms"/>
+    <s v="05A"/>
+    <s v="Rented from private landlord"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD471C11"/>
+    <s v="Average weekly rent"/>
+    <s v="Euro"/>
+    <n v="182.11"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="6 rooms"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD471C01"/>
+    <s v="Total rented dwellings"/>
+    <s v="Euro"/>
+    <n v="9987"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="6 rooms"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD471C02"/>
+    <s v="Under 25"/>
+    <s v="Euro"/>
+    <n v="498"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="6 rooms"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD471C03"/>
+    <s v="25 - &lt; 50"/>
+    <s v="Euro"/>
+    <n v="2976"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="6 rooms"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD471C04"/>
+    <s v="50 - &lt; 100"/>
+    <s v="Euro"/>
+    <n v="4514"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="6 rooms"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD471C05"/>
+    <s v="100 - &lt; 150"/>
+    <s v="Euro"/>
+    <n v="1169"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="6 rooms"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD471C06"/>
+    <s v="150  - &lt; 200"/>
+    <s v="Euro"/>
+    <n v="338"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="6 rooms"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD471C07"/>
+    <s v="200 - &lt; 250"/>
+    <s v="Euro"/>
+    <n v="63"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="6 rooms"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD471C08"/>
+    <s v="250 - &lt; 300"/>
+    <s v="Euro"/>
+    <n v="45"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="6 rooms"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD471C09"/>
+    <s v="300 and over"/>
+    <s v="Euro"/>
+    <n v="22"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="6 rooms"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD471C10"/>
+    <s v="Not stated"/>
+    <s v="Euro"/>
+    <n v="362"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="6 rooms"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD471C11"/>
+    <s v="Average weekly rent"/>
+    <s v="Euro"/>
+    <n v="67.72"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="6 rooms"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD471C01"/>
+    <s v="Total rented dwellings"/>
+    <s v="Euro"/>
+    <n v="598"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="6 rooms"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD471C02"/>
+    <s v="Under 25"/>
+    <s v="Euro"/>
+    <n v="24"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="6 rooms"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD471C03"/>
+    <s v="25 - &lt; 50"/>
+    <s v="Euro"/>
+    <n v="128"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="6 rooms"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD471C04"/>
+    <s v="50 - &lt; 100"/>
+    <s v="Euro"/>
+    <n v="244"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="6 rooms"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD471C05"/>
+    <s v="100 - &lt; 150"/>
+    <s v="Euro"/>
+    <n v="69"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="6 rooms"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD471C06"/>
+    <s v="150  - &lt; 200"/>
+    <s v="Euro"/>
+    <n v="45"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="6 rooms"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD471C07"/>
+    <s v="200 - &lt; 250"/>
+    <s v="Euro"/>
+    <n v="15"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="6 rooms"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD471C08"/>
+    <s v="250 - &lt; 300"/>
+    <s v="Euro"/>
+    <n v="4"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="6 rooms"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD471C09"/>
+    <s v="300 and over"/>
+    <s v="Euro"/>
+    <n v="22"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="6 rooms"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD471C10"/>
+    <s v="Not stated"/>
+    <s v="Euro"/>
+    <n v="47"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="6 rooms"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD471C11"/>
+    <s v="Average weekly rent"/>
+    <s v="Euro"/>
+    <n v="95.09"/>
+  </r>
+  <r>
+    <s v="07"/>
+    <s v="7 rooms"/>
+    <s v="-1"/>
+    <s v="Rented"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD471C01"/>
+    <s v="Total rented dwellings"/>
+    <s v="Euro"/>
+    <n v="17193"/>
+  </r>
+  <r>
+    <s v="07"/>
+    <s v="7 rooms"/>
+    <s v="-1"/>
+    <s v="Rented"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD471C02"/>
+    <s v="Under 25"/>
+    <s v="Euro"/>
+    <n v="206"/>
+  </r>
+  <r>
+    <s v="07"/>
+    <s v="7 rooms"/>
+    <s v="-1"/>
+    <s v="Rented"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD471C03"/>
+    <s v="25 - &lt; 50"/>
+    <s v="Euro"/>
+    <n v="808"/>
+  </r>
+  <r>
+    <s v="07"/>
+    <s v="7 rooms"/>
+    <s v="-1"/>
+    <s v="Rented"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD471C04"/>
+    <s v="50 - &lt; 100"/>
+    <s v="Euro"/>
+    <n v="1794"/>
+  </r>
+  <r>
+    <s v="07"/>
+    <s v="7 rooms"/>
+    <s v="-1"/>
+    <s v="Rented"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD471C05"/>
+    <s v="100 - &lt; 150"/>
+    <s v="Euro"/>
+    <n v="3518"/>
+  </r>
+  <r>
+    <s v="07"/>
+    <s v="7 rooms"/>
+    <s v="-1"/>
+    <s v="Rented"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD471C06"/>
+    <s v="150  - &lt; 200"/>
+    <s v="Euro"/>
+    <n v="4461"/>
+  </r>
+  <r>
+    <s v="07"/>
+    <s v="7 rooms"/>
+    <s v="-1"/>
+    <s v="Rented"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD471C07"/>
+    <s v="200 - &lt; 250"/>
+    <s v="Euro"/>
+    <n v="2001"/>
+  </r>
+  <r>
+    <s v="07"/>
+    <s v="7 rooms"/>
+    <s v="-1"/>
+    <s v="Rented"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD471C08"/>
+    <s v="250 - &lt; 300"/>
+    <s v="Euro"/>
+    <n v="1439"/>
+  </r>
+  <r>
+    <s v="07"/>
+    <s v="7 rooms"/>
+    <s v="-1"/>
+    <s v="Rented"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD471C09"/>
+    <s v="300 and over"/>
+    <s v="Euro"/>
+    <n v="2424"/>
+  </r>
+  <r>
+    <s v="07"/>
+    <s v="7 rooms"/>
+    <s v="-1"/>
+    <s v="Rented"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD471C10"/>
+    <s v="Not stated"/>
+    <s v="Euro"/>
+    <n v="542"/>
+  </r>
+  <r>
+    <s v="07"/>
+    <s v="7 rooms"/>
+    <s v="-1"/>
+    <s v="Rented"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD471C11"/>
+    <s v="Average weekly rent"/>
+    <s v="Euro"/>
+    <n v="190.19"/>
+  </r>
+  <r>
+    <s v="07"/>
+    <s v="7 rooms"/>
+    <s v="05A"/>
+    <s v="Rented from private landlord"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD471C01"/>
+    <s v="Total rented dwellings"/>
+    <s v="Euro"/>
+    <n v="15101"/>
+  </r>
+  <r>
+    <s v="07"/>
+    <s v="7 rooms"/>
+    <s v="05A"/>
+    <s v="Rented from private landlord"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD471C02"/>
+    <s v="Under 25"/>
+    <s v="Euro"/>
+    <n v="87"/>
+  </r>
+  <r>
+    <s v="07"/>
+    <s v="7 rooms"/>
+    <s v="05A"/>
+    <s v="Rented from private landlord"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD471C03"/>
+    <s v="25 - &lt; 50"/>
+    <s v="Euro"/>
+    <n v="270"/>
+  </r>
+  <r>
+    <s v="07"/>
+    <s v="7 rooms"/>
+    <s v="05A"/>
+    <s v="Rented from private landlord"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD471C04"/>
+    <s v="50 - &lt; 100"/>
+    <s v="Euro"/>
+    <n v="898"/>
+  </r>
+  <r>
+    <s v="07"/>
+    <s v="7 rooms"/>
+    <s v="05A"/>
+    <s v="Rented from private landlord"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD471C05"/>
+    <s v="100 - &lt; 150"/>
+    <s v="Euro"/>
+    <n v="3281"/>
+  </r>
+  <r>
+    <s v="07"/>
+    <s v="7 rooms"/>
+    <s v="05A"/>
+    <s v="Rented from private landlord"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD471C06"/>
+    <s v="150  - &lt; 200"/>
+    <s v="Euro"/>
+    <n v="4343"/>
+  </r>
+  <r>
+    <s v="07"/>
+    <s v="7 rooms"/>
+    <s v="05A"/>
+    <s v="Rented from private landlord"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD471C07"/>
+    <s v="200 - &lt; 250"/>
+    <s v="Euro"/>
+    <n v="1972"/>
+  </r>
+  <r>
+    <s v="07"/>
+    <s v="7 rooms"/>
+    <s v="05A"/>
+    <s v="Rented from private landlord"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD471C08"/>
+    <s v="250 - &lt; 300"/>
+    <s v="Euro"/>
+    <n v="1407"/>
+  </r>
+  <r>
+    <s v="07"/>
+    <s v="7 rooms"/>
+    <s v="05A"/>
+    <s v="Rented from private landlord"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD471C09"/>
+    <s v="300 and over"/>
+    <s v="Euro"/>
+    <n v="2405"/>
+  </r>
+  <r>
+    <s v="07"/>
+    <s v="7 rooms"/>
+    <s v="05A"/>
+    <s v="Rented from private landlord"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD471C10"/>
+    <s v="Not stated"/>
+    <s v="Euro"/>
+    <n v="438"/>
+  </r>
+  <r>
+    <s v="07"/>
+    <s v="7 rooms"/>
+    <s v="05A"/>
+    <s v="Rented from private landlord"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD471C11"/>
+    <s v="Average weekly rent"/>
+    <s v="Euro"/>
+    <n v="205.42"/>
+  </r>
+  <r>
+    <s v="07"/>
+    <s v="7 rooms"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD471C01"/>
+    <s v="Total rented dwellings"/>
+    <s v="Euro"/>
+    <n v="1887"/>
+  </r>
+  <r>
+    <s v="07"/>
+    <s v="7 rooms"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD471C02"/>
+    <s v="Under 25"/>
+    <s v="Euro"/>
+    <n v="113"/>
+  </r>
+  <r>
+    <s v="07"/>
+    <s v="7 rooms"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD471C03"/>
+    <s v="25 - &lt; 50"/>
+    <s v="Euro"/>
+    <n v="499"/>
+  </r>
+  <r>
+    <s v="07"/>
+    <s v="7 rooms"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD471C04"/>
+    <s v="50 - &lt; 100"/>
+    <s v="Euro"/>
+    <n v="821"/>
+  </r>
+  <r>
+    <s v="07"/>
+    <s v="7 rooms"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD471C05"/>
+    <s v="100 - &lt; 150"/>
+    <s v="Euro"/>
+    <n v="212"/>
+  </r>
+  <r>
+    <s v="07"/>
+    <s v="7 rooms"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD471C06"/>
+    <s v="150  - &lt; 200"/>
+    <s v="Euro"/>
+    <n v="105"/>
+  </r>
+  <r>
+    <s v="07"/>
+    <s v="7 rooms"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD471C07"/>
+    <s v="200 - &lt; 250"/>
+    <s v="Euro"/>
+    <n v="21"/>
+  </r>
+  <r>
+    <s v="07"/>
+    <s v="7 rooms"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD471C08"/>
+    <s v="250 - &lt; 300"/>
+    <s v="Euro"/>
+    <n v="23"/>
+  </r>
+  <r>
+    <s v="07"/>
+    <s v="7 rooms"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD471C09"/>
+    <s v="300 and over"/>
+    <s v="Euro"/>
+    <n v="15"/>
+  </r>
+  <r>
+    <s v="07"/>
+    <s v="7 rooms"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD471C10"/>
+    <s v="Not stated"/>
+    <s v="Euro"/>
+    <n v="78"/>
+  </r>
+  <r>
+    <s v="07"/>
+    <s v="7 rooms"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD471C11"/>
+    <s v="Average weekly rent"/>
+    <s v="Euro"/>
+    <n v="75.57"/>
+  </r>
+  <r>
+    <s v="07"/>
+    <s v="7 rooms"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD471C01"/>
+    <s v="Total rented dwellings"/>
+    <s v="Euro"/>
+    <n v="205"/>
+  </r>
+  <r>
+    <s v="07"/>
+    <s v="7 rooms"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD471C02"/>
+    <s v="Under 25"/>
+    <s v="Euro"/>
+    <n v="6"/>
+  </r>
+  <r>
+    <s v="07"/>
+    <s v="7 rooms"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD471C03"/>
+    <s v="25 - &lt; 50"/>
+    <s v="Euro"/>
+    <n v="39"/>
+  </r>
+  <r>
+    <s v="07"/>
+    <s v="7 rooms"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD471C04"/>
+    <s v="50 - &lt; 100"/>
+    <s v="Euro"/>
+    <n v="75"/>
+  </r>
+  <r>
+    <s v="07"/>
+    <s v="7 rooms"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD471C05"/>
+    <s v="100 - &lt; 150"/>
+    <s v="Euro"/>
+    <n v="25"/>
+  </r>
+  <r>
+    <s v="07"/>
+    <s v="7 rooms"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD471C06"/>
+    <s v="150  - &lt; 200"/>
+    <s v="Euro"/>
+    <n v="13"/>
+  </r>
+  <r>
+    <s v="07"/>
+    <s v="7 rooms"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD471C07"/>
+    <s v="200 - &lt; 250"/>
+    <s v="Euro"/>
+    <n v="8"/>
+  </r>
+  <r>
+    <s v="07"/>
+    <s v="7 rooms"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD471C08"/>
+    <s v="250 - &lt; 300"/>
+    <s v="Euro"/>
+    <n v="9"/>
+  </r>
+  <r>
+    <s v="07"/>
+    <s v="7 rooms"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD471C09"/>
+    <s v="300 and over"/>
+    <s v="Euro"/>
+    <n v="4"/>
+  </r>
+  <r>
+    <s v="07"/>
+    <s v="7 rooms"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD471C10"/>
+    <s v="Not stated"/>
+    <s v="Euro"/>
+    <n v="26"/>
+  </r>
+  <r>
+    <s v="07"/>
+    <s v="7 rooms"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD471C11"/>
+    <s v="Average weekly rent"/>
+    <s v="Euro"/>
+    <n v="101.42"/>
+  </r>
+  <r>
+    <s v="08"/>
+    <s v="8 rooms"/>
+    <s v="-1"/>
+    <s v="Rented"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD471C01"/>
+    <s v="Total rented dwellings"/>
+    <s v="Euro"/>
+    <n v="6799"/>
+  </r>
+  <r>
+    <s v="08"/>
+    <s v="8 rooms"/>
+    <s v="-1"/>
+    <s v="Rented"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD471C02"/>
+    <s v="Under 25"/>
+    <s v="Euro"/>
+    <n v="71"/>
+  </r>
+  <r>
+    <s v="08"/>
+    <s v="8 rooms"/>
+    <s v="-1"/>
+    <s v="Rented"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD471C03"/>
+    <s v="25 - &lt; 50"/>
+    <s v="Euro"/>
+    <n v="231"/>
+  </r>
+  <r>
+    <s v="08"/>
+    <s v="8 rooms"/>
+    <s v="-1"/>
+    <s v="Rented"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD471C04"/>
+    <s v="50 - &lt; 100"/>
+    <s v="Euro"/>
+    <n v="628"/>
+  </r>
+  <r>
+    <s v="08"/>
+    <s v="8 rooms"/>
+    <s v="-1"/>
+    <s v="Rented"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD471C05"/>
+    <s v="100 - &lt; 150"/>
+    <s v="Euro"/>
+    <n v="1206"/>
+  </r>
+  <r>
+    <s v="08"/>
+    <s v="8 rooms"/>
+    <s v="-1"/>
+    <s v="Rented"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD471C06"/>
+    <s v="150  - &lt; 200"/>
+    <s v="Euro"/>
+    <n v="1621"/>
+  </r>
+  <r>
+    <s v="08"/>
+    <s v="8 rooms"/>
+    <s v="-1"/>
+    <s v="Rented"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD471C07"/>
+    <s v="200 - &lt; 250"/>
+    <s v="Euro"/>
+    <n v="778"/>
+  </r>
+  <r>
+    <s v="08"/>
+    <s v="8 rooms"/>
+    <s v="-1"/>
+    <s v="Rented"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD471C08"/>
+    <s v="250 - &lt; 300"/>
+    <s v="Euro"/>
+    <n v="531"/>
+  </r>
+  <r>
+    <s v="08"/>
+    <s v="8 rooms"/>
+    <s v="-1"/>
+    <s v="Rented"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD471C09"/>
+    <s v="300 and over"/>
+    <s v="Euro"/>
+    <n v="1485"/>
+  </r>
+  <r>
+    <s v="08"/>
+    <s v="8 rooms"/>
+    <s v="-1"/>
+    <s v="Rented"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD471C10"/>
+    <s v="Not stated"/>
+    <s v="Euro"/>
+    <n v="248"/>
+  </r>
+  <r>
+    <s v="08"/>
+    <s v="8 rooms"/>
+    <s v="-1"/>
+    <s v="Rented"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD471C11"/>
+    <s v="Average weekly rent"/>
+    <s v="Euro"/>
+    <n v="220.32"/>
+  </r>
+  <r>
+    <s v="08"/>
+    <s v="8 rooms"/>
+    <s v="05A"/>
+    <s v="Rented from private landlord"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD471C01"/>
+    <s v="Total rented dwellings"/>
+    <s v="Euro"/>
+    <n v="6124"/>
+  </r>
+  <r>
+    <s v="08"/>
+    <s v="8 rooms"/>
+    <s v="05A"/>
+    <s v="Rented from private landlord"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD471C02"/>
+    <s v="Under 25"/>
+    <s v="Euro"/>
+    <n v="39"/>
+  </r>
+  <r>
+    <s v="08"/>
+    <s v="8 rooms"/>
+    <s v="05A"/>
+    <s v="Rented from private landlord"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD471C03"/>
+    <s v="25 - &lt; 50"/>
+    <s v="Euro"/>
+    <n v="77"/>
+  </r>
+  <r>
+    <s v="08"/>
+    <s v="8 rooms"/>
+    <s v="05A"/>
+    <s v="Rented from private landlord"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD471C04"/>
+    <s v="50 - &lt; 100"/>
+    <s v="Euro"/>
+    <n v="356"/>
+  </r>
+  <r>
+    <s v="08"/>
+    <s v="8 rooms"/>
+    <s v="05A"/>
+    <s v="Rented from private landlord"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD471C05"/>
+    <s v="100 - &lt; 150"/>
+    <s v="Euro"/>
+    <n v="1106"/>
+  </r>
+  <r>
+    <s v="08"/>
+    <s v="8 rooms"/>
+    <s v="05A"/>
+    <s v="Rented from private landlord"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD471C06"/>
+    <s v="150  - &lt; 200"/>
+    <s v="Euro"/>
+    <n v="1584"/>
+  </r>
+  <r>
+    <s v="08"/>
+    <s v="8 rooms"/>
+    <s v="05A"/>
+    <s v="Rented from private landlord"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD471C07"/>
+    <s v="200 - &lt; 250"/>
+    <s v="Euro"/>
+    <n v="765"/>
+  </r>
+  <r>
+    <s v="08"/>
+    <s v="8 rooms"/>
+    <s v="05A"/>
+    <s v="Rented from private landlord"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD471C08"/>
+    <s v="250 - &lt; 300"/>
+    <s v="Euro"/>
+    <n v="523"/>
+  </r>
+  <r>
+    <s v="08"/>
+    <s v="8 rooms"/>
+    <s v="05A"/>
+    <s v="Rented from private landlord"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD471C09"/>
+    <s v="300 and over"/>
+    <s v="Euro"/>
+    <n v="1468"/>
+  </r>
+  <r>
+    <s v="08"/>
+    <s v="8 rooms"/>
+    <s v="05A"/>
+    <s v="Rented from private landlord"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD471C10"/>
+    <s v="Not stated"/>
+    <s v="Euro"/>
+    <n v="206"/>
+  </r>
+  <r>
+    <s v="08"/>
+    <s v="8 rooms"/>
+    <s v="05A"/>
+    <s v="Rented from private landlord"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD471C11"/>
+    <s v="Average weekly rent"/>
+    <s v="Euro"/>
+    <n v="234.55"/>
+  </r>
+  <r>
+    <s v="08"/>
+    <s v="8 rooms"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD471C01"/>
+    <s v="Total rented dwellings"/>
+    <s v="Euro"/>
+    <n v="579"/>
+  </r>
+  <r>
+    <s v="08"/>
+    <s v="8 rooms"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD471C02"/>
+    <s v="Under 25"/>
+    <s v="Euro"/>
+    <n v="29"/>
+  </r>
+  <r>
+    <s v="08"/>
+    <s v="8 rooms"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD471C03"/>
+    <s v="25 - &lt; 50"/>
+    <s v="Euro"/>
+    <n v="143"/>
+  </r>
+  <r>
+    <s v="08"/>
+    <s v="8 rooms"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD471C04"/>
+    <s v="50 - &lt; 100"/>
+    <s v="Euro"/>
+    <n v="241"/>
+  </r>
+  <r>
+    <s v="08"/>
+    <s v="8 rooms"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD471C05"/>
+    <s v="100 - &lt; 150"/>
+    <s v="Euro"/>
+    <n v="85"/>
+  </r>
+  <r>
+    <s v="08"/>
+    <s v="8 rooms"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD471C06"/>
+    <s v="150  - &lt; 200"/>
+    <s v="Euro"/>
+    <n v="32"/>
+  </r>
+  <r>
+    <s v="08"/>
+    <s v="8 rooms"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD471C07"/>
+    <s v="200 - &lt; 250"/>
+    <s v="Euro"/>
+    <n v="9"/>
+  </r>
+  <r>
+    <s v="08"/>
+    <s v="8 rooms"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD471C08"/>
+    <s v="250 - &lt; 300"/>
+    <s v="Euro"/>
+    <n v="4"/>
+  </r>
+  <r>
+    <s v="08"/>
+    <s v="8 rooms"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD471C09"/>
+    <s v="300 and over"/>
+    <s v="Euro"/>
+    <n v="10"/>
+  </r>
+  <r>
+    <s v="08"/>
+    <s v="8 rooms"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD471C10"/>
+    <s v="Not stated"/>
+    <s v="Euro"/>
+    <n v="26"/>
+  </r>
+  <r>
+    <s v="08"/>
+    <s v="8 rooms"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD471C11"/>
+    <s v="Average weekly rent"/>
+    <s v="Euro"/>
+    <n v="82.3"/>
+  </r>
+  <r>
+    <s v="08"/>
+    <s v="8 rooms"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD471C01"/>
+    <s v="Total rented dwellings"/>
+    <s v="Euro"/>
+    <n v="96"/>
+  </r>
+  <r>
+    <s v="08"/>
+    <s v="8 rooms"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD471C02"/>
+    <s v="Under 25"/>
+    <s v="Euro"/>
+    <n v="3"/>
+  </r>
+  <r>
+    <s v="08"/>
+    <s v="8 rooms"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD471C03"/>
+    <s v="25 - &lt; 50"/>
+    <s v="Euro"/>
+    <n v="11"/>
+  </r>
+  <r>
+    <s v="08"/>
+    <s v="8 rooms"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD471C04"/>
+    <s v="50 - &lt; 100"/>
+    <s v="Euro"/>
+    <n v="31"/>
+  </r>
+  <r>
+    <s v="08"/>
+    <s v="8 rooms"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD471C05"/>
+    <s v="100 - &lt; 150"/>
+    <s v="Euro"/>
+    <n v="15"/>
+  </r>
+  <r>
+    <s v="08"/>
+    <s v="8 rooms"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD471C06"/>
+    <s v="150  - &lt; 200"/>
+    <s v="Euro"/>
+    <n v="5"/>
+  </r>
+  <r>
+    <s v="08"/>
+    <s v="8 rooms"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD471C07"/>
+    <s v="200 - &lt; 250"/>
+    <s v="Euro"/>
+    <n v="4"/>
+  </r>
+  <r>
+    <s v="08"/>
+    <s v="8 rooms"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD471C08"/>
+    <s v="250 - &lt; 300"/>
+    <s v="Euro"/>
+    <n v="4"/>
+  </r>
+  <r>
+    <s v="08"/>
+    <s v="8 rooms"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD471C09"/>
+    <s v="300 and over"/>
+    <s v="Euro"/>
+    <n v="7"/>
+  </r>
+  <r>
+    <s v="08"/>
+    <s v="8 rooms"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD471C10"/>
+    <s v="Not stated"/>
+    <s v="Euro"/>
+    <n v="16"/>
+  </r>
+  <r>
+    <s v="08"/>
+    <s v="8 rooms"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD471C11"/>
+    <s v="Average weekly rent"/>
+    <s v="Euro"/>
+    <n v="121.56"/>
+  </r>
+  <r>
+    <s v="09"/>
+    <s v="9 rooms"/>
+    <s v="-1"/>
+    <s v="Rented"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD471C01"/>
+    <s v="Total rented dwellings"/>
+    <s v="Euro"/>
+    <n v="2113"/>
+  </r>
+  <r>
+    <s v="09"/>
+    <s v="9 rooms"/>
+    <s v="-1"/>
+    <s v="Rented"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD471C02"/>
+    <s v="Under 25"/>
+    <s v="Euro"/>
+    <n v="22"/>
+  </r>
+  <r>
+    <s v="09"/>
+    <s v="9 rooms"/>
+    <s v="-1"/>
+    <s v="Rented"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD471C03"/>
+    <s v="25 - &lt; 50"/>
+    <s v="Euro"/>
+    <n v="61"/>
+  </r>
+  <r>
+    <s v="09"/>
+    <s v="9 rooms"/>
+    <s v="-1"/>
+    <s v="Rented"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD471C04"/>
+    <s v="50 - &lt; 100"/>
+    <s v="Euro"/>
+    <n v="142"/>
+  </r>
+  <r>
+    <s v="09"/>
+    <s v="9 rooms"/>
+    <s v="-1"/>
+    <s v="Rented"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD471C05"/>
+    <s v="100 - &lt; 150"/>
+    <s v="Euro"/>
+    <n v="344"/>
+  </r>
+  <r>
+    <s v="09"/>
+    <s v="9 rooms"/>
+    <s v="-1"/>
+    <s v="Rented"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD471C06"/>
+    <s v="150  - &lt; 200"/>
+    <s v="Euro"/>
+    <n v="470"/>
+  </r>
+  <r>
+    <s v="09"/>
+    <s v="9 rooms"/>
+    <s v="-1"/>
+    <s v="Rented"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD471C07"/>
+    <s v="200 - &lt; 250"/>
+    <s v="Euro"/>
+    <n v="252"/>
+  </r>
+  <r>
+    <s v="09"/>
+    <s v="9 rooms"/>
+    <s v="-1"/>
+    <s v="Rented"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD471C08"/>
+    <s v="250 - &lt; 300"/>
+    <s v="Euro"/>
+    <n v="160"/>
+  </r>
+  <r>
+    <s v="09"/>
+    <s v="9 rooms"/>
+    <s v="-1"/>
+    <s v="Rented"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD471C09"/>
+    <s v="300 and over"/>
+    <s v="Euro"/>
+    <n v="580"/>
+  </r>
+  <r>
+    <s v="09"/>
+    <s v="9 rooms"/>
+    <s v="-1"/>
+    <s v="Rented"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD471C10"/>
+    <s v="Not stated"/>
+    <s v="Euro"/>
+    <n v="82"/>
+  </r>
+  <r>
+    <s v="09"/>
+    <s v="9 rooms"/>
+    <s v="-1"/>
+    <s v="Rented"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD471C11"/>
+    <s v="Average weekly rent"/>
+    <s v="Euro"/>
+    <n v="242.7"/>
+  </r>
+  <r>
+    <s v="09"/>
+    <s v="9 rooms"/>
+    <s v="05A"/>
+    <s v="Rented from private landlord"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD471C01"/>
+    <s v="Total rented dwellings"/>
+    <s v="Euro"/>
+    <n v="1953"/>
+  </r>
+  <r>
+    <s v="09"/>
+    <s v="9 rooms"/>
+    <s v="05A"/>
+    <s v="Rented from private landlord"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD471C02"/>
+    <s v="Under 25"/>
+    <s v="Euro"/>
+    <n v="16"/>
+  </r>
+  <r>
+    <s v="09"/>
+    <s v="9 rooms"/>
+    <s v="05A"/>
+    <s v="Rented from private landlord"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD471C03"/>
+    <s v="25 - &lt; 50"/>
+    <s v="Euro"/>
+    <n v="25"/>
+  </r>
+  <r>
+    <s v="09"/>
+    <s v="9 rooms"/>
+    <s v="05A"/>
+    <s v="Rented from private landlord"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD471C04"/>
+    <s v="50 - &lt; 100"/>
+    <s v="Euro"/>
+    <n v="88"/>
+  </r>
+  <r>
+    <s v="09"/>
+    <s v="9 rooms"/>
+    <s v="05A"/>
+    <s v="Rented from private landlord"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD471C05"/>
+    <s v="100 - &lt; 150"/>
+    <s v="Euro"/>
+    <n v="318"/>
+  </r>
+  <r>
+    <s v="09"/>
+    <s v="9 rooms"/>
+    <s v="05A"/>
+    <s v="Rented from private landlord"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD471C06"/>
+    <s v="150  - &lt; 200"/>
+    <s v="Euro"/>
+    <n v="457"/>
+  </r>
+  <r>
+    <s v="09"/>
+    <s v="9 rooms"/>
+    <s v="05A"/>
+    <s v="Rented from private landlord"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD471C07"/>
+    <s v="200 - &lt; 250"/>
+    <s v="Euro"/>
+    <n v="247"/>
+  </r>
+  <r>
+    <s v="09"/>
+    <s v="9 rooms"/>
+    <s v="05A"/>
+    <s v="Rented from private landlord"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD471C08"/>
+    <s v="250 - &lt; 300"/>
+    <s v="Euro"/>
+    <n v="156"/>
+  </r>
+  <r>
+    <s v="09"/>
+    <s v="9 rooms"/>
+    <s v="05A"/>
+    <s v="Rented from private landlord"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD471C09"/>
+    <s v="300 and over"/>
+    <s v="Euro"/>
+    <n v="575"/>
+  </r>
+  <r>
+    <s v="09"/>
+    <s v="9 rooms"/>
+    <s v="05A"/>
+    <s v="Rented from private landlord"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD471C10"/>
+    <s v="Not stated"/>
+    <s v="Euro"/>
+    <n v="71"/>
+  </r>
+  <r>
+    <s v="09"/>
+    <s v="9 rooms"/>
+    <s v="05A"/>
+    <s v="Rented from private landlord"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD471C11"/>
+    <s v="Average weekly rent"/>
+    <s v="Euro"/>
+    <n v="253.82"/>
+  </r>
+  <r>
+    <s v="09"/>
+    <s v="9 rooms"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD471C01"/>
+    <s v="Total rented dwellings"/>
+    <s v="Euro"/>
+    <n v="128"/>
+  </r>
+  <r>
+    <s v="09"/>
+    <s v="9 rooms"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD471C02"/>
+    <s v="Under 25"/>
+    <s v="Euro"/>
+    <n v="3"/>
+  </r>
+  <r>
+    <s v="09"/>
+    <s v="9 rooms"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD471C03"/>
+    <s v="25 - &lt; 50"/>
+    <s v="Euro"/>
+    <n v="33"/>
+  </r>
+  <r>
+    <s v="09"/>
+    <s v="9 rooms"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD471C04"/>
+    <s v="50 - &lt; 100"/>
+    <s v="Euro"/>
+    <n v="46"/>
+  </r>
+  <r>
+    <s v="09"/>
+    <s v="9 rooms"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD471C05"/>
+    <s v="100 - &lt; 150"/>
+    <s v="Euro"/>
+    <n v="21"/>
+  </r>
+  <r>
+    <s v="09"/>
+    <s v="9 rooms"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD471C06"/>
+    <s v="150  - &lt; 200"/>
+    <s v="Euro"/>
+    <n v="10"/>
+  </r>
+  <r>
+    <s v="09"/>
+    <s v="9 rooms"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD471C07"/>
+    <s v="200 - &lt; 250"/>
+    <s v="Euro"/>
+    <n v="5"/>
+  </r>
+  <r>
+    <s v="09"/>
+    <s v="9 rooms"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD471C08"/>
+    <s v="250 - &lt; 300"/>
+    <s v="Euro"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="09"/>
+    <s v="9 rooms"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD471C09"/>
+    <s v="300 and over"/>
+    <s v="Euro"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="09"/>
+    <s v="9 rooms"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD471C10"/>
+    <s v="Not stated"/>
+    <s v="Euro"/>
+    <n v="7"/>
+  </r>
+  <r>
+    <s v="09"/>
+    <s v="9 rooms"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD471C11"/>
+    <s v="Average weekly rent"/>
+    <s v="Euro"/>
+    <n v="91.14"/>
+  </r>
+  <r>
+    <s v="09"/>
+    <s v="9 rooms"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD471C01"/>
+    <s v="Total rented dwellings"/>
+    <s v="Euro"/>
+    <n v="32"/>
+  </r>
+  <r>
+    <s v="09"/>
+    <s v="9 rooms"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD471C02"/>
+    <s v="Under 25"/>
+    <s v="Euro"/>
+    <n v="3"/>
+  </r>
+  <r>
+    <s v="09"/>
+    <s v="9 rooms"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD471C03"/>
+    <s v="25 - &lt; 50"/>
+    <s v="Euro"/>
+    <n v="3"/>
+  </r>
+  <r>
+    <s v="09"/>
+    <s v="9 rooms"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD471C04"/>
+    <s v="50 - &lt; 100"/>
+    <s v="Euro"/>
+    <n v="8"/>
+  </r>
+  <r>
+    <s v="09"/>
+    <s v="9 rooms"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD471C05"/>
+    <s v="100 - &lt; 150"/>
+    <s v="Euro"/>
+    <n v="5"/>
+  </r>
+  <r>
+    <s v="09"/>
+    <s v="9 rooms"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD471C06"/>
+    <s v="150  - &lt; 200"/>
+    <s v="Euro"/>
+    <n v="3"/>
+  </r>
+  <r>
+    <s v="09"/>
+    <s v="9 rooms"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD471C07"/>
+    <s v="200 - &lt; 250"/>
+    <s v="Euro"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="09"/>
+    <s v="9 rooms"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD471C08"/>
+    <s v="250 - &lt; 300"/>
+    <s v="Euro"/>
+    <n v="3"/>
+  </r>
+  <r>
+    <s v="09"/>
+    <s v="9 rooms"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD471C09"/>
+    <s v="300 and over"/>
+    <s v="Euro"/>
+    <n v="3"/>
+  </r>
+  <r>
+    <s v="09"/>
+    <s v="9 rooms"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD471C10"/>
+    <s v="Not stated"/>
+    <s v="Euro"/>
+    <n v="4"/>
+  </r>
+  <r>
+    <s v="09"/>
+    <s v="9 rooms"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD471C11"/>
+    <s v="Average weekly rent"/>
+    <s v="Euro"/>
+    <n v="149.79"/>
+  </r>
+  <r>
+    <s v="101"/>
+    <s v="10 or more rooms"/>
+    <s v="-1"/>
+    <s v="Rented"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD471C01"/>
+    <s v="Total rented dwellings"/>
+    <s v="Euro"/>
+    <n v="1379"/>
+  </r>
+  <r>
+    <s v="101"/>
+    <s v="10 or more rooms"/>
+    <s v="-1"/>
+    <s v="Rented"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD471C02"/>
+    <s v="Under 25"/>
+    <s v="Euro"/>
+    <n v="28"/>
+  </r>
+  <r>
+    <s v="101"/>
+    <s v="10 or more rooms"/>
+    <s v="-1"/>
+    <s v="Rented"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD471C03"/>
+    <s v="25 - &lt; 50"/>
+    <s v="Euro"/>
+    <n v="34"/>
+  </r>
+  <r>
+    <s v="101"/>
+    <s v="10 or more rooms"/>
+    <s v="-1"/>
+    <s v="Rented"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD471C04"/>
+    <s v="50 - &lt; 100"/>
+    <s v="Euro"/>
+    <n v="103"/>
+  </r>
+  <r>
+    <s v="101"/>
+    <s v="10 or more rooms"/>
+    <s v="-1"/>
+    <s v="Rented"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD471C05"/>
+    <s v="100 - &lt; 150"/>
+    <s v="Euro"/>
+    <n v="202"/>
+  </r>
+  <r>
+    <s v="101"/>
+    <s v="10 or more rooms"/>
+    <s v="-1"/>
+    <s v="Rented"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD471C06"/>
+    <s v="150  - &lt; 200"/>
+    <s v="Euro"/>
+    <n v="276"/>
+  </r>
+  <r>
+    <s v="101"/>
+    <s v="10 or more rooms"/>
+    <s v="-1"/>
+    <s v="Rented"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD471C07"/>
+    <s v="200 - &lt; 250"/>
+    <s v="Euro"/>
+    <n v="152"/>
+  </r>
+  <r>
+    <s v="101"/>
+    <s v="10 or more rooms"/>
+    <s v="-1"/>
+    <s v="Rented"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD471C08"/>
+    <s v="250 - &lt; 300"/>
+    <s v="Euro"/>
+    <n v="99"/>
+  </r>
+  <r>
+    <s v="101"/>
+    <s v="10 or more rooms"/>
+    <s v="-1"/>
+    <s v="Rented"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD471C09"/>
+    <s v="300 and over"/>
+    <s v="Euro"/>
+    <n v="425"/>
+  </r>
+  <r>
+    <s v="101"/>
+    <s v="10 or more rooms"/>
+    <s v="-1"/>
+    <s v="Rented"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD471C10"/>
+    <s v="Not stated"/>
+    <s v="Euro"/>
+    <n v="60"/>
+  </r>
+  <r>
+    <s v="101"/>
+    <s v="10 or more rooms"/>
+    <s v="-1"/>
+    <s v="Rented"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD471C11"/>
+    <s v="Average weekly rent"/>
+    <s v="Euro"/>
+    <n v="274.45"/>
+  </r>
+  <r>
+    <s v="101"/>
+    <s v="10 or more rooms"/>
+    <s v="05A"/>
+    <s v="Rented from private landlord"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD471C01"/>
+    <s v="Total rented dwellings"/>
+    <s v="Euro"/>
+    <n v="1262"/>
+  </r>
+  <r>
+    <s v="101"/>
+    <s v="10 or more rooms"/>
+    <s v="05A"/>
+    <s v="Rented from private landlord"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD471C02"/>
+    <s v="Under 25"/>
+    <s v="Euro"/>
+    <n v="18"/>
+  </r>
+  <r>
+    <s v="101"/>
+    <s v="10 or more rooms"/>
+    <s v="05A"/>
+    <s v="Rented from private landlord"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD471C03"/>
+    <s v="25 - &lt; 50"/>
+    <s v="Euro"/>
+    <n v="14"/>
+  </r>
+  <r>
+    <s v="101"/>
+    <s v="10 or more rooms"/>
+    <s v="05A"/>
+    <s v="Rented from private landlord"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD471C04"/>
+    <s v="50 - &lt; 100"/>
+    <s v="Euro"/>
+    <n v="68"/>
+  </r>
+  <r>
+    <s v="101"/>
+    <s v="10 or more rooms"/>
+    <s v="05A"/>
+    <s v="Rented from private landlord"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD471C05"/>
+    <s v="100 - &lt; 150"/>
+    <s v="Euro"/>
+    <n v="182"/>
+  </r>
+  <r>
+    <s v="101"/>
+    <s v="10 or more rooms"/>
+    <s v="05A"/>
+    <s v="Rented from private landlord"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD471C06"/>
+    <s v="150  - &lt; 200"/>
+    <s v="Euro"/>
+    <n v="268"/>
+  </r>
+  <r>
+    <s v="101"/>
+    <s v="10 or more rooms"/>
+    <s v="05A"/>
+    <s v="Rented from private landlord"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD471C07"/>
+    <s v="200 - &lt; 250"/>
+    <s v="Euro"/>
+    <n v="148"/>
+  </r>
+  <r>
+    <s v="101"/>
+    <s v="10 or more rooms"/>
+    <s v="05A"/>
+    <s v="Rented from private landlord"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD471C08"/>
+    <s v="250 - &lt; 300"/>
+    <s v="Euro"/>
+    <n v="97"/>
+  </r>
+  <r>
+    <s v="101"/>
+    <s v="10 or more rooms"/>
+    <s v="05A"/>
+    <s v="Rented from private landlord"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD471C09"/>
+    <s v="300 and over"/>
+    <s v="Euro"/>
+    <n v="419"/>
+  </r>
+  <r>
+    <s v="101"/>
+    <s v="10 or more rooms"/>
+    <s v="05A"/>
+    <s v="Rented from private landlord"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD471C10"/>
+    <s v="Not stated"/>
+    <s v="Euro"/>
+    <n v="48"/>
+  </r>
+  <r>
+    <s v="101"/>
+    <s v="10 or more rooms"/>
+    <s v="05A"/>
+    <s v="Rented from private landlord"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD471C11"/>
+    <s v="Average weekly rent"/>
+    <s v="Euro"/>
+    <n v="288.14"/>
+  </r>
+  <r>
+    <s v="101"/>
+    <s v="10 or more rooms"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD471C01"/>
+    <s v="Total rented dwellings"/>
+    <s v="Euro"/>
+    <n v="80"/>
+  </r>
+  <r>
+    <s v="101"/>
+    <s v="10 or more rooms"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD471C02"/>
+    <s v="Under 25"/>
+    <s v="Euro"/>
+    <n v="7"/>
+  </r>
+  <r>
+    <s v="101"/>
+    <s v="10 or more rooms"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD471C03"/>
+    <s v="25 - &lt; 50"/>
+    <s v="Euro"/>
+    <n v="15"/>
+  </r>
+  <r>
+    <s v="101"/>
+    <s v="10 or more rooms"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD471C04"/>
+    <s v="50 - &lt; 100"/>
+    <s v="Euro"/>
+    <n v="28"/>
+  </r>
+  <r>
+    <s v="101"/>
+    <s v="10 or more rooms"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD471C05"/>
+    <s v="100 - &lt; 150"/>
+    <s v="Euro"/>
+    <n v="11"/>
+  </r>
+  <r>
+    <s v="101"/>
+    <s v="10 or more rooms"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD471C06"/>
+    <s v="150  - &lt; 200"/>
+    <s v="Euro"/>
+    <n v="7"/>
+  </r>
+  <r>
+    <s v="101"/>
+    <s v="10 or more rooms"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD471C07"/>
+    <s v="200 - &lt; 250"/>
+    <s v="Euro"/>
+    <n v="3"/>
+  </r>
+  <r>
+    <s v="101"/>
+    <s v="10 or more rooms"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD471C08"/>
+    <s v="250 - &lt; 300"/>
+    <s v="Euro"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="101"/>
+    <s v="10 or more rooms"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD471C09"/>
+    <s v="300 and over"/>
+    <s v="Euro"/>
+    <n v="4"/>
+  </r>
+  <r>
+    <s v="101"/>
+    <s v="10 or more rooms"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD471C10"/>
+    <s v="Not stated"/>
+    <s v="Euro"/>
+    <n v="5"/>
+  </r>
+  <r>
+    <s v="101"/>
+    <s v="10 or more rooms"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD471C11"/>
+    <s v="Average weekly rent"/>
+    <s v="Euro"/>
+    <n v="111.07"/>
+  </r>
+  <r>
+    <s v="101"/>
+    <s v="10 or more rooms"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD471C01"/>
+    <s v="Total rented dwellings"/>
+    <s v="Euro"/>
+    <n v="37"/>
+  </r>
+  <r>
+    <s v="101"/>
+    <s v="10 or more rooms"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD471C02"/>
+    <s v="Under 25"/>
+    <s v="Euro"/>
+    <n v="3"/>
+  </r>
+  <r>
+    <s v="101"/>
+    <s v="10 or more rooms"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD471C03"/>
+    <s v="25 - &lt; 50"/>
+    <s v="Euro"/>
+    <n v="5"/>
+  </r>
+  <r>
+    <s v="101"/>
+    <s v="10 or more rooms"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD471C04"/>
+    <s v="50 - &lt; 100"/>
+    <s v="Euro"/>
+    <n v="7"/>
+  </r>
+  <r>
+    <s v="101"/>
+    <s v="10 or more rooms"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD471C05"/>
+    <s v="100 - &lt; 150"/>
+    <s v="Euro"/>
+    <n v="9"/>
+  </r>
+  <r>
+    <s v="101"/>
+    <s v="10 or more rooms"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD471C06"/>
+    <s v="150  - &lt; 200"/>
+    <s v="Euro"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="101"/>
+    <s v="10 or more rooms"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD471C07"/>
+    <s v="200 - &lt; 250"/>
+    <s v="Euro"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="101"/>
+    <s v="10 or more rooms"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD471C08"/>
+    <s v="250 - &lt; 300"/>
+    <s v="Euro"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="101"/>
+    <s v="10 or more rooms"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD471C09"/>
+    <s v="300 and over"/>
+    <s v="Euro"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="101"/>
+    <s v="10 or more rooms"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD471C10"/>
+    <s v="Not stated"/>
+    <s v="Euro"/>
+    <n v="7"/>
+  </r>
+  <r>
+    <s v="101"/>
+    <s v="10 or more rooms"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD471C11"/>
+    <s v="Average weekly rent"/>
+    <s v="Euro"/>
+    <n v="129.11"/>
+  </r>
+  <r>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="-1"/>
+    <s v="Rented"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD471C01"/>
+    <s v="Total rented dwellings"/>
+    <s v="Euro"/>
+    <n v="14967"/>
+  </r>
+  <r>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="-1"/>
+    <s v="Rented"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD471C02"/>
+    <s v="Under 25"/>
+    <s v="Euro"/>
+    <n v="767"/>
+  </r>
+  <r>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="-1"/>
+    <s v="Rented"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD471C03"/>
+    <s v="25 - &lt; 50"/>
+    <s v="Euro"/>
+    <n v="2547"/>
+  </r>
+  <r>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="-1"/>
+    <s v="Rented"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD471C04"/>
+    <s v="50 - &lt; 100"/>
+    <s v="Euro"/>
+    <n v="2849"/>
+  </r>
+  <r>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="-1"/>
+    <s v="Rented"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD471C05"/>
+    <s v="100 - &lt; 150"/>
+    <s v="Euro"/>
+    <n v="2635"/>
+  </r>
+  <r>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="-1"/>
+    <s v="Rented"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD471C06"/>
+    <s v="150  - &lt; 200"/>
+    <s v="Euro"/>
+    <n v="1782"/>
+  </r>
+  <r>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="-1"/>
+    <s v="Rented"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD471C07"/>
+    <s v="200 - &lt; 250"/>
+    <s v="Euro"/>
+    <n v="1047"/>
+  </r>
+  <r>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="-1"/>
+    <s v="Rented"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD471C08"/>
+    <s v="250 - &lt; 300"/>
+    <s v="Euro"/>
+    <n v="405"/>
+  </r>
+  <r>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="-1"/>
+    <s v="Rented"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD471C09"/>
+    <s v="300 and over"/>
+    <s v="Euro"/>
+    <n v="291"/>
+  </r>
+  <r>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="-1"/>
+    <s v="Rented"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD471C10"/>
+    <s v="Not stated"/>
+    <s v="Euro"/>
+    <n v="2644"/>
+  </r>
+  <r>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="-1"/>
+    <s v="Rented"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD471C11"/>
+    <s v="Average weekly rent"/>
+    <s v="Euro"/>
+    <n v="112.15"/>
+  </r>
+  <r>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="05A"/>
+    <s v="Rented from private landlord"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD471C01"/>
+    <s v="Total rented dwellings"/>
+    <s v="Euro"/>
+    <n v="9103"/>
+  </r>
+  <r>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="05A"/>
+    <s v="Rented from private landlord"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD471C02"/>
+    <s v="Under 25"/>
+    <s v="Euro"/>
+    <n v="137"/>
+  </r>
+  <r>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="05A"/>
+    <s v="Rented from private landlord"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD471C03"/>
+    <s v="25 - &lt; 50"/>
+    <s v="Euro"/>
+    <n v="340"/>
+  </r>
+  <r>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="05A"/>
+    <s v="Rented from private landlord"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD471C04"/>
+    <s v="50 - &lt; 100"/>
+    <s v="Euro"/>
+    <n v="1156"/>
+  </r>
+  <r>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="05A"/>
+    <s v="Rented from private landlord"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD471C05"/>
+    <s v="100 - &lt; 150"/>
+    <s v="Euro"/>
+    <n v="2250"/>
+  </r>
+  <r>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="05A"/>
+    <s v="Rented from private landlord"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD471C06"/>
+    <s v="150  - &lt; 200"/>
+    <s v="Euro"/>
+    <n v="1666"/>
+  </r>
+  <r>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="05A"/>
+    <s v="Rented from private landlord"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD471C07"/>
+    <s v="200 - &lt; 250"/>
+    <s v="Euro"/>
+    <n v="989"/>
+  </r>
+  <r>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="05A"/>
+    <s v="Rented from private landlord"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD471C08"/>
+    <s v="250 - &lt; 300"/>
+    <s v="Euro"/>
+    <n v="386"/>
+  </r>
+  <r>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="05A"/>
+    <s v="Rented from private landlord"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD471C09"/>
+    <s v="300 and over"/>
+    <s v="Euro"/>
+    <n v="272"/>
+  </r>
+  <r>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="05A"/>
+    <s v="Rented from private landlord"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD471C10"/>
+    <s v="Not stated"/>
+    <s v="Euro"/>
+    <n v="1907"/>
+  </r>
+  <r>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="05A"/>
+    <s v="Rented from private landlord"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD471C11"/>
+    <s v="Average weekly rent"/>
+    <s v="Euro"/>
+    <n v="151.46"/>
+  </r>
+  <r>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD471C01"/>
+    <s v="Total rented dwellings"/>
+    <s v="Euro"/>
+    <n v="5293"/>
+  </r>
+  <r>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD471C02"/>
+    <s v="Under 25"/>
+    <s v="Euro"/>
+    <n v="557"/>
+  </r>
+  <r>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD471C03"/>
+    <s v="25 - &lt; 50"/>
+    <s v="Euro"/>
+    <n v="2027"/>
+  </r>
+  <r>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD471C04"/>
+    <s v="50 - &lt; 100"/>
+    <s v="Euro"/>
+    <n v="1521"/>
+  </r>
+  <r>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD471C05"/>
+    <s v="100 - &lt; 150"/>
+    <s v="Euro"/>
+    <n v="358"/>
+  </r>
+  <r>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD471C06"/>
+    <s v="150  - &lt; 200"/>
+    <s v="Euro"/>
+    <n v="102"/>
+  </r>
+  <r>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD471C07"/>
+    <s v="200 - &lt; 250"/>
+    <s v="Euro"/>
+    <n v="51"/>
+  </r>
+  <r>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD471C08"/>
+    <s v="250 - &lt; 300"/>
+    <s v="Euro"/>
+    <n v="17"/>
+  </r>
+  <r>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD471C09"/>
+    <s v="300 and over"/>
+    <s v="Euro"/>
+    <n v="18"/>
+  </r>
+  <r>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD471C10"/>
+    <s v="Not stated"/>
+    <s v="Euro"/>
+    <n v="642"/>
+  </r>
+  <r>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD471C11"/>
+    <s v="Average weekly rent"/>
+    <s v="Euro"/>
+    <n v="57.05"/>
+  </r>
+  <r>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD471C01"/>
+    <s v="Total rented dwellings"/>
+    <s v="Euro"/>
+    <n v="571"/>
+  </r>
+  <r>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD471C02"/>
+    <s v="Under 25"/>
+    <s v="Euro"/>
+    <n v="73"/>
+  </r>
+  <r>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD471C03"/>
+    <s v="25 - &lt; 50"/>
+    <s v="Euro"/>
+    <n v="180"/>
+  </r>
+  <r>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD471C04"/>
+    <s v="50 - &lt; 100"/>
+    <s v="Euro"/>
+    <n v="172"/>
+  </r>
+  <r>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD471C05"/>
+    <s v="100 - &lt; 150"/>
+    <s v="Euro"/>
+    <n v="27"/>
+  </r>
+  <r>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD471C06"/>
+    <s v="150  - &lt; 200"/>
+    <s v="Euro"/>
+    <n v="14"/>
+  </r>
+  <r>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD471C07"/>
+    <s v="200 - &lt; 250"/>
+    <s v="Euro"/>
+    <n v="7"/>
+  </r>
+  <r>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD471C08"/>
+    <s v="250 - &lt; 300"/>
+    <s v="Euro"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD471C09"/>
+    <s v="300 and over"/>
+    <s v="Euro"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD471C10"/>
+    <s v="Not stated"/>
+    <s v="Euro"/>
+    <n v="95"/>
+  </r>
+  <r>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD471C11"/>
+    <s v="Average weekly rent"/>
+    <s v="Euro"/>
+    <n v="56.32"/>
+  </r>
+</pivotCacheRecords>
 </file>