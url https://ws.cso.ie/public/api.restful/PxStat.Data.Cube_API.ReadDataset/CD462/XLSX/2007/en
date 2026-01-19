--- v0 (2025-11-13)
+++ v1 (2026-01-19)
@@ -1,97 +1,97 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/pivotCache/pivotCacheDefinition1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheDefinition+xml"/>
   <Override PartName="/pivotCache/pivotCacheRecords1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheRecords+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/pivotTables/pivotTable.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc0222005b7fc4431" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/d40bfd4fa7e542bf9dffb607a37b738e.psmdcp" Id="Rf3d41bfcc03a47a7" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc91bf250c0734071" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/a306a7055ef14b95b4e606d191c8e6d9.psmdcp" Id="Rc0280f98bf4f42f7" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
-    <x:sheet name="About" sheetId="2" r:id="rId2"/>
-[...1 lines deleted...]
-    <x:sheet name="Pivoted" sheetId="11" r:id="rId11"/>
+    <x:sheet name="About" sheetId="1" r:id="rId2"/>
+    <x:sheet name="Unpivoted" sheetId="2" r:id="rId9"/>
+    <x:sheet name="Pivoted" sheetId="3" r:id="rId11"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
   <x:pivotCaches>
     <x:pivotCache cacheId="0" r:id="rId12"/>
   </x:pivotCaches>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Table</x:t>
   </x:si>
   <x:si>
     <x:t>Code</x:t>
   </x:si>
   <x:si>
     <x:t>CD462</x:t>
   </x:si>
   <x:si>
     <x:t>Name</x:t>
   </x:si>
   <x:si>
     <x:t>Permanent Housing Units by Occupancy Status and Vacancy Rate</x:t>
   </x:si>
   <x:si>
     <x:t>Frequency</x:t>
   </x:si>
   <x:si>
     <x:t>Annual</x:t>
   </x:si>
   <x:si>
     <x:t>Last Updated</x:t>
   </x:si>
   <x:si>
-    <x:t>5/19/2020 11:00:00 AM</x:t>
+    <x:t>19/05/2020 11:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Note</x:t>
   </x:si>
   <x:si>
     <x:t>Url</x:t>
   </x:si>
   <x:si>
     <x:t>https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/CD462/XLSX/2007/en</x:t>
   </x:si>
   <x:si>
     <x:t>Product</x:t>
   </x:si>
   <x:si>
     <x:t>C2011P4</x:t>
   </x:si>
   <x:si>
     <x:t>Profile 4 - The Roof Over Our Heads - Housing in Ireland</x:t>
   </x:si>
   <x:si>
     <x:t>Contacts</x:t>
   </x:si>
   <x:si>
     <x:t>Bernie Casey</x:t>
   </x:si>
@@ -676,587 +676,220 @@
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip r:embed="rId8" cstate="print"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="3971925" cy="1381125"/>
         </a:xfrm>
         <a:prstGeom prst="rect"/>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/pivotTables/_rels/pivotTable.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheDefinition" Target="/pivotCache/pivotCacheDefinition1.xml" Id="rId17" /></Relationships>
 </file>
 
 <file path=xl/pivotTables/pivotTable.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotTableDefinition xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" dataCaption="Values" showError="0" missingCaption="" showMissing="1" pageWrap="0" pageOverThenDown="0" rowGrandTotals="0" colGrandTotals="0" indent="1">
-[...535 lines deleted...]
-</x:pivotTableDefinition>
+<pivotTableDefinition xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" applyNumberFormats="0" applyBorderFormats="0" applyFontFormats="0" applyPatternFormats="0" applyAlignmentFormats="0" applyWidthHeightFormats="0" dataCaption="Values" rowGrandTotals="0" colGrandTotals="0" outline="1">
+  <location ref="A1" firstHeaderRow="0" firstDataRow="0" firstDataCol="0"/>
+  <pivotFields count="10">
+    <pivotField name="C02701V03269" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="3">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+      </items>
+    </pivotField>
+    <pivotField name="Aggregate Town or Rural Area" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="3">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+      </items>
+    </pivotField>
+    <pivotField name="C02779V03348" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="44">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+        <item x="11"/>
+        <item x="12"/>
+        <item x="13"/>
+        <item x="14"/>
+        <item x="15"/>
+        <item x="16"/>
+        <item x="17"/>
+        <item x="18"/>
+        <item x="19"/>
+        <item x="20"/>
+        <item x="21"/>
+        <item x="22"/>
+        <item x="23"/>
+        <item x="24"/>
+        <item x="25"/>
+        <item x="26"/>
+        <item x="27"/>
+        <item x="28"/>
+        <item x="29"/>
+        <item x="30"/>
+        <item x="31"/>
+        <item x="32"/>
+        <item x="33"/>
+        <item x="34"/>
+        <item x="35"/>
+        <item x="36"/>
+        <item x="37"/>
+        <item x="38"/>
+        <item x="39"/>
+        <item x="40"/>
+        <item x="41"/>
+        <item x="42"/>
+        <item x="43"/>
+      </items>
+    </pivotField>
+    <pivotField name="Province County or City" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="44">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+        <item x="11"/>
+        <item x="12"/>
+        <item x="13"/>
+        <item x="14"/>
+        <item x="15"/>
+        <item x="16"/>
+        <item x="17"/>
+        <item x="18"/>
+        <item x="19"/>
+        <item x="20"/>
+        <item x="21"/>
+        <item x="22"/>
+        <item x="23"/>
+        <item x="24"/>
+        <item x="25"/>
+        <item x="26"/>
+        <item x="27"/>
+        <item x="28"/>
+        <item x="29"/>
+        <item x="30"/>
+        <item x="31"/>
+        <item x="32"/>
+        <item x="33"/>
+        <item x="34"/>
+        <item x="35"/>
+        <item x="36"/>
+        <item x="37"/>
+        <item x="38"/>
+        <item x="39"/>
+        <item x="40"/>
+        <item x="41"/>
+        <item x="42"/>
+        <item x="43"/>
+      </items>
+    </pivotField>
+    <pivotField name="TLIST(A1)" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="CensusYear" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="STATISTIC" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="8">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+      </items>
+    </pivotField>
+    <pivotField name="Statistic Label" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="8">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+      </items>
+    </pivotField>
+    <pivotField showAll="0"/>
+    <pivotField dataField="1" showAll="0"/>
+  </pivotFields>
+  <rowFields count="8">
+    <field x="0"/>
+    <field x="1"/>
+    <field x="2"/>
+    <field x="3"/>
+    <field x="4"/>
+    <field x="5"/>
+    <field x="6"/>
+    <field x="7"/>
+  </rowFields>
+  <dataFields count="1">
+    <dataField name="VALUE" fld="9"/>
+  </dataFields>
+  <pivotTableStyleInfo name="PivotStyleLight16" showRowHeaders="1" showColHeaders="1"/>
+  <extLst>
+    <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{962EF5D1-5CA2-4c93-8EF4-DBF5C05439D2}">
+      <x14:pivotTableDefinition enableEdit="0" hideValuesRow="1"/>
+    </ext>
+  </extLst>
+</pivotTableDefinition>
 </file>
 
 <file path=xl/tables/table1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:table xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="1" name="Unpivoted" displayName="Unpivoted" ref="A1:J1057" totalsRowShown="0">
   <x:autoFilter ref="A1:J1057"/>
   <x:tableColumns count="10">
     <x:tableColumn id="1" name="C02701V03269"/>
     <x:tableColumn id="2" name="Aggregate Town or Rural Area"/>
     <x:tableColumn id="3" name="C02779V03348"/>
     <x:tableColumn id="4" name="Province County or City"/>
     <x:tableColumn id="5" name="TLIST(A1)"/>
     <x:tableColumn id="6" name="CensusYear"/>
     <x:tableColumn id="7" name="STATISTIC"/>
     <x:tableColumn id="8" name="Statistic Label"/>
     <x:tableColumn id="9" name="UNIT"/>
     <x:tableColumn id="10" name="VALUE"/>
   </x:tableColumns>
   <x:tableStyleInfo name="TableStyleMedium2" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </x:table>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
@@ -1527,51 +1160,51 @@
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="/xl/drawings/drawing1.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/CD462/XLSX/2007/en" TargetMode="External" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cso.ie/" TargetMode="External" Id="rId14" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="/xl/tables/table1.xml" Id="rId15" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet3.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotTable" Target="/xl/pivotTables/pivotTable.xml" Id="rId16" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:B39"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="20.710625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="100.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="8" spans="1:2">
       <x:c r="A8" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B8" s="2"/>
     </x:row>
     <x:row r="9" spans="1:2">
       <x:c r="A9" s="3" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="B9" s="0" t="s">
         <x:v>2</x:v>
@@ -1758,51 +1391,51 @@
       </x:c>
     </x:row>
     <x:row r="39" spans="1:2">
       <x:c r="A39" s="3" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B39" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:hyperlinks>
     <x:hyperlink ref="B14" r:id="rId13"/>
     <x:hyperlink ref="B28" r:id="rId14"/>
   </x:hyperlinks>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:drawing xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId7"/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:J1057"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="16.139196" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="29.853482" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="16.139196" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="24.282054" style="0" customWidth="1"/>
     <x:col min="5" max="5" width="11.282054" style="0" customWidth="1"/>
     <x:col min="6" max="6" width="13.424911" style="0" customWidth="1"/>
     <x:col min="7" max="7" width="11.996339" style="0" customWidth="1"/>
     <x:col min="8" max="8" width="45.710625" style="0" customWidth="1"/>
     <x:col min="9" max="9" width="8.282054" style="0" customWidth="1"/>
     <x:col min="10" max="10" width="8.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:10">
       <x:c r="A1" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
@@ -35616,51 +35249,51 @@
       <x:c r="G1057" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="H1057" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="I1057" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="J1057" s="0">
         <x:v>13.2</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="1">
     <x:tablePart r:id="rId15"/>
   </x:tableParts>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:sheetData/>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Application>Microsoft Excel</ap:Application>
   <ap:TitlesOfParts>
     <vt:vector baseType="lpstr" size="9">
       <vt:lpstr>About</vt:lpstr>
       <vt:lpstr>Unpivoted</vt:lpstr>
       <vt:lpstr>Pivoted</vt:lpstr>
@@ -35677,51 +35310,51 @@
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>3</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Named Ranges</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>6</vt:i4>
       </vt:variant>
     </vt:vector>
   </ap:HeadingPairs>
   <ap:DocSecurity>0</ap:DocSecurity>
   <ap:ScaleCrop>false</ap:ScaleCrop>
 </ap:Properties>
 </file>
 
 <file path=pivotCache/_rels/pivotCacheDefinition1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheRecords" Target="/pivotCache/pivotCacheRecords1.xml" Id="rId1" /></Relationships>
 </file>
 
 <file path=pivotCache/pivotCacheDefinition1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:pivotCacheDefinition xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" r:id="rId1" saveData="1" refreshOnLoad="1" createdVersion="5" refreshedVersion="5" minRefreshableVersion="3">
   <x:cacheSource type="worksheet">
-    <x:worksheetSource ref="A1:J1057" sheet="Unpivoted"/>
+    <x:worksheetSource name="Unpivoted"/>
   </x:cacheSource>
   <x:cacheFields>
     <x:cacheField name="C02701V03269">
       <x:sharedItems count="3">
         <x:s v="-01"/>
         <x:s v="06"/>
         <x:s v="01"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="Aggregate Town or Rural Area">
       <x:sharedItems count="3">
         <x:s v="State"/>
         <x:s v="Aggregate Town Area"/>
         <x:s v="Aggregate Rural Area"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="C02779V03348">
       <x:sharedItems count="44">
         <x:s v="-"/>
         <x:s v="A"/>
         <x:s v="01"/>
         <x:s v="02"/>
         <x:s v="021"/>
         <x:s v="024"/>
         <x:s v="023"/>
@@ -36692,27 +36325,12700 @@
         <x:n v="73"/>
         <x:n v="339"/>
         <x:n v="3695"/>
         <x:n v="429"/>
         <x:n v="936"/>
         <x:n v="23010"/>
         <x:n v="40796"/>
         <x:n v="424"/>
         <x:n v="957"/>
         <x:n v="8328"/>
         <x:n v="726"/>
         <x:n v="9618"/>
         <x:n v="60849"/>
         <x:n v="14233"/>
         <x:n v="38"/>
         <x:n v="1959"/>
         <x:n v="116"/>
         <x:n v="16727"/>
       </x:sharedItems>
     </x:cacheField>
   </x:cacheFields>
 </x:pivotCacheDefinition>
 </file>
 
 <file path=pivotCache/pivotCacheRecords1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main"/>
+<pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="xr">
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD462C1"/>
+    <s v="A   Occupied by usual resident(s) of the household"/>
+    <s v="Number"/>
+    <n v="1649408"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD462C2"/>
+    <s v="B   Occupied by visitors only"/>
+    <s v="Number"/>
+    <n v="10703"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD462C3"/>
+    <s v="C   Unoccupied - residents temporarily absent"/>
+    <s v="Number"/>
+    <n v="45283"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD462C4"/>
+    <s v="D   Unoccupied - vacant house"/>
+    <s v="Number"/>
+    <n v="168427"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD462C5"/>
+    <s v="E   Unoccupied - vacant flat"/>
+    <s v="Number"/>
+    <n v="61629"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD462C6"/>
+    <s v="F   Unoccupied - vacant holiday home"/>
+    <s v="Number"/>
+    <n v="59395"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD462C7"/>
+    <s v="G   Total housing stock ( A+B+C+D+E+F )"/>
+    <s v="Number"/>
+    <n v="1994845"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD462C8"/>
+    <s v="Vacancy rate (D+E+F) / G"/>
+    <s v="%"/>
+    <n v="14.5"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="A"/>
+    <s v="Leinster"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD462C1"/>
+    <s v="A   Occupied by usual resident(s) of the household"/>
+    <s v="Number"/>
+    <n v="895149"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="A"/>
+    <s v="Leinster"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD462C2"/>
+    <s v="B   Occupied by visitors only"/>
+    <s v="Number"/>
+    <n v="4666"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="A"/>
+    <s v="Leinster"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD462C3"/>
+    <s v="C   Unoccupied - residents temporarily absent"/>
+    <s v="Number"/>
+    <n v="24429"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="A"/>
+    <s v="Leinster"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD462C4"/>
+    <s v="D   Unoccupied - vacant house"/>
+    <s v="Number"/>
+    <n v="58401"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="A"/>
+    <s v="Leinster"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD462C5"/>
+    <s v="E   Unoccupied - vacant flat"/>
+    <s v="Number"/>
+    <n v="36702"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="A"/>
+    <s v="Leinster"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD462C6"/>
+    <s v="F   Unoccupied - vacant holiday home"/>
+    <s v="Number"/>
+    <n v="11555"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="A"/>
+    <s v="Leinster"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD462C7"/>
+    <s v="G   Total housing stock ( A+B+C+D+E+F )"/>
+    <s v="Number"/>
+    <n v="1030902"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="A"/>
+    <s v="Leinster"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD462C8"/>
+    <s v="Vacancy rate (D+E+F) / G"/>
+    <s v="%"/>
+    <n v="10.3"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="01"/>
+    <s v="Carlow"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD462C1"/>
+    <s v="A   Occupied by usual resident(s) of the household"/>
+    <s v="Number"/>
+    <n v="19365"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="01"/>
+    <s v="Carlow"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD462C2"/>
+    <s v="B   Occupied by visitors only"/>
+    <s v="Number"/>
+    <n v="142"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="01"/>
+    <s v="Carlow"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD462C3"/>
+    <s v="C   Unoccupied - residents temporarily absent"/>
+    <s v="Number"/>
+    <n v="456"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="01"/>
+    <s v="Carlow"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD462C4"/>
+    <s v="D   Unoccupied - vacant house"/>
+    <s v="Number"/>
+    <n v="2287"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="01"/>
+    <s v="Carlow"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD462C5"/>
+    <s v="E   Unoccupied - vacant flat"/>
+    <s v="Number"/>
+    <n v="632"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="01"/>
+    <s v="Carlow"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD462C6"/>
+    <s v="F   Unoccupied - vacant holiday home"/>
+    <s v="Number"/>
+    <n v="283"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="01"/>
+    <s v="Carlow"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD462C7"/>
+    <s v="G   Total housing stock ( A+B+C+D+E+F )"/>
+    <s v="Number"/>
+    <n v="23165"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="01"/>
+    <s v="Carlow"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD462C8"/>
+    <s v="Vacancy rate (D+E+F) / G"/>
+    <s v="%"/>
+    <n v="13.8"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="02"/>
+    <s v="Dublin"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD462C1"/>
+    <s v="A   Occupied by usual resident(s) of the household"/>
+    <s v="Number"/>
+    <n v="466461"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="02"/>
+    <s v="Dublin"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD462C2"/>
+    <s v="B   Occupied by visitors only"/>
+    <s v="Number"/>
+    <n v="2982"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="02"/>
+    <s v="Dublin"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD462C3"/>
+    <s v="C   Unoccupied - residents temporarily absent"/>
+    <s v="Number"/>
+    <n v="14515"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="02"/>
+    <s v="Dublin"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD462C4"/>
+    <s v="D   Unoccupied - vacant house"/>
+    <s v="Number"/>
+    <n v="17597"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="02"/>
+    <s v="Dublin"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD462C5"/>
+    <s v="E   Unoccupied - vacant flat"/>
+    <s v="Number"/>
+    <n v="25333"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="02"/>
+    <s v="Dublin"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD462C6"/>
+    <s v="F   Unoccupied - vacant holiday home"/>
+    <s v="Number"/>
+    <n v="777"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="02"/>
+    <s v="Dublin"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD462C7"/>
+    <s v="G   Total housing stock ( A+B+C+D+E+F )"/>
+    <s v="Number"/>
+    <n v="527665"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="02"/>
+    <s v="Dublin"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD462C8"/>
+    <s v="Vacancy rate (D+E+F) / G"/>
+    <s v="%"/>
+    <n v="8.3"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="021"/>
+    <s v="Dublin City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD462C1"/>
+    <s v="A   Occupied by usual resident(s) of the household"/>
+    <s v="Number"/>
+    <n v="207847"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="021"/>
+    <s v="Dublin City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD462C2"/>
+    <s v="B   Occupied by visitors only"/>
+    <s v="Number"/>
+    <n v="2073"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="021"/>
+    <s v="Dublin City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD462C3"/>
+    <s v="C   Unoccupied - residents temporarily absent"/>
+    <s v="Number"/>
+    <n v="7120"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="021"/>
+    <s v="Dublin City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD462C4"/>
+    <s v="D   Unoccupied - vacant house"/>
+    <s v="Number"/>
+    <n v="7995"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="021"/>
+    <s v="Dublin City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD462C5"/>
+    <s v="E   Unoccupied - vacant flat"/>
+    <s v="Number"/>
+    <n v="16321"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="021"/>
+    <s v="Dublin City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD462C6"/>
+    <s v="F   Unoccupied - vacant holiday home"/>
+    <s v="Number"/>
+    <n v="322"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="021"/>
+    <s v="Dublin City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD462C7"/>
+    <s v="G   Total housing stock ( A+B+C+D+E+F )"/>
+    <s v="Number"/>
+    <n v="241678"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="021"/>
+    <s v="Dublin City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD462C8"/>
+    <s v="Vacancy rate (D+E+F) / G"/>
+    <s v="%"/>
+    <n v="10.2"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="024"/>
+    <s v="Dún Laoghaire-Rathdown"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD462C1"/>
+    <s v="A   Occupied by usual resident(s) of the household"/>
+    <s v="Number"/>
+    <n v="75786"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="024"/>
+    <s v="Dún Laoghaire-Rathdown"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD462C2"/>
+    <s v="B   Occupied by visitors only"/>
+    <s v="Number"/>
+    <n v="565"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="024"/>
+    <s v="Dún Laoghaire-Rathdown"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD462C3"/>
+    <s v="C   Unoccupied - residents temporarily absent"/>
+    <s v="Number"/>
+    <n v="2929"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="024"/>
+    <s v="Dún Laoghaire-Rathdown"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD462C4"/>
+    <s v="D   Unoccupied - vacant house"/>
+    <s v="Number"/>
+    <n v="2746"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="024"/>
+    <s v="Dún Laoghaire-Rathdown"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD462C5"/>
+    <s v="E   Unoccupied - vacant flat"/>
+    <s v="Number"/>
+    <n v="3750"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="024"/>
+    <s v="Dún Laoghaire-Rathdown"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD462C6"/>
+    <s v="F   Unoccupied - vacant holiday home"/>
+    <s v="Number"/>
+    <n v="120"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="024"/>
+    <s v="Dún Laoghaire-Rathdown"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD462C7"/>
+    <s v="G   Total housing stock ( A+B+C+D+E+F )"/>
+    <s v="Number"/>
+    <n v="85896"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="024"/>
+    <s v="Dún Laoghaire-Rathdown"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD462C8"/>
+    <s v="Vacancy rate (D+E+F) / G"/>
+    <s v="%"/>
+    <n v="7.7"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="023"/>
+    <s v="Fingal"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD462C1"/>
+    <s v="A   Occupied by usual resident(s) of the household"/>
+    <s v="Number"/>
+    <n v="92951"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="023"/>
+    <s v="Fingal"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD462C2"/>
+    <s v="B   Occupied by visitors only"/>
+    <s v="Number"/>
+    <n v="199"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="023"/>
+    <s v="Fingal"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD462C3"/>
+    <s v="C   Unoccupied - residents temporarily absent"/>
+    <s v="Number"/>
+    <n v="2439"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="023"/>
+    <s v="Fingal"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD462C4"/>
+    <s v="D   Unoccupied - vacant house"/>
+    <s v="Number"/>
+    <n v="4070"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="023"/>
+    <s v="Fingal"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD462C5"/>
+    <s v="E   Unoccupied - vacant flat"/>
+    <s v="Number"/>
+    <n v="2823"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="023"/>
+    <s v="Fingal"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD462C6"/>
+    <s v="F   Unoccupied - vacant holiday home"/>
+    <s v="Number"/>
+    <n v="311"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="023"/>
+    <s v="Fingal"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD462C7"/>
+    <s v="G   Total housing stock ( A+B+C+D+E+F )"/>
+    <s v="Number"/>
+    <n v="102793"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="023"/>
+    <s v="Fingal"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD462C8"/>
+    <s v="Vacancy rate (D+E+F) / G"/>
+    <s v="%"/>
+    <n v="7"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="022"/>
+    <s v="South Dublin"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD462C1"/>
+    <s v="A   Occupied by usual resident(s) of the household"/>
+    <s v="Number"/>
+    <n v="89877"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="022"/>
+    <s v="South Dublin"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD462C2"/>
+    <s v="B   Occupied by visitors only"/>
+    <s v="Number"/>
+    <n v="145"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="022"/>
+    <s v="South Dublin"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD462C3"/>
+    <s v="C   Unoccupied - residents temporarily absent"/>
+    <s v="Number"/>
+    <n v="2027"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="022"/>
+    <s v="South Dublin"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD462C4"/>
+    <s v="D   Unoccupied - vacant house"/>
+    <s v="Number"/>
+    <n v="2786"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="022"/>
+    <s v="South Dublin"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD462C5"/>
+    <s v="E   Unoccupied - vacant flat"/>
+    <s v="Number"/>
+    <n v="2439"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="022"/>
+    <s v="South Dublin"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD462C6"/>
+    <s v="F   Unoccupied - vacant holiday home"/>
+    <s v="Number"/>
+    <n v="24"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="022"/>
+    <s v="South Dublin"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD462C7"/>
+    <s v="G   Total housing stock ( A+B+C+D+E+F )"/>
+    <s v="Number"/>
+    <n v="97298"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="022"/>
+    <s v="South Dublin"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD462C8"/>
+    <s v="Vacancy rate (D+E+F) / G"/>
+    <s v="%"/>
+    <n v="5.4"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="03"/>
+    <s v="Kildare"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD462C1"/>
+    <s v="A   Occupied by usual resident(s) of the household"/>
+    <s v="Number"/>
+    <n v="70504"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="03"/>
+    <s v="Kildare"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD462C2"/>
+    <s v="B   Occupied by visitors only"/>
+    <s v="Number"/>
+    <n v="273"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="03"/>
+    <s v="Kildare"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD462C3"/>
+    <s v="C   Unoccupied - residents temporarily absent"/>
+    <s v="Number"/>
+    <n v="1706"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="03"/>
+    <s v="Kildare"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD462C4"/>
+    <s v="D   Unoccupied - vacant house"/>
+    <s v="Number"/>
+    <n v="4432"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="03"/>
+    <s v="Kildare"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD462C5"/>
+    <s v="E   Unoccupied - vacant flat"/>
+    <s v="Number"/>
+    <n v="1691"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="03"/>
+    <s v="Kildare"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD462C6"/>
+    <s v="F   Unoccupied - vacant holiday home"/>
+    <s v="Number"/>
+    <n v="188"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="03"/>
+    <s v="Kildare"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD462C7"/>
+    <s v="G   Total housing stock ( A+B+C+D+E+F )"/>
+    <s v="Number"/>
+    <n v="78794"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="03"/>
+    <s v="Kildare"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD462C8"/>
+    <s v="Vacancy rate (D+E+F) / G"/>
+    <s v="%"/>
+    <n v="8"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="04"/>
+    <s v="Kilkenny"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD462C1"/>
+    <s v="A   Occupied by usual resident(s) of the household"/>
+    <s v="Number"/>
+    <n v="33583"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="04"/>
+    <s v="Kilkenny"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD462C2"/>
+    <s v="B   Occupied by visitors only"/>
+    <s v="Number"/>
+    <n v="98"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="04"/>
+    <s v="Kilkenny"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD462C3"/>
+    <s v="C   Unoccupied - residents temporarily absent"/>
+    <s v="Number"/>
+    <n v="700"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="04"/>
+    <s v="Kilkenny"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD462C4"/>
+    <s v="D   Unoccupied - vacant house"/>
+    <s v="Number"/>
+    <n v="3569"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="04"/>
+    <s v="Kilkenny"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD462C5"/>
+    <s v="E   Unoccupied - vacant flat"/>
+    <s v="Number"/>
+    <n v="654"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="04"/>
+    <s v="Kilkenny"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD462C6"/>
+    <s v="F   Unoccupied - vacant holiday home"/>
+    <s v="Number"/>
+    <n v="401"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="04"/>
+    <s v="Kilkenny"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD462C7"/>
+    <s v="G   Total housing stock ( A+B+C+D+E+F )"/>
+    <s v="Number"/>
+    <n v="39005"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="04"/>
+    <s v="Kilkenny"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD462C8"/>
+    <s v="Vacancy rate (D+E+F) / G"/>
+    <s v="%"/>
+    <n v="11.9"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="05"/>
+    <s v="Laois"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD462C1"/>
+    <s v="A   Occupied by usual resident(s) of the household"/>
+    <s v="Number"/>
+    <n v="27916"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="05"/>
+    <s v="Laois"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD462C2"/>
+    <s v="B   Occupied by visitors only"/>
+    <s v="Number"/>
+    <n v="75"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="05"/>
+    <s v="Laois"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD462C3"/>
+    <s v="C   Unoccupied - residents temporarily absent"/>
+    <s v="Number"/>
+    <n v="586"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="05"/>
+    <s v="Laois"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD462C4"/>
+    <s v="D   Unoccupied - vacant house"/>
+    <s v="Number"/>
+    <n v="3277"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="05"/>
+    <s v="Laois"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD462C5"/>
+    <s v="E   Unoccupied - vacant flat"/>
+    <s v="Number"/>
+    <n v="661"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="05"/>
+    <s v="Laois"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD462C6"/>
+    <s v="F   Unoccupied - vacant holiday home"/>
+    <s v="Number"/>
+    <n v="149"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="05"/>
+    <s v="Laois"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD462C7"/>
+    <s v="G   Total housing stock ( A+B+C+D+E+F )"/>
+    <s v="Number"/>
+    <n v="32664"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="05"/>
+    <s v="Laois"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD462C8"/>
+    <s v="Vacancy rate (D+E+F) / G"/>
+    <s v="%"/>
+    <n v="12.5"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="06"/>
+    <s v="Longford"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD462C1"/>
+    <s v="A   Occupied by usual resident(s) of the household"/>
+    <s v="Number"/>
+    <n v="14410"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="06"/>
+    <s v="Longford"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD462C2"/>
+    <s v="B   Occupied by visitors only"/>
+    <s v="Number"/>
+    <n v="50"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="06"/>
+    <s v="Longford"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD462C3"/>
+    <s v="C   Unoccupied - residents temporarily absent"/>
+    <s v="Number"/>
+    <n v="288"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="06"/>
+    <s v="Longford"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD462C4"/>
+    <s v="D   Unoccupied - vacant house"/>
+    <s v="Number"/>
+    <n v="3202"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="06"/>
+    <s v="Longford"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD462C5"/>
+    <s v="E   Unoccupied - vacant flat"/>
+    <s v="Number"/>
+    <n v="556"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="06"/>
+    <s v="Longford"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD462C6"/>
+    <s v="F   Unoccupied - vacant holiday home"/>
+    <s v="Number"/>
+    <n v="317"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="06"/>
+    <s v="Longford"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD462C7"/>
+    <s v="G   Total housing stock ( A+B+C+D+E+F )"/>
+    <s v="Number"/>
+    <n v="18823"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="06"/>
+    <s v="Longford"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD462C8"/>
+    <s v="Vacancy rate (D+E+F) / G"/>
+    <s v="%"/>
+    <n v="21.6"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="07"/>
+    <s v="Louth"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD462C1"/>
+    <s v="A   Occupied by usual resident(s) of the household"/>
+    <s v="Number"/>
+    <n v="43897"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="07"/>
+    <s v="Louth"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD462C2"/>
+    <s v="B   Occupied by visitors only"/>
+    <s v="Number"/>
+    <n v="163"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="07"/>
+    <s v="Louth"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD462C3"/>
+    <s v="C   Unoccupied - residents temporarily absent"/>
+    <s v="Number"/>
+    <n v="894"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="07"/>
+    <s v="Louth"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD462C4"/>
+    <s v="D   Unoccupied - vacant house"/>
+    <s v="Number"/>
+    <n v="4207"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="07"/>
+    <s v="Louth"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD462C5"/>
+    <s v="E   Unoccupied - vacant flat"/>
+    <s v="Number"/>
+    <n v="1406"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="07"/>
+    <s v="Louth"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD462C6"/>
+    <s v="F   Unoccupied - vacant holiday home"/>
+    <s v="Number"/>
+    <n v="619"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="07"/>
+    <s v="Louth"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD462C7"/>
+    <s v="G   Total housing stock ( A+B+C+D+E+F )"/>
+    <s v="Number"/>
+    <n v="51186"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="07"/>
+    <s v="Louth"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD462C8"/>
+    <s v="Vacancy rate (D+E+F) / G"/>
+    <s v="%"/>
+    <n v="12.2"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="08"/>
+    <s v="Meath"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD462C1"/>
+    <s v="A   Occupied by usual resident(s) of the household"/>
+    <s v="Number"/>
+    <n v="61922"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="08"/>
+    <s v="Meath"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD462C2"/>
+    <s v="B   Occupied by visitors only"/>
+    <s v="Number"/>
+    <n v="163"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="08"/>
+    <s v="Meath"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD462C3"/>
+    <s v="C   Unoccupied - residents temporarily absent"/>
+    <s v="Number"/>
+    <n v="1439"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="08"/>
+    <s v="Meath"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD462C4"/>
+    <s v="D   Unoccupied - vacant house"/>
+    <s v="Number"/>
+    <n v="4311"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="08"/>
+    <s v="Meath"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD462C5"/>
+    <s v="E   Unoccupied - vacant flat"/>
+    <s v="Number"/>
+    <n v="1565"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="08"/>
+    <s v="Meath"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD462C6"/>
+    <s v="F   Unoccupied - vacant holiday home"/>
+    <s v="Number"/>
+    <n v="297"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="08"/>
+    <s v="Meath"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD462C7"/>
+    <s v="G   Total housing stock ( A+B+C+D+E+F )"/>
+    <s v="Number"/>
+    <n v="69697"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="08"/>
+    <s v="Meath"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD462C8"/>
+    <s v="Vacancy rate (D+E+F) / G"/>
+    <s v="%"/>
+    <n v="8.9"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="09"/>
+    <s v="Offaly"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD462C1"/>
+    <s v="A   Occupied by usual resident(s) of the household"/>
+    <s v="Number"/>
+    <n v="26543"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="09"/>
+    <s v="Offaly"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD462C2"/>
+    <s v="B   Occupied by visitors only"/>
+    <s v="Number"/>
+    <n v="87"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="09"/>
+    <s v="Offaly"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD462C3"/>
+    <s v="C   Unoccupied - residents temporarily absent"/>
+    <s v="Number"/>
+    <n v="500"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="09"/>
+    <s v="Offaly"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD462C4"/>
+    <s v="D   Unoccupied - vacant house"/>
+    <s v="Number"/>
+    <n v="2858"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="09"/>
+    <s v="Offaly"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD462C5"/>
+    <s v="E   Unoccupied - vacant flat"/>
+    <s v="Number"/>
+    <n v="544"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="09"/>
+    <s v="Offaly"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD462C6"/>
+    <s v="F   Unoccupied - vacant holiday home"/>
+    <s v="Number"/>
+    <n v="218"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="09"/>
+    <s v="Offaly"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD462C7"/>
+    <s v="G   Total housing stock ( A+B+C+D+E+F )"/>
+    <s v="Number"/>
+    <n v="30750"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="09"/>
+    <s v="Offaly"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD462C8"/>
+    <s v="Vacancy rate (D+E+F) / G"/>
+    <s v="%"/>
+    <n v="11.8"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="10"/>
+    <s v="Westmeath"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD462C1"/>
+    <s v="A   Occupied by usual resident(s) of the household"/>
+    <s v="Number"/>
+    <n v="30624"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="10"/>
+    <s v="Westmeath"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD462C2"/>
+    <s v="B   Occupied by visitors only"/>
+    <s v="Number"/>
+    <n v="266"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="10"/>
+    <s v="Westmeath"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD462C3"/>
+    <s v="C   Unoccupied - residents temporarily absent"/>
+    <s v="Number"/>
+    <n v="848"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="10"/>
+    <s v="Westmeath"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD462C4"/>
+    <s v="D   Unoccupied - vacant house"/>
+    <s v="Number"/>
+    <n v="3480"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="10"/>
+    <s v="Westmeath"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD462C5"/>
+    <s v="E   Unoccupied - vacant flat"/>
+    <s v="Number"/>
+    <n v="1141"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="10"/>
+    <s v="Westmeath"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD462C6"/>
+    <s v="F   Unoccupied - vacant holiday home"/>
+    <s v="Number"/>
+    <n v="300"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="10"/>
+    <s v="Westmeath"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD462C7"/>
+    <s v="G   Total housing stock ( A+B+C+D+E+F )"/>
+    <s v="Number"/>
+    <n v="36659"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="10"/>
+    <s v="Westmeath"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD462C8"/>
+    <s v="Vacancy rate (D+E+F) / G"/>
+    <s v="%"/>
+    <n v="13.4"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="11"/>
+    <s v="Wexford"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD462C1"/>
+    <s v="A   Occupied by usual resident(s) of the household"/>
+    <s v="Number"/>
+    <n v="52345"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="11"/>
+    <s v="Wexford"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD462C2"/>
+    <s v="B   Occupied by visitors only"/>
+    <s v="Number"/>
+    <n v="235"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="11"/>
+    <s v="Wexford"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD462C3"/>
+    <s v="C   Unoccupied - residents temporarily absent"/>
+    <s v="Number"/>
+    <n v="1234"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="11"/>
+    <s v="Wexford"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD462C4"/>
+    <s v="D   Unoccupied - vacant house"/>
+    <s v="Number"/>
+    <n v="5840"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="11"/>
+    <s v="Wexford"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD462C5"/>
+    <s v="E   Unoccupied - vacant flat"/>
+    <s v="Number"/>
+    <n v="1574"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="11"/>
+    <s v="Wexford"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD462C6"/>
+    <s v="F   Unoccupied - vacant holiday home"/>
+    <s v="Number"/>
+    <n v="6915"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="11"/>
+    <s v="Wexford"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD462C7"/>
+    <s v="G   Total housing stock ( A+B+C+D+E+F )"/>
+    <s v="Number"/>
+    <n v="68143"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="11"/>
+    <s v="Wexford"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD462C8"/>
+    <s v="Vacancy rate (D+E+F) / G"/>
+    <s v="%"/>
+    <n v="21"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="12"/>
+    <s v="Wicklow"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD462C1"/>
+    <s v="A   Occupied by usual resident(s) of the household"/>
+    <s v="Number"/>
+    <n v="47579"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="12"/>
+    <s v="Wicklow"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD462C2"/>
+    <s v="B   Occupied by visitors only"/>
+    <s v="Number"/>
+    <n v="132"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="12"/>
+    <s v="Wicklow"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD462C3"/>
+    <s v="C   Unoccupied - residents temporarily absent"/>
+    <s v="Number"/>
+    <n v="1263"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="12"/>
+    <s v="Wicklow"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD462C4"/>
+    <s v="D   Unoccupied - vacant house"/>
+    <s v="Number"/>
+    <n v="3341"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="12"/>
+    <s v="Wicklow"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD462C5"/>
+    <s v="E   Unoccupied - vacant flat"/>
+    <s v="Number"/>
+    <n v="945"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="12"/>
+    <s v="Wicklow"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD462C6"/>
+    <s v="F   Unoccupied - vacant holiday home"/>
+    <s v="Number"/>
+    <n v="1091"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="12"/>
+    <s v="Wicklow"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD462C7"/>
+    <s v="G   Total housing stock ( A+B+C+D+E+F )"/>
+    <s v="Number"/>
+    <n v="54351"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="12"/>
+    <s v="Wicklow"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD462C8"/>
+    <s v="Vacancy rate (D+E+F) / G"/>
+    <s v="%"/>
+    <n v="9.9"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="B"/>
+    <s v="Munster"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD462C1"/>
+    <s v="A   Occupied by usual resident(s) of the household"/>
+    <s v="Number"/>
+    <n v="453112"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="B"/>
+    <s v="Munster"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD462C2"/>
+    <s v="B   Occupied by visitors only"/>
+    <s v="Number"/>
+    <n v="3438"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="B"/>
+    <s v="Munster"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD462C3"/>
+    <s v="C   Unoccupied - residents temporarily absent"/>
+    <s v="Number"/>
+    <n v="12097"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="B"/>
+    <s v="Munster"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD462C4"/>
+    <s v="D   Unoccupied - vacant house"/>
+    <s v="Number"/>
+    <n v="54958"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="B"/>
+    <s v="Munster"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD462C5"/>
+    <s v="E   Unoccupied - vacant flat"/>
+    <s v="Number"/>
+    <n v="14120"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="B"/>
+    <s v="Munster"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD462C6"/>
+    <s v="F   Unoccupied - vacant holiday home"/>
+    <s v="Number"/>
+    <n v="23807"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="B"/>
+    <s v="Munster"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD462C7"/>
+    <s v="G   Total housing stock ( A+B+C+D+E+F )"/>
+    <s v="Number"/>
+    <n v="561532"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="B"/>
+    <s v="Munster"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD462C8"/>
+    <s v="Vacancy rate (D+E+F) / G"/>
+    <s v="%"/>
+    <n v="16.5"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="13"/>
+    <s v="Clare"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD462C1"/>
+    <s v="A   Occupied by usual resident(s) of the household"/>
+    <s v="Number"/>
+    <n v="42534"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="13"/>
+    <s v="Clare"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD462C2"/>
+    <s v="B   Occupied by visitors only"/>
+    <s v="Number"/>
+    <n v="286"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="13"/>
+    <s v="Clare"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD462C3"/>
+    <s v="C   Unoccupied - residents temporarily absent"/>
+    <s v="Number"/>
+    <n v="1014"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="13"/>
+    <s v="Clare"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD462C4"/>
+    <s v="D   Unoccupied - vacant house"/>
+    <s v="Number"/>
+    <n v="5936"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="13"/>
+    <s v="Clare"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD462C5"/>
+    <s v="E   Unoccupied - vacant flat"/>
+    <s v="Number"/>
+    <n v="1236"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="13"/>
+    <s v="Clare"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD462C6"/>
+    <s v="F   Unoccupied - vacant holiday home"/>
+    <s v="Number"/>
+    <n v="4610"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="13"/>
+    <s v="Clare"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD462C7"/>
+    <s v="G   Total housing stock ( A+B+C+D+E+F )"/>
+    <s v="Number"/>
+    <n v="55616"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="13"/>
+    <s v="Clare"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD462C8"/>
+    <s v="Vacancy rate (D+E+F) / G"/>
+    <s v="%"/>
+    <n v="21.2"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="14"/>
+    <s v="Cork"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD462C1"/>
+    <s v="A   Occupied by usual resident(s) of the household"/>
+    <s v="Number"/>
+    <n v="187555"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="14"/>
+    <s v="Cork"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD462C2"/>
+    <s v="B   Occupied by visitors only"/>
+    <s v="Number"/>
+    <n v="1270"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="14"/>
+    <s v="Cork"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD462C3"/>
+    <s v="C   Unoccupied - residents temporarily absent"/>
+    <s v="Number"/>
+    <n v="5521"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="14"/>
+    <s v="Cork"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD462C4"/>
+    <s v="D   Unoccupied - vacant house"/>
+    <s v="Number"/>
+    <n v="20123"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="14"/>
+    <s v="Cork"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD462C5"/>
+    <s v="E   Unoccupied - vacant flat"/>
+    <s v="Number"/>
+    <n v="5864"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="14"/>
+    <s v="Cork"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD462C6"/>
+    <s v="F   Unoccupied - vacant holiday home"/>
+    <s v="Number"/>
+    <n v="7342"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="14"/>
+    <s v="Cork"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD462C7"/>
+    <s v="G   Total housing stock ( A+B+C+D+E+F )"/>
+    <s v="Number"/>
+    <n v="227675"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="14"/>
+    <s v="Cork"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD462C8"/>
+    <s v="Vacancy rate (D+E+F) / G"/>
+    <s v="%"/>
+    <n v="14.6"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="141"/>
+    <s v="Cork City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD462C1"/>
+    <s v="A   Occupied by usual resident(s) of the household"/>
+    <s v="Number"/>
+    <n v="47110"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="141"/>
+    <s v="Cork City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD462C2"/>
+    <s v="B   Occupied by visitors only"/>
+    <s v="Number"/>
+    <n v="478"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="141"/>
+    <s v="Cork City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD462C3"/>
+    <s v="C   Unoccupied - residents temporarily absent"/>
+    <s v="Number"/>
+    <n v="1877"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="141"/>
+    <s v="Cork City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD462C4"/>
+    <s v="D   Unoccupied - vacant house"/>
+    <s v="Number"/>
+    <n v="3342"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="141"/>
+    <s v="Cork City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD462C5"/>
+    <s v="E   Unoccupied - vacant flat"/>
+    <s v="Number"/>
+    <n v="2766"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="141"/>
+    <s v="Cork City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD462C6"/>
+    <s v="F   Unoccupied - vacant holiday home"/>
+    <s v="Number"/>
+    <n v="60"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="141"/>
+    <s v="Cork City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD462C7"/>
+    <s v="G   Total housing stock ( A+B+C+D+E+F )"/>
+    <s v="Number"/>
+    <n v="55633"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="141"/>
+    <s v="Cork City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD462C8"/>
+    <s v="Vacancy rate (D+E+F) / G"/>
+    <s v="%"/>
+    <n v="11.1"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="142"/>
+    <s v="Cork County"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD462C1"/>
+    <s v="A   Occupied by usual resident(s) of the household"/>
+    <s v="Number"/>
+    <n v="140445"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="142"/>
+    <s v="Cork County"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD462C2"/>
+    <s v="B   Occupied by visitors only"/>
+    <s v="Number"/>
+    <n v="792"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="142"/>
+    <s v="Cork County"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD462C3"/>
+    <s v="C   Unoccupied - residents temporarily absent"/>
+    <s v="Number"/>
+    <n v="3644"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="142"/>
+    <s v="Cork County"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD462C4"/>
+    <s v="D   Unoccupied - vacant house"/>
+    <s v="Number"/>
+    <n v="16781"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="142"/>
+    <s v="Cork County"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD462C5"/>
+    <s v="E   Unoccupied - vacant flat"/>
+    <s v="Number"/>
+    <n v="3098"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="142"/>
+    <s v="Cork County"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD462C6"/>
+    <s v="F   Unoccupied - vacant holiday home"/>
+    <s v="Number"/>
+    <n v="7282"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="142"/>
+    <s v="Cork County"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD462C7"/>
+    <s v="G   Total housing stock ( A+B+C+D+E+F )"/>
+    <s v="Number"/>
+    <n v="172042"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="142"/>
+    <s v="Cork County"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD462C8"/>
+    <s v="Vacancy rate (D+E+F) / G"/>
+    <s v="%"/>
+    <n v="15.8"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="15"/>
+    <s v="Kerry"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD462C1"/>
+    <s v="A   Occupied by usual resident(s) of the household"/>
+    <s v="Number"/>
+    <n v="53088"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="15"/>
+    <s v="Kerry"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD462C2"/>
+    <s v="B   Occupied by visitors only"/>
+    <s v="Number"/>
+    <n v="665"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="15"/>
+    <s v="Kerry"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD462C3"/>
+    <s v="C   Unoccupied - residents temporarily absent"/>
+    <s v="Number"/>
+    <n v="1275"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="15"/>
+    <s v="Kerry"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD462C4"/>
+    <s v="D   Unoccupied - vacant house"/>
+    <s v="Number"/>
+    <n v="9860"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="15"/>
+    <s v="Kerry"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD462C5"/>
+    <s v="E   Unoccupied - vacant flat"/>
+    <s v="Number"/>
+    <n v="1657"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="15"/>
+    <s v="Kerry"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD462C6"/>
+    <s v="F   Unoccupied - vacant holiday home"/>
+    <s v="Number"/>
+    <n v="8202"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="15"/>
+    <s v="Kerry"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD462C7"/>
+    <s v="G   Total housing stock ( A+B+C+D+E+F )"/>
+    <s v="Number"/>
+    <n v="74747"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="15"/>
+    <s v="Kerry"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD462C8"/>
+    <s v="Vacancy rate (D+E+F) / G"/>
+    <s v="%"/>
+    <n v="26.4"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="16"/>
+    <s v="Limerick"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD462C1"/>
+    <s v="A   Occupied by usual resident(s) of the household"/>
+    <s v="Number"/>
+    <n v="69421"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="16"/>
+    <s v="Limerick"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD462C2"/>
+    <s v="B   Occupied by visitors only"/>
+    <s v="Number"/>
+    <n v="723"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="16"/>
+    <s v="Limerick"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD462C3"/>
+    <s v="C   Unoccupied - residents temporarily absent"/>
+    <s v="Number"/>
+    <n v="1898"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="16"/>
+    <s v="Limerick"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD462C4"/>
+    <s v="D   Unoccupied - vacant house"/>
+    <s v="Number"/>
+    <n v="7133"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="16"/>
+    <s v="Limerick"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD462C5"/>
+    <s v="E   Unoccupied - vacant flat"/>
+    <s v="Number"/>
+    <n v="2528"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="16"/>
+    <s v="Limerick"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD462C6"/>
+    <s v="F   Unoccupied - vacant holiday home"/>
+    <s v="Number"/>
+    <n v="453"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="16"/>
+    <s v="Limerick"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD462C7"/>
+    <s v="G   Total housing stock ( A+B+C+D+E+F )"/>
+    <s v="Number"/>
+    <n v="82156"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="16"/>
+    <s v="Limerick"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD462C8"/>
+    <s v="Vacancy rate (D+E+F) / G"/>
+    <s v="%"/>
+    <n v="12.3"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="161"/>
+    <s v="Limerick City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD462C1"/>
+    <s v="A   Occupied by usual resident(s) of the household"/>
+    <s v="Number"/>
+    <n v="22300"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="161"/>
+    <s v="Limerick City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD462C2"/>
+    <s v="B   Occupied by visitors only"/>
+    <s v="Number"/>
+    <n v="289"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="161"/>
+    <s v="Limerick City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD462C3"/>
+    <s v="C   Unoccupied - residents temporarily absent"/>
+    <s v="Number"/>
+    <n v="819"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="161"/>
+    <s v="Limerick City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD462C4"/>
+    <s v="D   Unoccupied - vacant house"/>
+    <s v="Number"/>
+    <n v="1499"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="161"/>
+    <s v="Limerick City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD462C5"/>
+    <s v="E   Unoccupied - vacant flat"/>
+    <s v="Number"/>
+    <n v="1764"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="161"/>
+    <s v="Limerick City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD462C6"/>
+    <s v="F   Unoccupied - vacant holiday home"/>
+    <s v="Number"/>
+    <n v="10"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="161"/>
+    <s v="Limerick City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD462C7"/>
+    <s v="G   Total housing stock ( A+B+C+D+E+F )"/>
+    <s v="Number"/>
+    <n v="26681"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="161"/>
+    <s v="Limerick City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD462C8"/>
+    <s v="Vacancy rate (D+E+F) / G"/>
+    <s v="%"/>
+    <n v="12.3"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="162"/>
+    <s v="Limerick County"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD462C1"/>
+    <s v="A   Occupied by usual resident(s) of the household"/>
+    <s v="Number"/>
+    <n v="47121"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="162"/>
+    <s v="Limerick County"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD462C2"/>
+    <s v="B   Occupied by visitors only"/>
+    <s v="Number"/>
+    <n v="434"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="162"/>
+    <s v="Limerick County"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD462C3"/>
+    <s v="C   Unoccupied - residents temporarily absent"/>
+    <s v="Number"/>
+    <n v="1079"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="162"/>
+    <s v="Limerick County"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD462C4"/>
+    <s v="D   Unoccupied - vacant house"/>
+    <s v="Number"/>
+    <n v="5634"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="162"/>
+    <s v="Limerick County"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD462C5"/>
+    <s v="E   Unoccupied - vacant flat"/>
+    <s v="Number"/>
+    <n v="764"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="162"/>
+    <s v="Limerick County"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD462C6"/>
+    <s v="F   Unoccupied - vacant holiday home"/>
+    <s v="Number"/>
+    <n v="443"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="162"/>
+    <s v="Limerick County"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD462C7"/>
+    <s v="G   Total housing stock ( A+B+C+D+E+F )"/>
+    <s v="Number"/>
+    <n v="55475"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="162"/>
+    <s v="Limerick County"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD462C8"/>
+    <s v="Vacancy rate (D+E+F) / G"/>
+    <s v="%"/>
+    <n v="12.3"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="171"/>
+    <s v="North Tipperary"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD462C1"/>
+    <s v="A   Occupied by usual resident(s) of the household"/>
+    <s v="Number"/>
+    <n v="25611"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="171"/>
+    <s v="North Tipperary"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD462C2"/>
+    <s v="B   Occupied by visitors only"/>
+    <s v="Number"/>
+    <n v="109"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="171"/>
+    <s v="North Tipperary"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD462C3"/>
+    <s v="C   Unoccupied - residents temporarily absent"/>
+    <s v="Number"/>
+    <n v="543"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="171"/>
+    <s v="North Tipperary"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD462C4"/>
+    <s v="D   Unoccupied - vacant house"/>
+    <s v="Number"/>
+    <n v="3339"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="171"/>
+    <s v="North Tipperary"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD462C5"/>
+    <s v="E   Unoccupied - vacant flat"/>
+    <s v="Number"/>
+    <n v="509"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="171"/>
+    <s v="North Tipperary"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD462C6"/>
+    <s v="F   Unoccupied - vacant holiday home"/>
+    <s v="Number"/>
+    <n v="679"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="171"/>
+    <s v="North Tipperary"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD462C7"/>
+    <s v="G   Total housing stock ( A+B+C+D+E+F )"/>
+    <s v="Number"/>
+    <n v="30790"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="171"/>
+    <s v="North Tipperary"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD462C8"/>
+    <s v="Vacancy rate (D+E+F) / G"/>
+    <s v="%"/>
+    <n v="14.7"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="172"/>
+    <s v="South Tipperary"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD462C1"/>
+    <s v="A   Occupied by usual resident(s) of the household"/>
+    <s v="Number"/>
+    <n v="32664"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="172"/>
+    <s v="South Tipperary"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD462C2"/>
+    <s v="B   Occupied by visitors only"/>
+    <s v="Number"/>
+    <n v="106"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="172"/>
+    <s v="South Tipperary"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD462C3"/>
+    <s v="C   Unoccupied - residents temporarily absent"/>
+    <s v="Number"/>
+    <n v="597"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="172"/>
+    <s v="South Tipperary"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD462C4"/>
+    <s v="D   Unoccupied - vacant house"/>
+    <s v="Number"/>
+    <n v="3809"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="172"/>
+    <s v="South Tipperary"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD462C5"/>
+    <s v="E   Unoccupied - vacant flat"/>
+    <s v="Number"/>
+    <n v="571"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="172"/>
+    <s v="South Tipperary"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD462C6"/>
+    <s v="F   Unoccupied - vacant holiday home"/>
+    <s v="Number"/>
+    <n v="437"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="172"/>
+    <s v="South Tipperary"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD462C7"/>
+    <s v="G   Total housing stock ( A+B+C+D+E+F )"/>
+    <s v="Number"/>
+    <n v="38184"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="172"/>
+    <s v="South Tipperary"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD462C8"/>
+    <s v="Vacancy rate (D+E+F) / G"/>
+    <s v="%"/>
+    <n v="12.6"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="18"/>
+    <s v="Waterford"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD462C1"/>
+    <s v="A   Occupied by usual resident(s) of the household"/>
+    <s v="Number"/>
+    <n v="42239"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="18"/>
+    <s v="Waterford"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD462C2"/>
+    <s v="B   Occupied by visitors only"/>
+    <s v="Number"/>
+    <n v="279"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="18"/>
+    <s v="Waterford"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD462C3"/>
+    <s v="C   Unoccupied - residents temporarily absent"/>
+    <s v="Number"/>
+    <n v="1249"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="18"/>
+    <s v="Waterford"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD462C4"/>
+    <s v="D   Unoccupied - vacant house"/>
+    <s v="Number"/>
+    <n v="4758"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="18"/>
+    <s v="Waterford"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD462C5"/>
+    <s v="E   Unoccupied - vacant flat"/>
+    <s v="Number"/>
+    <n v="1755"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="18"/>
+    <s v="Waterford"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD462C6"/>
+    <s v="F   Unoccupied - vacant holiday home"/>
+    <s v="Number"/>
+    <n v="2084"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="18"/>
+    <s v="Waterford"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD462C7"/>
+    <s v="G   Total housing stock ( A+B+C+D+E+F )"/>
+    <s v="Number"/>
+    <n v="52364"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="18"/>
+    <s v="Waterford"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD462C8"/>
+    <s v="Vacancy rate (D+E+F) / G"/>
+    <s v="%"/>
+    <n v="16.4"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="181"/>
+    <s v="Waterford City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD462C1"/>
+    <s v="A   Occupied by usual resident(s) of the household"/>
+    <s v="Number"/>
+    <n v="18199"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="181"/>
+    <s v="Waterford City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD462C2"/>
+    <s v="B   Occupied by visitors only"/>
+    <s v="Number"/>
+    <n v="145"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="181"/>
+    <s v="Waterford City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD462C3"/>
+    <s v="C   Unoccupied - residents temporarily absent"/>
+    <s v="Number"/>
+    <n v="697"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="181"/>
+    <s v="Waterford City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD462C4"/>
+    <s v="D   Unoccupied - vacant house"/>
+    <s v="Number"/>
+    <n v="1787"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="181"/>
+    <s v="Waterford City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD462C5"/>
+    <s v="E   Unoccupied - vacant flat"/>
+    <s v="Number"/>
+    <n v="1454"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="181"/>
+    <s v="Waterford City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD462C6"/>
+    <s v="F   Unoccupied - vacant holiday home"/>
+    <s v="Number"/>
+    <n v="59"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="181"/>
+    <s v="Waterford City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD462C7"/>
+    <s v="G   Total housing stock ( A+B+C+D+E+F )"/>
+    <s v="Number"/>
+    <n v="22341"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="181"/>
+    <s v="Waterford City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD462C8"/>
+    <s v="Vacancy rate (D+E+F) / G"/>
+    <s v="%"/>
+    <n v="14.8"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="182"/>
+    <s v="Waterford County"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD462C1"/>
+    <s v="A   Occupied by usual resident(s) of the household"/>
+    <s v="Number"/>
+    <n v="24040"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="182"/>
+    <s v="Waterford County"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD462C2"/>
+    <s v="B   Occupied by visitors only"/>
+    <s v="Number"/>
+    <n v="134"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="182"/>
+    <s v="Waterford County"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD462C3"/>
+    <s v="C   Unoccupied - residents temporarily absent"/>
+    <s v="Number"/>
+    <n v="552"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="182"/>
+    <s v="Waterford County"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD462C4"/>
+    <s v="D   Unoccupied - vacant house"/>
+    <s v="Number"/>
+    <n v="2971"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="182"/>
+    <s v="Waterford County"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD462C5"/>
+    <s v="E   Unoccupied - vacant flat"/>
+    <s v="Number"/>
+    <n v="301"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="182"/>
+    <s v="Waterford County"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD462C6"/>
+    <s v="F   Unoccupied - vacant holiday home"/>
+    <s v="Number"/>
+    <n v="2025"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="182"/>
+    <s v="Waterford County"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD462C7"/>
+    <s v="G   Total housing stock ( A+B+C+D+E+F )"/>
+    <s v="Number"/>
+    <n v="30023"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="182"/>
+    <s v="Waterford County"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD462C8"/>
+    <s v="Vacancy rate (D+E+F) / G"/>
+    <s v="%"/>
+    <n v="17.6"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="C"/>
+    <s v="Connacht"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD462C1"/>
+    <s v="A   Occupied by usual resident(s) of the household"/>
+    <s v="Number"/>
+    <n v="196530"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="C"/>
+    <s v="Connacht"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD462C2"/>
+    <s v="B   Occupied by visitors only"/>
+    <s v="Number"/>
+    <n v="1831"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="C"/>
+    <s v="Connacht"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD462C3"/>
+    <s v="C   Unoccupied - residents temporarily absent"/>
+    <s v="Number"/>
+    <n v="6128"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="C"/>
+    <s v="Connacht"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD462C4"/>
+    <s v="D   Unoccupied - vacant house"/>
+    <s v="Number"/>
+    <n v="35964"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="C"/>
+    <s v="Connacht"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD462C5"/>
+    <s v="E   Unoccupied - vacant flat"/>
+    <s v="Number"/>
+    <n v="7041"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="C"/>
+    <s v="Connacht"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD462C6"/>
+    <s v="F   Unoccupied - vacant holiday home"/>
+    <s v="Number"/>
+    <n v="12232"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="C"/>
+    <s v="Connacht"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD462C7"/>
+    <s v="G   Total housing stock ( A+B+C+D+E+F )"/>
+    <s v="Number"/>
+    <n v="259726"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="C"/>
+    <s v="Connacht"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD462C8"/>
+    <s v="Vacancy rate (D+E+F) / G"/>
+    <s v="%"/>
+    <n v="21.3"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="19"/>
+    <s v="Galway"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD462C1"/>
+    <s v="A   Occupied by usual resident(s) of the household"/>
+    <s v="Number"/>
+    <n v="88341"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="19"/>
+    <s v="Galway"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD462C2"/>
+    <s v="B   Occupied by visitors only"/>
+    <s v="Number"/>
+    <n v="933"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="19"/>
+    <s v="Galway"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD462C3"/>
+    <s v="C   Unoccupied - residents temporarily absent"/>
+    <s v="Number"/>
+    <n v="3082"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="19"/>
+    <s v="Galway"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD462C4"/>
+    <s v="D   Unoccupied - vacant house"/>
+    <s v="Number"/>
+    <n v="12204"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="19"/>
+    <s v="Galway"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD462C5"/>
+    <s v="E   Unoccupied - vacant flat"/>
+    <s v="Number"/>
+    <n v="3160"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="19"/>
+    <s v="Galway"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD462C6"/>
+    <s v="F   Unoccupied - vacant holiday home"/>
+    <s v="Number"/>
+    <n v="3457"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="19"/>
+    <s v="Galway"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD462C7"/>
+    <s v="G   Total housing stock ( A+B+C+D+E+F )"/>
+    <s v="Number"/>
+    <n v="111177"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="19"/>
+    <s v="Galway"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD462C8"/>
+    <s v="Vacancy rate (D+E+F) / G"/>
+    <s v="%"/>
+    <n v="16.9"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="191"/>
+    <s v="Galway City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD462C1"/>
+    <s v="A   Occupied by usual resident(s) of the household"/>
+    <s v="Number"/>
+    <n v="27697"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="191"/>
+    <s v="Galway City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD462C2"/>
+    <s v="B   Occupied by visitors only"/>
+    <s v="Number"/>
+    <n v="551"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="191"/>
+    <s v="Galway City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD462C3"/>
+    <s v="C   Unoccupied - residents temporarily absent"/>
+    <s v="Number"/>
+    <n v="1652"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="191"/>
+    <s v="Galway City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD462C4"/>
+    <s v="D   Unoccupied - vacant house"/>
+    <s v="Number"/>
+    <n v="1887"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="191"/>
+    <s v="Galway City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD462C5"/>
+    <s v="E   Unoccupied - vacant flat"/>
+    <s v="Number"/>
+    <n v="1685"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="191"/>
+    <s v="Galway City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD462C6"/>
+    <s v="F   Unoccupied - vacant holiday home"/>
+    <s v="Number"/>
+    <n v="183"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="191"/>
+    <s v="Galway City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD462C7"/>
+    <s v="G   Total housing stock ( A+B+C+D+E+F )"/>
+    <s v="Number"/>
+    <n v="33655"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="191"/>
+    <s v="Galway City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD462C8"/>
+    <s v="Vacancy rate (D+E+F) / G"/>
+    <s v="%"/>
+    <n v="11.2"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="192"/>
+    <s v="Galway County"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD462C1"/>
+    <s v="A   Occupied by usual resident(s) of the household"/>
+    <s v="Number"/>
+    <n v="60644"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="192"/>
+    <s v="Galway County"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD462C2"/>
+    <s v="B   Occupied by visitors only"/>
+    <s v="Number"/>
+    <n v="382"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="192"/>
+    <s v="Galway County"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD462C3"/>
+    <s v="C   Unoccupied - residents temporarily absent"/>
+    <s v="Number"/>
+    <n v="1430"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="192"/>
+    <s v="Galway County"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD462C4"/>
+    <s v="D   Unoccupied - vacant house"/>
+    <s v="Number"/>
+    <n v="10317"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="192"/>
+    <s v="Galway County"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD462C5"/>
+    <s v="E   Unoccupied - vacant flat"/>
+    <s v="Number"/>
+    <n v="1475"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="192"/>
+    <s v="Galway County"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD462C6"/>
+    <s v="F   Unoccupied - vacant holiday home"/>
+    <s v="Number"/>
+    <n v="3274"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="192"/>
+    <s v="Galway County"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD462C7"/>
+    <s v="G   Total housing stock ( A+B+C+D+E+F )"/>
+    <s v="Number"/>
+    <n v="77522"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="192"/>
+    <s v="Galway County"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD462C8"/>
+    <s v="Vacancy rate (D+E+F) / G"/>
+    <s v="%"/>
+    <n v="19.4"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="20"/>
+    <s v="Leitrim"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD462C1"/>
+    <s v="A   Occupied by usual resident(s) of the household"/>
+    <s v="Number"/>
+    <n v="12228"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="20"/>
+    <s v="Leitrim"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD462C2"/>
+    <s v="B   Occupied by visitors only"/>
+    <s v="Number"/>
+    <n v="103"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="20"/>
+    <s v="Leitrim"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD462C3"/>
+    <s v="C   Unoccupied - residents temporarily absent"/>
+    <s v="Number"/>
+    <n v="271"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="20"/>
+    <s v="Leitrim"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD462C4"/>
+    <s v="D   Unoccupied - vacant house"/>
+    <s v="Number"/>
+    <n v="3463"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="20"/>
+    <s v="Leitrim"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD462C5"/>
+    <s v="E   Unoccupied - vacant flat"/>
+    <s v="Number"/>
+    <n v="573"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="20"/>
+    <s v="Leitrim"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD462C6"/>
+    <s v="F   Unoccupied - vacant holiday home"/>
+    <s v="Number"/>
+    <n v="1490"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="20"/>
+    <s v="Leitrim"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD462C7"/>
+    <s v="G   Total housing stock ( A+B+C+D+E+F )"/>
+    <s v="Number"/>
+    <n v="18128"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="20"/>
+    <s v="Leitrim"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD462C8"/>
+    <s v="Vacancy rate (D+E+F) / G"/>
+    <s v="%"/>
+    <n v="30.5"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="21"/>
+    <s v="Mayo"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD462C1"/>
+    <s v="A   Occupied by usual resident(s) of the household"/>
+    <s v="Number"/>
+    <n v="47932"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="21"/>
+    <s v="Mayo"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD462C2"/>
+    <s v="B   Occupied by visitors only"/>
+    <s v="Number"/>
+    <n v="372"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="21"/>
+    <s v="Mayo"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD462C3"/>
+    <s v="C   Unoccupied - residents temporarily absent"/>
+    <s v="Number"/>
+    <n v="1258"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="21"/>
+    <s v="Mayo"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD462C4"/>
+    <s v="D   Unoccupied - vacant house"/>
+    <s v="Number"/>
+    <n v="10194"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="21"/>
+    <s v="Mayo"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD462C5"/>
+    <s v="E   Unoccupied - vacant flat"/>
+    <s v="Number"/>
+    <n v="1582"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="21"/>
+    <s v="Mayo"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD462C6"/>
+    <s v="F   Unoccupied - vacant holiday home"/>
+    <s v="Number"/>
+    <n v="4454"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="21"/>
+    <s v="Mayo"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD462C7"/>
+    <s v="G   Total housing stock ( A+B+C+D+E+F )"/>
+    <s v="Number"/>
+    <n v="65792"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="21"/>
+    <s v="Mayo"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD462C8"/>
+    <s v="Vacancy rate (D+E+F) / G"/>
+    <s v="%"/>
+    <n v="24.7"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="22"/>
+    <s v="Roscommon"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD462C1"/>
+    <s v="A   Occupied by usual resident(s) of the household"/>
+    <s v="Number"/>
+    <n v="23601"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="22"/>
+    <s v="Roscommon"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD462C2"/>
+    <s v="B   Occupied by visitors only"/>
+    <s v="Number"/>
+    <n v="109"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="22"/>
+    <s v="Roscommon"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD462C3"/>
+    <s v="C   Unoccupied - residents temporarily absent"/>
+    <s v="Number"/>
+    <n v="543"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="22"/>
+    <s v="Roscommon"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD462C4"/>
+    <s v="D   Unoccupied - vacant house"/>
+    <s v="Number"/>
+    <n v="5630"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="22"/>
+    <s v="Roscommon"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD462C5"/>
+    <s v="E   Unoccupied - vacant flat"/>
+    <s v="Number"/>
+    <n v="640"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="22"/>
+    <s v="Roscommon"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD462C6"/>
+    <s v="F   Unoccupied - vacant holiday home"/>
+    <s v="Number"/>
+    <n v="1062"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="22"/>
+    <s v="Roscommon"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD462C7"/>
+    <s v="G   Total housing stock ( A+B+C+D+E+F )"/>
+    <s v="Number"/>
+    <n v="31585"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="22"/>
+    <s v="Roscommon"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD462C8"/>
+    <s v="Vacancy rate (D+E+F) / G"/>
+    <s v="%"/>
+    <n v="23.2"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="23"/>
+    <s v="Sligo"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD462C1"/>
+    <s v="A   Occupied by usual resident(s) of the household"/>
+    <s v="Number"/>
+    <n v="24428"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="23"/>
+    <s v="Sligo"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD462C2"/>
+    <s v="B   Occupied by visitors only"/>
+    <s v="Number"/>
+    <n v="314"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="23"/>
+    <s v="Sligo"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD462C3"/>
+    <s v="C   Unoccupied - residents temporarily absent"/>
+    <s v="Number"/>
+    <n v="974"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="23"/>
+    <s v="Sligo"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD462C4"/>
+    <s v="D   Unoccupied - vacant house"/>
+    <s v="Number"/>
+    <n v="4473"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="23"/>
+    <s v="Sligo"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD462C5"/>
+    <s v="E   Unoccupied - vacant flat"/>
+    <s v="Number"/>
+    <n v="1086"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="23"/>
+    <s v="Sligo"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD462C6"/>
+    <s v="F   Unoccupied - vacant holiday home"/>
+    <s v="Number"/>
+    <n v="1769"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="23"/>
+    <s v="Sligo"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD462C7"/>
+    <s v="G   Total housing stock ( A+B+C+D+E+F )"/>
+    <s v="Number"/>
+    <n v="33044"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="23"/>
+    <s v="Sligo"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD462C8"/>
+    <s v="Vacancy rate (D+E+F) / G"/>
+    <s v="%"/>
+    <n v="22.2"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="D"/>
+    <s v="Ulster (part of)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD462C1"/>
+    <s v="A   Occupied by usual resident(s) of the household"/>
+    <s v="Number"/>
+    <n v="104617"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="D"/>
+    <s v="Ulster (part of)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD462C2"/>
+    <s v="B   Occupied by visitors only"/>
+    <s v="Number"/>
+    <n v="768"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="D"/>
+    <s v="Ulster (part of)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD462C3"/>
+    <s v="C   Unoccupied - residents temporarily absent"/>
+    <s v="Number"/>
+    <n v="2629"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="D"/>
+    <s v="Ulster (part of)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD462C4"/>
+    <s v="D   Unoccupied - vacant house"/>
+    <s v="Number"/>
+    <n v="19104"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="D"/>
+    <s v="Ulster (part of)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD462C5"/>
+    <s v="E   Unoccupied - vacant flat"/>
+    <s v="Number"/>
+    <n v="3766"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="D"/>
+    <s v="Ulster (part of)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD462C6"/>
+    <s v="F   Unoccupied - vacant holiday home"/>
+    <s v="Number"/>
+    <n v="11801"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="D"/>
+    <s v="Ulster (part of)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD462C7"/>
+    <s v="G   Total housing stock ( A+B+C+D+E+F )"/>
+    <s v="Number"/>
+    <n v="142685"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="D"/>
+    <s v="Ulster (part of)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD462C8"/>
+    <s v="Vacancy rate (D+E+F) / G"/>
+    <s v="%"/>
+    <n v="24.3"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="24"/>
+    <s v="Cavan"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD462C1"/>
+    <s v="A   Occupied by usual resident(s) of the household"/>
+    <s v="Number"/>
+    <n v="25720"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="24"/>
+    <s v="Cavan"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD462C2"/>
+    <s v="B   Occupied by visitors only"/>
+    <s v="Number"/>
+    <n v="124"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="24"/>
+    <s v="Cavan"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD462C3"/>
+    <s v="C   Unoccupied - residents temporarily absent"/>
+    <s v="Number"/>
+    <n v="590"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="24"/>
+    <s v="Cavan"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD462C4"/>
+    <s v="D   Unoccupied - vacant house"/>
+    <s v="Number"/>
+    <n v="5325"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="24"/>
+    <s v="Cavan"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD462C5"/>
+    <s v="E   Unoccupied - vacant flat"/>
+    <s v="Number"/>
+    <n v="952"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="24"/>
+    <s v="Cavan"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD462C6"/>
+    <s v="F   Unoccupied - vacant holiday home"/>
+    <s v="Number"/>
+    <n v="1000"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="24"/>
+    <s v="Cavan"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD462C7"/>
+    <s v="G   Total housing stock ( A+B+C+D+E+F )"/>
+    <s v="Number"/>
+    <n v="33711"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="24"/>
+    <s v="Cavan"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD462C8"/>
+    <s v="Vacancy rate (D+E+F) / G"/>
+    <s v="%"/>
+    <n v="21.6"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="25"/>
+    <s v="Donegal"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD462C1"/>
+    <s v="A   Occupied by usual resident(s) of the household"/>
+    <s v="Number"/>
+    <n v="57721"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="25"/>
+    <s v="Donegal"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD462C2"/>
+    <s v="B   Occupied by visitors only"/>
+    <s v="Number"/>
+    <n v="579"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="25"/>
+    <s v="Donegal"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD462C3"/>
+    <s v="C   Unoccupied - residents temporarily absent"/>
+    <s v="Number"/>
+    <n v="1622"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="25"/>
+    <s v="Donegal"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD462C4"/>
+    <s v="D   Unoccupied - vacant house"/>
+    <s v="Number"/>
+    <n v="11048"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="25"/>
+    <s v="Donegal"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD462C5"/>
+    <s v="E   Unoccupied - vacant flat"/>
+    <s v="Number"/>
+    <n v="2312"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="25"/>
+    <s v="Donegal"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD462C6"/>
+    <s v="F   Unoccupied - vacant holiday home"/>
+    <s v="Number"/>
+    <n v="10636"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="25"/>
+    <s v="Donegal"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD462C7"/>
+    <s v="G   Total housing stock ( A+B+C+D+E+F )"/>
+    <s v="Number"/>
+    <n v="83918"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="25"/>
+    <s v="Donegal"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD462C8"/>
+    <s v="Vacancy rate (D+E+F) / G"/>
+    <s v="%"/>
+    <n v="28.6"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="26"/>
+    <s v="Monaghan"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD462C1"/>
+    <s v="A   Occupied by usual resident(s) of the household"/>
+    <s v="Number"/>
+    <n v="21176"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="26"/>
+    <s v="Monaghan"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD462C2"/>
+    <s v="B   Occupied by visitors only"/>
+    <s v="Number"/>
+    <n v="65"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="26"/>
+    <s v="Monaghan"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD462C3"/>
+    <s v="C   Unoccupied - residents temporarily absent"/>
+    <s v="Number"/>
+    <n v="417"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="26"/>
+    <s v="Monaghan"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD462C4"/>
+    <s v="D   Unoccupied - vacant house"/>
+    <s v="Number"/>
+    <n v="2731"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="26"/>
+    <s v="Monaghan"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD462C5"/>
+    <s v="E   Unoccupied - vacant flat"/>
+    <s v="Number"/>
+    <n v="502"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="26"/>
+    <s v="Monaghan"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD462C6"/>
+    <s v="F   Unoccupied - vacant holiday home"/>
+    <s v="Number"/>
+    <n v="165"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="26"/>
+    <s v="Monaghan"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD462C7"/>
+    <s v="G   Total housing stock ( A+B+C+D+E+F )"/>
+    <s v="Number"/>
+    <n v="25056"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="26"/>
+    <s v="Monaghan"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD462C8"/>
+    <s v="Vacancy rate (D+E+F) / G"/>
+    <s v="%"/>
+    <n v="13.6"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD462C1"/>
+    <s v="A   Occupied by usual resident(s) of the household"/>
+    <s v="Number"/>
+    <n v="1050073"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD462C2"/>
+    <s v="B   Occupied by visitors only"/>
+    <s v="Number"/>
+    <n v="7308"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD462C3"/>
+    <s v="C   Unoccupied - residents temporarily absent"/>
+    <s v="Number"/>
+    <n v="33180"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD462C4"/>
+    <s v="D   Unoccupied - vacant house"/>
+    <s v="Number"/>
+    <n v="74281"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD462C5"/>
+    <s v="E   Unoccupied - vacant flat"/>
+    <s v="Number"/>
+    <n v="55005"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD462C6"/>
+    <s v="F   Unoccupied - vacant holiday home"/>
+    <s v="Number"/>
+    <n v="8892"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD462C7"/>
+    <s v="G   Total housing stock ( A+B+C+D+E+F )"/>
+    <s v="Number"/>
+    <n v="1228739"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD462C8"/>
+    <s v="Vacancy rate (D+E+F) / G"/>
+    <s v="%"/>
+    <n v="11.2"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="A"/>
+    <s v="Leinster"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD462C1"/>
+    <s v="A   Occupied by usual resident(s) of the household"/>
+    <s v="Number"/>
+    <n v="694577"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="A"/>
+    <s v="Leinster"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD462C2"/>
+    <s v="B   Occupied by visitors only"/>
+    <s v="Number"/>
+    <n v="4057"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="A"/>
+    <s v="Leinster"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD462C3"/>
+    <s v="C   Unoccupied - residents temporarily absent"/>
+    <s v="Number"/>
+    <n v="20455"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="A"/>
+    <s v="Leinster"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD462C4"/>
+    <s v="D   Unoccupied - vacant house"/>
+    <s v="Number"/>
+    <n v="35964"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="A"/>
+    <s v="Leinster"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD462C5"/>
+    <s v="E   Unoccupied - vacant flat"/>
+    <s v="Number"/>
+    <n v="34839"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="A"/>
+    <s v="Leinster"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD462C6"/>
+    <s v="F   Unoccupied - vacant holiday home"/>
+    <s v="Number"/>
+    <n v="3320"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="A"/>
+    <s v="Leinster"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD462C7"/>
+    <s v="G   Total housing stock ( A+B+C+D+E+F )"/>
+    <s v="Number"/>
+    <n v="793212"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="A"/>
+    <s v="Leinster"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD462C8"/>
+    <s v="Vacancy rate (D+E+F) / G"/>
+    <s v="%"/>
+    <n v="9.3"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="01"/>
+    <s v="Carlow"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD462C1"/>
+    <s v="A   Occupied by usual resident(s) of the household"/>
+    <s v="Number"/>
+    <n v="10011"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="01"/>
+    <s v="Carlow"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD462C2"/>
+    <s v="B   Occupied by visitors only"/>
+    <s v="Number"/>
+    <n v="106"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="01"/>
+    <s v="Carlow"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD462C3"/>
+    <s v="C   Unoccupied - residents temporarily absent"/>
+    <s v="Number"/>
+    <n v="298"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="01"/>
+    <s v="Carlow"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD462C4"/>
+    <s v="D   Unoccupied - vacant house"/>
+    <s v="Number"/>
+    <n v="1161"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="01"/>
+    <s v="Carlow"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD462C5"/>
+    <s v="E   Unoccupied - vacant flat"/>
+    <s v="Number"/>
+    <n v="588"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="01"/>
+    <s v="Carlow"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD462C6"/>
+    <s v="F   Unoccupied - vacant holiday home"/>
+    <s v="Number"/>
+    <n v="96"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="01"/>
+    <s v="Carlow"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD462C7"/>
+    <s v="G   Total housing stock ( A+B+C+D+E+F )"/>
+    <s v="Number"/>
+    <n v="12260"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="01"/>
+    <s v="Carlow"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD462C8"/>
+    <s v="Vacancy rate (D+E+F) / G"/>
+    <s v="%"/>
+    <n v="15"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="02"/>
+    <s v="Dublin"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD462C1"/>
+    <s v="A   Occupied by usual resident(s) of the household"/>
+    <s v="Number"/>
+    <n v="458117"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="02"/>
+    <s v="Dublin"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD462C2"/>
+    <s v="B   Occupied by visitors only"/>
+    <s v="Number"/>
+    <n v="2958"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="02"/>
+    <s v="Dublin"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD462C3"/>
+    <s v="C   Unoccupied - residents temporarily absent"/>
+    <s v="Number"/>
+    <n v="14326"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="02"/>
+    <s v="Dublin"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD462C4"/>
+    <s v="D   Unoccupied - vacant house"/>
+    <s v="Number"/>
+    <n v="16858"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="02"/>
+    <s v="Dublin"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD462C5"/>
+    <s v="E   Unoccupied - vacant flat"/>
+    <s v="Number"/>
+    <n v="25162"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="02"/>
+    <s v="Dublin"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD462C6"/>
+    <s v="F   Unoccupied - vacant holiday home"/>
+    <s v="Number"/>
+    <n v="688"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="02"/>
+    <s v="Dublin"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD462C7"/>
+    <s v="G   Total housing stock ( A+B+C+D+E+F )"/>
+    <s v="Number"/>
+    <n v="518109"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="02"/>
+    <s v="Dublin"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD462C8"/>
+    <s v="Vacancy rate (D+E+F) / G"/>
+    <s v="%"/>
+    <n v="8.2"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="021"/>
+    <s v="Dublin City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD462C1"/>
+    <s v="A   Occupied by usual resident(s) of the household"/>
+    <s v="Number"/>
+    <n v="207847"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="021"/>
+    <s v="Dublin City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD462C2"/>
+    <s v="B   Occupied by visitors only"/>
+    <s v="Number"/>
+    <n v="2073"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="021"/>
+    <s v="Dublin City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD462C3"/>
+    <s v="C   Unoccupied - residents temporarily absent"/>
+    <s v="Number"/>
+    <n v="7120"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="021"/>
+    <s v="Dublin City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD462C4"/>
+    <s v="D   Unoccupied - vacant house"/>
+    <s v="Number"/>
+    <n v="7995"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="021"/>
+    <s v="Dublin City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD462C5"/>
+    <s v="E   Unoccupied - vacant flat"/>
+    <s v="Number"/>
+    <n v="16321"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="021"/>
+    <s v="Dublin City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD462C6"/>
+    <s v="F   Unoccupied - vacant holiday home"/>
+    <s v="Number"/>
+    <n v="322"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="021"/>
+    <s v="Dublin City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD462C7"/>
+    <s v="G   Total housing stock ( A+B+C+D+E+F )"/>
+    <s v="Number"/>
+    <n v="241678"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="021"/>
+    <s v="Dublin City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD462C8"/>
+    <s v="Vacancy rate (D+E+F) / G"/>
+    <s v="%"/>
+    <n v="10.2"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="024"/>
+    <s v="Dún Laoghaire-Rathdown"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD462C1"/>
+    <s v="A   Occupied by usual resident(s) of the household"/>
+    <s v="Number"/>
+    <n v="75208"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="024"/>
+    <s v="Dún Laoghaire-Rathdown"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD462C2"/>
+    <s v="B   Occupied by visitors only"/>
+    <s v="Number"/>
+    <n v="561"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="024"/>
+    <s v="Dún Laoghaire-Rathdown"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD462C3"/>
+    <s v="C   Unoccupied - residents temporarily absent"/>
+    <s v="Number"/>
+    <n v="2917"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="024"/>
+    <s v="Dún Laoghaire-Rathdown"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD462C4"/>
+    <s v="D   Unoccupied - vacant house"/>
+    <s v="Number"/>
+    <n v="2697"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="024"/>
+    <s v="Dún Laoghaire-Rathdown"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD462C5"/>
+    <s v="E   Unoccupied - vacant flat"/>
+    <s v="Number"/>
+    <n v="3747"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="024"/>
+    <s v="Dún Laoghaire-Rathdown"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD462C6"/>
+    <s v="F   Unoccupied - vacant holiday home"/>
+    <s v="Number"/>
+    <n v="120"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="024"/>
+    <s v="Dún Laoghaire-Rathdown"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD462C7"/>
+    <s v="G   Total housing stock ( A+B+C+D+E+F )"/>
+    <s v="Number"/>
+    <n v="85250"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="024"/>
+    <s v="Dún Laoghaire-Rathdown"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD462C8"/>
+    <s v="Vacancy rate (D+E+F) / G"/>
+    <s v="%"/>
+    <n v="7.7"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="023"/>
+    <s v="Fingal"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD462C1"/>
+    <s v="A   Occupied by usual resident(s) of the household"/>
+    <s v="Number"/>
+    <n v="86723"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="023"/>
+    <s v="Fingal"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD462C2"/>
+    <s v="B   Occupied by visitors only"/>
+    <s v="Number"/>
+    <n v="182"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="023"/>
+    <s v="Fingal"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD462C3"/>
+    <s v="C   Unoccupied - residents temporarily absent"/>
+    <s v="Number"/>
+    <n v="2309"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="023"/>
+    <s v="Fingal"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD462C4"/>
+    <s v="D   Unoccupied - vacant house"/>
+    <s v="Number"/>
+    <n v="3553"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="023"/>
+    <s v="Fingal"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD462C5"/>
+    <s v="E   Unoccupied - vacant flat"/>
+    <s v="Number"/>
+    <n v="2691"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="023"/>
+    <s v="Fingal"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD462C6"/>
+    <s v="F   Unoccupied - vacant holiday home"/>
+    <s v="Number"/>
+    <n v="224"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="023"/>
+    <s v="Fingal"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD462C7"/>
+    <s v="G   Total housing stock ( A+B+C+D+E+F )"/>
+    <s v="Number"/>
+    <n v="95682"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="023"/>
+    <s v="Fingal"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD462C8"/>
+    <s v="Vacancy rate (D+E+F) / G"/>
+    <s v="%"/>
+    <n v="6.8"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="022"/>
+    <s v="South Dublin"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD462C1"/>
+    <s v="A   Occupied by usual resident(s) of the household"/>
+    <s v="Number"/>
+    <n v="88339"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="022"/>
+    <s v="South Dublin"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD462C2"/>
+    <s v="B   Occupied by visitors only"/>
+    <s v="Number"/>
+    <n v="142"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="022"/>
+    <s v="South Dublin"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD462C3"/>
+    <s v="C   Unoccupied - residents temporarily absent"/>
+    <s v="Number"/>
+    <n v="1980"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="022"/>
+    <s v="South Dublin"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD462C4"/>
+    <s v="D   Unoccupied - vacant house"/>
+    <s v="Number"/>
+    <n v="2613"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="022"/>
+    <s v="South Dublin"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD462C5"/>
+    <s v="E   Unoccupied - vacant flat"/>
+    <s v="Number"/>
+    <n v="2403"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="022"/>
+    <s v="South Dublin"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD462C6"/>
+    <s v="F   Unoccupied - vacant holiday home"/>
+    <s v="Number"/>
+    <n v="22"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="022"/>
+    <s v="South Dublin"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD462C7"/>
+    <s v="G   Total housing stock ( A+B+C+D+E+F )"/>
+    <s v="Number"/>
+    <n v="95499"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="022"/>
+    <s v="South Dublin"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD462C8"/>
+    <s v="Vacancy rate (D+E+F) / G"/>
+    <s v="%"/>
+    <n v="5.3"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="03"/>
+    <s v="Kildare"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD462C1"/>
+    <s v="A   Occupied by usual resident(s) of the household"/>
+    <s v="Number"/>
+    <n v="48632"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="03"/>
+    <s v="Kildare"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD462C2"/>
+    <s v="B   Occupied by visitors only"/>
+    <s v="Number"/>
+    <n v="233"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="03"/>
+    <s v="Kildare"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD462C3"/>
+    <s v="C   Unoccupied - residents temporarily absent"/>
+    <s v="Number"/>
+    <n v="1269"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="03"/>
+    <s v="Kildare"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD462C4"/>
+    <s v="D   Unoccupied - vacant house"/>
+    <s v="Number"/>
+    <n v="2629"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="03"/>
+    <s v="Kildare"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD462C5"/>
+    <s v="E   Unoccupied - vacant flat"/>
+    <s v="Number"/>
+    <n v="1468"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="03"/>
+    <s v="Kildare"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD462C6"/>
+    <s v="F   Unoccupied - vacant holiday home"/>
+    <s v="Number"/>
+    <n v="20"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="03"/>
+    <s v="Kildare"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD462C7"/>
+    <s v="G   Total housing stock ( A+B+C+D+E+F )"/>
+    <s v="Number"/>
+    <n v="54251"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="03"/>
+    <s v="Kildare"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD462C8"/>
+    <s v="Vacancy rate (D+E+F) / G"/>
+    <s v="%"/>
+    <n v="7.6"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="04"/>
+    <s v="Kilkenny"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD462C1"/>
+    <s v="A   Occupied by usual resident(s) of the household"/>
+    <s v="Number"/>
+    <n v="13250"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="04"/>
+    <s v="Kilkenny"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD462C2"/>
+    <s v="B   Occupied by visitors only"/>
+    <s v="Number"/>
+    <n v="48"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="04"/>
+    <s v="Kilkenny"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD462C3"/>
+    <s v="C   Unoccupied - residents temporarily absent"/>
+    <s v="Number"/>
+    <n v="364"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="04"/>
+    <s v="Kilkenny"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD462C4"/>
+    <s v="D   Unoccupied - vacant house"/>
+    <s v="Number"/>
+    <n v="1378"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="04"/>
+    <s v="Kilkenny"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD462C5"/>
+    <s v="E   Unoccupied - vacant flat"/>
+    <s v="Number"/>
+    <n v="562"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="04"/>
+    <s v="Kilkenny"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD462C6"/>
+    <s v="F   Unoccupied - vacant holiday home"/>
+    <s v="Number"/>
+    <n v="77"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="04"/>
+    <s v="Kilkenny"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD462C7"/>
+    <s v="G   Total housing stock ( A+B+C+D+E+F )"/>
+    <s v="Number"/>
+    <n v="15679"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="04"/>
+    <s v="Kilkenny"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD462C8"/>
+    <s v="Vacancy rate (D+E+F) / G"/>
+    <s v="%"/>
+    <n v="12.9"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="05"/>
+    <s v="Laois"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD462C1"/>
+    <s v="A   Occupied by usual resident(s) of the household"/>
+    <s v="Number"/>
+    <n v="13736"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="05"/>
+    <s v="Laois"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD462C2"/>
+    <s v="B   Occupied by visitors only"/>
+    <s v="Number"/>
+    <n v="45"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="05"/>
+    <s v="Laois"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD462C3"/>
+    <s v="C   Unoccupied - residents temporarily absent"/>
+    <s v="Number"/>
+    <n v="349"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="05"/>
+    <s v="Laois"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD462C4"/>
+    <s v="D   Unoccupied - vacant house"/>
+    <s v="Number"/>
+    <n v="1603"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="05"/>
+    <s v="Laois"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD462C5"/>
+    <s v="E   Unoccupied - vacant flat"/>
+    <s v="Number"/>
+    <n v="565"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="05"/>
+    <s v="Laois"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD462C6"/>
+    <s v="F   Unoccupied - vacant holiday home"/>
+    <s v="Number"/>
+    <n v="32"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="05"/>
+    <s v="Laois"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD462C7"/>
+    <s v="G   Total housing stock ( A+B+C+D+E+F )"/>
+    <s v="Number"/>
+    <n v="16330"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="05"/>
+    <s v="Laois"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD462C8"/>
+    <s v="Vacancy rate (D+E+F) / G"/>
+    <s v="%"/>
+    <n v="13.5"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="06"/>
+    <s v="Longford"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD462C1"/>
+    <s v="A   Occupied by usual resident(s) of the household"/>
+    <s v="Number"/>
+    <n v="4927"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="06"/>
+    <s v="Longford"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD462C2"/>
+    <s v="B   Occupied by visitors only"/>
+    <s v="Number"/>
+    <n v="27"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="06"/>
+    <s v="Longford"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD462C3"/>
+    <s v="C   Unoccupied - residents temporarily absent"/>
+    <s v="Number"/>
+    <n v="113"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="06"/>
+    <s v="Longford"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD462C4"/>
+    <s v="D   Unoccupied - vacant house"/>
+    <s v="Number"/>
+    <n v="1127"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="06"/>
+    <s v="Longford"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD462C5"/>
+    <s v="E   Unoccupied - vacant flat"/>
+    <s v="Number"/>
+    <n v="421"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="06"/>
+    <s v="Longford"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD462C6"/>
+    <s v="F   Unoccupied - vacant holiday home"/>
+    <s v="Number"/>
+    <n v="4"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="06"/>
+    <s v="Longford"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD462C7"/>
+    <s v="G   Total housing stock ( A+B+C+D+E+F )"/>
+    <s v="Number"/>
+    <n v="6619"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="06"/>
+    <s v="Longford"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD462C8"/>
+    <s v="Vacancy rate (D+E+F) / G"/>
+    <s v="%"/>
+    <n v="23.4"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="07"/>
+    <s v="Louth"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD462C1"/>
+    <s v="A   Occupied by usual resident(s) of the household"/>
+    <s v="Number"/>
+    <n v="29454"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="07"/>
+    <s v="Louth"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD462C2"/>
+    <s v="B   Occupied by visitors only"/>
+    <s v="Number"/>
+    <n v="113"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="07"/>
+    <s v="Louth"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD462C3"/>
+    <s v="C   Unoccupied - residents temporarily absent"/>
+    <s v="Number"/>
+    <n v="611"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="07"/>
+    <s v="Louth"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD462C4"/>
+    <s v="D   Unoccupied - vacant house"/>
+    <s v="Number"/>
+    <n v="2633"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="07"/>
+    <s v="Louth"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD462C5"/>
+    <s v="E   Unoccupied - vacant flat"/>
+    <s v="Number"/>
+    <n v="1205"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="07"/>
+    <s v="Louth"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD462C6"/>
+    <s v="F   Unoccupied - vacant holiday home"/>
+    <s v="Number"/>
+    <n v="133"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="07"/>
+    <s v="Louth"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD462C7"/>
+    <s v="G   Total housing stock ( A+B+C+D+E+F )"/>
+    <s v="Number"/>
+    <n v="34149"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="07"/>
+    <s v="Louth"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD462C8"/>
+    <s v="Vacancy rate (D+E+F) / G"/>
+    <s v="%"/>
+    <n v="11.6"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="08"/>
+    <s v="Meath"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD462C1"/>
+    <s v="A   Occupied by usual resident(s) of the household"/>
+    <s v="Number"/>
+    <n v="35562"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="08"/>
+    <s v="Meath"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD462C2"/>
+    <s v="B   Occupied by visitors only"/>
+    <s v="Number"/>
+    <n v="102"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="08"/>
+    <s v="Meath"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD462C3"/>
+    <s v="C   Unoccupied - residents temporarily absent"/>
+    <s v="Number"/>
+    <n v="867"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="08"/>
+    <s v="Meath"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD462C4"/>
+    <s v="D   Unoccupied - vacant house"/>
+    <s v="Number"/>
+    <n v="2083"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="08"/>
+    <s v="Meath"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD462C5"/>
+    <s v="E   Unoccupied - vacant flat"/>
+    <s v="Number"/>
+    <n v="1146"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="08"/>
+    <s v="Meath"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD462C6"/>
+    <s v="F   Unoccupied - vacant holiday home"/>
+    <s v="Number"/>
+    <n v="138"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="08"/>
+    <s v="Meath"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD462C7"/>
+    <s v="G   Total housing stock ( A+B+C+D+E+F )"/>
+    <s v="Number"/>
+    <n v="39898"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="08"/>
+    <s v="Meath"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD462C8"/>
+    <s v="Vacancy rate (D+E+F) / G"/>
+    <s v="%"/>
+    <n v="8.4"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="09"/>
+    <s v="Offaly"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD462C1"/>
+    <s v="A   Occupied by usual resident(s) of the household"/>
+    <s v="Number"/>
+    <n v="12224"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="09"/>
+    <s v="Offaly"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD462C2"/>
+    <s v="B   Occupied by visitors only"/>
+    <s v="Number"/>
+    <n v="47"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="09"/>
+    <s v="Offaly"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD462C3"/>
+    <s v="C   Unoccupied - residents temporarily absent"/>
+    <s v="Number"/>
+    <n v="269"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="09"/>
+    <s v="Offaly"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD462C4"/>
+    <s v="D   Unoccupied - vacant house"/>
+    <s v="Number"/>
+    <n v="1259"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="09"/>
+    <s v="Offaly"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD462C5"/>
+    <s v="E   Unoccupied - vacant flat"/>
+    <s v="Number"/>
+    <n v="510"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="09"/>
+    <s v="Offaly"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD462C6"/>
+    <s v="F   Unoccupied - vacant holiday home"/>
+    <s v="Number"/>
+    <n v="62"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="09"/>
+    <s v="Offaly"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD462C7"/>
+    <s v="G   Total housing stock ( A+B+C+D+E+F )"/>
+    <s v="Number"/>
+    <n v="14371"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="09"/>
+    <s v="Offaly"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD462C8"/>
+    <s v="Vacancy rate (D+E+F) / G"/>
+    <s v="%"/>
+    <n v="12.7"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="10"/>
+    <s v="Westmeath"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD462C1"/>
+    <s v="A   Occupied by usual resident(s) of the household"/>
+    <s v="Number"/>
+    <n v="15574"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="10"/>
+    <s v="Westmeath"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD462C2"/>
+    <s v="B   Occupied by visitors only"/>
+    <s v="Number"/>
+    <n v="216"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="10"/>
+    <s v="Westmeath"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD462C3"/>
+    <s v="C   Unoccupied - residents temporarily absent"/>
+    <s v="Number"/>
+    <n v="583"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="10"/>
+    <s v="Westmeath"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD462C4"/>
+    <s v="D   Unoccupied - vacant house"/>
+    <s v="Number"/>
+    <n v="1535"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="10"/>
+    <s v="Westmeath"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD462C5"/>
+    <s v="E   Unoccupied - vacant flat"/>
+    <s v="Number"/>
+    <n v="1005"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="10"/>
+    <s v="Westmeath"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD462C6"/>
+    <s v="F   Unoccupied - vacant holiday home"/>
+    <s v="Number"/>
+    <n v="57"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="10"/>
+    <s v="Westmeath"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD462C7"/>
+    <s v="G   Total housing stock ( A+B+C+D+E+F )"/>
+    <s v="Number"/>
+    <n v="18970"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="10"/>
+    <s v="Westmeath"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD462C8"/>
+    <s v="Vacancy rate (D+E+F) / G"/>
+    <s v="%"/>
+    <n v="13.7"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="11"/>
+    <s v="Wexford"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD462C1"/>
+    <s v="A   Occupied by usual resident(s) of the household"/>
+    <s v="Number"/>
+    <n v="21580"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="11"/>
+    <s v="Wexford"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD462C2"/>
+    <s v="B   Occupied by visitors only"/>
+    <s v="Number"/>
+    <n v="107"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="11"/>
+    <s v="Wexford"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD462C3"/>
+    <s v="C   Unoccupied - residents temporarily absent"/>
+    <s v="Number"/>
+    <n v="553"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="11"/>
+    <s v="Wexford"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD462C4"/>
+    <s v="D   Unoccupied - vacant house"/>
+    <s v="Number"/>
+    <n v="2150"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="11"/>
+    <s v="Wexford"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD462C5"/>
+    <s v="E   Unoccupied - vacant flat"/>
+    <s v="Number"/>
+    <n v="1405"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="11"/>
+    <s v="Wexford"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD462C6"/>
+    <s v="F   Unoccupied - vacant holiday home"/>
+    <s v="Number"/>
+    <n v="1919"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="11"/>
+    <s v="Wexford"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD462C7"/>
+    <s v="G   Total housing stock ( A+B+C+D+E+F )"/>
+    <s v="Number"/>
+    <n v="27714"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="11"/>
+    <s v="Wexford"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD462C8"/>
+    <s v="Vacancy rate (D+E+F) / G"/>
+    <s v="%"/>
+    <n v="19.8"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="12"/>
+    <s v="Wicklow"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD462C1"/>
+    <s v="A   Occupied by usual resident(s) of the household"/>
+    <s v="Number"/>
+    <n v="31510"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="12"/>
+    <s v="Wicklow"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD462C2"/>
+    <s v="B   Occupied by visitors only"/>
+    <s v="Number"/>
+    <n v="55"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="12"/>
+    <s v="Wicklow"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD462C3"/>
+    <s v="C   Unoccupied - residents temporarily absent"/>
+    <s v="Number"/>
+    <n v="853"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="12"/>
+    <s v="Wicklow"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD462C4"/>
+    <s v="D   Unoccupied - vacant house"/>
+    <s v="Number"/>
+    <n v="1548"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="12"/>
+    <s v="Wicklow"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD462C5"/>
+    <s v="E   Unoccupied - vacant flat"/>
+    <s v="Number"/>
+    <n v="802"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="12"/>
+    <s v="Wicklow"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD462C6"/>
+    <s v="F   Unoccupied - vacant holiday home"/>
+    <s v="Number"/>
+    <n v="94"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="12"/>
+    <s v="Wicklow"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD462C7"/>
+    <s v="G   Total housing stock ( A+B+C+D+E+F )"/>
+    <s v="Number"/>
+    <n v="34862"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="12"/>
+    <s v="Wicklow"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD462C8"/>
+    <s v="Vacancy rate (D+E+F) / G"/>
+    <s v="%"/>
+    <n v="7"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="B"/>
+    <s v="Munster"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD462C1"/>
+    <s v="A   Occupied by usual resident(s) of the household"/>
+    <s v="Number"/>
+    <n v="249153"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="B"/>
+    <s v="Munster"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD462C2"/>
+    <s v="B   Occupied by visitors only"/>
+    <s v="Number"/>
+    <n v="2024"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="B"/>
+    <s v="Munster"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD462C3"/>
+    <s v="C   Unoccupied - residents temporarily absent"/>
+    <s v="Number"/>
+    <n v="8116"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="B"/>
+    <s v="Munster"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD462C4"/>
+    <s v="D   Unoccupied - vacant house"/>
+    <s v="Number"/>
+    <n v="23545"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="B"/>
+    <s v="Munster"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD462C5"/>
+    <s v="E   Unoccupied - vacant flat"/>
+    <s v="Number"/>
+    <n v="12520"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="B"/>
+    <s v="Munster"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD462C6"/>
+    <s v="F   Unoccupied - vacant holiday home"/>
+    <s v="Number"/>
+    <n v="3488"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="B"/>
+    <s v="Munster"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD462C7"/>
+    <s v="G   Total housing stock ( A+B+C+D+E+F )"/>
+    <s v="Number"/>
+    <n v="298846"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="B"/>
+    <s v="Munster"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD462C8"/>
+    <s v="Vacancy rate (D+E+F) / G"/>
+    <s v="%"/>
+    <n v="13.2"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="13"/>
+    <s v="Clare"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD462C1"/>
+    <s v="A   Occupied by usual resident(s) of the household"/>
+    <s v="Number"/>
+    <n v="17599"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="13"/>
+    <s v="Clare"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD462C2"/>
+    <s v="B   Occupied by visitors only"/>
+    <s v="Number"/>
+    <n v="64"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="13"/>
+    <s v="Clare"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD462C3"/>
+    <s v="C   Unoccupied - residents temporarily absent"/>
+    <s v="Number"/>
+    <n v="523"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="13"/>
+    <s v="Clare"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD462C4"/>
+    <s v="D   Unoccupied - vacant house"/>
+    <s v="Number"/>
+    <n v="1619"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="13"/>
+    <s v="Clare"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD462C5"/>
+    <s v="E   Unoccupied - vacant flat"/>
+    <s v="Number"/>
+    <n v="859"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="13"/>
+    <s v="Clare"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD462C6"/>
+    <s v="F   Unoccupied - vacant holiday home"/>
+    <s v="Number"/>
+    <n v="99"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="13"/>
+    <s v="Clare"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD462C7"/>
+    <s v="G   Total housing stock ( A+B+C+D+E+F )"/>
+    <s v="Number"/>
+    <n v="20763"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="13"/>
+    <s v="Clare"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD462C8"/>
+    <s v="Vacancy rate (D+E+F) / G"/>
+    <s v="%"/>
+    <n v="12.4"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="14"/>
+    <s v="Cork"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD462C1"/>
+    <s v="A   Occupied by usual resident(s) of the household"/>
+    <s v="Number"/>
+    <n v="120557"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="14"/>
+    <s v="Cork"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD462C2"/>
+    <s v="B   Occupied by visitors only"/>
+    <s v="Number"/>
+    <n v="736"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="14"/>
+    <s v="Cork"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD462C3"/>
+    <s v="C   Unoccupied - residents temporarily absent"/>
+    <s v="Number"/>
+    <n v="4156"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="14"/>
+    <s v="Cork"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD462C4"/>
+    <s v="D   Unoccupied - vacant house"/>
+    <s v="Number"/>
+    <n v="10155"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="14"/>
+    <s v="Cork"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD462C5"/>
+    <s v="E   Unoccupied - vacant flat"/>
+    <s v="Number"/>
+    <n v="5322"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="14"/>
+    <s v="Cork"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD462C6"/>
+    <s v="F   Unoccupied - vacant holiday home"/>
+    <s v="Number"/>
+    <n v="987"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="14"/>
+    <s v="Cork"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD462C7"/>
+    <s v="G   Total housing stock ( A+B+C+D+E+F )"/>
+    <s v="Number"/>
+    <n v="141913"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="14"/>
+    <s v="Cork"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD462C8"/>
+    <s v="Vacancy rate (D+E+F) / G"/>
+    <s v="%"/>
+    <n v="11.6"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="141"/>
+    <s v="Cork City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD462C1"/>
+    <s v="A   Occupied by usual resident(s) of the household"/>
+    <s v="Number"/>
+    <n v="47110"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="141"/>
+    <s v="Cork City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD462C2"/>
+    <s v="B   Occupied by visitors only"/>
+    <s v="Number"/>
+    <n v="478"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="141"/>
+    <s v="Cork City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD462C3"/>
+    <s v="C   Unoccupied - residents temporarily absent"/>
+    <s v="Number"/>
+    <n v="1877"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="141"/>
+    <s v="Cork City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD462C4"/>
+    <s v="D   Unoccupied - vacant house"/>
+    <s v="Number"/>
+    <n v="3342"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="141"/>
+    <s v="Cork City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD462C5"/>
+    <s v="E   Unoccupied - vacant flat"/>
+    <s v="Number"/>
+    <n v="2766"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="141"/>
+    <s v="Cork City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD462C6"/>
+    <s v="F   Unoccupied - vacant holiday home"/>
+    <s v="Number"/>
+    <n v="60"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="141"/>
+    <s v="Cork City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD462C7"/>
+    <s v="G   Total housing stock ( A+B+C+D+E+F )"/>
+    <s v="Number"/>
+    <n v="55633"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="141"/>
+    <s v="Cork City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD462C8"/>
+    <s v="Vacancy rate (D+E+F) / G"/>
+    <s v="%"/>
+    <n v="11.1"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="142"/>
+    <s v="Cork County"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD462C1"/>
+    <s v="A   Occupied by usual resident(s) of the household"/>
+    <s v="Number"/>
+    <n v="73447"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="142"/>
+    <s v="Cork County"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD462C2"/>
+    <s v="B   Occupied by visitors only"/>
+    <s v="Number"/>
+    <n v="258"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="142"/>
+    <s v="Cork County"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD462C3"/>
+    <s v="C   Unoccupied - residents temporarily absent"/>
+    <s v="Number"/>
+    <n v="2279"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="142"/>
+    <s v="Cork County"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD462C4"/>
+    <s v="D   Unoccupied - vacant house"/>
+    <s v="Number"/>
+    <n v="6813"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="142"/>
+    <s v="Cork County"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD462C5"/>
+    <s v="E   Unoccupied - vacant flat"/>
+    <s v="Number"/>
+    <n v="2556"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="142"/>
+    <s v="Cork County"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD462C6"/>
+    <s v="F   Unoccupied - vacant holiday home"/>
+    <s v="Number"/>
+    <n v="927"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="142"/>
+    <s v="Cork County"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD462C7"/>
+    <s v="G   Total housing stock ( A+B+C+D+E+F )"/>
+    <s v="Number"/>
+    <n v="86280"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="142"/>
+    <s v="Cork County"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD462C8"/>
+    <s v="Vacancy rate (D+E+F) / G"/>
+    <s v="%"/>
+    <n v="11.9"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="15"/>
+    <s v="Kerry"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD462C1"/>
+    <s v="A   Occupied by usual resident(s) of the household"/>
+    <s v="Number"/>
+    <n v="19148"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="15"/>
+    <s v="Kerry"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD462C2"/>
+    <s v="B   Occupied by visitors only"/>
+    <s v="Number"/>
+    <n v="295"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="15"/>
+    <s v="Kerry"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD462C3"/>
+    <s v="C   Unoccupied - residents temporarily absent"/>
+    <s v="Number"/>
+    <n v="516"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="15"/>
+    <s v="Kerry"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD462C4"/>
+    <s v="D   Unoccupied - vacant house"/>
+    <s v="Number"/>
+    <n v="2775"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="15"/>
+    <s v="Kerry"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD462C5"/>
+    <s v="E   Unoccupied - vacant flat"/>
+    <s v="Number"/>
+    <n v="1382"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="15"/>
+    <s v="Kerry"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD462C6"/>
+    <s v="F   Unoccupied - vacant holiday home"/>
+    <s v="Number"/>
+    <n v="1274"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="15"/>
+    <s v="Kerry"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD462C7"/>
+    <s v="G   Total housing stock ( A+B+C+D+E+F )"/>
+    <s v="Number"/>
+    <n v="25390"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="15"/>
+    <s v="Kerry"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD462C8"/>
+    <s v="Vacancy rate (D+E+F) / G"/>
+    <s v="%"/>
+    <n v="21.4"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="16"/>
+    <s v="Limerick"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD462C1"/>
+    <s v="A   Occupied by usual resident(s) of the household"/>
+    <s v="Number"/>
+    <n v="38677"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="16"/>
+    <s v="Limerick"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD462C2"/>
+    <s v="B   Occupied by visitors only"/>
+    <s v="Number"/>
+    <n v="641"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="16"/>
+    <s v="Limerick"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD462C3"/>
+    <s v="C   Unoccupied - residents temporarily absent"/>
+    <s v="Number"/>
+    <n v="1376"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="16"/>
+    <s v="Limerick"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD462C4"/>
+    <s v="D   Unoccupied - vacant house"/>
+    <s v="Number"/>
+    <n v="3207"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="16"/>
+    <s v="Limerick"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD462C5"/>
+    <s v="E   Unoccupied - vacant flat"/>
+    <s v="Number"/>
+    <n v="2383"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="16"/>
+    <s v="Limerick"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD462C6"/>
+    <s v="F   Unoccupied - vacant holiday home"/>
+    <s v="Number"/>
+    <n v="39"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="16"/>
+    <s v="Limerick"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD462C7"/>
+    <s v="G   Total housing stock ( A+B+C+D+E+F )"/>
+    <s v="Number"/>
+    <n v="46323"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="16"/>
+    <s v="Limerick"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD462C8"/>
+    <s v="Vacancy rate (D+E+F) / G"/>
+    <s v="%"/>
+    <n v="12.2"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="161"/>
+    <s v="Limerick City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD462C1"/>
+    <s v="A   Occupied by usual resident(s) of the household"/>
+    <s v="Number"/>
+    <n v="22300"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="161"/>
+    <s v="Limerick City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD462C2"/>
+    <s v="B   Occupied by visitors only"/>
+    <s v="Number"/>
+    <n v="289"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="161"/>
+    <s v="Limerick City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD462C3"/>
+    <s v="C   Unoccupied - residents temporarily absent"/>
+    <s v="Number"/>
+    <n v="819"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="161"/>
+    <s v="Limerick City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD462C4"/>
+    <s v="D   Unoccupied - vacant house"/>
+    <s v="Number"/>
+    <n v="1499"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="161"/>
+    <s v="Limerick City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD462C5"/>
+    <s v="E   Unoccupied - vacant flat"/>
+    <s v="Number"/>
+    <n v="1764"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="161"/>
+    <s v="Limerick City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD462C6"/>
+    <s v="F   Unoccupied - vacant holiday home"/>
+    <s v="Number"/>
+    <n v="10"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="161"/>
+    <s v="Limerick City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD462C7"/>
+    <s v="G   Total housing stock ( A+B+C+D+E+F )"/>
+    <s v="Number"/>
+    <n v="26681"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="161"/>
+    <s v="Limerick City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD462C8"/>
+    <s v="Vacancy rate (D+E+F) / G"/>
+    <s v="%"/>
+    <n v="12.3"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="162"/>
+    <s v="Limerick County"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD462C1"/>
+    <s v="A   Occupied by usual resident(s) of the household"/>
+    <s v="Number"/>
+    <n v="16377"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="162"/>
+    <s v="Limerick County"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD462C2"/>
+    <s v="B   Occupied by visitors only"/>
+    <s v="Number"/>
+    <n v="352"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="162"/>
+    <s v="Limerick County"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD462C3"/>
+    <s v="C   Unoccupied - residents temporarily absent"/>
+    <s v="Number"/>
+    <n v="557"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="162"/>
+    <s v="Limerick County"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD462C4"/>
+    <s v="D   Unoccupied - vacant house"/>
+    <s v="Number"/>
+    <n v="1708"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="162"/>
+    <s v="Limerick County"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD462C5"/>
+    <s v="E   Unoccupied - vacant flat"/>
+    <s v="Number"/>
+    <n v="619"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="162"/>
+    <s v="Limerick County"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD462C6"/>
+    <s v="F   Unoccupied - vacant holiday home"/>
+    <s v="Number"/>
+    <n v="29"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="162"/>
+    <s v="Limerick County"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD462C7"/>
+    <s v="G   Total housing stock ( A+B+C+D+E+F )"/>
+    <s v="Number"/>
+    <n v="19642"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="162"/>
+    <s v="Limerick County"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD462C8"/>
+    <s v="Vacancy rate (D+E+F) / G"/>
+    <s v="%"/>
+    <n v="12"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="171"/>
+    <s v="North Tipperary"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD462C1"/>
+    <s v="A   Occupied by usual resident(s) of the household"/>
+    <s v="Number"/>
+    <n v="11170"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="171"/>
+    <s v="North Tipperary"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD462C2"/>
+    <s v="B   Occupied by visitors only"/>
+    <s v="Number"/>
+    <n v="45"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="171"/>
+    <s v="North Tipperary"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD462C3"/>
+    <s v="C   Unoccupied - residents temporarily absent"/>
+    <s v="Number"/>
+    <n v="271"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="171"/>
+    <s v="North Tipperary"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD462C4"/>
+    <s v="D   Unoccupied - vacant house"/>
+    <s v="Number"/>
+    <n v="1594"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="171"/>
+    <s v="North Tipperary"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD462C5"/>
+    <s v="E   Unoccupied - vacant flat"/>
+    <s v="Number"/>
+    <n v="452"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="171"/>
+    <s v="North Tipperary"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD462C6"/>
+    <s v="F   Unoccupied - vacant holiday home"/>
+    <s v="Number"/>
+    <n v="94"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="171"/>
+    <s v="North Tipperary"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD462C7"/>
+    <s v="G   Total housing stock ( A+B+C+D+E+F )"/>
+    <s v="Number"/>
+    <n v="13626"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="171"/>
+    <s v="North Tipperary"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD462C8"/>
+    <s v="Vacancy rate (D+E+F) / G"/>
+    <s v="%"/>
+    <n v="15.7"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="172"/>
+    <s v="South Tipperary"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD462C1"/>
+    <s v="A   Occupied by usual resident(s) of the household"/>
+    <s v="Number"/>
+    <n v="14768"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="172"/>
+    <s v="South Tipperary"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD462C2"/>
+    <s v="B   Occupied by visitors only"/>
+    <s v="Number"/>
+    <n v="45"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="172"/>
+    <s v="South Tipperary"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD462C3"/>
+    <s v="C   Unoccupied - residents temporarily absent"/>
+    <s v="Number"/>
+    <n v="314"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="172"/>
+    <s v="South Tipperary"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD462C4"/>
+    <s v="D   Unoccupied - vacant house"/>
+    <s v="Number"/>
+    <n v="1546"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="172"/>
+    <s v="South Tipperary"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD462C5"/>
+    <s v="E   Unoccupied - vacant flat"/>
+    <s v="Number"/>
+    <n v="465"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="172"/>
+    <s v="South Tipperary"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD462C6"/>
+    <s v="F   Unoccupied - vacant holiday home"/>
+    <s v="Number"/>
+    <n v="69"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="172"/>
+    <s v="South Tipperary"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD462C7"/>
+    <s v="G   Total housing stock ( A+B+C+D+E+F )"/>
+    <s v="Number"/>
+    <n v="17207"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="172"/>
+    <s v="South Tipperary"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD462C8"/>
+    <s v="Vacancy rate (D+E+F) / G"/>
+    <s v="%"/>
+    <n v="12.1"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="18"/>
+    <s v="Waterford"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD462C1"/>
+    <s v="A   Occupied by usual resident(s) of the household"/>
+    <s v="Number"/>
+    <n v="27234"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="18"/>
+    <s v="Waterford"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD462C2"/>
+    <s v="B   Occupied by visitors only"/>
+    <s v="Number"/>
+    <n v="198"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="18"/>
+    <s v="Waterford"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD462C3"/>
+    <s v="C   Unoccupied - residents temporarily absent"/>
+    <s v="Number"/>
+    <n v="960"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="18"/>
+    <s v="Waterford"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD462C4"/>
+    <s v="D   Unoccupied - vacant house"/>
+    <s v="Number"/>
+    <n v="2649"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="18"/>
+    <s v="Waterford"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD462C5"/>
+    <s v="E   Unoccupied - vacant flat"/>
+    <s v="Number"/>
+    <n v="1657"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="18"/>
+    <s v="Waterford"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD462C6"/>
+    <s v="F   Unoccupied - vacant holiday home"/>
+    <s v="Number"/>
+    <n v="926"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="18"/>
+    <s v="Waterford"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD462C7"/>
+    <s v="G   Total housing stock ( A+B+C+D+E+F )"/>
+    <s v="Number"/>
+    <n v="33624"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="18"/>
+    <s v="Waterford"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD462C8"/>
+    <s v="Vacancy rate (D+E+F) / G"/>
+    <s v="%"/>
+    <n v="15.6"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="181"/>
+    <s v="Waterford City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD462C1"/>
+    <s v="A   Occupied by usual resident(s) of the household"/>
+    <s v="Number"/>
+    <n v="18199"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="181"/>
+    <s v="Waterford City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD462C2"/>
+    <s v="B   Occupied by visitors only"/>
+    <s v="Number"/>
+    <n v="145"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="181"/>
+    <s v="Waterford City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD462C3"/>
+    <s v="C   Unoccupied - residents temporarily absent"/>
+    <s v="Number"/>
+    <n v="697"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="181"/>
+    <s v="Waterford City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD462C4"/>
+    <s v="D   Unoccupied - vacant house"/>
+    <s v="Number"/>
+    <n v="1787"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="181"/>
+    <s v="Waterford City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD462C5"/>
+    <s v="E   Unoccupied - vacant flat"/>
+    <s v="Number"/>
+    <n v="1454"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="181"/>
+    <s v="Waterford City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD462C6"/>
+    <s v="F   Unoccupied - vacant holiday home"/>
+    <s v="Number"/>
+    <n v="59"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="181"/>
+    <s v="Waterford City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD462C7"/>
+    <s v="G   Total housing stock ( A+B+C+D+E+F )"/>
+    <s v="Number"/>
+    <n v="22341"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="181"/>
+    <s v="Waterford City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD462C8"/>
+    <s v="Vacancy rate (D+E+F) / G"/>
+    <s v="%"/>
+    <n v="14.8"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="182"/>
+    <s v="Waterford County"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD462C1"/>
+    <s v="A   Occupied by usual resident(s) of the household"/>
+    <s v="Number"/>
+    <n v="9035"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="182"/>
+    <s v="Waterford County"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD462C2"/>
+    <s v="B   Occupied by visitors only"/>
+    <s v="Number"/>
+    <n v="53"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="182"/>
+    <s v="Waterford County"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD462C3"/>
+    <s v="C   Unoccupied - residents temporarily absent"/>
+    <s v="Number"/>
+    <n v="263"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="182"/>
+    <s v="Waterford County"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD462C4"/>
+    <s v="D   Unoccupied - vacant house"/>
+    <s v="Number"/>
+    <n v="862"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="182"/>
+    <s v="Waterford County"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD462C5"/>
+    <s v="E   Unoccupied - vacant flat"/>
+    <s v="Number"/>
+    <n v="203"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="182"/>
+    <s v="Waterford County"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD462C6"/>
+    <s v="F   Unoccupied - vacant holiday home"/>
+    <s v="Number"/>
+    <n v="867"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="182"/>
+    <s v="Waterford County"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD462C7"/>
+    <s v="G   Total housing stock ( A+B+C+D+E+F )"/>
+    <s v="Number"/>
+    <n v="11283"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="182"/>
+    <s v="Waterford County"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD462C8"/>
+    <s v="Vacancy rate (D+E+F) / G"/>
+    <s v="%"/>
+    <n v="17.1"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="C"/>
+    <s v="Connacht"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD462C1"/>
+    <s v="A   Occupied by usual resident(s) of the household"/>
+    <s v="Number"/>
+    <n v="74293"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="C"/>
+    <s v="Connacht"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD462C2"/>
+    <s v="B   Occupied by visitors only"/>
+    <s v="Number"/>
+    <n v="994"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="C"/>
+    <s v="Connacht"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD462C3"/>
+    <s v="C   Unoccupied - residents temporarily absent"/>
+    <s v="Number"/>
+    <n v="3523"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="C"/>
+    <s v="Connacht"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD462C4"/>
+    <s v="D   Unoccupied - vacant house"/>
+    <s v="Number"/>
+    <n v="9650"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="C"/>
+    <s v="Connacht"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD462C5"/>
+    <s v="E   Unoccupied - vacant flat"/>
+    <s v="Number"/>
+    <n v="5151"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="C"/>
+    <s v="Connacht"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD462C6"/>
+    <s v="F   Unoccupied - vacant holiday home"/>
+    <s v="Number"/>
+    <n v="971"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="C"/>
+    <s v="Connacht"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD462C7"/>
+    <s v="G   Total housing stock ( A+B+C+D+E+F )"/>
+    <s v="Number"/>
+    <n v="94582"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="C"/>
+    <s v="Connacht"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD462C8"/>
+    <s v="Vacancy rate (D+E+F) / G"/>
+    <s v="%"/>
+    <n v="16.7"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="19"/>
+    <s v="Galway"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD462C1"/>
+    <s v="A   Occupied by usual resident(s) of the household"/>
+    <s v="Number"/>
+    <n v="42524"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="19"/>
+    <s v="Galway"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD462C2"/>
+    <s v="B   Occupied by visitors only"/>
+    <s v="Number"/>
+    <n v="645"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="19"/>
+    <s v="Galway"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD462C3"/>
+    <s v="C   Unoccupied - residents temporarily absent"/>
+    <s v="Number"/>
+    <n v="2150"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="19"/>
+    <s v="Galway"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD462C4"/>
+    <s v="D   Unoccupied - vacant house"/>
+    <s v="Number"/>
+    <n v="4136"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="19"/>
+    <s v="Galway"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD462C5"/>
+    <s v="E   Unoccupied - vacant flat"/>
+    <s v="Number"/>
+    <n v="2666"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="19"/>
+    <s v="Galway"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD462C6"/>
+    <s v="F   Unoccupied - vacant holiday home"/>
+    <s v="Number"/>
+    <n v="367"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="19"/>
+    <s v="Galway"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD462C7"/>
+    <s v="G   Total housing stock ( A+B+C+D+E+F )"/>
+    <s v="Number"/>
+    <n v="52488"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="19"/>
+    <s v="Galway"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD462C8"/>
+    <s v="Vacancy rate (D+E+F) / G"/>
+    <s v="%"/>
+    <n v="13.7"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="191"/>
+    <s v="Galway City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD462C1"/>
+    <s v="A   Occupied by usual resident(s) of the household"/>
+    <s v="Number"/>
+    <n v="27697"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="191"/>
+    <s v="Galway City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD462C2"/>
+    <s v="B   Occupied by visitors only"/>
+    <s v="Number"/>
+    <n v="551"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="191"/>
+    <s v="Galway City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD462C3"/>
+    <s v="C   Unoccupied - residents temporarily absent"/>
+    <s v="Number"/>
+    <n v="1652"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="191"/>
+    <s v="Galway City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD462C4"/>
+    <s v="D   Unoccupied - vacant house"/>
+    <s v="Number"/>
+    <n v="1887"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="191"/>
+    <s v="Galway City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD462C5"/>
+    <s v="E   Unoccupied - vacant flat"/>
+    <s v="Number"/>
+    <n v="1685"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="191"/>
+    <s v="Galway City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD462C6"/>
+    <s v="F   Unoccupied - vacant holiday home"/>
+    <s v="Number"/>
+    <n v="183"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="191"/>
+    <s v="Galway City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD462C7"/>
+    <s v="G   Total housing stock ( A+B+C+D+E+F )"/>
+    <s v="Number"/>
+    <n v="33655"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="191"/>
+    <s v="Galway City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD462C8"/>
+    <s v="Vacancy rate (D+E+F) / G"/>
+    <s v="%"/>
+    <n v="11.2"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="192"/>
+    <s v="Galway County"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD462C1"/>
+    <s v="A   Occupied by usual resident(s) of the household"/>
+    <s v="Number"/>
+    <n v="14827"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="192"/>
+    <s v="Galway County"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD462C2"/>
+    <s v="B   Occupied by visitors only"/>
+    <s v="Number"/>
+    <n v="94"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="192"/>
+    <s v="Galway County"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD462C3"/>
+    <s v="C   Unoccupied - residents temporarily absent"/>
+    <s v="Number"/>
+    <n v="498"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="192"/>
+    <s v="Galway County"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD462C4"/>
+    <s v="D   Unoccupied - vacant house"/>
+    <s v="Number"/>
+    <n v="2249"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="192"/>
+    <s v="Galway County"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD462C5"/>
+    <s v="E   Unoccupied - vacant flat"/>
+    <s v="Number"/>
+    <n v="981"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="192"/>
+    <s v="Galway County"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD462C6"/>
+    <s v="F   Unoccupied - vacant holiday home"/>
+    <s v="Number"/>
+    <n v="184"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="192"/>
+    <s v="Galway County"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD462C7"/>
+    <s v="G   Total housing stock ( A+B+C+D+E+F )"/>
+    <s v="Number"/>
+    <n v="18833"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="192"/>
+    <s v="Galway County"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD462C8"/>
+    <s v="Vacancy rate (D+E+F) / G"/>
+    <s v="%"/>
+    <n v="18.1"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="20"/>
+    <s v="Leitrim"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD462C1"/>
+    <s v="A   Occupied by usual resident(s) of the household"/>
+    <s v="Number"/>
+    <n v="1315"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="20"/>
+    <s v="Leitrim"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD462C2"/>
+    <s v="B   Occupied by visitors only"/>
+    <s v="Number"/>
+    <n v="10"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="20"/>
+    <s v="Leitrim"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD462C3"/>
+    <s v="C   Unoccupied - residents temporarily absent"/>
+    <s v="Number"/>
+    <n v="45"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="20"/>
+    <s v="Leitrim"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD462C4"/>
+    <s v="D   Unoccupied - vacant house"/>
+    <s v="Number"/>
+    <n v="259"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="20"/>
+    <s v="Leitrim"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD462C5"/>
+    <s v="E   Unoccupied - vacant flat"/>
+    <s v="Number"/>
+    <n v="247"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="20"/>
+    <s v="Leitrim"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD462C6"/>
+    <s v="F   Unoccupied - vacant holiday home"/>
+    <s v="Number"/>
+    <n v="55"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="20"/>
+    <s v="Leitrim"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD462C7"/>
+    <s v="G   Total housing stock ( A+B+C+D+E+F )"/>
+    <s v="Number"/>
+    <n v="1931"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="20"/>
+    <s v="Leitrim"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD462C8"/>
+    <s v="Vacancy rate (D+E+F) / G"/>
+    <s v="%"/>
+    <n v="29.1"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="21"/>
+    <s v="Mayo"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD462C1"/>
+    <s v="A   Occupied by usual resident(s) of the household"/>
+    <s v="Number"/>
+    <n v="14435"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="21"/>
+    <s v="Mayo"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD462C2"/>
+    <s v="B   Occupied by visitors only"/>
+    <s v="Number"/>
+    <n v="121"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="21"/>
+    <s v="Mayo"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD462C3"/>
+    <s v="C   Unoccupied - residents temporarily absent"/>
+    <s v="Number"/>
+    <n v="554"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="21"/>
+    <s v="Mayo"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD462C4"/>
+    <s v="D   Unoccupied - vacant house"/>
+    <s v="Number"/>
+    <n v="2292"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="21"/>
+    <s v="Mayo"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD462C5"/>
+    <s v="E   Unoccupied - vacant flat"/>
+    <s v="Number"/>
+    <n v="1036"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="21"/>
+    <s v="Mayo"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD462C6"/>
+    <s v="F   Unoccupied - vacant holiday home"/>
+    <s v="Number"/>
+    <n v="353"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="21"/>
+    <s v="Mayo"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD462C7"/>
+    <s v="G   Total housing stock ( A+B+C+D+E+F )"/>
+    <s v="Number"/>
+    <n v="18791"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="21"/>
+    <s v="Mayo"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD462C8"/>
+    <s v="Vacancy rate (D+E+F) / G"/>
+    <s v="%"/>
+    <n v="19.6"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="22"/>
+    <s v="Roscommon"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD462C1"/>
+    <s v="A   Occupied by usual resident(s) of the household"/>
+    <s v="Number"/>
+    <n v="6459"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="22"/>
+    <s v="Roscommon"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD462C2"/>
+    <s v="B   Occupied by visitors only"/>
+    <s v="Number"/>
+    <n v="25"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="22"/>
+    <s v="Roscommon"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD462C3"/>
+    <s v="C   Unoccupied - residents temporarily absent"/>
+    <s v="Number"/>
+    <n v="195"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="22"/>
+    <s v="Roscommon"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD462C4"/>
+    <s v="D   Unoccupied - vacant house"/>
+    <s v="Number"/>
+    <n v="1406"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="22"/>
+    <s v="Roscommon"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD462C5"/>
+    <s v="E   Unoccupied - vacant flat"/>
+    <s v="Number"/>
+    <n v="474"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="22"/>
+    <s v="Roscommon"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD462C6"/>
+    <s v="F   Unoccupied - vacant holiday home"/>
+    <s v="Number"/>
+    <n v="74"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="22"/>
+    <s v="Roscommon"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD462C7"/>
+    <s v="G   Total housing stock ( A+B+C+D+E+F )"/>
+    <s v="Number"/>
+    <n v="8633"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="22"/>
+    <s v="Roscommon"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD462C8"/>
+    <s v="Vacancy rate (D+E+F) / G"/>
+    <s v="%"/>
+    <n v="22.6"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="23"/>
+    <s v="Sligo"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD462C1"/>
+    <s v="A   Occupied by usual resident(s) of the household"/>
+    <s v="Number"/>
+    <n v="9560"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="23"/>
+    <s v="Sligo"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD462C2"/>
+    <s v="B   Occupied by visitors only"/>
+    <s v="Number"/>
+    <n v="193"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="23"/>
+    <s v="Sligo"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD462C3"/>
+    <s v="C   Unoccupied - residents temporarily absent"/>
+    <s v="Number"/>
+    <n v="579"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="23"/>
+    <s v="Sligo"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD462C4"/>
+    <s v="D   Unoccupied - vacant house"/>
+    <s v="Number"/>
+    <n v="1557"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="23"/>
+    <s v="Sligo"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD462C5"/>
+    <s v="E   Unoccupied - vacant flat"/>
+    <s v="Number"/>
+    <n v="728"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="23"/>
+    <s v="Sligo"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD462C6"/>
+    <s v="F   Unoccupied - vacant holiday home"/>
+    <s v="Number"/>
+    <n v="122"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="23"/>
+    <s v="Sligo"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD462C7"/>
+    <s v="G   Total housing stock ( A+B+C+D+E+F )"/>
+    <s v="Number"/>
+    <n v="12739"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="23"/>
+    <s v="Sligo"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD462C8"/>
+    <s v="Vacancy rate (D+E+F) / G"/>
+    <s v="%"/>
+    <n v="18.9"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="D"/>
+    <s v="Ulster (part of)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD462C1"/>
+    <s v="A   Occupied by usual resident(s) of the household"/>
+    <s v="Number"/>
+    <n v="32050"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="D"/>
+    <s v="Ulster (part of)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD462C2"/>
+    <s v="B   Occupied by visitors only"/>
+    <s v="Number"/>
+    <n v="233"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="D"/>
+    <s v="Ulster (part of)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD462C3"/>
+    <s v="C   Unoccupied - residents temporarily absent"/>
+    <s v="Number"/>
+    <n v="1086"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="D"/>
+    <s v="Ulster (part of)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD462C4"/>
+    <s v="D   Unoccupied - vacant house"/>
+    <s v="Number"/>
+    <n v="5122"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="D"/>
+    <s v="Ulster (part of)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD462C5"/>
+    <s v="E   Unoccupied - vacant flat"/>
+    <s v="Number"/>
+    <n v="2495"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="D"/>
+    <s v="Ulster (part of)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD462C6"/>
+    <s v="F   Unoccupied - vacant holiday home"/>
+    <s v="Number"/>
+    <n v="1113"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="D"/>
+    <s v="Ulster (part of)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD462C7"/>
+    <s v="G   Total housing stock ( A+B+C+D+E+F )"/>
+    <s v="Number"/>
+    <n v="42099"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="D"/>
+    <s v="Ulster (part of)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD462C8"/>
+    <s v="Vacancy rate (D+E+F) / G"/>
+    <s v="%"/>
+    <n v="20.7"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="24"/>
+    <s v="Cavan"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD462C1"/>
+    <s v="A   Occupied by usual resident(s) of the household"/>
+    <s v="Number"/>
+    <n v="8182"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="24"/>
+    <s v="Cavan"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD462C2"/>
+    <s v="B   Occupied by visitors only"/>
+    <s v="Number"/>
+    <n v="51"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="24"/>
+    <s v="Cavan"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD462C3"/>
+    <s v="C   Unoccupied - residents temporarily absent"/>
+    <s v="Number"/>
+    <n v="251"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="24"/>
+    <s v="Cavan"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD462C4"/>
+    <s v="D   Unoccupied - vacant house"/>
+    <s v="Number"/>
+    <n v="1630"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="24"/>
+    <s v="Cavan"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD462C5"/>
+    <s v="E   Unoccupied - vacant flat"/>
+    <s v="Number"/>
+    <n v="523"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="24"/>
+    <s v="Cavan"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD462C6"/>
+    <s v="F   Unoccupied - vacant holiday home"/>
+    <s v="Number"/>
+    <n v="64"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="24"/>
+    <s v="Cavan"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD462C7"/>
+    <s v="G   Total housing stock ( A+B+C+D+E+F )"/>
+    <s v="Number"/>
+    <n v="10701"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="24"/>
+    <s v="Cavan"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD462C8"/>
+    <s v="Vacancy rate (D+E+F) / G"/>
+    <s v="%"/>
+    <n v="20.7"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="25"/>
+    <s v="Donegal"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD462C1"/>
+    <s v="A   Occupied by usual resident(s) of the household"/>
+    <s v="Number"/>
+    <n v="16925"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="25"/>
+    <s v="Donegal"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD462C2"/>
+    <s v="B   Occupied by visitors only"/>
+    <s v="Number"/>
+    <n v="155"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="25"/>
+    <s v="Donegal"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD462C3"/>
+    <s v="C   Unoccupied - residents temporarily absent"/>
+    <s v="Number"/>
+    <n v="665"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="25"/>
+    <s v="Donegal"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD462C4"/>
+    <s v="D   Unoccupied - vacant house"/>
+    <s v="Number"/>
+    <n v="2720"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="25"/>
+    <s v="Donegal"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD462C5"/>
+    <s v="E   Unoccupied - vacant flat"/>
+    <s v="Number"/>
+    <n v="1586"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="25"/>
+    <s v="Donegal"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD462C6"/>
+    <s v="F   Unoccupied - vacant holiday home"/>
+    <s v="Number"/>
+    <n v="1018"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="25"/>
+    <s v="Donegal"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD462C7"/>
+    <s v="G   Total housing stock ( A+B+C+D+E+F )"/>
+    <s v="Number"/>
+    <n v="23069"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="25"/>
+    <s v="Donegal"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD462C8"/>
+    <s v="Vacancy rate (D+E+F) / G"/>
+    <s v="%"/>
+    <n v="23.1"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="26"/>
+    <s v="Monaghan"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD462C1"/>
+    <s v="A   Occupied by usual resident(s) of the household"/>
+    <s v="Number"/>
+    <n v="6943"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="26"/>
+    <s v="Monaghan"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD462C2"/>
+    <s v="B   Occupied by visitors only"/>
+    <s v="Number"/>
+    <n v="27"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="26"/>
+    <s v="Monaghan"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD462C3"/>
+    <s v="C   Unoccupied - residents temporarily absent"/>
+    <s v="Number"/>
+    <n v="170"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="26"/>
+    <s v="Monaghan"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD462C4"/>
+    <s v="D   Unoccupied - vacant house"/>
+    <s v="Number"/>
+    <n v="772"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="26"/>
+    <s v="Monaghan"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD462C5"/>
+    <s v="E   Unoccupied - vacant flat"/>
+    <s v="Number"/>
+    <n v="386"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="26"/>
+    <s v="Monaghan"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD462C6"/>
+    <s v="F   Unoccupied - vacant holiday home"/>
+    <s v="Number"/>
+    <n v="31"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="26"/>
+    <s v="Monaghan"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD462C7"/>
+    <s v="G   Total housing stock ( A+B+C+D+E+F )"/>
+    <s v="Number"/>
+    <n v="8329"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="26"/>
+    <s v="Monaghan"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD462C8"/>
+    <s v="Vacancy rate (D+E+F) / G"/>
+    <s v="%"/>
+    <n v="14.3"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD462C1"/>
+    <s v="A   Occupied by usual resident(s) of the household"/>
+    <s v="Number"/>
+    <n v="599335"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD462C2"/>
+    <s v="B   Occupied by visitors only"/>
+    <s v="Number"/>
+    <n v="3395"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD462C3"/>
+    <s v="C   Unoccupied - residents temporarily absent"/>
+    <s v="Number"/>
+    <n v="12103"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD462C4"/>
+    <s v="D   Unoccupied - vacant house"/>
+    <s v="Number"/>
+    <n v="94146"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD462C5"/>
+    <s v="E   Unoccupied - vacant flat"/>
+    <s v="Number"/>
+    <n v="6624"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD462C6"/>
+    <s v="F   Unoccupied - vacant holiday home"/>
+    <s v="Number"/>
+    <n v="50503"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD462C7"/>
+    <s v="G   Total housing stock ( A+B+C+D+E+F )"/>
+    <s v="Number"/>
+    <n v="766106"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD462C8"/>
+    <s v="Vacancy rate (D+E+F) / G"/>
+    <s v="%"/>
+    <n v="19.7"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="A"/>
+    <s v="Leinster"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD462C1"/>
+    <s v="A   Occupied by usual resident(s) of the household"/>
+    <s v="Number"/>
+    <n v="200572"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="A"/>
+    <s v="Leinster"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD462C2"/>
+    <s v="B   Occupied by visitors only"/>
+    <s v="Number"/>
+    <n v="609"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="A"/>
+    <s v="Leinster"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD462C3"/>
+    <s v="C   Unoccupied - residents temporarily absent"/>
+    <s v="Number"/>
+    <n v="3974"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="A"/>
+    <s v="Leinster"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD462C4"/>
+    <s v="D   Unoccupied - vacant house"/>
+    <s v="Number"/>
+    <n v="22437"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="A"/>
+    <s v="Leinster"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD462C5"/>
+    <s v="E   Unoccupied - vacant flat"/>
+    <s v="Number"/>
+    <n v="1863"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="A"/>
+    <s v="Leinster"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD462C6"/>
+    <s v="F   Unoccupied - vacant holiday home"/>
+    <s v="Number"/>
+    <n v="8235"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="A"/>
+    <s v="Leinster"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD462C7"/>
+    <s v="G   Total housing stock ( A+B+C+D+E+F )"/>
+    <s v="Number"/>
+    <n v="237690"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="A"/>
+    <s v="Leinster"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD462C8"/>
+    <s v="Vacancy rate (D+E+F) / G"/>
+    <s v="%"/>
+    <n v="13.7"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="01"/>
+    <s v="Carlow"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD462C1"/>
+    <s v="A   Occupied by usual resident(s) of the household"/>
+    <s v="Number"/>
+    <n v="9354"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="01"/>
+    <s v="Carlow"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD462C2"/>
+    <s v="B   Occupied by visitors only"/>
+    <s v="Number"/>
+    <n v="36"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="01"/>
+    <s v="Carlow"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD462C3"/>
+    <s v="C   Unoccupied - residents temporarily absent"/>
+    <s v="Number"/>
+    <n v="158"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="01"/>
+    <s v="Carlow"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD462C4"/>
+    <s v="D   Unoccupied - vacant house"/>
+    <s v="Number"/>
+    <n v="1126"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="01"/>
+    <s v="Carlow"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD462C5"/>
+    <s v="E   Unoccupied - vacant flat"/>
+    <s v="Number"/>
+    <n v="44"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="01"/>
+    <s v="Carlow"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD462C6"/>
+    <s v="F   Unoccupied - vacant holiday home"/>
+    <s v="Number"/>
+    <n v="187"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="01"/>
+    <s v="Carlow"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD462C7"/>
+    <s v="G   Total housing stock ( A+B+C+D+E+F )"/>
+    <s v="Number"/>
+    <n v="10905"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="01"/>
+    <s v="Carlow"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD462C8"/>
+    <s v="Vacancy rate (D+E+F) / G"/>
+    <s v="%"/>
+    <n v="12.4"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="02"/>
+    <s v="Dublin"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD462C1"/>
+    <s v="A   Occupied by usual resident(s) of the household"/>
+    <s v="Number"/>
+    <n v="8344"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="02"/>
+    <s v="Dublin"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD462C2"/>
+    <s v="B   Occupied by visitors only"/>
+    <s v="Number"/>
+    <n v="24"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="02"/>
+    <s v="Dublin"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD462C3"/>
+    <s v="C   Unoccupied - residents temporarily absent"/>
+    <s v="Number"/>
+    <n v="189"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="02"/>
+    <s v="Dublin"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD462C4"/>
+    <s v="D   Unoccupied - vacant house"/>
+    <s v="Number"/>
+    <n v="739"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="02"/>
+    <s v="Dublin"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD462C5"/>
+    <s v="E   Unoccupied - vacant flat"/>
+    <s v="Number"/>
+    <n v="171"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="02"/>
+    <s v="Dublin"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD462C6"/>
+    <s v="F   Unoccupied - vacant holiday home"/>
+    <s v="Number"/>
+    <n v="89"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="02"/>
+    <s v="Dublin"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD462C7"/>
+    <s v="G   Total housing stock ( A+B+C+D+E+F )"/>
+    <s v="Number"/>
+    <n v="9556"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="02"/>
+    <s v="Dublin"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD462C8"/>
+    <s v="Vacancy rate (D+E+F) / G"/>
+    <s v="%"/>
+    <n v="10.5"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="021"/>
+    <s v="Dublin City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD462C1"/>
+    <s v="A   Occupied by usual resident(s) of the household"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="021"/>
+    <s v="Dublin City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD462C2"/>
+    <s v="B   Occupied by visitors only"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="021"/>
+    <s v="Dublin City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD462C3"/>
+    <s v="C   Unoccupied - residents temporarily absent"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="021"/>
+    <s v="Dublin City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD462C4"/>
+    <s v="D   Unoccupied - vacant house"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="021"/>
+    <s v="Dublin City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD462C5"/>
+    <s v="E   Unoccupied - vacant flat"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="021"/>
+    <s v="Dublin City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD462C6"/>
+    <s v="F   Unoccupied - vacant holiday home"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="021"/>
+    <s v="Dublin City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD462C7"/>
+    <s v="G   Total housing stock ( A+B+C+D+E+F )"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="021"/>
+    <s v="Dublin City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD462C8"/>
+    <s v="Vacancy rate (D+E+F) / G"/>
+    <s v="%"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="024"/>
+    <s v="Dún Laoghaire-Rathdown"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD462C1"/>
+    <s v="A   Occupied by usual resident(s) of the household"/>
+    <s v="Number"/>
+    <n v="578"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="024"/>
+    <s v="Dún Laoghaire-Rathdown"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD462C2"/>
+    <s v="B   Occupied by visitors only"/>
+    <s v="Number"/>
+    <n v="4"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="024"/>
+    <s v="Dún Laoghaire-Rathdown"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD462C3"/>
+    <s v="C   Unoccupied - residents temporarily absent"/>
+    <s v="Number"/>
+    <n v="12"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="024"/>
+    <s v="Dún Laoghaire-Rathdown"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD462C4"/>
+    <s v="D   Unoccupied - vacant house"/>
+    <s v="Number"/>
+    <n v="49"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="024"/>
+    <s v="Dún Laoghaire-Rathdown"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD462C5"/>
+    <s v="E   Unoccupied - vacant flat"/>
+    <s v="Number"/>
+    <n v="3"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="024"/>
+    <s v="Dún Laoghaire-Rathdown"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD462C6"/>
+    <s v="F   Unoccupied - vacant holiday home"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="024"/>
+    <s v="Dún Laoghaire-Rathdown"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD462C7"/>
+    <s v="G   Total housing stock ( A+B+C+D+E+F )"/>
+    <s v="Number"/>
+    <n v="646"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="024"/>
+    <s v="Dún Laoghaire-Rathdown"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD462C8"/>
+    <s v="Vacancy rate (D+E+F) / G"/>
+    <s v="%"/>
+    <n v="8"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="023"/>
+    <s v="Fingal"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD462C1"/>
+    <s v="A   Occupied by usual resident(s) of the household"/>
+    <s v="Number"/>
+    <n v="6228"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="023"/>
+    <s v="Fingal"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD462C2"/>
+    <s v="B   Occupied by visitors only"/>
+    <s v="Number"/>
+    <n v="17"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="023"/>
+    <s v="Fingal"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD462C3"/>
+    <s v="C   Unoccupied - residents temporarily absent"/>
+    <s v="Number"/>
+    <n v="130"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="023"/>
+    <s v="Fingal"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD462C4"/>
+    <s v="D   Unoccupied - vacant house"/>
+    <s v="Number"/>
+    <n v="517"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="023"/>
+    <s v="Fingal"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD462C5"/>
+    <s v="E   Unoccupied - vacant flat"/>
+    <s v="Number"/>
+    <n v="132"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="023"/>
+    <s v="Fingal"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD462C6"/>
+    <s v="F   Unoccupied - vacant holiday home"/>
+    <s v="Number"/>
+    <n v="87"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="023"/>
+    <s v="Fingal"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD462C7"/>
+    <s v="G   Total housing stock ( A+B+C+D+E+F )"/>
+    <s v="Number"/>
+    <n v="7111"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="023"/>
+    <s v="Fingal"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD462C8"/>
+    <s v="Vacancy rate (D+E+F) / G"/>
+    <s v="%"/>
+    <n v="10.4"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="022"/>
+    <s v="South Dublin"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD462C1"/>
+    <s v="A   Occupied by usual resident(s) of the household"/>
+    <s v="Number"/>
+    <n v="1538"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="022"/>
+    <s v="South Dublin"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD462C2"/>
+    <s v="B   Occupied by visitors only"/>
+    <s v="Number"/>
+    <n v="3"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="022"/>
+    <s v="South Dublin"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD462C3"/>
+    <s v="C   Unoccupied - residents temporarily absent"/>
+    <s v="Number"/>
+    <n v="47"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="022"/>
+    <s v="South Dublin"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD462C4"/>
+    <s v="D   Unoccupied - vacant house"/>
+    <s v="Number"/>
+    <n v="173"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="022"/>
+    <s v="South Dublin"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD462C5"/>
+    <s v="E   Unoccupied - vacant flat"/>
+    <s v="Number"/>
+    <n v="36"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="022"/>
+    <s v="South Dublin"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD462C6"/>
+    <s v="F   Unoccupied - vacant holiday home"/>
+    <s v="Number"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="022"/>
+    <s v="South Dublin"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD462C7"/>
+    <s v="G   Total housing stock ( A+B+C+D+E+F )"/>
+    <s v="Number"/>
+    <n v="1799"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="022"/>
+    <s v="South Dublin"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD462C8"/>
+    <s v="Vacancy rate (D+E+F) / G"/>
+    <s v="%"/>
+    <n v="11.7"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="03"/>
+    <s v="Kildare"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD462C1"/>
+    <s v="A   Occupied by usual resident(s) of the household"/>
+    <s v="Number"/>
+    <n v="21872"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="03"/>
+    <s v="Kildare"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD462C2"/>
+    <s v="B   Occupied by visitors only"/>
+    <s v="Number"/>
+    <n v="40"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="03"/>
+    <s v="Kildare"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD462C3"/>
+    <s v="C   Unoccupied - residents temporarily absent"/>
+    <s v="Number"/>
+    <n v="437"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="03"/>
+    <s v="Kildare"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD462C4"/>
+    <s v="D   Unoccupied - vacant house"/>
+    <s v="Number"/>
+    <n v="1803"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="03"/>
+    <s v="Kildare"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD462C5"/>
+    <s v="E   Unoccupied - vacant flat"/>
+    <s v="Number"/>
+    <n v="223"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="03"/>
+    <s v="Kildare"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD462C6"/>
+    <s v="F   Unoccupied - vacant holiday home"/>
+    <s v="Number"/>
+    <n v="168"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="03"/>
+    <s v="Kildare"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD462C7"/>
+    <s v="G   Total housing stock ( A+B+C+D+E+F )"/>
+    <s v="Number"/>
+    <n v="24543"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="03"/>
+    <s v="Kildare"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD462C8"/>
+    <s v="Vacancy rate (D+E+F) / G"/>
+    <s v="%"/>
+    <n v="8.9"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="04"/>
+    <s v="Kilkenny"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD462C1"/>
+    <s v="A   Occupied by usual resident(s) of the household"/>
+    <s v="Number"/>
+    <n v="20333"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="04"/>
+    <s v="Kilkenny"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD462C2"/>
+    <s v="B   Occupied by visitors only"/>
+    <s v="Number"/>
+    <n v="50"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="04"/>
+    <s v="Kilkenny"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD462C3"/>
+    <s v="C   Unoccupied - residents temporarily absent"/>
+    <s v="Number"/>
+    <n v="336"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="04"/>
+    <s v="Kilkenny"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD462C4"/>
+    <s v="D   Unoccupied - vacant house"/>
+    <s v="Number"/>
+    <n v="2191"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="04"/>
+    <s v="Kilkenny"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD462C5"/>
+    <s v="E   Unoccupied - vacant flat"/>
+    <s v="Number"/>
+    <n v="92"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="04"/>
+    <s v="Kilkenny"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD462C6"/>
+    <s v="F   Unoccupied - vacant holiday home"/>
+    <s v="Number"/>
+    <n v="324"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="04"/>
+    <s v="Kilkenny"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD462C7"/>
+    <s v="G   Total housing stock ( A+B+C+D+E+F )"/>
+    <s v="Number"/>
+    <n v="23326"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="04"/>
+    <s v="Kilkenny"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD462C8"/>
+    <s v="Vacancy rate (D+E+F) / G"/>
+    <s v="%"/>
+    <n v="11.2"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="05"/>
+    <s v="Laois"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD462C1"/>
+    <s v="A   Occupied by usual resident(s) of the household"/>
+    <s v="Number"/>
+    <n v="14180"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="05"/>
+    <s v="Laois"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD462C2"/>
+    <s v="B   Occupied by visitors only"/>
+    <s v="Number"/>
+    <n v="30"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="05"/>
+    <s v="Laois"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD462C3"/>
+    <s v="C   Unoccupied - residents temporarily absent"/>
+    <s v="Number"/>
+    <n v="237"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="05"/>
+    <s v="Laois"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD462C4"/>
+    <s v="D   Unoccupied - vacant house"/>
+    <s v="Number"/>
+    <n v="1674"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="05"/>
+    <s v="Laois"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD462C5"/>
+    <s v="E   Unoccupied - vacant flat"/>
+    <s v="Number"/>
+    <n v="96"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="05"/>
+    <s v="Laois"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD462C6"/>
+    <s v="F   Unoccupied - vacant holiday home"/>
+    <s v="Number"/>
+    <n v="117"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="05"/>
+    <s v="Laois"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD462C7"/>
+    <s v="G   Total housing stock ( A+B+C+D+E+F )"/>
+    <s v="Number"/>
+    <n v="16334"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="05"/>
+    <s v="Laois"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD462C8"/>
+    <s v="Vacancy rate (D+E+F) / G"/>
+    <s v="%"/>
+    <n v="11.6"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="06"/>
+    <s v="Longford"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD462C1"/>
+    <s v="A   Occupied by usual resident(s) of the household"/>
+    <s v="Number"/>
+    <n v="9483"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="06"/>
+    <s v="Longford"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD462C2"/>
+    <s v="B   Occupied by visitors only"/>
+    <s v="Number"/>
+    <n v="23"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="06"/>
+    <s v="Longford"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD462C3"/>
+    <s v="C   Unoccupied - residents temporarily absent"/>
+    <s v="Number"/>
+    <n v="175"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="06"/>
+    <s v="Longford"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD462C4"/>
+    <s v="D   Unoccupied - vacant house"/>
+    <s v="Number"/>
+    <n v="2075"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="06"/>
+    <s v="Longford"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD462C5"/>
+    <s v="E   Unoccupied - vacant flat"/>
+    <s v="Number"/>
+    <n v="135"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="06"/>
+    <s v="Longford"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD462C6"/>
+    <s v="F   Unoccupied - vacant holiday home"/>
+    <s v="Number"/>
+    <n v="313"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="06"/>
+    <s v="Longford"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD462C7"/>
+    <s v="G   Total housing stock ( A+B+C+D+E+F )"/>
+    <s v="Number"/>
+    <n v="12204"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="06"/>
+    <s v="Longford"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD462C8"/>
+    <s v="Vacancy rate (D+E+F) / G"/>
+    <s v="%"/>
+    <n v="20.7"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="07"/>
+    <s v="Louth"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD462C1"/>
+    <s v="A   Occupied by usual resident(s) of the household"/>
+    <s v="Number"/>
+    <n v="14443"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="07"/>
+    <s v="Louth"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD462C2"/>
+    <s v="B   Occupied by visitors only"/>
+    <s v="Number"/>
+    <n v="50"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="07"/>
+    <s v="Louth"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD462C3"/>
+    <s v="C   Unoccupied - residents temporarily absent"/>
+    <s v="Number"/>
+    <n v="283"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="07"/>
+    <s v="Louth"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD462C4"/>
+    <s v="D   Unoccupied - vacant house"/>
+    <s v="Number"/>
+    <n v="1574"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="07"/>
+    <s v="Louth"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD462C5"/>
+    <s v="E   Unoccupied - vacant flat"/>
+    <s v="Number"/>
+    <n v="201"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="07"/>
+    <s v="Louth"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD462C6"/>
+    <s v="F   Unoccupied - vacant holiday home"/>
+    <s v="Number"/>
+    <n v="486"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="07"/>
+    <s v="Louth"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD462C7"/>
+    <s v="G   Total housing stock ( A+B+C+D+E+F )"/>
+    <s v="Number"/>
+    <n v="17037"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="07"/>
+    <s v="Louth"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD462C8"/>
+    <s v="Vacancy rate (D+E+F) / G"/>
+    <s v="%"/>
+    <n v="13.3"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="08"/>
+    <s v="Meath"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD462C1"/>
+    <s v="A   Occupied by usual resident(s) of the household"/>
+    <s v="Number"/>
+    <n v="26360"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="08"/>
+    <s v="Meath"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD462C2"/>
+    <s v="B   Occupied by visitors only"/>
+    <s v="Number"/>
+    <n v="61"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="08"/>
+    <s v="Meath"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD462C3"/>
+    <s v="C   Unoccupied - residents temporarily absent"/>
+    <s v="Number"/>
+    <n v="572"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="08"/>
+    <s v="Meath"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD462C4"/>
+    <s v="D   Unoccupied - vacant house"/>
+    <s v="Number"/>
+    <n v="2228"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="08"/>
+    <s v="Meath"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD462C5"/>
+    <s v="E   Unoccupied - vacant flat"/>
+    <s v="Number"/>
+    <n v="419"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="08"/>
+    <s v="Meath"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD462C6"/>
+    <s v="F   Unoccupied - vacant holiday home"/>
+    <s v="Number"/>
+    <n v="159"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="08"/>
+    <s v="Meath"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD462C7"/>
+    <s v="G   Total housing stock ( A+B+C+D+E+F )"/>
+    <s v="Number"/>
+    <n v="29799"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="08"/>
+    <s v="Meath"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD462C8"/>
+    <s v="Vacancy rate (D+E+F) / G"/>
+    <s v="%"/>
+    <n v="9.4"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="09"/>
+    <s v="Offaly"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD462C1"/>
+    <s v="A   Occupied by usual resident(s) of the household"/>
+    <s v="Number"/>
+    <n v="14319"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="09"/>
+    <s v="Offaly"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD462C2"/>
+    <s v="B   Occupied by visitors only"/>
+    <s v="Number"/>
+    <n v="40"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="09"/>
+    <s v="Offaly"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD462C3"/>
+    <s v="C   Unoccupied - residents temporarily absent"/>
+    <s v="Number"/>
+    <n v="231"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="09"/>
+    <s v="Offaly"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD462C4"/>
+    <s v="D   Unoccupied - vacant house"/>
+    <s v="Number"/>
+    <n v="1599"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="09"/>
+    <s v="Offaly"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD462C5"/>
+    <s v="E   Unoccupied - vacant flat"/>
+    <s v="Number"/>
+    <n v="34"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="09"/>
+    <s v="Offaly"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD462C6"/>
+    <s v="F   Unoccupied - vacant holiday home"/>
+    <s v="Number"/>
+    <n v="156"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="09"/>
+    <s v="Offaly"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD462C7"/>
+    <s v="G   Total housing stock ( A+B+C+D+E+F )"/>
+    <s v="Number"/>
+    <n v="16379"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="09"/>
+    <s v="Offaly"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD462C8"/>
+    <s v="Vacancy rate (D+E+F) / G"/>
+    <s v="%"/>
+    <n v="10.9"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="10"/>
+    <s v="Westmeath"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD462C1"/>
+    <s v="A   Occupied by usual resident(s) of the household"/>
+    <s v="Number"/>
+    <n v="15050"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="10"/>
+    <s v="Westmeath"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD462C2"/>
+    <s v="B   Occupied by visitors only"/>
+    <s v="Number"/>
+    <n v="50"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="10"/>
+    <s v="Westmeath"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD462C3"/>
+    <s v="C   Unoccupied - residents temporarily absent"/>
+    <s v="Number"/>
+    <n v="265"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="10"/>
+    <s v="Westmeath"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD462C4"/>
+    <s v="D   Unoccupied - vacant house"/>
+    <s v="Number"/>
+    <n v="1945"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="10"/>
+    <s v="Westmeath"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD462C5"/>
+    <s v="E   Unoccupied - vacant flat"/>
+    <s v="Number"/>
+    <n v="136"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="10"/>
+    <s v="Westmeath"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD462C6"/>
+    <s v="F   Unoccupied - vacant holiday home"/>
+    <s v="Number"/>
+    <n v="243"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="10"/>
+    <s v="Westmeath"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD462C7"/>
+    <s v="G   Total housing stock ( A+B+C+D+E+F )"/>
+    <s v="Number"/>
+    <n v="17689"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="10"/>
+    <s v="Westmeath"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD462C8"/>
+    <s v="Vacancy rate (D+E+F) / G"/>
+    <s v="%"/>
+    <n v="13.1"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="11"/>
+    <s v="Wexford"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD462C1"/>
+    <s v="A   Occupied by usual resident(s) of the household"/>
+    <s v="Number"/>
+    <n v="30765"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="11"/>
+    <s v="Wexford"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD462C2"/>
+    <s v="B   Occupied by visitors only"/>
+    <s v="Number"/>
+    <n v="128"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="11"/>
+    <s v="Wexford"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD462C3"/>
+    <s v="C   Unoccupied - residents temporarily absent"/>
+    <s v="Number"/>
+    <n v="681"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="11"/>
+    <s v="Wexford"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD462C4"/>
+    <s v="D   Unoccupied - vacant house"/>
+    <s v="Number"/>
+    <n v="3690"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="11"/>
+    <s v="Wexford"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD462C5"/>
+    <s v="E   Unoccupied - vacant flat"/>
+    <s v="Number"/>
+    <n v="169"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="11"/>
+    <s v="Wexford"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD462C6"/>
+    <s v="F   Unoccupied - vacant holiday home"/>
+    <s v="Number"/>
+    <n v="4996"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="11"/>
+    <s v="Wexford"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD462C7"/>
+    <s v="G   Total housing stock ( A+B+C+D+E+F )"/>
+    <s v="Number"/>
+    <n v="40429"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="11"/>
+    <s v="Wexford"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD462C8"/>
+    <s v="Vacancy rate (D+E+F) / G"/>
+    <s v="%"/>
+    <n v="21.9"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="12"/>
+    <s v="Wicklow"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD462C1"/>
+    <s v="A   Occupied by usual resident(s) of the household"/>
+    <s v="Number"/>
+    <n v="16069"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="12"/>
+    <s v="Wicklow"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD462C2"/>
+    <s v="B   Occupied by visitors only"/>
+    <s v="Number"/>
+    <n v="77"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="12"/>
+    <s v="Wicklow"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD462C3"/>
+    <s v="C   Unoccupied - residents temporarily absent"/>
+    <s v="Number"/>
+    <n v="410"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="12"/>
+    <s v="Wicklow"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD462C4"/>
+    <s v="D   Unoccupied - vacant house"/>
+    <s v="Number"/>
+    <n v="1793"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="12"/>
+    <s v="Wicklow"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD462C5"/>
+    <s v="E   Unoccupied - vacant flat"/>
+    <s v="Number"/>
+    <n v="143"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="12"/>
+    <s v="Wicklow"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD462C6"/>
+    <s v="F   Unoccupied - vacant holiday home"/>
+    <s v="Number"/>
+    <n v="997"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="12"/>
+    <s v="Wicklow"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD462C7"/>
+    <s v="G   Total housing stock ( A+B+C+D+E+F )"/>
+    <s v="Number"/>
+    <n v="19489"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="12"/>
+    <s v="Wicklow"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD462C8"/>
+    <s v="Vacancy rate (D+E+F) / G"/>
+    <s v="%"/>
+    <n v="15"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="B"/>
+    <s v="Munster"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD462C1"/>
+    <s v="A   Occupied by usual resident(s) of the household"/>
+    <s v="Number"/>
+    <n v="203959"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="B"/>
+    <s v="Munster"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD462C2"/>
+    <s v="B   Occupied by visitors only"/>
+    <s v="Number"/>
+    <n v="1414"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="B"/>
+    <s v="Munster"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD462C3"/>
+    <s v="C   Unoccupied - residents temporarily absent"/>
+    <s v="Number"/>
+    <n v="3981"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="B"/>
+    <s v="Munster"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD462C4"/>
+    <s v="D   Unoccupied - vacant house"/>
+    <s v="Number"/>
+    <n v="31413"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="B"/>
+    <s v="Munster"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD462C5"/>
+    <s v="E   Unoccupied - vacant flat"/>
+    <s v="Number"/>
+    <n v="1600"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="B"/>
+    <s v="Munster"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD462C6"/>
+    <s v="F   Unoccupied - vacant holiday home"/>
+    <s v="Number"/>
+    <n v="20319"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="B"/>
+    <s v="Munster"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD462C7"/>
+    <s v="G   Total housing stock ( A+B+C+D+E+F )"/>
+    <s v="Number"/>
+    <n v="262686"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="B"/>
+    <s v="Munster"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD462C8"/>
+    <s v="Vacancy rate (D+E+F) / G"/>
+    <s v="%"/>
+    <n v="20.3"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="13"/>
+    <s v="Clare"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD462C1"/>
+    <s v="A   Occupied by usual resident(s) of the household"/>
+    <s v="Number"/>
+    <n v="24935"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="13"/>
+    <s v="Clare"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD462C2"/>
+    <s v="B   Occupied by visitors only"/>
+    <s v="Number"/>
+    <n v="222"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="13"/>
+    <s v="Clare"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD462C3"/>
+    <s v="C   Unoccupied - residents temporarily absent"/>
+    <s v="Number"/>
+    <n v="491"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="13"/>
+    <s v="Clare"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD462C4"/>
+    <s v="D   Unoccupied - vacant house"/>
+    <s v="Number"/>
+    <n v="4317"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="13"/>
+    <s v="Clare"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD462C5"/>
+    <s v="E   Unoccupied - vacant flat"/>
+    <s v="Number"/>
+    <n v="377"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="13"/>
+    <s v="Clare"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD462C6"/>
+    <s v="F   Unoccupied - vacant holiday home"/>
+    <s v="Number"/>
+    <n v="4511"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="13"/>
+    <s v="Clare"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD462C7"/>
+    <s v="G   Total housing stock ( A+B+C+D+E+F )"/>
+    <s v="Number"/>
+    <n v="34853"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="13"/>
+    <s v="Clare"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD462C8"/>
+    <s v="Vacancy rate (D+E+F) / G"/>
+    <s v="%"/>
+    <n v="26.4"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="14"/>
+    <s v="Cork"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD462C1"/>
+    <s v="A   Occupied by usual resident(s) of the household"/>
+    <s v="Number"/>
+    <n v="66998"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="14"/>
+    <s v="Cork"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD462C2"/>
+    <s v="B   Occupied by visitors only"/>
+    <s v="Number"/>
+    <n v="534"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="14"/>
+    <s v="Cork"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD462C3"/>
+    <s v="C   Unoccupied - residents temporarily absent"/>
+    <s v="Number"/>
+    <n v="1365"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="14"/>
+    <s v="Cork"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD462C4"/>
+    <s v="D   Unoccupied - vacant house"/>
+    <s v="Number"/>
+    <n v="9968"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="14"/>
+    <s v="Cork"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD462C5"/>
+    <s v="E   Unoccupied - vacant flat"/>
+    <s v="Number"/>
+    <n v="542"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="14"/>
+    <s v="Cork"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD462C6"/>
+    <s v="F   Unoccupied - vacant holiday home"/>
+    <s v="Number"/>
+    <n v="6355"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="14"/>
+    <s v="Cork"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD462C7"/>
+    <s v="G   Total housing stock ( A+B+C+D+E+F )"/>
+    <s v="Number"/>
+    <n v="85762"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="14"/>
+    <s v="Cork"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD462C8"/>
+    <s v="Vacancy rate (D+E+F) / G"/>
+    <s v="%"/>
+    <n v="19.7"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="141"/>
+    <s v="Cork City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD462C1"/>
+    <s v="A   Occupied by usual resident(s) of the household"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="141"/>
+    <s v="Cork City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD462C2"/>
+    <s v="B   Occupied by visitors only"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="141"/>
+    <s v="Cork City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD462C3"/>
+    <s v="C   Unoccupied - residents temporarily absent"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="141"/>
+    <s v="Cork City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD462C4"/>
+    <s v="D   Unoccupied - vacant house"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="141"/>
+    <s v="Cork City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD462C5"/>
+    <s v="E   Unoccupied - vacant flat"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="141"/>
+    <s v="Cork City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD462C6"/>
+    <s v="F   Unoccupied - vacant holiday home"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="141"/>
+    <s v="Cork City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD462C7"/>
+    <s v="G   Total housing stock ( A+B+C+D+E+F )"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="141"/>
+    <s v="Cork City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD462C8"/>
+    <s v="Vacancy rate (D+E+F) / G"/>
+    <s v="%"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="142"/>
+    <s v="Cork County"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD462C1"/>
+    <s v="A   Occupied by usual resident(s) of the household"/>
+    <s v="Number"/>
+    <n v="66998"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="142"/>
+    <s v="Cork County"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD462C2"/>
+    <s v="B   Occupied by visitors only"/>
+    <s v="Number"/>
+    <n v="534"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="142"/>
+    <s v="Cork County"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD462C3"/>
+    <s v="C   Unoccupied - residents temporarily absent"/>
+    <s v="Number"/>
+    <n v="1365"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="142"/>
+    <s v="Cork County"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD462C4"/>
+    <s v="D   Unoccupied - vacant house"/>
+    <s v="Number"/>
+    <n v="9968"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="142"/>
+    <s v="Cork County"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD462C5"/>
+    <s v="E   Unoccupied - vacant flat"/>
+    <s v="Number"/>
+    <n v="542"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="142"/>
+    <s v="Cork County"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD462C6"/>
+    <s v="F   Unoccupied - vacant holiday home"/>
+    <s v="Number"/>
+    <n v="6355"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="142"/>
+    <s v="Cork County"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD462C7"/>
+    <s v="G   Total housing stock ( A+B+C+D+E+F )"/>
+    <s v="Number"/>
+    <n v="85762"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="142"/>
+    <s v="Cork County"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD462C8"/>
+    <s v="Vacancy rate (D+E+F) / G"/>
+    <s v="%"/>
+    <n v="19.7"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="15"/>
+    <s v="Kerry"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD462C1"/>
+    <s v="A   Occupied by usual resident(s) of the household"/>
+    <s v="Number"/>
+    <n v="33940"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="15"/>
+    <s v="Kerry"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD462C2"/>
+    <s v="B   Occupied by visitors only"/>
+    <s v="Number"/>
+    <n v="370"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="15"/>
+    <s v="Kerry"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD462C3"/>
+    <s v="C   Unoccupied - residents temporarily absent"/>
+    <s v="Number"/>
+    <n v="759"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="15"/>
+    <s v="Kerry"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD462C4"/>
+    <s v="D   Unoccupied - vacant house"/>
+    <s v="Number"/>
+    <n v="7085"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="15"/>
+    <s v="Kerry"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD462C5"/>
+    <s v="E   Unoccupied - vacant flat"/>
+    <s v="Number"/>
+    <n v="275"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="15"/>
+    <s v="Kerry"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD462C6"/>
+    <s v="F   Unoccupied - vacant holiday home"/>
+    <s v="Number"/>
+    <n v="6928"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="15"/>
+    <s v="Kerry"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD462C7"/>
+    <s v="G   Total housing stock ( A+B+C+D+E+F )"/>
+    <s v="Number"/>
+    <n v="49357"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="15"/>
+    <s v="Kerry"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD462C8"/>
+    <s v="Vacancy rate (D+E+F) / G"/>
+    <s v="%"/>
+    <n v="28.9"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="16"/>
+    <s v="Limerick"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD462C1"/>
+    <s v="A   Occupied by usual resident(s) of the household"/>
+    <s v="Number"/>
+    <n v="30744"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="16"/>
+    <s v="Limerick"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD462C2"/>
+    <s v="B   Occupied by visitors only"/>
+    <s v="Number"/>
+    <n v="82"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="16"/>
+    <s v="Limerick"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD462C3"/>
+    <s v="C   Unoccupied - residents temporarily absent"/>
+    <s v="Number"/>
+    <n v="522"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="16"/>
+    <s v="Limerick"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD462C4"/>
+    <s v="D   Unoccupied - vacant house"/>
+    <s v="Number"/>
+    <n v="3926"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="16"/>
+    <s v="Limerick"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD462C5"/>
+    <s v="E   Unoccupied - vacant flat"/>
+    <s v="Number"/>
+    <n v="145"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="16"/>
+    <s v="Limerick"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD462C6"/>
+    <s v="F   Unoccupied - vacant holiday home"/>
+    <s v="Number"/>
+    <n v="414"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="16"/>
+    <s v="Limerick"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD462C7"/>
+    <s v="G   Total housing stock ( A+B+C+D+E+F )"/>
+    <s v="Number"/>
+    <n v="35833"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="16"/>
+    <s v="Limerick"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD462C8"/>
+    <s v="Vacancy rate (D+E+F) / G"/>
+    <s v="%"/>
+    <n v="12.5"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="161"/>
+    <s v="Limerick City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD462C1"/>
+    <s v="A   Occupied by usual resident(s) of the household"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="161"/>
+    <s v="Limerick City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD462C2"/>
+    <s v="B   Occupied by visitors only"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="161"/>
+    <s v="Limerick City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD462C3"/>
+    <s v="C   Unoccupied - residents temporarily absent"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="161"/>
+    <s v="Limerick City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD462C4"/>
+    <s v="D   Unoccupied - vacant house"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="161"/>
+    <s v="Limerick City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD462C5"/>
+    <s v="E   Unoccupied - vacant flat"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="161"/>
+    <s v="Limerick City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD462C6"/>
+    <s v="F   Unoccupied - vacant holiday home"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="161"/>
+    <s v="Limerick City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD462C7"/>
+    <s v="G   Total housing stock ( A+B+C+D+E+F )"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="161"/>
+    <s v="Limerick City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD462C8"/>
+    <s v="Vacancy rate (D+E+F) / G"/>
+    <s v="%"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="162"/>
+    <s v="Limerick County"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD462C1"/>
+    <s v="A   Occupied by usual resident(s) of the household"/>
+    <s v="Number"/>
+    <n v="30744"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="162"/>
+    <s v="Limerick County"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD462C2"/>
+    <s v="B   Occupied by visitors only"/>
+    <s v="Number"/>
+    <n v="82"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="162"/>
+    <s v="Limerick County"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD462C3"/>
+    <s v="C   Unoccupied - residents temporarily absent"/>
+    <s v="Number"/>
+    <n v="522"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="162"/>
+    <s v="Limerick County"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD462C4"/>
+    <s v="D   Unoccupied - vacant house"/>
+    <s v="Number"/>
+    <n v="3926"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="162"/>
+    <s v="Limerick County"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD462C5"/>
+    <s v="E   Unoccupied - vacant flat"/>
+    <s v="Number"/>
+    <n v="145"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="162"/>
+    <s v="Limerick County"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD462C6"/>
+    <s v="F   Unoccupied - vacant holiday home"/>
+    <s v="Number"/>
+    <n v="414"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="162"/>
+    <s v="Limerick County"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD462C7"/>
+    <s v="G   Total housing stock ( A+B+C+D+E+F )"/>
+    <s v="Number"/>
+    <n v="35833"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="162"/>
+    <s v="Limerick County"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD462C8"/>
+    <s v="Vacancy rate (D+E+F) / G"/>
+    <s v="%"/>
+    <n v="12.5"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="171"/>
+    <s v="North Tipperary"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD462C1"/>
+    <s v="A   Occupied by usual resident(s) of the household"/>
+    <s v="Number"/>
+    <n v="14441"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="171"/>
+    <s v="North Tipperary"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD462C2"/>
+    <s v="B   Occupied by visitors only"/>
+    <s v="Number"/>
+    <n v="64"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="171"/>
+    <s v="North Tipperary"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD462C3"/>
+    <s v="C   Unoccupied - residents temporarily absent"/>
+    <s v="Number"/>
+    <n v="272"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="171"/>
+    <s v="North Tipperary"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD462C4"/>
+    <s v="D   Unoccupied - vacant house"/>
+    <s v="Number"/>
+    <n v="1745"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="171"/>
+    <s v="North Tipperary"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD462C5"/>
+    <s v="E   Unoccupied - vacant flat"/>
+    <s v="Number"/>
+    <n v="57"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="171"/>
+    <s v="North Tipperary"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD462C6"/>
+    <s v="F   Unoccupied - vacant holiday home"/>
+    <s v="Number"/>
+    <n v="585"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="171"/>
+    <s v="North Tipperary"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD462C7"/>
+    <s v="G   Total housing stock ( A+B+C+D+E+F )"/>
+    <s v="Number"/>
+    <n v="17164"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="171"/>
+    <s v="North Tipperary"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD462C8"/>
+    <s v="Vacancy rate (D+E+F) / G"/>
+    <s v="%"/>
+    <n v="13.9"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="172"/>
+    <s v="South Tipperary"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD462C1"/>
+    <s v="A   Occupied by usual resident(s) of the household"/>
+    <s v="Number"/>
+    <n v="17896"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="172"/>
+    <s v="South Tipperary"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD462C2"/>
+    <s v="B   Occupied by visitors only"/>
+    <s v="Number"/>
+    <n v="61"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="172"/>
+    <s v="South Tipperary"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD462C3"/>
+    <s v="C   Unoccupied - residents temporarily absent"/>
+    <s v="Number"/>
+    <n v="283"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="172"/>
+    <s v="South Tipperary"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD462C4"/>
+    <s v="D   Unoccupied - vacant house"/>
+    <s v="Number"/>
+    <n v="2263"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="172"/>
+    <s v="South Tipperary"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD462C5"/>
+    <s v="E   Unoccupied - vacant flat"/>
+    <s v="Number"/>
+    <n v="106"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="172"/>
+    <s v="South Tipperary"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD462C6"/>
+    <s v="F   Unoccupied - vacant holiday home"/>
+    <s v="Number"/>
+    <n v="368"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="172"/>
+    <s v="South Tipperary"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD462C7"/>
+    <s v="G   Total housing stock ( A+B+C+D+E+F )"/>
+    <s v="Number"/>
+    <n v="20977"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="172"/>
+    <s v="South Tipperary"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD462C8"/>
+    <s v="Vacancy rate (D+E+F) / G"/>
+    <s v="%"/>
+    <n v="13"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="18"/>
+    <s v="Waterford"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD462C1"/>
+    <s v="A   Occupied by usual resident(s) of the household"/>
+    <s v="Number"/>
+    <n v="15005"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="18"/>
+    <s v="Waterford"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD462C2"/>
+    <s v="B   Occupied by visitors only"/>
+    <s v="Number"/>
+    <n v="81"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="18"/>
+    <s v="Waterford"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD462C3"/>
+    <s v="C   Unoccupied - residents temporarily absent"/>
+    <s v="Number"/>
+    <n v="289"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="18"/>
+    <s v="Waterford"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD462C4"/>
+    <s v="D   Unoccupied - vacant house"/>
+    <s v="Number"/>
+    <n v="2109"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="18"/>
+    <s v="Waterford"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD462C5"/>
+    <s v="E   Unoccupied - vacant flat"/>
+    <s v="Number"/>
+    <n v="98"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="18"/>
+    <s v="Waterford"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD462C6"/>
+    <s v="F   Unoccupied - vacant holiday home"/>
+    <s v="Number"/>
+    <n v="1158"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="18"/>
+    <s v="Waterford"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD462C7"/>
+    <s v="G   Total housing stock ( A+B+C+D+E+F )"/>
+    <s v="Number"/>
+    <n v="18740"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="18"/>
+    <s v="Waterford"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD462C8"/>
+    <s v="Vacancy rate (D+E+F) / G"/>
+    <s v="%"/>
+    <n v="18"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="181"/>
+    <s v="Waterford City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD462C1"/>
+    <s v="A   Occupied by usual resident(s) of the household"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="181"/>
+    <s v="Waterford City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD462C2"/>
+    <s v="B   Occupied by visitors only"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="181"/>
+    <s v="Waterford City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD462C3"/>
+    <s v="C   Unoccupied - residents temporarily absent"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="181"/>
+    <s v="Waterford City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD462C4"/>
+    <s v="D   Unoccupied - vacant house"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="181"/>
+    <s v="Waterford City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD462C5"/>
+    <s v="E   Unoccupied - vacant flat"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="181"/>
+    <s v="Waterford City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD462C6"/>
+    <s v="F   Unoccupied - vacant holiday home"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="181"/>
+    <s v="Waterford City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD462C7"/>
+    <s v="G   Total housing stock ( A+B+C+D+E+F )"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="181"/>
+    <s v="Waterford City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD462C8"/>
+    <s v="Vacancy rate (D+E+F) / G"/>
+    <s v="%"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="182"/>
+    <s v="Waterford County"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD462C1"/>
+    <s v="A   Occupied by usual resident(s) of the household"/>
+    <s v="Number"/>
+    <n v="15005"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="182"/>
+    <s v="Waterford County"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD462C2"/>
+    <s v="B   Occupied by visitors only"/>
+    <s v="Number"/>
+    <n v="81"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="182"/>
+    <s v="Waterford County"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD462C3"/>
+    <s v="C   Unoccupied - residents temporarily absent"/>
+    <s v="Number"/>
+    <n v="289"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="182"/>
+    <s v="Waterford County"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD462C4"/>
+    <s v="D   Unoccupied - vacant house"/>
+    <s v="Number"/>
+    <n v="2109"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="182"/>
+    <s v="Waterford County"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD462C5"/>
+    <s v="E   Unoccupied - vacant flat"/>
+    <s v="Number"/>
+    <n v="98"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="182"/>
+    <s v="Waterford County"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD462C6"/>
+    <s v="F   Unoccupied - vacant holiday home"/>
+    <s v="Number"/>
+    <n v="1158"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="182"/>
+    <s v="Waterford County"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD462C7"/>
+    <s v="G   Total housing stock ( A+B+C+D+E+F )"/>
+    <s v="Number"/>
+    <n v="18740"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="182"/>
+    <s v="Waterford County"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD462C8"/>
+    <s v="Vacancy rate (D+E+F) / G"/>
+    <s v="%"/>
+    <n v="18"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="C"/>
+    <s v="Connacht"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD462C1"/>
+    <s v="A   Occupied by usual resident(s) of the household"/>
+    <s v="Number"/>
+    <n v="122237"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="C"/>
+    <s v="Connacht"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD462C2"/>
+    <s v="B   Occupied by visitors only"/>
+    <s v="Number"/>
+    <n v="837"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="C"/>
+    <s v="Connacht"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD462C3"/>
+    <s v="C   Unoccupied - residents temporarily absent"/>
+    <s v="Number"/>
+    <n v="2605"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="C"/>
+    <s v="Connacht"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD462C4"/>
+    <s v="D   Unoccupied - vacant house"/>
+    <s v="Number"/>
+    <n v="26314"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="C"/>
+    <s v="Connacht"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD462C5"/>
+    <s v="E   Unoccupied - vacant flat"/>
+    <s v="Number"/>
+    <n v="1890"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="C"/>
+    <s v="Connacht"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD462C6"/>
+    <s v="F   Unoccupied - vacant holiday home"/>
+    <s v="Number"/>
+    <n v="11261"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="C"/>
+    <s v="Connacht"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD462C7"/>
+    <s v="G   Total housing stock ( A+B+C+D+E+F )"/>
+    <s v="Number"/>
+    <n v="165144"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="C"/>
+    <s v="Connacht"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD462C8"/>
+    <s v="Vacancy rate (D+E+F) / G"/>
+    <s v="%"/>
+    <n v="23.9"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="19"/>
+    <s v="Galway"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD462C1"/>
+    <s v="A   Occupied by usual resident(s) of the household"/>
+    <s v="Number"/>
+    <n v="45817"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="19"/>
+    <s v="Galway"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD462C2"/>
+    <s v="B   Occupied by visitors only"/>
+    <s v="Number"/>
+    <n v="288"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="19"/>
+    <s v="Galway"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD462C3"/>
+    <s v="C   Unoccupied - residents temporarily absent"/>
+    <s v="Number"/>
+    <n v="932"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="19"/>
+    <s v="Galway"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD462C4"/>
+    <s v="D   Unoccupied - vacant house"/>
+    <s v="Number"/>
+    <n v="8068"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="19"/>
+    <s v="Galway"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD462C5"/>
+    <s v="E   Unoccupied - vacant flat"/>
+    <s v="Number"/>
+    <n v="494"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="19"/>
+    <s v="Galway"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD462C6"/>
+    <s v="F   Unoccupied - vacant holiday home"/>
+    <s v="Number"/>
+    <n v="3090"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="19"/>
+    <s v="Galway"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD462C7"/>
+    <s v="G   Total housing stock ( A+B+C+D+E+F )"/>
+    <s v="Number"/>
+    <n v="58689"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="19"/>
+    <s v="Galway"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD462C8"/>
+    <s v="Vacancy rate (D+E+F) / G"/>
+    <s v="%"/>
+    <n v="19.9"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="191"/>
+    <s v="Galway City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD462C1"/>
+    <s v="A   Occupied by usual resident(s) of the household"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="191"/>
+    <s v="Galway City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD462C2"/>
+    <s v="B   Occupied by visitors only"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="191"/>
+    <s v="Galway City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD462C3"/>
+    <s v="C   Unoccupied - residents temporarily absent"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="191"/>
+    <s v="Galway City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD462C4"/>
+    <s v="D   Unoccupied - vacant house"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="191"/>
+    <s v="Galway City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD462C5"/>
+    <s v="E   Unoccupied - vacant flat"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="191"/>
+    <s v="Galway City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD462C6"/>
+    <s v="F   Unoccupied - vacant holiday home"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="191"/>
+    <s v="Galway City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD462C7"/>
+    <s v="G   Total housing stock ( A+B+C+D+E+F )"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="191"/>
+    <s v="Galway City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD462C8"/>
+    <s v="Vacancy rate (D+E+F) / G"/>
+    <s v="%"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="192"/>
+    <s v="Galway County"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD462C1"/>
+    <s v="A   Occupied by usual resident(s) of the household"/>
+    <s v="Number"/>
+    <n v="45817"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="192"/>
+    <s v="Galway County"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD462C2"/>
+    <s v="B   Occupied by visitors only"/>
+    <s v="Number"/>
+    <n v="288"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="192"/>
+    <s v="Galway County"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD462C3"/>
+    <s v="C   Unoccupied - residents temporarily absent"/>
+    <s v="Number"/>
+    <n v="932"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="192"/>
+    <s v="Galway County"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD462C4"/>
+    <s v="D   Unoccupied - vacant house"/>
+    <s v="Number"/>
+    <n v="8068"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="192"/>
+    <s v="Galway County"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD462C5"/>
+    <s v="E   Unoccupied - vacant flat"/>
+    <s v="Number"/>
+    <n v="494"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="192"/>
+    <s v="Galway County"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD462C6"/>
+    <s v="F   Unoccupied - vacant holiday home"/>
+    <s v="Number"/>
+    <n v="3090"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="192"/>
+    <s v="Galway County"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD462C7"/>
+    <s v="G   Total housing stock ( A+B+C+D+E+F )"/>
+    <s v="Number"/>
+    <n v="58689"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="192"/>
+    <s v="Galway County"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD462C8"/>
+    <s v="Vacancy rate (D+E+F) / G"/>
+    <s v="%"/>
+    <n v="19.9"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="20"/>
+    <s v="Leitrim"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD462C1"/>
+    <s v="A   Occupied by usual resident(s) of the household"/>
+    <s v="Number"/>
+    <n v="10913"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="20"/>
+    <s v="Leitrim"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD462C2"/>
+    <s v="B   Occupied by visitors only"/>
+    <s v="Number"/>
+    <n v="93"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="20"/>
+    <s v="Leitrim"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD462C3"/>
+    <s v="C   Unoccupied - residents temporarily absent"/>
+    <s v="Number"/>
+    <n v="226"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="20"/>
+    <s v="Leitrim"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD462C4"/>
+    <s v="D   Unoccupied - vacant house"/>
+    <s v="Number"/>
+    <n v="3204"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="20"/>
+    <s v="Leitrim"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD462C5"/>
+    <s v="E   Unoccupied - vacant flat"/>
+    <s v="Number"/>
+    <n v="326"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="20"/>
+    <s v="Leitrim"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD462C6"/>
+    <s v="F   Unoccupied - vacant holiday home"/>
+    <s v="Number"/>
+    <n v="1435"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="20"/>
+    <s v="Leitrim"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD462C7"/>
+    <s v="G   Total housing stock ( A+B+C+D+E+F )"/>
+    <s v="Number"/>
+    <n v="16197"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="20"/>
+    <s v="Leitrim"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD462C8"/>
+    <s v="Vacancy rate (D+E+F) / G"/>
+    <s v="%"/>
+    <n v="30.7"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="21"/>
+    <s v="Mayo"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD462C1"/>
+    <s v="A   Occupied by usual resident(s) of the household"/>
+    <s v="Number"/>
+    <n v="33497"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="21"/>
+    <s v="Mayo"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD462C2"/>
+    <s v="B   Occupied by visitors only"/>
+    <s v="Number"/>
+    <n v="251"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="21"/>
+    <s v="Mayo"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD462C3"/>
+    <s v="C   Unoccupied - residents temporarily absent"/>
+    <s v="Number"/>
+    <n v="704"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="21"/>
+    <s v="Mayo"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD462C4"/>
+    <s v="D   Unoccupied - vacant house"/>
+    <s v="Number"/>
+    <n v="7902"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="21"/>
+    <s v="Mayo"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD462C5"/>
+    <s v="E   Unoccupied - vacant flat"/>
+    <s v="Number"/>
+    <n v="546"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="21"/>
+    <s v="Mayo"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD462C6"/>
+    <s v="F   Unoccupied - vacant holiday home"/>
+    <s v="Number"/>
+    <n v="4101"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="21"/>
+    <s v="Mayo"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD462C7"/>
+    <s v="G   Total housing stock ( A+B+C+D+E+F )"/>
+    <s v="Number"/>
+    <n v="47001"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="21"/>
+    <s v="Mayo"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD462C8"/>
+    <s v="Vacancy rate (D+E+F) / G"/>
+    <s v="%"/>
+    <n v="26.7"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="22"/>
+    <s v="Roscommon"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD462C1"/>
+    <s v="A   Occupied by usual resident(s) of the household"/>
+    <s v="Number"/>
+    <n v="17142"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="22"/>
+    <s v="Roscommon"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD462C2"/>
+    <s v="B   Occupied by visitors only"/>
+    <s v="Number"/>
+    <n v="84"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="22"/>
+    <s v="Roscommon"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD462C3"/>
+    <s v="C   Unoccupied - residents temporarily absent"/>
+    <s v="Number"/>
+    <n v="348"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="22"/>
+    <s v="Roscommon"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD462C4"/>
+    <s v="D   Unoccupied - vacant house"/>
+    <s v="Number"/>
+    <n v="4224"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="22"/>
+    <s v="Roscommon"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD462C5"/>
+    <s v="E   Unoccupied - vacant flat"/>
+    <s v="Number"/>
+    <n v="166"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="22"/>
+    <s v="Roscommon"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD462C6"/>
+    <s v="F   Unoccupied - vacant holiday home"/>
+    <s v="Number"/>
+    <n v="988"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="22"/>
+    <s v="Roscommon"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD462C7"/>
+    <s v="G   Total housing stock ( A+B+C+D+E+F )"/>
+    <s v="Number"/>
+    <n v="22952"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="22"/>
+    <s v="Roscommon"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD462C8"/>
+    <s v="Vacancy rate (D+E+F) / G"/>
+    <s v="%"/>
+    <n v="23.4"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="23"/>
+    <s v="Sligo"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD462C1"/>
+    <s v="A   Occupied by usual resident(s) of the household"/>
+    <s v="Number"/>
+    <n v="14868"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="23"/>
+    <s v="Sligo"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD462C2"/>
+    <s v="B   Occupied by visitors only"/>
+    <s v="Number"/>
+    <n v="121"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="23"/>
+    <s v="Sligo"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD462C3"/>
+    <s v="C   Unoccupied - residents temporarily absent"/>
+    <s v="Number"/>
+    <n v="395"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="23"/>
+    <s v="Sligo"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD462C4"/>
+    <s v="D   Unoccupied - vacant house"/>
+    <s v="Number"/>
+    <n v="2916"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="23"/>
+    <s v="Sligo"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD462C5"/>
+    <s v="E   Unoccupied - vacant flat"/>
+    <s v="Number"/>
+    <n v="358"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="23"/>
+    <s v="Sligo"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD462C6"/>
+    <s v="F   Unoccupied - vacant holiday home"/>
+    <s v="Number"/>
+    <n v="1647"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="23"/>
+    <s v="Sligo"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD462C7"/>
+    <s v="G   Total housing stock ( A+B+C+D+E+F )"/>
+    <s v="Number"/>
+    <n v="20305"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="23"/>
+    <s v="Sligo"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD462C8"/>
+    <s v="Vacancy rate (D+E+F) / G"/>
+    <s v="%"/>
+    <n v="24.2"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="D"/>
+    <s v="Ulster (part of)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD462C1"/>
+    <s v="A   Occupied by usual resident(s) of the household"/>
+    <s v="Number"/>
+    <n v="72567"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="D"/>
+    <s v="Ulster (part of)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD462C2"/>
+    <s v="B   Occupied by visitors only"/>
+    <s v="Number"/>
+    <n v="535"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="D"/>
+    <s v="Ulster (part of)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD462C3"/>
+    <s v="C   Unoccupied - residents temporarily absent"/>
+    <s v="Number"/>
+    <n v="1543"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="D"/>
+    <s v="Ulster (part of)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD462C4"/>
+    <s v="D   Unoccupied - vacant house"/>
+    <s v="Number"/>
+    <n v="13982"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="D"/>
+    <s v="Ulster (part of)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD462C5"/>
+    <s v="E   Unoccupied - vacant flat"/>
+    <s v="Number"/>
+    <n v="1271"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="D"/>
+    <s v="Ulster (part of)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD462C6"/>
+    <s v="F   Unoccupied - vacant holiday home"/>
+    <s v="Number"/>
+    <n v="10688"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="D"/>
+    <s v="Ulster (part of)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD462C7"/>
+    <s v="G   Total housing stock ( A+B+C+D+E+F )"/>
+    <s v="Number"/>
+    <n v="100586"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="D"/>
+    <s v="Ulster (part of)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD462C8"/>
+    <s v="Vacancy rate (D+E+F) / G"/>
+    <s v="%"/>
+    <n v="25.8"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="24"/>
+    <s v="Cavan"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD462C1"/>
+    <s v="A   Occupied by usual resident(s) of the household"/>
+    <s v="Number"/>
+    <n v="17538"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="24"/>
+    <s v="Cavan"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD462C2"/>
+    <s v="B   Occupied by visitors only"/>
+    <s v="Number"/>
+    <n v="73"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="24"/>
+    <s v="Cavan"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD462C3"/>
+    <s v="C   Unoccupied - residents temporarily absent"/>
+    <s v="Number"/>
+    <n v="339"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="24"/>
+    <s v="Cavan"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD462C4"/>
+    <s v="D   Unoccupied - vacant house"/>
+    <s v="Number"/>
+    <n v="3695"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="24"/>
+    <s v="Cavan"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD462C5"/>
+    <s v="E   Unoccupied - vacant flat"/>
+    <s v="Number"/>
+    <n v="429"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="24"/>
+    <s v="Cavan"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD462C6"/>
+    <s v="F   Unoccupied - vacant holiday home"/>
+    <s v="Number"/>
+    <n v="936"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="24"/>
+    <s v="Cavan"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD462C7"/>
+    <s v="G   Total housing stock ( A+B+C+D+E+F )"/>
+    <s v="Number"/>
+    <n v="23010"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="24"/>
+    <s v="Cavan"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD462C8"/>
+    <s v="Vacancy rate (D+E+F) / G"/>
+    <s v="%"/>
+    <n v="22"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="25"/>
+    <s v="Donegal"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD462C1"/>
+    <s v="A   Occupied by usual resident(s) of the household"/>
+    <s v="Number"/>
+    <n v="40796"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="25"/>
+    <s v="Donegal"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD462C2"/>
+    <s v="B   Occupied by visitors only"/>
+    <s v="Number"/>
+    <n v="424"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="25"/>
+    <s v="Donegal"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD462C3"/>
+    <s v="C   Unoccupied - residents temporarily absent"/>
+    <s v="Number"/>
+    <n v="957"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="25"/>
+    <s v="Donegal"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD462C4"/>
+    <s v="D   Unoccupied - vacant house"/>
+    <s v="Number"/>
+    <n v="8328"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="25"/>
+    <s v="Donegal"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD462C5"/>
+    <s v="E   Unoccupied - vacant flat"/>
+    <s v="Number"/>
+    <n v="726"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="25"/>
+    <s v="Donegal"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD462C6"/>
+    <s v="F   Unoccupied - vacant holiday home"/>
+    <s v="Number"/>
+    <n v="9618"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="25"/>
+    <s v="Donegal"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD462C7"/>
+    <s v="G   Total housing stock ( A+B+C+D+E+F )"/>
+    <s v="Number"/>
+    <n v="60849"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="25"/>
+    <s v="Donegal"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD462C8"/>
+    <s v="Vacancy rate (D+E+F) / G"/>
+    <s v="%"/>
+    <n v="30.7"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="26"/>
+    <s v="Monaghan"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD462C1"/>
+    <s v="A   Occupied by usual resident(s) of the household"/>
+    <s v="Number"/>
+    <n v="14233"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="26"/>
+    <s v="Monaghan"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD462C2"/>
+    <s v="B   Occupied by visitors only"/>
+    <s v="Number"/>
+    <n v="38"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="26"/>
+    <s v="Monaghan"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD462C3"/>
+    <s v="C   Unoccupied - residents temporarily absent"/>
+    <s v="Number"/>
+    <n v="247"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="26"/>
+    <s v="Monaghan"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD462C4"/>
+    <s v="D   Unoccupied - vacant house"/>
+    <s v="Number"/>
+    <n v="1959"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="26"/>
+    <s v="Monaghan"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD462C5"/>
+    <s v="E   Unoccupied - vacant flat"/>
+    <s v="Number"/>
+    <n v="116"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="26"/>
+    <s v="Monaghan"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD462C6"/>
+    <s v="F   Unoccupied - vacant holiday home"/>
+    <s v="Number"/>
+    <n v="134"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="26"/>
+    <s v="Monaghan"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD462C7"/>
+    <s v="G   Total housing stock ( A+B+C+D+E+F )"/>
+    <s v="Number"/>
+    <n v="16727"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="26"/>
+    <s v="Monaghan"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD462C8"/>
+    <s v="Vacancy rate (D+E+F) / G"/>
+    <s v="%"/>
+    <n v="13.2"/>
+  </r>
+</pivotCacheRecords>
 </file>