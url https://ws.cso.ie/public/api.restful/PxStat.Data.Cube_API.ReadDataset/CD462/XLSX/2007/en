--- v1 (2026-01-19)
+++ v2 (2026-03-07)
@@ -1,48 +1,48 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/pivotCache/pivotCacheDefinition1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheDefinition+xml"/>
   <Override PartName="/pivotCache/pivotCacheRecords1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheRecords+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/pivotTables/pivotTable.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc91bf250c0734071" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/a306a7055ef14b95b4e606d191c8e6d9.psmdcp" Id="Rc0280f98bf4f42f7" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rfc55d566d68b4b1b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/6caad23eb5ce4974a925c68da14e6f41.psmdcp" Id="R4dc0e54f9bd94188" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="About" sheetId="1" r:id="rId2"/>
     <x:sheet name="Unpivoted" sheetId="2" r:id="rId9"/>
     <x:sheet name="Pivoted" sheetId="3" r:id="rId11"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
   <x:pivotCaches>
     <x:pivotCache cacheId="0" r:id="rId12"/>
   </x:pivotCaches>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Table</x:t>