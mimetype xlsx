--- v0 (2025-10-10)
+++ v1 (2026-02-26)
@@ -1,97 +1,97 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/pivotCache/pivotCacheDefinition1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheDefinition+xml"/>
   <Override PartName="/pivotCache/pivotCacheRecords1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheRecords+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/pivotTables/pivotTable.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3a4c17368656436f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/34898930a627495baebe090ffd3aa497.psmdcp" Id="Rfb464035bd534351" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd5ee9066b0f240c2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/2b63b05abada41e182abe5cf6af428b7.psmdcp" Id="R60a02aa4bc304640" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
-    <x:sheet name="About" sheetId="2" r:id="rId2"/>
-[...1 lines deleted...]
-    <x:sheet name="Pivoted" sheetId="11" r:id="rId11"/>
+    <x:sheet name="About" sheetId="1" r:id="rId2"/>
+    <x:sheet name="Unpivoted" sheetId="2" r:id="rId9"/>
+    <x:sheet name="Pivoted" sheetId="3" r:id="rId11"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
   <x:pivotCaches>
     <x:pivotCache cacheId="0" r:id="rId12"/>
   </x:pivotCaches>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Table</x:t>
   </x:si>
   <x:si>
     <x:t>Code</x:t>
   </x:si>
   <x:si>
     <x:t>CD460</x:t>
   </x:si>
   <x:si>
     <x:t>Name</x:t>
   </x:si>
   <x:si>
     <x:t>Percentage of One Off Housing in Rural Areas</x:t>
   </x:si>
   <x:si>
     <x:t>Frequency</x:t>
   </x:si>
   <x:si>
     <x:t>Annual</x:t>
   </x:si>
   <x:si>
     <x:t>Last Updated</x:t>
   </x:si>
   <x:si>
-    <x:t>5/18/2020 11:00:00 AM</x:t>
+    <x:t>18/05/2020 11:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Note</x:t>
   </x:si>
   <x:si>
     <x:t>Url</x:t>
   </x:si>
   <x:si>
     <x:t>https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/CD460/XLSX/2007/en</x:t>
   </x:si>
   <x:si>
     <x:t>Product</x:t>
   </x:si>
   <x:si>
     <x:t>C2011P4</x:t>
   </x:si>
   <x:si>
     <x:t>Profile 4 - The Roof Over Our Heads - Housing in Ireland</x:t>
   </x:si>
   <x:si>
     <x:t>Contacts</x:t>
   </x:si>
   <x:si>
     <x:t>Bernie Casey</x:t>
   </x:si>
@@ -664,579 +664,218 @@
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip r:embed="rId8" cstate="print"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="3971925" cy="1381125"/>
         </a:xfrm>
         <a:prstGeom prst="rect"/>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/pivotTables/_rels/pivotTable.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheDefinition" Target="/pivotCache/pivotCacheDefinition1.xml" Id="rId17" /></Relationships>
 </file>
 
 <file path=xl/pivotTables/pivotTable.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotTableDefinition xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" dataCaption="Values" showError="0" missingCaption="" showMissing="1" pageWrap="0" pageOverThenDown="0" rowGrandTotals="0" colGrandTotals="0" indent="1">
-[...527 lines deleted...]
-</x:pivotTableDefinition>
+<pivotTableDefinition xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" applyNumberFormats="0" applyBorderFormats="0" applyFontFormats="0" applyPatternFormats="0" applyAlignmentFormats="0" applyWidthHeightFormats="0" dataCaption="Values" rowGrandTotals="0" colGrandTotals="0" outline="1">
+  <location ref="A1" firstHeaderRow="0" firstDataRow="0" firstDataCol="0"/>
+  <pivotFields count="10">
+    <pivotField name="C02779V03348" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="44">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+        <item x="11"/>
+        <item x="12"/>
+        <item x="13"/>
+        <item x="14"/>
+        <item x="15"/>
+        <item x="16"/>
+        <item x="17"/>
+        <item x="18"/>
+        <item x="19"/>
+        <item x="20"/>
+        <item x="21"/>
+        <item x="22"/>
+        <item x="23"/>
+        <item x="24"/>
+        <item x="25"/>
+        <item x="26"/>
+        <item x="27"/>
+        <item x="28"/>
+        <item x="29"/>
+        <item x="30"/>
+        <item x="31"/>
+        <item x="32"/>
+        <item x="33"/>
+        <item x="34"/>
+        <item x="35"/>
+        <item x="36"/>
+        <item x="37"/>
+        <item x="38"/>
+        <item x="39"/>
+        <item x="40"/>
+        <item x="41"/>
+        <item x="42"/>
+        <item x="43"/>
+      </items>
+    </pivotField>
+    <pivotField name="Province County or City" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="44">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+        <item x="11"/>
+        <item x="12"/>
+        <item x="13"/>
+        <item x="14"/>
+        <item x="15"/>
+        <item x="16"/>
+        <item x="17"/>
+        <item x="18"/>
+        <item x="19"/>
+        <item x="20"/>
+        <item x="21"/>
+        <item x="22"/>
+        <item x="23"/>
+        <item x="24"/>
+        <item x="25"/>
+        <item x="26"/>
+        <item x="27"/>
+        <item x="28"/>
+        <item x="29"/>
+        <item x="30"/>
+        <item x="31"/>
+        <item x="32"/>
+        <item x="33"/>
+        <item x="34"/>
+        <item x="35"/>
+        <item x="36"/>
+        <item x="37"/>
+        <item x="38"/>
+        <item x="39"/>
+        <item x="40"/>
+        <item x="41"/>
+        <item x="42"/>
+        <item x="43"/>
+      </items>
+    </pivotField>
+    <pivotField name="C02733V03301" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="7">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+      </items>
+    </pivotField>
+    <pivotField name="Type of Water Supply" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="7">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+      </items>
+    </pivotField>
+    <pivotField name="TLIST(A1)" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="CensusYear" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="STATISTIC" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="3">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+      </items>
+    </pivotField>
+    <pivotField name="Statistic Label" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="3">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+      </items>
+    </pivotField>
+    <pivotField showAll="0"/>
+    <pivotField dataField="1" showAll="0"/>
+  </pivotFields>
+  <rowFields count="8">
+    <field x="0"/>
+    <field x="1"/>
+    <field x="2"/>
+    <field x="3"/>
+    <field x="4"/>
+    <field x="5"/>
+    <field x="6"/>
+    <field x="7"/>
+  </rowFields>
+  <dataFields count="1">
+    <dataField name="VALUE" fld="9"/>
+  </dataFields>
+  <pivotTableStyleInfo name="PivotStyleLight16" showRowHeaders="1" showColHeaders="1"/>
+  <extLst>
+    <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{962EF5D1-5CA2-4c93-8EF4-DBF5C05439D2}">
+      <x14:pivotTableDefinition enableEdit="0" hideValuesRow="1"/>
+    </ext>
+  </extLst>
+</pivotTableDefinition>
 </file>
 
 <file path=xl/tables/table1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:table xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="1" name="Unpivoted" displayName="Unpivoted" ref="A1:J925" totalsRowShown="0">
   <x:autoFilter ref="A1:J925"/>
   <x:tableColumns count="10">
     <x:tableColumn id="1" name="C02779V03348"/>
     <x:tableColumn id="2" name="Province County or City"/>
     <x:tableColumn id="3" name="C02733V03301"/>
     <x:tableColumn id="4" name="Type of Water Supply"/>
     <x:tableColumn id="5" name="TLIST(A1)"/>
     <x:tableColumn id="6" name="CensusYear"/>
     <x:tableColumn id="7" name="STATISTIC"/>
     <x:tableColumn id="8" name="Statistic Label"/>
     <x:tableColumn id="9" name="UNIT"/>
     <x:tableColumn id="10" name="VALUE"/>
   </x:tableColumns>
   <x:tableStyleInfo name="TableStyleMedium2" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </x:table>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
@@ -1507,51 +1146,51 @@
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="/xl/drawings/drawing1.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/CD460/XLSX/2007/en" TargetMode="External" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cso.ie/" TargetMode="External" Id="rId14" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="/xl/tables/table1.xml" Id="rId15" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet3.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotTable" Target="/xl/pivotTables/pivotTable.xml" Id="rId16" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:B39"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="20.710625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="100.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="8" spans="1:2">
       <x:c r="A8" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B8" s="2"/>
     </x:row>
     <x:row r="9" spans="1:2">
       <x:c r="A9" s="3" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="B9" s="0" t="s">
         <x:v>2</x:v>
@@ -1738,51 +1377,51 @@
       </x:c>
     </x:row>
     <x:row r="39" spans="1:2">
       <x:c r="A39" s="3" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B39" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:hyperlinks>
     <x:hyperlink ref="B14" r:id="rId13"/>
     <x:hyperlink ref="B28" r:id="rId14"/>
   </x:hyperlinks>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:drawing xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId7"/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:J925"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="16.139196" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="24.282054" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="16.139196" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="27.710625" style="0" customWidth="1"/>
     <x:col min="5" max="5" width="11.282054" style="0" customWidth="1"/>
     <x:col min="6" max="6" width="13.424911" style="0" customWidth="1"/>
     <x:col min="7" max="7" width="11.996339" style="0" customWidth="1"/>
     <x:col min="8" max="8" width="28.710625" style="0" customWidth="1"/>
     <x:col min="9" max="9" width="8.282054" style="0" customWidth="1"/>
     <x:col min="10" max="10" width="8.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:10">
       <x:c r="A1" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
@@ -31372,51 +31011,51 @@
       <x:c r="G925" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="H925" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="I925" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="J925" s="0">
         <x:v>28.6</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="1">
     <x:tablePart r:id="rId15"/>
   </x:tableParts>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:sheetData/>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Application>Microsoft Excel</ap:Application>
   <ap:TitlesOfParts>
     <vt:vector baseType="lpstr" size="9">
       <vt:lpstr>About</vt:lpstr>
       <vt:lpstr>Unpivoted</vt:lpstr>
       <vt:lpstr>Pivoted</vt:lpstr>
@@ -31433,51 +31072,51 @@
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>3</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Named Ranges</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>6</vt:i4>
       </vt:variant>
     </vt:vector>
   </ap:HeadingPairs>
   <ap:DocSecurity>0</ap:DocSecurity>
   <ap:ScaleCrop>false</ap:ScaleCrop>
 </ap:Properties>
 </file>
 
 <file path=pivotCache/_rels/pivotCacheDefinition1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheRecords" Target="/pivotCache/pivotCacheRecords1.xml" Id="rId1" /></Relationships>
 </file>
 
 <file path=pivotCache/pivotCacheDefinition1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:pivotCacheDefinition xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" r:id="rId1" saveData="1" refreshOnLoad="1" createdVersion="5" refreshedVersion="5" minRefreshableVersion="3">
   <x:cacheSource type="worksheet">
-    <x:worksheetSource ref="A1:J925" sheet="Unpivoted"/>
+    <x:worksheetSource name="Unpivoted"/>
   </x:cacheSource>
   <x:cacheFields>
     <x:cacheField name="C02779V03348">
       <x:sharedItems count="44">
         <x:s v="-"/>
         <x:s v="A"/>
         <x:s v="01"/>
         <x:s v="02"/>
         <x:s v="021"/>
         <x:s v="024"/>
         <x:s v="023"/>
         <x:s v="022"/>
         <x:s v="03"/>
         <x:s v="04"/>
         <x:s v="05"/>
         <x:s v="06"/>
         <x:s v="07"/>
         <x:s v="08"/>
         <x:s v="09"/>
         <x:s v="10"/>
         <x:s v="11"/>
         <x:s v="12"/>
         <x:s v="B"/>
         <x:s v="13"/>
         <x:s v="14"/>
@@ -32238,27 +31877,11116 @@
         <x:n v="35.4"/>
         <x:n v="14233"/>
         <x:n v="10904"/>
         <x:n v="3111"/>
         <x:n v="1348"/>
         <x:n v="43.3"/>
         <x:n v="4686"/>
         <x:n v="3869"/>
         <x:n v="82.6"/>
         <x:n v="3143"/>
         <x:n v="2830"/>
         <x:n v="90"/>
         <x:n v="3017"/>
         <x:n v="2771"/>
         <x:n v="91.8"/>
         <x:n v="241"/>
         <x:n v="69"/>
         <x:n v="28.6"/>
       </x:sharedItems>
     </x:cacheField>
   </x:cacheFields>
 </x:pivotCacheDefinition>
 </file>
 
 <file path=pivotCache/pivotCacheRecords1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main"/>
+<pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="xr">
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="All types of water supply"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD460C1"/>
+    <s v="Total permanent housing units"/>
+    <s v="Years"/>
+    <n v="599335"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="All types of water supply"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD460C2"/>
+    <s v="One-off houses"/>
+    <s v="Number"/>
+    <n v="433564"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="All types of water supply"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD460C3"/>
+    <s v="Percentage of one - off houses"/>
+    <s v="%"/>
+    <n v="72.3"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="01"/>
+    <s v="Public mains"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD460C1"/>
+    <s v="Total permanent housing units"/>
+    <s v="Years"/>
+    <n v="282175"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="01"/>
+    <s v="Public mains"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD460C2"/>
+    <s v="One-off houses"/>
+    <s v="Number"/>
+    <n v="159292"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="01"/>
+    <s v="Public mains"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD460C3"/>
+    <s v="Percentage of one - off houses"/>
+    <s v="%"/>
+    <n v="56.5"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="02"/>
+    <s v="Local authority group scheme"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD460C1"/>
+    <s v="Total permanent housing units"/>
+    <s v="Years"/>
+    <n v="99634"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="02"/>
+    <s v="Local authority group scheme"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD460C2"/>
+    <s v="One-off houses"/>
+    <s v="Number"/>
+    <n v="83222"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="02"/>
+    <s v="Local authority group scheme"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD460C3"/>
+    <s v="Percentage of one - off houses"/>
+    <s v="%"/>
+    <n v="83.5"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="03"/>
+    <s v="Private group scheme"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD460C1"/>
+    <s v="Total permanent housing units"/>
+    <s v="Years"/>
+    <n v="43776"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="03"/>
+    <s v="Private group scheme"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD460C2"/>
+    <s v="One-off houses"/>
+    <s v="Number"/>
+    <n v="38814"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="03"/>
+    <s v="Private group scheme"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD460C3"/>
+    <s v="Percentage of one - off houses"/>
+    <s v="%"/>
+    <n v="88.7"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="04"/>
+    <s v="Other private source"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD460C1"/>
+    <s v="Total permanent housing units"/>
+    <s v="Years"/>
+    <n v="157832"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="04"/>
+    <s v="Other private source"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD460C2"/>
+    <s v="One-off houses"/>
+    <s v="Number"/>
+    <n v="146548"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="04"/>
+    <s v="Other private source"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD460C3"/>
+    <s v="Percentage of one - off houses"/>
+    <s v="%"/>
+    <n v="92.9"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="05"/>
+    <s v="No piped water"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD460C1"/>
+    <s v="Total permanent housing units"/>
+    <s v="Years"/>
+    <n v="1845"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="05"/>
+    <s v="No piped water"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD460C2"/>
+    <s v="One-off houses"/>
+    <s v="Number"/>
+    <n v="1015"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="05"/>
+    <s v="No piped water"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD460C3"/>
+    <s v="Percentage of one - off houses"/>
+    <s v="%"/>
+    <n v="55"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD460C1"/>
+    <s v="Total permanent housing units"/>
+    <s v="Years"/>
+    <n v="14073"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD460C2"/>
+    <s v="One-off houses"/>
+    <s v="Number"/>
+    <n v="4673"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD460C3"/>
+    <s v="Percentage of one - off houses"/>
+    <s v="%"/>
+    <n v="33.2"/>
+  </r>
+  <r>
+    <s v="A"/>
+    <s v="Leinster"/>
+    <s v="-"/>
+    <s v="All types of water supply"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD460C1"/>
+    <s v="Total permanent housing units"/>
+    <s v="Years"/>
+    <n v="200572"/>
+  </r>
+  <r>
+    <s v="A"/>
+    <s v="Leinster"/>
+    <s v="-"/>
+    <s v="All types of water supply"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD460C2"/>
+    <s v="One-off houses"/>
+    <s v="Number"/>
+    <n v="139873"/>
+  </r>
+  <r>
+    <s v="A"/>
+    <s v="Leinster"/>
+    <s v="-"/>
+    <s v="All types of water supply"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD460C3"/>
+    <s v="Percentage of one - off houses"/>
+    <s v="%"/>
+    <n v="69.7"/>
+  </r>
+  <r>
+    <s v="A"/>
+    <s v="Leinster"/>
+    <s v="01"/>
+    <s v="Public mains"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD460C1"/>
+    <s v="Total permanent housing units"/>
+    <s v="Years"/>
+    <n v="93986"/>
+  </r>
+  <r>
+    <s v="A"/>
+    <s v="Leinster"/>
+    <s v="01"/>
+    <s v="Public mains"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD460C2"/>
+    <s v="One-off houses"/>
+    <s v="Number"/>
+    <n v="49240"/>
+  </r>
+  <r>
+    <s v="A"/>
+    <s v="Leinster"/>
+    <s v="01"/>
+    <s v="Public mains"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD460C3"/>
+    <s v="Percentage of one - off houses"/>
+    <s v="%"/>
+    <n v="52.4"/>
+  </r>
+  <r>
+    <s v="A"/>
+    <s v="Leinster"/>
+    <s v="02"/>
+    <s v="Local authority group scheme"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD460C1"/>
+    <s v="Total permanent housing units"/>
+    <s v="Years"/>
+    <n v="20971"/>
+  </r>
+  <r>
+    <s v="A"/>
+    <s v="Leinster"/>
+    <s v="02"/>
+    <s v="Local authority group scheme"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD460C2"/>
+    <s v="One-off houses"/>
+    <s v="Number"/>
+    <n v="15808"/>
+  </r>
+  <r>
+    <s v="A"/>
+    <s v="Leinster"/>
+    <s v="02"/>
+    <s v="Local authority group scheme"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD460C3"/>
+    <s v="Percentage of one - off houses"/>
+    <s v="%"/>
+    <n v="75.4"/>
+  </r>
+  <r>
+    <s v="A"/>
+    <s v="Leinster"/>
+    <s v="03"/>
+    <s v="Private group scheme"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD460C1"/>
+    <s v="Total permanent housing units"/>
+    <s v="Years"/>
+    <n v="9753"/>
+  </r>
+  <r>
+    <s v="A"/>
+    <s v="Leinster"/>
+    <s v="03"/>
+    <s v="Private group scheme"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD460C2"/>
+    <s v="One-off houses"/>
+    <s v="Number"/>
+    <n v="7936"/>
+  </r>
+  <r>
+    <s v="A"/>
+    <s v="Leinster"/>
+    <s v="03"/>
+    <s v="Private group scheme"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD460C3"/>
+    <s v="Percentage of one - off houses"/>
+    <s v="%"/>
+    <n v="81.4"/>
+  </r>
+  <r>
+    <s v="A"/>
+    <s v="Leinster"/>
+    <s v="04"/>
+    <s v="Other private source"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD460C1"/>
+    <s v="Total permanent housing units"/>
+    <s v="Years"/>
+    <n v="70460"/>
+  </r>
+  <r>
+    <s v="A"/>
+    <s v="Leinster"/>
+    <s v="04"/>
+    <s v="Other private source"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD460C2"/>
+    <s v="One-off houses"/>
+    <s v="Number"/>
+    <n v="65092"/>
+  </r>
+  <r>
+    <s v="A"/>
+    <s v="Leinster"/>
+    <s v="04"/>
+    <s v="Other private source"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD460C3"/>
+    <s v="Percentage of one - off houses"/>
+    <s v="%"/>
+    <n v="92.4"/>
+  </r>
+  <r>
+    <s v="A"/>
+    <s v="Leinster"/>
+    <s v="05"/>
+    <s v="No piped water"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD460C1"/>
+    <s v="Total permanent housing units"/>
+    <s v="Years"/>
+    <n v="764"/>
+  </r>
+  <r>
+    <s v="A"/>
+    <s v="Leinster"/>
+    <s v="05"/>
+    <s v="No piped water"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD460C2"/>
+    <s v="One-off houses"/>
+    <s v="Number"/>
+    <n v="507"/>
+  </r>
+  <r>
+    <s v="A"/>
+    <s v="Leinster"/>
+    <s v="05"/>
+    <s v="No piped water"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD460C3"/>
+    <s v="Percentage of one - off houses"/>
+    <s v="%"/>
+    <n v="66.4"/>
+  </r>
+  <r>
+    <s v="A"/>
+    <s v="Leinster"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD460C1"/>
+    <s v="Total permanent housing units"/>
+    <s v="Years"/>
+    <n v="4638"/>
+  </r>
+  <r>
+    <s v="A"/>
+    <s v="Leinster"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD460C2"/>
+    <s v="One-off houses"/>
+    <s v="Number"/>
+    <n v="1290"/>
+  </r>
+  <r>
+    <s v="A"/>
+    <s v="Leinster"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD460C3"/>
+    <s v="Percentage of one - off houses"/>
+    <s v="%"/>
+    <n v="27.8"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Carlow"/>
+    <s v="-"/>
+    <s v="All types of water supply"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD460C1"/>
+    <s v="Total permanent housing units"/>
+    <s v="Years"/>
+    <n v="9354"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Carlow"/>
+    <s v="-"/>
+    <s v="All types of water supply"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD460C2"/>
+    <s v="One-off houses"/>
+    <s v="Number"/>
+    <n v="6435"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Carlow"/>
+    <s v="-"/>
+    <s v="All types of water supply"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD460C3"/>
+    <s v="Percentage of one - off houses"/>
+    <s v="%"/>
+    <n v="68.8"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Carlow"/>
+    <s v="01"/>
+    <s v="Public mains"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD460C1"/>
+    <s v="Total permanent housing units"/>
+    <s v="Years"/>
+    <n v="3403"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Carlow"/>
+    <s v="01"/>
+    <s v="Public mains"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD460C2"/>
+    <s v="One-off houses"/>
+    <s v="Number"/>
+    <n v="1420"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Carlow"/>
+    <s v="01"/>
+    <s v="Public mains"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD460C3"/>
+    <s v="Percentage of one - off houses"/>
+    <s v="%"/>
+    <n v="41.7"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Carlow"/>
+    <s v="02"/>
+    <s v="Local authority group scheme"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD460C1"/>
+    <s v="Total permanent housing units"/>
+    <s v="Years"/>
+    <n v="629"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Carlow"/>
+    <s v="02"/>
+    <s v="Local authority group scheme"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD460C2"/>
+    <s v="One-off houses"/>
+    <s v="Number"/>
+    <n v="362"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Carlow"/>
+    <s v="02"/>
+    <s v="Local authority group scheme"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD460C3"/>
+    <s v="Percentage of one - off houses"/>
+    <s v="%"/>
+    <n v="57.6"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Carlow"/>
+    <s v="03"/>
+    <s v="Private group scheme"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD460C1"/>
+    <s v="Total permanent housing units"/>
+    <s v="Years"/>
+    <n v="442"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Carlow"/>
+    <s v="03"/>
+    <s v="Private group scheme"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD460C2"/>
+    <s v="One-off houses"/>
+    <s v="Number"/>
+    <n v="293"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Carlow"/>
+    <s v="03"/>
+    <s v="Private group scheme"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD460C3"/>
+    <s v="Percentage of one - off houses"/>
+    <s v="%"/>
+    <n v="66.3"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Carlow"/>
+    <s v="04"/>
+    <s v="Other private source"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD460C1"/>
+    <s v="Total permanent housing units"/>
+    <s v="Years"/>
+    <n v="4621"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Carlow"/>
+    <s v="04"/>
+    <s v="Other private source"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD460C2"/>
+    <s v="One-off houses"/>
+    <s v="Number"/>
+    <n v="4267"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Carlow"/>
+    <s v="04"/>
+    <s v="Other private source"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD460C3"/>
+    <s v="Percentage of one - off houses"/>
+    <s v="%"/>
+    <n v="92.3"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Carlow"/>
+    <s v="05"/>
+    <s v="No piped water"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD460C1"/>
+    <s v="Total permanent housing units"/>
+    <s v="Years"/>
+    <n v="48"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Carlow"/>
+    <s v="05"/>
+    <s v="No piped water"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD460C2"/>
+    <s v="One-off houses"/>
+    <s v="Number"/>
+    <n v="31"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Carlow"/>
+    <s v="05"/>
+    <s v="No piped water"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD460C3"/>
+    <s v="Percentage of one - off houses"/>
+    <s v="%"/>
+    <n v="64.6"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Carlow"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD460C1"/>
+    <s v="Total permanent housing units"/>
+    <s v="Years"/>
+    <n v="211"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Carlow"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD460C2"/>
+    <s v="One-off houses"/>
+    <s v="Number"/>
+    <n v="62"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Carlow"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD460C3"/>
+    <s v="Percentage of one - off houses"/>
+    <s v="%"/>
+    <n v="29.4"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="Dublin"/>
+    <s v="-"/>
+    <s v="All types of water supply"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD460C1"/>
+    <s v="Total permanent housing units"/>
+    <s v="Years"/>
+    <n v="8344"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="Dublin"/>
+    <s v="-"/>
+    <s v="All types of water supply"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD460C2"/>
+    <s v="One-off houses"/>
+    <s v="Number"/>
+    <n v="4661"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="Dublin"/>
+    <s v="-"/>
+    <s v="All types of water supply"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD460C3"/>
+    <s v="Percentage of one - off houses"/>
+    <s v="%"/>
+    <n v="55.9"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="Dublin"/>
+    <s v="01"/>
+    <s v="Public mains"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD460C1"/>
+    <s v="Total permanent housing units"/>
+    <s v="Years"/>
+    <n v="6542"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="Dublin"/>
+    <s v="01"/>
+    <s v="Public mains"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD460C2"/>
+    <s v="One-off houses"/>
+    <s v="Number"/>
+    <n v="3430"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="Dublin"/>
+    <s v="01"/>
+    <s v="Public mains"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD460C3"/>
+    <s v="Percentage of one - off houses"/>
+    <s v="%"/>
+    <n v="52.4"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="Dublin"/>
+    <s v="02"/>
+    <s v="Local authority group scheme"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD460C1"/>
+    <s v="Total permanent housing units"/>
+    <s v="Years"/>
+    <n v="368"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="Dublin"/>
+    <s v="02"/>
+    <s v="Local authority group scheme"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD460C2"/>
+    <s v="One-off houses"/>
+    <s v="Number"/>
+    <n v="153"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="Dublin"/>
+    <s v="02"/>
+    <s v="Local authority group scheme"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD460C3"/>
+    <s v="Percentage of one - off houses"/>
+    <s v="%"/>
+    <n v="41.6"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="Dublin"/>
+    <s v="03"/>
+    <s v="Private group scheme"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD460C1"/>
+    <s v="Total permanent housing units"/>
+    <s v="Years"/>
+    <n v="73"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="Dublin"/>
+    <s v="03"/>
+    <s v="Private group scheme"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD460C2"/>
+    <s v="One-off houses"/>
+    <s v="Number"/>
+    <n v="56"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="Dublin"/>
+    <s v="03"/>
+    <s v="Private group scheme"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD460C3"/>
+    <s v="Percentage of one - off houses"/>
+    <s v="%"/>
+    <n v="76.7"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="Dublin"/>
+    <s v="04"/>
+    <s v="Other private source"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD460C1"/>
+    <s v="Total permanent housing units"/>
+    <s v="Years"/>
+    <n v="1046"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="Dublin"/>
+    <s v="04"/>
+    <s v="Other private source"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD460C2"/>
+    <s v="One-off houses"/>
+    <s v="Number"/>
+    <n v="951"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="Dublin"/>
+    <s v="04"/>
+    <s v="Other private source"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD460C3"/>
+    <s v="Percentage of one - off houses"/>
+    <s v="%"/>
+    <n v="90.9"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="Dublin"/>
+    <s v="05"/>
+    <s v="No piped water"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD460C1"/>
+    <s v="Total permanent housing units"/>
+    <s v="Years"/>
+    <n v="13"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="Dublin"/>
+    <s v="05"/>
+    <s v="No piped water"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD460C2"/>
+    <s v="One-off houses"/>
+    <s v="Number"/>
+    <n v="9"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="Dublin"/>
+    <s v="05"/>
+    <s v="No piped water"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD460C3"/>
+    <s v="Percentage of one - off houses"/>
+    <s v="%"/>
+    <n v="69.2"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="Dublin"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD460C1"/>
+    <s v="Total permanent housing units"/>
+    <s v="Years"/>
+    <n v="302"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="Dublin"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD460C2"/>
+    <s v="One-off houses"/>
+    <s v="Number"/>
+    <n v="62"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="Dublin"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD460C3"/>
+    <s v="Percentage of one - off houses"/>
+    <s v="%"/>
+    <n v="20.5"/>
+  </r>
+  <r>
+    <s v="021"/>
+    <s v="Dublin City"/>
+    <s v="-"/>
+    <s v="All types of water supply"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD460C1"/>
+    <s v="Total permanent housing units"/>
+    <s v="Years"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="021"/>
+    <s v="Dublin City"/>
+    <s v="-"/>
+    <s v="All types of water supply"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD460C2"/>
+    <s v="One-off houses"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="021"/>
+    <s v="Dublin City"/>
+    <s v="-"/>
+    <s v="All types of water supply"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD460C3"/>
+    <s v="Percentage of one - off houses"/>
+    <s v="%"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="021"/>
+    <s v="Dublin City"/>
+    <s v="01"/>
+    <s v="Public mains"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD460C1"/>
+    <s v="Total permanent housing units"/>
+    <s v="Years"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="021"/>
+    <s v="Dublin City"/>
+    <s v="01"/>
+    <s v="Public mains"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD460C2"/>
+    <s v="One-off houses"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="021"/>
+    <s v="Dublin City"/>
+    <s v="01"/>
+    <s v="Public mains"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD460C3"/>
+    <s v="Percentage of one - off houses"/>
+    <s v="%"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="021"/>
+    <s v="Dublin City"/>
+    <s v="02"/>
+    <s v="Local authority group scheme"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD460C1"/>
+    <s v="Total permanent housing units"/>
+    <s v="Years"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="021"/>
+    <s v="Dublin City"/>
+    <s v="02"/>
+    <s v="Local authority group scheme"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD460C2"/>
+    <s v="One-off houses"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="021"/>
+    <s v="Dublin City"/>
+    <s v="02"/>
+    <s v="Local authority group scheme"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD460C3"/>
+    <s v="Percentage of one - off houses"/>
+    <s v="%"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="021"/>
+    <s v="Dublin City"/>
+    <s v="03"/>
+    <s v="Private group scheme"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD460C1"/>
+    <s v="Total permanent housing units"/>
+    <s v="Years"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="021"/>
+    <s v="Dublin City"/>
+    <s v="03"/>
+    <s v="Private group scheme"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD460C2"/>
+    <s v="One-off houses"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="021"/>
+    <s v="Dublin City"/>
+    <s v="03"/>
+    <s v="Private group scheme"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD460C3"/>
+    <s v="Percentage of one - off houses"/>
+    <s v="%"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="021"/>
+    <s v="Dublin City"/>
+    <s v="04"/>
+    <s v="Other private source"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD460C1"/>
+    <s v="Total permanent housing units"/>
+    <s v="Years"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="021"/>
+    <s v="Dublin City"/>
+    <s v="04"/>
+    <s v="Other private source"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD460C2"/>
+    <s v="One-off houses"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="021"/>
+    <s v="Dublin City"/>
+    <s v="04"/>
+    <s v="Other private source"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD460C3"/>
+    <s v="Percentage of one - off houses"/>
+    <s v="%"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="021"/>
+    <s v="Dublin City"/>
+    <s v="05"/>
+    <s v="No piped water"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD460C1"/>
+    <s v="Total permanent housing units"/>
+    <s v="Years"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="021"/>
+    <s v="Dublin City"/>
+    <s v="05"/>
+    <s v="No piped water"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD460C2"/>
+    <s v="One-off houses"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="021"/>
+    <s v="Dublin City"/>
+    <s v="05"/>
+    <s v="No piped water"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD460C3"/>
+    <s v="Percentage of one - off houses"/>
+    <s v="%"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="021"/>
+    <s v="Dublin City"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD460C1"/>
+    <s v="Total permanent housing units"/>
+    <s v="Years"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="021"/>
+    <s v="Dublin City"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD460C2"/>
+    <s v="One-off houses"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="021"/>
+    <s v="Dublin City"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD460C3"/>
+    <s v="Percentage of one - off houses"/>
+    <s v="%"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="024"/>
+    <s v="Dún Laoghaire-Rathdown"/>
+    <s v="-"/>
+    <s v="All types of water supply"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD460C1"/>
+    <s v="Total permanent housing units"/>
+    <s v="Years"/>
+    <n v="578"/>
+  </r>
+  <r>
+    <s v="024"/>
+    <s v="Dún Laoghaire-Rathdown"/>
+    <s v="-"/>
+    <s v="All types of water supply"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD460C2"/>
+    <s v="One-off houses"/>
+    <s v="Number"/>
+    <n v="431"/>
+  </r>
+  <r>
+    <s v="024"/>
+    <s v="Dún Laoghaire-Rathdown"/>
+    <s v="-"/>
+    <s v="All types of water supply"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD460C3"/>
+    <s v="Percentage of one - off houses"/>
+    <s v="%"/>
+    <n v="74.6"/>
+  </r>
+  <r>
+    <s v="024"/>
+    <s v="Dún Laoghaire-Rathdown"/>
+    <s v="01"/>
+    <s v="Public mains"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD460C1"/>
+    <s v="Total permanent housing units"/>
+    <s v="Years"/>
+    <n v="285"/>
+  </r>
+  <r>
+    <s v="024"/>
+    <s v="Dún Laoghaire-Rathdown"/>
+    <s v="01"/>
+    <s v="Public mains"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD460C2"/>
+    <s v="One-off houses"/>
+    <s v="Number"/>
+    <n v="194"/>
+  </r>
+  <r>
+    <s v="024"/>
+    <s v="Dún Laoghaire-Rathdown"/>
+    <s v="01"/>
+    <s v="Public mains"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD460C3"/>
+    <s v="Percentage of one - off houses"/>
+    <s v="%"/>
+    <n v="68.1"/>
+  </r>
+  <r>
+    <s v="024"/>
+    <s v="Dún Laoghaire-Rathdown"/>
+    <s v="02"/>
+    <s v="Local authority group scheme"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD460C1"/>
+    <s v="Total permanent housing units"/>
+    <s v="Years"/>
+    <n v="65"/>
+  </r>
+  <r>
+    <s v="024"/>
+    <s v="Dún Laoghaire-Rathdown"/>
+    <s v="02"/>
+    <s v="Local authority group scheme"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD460C2"/>
+    <s v="One-off houses"/>
+    <s v="Number"/>
+    <n v="42"/>
+  </r>
+  <r>
+    <s v="024"/>
+    <s v="Dún Laoghaire-Rathdown"/>
+    <s v="02"/>
+    <s v="Local authority group scheme"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD460C3"/>
+    <s v="Percentage of one - off houses"/>
+    <s v="%"/>
+    <n v="64.6"/>
+  </r>
+  <r>
+    <s v="024"/>
+    <s v="Dún Laoghaire-Rathdown"/>
+    <s v="03"/>
+    <s v="Private group scheme"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD460C1"/>
+    <s v="Total permanent housing units"/>
+    <s v="Years"/>
+    <n v="15"/>
+  </r>
+  <r>
+    <s v="024"/>
+    <s v="Dún Laoghaire-Rathdown"/>
+    <s v="03"/>
+    <s v="Private group scheme"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD460C2"/>
+    <s v="One-off houses"/>
+    <s v="Number"/>
+    <n v="13"/>
+  </r>
+  <r>
+    <s v="024"/>
+    <s v="Dún Laoghaire-Rathdown"/>
+    <s v="03"/>
+    <s v="Private group scheme"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD460C3"/>
+    <s v="Percentage of one - off houses"/>
+    <s v="%"/>
+    <n v="86.7"/>
+  </r>
+  <r>
+    <s v="024"/>
+    <s v="Dún Laoghaire-Rathdown"/>
+    <s v="04"/>
+    <s v="Other private source"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD460C1"/>
+    <s v="Total permanent housing units"/>
+    <s v="Years"/>
+    <n v="192"/>
+  </r>
+  <r>
+    <s v="024"/>
+    <s v="Dún Laoghaire-Rathdown"/>
+    <s v="04"/>
+    <s v="Other private source"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD460C2"/>
+    <s v="One-off houses"/>
+    <s v="Number"/>
+    <n v="172"/>
+  </r>
+  <r>
+    <s v="024"/>
+    <s v="Dún Laoghaire-Rathdown"/>
+    <s v="04"/>
+    <s v="Other private source"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD460C3"/>
+    <s v="Percentage of one - off houses"/>
+    <s v="%"/>
+    <n v="89.6"/>
+  </r>
+  <r>
+    <s v="024"/>
+    <s v="Dún Laoghaire-Rathdown"/>
+    <s v="05"/>
+    <s v="No piped water"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD460C1"/>
+    <s v="Total permanent housing units"/>
+    <s v="Years"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="024"/>
+    <s v="Dún Laoghaire-Rathdown"/>
+    <s v="05"/>
+    <s v="No piped water"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD460C2"/>
+    <s v="One-off houses"/>
+    <s v="Number"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="024"/>
+    <s v="Dún Laoghaire-Rathdown"/>
+    <s v="05"/>
+    <s v="No piped water"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD460C3"/>
+    <s v="Percentage of one - off houses"/>
+    <s v="%"/>
+    <n v="50"/>
+  </r>
+  <r>
+    <s v="024"/>
+    <s v="Dún Laoghaire-Rathdown"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD460C1"/>
+    <s v="Total permanent housing units"/>
+    <s v="Years"/>
+    <n v="19"/>
+  </r>
+  <r>
+    <s v="024"/>
+    <s v="Dún Laoghaire-Rathdown"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD460C2"/>
+    <s v="One-off houses"/>
+    <s v="Number"/>
+    <n v="9"/>
+  </r>
+  <r>
+    <s v="024"/>
+    <s v="Dún Laoghaire-Rathdown"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD460C3"/>
+    <s v="Percentage of one - off houses"/>
+    <s v="%"/>
+    <n v="47.4"/>
+  </r>
+  <r>
+    <s v="023"/>
+    <s v="Fingal"/>
+    <s v="-"/>
+    <s v="All types of water supply"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD460C1"/>
+    <s v="Total permanent housing units"/>
+    <s v="Years"/>
+    <n v="6228"/>
+  </r>
+  <r>
+    <s v="023"/>
+    <s v="Fingal"/>
+    <s v="-"/>
+    <s v="All types of water supply"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD460C2"/>
+    <s v="One-off houses"/>
+    <s v="Number"/>
+    <n v="3127"/>
+  </r>
+  <r>
+    <s v="023"/>
+    <s v="Fingal"/>
+    <s v="-"/>
+    <s v="All types of water supply"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD460C3"/>
+    <s v="Percentage of one - off houses"/>
+    <s v="%"/>
+    <n v="50.2"/>
+  </r>
+  <r>
+    <s v="023"/>
+    <s v="Fingal"/>
+    <s v="01"/>
+    <s v="Public mains"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD460C1"/>
+    <s v="Total permanent housing units"/>
+    <s v="Years"/>
+    <n v="5504"/>
+  </r>
+  <r>
+    <s v="023"/>
+    <s v="Fingal"/>
+    <s v="01"/>
+    <s v="Public mains"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD460C2"/>
+    <s v="One-off houses"/>
+    <s v="Number"/>
+    <n v="2781"/>
+  </r>
+  <r>
+    <s v="023"/>
+    <s v="Fingal"/>
+    <s v="01"/>
+    <s v="Public mains"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD460C3"/>
+    <s v="Percentage of one - off houses"/>
+    <s v="%"/>
+    <n v="50.5"/>
+  </r>
+  <r>
+    <s v="023"/>
+    <s v="Fingal"/>
+    <s v="02"/>
+    <s v="Local authority group scheme"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD460C1"/>
+    <s v="Total permanent housing units"/>
+    <s v="Years"/>
+    <n v="246"/>
+  </r>
+  <r>
+    <s v="023"/>
+    <s v="Fingal"/>
+    <s v="02"/>
+    <s v="Local authority group scheme"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD460C2"/>
+    <s v="One-off houses"/>
+    <s v="Number"/>
+    <n v="75"/>
+  </r>
+  <r>
+    <s v="023"/>
+    <s v="Fingal"/>
+    <s v="02"/>
+    <s v="Local authority group scheme"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD460C3"/>
+    <s v="Percentage of one - off houses"/>
+    <s v="%"/>
+    <n v="30.5"/>
+  </r>
+  <r>
+    <s v="023"/>
+    <s v="Fingal"/>
+    <s v="03"/>
+    <s v="Private group scheme"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD460C1"/>
+    <s v="Total permanent housing units"/>
+    <s v="Years"/>
+    <n v="32"/>
+  </r>
+  <r>
+    <s v="023"/>
+    <s v="Fingal"/>
+    <s v="03"/>
+    <s v="Private group scheme"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD460C2"/>
+    <s v="One-off houses"/>
+    <s v="Number"/>
+    <n v="20"/>
+  </r>
+  <r>
+    <s v="023"/>
+    <s v="Fingal"/>
+    <s v="03"/>
+    <s v="Private group scheme"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD460C3"/>
+    <s v="Percentage of one - off houses"/>
+    <s v="%"/>
+    <n v="62.5"/>
+  </r>
+  <r>
+    <s v="023"/>
+    <s v="Fingal"/>
+    <s v="04"/>
+    <s v="Other private source"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD460C1"/>
+    <s v="Total permanent housing units"/>
+    <s v="Years"/>
+    <n v="235"/>
+  </r>
+  <r>
+    <s v="023"/>
+    <s v="Fingal"/>
+    <s v="04"/>
+    <s v="Other private source"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD460C2"/>
+    <s v="One-off houses"/>
+    <s v="Number"/>
+    <n v="205"/>
+  </r>
+  <r>
+    <s v="023"/>
+    <s v="Fingal"/>
+    <s v="04"/>
+    <s v="Other private source"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD460C3"/>
+    <s v="Percentage of one - off houses"/>
+    <s v="%"/>
+    <n v="87.2"/>
+  </r>
+  <r>
+    <s v="023"/>
+    <s v="Fingal"/>
+    <s v="05"/>
+    <s v="No piped water"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD460C1"/>
+    <s v="Total permanent housing units"/>
+    <s v="Years"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="023"/>
+    <s v="Fingal"/>
+    <s v="05"/>
+    <s v="No piped water"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD460C2"/>
+    <s v="One-off houses"/>
+    <s v="Number"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="023"/>
+    <s v="Fingal"/>
+    <s v="05"/>
+    <s v="No piped water"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD460C3"/>
+    <s v="Percentage of one - off houses"/>
+    <s v="%"/>
+    <n v="100"/>
+  </r>
+  <r>
+    <s v="023"/>
+    <s v="Fingal"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD460C1"/>
+    <s v="Total permanent housing units"/>
+    <s v="Years"/>
+    <n v="210"/>
+  </r>
+  <r>
+    <s v="023"/>
+    <s v="Fingal"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD460C2"/>
+    <s v="One-off houses"/>
+    <s v="Number"/>
+    <n v="45"/>
+  </r>
+  <r>
+    <s v="023"/>
+    <s v="Fingal"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD460C3"/>
+    <s v="Percentage of one - off houses"/>
+    <s v="%"/>
+    <n v="21.4"/>
+  </r>
+  <r>
+    <s v="022"/>
+    <s v="South Dublin"/>
+    <s v="-"/>
+    <s v="All types of water supply"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD460C1"/>
+    <s v="Total permanent housing units"/>
+    <s v="Years"/>
+    <n v="1538"/>
+  </r>
+  <r>
+    <s v="022"/>
+    <s v="South Dublin"/>
+    <s v="-"/>
+    <s v="All types of water supply"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD460C2"/>
+    <s v="One-off houses"/>
+    <s v="Number"/>
+    <n v="1103"/>
+  </r>
+  <r>
+    <s v="022"/>
+    <s v="South Dublin"/>
+    <s v="-"/>
+    <s v="All types of water supply"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD460C3"/>
+    <s v="Percentage of one - off houses"/>
+    <s v="%"/>
+    <n v="71.7"/>
+  </r>
+  <r>
+    <s v="022"/>
+    <s v="South Dublin"/>
+    <s v="01"/>
+    <s v="Public mains"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD460C1"/>
+    <s v="Total permanent housing units"/>
+    <s v="Years"/>
+    <n v="753"/>
+  </r>
+  <r>
+    <s v="022"/>
+    <s v="South Dublin"/>
+    <s v="01"/>
+    <s v="Public mains"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD460C2"/>
+    <s v="One-off houses"/>
+    <s v="Number"/>
+    <n v="455"/>
+  </r>
+  <r>
+    <s v="022"/>
+    <s v="South Dublin"/>
+    <s v="01"/>
+    <s v="Public mains"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD460C3"/>
+    <s v="Percentage of one - off houses"/>
+    <s v="%"/>
+    <n v="60.4"/>
+  </r>
+  <r>
+    <s v="022"/>
+    <s v="South Dublin"/>
+    <s v="02"/>
+    <s v="Local authority group scheme"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD460C1"/>
+    <s v="Total permanent housing units"/>
+    <s v="Years"/>
+    <n v="57"/>
+  </r>
+  <r>
+    <s v="022"/>
+    <s v="South Dublin"/>
+    <s v="02"/>
+    <s v="Local authority group scheme"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD460C2"/>
+    <s v="One-off houses"/>
+    <s v="Number"/>
+    <n v="36"/>
+  </r>
+  <r>
+    <s v="022"/>
+    <s v="South Dublin"/>
+    <s v="02"/>
+    <s v="Local authority group scheme"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD460C3"/>
+    <s v="Percentage of one - off houses"/>
+    <s v="%"/>
+    <n v="63.2"/>
+  </r>
+  <r>
+    <s v="022"/>
+    <s v="South Dublin"/>
+    <s v="03"/>
+    <s v="Private group scheme"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD460C1"/>
+    <s v="Total permanent housing units"/>
+    <s v="Years"/>
+    <n v="26"/>
+  </r>
+  <r>
+    <s v="022"/>
+    <s v="South Dublin"/>
+    <s v="03"/>
+    <s v="Private group scheme"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD460C2"/>
+    <s v="One-off houses"/>
+    <s v="Number"/>
+    <n v="23"/>
+  </r>
+  <r>
+    <s v="022"/>
+    <s v="South Dublin"/>
+    <s v="03"/>
+    <s v="Private group scheme"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD460C3"/>
+    <s v="Percentage of one - off houses"/>
+    <s v="%"/>
+    <n v="88.5"/>
+  </r>
+  <r>
+    <s v="022"/>
+    <s v="South Dublin"/>
+    <s v="04"/>
+    <s v="Other private source"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD460C1"/>
+    <s v="Total permanent housing units"/>
+    <s v="Years"/>
+    <n v="619"/>
+  </r>
+  <r>
+    <s v="022"/>
+    <s v="South Dublin"/>
+    <s v="04"/>
+    <s v="Other private source"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD460C2"/>
+    <s v="One-off houses"/>
+    <s v="Number"/>
+    <n v="574"/>
+  </r>
+  <r>
+    <s v="022"/>
+    <s v="South Dublin"/>
+    <s v="04"/>
+    <s v="Other private source"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD460C3"/>
+    <s v="Percentage of one - off houses"/>
+    <s v="%"/>
+    <n v="92.7"/>
+  </r>
+  <r>
+    <s v="022"/>
+    <s v="South Dublin"/>
+    <s v="05"/>
+    <s v="No piped water"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD460C1"/>
+    <s v="Total permanent housing units"/>
+    <s v="Years"/>
+    <n v="10"/>
+  </r>
+  <r>
+    <s v="022"/>
+    <s v="South Dublin"/>
+    <s v="05"/>
+    <s v="No piped water"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD460C2"/>
+    <s v="One-off houses"/>
+    <s v="Number"/>
+    <n v="7"/>
+  </r>
+  <r>
+    <s v="022"/>
+    <s v="South Dublin"/>
+    <s v="05"/>
+    <s v="No piped water"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD460C3"/>
+    <s v="Percentage of one - off houses"/>
+    <s v="%"/>
+    <n v="70"/>
+  </r>
+  <r>
+    <s v="022"/>
+    <s v="South Dublin"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD460C1"/>
+    <s v="Total permanent housing units"/>
+    <s v="Years"/>
+    <n v="73"/>
+  </r>
+  <r>
+    <s v="022"/>
+    <s v="South Dublin"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD460C2"/>
+    <s v="One-off houses"/>
+    <s v="Number"/>
+    <n v="8"/>
+  </r>
+  <r>
+    <s v="022"/>
+    <s v="South Dublin"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD460C3"/>
+    <s v="Percentage of one - off houses"/>
+    <s v="%"/>
+    <n v="11"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="Kildare"/>
+    <s v="-"/>
+    <s v="All types of water supply"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD460C1"/>
+    <s v="Total permanent housing units"/>
+    <s v="Years"/>
+    <n v="21872"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="Kildare"/>
+    <s v="-"/>
+    <s v="All types of water supply"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD460C2"/>
+    <s v="One-off houses"/>
+    <s v="Number"/>
+    <n v="14161"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="Kildare"/>
+    <s v="-"/>
+    <s v="All types of water supply"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD460C3"/>
+    <s v="Percentage of one - off houses"/>
+    <s v="%"/>
+    <n v="64.7"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="Kildare"/>
+    <s v="01"/>
+    <s v="Public mains"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD460C1"/>
+    <s v="Total permanent housing units"/>
+    <s v="Years"/>
+    <n v="13764"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="Kildare"/>
+    <s v="01"/>
+    <s v="Public mains"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD460C2"/>
+    <s v="One-off houses"/>
+    <s v="Number"/>
+    <n v="7566"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="Kildare"/>
+    <s v="01"/>
+    <s v="Public mains"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD460C3"/>
+    <s v="Percentage of one - off houses"/>
+    <s v="%"/>
+    <n v="55"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="Kildare"/>
+    <s v="02"/>
+    <s v="Local authority group scheme"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD460C1"/>
+    <s v="Total permanent housing units"/>
+    <s v="Years"/>
+    <n v="2553"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="Kildare"/>
+    <s v="02"/>
+    <s v="Local authority group scheme"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD460C2"/>
+    <s v="One-off houses"/>
+    <s v="Number"/>
+    <n v="2035"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="Kildare"/>
+    <s v="02"/>
+    <s v="Local authority group scheme"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD460C3"/>
+    <s v="Percentage of one - off houses"/>
+    <s v="%"/>
+    <n v="79.7"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="Kildare"/>
+    <s v="03"/>
+    <s v="Private group scheme"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD460C1"/>
+    <s v="Total permanent housing units"/>
+    <s v="Years"/>
+    <n v="589"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="Kildare"/>
+    <s v="03"/>
+    <s v="Private group scheme"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD460C2"/>
+    <s v="One-off houses"/>
+    <s v="Number"/>
+    <n v="483"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="Kildare"/>
+    <s v="03"/>
+    <s v="Private group scheme"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD460C3"/>
+    <s v="Percentage of one - off houses"/>
+    <s v="%"/>
+    <n v="82"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="Kildare"/>
+    <s v="04"/>
+    <s v="Other private source"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD460C1"/>
+    <s v="Total permanent housing units"/>
+    <s v="Years"/>
+    <n v="4233"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="Kildare"/>
+    <s v="04"/>
+    <s v="Other private source"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD460C2"/>
+    <s v="One-off houses"/>
+    <s v="Number"/>
+    <n v="3838"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="Kildare"/>
+    <s v="04"/>
+    <s v="Other private source"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD460C3"/>
+    <s v="Percentage of one - off houses"/>
+    <s v="%"/>
+    <n v="90.7"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="Kildare"/>
+    <s v="05"/>
+    <s v="No piped water"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD460C1"/>
+    <s v="Total permanent housing units"/>
+    <s v="Years"/>
+    <n v="62"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="Kildare"/>
+    <s v="05"/>
+    <s v="No piped water"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD460C2"/>
+    <s v="One-off houses"/>
+    <s v="Number"/>
+    <n v="45"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="Kildare"/>
+    <s v="05"/>
+    <s v="No piped water"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD460C3"/>
+    <s v="Percentage of one - off houses"/>
+    <s v="%"/>
+    <n v="72.6"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="Kildare"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD460C1"/>
+    <s v="Total permanent housing units"/>
+    <s v="Years"/>
+    <n v="671"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="Kildare"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD460C2"/>
+    <s v="One-off houses"/>
+    <s v="Number"/>
+    <n v="194"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="Kildare"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD460C3"/>
+    <s v="Percentage of one - off houses"/>
+    <s v="%"/>
+    <n v="28.9"/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="Kilkenny"/>
+    <s v="-"/>
+    <s v="All types of water supply"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD460C1"/>
+    <s v="Total permanent housing units"/>
+    <s v="Years"/>
+    <n v="20333"/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="Kilkenny"/>
+    <s v="-"/>
+    <s v="All types of water supply"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD460C2"/>
+    <s v="One-off houses"/>
+    <s v="Number"/>
+    <n v="13994"/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="Kilkenny"/>
+    <s v="-"/>
+    <s v="All types of water supply"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD460C3"/>
+    <s v="Percentage of one - off houses"/>
+    <s v="%"/>
+    <n v="68.8"/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="Kilkenny"/>
+    <s v="01"/>
+    <s v="Public mains"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD460C1"/>
+    <s v="Total permanent housing units"/>
+    <s v="Years"/>
+    <n v="7969"/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="Kilkenny"/>
+    <s v="01"/>
+    <s v="Public mains"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD460C2"/>
+    <s v="One-off houses"/>
+    <s v="Number"/>
+    <n v="3424"/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="Kilkenny"/>
+    <s v="01"/>
+    <s v="Public mains"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD460C3"/>
+    <s v="Percentage of one - off houses"/>
+    <s v="%"/>
+    <n v="43"/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="Kilkenny"/>
+    <s v="02"/>
+    <s v="Local authority group scheme"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD460C1"/>
+    <s v="Total permanent housing units"/>
+    <s v="Years"/>
+    <n v="1973"/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="Kilkenny"/>
+    <s v="02"/>
+    <s v="Local authority group scheme"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD460C2"/>
+    <s v="One-off houses"/>
+    <s v="Number"/>
+    <n v="1395"/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="Kilkenny"/>
+    <s v="02"/>
+    <s v="Local authority group scheme"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD460C3"/>
+    <s v="Percentage of one - off houses"/>
+    <s v="%"/>
+    <n v="70.7"/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="Kilkenny"/>
+    <s v="03"/>
+    <s v="Private group scheme"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD460C1"/>
+    <s v="Total permanent housing units"/>
+    <s v="Years"/>
+    <n v="1475"/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="Kilkenny"/>
+    <s v="03"/>
+    <s v="Private group scheme"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD460C2"/>
+    <s v="One-off houses"/>
+    <s v="Number"/>
+    <n v="1214"/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="Kilkenny"/>
+    <s v="03"/>
+    <s v="Private group scheme"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD460C3"/>
+    <s v="Percentage of one - off houses"/>
+    <s v="%"/>
+    <n v="82.3"/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="Kilkenny"/>
+    <s v="04"/>
+    <s v="Other private source"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD460C1"/>
+    <s v="Total permanent housing units"/>
+    <s v="Years"/>
+    <n v="8461"/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="Kilkenny"/>
+    <s v="04"/>
+    <s v="Other private source"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD460C2"/>
+    <s v="One-off houses"/>
+    <s v="Number"/>
+    <n v="7825"/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="Kilkenny"/>
+    <s v="04"/>
+    <s v="Other private source"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD460C3"/>
+    <s v="Percentage of one - off houses"/>
+    <s v="%"/>
+    <n v="92.5"/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="Kilkenny"/>
+    <s v="05"/>
+    <s v="No piped water"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD460C1"/>
+    <s v="Total permanent housing units"/>
+    <s v="Years"/>
+    <n v="52"/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="Kilkenny"/>
+    <s v="05"/>
+    <s v="No piped water"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD460C2"/>
+    <s v="One-off houses"/>
+    <s v="Number"/>
+    <n v="25"/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="Kilkenny"/>
+    <s v="05"/>
+    <s v="No piped water"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD460C3"/>
+    <s v="Percentage of one - off houses"/>
+    <s v="%"/>
+    <n v="48.1"/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="Kilkenny"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD460C1"/>
+    <s v="Total permanent housing units"/>
+    <s v="Years"/>
+    <n v="403"/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="Kilkenny"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD460C2"/>
+    <s v="One-off houses"/>
+    <s v="Number"/>
+    <n v="111"/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="Kilkenny"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD460C3"/>
+    <s v="Percentage of one - off houses"/>
+    <s v="%"/>
+    <n v="27.5"/>
+  </r>
+  <r>
+    <s v="05"/>
+    <s v="Laois"/>
+    <s v="-"/>
+    <s v="All types of water supply"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD460C1"/>
+    <s v="Total permanent housing units"/>
+    <s v="Years"/>
+    <n v="14180"/>
+  </r>
+  <r>
+    <s v="05"/>
+    <s v="Laois"/>
+    <s v="-"/>
+    <s v="All types of water supply"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD460C2"/>
+    <s v="One-off houses"/>
+    <s v="Number"/>
+    <n v="10172"/>
+  </r>
+  <r>
+    <s v="05"/>
+    <s v="Laois"/>
+    <s v="-"/>
+    <s v="All types of water supply"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD460C3"/>
+    <s v="Percentage of one - off houses"/>
+    <s v="%"/>
+    <n v="71.7"/>
+  </r>
+  <r>
+    <s v="05"/>
+    <s v="Laois"/>
+    <s v="01"/>
+    <s v="Public mains"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD460C1"/>
+    <s v="Total permanent housing units"/>
+    <s v="Years"/>
+    <n v="5245"/>
+  </r>
+  <r>
+    <s v="05"/>
+    <s v="Laois"/>
+    <s v="01"/>
+    <s v="Public mains"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD460C2"/>
+    <s v="One-off houses"/>
+    <s v="Number"/>
+    <n v="2468"/>
+  </r>
+  <r>
+    <s v="05"/>
+    <s v="Laois"/>
+    <s v="01"/>
+    <s v="Public mains"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD460C3"/>
+    <s v="Percentage of one - off houses"/>
+    <s v="%"/>
+    <n v="47.1"/>
+  </r>
+  <r>
+    <s v="05"/>
+    <s v="Laois"/>
+    <s v="02"/>
+    <s v="Local authority group scheme"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD460C1"/>
+    <s v="Total permanent housing units"/>
+    <s v="Years"/>
+    <n v="1842"/>
+  </r>
+  <r>
+    <s v="05"/>
+    <s v="Laois"/>
+    <s v="02"/>
+    <s v="Local authority group scheme"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD460C2"/>
+    <s v="One-off houses"/>
+    <s v="Number"/>
+    <n v="1469"/>
+  </r>
+  <r>
+    <s v="05"/>
+    <s v="Laois"/>
+    <s v="02"/>
+    <s v="Local authority group scheme"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD460C3"/>
+    <s v="Percentage of one - off houses"/>
+    <s v="%"/>
+    <n v="79.8"/>
+  </r>
+  <r>
+    <s v="05"/>
+    <s v="Laois"/>
+    <s v="03"/>
+    <s v="Private group scheme"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD460C1"/>
+    <s v="Total permanent housing units"/>
+    <s v="Years"/>
+    <n v="955"/>
+  </r>
+  <r>
+    <s v="05"/>
+    <s v="Laois"/>
+    <s v="03"/>
+    <s v="Private group scheme"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD460C2"/>
+    <s v="One-off houses"/>
+    <s v="Number"/>
+    <n v="794"/>
+  </r>
+  <r>
+    <s v="05"/>
+    <s v="Laois"/>
+    <s v="03"/>
+    <s v="Private group scheme"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD460C3"/>
+    <s v="Percentage of one - off houses"/>
+    <s v="%"/>
+    <n v="83.1"/>
+  </r>
+  <r>
+    <s v="05"/>
+    <s v="Laois"/>
+    <s v="04"/>
+    <s v="Other private source"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD460C1"/>
+    <s v="Total permanent housing units"/>
+    <s v="Years"/>
+    <n v="5767"/>
+  </r>
+  <r>
+    <s v="05"/>
+    <s v="Laois"/>
+    <s v="04"/>
+    <s v="Other private source"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD460C2"/>
+    <s v="One-off houses"/>
+    <s v="Number"/>
+    <n v="5320"/>
+  </r>
+  <r>
+    <s v="05"/>
+    <s v="Laois"/>
+    <s v="04"/>
+    <s v="Other private source"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD460C3"/>
+    <s v="Percentage of one - off houses"/>
+    <s v="%"/>
+    <n v="92.2"/>
+  </r>
+  <r>
+    <s v="05"/>
+    <s v="Laois"/>
+    <s v="05"/>
+    <s v="No piped water"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD460C1"/>
+    <s v="Total permanent housing units"/>
+    <s v="Years"/>
+    <n v="46"/>
+  </r>
+  <r>
+    <s v="05"/>
+    <s v="Laois"/>
+    <s v="05"/>
+    <s v="No piped water"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD460C2"/>
+    <s v="One-off houses"/>
+    <s v="Number"/>
+    <n v="26"/>
+  </r>
+  <r>
+    <s v="05"/>
+    <s v="Laois"/>
+    <s v="05"/>
+    <s v="No piped water"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD460C3"/>
+    <s v="Percentage of one - off houses"/>
+    <s v="%"/>
+    <n v="56.5"/>
+  </r>
+  <r>
+    <s v="05"/>
+    <s v="Laois"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD460C1"/>
+    <s v="Total permanent housing units"/>
+    <s v="Years"/>
+    <n v="325"/>
+  </r>
+  <r>
+    <s v="05"/>
+    <s v="Laois"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD460C2"/>
+    <s v="One-off houses"/>
+    <s v="Number"/>
+    <n v="95"/>
+  </r>
+  <r>
+    <s v="05"/>
+    <s v="Laois"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD460C3"/>
+    <s v="Percentage of one - off houses"/>
+    <s v="%"/>
+    <n v="29.2"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Longford"/>
+    <s v="-"/>
+    <s v="All types of water supply"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD460C1"/>
+    <s v="Total permanent housing units"/>
+    <s v="Years"/>
+    <n v="9483"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Longford"/>
+    <s v="-"/>
+    <s v="All types of water supply"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD460C2"/>
+    <s v="One-off houses"/>
+    <s v="Number"/>
+    <n v="6846"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Longford"/>
+    <s v="-"/>
+    <s v="All types of water supply"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD460C3"/>
+    <s v="Percentage of one - off houses"/>
+    <s v="%"/>
+    <n v="72.2"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Longford"/>
+    <s v="01"/>
+    <s v="Public mains"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD460C1"/>
+    <s v="Total permanent housing units"/>
+    <s v="Years"/>
+    <n v="5827"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Longford"/>
+    <s v="01"/>
+    <s v="Public mains"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD460C2"/>
+    <s v="One-off houses"/>
+    <s v="Number"/>
+    <n v="3710"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Longford"/>
+    <s v="01"/>
+    <s v="Public mains"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD460C3"/>
+    <s v="Percentage of one - off houses"/>
+    <s v="%"/>
+    <n v="63.7"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Longford"/>
+    <s v="02"/>
+    <s v="Local authority group scheme"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD460C1"/>
+    <s v="Total permanent housing units"/>
+    <s v="Years"/>
+    <n v="1581"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Longford"/>
+    <s v="02"/>
+    <s v="Local authority group scheme"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD460C2"/>
+    <s v="One-off houses"/>
+    <s v="Number"/>
+    <n v="1364"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Longford"/>
+    <s v="02"/>
+    <s v="Local authority group scheme"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD460C3"/>
+    <s v="Percentage of one - off houses"/>
+    <s v="%"/>
+    <n v="86.3"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Longford"/>
+    <s v="03"/>
+    <s v="Private group scheme"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD460C1"/>
+    <s v="Total permanent housing units"/>
+    <s v="Years"/>
+    <n v="292"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Longford"/>
+    <s v="03"/>
+    <s v="Private group scheme"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD460C2"/>
+    <s v="One-off houses"/>
+    <s v="Number"/>
+    <n v="248"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Longford"/>
+    <s v="03"/>
+    <s v="Private group scheme"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD460C3"/>
+    <s v="Percentage of one - off houses"/>
+    <s v="%"/>
+    <n v="84.9"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Longford"/>
+    <s v="04"/>
+    <s v="Other private source"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD460C1"/>
+    <s v="Total permanent housing units"/>
+    <s v="Years"/>
+    <n v="1513"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Longford"/>
+    <s v="04"/>
+    <s v="Other private source"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD460C2"/>
+    <s v="One-off houses"/>
+    <s v="Number"/>
+    <n v="1433"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Longford"/>
+    <s v="04"/>
+    <s v="Other private source"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD460C3"/>
+    <s v="Percentage of one - off houses"/>
+    <s v="%"/>
+    <n v="94.7"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Longford"/>
+    <s v="05"/>
+    <s v="No piped water"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD460C1"/>
+    <s v="Total permanent housing units"/>
+    <s v="Years"/>
+    <n v="28"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Longford"/>
+    <s v="05"/>
+    <s v="No piped water"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD460C2"/>
+    <s v="One-off houses"/>
+    <s v="Number"/>
+    <n v="17"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Longford"/>
+    <s v="05"/>
+    <s v="No piped water"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD460C3"/>
+    <s v="Percentage of one - off houses"/>
+    <s v="%"/>
+    <n v="60.7"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Longford"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD460C1"/>
+    <s v="Total permanent housing units"/>
+    <s v="Years"/>
+    <n v="242"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Longford"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD460C2"/>
+    <s v="One-off houses"/>
+    <s v="Number"/>
+    <n v="74"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Longford"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD460C3"/>
+    <s v="Percentage of one - off houses"/>
+    <s v="%"/>
+    <n v="30.6"/>
+  </r>
+  <r>
+    <s v="07"/>
+    <s v="Louth"/>
+    <s v="-"/>
+    <s v="All types of water supply"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD460C1"/>
+    <s v="Total permanent housing units"/>
+    <s v="Years"/>
+    <n v="14443"/>
+  </r>
+  <r>
+    <s v="07"/>
+    <s v="Louth"/>
+    <s v="-"/>
+    <s v="All types of water supply"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD460C2"/>
+    <s v="One-off houses"/>
+    <s v="Number"/>
+    <n v="9748"/>
+  </r>
+  <r>
+    <s v="07"/>
+    <s v="Louth"/>
+    <s v="-"/>
+    <s v="All types of water supply"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD460C3"/>
+    <s v="Percentage of one - off houses"/>
+    <s v="%"/>
+    <n v="67.5"/>
+  </r>
+  <r>
+    <s v="07"/>
+    <s v="Louth"/>
+    <s v="01"/>
+    <s v="Public mains"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD460C1"/>
+    <s v="Total permanent housing units"/>
+    <s v="Years"/>
+    <n v="6961"/>
+  </r>
+  <r>
+    <s v="07"/>
+    <s v="Louth"/>
+    <s v="01"/>
+    <s v="Public mains"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD460C2"/>
+    <s v="One-off houses"/>
+    <s v="Number"/>
+    <n v="3361"/>
+  </r>
+  <r>
+    <s v="07"/>
+    <s v="Louth"/>
+    <s v="01"/>
+    <s v="Public mains"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD460C3"/>
+    <s v="Percentage of one - off houses"/>
+    <s v="%"/>
+    <n v="48.3"/>
+  </r>
+  <r>
+    <s v="07"/>
+    <s v="Louth"/>
+    <s v="02"/>
+    <s v="Local authority group scheme"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD460C1"/>
+    <s v="Total permanent housing units"/>
+    <s v="Years"/>
+    <n v="1470"/>
+  </r>
+  <r>
+    <s v="07"/>
+    <s v="Louth"/>
+    <s v="02"/>
+    <s v="Local authority group scheme"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD460C2"/>
+    <s v="One-off houses"/>
+    <s v="Number"/>
+    <n v="1147"/>
+  </r>
+  <r>
+    <s v="07"/>
+    <s v="Louth"/>
+    <s v="02"/>
+    <s v="Local authority group scheme"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD460C3"/>
+    <s v="Percentage of one - off houses"/>
+    <s v="%"/>
+    <n v="78"/>
+  </r>
+  <r>
+    <s v="07"/>
+    <s v="Louth"/>
+    <s v="03"/>
+    <s v="Private group scheme"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD460C1"/>
+    <s v="Total permanent housing units"/>
+    <s v="Years"/>
+    <n v="816"/>
+  </r>
+  <r>
+    <s v="07"/>
+    <s v="Louth"/>
+    <s v="03"/>
+    <s v="Private group scheme"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD460C2"/>
+    <s v="One-off houses"/>
+    <s v="Number"/>
+    <n v="661"/>
+  </r>
+  <r>
+    <s v="07"/>
+    <s v="Louth"/>
+    <s v="03"/>
+    <s v="Private group scheme"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD460C3"/>
+    <s v="Percentage of one - off houses"/>
+    <s v="%"/>
+    <n v="81"/>
+  </r>
+  <r>
+    <s v="07"/>
+    <s v="Louth"/>
+    <s v="04"/>
+    <s v="Other private source"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD460C1"/>
+    <s v="Total permanent housing units"/>
+    <s v="Years"/>
+    <n v="4881"/>
+  </r>
+  <r>
+    <s v="07"/>
+    <s v="Louth"/>
+    <s v="04"/>
+    <s v="Other private source"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD460C2"/>
+    <s v="One-off houses"/>
+    <s v="Number"/>
+    <n v="4474"/>
+  </r>
+  <r>
+    <s v="07"/>
+    <s v="Louth"/>
+    <s v="04"/>
+    <s v="Other private source"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD460C3"/>
+    <s v="Percentage of one - off houses"/>
+    <s v="%"/>
+    <n v="91.7"/>
+  </r>
+  <r>
+    <s v="07"/>
+    <s v="Louth"/>
+    <s v="05"/>
+    <s v="No piped water"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD460C1"/>
+    <s v="Total permanent housing units"/>
+    <s v="Years"/>
+    <n v="49"/>
+  </r>
+  <r>
+    <s v="07"/>
+    <s v="Louth"/>
+    <s v="05"/>
+    <s v="No piped water"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD460C2"/>
+    <s v="One-off houses"/>
+    <s v="Number"/>
+    <n v="35"/>
+  </r>
+  <r>
+    <s v="07"/>
+    <s v="Louth"/>
+    <s v="05"/>
+    <s v="No piped water"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD460C3"/>
+    <s v="Percentage of one - off houses"/>
+    <s v="%"/>
+    <n v="71.4"/>
+  </r>
+  <r>
+    <s v="07"/>
+    <s v="Louth"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD460C1"/>
+    <s v="Total permanent housing units"/>
+    <s v="Years"/>
+    <n v="266"/>
+  </r>
+  <r>
+    <s v="07"/>
+    <s v="Louth"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD460C2"/>
+    <s v="One-off houses"/>
+    <s v="Number"/>
+    <n v="70"/>
+  </r>
+  <r>
+    <s v="07"/>
+    <s v="Louth"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD460C3"/>
+    <s v="Percentage of one - off houses"/>
+    <s v="%"/>
+    <n v="26.3"/>
+  </r>
+  <r>
+    <s v="08"/>
+    <s v="Meath"/>
+    <s v="-"/>
+    <s v="All types of water supply"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD460C1"/>
+    <s v="Total permanent housing units"/>
+    <s v="Years"/>
+    <n v="26360"/>
+  </r>
+  <r>
+    <s v="08"/>
+    <s v="Meath"/>
+    <s v="-"/>
+    <s v="All types of water supply"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD460C2"/>
+    <s v="One-off houses"/>
+    <s v="Number"/>
+    <n v="19529"/>
+  </r>
+  <r>
+    <s v="08"/>
+    <s v="Meath"/>
+    <s v="-"/>
+    <s v="All types of water supply"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD460C3"/>
+    <s v="Percentage of one - off houses"/>
+    <s v="%"/>
+    <n v="74.1"/>
+  </r>
+  <r>
+    <s v="08"/>
+    <s v="Meath"/>
+    <s v="01"/>
+    <s v="Public mains"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD460C1"/>
+    <s v="Total permanent housing units"/>
+    <s v="Years"/>
+    <n v="10757"/>
+  </r>
+  <r>
+    <s v="08"/>
+    <s v="Meath"/>
+    <s v="01"/>
+    <s v="Public mains"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD460C2"/>
+    <s v="One-off houses"/>
+    <s v="Number"/>
+    <n v="6059"/>
+  </r>
+  <r>
+    <s v="08"/>
+    <s v="Meath"/>
+    <s v="01"/>
+    <s v="Public mains"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD460C3"/>
+    <s v="Percentage of one - off houses"/>
+    <s v="%"/>
+    <n v="56.3"/>
+  </r>
+  <r>
+    <s v="08"/>
+    <s v="Meath"/>
+    <s v="02"/>
+    <s v="Local authority group scheme"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD460C1"/>
+    <s v="Total permanent housing units"/>
+    <s v="Years"/>
+    <n v="2728"/>
+  </r>
+  <r>
+    <s v="08"/>
+    <s v="Meath"/>
+    <s v="02"/>
+    <s v="Local authority group scheme"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD460C2"/>
+    <s v="One-off houses"/>
+    <s v="Number"/>
+    <n v="2106"/>
+  </r>
+  <r>
+    <s v="08"/>
+    <s v="Meath"/>
+    <s v="02"/>
+    <s v="Local authority group scheme"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD460C3"/>
+    <s v="Percentage of one - off houses"/>
+    <s v="%"/>
+    <n v="77.2"/>
+  </r>
+  <r>
+    <s v="08"/>
+    <s v="Meath"/>
+    <s v="03"/>
+    <s v="Private group scheme"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD460C1"/>
+    <s v="Total permanent housing units"/>
+    <s v="Years"/>
+    <n v="830"/>
+  </r>
+  <r>
+    <s v="08"/>
+    <s v="Meath"/>
+    <s v="03"/>
+    <s v="Private group scheme"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD460C2"/>
+    <s v="One-off houses"/>
+    <s v="Number"/>
+    <n v="658"/>
+  </r>
+  <r>
+    <s v="08"/>
+    <s v="Meath"/>
+    <s v="03"/>
+    <s v="Private group scheme"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD460C3"/>
+    <s v="Percentage of one - off houses"/>
+    <s v="%"/>
+    <n v="79.3"/>
+  </r>
+  <r>
+    <s v="08"/>
+    <s v="Meath"/>
+    <s v="04"/>
+    <s v="Other private source"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD460C1"/>
+    <s v="Total permanent housing units"/>
+    <s v="Years"/>
+    <n v="11206"/>
+  </r>
+  <r>
+    <s v="08"/>
+    <s v="Meath"/>
+    <s v="04"/>
+    <s v="Other private source"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD460C2"/>
+    <s v="One-off houses"/>
+    <s v="Number"/>
+    <n v="10402"/>
+  </r>
+  <r>
+    <s v="08"/>
+    <s v="Meath"/>
+    <s v="04"/>
+    <s v="Other private source"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD460C3"/>
+    <s v="Percentage of one - off houses"/>
+    <s v="%"/>
+    <n v="92.8"/>
+  </r>
+  <r>
+    <s v="08"/>
+    <s v="Meath"/>
+    <s v="05"/>
+    <s v="No piped water"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD460C1"/>
+    <s v="Total permanent housing units"/>
+    <s v="Years"/>
+    <n v="152"/>
+  </r>
+  <r>
+    <s v="08"/>
+    <s v="Meath"/>
+    <s v="05"/>
+    <s v="No piped water"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD460C2"/>
+    <s v="One-off houses"/>
+    <s v="Number"/>
+    <n v="113"/>
+  </r>
+  <r>
+    <s v="08"/>
+    <s v="Meath"/>
+    <s v="05"/>
+    <s v="No piped water"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD460C3"/>
+    <s v="Percentage of one - off houses"/>
+    <s v="%"/>
+    <n v="74.3"/>
+  </r>
+  <r>
+    <s v="08"/>
+    <s v="Meath"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD460C1"/>
+    <s v="Total permanent housing units"/>
+    <s v="Years"/>
+    <n v="687"/>
+  </r>
+  <r>
+    <s v="08"/>
+    <s v="Meath"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD460C2"/>
+    <s v="One-off houses"/>
+    <s v="Number"/>
+    <n v="191"/>
+  </r>
+  <r>
+    <s v="08"/>
+    <s v="Meath"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD460C3"/>
+    <s v="Percentage of one - off houses"/>
+    <s v="%"/>
+    <n v="27.8"/>
+  </r>
+  <r>
+    <s v="09"/>
+    <s v="Offaly"/>
+    <s v="-"/>
+    <s v="All types of water supply"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD460C1"/>
+    <s v="Total permanent housing units"/>
+    <s v="Years"/>
+    <n v="14319"/>
+  </r>
+  <r>
+    <s v="09"/>
+    <s v="Offaly"/>
+    <s v="-"/>
+    <s v="All types of water supply"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD460C2"/>
+    <s v="One-off houses"/>
+    <s v="Number"/>
+    <n v="10014"/>
+  </r>
+  <r>
+    <s v="09"/>
+    <s v="Offaly"/>
+    <s v="-"/>
+    <s v="All types of water supply"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD460C3"/>
+    <s v="Percentage of one - off houses"/>
+    <s v="%"/>
+    <n v="69.9"/>
+  </r>
+  <r>
+    <s v="09"/>
+    <s v="Offaly"/>
+    <s v="01"/>
+    <s v="Public mains"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD460C1"/>
+    <s v="Total permanent housing units"/>
+    <s v="Years"/>
+    <n v="5910"/>
+  </r>
+  <r>
+    <s v="09"/>
+    <s v="Offaly"/>
+    <s v="01"/>
+    <s v="Public mains"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD460C2"/>
+    <s v="One-off houses"/>
+    <s v="Number"/>
+    <n v="2919"/>
+  </r>
+  <r>
+    <s v="09"/>
+    <s v="Offaly"/>
+    <s v="01"/>
+    <s v="Public mains"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD460C3"/>
+    <s v="Percentage of one - off houses"/>
+    <s v="%"/>
+    <n v="49.4"/>
+  </r>
+  <r>
+    <s v="09"/>
+    <s v="Offaly"/>
+    <s v="02"/>
+    <s v="Local authority group scheme"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD460C1"/>
+    <s v="Total permanent housing units"/>
+    <s v="Years"/>
+    <n v="3089"/>
+  </r>
+  <r>
+    <s v="09"/>
+    <s v="Offaly"/>
+    <s v="02"/>
+    <s v="Local authority group scheme"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD460C2"/>
+    <s v="One-off houses"/>
+    <s v="Number"/>
+    <n v="2469"/>
+  </r>
+  <r>
+    <s v="09"/>
+    <s v="Offaly"/>
+    <s v="02"/>
+    <s v="Local authority group scheme"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD460C3"/>
+    <s v="Percentage of one - off houses"/>
+    <s v="%"/>
+    <n v="79.9"/>
+  </r>
+  <r>
+    <s v="09"/>
+    <s v="Offaly"/>
+    <s v="03"/>
+    <s v="Private group scheme"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD460C1"/>
+    <s v="Total permanent housing units"/>
+    <s v="Years"/>
+    <n v="1655"/>
+  </r>
+  <r>
+    <s v="09"/>
+    <s v="Offaly"/>
+    <s v="03"/>
+    <s v="Private group scheme"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD460C2"/>
+    <s v="One-off houses"/>
+    <s v="Number"/>
+    <n v="1423"/>
+  </r>
+  <r>
+    <s v="09"/>
+    <s v="Offaly"/>
+    <s v="03"/>
+    <s v="Private group scheme"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD460C3"/>
+    <s v="Percentage of one - off houses"/>
+    <s v="%"/>
+    <n v="86"/>
+  </r>
+  <r>
+    <s v="09"/>
+    <s v="Offaly"/>
+    <s v="04"/>
+    <s v="Other private source"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD460C1"/>
+    <s v="Total permanent housing units"/>
+    <s v="Years"/>
+    <n v="3321"/>
+  </r>
+  <r>
+    <s v="09"/>
+    <s v="Offaly"/>
+    <s v="04"/>
+    <s v="Other private source"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD460C2"/>
+    <s v="One-off houses"/>
+    <s v="Number"/>
+    <n v="3086"/>
+  </r>
+  <r>
+    <s v="09"/>
+    <s v="Offaly"/>
+    <s v="04"/>
+    <s v="Other private source"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD460C3"/>
+    <s v="Percentage of one - off houses"/>
+    <s v="%"/>
+    <n v="92.9"/>
+  </r>
+  <r>
+    <s v="09"/>
+    <s v="Offaly"/>
+    <s v="05"/>
+    <s v="No piped water"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD460C1"/>
+    <s v="Total permanent housing units"/>
+    <s v="Years"/>
+    <n v="45"/>
+  </r>
+  <r>
+    <s v="09"/>
+    <s v="Offaly"/>
+    <s v="05"/>
+    <s v="No piped water"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD460C2"/>
+    <s v="One-off houses"/>
+    <s v="Number"/>
+    <n v="19"/>
+  </r>
+  <r>
+    <s v="09"/>
+    <s v="Offaly"/>
+    <s v="05"/>
+    <s v="No piped water"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD460C3"/>
+    <s v="Percentage of one - off houses"/>
+    <s v="%"/>
+    <n v="42.2"/>
+  </r>
+  <r>
+    <s v="09"/>
+    <s v="Offaly"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD460C1"/>
+    <s v="Total permanent housing units"/>
+    <s v="Years"/>
+    <n v="299"/>
+  </r>
+  <r>
+    <s v="09"/>
+    <s v="Offaly"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD460C2"/>
+    <s v="One-off houses"/>
+    <s v="Number"/>
+    <n v="98"/>
+  </r>
+  <r>
+    <s v="09"/>
+    <s v="Offaly"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD460C3"/>
+    <s v="Percentage of one - off houses"/>
+    <s v="%"/>
+    <n v="32.8"/>
+  </r>
+  <r>
+    <s v="10"/>
+    <s v="Westmeath"/>
+    <s v="-"/>
+    <s v="All types of water supply"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD460C1"/>
+    <s v="Total permanent housing units"/>
+    <s v="Years"/>
+    <n v="15050"/>
+  </r>
+  <r>
+    <s v="10"/>
+    <s v="Westmeath"/>
+    <s v="-"/>
+    <s v="All types of water supply"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD460C2"/>
+    <s v="One-off houses"/>
+    <s v="Number"/>
+    <n v="10947"/>
+  </r>
+  <r>
+    <s v="10"/>
+    <s v="Westmeath"/>
+    <s v="-"/>
+    <s v="All types of water supply"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD460C3"/>
+    <s v="Percentage of one - off houses"/>
+    <s v="%"/>
+    <n v="72.7"/>
+  </r>
+  <r>
+    <s v="10"/>
+    <s v="Westmeath"/>
+    <s v="01"/>
+    <s v="Public mains"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD460C1"/>
+    <s v="Total permanent housing units"/>
+    <s v="Years"/>
+    <n v="8025"/>
+  </r>
+  <r>
+    <s v="10"/>
+    <s v="Westmeath"/>
+    <s v="01"/>
+    <s v="Public mains"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD460C2"/>
+    <s v="One-off houses"/>
+    <s v="Number"/>
+    <n v="4746"/>
+  </r>
+  <r>
+    <s v="10"/>
+    <s v="Westmeath"/>
+    <s v="01"/>
+    <s v="Public mains"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD460C3"/>
+    <s v="Percentage of one - off houses"/>
+    <s v="%"/>
+    <n v="59.1"/>
+  </r>
+  <r>
+    <s v="10"/>
+    <s v="Westmeath"/>
+    <s v="02"/>
+    <s v="Local authority group scheme"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD460C1"/>
+    <s v="Total permanent housing units"/>
+    <s v="Years"/>
+    <n v="1556"/>
+  </r>
+  <r>
+    <s v="10"/>
+    <s v="Westmeath"/>
+    <s v="02"/>
+    <s v="Local authority group scheme"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD460C2"/>
+    <s v="One-off houses"/>
+    <s v="Number"/>
+    <n v="1335"/>
+  </r>
+  <r>
+    <s v="10"/>
+    <s v="Westmeath"/>
+    <s v="02"/>
+    <s v="Local authority group scheme"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD460C3"/>
+    <s v="Percentage of one - off houses"/>
+    <s v="%"/>
+    <n v="85.8"/>
+  </r>
+  <r>
+    <s v="10"/>
+    <s v="Westmeath"/>
+    <s v="03"/>
+    <s v="Private group scheme"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD460C1"/>
+    <s v="Total permanent housing units"/>
+    <s v="Years"/>
+    <n v="472"/>
+  </r>
+  <r>
+    <s v="10"/>
+    <s v="Westmeath"/>
+    <s v="03"/>
+    <s v="Private group scheme"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD460C2"/>
+    <s v="One-off houses"/>
+    <s v="Number"/>
+    <n v="405"/>
+  </r>
+  <r>
+    <s v="10"/>
+    <s v="Westmeath"/>
+    <s v="03"/>
+    <s v="Private group scheme"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD460C3"/>
+    <s v="Percentage of one - off houses"/>
+    <s v="%"/>
+    <n v="85.8"/>
+  </r>
+  <r>
+    <s v="10"/>
+    <s v="Westmeath"/>
+    <s v="04"/>
+    <s v="Other private source"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD460C1"/>
+    <s v="Total permanent housing units"/>
+    <s v="Years"/>
+    <n v="4585"/>
+  </r>
+  <r>
+    <s v="10"/>
+    <s v="Westmeath"/>
+    <s v="04"/>
+    <s v="Other private source"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD460C2"/>
+    <s v="One-off houses"/>
+    <s v="Number"/>
+    <n v="4310"/>
+  </r>
+  <r>
+    <s v="10"/>
+    <s v="Westmeath"/>
+    <s v="04"/>
+    <s v="Other private source"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD460C3"/>
+    <s v="Percentage of one - off houses"/>
+    <s v="%"/>
+    <n v="94"/>
+  </r>
+  <r>
+    <s v="10"/>
+    <s v="Westmeath"/>
+    <s v="05"/>
+    <s v="No piped water"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD460C1"/>
+    <s v="Total permanent housing units"/>
+    <s v="Years"/>
+    <n v="72"/>
+  </r>
+  <r>
+    <s v="10"/>
+    <s v="Westmeath"/>
+    <s v="05"/>
+    <s v="No piped water"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD460C2"/>
+    <s v="One-off houses"/>
+    <s v="Number"/>
+    <n v="46"/>
+  </r>
+  <r>
+    <s v="10"/>
+    <s v="Westmeath"/>
+    <s v="05"/>
+    <s v="No piped water"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD460C3"/>
+    <s v="Percentage of one - off houses"/>
+    <s v="%"/>
+    <n v="63.9"/>
+  </r>
+  <r>
+    <s v="10"/>
+    <s v="Westmeath"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD460C1"/>
+    <s v="Total permanent housing units"/>
+    <s v="Years"/>
+    <n v="340"/>
+  </r>
+  <r>
+    <s v="10"/>
+    <s v="Westmeath"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD460C2"/>
+    <s v="One-off houses"/>
+    <s v="Number"/>
+    <n v="105"/>
+  </r>
+  <r>
+    <s v="10"/>
+    <s v="Westmeath"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD460C3"/>
+    <s v="Percentage of one - off houses"/>
+    <s v="%"/>
+    <n v="30.9"/>
+  </r>
+  <r>
+    <s v="11"/>
+    <s v="Wexford"/>
+    <s v="-"/>
+    <s v="All types of water supply"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD460C1"/>
+    <s v="Total permanent housing units"/>
+    <s v="Years"/>
+    <n v="30765"/>
+  </r>
+  <r>
+    <s v="11"/>
+    <s v="Wexford"/>
+    <s v="-"/>
+    <s v="All types of water supply"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD460C2"/>
+    <s v="One-off houses"/>
+    <s v="Number"/>
+    <n v="23312"/>
+  </r>
+  <r>
+    <s v="11"/>
+    <s v="Wexford"/>
+    <s v="-"/>
+    <s v="All types of water supply"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD460C3"/>
+    <s v="Percentage of one - off houses"/>
+    <s v="%"/>
+    <n v="75.8"/>
+  </r>
+  <r>
+    <s v="11"/>
+    <s v="Wexford"/>
+    <s v="01"/>
+    <s v="Public mains"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD460C1"/>
+    <s v="Total permanent housing units"/>
+    <s v="Years"/>
+    <n v="12847"/>
+  </r>
+  <r>
+    <s v="11"/>
+    <s v="Wexford"/>
+    <s v="01"/>
+    <s v="Public mains"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD460C2"/>
+    <s v="One-off houses"/>
+    <s v="Number"/>
+    <n v="7835"/>
+  </r>
+  <r>
+    <s v="11"/>
+    <s v="Wexford"/>
+    <s v="01"/>
+    <s v="Public mains"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD460C3"/>
+    <s v="Percentage of one - off houses"/>
+    <s v="%"/>
+    <n v="61"/>
+  </r>
+  <r>
+    <s v="11"/>
+    <s v="Wexford"/>
+    <s v="02"/>
+    <s v="Local authority group scheme"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD460C1"/>
+    <s v="Total permanent housing units"/>
+    <s v="Years"/>
+    <n v="2348"/>
+  </r>
+  <r>
+    <s v="11"/>
+    <s v="Wexford"/>
+    <s v="02"/>
+    <s v="Local authority group scheme"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD460C2"/>
+    <s v="One-off houses"/>
+    <s v="Number"/>
+    <n v="1531"/>
+  </r>
+  <r>
+    <s v="11"/>
+    <s v="Wexford"/>
+    <s v="02"/>
+    <s v="Local authority group scheme"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD460C3"/>
+    <s v="Percentage of one - off houses"/>
+    <s v="%"/>
+    <n v="65.2"/>
+  </r>
+  <r>
+    <s v="11"/>
+    <s v="Wexford"/>
+    <s v="03"/>
+    <s v="Private group scheme"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD460C1"/>
+    <s v="Total permanent housing units"/>
+    <s v="Years"/>
+    <n v="1465"/>
+  </r>
+  <r>
+    <s v="11"/>
+    <s v="Wexford"/>
+    <s v="03"/>
+    <s v="Private group scheme"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD460C2"/>
+    <s v="One-off houses"/>
+    <s v="Number"/>
+    <n v="1166"/>
+  </r>
+  <r>
+    <s v="11"/>
+    <s v="Wexford"/>
+    <s v="03"/>
+    <s v="Private group scheme"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD460C3"/>
+    <s v="Percentage of one - off houses"/>
+    <s v="%"/>
+    <n v="79.6"/>
+  </r>
+  <r>
+    <s v="11"/>
+    <s v="Wexford"/>
+    <s v="04"/>
+    <s v="Other private source"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD460C1"/>
+    <s v="Total permanent housing units"/>
+    <s v="Years"/>
+    <n v="13491"/>
+  </r>
+  <r>
+    <s v="11"/>
+    <s v="Wexford"/>
+    <s v="04"/>
+    <s v="Other private source"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD460C2"/>
+    <s v="One-off houses"/>
+    <s v="Number"/>
+    <n v="12533"/>
+  </r>
+  <r>
+    <s v="11"/>
+    <s v="Wexford"/>
+    <s v="04"/>
+    <s v="Other private source"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD460C3"/>
+    <s v="Percentage of one - off houses"/>
+    <s v="%"/>
+    <n v="92.9"/>
+  </r>
+  <r>
+    <s v="11"/>
+    <s v="Wexford"/>
+    <s v="05"/>
+    <s v="No piped water"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD460C1"/>
+    <s v="Total permanent housing units"/>
+    <s v="Years"/>
+    <n v="130"/>
+  </r>
+  <r>
+    <s v="11"/>
+    <s v="Wexford"/>
+    <s v="05"/>
+    <s v="No piped water"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD460C2"/>
+    <s v="One-off houses"/>
+    <s v="Number"/>
+    <n v="96"/>
+  </r>
+  <r>
+    <s v="11"/>
+    <s v="Wexford"/>
+    <s v="05"/>
+    <s v="No piped water"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD460C3"/>
+    <s v="Percentage of one - off houses"/>
+    <s v="%"/>
+    <n v="73.8"/>
+  </r>
+  <r>
+    <s v="11"/>
+    <s v="Wexford"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD460C1"/>
+    <s v="Total permanent housing units"/>
+    <s v="Years"/>
+    <n v="484"/>
+  </r>
+  <r>
+    <s v="11"/>
+    <s v="Wexford"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD460C2"/>
+    <s v="One-off houses"/>
+    <s v="Number"/>
+    <n v="151"/>
+  </r>
+  <r>
+    <s v="11"/>
+    <s v="Wexford"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD460C3"/>
+    <s v="Percentage of one - off houses"/>
+    <s v="%"/>
+    <n v="31.2"/>
+  </r>
+  <r>
+    <s v="12"/>
+    <s v="Wicklow"/>
+    <s v="-"/>
+    <s v="All types of water supply"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD460C1"/>
+    <s v="Total permanent housing units"/>
+    <s v="Years"/>
+    <n v="16069"/>
+  </r>
+  <r>
+    <s v="12"/>
+    <s v="Wicklow"/>
+    <s v="-"/>
+    <s v="All types of water supply"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD460C2"/>
+    <s v="One-off houses"/>
+    <s v="Number"/>
+    <n v="10054"/>
+  </r>
+  <r>
+    <s v="12"/>
+    <s v="Wicklow"/>
+    <s v="-"/>
+    <s v="All types of water supply"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD460C3"/>
+    <s v="Percentage of one - off houses"/>
+    <s v="%"/>
+    <n v="62.6"/>
+  </r>
+  <r>
+    <s v="12"/>
+    <s v="Wicklow"/>
+    <s v="01"/>
+    <s v="Public mains"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD460C1"/>
+    <s v="Total permanent housing units"/>
+    <s v="Years"/>
+    <n v="6736"/>
+  </r>
+  <r>
+    <s v="12"/>
+    <s v="Wicklow"/>
+    <s v="01"/>
+    <s v="Public mains"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD460C2"/>
+    <s v="One-off houses"/>
+    <s v="Number"/>
+    <n v="2302"/>
+  </r>
+  <r>
+    <s v="12"/>
+    <s v="Wicklow"/>
+    <s v="01"/>
+    <s v="Public mains"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD460C3"/>
+    <s v="Percentage of one - off houses"/>
+    <s v="%"/>
+    <n v="34.2"/>
+  </r>
+  <r>
+    <s v="12"/>
+    <s v="Wicklow"/>
+    <s v="02"/>
+    <s v="Local authority group scheme"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD460C1"/>
+    <s v="Total permanent housing units"/>
+    <s v="Years"/>
+    <n v="834"/>
+  </r>
+  <r>
+    <s v="12"/>
+    <s v="Wicklow"/>
+    <s v="02"/>
+    <s v="Local authority group scheme"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD460C2"/>
+    <s v="One-off houses"/>
+    <s v="Number"/>
+    <n v="442"/>
+  </r>
+  <r>
+    <s v="12"/>
+    <s v="Wicklow"/>
+    <s v="02"/>
+    <s v="Local authority group scheme"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD460C3"/>
+    <s v="Percentage of one - off houses"/>
+    <s v="%"/>
+    <n v="53"/>
+  </r>
+  <r>
+    <s v="12"/>
+    <s v="Wicklow"/>
+    <s v="03"/>
+    <s v="Private group scheme"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD460C1"/>
+    <s v="Total permanent housing units"/>
+    <s v="Years"/>
+    <n v="689"/>
+  </r>
+  <r>
+    <s v="12"/>
+    <s v="Wicklow"/>
+    <s v="03"/>
+    <s v="Private group scheme"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD460C2"/>
+    <s v="One-off houses"/>
+    <s v="Number"/>
+    <n v="535"/>
+  </r>
+  <r>
+    <s v="12"/>
+    <s v="Wicklow"/>
+    <s v="03"/>
+    <s v="Private group scheme"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD460C3"/>
+    <s v="Percentage of one - off houses"/>
+    <s v="%"/>
+    <n v="77.6"/>
+  </r>
+  <r>
+    <s v="12"/>
+    <s v="Wicklow"/>
+    <s v="04"/>
+    <s v="Other private source"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD460C1"/>
+    <s v="Total permanent housing units"/>
+    <s v="Years"/>
+    <n v="7335"/>
+  </r>
+  <r>
+    <s v="12"/>
+    <s v="Wicklow"/>
+    <s v="04"/>
+    <s v="Other private source"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD460C2"/>
+    <s v="One-off houses"/>
+    <s v="Number"/>
+    <n v="6653"/>
+  </r>
+  <r>
+    <s v="12"/>
+    <s v="Wicklow"/>
+    <s v="04"/>
+    <s v="Other private source"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD460C3"/>
+    <s v="Percentage of one - off houses"/>
+    <s v="%"/>
+    <n v="90.7"/>
+  </r>
+  <r>
+    <s v="12"/>
+    <s v="Wicklow"/>
+    <s v="05"/>
+    <s v="No piped water"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD460C1"/>
+    <s v="Total permanent housing units"/>
+    <s v="Years"/>
+    <n v="67"/>
+  </r>
+  <r>
+    <s v="12"/>
+    <s v="Wicklow"/>
+    <s v="05"/>
+    <s v="No piped water"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD460C2"/>
+    <s v="One-off houses"/>
+    <s v="Number"/>
+    <n v="45"/>
+  </r>
+  <r>
+    <s v="12"/>
+    <s v="Wicklow"/>
+    <s v="05"/>
+    <s v="No piped water"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD460C3"/>
+    <s v="Percentage of one - off houses"/>
+    <s v="%"/>
+    <n v="67.2"/>
+  </r>
+  <r>
+    <s v="12"/>
+    <s v="Wicklow"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD460C1"/>
+    <s v="Total permanent housing units"/>
+    <s v="Years"/>
+    <n v="408"/>
+  </r>
+  <r>
+    <s v="12"/>
+    <s v="Wicklow"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD460C2"/>
+    <s v="One-off houses"/>
+    <s v="Number"/>
+    <n v="77"/>
+  </r>
+  <r>
+    <s v="12"/>
+    <s v="Wicklow"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD460C3"/>
+    <s v="Percentage of one - off houses"/>
+    <s v="%"/>
+    <n v="18.9"/>
+  </r>
+  <r>
+    <s v="B"/>
+    <s v="Munster"/>
+    <s v="-"/>
+    <s v="All types of water supply"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD460C1"/>
+    <s v="Total permanent housing units"/>
+    <s v="Years"/>
+    <n v="203959"/>
+  </r>
+  <r>
+    <s v="B"/>
+    <s v="Munster"/>
+    <s v="-"/>
+    <s v="All types of water supply"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD460C2"/>
+    <s v="One-off houses"/>
+    <s v="Number"/>
+    <n v="147713"/>
+  </r>
+  <r>
+    <s v="B"/>
+    <s v="Munster"/>
+    <s v="-"/>
+    <s v="All types of water supply"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD460C3"/>
+    <s v="Percentage of one - off houses"/>
+    <s v="%"/>
+    <n v="72.4"/>
+  </r>
+  <r>
+    <s v="B"/>
+    <s v="Munster"/>
+    <s v="01"/>
+    <s v="Public mains"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD460C1"/>
+    <s v="Total permanent housing units"/>
+    <s v="Years"/>
+    <n v="100857"/>
+  </r>
+  <r>
+    <s v="B"/>
+    <s v="Munster"/>
+    <s v="01"/>
+    <s v="Public mains"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD460C2"/>
+    <s v="One-off houses"/>
+    <s v="Number"/>
+    <n v="58276"/>
+  </r>
+  <r>
+    <s v="B"/>
+    <s v="Munster"/>
+    <s v="01"/>
+    <s v="Public mains"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD460C3"/>
+    <s v="Percentage of one - off houses"/>
+    <s v="%"/>
+    <n v="57.8"/>
+  </r>
+  <r>
+    <s v="B"/>
+    <s v="Munster"/>
+    <s v="02"/>
+    <s v="Local authority group scheme"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD460C1"/>
+    <s v="Total permanent housing units"/>
+    <s v="Years"/>
+    <n v="27955"/>
+  </r>
+  <r>
+    <s v="B"/>
+    <s v="Munster"/>
+    <s v="02"/>
+    <s v="Local authority group scheme"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD460C2"/>
+    <s v="One-off houses"/>
+    <s v="Number"/>
+    <n v="22895"/>
+  </r>
+  <r>
+    <s v="B"/>
+    <s v="Munster"/>
+    <s v="02"/>
+    <s v="Local authority group scheme"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD460C3"/>
+    <s v="Percentage of one - off houses"/>
+    <s v="%"/>
+    <n v="81.9"/>
+  </r>
+  <r>
+    <s v="B"/>
+    <s v="Munster"/>
+    <s v="03"/>
+    <s v="Private group scheme"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD460C1"/>
+    <s v="Total permanent housing units"/>
+    <s v="Years"/>
+    <n v="10930"/>
+  </r>
+  <r>
+    <s v="B"/>
+    <s v="Munster"/>
+    <s v="03"/>
+    <s v="Private group scheme"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD460C2"/>
+    <s v="One-off houses"/>
+    <s v="Number"/>
+    <n v="9680"/>
+  </r>
+  <r>
+    <s v="B"/>
+    <s v="Munster"/>
+    <s v="03"/>
+    <s v="Private group scheme"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD460C3"/>
+    <s v="Percentage of one - off houses"/>
+    <s v="%"/>
+    <n v="88.6"/>
+  </r>
+  <r>
+    <s v="B"/>
+    <s v="Munster"/>
+    <s v="04"/>
+    <s v="Other private source"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD460C1"/>
+    <s v="Total permanent housing units"/>
+    <s v="Years"/>
+    <n v="58755"/>
+  </r>
+  <r>
+    <s v="B"/>
+    <s v="Munster"/>
+    <s v="04"/>
+    <s v="Other private source"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD460C2"/>
+    <s v="One-off houses"/>
+    <s v="Number"/>
+    <n v="54879"/>
+  </r>
+  <r>
+    <s v="B"/>
+    <s v="Munster"/>
+    <s v="04"/>
+    <s v="Other private source"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD460C3"/>
+    <s v="Percentage of one - off houses"/>
+    <s v="%"/>
+    <n v="93.4"/>
+  </r>
+  <r>
+    <s v="B"/>
+    <s v="Munster"/>
+    <s v="05"/>
+    <s v="No piped water"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD460C1"/>
+    <s v="Total permanent housing units"/>
+    <s v="Years"/>
+    <n v="559"/>
+  </r>
+  <r>
+    <s v="B"/>
+    <s v="Munster"/>
+    <s v="05"/>
+    <s v="No piped water"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD460C2"/>
+    <s v="One-off houses"/>
+    <s v="Number"/>
+    <n v="268"/>
+  </r>
+  <r>
+    <s v="B"/>
+    <s v="Munster"/>
+    <s v="05"/>
+    <s v="No piped water"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD460C3"/>
+    <s v="Percentage of one - off houses"/>
+    <s v="%"/>
+    <n v="47.9"/>
+  </r>
+  <r>
+    <s v="B"/>
+    <s v="Munster"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD460C1"/>
+    <s v="Total permanent housing units"/>
+    <s v="Years"/>
+    <n v="4903"/>
+  </r>
+  <r>
+    <s v="B"/>
+    <s v="Munster"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD460C2"/>
+    <s v="One-off houses"/>
+    <s v="Number"/>
+    <n v="1715"/>
+  </r>
+  <r>
+    <s v="B"/>
+    <s v="Munster"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD460C3"/>
+    <s v="Percentage of one - off houses"/>
+    <s v="%"/>
+    <n v="35"/>
+  </r>
+  <r>
+    <s v="13"/>
+    <s v="Clare"/>
+    <s v="-"/>
+    <s v="All types of water supply"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD460C1"/>
+    <s v="Total permanent housing units"/>
+    <s v="Years"/>
+    <n v="24935"/>
+  </r>
+  <r>
+    <s v="13"/>
+    <s v="Clare"/>
+    <s v="-"/>
+    <s v="All types of water supply"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD460C2"/>
+    <s v="One-off houses"/>
+    <s v="Number"/>
+    <n v="17234"/>
+  </r>
+  <r>
+    <s v="13"/>
+    <s v="Clare"/>
+    <s v="-"/>
+    <s v="All types of water supply"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD460C3"/>
+    <s v="Percentage of one - off houses"/>
+    <s v="%"/>
+    <n v="69.1"/>
+  </r>
+  <r>
+    <s v="13"/>
+    <s v="Clare"/>
+    <s v="01"/>
+    <s v="Public mains"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD460C1"/>
+    <s v="Total permanent housing units"/>
+    <s v="Years"/>
+    <n v="10924"/>
+  </r>
+  <r>
+    <s v="13"/>
+    <s v="Clare"/>
+    <s v="01"/>
+    <s v="Public mains"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD460C2"/>
+    <s v="One-off houses"/>
+    <s v="Number"/>
+    <n v="5309"/>
+  </r>
+  <r>
+    <s v="13"/>
+    <s v="Clare"/>
+    <s v="01"/>
+    <s v="Public mains"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD460C3"/>
+    <s v="Percentage of one - off houses"/>
+    <s v="%"/>
+    <n v="48.6"/>
+  </r>
+  <r>
+    <s v="13"/>
+    <s v="Clare"/>
+    <s v="02"/>
+    <s v="Local authority group scheme"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD460C1"/>
+    <s v="Total permanent housing units"/>
+    <s v="Years"/>
+    <n v="6165"/>
+  </r>
+  <r>
+    <s v="13"/>
+    <s v="Clare"/>
+    <s v="02"/>
+    <s v="Local authority group scheme"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD460C2"/>
+    <s v="One-off houses"/>
+    <s v="Number"/>
+    <n v="5241"/>
+  </r>
+  <r>
+    <s v="13"/>
+    <s v="Clare"/>
+    <s v="02"/>
+    <s v="Local authority group scheme"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD460C3"/>
+    <s v="Percentage of one - off houses"/>
+    <s v="%"/>
+    <n v="85"/>
+  </r>
+  <r>
+    <s v="13"/>
+    <s v="Clare"/>
+    <s v="03"/>
+    <s v="Private group scheme"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD460C1"/>
+    <s v="Total permanent housing units"/>
+    <s v="Years"/>
+    <n v="2444"/>
+  </r>
+  <r>
+    <s v="13"/>
+    <s v="Clare"/>
+    <s v="03"/>
+    <s v="Private group scheme"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD460C2"/>
+    <s v="One-off houses"/>
+    <s v="Number"/>
+    <n v="2196"/>
+  </r>
+  <r>
+    <s v="13"/>
+    <s v="Clare"/>
+    <s v="03"/>
+    <s v="Private group scheme"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD460C3"/>
+    <s v="Percentage of one - off houses"/>
+    <s v="%"/>
+    <n v="89.9"/>
+  </r>
+  <r>
+    <s v="13"/>
+    <s v="Clare"/>
+    <s v="04"/>
+    <s v="Other private source"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD460C1"/>
+    <s v="Total permanent housing units"/>
+    <s v="Years"/>
+    <n v="4532"/>
+  </r>
+  <r>
+    <s v="13"/>
+    <s v="Clare"/>
+    <s v="04"/>
+    <s v="Other private source"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD460C2"/>
+    <s v="One-off houses"/>
+    <s v="Number"/>
+    <n v="4239"/>
+  </r>
+  <r>
+    <s v="13"/>
+    <s v="Clare"/>
+    <s v="04"/>
+    <s v="Other private source"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD460C3"/>
+    <s v="Percentage of one - off houses"/>
+    <s v="%"/>
+    <n v="93.5"/>
+  </r>
+  <r>
+    <s v="13"/>
+    <s v="Clare"/>
+    <s v="05"/>
+    <s v="No piped water"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD460C1"/>
+    <s v="Total permanent housing units"/>
+    <s v="Years"/>
+    <n v="81"/>
+  </r>
+  <r>
+    <s v="13"/>
+    <s v="Clare"/>
+    <s v="05"/>
+    <s v="No piped water"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD460C2"/>
+    <s v="One-off houses"/>
+    <s v="Number"/>
+    <n v="22"/>
+  </r>
+  <r>
+    <s v="13"/>
+    <s v="Clare"/>
+    <s v="05"/>
+    <s v="No piped water"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD460C3"/>
+    <s v="Percentage of one - off houses"/>
+    <s v="%"/>
+    <n v="27.2"/>
+  </r>
+  <r>
+    <s v="13"/>
+    <s v="Clare"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD460C1"/>
+    <s v="Total permanent housing units"/>
+    <s v="Years"/>
+    <n v="789"/>
+  </r>
+  <r>
+    <s v="13"/>
+    <s v="Clare"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD460C2"/>
+    <s v="One-off houses"/>
+    <s v="Number"/>
+    <n v="227"/>
+  </r>
+  <r>
+    <s v="13"/>
+    <s v="Clare"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD460C3"/>
+    <s v="Percentage of one - off houses"/>
+    <s v="%"/>
+    <n v="28.8"/>
+  </r>
+  <r>
+    <s v="14"/>
+    <s v="Cork"/>
+    <s v="-"/>
+    <s v="All types of water supply"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD460C1"/>
+    <s v="Total permanent housing units"/>
+    <s v="Years"/>
+    <n v="66998"/>
+  </r>
+  <r>
+    <s v="14"/>
+    <s v="Cork"/>
+    <s v="-"/>
+    <s v="All types of water supply"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD460C2"/>
+    <s v="One-off houses"/>
+    <s v="Number"/>
+    <n v="48397"/>
+  </r>
+  <r>
+    <s v="14"/>
+    <s v="Cork"/>
+    <s v="-"/>
+    <s v="All types of water supply"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD460C3"/>
+    <s v="Percentage of one - off houses"/>
+    <s v="%"/>
+    <n v="72.2"/>
+  </r>
+  <r>
+    <s v="14"/>
+    <s v="Cork"/>
+    <s v="01"/>
+    <s v="Public mains"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD460C1"/>
+    <s v="Total permanent housing units"/>
+    <s v="Years"/>
+    <n v="30169"/>
+  </r>
+  <r>
+    <s v="14"/>
+    <s v="Cork"/>
+    <s v="01"/>
+    <s v="Public mains"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD460C2"/>
+    <s v="One-off houses"/>
+    <s v="Number"/>
+    <n v="16091"/>
+  </r>
+  <r>
+    <s v="14"/>
+    <s v="Cork"/>
+    <s v="01"/>
+    <s v="Public mains"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD460C3"/>
+    <s v="Percentage of one - off houses"/>
+    <s v="%"/>
+    <n v="53.3"/>
+  </r>
+  <r>
+    <s v="14"/>
+    <s v="Cork"/>
+    <s v="02"/>
+    <s v="Local authority group scheme"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD460C1"/>
+    <s v="Total permanent housing units"/>
+    <s v="Years"/>
+    <n v="4163"/>
+  </r>
+  <r>
+    <s v="14"/>
+    <s v="Cork"/>
+    <s v="02"/>
+    <s v="Local authority group scheme"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD460C2"/>
+    <s v="One-off houses"/>
+    <s v="Number"/>
+    <n v="3069"/>
+  </r>
+  <r>
+    <s v="14"/>
+    <s v="Cork"/>
+    <s v="02"/>
+    <s v="Local authority group scheme"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD460C3"/>
+    <s v="Percentage of one - off houses"/>
+    <s v="%"/>
+    <n v="73.7"/>
+  </r>
+  <r>
+    <s v="14"/>
+    <s v="Cork"/>
+    <s v="03"/>
+    <s v="Private group scheme"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD460C1"/>
+    <s v="Total permanent housing units"/>
+    <s v="Years"/>
+    <n v="2529"/>
+  </r>
+  <r>
+    <s v="14"/>
+    <s v="Cork"/>
+    <s v="03"/>
+    <s v="Private group scheme"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD460C2"/>
+    <s v="One-off houses"/>
+    <s v="Number"/>
+    <n v="2096"/>
+  </r>
+  <r>
+    <s v="14"/>
+    <s v="Cork"/>
+    <s v="03"/>
+    <s v="Private group scheme"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD460C3"/>
+    <s v="Percentage of one - off houses"/>
+    <s v="%"/>
+    <n v="82.9"/>
+  </r>
+  <r>
+    <s v="14"/>
+    <s v="Cork"/>
+    <s v="04"/>
+    <s v="Other private source"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD460C1"/>
+    <s v="Total permanent housing units"/>
+    <s v="Years"/>
+    <n v="28487"/>
+  </r>
+  <r>
+    <s v="14"/>
+    <s v="Cork"/>
+    <s v="04"/>
+    <s v="Other private source"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD460C2"/>
+    <s v="One-off houses"/>
+    <s v="Number"/>
+    <n v="26604"/>
+  </r>
+  <r>
+    <s v="14"/>
+    <s v="Cork"/>
+    <s v="04"/>
+    <s v="Other private source"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD460C3"/>
+    <s v="Percentage of one - off houses"/>
+    <s v="%"/>
+    <n v="93.4"/>
+  </r>
+  <r>
+    <s v="14"/>
+    <s v="Cork"/>
+    <s v="05"/>
+    <s v="No piped water"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD460C1"/>
+    <s v="Total permanent housing units"/>
+    <s v="Years"/>
+    <n v="208"/>
+  </r>
+  <r>
+    <s v="14"/>
+    <s v="Cork"/>
+    <s v="05"/>
+    <s v="No piped water"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD460C2"/>
+    <s v="One-off houses"/>
+    <s v="Number"/>
+    <n v="105"/>
+  </r>
+  <r>
+    <s v="14"/>
+    <s v="Cork"/>
+    <s v="05"/>
+    <s v="No piped water"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD460C3"/>
+    <s v="Percentage of one - off houses"/>
+    <s v="%"/>
+    <n v="50.5"/>
+  </r>
+  <r>
+    <s v="14"/>
+    <s v="Cork"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD460C1"/>
+    <s v="Total permanent housing units"/>
+    <s v="Years"/>
+    <n v="1442"/>
+  </r>
+  <r>
+    <s v="14"/>
+    <s v="Cork"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD460C2"/>
+    <s v="One-off houses"/>
+    <s v="Number"/>
+    <n v="432"/>
+  </r>
+  <r>
+    <s v="14"/>
+    <s v="Cork"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD460C3"/>
+    <s v="Percentage of one - off houses"/>
+    <s v="%"/>
+    <n v="30"/>
+  </r>
+  <r>
+    <s v="141"/>
+    <s v="Cork City"/>
+    <s v="-"/>
+    <s v="All types of water supply"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD460C1"/>
+    <s v="Total permanent housing units"/>
+    <s v="Years"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="141"/>
+    <s v="Cork City"/>
+    <s v="-"/>
+    <s v="All types of water supply"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD460C2"/>
+    <s v="One-off houses"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="141"/>
+    <s v="Cork City"/>
+    <s v="-"/>
+    <s v="All types of water supply"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD460C3"/>
+    <s v="Percentage of one - off houses"/>
+    <s v="%"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="141"/>
+    <s v="Cork City"/>
+    <s v="01"/>
+    <s v="Public mains"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD460C1"/>
+    <s v="Total permanent housing units"/>
+    <s v="Years"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="141"/>
+    <s v="Cork City"/>
+    <s v="01"/>
+    <s v="Public mains"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD460C2"/>
+    <s v="One-off houses"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="141"/>
+    <s v="Cork City"/>
+    <s v="01"/>
+    <s v="Public mains"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD460C3"/>
+    <s v="Percentage of one - off houses"/>
+    <s v="%"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="141"/>
+    <s v="Cork City"/>
+    <s v="02"/>
+    <s v="Local authority group scheme"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD460C1"/>
+    <s v="Total permanent housing units"/>
+    <s v="Years"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="141"/>
+    <s v="Cork City"/>
+    <s v="02"/>
+    <s v="Local authority group scheme"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD460C2"/>
+    <s v="One-off houses"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="141"/>
+    <s v="Cork City"/>
+    <s v="02"/>
+    <s v="Local authority group scheme"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD460C3"/>
+    <s v="Percentage of one - off houses"/>
+    <s v="%"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="141"/>
+    <s v="Cork City"/>
+    <s v="03"/>
+    <s v="Private group scheme"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD460C1"/>
+    <s v="Total permanent housing units"/>
+    <s v="Years"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="141"/>
+    <s v="Cork City"/>
+    <s v="03"/>
+    <s v="Private group scheme"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD460C2"/>
+    <s v="One-off houses"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="141"/>
+    <s v="Cork City"/>
+    <s v="03"/>
+    <s v="Private group scheme"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD460C3"/>
+    <s v="Percentage of one - off houses"/>
+    <s v="%"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="141"/>
+    <s v="Cork City"/>
+    <s v="04"/>
+    <s v="Other private source"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD460C1"/>
+    <s v="Total permanent housing units"/>
+    <s v="Years"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="141"/>
+    <s v="Cork City"/>
+    <s v="04"/>
+    <s v="Other private source"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD460C2"/>
+    <s v="One-off houses"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="141"/>
+    <s v="Cork City"/>
+    <s v="04"/>
+    <s v="Other private source"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD460C3"/>
+    <s v="Percentage of one - off houses"/>
+    <s v="%"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="141"/>
+    <s v="Cork City"/>
+    <s v="05"/>
+    <s v="No piped water"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD460C1"/>
+    <s v="Total permanent housing units"/>
+    <s v="Years"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="141"/>
+    <s v="Cork City"/>
+    <s v="05"/>
+    <s v="No piped water"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD460C2"/>
+    <s v="One-off houses"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="141"/>
+    <s v="Cork City"/>
+    <s v="05"/>
+    <s v="No piped water"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD460C3"/>
+    <s v="Percentage of one - off houses"/>
+    <s v="%"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="141"/>
+    <s v="Cork City"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD460C1"/>
+    <s v="Total permanent housing units"/>
+    <s v="Years"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="141"/>
+    <s v="Cork City"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD460C2"/>
+    <s v="One-off houses"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="141"/>
+    <s v="Cork City"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD460C3"/>
+    <s v="Percentage of one - off houses"/>
+    <s v="%"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="142"/>
+    <s v="Cork County"/>
+    <s v="-"/>
+    <s v="All types of water supply"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD460C1"/>
+    <s v="Total permanent housing units"/>
+    <s v="Years"/>
+    <n v="66998"/>
+  </r>
+  <r>
+    <s v="142"/>
+    <s v="Cork County"/>
+    <s v="-"/>
+    <s v="All types of water supply"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD460C2"/>
+    <s v="One-off houses"/>
+    <s v="Number"/>
+    <n v="48397"/>
+  </r>
+  <r>
+    <s v="142"/>
+    <s v="Cork County"/>
+    <s v="-"/>
+    <s v="All types of water supply"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD460C3"/>
+    <s v="Percentage of one - off houses"/>
+    <s v="%"/>
+    <n v="72.2"/>
+  </r>
+  <r>
+    <s v="142"/>
+    <s v="Cork County"/>
+    <s v="01"/>
+    <s v="Public mains"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD460C1"/>
+    <s v="Total permanent housing units"/>
+    <s v="Years"/>
+    <n v="30169"/>
+  </r>
+  <r>
+    <s v="142"/>
+    <s v="Cork County"/>
+    <s v="01"/>
+    <s v="Public mains"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD460C2"/>
+    <s v="One-off houses"/>
+    <s v="Number"/>
+    <n v="16091"/>
+  </r>
+  <r>
+    <s v="142"/>
+    <s v="Cork County"/>
+    <s v="01"/>
+    <s v="Public mains"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD460C3"/>
+    <s v="Percentage of one - off houses"/>
+    <s v="%"/>
+    <n v="53.3"/>
+  </r>
+  <r>
+    <s v="142"/>
+    <s v="Cork County"/>
+    <s v="02"/>
+    <s v="Local authority group scheme"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD460C1"/>
+    <s v="Total permanent housing units"/>
+    <s v="Years"/>
+    <n v="4163"/>
+  </r>
+  <r>
+    <s v="142"/>
+    <s v="Cork County"/>
+    <s v="02"/>
+    <s v="Local authority group scheme"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD460C2"/>
+    <s v="One-off houses"/>
+    <s v="Number"/>
+    <n v="3069"/>
+  </r>
+  <r>
+    <s v="142"/>
+    <s v="Cork County"/>
+    <s v="02"/>
+    <s v="Local authority group scheme"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD460C3"/>
+    <s v="Percentage of one - off houses"/>
+    <s v="%"/>
+    <n v="73.7"/>
+  </r>
+  <r>
+    <s v="142"/>
+    <s v="Cork County"/>
+    <s v="03"/>
+    <s v="Private group scheme"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD460C1"/>
+    <s v="Total permanent housing units"/>
+    <s v="Years"/>
+    <n v="2529"/>
+  </r>
+  <r>
+    <s v="142"/>
+    <s v="Cork County"/>
+    <s v="03"/>
+    <s v="Private group scheme"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD460C2"/>
+    <s v="One-off houses"/>
+    <s v="Number"/>
+    <n v="2096"/>
+  </r>
+  <r>
+    <s v="142"/>
+    <s v="Cork County"/>
+    <s v="03"/>
+    <s v="Private group scheme"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD460C3"/>
+    <s v="Percentage of one - off houses"/>
+    <s v="%"/>
+    <n v="82.9"/>
+  </r>
+  <r>
+    <s v="142"/>
+    <s v="Cork County"/>
+    <s v="04"/>
+    <s v="Other private source"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD460C1"/>
+    <s v="Total permanent housing units"/>
+    <s v="Years"/>
+    <n v="28487"/>
+  </r>
+  <r>
+    <s v="142"/>
+    <s v="Cork County"/>
+    <s v="04"/>
+    <s v="Other private source"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD460C2"/>
+    <s v="One-off houses"/>
+    <s v="Number"/>
+    <n v="26604"/>
+  </r>
+  <r>
+    <s v="142"/>
+    <s v="Cork County"/>
+    <s v="04"/>
+    <s v="Other private source"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD460C3"/>
+    <s v="Percentage of one - off houses"/>
+    <s v="%"/>
+    <n v="93.4"/>
+  </r>
+  <r>
+    <s v="142"/>
+    <s v="Cork County"/>
+    <s v="05"/>
+    <s v="No piped water"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD460C1"/>
+    <s v="Total permanent housing units"/>
+    <s v="Years"/>
+    <n v="208"/>
+  </r>
+  <r>
+    <s v="142"/>
+    <s v="Cork County"/>
+    <s v="05"/>
+    <s v="No piped water"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD460C2"/>
+    <s v="One-off houses"/>
+    <s v="Number"/>
+    <n v="105"/>
+  </r>
+  <r>
+    <s v="142"/>
+    <s v="Cork County"/>
+    <s v="05"/>
+    <s v="No piped water"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD460C3"/>
+    <s v="Percentage of one - off houses"/>
+    <s v="%"/>
+    <n v="50.5"/>
+  </r>
+  <r>
+    <s v="142"/>
+    <s v="Cork County"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD460C1"/>
+    <s v="Total permanent housing units"/>
+    <s v="Years"/>
+    <n v="1442"/>
+  </r>
+  <r>
+    <s v="142"/>
+    <s v="Cork County"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD460C2"/>
+    <s v="One-off houses"/>
+    <s v="Number"/>
+    <n v="432"/>
+  </r>
+  <r>
+    <s v="142"/>
+    <s v="Cork County"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD460C3"/>
+    <s v="Percentage of one - off houses"/>
+    <s v="%"/>
+    <n v="30"/>
+  </r>
+  <r>
+    <s v="15"/>
+    <s v="Kerry"/>
+    <s v="-"/>
+    <s v="All types of water supply"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD460C1"/>
+    <s v="Total permanent housing units"/>
+    <s v="Years"/>
+    <n v="33940"/>
+  </r>
+  <r>
+    <s v="15"/>
+    <s v="Kerry"/>
+    <s v="-"/>
+    <s v="All types of water supply"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD460C2"/>
+    <s v="One-off houses"/>
+    <s v="Number"/>
+    <n v="25506"/>
+  </r>
+  <r>
+    <s v="15"/>
+    <s v="Kerry"/>
+    <s v="-"/>
+    <s v="All types of water supply"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD460C3"/>
+    <s v="Percentage of one - off houses"/>
+    <s v="%"/>
+    <n v="75.2"/>
+  </r>
+  <r>
+    <s v="15"/>
+    <s v="Kerry"/>
+    <s v="01"/>
+    <s v="Public mains"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD460C1"/>
+    <s v="Total permanent housing units"/>
+    <s v="Years"/>
+    <n v="20946"/>
+  </r>
+  <r>
+    <s v="15"/>
+    <s v="Kerry"/>
+    <s v="01"/>
+    <s v="Public mains"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD460C2"/>
+    <s v="One-off houses"/>
+    <s v="Number"/>
+    <n v="14312"/>
+  </r>
+  <r>
+    <s v="15"/>
+    <s v="Kerry"/>
+    <s v="01"/>
+    <s v="Public mains"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD460C3"/>
+    <s v="Percentage of one - off houses"/>
+    <s v="%"/>
+    <n v="68.3"/>
+  </r>
+  <r>
+    <s v="15"/>
+    <s v="Kerry"/>
+    <s v="02"/>
+    <s v="Local authority group scheme"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD460C1"/>
+    <s v="Total permanent housing units"/>
+    <s v="Years"/>
+    <n v="5277"/>
+  </r>
+  <r>
+    <s v="15"/>
+    <s v="Kerry"/>
+    <s v="02"/>
+    <s v="Local authority group scheme"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD460C2"/>
+    <s v="One-off houses"/>
+    <s v="Number"/>
+    <n v="4593"/>
+  </r>
+  <r>
+    <s v="15"/>
+    <s v="Kerry"/>
+    <s v="02"/>
+    <s v="Local authority group scheme"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD460C3"/>
+    <s v="Percentage of one - off houses"/>
+    <s v="%"/>
+    <n v="87"/>
+  </r>
+  <r>
+    <s v="15"/>
+    <s v="Kerry"/>
+    <s v="03"/>
+    <s v="Private group scheme"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD460C1"/>
+    <s v="Total permanent housing units"/>
+    <s v="Years"/>
+    <n v="1000"/>
+  </r>
+  <r>
+    <s v="15"/>
+    <s v="Kerry"/>
+    <s v="03"/>
+    <s v="Private group scheme"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD460C2"/>
+    <s v="One-off houses"/>
+    <s v="Number"/>
+    <n v="905"/>
+  </r>
+  <r>
+    <s v="15"/>
+    <s v="Kerry"/>
+    <s v="03"/>
+    <s v="Private group scheme"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD460C3"/>
+    <s v="Percentage of one - off houses"/>
+    <s v="%"/>
+    <n v="90.5"/>
+  </r>
+  <r>
+    <s v="15"/>
+    <s v="Kerry"/>
+    <s v="04"/>
+    <s v="Other private source"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD460C1"/>
+    <s v="Total permanent housing units"/>
+    <s v="Years"/>
+    <n v="5780"/>
+  </r>
+  <r>
+    <s v="15"/>
+    <s v="Kerry"/>
+    <s v="04"/>
+    <s v="Other private source"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD460C2"/>
+    <s v="One-off houses"/>
+    <s v="Number"/>
+    <n v="5331"/>
+  </r>
+  <r>
+    <s v="15"/>
+    <s v="Kerry"/>
+    <s v="04"/>
+    <s v="Other private source"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD460C3"/>
+    <s v="Percentage of one - off houses"/>
+    <s v="%"/>
+    <n v="92.2"/>
+  </r>
+  <r>
+    <s v="15"/>
+    <s v="Kerry"/>
+    <s v="05"/>
+    <s v="No piped water"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD460C1"/>
+    <s v="Total permanent housing units"/>
+    <s v="Years"/>
+    <n v="82"/>
+  </r>
+  <r>
+    <s v="15"/>
+    <s v="Kerry"/>
+    <s v="05"/>
+    <s v="No piped water"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD460C2"/>
+    <s v="One-off houses"/>
+    <s v="Number"/>
+    <n v="34"/>
+  </r>
+  <r>
+    <s v="15"/>
+    <s v="Kerry"/>
+    <s v="05"/>
+    <s v="No piped water"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD460C3"/>
+    <s v="Percentage of one - off houses"/>
+    <s v="%"/>
+    <n v="41.5"/>
+  </r>
+  <r>
+    <s v="15"/>
+    <s v="Kerry"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD460C1"/>
+    <s v="Total permanent housing units"/>
+    <s v="Years"/>
+    <n v="855"/>
+  </r>
+  <r>
+    <s v="15"/>
+    <s v="Kerry"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD460C2"/>
+    <s v="One-off houses"/>
+    <s v="Number"/>
+    <n v="331"/>
+  </r>
+  <r>
+    <s v="15"/>
+    <s v="Kerry"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD460C3"/>
+    <s v="Percentage of one - off houses"/>
+    <s v="%"/>
+    <n v="38.7"/>
+  </r>
+  <r>
+    <s v="16"/>
+    <s v="Limerick"/>
+    <s v="-"/>
+    <s v="All types of water supply"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD460C1"/>
+    <s v="Total permanent housing units"/>
+    <s v="Years"/>
+    <n v="30744"/>
+  </r>
+  <r>
+    <s v="16"/>
+    <s v="Limerick"/>
+    <s v="-"/>
+    <s v="All types of water supply"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD460C2"/>
+    <s v="One-off houses"/>
+    <s v="Number"/>
+    <n v="22153"/>
+  </r>
+  <r>
+    <s v="16"/>
+    <s v="Limerick"/>
+    <s v="-"/>
+    <s v="All types of water supply"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD460C3"/>
+    <s v="Percentage of one - off houses"/>
+    <s v="%"/>
+    <n v="72.1"/>
+  </r>
+  <r>
+    <s v="16"/>
+    <s v="Limerick"/>
+    <s v="01"/>
+    <s v="Public mains"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD460C1"/>
+    <s v="Total permanent housing units"/>
+    <s v="Years"/>
+    <n v="14207"/>
+  </r>
+  <r>
+    <s v="16"/>
+    <s v="Limerick"/>
+    <s v="01"/>
+    <s v="Public mains"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD460C2"/>
+    <s v="One-off houses"/>
+    <s v="Number"/>
+    <n v="7689"/>
+  </r>
+  <r>
+    <s v="16"/>
+    <s v="Limerick"/>
+    <s v="01"/>
+    <s v="Public mains"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD460C3"/>
+    <s v="Percentage of one - off houses"/>
+    <s v="%"/>
+    <n v="54.1"/>
+  </r>
+  <r>
+    <s v="16"/>
+    <s v="Limerick"/>
+    <s v="02"/>
+    <s v="Local authority group scheme"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD460C1"/>
+    <s v="Total permanent housing units"/>
+    <s v="Years"/>
+    <n v="6292"/>
+  </r>
+  <r>
+    <s v="16"/>
+    <s v="Limerick"/>
+    <s v="02"/>
+    <s v="Local authority group scheme"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD460C2"/>
+    <s v="One-off houses"/>
+    <s v="Number"/>
+    <n v="5363"/>
+  </r>
+  <r>
+    <s v="16"/>
+    <s v="Limerick"/>
+    <s v="02"/>
+    <s v="Local authority group scheme"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD460C3"/>
+    <s v="Percentage of one - off houses"/>
+    <s v="%"/>
+    <n v="85.2"/>
+  </r>
+  <r>
+    <s v="16"/>
+    <s v="Limerick"/>
+    <s v="03"/>
+    <s v="Private group scheme"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD460C1"/>
+    <s v="Total permanent housing units"/>
+    <s v="Years"/>
+    <n v="2349"/>
+  </r>
+  <r>
+    <s v="16"/>
+    <s v="Limerick"/>
+    <s v="03"/>
+    <s v="Private group scheme"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD460C2"/>
+    <s v="One-off houses"/>
+    <s v="Number"/>
+    <n v="2162"/>
+  </r>
+  <r>
+    <s v="16"/>
+    <s v="Limerick"/>
+    <s v="03"/>
+    <s v="Private group scheme"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD460C3"/>
+    <s v="Percentage of one - off houses"/>
+    <s v="%"/>
+    <n v="92"/>
+  </r>
+  <r>
+    <s v="16"/>
+    <s v="Limerick"/>
+    <s v="04"/>
+    <s v="Other private source"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD460C1"/>
+    <s v="Total permanent housing units"/>
+    <s v="Years"/>
+    <n v="7050"/>
+  </r>
+  <r>
+    <s v="16"/>
+    <s v="Limerick"/>
+    <s v="04"/>
+    <s v="Other private source"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD460C2"/>
+    <s v="One-off houses"/>
+    <s v="Number"/>
+    <n v="6578"/>
+  </r>
+  <r>
+    <s v="16"/>
+    <s v="Limerick"/>
+    <s v="04"/>
+    <s v="Other private source"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD460C3"/>
+    <s v="Percentage of one - off houses"/>
+    <s v="%"/>
+    <n v="93.3"/>
+  </r>
+  <r>
+    <s v="16"/>
+    <s v="Limerick"/>
+    <s v="05"/>
+    <s v="No piped water"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD460C1"/>
+    <s v="Total permanent housing units"/>
+    <s v="Years"/>
+    <n v="79"/>
+  </r>
+  <r>
+    <s v="16"/>
+    <s v="Limerick"/>
+    <s v="05"/>
+    <s v="No piped water"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD460C2"/>
+    <s v="One-off houses"/>
+    <s v="Number"/>
+    <n v="45"/>
+  </r>
+  <r>
+    <s v="16"/>
+    <s v="Limerick"/>
+    <s v="05"/>
+    <s v="No piped water"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD460C3"/>
+    <s v="Percentage of one - off houses"/>
+    <s v="%"/>
+    <n v="57"/>
+  </r>
+  <r>
+    <s v="16"/>
+    <s v="Limerick"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD460C1"/>
+    <s v="Total permanent housing units"/>
+    <s v="Years"/>
+    <n v="767"/>
+  </r>
+  <r>
+    <s v="16"/>
+    <s v="Limerick"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD460C2"/>
+    <s v="One-off houses"/>
+    <s v="Number"/>
+    <n v="316"/>
+  </r>
+  <r>
+    <s v="16"/>
+    <s v="Limerick"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD460C3"/>
+    <s v="Percentage of one - off houses"/>
+    <s v="%"/>
+    <n v="41.2"/>
+  </r>
+  <r>
+    <s v="161"/>
+    <s v="Limerick City"/>
+    <s v="-"/>
+    <s v="All types of water supply"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD460C1"/>
+    <s v="Total permanent housing units"/>
+    <s v="Years"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="161"/>
+    <s v="Limerick City"/>
+    <s v="-"/>
+    <s v="All types of water supply"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD460C2"/>
+    <s v="One-off houses"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="161"/>
+    <s v="Limerick City"/>
+    <s v="-"/>
+    <s v="All types of water supply"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD460C3"/>
+    <s v="Percentage of one - off houses"/>
+    <s v="%"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="161"/>
+    <s v="Limerick City"/>
+    <s v="01"/>
+    <s v="Public mains"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD460C1"/>
+    <s v="Total permanent housing units"/>
+    <s v="Years"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="161"/>
+    <s v="Limerick City"/>
+    <s v="01"/>
+    <s v="Public mains"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD460C2"/>
+    <s v="One-off houses"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="161"/>
+    <s v="Limerick City"/>
+    <s v="01"/>
+    <s v="Public mains"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD460C3"/>
+    <s v="Percentage of one - off houses"/>
+    <s v="%"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="161"/>
+    <s v="Limerick City"/>
+    <s v="02"/>
+    <s v="Local authority group scheme"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD460C1"/>
+    <s v="Total permanent housing units"/>
+    <s v="Years"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="161"/>
+    <s v="Limerick City"/>
+    <s v="02"/>
+    <s v="Local authority group scheme"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD460C2"/>
+    <s v="One-off houses"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="161"/>
+    <s v="Limerick City"/>
+    <s v="02"/>
+    <s v="Local authority group scheme"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD460C3"/>
+    <s v="Percentage of one - off houses"/>
+    <s v="%"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="161"/>
+    <s v="Limerick City"/>
+    <s v="03"/>
+    <s v="Private group scheme"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD460C1"/>
+    <s v="Total permanent housing units"/>
+    <s v="Years"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="161"/>
+    <s v="Limerick City"/>
+    <s v="03"/>
+    <s v="Private group scheme"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD460C2"/>
+    <s v="One-off houses"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="161"/>
+    <s v="Limerick City"/>
+    <s v="03"/>
+    <s v="Private group scheme"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD460C3"/>
+    <s v="Percentage of one - off houses"/>
+    <s v="%"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="161"/>
+    <s v="Limerick City"/>
+    <s v="04"/>
+    <s v="Other private source"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD460C1"/>
+    <s v="Total permanent housing units"/>
+    <s v="Years"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="161"/>
+    <s v="Limerick City"/>
+    <s v="04"/>
+    <s v="Other private source"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD460C2"/>
+    <s v="One-off houses"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="161"/>
+    <s v="Limerick City"/>
+    <s v="04"/>
+    <s v="Other private source"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD460C3"/>
+    <s v="Percentage of one - off houses"/>
+    <s v="%"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="161"/>
+    <s v="Limerick City"/>
+    <s v="05"/>
+    <s v="No piped water"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD460C1"/>
+    <s v="Total permanent housing units"/>
+    <s v="Years"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="161"/>
+    <s v="Limerick City"/>
+    <s v="05"/>
+    <s v="No piped water"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD460C2"/>
+    <s v="One-off houses"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="161"/>
+    <s v="Limerick City"/>
+    <s v="05"/>
+    <s v="No piped water"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD460C3"/>
+    <s v="Percentage of one - off houses"/>
+    <s v="%"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="161"/>
+    <s v="Limerick City"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD460C1"/>
+    <s v="Total permanent housing units"/>
+    <s v="Years"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="161"/>
+    <s v="Limerick City"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD460C2"/>
+    <s v="One-off houses"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="161"/>
+    <s v="Limerick City"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD460C3"/>
+    <s v="Percentage of one - off houses"/>
+    <s v="%"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="162"/>
+    <s v="Limerick County"/>
+    <s v="-"/>
+    <s v="All types of water supply"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD460C1"/>
+    <s v="Total permanent housing units"/>
+    <s v="Years"/>
+    <n v="30744"/>
+  </r>
+  <r>
+    <s v="162"/>
+    <s v="Limerick County"/>
+    <s v="-"/>
+    <s v="All types of water supply"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD460C2"/>
+    <s v="One-off houses"/>
+    <s v="Number"/>
+    <n v="22153"/>
+  </r>
+  <r>
+    <s v="162"/>
+    <s v="Limerick County"/>
+    <s v="-"/>
+    <s v="All types of water supply"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD460C3"/>
+    <s v="Percentage of one - off houses"/>
+    <s v="%"/>
+    <n v="72.1"/>
+  </r>
+  <r>
+    <s v="162"/>
+    <s v="Limerick County"/>
+    <s v="01"/>
+    <s v="Public mains"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD460C1"/>
+    <s v="Total permanent housing units"/>
+    <s v="Years"/>
+    <n v="14207"/>
+  </r>
+  <r>
+    <s v="162"/>
+    <s v="Limerick County"/>
+    <s v="01"/>
+    <s v="Public mains"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD460C2"/>
+    <s v="One-off houses"/>
+    <s v="Number"/>
+    <n v="7689"/>
+  </r>
+  <r>
+    <s v="162"/>
+    <s v="Limerick County"/>
+    <s v="01"/>
+    <s v="Public mains"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD460C3"/>
+    <s v="Percentage of one - off houses"/>
+    <s v="%"/>
+    <n v="54.1"/>
+  </r>
+  <r>
+    <s v="162"/>
+    <s v="Limerick County"/>
+    <s v="02"/>
+    <s v="Local authority group scheme"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD460C1"/>
+    <s v="Total permanent housing units"/>
+    <s v="Years"/>
+    <n v="6292"/>
+  </r>
+  <r>
+    <s v="162"/>
+    <s v="Limerick County"/>
+    <s v="02"/>
+    <s v="Local authority group scheme"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD460C2"/>
+    <s v="One-off houses"/>
+    <s v="Number"/>
+    <n v="5363"/>
+  </r>
+  <r>
+    <s v="162"/>
+    <s v="Limerick County"/>
+    <s v="02"/>
+    <s v="Local authority group scheme"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD460C3"/>
+    <s v="Percentage of one - off houses"/>
+    <s v="%"/>
+    <n v="85.2"/>
+  </r>
+  <r>
+    <s v="162"/>
+    <s v="Limerick County"/>
+    <s v="03"/>
+    <s v="Private group scheme"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD460C1"/>
+    <s v="Total permanent housing units"/>
+    <s v="Years"/>
+    <n v="2349"/>
+  </r>
+  <r>
+    <s v="162"/>
+    <s v="Limerick County"/>
+    <s v="03"/>
+    <s v="Private group scheme"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD460C2"/>
+    <s v="One-off houses"/>
+    <s v="Number"/>
+    <n v="2162"/>
+  </r>
+  <r>
+    <s v="162"/>
+    <s v="Limerick County"/>
+    <s v="03"/>
+    <s v="Private group scheme"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD460C3"/>
+    <s v="Percentage of one - off houses"/>
+    <s v="%"/>
+    <n v="92"/>
+  </r>
+  <r>
+    <s v="162"/>
+    <s v="Limerick County"/>
+    <s v="04"/>
+    <s v="Other private source"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD460C1"/>
+    <s v="Total permanent housing units"/>
+    <s v="Years"/>
+    <n v="7050"/>
+  </r>
+  <r>
+    <s v="162"/>
+    <s v="Limerick County"/>
+    <s v="04"/>
+    <s v="Other private source"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD460C2"/>
+    <s v="One-off houses"/>
+    <s v="Number"/>
+    <n v="6578"/>
+  </r>
+  <r>
+    <s v="162"/>
+    <s v="Limerick County"/>
+    <s v="04"/>
+    <s v="Other private source"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD460C3"/>
+    <s v="Percentage of one - off houses"/>
+    <s v="%"/>
+    <n v="93.3"/>
+  </r>
+  <r>
+    <s v="162"/>
+    <s v="Limerick County"/>
+    <s v="05"/>
+    <s v="No piped water"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD460C1"/>
+    <s v="Total permanent housing units"/>
+    <s v="Years"/>
+    <n v="79"/>
+  </r>
+  <r>
+    <s v="162"/>
+    <s v="Limerick County"/>
+    <s v="05"/>
+    <s v="No piped water"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD460C2"/>
+    <s v="One-off houses"/>
+    <s v="Number"/>
+    <n v="45"/>
+  </r>
+  <r>
+    <s v="162"/>
+    <s v="Limerick County"/>
+    <s v="05"/>
+    <s v="No piped water"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD460C3"/>
+    <s v="Percentage of one - off houses"/>
+    <s v="%"/>
+    <n v="57"/>
+  </r>
+  <r>
+    <s v="162"/>
+    <s v="Limerick County"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD460C1"/>
+    <s v="Total permanent housing units"/>
+    <s v="Years"/>
+    <n v="767"/>
+  </r>
+  <r>
+    <s v="162"/>
+    <s v="Limerick County"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD460C2"/>
+    <s v="One-off houses"/>
+    <s v="Number"/>
+    <n v="316"/>
+  </r>
+  <r>
+    <s v="162"/>
+    <s v="Limerick County"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD460C3"/>
+    <s v="Percentage of one - off houses"/>
+    <s v="%"/>
+    <n v="41.2"/>
+  </r>
+  <r>
+    <s v="171"/>
+    <s v="North Tipperary"/>
+    <s v="-"/>
+    <s v="All types of water supply"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD460C1"/>
+    <s v="Total permanent housing units"/>
+    <s v="Years"/>
+    <n v="14441"/>
+  </r>
+  <r>
+    <s v="171"/>
+    <s v="North Tipperary"/>
+    <s v="-"/>
+    <s v="All types of water supply"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD460C2"/>
+    <s v="One-off houses"/>
+    <s v="Number"/>
+    <n v="11232"/>
+  </r>
+  <r>
+    <s v="171"/>
+    <s v="North Tipperary"/>
+    <s v="-"/>
+    <s v="All types of water supply"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD460C3"/>
+    <s v="Percentage of one - off houses"/>
+    <s v="%"/>
+    <n v="77.8"/>
+  </r>
+  <r>
+    <s v="171"/>
+    <s v="North Tipperary"/>
+    <s v="01"/>
+    <s v="Public mains"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD460C1"/>
+    <s v="Total permanent housing units"/>
+    <s v="Years"/>
+    <n v="5394"/>
+  </r>
+  <r>
+    <s v="171"/>
+    <s v="North Tipperary"/>
+    <s v="01"/>
+    <s v="Public mains"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD460C2"/>
+    <s v="One-off houses"/>
+    <s v="Number"/>
+    <n v="3127"/>
+  </r>
+  <r>
+    <s v="171"/>
+    <s v="North Tipperary"/>
+    <s v="01"/>
+    <s v="Public mains"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD460C3"/>
+    <s v="Percentage of one - off houses"/>
+    <s v="%"/>
+    <n v="58"/>
+  </r>
+  <r>
+    <s v="171"/>
+    <s v="North Tipperary"/>
+    <s v="02"/>
+    <s v="Local authority group scheme"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD460C1"/>
+    <s v="Total permanent housing units"/>
+    <s v="Years"/>
+    <n v="2429"/>
+  </r>
+  <r>
+    <s v="171"/>
+    <s v="North Tipperary"/>
+    <s v="02"/>
+    <s v="Local authority group scheme"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD460C2"/>
+    <s v="One-off houses"/>
+    <s v="Number"/>
+    <n v="2049"/>
+  </r>
+  <r>
+    <s v="171"/>
+    <s v="North Tipperary"/>
+    <s v="02"/>
+    <s v="Local authority group scheme"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD460C3"/>
+    <s v="Percentage of one - off houses"/>
+    <s v="%"/>
+    <n v="84.4"/>
+  </r>
+  <r>
+    <s v="171"/>
+    <s v="North Tipperary"/>
+    <s v="03"/>
+    <s v="Private group scheme"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD460C1"/>
+    <s v="Total permanent housing units"/>
+    <s v="Years"/>
+    <n v="1471"/>
+  </r>
+  <r>
+    <s v="171"/>
+    <s v="North Tipperary"/>
+    <s v="03"/>
+    <s v="Private group scheme"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD460C2"/>
+    <s v="One-off houses"/>
+    <s v="Number"/>
+    <n v="1381"/>
+  </r>
+  <r>
+    <s v="171"/>
+    <s v="North Tipperary"/>
+    <s v="03"/>
+    <s v="Private group scheme"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD460C3"/>
+    <s v="Percentage of one - off houses"/>
+    <s v="%"/>
+    <n v="93.9"/>
+  </r>
+  <r>
+    <s v="171"/>
+    <s v="North Tipperary"/>
+    <s v="04"/>
+    <s v="Other private source"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD460C1"/>
+    <s v="Total permanent housing units"/>
+    <s v="Years"/>
+    <n v="4805"/>
+  </r>
+  <r>
+    <s v="171"/>
+    <s v="North Tipperary"/>
+    <s v="04"/>
+    <s v="Other private source"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD460C2"/>
+    <s v="One-off houses"/>
+    <s v="Number"/>
+    <n v="4526"/>
+  </r>
+  <r>
+    <s v="171"/>
+    <s v="North Tipperary"/>
+    <s v="04"/>
+    <s v="Other private source"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD460C3"/>
+    <s v="Percentage of one - off houses"/>
+    <s v="%"/>
+    <n v="94.2"/>
+  </r>
+  <r>
+    <s v="171"/>
+    <s v="North Tipperary"/>
+    <s v="05"/>
+    <s v="No piped water"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD460C1"/>
+    <s v="Total permanent housing units"/>
+    <s v="Years"/>
+    <n v="42"/>
+  </r>
+  <r>
+    <s v="171"/>
+    <s v="North Tipperary"/>
+    <s v="05"/>
+    <s v="No piped water"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD460C2"/>
+    <s v="One-off houses"/>
+    <s v="Number"/>
+    <n v="22"/>
+  </r>
+  <r>
+    <s v="171"/>
+    <s v="North Tipperary"/>
+    <s v="05"/>
+    <s v="No piped water"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD460C3"/>
+    <s v="Percentage of one - off houses"/>
+    <s v="%"/>
+    <n v="52.4"/>
+  </r>
+  <r>
+    <s v="171"/>
+    <s v="North Tipperary"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD460C1"/>
+    <s v="Total permanent housing units"/>
+    <s v="Years"/>
+    <n v="300"/>
+  </r>
+  <r>
+    <s v="171"/>
+    <s v="North Tipperary"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD460C2"/>
+    <s v="One-off houses"/>
+    <s v="Number"/>
+    <n v="127"/>
+  </r>
+  <r>
+    <s v="171"/>
+    <s v="North Tipperary"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD460C3"/>
+    <s v="Percentage of one - off houses"/>
+    <s v="%"/>
+    <n v="42.3"/>
+  </r>
+  <r>
+    <s v="172"/>
+    <s v="South Tipperary"/>
+    <s v="-"/>
+    <s v="All types of water supply"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD460C1"/>
+    <s v="Total permanent housing units"/>
+    <s v="Years"/>
+    <n v="17896"/>
+  </r>
+  <r>
+    <s v="172"/>
+    <s v="South Tipperary"/>
+    <s v="-"/>
+    <s v="All types of water supply"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD460C2"/>
+    <s v="One-off houses"/>
+    <s v="Number"/>
+    <n v="12974"/>
+  </r>
+  <r>
+    <s v="172"/>
+    <s v="South Tipperary"/>
+    <s v="-"/>
+    <s v="All types of water supply"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD460C3"/>
+    <s v="Percentage of one - off houses"/>
+    <s v="%"/>
+    <n v="72.5"/>
+  </r>
+  <r>
+    <s v="172"/>
+    <s v="South Tipperary"/>
+    <s v="01"/>
+    <s v="Public mains"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD460C1"/>
+    <s v="Total permanent housing units"/>
+    <s v="Years"/>
+    <n v="12483"/>
+  </r>
+  <r>
+    <s v="172"/>
+    <s v="South Tipperary"/>
+    <s v="01"/>
+    <s v="Public mains"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD460C2"/>
+    <s v="One-off houses"/>
+    <s v="Number"/>
+    <n v="8667"/>
+  </r>
+  <r>
+    <s v="172"/>
+    <s v="South Tipperary"/>
+    <s v="01"/>
+    <s v="Public mains"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD460C3"/>
+    <s v="Percentage of one - off houses"/>
+    <s v="%"/>
+    <n v="69.4"/>
+  </r>
+  <r>
+    <s v="172"/>
+    <s v="South Tipperary"/>
+    <s v="02"/>
+    <s v="Local authority group scheme"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD460C1"/>
+    <s v="Total permanent housing units"/>
+    <s v="Years"/>
+    <n v="2459"/>
+  </r>
+  <r>
+    <s v="172"/>
+    <s v="South Tipperary"/>
+    <s v="02"/>
+    <s v="Local authority group scheme"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD460C2"/>
+    <s v="One-off houses"/>
+    <s v="Number"/>
+    <n v="1835"/>
+  </r>
+  <r>
+    <s v="172"/>
+    <s v="South Tipperary"/>
+    <s v="02"/>
+    <s v="Local authority group scheme"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD460C3"/>
+    <s v="Percentage of one - off houses"/>
+    <s v="%"/>
+    <n v="74.6"/>
+  </r>
+  <r>
+    <s v="172"/>
+    <s v="South Tipperary"/>
+    <s v="03"/>
+    <s v="Private group scheme"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD460C1"/>
+    <s v="Total permanent housing units"/>
+    <s v="Years"/>
+    <n v="411"/>
+  </r>
+  <r>
+    <s v="172"/>
+    <s v="South Tipperary"/>
+    <s v="03"/>
+    <s v="Private group scheme"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD460C2"/>
+    <s v="One-off houses"/>
+    <s v="Number"/>
+    <n v="362"/>
+  </r>
+  <r>
+    <s v="172"/>
+    <s v="South Tipperary"/>
+    <s v="03"/>
+    <s v="Private group scheme"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD460C3"/>
+    <s v="Percentage of one - off houses"/>
+    <s v="%"/>
+    <n v="88.1"/>
+  </r>
+  <r>
+    <s v="172"/>
+    <s v="South Tipperary"/>
+    <s v="04"/>
+    <s v="Other private source"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD460C1"/>
+    <s v="Total permanent housing units"/>
+    <s v="Years"/>
+    <n v="2080"/>
+  </r>
+  <r>
+    <s v="172"/>
+    <s v="South Tipperary"/>
+    <s v="04"/>
+    <s v="Other private source"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD460C2"/>
+    <s v="One-off houses"/>
+    <s v="Number"/>
+    <n v="1925"/>
+  </r>
+  <r>
+    <s v="172"/>
+    <s v="South Tipperary"/>
+    <s v="04"/>
+    <s v="Other private source"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD460C3"/>
+    <s v="Percentage of one - off houses"/>
+    <s v="%"/>
+    <n v="92.5"/>
+  </r>
+  <r>
+    <s v="172"/>
+    <s v="South Tipperary"/>
+    <s v="05"/>
+    <s v="No piped water"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD460C1"/>
+    <s v="Total permanent housing units"/>
+    <s v="Years"/>
+    <n v="25"/>
+  </r>
+  <r>
+    <s v="172"/>
+    <s v="South Tipperary"/>
+    <s v="05"/>
+    <s v="No piped water"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD460C2"/>
+    <s v="One-off houses"/>
+    <s v="Number"/>
+    <n v="15"/>
+  </r>
+  <r>
+    <s v="172"/>
+    <s v="South Tipperary"/>
+    <s v="05"/>
+    <s v="No piped water"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD460C3"/>
+    <s v="Percentage of one - off houses"/>
+    <s v="%"/>
+    <n v="60"/>
+  </r>
+  <r>
+    <s v="172"/>
+    <s v="South Tipperary"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD460C1"/>
+    <s v="Total permanent housing units"/>
+    <s v="Years"/>
+    <n v="438"/>
+  </r>
+  <r>
+    <s v="172"/>
+    <s v="South Tipperary"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD460C2"/>
+    <s v="One-off houses"/>
+    <s v="Number"/>
+    <n v="170"/>
+  </r>
+  <r>
+    <s v="172"/>
+    <s v="South Tipperary"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD460C3"/>
+    <s v="Percentage of one - off houses"/>
+    <s v="%"/>
+    <n v="38.8"/>
+  </r>
+  <r>
+    <s v="18"/>
+    <s v="Waterford"/>
+    <s v="-"/>
+    <s v="All types of water supply"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD460C1"/>
+    <s v="Total permanent housing units"/>
+    <s v="Years"/>
+    <n v="15005"/>
+  </r>
+  <r>
+    <s v="18"/>
+    <s v="Waterford"/>
+    <s v="-"/>
+    <s v="All types of water supply"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD460C2"/>
+    <s v="One-off houses"/>
+    <s v="Number"/>
+    <n v="10217"/>
+  </r>
+  <r>
+    <s v="18"/>
+    <s v="Waterford"/>
+    <s v="-"/>
+    <s v="All types of water supply"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD460C3"/>
+    <s v="Percentage of one - off houses"/>
+    <s v="%"/>
+    <n v="68.1"/>
+  </r>
+  <r>
+    <s v="18"/>
+    <s v="Waterford"/>
+    <s v="01"/>
+    <s v="Public mains"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD460C1"/>
+    <s v="Total permanent housing units"/>
+    <s v="Years"/>
+    <n v="6734"/>
+  </r>
+  <r>
+    <s v="18"/>
+    <s v="Waterford"/>
+    <s v="01"/>
+    <s v="Public mains"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD460C2"/>
+    <s v="One-off houses"/>
+    <s v="Number"/>
+    <n v="3081"/>
+  </r>
+  <r>
+    <s v="18"/>
+    <s v="Waterford"/>
+    <s v="01"/>
+    <s v="Public mains"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD460C3"/>
+    <s v="Percentage of one - off houses"/>
+    <s v="%"/>
+    <n v="45.8"/>
+  </r>
+  <r>
+    <s v="18"/>
+    <s v="Waterford"/>
+    <s v="02"/>
+    <s v="Local authority group scheme"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD460C1"/>
+    <s v="Total permanent housing units"/>
+    <s v="Years"/>
+    <n v="1170"/>
+  </r>
+  <r>
+    <s v="18"/>
+    <s v="Waterford"/>
+    <s v="02"/>
+    <s v="Local authority group scheme"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD460C2"/>
+    <s v="One-off houses"/>
+    <s v="Number"/>
+    <n v="745"/>
+  </r>
+  <r>
+    <s v="18"/>
+    <s v="Waterford"/>
+    <s v="02"/>
+    <s v="Local authority group scheme"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD460C3"/>
+    <s v="Percentage of one - off houses"/>
+    <s v="%"/>
+    <n v="63.7"/>
+  </r>
+  <r>
+    <s v="18"/>
+    <s v="Waterford"/>
+    <s v="03"/>
+    <s v="Private group scheme"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD460C1"/>
+    <s v="Total permanent housing units"/>
+    <s v="Years"/>
+    <n v="726"/>
+  </r>
+  <r>
+    <s v="18"/>
+    <s v="Waterford"/>
+    <s v="03"/>
+    <s v="Private group scheme"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD460C2"/>
+    <s v="One-off houses"/>
+    <s v="Number"/>
+    <n v="578"/>
+  </r>
+  <r>
+    <s v="18"/>
+    <s v="Waterford"/>
+    <s v="03"/>
+    <s v="Private group scheme"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD460C3"/>
+    <s v="Percentage of one - off houses"/>
+    <s v="%"/>
+    <n v="79.6"/>
+  </r>
+  <r>
+    <s v="18"/>
+    <s v="Waterford"/>
+    <s v="04"/>
+    <s v="Other private source"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD460C1"/>
+    <s v="Total permanent housing units"/>
+    <s v="Years"/>
+    <n v="6021"/>
+  </r>
+  <r>
+    <s v="18"/>
+    <s v="Waterford"/>
+    <s v="04"/>
+    <s v="Other private source"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD460C2"/>
+    <s v="One-off houses"/>
+    <s v="Number"/>
+    <n v="5676"/>
+  </r>
+  <r>
+    <s v="18"/>
+    <s v="Waterford"/>
+    <s v="04"/>
+    <s v="Other private source"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD460C3"/>
+    <s v="Percentage of one - off houses"/>
+    <s v="%"/>
+    <n v="94.3"/>
+  </r>
+  <r>
+    <s v="18"/>
+    <s v="Waterford"/>
+    <s v="05"/>
+    <s v="No piped water"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD460C1"/>
+    <s v="Total permanent housing units"/>
+    <s v="Years"/>
+    <n v="42"/>
+  </r>
+  <r>
+    <s v="18"/>
+    <s v="Waterford"/>
+    <s v="05"/>
+    <s v="No piped water"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD460C2"/>
+    <s v="One-off houses"/>
+    <s v="Number"/>
+    <n v="25"/>
+  </r>
+  <r>
+    <s v="18"/>
+    <s v="Waterford"/>
+    <s v="05"/>
+    <s v="No piped water"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD460C3"/>
+    <s v="Percentage of one - off houses"/>
+    <s v="%"/>
+    <n v="59.5"/>
+  </r>
+  <r>
+    <s v="18"/>
+    <s v="Waterford"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD460C1"/>
+    <s v="Total permanent housing units"/>
+    <s v="Years"/>
+    <n v="312"/>
+  </r>
+  <r>
+    <s v="18"/>
+    <s v="Waterford"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD460C2"/>
+    <s v="One-off houses"/>
+    <s v="Number"/>
+    <n v="112"/>
+  </r>
+  <r>
+    <s v="18"/>
+    <s v="Waterford"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD460C3"/>
+    <s v="Percentage of one - off houses"/>
+    <s v="%"/>
+    <n v="35.9"/>
+  </r>
+  <r>
+    <s v="181"/>
+    <s v="Waterford City"/>
+    <s v="-"/>
+    <s v="All types of water supply"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD460C1"/>
+    <s v="Total permanent housing units"/>
+    <s v="Years"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="181"/>
+    <s v="Waterford City"/>
+    <s v="-"/>
+    <s v="All types of water supply"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD460C2"/>
+    <s v="One-off houses"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="181"/>
+    <s v="Waterford City"/>
+    <s v="-"/>
+    <s v="All types of water supply"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD460C3"/>
+    <s v="Percentage of one - off houses"/>
+    <s v="%"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="181"/>
+    <s v="Waterford City"/>
+    <s v="01"/>
+    <s v="Public mains"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD460C1"/>
+    <s v="Total permanent housing units"/>
+    <s v="Years"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="181"/>
+    <s v="Waterford City"/>
+    <s v="01"/>
+    <s v="Public mains"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD460C2"/>
+    <s v="One-off houses"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="181"/>
+    <s v="Waterford City"/>
+    <s v="01"/>
+    <s v="Public mains"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD460C3"/>
+    <s v="Percentage of one - off houses"/>
+    <s v="%"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="181"/>
+    <s v="Waterford City"/>
+    <s v="02"/>
+    <s v="Local authority group scheme"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD460C1"/>
+    <s v="Total permanent housing units"/>
+    <s v="Years"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="181"/>
+    <s v="Waterford City"/>
+    <s v="02"/>
+    <s v="Local authority group scheme"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD460C2"/>
+    <s v="One-off houses"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="181"/>
+    <s v="Waterford City"/>
+    <s v="02"/>
+    <s v="Local authority group scheme"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD460C3"/>
+    <s v="Percentage of one - off houses"/>
+    <s v="%"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="181"/>
+    <s v="Waterford City"/>
+    <s v="03"/>
+    <s v="Private group scheme"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD460C1"/>
+    <s v="Total permanent housing units"/>
+    <s v="Years"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="181"/>
+    <s v="Waterford City"/>
+    <s v="03"/>
+    <s v="Private group scheme"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD460C2"/>
+    <s v="One-off houses"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="181"/>
+    <s v="Waterford City"/>
+    <s v="03"/>
+    <s v="Private group scheme"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD460C3"/>
+    <s v="Percentage of one - off houses"/>
+    <s v="%"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="181"/>
+    <s v="Waterford City"/>
+    <s v="04"/>
+    <s v="Other private source"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD460C1"/>
+    <s v="Total permanent housing units"/>
+    <s v="Years"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="181"/>
+    <s v="Waterford City"/>
+    <s v="04"/>
+    <s v="Other private source"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD460C2"/>
+    <s v="One-off houses"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="181"/>
+    <s v="Waterford City"/>
+    <s v="04"/>
+    <s v="Other private source"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD460C3"/>
+    <s v="Percentage of one - off houses"/>
+    <s v="%"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="181"/>
+    <s v="Waterford City"/>
+    <s v="05"/>
+    <s v="No piped water"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD460C1"/>
+    <s v="Total permanent housing units"/>
+    <s v="Years"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="181"/>
+    <s v="Waterford City"/>
+    <s v="05"/>
+    <s v="No piped water"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD460C2"/>
+    <s v="One-off houses"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="181"/>
+    <s v="Waterford City"/>
+    <s v="05"/>
+    <s v="No piped water"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD460C3"/>
+    <s v="Percentage of one - off houses"/>
+    <s v="%"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="181"/>
+    <s v="Waterford City"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD460C1"/>
+    <s v="Total permanent housing units"/>
+    <s v="Years"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="181"/>
+    <s v="Waterford City"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD460C2"/>
+    <s v="One-off houses"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="181"/>
+    <s v="Waterford City"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD460C3"/>
+    <s v="Percentage of one - off houses"/>
+    <s v="%"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="182"/>
+    <s v="Waterford County"/>
+    <s v="-"/>
+    <s v="All types of water supply"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD460C1"/>
+    <s v="Total permanent housing units"/>
+    <s v="Years"/>
+    <n v="15005"/>
+  </r>
+  <r>
+    <s v="182"/>
+    <s v="Waterford County"/>
+    <s v="-"/>
+    <s v="All types of water supply"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD460C2"/>
+    <s v="One-off houses"/>
+    <s v="Number"/>
+    <n v="10217"/>
+  </r>
+  <r>
+    <s v="182"/>
+    <s v="Waterford County"/>
+    <s v="-"/>
+    <s v="All types of water supply"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD460C3"/>
+    <s v="Percentage of one - off houses"/>
+    <s v="%"/>
+    <n v="68.1"/>
+  </r>
+  <r>
+    <s v="182"/>
+    <s v="Waterford County"/>
+    <s v="01"/>
+    <s v="Public mains"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD460C1"/>
+    <s v="Total permanent housing units"/>
+    <s v="Years"/>
+    <n v="6734"/>
+  </r>
+  <r>
+    <s v="182"/>
+    <s v="Waterford County"/>
+    <s v="01"/>
+    <s v="Public mains"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD460C2"/>
+    <s v="One-off houses"/>
+    <s v="Number"/>
+    <n v="3081"/>
+  </r>
+  <r>
+    <s v="182"/>
+    <s v="Waterford County"/>
+    <s v="01"/>
+    <s v="Public mains"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD460C3"/>
+    <s v="Percentage of one - off houses"/>
+    <s v="%"/>
+    <n v="45.8"/>
+  </r>
+  <r>
+    <s v="182"/>
+    <s v="Waterford County"/>
+    <s v="02"/>
+    <s v="Local authority group scheme"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD460C1"/>
+    <s v="Total permanent housing units"/>
+    <s v="Years"/>
+    <n v="1170"/>
+  </r>
+  <r>
+    <s v="182"/>
+    <s v="Waterford County"/>
+    <s v="02"/>
+    <s v="Local authority group scheme"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD460C2"/>
+    <s v="One-off houses"/>
+    <s v="Number"/>
+    <n v="745"/>
+  </r>
+  <r>
+    <s v="182"/>
+    <s v="Waterford County"/>
+    <s v="02"/>
+    <s v="Local authority group scheme"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD460C3"/>
+    <s v="Percentage of one - off houses"/>
+    <s v="%"/>
+    <n v="63.7"/>
+  </r>
+  <r>
+    <s v="182"/>
+    <s v="Waterford County"/>
+    <s v="03"/>
+    <s v="Private group scheme"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD460C1"/>
+    <s v="Total permanent housing units"/>
+    <s v="Years"/>
+    <n v="726"/>
+  </r>
+  <r>
+    <s v="182"/>
+    <s v="Waterford County"/>
+    <s v="03"/>
+    <s v="Private group scheme"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD460C2"/>
+    <s v="One-off houses"/>
+    <s v="Number"/>
+    <n v="578"/>
+  </r>
+  <r>
+    <s v="182"/>
+    <s v="Waterford County"/>
+    <s v="03"/>
+    <s v="Private group scheme"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD460C3"/>
+    <s v="Percentage of one - off houses"/>
+    <s v="%"/>
+    <n v="79.6"/>
+  </r>
+  <r>
+    <s v="182"/>
+    <s v="Waterford County"/>
+    <s v="04"/>
+    <s v="Other private source"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD460C1"/>
+    <s v="Total permanent housing units"/>
+    <s v="Years"/>
+    <n v="6021"/>
+  </r>
+  <r>
+    <s v="182"/>
+    <s v="Waterford County"/>
+    <s v="04"/>
+    <s v="Other private source"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD460C2"/>
+    <s v="One-off houses"/>
+    <s v="Number"/>
+    <n v="5676"/>
+  </r>
+  <r>
+    <s v="182"/>
+    <s v="Waterford County"/>
+    <s v="04"/>
+    <s v="Other private source"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD460C3"/>
+    <s v="Percentage of one - off houses"/>
+    <s v="%"/>
+    <n v="94.3"/>
+  </r>
+  <r>
+    <s v="182"/>
+    <s v="Waterford County"/>
+    <s v="05"/>
+    <s v="No piped water"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD460C1"/>
+    <s v="Total permanent housing units"/>
+    <s v="Years"/>
+    <n v="42"/>
+  </r>
+  <r>
+    <s v="182"/>
+    <s v="Waterford County"/>
+    <s v="05"/>
+    <s v="No piped water"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD460C2"/>
+    <s v="One-off houses"/>
+    <s v="Number"/>
+    <n v="25"/>
+  </r>
+  <r>
+    <s v="182"/>
+    <s v="Waterford County"/>
+    <s v="05"/>
+    <s v="No piped water"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD460C3"/>
+    <s v="Percentage of one - off houses"/>
+    <s v="%"/>
+    <n v="59.5"/>
+  </r>
+  <r>
+    <s v="182"/>
+    <s v="Waterford County"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD460C1"/>
+    <s v="Total permanent housing units"/>
+    <s v="Years"/>
+    <n v="312"/>
+  </r>
+  <r>
+    <s v="182"/>
+    <s v="Waterford County"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD460C2"/>
+    <s v="One-off houses"/>
+    <s v="Number"/>
+    <n v="112"/>
+  </r>
+  <r>
+    <s v="182"/>
+    <s v="Waterford County"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD460C3"/>
+    <s v="Percentage of one - off houses"/>
+    <s v="%"/>
+    <n v="35.9"/>
+  </r>
+  <r>
+    <s v="C"/>
+    <s v="Connacht"/>
+    <s v="-"/>
+    <s v="All types of water supply"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD460C1"/>
+    <s v="Total permanent housing units"/>
+    <s v="Years"/>
+    <n v="122237"/>
+  </r>
+  <r>
+    <s v="C"/>
+    <s v="Connacht"/>
+    <s v="-"/>
+    <s v="All types of water supply"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD460C2"/>
+    <s v="One-off houses"/>
+    <s v="Number"/>
+    <n v="93629"/>
+  </r>
+  <r>
+    <s v="C"/>
+    <s v="Connacht"/>
+    <s v="-"/>
+    <s v="All types of water supply"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD460C3"/>
+    <s v="Percentage of one - off houses"/>
+    <s v="%"/>
+    <n v="76.6"/>
+  </r>
+  <r>
+    <s v="C"/>
+    <s v="Connacht"/>
+    <s v="01"/>
+    <s v="Public mains"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD460C1"/>
+    <s v="Total permanent housing units"/>
+    <s v="Years"/>
+    <n v="51231"/>
+  </r>
+  <r>
+    <s v="C"/>
+    <s v="Connacht"/>
+    <s v="01"/>
+    <s v="Public mains"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD460C2"/>
+    <s v="One-off houses"/>
+    <s v="Number"/>
+    <n v="30929"/>
+  </r>
+  <r>
+    <s v="C"/>
+    <s v="Connacht"/>
+    <s v="01"/>
+    <s v="Public mains"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD460C3"/>
+    <s v="Percentage of one - off houses"/>
+    <s v="%"/>
+    <n v="60.4"/>
+  </r>
+  <r>
+    <s v="C"/>
+    <s v="Connacht"/>
+    <s v="02"/>
+    <s v="Local authority group scheme"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD460C1"/>
+    <s v="Total permanent housing units"/>
+    <s v="Years"/>
+    <n v="36519"/>
+  </r>
+  <r>
+    <s v="C"/>
+    <s v="Connacht"/>
+    <s v="02"/>
+    <s v="Local authority group scheme"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD460C2"/>
+    <s v="One-off houses"/>
+    <s v="Number"/>
+    <n v="32412"/>
+  </r>
+  <r>
+    <s v="C"/>
+    <s v="Connacht"/>
+    <s v="02"/>
+    <s v="Local authority group scheme"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD460C3"/>
+    <s v="Percentage of one - off houses"/>
+    <s v="%"/>
+    <n v="88.8"/>
+  </r>
+  <r>
+    <s v="C"/>
+    <s v="Connacht"/>
+    <s v="03"/>
+    <s v="Private group scheme"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD460C1"/>
+    <s v="Total permanent housing units"/>
+    <s v="Years"/>
+    <n v="15911"/>
+  </r>
+  <r>
+    <s v="C"/>
+    <s v="Connacht"/>
+    <s v="03"/>
+    <s v="Private group scheme"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD460C2"/>
+    <s v="One-off houses"/>
+    <s v="Number"/>
+    <n v="14700"/>
+  </r>
+  <r>
+    <s v="C"/>
+    <s v="Connacht"/>
+    <s v="03"/>
+    <s v="Private group scheme"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD460C3"/>
+    <s v="Percentage of one - off houses"/>
+    <s v="%"/>
+    <n v="92.4"/>
+  </r>
+  <r>
+    <s v="C"/>
+    <s v="Connacht"/>
+    <s v="04"/>
+    <s v="Other private source"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD460C1"/>
+    <s v="Total permanent housing units"/>
+    <s v="Years"/>
+    <n v="15304"/>
+  </r>
+  <r>
+    <s v="C"/>
+    <s v="Connacht"/>
+    <s v="04"/>
+    <s v="Other private source"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD460C2"/>
+    <s v="One-off houses"/>
+    <s v="Number"/>
+    <n v="14284"/>
+  </r>
+  <r>
+    <s v="C"/>
+    <s v="Connacht"/>
+    <s v="04"/>
+    <s v="Other private source"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD460C3"/>
+    <s v="Percentage of one - off houses"/>
+    <s v="%"/>
+    <n v="93.3"/>
+  </r>
+  <r>
+    <s v="C"/>
+    <s v="Connacht"/>
+    <s v="05"/>
+    <s v="No piped water"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD460C1"/>
+    <s v="Total permanent housing units"/>
+    <s v="Years"/>
+    <n v="334"/>
+  </r>
+  <r>
+    <s v="C"/>
+    <s v="Connacht"/>
+    <s v="05"/>
+    <s v="No piped water"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD460C2"/>
+    <s v="One-off houses"/>
+    <s v="Number"/>
+    <n v="157"/>
+  </r>
+  <r>
+    <s v="C"/>
+    <s v="Connacht"/>
+    <s v="05"/>
+    <s v="No piped water"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD460C3"/>
+    <s v="Percentage of one - off houses"/>
+    <s v="%"/>
+    <n v="47"/>
+  </r>
+  <r>
+    <s v="C"/>
+    <s v="Connacht"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD460C1"/>
+    <s v="Total permanent housing units"/>
+    <s v="Years"/>
+    <n v="2938"/>
+  </r>
+  <r>
+    <s v="C"/>
+    <s v="Connacht"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD460C2"/>
+    <s v="One-off houses"/>
+    <s v="Number"/>
+    <n v="1147"/>
+  </r>
+  <r>
+    <s v="C"/>
+    <s v="Connacht"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD460C3"/>
+    <s v="Percentage of one - off houses"/>
+    <s v="%"/>
+    <n v="39"/>
+  </r>
+  <r>
+    <s v="19"/>
+    <s v="Galway"/>
+    <s v="-"/>
+    <s v="All types of water supply"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD460C1"/>
+    <s v="Total permanent housing units"/>
+    <s v="Years"/>
+    <n v="45817"/>
+  </r>
+  <r>
+    <s v="19"/>
+    <s v="Galway"/>
+    <s v="-"/>
+    <s v="All types of water supply"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD460C2"/>
+    <s v="One-off houses"/>
+    <s v="Number"/>
+    <n v="38196"/>
+  </r>
+  <r>
+    <s v="19"/>
+    <s v="Galway"/>
+    <s v="-"/>
+    <s v="All types of water supply"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD460C3"/>
+    <s v="Percentage of one - off houses"/>
+    <s v="%"/>
+    <n v="83.4"/>
+  </r>
+  <r>
+    <s v="19"/>
+    <s v="Galway"/>
+    <s v="01"/>
+    <s v="Public mains"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD460C1"/>
+    <s v="Total permanent housing units"/>
+    <s v="Years"/>
+    <n v="16923"/>
+  </r>
+  <r>
+    <s v="19"/>
+    <s v="Galway"/>
+    <s v="01"/>
+    <s v="Public mains"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD460C2"/>
+    <s v="One-off houses"/>
+    <s v="Number"/>
+    <n v="12110"/>
+  </r>
+  <r>
+    <s v="19"/>
+    <s v="Galway"/>
+    <s v="01"/>
+    <s v="Public mains"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD460C3"/>
+    <s v="Percentage of one - off houses"/>
+    <s v="%"/>
+    <n v="71.6"/>
+  </r>
+  <r>
+    <s v="19"/>
+    <s v="Galway"/>
+    <s v="02"/>
+    <s v="Local authority group scheme"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD460C1"/>
+    <s v="Total permanent housing units"/>
+    <s v="Years"/>
+    <n v="13843"/>
+  </r>
+  <r>
+    <s v="19"/>
+    <s v="Galway"/>
+    <s v="02"/>
+    <s v="Local authority group scheme"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD460C2"/>
+    <s v="One-off houses"/>
+    <s v="Number"/>
+    <n v="12500"/>
+  </r>
+  <r>
+    <s v="19"/>
+    <s v="Galway"/>
+    <s v="02"/>
+    <s v="Local authority group scheme"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD460C3"/>
+    <s v="Percentage of one - off houses"/>
+    <s v="%"/>
+    <n v="90.3"/>
+  </r>
+  <r>
+    <s v="19"/>
+    <s v="Galway"/>
+    <s v="03"/>
+    <s v="Private group scheme"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD460C1"/>
+    <s v="Total permanent housing units"/>
+    <s v="Years"/>
+    <n v="6225"/>
+  </r>
+  <r>
+    <s v="19"/>
+    <s v="Galway"/>
+    <s v="03"/>
+    <s v="Private group scheme"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD460C2"/>
+    <s v="One-off houses"/>
+    <s v="Number"/>
+    <n v="5868"/>
+  </r>
+  <r>
+    <s v="19"/>
+    <s v="Galway"/>
+    <s v="03"/>
+    <s v="Private group scheme"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD460C3"/>
+    <s v="Percentage of one - off houses"/>
+    <s v="%"/>
+    <n v="94.3"/>
+  </r>
+  <r>
+    <s v="19"/>
+    <s v="Galway"/>
+    <s v="04"/>
+    <s v="Other private source"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD460C1"/>
+    <s v="Total permanent housing units"/>
+    <s v="Years"/>
+    <n v="7567"/>
+  </r>
+  <r>
+    <s v="19"/>
+    <s v="Galway"/>
+    <s v="04"/>
+    <s v="Other private source"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD460C2"/>
+    <s v="One-off houses"/>
+    <s v="Number"/>
+    <n v="7136"/>
+  </r>
+  <r>
+    <s v="19"/>
+    <s v="Galway"/>
+    <s v="04"/>
+    <s v="Other private source"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD460C3"/>
+    <s v="Percentage of one - off houses"/>
+    <s v="%"/>
+    <n v="94.3"/>
+  </r>
+  <r>
+    <s v="19"/>
+    <s v="Galway"/>
+    <s v="05"/>
+    <s v="No piped water"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD460C1"/>
+    <s v="Total permanent housing units"/>
+    <s v="Years"/>
+    <n v="144"/>
+  </r>
+  <r>
+    <s v="19"/>
+    <s v="Galway"/>
+    <s v="05"/>
+    <s v="No piped water"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD460C2"/>
+    <s v="One-off houses"/>
+    <s v="Number"/>
+    <n v="71"/>
+  </r>
+  <r>
+    <s v="19"/>
+    <s v="Galway"/>
+    <s v="05"/>
+    <s v="No piped water"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD460C3"/>
+    <s v="Percentage of one - off houses"/>
+    <s v="%"/>
+    <n v="49.3"/>
+  </r>
+  <r>
+    <s v="19"/>
+    <s v="Galway"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD460C1"/>
+    <s v="Total permanent housing units"/>
+    <s v="Years"/>
+    <n v="1115"/>
+  </r>
+  <r>
+    <s v="19"/>
+    <s v="Galway"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD460C2"/>
+    <s v="One-off houses"/>
+    <s v="Number"/>
+    <n v="511"/>
+  </r>
+  <r>
+    <s v="19"/>
+    <s v="Galway"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD460C3"/>
+    <s v="Percentage of one - off houses"/>
+    <s v="%"/>
+    <n v="45.8"/>
+  </r>
+  <r>
+    <s v="191"/>
+    <s v="Galway City"/>
+    <s v="-"/>
+    <s v="All types of water supply"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD460C1"/>
+    <s v="Total permanent housing units"/>
+    <s v="Years"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="191"/>
+    <s v="Galway City"/>
+    <s v="-"/>
+    <s v="All types of water supply"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD460C2"/>
+    <s v="One-off houses"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="191"/>
+    <s v="Galway City"/>
+    <s v="-"/>
+    <s v="All types of water supply"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD460C3"/>
+    <s v="Percentage of one - off houses"/>
+    <s v="%"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="191"/>
+    <s v="Galway City"/>
+    <s v="01"/>
+    <s v="Public mains"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD460C1"/>
+    <s v="Total permanent housing units"/>
+    <s v="Years"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="191"/>
+    <s v="Galway City"/>
+    <s v="01"/>
+    <s v="Public mains"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD460C2"/>
+    <s v="One-off houses"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="191"/>
+    <s v="Galway City"/>
+    <s v="01"/>
+    <s v="Public mains"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD460C3"/>
+    <s v="Percentage of one - off houses"/>
+    <s v="%"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="191"/>
+    <s v="Galway City"/>
+    <s v="02"/>
+    <s v="Local authority group scheme"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD460C1"/>
+    <s v="Total permanent housing units"/>
+    <s v="Years"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="191"/>
+    <s v="Galway City"/>
+    <s v="02"/>
+    <s v="Local authority group scheme"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD460C2"/>
+    <s v="One-off houses"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="191"/>
+    <s v="Galway City"/>
+    <s v="02"/>
+    <s v="Local authority group scheme"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD460C3"/>
+    <s v="Percentage of one - off houses"/>
+    <s v="%"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="191"/>
+    <s v="Galway City"/>
+    <s v="03"/>
+    <s v="Private group scheme"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD460C1"/>
+    <s v="Total permanent housing units"/>
+    <s v="Years"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="191"/>
+    <s v="Galway City"/>
+    <s v="03"/>
+    <s v="Private group scheme"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD460C2"/>
+    <s v="One-off houses"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="191"/>
+    <s v="Galway City"/>
+    <s v="03"/>
+    <s v="Private group scheme"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD460C3"/>
+    <s v="Percentage of one - off houses"/>
+    <s v="%"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="191"/>
+    <s v="Galway City"/>
+    <s v="04"/>
+    <s v="Other private source"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD460C1"/>
+    <s v="Total permanent housing units"/>
+    <s v="Years"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="191"/>
+    <s v="Galway City"/>
+    <s v="04"/>
+    <s v="Other private source"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD460C2"/>
+    <s v="One-off houses"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="191"/>
+    <s v="Galway City"/>
+    <s v="04"/>
+    <s v="Other private source"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD460C3"/>
+    <s v="Percentage of one - off houses"/>
+    <s v="%"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="191"/>
+    <s v="Galway City"/>
+    <s v="05"/>
+    <s v="No piped water"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD460C1"/>
+    <s v="Total permanent housing units"/>
+    <s v="Years"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="191"/>
+    <s v="Galway City"/>
+    <s v="05"/>
+    <s v="No piped water"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD460C2"/>
+    <s v="One-off houses"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="191"/>
+    <s v="Galway City"/>
+    <s v="05"/>
+    <s v="No piped water"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD460C3"/>
+    <s v="Percentage of one - off houses"/>
+    <s v="%"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="191"/>
+    <s v="Galway City"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD460C1"/>
+    <s v="Total permanent housing units"/>
+    <s v="Years"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="191"/>
+    <s v="Galway City"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD460C2"/>
+    <s v="One-off houses"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="191"/>
+    <s v="Galway City"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD460C3"/>
+    <s v="Percentage of one - off houses"/>
+    <s v="%"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="192"/>
+    <s v="Galway County"/>
+    <s v="-"/>
+    <s v="All types of water supply"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD460C1"/>
+    <s v="Total permanent housing units"/>
+    <s v="Years"/>
+    <n v="45817"/>
+  </r>
+  <r>
+    <s v="192"/>
+    <s v="Galway County"/>
+    <s v="-"/>
+    <s v="All types of water supply"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD460C2"/>
+    <s v="One-off houses"/>
+    <s v="Number"/>
+    <n v="38196"/>
+  </r>
+  <r>
+    <s v="192"/>
+    <s v="Galway County"/>
+    <s v="-"/>
+    <s v="All types of water supply"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD460C3"/>
+    <s v="Percentage of one - off houses"/>
+    <s v="%"/>
+    <n v="83.4"/>
+  </r>
+  <r>
+    <s v="192"/>
+    <s v="Galway County"/>
+    <s v="01"/>
+    <s v="Public mains"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD460C1"/>
+    <s v="Total permanent housing units"/>
+    <s v="Years"/>
+    <n v="16923"/>
+  </r>
+  <r>
+    <s v="192"/>
+    <s v="Galway County"/>
+    <s v="01"/>
+    <s v="Public mains"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD460C2"/>
+    <s v="One-off houses"/>
+    <s v="Number"/>
+    <n v="12110"/>
+  </r>
+  <r>
+    <s v="192"/>
+    <s v="Galway County"/>
+    <s v="01"/>
+    <s v="Public mains"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD460C3"/>
+    <s v="Percentage of one - off houses"/>
+    <s v="%"/>
+    <n v="71.6"/>
+  </r>
+  <r>
+    <s v="192"/>
+    <s v="Galway County"/>
+    <s v="02"/>
+    <s v="Local authority group scheme"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD460C1"/>
+    <s v="Total permanent housing units"/>
+    <s v="Years"/>
+    <n v="13843"/>
+  </r>
+  <r>
+    <s v="192"/>
+    <s v="Galway County"/>
+    <s v="02"/>
+    <s v="Local authority group scheme"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD460C2"/>
+    <s v="One-off houses"/>
+    <s v="Number"/>
+    <n v="12500"/>
+  </r>
+  <r>
+    <s v="192"/>
+    <s v="Galway County"/>
+    <s v="02"/>
+    <s v="Local authority group scheme"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD460C3"/>
+    <s v="Percentage of one - off houses"/>
+    <s v="%"/>
+    <n v="90.3"/>
+  </r>
+  <r>
+    <s v="192"/>
+    <s v="Galway County"/>
+    <s v="03"/>
+    <s v="Private group scheme"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD460C1"/>
+    <s v="Total permanent housing units"/>
+    <s v="Years"/>
+    <n v="6225"/>
+  </r>
+  <r>
+    <s v="192"/>
+    <s v="Galway County"/>
+    <s v="03"/>
+    <s v="Private group scheme"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD460C2"/>
+    <s v="One-off houses"/>
+    <s v="Number"/>
+    <n v="5868"/>
+  </r>
+  <r>
+    <s v="192"/>
+    <s v="Galway County"/>
+    <s v="03"/>
+    <s v="Private group scheme"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD460C3"/>
+    <s v="Percentage of one - off houses"/>
+    <s v="%"/>
+    <n v="94.3"/>
+  </r>
+  <r>
+    <s v="192"/>
+    <s v="Galway County"/>
+    <s v="04"/>
+    <s v="Other private source"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD460C1"/>
+    <s v="Total permanent housing units"/>
+    <s v="Years"/>
+    <n v="7567"/>
+  </r>
+  <r>
+    <s v="192"/>
+    <s v="Galway County"/>
+    <s v="04"/>
+    <s v="Other private source"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD460C2"/>
+    <s v="One-off houses"/>
+    <s v="Number"/>
+    <n v="7136"/>
+  </r>
+  <r>
+    <s v="192"/>
+    <s v="Galway County"/>
+    <s v="04"/>
+    <s v="Other private source"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD460C3"/>
+    <s v="Percentage of one - off houses"/>
+    <s v="%"/>
+    <n v="94.3"/>
+  </r>
+  <r>
+    <s v="192"/>
+    <s v="Galway County"/>
+    <s v="05"/>
+    <s v="No piped water"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD460C1"/>
+    <s v="Total permanent housing units"/>
+    <s v="Years"/>
+    <n v="144"/>
+  </r>
+  <r>
+    <s v="192"/>
+    <s v="Galway County"/>
+    <s v="05"/>
+    <s v="No piped water"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD460C2"/>
+    <s v="One-off houses"/>
+    <s v="Number"/>
+    <n v="71"/>
+  </r>
+  <r>
+    <s v="192"/>
+    <s v="Galway County"/>
+    <s v="05"/>
+    <s v="No piped water"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD460C3"/>
+    <s v="Percentage of one - off houses"/>
+    <s v="%"/>
+    <n v="49.3"/>
+  </r>
+  <r>
+    <s v="192"/>
+    <s v="Galway County"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD460C1"/>
+    <s v="Total permanent housing units"/>
+    <s v="Years"/>
+    <n v="1115"/>
+  </r>
+  <r>
+    <s v="192"/>
+    <s v="Galway County"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD460C2"/>
+    <s v="One-off houses"/>
+    <s v="Number"/>
+    <n v="511"/>
+  </r>
+  <r>
+    <s v="192"/>
+    <s v="Galway County"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD460C3"/>
+    <s v="Percentage of one - off houses"/>
+    <s v="%"/>
+    <n v="45.8"/>
+  </r>
+  <r>
+    <s v="20"/>
+    <s v="Leitrim"/>
+    <s v="-"/>
+    <s v="All types of water supply"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD460C1"/>
+    <s v="Total permanent housing units"/>
+    <s v="Years"/>
+    <n v="10913"/>
+  </r>
+  <r>
+    <s v="20"/>
+    <s v="Leitrim"/>
+    <s v="-"/>
+    <s v="All types of water supply"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD460C2"/>
+    <s v="One-off houses"/>
+    <s v="Number"/>
+    <n v="6676"/>
+  </r>
+  <r>
+    <s v="20"/>
+    <s v="Leitrim"/>
+    <s v="-"/>
+    <s v="All types of water supply"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD460C3"/>
+    <s v="Percentage of one - off houses"/>
+    <s v="%"/>
+    <n v="61.2"/>
+  </r>
+  <r>
+    <s v="20"/>
+    <s v="Leitrim"/>
+    <s v="01"/>
+    <s v="Public mains"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD460C1"/>
+    <s v="Total permanent housing units"/>
+    <s v="Years"/>
+    <n v="5206"/>
+  </r>
+  <r>
+    <s v="20"/>
+    <s v="Leitrim"/>
+    <s v="01"/>
+    <s v="Public mains"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD460C2"/>
+    <s v="One-off houses"/>
+    <s v="Number"/>
+    <n v="1806"/>
+  </r>
+  <r>
+    <s v="20"/>
+    <s v="Leitrim"/>
+    <s v="01"/>
+    <s v="Public mains"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD460C3"/>
+    <s v="Percentage of one - off houses"/>
+    <s v="%"/>
+    <n v="34.7"/>
+  </r>
+  <r>
+    <s v="20"/>
+    <s v="Leitrim"/>
+    <s v="02"/>
+    <s v="Local authority group scheme"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD460C1"/>
+    <s v="Total permanent housing units"/>
+    <s v="Years"/>
+    <n v="3621"/>
+  </r>
+  <r>
+    <s v="20"/>
+    <s v="Leitrim"/>
+    <s v="02"/>
+    <s v="Local authority group scheme"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD460C2"/>
+    <s v="One-off houses"/>
+    <s v="Number"/>
+    <n v="3158"/>
+  </r>
+  <r>
+    <s v="20"/>
+    <s v="Leitrim"/>
+    <s v="02"/>
+    <s v="Local authority group scheme"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD460C3"/>
+    <s v="Percentage of one - off houses"/>
+    <s v="%"/>
+    <n v="87.2"/>
+  </r>
+  <r>
+    <s v="20"/>
+    <s v="Leitrim"/>
+    <s v="03"/>
+    <s v="Private group scheme"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD460C1"/>
+    <s v="Total permanent housing units"/>
+    <s v="Years"/>
+    <n v="817"/>
+  </r>
+  <r>
+    <s v="20"/>
+    <s v="Leitrim"/>
+    <s v="03"/>
+    <s v="Private group scheme"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD460C2"/>
+    <s v="One-off houses"/>
+    <s v="Number"/>
+    <n v="749"/>
+  </r>
+  <r>
+    <s v="20"/>
+    <s v="Leitrim"/>
+    <s v="03"/>
+    <s v="Private group scheme"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD460C3"/>
+    <s v="Percentage of one - off houses"/>
+    <s v="%"/>
+    <n v="91.7"/>
+  </r>
+  <r>
+    <s v="20"/>
+    <s v="Leitrim"/>
+    <s v="04"/>
+    <s v="Other private source"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD460C1"/>
+    <s v="Total permanent housing units"/>
+    <s v="Years"/>
+    <n v="975"/>
+  </r>
+  <r>
+    <s v="20"/>
+    <s v="Leitrim"/>
+    <s v="04"/>
+    <s v="Other private source"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD460C2"/>
+    <s v="One-off houses"/>
+    <s v="Number"/>
+    <n v="896"/>
+  </r>
+  <r>
+    <s v="20"/>
+    <s v="Leitrim"/>
+    <s v="04"/>
+    <s v="Other private source"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD460C3"/>
+    <s v="Percentage of one - off houses"/>
+    <s v="%"/>
+    <n v="91.9"/>
+  </r>
+  <r>
+    <s v="20"/>
+    <s v="Leitrim"/>
+    <s v="05"/>
+    <s v="No piped water"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD460C1"/>
+    <s v="Total permanent housing units"/>
+    <s v="Years"/>
+    <n v="38"/>
+  </r>
+  <r>
+    <s v="20"/>
+    <s v="Leitrim"/>
+    <s v="05"/>
+    <s v="No piped water"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD460C2"/>
+    <s v="One-off houses"/>
+    <s v="Number"/>
+    <n v="10"/>
+  </r>
+  <r>
+    <s v="20"/>
+    <s v="Leitrim"/>
+    <s v="05"/>
+    <s v="No piped water"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD460C3"/>
+    <s v="Percentage of one - off houses"/>
+    <s v="%"/>
+    <n v="26.3"/>
+  </r>
+  <r>
+    <s v="20"/>
+    <s v="Leitrim"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD460C1"/>
+    <s v="Total permanent housing units"/>
+    <s v="Years"/>
+    <n v="256"/>
+  </r>
+  <r>
+    <s v="20"/>
+    <s v="Leitrim"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD460C2"/>
+    <s v="One-off houses"/>
+    <s v="Number"/>
+    <n v="57"/>
+  </r>
+  <r>
+    <s v="20"/>
+    <s v="Leitrim"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD460C3"/>
+    <s v="Percentage of one - off houses"/>
+    <s v="%"/>
+    <n v="22.3"/>
+  </r>
+  <r>
+    <s v="21"/>
+    <s v="Mayo"/>
+    <s v="-"/>
+    <s v="All types of water supply"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD460C1"/>
+    <s v="Total permanent housing units"/>
+    <s v="Years"/>
+    <n v="33497"/>
+  </r>
+  <r>
+    <s v="21"/>
+    <s v="Mayo"/>
+    <s v="-"/>
+    <s v="All types of water supply"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD460C2"/>
+    <s v="One-off houses"/>
+    <s v="Number"/>
+    <n v="25136"/>
+  </r>
+  <r>
+    <s v="21"/>
+    <s v="Mayo"/>
+    <s v="-"/>
+    <s v="All types of water supply"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD460C3"/>
+    <s v="Percentage of one - off houses"/>
+    <s v="%"/>
+    <n v="75"/>
+  </r>
+  <r>
+    <s v="21"/>
+    <s v="Mayo"/>
+    <s v="01"/>
+    <s v="Public mains"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD460C1"/>
+    <s v="Total permanent housing units"/>
+    <s v="Years"/>
+    <n v="12060"/>
+  </r>
+  <r>
+    <s v="21"/>
+    <s v="Mayo"/>
+    <s v="01"/>
+    <s v="Public mains"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD460C2"/>
+    <s v="One-off houses"/>
+    <s v="Number"/>
+    <n v="6206"/>
+  </r>
+  <r>
+    <s v="21"/>
+    <s v="Mayo"/>
+    <s v="01"/>
+    <s v="Public mains"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD460C3"/>
+    <s v="Percentage of one - off houses"/>
+    <s v="%"/>
+    <n v="51.5"/>
+  </r>
+  <r>
+    <s v="21"/>
+    <s v="Mayo"/>
+    <s v="02"/>
+    <s v="Local authority group scheme"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD460C1"/>
+    <s v="Total permanent housing units"/>
+    <s v="Years"/>
+    <n v="11301"/>
+  </r>
+  <r>
+    <s v="21"/>
+    <s v="Mayo"/>
+    <s v="02"/>
+    <s v="Local authority group scheme"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD460C2"/>
+    <s v="One-off houses"/>
+    <s v="Number"/>
+    <n v="9994"/>
+  </r>
+  <r>
+    <s v="21"/>
+    <s v="Mayo"/>
+    <s v="02"/>
+    <s v="Local authority group scheme"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD460C3"/>
+    <s v="Percentage of one - off houses"/>
+    <s v="%"/>
+    <n v="88.4"/>
+  </r>
+  <r>
+    <s v="21"/>
+    <s v="Mayo"/>
+    <s v="03"/>
+    <s v="Private group scheme"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD460C1"/>
+    <s v="Total permanent housing units"/>
+    <s v="Years"/>
+    <n v="6151"/>
+  </r>
+  <r>
+    <s v="21"/>
+    <s v="Mayo"/>
+    <s v="03"/>
+    <s v="Private group scheme"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD460C2"/>
+    <s v="One-off houses"/>
+    <s v="Number"/>
+    <n v="5676"/>
+  </r>
+  <r>
+    <s v="21"/>
+    <s v="Mayo"/>
+    <s v="03"/>
+    <s v="Private group scheme"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD460C3"/>
+    <s v="Percentage of one - off houses"/>
+    <s v="%"/>
+    <n v="92.3"/>
+  </r>
+  <r>
+    <s v="21"/>
+    <s v="Mayo"/>
+    <s v="04"/>
+    <s v="Other private source"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD460C1"/>
+    <s v="Total permanent housing units"/>
+    <s v="Years"/>
+    <n v="3189"/>
+  </r>
+  <r>
+    <s v="21"/>
+    <s v="Mayo"/>
+    <s v="04"/>
+    <s v="Other private source"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD460C2"/>
+    <s v="One-off houses"/>
+    <s v="Number"/>
+    <n v="2957"/>
+  </r>
+  <r>
+    <s v="21"/>
+    <s v="Mayo"/>
+    <s v="04"/>
+    <s v="Other private source"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD460C3"/>
+    <s v="Percentage of one - off houses"/>
+    <s v="%"/>
+    <n v="92.7"/>
+  </r>
+  <r>
+    <s v="21"/>
+    <s v="Mayo"/>
+    <s v="05"/>
+    <s v="No piped water"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD460C1"/>
+    <s v="Total permanent housing units"/>
+    <s v="Years"/>
+    <n v="63"/>
+  </r>
+  <r>
+    <s v="21"/>
+    <s v="Mayo"/>
+    <s v="05"/>
+    <s v="No piped water"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD460C2"/>
+    <s v="One-off houses"/>
+    <s v="Number"/>
+    <n v="30"/>
+  </r>
+  <r>
+    <s v="21"/>
+    <s v="Mayo"/>
+    <s v="05"/>
+    <s v="No piped water"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD460C3"/>
+    <s v="Percentage of one - off houses"/>
+    <s v="%"/>
+    <n v="47.6"/>
+  </r>
+  <r>
+    <s v="21"/>
+    <s v="Mayo"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD460C1"/>
+    <s v="Total permanent housing units"/>
+    <s v="Years"/>
+    <n v="733"/>
+  </r>
+  <r>
+    <s v="21"/>
+    <s v="Mayo"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD460C2"/>
+    <s v="One-off houses"/>
+    <s v="Number"/>
+    <n v="273"/>
+  </r>
+  <r>
+    <s v="21"/>
+    <s v="Mayo"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD460C3"/>
+    <s v="Percentage of one - off houses"/>
+    <s v="%"/>
+    <n v="37.2"/>
+  </r>
+  <r>
+    <s v="22"/>
+    <s v="Roscommon"/>
+    <s v="-"/>
+    <s v="All types of water supply"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD460C1"/>
+    <s v="Total permanent housing units"/>
+    <s v="Years"/>
+    <n v="17142"/>
+  </r>
+  <r>
+    <s v="22"/>
+    <s v="Roscommon"/>
+    <s v="-"/>
+    <s v="All types of water supply"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD460C2"/>
+    <s v="One-off houses"/>
+    <s v="Number"/>
+    <n v="13502"/>
+  </r>
+  <r>
+    <s v="22"/>
+    <s v="Roscommon"/>
+    <s v="-"/>
+    <s v="All types of water supply"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD460C3"/>
+    <s v="Percentage of one - off houses"/>
+    <s v="%"/>
+    <n v="78.8"/>
+  </r>
+  <r>
+    <s v="22"/>
+    <s v="Roscommon"/>
+    <s v="01"/>
+    <s v="Public mains"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD460C1"/>
+    <s v="Total permanent housing units"/>
+    <s v="Years"/>
+    <n v="8940"/>
+  </r>
+  <r>
+    <s v="22"/>
+    <s v="Roscommon"/>
+    <s v="01"/>
+    <s v="Public mains"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD460C2"/>
+    <s v="One-off houses"/>
+    <s v="Number"/>
+    <n v="6190"/>
+  </r>
+  <r>
+    <s v="22"/>
+    <s v="Roscommon"/>
+    <s v="01"/>
+    <s v="Public mains"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD460C3"/>
+    <s v="Percentage of one - off houses"/>
+    <s v="%"/>
+    <n v="69.2"/>
+  </r>
+  <r>
+    <s v="22"/>
+    <s v="Roscommon"/>
+    <s v="02"/>
+    <s v="Local authority group scheme"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD460C1"/>
+    <s v="Total permanent housing units"/>
+    <s v="Years"/>
+    <n v="4278"/>
+  </r>
+  <r>
+    <s v="22"/>
+    <s v="Roscommon"/>
+    <s v="02"/>
+    <s v="Local authority group scheme"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD460C2"/>
+    <s v="One-off houses"/>
+    <s v="Number"/>
+    <n v="3859"/>
+  </r>
+  <r>
+    <s v="22"/>
+    <s v="Roscommon"/>
+    <s v="02"/>
+    <s v="Local authority group scheme"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD460C3"/>
+    <s v="Percentage of one - off houses"/>
+    <s v="%"/>
+    <n v="90.2"/>
+  </r>
+  <r>
+    <s v="22"/>
+    <s v="Roscommon"/>
+    <s v="03"/>
+    <s v="Private group scheme"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD460C1"/>
+    <s v="Total permanent housing units"/>
+    <s v="Years"/>
+    <n v="1438"/>
+  </r>
+  <r>
+    <s v="22"/>
+    <s v="Roscommon"/>
+    <s v="03"/>
+    <s v="Private group scheme"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD460C2"/>
+    <s v="One-off houses"/>
+    <s v="Number"/>
+    <n v="1336"/>
+  </r>
+  <r>
+    <s v="22"/>
+    <s v="Roscommon"/>
+    <s v="03"/>
+    <s v="Private group scheme"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD460C3"/>
+    <s v="Percentage of one - off houses"/>
+    <s v="%"/>
+    <n v="92.9"/>
+  </r>
+  <r>
+    <s v="22"/>
+    <s v="Roscommon"/>
+    <s v="04"/>
+    <s v="Other private source"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD460C1"/>
+    <s v="Total permanent housing units"/>
+    <s v="Years"/>
+    <n v="2028"/>
+  </r>
+  <r>
+    <s v="22"/>
+    <s v="Roscommon"/>
+    <s v="04"/>
+    <s v="Other private source"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD460C2"/>
+    <s v="One-off houses"/>
+    <s v="Number"/>
+    <n v="1915"/>
+  </r>
+  <r>
+    <s v="22"/>
+    <s v="Roscommon"/>
+    <s v="04"/>
+    <s v="Other private source"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD460C3"/>
+    <s v="Percentage of one - off houses"/>
+    <s v="%"/>
+    <n v="94.4"/>
+  </r>
+  <r>
+    <s v="22"/>
+    <s v="Roscommon"/>
+    <s v="05"/>
+    <s v="No piped water"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD460C1"/>
+    <s v="Total permanent housing units"/>
+    <s v="Years"/>
+    <n v="56"/>
+  </r>
+  <r>
+    <s v="22"/>
+    <s v="Roscommon"/>
+    <s v="05"/>
+    <s v="No piped water"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD460C2"/>
+    <s v="One-off houses"/>
+    <s v="Number"/>
+    <n v="32"/>
+  </r>
+  <r>
+    <s v="22"/>
+    <s v="Roscommon"/>
+    <s v="05"/>
+    <s v="No piped water"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD460C3"/>
+    <s v="Percentage of one - off houses"/>
+    <s v="%"/>
+    <n v="57.1"/>
+  </r>
+  <r>
+    <s v="22"/>
+    <s v="Roscommon"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD460C1"/>
+    <s v="Total permanent housing units"/>
+    <s v="Years"/>
+    <n v="402"/>
+  </r>
+  <r>
+    <s v="22"/>
+    <s v="Roscommon"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD460C2"/>
+    <s v="One-off houses"/>
+    <s v="Number"/>
+    <n v="170"/>
+  </r>
+  <r>
+    <s v="22"/>
+    <s v="Roscommon"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD460C3"/>
+    <s v="Percentage of one - off houses"/>
+    <s v="%"/>
+    <n v="42.3"/>
+  </r>
+  <r>
+    <s v="23"/>
+    <s v="Sligo"/>
+    <s v="-"/>
+    <s v="All types of water supply"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD460C1"/>
+    <s v="Total permanent housing units"/>
+    <s v="Years"/>
+    <n v="14868"/>
+  </r>
+  <r>
+    <s v="23"/>
+    <s v="Sligo"/>
+    <s v="-"/>
+    <s v="All types of water supply"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD460C2"/>
+    <s v="One-off houses"/>
+    <s v="Number"/>
+    <n v="10119"/>
+  </r>
+  <r>
+    <s v="23"/>
+    <s v="Sligo"/>
+    <s v="-"/>
+    <s v="All types of water supply"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD460C3"/>
+    <s v="Percentage of one - off houses"/>
+    <s v="%"/>
+    <n v="68.1"/>
+  </r>
+  <r>
+    <s v="23"/>
+    <s v="Sligo"/>
+    <s v="01"/>
+    <s v="Public mains"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD460C1"/>
+    <s v="Total permanent housing units"/>
+    <s v="Years"/>
+    <n v="8102"/>
+  </r>
+  <r>
+    <s v="23"/>
+    <s v="Sligo"/>
+    <s v="01"/>
+    <s v="Public mains"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD460C2"/>
+    <s v="One-off houses"/>
+    <s v="Number"/>
+    <n v="4617"/>
+  </r>
+  <r>
+    <s v="23"/>
+    <s v="Sligo"/>
+    <s v="01"/>
+    <s v="Public mains"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD460C3"/>
+    <s v="Percentage of one - off houses"/>
+    <s v="%"/>
+    <n v="57"/>
+  </r>
+  <r>
+    <s v="23"/>
+    <s v="Sligo"/>
+    <s v="02"/>
+    <s v="Local authority group scheme"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD460C1"/>
+    <s v="Total permanent housing units"/>
+    <s v="Years"/>
+    <n v="3476"/>
+  </r>
+  <r>
+    <s v="23"/>
+    <s v="Sligo"/>
+    <s v="02"/>
+    <s v="Local authority group scheme"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD460C2"/>
+    <s v="One-off houses"/>
+    <s v="Number"/>
+    <n v="2901"/>
+  </r>
+  <r>
+    <s v="23"/>
+    <s v="Sligo"/>
+    <s v="02"/>
+    <s v="Local authority group scheme"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD460C3"/>
+    <s v="Percentage of one - off houses"/>
+    <s v="%"/>
+    <n v="83.5"/>
+  </r>
+  <r>
+    <s v="23"/>
+    <s v="Sligo"/>
+    <s v="03"/>
+    <s v="Private group scheme"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD460C1"/>
+    <s v="Total permanent housing units"/>
+    <s v="Years"/>
+    <n v="1280"/>
+  </r>
+  <r>
+    <s v="23"/>
+    <s v="Sligo"/>
+    <s v="03"/>
+    <s v="Private group scheme"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD460C2"/>
+    <s v="One-off houses"/>
+    <s v="Number"/>
+    <n v="1071"/>
+  </r>
+  <r>
+    <s v="23"/>
+    <s v="Sligo"/>
+    <s v="03"/>
+    <s v="Private group scheme"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD460C3"/>
+    <s v="Percentage of one - off houses"/>
+    <s v="%"/>
+    <n v="83.7"/>
+  </r>
+  <r>
+    <s v="23"/>
+    <s v="Sligo"/>
+    <s v="04"/>
+    <s v="Other private source"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD460C1"/>
+    <s v="Total permanent housing units"/>
+    <s v="Years"/>
+    <n v="1545"/>
+  </r>
+  <r>
+    <s v="23"/>
+    <s v="Sligo"/>
+    <s v="04"/>
+    <s v="Other private source"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD460C2"/>
+    <s v="One-off houses"/>
+    <s v="Number"/>
+    <n v="1380"/>
+  </r>
+  <r>
+    <s v="23"/>
+    <s v="Sligo"/>
+    <s v="04"/>
+    <s v="Other private source"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD460C3"/>
+    <s v="Percentage of one - off houses"/>
+    <s v="%"/>
+    <n v="89.3"/>
+  </r>
+  <r>
+    <s v="23"/>
+    <s v="Sligo"/>
+    <s v="05"/>
+    <s v="No piped water"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD460C1"/>
+    <s v="Total permanent housing units"/>
+    <s v="Years"/>
+    <n v="33"/>
+  </r>
+  <r>
+    <s v="23"/>
+    <s v="Sligo"/>
+    <s v="05"/>
+    <s v="No piped water"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD460C2"/>
+    <s v="One-off houses"/>
+    <s v="Number"/>
+    <n v="14"/>
+  </r>
+  <r>
+    <s v="23"/>
+    <s v="Sligo"/>
+    <s v="05"/>
+    <s v="No piped water"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD460C3"/>
+    <s v="Percentage of one - off houses"/>
+    <s v="%"/>
+    <n v="42.4"/>
+  </r>
+  <r>
+    <s v="23"/>
+    <s v="Sligo"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD460C1"/>
+    <s v="Total permanent housing units"/>
+    <s v="Years"/>
+    <n v="432"/>
+  </r>
+  <r>
+    <s v="23"/>
+    <s v="Sligo"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD460C2"/>
+    <s v="One-off houses"/>
+    <s v="Number"/>
+    <n v="136"/>
+  </r>
+  <r>
+    <s v="23"/>
+    <s v="Sligo"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD460C3"/>
+    <s v="Percentage of one - off houses"/>
+    <s v="%"/>
+    <n v="31.5"/>
+  </r>
+  <r>
+    <s v="D"/>
+    <s v="Ulster (part of)"/>
+    <s v="-"/>
+    <s v="All types of water supply"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD460C1"/>
+    <s v="Total permanent housing units"/>
+    <s v="Years"/>
+    <n v="72567"/>
+  </r>
+  <r>
+    <s v="D"/>
+    <s v="Ulster (part of)"/>
+    <s v="-"/>
+    <s v="All types of water supply"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD460C2"/>
+    <s v="One-off houses"/>
+    <s v="Number"/>
+    <n v="52349"/>
+  </r>
+  <r>
+    <s v="D"/>
+    <s v="Ulster (part of)"/>
+    <s v="-"/>
+    <s v="All types of water supply"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD460C3"/>
+    <s v="Percentage of one - off houses"/>
+    <s v="%"/>
+    <n v="72.1"/>
+  </r>
+  <r>
+    <s v="D"/>
+    <s v="Ulster (part of)"/>
+    <s v="01"/>
+    <s v="Public mains"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD460C1"/>
+    <s v="Total permanent housing units"/>
+    <s v="Years"/>
+    <n v="36101"/>
+  </r>
+  <r>
+    <s v="D"/>
+    <s v="Ulster (part of)"/>
+    <s v="01"/>
+    <s v="Public mains"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD460C2"/>
+    <s v="One-off houses"/>
+    <s v="Number"/>
+    <n v="20847"/>
+  </r>
+  <r>
+    <s v="D"/>
+    <s v="Ulster (part of)"/>
+    <s v="01"/>
+    <s v="Public mains"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD460C3"/>
+    <s v="Percentage of one - off houses"/>
+    <s v="%"/>
+    <n v="57.7"/>
+  </r>
+  <r>
+    <s v="D"/>
+    <s v="Ulster (part of)"/>
+    <s v="02"/>
+    <s v="Local authority group scheme"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD460C1"/>
+    <s v="Total permanent housing units"/>
+    <s v="Years"/>
+    <n v="14189"/>
+  </r>
+  <r>
+    <s v="D"/>
+    <s v="Ulster (part of)"/>
+    <s v="02"/>
+    <s v="Local authority group scheme"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD460C2"/>
+    <s v="One-off houses"/>
+    <s v="Number"/>
+    <n v="12107"/>
+  </r>
+  <r>
+    <s v="D"/>
+    <s v="Ulster (part of)"/>
+    <s v="02"/>
+    <s v="Local authority group scheme"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD460C3"/>
+    <s v="Percentage of one - off houses"/>
+    <s v="%"/>
+    <n v="85.3"/>
+  </r>
+  <r>
+    <s v="D"/>
+    <s v="Ulster (part of)"/>
+    <s v="03"/>
+    <s v="Private group scheme"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD460C1"/>
+    <s v="Total permanent housing units"/>
+    <s v="Years"/>
+    <n v="7182"/>
+  </r>
+  <r>
+    <s v="D"/>
+    <s v="Ulster (part of)"/>
+    <s v="03"/>
+    <s v="Private group scheme"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD460C2"/>
+    <s v="One-off houses"/>
+    <s v="Number"/>
+    <n v="6498"/>
+  </r>
+  <r>
+    <s v="D"/>
+    <s v="Ulster (part of)"/>
+    <s v="03"/>
+    <s v="Private group scheme"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD460C3"/>
+    <s v="Percentage of one - off houses"/>
+    <s v="%"/>
+    <n v="90.5"/>
+  </r>
+  <r>
+    <s v="D"/>
+    <s v="Ulster (part of)"/>
+    <s v="04"/>
+    <s v="Other private source"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD460C1"/>
+    <s v="Total permanent housing units"/>
+    <s v="Years"/>
+    <n v="13313"/>
+  </r>
+  <r>
+    <s v="D"/>
+    <s v="Ulster (part of)"/>
+    <s v="04"/>
+    <s v="Other private source"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD460C2"/>
+    <s v="One-off houses"/>
+    <s v="Number"/>
+    <n v="12293"/>
+  </r>
+  <r>
+    <s v="D"/>
+    <s v="Ulster (part of)"/>
+    <s v="04"/>
+    <s v="Other private source"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD460C3"/>
+    <s v="Percentage of one - off houses"/>
+    <s v="%"/>
+    <n v="92.3"/>
+  </r>
+  <r>
+    <s v="D"/>
+    <s v="Ulster (part of)"/>
+    <s v="05"/>
+    <s v="No piped water"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD460C1"/>
+    <s v="Total permanent housing units"/>
+    <s v="Years"/>
+    <n v="188"/>
+  </r>
+  <r>
+    <s v="D"/>
+    <s v="Ulster (part of)"/>
+    <s v="05"/>
+    <s v="No piped water"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD460C2"/>
+    <s v="One-off houses"/>
+    <s v="Number"/>
+    <n v="83"/>
+  </r>
+  <r>
+    <s v="D"/>
+    <s v="Ulster (part of)"/>
+    <s v="05"/>
+    <s v="No piped water"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD460C3"/>
+    <s v="Percentage of one - off houses"/>
+    <s v="%"/>
+    <n v="44.1"/>
+  </r>
+  <r>
+    <s v="D"/>
+    <s v="Ulster (part of)"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD460C1"/>
+    <s v="Total permanent housing units"/>
+    <s v="Years"/>
+    <n v="1594"/>
+  </r>
+  <r>
+    <s v="D"/>
+    <s v="Ulster (part of)"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD460C2"/>
+    <s v="One-off houses"/>
+    <s v="Number"/>
+    <n v="521"/>
+  </r>
+  <r>
+    <s v="D"/>
+    <s v="Ulster (part of)"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD460C3"/>
+    <s v="Percentage of one - off houses"/>
+    <s v="%"/>
+    <n v="32.7"/>
+  </r>
+  <r>
+    <s v="24"/>
+    <s v="Cavan"/>
+    <s v="-"/>
+    <s v="All types of water supply"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD460C1"/>
+    <s v="Total permanent housing units"/>
+    <s v="Years"/>
+    <n v="17538"/>
+  </r>
+  <r>
+    <s v="24"/>
+    <s v="Cavan"/>
+    <s v="-"/>
+    <s v="All types of water supply"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD460C2"/>
+    <s v="One-off houses"/>
+    <s v="Number"/>
+    <n v="13133"/>
+  </r>
+  <r>
+    <s v="24"/>
+    <s v="Cavan"/>
+    <s v="-"/>
+    <s v="All types of water supply"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD460C3"/>
+    <s v="Percentage of one - off houses"/>
+    <s v="%"/>
+    <n v="74.9"/>
+  </r>
+  <r>
+    <s v="24"/>
+    <s v="Cavan"/>
+    <s v="01"/>
+    <s v="Public mains"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD460C1"/>
+    <s v="Total permanent housing units"/>
+    <s v="Years"/>
+    <n v="4122"/>
+  </r>
+  <r>
+    <s v="24"/>
+    <s v="Cavan"/>
+    <s v="01"/>
+    <s v="Public mains"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD460C2"/>
+    <s v="One-off houses"/>
+    <s v="Number"/>
+    <n v="1333"/>
+  </r>
+  <r>
+    <s v="24"/>
+    <s v="Cavan"/>
+    <s v="01"/>
+    <s v="Public mains"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD460C3"/>
+    <s v="Percentage of one - off houses"/>
+    <s v="%"/>
+    <n v="32.3"/>
+  </r>
+  <r>
+    <s v="24"/>
+    <s v="Cavan"/>
+    <s v="02"/>
+    <s v="Local authority group scheme"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD460C1"/>
+    <s v="Total permanent housing units"/>
+    <s v="Years"/>
+    <n v="3877"/>
+  </r>
+  <r>
+    <s v="24"/>
+    <s v="Cavan"/>
+    <s v="02"/>
+    <s v="Local authority group scheme"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD460C2"/>
+    <s v="One-off houses"/>
+    <s v="Number"/>
+    <n v="3270"/>
+  </r>
+  <r>
+    <s v="24"/>
+    <s v="Cavan"/>
+    <s v="02"/>
+    <s v="Local authority group scheme"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD460C3"/>
+    <s v="Percentage of one - off houses"/>
+    <s v="%"/>
+    <n v="84.3"/>
+  </r>
+  <r>
+    <s v="24"/>
+    <s v="Cavan"/>
+    <s v="03"/>
+    <s v="Private group scheme"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD460C1"/>
+    <s v="Total permanent housing units"/>
+    <s v="Years"/>
+    <n v="3154"/>
+  </r>
+  <r>
+    <s v="24"/>
+    <s v="Cavan"/>
+    <s v="03"/>
+    <s v="Private group scheme"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD460C2"/>
+    <s v="One-off houses"/>
+    <s v="Number"/>
+    <n v="2881"/>
+  </r>
+  <r>
+    <s v="24"/>
+    <s v="Cavan"/>
+    <s v="03"/>
+    <s v="Private group scheme"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD460C3"/>
+    <s v="Percentage of one - off houses"/>
+    <s v="%"/>
+    <n v="91.3"/>
+  </r>
+  <r>
+    <s v="24"/>
+    <s v="Cavan"/>
+    <s v="04"/>
+    <s v="Other private source"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD460C1"/>
+    <s v="Total permanent housing units"/>
+    <s v="Years"/>
+    <n v="5925"/>
+  </r>
+  <r>
+    <s v="24"/>
+    <s v="Cavan"/>
+    <s v="04"/>
+    <s v="Other private source"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD460C2"/>
+    <s v="One-off houses"/>
+    <s v="Number"/>
+    <n v="5512"/>
+  </r>
+  <r>
+    <s v="24"/>
+    <s v="Cavan"/>
+    <s v="04"/>
+    <s v="Other private source"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD460C3"/>
+    <s v="Percentage of one - off houses"/>
+    <s v="%"/>
+    <n v="93"/>
+  </r>
+  <r>
+    <s v="24"/>
+    <s v="Cavan"/>
+    <s v="05"/>
+    <s v="No piped water"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD460C1"/>
+    <s v="Total permanent housing units"/>
+    <s v="Years"/>
+    <n v="70"/>
+  </r>
+  <r>
+    <s v="24"/>
+    <s v="Cavan"/>
+    <s v="05"/>
+    <s v="No piped water"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD460C2"/>
+    <s v="One-off houses"/>
+    <s v="Number"/>
+    <n v="26"/>
+  </r>
+  <r>
+    <s v="24"/>
+    <s v="Cavan"/>
+    <s v="05"/>
+    <s v="No piped water"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD460C3"/>
+    <s v="Percentage of one - off houses"/>
+    <s v="%"/>
+    <n v="37.1"/>
+  </r>
+  <r>
+    <s v="24"/>
+    <s v="Cavan"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD460C1"/>
+    <s v="Total permanent housing units"/>
+    <s v="Years"/>
+    <n v="390"/>
+  </r>
+  <r>
+    <s v="24"/>
+    <s v="Cavan"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD460C2"/>
+    <s v="One-off houses"/>
+    <s v="Number"/>
+    <n v="111"/>
+  </r>
+  <r>
+    <s v="24"/>
+    <s v="Cavan"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD460C3"/>
+    <s v="Percentage of one - off houses"/>
+    <s v="%"/>
+    <n v="28.5"/>
+  </r>
+  <r>
+    <s v="25"/>
+    <s v="Donegal"/>
+    <s v="-"/>
+    <s v="All types of water supply"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD460C1"/>
+    <s v="Total permanent housing units"/>
+    <s v="Years"/>
+    <n v="40796"/>
+  </r>
+  <r>
+    <s v="25"/>
+    <s v="Donegal"/>
+    <s v="-"/>
+    <s v="All types of water supply"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD460C2"/>
+    <s v="One-off houses"/>
+    <s v="Number"/>
+    <n v="28312"/>
+  </r>
+  <r>
+    <s v="25"/>
+    <s v="Donegal"/>
+    <s v="-"/>
+    <s v="All types of water supply"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD460C3"/>
+    <s v="Percentage of one - off houses"/>
+    <s v="%"/>
+    <n v="69.4"/>
+  </r>
+  <r>
+    <s v="25"/>
+    <s v="Donegal"/>
+    <s v="01"/>
+    <s v="Public mains"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD460C1"/>
+    <s v="Total permanent housing units"/>
+    <s v="Years"/>
+    <n v="28868"/>
+  </r>
+  <r>
+    <s v="25"/>
+    <s v="Donegal"/>
+    <s v="01"/>
+    <s v="Public mains"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD460C2"/>
+    <s v="One-off houses"/>
+    <s v="Number"/>
+    <n v="18166"/>
+  </r>
+  <r>
+    <s v="25"/>
+    <s v="Donegal"/>
+    <s v="01"/>
+    <s v="Public mains"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD460C3"/>
+    <s v="Percentage of one - off houses"/>
+    <s v="%"/>
+    <n v="62.9"/>
+  </r>
+  <r>
+    <s v="25"/>
+    <s v="Donegal"/>
+    <s v="02"/>
+    <s v="Local authority group scheme"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD460C1"/>
+    <s v="Total permanent housing units"/>
+    <s v="Years"/>
+    <n v="5626"/>
+  </r>
+  <r>
+    <s v="25"/>
+    <s v="Donegal"/>
+    <s v="02"/>
+    <s v="Local authority group scheme"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD460C2"/>
+    <s v="One-off houses"/>
+    <s v="Number"/>
+    <n v="4968"/>
+  </r>
+  <r>
+    <s v="25"/>
+    <s v="Donegal"/>
+    <s v="02"/>
+    <s v="Local authority group scheme"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD460C3"/>
+    <s v="Percentage of one - off houses"/>
+    <s v="%"/>
+    <n v="88.3"/>
+  </r>
+  <r>
+    <s v="25"/>
+    <s v="Donegal"/>
+    <s v="03"/>
+    <s v="Private group scheme"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD460C1"/>
+    <s v="Total permanent housing units"/>
+    <s v="Years"/>
+    <n v="885"/>
+  </r>
+  <r>
+    <s v="25"/>
+    <s v="Donegal"/>
+    <s v="03"/>
+    <s v="Private group scheme"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD460C2"/>
+    <s v="One-off houses"/>
+    <s v="Number"/>
+    <n v="787"/>
+  </r>
+  <r>
+    <s v="25"/>
+    <s v="Donegal"/>
+    <s v="03"/>
+    <s v="Private group scheme"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD460C3"/>
+    <s v="Percentage of one - off houses"/>
+    <s v="%"/>
+    <n v="88.9"/>
+  </r>
+  <r>
+    <s v="25"/>
+    <s v="Donegal"/>
+    <s v="04"/>
+    <s v="Other private source"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD460C1"/>
+    <s v="Total permanent housing units"/>
+    <s v="Years"/>
+    <n v="4371"/>
+  </r>
+  <r>
+    <s v="25"/>
+    <s v="Donegal"/>
+    <s v="04"/>
+    <s v="Other private source"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD460C2"/>
+    <s v="One-off houses"/>
+    <s v="Number"/>
+    <n v="4010"/>
+  </r>
+  <r>
+    <s v="25"/>
+    <s v="Donegal"/>
+    <s v="04"/>
+    <s v="Other private source"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD460C3"/>
+    <s v="Percentage of one - off houses"/>
+    <s v="%"/>
+    <n v="91.7"/>
+  </r>
+  <r>
+    <s v="25"/>
+    <s v="Donegal"/>
+    <s v="05"/>
+    <s v="No piped water"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD460C1"/>
+    <s v="Total permanent housing units"/>
+    <s v="Years"/>
+    <n v="83"/>
+  </r>
+  <r>
+    <s v="25"/>
+    <s v="Donegal"/>
+    <s v="05"/>
+    <s v="No piped water"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD460C2"/>
+    <s v="One-off houses"/>
+    <s v="Number"/>
+    <n v="40"/>
+  </r>
+  <r>
+    <s v="25"/>
+    <s v="Donegal"/>
+    <s v="05"/>
+    <s v="No piped water"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD460C3"/>
+    <s v="Percentage of one - off houses"/>
+    <s v="%"/>
+    <n v="48.2"/>
+  </r>
+  <r>
+    <s v="25"/>
+    <s v="Donegal"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD460C1"/>
+    <s v="Total permanent housing units"/>
+    <s v="Years"/>
+    <n v="963"/>
+  </r>
+  <r>
+    <s v="25"/>
+    <s v="Donegal"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD460C2"/>
+    <s v="One-off houses"/>
+    <s v="Number"/>
+    <n v="341"/>
+  </r>
+  <r>
+    <s v="25"/>
+    <s v="Donegal"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD460C3"/>
+    <s v="Percentage of one - off houses"/>
+    <s v="%"/>
+    <n v="35.4"/>
+  </r>
+  <r>
+    <s v="26"/>
+    <s v="Monaghan"/>
+    <s v="-"/>
+    <s v="All types of water supply"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD460C1"/>
+    <s v="Total permanent housing units"/>
+    <s v="Years"/>
+    <n v="14233"/>
+  </r>
+  <r>
+    <s v="26"/>
+    <s v="Monaghan"/>
+    <s v="-"/>
+    <s v="All types of water supply"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD460C2"/>
+    <s v="One-off houses"/>
+    <s v="Number"/>
+    <n v="10904"/>
+  </r>
+  <r>
+    <s v="26"/>
+    <s v="Monaghan"/>
+    <s v="-"/>
+    <s v="All types of water supply"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD460C3"/>
+    <s v="Percentage of one - off houses"/>
+    <s v="%"/>
+    <n v="76.6"/>
+  </r>
+  <r>
+    <s v="26"/>
+    <s v="Monaghan"/>
+    <s v="01"/>
+    <s v="Public mains"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD460C1"/>
+    <s v="Total permanent housing units"/>
+    <s v="Years"/>
+    <n v="3111"/>
+  </r>
+  <r>
+    <s v="26"/>
+    <s v="Monaghan"/>
+    <s v="01"/>
+    <s v="Public mains"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD460C2"/>
+    <s v="One-off houses"/>
+    <s v="Number"/>
+    <n v="1348"/>
+  </r>
+  <r>
+    <s v="26"/>
+    <s v="Monaghan"/>
+    <s v="01"/>
+    <s v="Public mains"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD460C3"/>
+    <s v="Percentage of one - off houses"/>
+    <s v="%"/>
+    <n v="43.3"/>
+  </r>
+  <r>
+    <s v="26"/>
+    <s v="Monaghan"/>
+    <s v="02"/>
+    <s v="Local authority group scheme"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD460C1"/>
+    <s v="Total permanent housing units"/>
+    <s v="Years"/>
+    <n v="4686"/>
+  </r>
+  <r>
+    <s v="26"/>
+    <s v="Monaghan"/>
+    <s v="02"/>
+    <s v="Local authority group scheme"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD460C2"/>
+    <s v="One-off houses"/>
+    <s v="Number"/>
+    <n v="3869"/>
+  </r>
+  <r>
+    <s v="26"/>
+    <s v="Monaghan"/>
+    <s v="02"/>
+    <s v="Local authority group scheme"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD460C3"/>
+    <s v="Percentage of one - off houses"/>
+    <s v="%"/>
+    <n v="82.6"/>
+  </r>
+  <r>
+    <s v="26"/>
+    <s v="Monaghan"/>
+    <s v="03"/>
+    <s v="Private group scheme"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD460C1"/>
+    <s v="Total permanent housing units"/>
+    <s v="Years"/>
+    <n v="3143"/>
+  </r>
+  <r>
+    <s v="26"/>
+    <s v="Monaghan"/>
+    <s v="03"/>
+    <s v="Private group scheme"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD460C2"/>
+    <s v="One-off houses"/>
+    <s v="Number"/>
+    <n v="2830"/>
+  </r>
+  <r>
+    <s v="26"/>
+    <s v="Monaghan"/>
+    <s v="03"/>
+    <s v="Private group scheme"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD460C3"/>
+    <s v="Percentage of one - off houses"/>
+    <s v="%"/>
+    <n v="90"/>
+  </r>
+  <r>
+    <s v="26"/>
+    <s v="Monaghan"/>
+    <s v="04"/>
+    <s v="Other private source"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD460C1"/>
+    <s v="Total permanent housing units"/>
+    <s v="Years"/>
+    <n v="3017"/>
+  </r>
+  <r>
+    <s v="26"/>
+    <s v="Monaghan"/>
+    <s v="04"/>
+    <s v="Other private source"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD460C2"/>
+    <s v="One-off houses"/>
+    <s v="Number"/>
+    <n v="2771"/>
+  </r>
+  <r>
+    <s v="26"/>
+    <s v="Monaghan"/>
+    <s v="04"/>
+    <s v="Other private source"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD460C3"/>
+    <s v="Percentage of one - off houses"/>
+    <s v="%"/>
+    <n v="91.8"/>
+  </r>
+  <r>
+    <s v="26"/>
+    <s v="Monaghan"/>
+    <s v="05"/>
+    <s v="No piped water"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD460C1"/>
+    <s v="Total permanent housing units"/>
+    <s v="Years"/>
+    <n v="35"/>
+  </r>
+  <r>
+    <s v="26"/>
+    <s v="Monaghan"/>
+    <s v="05"/>
+    <s v="No piped water"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD460C2"/>
+    <s v="One-off houses"/>
+    <s v="Number"/>
+    <n v="17"/>
+  </r>
+  <r>
+    <s v="26"/>
+    <s v="Monaghan"/>
+    <s v="05"/>
+    <s v="No piped water"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD460C3"/>
+    <s v="Percentage of one - off houses"/>
+    <s v="%"/>
+    <n v="48.6"/>
+  </r>
+  <r>
+    <s v="26"/>
+    <s v="Monaghan"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD460C1"/>
+    <s v="Total permanent housing units"/>
+    <s v="Years"/>
+    <n v="241"/>
+  </r>
+  <r>
+    <s v="26"/>
+    <s v="Monaghan"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD460C2"/>
+    <s v="One-off houses"/>
+    <s v="Number"/>
+    <n v="69"/>
+  </r>
+  <r>
+    <s v="26"/>
+    <s v="Monaghan"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD460C3"/>
+    <s v="Percentage of one - off houses"/>
+    <s v="%"/>
+    <n v="28.6"/>
+  </r>
+</pivotCacheRecords>
 </file>