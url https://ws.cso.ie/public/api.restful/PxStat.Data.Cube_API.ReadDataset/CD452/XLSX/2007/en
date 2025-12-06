--- v0 (2025-10-02)
+++ v1 (2025-12-06)
@@ -1,97 +1,97 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/pivotCache/pivotCacheDefinition1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheDefinition+xml"/>
   <Override PartName="/pivotCache/pivotCacheRecords1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheRecords+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/pivotTables/pivotTable.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rfa934f80e16647c5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/95038531944d475689c0e296198d311c.psmdcp" Id="R13453d313cc34a4c" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R18603598410c4753" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/311b77c95d8d4b86aed134cca3d8230d.psmdcp" Id="Rac29debb92ed4d90" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
-    <x:sheet name="About" sheetId="2" r:id="rId2"/>
-[...1 lines deleted...]
-    <x:sheet name="Pivoted" sheetId="11" r:id="rId11"/>
+    <x:sheet name="About" sheetId="1" r:id="rId2"/>
+    <x:sheet name="Unpivoted" sheetId="2" r:id="rId9"/>
+    <x:sheet name="Pivoted" sheetId="3" r:id="rId11"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
   <x:pivotCaches>
     <x:pivotCache cacheId="0" r:id="rId12"/>
   </x:pivotCaches>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Table</x:t>
   </x:si>
   <x:si>
     <x:t>Code</x:t>
   </x:si>
   <x:si>
     <x:t>CD452</x:t>
   </x:si>
   <x:si>
     <x:t>Name</x:t>
   </x:si>
   <x:si>
     <x:t>Private Households in Permanent Housing Units</x:t>
   </x:si>
   <x:si>
     <x:t>Frequency</x:t>
   </x:si>
   <x:si>
     <x:t>Annual</x:t>
   </x:si>
   <x:si>
     <x:t>Last Updated</x:t>
   </x:si>
   <x:si>
-    <x:t>5/18/2020 11:00:00 AM</x:t>
+    <x:t>18/05/2020 11:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Note</x:t>
   </x:si>
   <x:si>
     <x:t>Url</x:t>
   </x:si>
   <x:si>
     <x:t>https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/CD452/XLSX/2007/en</x:t>
   </x:si>
   <x:si>
     <x:t>Product</x:t>
   </x:si>
   <x:si>
     <x:t>C2011P4</x:t>
   </x:si>
   <x:si>
     <x:t>Profile 4 - The Roof Over Our Heads - Housing in Ireland</x:t>
   </x:si>
   <x:si>
     <x:t>Contacts</x:t>
   </x:si>
   <x:si>
     <x:t>Bernie Casey</x:t>
   </x:si>
@@ -308,50 +308,53 @@
   <x:si>
     <x:t>Asia (2)</x:t>
   </x:si>
   <x:si>
     <x:t>US</x:t>
   </x:si>
   <x:si>
     <x:t>United States</x:t>
   </x:si>
   <x:si>
     <x:t>ZZWORX13</x:t>
   </x:si>
   <x:si>
     <x:t>Other countries (13)</x:t>
   </x:si>
   <x:si>
     <x:t>All countries</x:t>
   </x:si>
   <x:si>
     <x:t>06</x:t>
   </x:si>
   <x:si>
     <x:t>Aggregate Town Area</x:t>
   </x:si>
   <x:si>
+    <x:t/>
+  </x:si>
+  <x:si>
     <x:t>Aggregate Rural Area</x:t>
   </x:si>
 </x:sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts count="1">
     <x:numFmt numFmtId="0" formatCode=""/>
   </x:numFmts>
   <x:fonts count="4">
     <x:font>
       <x:vertAlign val="baseline"/>
       <x:sz val="11"/>
       <x:color rgb="FF000000"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:vertAlign val="baseline"/>
       <x:sz val="13"/>
       <x:color rgb="FF000000"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
@@ -490,355 +493,168 @@
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip r:embed="rId8" cstate="print"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="3971925" cy="1381125"/>
         </a:xfrm>
         <a:prstGeom prst="rect"/>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/pivotTables/_rels/pivotTable.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheDefinition" Target="/pivotCache/pivotCacheDefinition1.xml" Id="rId17" /></Relationships>
 </file>
 
 <file path=xl/pivotTables/pivotTable.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotTableDefinition xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" dataCaption="Values" showError="0" missingCaption="" showMissing="1" pageWrap="0" pageOverThenDown="0" rowGrandTotals="0" colGrandTotals="0" indent="1">
-[...303 lines deleted...]
-</x:pivotTableDefinition>
+<pivotTableDefinition xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" applyNumberFormats="0" applyBorderFormats="0" applyFontFormats="0" applyPatternFormats="0" applyAlignmentFormats="0" applyWidthHeightFormats="0" dataCaption="Values" rowGrandTotals="0" colGrandTotals="0" outline="1">
+  <location ref="A1" firstHeaderRow="0" firstDataRow="0" firstDataCol="0"/>
+  <pivotFields count="12">
+    <pivotField name="STATISTIC" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="Statistic Label" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="C02701V03269" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="3">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+      </items>
+    </pivotField>
+    <pivotField name="Aggregate Town or Rural Area" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="3">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+      </items>
+    </pivotField>
+    <pivotField name="C02719V03286" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="13">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+        <item x="11"/>
+        <item x="12"/>
+      </items>
+    </pivotField>
+    <pivotField name="Birthplace" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="13">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+        <item x="11"/>
+        <item x="12"/>
+      </items>
+    </pivotField>
+    <pivotField name="C02733V03301" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="7">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+      </items>
+    </pivotField>
+    <pivotField name="Type of Water Supply" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="7">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+      </items>
+    </pivotField>
+    <pivotField name="TLIST(A1)" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="CensusYear" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField showAll="0"/>
+    <pivotField dataField="1" showAll="0"/>
+  </pivotFields>
+  <rowFields count="10">
+    <field x="0"/>
+    <field x="1"/>
+    <field x="2"/>
+    <field x="3"/>
+    <field x="4"/>
+    <field x="5"/>
+    <field x="6"/>
+    <field x="7"/>
+    <field x="8"/>
+    <field x="9"/>
+  </rowFields>
+  <dataFields count="1">
+    <dataField name="VALUE" fld="11"/>
+  </dataFields>
+  <pivotTableStyleInfo name="PivotStyleLight16" showRowHeaders="1" showColHeaders="1"/>
+  <extLst>
+    <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{962EF5D1-5CA2-4c93-8EF4-DBF5C05439D2}">
+      <x14:pivotTableDefinition enableEdit="0" hideValuesRow="1"/>
+    </ext>
+  </extLst>
+</pivotTableDefinition>
 </file>
 
 <file path=xl/tables/table1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:table xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="1" name="Unpivoted" displayName="Unpivoted" ref="A1:L274" totalsRowShown="0">
   <x:autoFilter ref="A1:L274"/>
   <x:tableColumns count="12">
     <x:tableColumn id="1" name="STATISTIC"/>
     <x:tableColumn id="2" name="Statistic Label"/>
     <x:tableColumn id="3" name="C02701V03269"/>
     <x:tableColumn id="4" name="Aggregate Town or Rural Area"/>
     <x:tableColumn id="5" name="C02719V03286"/>
     <x:tableColumn id="6" name="Birthplace"/>
     <x:tableColumn id="7" name="C02733V03301"/>
     <x:tableColumn id="8" name="Type of Water Supply"/>
     <x:tableColumn id="9" name="TLIST(A1)"/>
     <x:tableColumn id="10" name="CensusYear"/>
     <x:tableColumn id="11" name="UNIT"/>
     <x:tableColumn id="12" name="VALUE"/>
   </x:tableColumns>
   <x:tableStyleInfo name="TableStyleMedium2" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </x:table>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
@@ -1111,51 +927,51 @@
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="/xl/drawings/drawing1.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/CD452/XLSX/2007/en" TargetMode="External" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cso.ie/" TargetMode="External" Id="rId14" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="/xl/tables/table1.xml" Id="rId15" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet3.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotTable" Target="/xl/pivotTables/pivotTable.xml" Id="rId16" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:B39"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="20.710625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="100.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="8" spans="1:2">
       <x:c r="A8" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B8" s="2"/>
     </x:row>
     <x:row r="9" spans="1:2">
       <x:c r="A9" s="3" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="B9" s="0" t="s">
         <x:v>2</x:v>
@@ -1342,51 +1158,51 @@
       </x:c>
     </x:row>
     <x:row r="39" spans="1:2">
       <x:c r="A39" s="3" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B39" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:hyperlinks>
     <x:hyperlink ref="B14" r:id="rId13"/>
     <x:hyperlink ref="B28" r:id="rId14"/>
   </x:hyperlinks>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:drawing xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId7"/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:L274"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="11.996339" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="44.139196" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="16.139196" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="29.853482" style="0" customWidth="1"/>
     <x:col min="5" max="5" width="16.139196" style="0" customWidth="1"/>
     <x:col min="6" max="6" width="18.853482" style="0" customWidth="1"/>
     <x:col min="7" max="7" width="16.139196" style="0" customWidth="1"/>
     <x:col min="8" max="8" width="27.710625" style="0" customWidth="1"/>
     <x:col min="9" max="9" width="11.282054" style="0" customWidth="1"/>
     <x:col min="10" max="10" width="13.424911" style="0" customWidth="1"/>
     <x:col min="11" max="11" width="8.282054" style="0" customWidth="1"/>
     <x:col min="12" max="12" width="8.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:12">
       <x:c r="A1" s="0" t="s">
@@ -5352,50 +5168,53 @@
       </x:c>
       <x:c r="D105" s="0" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="E105" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="F105" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="G105" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="H105" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="I105" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J105" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="K105" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
+      <x:c r="L105" s="0" t="s">
+        <x:v>95</x:v>
+      </x:c>
     </x:row>
     <x:row r="106" spans="1:12">
       <x:c r="A106" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B106" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C106" s="0" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="D106" s="0" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="E106" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="F106" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="G106" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="H106" s="0" t="s">
         <x:v>69</x:v>
@@ -7477,50 +7296,53 @@
       </x:c>
       <x:c r="D161" s="0" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="E161" s="0" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="F161" s="0" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="G161" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="H161" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="I161" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J161" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="K161" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
+      <x:c r="L161" s="0" t="s">
+        <x:v>95</x:v>
+      </x:c>
     </x:row>
     <x:row r="162" spans="1:12">
       <x:c r="A162" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B162" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C162" s="0" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="D162" s="0" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="E162" s="0" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="F162" s="0" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="G162" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="H162" s="0" t="s">
         <x:v>69</x:v>
@@ -8325,3507 +8147,3510 @@
       </x:c>
       <x:c r="I183" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J183" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="K183" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="L183" s="0">
         <x:v>34336</x:v>
       </x:c>
     </x:row>
     <x:row r="184" spans="1:12">
       <x:c r="A184" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B184" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C184" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="D184" s="0" t="s">
-        <x:v>95</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="E184" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="F184" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="G184" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="H184" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="I184" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J184" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="K184" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="L184" s="0">
         <x:v>518661</x:v>
       </x:c>
     </x:row>
     <x:row r="185" spans="1:12">
       <x:c r="A185" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B185" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C185" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="D185" s="0" t="s">
-        <x:v>95</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="E185" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="F185" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="G185" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="H185" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="I185" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J185" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="K185" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="L185" s="0">
         <x:v>240916</x:v>
       </x:c>
     </x:row>
     <x:row r="186" spans="1:12">
       <x:c r="A186" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B186" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C186" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="D186" s="0" t="s">
-        <x:v>95</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="E186" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="F186" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="G186" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="H186" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="I186" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J186" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="K186" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="L186" s="0">
         <x:v>86589</x:v>
       </x:c>
     </x:row>
     <x:row r="187" spans="1:12">
       <x:c r="A187" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B187" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C187" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="D187" s="0" t="s">
-        <x:v>95</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="E187" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="F187" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="G187" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="H187" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="I187" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J187" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="K187" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="L187" s="0">
         <x:v>38080</x:v>
       </x:c>
     </x:row>
     <x:row r="188" spans="1:12">
       <x:c r="A188" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B188" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C188" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="D188" s="0" t="s">
-        <x:v>95</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="E188" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="F188" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="G188" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="H188" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="I188" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J188" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="K188" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="L188" s="0">
         <x:v>139961</x:v>
       </x:c>
     </x:row>
     <x:row r="189" spans="1:12">
       <x:c r="A189" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B189" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C189" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="D189" s="0" t="s">
-        <x:v>95</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="E189" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="F189" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="G189" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="H189" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="I189" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J189" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="K189" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="L189" s="0">
         <x:v>1632</x:v>
       </x:c>
     </x:row>
     <x:row r="190" spans="1:12">
       <x:c r="A190" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B190" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C190" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="D190" s="0" t="s">
-        <x:v>95</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="E190" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="F190" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="G190" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="H190" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="I190" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J190" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="K190" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="L190" s="0">
         <x:v>11483</x:v>
       </x:c>
     </x:row>
     <x:row r="191" spans="1:12">
       <x:c r="A191" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B191" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C191" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="D191" s="0" t="s">
-        <x:v>95</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="E191" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="F191" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="G191" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="H191" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="I191" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J191" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="K191" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="L191" s="0">
         <x:v>10701</x:v>
       </x:c>
     </x:row>
     <x:row r="192" spans="1:12">
       <x:c r="A192" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B192" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C192" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="D192" s="0" t="s">
-        <x:v>95</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="E192" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="F192" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="G192" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="H192" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="I192" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J192" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="K192" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="L192" s="0">
         <x:v>5960</x:v>
       </x:c>
     </x:row>
     <x:row r="193" spans="1:12">
       <x:c r="A193" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B193" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C193" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="D193" s="0" t="s">
-        <x:v>95</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="E193" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="F193" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="G193" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="H193" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="I193" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J193" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="K193" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="L193" s="0">
         <x:v>1732</x:v>
       </x:c>
     </x:row>
     <x:row r="194" spans="1:12">
       <x:c r="A194" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B194" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C194" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="D194" s="0" t="s">
-        <x:v>95</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="E194" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="F194" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="G194" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="H194" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="I194" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J194" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="K194" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="L194" s="0">
         <x:v>715</x:v>
       </x:c>
     </x:row>
     <x:row r="195" spans="1:12">
       <x:c r="A195" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B195" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C195" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="D195" s="0" t="s">
-        <x:v>95</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="E195" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="F195" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="G195" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="H195" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="I195" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J195" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="K195" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="L195" s="0">
         <x:v>2009</x:v>
       </x:c>
     </x:row>
     <x:row r="196" spans="1:12">
       <x:c r="A196" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B196" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C196" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="D196" s="0" t="s">
-        <x:v>95</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="E196" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="F196" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="G196" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="H196" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="I196" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J196" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="K196" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="L196" s="0">
         <x:v>34</x:v>
       </x:c>
     </x:row>
     <x:row r="197" spans="1:12">
       <x:c r="A197" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B197" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C197" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="D197" s="0" t="s">
-        <x:v>95</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="E197" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="F197" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="G197" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="H197" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="I197" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J197" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="K197" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="L197" s="0">
         <x:v>251</x:v>
       </x:c>
     </x:row>
     <x:row r="198" spans="1:12">
       <x:c r="A198" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B198" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C198" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="D198" s="0" t="s">
-        <x:v>95</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="E198" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="F198" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="G198" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="H198" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="I198" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J198" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="K198" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="L198" s="0">
         <x:v>41647</x:v>
       </x:c>
     </x:row>
     <x:row r="199" spans="1:12">
       <x:c r="A199" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B199" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C199" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="D199" s="0" t="s">
-        <x:v>95</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="E199" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="F199" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="G199" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="H199" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="I199" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J199" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="K199" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="L199" s="0">
         <x:v>19415</x:v>
       </x:c>
     </x:row>
     <x:row r="200" spans="1:12">
       <x:c r="A200" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B200" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C200" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="D200" s="0" t="s">
-        <x:v>95</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="E200" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="F200" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="G200" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="H200" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="I200" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J200" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="K200" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="L200" s="0">
         <x:v>7439</x:v>
       </x:c>
     </x:row>
     <x:row r="201" spans="1:12">
       <x:c r="A201" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B201" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C201" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="D201" s="0" t="s">
-        <x:v>95</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="E201" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="F201" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="G201" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="H201" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="I201" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J201" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="K201" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="L201" s="0">
         <x:v>3430</x:v>
       </x:c>
     </x:row>
     <x:row r="202" spans="1:12">
       <x:c r="A202" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B202" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C202" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="D202" s="0" t="s">
-        <x:v>95</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="E202" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="F202" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="G202" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="H202" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="I202" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J202" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="K202" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="L202" s="0">
         <x:v>10338</x:v>
       </x:c>
     </x:row>
     <x:row r="203" spans="1:12">
       <x:c r="A203" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B203" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C203" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="D203" s="0" t="s">
-        <x:v>95</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="E203" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="F203" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="G203" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="H203" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="I203" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J203" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="K203" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="L203" s="0">
         <x:v>123</x:v>
       </x:c>
     </x:row>
     <x:row r="204" spans="1:12">
       <x:c r="A204" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B204" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C204" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="D204" s="0" t="s">
-        <x:v>95</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="E204" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="F204" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="G204" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="H204" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="I204" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J204" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="K204" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="L204" s="0">
         <x:v>902</x:v>
       </x:c>
     </x:row>
     <x:row r="205" spans="1:12">
       <x:c r="A205" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B205" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C205" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="D205" s="0" t="s">
-        <x:v>95</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="E205" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="F205" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="G205" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="H205" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="I205" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J205" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="K205" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="L205" s="0">
         <x:v>3846</x:v>
       </x:c>
     </x:row>
     <x:row r="206" spans="1:12">
       <x:c r="A206" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B206" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C206" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="D206" s="0" t="s">
-        <x:v>95</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="E206" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="F206" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="G206" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="H206" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="I206" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J206" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="K206" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="L206" s="0">
         <x:v>2307</x:v>
       </x:c>
     </x:row>
     <x:row r="207" spans="1:12">
       <x:c r="A207" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B207" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C207" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="D207" s="0" t="s">
-        <x:v>95</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="E207" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="F207" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="G207" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="H207" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="I207" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J207" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="K207" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="L207" s="0">
         <x:v>644</x:v>
       </x:c>
     </x:row>
     <x:row r="208" spans="1:12">
       <x:c r="A208" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B208" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C208" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="D208" s="0" t="s">
-        <x:v>95</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="E208" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="F208" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="G208" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="H208" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="I208" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J208" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="K208" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="L208" s="0">
         <x:v>194</x:v>
       </x:c>
     </x:row>
     <x:row r="209" spans="1:12">
       <x:c r="A209" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B209" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C209" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="D209" s="0" t="s">
-        <x:v>95</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="E209" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="F209" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="G209" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="H209" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="I209" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J209" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="K209" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="L209" s="0">
         <x:v>622</x:v>
       </x:c>
     </x:row>
     <x:row r="210" spans="1:12">
       <x:c r="A210" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B210" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C210" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="D210" s="0" t="s">
-        <x:v>95</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="E210" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="F210" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="G210" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="H210" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="I210" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J210" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="K210" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="L210" s="0">
         <x:v>4</x:v>
       </x:c>
     </x:row>
     <x:row r="211" spans="1:12">
       <x:c r="A211" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B211" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C211" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="D211" s="0" t="s">
-        <x:v>95</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="E211" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="F211" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="G211" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="H211" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="I211" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J211" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="K211" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="L211" s="0">
         <x:v>75</x:v>
       </x:c>
     </x:row>
     <x:row r="212" spans="1:12">
       <x:c r="A212" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B212" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C212" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="D212" s="0" t="s">
-        <x:v>95</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="E212" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="F212" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="G212" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="H212" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="I212" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J212" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="K212" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="L212" s="0">
         <x:v>4220</x:v>
       </x:c>
     </x:row>
     <x:row r="213" spans="1:12">
       <x:c r="A213" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B213" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C213" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="D213" s="0" t="s">
-        <x:v>95</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="E213" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="F213" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="G213" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="H213" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="I213" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J213" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="K213" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="L213" s="0">
         <x:v>2874</x:v>
       </x:c>
     </x:row>
     <x:row r="214" spans="1:12">
       <x:c r="A214" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B214" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C214" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="D214" s="0" t="s">
-        <x:v>95</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="E214" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="F214" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="G214" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="H214" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="I214" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J214" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="K214" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="L214" s="0">
         <x:v>450</x:v>
       </x:c>
     </x:row>
     <x:row r="215" spans="1:12">
       <x:c r="A215" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B215" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C215" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="D215" s="0" t="s">
-        <x:v>95</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="E215" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="F215" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="G215" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="H215" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="I215" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J215" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="K215" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="L215" s="0">
         <x:v>143</x:v>
       </x:c>
     </x:row>
     <x:row r="216" spans="1:12">
       <x:c r="A216" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B216" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C216" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="D216" s="0" t="s">
-        <x:v>95</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="E216" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="F216" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="G216" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="H216" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="I216" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J216" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="K216" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="L216" s="0">
         <x:v>425</x:v>
       </x:c>
     </x:row>
     <x:row r="217" spans="1:12">
       <x:c r="A217" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B217" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C217" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="D217" s="0" t="s">
-        <x:v>95</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="E217" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="F217" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="G217" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="H217" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="I217" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J217" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="K217" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="L217" s="0">
         <x:v>4</x:v>
       </x:c>
     </x:row>
     <x:row r="218" spans="1:12">
       <x:c r="A218" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B218" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C218" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="D218" s="0" t="s">
-        <x:v>95</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="E218" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="F218" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="G218" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="H218" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="I218" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J218" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="K218" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="L218" s="0">
         <x:v>324</x:v>
       </x:c>
     </x:row>
     <x:row r="219" spans="1:12">
       <x:c r="A219" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B219" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C219" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="D219" s="0" t="s">
-        <x:v>95</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="E219" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="F219" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="G219" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="H219" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="I219" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J219" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="K219" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="L219" s="0">
         <x:v>1508</x:v>
       </x:c>
     </x:row>
     <x:row r="220" spans="1:12">
       <x:c r="A220" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B220" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C220" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="D220" s="0" t="s">
-        <x:v>95</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="E220" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="F220" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="G220" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="H220" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="I220" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J220" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="K220" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="L220" s="0">
         <x:v>961</x:v>
       </x:c>
     </x:row>
     <x:row r="221" spans="1:12">
       <x:c r="A221" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B221" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C221" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="D221" s="0" t="s">
-        <x:v>95</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="E221" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="F221" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="G221" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="H221" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="I221" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J221" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="K221" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="L221" s="0">
         <x:v>179</x:v>
       </x:c>
     </x:row>
     <x:row r="222" spans="1:12">
       <x:c r="A222" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B222" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C222" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="D222" s="0" t="s">
-        <x:v>95</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="E222" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="F222" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="G222" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="H222" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="I222" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J222" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="K222" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="L222" s="0">
         <x:v>105</x:v>
       </x:c>
     </x:row>
     <x:row r="223" spans="1:12">
       <x:c r="A223" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B223" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C223" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="D223" s="0" t="s">
-        <x:v>95</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="E223" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="F223" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="G223" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="H223" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="I223" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J223" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="K223" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="L223" s="0">
         <x:v>109</x:v>
       </x:c>
     </x:row>
     <x:row r="224" spans="1:12">
       <x:c r="A224" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B224" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C224" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="D224" s="0" t="s">
-        <x:v>95</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="E224" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="F224" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="G224" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="H224" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="I224" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J224" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="K224" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="L224" s="0">
         <x:v>1</x:v>
       </x:c>
     </x:row>
     <x:row r="225" spans="1:12">
       <x:c r="A225" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B225" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C225" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="D225" s="0" t="s">
-        <x:v>95</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="E225" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="F225" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="G225" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="H225" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="I225" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J225" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="K225" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="L225" s="0">
         <x:v>153</x:v>
       </x:c>
     </x:row>
     <x:row r="226" spans="1:12">
       <x:c r="A226" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B226" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C226" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="D226" s="0" t="s">
-        <x:v>95</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="E226" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="F226" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="G226" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="H226" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="I226" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J226" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="K226" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="L226" s="0">
         <x:v>6783</x:v>
       </x:c>
     </x:row>
     <x:row r="227" spans="1:12">
       <x:c r="A227" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B227" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C227" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="D227" s="0" t="s">
-        <x:v>95</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="E227" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="F227" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="G227" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="H227" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="I227" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J227" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="K227" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="L227" s="0">
         <x:v>3524</x:v>
       </x:c>
     </x:row>
     <x:row r="228" spans="1:12">
       <x:c r="A228" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B228" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C228" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="D228" s="0" t="s">
-        <x:v>95</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="E228" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="F228" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="G228" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="H228" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="I228" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J228" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="K228" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="L228" s="0">
         <x:v>840</x:v>
       </x:c>
     </x:row>
     <x:row r="229" spans="1:12">
       <x:c r="A229" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B229" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C229" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="D229" s="0" t="s">
-        <x:v>95</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="E229" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="F229" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="G229" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="H229" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="I229" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J229" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="K229" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="L229" s="0">
         <x:v>412</x:v>
       </x:c>
     </x:row>
     <x:row r="230" spans="1:12">
       <x:c r="A230" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B230" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C230" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="D230" s="0" t="s">
-        <x:v>95</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="E230" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="F230" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="G230" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="H230" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="I230" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J230" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="K230" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="L230" s="0">
         <x:v>1675</x:v>
       </x:c>
     </x:row>
     <x:row r="231" spans="1:12">
       <x:c r="A231" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B231" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C231" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="D231" s="0" t="s">
-        <x:v>95</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="E231" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="F231" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="G231" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="H231" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="I231" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J231" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="K231" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="L231" s="0">
         <x:v>20</x:v>
       </x:c>
     </x:row>
     <x:row r="232" spans="1:12">
       <x:c r="A232" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B232" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C232" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="D232" s="0" t="s">
-        <x:v>95</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="E232" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="F232" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="G232" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="H232" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="I232" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J232" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="K232" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="L232" s="0">
         <x:v>312</x:v>
       </x:c>
     </x:row>
     <x:row r="233" spans="1:12">
       <x:c r="A233" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B233" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C233" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="D233" s="0" t="s">
-        <x:v>95</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="E233" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="F233" s="0" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="G233" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="H233" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="I233" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J233" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="K233" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="L233" s="0">
         <x:v>812</x:v>
       </x:c>
     </x:row>
     <x:row r="234" spans="1:12">
       <x:c r="A234" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B234" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C234" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="D234" s="0" t="s">
-        <x:v>95</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="E234" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="F234" s="0" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="G234" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="H234" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="I234" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J234" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="K234" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="L234" s="0">
         <x:v>454</x:v>
       </x:c>
     </x:row>
     <x:row r="235" spans="1:12">
       <x:c r="A235" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B235" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C235" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="D235" s="0" t="s">
-        <x:v>95</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="E235" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="F235" s="0" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="G235" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="H235" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="I235" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J235" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="K235" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="L235" s="0">
         <x:v>109</x:v>
       </x:c>
     </x:row>
     <x:row r="236" spans="1:12">
       <x:c r="A236" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B236" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C236" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="D236" s="0" t="s">
-        <x:v>95</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="E236" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="F236" s="0" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="G236" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="H236" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="I236" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J236" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="K236" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="L236" s="0">
         <x:v>45</x:v>
       </x:c>
     </x:row>
     <x:row r="237" spans="1:12">
       <x:c r="A237" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B237" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C237" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="D237" s="0" t="s">
-        <x:v>95</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="E237" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="F237" s="0" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="G237" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="H237" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="I237" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J237" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="K237" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="L237" s="0">
         <x:v>166</x:v>
       </x:c>
     </x:row>
     <x:row r="238" spans="1:12">
       <x:c r="A238" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B238" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C238" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="D238" s="0" t="s">
-        <x:v>95</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="E238" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="F238" s="0" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="G238" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="H238" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="I238" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J238" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="K238" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
+      <x:c r="L238" s="0" t="s">
+        <x:v>95</x:v>
+      </x:c>
     </x:row>
     <x:row r="239" spans="1:12">
       <x:c r="A239" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B239" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C239" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="D239" s="0" t="s">
-        <x:v>95</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="E239" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="F239" s="0" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="G239" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="H239" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="I239" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J239" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="K239" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="L239" s="0">
         <x:v>38</x:v>
       </x:c>
     </x:row>
     <x:row r="240" spans="1:12">
       <x:c r="A240" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B240" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C240" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="D240" s="0" t="s">
-        <x:v>95</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="E240" s="0" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="F240" s="0" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="G240" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="H240" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="I240" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J240" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="K240" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="L240" s="0">
         <x:v>1845</x:v>
       </x:c>
     </x:row>
     <x:row r="241" spans="1:12">
       <x:c r="A241" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B241" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C241" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="D241" s="0" t="s">
-        <x:v>95</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="E241" s="0" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="F241" s="0" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="G241" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="H241" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="I241" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J241" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="K241" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="L241" s="0">
         <x:v>1146</x:v>
       </x:c>
     </x:row>
     <x:row r="242" spans="1:12">
       <x:c r="A242" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B242" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C242" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="D242" s="0" t="s">
-        <x:v>95</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="E242" s="0" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="F242" s="0" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="G242" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="H242" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="I242" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J242" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="K242" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="L242" s="0">
         <x:v>243</x:v>
       </x:c>
     </x:row>
     <x:row r="243" spans="1:12">
       <x:c r="A243" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B243" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C243" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="D243" s="0" t="s">
-        <x:v>95</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="E243" s="0" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="F243" s="0" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="G243" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="H243" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="I243" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J243" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="K243" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="L243" s="0">
         <x:v>69</x:v>
       </x:c>
     </x:row>
     <x:row r="244" spans="1:12">
       <x:c r="A244" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B244" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C244" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="D244" s="0" t="s">
-        <x:v>95</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="E244" s="0" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="F244" s="0" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="G244" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="H244" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="I244" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J244" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="K244" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="L244" s="0">
         <x:v>263</x:v>
       </x:c>
     </x:row>
     <x:row r="245" spans="1:12">
       <x:c r="A245" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B245" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C245" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="D245" s="0" t="s">
-        <x:v>95</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="E245" s="0" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="F245" s="0" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="G245" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="H245" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="I245" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J245" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="K245" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="L245" s="0">
         <x:v>2</x:v>
       </x:c>
     </x:row>
     <x:row r="246" spans="1:12">
       <x:c r="A246" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B246" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C246" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="D246" s="0" t="s">
-        <x:v>95</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="E246" s="0" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="F246" s="0" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="G246" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="H246" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="I246" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J246" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="K246" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="L246" s="0">
         <x:v>122</x:v>
       </x:c>
     </x:row>
     <x:row r="247" spans="1:12">
       <x:c r="A247" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B247" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C247" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="D247" s="0" t="s">
-        <x:v>95</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="E247" s="0" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="F247" s="0" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="G247" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="H247" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="I247" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J247" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="K247" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="L247" s="0">
         <x:v>3130</x:v>
       </x:c>
     </x:row>
     <x:row r="248" spans="1:12">
       <x:c r="A248" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B248" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C248" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="D248" s="0" t="s">
-        <x:v>95</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="E248" s="0" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="F248" s="0" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="G248" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="H248" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="I248" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J248" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="K248" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="L248" s="0">
         <x:v>1464</x:v>
       </x:c>
     </x:row>
     <x:row r="249" spans="1:12">
       <x:c r="A249" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B249" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C249" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="D249" s="0" t="s">
-        <x:v>95</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="E249" s="0" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="F249" s="0" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="G249" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="H249" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="I249" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J249" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="K249" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="L249" s="0">
         <x:v>581</x:v>
       </x:c>
     </x:row>
     <x:row r="250" spans="1:12">
       <x:c r="A250" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B250" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C250" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="D250" s="0" t="s">
-        <x:v>95</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="E250" s="0" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="F250" s="0" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="G250" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="H250" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="I250" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J250" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="K250" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="L250" s="0">
         <x:v>218</x:v>
       </x:c>
     </x:row>
     <x:row r="251" spans="1:12">
       <x:c r="A251" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B251" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C251" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="D251" s="0" t="s">
-        <x:v>95</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="E251" s="0" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="F251" s="0" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="G251" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="H251" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="I251" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J251" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="K251" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="L251" s="0">
         <x:v>776</x:v>
       </x:c>
     </x:row>
     <x:row r="252" spans="1:12">
       <x:c r="A252" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B252" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C252" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="D252" s="0" t="s">
-        <x:v>95</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="E252" s="0" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="F252" s="0" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="G252" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="H252" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="I252" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J252" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="K252" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="L252" s="0">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="253" spans="1:12">
       <x:c r="A253" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B253" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C253" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="D253" s="0" t="s">
-        <x:v>95</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="E253" s="0" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="F253" s="0" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="G253" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="H253" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="I253" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J253" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="K253" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="L253" s="0">
         <x:v>79</x:v>
       </x:c>
     </x:row>
     <x:row r="254" spans="1:12">
       <x:c r="A254" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B254" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C254" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="D254" s="0" t="s">
-        <x:v>95</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="E254" s="0" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="F254" s="0" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="G254" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="H254" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="I254" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J254" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="K254" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="L254" s="0">
         <x:v>2120</x:v>
       </x:c>
     </x:row>
     <x:row r="255" spans="1:12">
       <x:c r="A255" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B255" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C255" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="D255" s="0" t="s">
-        <x:v>95</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="E255" s="0" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="F255" s="0" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="G255" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="H255" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="I255" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J255" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="K255" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="L255" s="0">
         <x:v>1122</x:v>
       </x:c>
     </x:row>
     <x:row r="256" spans="1:12">
       <x:c r="A256" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B256" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C256" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="D256" s="0" t="s">
-        <x:v>95</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="E256" s="0" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="F256" s="0" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="G256" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="H256" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="I256" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J256" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="K256" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="L256" s="0">
         <x:v>246</x:v>
       </x:c>
     </x:row>
     <x:row r="257" spans="1:12">
       <x:c r="A257" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B257" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C257" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="D257" s="0" t="s">
-        <x:v>95</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="E257" s="0" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="F257" s="0" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="G257" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="H257" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="I257" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J257" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="K257" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="L257" s="0">
         <x:v>129</x:v>
       </x:c>
     </x:row>
     <x:row r="258" spans="1:12">
       <x:c r="A258" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B258" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C258" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="D258" s="0" t="s">
-        <x:v>95</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="E258" s="0" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="F258" s="0" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="G258" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="H258" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="I258" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J258" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="K258" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="L258" s="0">
         <x:v>452</x:v>
       </x:c>
     </x:row>
     <x:row r="259" spans="1:12">
       <x:c r="A259" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B259" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C259" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="D259" s="0" t="s">
-        <x:v>95</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="E259" s="0" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="F259" s="0" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="G259" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="H259" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="I259" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J259" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="K259" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="L259" s="0">
         <x:v>3</x:v>
       </x:c>
     </x:row>
     <x:row r="260" spans="1:12">
       <x:c r="A260" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B260" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C260" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="D260" s="0" t="s">
-        <x:v>95</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="E260" s="0" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="F260" s="0" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="G260" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="H260" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="I260" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J260" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="K260" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="L260" s="0">
         <x:v>168</x:v>
       </x:c>
     </x:row>
     <x:row r="261" spans="1:12">
       <x:c r="A261" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B261" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C261" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="D261" s="0" t="s">
-        <x:v>95</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="E261" s="0" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="F261" s="0" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="G261" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="H261" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="I261" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J261" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="K261" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="L261" s="0">
         <x:v>4062</x:v>
       </x:c>
     </x:row>
     <x:row r="262" spans="1:12">
       <x:c r="A262" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B262" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C262" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="D262" s="0" t="s">
-        <x:v>95</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="E262" s="0" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="F262" s="0" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="G262" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="H262" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="I262" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J262" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="K262" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="L262" s="0">
         <x:v>2032</x:v>
       </x:c>
     </x:row>
     <x:row r="263" spans="1:12">
       <x:c r="A263" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B263" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C263" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="D263" s="0" t="s">
-        <x:v>95</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="E263" s="0" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="F263" s="0" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="G263" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="H263" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="I263" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J263" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="K263" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="L263" s="0">
         <x:v>582</x:v>
       </x:c>
     </x:row>
     <x:row r="264" spans="1:12">
       <x:c r="A264" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B264" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C264" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="D264" s="0" t="s">
-        <x:v>95</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="E264" s="0" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="F264" s="0" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="G264" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="H264" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="I264" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J264" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="K264" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="L264" s="0">
         <x:v>236</x:v>
       </x:c>
     </x:row>
     <x:row r="265" spans="1:12">
       <x:c r="A265" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B265" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C265" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="D265" s="0" t="s">
-        <x:v>95</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="E265" s="0" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="F265" s="0" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="G265" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="H265" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="I265" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J265" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="K265" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="L265" s="0">
         <x:v>1036</x:v>
       </x:c>
     </x:row>
     <x:row r="266" spans="1:12">
       <x:c r="A266" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B266" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C266" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="D266" s="0" t="s">
-        <x:v>95</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="E266" s="0" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="F266" s="0" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="G266" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="H266" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="I266" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J266" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="K266" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="L266" s="0">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="267" spans="1:12">
       <x:c r="A267" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B267" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C267" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="D267" s="0" t="s">
-        <x:v>95</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="E267" s="0" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="F267" s="0" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="G267" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="H267" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="I267" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J267" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="K267" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="L267" s="0">
         <x:v>166</x:v>
       </x:c>
     </x:row>
     <x:row r="268" spans="1:12">
       <x:c r="A268" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B268" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C268" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="D268" s="0" t="s">
-        <x:v>95</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="E268" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="F268" s="0" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="G268" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="H268" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="I268" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J268" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="K268" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="L268" s="0">
         <x:v>599335</x:v>
       </x:c>
     </x:row>
     <x:row r="269" spans="1:12">
       <x:c r="A269" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B269" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C269" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="D269" s="0" t="s">
-        <x:v>95</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="E269" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="F269" s="0" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="G269" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="H269" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="I269" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J269" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="K269" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="L269" s="0">
         <x:v>282175</x:v>
       </x:c>
     </x:row>
     <x:row r="270" spans="1:12">
       <x:c r="A270" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B270" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C270" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="D270" s="0" t="s">
-        <x:v>95</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="E270" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="F270" s="0" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="G270" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="H270" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="I270" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J270" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="K270" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="L270" s="0">
         <x:v>99634</x:v>
       </x:c>
     </x:row>
     <x:row r="271" spans="1:12">
       <x:c r="A271" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B271" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C271" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="D271" s="0" t="s">
-        <x:v>95</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="E271" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="F271" s="0" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="G271" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="H271" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="I271" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J271" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="K271" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="L271" s="0">
         <x:v>43776</x:v>
       </x:c>
     </x:row>
     <x:row r="272" spans="1:12">
       <x:c r="A272" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B272" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C272" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="D272" s="0" t="s">
-        <x:v>95</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="E272" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="F272" s="0" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="G272" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="H272" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="I272" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J272" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="K272" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="L272" s="0">
         <x:v>157832</x:v>
       </x:c>
     </x:row>
     <x:row r="273" spans="1:12">
       <x:c r="A273" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B273" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C273" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="D273" s="0" t="s">
-        <x:v>95</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="E273" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="F273" s="0" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="G273" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="H273" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="I273" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J273" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="K273" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="L273" s="0">
         <x:v>1845</x:v>
       </x:c>
     </x:row>
     <x:row r="274" spans="1:12">
       <x:c r="A274" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B274" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C274" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="D274" s="0" t="s">
-        <x:v>95</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="E274" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="F274" s="0" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="G274" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="H274" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="I274" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J274" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="K274" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="L274" s="0">
         <x:v>14073</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="1">
     <x:tablePart r:id="rId15"/>
   </x:tableParts>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:sheetData/>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Application>Microsoft Excel</ap:Application>
   <ap:TitlesOfParts>
     <vt:vector baseType="lpstr" size="9">
       <vt:lpstr>About</vt:lpstr>
       <vt:lpstr>Unpivoted</vt:lpstr>
       <vt:lpstr>Pivoted</vt:lpstr>
@@ -11842,51 +11667,51 @@
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>3</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Named Ranges</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>6</vt:i4>
       </vt:variant>
     </vt:vector>
   </ap:HeadingPairs>
   <ap:DocSecurity>0</ap:DocSecurity>
   <ap:ScaleCrop>false</ap:ScaleCrop>
 </ap:Properties>
 </file>
 
 <file path=pivotCache/_rels/pivotCacheDefinition1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheRecords" Target="/pivotCache/pivotCacheRecords1.xml" Id="rId1" /></Relationships>
 </file>
 
 <file path=pivotCache/pivotCacheDefinition1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:pivotCacheDefinition xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" r:id="rId1" saveData="1" refreshOnLoad="1" createdVersion="5" refreshedVersion="5" minRefreshableVersion="3">
   <x:cacheSource type="worksheet">
-    <x:worksheetSource ref="A1:L274" sheet="Unpivoted"/>
+    <x:worksheetSource name="Unpivoted"/>
   </x:cacheSource>
   <x:cacheFields>
     <x:cacheField name="STATISTIC">
       <x:sharedItems count="1">
         <x:s v="CD452"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="Statistic Label">
       <x:sharedItems count="1">
         <x:s v="Private Households in Permanent Housing Units"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="C02701V03269">
       <x:sharedItems count="3">
         <x:s v="-01"/>
         <x:s v="06"/>
         <x:s v="01"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="Aggregate Town or Rural Area">
       <x:sharedItems count="3">
         <x:s v="State"/>
         <x:s v="Aggregate Town Area"/>
         <x:s v="Aggregate Rural Area"/>
       </x:sharedItems>
@@ -12194,27 +12019,3850 @@
         <x:n v="776"/>
         <x:n v="79"/>
         <x:n v="2120"/>
         <x:n v="1122"/>
         <x:n v="246"/>
         <x:n v="452"/>
         <x:n v="4062"/>
         <x:n v="2032"/>
         <x:n v="582"/>
         <x:n v="236"/>
         <x:n v="1036"/>
         <x:n v="10"/>
         <x:n v="599335"/>
         <x:n v="282175"/>
         <x:n v="99634"/>
         <x:n v="43776"/>
         <x:n v="157832"/>
         <x:n v="14073"/>
       </x:sharedItems>
     </x:cacheField>
   </x:cacheFields>
 </x:pivotCacheDefinition>
 </file>
 
 <file path=pivotCache/pivotCacheRecords1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main"/>
+<pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="xr">
+  <r>
+    <s v="CD452"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="-"/>
+    <s v="All types of water supply"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1336859"/>
+  </r>
+  <r>
+    <s v="CD452"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="01"/>
+    <s v="Public mains"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1001007"/>
+  </r>
+  <r>
+    <s v="CD452"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="02"/>
+    <s v="Local authority group scheme"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="119382"/>
+  </r>
+  <r>
+    <s v="CD452"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="03"/>
+    <s v="Private group scheme"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="39356"/>
+  </r>
+  <r>
+    <s v="CD452"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="04"/>
+    <s v="Other private source"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="142988"/>
+  </r>
+  <r>
+    <s v="CD452"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="05"/>
+    <s v="No piped water"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1733"/>
+  </r>
+  <r>
+    <s v="CD452"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="32393"/>
+  </r>
+  <r>
+    <s v="CD452"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="XI"/>
+    <s v="Northern Ireland"/>
+    <s v="-"/>
+    <s v="All types of water supply"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="25535"/>
+  </r>
+  <r>
+    <s v="CD452"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="XI"/>
+    <s v="Northern Ireland"/>
+    <s v="01"/>
+    <s v="Public mains"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="20109"/>
+  </r>
+  <r>
+    <s v="CD452"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="XI"/>
+    <s v="Northern Ireland"/>
+    <s v="02"/>
+    <s v="Local authority group scheme"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2141"/>
+  </r>
+  <r>
+    <s v="CD452"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="XI"/>
+    <s v="Northern Ireland"/>
+    <s v="03"/>
+    <s v="Private group scheme"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="732"/>
+  </r>
+  <r>
+    <s v="CD452"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="XI"/>
+    <s v="Northern Ireland"/>
+    <s v="04"/>
+    <s v="Other private source"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2045"/>
+  </r>
+  <r>
+    <s v="CD452"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="XI"/>
+    <s v="Northern Ireland"/>
+    <s v="05"/>
+    <s v="No piped water"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="34"/>
+  </r>
+  <r>
+    <s v="CD452"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="XI"/>
+    <s v="Northern Ireland"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="474"/>
+  </r>
+  <r>
+    <s v="CD452"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="XEXW"/>
+    <s v="England and Wales"/>
+    <s v="-"/>
+    <s v="All types of water supply"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="92167"/>
+  </r>
+  <r>
+    <s v="CD452"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="XEXW"/>
+    <s v="England and Wales"/>
+    <s v="01"/>
+    <s v="Public mains"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="66820"/>
+  </r>
+  <r>
+    <s v="CD452"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="XEXW"/>
+    <s v="England and Wales"/>
+    <s v="02"/>
+    <s v="Local authority group scheme"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="9250"/>
+  </r>
+  <r>
+    <s v="CD452"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="XEXW"/>
+    <s v="England and Wales"/>
+    <s v="03"/>
+    <s v="Private group scheme"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3514"/>
+  </r>
+  <r>
+    <s v="CD452"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="XEXW"/>
+    <s v="England and Wales"/>
+    <s v="04"/>
+    <s v="Other private source"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="10506"/>
+  </r>
+  <r>
+    <s v="CD452"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="XEXW"/>
+    <s v="England and Wales"/>
+    <s v="05"/>
+    <s v="No piped water"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="129"/>
+  </r>
+  <r>
+    <s v="CD452"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="XEXW"/>
+    <s v="England and Wales"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1948"/>
+  </r>
+  <r>
+    <s v="CD452"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="XS"/>
+    <s v="Scotland"/>
+    <s v="-"/>
+    <s v="All types of water supply"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="8450"/>
+  </r>
+  <r>
+    <s v="CD452"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="XS"/>
+    <s v="Scotland"/>
+    <s v="01"/>
+    <s v="Public mains"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="6611"/>
+  </r>
+  <r>
+    <s v="CD452"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="XS"/>
+    <s v="Scotland"/>
+    <s v="02"/>
+    <s v="Local authority group scheme"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="812"/>
+  </r>
+  <r>
+    <s v="CD452"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="XS"/>
+    <s v="Scotland"/>
+    <s v="03"/>
+    <s v="Private group scheme"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="201"/>
+  </r>
+  <r>
+    <s v="CD452"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="XS"/>
+    <s v="Scotland"/>
+    <s v="04"/>
+    <s v="Other private source"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="629"/>
+  </r>
+  <r>
+    <s v="CD452"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="XS"/>
+    <s v="Scotland"/>
+    <s v="05"/>
+    <s v="No piped water"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5"/>
+  </r>
+  <r>
+    <s v="CD452"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="XS"/>
+    <s v="Scotland"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="192"/>
+  </r>
+  <r>
+    <s v="CD452"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="LT"/>
+    <s v="Lithuania"/>
+    <s v="-"/>
+    <s v="All types of water supply"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="43053"/>
+  </r>
+  <r>
+    <s v="CD452"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="LT"/>
+    <s v="Lithuania"/>
+    <s v="01"/>
+    <s v="Public mains"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="37750"/>
+  </r>
+  <r>
+    <s v="CD452"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="LT"/>
+    <s v="Lithuania"/>
+    <s v="02"/>
+    <s v="Local authority group scheme"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1634"/>
+  </r>
+  <r>
+    <s v="CD452"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="LT"/>
+    <s v="Lithuania"/>
+    <s v="03"/>
+    <s v="Private group scheme"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="259"/>
+  </r>
+  <r>
+    <s v="CD452"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="LT"/>
+    <s v="Lithuania"/>
+    <s v="04"/>
+    <s v="Other private source"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="503"/>
+  </r>
+  <r>
+    <s v="CD452"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="LT"/>
+    <s v="Lithuania"/>
+    <s v="05"/>
+    <s v="No piped water"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="12"/>
+  </r>
+  <r>
+    <s v="CD452"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="LT"/>
+    <s v="Lithuania"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2895"/>
+  </r>
+  <r>
+    <s v="CD452"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="PL"/>
+    <s v="Poland"/>
+    <s v="-"/>
+    <s v="All types of water supply"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="12439"/>
+  </r>
+  <r>
+    <s v="CD452"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="PL"/>
+    <s v="Poland"/>
+    <s v="01"/>
+    <s v="Public mains"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="10262"/>
+  </r>
+  <r>
+    <s v="CD452"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="PL"/>
+    <s v="Poland"/>
+    <s v="02"/>
+    <s v="Local authority group scheme"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="813"/>
+  </r>
+  <r>
+    <s v="CD452"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="PL"/>
+    <s v="Poland"/>
+    <s v="03"/>
+    <s v="Private group scheme"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="143"/>
+  </r>
+  <r>
+    <s v="CD452"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="PL"/>
+    <s v="Poland"/>
+    <s v="04"/>
+    <s v="Other private source"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="128"/>
+  </r>
+  <r>
+    <s v="CD452"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="PL"/>
+    <s v="Poland"/>
+    <s v="05"/>
+    <s v="No piped water"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="6"/>
+  </r>
+  <r>
+    <s v="CD452"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="PL"/>
+    <s v="Poland"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1087"/>
+  </r>
+  <r>
+    <s v="CD452"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="ZZEUBQ7"/>
+    <s v="Other EU27 (5)"/>
+    <s v="-"/>
+    <s v="All types of water supply"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="45101"/>
+  </r>
+  <r>
+    <s v="CD452"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="ZZEUBQ7"/>
+    <s v="Other EU27 (5)"/>
+    <s v="01"/>
+    <s v="Public mains"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="37069"/>
+  </r>
+  <r>
+    <s v="CD452"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="ZZEUBQ7"/>
+    <s v="Other EU27 (5)"/>
+    <s v="02"/>
+    <s v="Local authority group scheme"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2519"/>
+  </r>
+  <r>
+    <s v="CD452"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="ZZEUBQ7"/>
+    <s v="Other EU27 (5)"/>
+    <s v="03"/>
+    <s v="Private group scheme"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="552"/>
+  </r>
+  <r>
+    <s v="CD452"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="ZZEUBQ7"/>
+    <s v="Other EU27 (5)"/>
+    <s v="04"/>
+    <s v="Other private source"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1801"/>
+  </r>
+  <r>
+    <s v="CD452"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="ZZEUBQ7"/>
+    <s v="Other EU27 (5)"/>
+    <s v="05"/>
+    <s v="No piped water"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="69"/>
+  </r>
+  <r>
+    <s v="CD452"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="ZZEUBQ7"/>
+    <s v="Other EU27 (5)"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3091"/>
+  </r>
+  <r>
+    <s v="CD452"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="ZZEURQ01"/>
+    <s v="Other Europe (8)"/>
+    <s v="-"/>
+    <s v="All types of water supply"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="8111"/>
+  </r>
+  <r>
+    <s v="CD452"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="ZZEURQ01"/>
+    <s v="Other Europe (8)"/>
+    <s v="01"/>
+    <s v="Public mains"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="6819"/>
+  </r>
+  <r>
+    <s v="CD452"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="ZZEURQ01"/>
+    <s v="Other Europe (8)"/>
+    <s v="02"/>
+    <s v="Local authority group scheme"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="503"/>
+  </r>
+  <r>
+    <s v="CD452"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="ZZEURQ01"/>
+    <s v="Other Europe (8)"/>
+    <s v="03"/>
+    <s v="Private group scheme"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="70"/>
+  </r>
+  <r>
+    <s v="CD452"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="ZZEURQ01"/>
+    <s v="Other Europe (8)"/>
+    <s v="04"/>
+    <s v="Other private source"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="179"/>
+  </r>
+  <r>
+    <s v="CD452"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="ZZEURQ01"/>
+    <s v="Other Europe (8)"/>
+    <s v="05"/>
+    <s v="No piped water"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3"/>
+  </r>
+  <r>
+    <s v="CD452"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="ZZEURQ01"/>
+    <s v="Other Europe (8)"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="537"/>
+  </r>
+  <r>
+    <s v="CD452"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="ZZAA1"/>
+    <s v="Africa (2)"/>
+    <s v="-"/>
+    <s v="All types of water supply"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="27713"/>
+  </r>
+  <r>
+    <s v="CD452"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="ZZAA1"/>
+    <s v="Africa (2)"/>
+    <s v="01"/>
+    <s v="Public mains"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="21764"/>
+  </r>
+  <r>
+    <s v="CD452"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="ZZAA1"/>
+    <s v="Africa (2)"/>
+    <s v="02"/>
+    <s v="Local authority group scheme"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2928"/>
+  </r>
+  <r>
+    <s v="CD452"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="ZZAA1"/>
+    <s v="Africa (2)"/>
+    <s v="03"/>
+    <s v="Private group scheme"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="214"/>
+  </r>
+  <r>
+    <s v="CD452"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="ZZAA1"/>
+    <s v="Africa (2)"/>
+    <s v="04"/>
+    <s v="Other private source"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="363"/>
+  </r>
+  <r>
+    <s v="CD452"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="ZZAA1"/>
+    <s v="Africa (2)"/>
+    <s v="05"/>
+    <s v="No piped water"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="32"/>
+  </r>
+  <r>
+    <s v="CD452"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="ZZAA1"/>
+    <s v="Africa (2)"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2412"/>
+  </r>
+  <r>
+    <s v="CD452"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="ZZABB"/>
+    <s v="Asia (2)"/>
+    <s v="-"/>
+    <s v="All types of water supply"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="8185"/>
+  </r>
+  <r>
+    <s v="CD452"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="ZZABB"/>
+    <s v="Asia (2)"/>
+    <s v="01"/>
+    <s v="Public mains"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="6155"/>
+  </r>
+  <r>
+    <s v="CD452"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="ZZABB"/>
+    <s v="Asia (2)"/>
+    <s v="02"/>
+    <s v="Local authority group scheme"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="766"/>
+  </r>
+  <r>
+    <s v="CD452"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="ZZABB"/>
+    <s v="Asia (2)"/>
+    <s v="03"/>
+    <s v="Private group scheme"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="226"/>
+  </r>
+  <r>
+    <s v="CD452"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="ZZABB"/>
+    <s v="Asia (2)"/>
+    <s v="04"/>
+    <s v="Other private source"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="791"/>
+  </r>
+  <r>
+    <s v="CD452"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="ZZABB"/>
+    <s v="Asia (2)"/>
+    <s v="05"/>
+    <s v="No piped water"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="12"/>
+  </r>
+  <r>
+    <s v="CD452"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="ZZABB"/>
+    <s v="Asia (2)"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="235"/>
+  </r>
+  <r>
+    <s v="CD452"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="US"/>
+    <s v="United States"/>
+    <s v="-"/>
+    <s v="All types of water supply"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="22573"/>
+  </r>
+  <r>
+    <s v="CD452"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="US"/>
+    <s v="United States"/>
+    <s v="01"/>
+    <s v="Public mains"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="17233"/>
+  </r>
+  <r>
+    <s v="CD452"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="US"/>
+    <s v="United States"/>
+    <s v="02"/>
+    <s v="Local authority group scheme"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2475"/>
+  </r>
+  <r>
+    <s v="CD452"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="US"/>
+    <s v="United States"/>
+    <s v="03"/>
+    <s v="Private group scheme"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="218"/>
+  </r>
+  <r>
+    <s v="CD452"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="US"/>
+    <s v="United States"/>
+    <s v="04"/>
+    <s v="Other private source"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="500"/>
+  </r>
+  <r>
+    <s v="CD452"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="US"/>
+    <s v="United States"/>
+    <s v="05"/>
+    <s v="No piped water"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="29"/>
+  </r>
+  <r>
+    <s v="CD452"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="US"/>
+    <s v="United States"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2118"/>
+  </r>
+  <r>
+    <s v="CD452"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="ZZWORX13"/>
+    <s v="Other countries (13)"/>
+    <s v="-"/>
+    <s v="All types of water supply"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="19222"/>
+  </r>
+  <r>
+    <s v="CD452"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="ZZWORX13"/>
+    <s v="Other countries (13)"/>
+    <s v="01"/>
+    <s v="Public mains"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="15586"/>
+  </r>
+  <r>
+    <s v="CD452"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="ZZWORX13"/>
+    <s v="Other countries (13)"/>
+    <s v="02"/>
+    <s v="Local authority group scheme"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1205"/>
+  </r>
+  <r>
+    <s v="CD452"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="ZZWORX13"/>
+    <s v="Other countries (13)"/>
+    <s v="03"/>
+    <s v="Private group scheme"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="289"/>
+  </r>
+  <r>
+    <s v="CD452"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="ZZWORX13"/>
+    <s v="Other countries (13)"/>
+    <s v="04"/>
+    <s v="Other private source"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1099"/>
+  </r>
+  <r>
+    <s v="CD452"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="ZZWORX13"/>
+    <s v="Other countries (13)"/>
+    <s v="05"/>
+    <s v="No piped water"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="16"/>
+  </r>
+  <r>
+    <s v="CD452"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="ZZWORX13"/>
+    <s v="Other countries (13)"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1027"/>
+  </r>
+  <r>
+    <s v="CD452"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="-"/>
+    <s v="All types of water supply"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1649408"/>
+  </r>
+  <r>
+    <s v="CD452"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="01"/>
+    <s v="Public mains"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1247185"/>
+  </r>
+  <r>
+    <s v="CD452"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="02"/>
+    <s v="Local authority group scheme"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="144428"/>
+  </r>
+  <r>
+    <s v="CD452"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="03"/>
+    <s v="Private group scheme"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="45774"/>
+  </r>
+  <r>
+    <s v="CD452"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="04"/>
+    <s v="Other private source"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="161532"/>
+  </r>
+  <r>
+    <s v="CD452"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="05"/>
+    <s v="No piped water"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2080"/>
+  </r>
+  <r>
+    <s v="CD452"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="48409"/>
+  </r>
+  <r>
+    <s v="CD452"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="-"/>
+    <s v="All types of water supply"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="818198"/>
+  </r>
+  <r>
+    <s v="CD452"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="01"/>
+    <s v="Public mains"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="760091"/>
+  </r>
+  <r>
+    <s v="CD452"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="02"/>
+    <s v="Local authority group scheme"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="32793"/>
+  </r>
+  <r>
+    <s v="CD452"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="03"/>
+    <s v="Private group scheme"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1276"/>
+  </r>
+  <r>
+    <s v="CD452"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="04"/>
+    <s v="Other private source"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3027"/>
+  </r>
+  <r>
+    <s v="CD452"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="05"/>
+    <s v="No piped water"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="101"/>
+  </r>
+  <r>
+    <s v="CD452"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="20910"/>
+  </r>
+  <r>
+    <s v="CD452"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="XI"/>
+    <s v="Northern Ireland"/>
+    <s v="-"/>
+    <s v="All types of water supply"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="14834"/>
+  </r>
+  <r>
+    <s v="CD452"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="XI"/>
+    <s v="Northern Ireland"/>
+    <s v="01"/>
+    <s v="Public mains"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="14149"/>
+  </r>
+  <r>
+    <s v="CD452"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="XI"/>
+    <s v="Northern Ireland"/>
+    <s v="02"/>
+    <s v="Local authority group scheme"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="409"/>
+  </r>
+  <r>
+    <s v="CD452"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="XI"/>
+    <s v="Northern Ireland"/>
+    <s v="03"/>
+    <s v="Private group scheme"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="17"/>
+  </r>
+  <r>
+    <s v="CD452"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="XI"/>
+    <s v="Northern Ireland"/>
+    <s v="04"/>
+    <s v="Other private source"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="36"/>
+  </r>
+  <r>
+    <s v="CD452"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="XI"/>
+    <s v="Northern Ireland"/>
+    <s v="05"/>
+    <s v="No piped water"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="CD452"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="XI"/>
+    <s v="Northern Ireland"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="223"/>
+  </r>
+  <r>
+    <s v="CD452"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="XEXW"/>
+    <s v="England and Wales"/>
+    <s v="-"/>
+    <s v="All types of water supply"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="50520"/>
+  </r>
+  <r>
+    <s v="CD452"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="XEXW"/>
+    <s v="England and Wales"/>
+    <s v="01"/>
+    <s v="Public mains"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="47405"/>
+  </r>
+  <r>
+    <s v="CD452"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="XEXW"/>
+    <s v="England and Wales"/>
+    <s v="02"/>
+    <s v="Local authority group scheme"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1811"/>
+  </r>
+  <r>
+    <s v="CD452"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="XEXW"/>
+    <s v="England and Wales"/>
+    <s v="03"/>
+    <s v="Private group scheme"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="84"/>
+  </r>
+  <r>
+    <s v="CD452"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="XEXW"/>
+    <s v="England and Wales"/>
+    <s v="04"/>
+    <s v="Other private source"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="168"/>
+  </r>
+  <r>
+    <s v="CD452"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="XEXW"/>
+    <s v="England and Wales"/>
+    <s v="05"/>
+    <s v="No piped water"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="6"/>
+  </r>
+  <r>
+    <s v="CD452"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="XEXW"/>
+    <s v="England and Wales"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1046"/>
+  </r>
+  <r>
+    <s v="CD452"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="XS"/>
+    <s v="Scotland"/>
+    <s v="-"/>
+    <s v="All types of water supply"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4604"/>
+  </r>
+  <r>
+    <s v="CD452"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="XS"/>
+    <s v="Scotland"/>
+    <s v="01"/>
+    <s v="Public mains"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4304"/>
+  </r>
+  <r>
+    <s v="CD452"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="XS"/>
+    <s v="Scotland"/>
+    <s v="02"/>
+    <s v="Local authority group scheme"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="168"/>
+  </r>
+  <r>
+    <s v="CD452"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="XS"/>
+    <s v="Scotland"/>
+    <s v="03"/>
+    <s v="Private group scheme"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="7"/>
+  </r>
+  <r>
+    <s v="CD452"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="XS"/>
+    <s v="Scotland"/>
+    <s v="04"/>
+    <s v="Other private source"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="7"/>
+  </r>
+  <r>
+    <s v="CD452"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="XS"/>
+    <s v="Scotland"/>
+    <s v="05"/>
+    <s v="No piped water"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="CD452"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="XS"/>
+    <s v="Scotland"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="117"/>
+  </r>
+  <r>
+    <s v="CD452"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="LT"/>
+    <s v="Lithuania"/>
+    <s v="-"/>
+    <s v="All types of water supply"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="38833"/>
+  </r>
+  <r>
+    <s v="CD452"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="LT"/>
+    <s v="Lithuania"/>
+    <s v="01"/>
+    <s v="Public mains"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="34876"/>
+  </r>
+  <r>
+    <s v="CD452"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="LT"/>
+    <s v="Lithuania"/>
+    <s v="02"/>
+    <s v="Local authority group scheme"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1184"/>
+  </r>
+  <r>
+    <s v="CD452"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="LT"/>
+    <s v="Lithuania"/>
+    <s v="03"/>
+    <s v="Private group scheme"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="116"/>
+  </r>
+  <r>
+    <s v="CD452"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="LT"/>
+    <s v="Lithuania"/>
+    <s v="04"/>
+    <s v="Other private source"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="78"/>
+  </r>
+  <r>
+    <s v="CD452"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="LT"/>
+    <s v="Lithuania"/>
+    <s v="05"/>
+    <s v="No piped water"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="8"/>
+  </r>
+  <r>
+    <s v="CD452"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="LT"/>
+    <s v="Lithuania"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2571"/>
+  </r>
+  <r>
+    <s v="CD452"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="PL"/>
+    <s v="Poland"/>
+    <s v="-"/>
+    <s v="All types of water supply"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="10931"/>
+  </r>
+  <r>
+    <s v="CD452"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="PL"/>
+    <s v="Poland"/>
+    <s v="01"/>
+    <s v="Public mains"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="9301"/>
+  </r>
+  <r>
+    <s v="CD452"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="PL"/>
+    <s v="Poland"/>
+    <s v="02"/>
+    <s v="Local authority group scheme"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="634"/>
+  </r>
+  <r>
+    <s v="CD452"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="PL"/>
+    <s v="Poland"/>
+    <s v="03"/>
+    <s v="Private group scheme"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="38"/>
+  </r>
+  <r>
+    <s v="CD452"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="PL"/>
+    <s v="Poland"/>
+    <s v="04"/>
+    <s v="Other private source"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="19"/>
+  </r>
+  <r>
+    <s v="CD452"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="PL"/>
+    <s v="Poland"/>
+    <s v="05"/>
+    <s v="No piped water"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5"/>
+  </r>
+  <r>
+    <s v="CD452"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="PL"/>
+    <s v="Poland"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="934"/>
+  </r>
+  <r>
+    <s v="CD452"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="ZZEUBQ7"/>
+    <s v="Other EU27 (5)"/>
+    <s v="-"/>
+    <s v="All types of water supply"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="38318"/>
+  </r>
+  <r>
+    <s v="CD452"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="ZZEUBQ7"/>
+    <s v="Other EU27 (5)"/>
+    <s v="01"/>
+    <s v="Public mains"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="33545"/>
+  </r>
+  <r>
+    <s v="CD452"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="ZZEUBQ7"/>
+    <s v="Other EU27 (5)"/>
+    <s v="02"/>
+    <s v="Local authority group scheme"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1679"/>
+  </r>
+  <r>
+    <s v="CD452"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="ZZEUBQ7"/>
+    <s v="Other EU27 (5)"/>
+    <s v="03"/>
+    <s v="Private group scheme"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="140"/>
+  </r>
+  <r>
+    <s v="CD452"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="ZZEUBQ7"/>
+    <s v="Other EU27 (5)"/>
+    <s v="04"/>
+    <s v="Other private source"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="126"/>
+  </r>
+  <r>
+    <s v="CD452"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="ZZEUBQ7"/>
+    <s v="Other EU27 (5)"/>
+    <s v="05"/>
+    <s v="No piped water"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="49"/>
+  </r>
+  <r>
+    <s v="CD452"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="ZZEUBQ7"/>
+    <s v="Other EU27 (5)"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2779"/>
+  </r>
+  <r>
+    <s v="CD452"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="ZZEURQ01"/>
+    <s v="Other Europe (8)"/>
+    <s v="-"/>
+    <s v="All types of water supply"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="7299"/>
+  </r>
+  <r>
+    <s v="CD452"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="ZZEURQ01"/>
+    <s v="Other Europe (8)"/>
+    <s v="01"/>
+    <s v="Public mains"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="6365"/>
+  </r>
+  <r>
+    <s v="CD452"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="ZZEURQ01"/>
+    <s v="Other Europe (8)"/>
+    <s v="02"/>
+    <s v="Local authority group scheme"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="394"/>
+  </r>
+  <r>
+    <s v="CD452"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="ZZEURQ01"/>
+    <s v="Other Europe (8)"/>
+    <s v="03"/>
+    <s v="Private group scheme"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="25"/>
+  </r>
+  <r>
+    <s v="CD452"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="ZZEURQ01"/>
+    <s v="Other Europe (8)"/>
+    <s v="04"/>
+    <s v="Other private source"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="13"/>
+  </r>
+  <r>
+    <s v="CD452"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="ZZEURQ01"/>
+    <s v="Other Europe (8)"/>
+    <s v="05"/>
+    <s v="No piped water"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3"/>
+  </r>
+  <r>
+    <s v="CD452"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="ZZEURQ01"/>
+    <s v="Other Europe (8)"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="499"/>
+  </r>
+  <r>
+    <s v="CD452"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="ZZAA1"/>
+    <s v="Africa (2)"/>
+    <s v="-"/>
+    <s v="All types of water supply"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="25868"/>
+  </r>
+  <r>
+    <s v="CD452"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="ZZAA1"/>
+    <s v="Africa (2)"/>
+    <s v="01"/>
+    <s v="Public mains"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="20618"/>
+  </r>
+  <r>
+    <s v="CD452"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="ZZAA1"/>
+    <s v="Africa (2)"/>
+    <s v="02"/>
+    <s v="Local authority group scheme"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2685"/>
+  </r>
+  <r>
+    <s v="CD452"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="ZZAA1"/>
+    <s v="Africa (2)"/>
+    <s v="03"/>
+    <s v="Private group scheme"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="145"/>
+  </r>
+  <r>
+    <s v="CD452"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="ZZAA1"/>
+    <s v="Africa (2)"/>
+    <s v="04"/>
+    <s v="Other private source"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="100"/>
+  </r>
+  <r>
+    <s v="CD452"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="ZZAA1"/>
+    <s v="Africa (2)"/>
+    <s v="05"/>
+    <s v="No piped water"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="30"/>
+  </r>
+  <r>
+    <s v="CD452"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="ZZAA1"/>
+    <s v="Africa (2)"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2290"/>
+  </r>
+  <r>
+    <s v="CD452"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="ZZABB"/>
+    <s v="Asia (2)"/>
+    <s v="-"/>
+    <s v="All types of water supply"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5055"/>
+  </r>
+  <r>
+    <s v="CD452"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="ZZABB"/>
+    <s v="Asia (2)"/>
+    <s v="01"/>
+    <s v="Public mains"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4691"/>
+  </r>
+  <r>
+    <s v="CD452"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="ZZABB"/>
+    <s v="Asia (2)"/>
+    <s v="02"/>
+    <s v="Local authority group scheme"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="185"/>
+  </r>
+  <r>
+    <s v="CD452"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="ZZABB"/>
+    <s v="Asia (2)"/>
+    <s v="03"/>
+    <s v="Private group scheme"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="8"/>
+  </r>
+  <r>
+    <s v="CD452"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="ZZABB"/>
+    <s v="Asia (2)"/>
+    <s v="04"/>
+    <s v="Other private source"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="15"/>
+  </r>
+  <r>
+    <s v="CD452"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="ZZABB"/>
+    <s v="Asia (2)"/>
+    <s v="05"/>
+    <s v="No piped water"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="CD452"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="ZZABB"/>
+    <s v="Asia (2)"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="156"/>
+  </r>
+  <r>
+    <s v="CD452"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="US"/>
+    <s v="United States"/>
+    <s v="-"/>
+    <s v="All types of water supply"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="20453"/>
+  </r>
+  <r>
+    <s v="CD452"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="US"/>
+    <s v="United States"/>
+    <s v="01"/>
+    <s v="Public mains"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="16111"/>
+  </r>
+  <r>
+    <s v="CD452"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="US"/>
+    <s v="United States"/>
+    <s v="02"/>
+    <s v="Local authority group scheme"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2229"/>
+  </r>
+  <r>
+    <s v="CD452"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="US"/>
+    <s v="United States"/>
+    <s v="03"/>
+    <s v="Private group scheme"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="89"/>
+  </r>
+  <r>
+    <s v="CD452"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="US"/>
+    <s v="United States"/>
+    <s v="04"/>
+    <s v="Other private source"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="48"/>
+  </r>
+  <r>
+    <s v="CD452"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="US"/>
+    <s v="United States"/>
+    <s v="05"/>
+    <s v="No piped water"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="26"/>
+  </r>
+  <r>
+    <s v="CD452"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="US"/>
+    <s v="United States"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1950"/>
+  </r>
+  <r>
+    <s v="CD452"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="ZZWORX13"/>
+    <s v="Other countries (13)"/>
+    <s v="-"/>
+    <s v="All types of water supply"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="15160"/>
+  </r>
+  <r>
+    <s v="CD452"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="ZZWORX13"/>
+    <s v="Other countries (13)"/>
+    <s v="01"/>
+    <s v="Public mains"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="13554"/>
+  </r>
+  <r>
+    <s v="CD452"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="ZZWORX13"/>
+    <s v="Other countries (13)"/>
+    <s v="02"/>
+    <s v="Local authority group scheme"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="623"/>
+  </r>
+  <r>
+    <s v="CD452"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="ZZWORX13"/>
+    <s v="Other countries (13)"/>
+    <s v="03"/>
+    <s v="Private group scheme"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="53"/>
+  </r>
+  <r>
+    <s v="CD452"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="ZZWORX13"/>
+    <s v="Other countries (13)"/>
+    <s v="04"/>
+    <s v="Other private source"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="63"/>
+  </r>
+  <r>
+    <s v="CD452"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="ZZWORX13"/>
+    <s v="Other countries (13)"/>
+    <s v="05"/>
+    <s v="No piped water"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="6"/>
+  </r>
+  <r>
+    <s v="CD452"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="ZZWORX13"/>
+    <s v="Other countries (13)"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="861"/>
+  </r>
+  <r>
+    <s v="CD452"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="-"/>
+    <s v="All types of water supply"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1050073"/>
+  </r>
+  <r>
+    <s v="CD452"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="01"/>
+    <s v="Public mains"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="965010"/>
+  </r>
+  <r>
+    <s v="CD452"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="02"/>
+    <s v="Local authority group scheme"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="44794"/>
+  </r>
+  <r>
+    <s v="CD452"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="03"/>
+    <s v="Private group scheme"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1998"/>
+  </r>
+  <r>
+    <s v="CD452"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="04"/>
+    <s v="Other private source"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3700"/>
+  </r>
+  <r>
+    <s v="CD452"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="05"/>
+    <s v="No piped water"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="235"/>
+  </r>
+  <r>
+    <s v="CD452"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="34336"/>
+  </r>
+  <r>
+    <s v="CD452"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="-"/>
+    <s v="All types of water supply"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="518661"/>
+  </r>
+  <r>
+    <s v="CD452"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="01"/>
+    <s v="Public mains"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="240916"/>
+  </r>
+  <r>
+    <s v="CD452"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="02"/>
+    <s v="Local authority group scheme"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="86589"/>
+  </r>
+  <r>
+    <s v="CD452"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="03"/>
+    <s v="Private group scheme"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="38080"/>
+  </r>
+  <r>
+    <s v="CD452"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="04"/>
+    <s v="Other private source"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="139961"/>
+  </r>
+  <r>
+    <s v="CD452"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="05"/>
+    <s v="No piped water"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1632"/>
+  </r>
+  <r>
+    <s v="CD452"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="11483"/>
+  </r>
+  <r>
+    <s v="CD452"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="XI"/>
+    <s v="Northern Ireland"/>
+    <s v="-"/>
+    <s v="All types of water supply"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="10701"/>
+  </r>
+  <r>
+    <s v="CD452"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="XI"/>
+    <s v="Northern Ireland"/>
+    <s v="01"/>
+    <s v="Public mains"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5960"/>
+  </r>
+  <r>
+    <s v="CD452"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="XI"/>
+    <s v="Northern Ireland"/>
+    <s v="02"/>
+    <s v="Local authority group scheme"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1732"/>
+  </r>
+  <r>
+    <s v="CD452"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="XI"/>
+    <s v="Northern Ireland"/>
+    <s v="03"/>
+    <s v="Private group scheme"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="715"/>
+  </r>
+  <r>
+    <s v="CD452"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="XI"/>
+    <s v="Northern Ireland"/>
+    <s v="04"/>
+    <s v="Other private source"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2009"/>
+  </r>
+  <r>
+    <s v="CD452"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="XI"/>
+    <s v="Northern Ireland"/>
+    <s v="05"/>
+    <s v="No piped water"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="34"/>
+  </r>
+  <r>
+    <s v="CD452"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="XI"/>
+    <s v="Northern Ireland"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="251"/>
+  </r>
+  <r>
+    <s v="CD452"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="XEXW"/>
+    <s v="England and Wales"/>
+    <s v="-"/>
+    <s v="All types of water supply"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="41647"/>
+  </r>
+  <r>
+    <s v="CD452"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="XEXW"/>
+    <s v="England and Wales"/>
+    <s v="01"/>
+    <s v="Public mains"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="19415"/>
+  </r>
+  <r>
+    <s v="CD452"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="XEXW"/>
+    <s v="England and Wales"/>
+    <s v="02"/>
+    <s v="Local authority group scheme"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="7439"/>
+  </r>
+  <r>
+    <s v="CD452"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="XEXW"/>
+    <s v="England and Wales"/>
+    <s v="03"/>
+    <s v="Private group scheme"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3430"/>
+  </r>
+  <r>
+    <s v="CD452"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="XEXW"/>
+    <s v="England and Wales"/>
+    <s v="04"/>
+    <s v="Other private source"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="10338"/>
+  </r>
+  <r>
+    <s v="CD452"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="XEXW"/>
+    <s v="England and Wales"/>
+    <s v="05"/>
+    <s v="No piped water"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="123"/>
+  </r>
+  <r>
+    <s v="CD452"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="XEXW"/>
+    <s v="England and Wales"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="902"/>
+  </r>
+  <r>
+    <s v="CD452"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="XS"/>
+    <s v="Scotland"/>
+    <s v="-"/>
+    <s v="All types of water supply"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3846"/>
+  </r>
+  <r>
+    <s v="CD452"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="XS"/>
+    <s v="Scotland"/>
+    <s v="01"/>
+    <s v="Public mains"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2307"/>
+  </r>
+  <r>
+    <s v="CD452"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="XS"/>
+    <s v="Scotland"/>
+    <s v="02"/>
+    <s v="Local authority group scheme"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="644"/>
+  </r>
+  <r>
+    <s v="CD452"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="XS"/>
+    <s v="Scotland"/>
+    <s v="03"/>
+    <s v="Private group scheme"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="194"/>
+  </r>
+  <r>
+    <s v="CD452"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="XS"/>
+    <s v="Scotland"/>
+    <s v="04"/>
+    <s v="Other private source"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="622"/>
+  </r>
+  <r>
+    <s v="CD452"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="XS"/>
+    <s v="Scotland"/>
+    <s v="05"/>
+    <s v="No piped water"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4"/>
+  </r>
+  <r>
+    <s v="CD452"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="XS"/>
+    <s v="Scotland"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="75"/>
+  </r>
+  <r>
+    <s v="CD452"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="LT"/>
+    <s v="Lithuania"/>
+    <s v="-"/>
+    <s v="All types of water supply"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4220"/>
+  </r>
+  <r>
+    <s v="CD452"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="LT"/>
+    <s v="Lithuania"/>
+    <s v="01"/>
+    <s v="Public mains"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2874"/>
+  </r>
+  <r>
+    <s v="CD452"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="LT"/>
+    <s v="Lithuania"/>
+    <s v="02"/>
+    <s v="Local authority group scheme"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="450"/>
+  </r>
+  <r>
+    <s v="CD452"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="LT"/>
+    <s v="Lithuania"/>
+    <s v="03"/>
+    <s v="Private group scheme"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="143"/>
+  </r>
+  <r>
+    <s v="CD452"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="LT"/>
+    <s v="Lithuania"/>
+    <s v="04"/>
+    <s v="Other private source"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="425"/>
+  </r>
+  <r>
+    <s v="CD452"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="LT"/>
+    <s v="Lithuania"/>
+    <s v="05"/>
+    <s v="No piped water"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4"/>
+  </r>
+  <r>
+    <s v="CD452"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="LT"/>
+    <s v="Lithuania"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="324"/>
+  </r>
+  <r>
+    <s v="CD452"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="PL"/>
+    <s v="Poland"/>
+    <s v="-"/>
+    <s v="All types of water supply"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1508"/>
+  </r>
+  <r>
+    <s v="CD452"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="PL"/>
+    <s v="Poland"/>
+    <s v="01"/>
+    <s v="Public mains"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="961"/>
+  </r>
+  <r>
+    <s v="CD452"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="PL"/>
+    <s v="Poland"/>
+    <s v="02"/>
+    <s v="Local authority group scheme"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="179"/>
+  </r>
+  <r>
+    <s v="CD452"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="PL"/>
+    <s v="Poland"/>
+    <s v="03"/>
+    <s v="Private group scheme"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="105"/>
+  </r>
+  <r>
+    <s v="CD452"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="PL"/>
+    <s v="Poland"/>
+    <s v="04"/>
+    <s v="Other private source"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="109"/>
+  </r>
+  <r>
+    <s v="CD452"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="PL"/>
+    <s v="Poland"/>
+    <s v="05"/>
+    <s v="No piped water"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="CD452"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="PL"/>
+    <s v="Poland"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="153"/>
+  </r>
+  <r>
+    <s v="CD452"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="ZZEUBQ7"/>
+    <s v="Other EU27 (5)"/>
+    <s v="-"/>
+    <s v="All types of water supply"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="6783"/>
+  </r>
+  <r>
+    <s v="CD452"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="ZZEUBQ7"/>
+    <s v="Other EU27 (5)"/>
+    <s v="01"/>
+    <s v="Public mains"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3524"/>
+  </r>
+  <r>
+    <s v="CD452"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="ZZEUBQ7"/>
+    <s v="Other EU27 (5)"/>
+    <s v="02"/>
+    <s v="Local authority group scheme"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="840"/>
+  </r>
+  <r>
+    <s v="CD452"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="ZZEUBQ7"/>
+    <s v="Other EU27 (5)"/>
+    <s v="03"/>
+    <s v="Private group scheme"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="412"/>
+  </r>
+  <r>
+    <s v="CD452"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="ZZEUBQ7"/>
+    <s v="Other EU27 (5)"/>
+    <s v="04"/>
+    <s v="Other private source"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1675"/>
+  </r>
+  <r>
+    <s v="CD452"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="ZZEUBQ7"/>
+    <s v="Other EU27 (5)"/>
+    <s v="05"/>
+    <s v="No piped water"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="20"/>
+  </r>
+  <r>
+    <s v="CD452"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="ZZEUBQ7"/>
+    <s v="Other EU27 (5)"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="312"/>
+  </r>
+  <r>
+    <s v="CD452"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="ZZEURQ01"/>
+    <s v="Other Europe (8)"/>
+    <s v="-"/>
+    <s v="All types of water supply"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="812"/>
+  </r>
+  <r>
+    <s v="CD452"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="ZZEURQ01"/>
+    <s v="Other Europe (8)"/>
+    <s v="01"/>
+    <s v="Public mains"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="454"/>
+  </r>
+  <r>
+    <s v="CD452"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="ZZEURQ01"/>
+    <s v="Other Europe (8)"/>
+    <s v="02"/>
+    <s v="Local authority group scheme"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="109"/>
+  </r>
+  <r>
+    <s v="CD452"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="ZZEURQ01"/>
+    <s v="Other Europe (8)"/>
+    <s v="03"/>
+    <s v="Private group scheme"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="45"/>
+  </r>
+  <r>
+    <s v="CD452"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="ZZEURQ01"/>
+    <s v="Other Europe (8)"/>
+    <s v="04"/>
+    <s v="Other private source"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="166"/>
+  </r>
+  <r>
+    <s v="CD452"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="ZZEURQ01"/>
+    <s v="Other Europe (8)"/>
+    <s v="05"/>
+    <s v="No piped water"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="CD452"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="ZZEURQ01"/>
+    <s v="Other Europe (8)"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="38"/>
+  </r>
+  <r>
+    <s v="CD452"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="ZZAA1"/>
+    <s v="Africa (2)"/>
+    <s v="-"/>
+    <s v="All types of water supply"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1845"/>
+  </r>
+  <r>
+    <s v="CD452"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="ZZAA1"/>
+    <s v="Africa (2)"/>
+    <s v="01"/>
+    <s v="Public mains"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1146"/>
+  </r>
+  <r>
+    <s v="CD452"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="ZZAA1"/>
+    <s v="Africa (2)"/>
+    <s v="02"/>
+    <s v="Local authority group scheme"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="243"/>
+  </r>
+  <r>
+    <s v="CD452"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="ZZAA1"/>
+    <s v="Africa (2)"/>
+    <s v="03"/>
+    <s v="Private group scheme"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="69"/>
+  </r>
+  <r>
+    <s v="CD452"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="ZZAA1"/>
+    <s v="Africa (2)"/>
+    <s v="04"/>
+    <s v="Other private source"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="263"/>
+  </r>
+  <r>
+    <s v="CD452"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="ZZAA1"/>
+    <s v="Africa (2)"/>
+    <s v="05"/>
+    <s v="No piped water"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="CD452"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="ZZAA1"/>
+    <s v="Africa (2)"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="122"/>
+  </r>
+  <r>
+    <s v="CD452"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="ZZABB"/>
+    <s v="Asia (2)"/>
+    <s v="-"/>
+    <s v="All types of water supply"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3130"/>
+  </r>
+  <r>
+    <s v="CD452"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="ZZABB"/>
+    <s v="Asia (2)"/>
+    <s v="01"/>
+    <s v="Public mains"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1464"/>
+  </r>
+  <r>
+    <s v="CD452"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="ZZABB"/>
+    <s v="Asia (2)"/>
+    <s v="02"/>
+    <s v="Local authority group scheme"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="581"/>
+  </r>
+  <r>
+    <s v="CD452"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="ZZABB"/>
+    <s v="Asia (2)"/>
+    <s v="03"/>
+    <s v="Private group scheme"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="218"/>
+  </r>
+  <r>
+    <s v="CD452"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="ZZABB"/>
+    <s v="Asia (2)"/>
+    <s v="04"/>
+    <s v="Other private source"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="776"/>
+  </r>
+  <r>
+    <s v="CD452"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="ZZABB"/>
+    <s v="Asia (2)"/>
+    <s v="05"/>
+    <s v="No piped water"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="12"/>
+  </r>
+  <r>
+    <s v="CD452"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="ZZABB"/>
+    <s v="Asia (2)"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="79"/>
+  </r>
+  <r>
+    <s v="CD452"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="US"/>
+    <s v="United States"/>
+    <s v="-"/>
+    <s v="All types of water supply"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2120"/>
+  </r>
+  <r>
+    <s v="CD452"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="US"/>
+    <s v="United States"/>
+    <s v="01"/>
+    <s v="Public mains"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1122"/>
+  </r>
+  <r>
+    <s v="CD452"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="US"/>
+    <s v="United States"/>
+    <s v="02"/>
+    <s v="Local authority group scheme"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="246"/>
+  </r>
+  <r>
+    <s v="CD452"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="US"/>
+    <s v="United States"/>
+    <s v="03"/>
+    <s v="Private group scheme"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="129"/>
+  </r>
+  <r>
+    <s v="CD452"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="US"/>
+    <s v="United States"/>
+    <s v="04"/>
+    <s v="Other private source"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="452"/>
+  </r>
+  <r>
+    <s v="CD452"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="US"/>
+    <s v="United States"/>
+    <s v="05"/>
+    <s v="No piped water"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3"/>
+  </r>
+  <r>
+    <s v="CD452"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="US"/>
+    <s v="United States"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="168"/>
+  </r>
+  <r>
+    <s v="CD452"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="ZZWORX13"/>
+    <s v="Other countries (13)"/>
+    <s v="-"/>
+    <s v="All types of water supply"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4062"/>
+  </r>
+  <r>
+    <s v="CD452"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="ZZWORX13"/>
+    <s v="Other countries (13)"/>
+    <s v="01"/>
+    <s v="Public mains"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2032"/>
+  </r>
+  <r>
+    <s v="CD452"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="ZZWORX13"/>
+    <s v="Other countries (13)"/>
+    <s v="02"/>
+    <s v="Local authority group scheme"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="582"/>
+  </r>
+  <r>
+    <s v="CD452"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="ZZWORX13"/>
+    <s v="Other countries (13)"/>
+    <s v="03"/>
+    <s v="Private group scheme"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="236"/>
+  </r>
+  <r>
+    <s v="CD452"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="ZZWORX13"/>
+    <s v="Other countries (13)"/>
+    <s v="04"/>
+    <s v="Other private source"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1036"/>
+  </r>
+  <r>
+    <s v="CD452"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="ZZWORX13"/>
+    <s v="Other countries (13)"/>
+    <s v="05"/>
+    <s v="No piped water"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="10"/>
+  </r>
+  <r>
+    <s v="CD452"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="ZZWORX13"/>
+    <s v="Other countries (13)"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="166"/>
+  </r>
+  <r>
+    <s v="CD452"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="-"/>
+    <s v="All types of water supply"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="599335"/>
+  </r>
+  <r>
+    <s v="CD452"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="01"/>
+    <s v="Public mains"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="282175"/>
+  </r>
+  <r>
+    <s v="CD452"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="02"/>
+    <s v="Local authority group scheme"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="99634"/>
+  </r>
+  <r>
+    <s v="CD452"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="03"/>
+    <s v="Private group scheme"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="43776"/>
+  </r>
+  <r>
+    <s v="CD452"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="04"/>
+    <s v="Other private source"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="157832"/>
+  </r>
+  <r>
+    <s v="CD452"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="05"/>
+    <s v="No piped water"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1845"/>
+  </r>
+  <r>
+    <s v="CD452"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="14073"/>
+  </r>
+</pivotCacheRecords>
 </file>