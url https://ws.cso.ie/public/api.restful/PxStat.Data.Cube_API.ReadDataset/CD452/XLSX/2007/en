--- v1 (2025-12-06)
+++ v2 (2026-02-06)
@@ -1,48 +1,48 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/pivotCache/pivotCacheDefinition1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheDefinition+xml"/>
   <Override PartName="/pivotCache/pivotCacheRecords1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheRecords+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/pivotTables/pivotTable.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R18603598410c4753" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/311b77c95d8d4b86aed134cca3d8230d.psmdcp" Id="Rac29debb92ed4d90" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf483a55b02804dd9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/6fa29593431048ea9193376f3cc16de1.psmdcp" Id="Ra2b2f5af983b42c8" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="About" sheetId="1" r:id="rId2"/>
     <x:sheet name="Unpivoted" sheetId="2" r:id="rId9"/>
     <x:sheet name="Pivoted" sheetId="3" r:id="rId11"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
   <x:pivotCaches>
     <x:pivotCache cacheId="0" r:id="rId12"/>
   </x:pivotCaches>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Table</x:t>