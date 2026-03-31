--- v2 (2026-02-06)
+++ v3 (2026-03-31)
@@ -1,48 +1,48 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/pivotCache/pivotCacheDefinition1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheDefinition+xml"/>
   <Override PartName="/pivotCache/pivotCacheRecords1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheRecords+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/pivotTables/pivotTable.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf483a55b02804dd9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/6fa29593431048ea9193376f3cc16de1.psmdcp" Id="Ra2b2f5af983b42c8" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1046c7f9776b4f70" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/a8ca245167f64b07bea29251df56cd37.psmdcp" Id="Rdda5bb297e9f41c3" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="About" sheetId="1" r:id="rId2"/>
     <x:sheet name="Unpivoted" sheetId="2" r:id="rId9"/>
     <x:sheet name="Pivoted" sheetId="3" r:id="rId11"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
   <x:pivotCaches>
     <x:pivotCache cacheId="0" r:id="rId12"/>
   </x:pivotCaches>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Table</x:t>