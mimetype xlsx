--- v0 (2025-10-05)
+++ v1 (2025-12-04)
@@ -1,97 +1,97 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/pivotCache/pivotCacheDefinition1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheDefinition+xml"/>
   <Override PartName="/pivotCache/pivotCacheRecords1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheRecords+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/pivotTables/pivotTable.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra97cd507b7cd49a0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/54e6fc70bc96461ab8377a757878ee1b.psmdcp" Id="R751ca3d4c4be4cd9" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R66e4511307ad4130" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/3e23e641c39b46f0837c6fc11a94dc09.psmdcp" Id="R9e3fcebc01c74500" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
-    <x:sheet name="About" sheetId="2" r:id="rId2"/>
-[...1 lines deleted...]
-    <x:sheet name="Pivoted" sheetId="11" r:id="rId11"/>
+    <x:sheet name="About" sheetId="1" r:id="rId2"/>
+    <x:sheet name="Unpivoted" sheetId="2" r:id="rId9"/>
+    <x:sheet name="Pivoted" sheetId="3" r:id="rId11"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
   <x:pivotCaches>
     <x:pivotCache cacheId="0" r:id="rId12"/>
   </x:pivotCaches>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Table</x:t>
   </x:si>
   <x:si>
     <x:t>Code</x:t>
   </x:si>
   <x:si>
     <x:t>CD451</x:t>
   </x:si>
   <x:si>
     <x:t>Name</x:t>
   </x:si>
   <x:si>
     <x:t>Private Households in Permanent Housing Units</x:t>
   </x:si>
   <x:si>
     <x:t>Frequency</x:t>
   </x:si>
   <x:si>
     <x:t>Annual</x:t>
   </x:si>
   <x:si>
     <x:t>Last Updated</x:t>
   </x:si>
   <x:si>
-    <x:t>5/18/2020 11:00:00 AM</x:t>
+    <x:t>18/05/2020 11:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Note</x:t>
   </x:si>
   <x:si>
     <x:t>Url</x:t>
   </x:si>
   <x:si>
     <x:t>https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/CD451/XLSX/2007/en</x:t>
   </x:si>
   <x:si>
     <x:t>Product</x:t>
   </x:si>
   <x:si>
     <x:t>C2011P4</x:t>
   </x:si>
   <x:si>
     <x:t>Profile 4 - The Roof Over Our Heads - Housing in Ireland</x:t>
   </x:si>
   <x:si>
     <x:t>Contacts</x:t>
   </x:si>
   <x:si>
     <x:t>Bernie Casey</x:t>
   </x:si>
@@ -517,395 +517,178 @@
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip r:embed="rId8" cstate="print"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="3971925" cy="1381125"/>
         </a:xfrm>
         <a:prstGeom prst="rect"/>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/pivotTables/_rels/pivotTable.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheDefinition" Target="/pivotCache/pivotCacheDefinition1.xml" Id="rId17" /></Relationships>
 </file>
 
 <file path=xl/pivotTables/pivotTable.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotTableDefinition xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" dataCaption="Values" showError="0" missingCaption="" showMissing="1" pageWrap="0" pageOverThenDown="0" rowGrandTotals="0" colGrandTotals="0" indent="1">
-[...343 lines deleted...]
-</x:pivotTableDefinition>
+<pivotTableDefinition xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" applyNumberFormats="0" applyBorderFormats="0" applyFontFormats="0" applyPatternFormats="0" applyAlignmentFormats="0" applyWidthHeightFormats="0" dataCaption="Values" rowGrandTotals="0" colGrandTotals="0" outline="1">
+  <location ref="A1" firstHeaderRow="0" firstDataRow="0" firstDataCol="0"/>
+  <pivotFields count="12">
+    <pivotField name="STATISTIC" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="Statistic Label" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="C02701V03269" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="3">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+      </items>
+    </pivotField>
+    <pivotField name="Aggregate Town or Rural Area" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="3">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+      </items>
+    </pivotField>
+    <pivotField name="C02719V03286" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="13">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+        <item x="11"/>
+        <item x="12"/>
+      </items>
+    </pivotField>
+    <pivotField name="Birthplace" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="13">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+        <item x="11"/>
+        <item x="12"/>
+      </items>
+    </pivotField>
+    <pivotField name="C02830V03404" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="12">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+        <item x="11"/>
+      </items>
+    </pivotField>
+    <pivotField name="Type of Central Heating" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="12">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+        <item x="11"/>
+      </items>
+    </pivotField>
+    <pivotField name="TLIST(A1)" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="CensusYear" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField showAll="0"/>
+    <pivotField dataField="1" showAll="0"/>
+  </pivotFields>
+  <rowFields count="10">
+    <field x="0"/>
+    <field x="1"/>
+    <field x="2"/>
+    <field x="3"/>
+    <field x="4"/>
+    <field x="5"/>
+    <field x="6"/>
+    <field x="7"/>
+    <field x="8"/>
+    <field x="9"/>
+  </rowFields>
+  <dataFields count="1">
+    <dataField name="VALUE" fld="11"/>
+  </dataFields>
+  <pivotTableStyleInfo name="PivotStyleLight16" showRowHeaders="1" showColHeaders="1"/>
+  <extLst>
+    <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{962EF5D1-5CA2-4c93-8EF4-DBF5C05439D2}">
+      <x14:pivotTableDefinition enableEdit="0" hideValuesRow="1"/>
+    </ext>
+  </extLst>
+</pivotTableDefinition>
 </file>
 
 <file path=xl/tables/table1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:table xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="1" name="Unpivoted" displayName="Unpivoted" ref="A1:L469" totalsRowShown="0">
   <x:autoFilter ref="A1:L469"/>
   <x:tableColumns count="12">
     <x:tableColumn id="1" name="STATISTIC"/>
     <x:tableColumn id="2" name="Statistic Label"/>
     <x:tableColumn id="3" name="C02701V03269"/>
     <x:tableColumn id="4" name="Aggregate Town or Rural Area"/>
     <x:tableColumn id="5" name="C02719V03286"/>
     <x:tableColumn id="6" name="Birthplace"/>
     <x:tableColumn id="7" name="C02830V03404"/>
     <x:tableColumn id="8" name="Type of Central Heating"/>
     <x:tableColumn id="9" name="TLIST(A1)"/>
     <x:tableColumn id="10" name="CensusYear"/>
     <x:tableColumn id="11" name="UNIT"/>
     <x:tableColumn id="12" name="VALUE"/>
   </x:tableColumns>
   <x:tableStyleInfo name="TableStyleMedium2" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </x:table>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
@@ -1178,51 +961,51 @@
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="/xl/drawings/drawing1.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/CD451/XLSX/2007/en" TargetMode="External" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cso.ie/" TargetMode="External" Id="rId14" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="/xl/tables/table1.xml" Id="rId15" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet3.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotTable" Target="/xl/pivotTables/pivotTable.xml" Id="rId16" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:B39"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="20.710625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="100.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="8" spans="1:2">
       <x:c r="A8" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B8" s="2"/>
     </x:row>
     <x:row r="9" spans="1:2">
       <x:c r="A9" s="3" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="B9" s="0" t="s">
         <x:v>2</x:v>
@@ -1409,51 +1192,51 @@
       </x:c>
     </x:row>
     <x:row r="39" spans="1:2">
       <x:c r="A39" s="3" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B39" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:hyperlinks>
     <x:hyperlink ref="B14" r:id="rId13"/>
     <x:hyperlink ref="B28" r:id="rId14"/>
   </x:hyperlinks>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:drawing xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId7"/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:L469"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="11.996339" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="44.139196" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="16.139196" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="29.853482" style="0" customWidth="1"/>
     <x:col min="5" max="5" width="16.139196" style="0" customWidth="1"/>
     <x:col min="6" max="6" width="18.853482" style="0" customWidth="1"/>
     <x:col min="7" max="7" width="16.139196" style="0" customWidth="1"/>
     <x:col min="8" max="8" width="25.139196" style="0" customWidth="1"/>
     <x:col min="9" max="9" width="11.282054" style="0" customWidth="1"/>
     <x:col min="10" max="10" width="13.424911" style="0" customWidth="1"/>
     <x:col min="11" max="11" width="9.853482" style="0" customWidth="1"/>
     <x:col min="12" max="12" width="8.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:12">
       <x:c r="A1" s="0" t="s">
@@ -19267,51 +19050,51 @@
       <x:c r="I469" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J469" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="K469" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="L469" s="0">
         <x:v>5811</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="1">
     <x:tablePart r:id="rId15"/>
   </x:tableParts>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:sheetData/>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Application>Microsoft Excel</ap:Application>
   <ap:TitlesOfParts>
     <vt:vector baseType="lpstr" size="9">
       <vt:lpstr>About</vt:lpstr>
       <vt:lpstr>Unpivoted</vt:lpstr>
       <vt:lpstr>Pivoted</vt:lpstr>
@@ -19328,51 +19111,51 @@
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>3</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Named Ranges</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>6</vt:i4>
       </vt:variant>
     </vt:vector>
   </ap:HeadingPairs>
   <ap:DocSecurity>0</ap:DocSecurity>
   <ap:ScaleCrop>false</ap:ScaleCrop>
 </ap:Properties>
 </file>
 
 <file path=pivotCache/_rels/pivotCacheDefinition1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheRecords" Target="/pivotCache/pivotCacheRecords1.xml" Id="rId1" /></Relationships>
 </file>
 
 <file path=pivotCache/pivotCacheDefinition1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:pivotCacheDefinition xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" r:id="rId1" saveData="1" refreshOnLoad="1" createdVersion="5" refreshedVersion="5" minRefreshableVersion="3">
   <x:cacheSource type="worksheet">
-    <x:worksheetSource ref="A1:L469" sheet="Unpivoted"/>
+    <x:worksheetSource name="Unpivoted"/>
   </x:cacheSource>
   <x:cacheFields>
     <x:cacheField name="STATISTIC">
       <x:sharedItems count="1">
         <x:s v="CD451"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="Statistic Label">
       <x:sharedItems count="1">
         <x:s v="Private Households in Permanent Housing Units"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="C02701V03269">
       <x:sharedItems count="3">
         <x:s v="-01"/>
         <x:s v="06"/>
         <x:s v="01"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="Aggregate Town or Rural Area">
       <x:sharedItems count="3">
         <x:s v="State"/>
         <x:s v="Aggregate Town Area"/>
         <x:s v="Aggregate Rural Area"/>
       </x:sharedItems>
@@ -19842,27 +19625,6580 @@
         <x:n v="228"/>
         <x:n v="196"/>
         <x:n v="257"/>
         <x:n v="51"/>
         <x:n v="135"/>
         <x:n v="3896"/>
         <x:n v="599335"/>
         <x:n v="12193"/>
         <x:n v="412013"/>
         <x:n v="13012"/>
         <x:n v="18064"/>
         <x:n v="41882"/>
         <x:n v="67093"/>
         <x:n v="5733"/>
         <x:n v="17904"/>
         <x:n v="5630"/>
         <x:n v="581331"/>
         <x:n v="5811"/>
       </x:sharedItems>
     </x:cacheField>
   </x:cacheFields>
 </x:pivotCacheDefinition>
 </file>
 
 <file path=pivotCache/pivotCacheRecords1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main"/>
+<pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="xr">
+  <r>
+    <s v="CD451"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Thousand"/>
+    <n v="1336859"/>
+  </r>
+  <r>
+    <s v="CD451"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="01"/>
+    <s v="No central heating"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Thousand"/>
+    <n v="21828"/>
+  </r>
+  <r>
+    <s v="CD451"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="02"/>
+    <s v="Oil"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Thousand"/>
+    <n v="600148"/>
+  </r>
+  <r>
+    <s v="CD451"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="03"/>
+    <s v="Natural Gas"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Thousand"/>
+    <n v="435922"/>
+  </r>
+  <r>
+    <s v="CD451"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="04"/>
+    <s v="Electricity"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Thousand"/>
+    <n v="84080"/>
+  </r>
+  <r>
+    <s v="CD451"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="05"/>
+    <s v="Coal (incl. anthracite)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Thousand"/>
+    <n v="70405"/>
+  </r>
+  <r>
+    <s v="CD451"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="06"/>
+    <s v="Peat (incl. turf)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Thousand"/>
+    <n v="73654"/>
+  </r>
+  <r>
+    <s v="CD451"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="07"/>
+    <s v="Liquid Petroleum Gas (LPG)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Thousand"/>
+    <n v="7705"/>
+  </r>
+  <r>
+    <s v="CD451"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="08"/>
+    <s v="Wood (incl. wood pellets)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Thousand"/>
+    <n v="18307"/>
+  </r>
+  <r>
+    <s v="CD451"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="09"/>
+    <s v="Other fuels"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Thousand"/>
+    <n v="6867"/>
+  </r>
+  <r>
+    <s v="CD451"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="10"/>
+    <s v="All types of fuel"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Thousand"/>
+    <n v="1297088"/>
+  </r>
+  <r>
+    <s v="CD451"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="99"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Thousand"/>
+    <n v="17943"/>
+  </r>
+  <r>
+    <s v="CD451"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="XI"/>
+    <s v="Northern Ireland"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Thousand"/>
+    <n v="25535"/>
+  </r>
+  <r>
+    <s v="CD451"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="XI"/>
+    <s v="Northern Ireland"/>
+    <s v="01"/>
+    <s v="No central heating"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Thousand"/>
+    <n v="277"/>
+  </r>
+  <r>
+    <s v="CD451"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="XI"/>
+    <s v="Northern Ireland"/>
+    <s v="02"/>
+    <s v="Oil"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Thousand"/>
+    <n v="13735"/>
+  </r>
+  <r>
+    <s v="CD451"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="XI"/>
+    <s v="Northern Ireland"/>
+    <s v="03"/>
+    <s v="Natural Gas"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Thousand"/>
+    <n v="7443"/>
+  </r>
+  <r>
+    <s v="CD451"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="XI"/>
+    <s v="Northern Ireland"/>
+    <s v="04"/>
+    <s v="Electricity"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Thousand"/>
+    <n v="1721"/>
+  </r>
+  <r>
+    <s v="CD451"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="XI"/>
+    <s v="Northern Ireland"/>
+    <s v="05"/>
+    <s v="Coal (incl. anthracite)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Thousand"/>
+    <n v="1135"/>
+  </r>
+  <r>
+    <s v="CD451"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="XI"/>
+    <s v="Northern Ireland"/>
+    <s v="06"/>
+    <s v="Peat (incl. turf)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Thousand"/>
+    <n v="444"/>
+  </r>
+  <r>
+    <s v="CD451"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="XI"/>
+    <s v="Northern Ireland"/>
+    <s v="07"/>
+    <s v="Liquid Petroleum Gas (LPG)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Thousand"/>
+    <n v="171"/>
+  </r>
+  <r>
+    <s v="CD451"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="XI"/>
+    <s v="Northern Ireland"/>
+    <s v="08"/>
+    <s v="Wood (incl. wood pellets)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Thousand"/>
+    <n v="290"/>
+  </r>
+  <r>
+    <s v="CD451"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="XI"/>
+    <s v="Northern Ireland"/>
+    <s v="09"/>
+    <s v="Other fuels"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Thousand"/>
+    <n v="166"/>
+  </r>
+  <r>
+    <s v="CD451"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="XI"/>
+    <s v="Northern Ireland"/>
+    <s v="10"/>
+    <s v="All types of fuel"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Thousand"/>
+    <n v="25105"/>
+  </r>
+  <r>
+    <s v="CD451"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="XI"/>
+    <s v="Northern Ireland"/>
+    <s v="99"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Thousand"/>
+    <n v="153"/>
+  </r>
+  <r>
+    <s v="CD451"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="XEXW"/>
+    <s v="England and Wales"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Thousand"/>
+    <n v="92167"/>
+  </r>
+  <r>
+    <s v="CD451"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="XEXW"/>
+    <s v="England and Wales"/>
+    <s v="01"/>
+    <s v="No central heating"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Thousand"/>
+    <n v="1739"/>
+  </r>
+  <r>
+    <s v="CD451"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="XEXW"/>
+    <s v="England and Wales"/>
+    <s v="02"/>
+    <s v="Oil"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Thousand"/>
+    <n v="45529"/>
+  </r>
+  <r>
+    <s v="CD451"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="XEXW"/>
+    <s v="England and Wales"/>
+    <s v="03"/>
+    <s v="Natural Gas"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Thousand"/>
+    <n v="25428"/>
+  </r>
+  <r>
+    <s v="CD451"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="XEXW"/>
+    <s v="England and Wales"/>
+    <s v="04"/>
+    <s v="Electricity"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Thousand"/>
+    <n v="7058"/>
+  </r>
+  <r>
+    <s v="CD451"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="XEXW"/>
+    <s v="England and Wales"/>
+    <s v="05"/>
+    <s v="Coal (incl. anthracite)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Thousand"/>
+    <n v="5418"/>
+  </r>
+  <r>
+    <s v="CD451"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="XEXW"/>
+    <s v="England and Wales"/>
+    <s v="06"/>
+    <s v="Peat (incl. turf)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Thousand"/>
+    <n v="3181"/>
+  </r>
+  <r>
+    <s v="CD451"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="XEXW"/>
+    <s v="England and Wales"/>
+    <s v="07"/>
+    <s v="Liquid Petroleum Gas (LPG)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Thousand"/>
+    <n v="963"/>
+  </r>
+  <r>
+    <s v="CD451"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="XEXW"/>
+    <s v="England and Wales"/>
+    <s v="08"/>
+    <s v="Wood (incl. wood pellets)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Thousand"/>
+    <n v="1657"/>
+  </r>
+  <r>
+    <s v="CD451"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="XEXW"/>
+    <s v="England and Wales"/>
+    <s v="09"/>
+    <s v="Other fuels"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Thousand"/>
+    <n v="596"/>
+  </r>
+  <r>
+    <s v="CD451"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="XEXW"/>
+    <s v="England and Wales"/>
+    <s v="10"/>
+    <s v="All types of fuel"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Thousand"/>
+    <n v="89830"/>
+  </r>
+  <r>
+    <s v="CD451"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="XEXW"/>
+    <s v="England and Wales"/>
+    <s v="99"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Thousand"/>
+    <n v="598"/>
+  </r>
+  <r>
+    <s v="CD451"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="XS"/>
+    <s v="Scotland"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Thousand"/>
+    <n v="8450"/>
+  </r>
+  <r>
+    <s v="CD451"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="XS"/>
+    <s v="Scotland"/>
+    <s v="01"/>
+    <s v="No central heating"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Thousand"/>
+    <n v="117"/>
+  </r>
+  <r>
+    <s v="CD451"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="XS"/>
+    <s v="Scotland"/>
+    <s v="02"/>
+    <s v="Oil"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Thousand"/>
+    <n v="4115"/>
+  </r>
+  <r>
+    <s v="CD451"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="XS"/>
+    <s v="Scotland"/>
+    <s v="03"/>
+    <s v="Natural Gas"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Thousand"/>
+    <n v="2214"/>
+  </r>
+  <r>
+    <s v="CD451"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="XS"/>
+    <s v="Scotland"/>
+    <s v="04"/>
+    <s v="Electricity"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Thousand"/>
+    <n v="669"/>
+  </r>
+  <r>
+    <s v="CD451"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="XS"/>
+    <s v="Scotland"/>
+    <s v="05"/>
+    <s v="Coal (incl. anthracite)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Thousand"/>
+    <n v="604"/>
+  </r>
+  <r>
+    <s v="CD451"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="XS"/>
+    <s v="Scotland"/>
+    <s v="06"/>
+    <s v="Peat (incl. turf)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Thousand"/>
+    <n v="447"/>
+  </r>
+  <r>
+    <s v="CD451"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="XS"/>
+    <s v="Scotland"/>
+    <s v="07"/>
+    <s v="Liquid Petroleum Gas (LPG)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Thousand"/>
+    <n v="82"/>
+  </r>
+  <r>
+    <s v="CD451"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="XS"/>
+    <s v="Scotland"/>
+    <s v="08"/>
+    <s v="Wood (incl. wood pellets)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Thousand"/>
+    <n v="100"/>
+  </r>
+  <r>
+    <s v="CD451"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="XS"/>
+    <s v="Scotland"/>
+    <s v="09"/>
+    <s v="Other fuels"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Thousand"/>
+    <n v="45"/>
+  </r>
+  <r>
+    <s v="CD451"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="XS"/>
+    <s v="Scotland"/>
+    <s v="10"/>
+    <s v="All types of fuel"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Thousand"/>
+    <n v="8276"/>
+  </r>
+  <r>
+    <s v="CD451"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="XS"/>
+    <s v="Scotland"/>
+    <s v="99"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Thousand"/>
+    <n v="57"/>
+  </r>
+  <r>
+    <s v="CD451"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="LT"/>
+    <s v="Lithuania"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Thousand"/>
+    <n v="43053"/>
+  </r>
+  <r>
+    <s v="CD451"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="LT"/>
+    <s v="Lithuania"/>
+    <s v="01"/>
+    <s v="No central heating"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Thousand"/>
+    <n v="268"/>
+  </r>
+  <r>
+    <s v="CD451"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="LT"/>
+    <s v="Lithuania"/>
+    <s v="02"/>
+    <s v="Oil"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Thousand"/>
+    <n v="12024"/>
+  </r>
+  <r>
+    <s v="CD451"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="LT"/>
+    <s v="Lithuania"/>
+    <s v="03"/>
+    <s v="Natural Gas"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Thousand"/>
+    <n v="18410"/>
+  </r>
+  <r>
+    <s v="CD451"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="LT"/>
+    <s v="Lithuania"/>
+    <s v="04"/>
+    <s v="Electricity"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Thousand"/>
+    <n v="10744"/>
+  </r>
+  <r>
+    <s v="CD451"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="LT"/>
+    <s v="Lithuania"/>
+    <s v="05"/>
+    <s v="Coal (incl. anthracite)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Thousand"/>
+    <n v="184"/>
+  </r>
+  <r>
+    <s v="CD451"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="LT"/>
+    <s v="Lithuania"/>
+    <s v="06"/>
+    <s v="Peat (incl. turf)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Thousand"/>
+    <n v="47"/>
+  </r>
+  <r>
+    <s v="CD451"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="LT"/>
+    <s v="Lithuania"/>
+    <s v="07"/>
+    <s v="Liquid Petroleum Gas (LPG)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Thousand"/>
+    <n v="541"/>
+  </r>
+  <r>
+    <s v="CD451"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="LT"/>
+    <s v="Lithuania"/>
+    <s v="08"/>
+    <s v="Wood (incl. wood pellets)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Thousand"/>
+    <n v="154"/>
+  </r>
+  <r>
+    <s v="CD451"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="LT"/>
+    <s v="Lithuania"/>
+    <s v="09"/>
+    <s v="Other fuels"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Thousand"/>
+    <n v="105"/>
+  </r>
+  <r>
+    <s v="CD451"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="LT"/>
+    <s v="Lithuania"/>
+    <s v="10"/>
+    <s v="All types of fuel"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Thousand"/>
+    <n v="42209"/>
+  </r>
+  <r>
+    <s v="CD451"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="LT"/>
+    <s v="Lithuania"/>
+    <s v="99"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Thousand"/>
+    <n v="576"/>
+  </r>
+  <r>
+    <s v="CD451"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="PL"/>
+    <s v="Poland"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Thousand"/>
+    <n v="12439"/>
+  </r>
+  <r>
+    <s v="CD451"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="PL"/>
+    <s v="Poland"/>
+    <s v="01"/>
+    <s v="No central heating"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Thousand"/>
+    <n v="85"/>
+  </r>
+  <r>
+    <s v="CD451"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="PL"/>
+    <s v="Poland"/>
+    <s v="02"/>
+    <s v="Oil"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Thousand"/>
+    <n v="4038"/>
+  </r>
+  <r>
+    <s v="CD451"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="PL"/>
+    <s v="Poland"/>
+    <s v="03"/>
+    <s v="Natural Gas"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Thousand"/>
+    <n v="5194"/>
+  </r>
+  <r>
+    <s v="CD451"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="PL"/>
+    <s v="Poland"/>
+    <s v="04"/>
+    <s v="Electricity"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Thousand"/>
+    <n v="2587"/>
+  </r>
+  <r>
+    <s v="CD451"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="PL"/>
+    <s v="Poland"/>
+    <s v="05"/>
+    <s v="Coal (incl. anthracite)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Thousand"/>
+    <n v="69"/>
+  </r>
+  <r>
+    <s v="CD451"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="PL"/>
+    <s v="Poland"/>
+    <s v="06"/>
+    <s v="Peat (incl. turf)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Thousand"/>
+    <n v="14"/>
+  </r>
+  <r>
+    <s v="CD451"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="PL"/>
+    <s v="Poland"/>
+    <s v="07"/>
+    <s v="Liquid Petroleum Gas (LPG)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Thousand"/>
+    <n v="117"/>
+  </r>
+  <r>
+    <s v="CD451"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="PL"/>
+    <s v="Poland"/>
+    <s v="08"/>
+    <s v="Wood (incl. wood pellets)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Thousand"/>
+    <n v="41"/>
+  </r>
+  <r>
+    <s v="CD451"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="PL"/>
+    <s v="Poland"/>
+    <s v="09"/>
+    <s v="Other fuels"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Thousand"/>
+    <n v="89"/>
+  </r>
+  <r>
+    <s v="CD451"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="PL"/>
+    <s v="Poland"/>
+    <s v="10"/>
+    <s v="All types of fuel"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Thousand"/>
+    <n v="12149"/>
+  </r>
+  <r>
+    <s v="CD451"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="PL"/>
+    <s v="Poland"/>
+    <s v="99"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Thousand"/>
+    <n v="205"/>
+  </r>
+  <r>
+    <s v="CD451"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="ZZEUBQ7"/>
+    <s v="Other EU27 (5)"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Thousand"/>
+    <n v="45101"/>
+  </r>
+  <r>
+    <s v="CD451"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="ZZEUBQ7"/>
+    <s v="Other EU27 (5)"/>
+    <s v="01"/>
+    <s v="No central heating"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Thousand"/>
+    <n v="934"/>
+  </r>
+  <r>
+    <s v="CD451"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="ZZEUBQ7"/>
+    <s v="Other EU27 (5)"/>
+    <s v="02"/>
+    <s v="Oil"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Thousand"/>
+    <n v="10979"/>
+  </r>
+  <r>
+    <s v="CD451"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="ZZEUBQ7"/>
+    <s v="Other EU27 (5)"/>
+    <s v="03"/>
+    <s v="Natural Gas"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Thousand"/>
+    <n v="18162"/>
+  </r>
+  <r>
+    <s v="CD451"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="ZZEUBQ7"/>
+    <s v="Other EU27 (5)"/>
+    <s v="04"/>
+    <s v="Electricity"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Thousand"/>
+    <n v="12526"/>
+  </r>
+  <r>
+    <s v="CD451"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="ZZEUBQ7"/>
+    <s v="Other EU27 (5)"/>
+    <s v="05"/>
+    <s v="Coal (incl. anthracite)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Thousand"/>
+    <n v="445"/>
+  </r>
+  <r>
+    <s v="CD451"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="ZZEUBQ7"/>
+    <s v="Other EU27 (5)"/>
+    <s v="06"/>
+    <s v="Peat (incl. turf)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Thousand"/>
+    <n v="224"/>
+  </r>
+  <r>
+    <s v="CD451"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="ZZEUBQ7"/>
+    <s v="Other EU27 (5)"/>
+    <s v="07"/>
+    <s v="Liquid Petroleum Gas (LPG)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Thousand"/>
+    <n v="324"/>
+  </r>
+  <r>
+    <s v="CD451"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="ZZEUBQ7"/>
+    <s v="Other EU27 (5)"/>
+    <s v="08"/>
+    <s v="Wood (incl. wood pellets)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Thousand"/>
+    <n v="397"/>
+  </r>
+  <r>
+    <s v="CD451"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="ZZEUBQ7"/>
+    <s v="Other EU27 (5)"/>
+    <s v="09"/>
+    <s v="Other fuels"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Thousand"/>
+    <n v="242"/>
+  </r>
+  <r>
+    <s v="CD451"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="ZZEUBQ7"/>
+    <s v="Other EU27 (5)"/>
+    <s v="10"/>
+    <s v="All types of fuel"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Thousand"/>
+    <n v="43299"/>
+  </r>
+  <r>
+    <s v="CD451"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="ZZEUBQ7"/>
+    <s v="Other EU27 (5)"/>
+    <s v="99"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Thousand"/>
+    <n v="868"/>
+  </r>
+  <r>
+    <s v="CD451"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="ZZEURQ01"/>
+    <s v="Other Europe (8)"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Thousand"/>
+    <n v="8111"/>
+  </r>
+  <r>
+    <s v="CD451"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="ZZEURQ01"/>
+    <s v="Other Europe (8)"/>
+    <s v="01"/>
+    <s v="No central heating"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Thousand"/>
+    <n v="132"/>
+  </r>
+  <r>
+    <s v="CD451"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="ZZEURQ01"/>
+    <s v="Other Europe (8)"/>
+    <s v="02"/>
+    <s v="Oil"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Thousand"/>
+    <n v="1868"/>
+  </r>
+  <r>
+    <s v="CD451"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="ZZEURQ01"/>
+    <s v="Other Europe (8)"/>
+    <s v="03"/>
+    <s v="Natural Gas"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Thousand"/>
+    <n v="4018"/>
+  </r>
+  <r>
+    <s v="CD451"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="ZZEURQ01"/>
+    <s v="Other Europe (8)"/>
+    <s v="04"/>
+    <s v="Electricity"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Thousand"/>
+    <n v="1773"/>
+  </r>
+  <r>
+    <s v="CD451"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="ZZEURQ01"/>
+    <s v="Other Europe (8)"/>
+    <s v="05"/>
+    <s v="Coal (incl. anthracite)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Thousand"/>
+    <n v="54"/>
+  </r>
+  <r>
+    <s v="CD451"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="ZZEURQ01"/>
+    <s v="Other Europe (8)"/>
+    <s v="06"/>
+    <s v="Peat (incl. turf)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Thousand"/>
+    <n v="18"/>
+  </r>
+  <r>
+    <s v="CD451"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="ZZEURQ01"/>
+    <s v="Other Europe (8)"/>
+    <s v="07"/>
+    <s v="Liquid Petroleum Gas (LPG)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Thousand"/>
+    <n v="37"/>
+  </r>
+  <r>
+    <s v="CD451"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="ZZEURQ01"/>
+    <s v="Other Europe (8)"/>
+    <s v="08"/>
+    <s v="Wood (incl. wood pellets)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Thousand"/>
+    <n v="37"/>
+  </r>
+  <r>
+    <s v="CD451"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="ZZEURQ01"/>
+    <s v="Other Europe (8)"/>
+    <s v="09"/>
+    <s v="Other fuels"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Thousand"/>
+    <n v="41"/>
+  </r>
+  <r>
+    <s v="CD451"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="ZZEURQ01"/>
+    <s v="Other Europe (8)"/>
+    <s v="10"/>
+    <s v="All types of fuel"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Thousand"/>
+    <n v="7846"/>
+  </r>
+  <r>
+    <s v="CD451"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="ZZEURQ01"/>
+    <s v="Other Europe (8)"/>
+    <s v="99"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Thousand"/>
+    <n v="133"/>
+  </r>
+  <r>
+    <s v="CD451"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="ZZAA1"/>
+    <s v="Africa (2)"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Thousand"/>
+    <n v="27713"/>
+  </r>
+  <r>
+    <s v="CD451"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="ZZAA1"/>
+    <s v="Africa (2)"/>
+    <s v="01"/>
+    <s v="No central heating"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Thousand"/>
+    <n v="596"/>
+  </r>
+  <r>
+    <s v="CD451"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="ZZAA1"/>
+    <s v="Africa (2)"/>
+    <s v="02"/>
+    <s v="Oil"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Thousand"/>
+    <n v="4971"/>
+  </r>
+  <r>
+    <s v="CD451"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="ZZAA1"/>
+    <s v="Africa (2)"/>
+    <s v="03"/>
+    <s v="Natural Gas"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Thousand"/>
+    <n v="12383"/>
+  </r>
+  <r>
+    <s v="CD451"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="ZZAA1"/>
+    <s v="Africa (2)"/>
+    <s v="04"/>
+    <s v="Electricity"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Thousand"/>
+    <n v="8572"/>
+  </r>
+  <r>
+    <s v="CD451"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="ZZAA1"/>
+    <s v="Africa (2)"/>
+    <s v="05"/>
+    <s v="Coal (incl. anthracite)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Thousand"/>
+    <n v="93"/>
+  </r>
+  <r>
+    <s v="CD451"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="ZZAA1"/>
+    <s v="Africa (2)"/>
+    <s v="06"/>
+    <s v="Peat (incl. turf)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Thousand"/>
+    <n v="29"/>
+  </r>
+  <r>
+    <s v="CD451"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="ZZAA1"/>
+    <s v="Africa (2)"/>
+    <s v="07"/>
+    <s v="Liquid Petroleum Gas (LPG)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Thousand"/>
+    <n v="220"/>
+  </r>
+  <r>
+    <s v="CD451"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="ZZAA1"/>
+    <s v="Africa (2)"/>
+    <s v="08"/>
+    <s v="Wood (incl. wood pellets)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Thousand"/>
+    <n v="56"/>
+  </r>
+  <r>
+    <s v="CD451"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="ZZAA1"/>
+    <s v="Africa (2)"/>
+    <s v="09"/>
+    <s v="Other fuels"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Thousand"/>
+    <n v="105"/>
+  </r>
+  <r>
+    <s v="CD451"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="ZZAA1"/>
+    <s v="Africa (2)"/>
+    <s v="10"/>
+    <s v="All types of fuel"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Thousand"/>
+    <n v="26429"/>
+  </r>
+  <r>
+    <s v="CD451"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="ZZAA1"/>
+    <s v="Africa (2)"/>
+    <s v="99"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Thousand"/>
+    <n v="688"/>
+  </r>
+  <r>
+    <s v="CD451"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="ZZABB"/>
+    <s v="Asia (2)"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Thousand"/>
+    <n v="8185"/>
+  </r>
+  <r>
+    <s v="CD451"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="ZZABB"/>
+    <s v="Asia (2)"/>
+    <s v="01"/>
+    <s v="No central heating"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Thousand"/>
+    <n v="186"/>
+  </r>
+  <r>
+    <s v="CD451"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="ZZABB"/>
+    <s v="Asia (2)"/>
+    <s v="02"/>
+    <s v="Oil"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Thousand"/>
+    <n v="3595"/>
+  </r>
+  <r>
+    <s v="CD451"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="ZZABB"/>
+    <s v="Asia (2)"/>
+    <s v="03"/>
+    <s v="Natural Gas"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Thousand"/>
+    <n v="2514"/>
+  </r>
+  <r>
+    <s v="CD451"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="ZZABB"/>
+    <s v="Asia (2)"/>
+    <s v="04"/>
+    <s v="Electricity"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Thousand"/>
+    <n v="1131"/>
+  </r>
+  <r>
+    <s v="CD451"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="ZZABB"/>
+    <s v="Asia (2)"/>
+    <s v="05"/>
+    <s v="Coal (incl. anthracite)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Thousand"/>
+    <n v="180"/>
+  </r>
+  <r>
+    <s v="CD451"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="ZZABB"/>
+    <s v="Asia (2)"/>
+    <s v="06"/>
+    <s v="Peat (incl. turf)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Thousand"/>
+    <n v="215"/>
+  </r>
+  <r>
+    <s v="CD451"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="ZZABB"/>
+    <s v="Asia (2)"/>
+    <s v="07"/>
+    <s v="Liquid Petroleum Gas (LPG)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Thousand"/>
+    <n v="74"/>
+  </r>
+  <r>
+    <s v="CD451"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="ZZABB"/>
+    <s v="Asia (2)"/>
+    <s v="08"/>
+    <s v="Wood (incl. wood pellets)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Thousand"/>
+    <n v="104"/>
+  </r>
+  <r>
+    <s v="CD451"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="ZZABB"/>
+    <s v="Asia (2)"/>
+    <s v="09"/>
+    <s v="Other fuels"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Thousand"/>
+    <n v="88"/>
+  </r>
+  <r>
+    <s v="CD451"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="ZZABB"/>
+    <s v="Asia (2)"/>
+    <s v="10"/>
+    <s v="All types of fuel"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Thousand"/>
+    <n v="7901"/>
+  </r>
+  <r>
+    <s v="CD451"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="ZZABB"/>
+    <s v="Asia (2)"/>
+    <s v="99"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Thousand"/>
+    <n v="98"/>
+  </r>
+  <r>
+    <s v="CD451"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="US"/>
+    <s v="United States"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Thousand"/>
+    <n v="22573"/>
+  </r>
+  <r>
+    <s v="CD451"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="US"/>
+    <s v="United States"/>
+    <s v="01"/>
+    <s v="No central heating"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Thousand"/>
+    <n v="417"/>
+  </r>
+  <r>
+    <s v="CD451"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="US"/>
+    <s v="United States"/>
+    <s v="02"/>
+    <s v="Oil"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Thousand"/>
+    <n v="4138"/>
+  </r>
+  <r>
+    <s v="CD451"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="US"/>
+    <s v="United States"/>
+    <s v="03"/>
+    <s v="Natural Gas"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Thousand"/>
+    <n v="11818"/>
+  </r>
+  <r>
+    <s v="CD451"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="US"/>
+    <s v="United States"/>
+    <s v="04"/>
+    <s v="Electricity"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Thousand"/>
+    <n v="5142"/>
+  </r>
+  <r>
+    <s v="CD451"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="US"/>
+    <s v="United States"/>
+    <s v="05"/>
+    <s v="Coal (incl. anthracite)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Thousand"/>
+    <n v="156"/>
+  </r>
+  <r>
+    <s v="CD451"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="US"/>
+    <s v="United States"/>
+    <s v="06"/>
+    <s v="Peat (incl. turf)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Thousand"/>
+    <n v="46"/>
+  </r>
+  <r>
+    <s v="CD451"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="US"/>
+    <s v="United States"/>
+    <s v="07"/>
+    <s v="Liquid Petroleum Gas (LPG)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Thousand"/>
+    <n v="113"/>
+  </r>
+  <r>
+    <s v="CD451"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="US"/>
+    <s v="United States"/>
+    <s v="08"/>
+    <s v="Wood (incl. wood pellets)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Thousand"/>
+    <n v="83"/>
+  </r>
+  <r>
+    <s v="CD451"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="US"/>
+    <s v="United States"/>
+    <s v="09"/>
+    <s v="Other fuels"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Thousand"/>
+    <n v="78"/>
+  </r>
+  <r>
+    <s v="CD451"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="US"/>
+    <s v="United States"/>
+    <s v="10"/>
+    <s v="All types of fuel"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Thousand"/>
+    <n v="21574"/>
+  </r>
+  <r>
+    <s v="CD451"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="US"/>
+    <s v="United States"/>
+    <s v="99"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Thousand"/>
+    <n v="582"/>
+  </r>
+  <r>
+    <s v="CD451"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="ZZWORX13"/>
+    <s v="Other countries (13)"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Thousand"/>
+    <n v="19222"/>
+  </r>
+  <r>
+    <s v="CD451"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="ZZWORX13"/>
+    <s v="Other countries (13)"/>
+    <s v="01"/>
+    <s v="No central heating"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Thousand"/>
+    <n v="373"/>
+  </r>
+  <r>
+    <s v="CD451"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="ZZWORX13"/>
+    <s v="Other countries (13)"/>
+    <s v="02"/>
+    <s v="Oil"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Thousand"/>
+    <n v="6190"/>
+  </r>
+  <r>
+    <s v="CD451"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="ZZWORX13"/>
+    <s v="Other countries (13)"/>
+    <s v="03"/>
+    <s v="Natural Gas"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Thousand"/>
+    <n v="6709"/>
+  </r>
+  <r>
+    <s v="CD451"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="ZZWORX13"/>
+    <s v="Other countries (13)"/>
+    <s v="04"/>
+    <s v="Electricity"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Thousand"/>
+    <n v="4416"/>
+  </r>
+  <r>
+    <s v="CD451"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="ZZWORX13"/>
+    <s v="Other countries (13)"/>
+    <s v="05"/>
+    <s v="Coal (incl. anthracite)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Thousand"/>
+    <n v="402"/>
+  </r>
+  <r>
+    <s v="CD451"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="ZZWORX13"/>
+    <s v="Other countries (13)"/>
+    <s v="06"/>
+    <s v="Peat (incl. turf)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Thousand"/>
+    <n v="319"/>
+  </r>
+  <r>
+    <s v="CD451"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="ZZWORX13"/>
+    <s v="Other countries (13)"/>
+    <s v="07"/>
+    <s v="Liquid Petroleum Gas (LPG)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Thousand"/>
+    <n v="105"/>
+  </r>
+  <r>
+    <s v="CD451"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="ZZWORX13"/>
+    <s v="Other countries (13)"/>
+    <s v="08"/>
+    <s v="Wood (incl. wood pellets)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Thousand"/>
+    <n v="169"/>
+  </r>
+  <r>
+    <s v="CD451"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="ZZWORX13"/>
+    <s v="Other countries (13)"/>
+    <s v="09"/>
+    <s v="Other fuels"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Thousand"/>
+    <n v="102"/>
+  </r>
+  <r>
+    <s v="CD451"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="ZZWORX13"/>
+    <s v="Other countries (13)"/>
+    <s v="10"/>
+    <s v="All types of fuel"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Thousand"/>
+    <n v="18412"/>
+  </r>
+  <r>
+    <s v="CD451"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="ZZWORX13"/>
+    <s v="Other countries (13)"/>
+    <s v="99"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Thousand"/>
+    <n v="437"/>
+  </r>
+  <r>
+    <s v="CD451"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Thousand"/>
+    <n v="1649408"/>
+  </r>
+  <r>
+    <s v="CD451"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="01"/>
+    <s v="No central heating"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Thousand"/>
+    <n v="26952"/>
+  </r>
+  <r>
+    <s v="CD451"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="02"/>
+    <s v="Oil"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Thousand"/>
+    <n v="711330"/>
+  </r>
+  <r>
+    <s v="CD451"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="03"/>
+    <s v="Natural Gas"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Thousand"/>
+    <n v="550215"/>
+  </r>
+  <r>
+    <s v="CD451"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="04"/>
+    <s v="Electricity"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Thousand"/>
+    <n v="140419"/>
+  </r>
+  <r>
+    <s v="CD451"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="05"/>
+    <s v="Coal (incl. anthracite)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Thousand"/>
+    <n v="79145"/>
+  </r>
+  <r>
+    <s v="CD451"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="06"/>
+    <s v="Peat (incl. turf)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Thousand"/>
+    <n v="78638"/>
+  </r>
+  <r>
+    <s v="CD451"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="07"/>
+    <s v="Liquid Petroleum Gas (LPG)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Thousand"/>
+    <n v="10452"/>
+  </r>
+  <r>
+    <s v="CD451"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="08"/>
+    <s v="Wood (incl. wood pellets)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Thousand"/>
+    <n v="21395"/>
+  </r>
+  <r>
+    <s v="CD451"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="09"/>
+    <s v="Other fuels"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Thousand"/>
+    <n v="8524"/>
+  </r>
+  <r>
+    <s v="CD451"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="10"/>
+    <s v="All types of fuel"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Thousand"/>
+    <n v="1600118"/>
+  </r>
+  <r>
+    <s v="CD451"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="99"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Thousand"/>
+    <n v="22338"/>
+  </r>
+  <r>
+    <s v="CD451"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Thousand"/>
+    <n v="818198"/>
+  </r>
+  <r>
+    <s v="CD451"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="01"/>
+    <s v="No central heating"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Thousand"/>
+    <n v="11292"/>
+  </r>
+  <r>
+    <s v="CD451"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="02"/>
+    <s v="Oil"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Thousand"/>
+    <n v="245984"/>
+  </r>
+  <r>
+    <s v="CD451"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="03"/>
+    <s v="Natural Gas"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Thousand"/>
+    <n v="425630"/>
+  </r>
+  <r>
+    <s v="CD451"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="04"/>
+    <s v="Electricity"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Thousand"/>
+    <n v="70245"/>
+  </r>
+  <r>
+    <s v="CD451"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="05"/>
+    <s v="Coal (incl. anthracite)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Thousand"/>
+    <n v="33174"/>
+  </r>
+  <r>
+    <s v="CD451"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="06"/>
+    <s v="Peat (incl. turf)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Thousand"/>
+    <n v="10760"/>
+  </r>
+  <r>
+    <s v="CD451"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="07"/>
+    <s v="Liquid Petroleum Gas (LPG)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Thousand"/>
+    <n v="3251"/>
+  </r>
+  <r>
+    <s v="CD451"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="08"/>
+    <s v="Wood (incl. wood pellets)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Thousand"/>
+    <n v="2966"/>
+  </r>
+  <r>
+    <s v="CD451"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="09"/>
+    <s v="Other fuels"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Thousand"/>
+    <n v="2138"/>
+  </r>
+  <r>
+    <s v="CD451"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="10"/>
+    <s v="All types of fuel"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Thousand"/>
+    <n v="794148"/>
+  </r>
+  <r>
+    <s v="CD451"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="99"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Thousand"/>
+    <n v="12758"/>
+  </r>
+  <r>
+    <s v="CD451"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="XI"/>
+    <s v="Northern Ireland"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Thousand"/>
+    <n v="14834"/>
+  </r>
+  <r>
+    <s v="CD451"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="XI"/>
+    <s v="Northern Ireland"/>
+    <s v="01"/>
+    <s v="No central heating"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Thousand"/>
+    <n v="149"/>
+  </r>
+  <r>
+    <s v="CD451"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="XI"/>
+    <s v="Northern Ireland"/>
+    <s v="02"/>
+    <s v="Oil"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Thousand"/>
+    <n v="5228"/>
+  </r>
+  <r>
+    <s v="CD451"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="XI"/>
+    <s v="Northern Ireland"/>
+    <s v="03"/>
+    <s v="Natural Gas"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Thousand"/>
+    <n v="7197"/>
+  </r>
+  <r>
+    <s v="CD451"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="XI"/>
+    <s v="Northern Ireland"/>
+    <s v="04"/>
+    <s v="Electricity"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Thousand"/>
+    <n v="1462"/>
+  </r>
+  <r>
+    <s v="CD451"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="XI"/>
+    <s v="Northern Ireland"/>
+    <s v="05"/>
+    <s v="Coal (incl. anthracite)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Thousand"/>
+    <n v="468"/>
+  </r>
+  <r>
+    <s v="CD451"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="XI"/>
+    <s v="Northern Ireland"/>
+    <s v="06"/>
+    <s v="Peat (incl. turf)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Thousand"/>
+    <n v="64"/>
+  </r>
+  <r>
+    <s v="CD451"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="XI"/>
+    <s v="Northern Ireland"/>
+    <s v="07"/>
+    <s v="Liquid Petroleum Gas (LPG)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Thousand"/>
+    <n v="67"/>
+  </r>
+  <r>
+    <s v="CD451"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="XI"/>
+    <s v="Northern Ireland"/>
+    <s v="08"/>
+    <s v="Wood (incl. wood pellets)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Thousand"/>
+    <n v="55"/>
+  </r>
+  <r>
+    <s v="CD451"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="XI"/>
+    <s v="Northern Ireland"/>
+    <s v="09"/>
+    <s v="Other fuels"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Thousand"/>
+    <n v="47"/>
+  </r>
+  <r>
+    <s v="CD451"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="XI"/>
+    <s v="Northern Ireland"/>
+    <s v="10"/>
+    <s v="All types of fuel"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Thousand"/>
+    <n v="14588"/>
+  </r>
+  <r>
+    <s v="CD451"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="XI"/>
+    <s v="Northern Ireland"/>
+    <s v="99"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Thousand"/>
+    <n v="97"/>
+  </r>
+  <r>
+    <s v="CD451"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="XEXW"/>
+    <s v="England and Wales"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Thousand"/>
+    <n v="50520"/>
+  </r>
+  <r>
+    <s v="CD451"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="XEXW"/>
+    <s v="England and Wales"/>
+    <s v="01"/>
+    <s v="No central heating"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Thousand"/>
+    <n v="769"/>
+  </r>
+  <r>
+    <s v="CD451"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="XEXW"/>
+    <s v="England and Wales"/>
+    <s v="02"/>
+    <s v="Oil"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Thousand"/>
+    <n v="15543"/>
+  </r>
+  <r>
+    <s v="CD451"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="XEXW"/>
+    <s v="England and Wales"/>
+    <s v="03"/>
+    <s v="Natural Gas"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Thousand"/>
+    <n v="24534"/>
+  </r>
+  <r>
+    <s v="CD451"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="XEXW"/>
+    <s v="England and Wales"/>
+    <s v="04"/>
+    <s v="Electricity"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Thousand"/>
+    <n v="5663"/>
+  </r>
+  <r>
+    <s v="CD451"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="XEXW"/>
+    <s v="England and Wales"/>
+    <s v="05"/>
+    <s v="Coal (incl. anthracite)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Thousand"/>
+    <n v="2506"/>
+  </r>
+  <r>
+    <s v="CD451"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="XEXW"/>
+    <s v="England and Wales"/>
+    <s v="06"/>
+    <s v="Peat (incl. turf)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Thousand"/>
+    <n v="494"/>
+  </r>
+  <r>
+    <s v="CD451"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="XEXW"/>
+    <s v="England and Wales"/>
+    <s v="07"/>
+    <s v="Liquid Petroleum Gas (LPG)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Thousand"/>
+    <n v="276"/>
+  </r>
+  <r>
+    <s v="CD451"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="XEXW"/>
+    <s v="England and Wales"/>
+    <s v="08"/>
+    <s v="Wood (incl. wood pellets)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Thousand"/>
+    <n v="193"/>
+  </r>
+  <r>
+    <s v="CD451"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="XEXW"/>
+    <s v="England and Wales"/>
+    <s v="09"/>
+    <s v="Other fuels"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Thousand"/>
+    <n v="174"/>
+  </r>
+  <r>
+    <s v="CD451"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="XEXW"/>
+    <s v="England and Wales"/>
+    <s v="10"/>
+    <s v="All types of fuel"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Thousand"/>
+    <n v="49383"/>
+  </r>
+  <r>
+    <s v="CD451"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="XEXW"/>
+    <s v="England and Wales"/>
+    <s v="99"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Thousand"/>
+    <n v="368"/>
+  </r>
+  <r>
+    <s v="CD451"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="XS"/>
+    <s v="Scotland"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Thousand"/>
+    <n v="4604"/>
+  </r>
+  <r>
+    <s v="CD451"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="XS"/>
+    <s v="Scotland"/>
+    <s v="01"/>
+    <s v="No central heating"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Thousand"/>
+    <n v="57"/>
+  </r>
+  <r>
+    <s v="CD451"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="XS"/>
+    <s v="Scotland"/>
+    <s v="02"/>
+    <s v="Oil"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Thousand"/>
+    <n v="1498"/>
+  </r>
+  <r>
+    <s v="CD451"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="XS"/>
+    <s v="Scotland"/>
+    <s v="03"/>
+    <s v="Natural Gas"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Thousand"/>
+    <n v="2122"/>
+  </r>
+  <r>
+    <s v="CD451"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="XS"/>
+    <s v="Scotland"/>
+    <s v="04"/>
+    <s v="Electricity"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Thousand"/>
+    <n v="535"/>
+  </r>
+  <r>
+    <s v="CD451"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="XS"/>
+    <s v="Scotland"/>
+    <s v="05"/>
+    <s v="Coal (incl. anthracite)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Thousand"/>
+    <n v="231"/>
+  </r>
+  <r>
+    <s v="CD451"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="XS"/>
+    <s v="Scotland"/>
+    <s v="06"/>
+    <s v="Peat (incl. turf)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Thousand"/>
+    <n v="57"/>
+  </r>
+  <r>
+    <s v="CD451"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="XS"/>
+    <s v="Scotland"/>
+    <s v="07"/>
+    <s v="Liquid Petroleum Gas (LPG)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Thousand"/>
+    <n v="38"/>
+  </r>
+  <r>
+    <s v="CD451"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="XS"/>
+    <s v="Scotland"/>
+    <s v="08"/>
+    <s v="Wood (incl. wood pellets)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Thousand"/>
+    <n v="15"/>
+  </r>
+  <r>
+    <s v="CD451"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="XS"/>
+    <s v="Scotland"/>
+    <s v="09"/>
+    <s v="Other fuels"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Thousand"/>
+    <n v="10"/>
+  </r>
+  <r>
+    <s v="CD451"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="XS"/>
+    <s v="Scotland"/>
+    <s v="10"/>
+    <s v="All types of fuel"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Thousand"/>
+    <n v="4506"/>
+  </r>
+  <r>
+    <s v="CD451"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="XS"/>
+    <s v="Scotland"/>
+    <s v="99"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Thousand"/>
+    <n v="41"/>
+  </r>
+  <r>
+    <s v="CD451"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="LT"/>
+    <s v="Lithuania"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Thousand"/>
+    <n v="38833"/>
+  </r>
+  <r>
+    <s v="CD451"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="LT"/>
+    <s v="Lithuania"/>
+    <s v="01"/>
+    <s v="No central heating"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Thousand"/>
+    <n v="244"/>
+  </r>
+  <r>
+    <s v="CD451"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="LT"/>
+    <s v="Lithuania"/>
+    <s v="02"/>
+    <s v="Oil"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Thousand"/>
+    <n v="9028"/>
+  </r>
+  <r>
+    <s v="CD451"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="LT"/>
+    <s v="Lithuania"/>
+    <s v="03"/>
+    <s v="Natural Gas"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Thousand"/>
+    <n v="18089"/>
+  </r>
+  <r>
+    <s v="CD451"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="LT"/>
+    <s v="Lithuania"/>
+    <s v="04"/>
+    <s v="Electricity"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Thousand"/>
+    <n v="10184"/>
+  </r>
+  <r>
+    <s v="CD451"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="LT"/>
+    <s v="Lithuania"/>
+    <s v="05"/>
+    <s v="Coal (incl. anthracite)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Thousand"/>
+    <n v="126"/>
+  </r>
+  <r>
+    <s v="CD451"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="LT"/>
+    <s v="Lithuania"/>
+    <s v="06"/>
+    <s v="Peat (incl. turf)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Thousand"/>
+    <n v="23"/>
+  </r>
+  <r>
+    <s v="CD451"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="LT"/>
+    <s v="Lithuania"/>
+    <s v="07"/>
+    <s v="Liquid Petroleum Gas (LPG)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Thousand"/>
+    <n v="456"/>
+  </r>
+  <r>
+    <s v="CD451"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="LT"/>
+    <s v="Lithuania"/>
+    <s v="08"/>
+    <s v="Wood (incl. wood pellets)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Thousand"/>
+    <n v="78"/>
+  </r>
+  <r>
+    <s v="CD451"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="LT"/>
+    <s v="Lithuania"/>
+    <s v="09"/>
+    <s v="Other fuels"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Thousand"/>
+    <n v="78"/>
+  </r>
+  <r>
+    <s v="CD451"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="LT"/>
+    <s v="Lithuania"/>
+    <s v="10"/>
+    <s v="All types of fuel"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Thousand"/>
+    <n v="38062"/>
+  </r>
+  <r>
+    <s v="CD451"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="LT"/>
+    <s v="Lithuania"/>
+    <s v="99"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Thousand"/>
+    <n v="527"/>
+  </r>
+  <r>
+    <s v="CD451"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="PL"/>
+    <s v="Poland"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Thousand"/>
+    <n v="10931"/>
+  </r>
+  <r>
+    <s v="CD451"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="PL"/>
+    <s v="Poland"/>
+    <s v="01"/>
+    <s v="No central heating"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Thousand"/>
+    <n v="76"/>
+  </r>
+  <r>
+    <s v="CD451"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="PL"/>
+    <s v="Poland"/>
+    <s v="02"/>
+    <s v="Oil"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Thousand"/>
+    <n v="2960"/>
+  </r>
+  <r>
+    <s v="CD451"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="PL"/>
+    <s v="Poland"/>
+    <s v="03"/>
+    <s v="Natural Gas"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Thousand"/>
+    <n v="5090"/>
+  </r>
+  <r>
+    <s v="CD451"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="PL"/>
+    <s v="Poland"/>
+    <s v="04"/>
+    <s v="Electricity"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Thousand"/>
+    <n v="2408"/>
+  </r>
+  <r>
+    <s v="CD451"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="PL"/>
+    <s v="Poland"/>
+    <s v="05"/>
+    <s v="Coal (incl. anthracite)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Thousand"/>
+    <n v="47"/>
+  </r>
+  <r>
+    <s v="CD451"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="PL"/>
+    <s v="Poland"/>
+    <s v="06"/>
+    <s v="Peat (incl. turf)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Thousand"/>
+    <n v="7"/>
+  </r>
+  <r>
+    <s v="CD451"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="PL"/>
+    <s v="Poland"/>
+    <s v="07"/>
+    <s v="Liquid Petroleum Gas (LPG)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Thousand"/>
+    <n v="88"/>
+  </r>
+  <r>
+    <s v="CD451"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="PL"/>
+    <s v="Poland"/>
+    <s v="08"/>
+    <s v="Wood (incl. wood pellets)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Thousand"/>
+    <n v="19"/>
+  </r>
+  <r>
+    <s v="CD451"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="PL"/>
+    <s v="Poland"/>
+    <s v="09"/>
+    <s v="Other fuels"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Thousand"/>
+    <n v="57"/>
+  </r>
+  <r>
+    <s v="CD451"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="PL"/>
+    <s v="Poland"/>
+    <s v="10"/>
+    <s v="All types of fuel"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Thousand"/>
+    <n v="10676"/>
+  </r>
+  <r>
+    <s v="CD451"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="PL"/>
+    <s v="Poland"/>
+    <s v="99"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Thousand"/>
+    <n v="179"/>
+  </r>
+  <r>
+    <s v="CD451"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="ZZEUBQ7"/>
+    <s v="Other EU27 (5)"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Thousand"/>
+    <n v="38318"/>
+  </r>
+  <r>
+    <s v="CD451"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="ZZEUBQ7"/>
+    <s v="Other EU27 (5)"/>
+    <s v="01"/>
+    <s v="No central heating"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Thousand"/>
+    <n v="736"/>
+  </r>
+  <r>
+    <s v="CD451"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="ZZEUBQ7"/>
+    <s v="Other EU27 (5)"/>
+    <s v="02"/>
+    <s v="Oil"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Thousand"/>
+    <n v="6417"/>
+  </r>
+  <r>
+    <s v="CD451"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="ZZEUBQ7"/>
+    <s v="Other EU27 (5)"/>
+    <s v="03"/>
+    <s v="Natural Gas"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Thousand"/>
+    <n v="17808"/>
+  </r>
+  <r>
+    <s v="CD451"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="ZZEUBQ7"/>
+    <s v="Other EU27 (5)"/>
+    <s v="04"/>
+    <s v="Electricity"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Thousand"/>
+    <n v="11913"/>
+  </r>
+  <r>
+    <s v="CD451"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="ZZEUBQ7"/>
+    <s v="Other EU27 (5)"/>
+    <s v="05"/>
+    <s v="Coal (incl. anthracite)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Thousand"/>
+    <n v="219"/>
+  </r>
+  <r>
+    <s v="CD451"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="ZZEUBQ7"/>
+    <s v="Other EU27 (5)"/>
+    <s v="06"/>
+    <s v="Peat (incl. turf)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Thousand"/>
+    <n v="37"/>
+  </r>
+  <r>
+    <s v="CD451"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="ZZEUBQ7"/>
+    <s v="Other EU27 (5)"/>
+    <s v="07"/>
+    <s v="Liquid Petroleum Gas (LPG)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Thousand"/>
+    <n v="174"/>
+  </r>
+  <r>
+    <s v="CD451"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="ZZEUBQ7"/>
+    <s v="Other EU27 (5)"/>
+    <s v="08"/>
+    <s v="Wood (incl. wood pellets)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Thousand"/>
+    <n v="69"/>
+  </r>
+  <r>
+    <s v="CD451"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="ZZEUBQ7"/>
+    <s v="Other EU27 (5)"/>
+    <s v="09"/>
+    <s v="Other fuels"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Thousand"/>
+    <n v="139"/>
+  </r>
+  <r>
+    <s v="CD451"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="ZZEUBQ7"/>
+    <s v="Other EU27 (5)"/>
+    <s v="10"/>
+    <s v="All types of fuel"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Thousand"/>
+    <n v="36776"/>
+  </r>
+  <r>
+    <s v="CD451"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="ZZEUBQ7"/>
+    <s v="Other EU27 (5)"/>
+    <s v="99"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Thousand"/>
+    <n v="806"/>
+  </r>
+  <r>
+    <s v="CD451"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="ZZEURQ01"/>
+    <s v="Other Europe (8)"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Thousand"/>
+    <n v="7299"/>
+  </r>
+  <r>
+    <s v="CD451"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="ZZEURQ01"/>
+    <s v="Other Europe (8)"/>
+    <s v="01"/>
+    <s v="No central heating"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Thousand"/>
+    <n v="111"/>
+  </r>
+  <r>
+    <s v="CD451"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="ZZEURQ01"/>
+    <s v="Other Europe (8)"/>
+    <s v="02"/>
+    <s v="Oil"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Thousand"/>
+    <n v="1304"/>
+  </r>
+  <r>
+    <s v="CD451"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="ZZEURQ01"/>
+    <s v="Other Europe (8)"/>
+    <s v="03"/>
+    <s v="Natural Gas"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Thousand"/>
+    <n v="3975"/>
+  </r>
+  <r>
+    <s v="CD451"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="ZZEURQ01"/>
+    <s v="Other Europe (8)"/>
+    <s v="04"/>
+    <s v="Electricity"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Thousand"/>
+    <n v="1682"/>
+  </r>
+  <r>
+    <s v="CD451"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="ZZEURQ01"/>
+    <s v="Other Europe (8)"/>
+    <s v="05"/>
+    <s v="Coal (incl. anthracite)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Thousand"/>
+    <n v="36"/>
+  </r>
+  <r>
+    <s v="CD451"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="ZZEURQ01"/>
+    <s v="Other Europe (8)"/>
+    <s v="06"/>
+    <s v="Peat (incl. turf)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Thousand"/>
+    <n v="3"/>
+  </r>
+  <r>
+    <s v="CD451"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="ZZEURQ01"/>
+    <s v="Other Europe (8)"/>
+    <s v="07"/>
+    <s v="Liquid Petroleum Gas (LPG)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Thousand"/>
+    <n v="27"/>
+  </r>
+  <r>
+    <s v="CD451"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="ZZEURQ01"/>
+    <s v="Other Europe (8)"/>
+    <s v="08"/>
+    <s v="Wood (incl. wood pellets)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Thousand"/>
+    <n v="11"/>
+  </r>
+  <r>
+    <s v="CD451"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="ZZEURQ01"/>
+    <s v="Other Europe (8)"/>
+    <s v="09"/>
+    <s v="Other fuels"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Thousand"/>
+    <n v="24"/>
+  </r>
+  <r>
+    <s v="CD451"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="ZZEURQ01"/>
+    <s v="Other Europe (8)"/>
+    <s v="10"/>
+    <s v="All types of fuel"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Thousand"/>
+    <n v="7062"/>
+  </r>
+  <r>
+    <s v="CD451"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="ZZEURQ01"/>
+    <s v="Other Europe (8)"/>
+    <s v="99"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Thousand"/>
+    <n v="126"/>
+  </r>
+  <r>
+    <s v="CD451"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="ZZAA1"/>
+    <s v="Africa (2)"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Thousand"/>
+    <n v="25868"/>
+  </r>
+  <r>
+    <s v="CD451"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="ZZAA1"/>
+    <s v="Africa (2)"/>
+    <s v="01"/>
+    <s v="No central heating"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Thousand"/>
+    <n v="568"/>
+  </r>
+  <r>
+    <s v="CD451"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="ZZAA1"/>
+    <s v="Africa (2)"/>
+    <s v="02"/>
+    <s v="Oil"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Thousand"/>
+    <n v="3819"/>
+  </r>
+  <r>
+    <s v="CD451"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="ZZAA1"/>
+    <s v="Africa (2)"/>
+    <s v="03"/>
+    <s v="Natural Gas"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Thousand"/>
+    <n v="12207"/>
+  </r>
+  <r>
+    <s v="CD451"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="ZZAA1"/>
+    <s v="Africa (2)"/>
+    <s v="04"/>
+    <s v="Electricity"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Thousand"/>
+    <n v="8282"/>
+  </r>
+  <r>
+    <s v="CD451"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="ZZAA1"/>
+    <s v="Africa (2)"/>
+    <s v="05"/>
+    <s v="Coal (incl. anthracite)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Thousand"/>
+    <n v="66"/>
+  </r>
+  <r>
+    <s v="CD451"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="ZZAA1"/>
+    <s v="Africa (2)"/>
+    <s v="06"/>
+    <s v="Peat (incl. turf)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Thousand"/>
+    <n v="6"/>
+  </r>
+  <r>
+    <s v="CD451"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="ZZAA1"/>
+    <s v="Africa (2)"/>
+    <s v="07"/>
+    <s v="Liquid Petroleum Gas (LPG)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Thousand"/>
+    <n v="173"/>
+  </r>
+  <r>
+    <s v="CD451"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="ZZAA1"/>
+    <s v="Africa (2)"/>
+    <s v="08"/>
+    <s v="Wood (incl. wood pellets)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Thousand"/>
+    <n v="20"/>
+  </r>
+  <r>
+    <s v="CD451"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="ZZAA1"/>
+    <s v="Africa (2)"/>
+    <s v="09"/>
+    <s v="Other fuels"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Thousand"/>
+    <n v="79"/>
+  </r>
+  <r>
+    <s v="CD451"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="ZZAA1"/>
+    <s v="Africa (2)"/>
+    <s v="10"/>
+    <s v="All types of fuel"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Thousand"/>
+    <n v="24652"/>
+  </r>
+  <r>
+    <s v="CD451"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="ZZAA1"/>
+    <s v="Africa (2)"/>
+    <s v="99"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Thousand"/>
+    <n v="648"/>
+  </r>
+  <r>
+    <s v="CD451"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="ZZABB"/>
+    <s v="Asia (2)"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Thousand"/>
+    <n v="5055"/>
+  </r>
+  <r>
+    <s v="CD451"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="ZZABB"/>
+    <s v="Asia (2)"/>
+    <s v="01"/>
+    <s v="No central heating"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Thousand"/>
+    <n v="112"/>
+  </r>
+  <r>
+    <s v="CD451"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="ZZABB"/>
+    <s v="Asia (2)"/>
+    <s v="02"/>
+    <s v="Oil"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Thousand"/>
+    <n v="1288"/>
+  </r>
+  <r>
+    <s v="CD451"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="ZZABB"/>
+    <s v="Asia (2)"/>
+    <s v="03"/>
+    <s v="Natural Gas"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Thousand"/>
+    <n v="2422"/>
+  </r>
+  <r>
+    <s v="CD451"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="ZZABB"/>
+    <s v="Asia (2)"/>
+    <s v="04"/>
+    <s v="Electricity"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Thousand"/>
+    <n v="982"/>
+  </r>
+  <r>
+    <s v="CD451"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="ZZABB"/>
+    <s v="Asia (2)"/>
+    <s v="05"/>
+    <s v="Coal (incl. anthracite)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Thousand"/>
+    <n v="81"/>
+  </r>
+  <r>
+    <s v="CD451"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="ZZABB"/>
+    <s v="Asia (2)"/>
+    <s v="06"/>
+    <s v="Peat (incl. turf)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Thousand"/>
+    <n v="18"/>
+  </r>
+  <r>
+    <s v="CD451"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="ZZABB"/>
+    <s v="Asia (2)"/>
+    <s v="07"/>
+    <s v="Liquid Petroleum Gas (LPG)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Thousand"/>
+    <n v="24"/>
+  </r>
+  <r>
+    <s v="CD451"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="ZZABB"/>
+    <s v="Asia (2)"/>
+    <s v="08"/>
+    <s v="Wood (incl. wood pellets)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Thousand"/>
+    <n v="17"/>
+  </r>
+  <r>
+    <s v="CD451"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="ZZABB"/>
+    <s v="Asia (2)"/>
+    <s v="09"/>
+    <s v="Other fuels"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Thousand"/>
+    <n v="35"/>
+  </r>
+  <r>
+    <s v="CD451"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="ZZABB"/>
+    <s v="Asia (2)"/>
+    <s v="10"/>
+    <s v="All types of fuel"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Thousand"/>
+    <n v="4867"/>
+  </r>
+  <r>
+    <s v="CD451"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="ZZABB"/>
+    <s v="Asia (2)"/>
+    <s v="99"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Thousand"/>
+    <n v="76"/>
+  </r>
+  <r>
+    <s v="CD451"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="US"/>
+    <s v="United States"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Thousand"/>
+    <n v="20453"/>
+  </r>
+  <r>
+    <s v="CD451"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="US"/>
+    <s v="United States"/>
+    <s v="01"/>
+    <s v="No central heating"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Thousand"/>
+    <n v="376"/>
+  </r>
+  <r>
+    <s v="CD451"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="US"/>
+    <s v="United States"/>
+    <s v="02"/>
+    <s v="Oil"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Thousand"/>
+    <n v="2878"/>
+  </r>
+  <r>
+    <s v="CD451"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="US"/>
+    <s v="United States"/>
+    <s v="03"/>
+    <s v="Natural Gas"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Thousand"/>
+    <n v="11580"/>
+  </r>
+  <r>
+    <s v="CD451"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="US"/>
+    <s v="United States"/>
+    <s v="04"/>
+    <s v="Electricity"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Thousand"/>
+    <n v="4811"/>
+  </r>
+  <r>
+    <s v="CD451"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="US"/>
+    <s v="United States"/>
+    <s v="05"/>
+    <s v="Coal (incl. anthracite)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Thousand"/>
+    <n v="103"/>
+  </r>
+  <r>
+    <s v="CD451"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="US"/>
+    <s v="United States"/>
+    <s v="06"/>
+    <s v="Peat (incl. turf)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Thousand"/>
+    <n v="14"/>
+  </r>
+  <r>
+    <s v="CD451"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="US"/>
+    <s v="United States"/>
+    <s v="07"/>
+    <s v="Liquid Petroleum Gas (LPG)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Thousand"/>
+    <n v="91"/>
+  </r>
+  <r>
+    <s v="CD451"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="US"/>
+    <s v="United States"/>
+    <s v="08"/>
+    <s v="Wood (incl. wood pellets)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Thousand"/>
+    <n v="14"/>
+  </r>
+  <r>
+    <s v="CD451"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="US"/>
+    <s v="United States"/>
+    <s v="09"/>
+    <s v="Other fuels"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Thousand"/>
+    <n v="60"/>
+  </r>
+  <r>
+    <s v="CD451"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="US"/>
+    <s v="United States"/>
+    <s v="10"/>
+    <s v="All types of fuel"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Thousand"/>
+    <n v="19551"/>
+  </r>
+  <r>
+    <s v="CD451"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="US"/>
+    <s v="United States"/>
+    <s v="99"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Thousand"/>
+    <n v="526"/>
+  </r>
+  <r>
+    <s v="CD451"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="ZZWORX13"/>
+    <s v="Other countries (13)"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Thousand"/>
+    <n v="15160"/>
+  </r>
+  <r>
+    <s v="CD451"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="ZZWORX13"/>
+    <s v="Other countries (13)"/>
+    <s v="01"/>
+    <s v="No central heating"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Thousand"/>
+    <n v="269"/>
+  </r>
+  <r>
+    <s v="CD451"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="ZZWORX13"/>
+    <s v="Other countries (13)"/>
+    <s v="02"/>
+    <s v="Oil"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Thousand"/>
+    <n v="3370"/>
+  </r>
+  <r>
+    <s v="CD451"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="ZZWORX13"/>
+    <s v="Other countries (13)"/>
+    <s v="03"/>
+    <s v="Natural Gas"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Thousand"/>
+    <n v="6549"/>
+  </r>
+  <r>
+    <s v="CD451"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="ZZWORX13"/>
+    <s v="Other countries (13)"/>
+    <s v="04"/>
+    <s v="Electricity"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Thousand"/>
+    <n v="4188"/>
+  </r>
+  <r>
+    <s v="CD451"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="ZZWORX13"/>
+    <s v="Other countries (13)"/>
+    <s v="05"/>
+    <s v="Coal (incl. anthracite)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Thousand"/>
+    <n v="206"/>
+  </r>
+  <r>
+    <s v="CD451"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="ZZWORX13"/>
+    <s v="Other countries (13)"/>
+    <s v="06"/>
+    <s v="Peat (incl. turf)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Thousand"/>
+    <n v="62"/>
+  </r>
+  <r>
+    <s v="CD451"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="ZZWORX13"/>
+    <s v="Other countries (13)"/>
+    <s v="07"/>
+    <s v="Liquid Petroleum Gas (LPG)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Thousand"/>
+    <n v="54"/>
+  </r>
+  <r>
+    <s v="CD451"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="ZZWORX13"/>
+    <s v="Other countries (13)"/>
+    <s v="08"/>
+    <s v="Wood (incl. wood pellets)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Thousand"/>
+    <n v="34"/>
+  </r>
+  <r>
+    <s v="CD451"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="ZZWORX13"/>
+    <s v="Other countries (13)"/>
+    <s v="09"/>
+    <s v="Other fuels"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Thousand"/>
+    <n v="53"/>
+  </r>
+  <r>
+    <s v="CD451"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="ZZWORX13"/>
+    <s v="Other countries (13)"/>
+    <s v="10"/>
+    <s v="All types of fuel"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Thousand"/>
+    <n v="14516"/>
+  </r>
+  <r>
+    <s v="CD451"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="ZZWORX13"/>
+    <s v="Other countries (13)"/>
+    <s v="99"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Thousand"/>
+    <n v="375"/>
+  </r>
+  <r>
+    <s v="CD451"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Thousand"/>
+    <n v="1050073"/>
+  </r>
+  <r>
+    <s v="CD451"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="01"/>
+    <s v="No central heating"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Thousand"/>
+    <n v="14759"/>
+  </r>
+  <r>
+    <s v="CD451"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="02"/>
+    <s v="Oil"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Thousand"/>
+    <n v="299317"/>
+  </r>
+  <r>
+    <s v="CD451"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="03"/>
+    <s v="Natural Gas"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Thousand"/>
+    <n v="537203"/>
+  </r>
+  <r>
+    <s v="CD451"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="04"/>
+    <s v="Electricity"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Thousand"/>
+    <n v="122355"/>
+  </r>
+  <r>
+    <s v="CD451"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="05"/>
+    <s v="Coal (incl. anthracite)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Thousand"/>
+    <n v="37263"/>
+  </r>
+  <r>
+    <s v="CD451"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="06"/>
+    <s v="Peat (incl. turf)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Thousand"/>
+    <n v="11545"/>
+  </r>
+  <r>
+    <s v="CD451"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="07"/>
+    <s v="Liquid Petroleum Gas (LPG)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Thousand"/>
+    <n v="4719"/>
+  </r>
+  <r>
+    <s v="CD451"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="08"/>
+    <s v="Wood (incl. wood pellets)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Thousand"/>
+    <n v="3491"/>
+  </r>
+  <r>
+    <s v="CD451"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="09"/>
+    <s v="Other fuels"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Thousand"/>
+    <n v="2894"/>
+  </r>
+  <r>
+    <s v="CD451"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="10"/>
+    <s v="All types of fuel"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Thousand"/>
+    <n v="1018787"/>
+  </r>
+  <r>
+    <s v="CD451"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="99"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Thousand"/>
+    <n v="16527"/>
+  </r>
+  <r>
+    <s v="CD451"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Thousand"/>
+    <n v="518661"/>
+  </r>
+  <r>
+    <s v="CD451"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="01"/>
+    <s v="No central heating"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Thousand"/>
+    <n v="10536"/>
+  </r>
+  <r>
+    <s v="CD451"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="02"/>
+    <s v="Oil"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Thousand"/>
+    <n v="354164"/>
+  </r>
+  <r>
+    <s v="CD451"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="03"/>
+    <s v="Natural Gas"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Thousand"/>
+    <n v="10292"/>
+  </r>
+  <r>
+    <s v="CD451"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="04"/>
+    <s v="Electricity"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Thousand"/>
+    <n v="13835"/>
+  </r>
+  <r>
+    <s v="CD451"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="05"/>
+    <s v="Coal (incl. anthracite)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Thousand"/>
+    <n v="37231"/>
+  </r>
+  <r>
+    <s v="CD451"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="06"/>
+    <s v="Peat (incl. turf)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Thousand"/>
+    <n v="62894"/>
+  </r>
+  <r>
+    <s v="CD451"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="07"/>
+    <s v="Liquid Petroleum Gas (LPG)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Thousand"/>
+    <n v="4454"/>
+  </r>
+  <r>
+    <s v="CD451"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="08"/>
+    <s v="Wood (incl. wood pellets)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Thousand"/>
+    <n v="15341"/>
+  </r>
+  <r>
+    <s v="CD451"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="09"/>
+    <s v="Other fuels"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Thousand"/>
+    <n v="4729"/>
+  </r>
+  <r>
+    <s v="CD451"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="10"/>
+    <s v="All types of fuel"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Thousand"/>
+    <n v="502940"/>
+  </r>
+  <r>
+    <s v="CD451"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="99"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Thousand"/>
+    <n v="5185"/>
+  </r>
+  <r>
+    <s v="CD451"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="XI"/>
+    <s v="Northern Ireland"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Thousand"/>
+    <n v="10701"/>
+  </r>
+  <r>
+    <s v="CD451"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="XI"/>
+    <s v="Northern Ireland"/>
+    <s v="01"/>
+    <s v="No central heating"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Thousand"/>
+    <n v="128"/>
+  </r>
+  <r>
+    <s v="CD451"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="XI"/>
+    <s v="Northern Ireland"/>
+    <s v="02"/>
+    <s v="Oil"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Thousand"/>
+    <n v="8507"/>
+  </r>
+  <r>
+    <s v="CD451"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="XI"/>
+    <s v="Northern Ireland"/>
+    <s v="03"/>
+    <s v="Natural Gas"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Thousand"/>
+    <n v="246"/>
+  </r>
+  <r>
+    <s v="CD451"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="XI"/>
+    <s v="Northern Ireland"/>
+    <s v="04"/>
+    <s v="Electricity"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Thousand"/>
+    <n v="259"/>
+  </r>
+  <r>
+    <s v="CD451"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="XI"/>
+    <s v="Northern Ireland"/>
+    <s v="05"/>
+    <s v="Coal (incl. anthracite)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Thousand"/>
+    <n v="667"/>
+  </r>
+  <r>
+    <s v="CD451"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="XI"/>
+    <s v="Northern Ireland"/>
+    <s v="06"/>
+    <s v="Peat (incl. turf)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Thousand"/>
+    <n v="380"/>
+  </r>
+  <r>
+    <s v="CD451"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="XI"/>
+    <s v="Northern Ireland"/>
+    <s v="07"/>
+    <s v="Liquid Petroleum Gas (LPG)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Thousand"/>
+    <n v="104"/>
+  </r>
+  <r>
+    <s v="CD451"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="XI"/>
+    <s v="Northern Ireland"/>
+    <s v="08"/>
+    <s v="Wood (incl. wood pellets)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Thousand"/>
+    <n v="235"/>
+  </r>
+  <r>
+    <s v="CD451"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="XI"/>
+    <s v="Northern Ireland"/>
+    <s v="09"/>
+    <s v="Other fuels"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Thousand"/>
+    <n v="119"/>
+  </r>
+  <r>
+    <s v="CD451"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="XI"/>
+    <s v="Northern Ireland"/>
+    <s v="10"/>
+    <s v="All types of fuel"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Thousand"/>
+    <n v="10517"/>
+  </r>
+  <r>
+    <s v="CD451"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="XI"/>
+    <s v="Northern Ireland"/>
+    <s v="99"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Thousand"/>
+    <n v="56"/>
+  </r>
+  <r>
+    <s v="CD451"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="XEXW"/>
+    <s v="England and Wales"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Thousand"/>
+    <n v="41647"/>
+  </r>
+  <r>
+    <s v="CD451"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="XEXW"/>
+    <s v="England and Wales"/>
+    <s v="01"/>
+    <s v="No central heating"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Thousand"/>
+    <n v="970"/>
+  </r>
+  <r>
+    <s v="CD451"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="XEXW"/>
+    <s v="England and Wales"/>
+    <s v="02"/>
+    <s v="Oil"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Thousand"/>
+    <n v="29986"/>
+  </r>
+  <r>
+    <s v="CD451"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="XEXW"/>
+    <s v="England and Wales"/>
+    <s v="03"/>
+    <s v="Natural Gas"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Thousand"/>
+    <n v="894"/>
+  </r>
+  <r>
+    <s v="CD451"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="XEXW"/>
+    <s v="England and Wales"/>
+    <s v="04"/>
+    <s v="Electricity"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Thousand"/>
+    <n v="1395"/>
+  </r>
+  <r>
+    <s v="CD451"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="XEXW"/>
+    <s v="England and Wales"/>
+    <s v="05"/>
+    <s v="Coal (incl. anthracite)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Thousand"/>
+    <n v="2912"/>
+  </r>
+  <r>
+    <s v="CD451"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="XEXW"/>
+    <s v="England and Wales"/>
+    <s v="06"/>
+    <s v="Peat (incl. turf)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Thousand"/>
+    <n v="2687"/>
+  </r>
+  <r>
+    <s v="CD451"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="XEXW"/>
+    <s v="England and Wales"/>
+    <s v="07"/>
+    <s v="Liquid Petroleum Gas (LPG)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Thousand"/>
+    <n v="687"/>
+  </r>
+  <r>
+    <s v="CD451"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="XEXW"/>
+    <s v="England and Wales"/>
+    <s v="08"/>
+    <s v="Wood (incl. wood pellets)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Thousand"/>
+    <n v="1464"/>
+  </r>
+  <r>
+    <s v="CD451"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="XEXW"/>
+    <s v="England and Wales"/>
+    <s v="09"/>
+    <s v="Other fuels"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Thousand"/>
+    <n v="422"/>
+  </r>
+  <r>
+    <s v="CD451"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="XEXW"/>
+    <s v="England and Wales"/>
+    <s v="10"/>
+    <s v="All types of fuel"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Thousand"/>
+    <n v="40447"/>
+  </r>
+  <r>
+    <s v="CD451"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="XEXW"/>
+    <s v="England and Wales"/>
+    <s v="99"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Thousand"/>
+    <n v="230"/>
+  </r>
+  <r>
+    <s v="CD451"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="XS"/>
+    <s v="Scotland"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Thousand"/>
+    <n v="3846"/>
+  </r>
+  <r>
+    <s v="CD451"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="XS"/>
+    <s v="Scotland"/>
+    <s v="01"/>
+    <s v="No central heating"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Thousand"/>
+    <n v="60"/>
+  </r>
+  <r>
+    <s v="CD451"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="XS"/>
+    <s v="Scotland"/>
+    <s v="02"/>
+    <s v="Oil"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Thousand"/>
+    <n v="2617"/>
+  </r>
+  <r>
+    <s v="CD451"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="XS"/>
+    <s v="Scotland"/>
+    <s v="03"/>
+    <s v="Natural Gas"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Thousand"/>
+    <n v="92"/>
+  </r>
+  <r>
+    <s v="CD451"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="XS"/>
+    <s v="Scotland"/>
+    <s v="04"/>
+    <s v="Electricity"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Thousand"/>
+    <n v="134"/>
+  </r>
+  <r>
+    <s v="CD451"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="XS"/>
+    <s v="Scotland"/>
+    <s v="05"/>
+    <s v="Coal (incl. anthracite)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Thousand"/>
+    <n v="373"/>
+  </r>
+  <r>
+    <s v="CD451"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="XS"/>
+    <s v="Scotland"/>
+    <s v="06"/>
+    <s v="Peat (incl. turf)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Thousand"/>
+    <n v="390"/>
+  </r>
+  <r>
+    <s v="CD451"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="XS"/>
+    <s v="Scotland"/>
+    <s v="07"/>
+    <s v="Liquid Petroleum Gas (LPG)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Thousand"/>
+    <n v="44"/>
+  </r>
+  <r>
+    <s v="CD451"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="XS"/>
+    <s v="Scotland"/>
+    <s v="08"/>
+    <s v="Wood (incl. wood pellets)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Thousand"/>
+    <n v="85"/>
+  </r>
+  <r>
+    <s v="CD451"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="XS"/>
+    <s v="Scotland"/>
+    <s v="09"/>
+    <s v="Other fuels"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Thousand"/>
+    <n v="35"/>
+  </r>
+  <r>
+    <s v="CD451"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="XS"/>
+    <s v="Scotland"/>
+    <s v="10"/>
+    <s v="All types of fuel"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Thousand"/>
+    <n v="3770"/>
+  </r>
+  <r>
+    <s v="CD451"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="XS"/>
+    <s v="Scotland"/>
+    <s v="99"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Thousand"/>
+    <n v="16"/>
+  </r>
+  <r>
+    <s v="CD451"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="LT"/>
+    <s v="Lithuania"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Thousand"/>
+    <n v="4220"/>
+  </r>
+  <r>
+    <s v="CD451"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="LT"/>
+    <s v="Lithuania"/>
+    <s v="01"/>
+    <s v="No central heating"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Thousand"/>
+    <n v="24"/>
+  </r>
+  <r>
+    <s v="CD451"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="LT"/>
+    <s v="Lithuania"/>
+    <s v="02"/>
+    <s v="Oil"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Thousand"/>
+    <n v="2996"/>
+  </r>
+  <r>
+    <s v="CD451"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="LT"/>
+    <s v="Lithuania"/>
+    <s v="03"/>
+    <s v="Natural Gas"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Thousand"/>
+    <n v="321"/>
+  </r>
+  <r>
+    <s v="CD451"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="LT"/>
+    <s v="Lithuania"/>
+    <s v="04"/>
+    <s v="Electricity"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Thousand"/>
+    <n v="560"/>
+  </r>
+  <r>
+    <s v="CD451"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="LT"/>
+    <s v="Lithuania"/>
+    <s v="05"/>
+    <s v="Coal (incl. anthracite)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Thousand"/>
+    <n v="58"/>
+  </r>
+  <r>
+    <s v="CD451"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="LT"/>
+    <s v="Lithuania"/>
+    <s v="06"/>
+    <s v="Peat (incl. turf)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Thousand"/>
+    <n v="24"/>
+  </r>
+  <r>
+    <s v="CD451"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="LT"/>
+    <s v="Lithuania"/>
+    <s v="07"/>
+    <s v="Liquid Petroleum Gas (LPG)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Thousand"/>
+    <n v="85"/>
+  </r>
+  <r>
+    <s v="CD451"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="LT"/>
+    <s v="Lithuania"/>
+    <s v="08"/>
+    <s v="Wood (incl. wood pellets)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Thousand"/>
+    <n v="76"/>
+  </r>
+  <r>
+    <s v="CD451"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="LT"/>
+    <s v="Lithuania"/>
+    <s v="09"/>
+    <s v="Other fuels"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Thousand"/>
+    <n v="27"/>
+  </r>
+  <r>
+    <s v="CD451"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="LT"/>
+    <s v="Lithuania"/>
+    <s v="10"/>
+    <s v="All types of fuel"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Thousand"/>
+    <n v="4147"/>
+  </r>
+  <r>
+    <s v="CD451"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="LT"/>
+    <s v="Lithuania"/>
+    <s v="99"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Thousand"/>
+    <n v="49"/>
+  </r>
+  <r>
+    <s v="CD451"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="PL"/>
+    <s v="Poland"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Thousand"/>
+    <n v="1508"/>
+  </r>
+  <r>
+    <s v="CD451"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="PL"/>
+    <s v="Poland"/>
+    <s v="01"/>
+    <s v="No central heating"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Thousand"/>
+    <n v="9"/>
+  </r>
+  <r>
+    <s v="CD451"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="PL"/>
+    <s v="Poland"/>
+    <s v="02"/>
+    <s v="Oil"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Thousand"/>
+    <n v="1078"/>
+  </r>
+  <r>
+    <s v="CD451"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="PL"/>
+    <s v="Poland"/>
+    <s v="03"/>
+    <s v="Natural Gas"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Thousand"/>
+    <n v="104"/>
+  </r>
+  <r>
+    <s v="CD451"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="PL"/>
+    <s v="Poland"/>
+    <s v="04"/>
+    <s v="Electricity"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Thousand"/>
+    <n v="179"/>
+  </r>
+  <r>
+    <s v="CD451"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="PL"/>
+    <s v="Poland"/>
+    <s v="05"/>
+    <s v="Coal (incl. anthracite)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Thousand"/>
+    <n v="22"/>
+  </r>
+  <r>
+    <s v="CD451"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="PL"/>
+    <s v="Poland"/>
+    <s v="06"/>
+    <s v="Peat (incl. turf)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Thousand"/>
+    <n v="7"/>
+  </r>
+  <r>
+    <s v="CD451"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="PL"/>
+    <s v="Poland"/>
+    <s v="07"/>
+    <s v="Liquid Petroleum Gas (LPG)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Thousand"/>
+    <n v="29"/>
+  </r>
+  <r>
+    <s v="CD451"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="PL"/>
+    <s v="Poland"/>
+    <s v="08"/>
+    <s v="Wood (incl. wood pellets)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Thousand"/>
+    <n v="22"/>
+  </r>
+  <r>
+    <s v="CD451"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="PL"/>
+    <s v="Poland"/>
+    <s v="09"/>
+    <s v="Other fuels"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Thousand"/>
+    <n v="32"/>
+  </r>
+  <r>
+    <s v="CD451"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="PL"/>
+    <s v="Poland"/>
+    <s v="10"/>
+    <s v="All types of fuel"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Thousand"/>
+    <n v="1473"/>
+  </r>
+  <r>
+    <s v="CD451"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="PL"/>
+    <s v="Poland"/>
+    <s v="99"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Thousand"/>
+    <n v="26"/>
+  </r>
+  <r>
+    <s v="CD451"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="ZZEUBQ7"/>
+    <s v="Other EU27 (5)"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Thousand"/>
+    <n v="6783"/>
+  </r>
+  <r>
+    <s v="CD451"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="ZZEUBQ7"/>
+    <s v="Other EU27 (5)"/>
+    <s v="01"/>
+    <s v="No central heating"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Thousand"/>
+    <n v="198"/>
+  </r>
+  <r>
+    <s v="CD451"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="ZZEUBQ7"/>
+    <s v="Other EU27 (5)"/>
+    <s v="02"/>
+    <s v="Oil"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Thousand"/>
+    <n v="4562"/>
+  </r>
+  <r>
+    <s v="CD451"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="ZZEUBQ7"/>
+    <s v="Other EU27 (5)"/>
+    <s v="03"/>
+    <s v="Natural Gas"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Thousand"/>
+    <n v="354"/>
+  </r>
+  <r>
+    <s v="CD451"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="ZZEUBQ7"/>
+    <s v="Other EU27 (5)"/>
+    <s v="04"/>
+    <s v="Electricity"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Thousand"/>
+    <n v="613"/>
+  </r>
+  <r>
+    <s v="CD451"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="ZZEUBQ7"/>
+    <s v="Other EU27 (5)"/>
+    <s v="05"/>
+    <s v="Coal (incl. anthracite)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Thousand"/>
+    <n v="226"/>
+  </r>
+  <r>
+    <s v="CD451"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="ZZEUBQ7"/>
+    <s v="Other EU27 (5)"/>
+    <s v="06"/>
+    <s v="Peat (incl. turf)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Thousand"/>
+    <n v="187"/>
+  </r>
+  <r>
+    <s v="CD451"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="ZZEUBQ7"/>
+    <s v="Other EU27 (5)"/>
+    <s v="07"/>
+    <s v="Liquid Petroleum Gas (LPG)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Thousand"/>
+    <n v="150"/>
+  </r>
+  <r>
+    <s v="CD451"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="ZZEUBQ7"/>
+    <s v="Other EU27 (5)"/>
+    <s v="08"/>
+    <s v="Wood (incl. wood pellets)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Thousand"/>
+    <n v="328"/>
+  </r>
+  <r>
+    <s v="CD451"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="ZZEUBQ7"/>
+    <s v="Other EU27 (5)"/>
+    <s v="09"/>
+    <s v="Other fuels"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Thousand"/>
+    <n v="103"/>
+  </r>
+  <r>
+    <s v="CD451"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="ZZEUBQ7"/>
+    <s v="Other EU27 (5)"/>
+    <s v="10"/>
+    <s v="All types of fuel"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Thousand"/>
+    <n v="6523"/>
+  </r>
+  <r>
+    <s v="CD451"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="ZZEUBQ7"/>
+    <s v="Other EU27 (5)"/>
+    <s v="99"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Thousand"/>
+    <n v="62"/>
+  </r>
+  <r>
+    <s v="CD451"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="ZZEURQ01"/>
+    <s v="Other Europe (8)"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Thousand"/>
+    <n v="812"/>
+  </r>
+  <r>
+    <s v="CD451"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="ZZEURQ01"/>
+    <s v="Other Europe (8)"/>
+    <s v="01"/>
+    <s v="No central heating"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Thousand"/>
+    <n v="21"/>
+  </r>
+  <r>
+    <s v="CD451"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="ZZEURQ01"/>
+    <s v="Other Europe (8)"/>
+    <s v="02"/>
+    <s v="Oil"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Thousand"/>
+    <n v="564"/>
+  </r>
+  <r>
+    <s v="CD451"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="ZZEURQ01"/>
+    <s v="Other Europe (8)"/>
+    <s v="03"/>
+    <s v="Natural Gas"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Thousand"/>
+    <n v="43"/>
+  </r>
+  <r>
+    <s v="CD451"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="ZZEURQ01"/>
+    <s v="Other Europe (8)"/>
+    <s v="04"/>
+    <s v="Electricity"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Thousand"/>
+    <n v="91"/>
+  </r>
+  <r>
+    <s v="CD451"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="ZZEURQ01"/>
+    <s v="Other Europe (8)"/>
+    <s v="05"/>
+    <s v="Coal (incl. anthracite)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Thousand"/>
+    <n v="18"/>
+  </r>
+  <r>
+    <s v="CD451"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="ZZEURQ01"/>
+    <s v="Other Europe (8)"/>
+    <s v="06"/>
+    <s v="Peat (incl. turf)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Thousand"/>
+    <n v="15"/>
+  </r>
+  <r>
+    <s v="CD451"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="ZZEURQ01"/>
+    <s v="Other Europe (8)"/>
+    <s v="07"/>
+    <s v="Liquid Petroleum Gas (LPG)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Thousand"/>
+    <n v="10"/>
+  </r>
+  <r>
+    <s v="CD451"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="ZZEURQ01"/>
+    <s v="Other Europe (8)"/>
+    <s v="08"/>
+    <s v="Wood (incl. wood pellets)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Thousand"/>
+    <n v="26"/>
+  </r>
+  <r>
+    <s v="CD451"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="ZZEURQ01"/>
+    <s v="Other Europe (8)"/>
+    <s v="09"/>
+    <s v="Other fuels"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Thousand"/>
+    <n v="17"/>
+  </r>
+  <r>
+    <s v="CD451"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="ZZEURQ01"/>
+    <s v="Other Europe (8)"/>
+    <s v="10"/>
+    <s v="All types of fuel"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Thousand"/>
+    <n v="784"/>
+  </r>
+  <r>
+    <s v="CD451"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="ZZEURQ01"/>
+    <s v="Other Europe (8)"/>
+    <s v="99"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Thousand"/>
+    <n v="7"/>
+  </r>
+  <r>
+    <s v="CD451"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="ZZAA1"/>
+    <s v="Africa (2)"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Thousand"/>
+    <n v="1845"/>
+  </r>
+  <r>
+    <s v="CD451"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="ZZAA1"/>
+    <s v="Africa (2)"/>
+    <s v="01"/>
+    <s v="No central heating"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Thousand"/>
+    <n v="28"/>
+  </r>
+  <r>
+    <s v="CD451"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="ZZAA1"/>
+    <s v="Africa (2)"/>
+    <s v="02"/>
+    <s v="Oil"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Thousand"/>
+    <n v="1152"/>
+  </r>
+  <r>
+    <s v="CD451"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="ZZAA1"/>
+    <s v="Africa (2)"/>
+    <s v="03"/>
+    <s v="Natural Gas"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Thousand"/>
+    <n v="176"/>
+  </r>
+  <r>
+    <s v="CD451"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="ZZAA1"/>
+    <s v="Africa (2)"/>
+    <s v="04"/>
+    <s v="Electricity"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Thousand"/>
+    <n v="290"/>
+  </r>
+  <r>
+    <s v="CD451"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="ZZAA1"/>
+    <s v="Africa (2)"/>
+    <s v="05"/>
+    <s v="Coal (incl. anthracite)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Thousand"/>
+    <n v="27"/>
+  </r>
+  <r>
+    <s v="CD451"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="ZZAA1"/>
+    <s v="Africa (2)"/>
+    <s v="06"/>
+    <s v="Peat (incl. turf)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Thousand"/>
+    <n v="23"/>
+  </r>
+  <r>
+    <s v="CD451"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="ZZAA1"/>
+    <s v="Africa (2)"/>
+    <s v="07"/>
+    <s v="Liquid Petroleum Gas (LPG)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Thousand"/>
+    <n v="47"/>
+  </r>
+  <r>
+    <s v="CD451"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="ZZAA1"/>
+    <s v="Africa (2)"/>
+    <s v="08"/>
+    <s v="Wood (incl. wood pellets)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Thousand"/>
+    <n v="36"/>
+  </r>
+  <r>
+    <s v="CD451"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="ZZAA1"/>
+    <s v="Africa (2)"/>
+    <s v="09"/>
+    <s v="Other fuels"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Thousand"/>
+    <n v="26"/>
+  </r>
+  <r>
+    <s v="CD451"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="ZZAA1"/>
+    <s v="Africa (2)"/>
+    <s v="10"/>
+    <s v="All types of fuel"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Thousand"/>
+    <n v="1777"/>
+  </r>
+  <r>
+    <s v="CD451"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="ZZAA1"/>
+    <s v="Africa (2)"/>
+    <s v="99"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Thousand"/>
+    <n v="40"/>
+  </r>
+  <r>
+    <s v="CD451"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="ZZABB"/>
+    <s v="Asia (2)"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Thousand"/>
+    <n v="3130"/>
+  </r>
+  <r>
+    <s v="CD451"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="ZZABB"/>
+    <s v="Asia (2)"/>
+    <s v="01"/>
+    <s v="No central heating"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Thousand"/>
+    <n v="74"/>
+  </r>
+  <r>
+    <s v="CD451"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="ZZABB"/>
+    <s v="Asia (2)"/>
+    <s v="02"/>
+    <s v="Oil"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Thousand"/>
+    <n v="2307"/>
+  </r>
+  <r>
+    <s v="CD451"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="ZZABB"/>
+    <s v="Asia (2)"/>
+    <s v="03"/>
+    <s v="Natural Gas"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Thousand"/>
+    <n v="92"/>
+  </r>
+  <r>
+    <s v="CD451"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="ZZABB"/>
+    <s v="Asia (2)"/>
+    <s v="04"/>
+    <s v="Electricity"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Thousand"/>
+    <n v="149"/>
+  </r>
+  <r>
+    <s v="CD451"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="ZZABB"/>
+    <s v="Asia (2)"/>
+    <s v="05"/>
+    <s v="Coal (incl. anthracite)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Thousand"/>
+    <n v="99"/>
+  </r>
+  <r>
+    <s v="CD451"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="ZZABB"/>
+    <s v="Asia (2)"/>
+    <s v="06"/>
+    <s v="Peat (incl. turf)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Thousand"/>
+    <n v="197"/>
+  </r>
+  <r>
+    <s v="CD451"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="ZZABB"/>
+    <s v="Asia (2)"/>
+    <s v="07"/>
+    <s v="Liquid Petroleum Gas (LPG)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Thousand"/>
+    <n v="50"/>
+  </r>
+  <r>
+    <s v="CD451"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="ZZABB"/>
+    <s v="Asia (2)"/>
+    <s v="08"/>
+    <s v="Wood (incl. wood pellets)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Thousand"/>
+    <n v="87"/>
+  </r>
+  <r>
+    <s v="CD451"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="ZZABB"/>
+    <s v="Asia (2)"/>
+    <s v="09"/>
+    <s v="Other fuels"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Thousand"/>
+    <n v="53"/>
+  </r>
+  <r>
+    <s v="CD451"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="ZZABB"/>
+    <s v="Asia (2)"/>
+    <s v="10"/>
+    <s v="All types of fuel"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Thousand"/>
+    <n v="3034"/>
+  </r>
+  <r>
+    <s v="CD451"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="ZZABB"/>
+    <s v="Asia (2)"/>
+    <s v="99"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Thousand"/>
+    <n v="22"/>
+  </r>
+  <r>
+    <s v="CD451"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="US"/>
+    <s v="United States"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Thousand"/>
+    <n v="2120"/>
+  </r>
+  <r>
+    <s v="CD451"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="US"/>
+    <s v="United States"/>
+    <s v="01"/>
+    <s v="No central heating"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Thousand"/>
+    <n v="41"/>
+  </r>
+  <r>
+    <s v="CD451"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="US"/>
+    <s v="United States"/>
+    <s v="02"/>
+    <s v="Oil"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Thousand"/>
+    <n v="1260"/>
+  </r>
+  <r>
+    <s v="CD451"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="US"/>
+    <s v="United States"/>
+    <s v="03"/>
+    <s v="Natural Gas"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Thousand"/>
+    <n v="238"/>
+  </r>
+  <r>
+    <s v="CD451"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="US"/>
+    <s v="United States"/>
+    <s v="04"/>
+    <s v="Electricity"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Thousand"/>
+    <n v="331"/>
+  </r>
+  <r>
+    <s v="CD451"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="US"/>
+    <s v="United States"/>
+    <s v="05"/>
+    <s v="Coal (incl. anthracite)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Thousand"/>
+    <n v="53"/>
+  </r>
+  <r>
+    <s v="CD451"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="US"/>
+    <s v="United States"/>
+    <s v="06"/>
+    <s v="Peat (incl. turf)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Thousand"/>
+    <n v="32"/>
+  </r>
+  <r>
+    <s v="CD451"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="US"/>
+    <s v="United States"/>
+    <s v="07"/>
+    <s v="Liquid Petroleum Gas (LPG)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Thousand"/>
+    <n v="22"/>
+  </r>
+  <r>
+    <s v="CD451"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="US"/>
+    <s v="United States"/>
+    <s v="08"/>
+    <s v="Wood (incl. wood pellets)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Thousand"/>
+    <n v="69"/>
+  </r>
+  <r>
+    <s v="CD451"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="US"/>
+    <s v="United States"/>
+    <s v="09"/>
+    <s v="Other fuels"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Thousand"/>
+    <n v="18"/>
+  </r>
+  <r>
+    <s v="CD451"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="US"/>
+    <s v="United States"/>
+    <s v="10"/>
+    <s v="All types of fuel"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Thousand"/>
+    <n v="2023"/>
+  </r>
+  <r>
+    <s v="CD451"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="US"/>
+    <s v="United States"/>
+    <s v="99"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Thousand"/>
+    <n v="56"/>
+  </r>
+  <r>
+    <s v="CD451"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="ZZWORX13"/>
+    <s v="Other countries (13)"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Thousand"/>
+    <n v="4062"/>
+  </r>
+  <r>
+    <s v="CD451"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="ZZWORX13"/>
+    <s v="Other countries (13)"/>
+    <s v="01"/>
+    <s v="No central heating"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Thousand"/>
+    <n v="104"/>
+  </r>
+  <r>
+    <s v="CD451"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="ZZWORX13"/>
+    <s v="Other countries (13)"/>
+    <s v="02"/>
+    <s v="Oil"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Thousand"/>
+    <n v="2820"/>
+  </r>
+  <r>
+    <s v="CD451"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="ZZWORX13"/>
+    <s v="Other countries (13)"/>
+    <s v="03"/>
+    <s v="Natural Gas"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Thousand"/>
+    <n v="160"/>
+  </r>
+  <r>
+    <s v="CD451"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="ZZWORX13"/>
+    <s v="Other countries (13)"/>
+    <s v="04"/>
+    <s v="Electricity"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Thousand"/>
+    <n v="228"/>
+  </r>
+  <r>
+    <s v="CD451"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="ZZWORX13"/>
+    <s v="Other countries (13)"/>
+    <s v="05"/>
+    <s v="Coal (incl. anthracite)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Thousand"/>
+    <n v="196"/>
+  </r>
+  <r>
+    <s v="CD451"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="ZZWORX13"/>
+    <s v="Other countries (13)"/>
+    <s v="06"/>
+    <s v="Peat (incl. turf)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Thousand"/>
+    <n v="257"/>
+  </r>
+  <r>
+    <s v="CD451"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="ZZWORX13"/>
+    <s v="Other countries (13)"/>
+    <s v="07"/>
+    <s v="Liquid Petroleum Gas (LPG)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Thousand"/>
+    <n v="51"/>
+  </r>
+  <r>
+    <s v="CD451"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="ZZWORX13"/>
+    <s v="Other countries (13)"/>
+    <s v="08"/>
+    <s v="Wood (incl. wood pellets)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Thousand"/>
+    <n v="135"/>
+  </r>
+  <r>
+    <s v="CD451"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="ZZWORX13"/>
+    <s v="Other countries (13)"/>
+    <s v="09"/>
+    <s v="Other fuels"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Thousand"/>
+    <n v="49"/>
+  </r>
+  <r>
+    <s v="CD451"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="ZZWORX13"/>
+    <s v="Other countries (13)"/>
+    <s v="10"/>
+    <s v="All types of fuel"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Thousand"/>
+    <n v="3896"/>
+  </r>
+  <r>
+    <s v="CD451"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="ZZWORX13"/>
+    <s v="Other countries (13)"/>
+    <s v="99"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Thousand"/>
+    <n v="62"/>
+  </r>
+  <r>
+    <s v="CD451"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Thousand"/>
+    <n v="599335"/>
+  </r>
+  <r>
+    <s v="CD451"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="01"/>
+    <s v="No central heating"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Thousand"/>
+    <n v="12193"/>
+  </r>
+  <r>
+    <s v="CD451"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="02"/>
+    <s v="Oil"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Thousand"/>
+    <n v="412013"/>
+  </r>
+  <r>
+    <s v="CD451"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="03"/>
+    <s v="Natural Gas"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Thousand"/>
+    <n v="13012"/>
+  </r>
+  <r>
+    <s v="CD451"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="04"/>
+    <s v="Electricity"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Thousand"/>
+    <n v="18064"/>
+  </r>
+  <r>
+    <s v="CD451"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="05"/>
+    <s v="Coal (incl. anthracite)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Thousand"/>
+    <n v="41882"/>
+  </r>
+  <r>
+    <s v="CD451"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="06"/>
+    <s v="Peat (incl. turf)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Thousand"/>
+    <n v="67093"/>
+  </r>
+  <r>
+    <s v="CD451"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="07"/>
+    <s v="Liquid Petroleum Gas (LPG)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Thousand"/>
+    <n v="5733"/>
+  </r>
+  <r>
+    <s v="CD451"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="08"/>
+    <s v="Wood (incl. wood pellets)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Thousand"/>
+    <n v="17904"/>
+  </r>
+  <r>
+    <s v="CD451"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="09"/>
+    <s v="Other fuels"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Thousand"/>
+    <n v="5630"/>
+  </r>
+  <r>
+    <s v="CD451"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="10"/>
+    <s v="All types of fuel"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Thousand"/>
+    <n v="581331"/>
+  </r>
+  <r>
+    <s v="CD451"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="99"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Thousand"/>
+    <n v="5811"/>
+  </r>
+</pivotCacheRecords>
 </file>