--- v1 (2025-12-04)
+++ v2 (2026-02-06)
@@ -1,48 +1,48 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/pivotCache/pivotCacheDefinition1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheDefinition+xml"/>
   <Override PartName="/pivotCache/pivotCacheRecords1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheRecords+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/pivotTables/pivotTable.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R66e4511307ad4130" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/3e23e641c39b46f0837c6fc11a94dc09.psmdcp" Id="R9e3fcebc01c74500" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R656fada108384af0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/650b7cedb1674a0bbc2be578f191aac1.psmdcp" Id="R176bfbad716849f7" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="About" sheetId="1" r:id="rId2"/>
     <x:sheet name="Unpivoted" sheetId="2" r:id="rId9"/>
     <x:sheet name="Pivoted" sheetId="3" r:id="rId11"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
   <x:pivotCaches>
     <x:pivotCache cacheId="0" r:id="rId12"/>
   </x:pivotCaches>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Table</x:t>