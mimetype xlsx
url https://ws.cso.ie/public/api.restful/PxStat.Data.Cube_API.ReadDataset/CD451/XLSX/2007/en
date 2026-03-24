--- v2 (2026-02-06)
+++ v3 (2026-03-24)
@@ -1,48 +1,48 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/pivotCache/pivotCacheDefinition1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheDefinition+xml"/>
   <Override PartName="/pivotCache/pivotCacheRecords1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheRecords+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/pivotTables/pivotTable.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R656fada108384af0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/650b7cedb1674a0bbc2be578f191aac1.psmdcp" Id="R176bfbad716849f7" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rce9fb1f5e98d4536" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/9c95a7dc8da64c779eab421748024e29.psmdcp" Id="R5a7565d031db42b6" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="About" sheetId="1" r:id="rId2"/>
     <x:sheet name="Unpivoted" sheetId="2" r:id="rId9"/>
     <x:sheet name="Pivoted" sheetId="3" r:id="rId11"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
   <x:pivotCaches>
     <x:pivotCache cacheId="0" r:id="rId12"/>
   </x:pivotCaches>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Table</x:t>