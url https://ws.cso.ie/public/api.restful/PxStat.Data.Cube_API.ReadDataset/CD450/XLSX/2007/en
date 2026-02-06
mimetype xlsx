--- v0 (2025-11-15)
+++ v1 (2026-02-06)
@@ -1,97 +1,97 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/pivotCache/pivotCacheDefinition1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheDefinition+xml"/>
   <Override PartName="/pivotCache/pivotCacheRecords1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheRecords+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/pivotTables/pivotTable.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R71442b17faee49a5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/75c6da73532844cf9526cd6599f89700.psmdcp" Id="Rac2e47dbe2094aa1" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R37bc45ac74fd410c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/0f11bc50499044ea9e858d7065a480b9.psmdcp" Id="R937870b943024485" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
-    <x:sheet name="About" sheetId="2" r:id="rId2"/>
-[...1 lines deleted...]
-    <x:sheet name="Pivoted" sheetId="11" r:id="rId11"/>
+    <x:sheet name="About" sheetId="1" r:id="rId2"/>
+    <x:sheet name="Unpivoted" sheetId="2" r:id="rId9"/>
+    <x:sheet name="Pivoted" sheetId="3" r:id="rId11"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
   <x:pivotCaches>
     <x:pivotCache cacheId="0" r:id="rId12"/>
   </x:pivotCaches>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Table</x:t>
   </x:si>
   <x:si>
     <x:t>Code</x:t>
   </x:si>
   <x:si>
     <x:t>CD450</x:t>
   </x:si>
   <x:si>
     <x:t>Name</x:t>
   </x:si>
   <x:si>
     <x:t>Private Households in Permanent Housing Units</x:t>
   </x:si>
   <x:si>
     <x:t>Frequency</x:t>
   </x:si>
   <x:si>
     <x:t>Annual</x:t>
   </x:si>
   <x:si>
     <x:t>Last Updated</x:t>
   </x:si>
   <x:si>
-    <x:t>5/18/2020 11:00:00 AM</x:t>
+    <x:t>18/05/2020 11:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Note</x:t>
   </x:si>
   <x:si>
     <x:t>Url</x:t>
   </x:si>
   <x:si>
     <x:t>https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/CD450/XLSX/2007/en</x:t>
   </x:si>
   <x:si>
     <x:t>Product</x:t>
   </x:si>
   <x:si>
     <x:t>C2011P4</x:t>
   </x:si>
   <x:si>
     <x:t>Profile 4 - The Roof Over Our Heads - Housing in Ireland</x:t>
   </x:si>
   <x:si>
     <x:t>Contacts</x:t>
   </x:si>
   <x:si>
     <x:t>Bernie Casey</x:t>
   </x:si>
@@ -517,395 +517,178 @@
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip r:embed="rId8" cstate="print"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="3971925" cy="1381125"/>
         </a:xfrm>
         <a:prstGeom prst="rect"/>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/pivotTables/_rels/pivotTable.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheDefinition" Target="/pivotCache/pivotCacheDefinition1.xml" Id="rId17" /></Relationships>
 </file>
 
 <file path=xl/pivotTables/pivotTable.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotTableDefinition xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" dataCaption="Values" showError="0" missingCaption="" showMissing="1" pageWrap="0" pageOverThenDown="0" rowGrandTotals="0" colGrandTotals="0" indent="1">
-[...343 lines deleted...]
-</x:pivotTableDefinition>
+<pivotTableDefinition xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" applyNumberFormats="0" applyBorderFormats="0" applyFontFormats="0" applyPatternFormats="0" applyAlignmentFormats="0" applyWidthHeightFormats="0" dataCaption="Values" rowGrandTotals="0" colGrandTotals="0" outline="1">
+  <location ref="A1" firstHeaderRow="0" firstDataRow="0" firstDataCol="0"/>
+  <pivotFields count="12">
+    <pivotField name="STATISTIC" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="Statistic Label" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="C02729V03297" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="12">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+        <item x="11"/>
+      </items>
+    </pivotField>
+    <pivotField name="Number of Rooms Occupied" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="12">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+        <item x="11"/>
+      </items>
+    </pivotField>
+    <pivotField name="C02701V03269" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="3">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+      </items>
+    </pivotField>
+    <pivotField name="Aggregate Town or Rural Area" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="3">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+      </items>
+    </pivotField>
+    <pivotField name="C02719V03286" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="13">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+        <item x="11"/>
+        <item x="12"/>
+      </items>
+    </pivotField>
+    <pivotField name="Birthplace" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="13">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+        <item x="11"/>
+        <item x="12"/>
+      </items>
+    </pivotField>
+    <pivotField name="TLIST(A1)" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="CensusYear" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField showAll="0"/>
+    <pivotField dataField="1" showAll="0"/>
+  </pivotFields>
+  <rowFields count="10">
+    <field x="0"/>
+    <field x="1"/>
+    <field x="2"/>
+    <field x="3"/>
+    <field x="4"/>
+    <field x="5"/>
+    <field x="6"/>
+    <field x="7"/>
+    <field x="8"/>
+    <field x="9"/>
+  </rowFields>
+  <dataFields count="1">
+    <dataField name="VALUE" fld="11"/>
+  </dataFields>
+  <pivotTableStyleInfo name="PivotStyleLight16" showRowHeaders="1" showColHeaders="1"/>
+  <extLst>
+    <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{962EF5D1-5CA2-4c93-8EF4-DBF5C05439D2}">
+      <x14:pivotTableDefinition enableEdit="0" hideValuesRow="1"/>
+    </ext>
+  </extLst>
+</pivotTableDefinition>
 </file>
 
 <file path=xl/tables/table1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:table xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="1" name="Unpivoted" displayName="Unpivoted" ref="A1:L469" totalsRowShown="0">
   <x:autoFilter ref="A1:L469"/>
   <x:tableColumns count="12">
     <x:tableColumn id="1" name="STATISTIC"/>
     <x:tableColumn id="2" name="Statistic Label"/>
     <x:tableColumn id="3" name="C02729V03297"/>
     <x:tableColumn id="4" name="Number of Rooms Occupied"/>
     <x:tableColumn id="5" name="C02701V03269"/>
     <x:tableColumn id="6" name="Aggregate Town or Rural Area"/>
     <x:tableColumn id="7" name="C02719V03286"/>
     <x:tableColumn id="8" name="Birthplace"/>
     <x:tableColumn id="9" name="TLIST(A1)"/>
     <x:tableColumn id="10" name="CensusYear"/>
     <x:tableColumn id="11" name="UNIT"/>
     <x:tableColumn id="12" name="VALUE"/>
   </x:tableColumns>
   <x:tableStyleInfo name="TableStyleMedium2" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </x:table>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
@@ -1178,51 +961,51 @@
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="/xl/drawings/drawing1.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/CD450/XLSX/2007/en" TargetMode="External" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cso.ie/" TargetMode="External" Id="rId14" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="/xl/tables/table1.xml" Id="rId15" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet3.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotTable" Target="/xl/pivotTables/pivotTable.xml" Id="rId16" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:B39"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="20.710625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="100.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="8" spans="1:2">
       <x:c r="A8" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B8" s="2"/>
     </x:row>
     <x:row r="9" spans="1:2">
       <x:c r="A9" s="3" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="B9" s="0" t="s">
         <x:v>2</x:v>
@@ -1409,51 +1192,51 @@
       </x:c>
     </x:row>
     <x:row r="39" spans="1:2">
       <x:c r="A39" s="3" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B39" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:hyperlinks>
     <x:hyperlink ref="B14" r:id="rId13"/>
     <x:hyperlink ref="B28" r:id="rId14"/>
   </x:hyperlinks>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:drawing xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId7"/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:L469"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="11.996339" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="44.139196" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="16.139196" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="28.424911" style="0" customWidth="1"/>
     <x:col min="5" max="5" width="16.139196" style="0" customWidth="1"/>
     <x:col min="6" max="6" width="29.853482" style="0" customWidth="1"/>
     <x:col min="7" max="7" width="16.139196" style="0" customWidth="1"/>
     <x:col min="8" max="8" width="18.853482" style="0" customWidth="1"/>
     <x:col min="9" max="9" width="11.282054" style="0" customWidth="1"/>
     <x:col min="10" max="10" width="13.424911" style="0" customWidth="1"/>
     <x:col min="11" max="11" width="8.282054" style="0" customWidth="1"/>
     <x:col min="12" max="12" width="8.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:12">
       <x:c r="A1" s="0" t="s">
@@ -19267,51 +19050,51 @@
       <x:c r="I469" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J469" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="K469" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="L469" s="0">
         <x:v>22242</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="1">
     <x:tablePart r:id="rId15"/>
   </x:tableParts>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:sheetData/>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Application>Microsoft Excel</ap:Application>
   <ap:TitlesOfParts>
     <vt:vector baseType="lpstr" size="9">
       <vt:lpstr>About</vt:lpstr>
       <vt:lpstr>Unpivoted</vt:lpstr>
       <vt:lpstr>Pivoted</vt:lpstr>
@@ -19328,51 +19111,51 @@
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>3</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Named Ranges</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>6</vt:i4>
       </vt:variant>
     </vt:vector>
   </ap:HeadingPairs>
   <ap:DocSecurity>0</ap:DocSecurity>
   <ap:ScaleCrop>false</ap:ScaleCrop>
 </ap:Properties>
 </file>
 
 <file path=pivotCache/_rels/pivotCacheDefinition1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheRecords" Target="/pivotCache/pivotCacheRecords1.xml" Id="rId1" /></Relationships>
 </file>
 
 <file path=pivotCache/pivotCacheDefinition1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:pivotCacheDefinition xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" r:id="rId1" saveData="1" refreshOnLoad="1" createdVersion="5" refreshedVersion="5" minRefreshableVersion="3">
   <x:cacheSource type="worksheet">
-    <x:worksheetSource ref="A1:L469" sheet="Unpivoted"/>
+    <x:worksheetSource name="Unpivoted"/>
   </x:cacheSource>
   <x:cacheFields>
     <x:cacheField name="STATISTIC">
       <x:sharedItems count="1">
         <x:s v="CD450"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="Statistic Label">
       <x:sharedItems count="1">
         <x:s v="Private Households in Permanent Housing Units"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="C02729V03297">
       <x:sharedItems count="12">
         <x:s v="-"/>
         <x:s v="01"/>
         <x:s v="02"/>
         <x:s v="03"/>
         <x:s v="04"/>
         <x:s v="05"/>
         <x:s v="06"/>
         <x:s v="07"/>
         <x:s v="08"/>
         <x:s v="09"/>
         <x:s v="101"/>
@@ -19879,27 +19662,6580 @@
         <x:n v="347"/>
         <x:n v="1288"/>
         <x:n v="107"/>
         <x:n v="1229"/>
         <x:n v="659"/>
         <x:n v="44086"/>
         <x:n v="20040"/>
         <x:n v="914"/>
         <x:n v="69"/>
         <x:n v="148"/>
         <x:n v="75"/>
         <x:n v="206"/>
         <x:n v="32"/>
         <x:n v="97"/>
         <x:n v="77"/>
         <x:n v="129"/>
         <x:n v="160"/>
         <x:n v="22242"/>
       </x:sharedItems>
     </x:cacheField>
   </x:cacheFields>
 </x:pivotCacheDefinition>
 </file>
 
 <file path=pivotCache/pivotCacheRecords1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main"/>
+<pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="xr">
+  <r>
+    <s v="CD450"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1336859"/>
+  </r>
+  <r>
+    <s v="CD450"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="XI"/>
+    <s v="Northern Ireland"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="25535"/>
+  </r>
+  <r>
+    <s v="CD450"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="XEXW"/>
+    <s v="England and Wales"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="92167"/>
+  </r>
+  <r>
+    <s v="CD450"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="XS"/>
+    <s v="Scotland"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="8450"/>
+  </r>
+  <r>
+    <s v="CD450"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="LT"/>
+    <s v="Lithuania"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="43053"/>
+  </r>
+  <r>
+    <s v="CD450"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="PL"/>
+    <s v="Poland"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="12439"/>
+  </r>
+  <r>
+    <s v="CD450"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="ZZEUBQ7"/>
+    <s v="Other EU27 (5)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="45101"/>
+  </r>
+  <r>
+    <s v="CD450"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="ZZEURQ01"/>
+    <s v="Other Europe (8)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="8111"/>
+  </r>
+  <r>
+    <s v="CD450"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="ZZAA1"/>
+    <s v="Africa (2)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="27713"/>
+  </r>
+  <r>
+    <s v="CD450"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="ZZABB"/>
+    <s v="Asia (2)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="8185"/>
+  </r>
+  <r>
+    <s v="CD450"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="US"/>
+    <s v="United States"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="22573"/>
+  </r>
+  <r>
+    <s v="CD450"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="ZZWORX13"/>
+    <s v="Other countries (13)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="19222"/>
+  </r>
+  <r>
+    <s v="CD450"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1649408"/>
+  </r>
+  <r>
+    <s v="CD450"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="818198"/>
+  </r>
+  <r>
+    <s v="CD450"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="XI"/>
+    <s v="Northern Ireland"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="14834"/>
+  </r>
+  <r>
+    <s v="CD450"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="XEXW"/>
+    <s v="England and Wales"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="50520"/>
+  </r>
+  <r>
+    <s v="CD450"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="XS"/>
+    <s v="Scotland"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4604"/>
+  </r>
+  <r>
+    <s v="CD450"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="LT"/>
+    <s v="Lithuania"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="38833"/>
+  </r>
+  <r>
+    <s v="CD450"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="PL"/>
+    <s v="Poland"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="10931"/>
+  </r>
+  <r>
+    <s v="CD450"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="ZZEUBQ7"/>
+    <s v="Other EU27 (5)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="38318"/>
+  </r>
+  <r>
+    <s v="CD450"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="ZZEURQ01"/>
+    <s v="Other Europe (8)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="7299"/>
+  </r>
+  <r>
+    <s v="CD450"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="ZZAA1"/>
+    <s v="Africa (2)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="25868"/>
+  </r>
+  <r>
+    <s v="CD450"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="ZZABB"/>
+    <s v="Asia (2)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5055"/>
+  </r>
+  <r>
+    <s v="CD450"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="US"/>
+    <s v="United States"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="20453"/>
+  </r>
+  <r>
+    <s v="CD450"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="ZZWORX13"/>
+    <s v="Other countries (13)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="15160"/>
+  </r>
+  <r>
+    <s v="CD450"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1050073"/>
+  </r>
+  <r>
+    <s v="CD450"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="518661"/>
+  </r>
+  <r>
+    <s v="CD450"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="XI"/>
+    <s v="Northern Ireland"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="10701"/>
+  </r>
+  <r>
+    <s v="CD450"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="XEXW"/>
+    <s v="England and Wales"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="41647"/>
+  </r>
+  <r>
+    <s v="CD450"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="XS"/>
+    <s v="Scotland"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3846"/>
+  </r>
+  <r>
+    <s v="CD450"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="LT"/>
+    <s v="Lithuania"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4220"/>
+  </r>
+  <r>
+    <s v="CD450"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="PL"/>
+    <s v="Poland"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1508"/>
+  </r>
+  <r>
+    <s v="CD450"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="ZZEUBQ7"/>
+    <s v="Other EU27 (5)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="6783"/>
+  </r>
+  <r>
+    <s v="CD450"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="ZZEURQ01"/>
+    <s v="Other Europe (8)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="812"/>
+  </r>
+  <r>
+    <s v="CD450"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="ZZAA1"/>
+    <s v="Africa (2)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1845"/>
+  </r>
+  <r>
+    <s v="CD450"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="ZZABB"/>
+    <s v="Asia (2)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3130"/>
+  </r>
+  <r>
+    <s v="CD450"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="US"/>
+    <s v="United States"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2120"/>
+  </r>
+  <r>
+    <s v="CD450"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="ZZWORX13"/>
+    <s v="Other countries (13)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4062"/>
+  </r>
+  <r>
+    <s v="CD450"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="599335"/>
+  </r>
+  <r>
+    <s v="CD450"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="1 room"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="11648"/>
+  </r>
+  <r>
+    <s v="CD450"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="1 room"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="XI"/>
+    <s v="Northern Ireland"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="231"/>
+  </r>
+  <r>
+    <s v="CD450"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="1 room"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="XEXW"/>
+    <s v="England and Wales"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="823"/>
+  </r>
+  <r>
+    <s v="CD450"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="1 room"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="XS"/>
+    <s v="Scotland"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="111"/>
+  </r>
+  <r>
+    <s v="CD450"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="1 room"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="LT"/>
+    <s v="Lithuania"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1822"/>
+  </r>
+  <r>
+    <s v="CD450"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="1 room"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="PL"/>
+    <s v="Poland"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="558"/>
+  </r>
+  <r>
+    <s v="CD450"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="1 room"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="ZZEUBQ7"/>
+    <s v="Other EU27 (5)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2806"/>
+  </r>
+  <r>
+    <s v="CD450"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="1 room"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="ZZEURQ01"/>
+    <s v="Other Europe (8)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="487"/>
+  </r>
+  <r>
+    <s v="CD450"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="1 room"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="ZZAA1"/>
+    <s v="Africa (2)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2064"/>
+  </r>
+  <r>
+    <s v="CD450"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="1 room"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="ZZABB"/>
+    <s v="Asia (2)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="115"/>
+  </r>
+  <r>
+    <s v="CD450"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="1 room"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="US"/>
+    <s v="United States"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1870"/>
+  </r>
+  <r>
+    <s v="CD450"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="1 room"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="ZZWORX13"/>
+    <s v="Other countries (13)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="523"/>
+  </r>
+  <r>
+    <s v="CD450"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="1 room"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="23058"/>
+  </r>
+  <r>
+    <s v="CD450"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="1 room"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="9711"/>
+  </r>
+  <r>
+    <s v="CD450"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="1 room"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="XI"/>
+    <s v="Northern Ireland"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="198"/>
+  </r>
+  <r>
+    <s v="CD450"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="1 room"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="XEXW"/>
+    <s v="England and Wales"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="698"/>
+  </r>
+  <r>
+    <s v="CD450"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="1 room"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="XS"/>
+    <s v="Scotland"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="98"/>
+  </r>
+  <r>
+    <s v="CD450"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="1 room"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="LT"/>
+    <s v="Lithuania"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1717"/>
+  </r>
+  <r>
+    <s v="CD450"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="1 room"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="PL"/>
+    <s v="Poland"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="518"/>
+  </r>
+  <r>
+    <s v="CD450"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="1 room"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="ZZEUBQ7"/>
+    <s v="Other EU27 (5)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2713"/>
+  </r>
+  <r>
+    <s v="CD450"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="1 room"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="ZZEURQ01"/>
+    <s v="Other Europe (8)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="465"/>
+  </r>
+  <r>
+    <s v="CD450"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="1 room"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="ZZAA1"/>
+    <s v="Africa (2)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2000"/>
+  </r>
+  <r>
+    <s v="CD450"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="1 room"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="ZZABB"/>
+    <s v="Asia (2)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="105"/>
+  </r>
+  <r>
+    <s v="CD450"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="1 room"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="US"/>
+    <s v="United States"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1745"/>
+  </r>
+  <r>
+    <s v="CD450"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="1 room"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="ZZWORX13"/>
+    <s v="Other countries (13)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="503"/>
+  </r>
+  <r>
+    <s v="CD450"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="1 room"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="20471"/>
+  </r>
+  <r>
+    <s v="CD450"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="1 room"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1937"/>
+  </r>
+  <r>
+    <s v="CD450"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="1 room"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="XI"/>
+    <s v="Northern Ireland"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="33"/>
+  </r>
+  <r>
+    <s v="CD450"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="1 room"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="XEXW"/>
+    <s v="England and Wales"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="125"/>
+  </r>
+  <r>
+    <s v="CD450"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="1 room"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="XS"/>
+    <s v="Scotland"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="13"/>
+  </r>
+  <r>
+    <s v="CD450"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="1 room"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="LT"/>
+    <s v="Lithuania"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="105"/>
+  </r>
+  <r>
+    <s v="CD450"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="1 room"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="PL"/>
+    <s v="Poland"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="40"/>
+  </r>
+  <r>
+    <s v="CD450"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="1 room"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="ZZEUBQ7"/>
+    <s v="Other EU27 (5)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="93"/>
+  </r>
+  <r>
+    <s v="CD450"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="1 room"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="ZZEURQ01"/>
+    <s v="Other Europe (8)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="22"/>
+  </r>
+  <r>
+    <s v="CD450"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="1 room"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="ZZAA1"/>
+    <s v="Africa (2)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="64"/>
+  </r>
+  <r>
+    <s v="CD450"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="1 room"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="ZZABB"/>
+    <s v="Asia (2)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="10"/>
+  </r>
+  <r>
+    <s v="CD450"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="1 room"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="US"/>
+    <s v="United States"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="125"/>
+  </r>
+  <r>
+    <s v="CD450"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="1 room"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="ZZWORX13"/>
+    <s v="Other countries (13)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="20"/>
+  </r>
+  <r>
+    <s v="CD450"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="1 room"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2587"/>
+  </r>
+  <r>
+    <s v="CD450"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="02"/>
+    <s v="2 rooms"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="46642"/>
+  </r>
+  <r>
+    <s v="CD450"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="02"/>
+    <s v="2 rooms"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="XI"/>
+    <s v="Northern Ireland"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="773"/>
+  </r>
+  <r>
+    <s v="CD450"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="02"/>
+    <s v="2 rooms"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="XEXW"/>
+    <s v="England and Wales"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3277"/>
+  </r>
+  <r>
+    <s v="CD450"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="02"/>
+    <s v="2 rooms"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="XS"/>
+    <s v="Scotland"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="402"/>
+  </r>
+  <r>
+    <s v="CD450"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="02"/>
+    <s v="2 rooms"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="LT"/>
+    <s v="Lithuania"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="6897"/>
+  </r>
+  <r>
+    <s v="CD450"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="02"/>
+    <s v="2 rooms"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="PL"/>
+    <s v="Poland"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1870"/>
+  </r>
+  <r>
+    <s v="CD450"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="02"/>
+    <s v="2 rooms"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="ZZEUBQ7"/>
+    <s v="Other EU27 (5)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="7445"/>
+  </r>
+  <r>
+    <s v="CD450"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="02"/>
+    <s v="2 rooms"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="ZZEURQ01"/>
+    <s v="Other Europe (8)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1268"/>
+  </r>
+  <r>
+    <s v="CD450"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="02"/>
+    <s v="2 rooms"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="ZZAA1"/>
+    <s v="Africa (2)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5150"/>
+  </r>
+  <r>
+    <s v="CD450"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="02"/>
+    <s v="2 rooms"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="ZZABB"/>
+    <s v="Asia (2)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="410"/>
+  </r>
+  <r>
+    <s v="CD450"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="02"/>
+    <s v="2 rooms"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="US"/>
+    <s v="United States"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2839"/>
+  </r>
+  <r>
+    <s v="CD450"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="02"/>
+    <s v="2 rooms"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="ZZWORX13"/>
+    <s v="Other countries (13)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1400"/>
+  </r>
+  <r>
+    <s v="CD450"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="02"/>
+    <s v="2 rooms"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="78373"/>
+  </r>
+  <r>
+    <s v="CD450"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="02"/>
+    <s v="2 rooms"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="37307"/>
+  </r>
+  <r>
+    <s v="CD450"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="02"/>
+    <s v="2 rooms"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="XI"/>
+    <s v="Northern Ireland"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="639"/>
+  </r>
+  <r>
+    <s v="CD450"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="02"/>
+    <s v="2 rooms"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="XEXW"/>
+    <s v="England and Wales"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2615"/>
+  </r>
+  <r>
+    <s v="CD450"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="02"/>
+    <s v="2 rooms"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="XS"/>
+    <s v="Scotland"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="306"/>
+  </r>
+  <r>
+    <s v="CD450"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="02"/>
+    <s v="2 rooms"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="LT"/>
+    <s v="Lithuania"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="6514"/>
+  </r>
+  <r>
+    <s v="CD450"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="02"/>
+    <s v="2 rooms"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="PL"/>
+    <s v="Poland"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1718"/>
+  </r>
+  <r>
+    <s v="CD450"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="02"/>
+    <s v="2 rooms"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="ZZEUBQ7"/>
+    <s v="Other EU27 (5)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="7004"/>
+  </r>
+  <r>
+    <s v="CD450"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="02"/>
+    <s v="2 rooms"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="ZZEURQ01"/>
+    <s v="Other Europe (8)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1198"/>
+  </r>
+  <r>
+    <s v="CD450"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="02"/>
+    <s v="2 rooms"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="ZZAA1"/>
+    <s v="Africa (2)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4978"/>
+  </r>
+  <r>
+    <s v="CD450"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="02"/>
+    <s v="2 rooms"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="ZZABB"/>
+    <s v="Asia (2)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="363"/>
+  </r>
+  <r>
+    <s v="CD450"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="02"/>
+    <s v="2 rooms"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="US"/>
+    <s v="United States"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2698"/>
+  </r>
+  <r>
+    <s v="CD450"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="02"/>
+    <s v="2 rooms"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="ZZWORX13"/>
+    <s v="Other countries (13)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1330"/>
+  </r>
+  <r>
+    <s v="CD450"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="02"/>
+    <s v="2 rooms"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="66670"/>
+  </r>
+  <r>
+    <s v="CD450"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="02"/>
+    <s v="2 rooms"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="9335"/>
+  </r>
+  <r>
+    <s v="CD450"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="02"/>
+    <s v="2 rooms"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="XI"/>
+    <s v="Northern Ireland"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="134"/>
+  </r>
+  <r>
+    <s v="CD450"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="02"/>
+    <s v="2 rooms"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="XEXW"/>
+    <s v="England and Wales"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="662"/>
+  </r>
+  <r>
+    <s v="CD450"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="02"/>
+    <s v="2 rooms"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="XS"/>
+    <s v="Scotland"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="96"/>
+  </r>
+  <r>
+    <s v="CD450"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="02"/>
+    <s v="2 rooms"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="LT"/>
+    <s v="Lithuania"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="383"/>
+  </r>
+  <r>
+    <s v="CD450"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="02"/>
+    <s v="2 rooms"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="PL"/>
+    <s v="Poland"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="152"/>
+  </r>
+  <r>
+    <s v="CD450"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="02"/>
+    <s v="2 rooms"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="ZZEUBQ7"/>
+    <s v="Other EU27 (5)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="441"/>
+  </r>
+  <r>
+    <s v="CD450"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="02"/>
+    <s v="2 rooms"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="ZZEURQ01"/>
+    <s v="Other Europe (8)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="70"/>
+  </r>
+  <r>
+    <s v="CD450"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="02"/>
+    <s v="2 rooms"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="ZZAA1"/>
+    <s v="Africa (2)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="172"/>
+  </r>
+  <r>
+    <s v="CD450"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="02"/>
+    <s v="2 rooms"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="ZZABB"/>
+    <s v="Asia (2)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="47"/>
+  </r>
+  <r>
+    <s v="CD450"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="02"/>
+    <s v="2 rooms"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="US"/>
+    <s v="United States"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="141"/>
+  </r>
+  <r>
+    <s v="CD450"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="02"/>
+    <s v="2 rooms"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="ZZWORX13"/>
+    <s v="Other countries (13)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="70"/>
+  </r>
+  <r>
+    <s v="CD450"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="02"/>
+    <s v="2 rooms"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="11703"/>
+  </r>
+  <r>
+    <s v="CD450"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="03"/>
+    <s v="3 rooms"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="105813"/>
+  </r>
+  <r>
+    <s v="CD450"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="03"/>
+    <s v="3 rooms"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="XI"/>
+    <s v="Northern Ireland"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1897"/>
+  </r>
+  <r>
+    <s v="CD450"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="03"/>
+    <s v="3 rooms"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="XEXW"/>
+    <s v="England and Wales"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="7055"/>
+  </r>
+  <r>
+    <s v="CD450"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="03"/>
+    <s v="3 rooms"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="XS"/>
+    <s v="Scotland"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="791"/>
+  </r>
+  <r>
+    <s v="CD450"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="03"/>
+    <s v="3 rooms"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="LT"/>
+    <s v="Lithuania"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="11023"/>
+  </r>
+  <r>
+    <s v="CD450"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="03"/>
+    <s v="3 rooms"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="PL"/>
+    <s v="Poland"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3122"/>
+  </r>
+  <r>
+    <s v="CD450"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="03"/>
+    <s v="3 rooms"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="ZZEUBQ7"/>
+    <s v="Other EU27 (5)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="10183"/>
+  </r>
+  <r>
+    <s v="CD450"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="03"/>
+    <s v="3 rooms"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="ZZEURQ01"/>
+    <s v="Other Europe (8)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1966"/>
+  </r>
+  <r>
+    <s v="CD450"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="03"/>
+    <s v="3 rooms"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="ZZAA1"/>
+    <s v="Africa (2)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="6291"/>
+  </r>
+  <r>
+    <s v="CD450"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="03"/>
+    <s v="3 rooms"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="ZZABB"/>
+    <s v="Asia (2)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="744"/>
+  </r>
+  <r>
+    <s v="CD450"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="03"/>
+    <s v="3 rooms"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="US"/>
+    <s v="United States"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5540"/>
+  </r>
+  <r>
+    <s v="CD450"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="03"/>
+    <s v="3 rooms"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="ZZWORX13"/>
+    <s v="Other countries (13)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2306"/>
+  </r>
+  <r>
+    <s v="CD450"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="03"/>
+    <s v="3 rooms"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="156731"/>
+  </r>
+  <r>
+    <s v="CD450"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="03"/>
+    <s v="3 rooms"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="78102"/>
+  </r>
+  <r>
+    <s v="CD450"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="03"/>
+    <s v="3 rooms"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="XI"/>
+    <s v="Northern Ireland"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1429"/>
+  </r>
+  <r>
+    <s v="CD450"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="03"/>
+    <s v="3 rooms"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="XEXW"/>
+    <s v="England and Wales"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5143"/>
+  </r>
+  <r>
+    <s v="CD450"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="03"/>
+    <s v="3 rooms"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="XS"/>
+    <s v="Scotland"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="539"/>
+  </r>
+  <r>
+    <s v="CD450"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="03"/>
+    <s v="3 rooms"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="LT"/>
+    <s v="Lithuania"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="10231"/>
+  </r>
+  <r>
+    <s v="CD450"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="03"/>
+    <s v="3 rooms"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="PL"/>
+    <s v="Poland"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2834"/>
+  </r>
+  <r>
+    <s v="CD450"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="03"/>
+    <s v="3 rooms"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="ZZEUBQ7"/>
+    <s v="Other EU27 (5)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="9311"/>
+  </r>
+  <r>
+    <s v="CD450"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="03"/>
+    <s v="3 rooms"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="ZZEURQ01"/>
+    <s v="Other Europe (8)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1862"/>
+  </r>
+  <r>
+    <s v="CD450"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="03"/>
+    <s v="3 rooms"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="ZZAA1"/>
+    <s v="Africa (2)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5989"/>
+  </r>
+  <r>
+    <s v="CD450"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="03"/>
+    <s v="3 rooms"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="ZZABB"/>
+    <s v="Asia (2)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="606"/>
+  </r>
+  <r>
+    <s v="CD450"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="03"/>
+    <s v="3 rooms"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="US"/>
+    <s v="United States"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5281"/>
+  </r>
+  <r>
+    <s v="CD450"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="03"/>
+    <s v="3 rooms"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="ZZWORX13"/>
+    <s v="Other countries (13)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2093"/>
+  </r>
+  <r>
+    <s v="CD450"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="03"/>
+    <s v="3 rooms"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="123420"/>
+  </r>
+  <r>
+    <s v="CD450"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="03"/>
+    <s v="3 rooms"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="27711"/>
+  </r>
+  <r>
+    <s v="CD450"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="03"/>
+    <s v="3 rooms"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="XI"/>
+    <s v="Northern Ireland"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="468"/>
+  </r>
+  <r>
+    <s v="CD450"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="03"/>
+    <s v="3 rooms"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="XEXW"/>
+    <s v="England and Wales"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1912"/>
+  </r>
+  <r>
+    <s v="CD450"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="03"/>
+    <s v="3 rooms"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="XS"/>
+    <s v="Scotland"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="252"/>
+  </r>
+  <r>
+    <s v="CD450"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="03"/>
+    <s v="3 rooms"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="LT"/>
+    <s v="Lithuania"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="792"/>
+  </r>
+  <r>
+    <s v="CD450"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="03"/>
+    <s v="3 rooms"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="PL"/>
+    <s v="Poland"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="288"/>
+  </r>
+  <r>
+    <s v="CD450"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="03"/>
+    <s v="3 rooms"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="ZZEUBQ7"/>
+    <s v="Other EU27 (5)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="872"/>
+  </r>
+  <r>
+    <s v="CD450"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="03"/>
+    <s v="3 rooms"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="ZZEURQ01"/>
+    <s v="Other Europe (8)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="104"/>
+  </r>
+  <r>
+    <s v="CD450"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="03"/>
+    <s v="3 rooms"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="ZZAA1"/>
+    <s v="Africa (2)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="302"/>
+  </r>
+  <r>
+    <s v="CD450"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="03"/>
+    <s v="3 rooms"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="ZZABB"/>
+    <s v="Asia (2)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="138"/>
+  </r>
+  <r>
+    <s v="CD450"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="03"/>
+    <s v="3 rooms"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="US"/>
+    <s v="United States"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="259"/>
+  </r>
+  <r>
+    <s v="CD450"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="03"/>
+    <s v="3 rooms"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="ZZWORX13"/>
+    <s v="Other countries (13)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="213"/>
+  </r>
+  <r>
+    <s v="CD450"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="03"/>
+    <s v="3 rooms"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="33311"/>
+  </r>
+  <r>
+    <s v="CD450"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="04"/>
+    <s v="4 rooms"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="133803"/>
+  </r>
+  <r>
+    <s v="CD450"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="04"/>
+    <s v="4 rooms"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="XI"/>
+    <s v="Northern Ireland"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2346"/>
+  </r>
+  <r>
+    <s v="CD450"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="04"/>
+    <s v="4 rooms"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="XEXW"/>
+    <s v="England and Wales"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="9122"/>
+  </r>
+  <r>
+    <s v="CD450"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="04"/>
+    <s v="4 rooms"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="XS"/>
+    <s v="Scotland"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="932"/>
+  </r>
+  <r>
+    <s v="CD450"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="04"/>
+    <s v="4 rooms"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="LT"/>
+    <s v="Lithuania"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="7332"/>
+  </r>
+  <r>
+    <s v="CD450"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="04"/>
+    <s v="4 rooms"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="PL"/>
+    <s v="Poland"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2148"/>
+  </r>
+  <r>
+    <s v="CD450"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="04"/>
+    <s v="4 rooms"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="ZZEUBQ7"/>
+    <s v="Other EU27 (5)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="6555"/>
+  </r>
+  <r>
+    <s v="CD450"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="04"/>
+    <s v="4 rooms"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="ZZEURQ01"/>
+    <s v="Other Europe (8)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1195"/>
+  </r>
+  <r>
+    <s v="CD450"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="04"/>
+    <s v="4 rooms"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="ZZAA1"/>
+    <s v="Africa (2)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4276"/>
+  </r>
+  <r>
+    <s v="CD450"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="04"/>
+    <s v="4 rooms"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="ZZABB"/>
+    <s v="Asia (2)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="977"/>
+  </r>
+  <r>
+    <s v="CD450"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="04"/>
+    <s v="4 rooms"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="US"/>
+    <s v="United States"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3141"/>
+  </r>
+  <r>
+    <s v="CD450"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="04"/>
+    <s v="4 rooms"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="ZZWORX13"/>
+    <s v="Other countries (13)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2469"/>
+  </r>
+  <r>
+    <s v="CD450"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="04"/>
+    <s v="4 rooms"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="174296"/>
+  </r>
+  <r>
+    <s v="CD450"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="04"/>
+    <s v="4 rooms"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="89402"/>
+  </r>
+  <r>
+    <s v="CD450"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="04"/>
+    <s v="4 rooms"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="XI"/>
+    <s v="Northern Ireland"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1517"/>
+  </r>
+  <r>
+    <s v="CD450"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="04"/>
+    <s v="4 rooms"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="XEXW"/>
+    <s v="England and Wales"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5558"/>
+  </r>
+  <r>
+    <s v="CD450"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="04"/>
+    <s v="4 rooms"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="XS"/>
+    <s v="Scotland"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="540"/>
+  </r>
+  <r>
+    <s v="CD450"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="04"/>
+    <s v="4 rooms"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="LT"/>
+    <s v="Lithuania"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="6545"/>
+  </r>
+  <r>
+    <s v="CD450"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="04"/>
+    <s v="4 rooms"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="PL"/>
+    <s v="Poland"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1863"/>
+  </r>
+  <r>
+    <s v="CD450"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="04"/>
+    <s v="4 rooms"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="ZZEUBQ7"/>
+    <s v="Other EU27 (5)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5526"/>
+  </r>
+  <r>
+    <s v="CD450"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="04"/>
+    <s v="4 rooms"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="ZZEURQ01"/>
+    <s v="Other Europe (8)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1058"/>
+  </r>
+  <r>
+    <s v="CD450"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="04"/>
+    <s v="4 rooms"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="ZZAA1"/>
+    <s v="Africa (2)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4028"/>
+  </r>
+  <r>
+    <s v="CD450"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="04"/>
+    <s v="4 rooms"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="ZZABB"/>
+    <s v="Asia (2)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="703"/>
+  </r>
+  <r>
+    <s v="CD450"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="04"/>
+    <s v="4 rooms"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="US"/>
+    <s v="United States"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2895"/>
+  </r>
+  <r>
+    <s v="CD450"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="04"/>
+    <s v="4 rooms"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="ZZWORX13"/>
+    <s v="Other countries (13)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2134"/>
+  </r>
+  <r>
+    <s v="CD450"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="04"/>
+    <s v="4 rooms"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="121769"/>
+  </r>
+  <r>
+    <s v="CD450"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="04"/>
+    <s v="4 rooms"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="44401"/>
+  </r>
+  <r>
+    <s v="CD450"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="04"/>
+    <s v="4 rooms"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="XI"/>
+    <s v="Northern Ireland"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="829"/>
+  </r>
+  <r>
+    <s v="CD450"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="04"/>
+    <s v="4 rooms"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="XEXW"/>
+    <s v="England and Wales"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3564"/>
+  </r>
+  <r>
+    <s v="CD450"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="04"/>
+    <s v="4 rooms"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="XS"/>
+    <s v="Scotland"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="392"/>
+  </r>
+  <r>
+    <s v="CD450"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="04"/>
+    <s v="4 rooms"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="LT"/>
+    <s v="Lithuania"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="787"/>
+  </r>
+  <r>
+    <s v="CD450"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="04"/>
+    <s v="4 rooms"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="PL"/>
+    <s v="Poland"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="285"/>
+  </r>
+  <r>
+    <s v="CD450"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="04"/>
+    <s v="4 rooms"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="ZZEUBQ7"/>
+    <s v="Other EU27 (5)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1029"/>
+  </r>
+  <r>
+    <s v="CD450"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="04"/>
+    <s v="4 rooms"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="ZZEURQ01"/>
+    <s v="Other Europe (8)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="137"/>
+  </r>
+  <r>
+    <s v="CD450"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="04"/>
+    <s v="4 rooms"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="ZZAA1"/>
+    <s v="Africa (2)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="248"/>
+  </r>
+  <r>
+    <s v="CD450"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="04"/>
+    <s v="4 rooms"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="ZZABB"/>
+    <s v="Asia (2)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="274"/>
+  </r>
+  <r>
+    <s v="CD450"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="04"/>
+    <s v="4 rooms"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="US"/>
+    <s v="United States"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="246"/>
+  </r>
+  <r>
+    <s v="CD450"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="04"/>
+    <s v="4 rooms"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="ZZWORX13"/>
+    <s v="Other countries (13)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="335"/>
+  </r>
+  <r>
+    <s v="CD450"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="04"/>
+    <s v="4 rooms"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="52527"/>
+  </r>
+  <r>
+    <s v="CD450"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="05"/>
+    <s v="5 rooms"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="316074"/>
+  </r>
+  <r>
+    <s v="CD450"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="05"/>
+    <s v="5 rooms"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="XI"/>
+    <s v="Northern Ireland"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5295"/>
+  </r>
+  <r>
+    <s v="CD450"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="05"/>
+    <s v="5 rooms"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="XEXW"/>
+    <s v="England and Wales"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="21837"/>
+  </r>
+  <r>
+    <s v="CD450"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="05"/>
+    <s v="5 rooms"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="XS"/>
+    <s v="Scotland"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2014"/>
+  </r>
+  <r>
+    <s v="CD450"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="05"/>
+    <s v="5 rooms"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="LT"/>
+    <s v="Lithuania"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="9417"/>
+  </r>
+  <r>
+    <s v="CD450"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="05"/>
+    <s v="5 rooms"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="PL"/>
+    <s v="Poland"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2605"/>
+  </r>
+  <r>
+    <s v="CD450"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="05"/>
+    <s v="5 rooms"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="ZZEUBQ7"/>
+    <s v="Other EU27 (5)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="7944"/>
+  </r>
+  <r>
+    <s v="CD450"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="05"/>
+    <s v="5 rooms"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="ZZEURQ01"/>
+    <s v="Other Europe (8)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1614"/>
+  </r>
+  <r>
+    <s v="CD450"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="05"/>
+    <s v="5 rooms"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="ZZAA1"/>
+    <s v="Africa (2)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4209"/>
+  </r>
+  <r>
+    <s v="CD450"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="05"/>
+    <s v="5 rooms"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="ZZABB"/>
+    <s v="Asia (2)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1499"/>
+  </r>
+  <r>
+    <s v="CD450"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="05"/>
+    <s v="5 rooms"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="US"/>
+    <s v="United States"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3901"/>
+  </r>
+  <r>
+    <s v="CD450"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="05"/>
+    <s v="5 rooms"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="ZZWORX13"/>
+    <s v="Other countries (13)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3706"/>
+  </r>
+  <r>
+    <s v="CD450"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="05"/>
+    <s v="5 rooms"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="380115"/>
+  </r>
+  <r>
+    <s v="CD450"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="05"/>
+    <s v="5 rooms"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="217496"/>
+  </r>
+  <r>
+    <s v="CD450"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="05"/>
+    <s v="5 rooms"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="XI"/>
+    <s v="Northern Ireland"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3393"/>
+  </r>
+  <r>
+    <s v="CD450"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="05"/>
+    <s v="5 rooms"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="XEXW"/>
+    <s v="England and Wales"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="13521"/>
+  </r>
+  <r>
+    <s v="CD450"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="05"/>
+    <s v="5 rooms"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="XS"/>
+    <s v="Scotland"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1143"/>
+  </r>
+  <r>
+    <s v="CD450"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="05"/>
+    <s v="5 rooms"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="LT"/>
+    <s v="Lithuania"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="8328"/>
+  </r>
+  <r>
+    <s v="CD450"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="05"/>
+    <s v="5 rooms"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="PL"/>
+    <s v="Poland"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2278"/>
+  </r>
+  <r>
+    <s v="CD450"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="05"/>
+    <s v="5 rooms"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="ZZEUBQ7"/>
+    <s v="Other EU27 (5)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="6466"/>
+  </r>
+  <r>
+    <s v="CD450"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="05"/>
+    <s v="5 rooms"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="ZZEURQ01"/>
+    <s v="Other Europe (8)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1435"/>
+  </r>
+  <r>
+    <s v="CD450"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="05"/>
+    <s v="5 rooms"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="ZZAA1"/>
+    <s v="Africa (2)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3873"/>
+  </r>
+  <r>
+    <s v="CD450"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="05"/>
+    <s v="5 rooms"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="ZZABB"/>
+    <s v="Asia (2)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="977"/>
+  </r>
+  <r>
+    <s v="CD450"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="05"/>
+    <s v="5 rooms"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="US"/>
+    <s v="United States"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3555"/>
+  </r>
+  <r>
+    <s v="CD450"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="05"/>
+    <s v="5 rooms"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="ZZWORX13"/>
+    <s v="Other countries (13)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2956"/>
+  </r>
+  <r>
+    <s v="CD450"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="05"/>
+    <s v="5 rooms"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="265421"/>
+  </r>
+  <r>
+    <s v="CD450"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="05"/>
+    <s v="5 rooms"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="98578"/>
+  </r>
+  <r>
+    <s v="CD450"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="05"/>
+    <s v="5 rooms"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="XI"/>
+    <s v="Northern Ireland"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1902"/>
+  </r>
+  <r>
+    <s v="CD450"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="05"/>
+    <s v="5 rooms"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="XEXW"/>
+    <s v="England and Wales"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="8316"/>
+  </r>
+  <r>
+    <s v="CD450"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="05"/>
+    <s v="5 rooms"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="XS"/>
+    <s v="Scotland"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="871"/>
+  </r>
+  <r>
+    <s v="CD450"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="05"/>
+    <s v="5 rooms"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="LT"/>
+    <s v="Lithuania"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1089"/>
+  </r>
+  <r>
+    <s v="CD450"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="05"/>
+    <s v="5 rooms"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="PL"/>
+    <s v="Poland"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="327"/>
+  </r>
+  <r>
+    <s v="CD450"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="05"/>
+    <s v="5 rooms"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="ZZEUBQ7"/>
+    <s v="Other EU27 (5)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1478"/>
+  </r>
+  <r>
+    <s v="CD450"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="05"/>
+    <s v="5 rooms"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="ZZEURQ01"/>
+    <s v="Other Europe (8)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="179"/>
+  </r>
+  <r>
+    <s v="CD450"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="05"/>
+    <s v="5 rooms"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="ZZAA1"/>
+    <s v="Africa (2)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="336"/>
+  </r>
+  <r>
+    <s v="CD450"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="05"/>
+    <s v="5 rooms"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="ZZABB"/>
+    <s v="Asia (2)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="522"/>
+  </r>
+  <r>
+    <s v="CD450"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="05"/>
+    <s v="5 rooms"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="US"/>
+    <s v="United States"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="346"/>
+  </r>
+  <r>
+    <s v="CD450"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="05"/>
+    <s v="5 rooms"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="ZZWORX13"/>
+    <s v="Other countries (13)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="750"/>
+  </r>
+  <r>
+    <s v="CD450"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="05"/>
+    <s v="5 rooms"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="114694"/>
+  </r>
+  <r>
+    <s v="CD450"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="6 rooms"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="257414"/>
+  </r>
+  <r>
+    <s v="CD450"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="6 rooms"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="XI"/>
+    <s v="Northern Ireland"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4889"/>
+  </r>
+  <r>
+    <s v="CD450"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="6 rooms"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="XEXW"/>
+    <s v="England and Wales"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="17949"/>
+  </r>
+  <r>
+    <s v="CD450"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="6 rooms"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="XS"/>
+    <s v="Scotland"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1603"/>
+  </r>
+  <r>
+    <s v="CD450"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="6 rooms"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="LT"/>
+    <s v="Lithuania"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3500"/>
+  </r>
+  <r>
+    <s v="CD450"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="6 rooms"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="PL"/>
+    <s v="Poland"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="977"/>
+  </r>
+  <r>
+    <s v="CD450"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="6 rooms"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="ZZEUBQ7"/>
+    <s v="Other EU27 (5)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4157"/>
+  </r>
+  <r>
+    <s v="CD450"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="6 rooms"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="ZZEURQ01"/>
+    <s v="Other Europe (8)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="667"/>
+  </r>
+  <r>
+    <s v="CD450"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="6 rooms"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="ZZAA1"/>
+    <s v="Africa (2)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2173"/>
+  </r>
+  <r>
+    <s v="CD450"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="6 rooms"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="ZZABB"/>
+    <s v="Asia (2)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1434"/>
+  </r>
+  <r>
+    <s v="CD450"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="6 rooms"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="US"/>
+    <s v="United States"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1833"/>
+  </r>
+  <r>
+    <s v="CD450"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="6 rooms"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="ZZWORX13"/>
+    <s v="Other countries (13)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3050"/>
+  </r>
+  <r>
+    <s v="CD450"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="6 rooms"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="299646"/>
+  </r>
+  <r>
+    <s v="CD450"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="6 rooms"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="151095"/>
+  </r>
+  <r>
+    <s v="CD450"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="6 rooms"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="XI"/>
+    <s v="Northern Ireland"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2667"/>
+  </r>
+  <r>
+    <s v="CD450"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="6 rooms"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="XEXW"/>
+    <s v="England and Wales"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="9048"/>
+  </r>
+  <r>
+    <s v="CD450"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="6 rooms"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="XS"/>
+    <s v="Scotland"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="798"/>
+  </r>
+  <r>
+    <s v="CD450"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="6 rooms"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="LT"/>
+    <s v="Lithuania"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2953"/>
+  </r>
+  <r>
+    <s v="CD450"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="6 rooms"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="PL"/>
+    <s v="Poland"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="770"/>
+  </r>
+  <r>
+    <s v="CD450"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="6 rooms"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="ZZEUBQ7"/>
+    <s v="Other EU27 (5)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3037"/>
+  </r>
+  <r>
+    <s v="CD450"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="6 rooms"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="ZZEURQ01"/>
+    <s v="Other Europe (8)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="547"/>
+  </r>
+  <r>
+    <s v="CD450"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="6 rooms"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="ZZAA1"/>
+    <s v="Africa (2)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1934"/>
+  </r>
+  <r>
+    <s v="CD450"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="6 rooms"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="ZZABB"/>
+    <s v="Asia (2)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="786"/>
+  </r>
+  <r>
+    <s v="CD450"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="6 rooms"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="US"/>
+    <s v="United States"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1538"/>
+  </r>
+  <r>
+    <s v="CD450"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="6 rooms"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="ZZWORX13"/>
+    <s v="Other countries (13)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2282"/>
+  </r>
+  <r>
+    <s v="CD450"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="6 rooms"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="177455"/>
+  </r>
+  <r>
+    <s v="CD450"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="6 rooms"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="106319"/>
+  </r>
+  <r>
+    <s v="CD450"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="6 rooms"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="XI"/>
+    <s v="Northern Ireland"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2222"/>
+  </r>
+  <r>
+    <s v="CD450"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="6 rooms"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="XEXW"/>
+    <s v="England and Wales"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="8901"/>
+  </r>
+  <r>
+    <s v="CD450"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="6 rooms"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="XS"/>
+    <s v="Scotland"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="805"/>
+  </r>
+  <r>
+    <s v="CD450"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="6 rooms"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="LT"/>
+    <s v="Lithuania"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="547"/>
+  </r>
+  <r>
+    <s v="CD450"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="6 rooms"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="PL"/>
+    <s v="Poland"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="207"/>
+  </r>
+  <r>
+    <s v="CD450"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="6 rooms"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="ZZEUBQ7"/>
+    <s v="Other EU27 (5)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1120"/>
+  </r>
+  <r>
+    <s v="CD450"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="6 rooms"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="ZZEURQ01"/>
+    <s v="Other Europe (8)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="120"/>
+  </r>
+  <r>
+    <s v="CD450"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="6 rooms"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="ZZAA1"/>
+    <s v="Africa (2)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="239"/>
+  </r>
+  <r>
+    <s v="CD450"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="6 rooms"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="ZZABB"/>
+    <s v="Asia (2)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="648"/>
+  </r>
+  <r>
+    <s v="CD450"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="6 rooms"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="US"/>
+    <s v="United States"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="295"/>
+  </r>
+  <r>
+    <s v="CD450"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="6 rooms"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="ZZWORX13"/>
+    <s v="Other countries (13)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="768"/>
+  </r>
+  <r>
+    <s v="CD450"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="6 rooms"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="122191"/>
+  </r>
+  <r>
+    <s v="CD450"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="07"/>
+    <s v="7 rooms"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="194739"/>
+  </r>
+  <r>
+    <s v="CD450"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="07"/>
+    <s v="7 rooms"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="XI"/>
+    <s v="Northern Ireland"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4200"/>
+  </r>
+  <r>
+    <s v="CD450"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="07"/>
+    <s v="7 rooms"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="XEXW"/>
+    <s v="England and Wales"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="13911"/>
+  </r>
+  <r>
+    <s v="CD450"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="07"/>
+    <s v="7 rooms"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="XS"/>
+    <s v="Scotland"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1128"/>
+  </r>
+  <r>
+    <s v="CD450"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="07"/>
+    <s v="7 rooms"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="LT"/>
+    <s v="Lithuania"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1178"/>
+  </r>
+  <r>
+    <s v="CD450"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="07"/>
+    <s v="7 rooms"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="PL"/>
+    <s v="Poland"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="365"/>
+  </r>
+  <r>
+    <s v="CD450"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="07"/>
+    <s v="7 rooms"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="ZZEUBQ7"/>
+    <s v="Other EU27 (5)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2320"/>
+  </r>
+  <r>
+    <s v="CD450"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="07"/>
+    <s v="7 rooms"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="ZZEURQ01"/>
+    <s v="Other Europe (8)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="308"/>
+  </r>
+  <r>
+    <s v="CD450"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="07"/>
+    <s v="7 rooms"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="ZZAA1"/>
+    <s v="Africa (2)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1176"/>
+  </r>
+  <r>
+    <s v="CD450"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="07"/>
+    <s v="7 rooms"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="ZZABB"/>
+    <s v="Asia (2)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1176"/>
+  </r>
+  <r>
+    <s v="CD450"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="07"/>
+    <s v="7 rooms"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="US"/>
+    <s v="United States"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1169"/>
+  </r>
+  <r>
+    <s v="CD450"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="07"/>
+    <s v="7 rooms"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="ZZWORX13"/>
+    <s v="Other countries (13)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2165"/>
+  </r>
+  <r>
+    <s v="CD450"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="07"/>
+    <s v="7 rooms"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="223835"/>
+  </r>
+  <r>
+    <s v="CD450"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="07"/>
+    <s v="7 rooms"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="101253"/>
+  </r>
+  <r>
+    <s v="CD450"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="07"/>
+    <s v="7 rooms"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="XI"/>
+    <s v="Northern Ireland"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2118"/>
+  </r>
+  <r>
+    <s v="CD450"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="07"/>
+    <s v="7 rooms"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="XEXW"/>
+    <s v="England and Wales"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="6335"/>
+  </r>
+  <r>
+    <s v="CD450"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="07"/>
+    <s v="7 rooms"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="XS"/>
+    <s v="Scotland"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="535"/>
+  </r>
+  <r>
+    <s v="CD450"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="07"/>
+    <s v="7 rooms"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="LT"/>
+    <s v="Lithuania"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="953"/>
+  </r>
+  <r>
+    <s v="CD450"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="07"/>
+    <s v="7 rooms"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="PL"/>
+    <s v="Poland"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="284"/>
+  </r>
+  <r>
+    <s v="CD450"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="07"/>
+    <s v="7 rooms"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="ZZEUBQ7"/>
+    <s v="Other EU27 (5)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1581"/>
+  </r>
+  <r>
+    <s v="CD450"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="07"/>
+    <s v="7 rooms"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="ZZEURQ01"/>
+    <s v="Other Europe (8)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="245"/>
+  </r>
+  <r>
+    <s v="CD450"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="07"/>
+    <s v="7 rooms"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="ZZAA1"/>
+    <s v="Africa (2)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1035"/>
+  </r>
+  <r>
+    <s v="CD450"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="07"/>
+    <s v="7 rooms"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="ZZABB"/>
+    <s v="Asia (2)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="635"/>
+  </r>
+  <r>
+    <s v="CD450"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="07"/>
+    <s v="7 rooms"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="US"/>
+    <s v="United States"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="910"/>
+  </r>
+  <r>
+    <s v="CD450"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="07"/>
+    <s v="7 rooms"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="ZZWORX13"/>
+    <s v="Other countries (13)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1499"/>
+  </r>
+  <r>
+    <s v="CD450"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="07"/>
+    <s v="7 rooms"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="117383"/>
+  </r>
+  <r>
+    <s v="CD450"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="07"/>
+    <s v="7 rooms"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="93486"/>
+  </r>
+  <r>
+    <s v="CD450"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="07"/>
+    <s v="7 rooms"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="XI"/>
+    <s v="Northern Ireland"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2082"/>
+  </r>
+  <r>
+    <s v="CD450"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="07"/>
+    <s v="7 rooms"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="XEXW"/>
+    <s v="England and Wales"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="7576"/>
+  </r>
+  <r>
+    <s v="CD450"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="07"/>
+    <s v="7 rooms"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="XS"/>
+    <s v="Scotland"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="593"/>
+  </r>
+  <r>
+    <s v="CD450"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="07"/>
+    <s v="7 rooms"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="LT"/>
+    <s v="Lithuania"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="225"/>
+  </r>
+  <r>
+    <s v="CD450"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="07"/>
+    <s v="7 rooms"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="PL"/>
+    <s v="Poland"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="81"/>
+  </r>
+  <r>
+    <s v="CD450"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="07"/>
+    <s v="7 rooms"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="ZZEUBQ7"/>
+    <s v="Other EU27 (5)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="739"/>
+  </r>
+  <r>
+    <s v="CD450"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="07"/>
+    <s v="7 rooms"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="ZZEURQ01"/>
+    <s v="Other Europe (8)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="63"/>
+  </r>
+  <r>
+    <s v="CD450"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="07"/>
+    <s v="7 rooms"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="ZZAA1"/>
+    <s v="Africa (2)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="141"/>
+  </r>
+  <r>
+    <s v="CD450"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="07"/>
+    <s v="7 rooms"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="ZZABB"/>
+    <s v="Asia (2)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="541"/>
+  </r>
+  <r>
+    <s v="CD450"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="07"/>
+    <s v="7 rooms"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="US"/>
+    <s v="United States"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="259"/>
+  </r>
+  <r>
+    <s v="CD450"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="07"/>
+    <s v="7 rooms"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="ZZWORX13"/>
+    <s v="Other countries (13)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="666"/>
+  </r>
+  <r>
+    <s v="CD450"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="07"/>
+    <s v="7 rooms"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="106452"/>
+  </r>
+  <r>
+    <s v="CD450"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="08"/>
+    <s v="8 rooms"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="122741"/>
+  </r>
+  <r>
+    <s v="CD450"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="08"/>
+    <s v="8 rooms"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="XI"/>
+    <s v="Northern Ireland"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2941"/>
+  </r>
+  <r>
+    <s v="CD450"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="08"/>
+    <s v="8 rooms"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="XEXW"/>
+    <s v="England and Wales"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="8928"/>
+  </r>
+  <r>
+    <s v="CD450"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="08"/>
+    <s v="8 rooms"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="XS"/>
+    <s v="Scotland"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="728"/>
+  </r>
+  <r>
+    <s v="CD450"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="08"/>
+    <s v="8 rooms"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="LT"/>
+    <s v="Lithuania"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="349"/>
+  </r>
+  <r>
+    <s v="CD450"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="08"/>
+    <s v="8 rooms"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="PL"/>
+    <s v="Poland"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="93"/>
+  </r>
+  <r>
+    <s v="CD450"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="08"/>
+    <s v="8 rooms"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="ZZEUBQ7"/>
+    <s v="Other EU27 (5)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1077"/>
+  </r>
+  <r>
+    <s v="CD450"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="08"/>
+    <s v="8 rooms"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="ZZEURQ01"/>
+    <s v="Other Europe (8)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="143"/>
+  </r>
+  <r>
+    <s v="CD450"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="08"/>
+    <s v="8 rooms"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="ZZAA1"/>
+    <s v="Africa (2)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="554"/>
+  </r>
+  <r>
+    <s v="CD450"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="08"/>
+    <s v="8 rooms"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="ZZABB"/>
+    <s v="Asia (2)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="860"/>
+  </r>
+  <r>
+    <s v="CD450"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="08"/>
+    <s v="8 rooms"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="US"/>
+    <s v="United States"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="541"/>
+  </r>
+  <r>
+    <s v="CD450"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="08"/>
+    <s v="8 rooms"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="ZZWORX13"/>
+    <s v="Other countries (13)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1505"/>
+  </r>
+  <r>
+    <s v="CD450"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="08"/>
+    <s v="8 rooms"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="140460"/>
+  </r>
+  <r>
+    <s v="CD450"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="08"/>
+    <s v="8 rooms"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="60048"/>
+  </r>
+  <r>
+    <s v="CD450"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="08"/>
+    <s v="8 rooms"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="XI"/>
+    <s v="Northern Ireland"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1494"/>
+  </r>
+  <r>
+    <s v="CD450"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="08"/>
+    <s v="8 rooms"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="XEXW"/>
+    <s v="England and Wales"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3902"/>
+  </r>
+  <r>
+    <s v="CD450"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="08"/>
+    <s v="8 rooms"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="XS"/>
+    <s v="Scotland"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="304"/>
+  </r>
+  <r>
+    <s v="CD450"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="08"/>
+    <s v="8 rooms"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="LT"/>
+    <s v="Lithuania"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="249"/>
+  </r>
+  <r>
+    <s v="CD450"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="08"/>
+    <s v="8 rooms"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="PL"/>
+    <s v="Poland"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="56"/>
+  </r>
+  <r>
+    <s v="CD450"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="08"/>
+    <s v="8 rooms"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="ZZEUBQ7"/>
+    <s v="Other EU27 (5)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="682"/>
+  </r>
+  <r>
+    <s v="CD450"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="08"/>
+    <s v="8 rooms"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="ZZEURQ01"/>
+    <s v="Other Europe (8)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="100"/>
+  </r>
+  <r>
+    <s v="CD450"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="08"/>
+    <s v="8 rooms"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="ZZAA1"/>
+    <s v="Africa (2)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="432"/>
+  </r>
+  <r>
+    <s v="CD450"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="08"/>
+    <s v="8 rooms"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="ZZABB"/>
+    <s v="Asia (2)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="426"/>
+  </r>
+  <r>
+    <s v="CD450"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="08"/>
+    <s v="8 rooms"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="US"/>
+    <s v="United States"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="383"/>
+  </r>
+  <r>
+    <s v="CD450"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="08"/>
+    <s v="8 rooms"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="ZZWORX13"/>
+    <s v="Other countries (13)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="977"/>
+  </r>
+  <r>
+    <s v="CD450"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="08"/>
+    <s v="8 rooms"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="69053"/>
+  </r>
+  <r>
+    <s v="CD450"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="08"/>
+    <s v="8 rooms"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="62693"/>
+  </r>
+  <r>
+    <s v="CD450"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="08"/>
+    <s v="8 rooms"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="XI"/>
+    <s v="Northern Ireland"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1447"/>
+  </r>
+  <r>
+    <s v="CD450"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="08"/>
+    <s v="8 rooms"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="XEXW"/>
+    <s v="England and Wales"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5026"/>
+  </r>
+  <r>
+    <s v="CD450"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="08"/>
+    <s v="8 rooms"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="XS"/>
+    <s v="Scotland"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="424"/>
+  </r>
+  <r>
+    <s v="CD450"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="08"/>
+    <s v="8 rooms"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="LT"/>
+    <s v="Lithuania"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="100"/>
+  </r>
+  <r>
+    <s v="CD450"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="08"/>
+    <s v="8 rooms"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="PL"/>
+    <s v="Poland"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="37"/>
+  </r>
+  <r>
+    <s v="CD450"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="08"/>
+    <s v="8 rooms"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="ZZEUBQ7"/>
+    <s v="Other EU27 (5)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="395"/>
+  </r>
+  <r>
+    <s v="CD450"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="08"/>
+    <s v="8 rooms"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="ZZEURQ01"/>
+    <s v="Other Europe (8)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="43"/>
+  </r>
+  <r>
+    <s v="CD450"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="08"/>
+    <s v="8 rooms"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="ZZAA1"/>
+    <s v="Africa (2)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="122"/>
+  </r>
+  <r>
+    <s v="CD450"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="08"/>
+    <s v="8 rooms"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="ZZABB"/>
+    <s v="Asia (2)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="434"/>
+  </r>
+  <r>
+    <s v="CD450"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="08"/>
+    <s v="8 rooms"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="US"/>
+    <s v="United States"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="158"/>
+  </r>
+  <r>
+    <s v="CD450"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="08"/>
+    <s v="8 rooms"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="ZZWORX13"/>
+    <s v="Other countries (13)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="528"/>
+  </r>
+  <r>
+    <s v="CD450"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="08"/>
+    <s v="8 rooms"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="71407"/>
+  </r>
+  <r>
+    <s v="CD450"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="09"/>
+    <s v="9 rooms"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="52983"/>
+  </r>
+  <r>
+    <s v="CD450"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="09"/>
+    <s v="9 rooms"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="XI"/>
+    <s v="Northern Ireland"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1248"/>
+  </r>
+  <r>
+    <s v="CD450"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="09"/>
+    <s v="9 rooms"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="XEXW"/>
+    <s v="England and Wales"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3981"/>
+  </r>
+  <r>
+    <s v="CD450"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="09"/>
+    <s v="9 rooms"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="XS"/>
+    <s v="Scotland"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="321"/>
+  </r>
+  <r>
+    <s v="CD450"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="09"/>
+    <s v="9 rooms"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="LT"/>
+    <s v="Lithuania"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="89"/>
+  </r>
+  <r>
+    <s v="CD450"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="09"/>
+    <s v="9 rooms"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="PL"/>
+    <s v="Poland"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="27"/>
+  </r>
+  <r>
+    <s v="CD450"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="09"/>
+    <s v="9 rooms"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="ZZEUBQ7"/>
+    <s v="Other EU27 (5)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="420"/>
+  </r>
+  <r>
+    <s v="CD450"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="09"/>
+    <s v="9 rooms"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="ZZEURQ01"/>
+    <s v="Other Europe (8)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="50"/>
+  </r>
+  <r>
+    <s v="CD450"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="09"/>
+    <s v="9 rooms"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="ZZAA1"/>
+    <s v="Africa (2)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="255"/>
+  </r>
+  <r>
+    <s v="CD450"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="09"/>
+    <s v="9 rooms"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="ZZABB"/>
+    <s v="Asia (2)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="440"/>
+  </r>
+  <r>
+    <s v="CD450"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="09"/>
+    <s v="9 rooms"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="US"/>
+    <s v="United States"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="218"/>
+  </r>
+  <r>
+    <s v="CD450"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="09"/>
+    <s v="9 rooms"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="ZZWORX13"/>
+    <s v="Other countries (13)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="675"/>
+  </r>
+  <r>
+    <s v="CD450"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="09"/>
+    <s v="9 rooms"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="60707"/>
+  </r>
+  <r>
+    <s v="CD450"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="09"/>
+    <s v="9 rooms"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="23142"/>
+  </r>
+  <r>
+    <s v="CD450"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="09"/>
+    <s v="9 rooms"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="XI"/>
+    <s v="Northern Ireland"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="574"/>
+  </r>
+  <r>
+    <s v="CD450"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="09"/>
+    <s v="9 rooms"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="XEXW"/>
+    <s v="England and Wales"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1484"/>
+  </r>
+  <r>
+    <s v="CD450"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="09"/>
+    <s v="9 rooms"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="XS"/>
+    <s v="Scotland"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="128"/>
+  </r>
+  <r>
+    <s v="CD450"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="09"/>
+    <s v="9 rooms"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="LT"/>
+    <s v="Lithuania"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="60"/>
+  </r>
+  <r>
+    <s v="CD450"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="09"/>
+    <s v="9 rooms"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="PL"/>
+    <s v="Poland"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="21"/>
+  </r>
+  <r>
+    <s v="CD450"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="09"/>
+    <s v="9 rooms"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="ZZEUBQ7"/>
+    <s v="Other EU27 (5)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="231"/>
+  </r>
+  <r>
+    <s v="CD450"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="09"/>
+    <s v="9 rooms"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="ZZEURQ01"/>
+    <s v="Other Europe (8)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="29"/>
+  </r>
+  <r>
+    <s v="CD450"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="09"/>
+    <s v="9 rooms"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="ZZAA1"/>
+    <s v="Africa (2)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="194"/>
+  </r>
+  <r>
+    <s v="CD450"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="09"/>
+    <s v="9 rooms"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="ZZABB"/>
+    <s v="Asia (2)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="192"/>
+  </r>
+  <r>
+    <s v="CD450"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="09"/>
+    <s v="9 rooms"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="US"/>
+    <s v="United States"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="135"/>
+  </r>
+  <r>
+    <s v="CD450"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="09"/>
+    <s v="9 rooms"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="ZZWORX13"/>
+    <s v="Other countries (13)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="397"/>
+  </r>
+  <r>
+    <s v="CD450"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="09"/>
+    <s v="9 rooms"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="26587"/>
+  </r>
+  <r>
+    <s v="CD450"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="09"/>
+    <s v="9 rooms"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="29841"/>
+  </r>
+  <r>
+    <s v="CD450"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="09"/>
+    <s v="9 rooms"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="XI"/>
+    <s v="Northern Ireland"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="674"/>
+  </r>
+  <r>
+    <s v="CD450"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="09"/>
+    <s v="9 rooms"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="XEXW"/>
+    <s v="England and Wales"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2497"/>
+  </r>
+  <r>
+    <s v="CD450"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="09"/>
+    <s v="9 rooms"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="XS"/>
+    <s v="Scotland"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="193"/>
+  </r>
+  <r>
+    <s v="CD450"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="09"/>
+    <s v="9 rooms"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="LT"/>
+    <s v="Lithuania"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="29"/>
+  </r>
+  <r>
+    <s v="CD450"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="09"/>
+    <s v="9 rooms"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="PL"/>
+    <s v="Poland"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="6"/>
+  </r>
+  <r>
+    <s v="CD450"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="09"/>
+    <s v="9 rooms"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="ZZEUBQ7"/>
+    <s v="Other EU27 (5)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="189"/>
+  </r>
+  <r>
+    <s v="CD450"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="09"/>
+    <s v="9 rooms"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="ZZEURQ01"/>
+    <s v="Other Europe (8)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="21"/>
+  </r>
+  <r>
+    <s v="CD450"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="09"/>
+    <s v="9 rooms"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="ZZAA1"/>
+    <s v="Africa (2)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="61"/>
+  </r>
+  <r>
+    <s v="CD450"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="09"/>
+    <s v="9 rooms"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="ZZABB"/>
+    <s v="Asia (2)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="248"/>
+  </r>
+  <r>
+    <s v="CD450"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="09"/>
+    <s v="9 rooms"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="US"/>
+    <s v="United States"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="83"/>
+  </r>
+  <r>
+    <s v="CD450"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="09"/>
+    <s v="9 rooms"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="ZZWORX13"/>
+    <s v="Other countries (13)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="278"/>
+  </r>
+  <r>
+    <s v="CD450"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="09"/>
+    <s v="9 rooms"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="34120"/>
+  </r>
+  <r>
+    <s v="CD450"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="101"/>
+    <s v="10 or more rooms"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="39667"/>
+  </r>
+  <r>
+    <s v="CD450"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="101"/>
+    <s v="10 or more rooms"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="XI"/>
+    <s v="Northern Ireland"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1059"/>
+  </r>
+  <r>
+    <s v="CD450"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="101"/>
+    <s v="10 or more rooms"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="XEXW"/>
+    <s v="England and Wales"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3136"/>
+  </r>
+  <r>
+    <s v="CD450"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="101"/>
+    <s v="10 or more rooms"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="XS"/>
+    <s v="Scotland"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="223"/>
+  </r>
+  <r>
+    <s v="CD450"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="101"/>
+    <s v="10 or more rooms"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="LT"/>
+    <s v="Lithuania"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="50"/>
+  </r>
+  <r>
+    <s v="CD450"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="101"/>
+    <s v="10 or more rooms"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="PL"/>
+    <s v="Poland"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="21"/>
+  </r>
+  <r>
+    <s v="CD450"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="101"/>
+    <s v="10 or more rooms"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="ZZEUBQ7"/>
+    <s v="Other EU27 (5)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="376"/>
+  </r>
+  <r>
+    <s v="CD450"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="101"/>
+    <s v="10 or more rooms"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="ZZEURQ01"/>
+    <s v="Other Europe (8)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="34"/>
+  </r>
+  <r>
+    <s v="CD450"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="101"/>
+    <s v="10 or more rooms"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="ZZAA1"/>
+    <s v="Africa (2)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="180"/>
+  </r>
+  <r>
+    <s v="CD450"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="101"/>
+    <s v="10 or more rooms"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="ZZABB"/>
+    <s v="Asia (2)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="346"/>
+  </r>
+  <r>
+    <s v="CD450"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="101"/>
+    <s v="10 or more rooms"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="US"/>
+    <s v="United States"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="163"/>
+  </r>
+  <r>
+    <s v="CD450"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="101"/>
+    <s v="10 or more rooms"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="ZZWORX13"/>
+    <s v="Other countries (13)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="604"/>
+  </r>
+  <r>
+    <s v="CD450"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="101"/>
+    <s v="10 or more rooms"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="45859"/>
+  </r>
+  <r>
+    <s v="CD450"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="101"/>
+    <s v="10 or more rooms"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="15347"/>
+  </r>
+  <r>
+    <s v="CD450"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="101"/>
+    <s v="10 or more rooms"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="XI"/>
+    <s v="Northern Ireland"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="444"/>
+  </r>
+  <r>
+    <s v="CD450"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="101"/>
+    <s v="10 or more rooms"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="XEXW"/>
+    <s v="England and Wales"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="982"/>
+  </r>
+  <r>
+    <s v="CD450"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="101"/>
+    <s v="10 or more rooms"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="XS"/>
+    <s v="Scotland"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="85"/>
+  </r>
+  <r>
+    <s v="CD450"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="101"/>
+    <s v="10 or more rooms"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="LT"/>
+    <s v="Lithuania"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="35"/>
+  </r>
+  <r>
+    <s v="CD450"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="101"/>
+    <s v="10 or more rooms"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="PL"/>
+    <s v="Poland"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="11"/>
+  </r>
+  <r>
+    <s v="CD450"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="101"/>
+    <s v="10 or more rooms"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="ZZEUBQ7"/>
+    <s v="Other EU27 (5)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="155"/>
+  </r>
+  <r>
+    <s v="CD450"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="101"/>
+    <s v="10 or more rooms"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="ZZEURQ01"/>
+    <s v="Other Europe (8)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="13"/>
+  </r>
+  <r>
+    <s v="CD450"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="101"/>
+    <s v="10 or more rooms"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="ZZAA1"/>
+    <s v="Africa (2)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="117"/>
+  </r>
+  <r>
+    <s v="CD450"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="101"/>
+    <s v="10 or more rooms"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="ZZABB"/>
+    <s v="Asia (2)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="155"/>
+  </r>
+  <r>
+    <s v="CD450"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="101"/>
+    <s v="10 or more rooms"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="US"/>
+    <s v="United States"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="84"/>
+  </r>
+  <r>
+    <s v="CD450"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="101"/>
+    <s v="10 or more rooms"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="ZZWORX13"/>
+    <s v="Other countries (13)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="330"/>
+  </r>
+  <r>
+    <s v="CD450"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="101"/>
+    <s v="10 or more rooms"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="17758"/>
+  </r>
+  <r>
+    <s v="CD450"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="101"/>
+    <s v="10 or more rooms"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="24320"/>
+  </r>
+  <r>
+    <s v="CD450"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="101"/>
+    <s v="10 or more rooms"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="XI"/>
+    <s v="Northern Ireland"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="615"/>
+  </r>
+  <r>
+    <s v="CD450"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="101"/>
+    <s v="10 or more rooms"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="XEXW"/>
+    <s v="England and Wales"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2154"/>
+  </r>
+  <r>
+    <s v="CD450"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="101"/>
+    <s v="10 or more rooms"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="XS"/>
+    <s v="Scotland"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="138"/>
+  </r>
+  <r>
+    <s v="CD450"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="101"/>
+    <s v="10 or more rooms"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="LT"/>
+    <s v="Lithuania"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="15"/>
+  </r>
+  <r>
+    <s v="CD450"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="101"/>
+    <s v="10 or more rooms"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="PL"/>
+    <s v="Poland"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="10"/>
+  </r>
+  <r>
+    <s v="CD450"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="101"/>
+    <s v="10 or more rooms"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="ZZEUBQ7"/>
+    <s v="Other EU27 (5)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="221"/>
+  </r>
+  <r>
+    <s v="CD450"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="101"/>
+    <s v="10 or more rooms"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="ZZEURQ01"/>
+    <s v="Other Europe (8)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="21"/>
+  </r>
+  <r>
+    <s v="CD450"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="101"/>
+    <s v="10 or more rooms"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="ZZAA1"/>
+    <s v="Africa (2)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="63"/>
+  </r>
+  <r>
+    <s v="CD450"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="101"/>
+    <s v="10 or more rooms"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="ZZABB"/>
+    <s v="Asia (2)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="191"/>
+  </r>
+  <r>
+    <s v="CD450"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="101"/>
+    <s v="10 or more rooms"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="US"/>
+    <s v="United States"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="79"/>
+  </r>
+  <r>
+    <s v="CD450"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="101"/>
+    <s v="10 or more rooms"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="ZZWORX13"/>
+    <s v="Other countries (13)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="274"/>
+  </r>
+  <r>
+    <s v="CD450"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="101"/>
+    <s v="10 or more rooms"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="28101"/>
+  </r>
+  <r>
+    <s v="CD450"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="55335"/>
+  </r>
+  <r>
+    <s v="CD450"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="XI"/>
+    <s v="Northern Ireland"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="656"/>
+  </r>
+  <r>
+    <s v="CD450"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="XEXW"/>
+    <s v="England and Wales"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2148"/>
+  </r>
+  <r>
+    <s v="CD450"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="XS"/>
+    <s v="Scotland"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="197"/>
+  </r>
+  <r>
+    <s v="CD450"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="LT"/>
+    <s v="Lithuania"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1396"/>
+  </r>
+  <r>
+    <s v="CD450"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="PL"/>
+    <s v="Poland"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="653"/>
+  </r>
+  <r>
+    <s v="CD450"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="ZZEUBQ7"/>
+    <s v="Other EU27 (5)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1818"/>
+  </r>
+  <r>
+    <s v="CD450"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="ZZEURQ01"/>
+    <s v="Other Europe (8)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="379"/>
+  </r>
+  <r>
+    <s v="CD450"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="ZZAA1"/>
+    <s v="Africa (2)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1385"/>
+  </r>
+  <r>
+    <s v="CD450"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="ZZABB"/>
+    <s v="Asia (2)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="184"/>
+  </r>
+  <r>
+    <s v="CD450"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="US"/>
+    <s v="United States"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1358"/>
+  </r>
+  <r>
+    <s v="CD450"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="ZZWORX13"/>
+    <s v="Other countries (13)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="819"/>
+  </r>
+  <r>
+    <s v="CD450"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="66328"/>
+  </r>
+  <r>
+    <s v="CD450"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="35295"/>
+  </r>
+  <r>
+    <s v="CD450"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="XI"/>
+    <s v="Northern Ireland"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="361"/>
+  </r>
+  <r>
+    <s v="CD450"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="XEXW"/>
+    <s v="England and Wales"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1234"/>
+  </r>
+  <r>
+    <s v="CD450"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="XS"/>
+    <s v="Scotland"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="128"/>
+  </r>
+  <r>
+    <s v="CD450"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="LT"/>
+    <s v="Lithuania"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1248"/>
+  </r>
+  <r>
+    <s v="CD450"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="PL"/>
+    <s v="Poland"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="578"/>
+  </r>
+  <r>
+    <s v="CD450"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="ZZEUBQ7"/>
+    <s v="Other EU27 (5)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1612"/>
+  </r>
+  <r>
+    <s v="CD450"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="ZZEURQ01"/>
+    <s v="Other Europe (8)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="347"/>
+  </r>
+  <r>
+    <s v="CD450"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="ZZAA1"/>
+    <s v="Africa (2)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1288"/>
+  </r>
+  <r>
+    <s v="CD450"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="ZZABB"/>
+    <s v="Asia (2)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="107"/>
+  </r>
+  <r>
+    <s v="CD450"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="US"/>
+    <s v="United States"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1229"/>
+  </r>
+  <r>
+    <s v="CD450"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="ZZWORX13"/>
+    <s v="Other countries (13)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="659"/>
+  </r>
+  <r>
+    <s v="CD450"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="44086"/>
+  </r>
+  <r>
+    <s v="CD450"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="20040"/>
+  </r>
+  <r>
+    <s v="CD450"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="XI"/>
+    <s v="Northern Ireland"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="295"/>
+  </r>
+  <r>
+    <s v="CD450"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="XEXW"/>
+    <s v="England and Wales"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="914"/>
+  </r>
+  <r>
+    <s v="CD450"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="XS"/>
+    <s v="Scotland"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="69"/>
+  </r>
+  <r>
+    <s v="CD450"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="LT"/>
+    <s v="Lithuania"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="148"/>
+  </r>
+  <r>
+    <s v="CD450"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="PL"/>
+    <s v="Poland"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="75"/>
+  </r>
+  <r>
+    <s v="CD450"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="ZZEUBQ7"/>
+    <s v="Other EU27 (5)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="206"/>
+  </r>
+  <r>
+    <s v="CD450"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="ZZEURQ01"/>
+    <s v="Other Europe (8)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="32"/>
+  </r>
+  <r>
+    <s v="CD450"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="ZZAA1"/>
+    <s v="Africa (2)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="97"/>
+  </r>
+  <r>
+    <s v="CD450"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="ZZABB"/>
+    <s v="Asia (2)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="77"/>
+  </r>
+  <r>
+    <s v="CD450"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="US"/>
+    <s v="United States"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="129"/>
+  </r>
+  <r>
+    <s v="CD450"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="ZZWORX13"/>
+    <s v="Other countries (13)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="160"/>
+  </r>
+  <r>
+    <s v="CD450"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="22242"/>
+  </r>
+</pivotCacheRecords>
 </file>