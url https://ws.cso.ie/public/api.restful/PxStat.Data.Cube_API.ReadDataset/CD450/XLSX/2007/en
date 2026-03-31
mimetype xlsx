--- v1 (2026-02-06)
+++ v2 (2026-03-31)
@@ -1,48 +1,48 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/pivotCache/pivotCacheDefinition1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheDefinition+xml"/>
   <Override PartName="/pivotCache/pivotCacheRecords1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheRecords+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/pivotTables/pivotTable.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R37bc45ac74fd410c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/0f11bc50499044ea9e858d7065a480b9.psmdcp" Id="R937870b943024485" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1fd44a91eff34f90" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/f6d6c66ed8f54fa98d8b2d643e1ccbef.psmdcp" Id="Rc3f2b515eca74189" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="About" sheetId="1" r:id="rId2"/>
     <x:sheet name="Unpivoted" sheetId="2" r:id="rId9"/>
     <x:sheet name="Pivoted" sheetId="3" r:id="rId11"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
   <x:pivotCaches>
     <x:pivotCache cacheId="0" r:id="rId12"/>
   </x:pivotCaches>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Table</x:t>