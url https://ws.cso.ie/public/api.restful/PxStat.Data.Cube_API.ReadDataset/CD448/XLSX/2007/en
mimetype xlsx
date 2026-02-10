--- v0 (2025-11-11)
+++ v1 (2026-02-10)
@@ -1,97 +1,97 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/pivotCache/pivotCacheDefinition1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheDefinition+xml"/>
   <Override PartName="/pivotCache/pivotCacheRecords1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheRecords+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/pivotTables/pivotTable.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1e7fcffef6f9409f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/f1c20f69358c49b483f542c3883c72ae.psmdcp" Id="Rd320f07139984319" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R22457f800eab4c39" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/1b136d29cba845afaff25600a00f454f.psmdcp" Id="R44c60bb1009c496a" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
-    <x:sheet name="About" sheetId="2" r:id="rId2"/>
-[...1 lines deleted...]
-    <x:sheet name="Pivoted" sheetId="11" r:id="rId11"/>
+    <x:sheet name="About" sheetId="1" r:id="rId2"/>
+    <x:sheet name="Unpivoted" sheetId="2" r:id="rId9"/>
+    <x:sheet name="Pivoted" sheetId="3" r:id="rId11"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
   <x:pivotCaches>
     <x:pivotCache cacheId="0" r:id="rId12"/>
   </x:pivotCaches>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Table</x:t>
   </x:si>
   <x:si>
     <x:t>Code</x:t>
   </x:si>
   <x:si>
     <x:t>CD448</x:t>
   </x:si>
   <x:si>
     <x:t>Name</x:t>
   </x:si>
   <x:si>
     <x:t>Private Households in Permanent Housing Units</x:t>
   </x:si>
   <x:si>
     <x:t>Frequency</x:t>
   </x:si>
   <x:si>
     <x:t>Annual</x:t>
   </x:si>
   <x:si>
     <x:t>Last Updated</x:t>
   </x:si>
   <x:si>
-    <x:t>5/18/2020 11:00:00 AM</x:t>
+    <x:t>18/05/2020 11:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Note</x:t>
   </x:si>
   <x:si>
     <x:t>Url</x:t>
   </x:si>
   <x:si>
     <x:t>https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/CD448/XLSX/2007/en</x:t>
   </x:si>
   <x:si>
     <x:t>Product</x:t>
   </x:si>
   <x:si>
     <x:t>C2011P4</x:t>
   </x:si>
   <x:si>
     <x:t>Profile 4 - The Roof Over Our Heads - Housing in Ireland</x:t>
   </x:si>
   <x:si>
     <x:t>Contacts</x:t>
   </x:si>
   <x:si>
     <x:t>Bernie Casey</x:t>
   </x:si>
@@ -517,387 +517,176 @@
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip r:embed="rId8" cstate="print"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="3971925" cy="1381125"/>
         </a:xfrm>
         <a:prstGeom prst="rect"/>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/pivotTables/_rels/pivotTable.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheDefinition" Target="/pivotCache/pivotCacheDefinition1.xml" Id="rId17" /></Relationships>
 </file>
 
 <file path=xl/pivotTables/pivotTable.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotTableDefinition xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" dataCaption="Values" showError="0" missingCaption="" showMissing="1" pageWrap="0" pageOverThenDown="0" rowGrandTotals="0" colGrandTotals="0" indent="1">
-[...335 lines deleted...]
-</x:pivotTableDefinition>
+<pivotTableDefinition xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" applyNumberFormats="0" applyBorderFormats="0" applyFontFormats="0" applyPatternFormats="0" applyAlignmentFormats="0" applyWidthHeightFormats="0" dataCaption="Values" rowGrandTotals="0" colGrandTotals="0" outline="1">
+  <location ref="A1" firstHeaderRow="0" firstDataRow="0" firstDataCol="0"/>
+  <pivotFields count="12">
+    <pivotField name="STATISTIC" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="Statistic Label" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="C02701V03269" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="3">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+      </items>
+    </pivotField>
+    <pivotField name="Aggregate Town or Rural Area" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="3">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+      </items>
+    </pivotField>
+    <pivotField name="C02719V03286" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="13">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+        <item x="11"/>
+        <item x="12"/>
+      </items>
+    </pivotField>
+    <pivotField name="Birthplace" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="13">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+        <item x="11"/>
+        <item x="12"/>
+      </items>
+    </pivotField>
+    <pivotField name="C01936V02368" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="11">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+      </items>
+    </pivotField>
+    <pivotField name="Period in which Built" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="11">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+      </items>
+    </pivotField>
+    <pivotField name="TLIST(A1)" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="CensusYear" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField showAll="0"/>
+    <pivotField dataField="1" showAll="0"/>
+  </pivotFields>
+  <rowFields count="10">
+    <field x="0"/>
+    <field x="1"/>
+    <field x="2"/>
+    <field x="3"/>
+    <field x="4"/>
+    <field x="5"/>
+    <field x="6"/>
+    <field x="7"/>
+    <field x="8"/>
+    <field x="9"/>
+  </rowFields>
+  <dataFields count="1">
+    <dataField name="VALUE" fld="11"/>
+  </dataFields>
+  <pivotTableStyleInfo name="PivotStyleLight16" showRowHeaders="1" showColHeaders="1"/>
+  <extLst>
+    <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{962EF5D1-5CA2-4c93-8EF4-DBF5C05439D2}">
+      <x14:pivotTableDefinition enableEdit="0" hideValuesRow="1"/>
+    </ext>
+  </extLst>
+</pivotTableDefinition>
 </file>
 
 <file path=xl/tables/table1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:table xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="1" name="Unpivoted" displayName="Unpivoted" ref="A1:L430" totalsRowShown="0">
   <x:autoFilter ref="A1:L430"/>
   <x:tableColumns count="12">
     <x:tableColumn id="1" name="STATISTIC"/>
     <x:tableColumn id="2" name="Statistic Label"/>
     <x:tableColumn id="3" name="C02701V03269"/>
     <x:tableColumn id="4" name="Aggregate Town or Rural Area"/>
     <x:tableColumn id="5" name="C02719V03286"/>
     <x:tableColumn id="6" name="Birthplace"/>
     <x:tableColumn id="7" name="C01936V02368"/>
     <x:tableColumn id="8" name="Period in which Built"/>
     <x:tableColumn id="9" name="TLIST(A1)"/>
     <x:tableColumn id="10" name="CensusYear"/>
     <x:tableColumn id="11" name="UNIT"/>
     <x:tableColumn id="12" name="VALUE"/>
   </x:tableColumns>
   <x:tableStyleInfo name="TableStyleMedium2" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </x:table>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
@@ -1170,51 +959,51 @@
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="/xl/drawings/drawing1.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/CD448/XLSX/2007/en" TargetMode="External" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cso.ie/" TargetMode="External" Id="rId14" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="/xl/tables/table1.xml" Id="rId15" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet3.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotTable" Target="/xl/pivotTables/pivotTable.xml" Id="rId16" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:B39"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="20.710625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="100.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="8" spans="1:2">
       <x:c r="A8" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B8" s="2"/>
     </x:row>
     <x:row r="9" spans="1:2">
       <x:c r="A9" s="3" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="B9" s="0" t="s">
         <x:v>2</x:v>
@@ -1401,51 +1190,51 @@
       </x:c>
     </x:row>
     <x:row r="39" spans="1:2">
       <x:c r="A39" s="3" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B39" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:hyperlinks>
     <x:hyperlink ref="B14" r:id="rId13"/>
     <x:hyperlink ref="B28" r:id="rId14"/>
   </x:hyperlinks>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:drawing xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId7"/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:L430"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="11.996339" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="44.139196" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="16.139196" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="29.853482" style="0" customWidth="1"/>
     <x:col min="5" max="5" width="16.139196" style="0" customWidth="1"/>
     <x:col min="6" max="6" width="18.853482" style="0" customWidth="1"/>
     <x:col min="7" max="7" width="16.139196" style="0" customWidth="1"/>
     <x:col min="8" max="8" width="21.424911" style="0" customWidth="1"/>
     <x:col min="9" max="9" width="11.282054" style="0" customWidth="1"/>
     <x:col min="10" max="10" width="13.424911" style="0" customWidth="1"/>
     <x:col min="11" max="11" width="8.282054" style="0" customWidth="1"/>
     <x:col min="12" max="12" width="8.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:12">
       <x:c r="A1" s="0" t="s">
@@ -17777,51 +17566,51 @@
       <x:c r="I430" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J430" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="K430" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="L430" s="0">
         <x:v>14341</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="1">
     <x:tablePart r:id="rId15"/>
   </x:tableParts>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:sheetData/>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Application>Microsoft Excel</ap:Application>
   <ap:TitlesOfParts>
     <vt:vector baseType="lpstr" size="9">
       <vt:lpstr>About</vt:lpstr>
       <vt:lpstr>Unpivoted</vt:lpstr>
       <vt:lpstr>Pivoted</vt:lpstr>
@@ -17838,51 +17627,51 @@
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>3</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Named Ranges</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>6</vt:i4>
       </vt:variant>
     </vt:vector>
   </ap:HeadingPairs>
   <ap:DocSecurity>0</ap:DocSecurity>
   <ap:ScaleCrop>false</ap:ScaleCrop>
 </ap:Properties>
 </file>
 
 <file path=pivotCache/_rels/pivotCacheDefinition1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheRecords" Target="/pivotCache/pivotCacheRecords1.xml" Id="rId1" /></Relationships>
 </file>
 
 <file path=pivotCache/pivotCacheDefinition1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:pivotCacheDefinition xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" r:id="rId1" saveData="1" refreshOnLoad="1" createdVersion="5" refreshedVersion="5" minRefreshableVersion="3">
   <x:cacheSource type="worksheet">
-    <x:worksheetSource ref="A1:L430" sheet="Unpivoted"/>
+    <x:worksheetSource name="Unpivoted"/>
   </x:cacheSource>
   <x:cacheFields>
     <x:cacheField name="STATISTIC">
       <x:sharedItems count="1">
         <x:s v="CD448"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="Statistic Label">
       <x:sharedItems count="1">
         <x:s v="Private Households in Permanent Housing Units"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="C02701V03269">
       <x:sharedItems count="3">
         <x:s v="-01"/>
         <x:s v="06"/>
         <x:s v="01"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="Aggregate Town or Rural Area">
       <x:sharedItems count="3">
         <x:s v="State"/>
         <x:s v="Aggregate Town Area"/>
         <x:s v="Aggregate Rural Area"/>
       </x:sharedItems>
@@ -18365,27 +18154,6034 @@
         <x:n v="260"/>
         <x:n v="237"/>
         <x:n v="173"/>
         <x:n v="531"/>
         <x:n v="464"/>
         <x:n v="686"/>
         <x:n v="175"/>
         <x:n v="599335"/>
         <x:n v="82197"/>
         <x:n v="47327"/>
         <x:n v="37921"/>
         <x:n v="29276"/>
         <x:n v="74962"/>
         <x:n v="68062"/>
         <x:n v="79606"/>
         <x:n v="94675"/>
         <x:n v="70968"/>
         <x:n v="14341"/>
       </x:sharedItems>
     </x:cacheField>
   </x:cacheFields>
 </x:pivotCacheDefinition>
 </file>
 
 <file path=pivotCache/pivotCacheRecords1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main"/>
+<pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="xr">
+  <r>
+    <s v="CD448"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="-"/>
+    <s v="All years"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1336859"/>
+  </r>
+  <r>
+    <s v="CD448"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="191901"/>
+    <s v="Before 1919"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="125150"/>
+  </r>
+  <r>
+    <s v="CD448"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="1919345"/>
+    <s v="1919 to 1945"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="101638"/>
+  </r>
+  <r>
+    <s v="CD448"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="1946346"/>
+    <s v="1946 to 1960"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="114498"/>
+  </r>
+  <r>
+    <s v="CD448"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="1961369"/>
+    <s v="1961 to 1970"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="101623"/>
+  </r>
+  <r>
+    <s v="CD448"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="1971379"/>
+    <s v="1971 to 1980"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="189930"/>
+  </r>
+  <r>
+    <s v="CD448"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="1981389"/>
+    <s v="1981 to 1990"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="146902"/>
+  </r>
+  <r>
+    <s v="CD448"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="1991399"/>
+    <s v="1991 to 2000"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="187501"/>
+  </r>
+  <r>
+    <s v="CD448"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="2001303"/>
+    <s v="2001 to 2005"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="195695"/>
+  </r>
+  <r>
+    <s v="CD448"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="200601"/>
+    <s v="2006 or later"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="125774"/>
+  </r>
+  <r>
+    <s v="CD448"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="9998"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="48148"/>
+  </r>
+  <r>
+    <s v="CD448"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="XI"/>
+    <s v="Northern Ireland"/>
+    <s v="-"/>
+    <s v="All years"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="25535"/>
+  </r>
+  <r>
+    <s v="CD448"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="XI"/>
+    <s v="Northern Ireland"/>
+    <s v="191901"/>
+    <s v="Before 1919"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2328"/>
+  </r>
+  <r>
+    <s v="CD448"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="XI"/>
+    <s v="Northern Ireland"/>
+    <s v="1919345"/>
+    <s v="1919 to 1945"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1370"/>
+  </r>
+  <r>
+    <s v="CD448"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="XI"/>
+    <s v="Northern Ireland"/>
+    <s v="1946346"/>
+    <s v="1946 to 1960"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1543"/>
+  </r>
+  <r>
+    <s v="CD448"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="XI"/>
+    <s v="Northern Ireland"/>
+    <s v="1961369"/>
+    <s v="1961 to 1970"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1581"/>
+  </r>
+  <r>
+    <s v="CD448"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="XI"/>
+    <s v="Northern Ireland"/>
+    <s v="1971379"/>
+    <s v="1971 to 1980"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3213"/>
+  </r>
+  <r>
+    <s v="CD448"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="XI"/>
+    <s v="Northern Ireland"/>
+    <s v="1981389"/>
+    <s v="1981 to 1990"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2563"/>
+  </r>
+  <r>
+    <s v="CD448"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="XI"/>
+    <s v="Northern Ireland"/>
+    <s v="1991399"/>
+    <s v="1991 to 2000"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3917"/>
+  </r>
+  <r>
+    <s v="CD448"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="XI"/>
+    <s v="Northern Ireland"/>
+    <s v="2001303"/>
+    <s v="2001 to 2005"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4990"/>
+  </r>
+  <r>
+    <s v="CD448"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="XI"/>
+    <s v="Northern Ireland"/>
+    <s v="200601"/>
+    <s v="2006 or later"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3273"/>
+  </r>
+  <r>
+    <s v="CD448"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="XI"/>
+    <s v="Northern Ireland"/>
+    <s v="9998"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="757"/>
+  </r>
+  <r>
+    <s v="CD448"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="XEXW"/>
+    <s v="England and Wales"/>
+    <s v="-"/>
+    <s v="All years"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="92167"/>
+  </r>
+  <r>
+    <s v="CD448"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="XEXW"/>
+    <s v="England and Wales"/>
+    <s v="191901"/>
+    <s v="Before 1919"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="9429"/>
+  </r>
+  <r>
+    <s v="CD448"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="XEXW"/>
+    <s v="England and Wales"/>
+    <s v="1919345"/>
+    <s v="1919 to 1945"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5333"/>
+  </r>
+  <r>
+    <s v="CD448"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="XEXW"/>
+    <s v="England and Wales"/>
+    <s v="1946346"/>
+    <s v="1946 to 1960"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5282"/>
+  </r>
+  <r>
+    <s v="CD448"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="XEXW"/>
+    <s v="England and Wales"/>
+    <s v="1961369"/>
+    <s v="1961 to 1970"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4886"/>
+  </r>
+  <r>
+    <s v="CD448"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="XEXW"/>
+    <s v="England and Wales"/>
+    <s v="1971379"/>
+    <s v="1971 to 1980"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="9536"/>
+  </r>
+  <r>
+    <s v="CD448"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="XEXW"/>
+    <s v="England and Wales"/>
+    <s v="1981389"/>
+    <s v="1981 to 1990"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="9072"/>
+  </r>
+  <r>
+    <s v="CD448"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="XEXW"/>
+    <s v="England and Wales"/>
+    <s v="1991399"/>
+    <s v="1991 to 2000"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="16167"/>
+  </r>
+  <r>
+    <s v="CD448"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="XEXW"/>
+    <s v="England and Wales"/>
+    <s v="2001303"/>
+    <s v="2001 to 2005"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="18166"/>
+  </r>
+  <r>
+    <s v="CD448"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="XEXW"/>
+    <s v="England and Wales"/>
+    <s v="200601"/>
+    <s v="2006 or later"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="10714"/>
+  </r>
+  <r>
+    <s v="CD448"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="XEXW"/>
+    <s v="England and Wales"/>
+    <s v="9998"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3582"/>
+  </r>
+  <r>
+    <s v="CD448"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="XS"/>
+    <s v="Scotland"/>
+    <s v="-"/>
+    <s v="All years"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="8450"/>
+  </r>
+  <r>
+    <s v="CD448"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="XS"/>
+    <s v="Scotland"/>
+    <s v="191901"/>
+    <s v="Before 1919"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="659"/>
+  </r>
+  <r>
+    <s v="CD448"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="XS"/>
+    <s v="Scotland"/>
+    <s v="1919345"/>
+    <s v="1919 to 1945"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="478"/>
+  </r>
+  <r>
+    <s v="CD448"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="XS"/>
+    <s v="Scotland"/>
+    <s v="1946346"/>
+    <s v="1946 to 1960"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="433"/>
+  </r>
+  <r>
+    <s v="CD448"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="XS"/>
+    <s v="Scotland"/>
+    <s v="1961369"/>
+    <s v="1961 to 1970"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="436"/>
+  </r>
+  <r>
+    <s v="CD448"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="XS"/>
+    <s v="Scotland"/>
+    <s v="1971379"/>
+    <s v="1971 to 1980"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="911"/>
+  </r>
+  <r>
+    <s v="CD448"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="XS"/>
+    <s v="Scotland"/>
+    <s v="1981389"/>
+    <s v="1981 to 1990"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="898"/>
+  </r>
+  <r>
+    <s v="CD448"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="XS"/>
+    <s v="Scotland"/>
+    <s v="1991399"/>
+    <s v="1991 to 2000"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1457"/>
+  </r>
+  <r>
+    <s v="CD448"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="XS"/>
+    <s v="Scotland"/>
+    <s v="2001303"/>
+    <s v="2001 to 2005"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1685"/>
+  </r>
+  <r>
+    <s v="CD448"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="XS"/>
+    <s v="Scotland"/>
+    <s v="200601"/>
+    <s v="2006 or later"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1147"/>
+  </r>
+  <r>
+    <s v="CD448"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="XS"/>
+    <s v="Scotland"/>
+    <s v="9998"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="346"/>
+  </r>
+  <r>
+    <s v="CD448"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="LT"/>
+    <s v="Lithuania"/>
+    <s v="-"/>
+    <s v="All years"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="43053"/>
+  </r>
+  <r>
+    <s v="CD448"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="LT"/>
+    <s v="Lithuania"/>
+    <s v="191901"/>
+    <s v="Before 1919"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1441"/>
+  </r>
+  <r>
+    <s v="CD448"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="LT"/>
+    <s v="Lithuania"/>
+    <s v="1919345"/>
+    <s v="1919 to 1945"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="856"/>
+  </r>
+  <r>
+    <s v="CD448"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="LT"/>
+    <s v="Lithuania"/>
+    <s v="1946346"/>
+    <s v="1946 to 1960"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="857"/>
+  </r>
+  <r>
+    <s v="CD448"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="LT"/>
+    <s v="Lithuania"/>
+    <s v="1961369"/>
+    <s v="1961 to 1970"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="969"/>
+  </r>
+  <r>
+    <s v="CD448"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="LT"/>
+    <s v="Lithuania"/>
+    <s v="1971379"/>
+    <s v="1971 to 1980"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1639"/>
+  </r>
+  <r>
+    <s v="CD448"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="LT"/>
+    <s v="Lithuania"/>
+    <s v="1981389"/>
+    <s v="1981 to 1990"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2379"/>
+  </r>
+  <r>
+    <s v="CD448"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="LT"/>
+    <s v="Lithuania"/>
+    <s v="1991399"/>
+    <s v="1991 to 2000"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="6433"/>
+  </r>
+  <r>
+    <s v="CD448"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="LT"/>
+    <s v="Lithuania"/>
+    <s v="2001303"/>
+    <s v="2001 to 2005"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="13204"/>
+  </r>
+  <r>
+    <s v="CD448"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="LT"/>
+    <s v="Lithuania"/>
+    <s v="200601"/>
+    <s v="2006 or later"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="9348"/>
+  </r>
+  <r>
+    <s v="CD448"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="LT"/>
+    <s v="Lithuania"/>
+    <s v="9998"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5927"/>
+  </r>
+  <r>
+    <s v="CD448"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="PL"/>
+    <s v="Poland"/>
+    <s v="-"/>
+    <s v="All years"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="12439"/>
+  </r>
+  <r>
+    <s v="CD448"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="PL"/>
+    <s v="Poland"/>
+    <s v="191901"/>
+    <s v="Before 1919"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="414"/>
+  </r>
+  <r>
+    <s v="CD448"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="PL"/>
+    <s v="Poland"/>
+    <s v="1919345"/>
+    <s v="1919 to 1945"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="245"/>
+  </r>
+  <r>
+    <s v="CD448"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="PL"/>
+    <s v="Poland"/>
+    <s v="1946346"/>
+    <s v="1946 to 1960"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="286"/>
+  </r>
+  <r>
+    <s v="CD448"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="PL"/>
+    <s v="Poland"/>
+    <s v="1961369"/>
+    <s v="1961 to 1970"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="293"/>
+  </r>
+  <r>
+    <s v="CD448"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="PL"/>
+    <s v="Poland"/>
+    <s v="1971379"/>
+    <s v="1971 to 1980"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="585"/>
+  </r>
+  <r>
+    <s v="CD448"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="PL"/>
+    <s v="Poland"/>
+    <s v="1981389"/>
+    <s v="1981 to 1990"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="765"/>
+  </r>
+  <r>
+    <s v="CD448"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="PL"/>
+    <s v="Poland"/>
+    <s v="1991399"/>
+    <s v="1991 to 2000"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1833"/>
+  </r>
+  <r>
+    <s v="CD448"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="PL"/>
+    <s v="Poland"/>
+    <s v="2001303"/>
+    <s v="2001 to 2005"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3463"/>
+  </r>
+  <r>
+    <s v="CD448"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="PL"/>
+    <s v="Poland"/>
+    <s v="200601"/>
+    <s v="2006 or later"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2376"/>
+  </r>
+  <r>
+    <s v="CD448"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="PL"/>
+    <s v="Poland"/>
+    <s v="9998"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2179"/>
+  </r>
+  <r>
+    <s v="CD448"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="ZZEUBQ7"/>
+    <s v="Other EU27 (5)"/>
+    <s v="-"/>
+    <s v="All years"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="45101"/>
+  </r>
+  <r>
+    <s v="CD448"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="ZZEUBQ7"/>
+    <s v="Other EU27 (5)"/>
+    <s v="191901"/>
+    <s v="Before 1919"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4041"/>
+  </r>
+  <r>
+    <s v="CD448"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="ZZEUBQ7"/>
+    <s v="Other EU27 (5)"/>
+    <s v="1919345"/>
+    <s v="1919 to 1945"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1717"/>
+  </r>
+  <r>
+    <s v="CD448"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="ZZEUBQ7"/>
+    <s v="Other EU27 (5)"/>
+    <s v="1946346"/>
+    <s v="1946 to 1960"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1637"/>
+  </r>
+  <r>
+    <s v="CD448"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="ZZEUBQ7"/>
+    <s v="Other EU27 (5)"/>
+    <s v="1961369"/>
+    <s v="1961 to 1970"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1551"/>
+  </r>
+  <r>
+    <s v="CD448"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="ZZEUBQ7"/>
+    <s v="Other EU27 (5)"/>
+    <s v="1971379"/>
+    <s v="1971 to 1980"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2625"/>
+  </r>
+  <r>
+    <s v="CD448"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="ZZEUBQ7"/>
+    <s v="Other EU27 (5)"/>
+    <s v="1981389"/>
+    <s v="1981 to 1990"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3256"/>
+  </r>
+  <r>
+    <s v="CD448"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="ZZEUBQ7"/>
+    <s v="Other EU27 (5)"/>
+    <s v="1991399"/>
+    <s v="1991 to 2000"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="7161"/>
+  </r>
+  <r>
+    <s v="CD448"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="ZZEUBQ7"/>
+    <s v="Other EU27 (5)"/>
+    <s v="2001303"/>
+    <s v="2001 to 2005"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="9929"/>
+  </r>
+  <r>
+    <s v="CD448"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="ZZEUBQ7"/>
+    <s v="Other EU27 (5)"/>
+    <s v="200601"/>
+    <s v="2006 or later"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="6713"/>
+  </r>
+  <r>
+    <s v="CD448"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="ZZEUBQ7"/>
+    <s v="Other EU27 (5)"/>
+    <s v="9998"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="6471"/>
+  </r>
+  <r>
+    <s v="CD448"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="ZZEURQ01"/>
+    <s v="Other Europe (8)"/>
+    <s v="-"/>
+    <s v="All years"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="8111"/>
+  </r>
+  <r>
+    <s v="CD448"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="ZZEURQ01"/>
+    <s v="Other Europe (8)"/>
+    <s v="191901"/>
+    <s v="Before 1919"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="492"/>
+  </r>
+  <r>
+    <s v="CD448"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="ZZEURQ01"/>
+    <s v="Other Europe (8)"/>
+    <s v="1919345"/>
+    <s v="1919 to 1945"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="246"/>
+  </r>
+  <r>
+    <s v="CD448"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="ZZEURQ01"/>
+    <s v="Other Europe (8)"/>
+    <s v="1946346"/>
+    <s v="1946 to 1960"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="227"/>
+  </r>
+  <r>
+    <s v="CD448"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="ZZEURQ01"/>
+    <s v="Other Europe (8)"/>
+    <s v="1961369"/>
+    <s v="1961 to 1970"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="248"/>
+  </r>
+  <r>
+    <s v="CD448"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="ZZEURQ01"/>
+    <s v="Other Europe (8)"/>
+    <s v="1971379"/>
+    <s v="1971 to 1980"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="491"/>
+  </r>
+  <r>
+    <s v="CD448"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="ZZEURQ01"/>
+    <s v="Other Europe (8)"/>
+    <s v="1981389"/>
+    <s v="1981 to 1990"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="598"/>
+  </r>
+  <r>
+    <s v="CD448"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="ZZEURQ01"/>
+    <s v="Other Europe (8)"/>
+    <s v="1991399"/>
+    <s v="1991 to 2000"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1375"/>
+  </r>
+  <r>
+    <s v="CD448"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="ZZEURQ01"/>
+    <s v="Other Europe (8)"/>
+    <s v="2001303"/>
+    <s v="2001 to 2005"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2081"/>
+  </r>
+  <r>
+    <s v="CD448"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="ZZEURQ01"/>
+    <s v="Other Europe (8)"/>
+    <s v="200601"/>
+    <s v="2006 or later"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1394"/>
+  </r>
+  <r>
+    <s v="CD448"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="ZZEURQ01"/>
+    <s v="Other Europe (8)"/>
+    <s v="9998"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="959"/>
+  </r>
+  <r>
+    <s v="CD448"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="ZZAA1"/>
+    <s v="Africa (2)"/>
+    <s v="-"/>
+    <s v="All years"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="27713"/>
+  </r>
+  <r>
+    <s v="CD448"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="ZZAA1"/>
+    <s v="Africa (2)"/>
+    <s v="191901"/>
+    <s v="Before 1919"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1589"/>
+  </r>
+  <r>
+    <s v="CD448"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="ZZAA1"/>
+    <s v="Africa (2)"/>
+    <s v="1919345"/>
+    <s v="1919 to 1945"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="768"/>
+  </r>
+  <r>
+    <s v="CD448"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="ZZAA1"/>
+    <s v="Africa (2)"/>
+    <s v="1946346"/>
+    <s v="1946 to 1960"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="697"/>
+  </r>
+  <r>
+    <s v="CD448"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="ZZAA1"/>
+    <s v="Africa (2)"/>
+    <s v="1961369"/>
+    <s v="1961 to 1970"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="815"/>
+  </r>
+  <r>
+    <s v="CD448"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="ZZAA1"/>
+    <s v="Africa (2)"/>
+    <s v="1971379"/>
+    <s v="1971 to 1980"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1371"/>
+  </r>
+  <r>
+    <s v="CD448"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="ZZAA1"/>
+    <s v="Africa (2)"/>
+    <s v="1981389"/>
+    <s v="1981 to 1990"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1984"/>
+  </r>
+  <r>
+    <s v="CD448"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="ZZAA1"/>
+    <s v="Africa (2)"/>
+    <s v="1991399"/>
+    <s v="1991 to 2000"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5117"/>
+  </r>
+  <r>
+    <s v="CD448"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="ZZAA1"/>
+    <s v="Africa (2)"/>
+    <s v="2001303"/>
+    <s v="2001 to 2005"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="6380"/>
+  </r>
+  <r>
+    <s v="CD448"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="ZZAA1"/>
+    <s v="Africa (2)"/>
+    <s v="200601"/>
+    <s v="2006 or later"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4137"/>
+  </r>
+  <r>
+    <s v="CD448"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="ZZAA1"/>
+    <s v="Africa (2)"/>
+    <s v="9998"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4855"/>
+  </r>
+  <r>
+    <s v="CD448"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="ZZABB"/>
+    <s v="Asia (2)"/>
+    <s v="-"/>
+    <s v="All years"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="8185"/>
+  </r>
+  <r>
+    <s v="CD448"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="ZZABB"/>
+    <s v="Asia (2)"/>
+    <s v="191901"/>
+    <s v="Before 1919"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1078"/>
+  </r>
+  <r>
+    <s v="CD448"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="ZZABB"/>
+    <s v="Asia (2)"/>
+    <s v="1919345"/>
+    <s v="1919 to 1945"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="538"/>
+  </r>
+  <r>
+    <s v="CD448"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="ZZABB"/>
+    <s v="Asia (2)"/>
+    <s v="1946346"/>
+    <s v="1946 to 1960"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="460"/>
+  </r>
+  <r>
+    <s v="CD448"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="ZZABB"/>
+    <s v="Asia (2)"/>
+    <s v="1961369"/>
+    <s v="1961 to 1970"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="414"/>
+  </r>
+  <r>
+    <s v="CD448"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="ZZABB"/>
+    <s v="Asia (2)"/>
+    <s v="1971379"/>
+    <s v="1971 to 1980"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="734"/>
+  </r>
+  <r>
+    <s v="CD448"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="ZZABB"/>
+    <s v="Asia (2)"/>
+    <s v="1981389"/>
+    <s v="1981 to 1990"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="745"/>
+  </r>
+  <r>
+    <s v="CD448"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="ZZABB"/>
+    <s v="Asia (2)"/>
+    <s v="1991399"/>
+    <s v="1991 to 2000"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1468"/>
+  </r>
+  <r>
+    <s v="CD448"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="ZZABB"/>
+    <s v="Asia (2)"/>
+    <s v="2001303"/>
+    <s v="2001 to 2005"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1428"/>
+  </r>
+  <r>
+    <s v="CD448"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="ZZABB"/>
+    <s v="Asia (2)"/>
+    <s v="200601"/>
+    <s v="2006 or later"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="897"/>
+  </r>
+  <r>
+    <s v="CD448"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="ZZABB"/>
+    <s v="Asia (2)"/>
+    <s v="9998"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="423"/>
+  </r>
+  <r>
+    <s v="CD448"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="US"/>
+    <s v="United States"/>
+    <s v="-"/>
+    <s v="All years"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="22573"/>
+  </r>
+  <r>
+    <s v="CD448"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="US"/>
+    <s v="United States"/>
+    <s v="191901"/>
+    <s v="Before 1919"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1530"/>
+  </r>
+  <r>
+    <s v="CD448"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="US"/>
+    <s v="United States"/>
+    <s v="1919345"/>
+    <s v="1919 to 1945"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="597"/>
+  </r>
+  <r>
+    <s v="CD448"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="US"/>
+    <s v="United States"/>
+    <s v="1946346"/>
+    <s v="1946 to 1960"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="536"/>
+  </r>
+  <r>
+    <s v="CD448"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="US"/>
+    <s v="United States"/>
+    <s v="1961369"/>
+    <s v="1961 to 1970"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="617"/>
+  </r>
+  <r>
+    <s v="CD448"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="US"/>
+    <s v="United States"/>
+    <s v="1971379"/>
+    <s v="1971 to 1980"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1062"/>
+  </r>
+  <r>
+    <s v="CD448"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="US"/>
+    <s v="United States"/>
+    <s v="1981389"/>
+    <s v="1981 to 1990"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1348"/>
+  </r>
+  <r>
+    <s v="CD448"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="US"/>
+    <s v="United States"/>
+    <s v="1991399"/>
+    <s v="1991 to 2000"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3438"/>
+  </r>
+  <r>
+    <s v="CD448"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="US"/>
+    <s v="United States"/>
+    <s v="2001303"/>
+    <s v="2001 to 2005"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5834"/>
+  </r>
+  <r>
+    <s v="CD448"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="US"/>
+    <s v="United States"/>
+    <s v="200601"/>
+    <s v="2006 or later"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3690"/>
+  </r>
+  <r>
+    <s v="CD448"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="US"/>
+    <s v="United States"/>
+    <s v="9998"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3921"/>
+  </r>
+  <r>
+    <s v="CD448"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="ZZWORX13"/>
+    <s v="Other countries (13)"/>
+    <s v="-"/>
+    <s v="All years"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="19222"/>
+  </r>
+  <r>
+    <s v="CD448"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="ZZWORX13"/>
+    <s v="Other countries (13)"/>
+    <s v="191901"/>
+    <s v="Before 1919"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1788"/>
+  </r>
+  <r>
+    <s v="CD448"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="ZZWORX13"/>
+    <s v="Other countries (13)"/>
+    <s v="1919345"/>
+    <s v="1919 to 1945"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1031"/>
+  </r>
+  <r>
+    <s v="CD448"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="ZZWORX13"/>
+    <s v="Other countries (13)"/>
+    <s v="1946346"/>
+    <s v="1946 to 1960"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1235"/>
+  </r>
+  <r>
+    <s v="CD448"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="ZZWORX13"/>
+    <s v="Other countries (13)"/>
+    <s v="1961369"/>
+    <s v="1961 to 1970"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1077"/>
+  </r>
+  <r>
+    <s v="CD448"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="ZZWORX13"/>
+    <s v="Other countries (13)"/>
+    <s v="1971379"/>
+    <s v="1971 to 1980"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2100"/>
+  </r>
+  <r>
+    <s v="CD448"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="ZZWORX13"/>
+    <s v="Other countries (13)"/>
+    <s v="1981389"/>
+    <s v="1981 to 1990"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1903"/>
+  </r>
+  <r>
+    <s v="CD448"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="ZZWORX13"/>
+    <s v="Other countries (13)"/>
+    <s v="1991399"/>
+    <s v="1991 to 2000"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2857"/>
+  </r>
+  <r>
+    <s v="CD448"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="ZZWORX13"/>
+    <s v="Other countries (13)"/>
+    <s v="2001303"/>
+    <s v="2001 to 2005"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3255"/>
+  </r>
+  <r>
+    <s v="CD448"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="ZZWORX13"/>
+    <s v="Other countries (13)"/>
+    <s v="200601"/>
+    <s v="2006 or later"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1934"/>
+  </r>
+  <r>
+    <s v="CD448"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="ZZWORX13"/>
+    <s v="Other countries (13)"/>
+    <s v="9998"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2042"/>
+  </r>
+  <r>
+    <s v="CD448"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="-"/>
+    <s v="All years"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1649408"/>
+  </r>
+  <r>
+    <s v="CD448"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="191901"/>
+    <s v="Before 1919"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="149939"/>
+  </r>
+  <r>
+    <s v="CD448"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="1919345"/>
+    <s v="1919 to 1945"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="114817"/>
+  </r>
+  <r>
+    <s v="CD448"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="1946346"/>
+    <s v="1946 to 1960"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="127691"/>
+  </r>
+  <r>
+    <s v="CD448"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="1961369"/>
+    <s v="1961 to 1970"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="114510"/>
+  </r>
+  <r>
+    <s v="CD448"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="1971379"/>
+    <s v="1971 to 1980"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="214197"/>
+  </r>
+  <r>
+    <s v="CD448"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="1981389"/>
+    <s v="1981 to 1990"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="172413"/>
+  </r>
+  <r>
+    <s v="CD448"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="1991399"/>
+    <s v="1991 to 2000"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="238724"/>
+  </r>
+  <r>
+    <s v="CD448"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="2001303"/>
+    <s v="2001 to 2005"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="266110"/>
+  </r>
+  <r>
+    <s v="CD448"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="200601"/>
+    <s v="2006 or later"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="171397"/>
+  </r>
+  <r>
+    <s v="CD448"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="9998"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="79610"/>
+  </r>
+  <r>
+    <s v="CD448"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="-"/>
+    <s v="All years"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="818198"/>
+  </r>
+  <r>
+    <s v="CD448"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="191901"/>
+    <s v="Before 1919"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="53497"/>
+  </r>
+  <r>
+    <s v="CD448"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="1919345"/>
+    <s v="1919 to 1945"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="59028"/>
+  </r>
+  <r>
+    <s v="CD448"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="1946346"/>
+    <s v="1946 to 1960"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="80285"/>
+  </r>
+  <r>
+    <s v="CD448"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="1961369"/>
+    <s v="1961 to 1970"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="75324"/>
+  </r>
+  <r>
+    <s v="CD448"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="1971379"/>
+    <s v="1971 to 1980"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="121741"/>
+  </r>
+  <r>
+    <s v="CD448"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="1981389"/>
+    <s v="1981 to 1990"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="85744"/>
+  </r>
+  <r>
+    <s v="CD448"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="1991399"/>
+    <s v="1991 to 2000"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="119719"/>
+  </r>
+  <r>
+    <s v="CD448"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="2001303"/>
+    <s v="2001 to 2005"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="118435"/>
+  </r>
+  <r>
+    <s v="CD448"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="200601"/>
+    <s v="2006 or later"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="67330"/>
+  </r>
+  <r>
+    <s v="CD448"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="9998"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="37095"/>
+  </r>
+  <r>
+    <s v="CD448"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="XI"/>
+    <s v="Northern Ireland"/>
+    <s v="-"/>
+    <s v="All years"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="14834"/>
+  </r>
+  <r>
+    <s v="CD448"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="XI"/>
+    <s v="Northern Ireland"/>
+    <s v="191901"/>
+    <s v="Before 1919"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1170"/>
+  </r>
+  <r>
+    <s v="CD448"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="XI"/>
+    <s v="Northern Ireland"/>
+    <s v="1919345"/>
+    <s v="1919 to 1945"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="831"/>
+  </r>
+  <r>
+    <s v="CD448"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="XI"/>
+    <s v="Northern Ireland"/>
+    <s v="1946346"/>
+    <s v="1946 to 1960"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1093"/>
+  </r>
+  <r>
+    <s v="CD448"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="XI"/>
+    <s v="Northern Ireland"/>
+    <s v="1961369"/>
+    <s v="1961 to 1970"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1213"/>
+  </r>
+  <r>
+    <s v="CD448"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="XI"/>
+    <s v="Northern Ireland"/>
+    <s v="1971379"/>
+    <s v="1971 to 1980"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2131"/>
+  </r>
+  <r>
+    <s v="CD448"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="XI"/>
+    <s v="Northern Ireland"/>
+    <s v="1981389"/>
+    <s v="1981 to 1990"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1626"/>
+  </r>
+  <r>
+    <s v="CD448"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="XI"/>
+    <s v="Northern Ireland"/>
+    <s v="1991399"/>
+    <s v="1991 to 2000"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2403"/>
+  </r>
+  <r>
+    <s v="CD448"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="XI"/>
+    <s v="Northern Ireland"/>
+    <s v="2001303"/>
+    <s v="2001 to 2005"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2420"/>
+  </r>
+  <r>
+    <s v="CD448"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="XI"/>
+    <s v="Northern Ireland"/>
+    <s v="200601"/>
+    <s v="2006 or later"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1407"/>
+  </r>
+  <r>
+    <s v="CD448"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="XI"/>
+    <s v="Northern Ireland"/>
+    <s v="9998"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="540"/>
+  </r>
+  <r>
+    <s v="CD448"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="XEXW"/>
+    <s v="England and Wales"/>
+    <s v="-"/>
+    <s v="All years"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="50520"/>
+  </r>
+  <r>
+    <s v="CD448"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="XEXW"/>
+    <s v="England and Wales"/>
+    <s v="191901"/>
+    <s v="Before 1919"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3486"/>
+  </r>
+  <r>
+    <s v="CD448"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="XEXW"/>
+    <s v="England and Wales"/>
+    <s v="1919345"/>
+    <s v="1919 to 1945"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2683"/>
+  </r>
+  <r>
+    <s v="CD448"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="XEXW"/>
+    <s v="England and Wales"/>
+    <s v="1946346"/>
+    <s v="1946 to 1960"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3275"/>
+  </r>
+  <r>
+    <s v="CD448"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="XEXW"/>
+    <s v="England and Wales"/>
+    <s v="1961369"/>
+    <s v="1961 to 1970"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3460"/>
+  </r>
+  <r>
+    <s v="CD448"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="XEXW"/>
+    <s v="England and Wales"/>
+    <s v="1971379"/>
+    <s v="1971 to 1980"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="6143"/>
+  </r>
+  <r>
+    <s v="CD448"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="XEXW"/>
+    <s v="England and Wales"/>
+    <s v="1981389"/>
+    <s v="1981 to 1990"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5366"/>
+  </r>
+  <r>
+    <s v="CD448"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="XEXW"/>
+    <s v="England and Wales"/>
+    <s v="1991399"/>
+    <s v="1991 to 2000"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="9320"/>
+  </r>
+  <r>
+    <s v="CD448"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="XEXW"/>
+    <s v="England and Wales"/>
+    <s v="2001303"/>
+    <s v="2001 to 2005"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="9281"/>
+  </r>
+  <r>
+    <s v="CD448"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="XEXW"/>
+    <s v="England and Wales"/>
+    <s v="200601"/>
+    <s v="2006 or later"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4931"/>
+  </r>
+  <r>
+    <s v="CD448"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="XEXW"/>
+    <s v="England and Wales"/>
+    <s v="9998"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2575"/>
+  </r>
+  <r>
+    <s v="CD448"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="XS"/>
+    <s v="Scotland"/>
+    <s v="-"/>
+    <s v="All years"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4604"/>
+  </r>
+  <r>
+    <s v="CD448"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="XS"/>
+    <s v="Scotland"/>
+    <s v="191901"/>
+    <s v="Before 1919"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="286"/>
+  </r>
+  <r>
+    <s v="CD448"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="XS"/>
+    <s v="Scotland"/>
+    <s v="1919345"/>
+    <s v="1919 to 1945"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="231"/>
+  </r>
+  <r>
+    <s v="CD448"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="XS"/>
+    <s v="Scotland"/>
+    <s v="1946346"/>
+    <s v="1946 to 1960"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="279"/>
+  </r>
+  <r>
+    <s v="CD448"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="XS"/>
+    <s v="Scotland"/>
+    <s v="1961369"/>
+    <s v="1961 to 1970"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="288"/>
+  </r>
+  <r>
+    <s v="CD448"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="XS"/>
+    <s v="Scotland"/>
+    <s v="1971379"/>
+    <s v="1971 to 1980"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="534"/>
+  </r>
+  <r>
+    <s v="CD448"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="XS"/>
+    <s v="Scotland"/>
+    <s v="1981389"/>
+    <s v="1981 to 1990"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="476"/>
+  </r>
+  <r>
+    <s v="CD448"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="XS"/>
+    <s v="Scotland"/>
+    <s v="1991399"/>
+    <s v="1991 to 2000"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="834"/>
+  </r>
+  <r>
+    <s v="CD448"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="XS"/>
+    <s v="Scotland"/>
+    <s v="2001303"/>
+    <s v="2001 to 2005"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="847"/>
+  </r>
+  <r>
+    <s v="CD448"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="XS"/>
+    <s v="Scotland"/>
+    <s v="200601"/>
+    <s v="2006 or later"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="565"/>
+  </r>
+  <r>
+    <s v="CD448"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="XS"/>
+    <s v="Scotland"/>
+    <s v="9998"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="264"/>
+  </r>
+  <r>
+    <s v="CD448"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="LT"/>
+    <s v="Lithuania"/>
+    <s v="-"/>
+    <s v="All years"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="38833"/>
+  </r>
+  <r>
+    <s v="CD448"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="LT"/>
+    <s v="Lithuania"/>
+    <s v="191901"/>
+    <s v="Before 1919"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1211"/>
+  </r>
+  <r>
+    <s v="CD448"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="LT"/>
+    <s v="Lithuania"/>
+    <s v="1919345"/>
+    <s v="1919 to 1945"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="695"/>
+  </r>
+  <r>
+    <s v="CD448"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="LT"/>
+    <s v="Lithuania"/>
+    <s v="1946346"/>
+    <s v="1946 to 1960"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="723"/>
+  </r>
+  <r>
+    <s v="CD448"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="LT"/>
+    <s v="Lithuania"/>
+    <s v="1961369"/>
+    <s v="1961 to 1970"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="826"/>
+  </r>
+  <r>
+    <s v="CD448"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="LT"/>
+    <s v="Lithuania"/>
+    <s v="1971379"/>
+    <s v="1971 to 1980"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1408"/>
+  </r>
+  <r>
+    <s v="CD448"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="LT"/>
+    <s v="Lithuania"/>
+    <s v="1981389"/>
+    <s v="1981 to 1990"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2171"/>
+  </r>
+  <r>
+    <s v="CD448"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="LT"/>
+    <s v="Lithuania"/>
+    <s v="1991399"/>
+    <s v="1991 to 2000"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="6017"/>
+  </r>
+  <r>
+    <s v="CD448"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="LT"/>
+    <s v="Lithuania"/>
+    <s v="2001303"/>
+    <s v="2001 to 2005"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="12100"/>
+  </r>
+  <r>
+    <s v="CD448"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="LT"/>
+    <s v="Lithuania"/>
+    <s v="200601"/>
+    <s v="2006 or later"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="8237"/>
+  </r>
+  <r>
+    <s v="CD448"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="LT"/>
+    <s v="Lithuania"/>
+    <s v="9998"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5445"/>
+  </r>
+  <r>
+    <s v="CD448"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="PL"/>
+    <s v="Poland"/>
+    <s v="-"/>
+    <s v="All years"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="10931"/>
+  </r>
+  <r>
+    <s v="CD448"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="PL"/>
+    <s v="Poland"/>
+    <s v="191901"/>
+    <s v="Before 1919"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="351"/>
+  </r>
+  <r>
+    <s v="CD448"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="PL"/>
+    <s v="Poland"/>
+    <s v="1919345"/>
+    <s v="1919 to 1945"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="200"/>
+  </r>
+  <r>
+    <s v="CD448"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="PL"/>
+    <s v="Poland"/>
+    <s v="1946346"/>
+    <s v="1946 to 1960"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="222"/>
+  </r>
+  <r>
+    <s v="CD448"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="PL"/>
+    <s v="Poland"/>
+    <s v="1961369"/>
+    <s v="1961 to 1970"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="227"/>
+  </r>
+  <r>
+    <s v="CD448"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="PL"/>
+    <s v="Poland"/>
+    <s v="1971379"/>
+    <s v="1971 to 1980"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="499"/>
+  </r>
+  <r>
+    <s v="CD448"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="PL"/>
+    <s v="Poland"/>
+    <s v="1981389"/>
+    <s v="1981 to 1990"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="671"/>
+  </r>
+  <r>
+    <s v="CD448"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="PL"/>
+    <s v="Poland"/>
+    <s v="1991399"/>
+    <s v="1991 to 2000"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1695"/>
+  </r>
+  <r>
+    <s v="CD448"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="PL"/>
+    <s v="Poland"/>
+    <s v="2001303"/>
+    <s v="2001 to 2005"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3107"/>
+  </r>
+  <r>
+    <s v="CD448"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="PL"/>
+    <s v="Poland"/>
+    <s v="200601"/>
+    <s v="2006 or later"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2023"/>
+  </r>
+  <r>
+    <s v="CD448"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="PL"/>
+    <s v="Poland"/>
+    <s v="9998"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1936"/>
+  </r>
+  <r>
+    <s v="CD448"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="ZZEUBQ7"/>
+    <s v="Other EU27 (5)"/>
+    <s v="-"/>
+    <s v="All years"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="38318"/>
+  </r>
+  <r>
+    <s v="CD448"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="ZZEUBQ7"/>
+    <s v="Other EU27 (5)"/>
+    <s v="191901"/>
+    <s v="Before 1919"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2886"/>
+  </r>
+  <r>
+    <s v="CD448"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="ZZEUBQ7"/>
+    <s v="Other EU27 (5)"/>
+    <s v="1919345"/>
+    <s v="1919 to 1945"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1315"/>
+  </r>
+  <r>
+    <s v="CD448"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="ZZEUBQ7"/>
+    <s v="Other EU27 (5)"/>
+    <s v="1946346"/>
+    <s v="1946 to 1960"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1296"/>
+  </r>
+  <r>
+    <s v="CD448"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="ZZEUBQ7"/>
+    <s v="Other EU27 (5)"/>
+    <s v="1961369"/>
+    <s v="1961 to 1970"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1268"/>
+  </r>
+  <r>
+    <s v="CD448"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="ZZEUBQ7"/>
+    <s v="Other EU27 (5)"/>
+    <s v="1971379"/>
+    <s v="1971 to 1980"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2122"/>
+  </r>
+  <r>
+    <s v="CD448"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="ZZEUBQ7"/>
+    <s v="Other EU27 (5)"/>
+    <s v="1981389"/>
+    <s v="1981 to 1990"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2735"/>
+  </r>
+  <r>
+    <s v="CD448"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="ZZEUBQ7"/>
+    <s v="Other EU27 (5)"/>
+    <s v="1991399"/>
+    <s v="1991 to 2000"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="6382"/>
+  </r>
+  <r>
+    <s v="CD448"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="ZZEUBQ7"/>
+    <s v="Other EU27 (5)"/>
+    <s v="2001303"/>
+    <s v="2001 to 2005"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="8615"/>
+  </r>
+  <r>
+    <s v="CD448"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="ZZEUBQ7"/>
+    <s v="Other EU27 (5)"/>
+    <s v="200601"/>
+    <s v="2006 or later"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5714"/>
+  </r>
+  <r>
+    <s v="CD448"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="ZZEUBQ7"/>
+    <s v="Other EU27 (5)"/>
+    <s v="9998"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5985"/>
+  </r>
+  <r>
+    <s v="CD448"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="ZZEURQ01"/>
+    <s v="Other Europe (8)"/>
+    <s v="-"/>
+    <s v="All years"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="7299"/>
+  </r>
+  <r>
+    <s v="CD448"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="ZZEURQ01"/>
+    <s v="Other Europe (8)"/>
+    <s v="191901"/>
+    <s v="Before 1919"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="382"/>
+  </r>
+  <r>
+    <s v="CD448"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="ZZEURQ01"/>
+    <s v="Other Europe (8)"/>
+    <s v="1919345"/>
+    <s v="1919 to 1945"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="198"/>
+  </r>
+  <r>
+    <s v="CD448"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="ZZEURQ01"/>
+    <s v="Other Europe (8)"/>
+    <s v="1946346"/>
+    <s v="1946 to 1960"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="180"/>
+  </r>
+  <r>
+    <s v="CD448"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="ZZEURQ01"/>
+    <s v="Other Europe (8)"/>
+    <s v="1961369"/>
+    <s v="1961 to 1970"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="208"/>
+  </r>
+  <r>
+    <s v="CD448"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="ZZEURQ01"/>
+    <s v="Other Europe (8)"/>
+    <s v="1971379"/>
+    <s v="1971 to 1980"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="433"/>
+  </r>
+  <r>
+    <s v="CD448"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="ZZEURQ01"/>
+    <s v="Other Europe (8)"/>
+    <s v="1981389"/>
+    <s v="1981 to 1990"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="550"/>
+  </r>
+  <r>
+    <s v="CD448"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="ZZEURQ01"/>
+    <s v="Other Europe (8)"/>
+    <s v="1991399"/>
+    <s v="1991 to 2000"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1285"/>
+  </r>
+  <r>
+    <s v="CD448"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="ZZEURQ01"/>
+    <s v="Other Europe (8)"/>
+    <s v="2001303"/>
+    <s v="2001 to 2005"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1933"/>
+  </r>
+  <r>
+    <s v="CD448"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="ZZEURQ01"/>
+    <s v="Other Europe (8)"/>
+    <s v="200601"/>
+    <s v="2006 or later"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1236"/>
+  </r>
+  <r>
+    <s v="CD448"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="ZZEURQ01"/>
+    <s v="Other Europe (8)"/>
+    <s v="9998"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="894"/>
+  </r>
+  <r>
+    <s v="CD448"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="ZZAA1"/>
+    <s v="Africa (2)"/>
+    <s v="-"/>
+    <s v="All years"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="25868"/>
+  </r>
+  <r>
+    <s v="CD448"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="ZZAA1"/>
+    <s v="Africa (2)"/>
+    <s v="191901"/>
+    <s v="Before 1919"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1426"/>
+  </r>
+  <r>
+    <s v="CD448"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="ZZAA1"/>
+    <s v="Africa (2)"/>
+    <s v="1919345"/>
+    <s v="1919 to 1945"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="687"/>
+  </r>
+  <r>
+    <s v="CD448"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="ZZAA1"/>
+    <s v="Africa (2)"/>
+    <s v="1946346"/>
+    <s v="1946 to 1960"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="637"/>
+  </r>
+  <r>
+    <s v="CD448"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="ZZAA1"/>
+    <s v="Africa (2)"/>
+    <s v="1961369"/>
+    <s v="1961 to 1970"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="756"/>
+  </r>
+  <r>
+    <s v="CD448"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="ZZAA1"/>
+    <s v="Africa (2)"/>
+    <s v="1971379"/>
+    <s v="1971 to 1980"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1221"/>
+  </r>
+  <r>
+    <s v="CD448"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="ZZAA1"/>
+    <s v="Africa (2)"/>
+    <s v="1981389"/>
+    <s v="1981 to 1990"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1865"/>
+  </r>
+  <r>
+    <s v="CD448"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="ZZAA1"/>
+    <s v="Africa (2)"/>
+    <s v="1991399"/>
+    <s v="1991 to 2000"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4903"/>
+  </r>
+  <r>
+    <s v="CD448"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="ZZAA1"/>
+    <s v="Africa (2)"/>
+    <s v="2001303"/>
+    <s v="2001 to 2005"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5960"/>
+  </r>
+  <r>
+    <s v="CD448"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="ZZAA1"/>
+    <s v="Africa (2)"/>
+    <s v="200601"/>
+    <s v="2006 or later"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3774"/>
+  </r>
+  <r>
+    <s v="CD448"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="ZZAA1"/>
+    <s v="Africa (2)"/>
+    <s v="9998"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4639"/>
+  </r>
+  <r>
+    <s v="CD448"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="ZZABB"/>
+    <s v="Asia (2)"/>
+    <s v="-"/>
+    <s v="All years"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5055"/>
+  </r>
+  <r>
+    <s v="CD448"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="ZZABB"/>
+    <s v="Asia (2)"/>
+    <s v="191901"/>
+    <s v="Before 1919"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="570"/>
+  </r>
+  <r>
+    <s v="CD448"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="ZZABB"/>
+    <s v="Asia (2)"/>
+    <s v="1919345"/>
+    <s v="1919 to 1945"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="324"/>
+  </r>
+  <r>
+    <s v="CD448"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="ZZABB"/>
+    <s v="Asia (2)"/>
+    <s v="1946346"/>
+    <s v="1946 to 1960"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="316"/>
+  </r>
+  <r>
+    <s v="CD448"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="ZZABB"/>
+    <s v="Asia (2)"/>
+    <s v="1961369"/>
+    <s v="1961 to 1970"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="282"/>
+  </r>
+  <r>
+    <s v="CD448"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="ZZABB"/>
+    <s v="Asia (2)"/>
+    <s v="1971379"/>
+    <s v="1971 to 1980"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="479"/>
+  </r>
+  <r>
+    <s v="CD448"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="ZZABB"/>
+    <s v="Asia (2)"/>
+    <s v="1981389"/>
+    <s v="1981 to 1990"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="459"/>
+  </r>
+  <r>
+    <s v="CD448"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="ZZABB"/>
+    <s v="Asia (2)"/>
+    <s v="1991399"/>
+    <s v="1991 to 2000"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="950"/>
+  </r>
+  <r>
+    <s v="CD448"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="ZZABB"/>
+    <s v="Asia (2)"/>
+    <s v="2001303"/>
+    <s v="2001 to 2005"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="816"/>
+  </r>
+  <r>
+    <s v="CD448"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="ZZABB"/>
+    <s v="Asia (2)"/>
+    <s v="200601"/>
+    <s v="2006 or later"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="513"/>
+  </r>
+  <r>
+    <s v="CD448"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="ZZABB"/>
+    <s v="Asia (2)"/>
+    <s v="9998"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="346"/>
+  </r>
+  <r>
+    <s v="CD448"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="US"/>
+    <s v="United States"/>
+    <s v="-"/>
+    <s v="All years"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="20453"/>
+  </r>
+  <r>
+    <s v="CD448"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="US"/>
+    <s v="United States"/>
+    <s v="191901"/>
+    <s v="Before 1919"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1279"/>
+  </r>
+  <r>
+    <s v="CD448"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="US"/>
+    <s v="United States"/>
+    <s v="1919345"/>
+    <s v="1919 to 1945"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="527"/>
+  </r>
+  <r>
+    <s v="CD448"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="US"/>
+    <s v="United States"/>
+    <s v="1946346"/>
+    <s v="1946 to 1960"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="466"/>
+  </r>
+  <r>
+    <s v="CD448"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="US"/>
+    <s v="United States"/>
+    <s v="1961369"/>
+    <s v="1961 to 1970"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="478"/>
+  </r>
+  <r>
+    <s v="CD448"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="US"/>
+    <s v="United States"/>
+    <s v="1971379"/>
+    <s v="1971 to 1980"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="955"/>
+  </r>
+  <r>
+    <s v="CD448"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="US"/>
+    <s v="United States"/>
+    <s v="1981389"/>
+    <s v="1981 to 1990"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1218"/>
+  </r>
+  <r>
+    <s v="CD448"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="US"/>
+    <s v="United States"/>
+    <s v="1991399"/>
+    <s v="1991 to 2000"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3217"/>
+  </r>
+  <r>
+    <s v="CD448"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="US"/>
+    <s v="United States"/>
+    <s v="2001303"/>
+    <s v="2001 to 2005"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5352"/>
+  </r>
+  <r>
+    <s v="CD448"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="US"/>
+    <s v="United States"/>
+    <s v="200601"/>
+    <s v="2006 or later"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3278"/>
+  </r>
+  <r>
+    <s v="CD448"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="US"/>
+    <s v="United States"/>
+    <s v="9998"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3683"/>
+  </r>
+  <r>
+    <s v="CD448"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="ZZWORX13"/>
+    <s v="Other countries (13)"/>
+    <s v="-"/>
+    <s v="All years"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="15160"/>
+  </r>
+  <r>
+    <s v="CD448"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="ZZWORX13"/>
+    <s v="Other countries (13)"/>
+    <s v="191901"/>
+    <s v="Before 1919"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1198"/>
+  </r>
+  <r>
+    <s v="CD448"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="ZZWORX13"/>
+    <s v="Other countries (13)"/>
+    <s v="1919345"/>
+    <s v="1919 to 1945"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="771"/>
+  </r>
+  <r>
+    <s v="CD448"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="ZZWORX13"/>
+    <s v="Other countries (13)"/>
+    <s v="1946346"/>
+    <s v="1946 to 1960"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="998"/>
+  </r>
+  <r>
+    <s v="CD448"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="ZZWORX13"/>
+    <s v="Other countries (13)"/>
+    <s v="1961369"/>
+    <s v="1961 to 1970"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="904"/>
+  </r>
+  <r>
+    <s v="CD448"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="ZZWORX13"/>
+    <s v="Other countries (13)"/>
+    <s v="1971379"/>
+    <s v="1971 to 1980"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1569"/>
+  </r>
+  <r>
+    <s v="CD448"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="ZZWORX13"/>
+    <s v="Other countries (13)"/>
+    <s v="1981389"/>
+    <s v="1981 to 1990"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1470"/>
+  </r>
+  <r>
+    <s v="CD448"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="ZZWORX13"/>
+    <s v="Other countries (13)"/>
+    <s v="1991399"/>
+    <s v="1991 to 2000"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2393"/>
+  </r>
+  <r>
+    <s v="CD448"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="ZZWORX13"/>
+    <s v="Other countries (13)"/>
+    <s v="2001303"/>
+    <s v="2001 to 2005"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2569"/>
+  </r>
+  <r>
+    <s v="CD448"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="ZZWORX13"/>
+    <s v="Other countries (13)"/>
+    <s v="200601"/>
+    <s v="2006 or later"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1421"/>
+  </r>
+  <r>
+    <s v="CD448"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="ZZWORX13"/>
+    <s v="Other countries (13)"/>
+    <s v="9998"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1867"/>
+  </r>
+  <r>
+    <s v="CD448"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="-"/>
+    <s v="All years"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1050073"/>
+  </r>
+  <r>
+    <s v="CD448"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="191901"/>
+    <s v="Before 1919"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="67742"/>
+  </r>
+  <r>
+    <s v="CD448"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="1919345"/>
+    <s v="1919 to 1945"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="67490"/>
+  </r>
+  <r>
+    <s v="CD448"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="1946346"/>
+    <s v="1946 to 1960"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="89770"/>
+  </r>
+  <r>
+    <s v="CD448"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="1961369"/>
+    <s v="1961 to 1970"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="85234"/>
+  </r>
+  <r>
+    <s v="CD448"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="1971379"/>
+    <s v="1971 to 1980"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="139235"/>
+  </r>
+  <r>
+    <s v="CD448"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="1981389"/>
+    <s v="1981 to 1990"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="104351"/>
+  </r>
+  <r>
+    <s v="CD448"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="1991399"/>
+    <s v="1991 to 2000"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="159118"/>
+  </r>
+  <r>
+    <s v="CD448"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="2001303"/>
+    <s v="2001 to 2005"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="171435"/>
+  </r>
+  <r>
+    <s v="CD448"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="200601"/>
+    <s v="2006 or later"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="100429"/>
+  </r>
+  <r>
+    <s v="CD448"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="9998"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="65269"/>
+  </r>
+  <r>
+    <s v="CD448"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="-"/>
+    <s v="All years"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="518661"/>
+  </r>
+  <r>
+    <s v="CD448"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="191901"/>
+    <s v="Before 1919"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="71653"/>
+  </r>
+  <r>
+    <s v="CD448"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="1919345"/>
+    <s v="1919 to 1945"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="42610"/>
+  </r>
+  <r>
+    <s v="CD448"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="1946346"/>
+    <s v="1946 to 1960"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="34213"/>
+  </r>
+  <r>
+    <s v="CD448"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="1961369"/>
+    <s v="1961 to 1970"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="26299"/>
+  </r>
+  <r>
+    <s v="CD448"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="1971379"/>
+    <s v="1971 to 1980"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="68189"/>
+  </r>
+  <r>
+    <s v="CD448"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="1981389"/>
+    <s v="1981 to 1990"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="61158"/>
+  </r>
+  <r>
+    <s v="CD448"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="1991399"/>
+    <s v="1991 to 2000"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="67782"/>
+  </r>
+  <r>
+    <s v="CD448"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="2001303"/>
+    <s v="2001 to 2005"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="77260"/>
+  </r>
+  <r>
+    <s v="CD448"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="200601"/>
+    <s v="2006 or later"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="58444"/>
+  </r>
+  <r>
+    <s v="CD448"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="9998"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="11053"/>
+  </r>
+  <r>
+    <s v="CD448"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="XI"/>
+    <s v="Northern Ireland"/>
+    <s v="-"/>
+    <s v="All years"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="10701"/>
+  </r>
+  <r>
+    <s v="CD448"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="XI"/>
+    <s v="Northern Ireland"/>
+    <s v="191901"/>
+    <s v="Before 1919"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1158"/>
+  </r>
+  <r>
+    <s v="CD448"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="XI"/>
+    <s v="Northern Ireland"/>
+    <s v="1919345"/>
+    <s v="1919 to 1945"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="539"/>
+  </r>
+  <r>
+    <s v="CD448"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="XI"/>
+    <s v="Northern Ireland"/>
+    <s v="1946346"/>
+    <s v="1946 to 1960"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="450"/>
+  </r>
+  <r>
+    <s v="CD448"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="XI"/>
+    <s v="Northern Ireland"/>
+    <s v="1961369"/>
+    <s v="1961 to 1970"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="368"/>
+  </r>
+  <r>
+    <s v="CD448"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="XI"/>
+    <s v="Northern Ireland"/>
+    <s v="1971379"/>
+    <s v="1971 to 1980"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1082"/>
+  </r>
+  <r>
+    <s v="CD448"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="XI"/>
+    <s v="Northern Ireland"/>
+    <s v="1981389"/>
+    <s v="1981 to 1990"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="937"/>
+  </r>
+  <r>
+    <s v="CD448"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="XI"/>
+    <s v="Northern Ireland"/>
+    <s v="1991399"/>
+    <s v="1991 to 2000"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1514"/>
+  </r>
+  <r>
+    <s v="CD448"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="XI"/>
+    <s v="Northern Ireland"/>
+    <s v="2001303"/>
+    <s v="2001 to 2005"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2570"/>
+  </r>
+  <r>
+    <s v="CD448"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="XI"/>
+    <s v="Northern Ireland"/>
+    <s v="200601"/>
+    <s v="2006 or later"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1866"/>
+  </r>
+  <r>
+    <s v="CD448"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="XI"/>
+    <s v="Northern Ireland"/>
+    <s v="9998"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="217"/>
+  </r>
+  <r>
+    <s v="CD448"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="XEXW"/>
+    <s v="England and Wales"/>
+    <s v="-"/>
+    <s v="All years"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="41647"/>
+  </r>
+  <r>
+    <s v="CD448"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="XEXW"/>
+    <s v="England and Wales"/>
+    <s v="191901"/>
+    <s v="Before 1919"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5943"/>
+  </r>
+  <r>
+    <s v="CD448"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="XEXW"/>
+    <s v="England and Wales"/>
+    <s v="1919345"/>
+    <s v="1919 to 1945"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2650"/>
+  </r>
+  <r>
+    <s v="CD448"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="XEXW"/>
+    <s v="England and Wales"/>
+    <s v="1946346"/>
+    <s v="1946 to 1960"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2007"/>
+  </r>
+  <r>
+    <s v="CD448"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="XEXW"/>
+    <s v="England and Wales"/>
+    <s v="1961369"/>
+    <s v="1961 to 1970"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1426"/>
+  </r>
+  <r>
+    <s v="CD448"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="XEXW"/>
+    <s v="England and Wales"/>
+    <s v="1971379"/>
+    <s v="1971 to 1980"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3393"/>
+  </r>
+  <r>
+    <s v="CD448"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="XEXW"/>
+    <s v="England and Wales"/>
+    <s v="1981389"/>
+    <s v="1981 to 1990"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3706"/>
+  </r>
+  <r>
+    <s v="CD448"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="XEXW"/>
+    <s v="England and Wales"/>
+    <s v="1991399"/>
+    <s v="1991 to 2000"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="6847"/>
+  </r>
+  <r>
+    <s v="CD448"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="XEXW"/>
+    <s v="England and Wales"/>
+    <s v="2001303"/>
+    <s v="2001 to 2005"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="8885"/>
+  </r>
+  <r>
+    <s v="CD448"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="XEXW"/>
+    <s v="England and Wales"/>
+    <s v="200601"/>
+    <s v="2006 or later"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5783"/>
+  </r>
+  <r>
+    <s v="CD448"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="XEXW"/>
+    <s v="England and Wales"/>
+    <s v="9998"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1007"/>
+  </r>
+  <r>
+    <s v="CD448"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="XS"/>
+    <s v="Scotland"/>
+    <s v="-"/>
+    <s v="All years"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3846"/>
+  </r>
+  <r>
+    <s v="CD448"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="XS"/>
+    <s v="Scotland"/>
+    <s v="191901"/>
+    <s v="Before 1919"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="373"/>
+  </r>
+  <r>
+    <s v="CD448"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="XS"/>
+    <s v="Scotland"/>
+    <s v="1919345"/>
+    <s v="1919 to 1945"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="247"/>
+  </r>
+  <r>
+    <s v="CD448"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="XS"/>
+    <s v="Scotland"/>
+    <s v="1946346"/>
+    <s v="1946 to 1960"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="154"/>
+  </r>
+  <r>
+    <s v="CD448"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="XS"/>
+    <s v="Scotland"/>
+    <s v="1961369"/>
+    <s v="1961 to 1970"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="148"/>
+  </r>
+  <r>
+    <s v="CD448"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="XS"/>
+    <s v="Scotland"/>
+    <s v="1971379"/>
+    <s v="1971 to 1980"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="377"/>
+  </r>
+  <r>
+    <s v="CD448"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="XS"/>
+    <s v="Scotland"/>
+    <s v="1981389"/>
+    <s v="1981 to 1990"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="422"/>
+  </r>
+  <r>
+    <s v="CD448"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="XS"/>
+    <s v="Scotland"/>
+    <s v="1991399"/>
+    <s v="1991 to 2000"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="623"/>
+  </r>
+  <r>
+    <s v="CD448"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="XS"/>
+    <s v="Scotland"/>
+    <s v="2001303"/>
+    <s v="2001 to 2005"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="838"/>
+  </r>
+  <r>
+    <s v="CD448"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="XS"/>
+    <s v="Scotland"/>
+    <s v="200601"/>
+    <s v="2006 or later"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="582"/>
+  </r>
+  <r>
+    <s v="CD448"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="XS"/>
+    <s v="Scotland"/>
+    <s v="9998"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="82"/>
+  </r>
+  <r>
+    <s v="CD448"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="LT"/>
+    <s v="Lithuania"/>
+    <s v="-"/>
+    <s v="All years"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4220"/>
+  </r>
+  <r>
+    <s v="CD448"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="LT"/>
+    <s v="Lithuania"/>
+    <s v="191901"/>
+    <s v="Before 1919"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="230"/>
+  </r>
+  <r>
+    <s v="CD448"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="LT"/>
+    <s v="Lithuania"/>
+    <s v="1919345"/>
+    <s v="1919 to 1945"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="161"/>
+  </r>
+  <r>
+    <s v="CD448"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="LT"/>
+    <s v="Lithuania"/>
+    <s v="1946346"/>
+    <s v="1946 to 1960"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="134"/>
+  </r>
+  <r>
+    <s v="CD448"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="LT"/>
+    <s v="Lithuania"/>
+    <s v="1961369"/>
+    <s v="1961 to 1970"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="143"/>
+  </r>
+  <r>
+    <s v="CD448"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="LT"/>
+    <s v="Lithuania"/>
+    <s v="1971379"/>
+    <s v="1971 to 1980"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="231"/>
+  </r>
+  <r>
+    <s v="CD448"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="LT"/>
+    <s v="Lithuania"/>
+    <s v="1981389"/>
+    <s v="1981 to 1990"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="208"/>
+  </r>
+  <r>
+    <s v="CD448"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="LT"/>
+    <s v="Lithuania"/>
+    <s v="1991399"/>
+    <s v="1991 to 2000"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="416"/>
+  </r>
+  <r>
+    <s v="CD448"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="LT"/>
+    <s v="Lithuania"/>
+    <s v="2001303"/>
+    <s v="2001 to 2005"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1104"/>
+  </r>
+  <r>
+    <s v="CD448"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="LT"/>
+    <s v="Lithuania"/>
+    <s v="200601"/>
+    <s v="2006 or later"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1111"/>
+  </r>
+  <r>
+    <s v="CD448"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="LT"/>
+    <s v="Lithuania"/>
+    <s v="9998"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="482"/>
+  </r>
+  <r>
+    <s v="CD448"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="PL"/>
+    <s v="Poland"/>
+    <s v="-"/>
+    <s v="All years"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1508"/>
+  </r>
+  <r>
+    <s v="CD448"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="PL"/>
+    <s v="Poland"/>
+    <s v="191901"/>
+    <s v="Before 1919"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="63"/>
+  </r>
+  <r>
+    <s v="CD448"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="PL"/>
+    <s v="Poland"/>
+    <s v="1919345"/>
+    <s v="1919 to 1945"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="45"/>
+  </r>
+  <r>
+    <s v="CD448"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="PL"/>
+    <s v="Poland"/>
+    <s v="1946346"/>
+    <s v="1946 to 1960"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="64"/>
+  </r>
+  <r>
+    <s v="CD448"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="PL"/>
+    <s v="Poland"/>
+    <s v="1961369"/>
+    <s v="1961 to 1970"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="66"/>
+  </r>
+  <r>
+    <s v="CD448"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="PL"/>
+    <s v="Poland"/>
+    <s v="1971379"/>
+    <s v="1971 to 1980"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="86"/>
+  </r>
+  <r>
+    <s v="CD448"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="PL"/>
+    <s v="Poland"/>
+    <s v="1981389"/>
+    <s v="1981 to 1990"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="94"/>
+  </r>
+  <r>
+    <s v="CD448"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="PL"/>
+    <s v="Poland"/>
+    <s v="1991399"/>
+    <s v="1991 to 2000"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="138"/>
+  </r>
+  <r>
+    <s v="CD448"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="PL"/>
+    <s v="Poland"/>
+    <s v="2001303"/>
+    <s v="2001 to 2005"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="356"/>
+  </r>
+  <r>
+    <s v="CD448"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="PL"/>
+    <s v="Poland"/>
+    <s v="200601"/>
+    <s v="2006 or later"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="353"/>
+  </r>
+  <r>
+    <s v="CD448"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="PL"/>
+    <s v="Poland"/>
+    <s v="9998"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="243"/>
+  </r>
+  <r>
+    <s v="CD448"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="ZZEUBQ7"/>
+    <s v="Other EU27 (5)"/>
+    <s v="-"/>
+    <s v="All years"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="6783"/>
+  </r>
+  <r>
+    <s v="CD448"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="ZZEUBQ7"/>
+    <s v="Other EU27 (5)"/>
+    <s v="191901"/>
+    <s v="Before 1919"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1155"/>
+  </r>
+  <r>
+    <s v="CD448"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="ZZEUBQ7"/>
+    <s v="Other EU27 (5)"/>
+    <s v="1919345"/>
+    <s v="1919 to 1945"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="402"/>
+  </r>
+  <r>
+    <s v="CD448"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="ZZEUBQ7"/>
+    <s v="Other EU27 (5)"/>
+    <s v="1946346"/>
+    <s v="1946 to 1960"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="341"/>
+  </r>
+  <r>
+    <s v="CD448"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="ZZEUBQ7"/>
+    <s v="Other EU27 (5)"/>
+    <s v="1961369"/>
+    <s v="1961 to 1970"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="283"/>
+  </r>
+  <r>
+    <s v="CD448"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="ZZEUBQ7"/>
+    <s v="Other EU27 (5)"/>
+    <s v="1971379"/>
+    <s v="1971 to 1980"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="503"/>
+  </r>
+  <r>
+    <s v="CD448"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="ZZEUBQ7"/>
+    <s v="Other EU27 (5)"/>
+    <s v="1981389"/>
+    <s v="1981 to 1990"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="521"/>
+  </r>
+  <r>
+    <s v="CD448"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="ZZEUBQ7"/>
+    <s v="Other EU27 (5)"/>
+    <s v="1991399"/>
+    <s v="1991 to 2000"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="779"/>
+  </r>
+  <r>
+    <s v="CD448"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="ZZEUBQ7"/>
+    <s v="Other EU27 (5)"/>
+    <s v="2001303"/>
+    <s v="2001 to 2005"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1314"/>
+  </r>
+  <r>
+    <s v="CD448"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="ZZEUBQ7"/>
+    <s v="Other EU27 (5)"/>
+    <s v="200601"/>
+    <s v="2006 or later"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="999"/>
+  </r>
+  <r>
+    <s v="CD448"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="ZZEUBQ7"/>
+    <s v="Other EU27 (5)"/>
+    <s v="9998"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="486"/>
+  </r>
+  <r>
+    <s v="CD448"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="ZZEURQ01"/>
+    <s v="Other Europe (8)"/>
+    <s v="-"/>
+    <s v="All years"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="812"/>
+  </r>
+  <r>
+    <s v="CD448"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="ZZEURQ01"/>
+    <s v="Other Europe (8)"/>
+    <s v="191901"/>
+    <s v="Before 1919"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="110"/>
+  </r>
+  <r>
+    <s v="CD448"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="ZZEURQ01"/>
+    <s v="Other Europe (8)"/>
+    <s v="1919345"/>
+    <s v="1919 to 1945"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="48"/>
+  </r>
+  <r>
+    <s v="CD448"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="ZZEURQ01"/>
+    <s v="Other Europe (8)"/>
+    <s v="1946346"/>
+    <s v="1946 to 1960"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="47"/>
+  </r>
+  <r>
+    <s v="CD448"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="ZZEURQ01"/>
+    <s v="Other Europe (8)"/>
+    <s v="1961369"/>
+    <s v="1961 to 1970"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="40"/>
+  </r>
+  <r>
+    <s v="CD448"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="ZZEURQ01"/>
+    <s v="Other Europe (8)"/>
+    <s v="1971379"/>
+    <s v="1971 to 1980"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="58"/>
+  </r>
+  <r>
+    <s v="CD448"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="ZZEURQ01"/>
+    <s v="Other Europe (8)"/>
+    <s v="1981389"/>
+    <s v="1981 to 1990"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="48"/>
+  </r>
+  <r>
+    <s v="CD448"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="ZZEURQ01"/>
+    <s v="Other Europe (8)"/>
+    <s v="1991399"/>
+    <s v="1991 to 2000"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="90"/>
+  </r>
+  <r>
+    <s v="CD448"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="ZZEURQ01"/>
+    <s v="Other Europe (8)"/>
+    <s v="2001303"/>
+    <s v="2001 to 2005"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="148"/>
+  </r>
+  <r>
+    <s v="CD448"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="ZZEURQ01"/>
+    <s v="Other Europe (8)"/>
+    <s v="200601"/>
+    <s v="2006 or later"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="158"/>
+  </r>
+  <r>
+    <s v="CD448"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="ZZEURQ01"/>
+    <s v="Other Europe (8)"/>
+    <s v="9998"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="65"/>
+  </r>
+  <r>
+    <s v="CD448"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="ZZAA1"/>
+    <s v="Africa (2)"/>
+    <s v="-"/>
+    <s v="All years"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1845"/>
+  </r>
+  <r>
+    <s v="CD448"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="ZZAA1"/>
+    <s v="Africa (2)"/>
+    <s v="191901"/>
+    <s v="Before 1919"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="163"/>
+  </r>
+  <r>
+    <s v="CD448"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="ZZAA1"/>
+    <s v="Africa (2)"/>
+    <s v="1919345"/>
+    <s v="1919 to 1945"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="81"/>
+  </r>
+  <r>
+    <s v="CD448"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="ZZAA1"/>
+    <s v="Africa (2)"/>
+    <s v="1946346"/>
+    <s v="1946 to 1960"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="60"/>
+  </r>
+  <r>
+    <s v="CD448"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="ZZAA1"/>
+    <s v="Africa (2)"/>
+    <s v="1961369"/>
+    <s v="1961 to 1970"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="59"/>
+  </r>
+  <r>
+    <s v="CD448"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="ZZAA1"/>
+    <s v="Africa (2)"/>
+    <s v="1971379"/>
+    <s v="1971 to 1980"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="150"/>
+  </r>
+  <r>
+    <s v="CD448"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="ZZAA1"/>
+    <s v="Africa (2)"/>
+    <s v="1981389"/>
+    <s v="1981 to 1990"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="119"/>
+  </r>
+  <r>
+    <s v="CD448"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="ZZAA1"/>
+    <s v="Africa (2)"/>
+    <s v="1991399"/>
+    <s v="1991 to 2000"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="214"/>
+  </r>
+  <r>
+    <s v="CD448"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="ZZAA1"/>
+    <s v="Africa (2)"/>
+    <s v="2001303"/>
+    <s v="2001 to 2005"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="420"/>
+  </r>
+  <r>
+    <s v="CD448"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="ZZAA1"/>
+    <s v="Africa (2)"/>
+    <s v="200601"/>
+    <s v="2006 or later"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="363"/>
+  </r>
+  <r>
+    <s v="CD448"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="ZZAA1"/>
+    <s v="Africa (2)"/>
+    <s v="9998"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="216"/>
+  </r>
+  <r>
+    <s v="CD448"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="ZZABB"/>
+    <s v="Asia (2)"/>
+    <s v="-"/>
+    <s v="All years"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3130"/>
+  </r>
+  <r>
+    <s v="CD448"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="ZZABB"/>
+    <s v="Asia (2)"/>
+    <s v="191901"/>
+    <s v="Before 1919"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="508"/>
+  </r>
+  <r>
+    <s v="CD448"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="ZZABB"/>
+    <s v="Asia (2)"/>
+    <s v="1919345"/>
+    <s v="1919 to 1945"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="214"/>
+  </r>
+  <r>
+    <s v="CD448"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="ZZABB"/>
+    <s v="Asia (2)"/>
+    <s v="1946346"/>
+    <s v="1946 to 1960"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="144"/>
+  </r>
+  <r>
+    <s v="CD448"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="ZZABB"/>
+    <s v="Asia (2)"/>
+    <s v="1961369"/>
+    <s v="1961 to 1970"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="132"/>
+  </r>
+  <r>
+    <s v="CD448"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="ZZABB"/>
+    <s v="Asia (2)"/>
+    <s v="1971379"/>
+    <s v="1971 to 1980"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="255"/>
+  </r>
+  <r>
+    <s v="CD448"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="ZZABB"/>
+    <s v="Asia (2)"/>
+    <s v="1981389"/>
+    <s v="1981 to 1990"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="286"/>
+  </r>
+  <r>
+    <s v="CD448"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="ZZABB"/>
+    <s v="Asia (2)"/>
+    <s v="1991399"/>
+    <s v="1991 to 2000"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="518"/>
+  </r>
+  <r>
+    <s v="CD448"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="ZZABB"/>
+    <s v="Asia (2)"/>
+    <s v="2001303"/>
+    <s v="2001 to 2005"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="612"/>
+  </r>
+  <r>
+    <s v="CD448"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="ZZABB"/>
+    <s v="Asia (2)"/>
+    <s v="200601"/>
+    <s v="2006 or later"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="384"/>
+  </r>
+  <r>
+    <s v="CD448"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="ZZABB"/>
+    <s v="Asia (2)"/>
+    <s v="9998"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="77"/>
+  </r>
+  <r>
+    <s v="CD448"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="US"/>
+    <s v="United States"/>
+    <s v="-"/>
+    <s v="All years"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2120"/>
+  </r>
+  <r>
+    <s v="CD448"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="US"/>
+    <s v="United States"/>
+    <s v="191901"/>
+    <s v="Before 1919"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="251"/>
+  </r>
+  <r>
+    <s v="CD448"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="US"/>
+    <s v="United States"/>
+    <s v="1919345"/>
+    <s v="1919 to 1945"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="70"/>
+  </r>
+  <r>
+    <s v="CD448"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="US"/>
+    <s v="United States"/>
+    <s v="1946346"/>
+    <s v="1946 to 1960"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="70"/>
+  </r>
+  <r>
+    <s v="CD448"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="US"/>
+    <s v="United States"/>
+    <s v="1961369"/>
+    <s v="1961 to 1970"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="139"/>
+  </r>
+  <r>
+    <s v="CD448"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="US"/>
+    <s v="United States"/>
+    <s v="1971379"/>
+    <s v="1971 to 1980"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="107"/>
+  </r>
+  <r>
+    <s v="CD448"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="US"/>
+    <s v="United States"/>
+    <s v="1981389"/>
+    <s v="1981 to 1990"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="130"/>
+  </r>
+  <r>
+    <s v="CD448"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="US"/>
+    <s v="United States"/>
+    <s v="1991399"/>
+    <s v="1991 to 2000"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="221"/>
+  </r>
+  <r>
+    <s v="CD448"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="US"/>
+    <s v="United States"/>
+    <s v="2001303"/>
+    <s v="2001 to 2005"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="482"/>
+  </r>
+  <r>
+    <s v="CD448"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="US"/>
+    <s v="United States"/>
+    <s v="200601"/>
+    <s v="2006 or later"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="412"/>
+  </r>
+  <r>
+    <s v="CD448"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="US"/>
+    <s v="United States"/>
+    <s v="9998"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="238"/>
+  </r>
+  <r>
+    <s v="CD448"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="ZZWORX13"/>
+    <s v="Other countries (13)"/>
+    <s v="-"/>
+    <s v="All years"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4062"/>
+  </r>
+  <r>
+    <s v="CD448"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="ZZWORX13"/>
+    <s v="Other countries (13)"/>
+    <s v="191901"/>
+    <s v="Before 1919"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="590"/>
+  </r>
+  <r>
+    <s v="CD448"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="ZZWORX13"/>
+    <s v="Other countries (13)"/>
+    <s v="1919345"/>
+    <s v="1919 to 1945"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="260"/>
+  </r>
+  <r>
+    <s v="CD448"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="ZZWORX13"/>
+    <s v="Other countries (13)"/>
+    <s v="1946346"/>
+    <s v="1946 to 1960"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="237"/>
+  </r>
+  <r>
+    <s v="CD448"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="ZZWORX13"/>
+    <s v="Other countries (13)"/>
+    <s v="1961369"/>
+    <s v="1961 to 1970"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="173"/>
+  </r>
+  <r>
+    <s v="CD448"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="ZZWORX13"/>
+    <s v="Other countries (13)"/>
+    <s v="1971379"/>
+    <s v="1971 to 1980"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="531"/>
+  </r>
+  <r>
+    <s v="CD448"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="ZZWORX13"/>
+    <s v="Other countries (13)"/>
+    <s v="1981389"/>
+    <s v="1981 to 1990"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="433"/>
+  </r>
+  <r>
+    <s v="CD448"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="ZZWORX13"/>
+    <s v="Other countries (13)"/>
+    <s v="1991399"/>
+    <s v="1991 to 2000"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="464"/>
+  </r>
+  <r>
+    <s v="CD448"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="ZZWORX13"/>
+    <s v="Other countries (13)"/>
+    <s v="2001303"/>
+    <s v="2001 to 2005"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="686"/>
+  </r>
+  <r>
+    <s v="CD448"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="ZZWORX13"/>
+    <s v="Other countries (13)"/>
+    <s v="200601"/>
+    <s v="2006 or later"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="513"/>
+  </r>
+  <r>
+    <s v="CD448"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="ZZWORX13"/>
+    <s v="Other countries (13)"/>
+    <s v="9998"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="175"/>
+  </r>
+  <r>
+    <s v="CD448"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="-"/>
+    <s v="All years"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="599335"/>
+  </r>
+  <r>
+    <s v="CD448"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="191901"/>
+    <s v="Before 1919"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="82197"/>
+  </r>
+  <r>
+    <s v="CD448"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="1919345"/>
+    <s v="1919 to 1945"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="47327"/>
+  </r>
+  <r>
+    <s v="CD448"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="1946346"/>
+    <s v="1946 to 1960"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="37921"/>
+  </r>
+  <r>
+    <s v="CD448"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="1961369"/>
+    <s v="1961 to 1970"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="29276"/>
+  </r>
+  <r>
+    <s v="CD448"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="1971379"/>
+    <s v="1971 to 1980"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="74962"/>
+  </r>
+  <r>
+    <s v="CD448"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="1981389"/>
+    <s v="1981 to 1990"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="68062"/>
+  </r>
+  <r>
+    <s v="CD448"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="1991399"/>
+    <s v="1991 to 2000"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="79606"/>
+  </r>
+  <r>
+    <s v="CD448"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="2001303"/>
+    <s v="2001 to 2005"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="94675"/>
+  </r>
+  <r>
+    <s v="CD448"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="200601"/>
+    <s v="2006 or later"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="70968"/>
+  </r>
+  <r>
+    <s v="CD448"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="9998"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="14341"/>
+  </r>
+</pivotCacheRecords>
 </file>