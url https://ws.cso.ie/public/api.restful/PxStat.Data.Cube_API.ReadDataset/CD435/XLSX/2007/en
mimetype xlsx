--- v0 (2025-11-04)
+++ v1 (2026-02-05)
@@ -1,97 +1,97 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/pivotCache/pivotCacheDefinition1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheDefinition+xml"/>
   <Override PartName="/pivotCache/pivotCacheRecords1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheRecords+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/pivotTables/pivotTable.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re185733cf1714f09" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/026b83b0514449ecbcf67d0ab5efcd28.psmdcp" Id="R0873fc8d0f694f5b" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R41ba338dcca4432a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/371505b9093e4620abe17348f18ffc71.psmdcp" Id="Re3d9008867354134" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
-    <x:sheet name="About" sheetId="2" r:id="rId2"/>
-[...1 lines deleted...]
-    <x:sheet name="Pivoted" sheetId="11" r:id="rId11"/>
+    <x:sheet name="About" sheetId="1" r:id="rId2"/>
+    <x:sheet name="Unpivoted" sheetId="2" r:id="rId9"/>
+    <x:sheet name="Pivoted" sheetId="3" r:id="rId11"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
   <x:pivotCaches>
     <x:pivotCache cacheId="0" r:id="rId12"/>
   </x:pivotCaches>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Table</x:t>
   </x:si>
   <x:si>
     <x:t>Code</x:t>
   </x:si>
   <x:si>
     <x:t>CD435</x:t>
   </x:si>
   <x:si>
     <x:t>Name</x:t>
   </x:si>
   <x:si>
     <x:t>Private Dwellings in Permanent Housing Units</x:t>
   </x:si>
   <x:si>
     <x:t>Frequency</x:t>
   </x:si>
   <x:si>
     <x:t>Annual</x:t>
   </x:si>
   <x:si>
     <x:t>Last Updated</x:t>
   </x:si>
   <x:si>
-    <x:t>5/18/2020 11:00:00 AM</x:t>
+    <x:t>18/05/2020 11:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Note</x:t>
   </x:si>
   <x:si>
     <x:t>Url</x:t>
   </x:si>
   <x:si>
     <x:t>https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/CD435/XLSX/2007/en</x:t>
   </x:si>
   <x:si>
     <x:t>Product</x:t>
   </x:si>
   <x:si>
     <x:t>C2011P4</x:t>
   </x:si>
   <x:si>
     <x:t>Profile 4 - The Roof Over Our Heads - Housing in Ireland</x:t>
   </x:si>
   <x:si>
     <x:t>Contacts</x:t>
   </x:si>
   <x:si>
     <x:t>Bernie Casey</x:t>
   </x:si>
@@ -496,387 +496,182 @@
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip r:embed="rId8" cstate="print"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="3971925" cy="1381125"/>
         </a:xfrm>
         <a:prstGeom prst="rect"/>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/pivotTables/_rels/pivotTable.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheDefinition" Target="/pivotCache/pivotCacheDefinition1.xml" Id="rId17" /></Relationships>
 </file>
 
 <file path=xl/pivotTables/pivotTable.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotTableDefinition xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" dataCaption="Values" showError="0" missingCaption="" showMissing="1" pageWrap="0" pageOverThenDown="0" rowGrandTotals="0" colGrandTotals="0" indent="1">
-[...335 lines deleted...]
-</x:pivotTableDefinition>
+<pivotTableDefinition xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" applyNumberFormats="0" applyBorderFormats="0" applyFontFormats="0" applyPatternFormats="0" applyAlignmentFormats="0" applyWidthHeightFormats="0" dataCaption="Values" rowGrandTotals="0" colGrandTotals="0" outline="1">
+  <location ref="A1" firstHeaderRow="0" firstDataRow="0" firstDataCol="0"/>
+  <pivotFields count="14">
+    <pivotField name="STATISTIC" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="Statistic Label" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="C02010V02440" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="8">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+      </items>
+    </pivotField>
+    <pivotField name="Type of Private Accommodation" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="8">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+      </items>
+    </pivotField>
+    <pivotField name="C02701V03269" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="3">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+      </items>
+    </pivotField>
+    <pivotField name="Aggregate Town or Rural Area" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="3">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+      </items>
+    </pivotField>
+    <pivotField name="C02830V03404" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="12">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+        <item x="11"/>
+      </items>
+    </pivotField>
+    <pivotField name="Type of Central Heating" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="12">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+        <item x="11"/>
+      </items>
+    </pivotField>
+    <pivotField name="C02254V02726" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="2">
+        <item x="0"/>
+        <item x="1"/>
+      </items>
+    </pivotField>
+    <pivotField name="Persons per Household" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="2">
+        <item x="0"/>
+        <item x="1"/>
+      </items>
+    </pivotField>
+    <pivotField name="TLIST(A1)" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="CensusYear" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField showAll="0"/>
+    <pivotField dataField="1" showAll="0"/>
+  </pivotFields>
+  <rowFields count="12">
+    <field x="0"/>
+    <field x="1"/>
+    <field x="2"/>
+    <field x="3"/>
+    <field x="4"/>
+    <field x="5"/>
+    <field x="6"/>
+    <field x="7"/>
+    <field x="8"/>
+    <field x="9"/>
+    <field x="10"/>
+    <field x="11"/>
+  </rowFields>
+  <dataFields count="1">
+    <dataField name="VALUE" fld="13"/>
+  </dataFields>
+  <pivotTableStyleInfo name="PivotStyleLight16" showRowHeaders="1" showColHeaders="1"/>
+  <extLst>
+    <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{962EF5D1-5CA2-4c93-8EF4-DBF5C05439D2}">
+      <x14:pivotTableDefinition enableEdit="0" hideValuesRow="1"/>
+    </ext>
+  </extLst>
+</pivotTableDefinition>
 </file>
 
 <file path=xl/tables/table1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:table xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="1" name="Unpivoted" displayName="Unpivoted" ref="A1:N577" totalsRowShown="0">
   <x:autoFilter ref="A1:N577"/>
   <x:tableColumns count="14">
     <x:tableColumn id="1" name="STATISTIC"/>
     <x:tableColumn id="2" name="Statistic Label"/>
     <x:tableColumn id="3" name="C02010V02440"/>
     <x:tableColumn id="4" name="Type of Private Accommodation"/>
     <x:tableColumn id="5" name="C02701V03269"/>
     <x:tableColumn id="6" name="Aggregate Town or Rural Area"/>
     <x:tableColumn id="7" name="C02830V03404"/>
     <x:tableColumn id="8" name="Type of Central Heating"/>
     <x:tableColumn id="9" name="C02254V02726"/>
     <x:tableColumn id="10" name="Persons per Household"/>
     <x:tableColumn id="11" name="TLIST(A1)"/>
     <x:tableColumn id="12" name="CensusYear"/>
     <x:tableColumn id="13" name="UNIT"/>
     <x:tableColumn id="14" name="VALUE"/>
   </x:tableColumns>
   <x:tableStyleInfo name="TableStyleMedium2" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </x:table>
 </file>
 
@@ -1151,51 +946,51 @@
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="/xl/drawings/drawing1.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/CD435/XLSX/2007/en" TargetMode="External" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cso.ie/" TargetMode="External" Id="rId14" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="/xl/tables/table1.xml" Id="rId15" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet3.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotTable" Target="/xl/pivotTables/pivotTable.xml" Id="rId16" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:B39"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="20.710625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="100.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="8" spans="1:2">
       <x:c r="A8" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B8" s="2"/>
     </x:row>
     <x:row r="9" spans="1:2">
       <x:c r="A9" s="3" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="B9" s="0" t="s">
         <x:v>2</x:v>
@@ -1382,51 +1177,51 @@
       </x:c>
     </x:row>
     <x:row r="39" spans="1:2">
       <x:c r="A39" s="3" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B39" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:hyperlinks>
     <x:hyperlink ref="B14" r:id="rId13"/>
     <x:hyperlink ref="B28" r:id="rId14"/>
   </x:hyperlinks>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:drawing xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId7"/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:N577"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="11.996339" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="41.710625" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="16.139196" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="56.996339" style="0" customWidth="1"/>
     <x:col min="5" max="5" width="16.139196" style="0" customWidth="1"/>
     <x:col min="6" max="6" width="29.853482" style="0" customWidth="1"/>
     <x:col min="7" max="7" width="16.139196" style="0" customWidth="1"/>
     <x:col min="8" max="8" width="25.139196" style="0" customWidth="1"/>
     <x:col min="9" max="9" width="16.139196" style="0" customWidth="1"/>
     <x:col min="10" max="10" width="30.567768" style="0" customWidth="1"/>
     <x:col min="11" max="11" width="11.282054" style="0" customWidth="1"/>
     <x:col min="12" max="12" width="13.424911" style="0" customWidth="1"/>
     <x:col min="13" max="13" width="8.282054" style="0" customWidth="1"/>
     <x:col min="14" max="14" width="8.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
@@ -26808,51 +26603,51 @@
       <x:c r="K577" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="L577" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="M577" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="N577" s="0">
         <x:v>7905</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="1">
     <x:tablePart r:id="rId15"/>
   </x:tableParts>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:sheetData/>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Application>Microsoft Excel</ap:Application>
   <ap:TitlesOfParts>
     <vt:vector baseType="lpstr" size="9">
       <vt:lpstr>About</vt:lpstr>
       <vt:lpstr>Unpivoted</vt:lpstr>
       <vt:lpstr>Pivoted</vt:lpstr>
@@ -26869,51 +26664,51 @@
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>3</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Named Ranges</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>6</vt:i4>
       </vt:variant>
     </vt:vector>
   </ap:HeadingPairs>
   <ap:DocSecurity>0</ap:DocSecurity>
   <ap:ScaleCrop>false</ap:ScaleCrop>
 </ap:Properties>
 </file>
 
 <file path=pivotCache/_rels/pivotCacheDefinition1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheRecords" Target="/pivotCache/pivotCacheRecords1.xml" Id="rId1" /></Relationships>
 </file>
 
 <file path=pivotCache/pivotCacheDefinition1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:pivotCacheDefinition xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" r:id="rId1" saveData="1" refreshOnLoad="1" createdVersion="5" refreshedVersion="5" minRefreshableVersion="3">
   <x:cacheSource type="worksheet">
-    <x:worksheetSource ref="A1:N577" sheet="Unpivoted"/>
+    <x:worksheetSource name="Unpivoted"/>
   </x:cacheSource>
   <x:cacheFields>
     <x:cacheField name="STATISTIC">
       <x:sharedItems count="1">
         <x:s v="CD435"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="Statistic Label">
       <x:sharedItems count="1">
         <x:s v="Private Dwellings in Permanent Housing Units"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="C02010V02440">
       <x:sharedItems count="8">
         <x:s v="-"/>
         <x:s v="12"/>
         <x:s v="13"/>
         <x:s v="14"/>
         <x:s v="16"/>
         <x:s v="17"/>
         <x:s v="18"/>
         <x:s v="4"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="Type of Private Accommodation">
@@ -27534,27 +27329,9244 @@
         <x:n v="217"/>
         <x:n v="2351"/>
         <x:n v="91"/>
         <x:n v="235"/>
         <x:n v="225"/>
         <x:n v="414"/>
         <x:n v="526"/>
         <x:n v="1311"/>
         <x:n v="673"/>
         <x:n v="1809"/>
         <x:n v="113"/>
         <x:n v="297"/>
         <x:n v="26"/>
         <x:n v="72"/>
         <x:n v="4023"/>
         <x:n v="10443"/>
         <x:n v="3160"/>
         <x:n v="7905"/>
       </x:sharedItems>
     </x:cacheField>
   </x:cacheFields>
 </x:pivotCacheDefinition>
 </file>
 
 <file path=pivotCache/pivotCacheRecords1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main"/>
+<pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="xr">
+  <r>
+    <s v="CD435"/>
+    <s v="Private Dwellings in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1649408"/>
+  </r>
+  <r>
+    <s v="CD435"/>
+    <s v="Private Dwellings in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4500569"/>
+  </r>
+  <r>
+    <s v="CD435"/>
+    <s v="Private Dwellings in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="01"/>
+    <s v="No central heating"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="26952"/>
+  </r>
+  <r>
+    <s v="CD435"/>
+    <s v="Private Dwellings in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="01"/>
+    <s v="No central heating"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="53752"/>
+  </r>
+  <r>
+    <s v="CD435"/>
+    <s v="Private Dwellings in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="02"/>
+    <s v="Oil"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="711330"/>
+  </r>
+  <r>
+    <s v="CD435"/>
+    <s v="Private Dwellings in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="02"/>
+    <s v="Oil"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2019328"/>
+  </r>
+  <r>
+    <s v="CD435"/>
+    <s v="Private Dwellings in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="03"/>
+    <s v="Natural Gas"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="550215"/>
+  </r>
+  <r>
+    <s v="CD435"/>
+    <s v="Private Dwellings in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="03"/>
+    <s v="Natural Gas"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1537960"/>
+  </r>
+  <r>
+    <s v="CD435"/>
+    <s v="Private Dwellings in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="04"/>
+    <s v="Electricity"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="140419"/>
+  </r>
+  <r>
+    <s v="CD435"/>
+    <s v="Private Dwellings in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="04"/>
+    <s v="Electricity"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="283445"/>
+  </r>
+  <r>
+    <s v="CD435"/>
+    <s v="Private Dwellings in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="05"/>
+    <s v="Coal (incl. anthracite)"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="79145"/>
+  </r>
+  <r>
+    <s v="CD435"/>
+    <s v="Private Dwellings in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="05"/>
+    <s v="Coal (incl. anthracite)"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="210369"/>
+  </r>
+  <r>
+    <s v="CD435"/>
+    <s v="Private Dwellings in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="06"/>
+    <s v="Peat (incl. turf)"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="78638"/>
+  </r>
+  <r>
+    <s v="CD435"/>
+    <s v="Private Dwellings in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="06"/>
+    <s v="Peat (incl. turf)"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="224057"/>
+  </r>
+  <r>
+    <s v="CD435"/>
+    <s v="Private Dwellings in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="07"/>
+    <s v="Liquid Petroleum Gas (LPG)"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="10452"/>
+  </r>
+  <r>
+    <s v="CD435"/>
+    <s v="Private Dwellings in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="07"/>
+    <s v="Liquid Petroleum Gas (LPG)"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="28840"/>
+  </r>
+  <r>
+    <s v="CD435"/>
+    <s v="Private Dwellings in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="08"/>
+    <s v="Wood (incl. wood pellets)"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="21395"/>
+  </r>
+  <r>
+    <s v="CD435"/>
+    <s v="Private Dwellings in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="08"/>
+    <s v="Wood (incl. wood pellets)"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="62749"/>
+  </r>
+  <r>
+    <s v="CD435"/>
+    <s v="Private Dwellings in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="09"/>
+    <s v="Other fuels"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="8524"/>
+  </r>
+  <r>
+    <s v="CD435"/>
+    <s v="Private Dwellings in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="09"/>
+    <s v="Other fuels"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="25566"/>
+  </r>
+  <r>
+    <s v="CD435"/>
+    <s v="Private Dwellings in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="10"/>
+    <s v="All types of fuel"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1600118"/>
+  </r>
+  <r>
+    <s v="CD435"/>
+    <s v="Private Dwellings in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="10"/>
+    <s v="All types of fuel"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4392314"/>
+  </r>
+  <r>
+    <s v="CD435"/>
+    <s v="Private Dwellings in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="99"/>
+    <s v="Not stated"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="22338"/>
+  </r>
+  <r>
+    <s v="CD435"/>
+    <s v="Private Dwellings in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="99"/>
+    <s v="Not stated"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="54503"/>
+  </r>
+  <r>
+    <s v="CD435"/>
+    <s v="Private Dwellings in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1050073"/>
+  </r>
+  <r>
+    <s v="CD435"/>
+    <s v="Private Dwellings in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2773889"/>
+  </r>
+  <r>
+    <s v="CD435"/>
+    <s v="Private Dwellings in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="01"/>
+    <s v="No central heating"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="14759"/>
+  </r>
+  <r>
+    <s v="CD435"/>
+    <s v="Private Dwellings in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="01"/>
+    <s v="No central heating"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="29090"/>
+  </r>
+  <r>
+    <s v="CD435"/>
+    <s v="Private Dwellings in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="02"/>
+    <s v="Oil"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="299317"/>
+  </r>
+  <r>
+    <s v="CD435"/>
+    <s v="Private Dwellings in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="02"/>
+    <s v="Oil"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="804274"/>
+  </r>
+  <r>
+    <s v="CD435"/>
+    <s v="Private Dwellings in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="03"/>
+    <s v="Natural Gas"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="537203"/>
+  </r>
+  <r>
+    <s v="CD435"/>
+    <s v="Private Dwellings in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="03"/>
+    <s v="Natural Gas"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1500523"/>
+  </r>
+  <r>
+    <s v="CD435"/>
+    <s v="Private Dwellings in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="04"/>
+    <s v="Electricity"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="122355"/>
+  </r>
+  <r>
+    <s v="CD435"/>
+    <s v="Private Dwellings in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="04"/>
+    <s v="Electricity"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="242462"/>
+  </r>
+  <r>
+    <s v="CD435"/>
+    <s v="Private Dwellings in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="05"/>
+    <s v="Coal (incl. anthracite)"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="37263"/>
+  </r>
+  <r>
+    <s v="CD435"/>
+    <s v="Private Dwellings in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="05"/>
+    <s v="Coal (incl. anthracite)"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="97859"/>
+  </r>
+  <r>
+    <s v="CD435"/>
+    <s v="Private Dwellings in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="06"/>
+    <s v="Peat (incl. turf)"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="11545"/>
+  </r>
+  <r>
+    <s v="CD435"/>
+    <s v="Private Dwellings in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="06"/>
+    <s v="Peat (incl. turf)"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="31053"/>
+  </r>
+  <r>
+    <s v="CD435"/>
+    <s v="Private Dwellings in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="07"/>
+    <s v="Liquid Petroleum Gas (LPG)"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4719"/>
+  </r>
+  <r>
+    <s v="CD435"/>
+    <s v="Private Dwellings in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="07"/>
+    <s v="Liquid Petroleum Gas (LPG)"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="12654"/>
+  </r>
+  <r>
+    <s v="CD435"/>
+    <s v="Private Dwellings in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="08"/>
+    <s v="Wood (incl. wood pellets)"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3491"/>
+  </r>
+  <r>
+    <s v="CD435"/>
+    <s v="Private Dwellings in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="08"/>
+    <s v="Wood (incl. wood pellets)"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="9653"/>
+  </r>
+  <r>
+    <s v="CD435"/>
+    <s v="Private Dwellings in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="09"/>
+    <s v="Other fuels"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2894"/>
+  </r>
+  <r>
+    <s v="CD435"/>
+    <s v="Private Dwellings in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="09"/>
+    <s v="Other fuels"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="7174"/>
+  </r>
+  <r>
+    <s v="CD435"/>
+    <s v="Private Dwellings in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="10"/>
+    <s v="All types of fuel"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1018787"/>
+  </r>
+  <r>
+    <s v="CD435"/>
+    <s v="Private Dwellings in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="10"/>
+    <s v="All types of fuel"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2705652"/>
+  </r>
+  <r>
+    <s v="CD435"/>
+    <s v="Private Dwellings in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="99"/>
+    <s v="Not stated"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="16527"/>
+  </r>
+  <r>
+    <s v="CD435"/>
+    <s v="Private Dwellings in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="99"/>
+    <s v="Not stated"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="39147"/>
+  </r>
+  <r>
+    <s v="CD435"/>
+    <s v="Private Dwellings in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="599335"/>
+  </r>
+  <r>
+    <s v="CD435"/>
+    <s v="Private Dwellings in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1726680"/>
+  </r>
+  <r>
+    <s v="CD435"/>
+    <s v="Private Dwellings in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="01"/>
+    <s v="No central heating"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="12193"/>
+  </r>
+  <r>
+    <s v="CD435"/>
+    <s v="Private Dwellings in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="01"/>
+    <s v="No central heating"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="24662"/>
+  </r>
+  <r>
+    <s v="CD435"/>
+    <s v="Private Dwellings in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="02"/>
+    <s v="Oil"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="412013"/>
+  </r>
+  <r>
+    <s v="CD435"/>
+    <s v="Private Dwellings in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="02"/>
+    <s v="Oil"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1215054"/>
+  </r>
+  <r>
+    <s v="CD435"/>
+    <s v="Private Dwellings in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="03"/>
+    <s v="Natural Gas"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="13012"/>
+  </r>
+  <r>
+    <s v="CD435"/>
+    <s v="Private Dwellings in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="03"/>
+    <s v="Natural Gas"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="37437"/>
+  </r>
+  <r>
+    <s v="CD435"/>
+    <s v="Private Dwellings in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="04"/>
+    <s v="Electricity"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="18064"/>
+  </r>
+  <r>
+    <s v="CD435"/>
+    <s v="Private Dwellings in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="04"/>
+    <s v="Electricity"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="40983"/>
+  </r>
+  <r>
+    <s v="CD435"/>
+    <s v="Private Dwellings in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="05"/>
+    <s v="Coal (incl. anthracite)"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="41882"/>
+  </r>
+  <r>
+    <s v="CD435"/>
+    <s v="Private Dwellings in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="05"/>
+    <s v="Coal (incl. anthracite)"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="112510"/>
+  </r>
+  <r>
+    <s v="CD435"/>
+    <s v="Private Dwellings in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="06"/>
+    <s v="Peat (incl. turf)"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="67093"/>
+  </r>
+  <r>
+    <s v="CD435"/>
+    <s v="Private Dwellings in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="06"/>
+    <s v="Peat (incl. turf)"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="193004"/>
+  </r>
+  <r>
+    <s v="CD435"/>
+    <s v="Private Dwellings in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="07"/>
+    <s v="Liquid Petroleum Gas (LPG)"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5733"/>
+  </r>
+  <r>
+    <s v="CD435"/>
+    <s v="Private Dwellings in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="07"/>
+    <s v="Liquid Petroleum Gas (LPG)"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="16186"/>
+  </r>
+  <r>
+    <s v="CD435"/>
+    <s v="Private Dwellings in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="08"/>
+    <s v="Wood (incl. wood pellets)"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="17904"/>
+  </r>
+  <r>
+    <s v="CD435"/>
+    <s v="Private Dwellings in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="08"/>
+    <s v="Wood (incl. wood pellets)"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="53096"/>
+  </r>
+  <r>
+    <s v="CD435"/>
+    <s v="Private Dwellings in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="09"/>
+    <s v="Other fuels"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5630"/>
+  </r>
+  <r>
+    <s v="CD435"/>
+    <s v="Private Dwellings in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="09"/>
+    <s v="Other fuels"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="18392"/>
+  </r>
+  <r>
+    <s v="CD435"/>
+    <s v="Private Dwellings in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="10"/>
+    <s v="All types of fuel"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="581331"/>
+  </r>
+  <r>
+    <s v="CD435"/>
+    <s v="Private Dwellings in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="10"/>
+    <s v="All types of fuel"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1686662"/>
+  </r>
+  <r>
+    <s v="CD435"/>
+    <s v="Private Dwellings in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="99"/>
+    <s v="Not stated"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5811"/>
+  </r>
+  <r>
+    <s v="CD435"/>
+    <s v="Private Dwellings in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="99"/>
+    <s v="Not stated"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="15356"/>
+  </r>
+  <r>
+    <s v="CD435"/>
+    <s v="Private Dwellings in Permanent Housing Units"/>
+    <s v="12"/>
+    <s v="Detached house"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="699869"/>
+  </r>
+  <r>
+    <s v="CD435"/>
+    <s v="Private Dwellings in Permanent Housing Units"/>
+    <s v="12"/>
+    <s v="Detached house"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2080563"/>
+  </r>
+  <r>
+    <s v="CD435"/>
+    <s v="Private Dwellings in Permanent Housing Units"/>
+    <s v="12"/>
+    <s v="Detached house"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="01"/>
+    <s v="No central heating"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="11268"/>
+  </r>
+  <r>
+    <s v="CD435"/>
+    <s v="Private Dwellings in Permanent Housing Units"/>
+    <s v="12"/>
+    <s v="Detached house"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="01"/>
+    <s v="No central heating"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="22838"/>
+  </r>
+  <r>
+    <s v="CD435"/>
+    <s v="Private Dwellings in Permanent Housing Units"/>
+    <s v="12"/>
+    <s v="Detached house"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="02"/>
+    <s v="Oil"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="460525"/>
+  </r>
+  <r>
+    <s v="CD435"/>
+    <s v="Private Dwellings in Permanent Housing Units"/>
+    <s v="12"/>
+    <s v="Detached house"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="02"/>
+    <s v="Oil"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1375424"/>
+  </r>
+  <r>
+    <s v="CD435"/>
+    <s v="Private Dwellings in Permanent Housing Units"/>
+    <s v="12"/>
+    <s v="Detached house"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="03"/>
+    <s v="Natural Gas"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="81715"/>
+  </r>
+  <r>
+    <s v="CD435"/>
+    <s v="Private Dwellings in Permanent Housing Units"/>
+    <s v="12"/>
+    <s v="Detached house"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="03"/>
+    <s v="Natural Gas"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="264576"/>
+  </r>
+  <r>
+    <s v="CD435"/>
+    <s v="Private Dwellings in Permanent Housing Units"/>
+    <s v="12"/>
+    <s v="Detached house"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="04"/>
+    <s v="Electricity"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="16801"/>
+  </r>
+  <r>
+    <s v="CD435"/>
+    <s v="Private Dwellings in Permanent Housing Units"/>
+    <s v="12"/>
+    <s v="Detached house"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="04"/>
+    <s v="Electricity"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="43220"/>
+  </r>
+  <r>
+    <s v="CD435"/>
+    <s v="Private Dwellings in Permanent Housing Units"/>
+    <s v="12"/>
+    <s v="Detached house"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="05"/>
+    <s v="Coal (incl. anthracite)"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="34388"/>
+  </r>
+  <r>
+    <s v="CD435"/>
+    <s v="Private Dwellings in Permanent Housing Units"/>
+    <s v="12"/>
+    <s v="Detached house"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="05"/>
+    <s v="Coal (incl. anthracite)"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="93299"/>
+  </r>
+  <r>
+    <s v="CD435"/>
+    <s v="Private Dwellings in Permanent Housing Units"/>
+    <s v="12"/>
+    <s v="Detached house"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="06"/>
+    <s v="Peat (incl. turf)"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="62413"/>
+  </r>
+  <r>
+    <s v="CD435"/>
+    <s v="Private Dwellings in Permanent Housing Units"/>
+    <s v="12"/>
+    <s v="Detached house"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="06"/>
+    <s v="Peat (incl. turf)"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="181202"/>
+  </r>
+  <r>
+    <s v="CD435"/>
+    <s v="Private Dwellings in Permanent Housing Units"/>
+    <s v="12"/>
+    <s v="Detached house"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="07"/>
+    <s v="Liquid Petroleum Gas (LPG)"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="6480"/>
+  </r>
+  <r>
+    <s v="CD435"/>
+    <s v="Private Dwellings in Permanent Housing Units"/>
+    <s v="12"/>
+    <s v="Detached house"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="07"/>
+    <s v="Liquid Petroleum Gas (LPG)"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="18995"/>
+  </r>
+  <r>
+    <s v="CD435"/>
+    <s v="Private Dwellings in Permanent Housing Units"/>
+    <s v="12"/>
+    <s v="Detached house"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="08"/>
+    <s v="Wood (incl. wood pellets)"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="17399"/>
+  </r>
+  <r>
+    <s v="CD435"/>
+    <s v="Private Dwellings in Permanent Housing Units"/>
+    <s v="12"/>
+    <s v="Detached house"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="08"/>
+    <s v="Wood (incl. wood pellets)"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="52466"/>
+  </r>
+  <r>
+    <s v="CD435"/>
+    <s v="Private Dwellings in Permanent Housing Units"/>
+    <s v="12"/>
+    <s v="Detached house"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="09"/>
+    <s v="Other fuels"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5775"/>
+  </r>
+  <r>
+    <s v="CD435"/>
+    <s v="Private Dwellings in Permanent Housing Units"/>
+    <s v="12"/>
+    <s v="Detached house"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="09"/>
+    <s v="Other fuels"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="19488"/>
+  </r>
+  <r>
+    <s v="CD435"/>
+    <s v="Private Dwellings in Permanent Housing Units"/>
+    <s v="12"/>
+    <s v="Detached house"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="10"/>
+    <s v="All types of fuel"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="685496"/>
+  </r>
+  <r>
+    <s v="CD435"/>
+    <s v="Private Dwellings in Permanent Housing Units"/>
+    <s v="12"/>
+    <s v="Detached house"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="10"/>
+    <s v="All types of fuel"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2048670"/>
+  </r>
+  <r>
+    <s v="CD435"/>
+    <s v="Private Dwellings in Permanent Housing Units"/>
+    <s v="12"/>
+    <s v="Detached house"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="99"/>
+    <s v="Not stated"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3105"/>
+  </r>
+  <r>
+    <s v="CD435"/>
+    <s v="Private Dwellings in Permanent Housing Units"/>
+    <s v="12"/>
+    <s v="Detached house"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="99"/>
+    <s v="Not stated"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="9055"/>
+  </r>
+  <r>
+    <s v="CD435"/>
+    <s v="Private Dwellings in Permanent Housing Units"/>
+    <s v="12"/>
+    <s v="Detached house"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="204443"/>
+  </r>
+  <r>
+    <s v="CD435"/>
+    <s v="Private Dwellings in Permanent Housing Units"/>
+    <s v="12"/>
+    <s v="Detached house"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="609918"/>
+  </r>
+  <r>
+    <s v="CD435"/>
+    <s v="Private Dwellings in Permanent Housing Units"/>
+    <s v="12"/>
+    <s v="Detached house"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="01"/>
+    <s v="No central heating"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1509"/>
+  </r>
+  <r>
+    <s v="CD435"/>
+    <s v="Private Dwellings in Permanent Housing Units"/>
+    <s v="12"/>
+    <s v="Detached house"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="01"/>
+    <s v="No central heating"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3262"/>
+  </r>
+  <r>
+    <s v="CD435"/>
+    <s v="Private Dwellings in Permanent Housing Units"/>
+    <s v="12"/>
+    <s v="Detached house"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="02"/>
+    <s v="Oil"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="107227"/>
+  </r>
+  <r>
+    <s v="CD435"/>
+    <s v="Private Dwellings in Permanent Housing Units"/>
+    <s v="12"/>
+    <s v="Detached house"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="02"/>
+    <s v="Oil"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="307042"/>
+  </r>
+  <r>
+    <s v="CD435"/>
+    <s v="Private Dwellings in Permanent Housing Units"/>
+    <s v="12"/>
+    <s v="Detached house"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="03"/>
+    <s v="Natural Gas"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="75413"/>
+  </r>
+  <r>
+    <s v="CD435"/>
+    <s v="Private Dwellings in Permanent Housing Units"/>
+    <s v="12"/>
+    <s v="Detached house"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="03"/>
+    <s v="Natural Gas"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="244116"/>
+  </r>
+  <r>
+    <s v="CD435"/>
+    <s v="Private Dwellings in Permanent Housing Units"/>
+    <s v="12"/>
+    <s v="Detached house"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="04"/>
+    <s v="Electricity"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="6517"/>
+  </r>
+  <r>
+    <s v="CD435"/>
+    <s v="Private Dwellings in Permanent Housing Units"/>
+    <s v="12"/>
+    <s v="Detached house"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="04"/>
+    <s v="Electricity"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="15872"/>
+  </r>
+  <r>
+    <s v="CD435"/>
+    <s v="Private Dwellings in Permanent Housing Units"/>
+    <s v="12"/>
+    <s v="Detached house"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="05"/>
+    <s v="Coal (incl. anthracite)"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5614"/>
+  </r>
+  <r>
+    <s v="CD435"/>
+    <s v="Private Dwellings in Permanent Housing Units"/>
+    <s v="12"/>
+    <s v="Detached house"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="05"/>
+    <s v="Coal (incl. anthracite)"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="15420"/>
+  </r>
+  <r>
+    <s v="CD435"/>
+    <s v="Private Dwellings in Permanent Housing Units"/>
+    <s v="12"/>
+    <s v="Detached house"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="06"/>
+    <s v="Peat (incl. turf)"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3320"/>
+  </r>
+  <r>
+    <s v="CD435"/>
+    <s v="Private Dwellings in Permanent Housing Units"/>
+    <s v="12"/>
+    <s v="Detached house"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="06"/>
+    <s v="Peat (incl. turf)"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="9415"/>
+  </r>
+  <r>
+    <s v="CD435"/>
+    <s v="Private Dwellings in Permanent Housing Units"/>
+    <s v="12"/>
+    <s v="Detached house"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="07"/>
+    <s v="Liquid Petroleum Gas (LPG)"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1869"/>
+  </r>
+  <r>
+    <s v="CD435"/>
+    <s v="Private Dwellings in Permanent Housing Units"/>
+    <s v="12"/>
+    <s v="Detached house"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="07"/>
+    <s v="Liquid Petroleum Gas (LPG)"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5417"/>
+  </r>
+  <r>
+    <s v="CD435"/>
+    <s v="Private Dwellings in Permanent Housing Units"/>
+    <s v="12"/>
+    <s v="Detached house"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="08"/>
+    <s v="Wood (incl. wood pellets)"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1335"/>
+  </r>
+  <r>
+    <s v="CD435"/>
+    <s v="Private Dwellings in Permanent Housing Units"/>
+    <s v="12"/>
+    <s v="Detached house"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="08"/>
+    <s v="Wood (incl. wood pellets)"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4168"/>
+  </r>
+  <r>
+    <s v="CD435"/>
+    <s v="Private Dwellings in Permanent Housing Units"/>
+    <s v="12"/>
+    <s v="Detached house"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="09"/>
+    <s v="Other fuels"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="698"/>
+  </r>
+  <r>
+    <s v="CD435"/>
+    <s v="Private Dwellings in Permanent Housing Units"/>
+    <s v="12"/>
+    <s v="Detached house"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="09"/>
+    <s v="Other fuels"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2419"/>
+  </r>
+  <r>
+    <s v="CD435"/>
+    <s v="Private Dwellings in Permanent Housing Units"/>
+    <s v="12"/>
+    <s v="Detached house"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="10"/>
+    <s v="All types of fuel"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="201993"/>
+  </r>
+  <r>
+    <s v="CD435"/>
+    <s v="Private Dwellings in Permanent Housing Units"/>
+    <s v="12"/>
+    <s v="Detached house"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="10"/>
+    <s v="All types of fuel"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="603869"/>
+  </r>
+  <r>
+    <s v="CD435"/>
+    <s v="Private Dwellings in Permanent Housing Units"/>
+    <s v="12"/>
+    <s v="Detached house"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="99"/>
+    <s v="Not stated"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="941"/>
+  </r>
+  <r>
+    <s v="CD435"/>
+    <s v="Private Dwellings in Permanent Housing Units"/>
+    <s v="12"/>
+    <s v="Detached house"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="99"/>
+    <s v="Not stated"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2787"/>
+  </r>
+  <r>
+    <s v="CD435"/>
+    <s v="Private Dwellings in Permanent Housing Units"/>
+    <s v="12"/>
+    <s v="Detached house"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="495426"/>
+  </r>
+  <r>
+    <s v="CD435"/>
+    <s v="Private Dwellings in Permanent Housing Units"/>
+    <s v="12"/>
+    <s v="Detached house"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1470645"/>
+  </r>
+  <r>
+    <s v="CD435"/>
+    <s v="Private Dwellings in Permanent Housing Units"/>
+    <s v="12"/>
+    <s v="Detached house"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="01"/>
+    <s v="No central heating"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="9759"/>
+  </r>
+  <r>
+    <s v="CD435"/>
+    <s v="Private Dwellings in Permanent Housing Units"/>
+    <s v="12"/>
+    <s v="Detached house"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="01"/>
+    <s v="No central heating"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="19576"/>
+  </r>
+  <r>
+    <s v="CD435"/>
+    <s v="Private Dwellings in Permanent Housing Units"/>
+    <s v="12"/>
+    <s v="Detached house"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="02"/>
+    <s v="Oil"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="353298"/>
+  </r>
+  <r>
+    <s v="CD435"/>
+    <s v="Private Dwellings in Permanent Housing Units"/>
+    <s v="12"/>
+    <s v="Detached house"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="02"/>
+    <s v="Oil"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1068382"/>
+  </r>
+  <r>
+    <s v="CD435"/>
+    <s v="Private Dwellings in Permanent Housing Units"/>
+    <s v="12"/>
+    <s v="Detached house"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="03"/>
+    <s v="Natural Gas"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="6302"/>
+  </r>
+  <r>
+    <s v="CD435"/>
+    <s v="Private Dwellings in Permanent Housing Units"/>
+    <s v="12"/>
+    <s v="Detached house"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="03"/>
+    <s v="Natural Gas"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="20460"/>
+  </r>
+  <r>
+    <s v="CD435"/>
+    <s v="Private Dwellings in Permanent Housing Units"/>
+    <s v="12"/>
+    <s v="Detached house"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="04"/>
+    <s v="Electricity"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="10284"/>
+  </r>
+  <r>
+    <s v="CD435"/>
+    <s v="Private Dwellings in Permanent Housing Units"/>
+    <s v="12"/>
+    <s v="Detached house"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="04"/>
+    <s v="Electricity"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="27348"/>
+  </r>
+  <r>
+    <s v="CD435"/>
+    <s v="Private Dwellings in Permanent Housing Units"/>
+    <s v="12"/>
+    <s v="Detached house"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="05"/>
+    <s v="Coal (incl. anthracite)"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="28774"/>
+  </r>
+  <r>
+    <s v="CD435"/>
+    <s v="Private Dwellings in Permanent Housing Units"/>
+    <s v="12"/>
+    <s v="Detached house"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="05"/>
+    <s v="Coal (incl. anthracite)"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="77879"/>
+  </r>
+  <r>
+    <s v="CD435"/>
+    <s v="Private Dwellings in Permanent Housing Units"/>
+    <s v="12"/>
+    <s v="Detached house"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="06"/>
+    <s v="Peat (incl. turf)"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="59093"/>
+  </r>
+  <r>
+    <s v="CD435"/>
+    <s v="Private Dwellings in Permanent Housing Units"/>
+    <s v="12"/>
+    <s v="Detached house"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="06"/>
+    <s v="Peat (incl. turf)"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="171787"/>
+  </r>
+  <r>
+    <s v="CD435"/>
+    <s v="Private Dwellings in Permanent Housing Units"/>
+    <s v="12"/>
+    <s v="Detached house"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="07"/>
+    <s v="Liquid Petroleum Gas (LPG)"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4611"/>
+  </r>
+  <r>
+    <s v="CD435"/>
+    <s v="Private Dwellings in Permanent Housing Units"/>
+    <s v="12"/>
+    <s v="Detached house"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="07"/>
+    <s v="Liquid Petroleum Gas (LPG)"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="13578"/>
+  </r>
+  <r>
+    <s v="CD435"/>
+    <s v="Private Dwellings in Permanent Housing Units"/>
+    <s v="12"/>
+    <s v="Detached house"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="08"/>
+    <s v="Wood (incl. wood pellets)"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="16064"/>
+  </r>
+  <r>
+    <s v="CD435"/>
+    <s v="Private Dwellings in Permanent Housing Units"/>
+    <s v="12"/>
+    <s v="Detached house"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="08"/>
+    <s v="Wood (incl. wood pellets)"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="48298"/>
+  </r>
+  <r>
+    <s v="CD435"/>
+    <s v="Private Dwellings in Permanent Housing Units"/>
+    <s v="12"/>
+    <s v="Detached house"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="09"/>
+    <s v="Other fuels"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5077"/>
+  </r>
+  <r>
+    <s v="CD435"/>
+    <s v="Private Dwellings in Permanent Housing Units"/>
+    <s v="12"/>
+    <s v="Detached house"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="09"/>
+    <s v="Other fuels"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="17069"/>
+  </r>
+  <r>
+    <s v="CD435"/>
+    <s v="Private Dwellings in Permanent Housing Units"/>
+    <s v="12"/>
+    <s v="Detached house"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="10"/>
+    <s v="All types of fuel"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="483503"/>
+  </r>
+  <r>
+    <s v="CD435"/>
+    <s v="Private Dwellings in Permanent Housing Units"/>
+    <s v="12"/>
+    <s v="Detached house"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="10"/>
+    <s v="All types of fuel"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1444801"/>
+  </r>
+  <r>
+    <s v="CD435"/>
+    <s v="Private Dwellings in Permanent Housing Units"/>
+    <s v="12"/>
+    <s v="Detached house"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="99"/>
+    <s v="Not stated"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2164"/>
+  </r>
+  <r>
+    <s v="CD435"/>
+    <s v="Private Dwellings in Permanent Housing Units"/>
+    <s v="12"/>
+    <s v="Detached house"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="99"/>
+    <s v="Not stated"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="6268"/>
+  </r>
+  <r>
+    <s v="CD435"/>
+    <s v="Private Dwellings in Permanent Housing Units"/>
+    <s v="13"/>
+    <s v="Semi- detached house"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="456651"/>
+  </r>
+  <r>
+    <s v="CD435"/>
+    <s v="Private Dwellings in Permanent Housing Units"/>
+    <s v="13"/>
+    <s v="Semi- detached house"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1289109"/>
+  </r>
+  <r>
+    <s v="CD435"/>
+    <s v="Private Dwellings in Permanent Housing Units"/>
+    <s v="13"/>
+    <s v="Semi- detached house"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="01"/>
+    <s v="No central heating"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4287"/>
+  </r>
+  <r>
+    <s v="CD435"/>
+    <s v="Private Dwellings in Permanent Housing Units"/>
+    <s v="13"/>
+    <s v="Semi- detached house"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="01"/>
+    <s v="No central heating"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="9369"/>
+  </r>
+  <r>
+    <s v="CD435"/>
+    <s v="Private Dwellings in Permanent Housing Units"/>
+    <s v="13"/>
+    <s v="Semi- detached house"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="02"/>
+    <s v="Oil"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="171555"/>
+  </r>
+  <r>
+    <s v="CD435"/>
+    <s v="Private Dwellings in Permanent Housing Units"/>
+    <s v="13"/>
+    <s v="Semi- detached house"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="02"/>
+    <s v="Oil"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="457628"/>
+  </r>
+  <r>
+    <s v="CD435"/>
+    <s v="Private Dwellings in Permanent Housing Units"/>
+    <s v="13"/>
+    <s v="Semi- detached house"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="03"/>
+    <s v="Natural Gas"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="226249"/>
+  </r>
+  <r>
+    <s v="CD435"/>
+    <s v="Private Dwellings in Permanent Housing Units"/>
+    <s v="13"/>
+    <s v="Semi- detached house"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="03"/>
+    <s v="Natural Gas"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="679102"/>
+  </r>
+  <r>
+    <s v="CD435"/>
+    <s v="Private Dwellings in Permanent Housing Units"/>
+    <s v="13"/>
+    <s v="Semi- detached house"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="04"/>
+    <s v="Electricity"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="15022"/>
+  </r>
+  <r>
+    <s v="CD435"/>
+    <s v="Private Dwellings in Permanent Housing Units"/>
+    <s v="13"/>
+    <s v="Semi- detached house"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="04"/>
+    <s v="Electricity"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="34102"/>
+  </r>
+  <r>
+    <s v="CD435"/>
+    <s v="Private Dwellings in Permanent Housing Units"/>
+    <s v="13"/>
+    <s v="Semi- detached house"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="05"/>
+    <s v="Coal (incl. anthracite)"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="22383"/>
+  </r>
+  <r>
+    <s v="CD435"/>
+    <s v="Private Dwellings in Permanent Housing Units"/>
+    <s v="13"/>
+    <s v="Semi- detached house"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="05"/>
+    <s v="Coal (incl. anthracite)"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="61838"/>
+  </r>
+  <r>
+    <s v="CD435"/>
+    <s v="Private Dwellings in Permanent Housing Units"/>
+    <s v="13"/>
+    <s v="Semi- detached house"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="06"/>
+    <s v="Peat (incl. turf)"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="9782"/>
+  </r>
+  <r>
+    <s v="CD435"/>
+    <s v="Private Dwellings in Permanent Housing Units"/>
+    <s v="13"/>
+    <s v="Semi- detached house"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="06"/>
+    <s v="Peat (incl. turf)"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="26847"/>
+  </r>
+  <r>
+    <s v="CD435"/>
+    <s v="Private Dwellings in Permanent Housing Units"/>
+    <s v="13"/>
+    <s v="Semi- detached house"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="07"/>
+    <s v="Liquid Petroleum Gas (LPG)"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2163"/>
+  </r>
+  <r>
+    <s v="CD435"/>
+    <s v="Private Dwellings in Permanent Housing Units"/>
+    <s v="13"/>
+    <s v="Semi- detached house"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="07"/>
+    <s v="Liquid Petroleum Gas (LPG)"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5821"/>
+  </r>
+  <r>
+    <s v="CD435"/>
+    <s v="Private Dwellings in Permanent Housing Units"/>
+    <s v="13"/>
+    <s v="Semi- detached house"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="08"/>
+    <s v="Wood (incl. wood pellets)"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2248"/>
+  </r>
+  <r>
+    <s v="CD435"/>
+    <s v="Private Dwellings in Permanent Housing Units"/>
+    <s v="13"/>
+    <s v="Semi- detached house"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="08"/>
+    <s v="Wood (incl. wood pellets)"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="6267"/>
+  </r>
+  <r>
+    <s v="CD435"/>
+    <s v="Private Dwellings in Permanent Housing Units"/>
+    <s v="13"/>
+    <s v="Semi- detached house"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="09"/>
+    <s v="Other fuels"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="925"/>
+  </r>
+  <r>
+    <s v="CD435"/>
+    <s v="Private Dwellings in Permanent Housing Units"/>
+    <s v="13"/>
+    <s v="Semi- detached house"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="09"/>
+    <s v="Other fuels"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2399"/>
+  </r>
+  <r>
+    <s v="CD435"/>
+    <s v="Private Dwellings in Permanent Housing Units"/>
+    <s v="13"/>
+    <s v="Semi- detached house"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="10"/>
+    <s v="All types of fuel"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="450327"/>
+  </r>
+  <r>
+    <s v="CD435"/>
+    <s v="Private Dwellings in Permanent Housing Units"/>
+    <s v="13"/>
+    <s v="Semi- detached house"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="10"/>
+    <s v="All types of fuel"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1274004"/>
+  </r>
+  <r>
+    <s v="CD435"/>
+    <s v="Private Dwellings in Permanent Housing Units"/>
+    <s v="13"/>
+    <s v="Semi- detached house"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="99"/>
+    <s v="Not stated"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2037"/>
+  </r>
+  <r>
+    <s v="CD435"/>
+    <s v="Private Dwellings in Permanent Housing Units"/>
+    <s v="13"/>
+    <s v="Semi- detached house"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="99"/>
+    <s v="Not stated"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5736"/>
+  </r>
+  <r>
+    <s v="CD435"/>
+    <s v="Private Dwellings in Permanent Housing Units"/>
+    <s v="13"/>
+    <s v="Semi- detached house"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="393143"/>
+  </r>
+  <r>
+    <s v="CD435"/>
+    <s v="Private Dwellings in Permanent Housing Units"/>
+    <s v="13"/>
+    <s v="Semi- detached house"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1125257"/>
+  </r>
+  <r>
+    <s v="CD435"/>
+    <s v="Private Dwellings in Permanent Housing Units"/>
+    <s v="13"/>
+    <s v="Semi- detached house"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="01"/>
+    <s v="No central heating"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3061"/>
+  </r>
+  <r>
+    <s v="CD435"/>
+    <s v="Private Dwellings in Permanent Housing Units"/>
+    <s v="13"/>
+    <s v="Semi- detached house"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="01"/>
+    <s v="No central heating"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="6737"/>
+  </r>
+  <r>
+    <s v="CD435"/>
+    <s v="Private Dwellings in Permanent Housing Units"/>
+    <s v="13"/>
+    <s v="Semi- detached house"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="02"/>
+    <s v="Oil"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="131355"/>
+  </r>
+  <r>
+    <s v="CD435"/>
+    <s v="Private Dwellings in Permanent Housing Units"/>
+    <s v="13"/>
+    <s v="Semi- detached house"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="02"/>
+    <s v="Oil"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="354093"/>
+  </r>
+  <r>
+    <s v="CD435"/>
+    <s v="Private Dwellings in Permanent Housing Units"/>
+    <s v="13"/>
+    <s v="Semi- detached house"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="03"/>
+    <s v="Natural Gas"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="222535"/>
+  </r>
+  <r>
+    <s v="CD435"/>
+    <s v="Private Dwellings in Permanent Housing Units"/>
+    <s v="13"/>
+    <s v="Semi- detached house"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="03"/>
+    <s v="Natural Gas"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="668991"/>
+  </r>
+  <r>
+    <s v="CD435"/>
+    <s v="Private Dwellings in Permanent Housing Units"/>
+    <s v="13"/>
+    <s v="Semi- detached house"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="04"/>
+    <s v="Electricity"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="12619"/>
+  </r>
+  <r>
+    <s v="CD435"/>
+    <s v="Private Dwellings in Permanent Housing Units"/>
+    <s v="13"/>
+    <s v="Semi- detached house"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="04"/>
+    <s v="Electricity"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="29680"/>
+  </r>
+  <r>
+    <s v="CD435"/>
+    <s v="Private Dwellings in Permanent Housing Units"/>
+    <s v="13"/>
+    <s v="Semi- detached house"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="05"/>
+    <s v="Coal (incl. anthracite)"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="14059"/>
+  </r>
+  <r>
+    <s v="CD435"/>
+    <s v="Private Dwellings in Permanent Housing Units"/>
+    <s v="13"/>
+    <s v="Semi- detached house"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="05"/>
+    <s v="Coal (incl. anthracite)"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="39189"/>
+  </r>
+  <r>
+    <s v="CD435"/>
+    <s v="Private Dwellings in Permanent Housing Units"/>
+    <s v="13"/>
+    <s v="Semi- detached house"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="06"/>
+    <s v="Peat (incl. turf)"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4501"/>
+  </r>
+  <r>
+    <s v="CD435"/>
+    <s v="Private Dwellings in Permanent Housing Units"/>
+    <s v="13"/>
+    <s v="Semi- detached house"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="06"/>
+    <s v="Peat (incl. turf)"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="12565"/>
+  </r>
+  <r>
+    <s v="CD435"/>
+    <s v="Private Dwellings in Permanent Housing Units"/>
+    <s v="13"/>
+    <s v="Semi- detached house"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="07"/>
+    <s v="Liquid Petroleum Gas (LPG)"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1575"/>
+  </r>
+  <r>
+    <s v="CD435"/>
+    <s v="Private Dwellings in Permanent Housing Units"/>
+    <s v="13"/>
+    <s v="Semi- detached house"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="07"/>
+    <s v="Liquid Petroleum Gas (LPG)"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4352"/>
+  </r>
+  <r>
+    <s v="CD435"/>
+    <s v="Private Dwellings in Permanent Housing Units"/>
+    <s v="13"/>
+    <s v="Semi- detached house"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="08"/>
+    <s v="Wood (incl. wood pellets)"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1063"/>
+  </r>
+  <r>
+    <s v="CD435"/>
+    <s v="Private Dwellings in Permanent Housing Units"/>
+    <s v="13"/>
+    <s v="Semi- detached house"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="08"/>
+    <s v="Wood (incl. wood pellets)"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3030"/>
+  </r>
+  <r>
+    <s v="CD435"/>
+    <s v="Private Dwellings in Permanent Housing Units"/>
+    <s v="13"/>
+    <s v="Semi- detached house"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="09"/>
+    <s v="Other fuels"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="616"/>
+  </r>
+  <r>
+    <s v="CD435"/>
+    <s v="Private Dwellings in Permanent Housing Units"/>
+    <s v="13"/>
+    <s v="Semi- detached house"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="09"/>
+    <s v="Other fuels"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1611"/>
+  </r>
+  <r>
+    <s v="CD435"/>
+    <s v="Private Dwellings in Permanent Housing Units"/>
+    <s v="13"/>
+    <s v="Semi- detached house"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="10"/>
+    <s v="All types of fuel"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="388323"/>
+  </r>
+  <r>
+    <s v="CD435"/>
+    <s v="Private Dwellings in Permanent Housing Units"/>
+    <s v="13"/>
+    <s v="Semi- detached house"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="10"/>
+    <s v="All types of fuel"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1113511"/>
+  </r>
+  <r>
+    <s v="CD435"/>
+    <s v="Private Dwellings in Permanent Housing Units"/>
+    <s v="13"/>
+    <s v="Semi- detached house"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="99"/>
+    <s v="Not stated"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1759"/>
+  </r>
+  <r>
+    <s v="CD435"/>
+    <s v="Private Dwellings in Permanent Housing Units"/>
+    <s v="13"/>
+    <s v="Semi- detached house"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="99"/>
+    <s v="Not stated"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5009"/>
+  </r>
+  <r>
+    <s v="CD435"/>
+    <s v="Private Dwellings in Permanent Housing Units"/>
+    <s v="13"/>
+    <s v="Semi- detached house"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="63508"/>
+  </r>
+  <r>
+    <s v="CD435"/>
+    <s v="Private Dwellings in Permanent Housing Units"/>
+    <s v="13"/>
+    <s v="Semi- detached house"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="163852"/>
+  </r>
+  <r>
+    <s v="CD435"/>
+    <s v="Private Dwellings in Permanent Housing Units"/>
+    <s v="13"/>
+    <s v="Semi- detached house"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="01"/>
+    <s v="No central heating"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1226"/>
+  </r>
+  <r>
+    <s v="CD435"/>
+    <s v="Private Dwellings in Permanent Housing Units"/>
+    <s v="13"/>
+    <s v="Semi- detached house"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="01"/>
+    <s v="No central heating"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2632"/>
+  </r>
+  <r>
+    <s v="CD435"/>
+    <s v="Private Dwellings in Permanent Housing Units"/>
+    <s v="13"/>
+    <s v="Semi- detached house"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="02"/>
+    <s v="Oil"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="40200"/>
+  </r>
+  <r>
+    <s v="CD435"/>
+    <s v="Private Dwellings in Permanent Housing Units"/>
+    <s v="13"/>
+    <s v="Semi- detached house"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="02"/>
+    <s v="Oil"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="103535"/>
+  </r>
+  <r>
+    <s v="CD435"/>
+    <s v="Private Dwellings in Permanent Housing Units"/>
+    <s v="13"/>
+    <s v="Semi- detached house"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="03"/>
+    <s v="Natural Gas"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3714"/>
+  </r>
+  <r>
+    <s v="CD435"/>
+    <s v="Private Dwellings in Permanent Housing Units"/>
+    <s v="13"/>
+    <s v="Semi- detached house"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="03"/>
+    <s v="Natural Gas"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="10111"/>
+  </r>
+  <r>
+    <s v="CD435"/>
+    <s v="Private Dwellings in Permanent Housing Units"/>
+    <s v="13"/>
+    <s v="Semi- detached house"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="04"/>
+    <s v="Electricity"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2403"/>
+  </r>
+  <r>
+    <s v="CD435"/>
+    <s v="Private Dwellings in Permanent Housing Units"/>
+    <s v="13"/>
+    <s v="Semi- detached house"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="04"/>
+    <s v="Electricity"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4422"/>
+  </r>
+  <r>
+    <s v="CD435"/>
+    <s v="Private Dwellings in Permanent Housing Units"/>
+    <s v="13"/>
+    <s v="Semi- detached house"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="05"/>
+    <s v="Coal (incl. anthracite)"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="8324"/>
+  </r>
+  <r>
+    <s v="CD435"/>
+    <s v="Private Dwellings in Permanent Housing Units"/>
+    <s v="13"/>
+    <s v="Semi- detached house"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="05"/>
+    <s v="Coal (incl. anthracite)"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="22649"/>
+  </r>
+  <r>
+    <s v="CD435"/>
+    <s v="Private Dwellings in Permanent Housing Units"/>
+    <s v="13"/>
+    <s v="Semi- detached house"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="06"/>
+    <s v="Peat (incl. turf)"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5281"/>
+  </r>
+  <r>
+    <s v="CD435"/>
+    <s v="Private Dwellings in Permanent Housing Units"/>
+    <s v="13"/>
+    <s v="Semi- detached house"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="06"/>
+    <s v="Peat (incl. turf)"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="14282"/>
+  </r>
+  <r>
+    <s v="CD435"/>
+    <s v="Private Dwellings in Permanent Housing Units"/>
+    <s v="13"/>
+    <s v="Semi- detached house"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="07"/>
+    <s v="Liquid Petroleum Gas (LPG)"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="588"/>
+  </r>
+  <r>
+    <s v="CD435"/>
+    <s v="Private Dwellings in Permanent Housing Units"/>
+    <s v="13"/>
+    <s v="Semi- detached house"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="07"/>
+    <s v="Liquid Petroleum Gas (LPG)"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1469"/>
+  </r>
+  <r>
+    <s v="CD435"/>
+    <s v="Private Dwellings in Permanent Housing Units"/>
+    <s v="13"/>
+    <s v="Semi- detached house"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="08"/>
+    <s v="Wood (incl. wood pellets)"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1185"/>
+  </r>
+  <r>
+    <s v="CD435"/>
+    <s v="Private Dwellings in Permanent Housing Units"/>
+    <s v="13"/>
+    <s v="Semi- detached house"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="08"/>
+    <s v="Wood (incl. wood pellets)"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3237"/>
+  </r>
+  <r>
+    <s v="CD435"/>
+    <s v="Private Dwellings in Permanent Housing Units"/>
+    <s v="13"/>
+    <s v="Semi- detached house"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="09"/>
+    <s v="Other fuels"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="309"/>
+  </r>
+  <r>
+    <s v="CD435"/>
+    <s v="Private Dwellings in Permanent Housing Units"/>
+    <s v="13"/>
+    <s v="Semi- detached house"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="09"/>
+    <s v="Other fuels"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="788"/>
+  </r>
+  <r>
+    <s v="CD435"/>
+    <s v="Private Dwellings in Permanent Housing Units"/>
+    <s v="13"/>
+    <s v="Semi- detached house"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="10"/>
+    <s v="All types of fuel"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="62004"/>
+  </r>
+  <r>
+    <s v="CD435"/>
+    <s v="Private Dwellings in Permanent Housing Units"/>
+    <s v="13"/>
+    <s v="Semi- detached house"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="10"/>
+    <s v="All types of fuel"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="160493"/>
+  </r>
+  <r>
+    <s v="CD435"/>
+    <s v="Private Dwellings in Permanent Housing Units"/>
+    <s v="13"/>
+    <s v="Semi- detached house"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="99"/>
+    <s v="Not stated"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="278"/>
+  </r>
+  <r>
+    <s v="CD435"/>
+    <s v="Private Dwellings in Permanent Housing Units"/>
+    <s v="13"/>
+    <s v="Semi- detached house"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="99"/>
+    <s v="Not stated"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="727"/>
+  </r>
+  <r>
+    <s v="CD435"/>
+    <s v="Private Dwellings in Permanent Housing Units"/>
+    <s v="14"/>
+    <s v="Terraced house"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="281825"/>
+  </r>
+  <r>
+    <s v="CD435"/>
+    <s v="Private Dwellings in Permanent Housing Units"/>
+    <s v="14"/>
+    <s v="Terraced house"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="709956"/>
+  </r>
+  <r>
+    <s v="CD435"/>
+    <s v="Private Dwellings in Permanent Housing Units"/>
+    <s v="14"/>
+    <s v="Terraced house"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="01"/>
+    <s v="No central heating"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="6843"/>
+  </r>
+  <r>
+    <s v="CD435"/>
+    <s v="Private Dwellings in Permanent Housing Units"/>
+    <s v="14"/>
+    <s v="Terraced house"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="01"/>
+    <s v="No central heating"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="13595"/>
+  </r>
+  <r>
+    <s v="CD435"/>
+    <s v="Private Dwellings in Permanent Housing Units"/>
+    <s v="14"/>
+    <s v="Terraced house"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="02"/>
+    <s v="Oil"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="64549"/>
+  </r>
+  <r>
+    <s v="CD435"/>
+    <s v="Private Dwellings in Permanent Housing Units"/>
+    <s v="14"/>
+    <s v="Terraced house"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="02"/>
+    <s v="Oil"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="156264"/>
+  </r>
+  <r>
+    <s v="CD435"/>
+    <s v="Private Dwellings in Permanent Housing Units"/>
+    <s v="14"/>
+    <s v="Terraced house"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="03"/>
+    <s v="Natural Gas"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="161453"/>
+  </r>
+  <r>
+    <s v="CD435"/>
+    <s v="Private Dwellings in Permanent Housing Units"/>
+    <s v="14"/>
+    <s v="Terraced house"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="03"/>
+    <s v="Natural Gas"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="427216"/>
+  </r>
+  <r>
+    <s v="CD435"/>
+    <s v="Private Dwellings in Permanent Housing Units"/>
+    <s v="14"/>
+    <s v="Terraced house"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="04"/>
+    <s v="Electricity"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="19922"/>
+  </r>
+  <r>
+    <s v="CD435"/>
+    <s v="Private Dwellings in Permanent Housing Units"/>
+    <s v="14"/>
+    <s v="Terraced house"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="04"/>
+    <s v="Electricity"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="39889"/>
+  </r>
+  <r>
+    <s v="CD435"/>
+    <s v="Private Dwellings in Permanent Housing Units"/>
+    <s v="14"/>
+    <s v="Terraced house"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="05"/>
+    <s v="Coal (incl. anthracite)"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="19672"/>
+  </r>
+  <r>
+    <s v="CD435"/>
+    <s v="Private Dwellings in Permanent Housing Units"/>
+    <s v="14"/>
+    <s v="Terraced house"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="05"/>
+    <s v="Coal (incl. anthracite)"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="49758"/>
+  </r>
+  <r>
+    <s v="CD435"/>
+    <s v="Private Dwellings in Permanent Housing Units"/>
+    <s v="14"/>
+    <s v="Terraced house"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="06"/>
+    <s v="Peat (incl. turf)"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5083"/>
+  </r>
+  <r>
+    <s v="CD435"/>
+    <s v="Private Dwellings in Permanent Housing Units"/>
+    <s v="14"/>
+    <s v="Terraced house"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="06"/>
+    <s v="Peat (incl. turf)"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="12840"/>
+  </r>
+  <r>
+    <s v="CD435"/>
+    <s v="Private Dwellings in Permanent Housing Units"/>
+    <s v="14"/>
+    <s v="Terraced house"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="07"/>
+    <s v="Liquid Petroleum Gas (LPG)"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1040"/>
+  </r>
+  <r>
+    <s v="CD435"/>
+    <s v="Private Dwellings in Permanent Housing Units"/>
+    <s v="14"/>
+    <s v="Terraced house"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="07"/>
+    <s v="Liquid Petroleum Gas (LPG)"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2505"/>
+  </r>
+  <r>
+    <s v="CD435"/>
+    <s v="Private Dwellings in Permanent Housing Units"/>
+    <s v="14"/>
+    <s v="Terraced house"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="08"/>
+    <s v="Wood (incl. wood pellets)"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1164"/>
+  </r>
+  <r>
+    <s v="CD435"/>
+    <s v="Private Dwellings in Permanent Housing Units"/>
+    <s v="14"/>
+    <s v="Terraced house"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="08"/>
+    <s v="Wood (incl. wood pellets)"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2909"/>
+  </r>
+  <r>
+    <s v="CD435"/>
+    <s v="Private Dwellings in Permanent Housing Units"/>
+    <s v="14"/>
+    <s v="Terraced house"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="09"/>
+    <s v="Other fuels"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="579"/>
+  </r>
+  <r>
+    <s v="CD435"/>
+    <s v="Private Dwellings in Permanent Housing Units"/>
+    <s v="14"/>
+    <s v="Terraced house"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="09"/>
+    <s v="Other fuels"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1329"/>
+  </r>
+  <r>
+    <s v="CD435"/>
+    <s v="Private Dwellings in Permanent Housing Units"/>
+    <s v="14"/>
+    <s v="Terraced house"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="10"/>
+    <s v="All types of fuel"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="273462"/>
+  </r>
+  <r>
+    <s v="CD435"/>
+    <s v="Private Dwellings in Permanent Housing Units"/>
+    <s v="14"/>
+    <s v="Terraced house"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="10"/>
+    <s v="All types of fuel"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="692710"/>
+  </r>
+  <r>
+    <s v="CD435"/>
+    <s v="Private Dwellings in Permanent Housing Units"/>
+    <s v="14"/>
+    <s v="Terraced house"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="99"/>
+    <s v="Not stated"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1520"/>
+  </r>
+  <r>
+    <s v="CD435"/>
+    <s v="Private Dwellings in Permanent Housing Units"/>
+    <s v="14"/>
+    <s v="Terraced house"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="99"/>
+    <s v="Not stated"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3651"/>
+  </r>
+  <r>
+    <s v="CD435"/>
+    <s v="Private Dwellings in Permanent Housing Units"/>
+    <s v="14"/>
+    <s v="Terraced house"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="257875"/>
+  </r>
+  <r>
+    <s v="CD435"/>
+    <s v="Private Dwellings in Permanent Housing Units"/>
+    <s v="14"/>
+    <s v="Terraced house"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="652564"/>
+  </r>
+  <r>
+    <s v="CD435"/>
+    <s v="Private Dwellings in Permanent Housing Units"/>
+    <s v="14"/>
+    <s v="Terraced house"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="01"/>
+    <s v="No central heating"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5998"/>
+  </r>
+  <r>
+    <s v="CD435"/>
+    <s v="Private Dwellings in Permanent Housing Units"/>
+    <s v="14"/>
+    <s v="Terraced house"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="01"/>
+    <s v="No central heating"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="11782"/>
+  </r>
+  <r>
+    <s v="CD435"/>
+    <s v="Private Dwellings in Permanent Housing Units"/>
+    <s v="14"/>
+    <s v="Terraced house"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="02"/>
+    <s v="Oil"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="51649"/>
+  </r>
+  <r>
+    <s v="CD435"/>
+    <s v="Private Dwellings in Permanent Housing Units"/>
+    <s v="14"/>
+    <s v="Terraced house"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="02"/>
+    <s v="Oil"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="125374"/>
+  </r>
+  <r>
+    <s v="CD435"/>
+    <s v="Private Dwellings in Permanent Housing Units"/>
+    <s v="14"/>
+    <s v="Terraced house"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="03"/>
+    <s v="Natural Gas"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="159559"/>
+  </r>
+  <r>
+    <s v="CD435"/>
+    <s v="Private Dwellings in Permanent Housing Units"/>
+    <s v="14"/>
+    <s v="Terraced house"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="03"/>
+    <s v="Natural Gas"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="422506"/>
+  </r>
+  <r>
+    <s v="CD435"/>
+    <s v="Private Dwellings in Permanent Housing Units"/>
+    <s v="14"/>
+    <s v="Terraced house"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="04"/>
+    <s v="Electricity"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="18145"/>
+  </r>
+  <r>
+    <s v="CD435"/>
+    <s v="Private Dwellings in Permanent Housing Units"/>
+    <s v="14"/>
+    <s v="Terraced house"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="04"/>
+    <s v="Electricity"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="36694"/>
+  </r>
+  <r>
+    <s v="CD435"/>
+    <s v="Private Dwellings in Permanent Housing Units"/>
+    <s v="14"/>
+    <s v="Terraced house"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="05"/>
+    <s v="Coal (incl. anthracite)"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="15799"/>
+  </r>
+  <r>
+    <s v="CD435"/>
+    <s v="Private Dwellings in Permanent Housing Units"/>
+    <s v="14"/>
+    <s v="Terraced house"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="05"/>
+    <s v="Coal (incl. anthracite)"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="39745"/>
+  </r>
+  <r>
+    <s v="CD435"/>
+    <s v="Private Dwellings in Permanent Housing Units"/>
+    <s v="14"/>
+    <s v="Terraced house"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="06"/>
+    <s v="Peat (incl. turf)"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3355"/>
+  </r>
+  <r>
+    <s v="CD435"/>
+    <s v="Private Dwellings in Permanent Housing Units"/>
+    <s v="14"/>
+    <s v="Terraced house"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="06"/>
+    <s v="Peat (incl. turf)"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="8336"/>
+  </r>
+  <r>
+    <s v="CD435"/>
+    <s v="Private Dwellings in Permanent Housing Units"/>
+    <s v="14"/>
+    <s v="Terraced house"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="07"/>
+    <s v="Liquid Petroleum Gas (LPG)"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="702"/>
+  </r>
+  <r>
+    <s v="CD435"/>
+    <s v="Private Dwellings in Permanent Housing Units"/>
+    <s v="14"/>
+    <s v="Terraced house"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="07"/>
+    <s v="Liquid Petroleum Gas (LPG)"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1723"/>
+  </r>
+  <r>
+    <s v="CD435"/>
+    <s v="Private Dwellings in Permanent Housing Units"/>
+    <s v="14"/>
+    <s v="Terraced house"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="08"/>
+    <s v="Wood (incl. wood pellets)"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="791"/>
+  </r>
+  <r>
+    <s v="CD435"/>
+    <s v="Private Dwellings in Permanent Housing Units"/>
+    <s v="14"/>
+    <s v="Terraced house"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="08"/>
+    <s v="Wood (incl. wood pellets)"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1929"/>
+  </r>
+  <r>
+    <s v="CD435"/>
+    <s v="Private Dwellings in Permanent Housing Units"/>
+    <s v="14"/>
+    <s v="Terraced house"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="09"/>
+    <s v="Other fuels"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="473"/>
+  </r>
+  <r>
+    <s v="CD435"/>
+    <s v="Private Dwellings in Permanent Housing Units"/>
+    <s v="14"/>
+    <s v="Terraced house"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="09"/>
+    <s v="Other fuels"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1084"/>
+  </r>
+  <r>
+    <s v="CD435"/>
+    <s v="Private Dwellings in Permanent Housing Units"/>
+    <s v="14"/>
+    <s v="Terraced house"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="10"/>
+    <s v="All types of fuel"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="250473"/>
+  </r>
+  <r>
+    <s v="CD435"/>
+    <s v="Private Dwellings in Permanent Housing Units"/>
+    <s v="14"/>
+    <s v="Terraced house"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="10"/>
+    <s v="All types of fuel"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="637391"/>
+  </r>
+  <r>
+    <s v="CD435"/>
+    <s v="Private Dwellings in Permanent Housing Units"/>
+    <s v="14"/>
+    <s v="Terraced house"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="99"/>
+    <s v="Not stated"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1404"/>
+  </r>
+  <r>
+    <s v="CD435"/>
+    <s v="Private Dwellings in Permanent Housing Units"/>
+    <s v="14"/>
+    <s v="Terraced house"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="99"/>
+    <s v="Not stated"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3391"/>
+  </r>
+  <r>
+    <s v="CD435"/>
+    <s v="Private Dwellings in Permanent Housing Units"/>
+    <s v="14"/>
+    <s v="Terraced house"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="23950"/>
+  </r>
+  <r>
+    <s v="CD435"/>
+    <s v="Private Dwellings in Permanent Housing Units"/>
+    <s v="14"/>
+    <s v="Terraced house"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="57392"/>
+  </r>
+  <r>
+    <s v="CD435"/>
+    <s v="Private Dwellings in Permanent Housing Units"/>
+    <s v="14"/>
+    <s v="Terraced house"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="01"/>
+    <s v="No central heating"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="845"/>
+  </r>
+  <r>
+    <s v="CD435"/>
+    <s v="Private Dwellings in Permanent Housing Units"/>
+    <s v="14"/>
+    <s v="Terraced house"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="01"/>
+    <s v="No central heating"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1813"/>
+  </r>
+  <r>
+    <s v="CD435"/>
+    <s v="Private Dwellings in Permanent Housing Units"/>
+    <s v="14"/>
+    <s v="Terraced house"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="02"/>
+    <s v="Oil"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="12900"/>
+  </r>
+  <r>
+    <s v="CD435"/>
+    <s v="Private Dwellings in Permanent Housing Units"/>
+    <s v="14"/>
+    <s v="Terraced house"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="02"/>
+    <s v="Oil"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="30890"/>
+  </r>
+  <r>
+    <s v="CD435"/>
+    <s v="Private Dwellings in Permanent Housing Units"/>
+    <s v="14"/>
+    <s v="Terraced house"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="03"/>
+    <s v="Natural Gas"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1894"/>
+  </r>
+  <r>
+    <s v="CD435"/>
+    <s v="Private Dwellings in Permanent Housing Units"/>
+    <s v="14"/>
+    <s v="Terraced house"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="03"/>
+    <s v="Natural Gas"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4710"/>
+  </r>
+  <r>
+    <s v="CD435"/>
+    <s v="Private Dwellings in Permanent Housing Units"/>
+    <s v="14"/>
+    <s v="Terraced house"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="04"/>
+    <s v="Electricity"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1777"/>
+  </r>
+  <r>
+    <s v="CD435"/>
+    <s v="Private Dwellings in Permanent Housing Units"/>
+    <s v="14"/>
+    <s v="Terraced house"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="04"/>
+    <s v="Electricity"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3195"/>
+  </r>
+  <r>
+    <s v="CD435"/>
+    <s v="Private Dwellings in Permanent Housing Units"/>
+    <s v="14"/>
+    <s v="Terraced house"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="05"/>
+    <s v="Coal (incl. anthracite)"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3873"/>
+  </r>
+  <r>
+    <s v="CD435"/>
+    <s v="Private Dwellings in Permanent Housing Units"/>
+    <s v="14"/>
+    <s v="Terraced house"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="05"/>
+    <s v="Coal (incl. anthracite)"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="10013"/>
+  </r>
+  <r>
+    <s v="CD435"/>
+    <s v="Private Dwellings in Permanent Housing Units"/>
+    <s v="14"/>
+    <s v="Terraced house"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="06"/>
+    <s v="Peat (incl. turf)"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1728"/>
+  </r>
+  <r>
+    <s v="CD435"/>
+    <s v="Private Dwellings in Permanent Housing Units"/>
+    <s v="14"/>
+    <s v="Terraced house"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="06"/>
+    <s v="Peat (incl. turf)"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4504"/>
+  </r>
+  <r>
+    <s v="CD435"/>
+    <s v="Private Dwellings in Permanent Housing Units"/>
+    <s v="14"/>
+    <s v="Terraced house"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="07"/>
+    <s v="Liquid Petroleum Gas (LPG)"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="338"/>
+  </r>
+  <r>
+    <s v="CD435"/>
+    <s v="Private Dwellings in Permanent Housing Units"/>
+    <s v="14"/>
+    <s v="Terraced house"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="07"/>
+    <s v="Liquid Petroleum Gas (LPG)"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="782"/>
+  </r>
+  <r>
+    <s v="CD435"/>
+    <s v="Private Dwellings in Permanent Housing Units"/>
+    <s v="14"/>
+    <s v="Terraced house"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="08"/>
+    <s v="Wood (incl. wood pellets)"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="373"/>
+  </r>
+  <r>
+    <s v="CD435"/>
+    <s v="Private Dwellings in Permanent Housing Units"/>
+    <s v="14"/>
+    <s v="Terraced house"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="08"/>
+    <s v="Wood (incl. wood pellets)"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="980"/>
+  </r>
+  <r>
+    <s v="CD435"/>
+    <s v="Private Dwellings in Permanent Housing Units"/>
+    <s v="14"/>
+    <s v="Terraced house"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="09"/>
+    <s v="Other fuels"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="106"/>
+  </r>
+  <r>
+    <s v="CD435"/>
+    <s v="Private Dwellings in Permanent Housing Units"/>
+    <s v="14"/>
+    <s v="Terraced house"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="09"/>
+    <s v="Other fuels"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="245"/>
+  </r>
+  <r>
+    <s v="CD435"/>
+    <s v="Private Dwellings in Permanent Housing Units"/>
+    <s v="14"/>
+    <s v="Terraced house"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="10"/>
+    <s v="All types of fuel"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="22989"/>
+  </r>
+  <r>
+    <s v="CD435"/>
+    <s v="Private Dwellings in Permanent Housing Units"/>
+    <s v="14"/>
+    <s v="Terraced house"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="10"/>
+    <s v="All types of fuel"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="55319"/>
+  </r>
+  <r>
+    <s v="CD435"/>
+    <s v="Private Dwellings in Permanent Housing Units"/>
+    <s v="14"/>
+    <s v="Terraced house"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="99"/>
+    <s v="Not stated"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="116"/>
+  </r>
+  <r>
+    <s v="CD435"/>
+    <s v="Private Dwellings in Permanent Housing Units"/>
+    <s v="14"/>
+    <s v="Terraced house"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="99"/>
+    <s v="Not stated"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="260"/>
+  </r>
+  <r>
+    <s v="CD435"/>
+    <s v="Private Dwellings in Permanent Housing Units"/>
+    <s v="16"/>
+    <s v="Flat or apartment in a purpose- built block"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="149921"/>
+  </r>
+  <r>
+    <s v="CD435"/>
+    <s v="Private Dwellings in Permanent Housing Units"/>
+    <s v="16"/>
+    <s v="Flat or apartment in a purpose- built block"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="295153"/>
+  </r>
+  <r>
+    <s v="CD435"/>
+    <s v="Private Dwellings in Permanent Housing Units"/>
+    <s v="16"/>
+    <s v="Flat or apartment in a purpose- built block"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="01"/>
+    <s v="No central heating"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2314"/>
+  </r>
+  <r>
+    <s v="CD435"/>
+    <s v="Private Dwellings in Permanent Housing Units"/>
+    <s v="16"/>
+    <s v="Flat or apartment in a purpose- built block"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="01"/>
+    <s v="No central heating"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4368"/>
+  </r>
+  <r>
+    <s v="CD435"/>
+    <s v="Private Dwellings in Permanent Housing Units"/>
+    <s v="16"/>
+    <s v="Flat or apartment in a purpose- built block"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="02"/>
+    <s v="Oil"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4555"/>
+  </r>
+  <r>
+    <s v="CD435"/>
+    <s v="Private Dwellings in Permanent Housing Units"/>
+    <s v="16"/>
+    <s v="Flat or apartment in a purpose- built block"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="02"/>
+    <s v="Oil"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="8579"/>
+  </r>
+  <r>
+    <s v="CD435"/>
+    <s v="Private Dwellings in Permanent Housing Units"/>
+    <s v="16"/>
+    <s v="Flat or apartment in a purpose- built block"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="03"/>
+    <s v="Natural Gas"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="67451"/>
+  </r>
+  <r>
+    <s v="CD435"/>
+    <s v="Private Dwellings in Permanent Housing Units"/>
+    <s v="16"/>
+    <s v="Flat or apartment in a purpose- built block"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="03"/>
+    <s v="Natural Gas"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="136653"/>
+  </r>
+  <r>
+    <s v="CD435"/>
+    <s v="Private Dwellings in Permanent Housing Units"/>
+    <s v="16"/>
+    <s v="Flat or apartment in a purpose- built block"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="04"/>
+    <s v="Electricity"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="71026"/>
+  </r>
+  <r>
+    <s v="CD435"/>
+    <s v="Private Dwellings in Permanent Housing Units"/>
+    <s v="16"/>
+    <s v="Flat or apartment in a purpose- built block"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="04"/>
+    <s v="Electricity"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="136841"/>
+  </r>
+  <r>
+    <s v="CD435"/>
+    <s v="Private Dwellings in Permanent Housing Units"/>
+    <s v="16"/>
+    <s v="Flat or apartment in a purpose- built block"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="05"/>
+    <s v="Coal (incl. anthracite)"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1058"/>
+  </r>
+  <r>
+    <s v="CD435"/>
+    <s v="Private Dwellings in Permanent Housing Units"/>
+    <s v="16"/>
+    <s v="Flat or apartment in a purpose- built block"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="05"/>
+    <s v="Coal (incl. anthracite)"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1768"/>
+  </r>
+  <r>
+    <s v="CD435"/>
+    <s v="Private Dwellings in Permanent Housing Units"/>
+    <s v="16"/>
+    <s v="Flat or apartment in a purpose- built block"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="06"/>
+    <s v="Peat (incl. turf)"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="315"/>
+  </r>
+  <r>
+    <s v="CD435"/>
+    <s v="Private Dwellings in Permanent Housing Units"/>
+    <s v="16"/>
+    <s v="Flat or apartment in a purpose- built block"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="06"/>
+    <s v="Peat (incl. turf)"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="601"/>
+  </r>
+  <r>
+    <s v="CD435"/>
+    <s v="Private Dwellings in Permanent Housing Units"/>
+    <s v="16"/>
+    <s v="Flat or apartment in a purpose- built block"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="07"/>
+    <s v="Liquid Petroleum Gas (LPG)"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="552"/>
+  </r>
+  <r>
+    <s v="CD435"/>
+    <s v="Private Dwellings in Permanent Housing Units"/>
+    <s v="16"/>
+    <s v="Flat or apartment in a purpose- built block"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="07"/>
+    <s v="Liquid Petroleum Gas (LPG)"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1063"/>
+  </r>
+  <r>
+    <s v="CD435"/>
+    <s v="Private Dwellings in Permanent Housing Units"/>
+    <s v="16"/>
+    <s v="Flat or apartment in a purpose- built block"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="08"/>
+    <s v="Wood (incl. wood pellets)"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="284"/>
+  </r>
+  <r>
+    <s v="CD435"/>
+    <s v="Private Dwellings in Permanent Housing Units"/>
+    <s v="16"/>
+    <s v="Flat or apartment in a purpose- built block"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="08"/>
+    <s v="Wood (incl. wood pellets)"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="474"/>
+  </r>
+  <r>
+    <s v="CD435"/>
+    <s v="Private Dwellings in Permanent Housing Units"/>
+    <s v="16"/>
+    <s v="Flat or apartment in a purpose- built block"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="09"/>
+    <s v="Other fuels"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="949"/>
+  </r>
+  <r>
+    <s v="CD435"/>
+    <s v="Private Dwellings in Permanent Housing Units"/>
+    <s v="16"/>
+    <s v="Flat or apartment in a purpose- built block"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="09"/>
+    <s v="Other fuels"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1832"/>
+  </r>
+  <r>
+    <s v="CD435"/>
+    <s v="Private Dwellings in Permanent Housing Units"/>
+    <s v="16"/>
+    <s v="Flat or apartment in a purpose- built block"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="10"/>
+    <s v="All types of fuel"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="146190"/>
+  </r>
+  <r>
+    <s v="CD435"/>
+    <s v="Private Dwellings in Permanent Housing Units"/>
+    <s v="16"/>
+    <s v="Flat or apartment in a purpose- built block"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="10"/>
+    <s v="All types of fuel"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="287811"/>
+  </r>
+  <r>
+    <s v="CD435"/>
+    <s v="Private Dwellings in Permanent Housing Units"/>
+    <s v="16"/>
+    <s v="Flat or apartment in a purpose- built block"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="99"/>
+    <s v="Not stated"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1417"/>
+  </r>
+  <r>
+    <s v="CD435"/>
+    <s v="Private Dwellings in Permanent Housing Units"/>
+    <s v="16"/>
+    <s v="Flat or apartment in a purpose- built block"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="99"/>
+    <s v="Not stated"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2974"/>
+  </r>
+  <r>
+    <s v="CD435"/>
+    <s v="Private Dwellings in Permanent Housing Units"/>
+    <s v="16"/>
+    <s v="Flat or apartment in a purpose- built block"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="144753"/>
+  </r>
+  <r>
+    <s v="CD435"/>
+    <s v="Private Dwellings in Permanent Housing Units"/>
+    <s v="16"/>
+    <s v="Flat or apartment in a purpose- built block"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="285632"/>
+  </r>
+  <r>
+    <s v="CD435"/>
+    <s v="Private Dwellings in Permanent Housing Units"/>
+    <s v="16"/>
+    <s v="Flat or apartment in a purpose- built block"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="01"/>
+    <s v="No central heating"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2215"/>
+  </r>
+  <r>
+    <s v="CD435"/>
+    <s v="Private Dwellings in Permanent Housing Units"/>
+    <s v="16"/>
+    <s v="Flat or apartment in a purpose- built block"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="01"/>
+    <s v="No central heating"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4199"/>
+  </r>
+  <r>
+    <s v="CD435"/>
+    <s v="Private Dwellings in Permanent Housing Units"/>
+    <s v="16"/>
+    <s v="Flat or apartment in a purpose- built block"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="02"/>
+    <s v="Oil"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3267"/>
+  </r>
+  <r>
+    <s v="CD435"/>
+    <s v="Private Dwellings in Permanent Housing Units"/>
+    <s v="16"/>
+    <s v="Flat or apartment in a purpose- built block"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="02"/>
+    <s v="Oil"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="6043"/>
+  </r>
+  <r>
+    <s v="CD435"/>
+    <s v="Private Dwellings in Permanent Housing Units"/>
+    <s v="16"/>
+    <s v="Flat or apartment in a purpose- built block"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="03"/>
+    <s v="Natural Gas"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="66630"/>
+  </r>
+  <r>
+    <s v="CD435"/>
+    <s v="Private Dwellings in Permanent Housing Units"/>
+    <s v="16"/>
+    <s v="Flat or apartment in a purpose- built block"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="03"/>
+    <s v="Natural Gas"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="135097"/>
+  </r>
+  <r>
+    <s v="CD435"/>
+    <s v="Private Dwellings in Permanent Housing Units"/>
+    <s v="16"/>
+    <s v="Flat or apartment in a purpose- built block"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="04"/>
+    <s v="Electricity"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="68742"/>
+  </r>
+  <r>
+    <s v="CD435"/>
+    <s v="Private Dwellings in Permanent Housing Units"/>
+    <s v="16"/>
+    <s v="Flat or apartment in a purpose- built block"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="04"/>
+    <s v="Electricity"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="132914"/>
+  </r>
+  <r>
+    <s v="CD435"/>
+    <s v="Private Dwellings in Permanent Housing Units"/>
+    <s v="16"/>
+    <s v="Flat or apartment in a purpose- built block"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="05"/>
+    <s v="Coal (incl. anthracite)"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="856"/>
+  </r>
+  <r>
+    <s v="CD435"/>
+    <s v="Private Dwellings in Permanent Housing Units"/>
+    <s v="16"/>
+    <s v="Flat or apartment in a purpose- built block"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="05"/>
+    <s v="Coal (incl. anthracite)"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1387"/>
+  </r>
+  <r>
+    <s v="CD435"/>
+    <s v="Private Dwellings in Permanent Housing Units"/>
+    <s v="16"/>
+    <s v="Flat or apartment in a purpose- built block"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="06"/>
+    <s v="Peat (incl. turf)"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="149"/>
+  </r>
+  <r>
+    <s v="CD435"/>
+    <s v="Private Dwellings in Permanent Housing Units"/>
+    <s v="16"/>
+    <s v="Flat or apartment in a purpose- built block"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="06"/>
+    <s v="Peat (incl. turf)"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="245"/>
+  </r>
+  <r>
+    <s v="CD435"/>
+    <s v="Private Dwellings in Permanent Housing Units"/>
+    <s v="16"/>
+    <s v="Flat or apartment in a purpose- built block"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="07"/>
+    <s v="Liquid Petroleum Gas (LPG)"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="440"/>
+  </r>
+  <r>
+    <s v="CD435"/>
+    <s v="Private Dwellings in Permanent Housing Units"/>
+    <s v="16"/>
+    <s v="Flat or apartment in a purpose- built block"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="07"/>
+    <s v="Liquid Petroleum Gas (LPG)"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="878"/>
+  </r>
+  <r>
+    <s v="CD435"/>
+    <s v="Private Dwellings in Permanent Housing Units"/>
+    <s v="16"/>
+    <s v="Flat or apartment in a purpose- built block"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="08"/>
+    <s v="Wood (incl. wood pellets)"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="220"/>
+  </r>
+  <r>
+    <s v="CD435"/>
+    <s v="Private Dwellings in Permanent Housing Units"/>
+    <s v="16"/>
+    <s v="Flat or apartment in a purpose- built block"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="08"/>
+    <s v="Wood (incl. wood pellets)"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="354"/>
+  </r>
+  <r>
+    <s v="CD435"/>
+    <s v="Private Dwellings in Permanent Housing Units"/>
+    <s v="16"/>
+    <s v="Flat or apartment in a purpose- built block"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="09"/>
+    <s v="Other fuels"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="878"/>
+  </r>
+  <r>
+    <s v="CD435"/>
+    <s v="Private Dwellings in Permanent Housing Units"/>
+    <s v="16"/>
+    <s v="Flat or apartment in a purpose- built block"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="09"/>
+    <s v="Other fuels"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1680"/>
+  </r>
+  <r>
+    <s v="CD435"/>
+    <s v="Private Dwellings in Permanent Housing Units"/>
+    <s v="16"/>
+    <s v="Flat or apartment in a purpose- built block"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="10"/>
+    <s v="All types of fuel"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="141182"/>
+  </r>
+  <r>
+    <s v="CD435"/>
+    <s v="Private Dwellings in Permanent Housing Units"/>
+    <s v="16"/>
+    <s v="Flat or apartment in a purpose- built block"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="10"/>
+    <s v="All types of fuel"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="278598"/>
+  </r>
+  <r>
+    <s v="CD435"/>
+    <s v="Private Dwellings in Permanent Housing Units"/>
+    <s v="16"/>
+    <s v="Flat or apartment in a purpose- built block"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="99"/>
+    <s v="Not stated"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1356"/>
+  </r>
+  <r>
+    <s v="CD435"/>
+    <s v="Private Dwellings in Permanent Housing Units"/>
+    <s v="16"/>
+    <s v="Flat or apartment in a purpose- built block"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="99"/>
+    <s v="Not stated"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2835"/>
+  </r>
+  <r>
+    <s v="CD435"/>
+    <s v="Private Dwellings in Permanent Housing Units"/>
+    <s v="16"/>
+    <s v="Flat or apartment in a purpose- built block"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5168"/>
+  </r>
+  <r>
+    <s v="CD435"/>
+    <s v="Private Dwellings in Permanent Housing Units"/>
+    <s v="16"/>
+    <s v="Flat or apartment in a purpose- built block"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="9521"/>
+  </r>
+  <r>
+    <s v="CD435"/>
+    <s v="Private Dwellings in Permanent Housing Units"/>
+    <s v="16"/>
+    <s v="Flat or apartment in a purpose- built block"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="01"/>
+    <s v="No central heating"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="99"/>
+  </r>
+  <r>
+    <s v="CD435"/>
+    <s v="Private Dwellings in Permanent Housing Units"/>
+    <s v="16"/>
+    <s v="Flat or apartment in a purpose- built block"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="01"/>
+    <s v="No central heating"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="169"/>
+  </r>
+  <r>
+    <s v="CD435"/>
+    <s v="Private Dwellings in Permanent Housing Units"/>
+    <s v="16"/>
+    <s v="Flat or apartment in a purpose- built block"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="02"/>
+    <s v="Oil"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1288"/>
+  </r>
+  <r>
+    <s v="CD435"/>
+    <s v="Private Dwellings in Permanent Housing Units"/>
+    <s v="16"/>
+    <s v="Flat or apartment in a purpose- built block"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="02"/>
+    <s v="Oil"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2536"/>
+  </r>
+  <r>
+    <s v="CD435"/>
+    <s v="Private Dwellings in Permanent Housing Units"/>
+    <s v="16"/>
+    <s v="Flat or apartment in a purpose- built block"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="03"/>
+    <s v="Natural Gas"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="821"/>
+  </r>
+  <r>
+    <s v="CD435"/>
+    <s v="Private Dwellings in Permanent Housing Units"/>
+    <s v="16"/>
+    <s v="Flat or apartment in a purpose- built block"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="03"/>
+    <s v="Natural Gas"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1556"/>
+  </r>
+  <r>
+    <s v="CD435"/>
+    <s v="Private Dwellings in Permanent Housing Units"/>
+    <s v="16"/>
+    <s v="Flat or apartment in a purpose- built block"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="04"/>
+    <s v="Electricity"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2284"/>
+  </r>
+  <r>
+    <s v="CD435"/>
+    <s v="Private Dwellings in Permanent Housing Units"/>
+    <s v="16"/>
+    <s v="Flat or apartment in a purpose- built block"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="04"/>
+    <s v="Electricity"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3927"/>
+  </r>
+  <r>
+    <s v="CD435"/>
+    <s v="Private Dwellings in Permanent Housing Units"/>
+    <s v="16"/>
+    <s v="Flat or apartment in a purpose- built block"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="05"/>
+    <s v="Coal (incl. anthracite)"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="202"/>
+  </r>
+  <r>
+    <s v="CD435"/>
+    <s v="Private Dwellings in Permanent Housing Units"/>
+    <s v="16"/>
+    <s v="Flat or apartment in a purpose- built block"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="05"/>
+    <s v="Coal (incl. anthracite)"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="381"/>
+  </r>
+  <r>
+    <s v="CD435"/>
+    <s v="Private Dwellings in Permanent Housing Units"/>
+    <s v="16"/>
+    <s v="Flat or apartment in a purpose- built block"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="06"/>
+    <s v="Peat (incl. turf)"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="166"/>
+  </r>
+  <r>
+    <s v="CD435"/>
+    <s v="Private Dwellings in Permanent Housing Units"/>
+    <s v="16"/>
+    <s v="Flat or apartment in a purpose- built block"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="06"/>
+    <s v="Peat (incl. turf)"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="356"/>
+  </r>
+  <r>
+    <s v="CD435"/>
+    <s v="Private Dwellings in Permanent Housing Units"/>
+    <s v="16"/>
+    <s v="Flat or apartment in a purpose- built block"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="07"/>
+    <s v="Liquid Petroleum Gas (LPG)"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="112"/>
+  </r>
+  <r>
+    <s v="CD435"/>
+    <s v="Private Dwellings in Permanent Housing Units"/>
+    <s v="16"/>
+    <s v="Flat or apartment in a purpose- built block"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="07"/>
+    <s v="Liquid Petroleum Gas (LPG)"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="185"/>
+  </r>
+  <r>
+    <s v="CD435"/>
+    <s v="Private Dwellings in Permanent Housing Units"/>
+    <s v="16"/>
+    <s v="Flat or apartment in a purpose- built block"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="08"/>
+    <s v="Wood (incl. wood pellets)"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="64"/>
+  </r>
+  <r>
+    <s v="CD435"/>
+    <s v="Private Dwellings in Permanent Housing Units"/>
+    <s v="16"/>
+    <s v="Flat or apartment in a purpose- built block"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="08"/>
+    <s v="Wood (incl. wood pellets)"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="120"/>
+  </r>
+  <r>
+    <s v="CD435"/>
+    <s v="Private Dwellings in Permanent Housing Units"/>
+    <s v="16"/>
+    <s v="Flat or apartment in a purpose- built block"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="09"/>
+    <s v="Other fuels"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="71"/>
+  </r>
+  <r>
+    <s v="CD435"/>
+    <s v="Private Dwellings in Permanent Housing Units"/>
+    <s v="16"/>
+    <s v="Flat or apartment in a purpose- built block"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="09"/>
+    <s v="Other fuels"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="152"/>
+  </r>
+  <r>
+    <s v="CD435"/>
+    <s v="Private Dwellings in Permanent Housing Units"/>
+    <s v="16"/>
+    <s v="Flat or apartment in a purpose- built block"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="10"/>
+    <s v="All types of fuel"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5008"/>
+  </r>
+  <r>
+    <s v="CD435"/>
+    <s v="Private Dwellings in Permanent Housing Units"/>
+    <s v="16"/>
+    <s v="Flat or apartment in a purpose- built block"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="10"/>
+    <s v="All types of fuel"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="9213"/>
+  </r>
+  <r>
+    <s v="CD435"/>
+    <s v="Private Dwellings in Permanent Housing Units"/>
+    <s v="16"/>
+    <s v="Flat or apartment in a purpose- built block"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="99"/>
+    <s v="Not stated"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="61"/>
+  </r>
+  <r>
+    <s v="CD435"/>
+    <s v="Private Dwellings in Permanent Housing Units"/>
+    <s v="16"/>
+    <s v="Flat or apartment in a purpose- built block"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="99"/>
+    <s v="Not stated"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="139"/>
+  </r>
+  <r>
+    <s v="CD435"/>
+    <s v="Private Dwellings in Permanent Housing Units"/>
+    <s v="17"/>
+    <s v="Flat or apartment in a converted house or commercial building"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="27666"/>
+  </r>
+  <r>
+    <s v="CD435"/>
+    <s v="Private Dwellings in Permanent Housing Units"/>
+    <s v="17"/>
+    <s v="Flat or apartment in a converted house or commercial building"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="47197"/>
+  </r>
+  <r>
+    <s v="CD435"/>
+    <s v="Private Dwellings in Permanent Housing Units"/>
+    <s v="17"/>
+    <s v="Flat or apartment in a converted house or commercial building"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="01"/>
+    <s v="No central heating"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1476"/>
+  </r>
+  <r>
+    <s v="CD435"/>
+    <s v="Private Dwellings in Permanent Housing Units"/>
+    <s v="17"/>
+    <s v="Flat or apartment in a converted house or commercial building"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="01"/>
+    <s v="No central heating"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2329"/>
+  </r>
+  <r>
+    <s v="CD435"/>
+    <s v="Private Dwellings in Permanent Housing Units"/>
+    <s v="17"/>
+    <s v="Flat or apartment in a converted house or commercial building"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="02"/>
+    <s v="Oil"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4981"/>
+  </r>
+  <r>
+    <s v="CD435"/>
+    <s v="Private Dwellings in Permanent Housing Units"/>
+    <s v="17"/>
+    <s v="Flat or apartment in a converted house or commercial building"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="02"/>
+    <s v="Oil"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="8382"/>
+  </r>
+  <r>
+    <s v="CD435"/>
+    <s v="Private Dwellings in Permanent Housing Units"/>
+    <s v="17"/>
+    <s v="Flat or apartment in a converted house or commercial building"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="03"/>
+    <s v="Natural Gas"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="6975"/>
+  </r>
+  <r>
+    <s v="CD435"/>
+    <s v="Private Dwellings in Permanent Housing Units"/>
+    <s v="17"/>
+    <s v="Flat or apartment in a converted house or commercial building"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="03"/>
+    <s v="Natural Gas"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="13323"/>
+  </r>
+  <r>
+    <s v="CD435"/>
+    <s v="Private Dwellings in Permanent Housing Units"/>
+    <s v="17"/>
+    <s v="Flat or apartment in a converted house or commercial building"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="04"/>
+    <s v="Electricity"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="12702"/>
+  </r>
+  <r>
+    <s v="CD435"/>
+    <s v="Private Dwellings in Permanent Housing Units"/>
+    <s v="17"/>
+    <s v="Flat or apartment in a converted house or commercial building"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="04"/>
+    <s v="Electricity"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="20530"/>
+  </r>
+  <r>
+    <s v="CD435"/>
+    <s v="Private Dwellings in Permanent Housing Units"/>
+    <s v="17"/>
+    <s v="Flat or apartment in a converted house or commercial building"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="05"/>
+    <s v="Coal (incl. anthracite)"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="449"/>
+  </r>
+  <r>
+    <s v="CD435"/>
+    <s v="Private Dwellings in Permanent Housing Units"/>
+    <s v="17"/>
+    <s v="Flat or apartment in a converted house or commercial building"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="05"/>
+    <s v="Coal (incl. anthracite)"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="705"/>
+  </r>
+  <r>
+    <s v="CD435"/>
+    <s v="Private Dwellings in Permanent Housing Units"/>
+    <s v="17"/>
+    <s v="Flat or apartment in a converted house or commercial building"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="06"/>
+    <s v="Peat (incl. turf)"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="190"/>
+  </r>
+  <r>
+    <s v="CD435"/>
+    <s v="Private Dwellings in Permanent Housing Units"/>
+    <s v="17"/>
+    <s v="Flat or apartment in a converted house or commercial building"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="06"/>
+    <s v="Peat (incl. turf)"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="335"/>
+  </r>
+  <r>
+    <s v="CD435"/>
+    <s v="Private Dwellings in Permanent Housing Units"/>
+    <s v="17"/>
+    <s v="Flat or apartment in a converted house or commercial building"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="07"/>
+    <s v="Liquid Petroleum Gas (LPG)"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="133"/>
+  </r>
+  <r>
+    <s v="CD435"/>
+    <s v="Private Dwellings in Permanent Housing Units"/>
+    <s v="17"/>
+    <s v="Flat or apartment in a converted house or commercial building"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="07"/>
+    <s v="Liquid Petroleum Gas (LPG)"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="284"/>
+  </r>
+  <r>
+    <s v="CD435"/>
+    <s v="Private Dwellings in Permanent Housing Units"/>
+    <s v="17"/>
+    <s v="Flat or apartment in a converted house or commercial building"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="08"/>
+    <s v="Wood (incl. wood pellets)"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="145"/>
+  </r>
+  <r>
+    <s v="CD435"/>
+    <s v="Private Dwellings in Permanent Housing Units"/>
+    <s v="17"/>
+    <s v="Flat or apartment in a converted house or commercial building"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="08"/>
+    <s v="Wood (incl. wood pellets)"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="231"/>
+  </r>
+  <r>
+    <s v="CD435"/>
+    <s v="Private Dwellings in Permanent Housing Units"/>
+    <s v="17"/>
+    <s v="Flat or apartment in a converted house or commercial building"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="09"/>
+    <s v="Other fuels"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="175"/>
+  </r>
+  <r>
+    <s v="CD435"/>
+    <s v="Private Dwellings in Permanent Housing Units"/>
+    <s v="17"/>
+    <s v="Flat or apartment in a converted house or commercial building"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="09"/>
+    <s v="Other fuels"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="270"/>
+  </r>
+  <r>
+    <s v="CD435"/>
+    <s v="Private Dwellings in Permanent Housing Units"/>
+    <s v="17"/>
+    <s v="Flat or apartment in a converted house or commercial building"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="10"/>
+    <s v="All types of fuel"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="25750"/>
+  </r>
+  <r>
+    <s v="CD435"/>
+    <s v="Private Dwellings in Permanent Housing Units"/>
+    <s v="17"/>
+    <s v="Flat or apartment in a converted house or commercial building"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="10"/>
+    <s v="All types of fuel"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="44060"/>
+  </r>
+  <r>
+    <s v="CD435"/>
+    <s v="Private Dwellings in Permanent Housing Units"/>
+    <s v="17"/>
+    <s v="Flat or apartment in a converted house or commercial building"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="99"/>
+    <s v="Not stated"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="440"/>
+  </r>
+  <r>
+    <s v="CD435"/>
+    <s v="Private Dwellings in Permanent Housing Units"/>
+    <s v="17"/>
+    <s v="Flat or apartment in a converted house or commercial building"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="99"/>
+    <s v="Not stated"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="808"/>
+  </r>
+  <r>
+    <s v="CD435"/>
+    <s v="Private Dwellings in Permanent Housing Units"/>
+    <s v="17"/>
+    <s v="Flat or apartment in a converted house or commercial building"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="23963"/>
+  </r>
+  <r>
+    <s v="CD435"/>
+    <s v="Private Dwellings in Permanent Housing Units"/>
+    <s v="17"/>
+    <s v="Flat or apartment in a converted house or commercial building"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="40925"/>
+  </r>
+  <r>
+    <s v="CD435"/>
+    <s v="Private Dwellings in Permanent Housing Units"/>
+    <s v="17"/>
+    <s v="Flat or apartment in a converted house or commercial building"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="01"/>
+    <s v="No central heating"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1333"/>
+  </r>
+  <r>
+    <s v="CD435"/>
+    <s v="Private Dwellings in Permanent Housing Units"/>
+    <s v="17"/>
+    <s v="Flat or apartment in a converted house or commercial building"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="01"/>
+    <s v="No central heating"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2093"/>
+  </r>
+  <r>
+    <s v="CD435"/>
+    <s v="Private Dwellings in Permanent Housing Units"/>
+    <s v="17"/>
+    <s v="Flat or apartment in a converted house or commercial building"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="02"/>
+    <s v="Oil"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3127"/>
+  </r>
+  <r>
+    <s v="CD435"/>
+    <s v="Private Dwellings in Permanent Housing Units"/>
+    <s v="17"/>
+    <s v="Flat or apartment in a converted house or commercial building"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="02"/>
+    <s v="Oil"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5123"/>
+  </r>
+  <r>
+    <s v="CD435"/>
+    <s v="Private Dwellings in Permanent Housing Units"/>
+    <s v="17"/>
+    <s v="Flat or apartment in a converted house or commercial building"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="03"/>
+    <s v="Natural Gas"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="6794"/>
+  </r>
+  <r>
+    <s v="CD435"/>
+    <s v="Private Dwellings in Permanent Housing Units"/>
+    <s v="17"/>
+    <s v="Flat or apartment in a converted house or commercial building"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="03"/>
+    <s v="Natural Gas"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="12969"/>
+  </r>
+  <r>
+    <s v="CD435"/>
+    <s v="Private Dwellings in Permanent Housing Units"/>
+    <s v="17"/>
+    <s v="Flat or apartment in a converted house or commercial building"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="04"/>
+    <s v="Electricity"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="11701"/>
+  </r>
+  <r>
+    <s v="CD435"/>
+    <s v="Private Dwellings in Permanent Housing Units"/>
+    <s v="17"/>
+    <s v="Flat or apartment in a converted house or commercial building"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="04"/>
+    <s v="Electricity"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="18986"/>
+  </r>
+  <r>
+    <s v="CD435"/>
+    <s v="Private Dwellings in Permanent Housing Units"/>
+    <s v="17"/>
+    <s v="Flat or apartment in a converted house or commercial building"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="05"/>
+    <s v="Coal (incl. anthracite)"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="279"/>
+  </r>
+  <r>
+    <s v="CD435"/>
+    <s v="Private Dwellings in Permanent Housing Units"/>
+    <s v="17"/>
+    <s v="Flat or apartment in a converted house or commercial building"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="05"/>
+    <s v="Coal (incl. anthracite)"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="451"/>
+  </r>
+  <r>
+    <s v="CD435"/>
+    <s v="Private Dwellings in Permanent Housing Units"/>
+    <s v="17"/>
+    <s v="Flat or apartment in a converted house or commercial building"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="06"/>
+    <s v="Peat (incl. turf)"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="60"/>
+  </r>
+  <r>
+    <s v="CD435"/>
+    <s v="Private Dwellings in Permanent Housing Units"/>
+    <s v="17"/>
+    <s v="Flat or apartment in a converted house or commercial building"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="06"/>
+    <s v="Peat (incl. turf)"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="103"/>
+  </r>
+  <r>
+    <s v="CD435"/>
+    <s v="Private Dwellings in Permanent Housing Units"/>
+    <s v="17"/>
+    <s v="Flat or apartment in a converted house or commercial building"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="07"/>
+    <s v="Liquid Petroleum Gas (LPG)"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="69"/>
+  </r>
+  <r>
+    <s v="CD435"/>
+    <s v="Private Dwellings in Permanent Housing Units"/>
+    <s v="17"/>
+    <s v="Flat or apartment in a converted house or commercial building"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="07"/>
+    <s v="Liquid Petroleum Gas (LPG)"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="154"/>
+  </r>
+  <r>
+    <s v="CD435"/>
+    <s v="Private Dwellings in Permanent Housing Units"/>
+    <s v="17"/>
+    <s v="Flat or apartment in a converted house or commercial building"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="08"/>
+    <s v="Wood (incl. wood pellets)"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="48"/>
+  </r>
+  <r>
+    <s v="CD435"/>
+    <s v="Private Dwellings in Permanent Housing Units"/>
+    <s v="17"/>
+    <s v="Flat or apartment in a converted house or commercial building"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="08"/>
+    <s v="Wood (incl. wood pellets)"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="77"/>
+  </r>
+  <r>
+    <s v="CD435"/>
+    <s v="Private Dwellings in Permanent Housing Units"/>
+    <s v="17"/>
+    <s v="Flat or apartment in a converted house or commercial building"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="09"/>
+    <s v="Other fuels"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="137"/>
+  </r>
+  <r>
+    <s v="CD435"/>
+    <s v="Private Dwellings in Permanent Housing Units"/>
+    <s v="17"/>
+    <s v="Flat or apartment in a converted house or commercial building"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="09"/>
+    <s v="Other fuels"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="208"/>
+  </r>
+  <r>
+    <s v="CD435"/>
+    <s v="Private Dwellings in Permanent Housing Units"/>
+    <s v="17"/>
+    <s v="Flat or apartment in a converted house or commercial building"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="10"/>
+    <s v="All types of fuel"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="22215"/>
+  </r>
+  <r>
+    <s v="CD435"/>
+    <s v="Private Dwellings in Permanent Housing Units"/>
+    <s v="17"/>
+    <s v="Flat or apartment in a converted house or commercial building"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="10"/>
+    <s v="All types of fuel"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="38071"/>
+  </r>
+  <r>
+    <s v="CD435"/>
+    <s v="Private Dwellings in Permanent Housing Units"/>
+    <s v="17"/>
+    <s v="Flat or apartment in a converted house or commercial building"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="99"/>
+    <s v="Not stated"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="415"/>
+  </r>
+  <r>
+    <s v="CD435"/>
+    <s v="Private Dwellings in Permanent Housing Units"/>
+    <s v="17"/>
+    <s v="Flat or apartment in a converted house or commercial building"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="99"/>
+    <s v="Not stated"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="761"/>
+  </r>
+  <r>
+    <s v="CD435"/>
+    <s v="Private Dwellings in Permanent Housing Units"/>
+    <s v="17"/>
+    <s v="Flat or apartment in a converted house or commercial building"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3703"/>
+  </r>
+  <r>
+    <s v="CD435"/>
+    <s v="Private Dwellings in Permanent Housing Units"/>
+    <s v="17"/>
+    <s v="Flat or apartment in a converted house or commercial building"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="6272"/>
+  </r>
+  <r>
+    <s v="CD435"/>
+    <s v="Private Dwellings in Permanent Housing Units"/>
+    <s v="17"/>
+    <s v="Flat or apartment in a converted house or commercial building"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="01"/>
+    <s v="No central heating"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="143"/>
+  </r>
+  <r>
+    <s v="CD435"/>
+    <s v="Private Dwellings in Permanent Housing Units"/>
+    <s v="17"/>
+    <s v="Flat or apartment in a converted house or commercial building"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="01"/>
+    <s v="No central heating"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="236"/>
+  </r>
+  <r>
+    <s v="CD435"/>
+    <s v="Private Dwellings in Permanent Housing Units"/>
+    <s v="17"/>
+    <s v="Flat or apartment in a converted house or commercial building"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="02"/>
+    <s v="Oil"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1854"/>
+  </r>
+  <r>
+    <s v="CD435"/>
+    <s v="Private Dwellings in Permanent Housing Units"/>
+    <s v="17"/>
+    <s v="Flat or apartment in a converted house or commercial building"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="02"/>
+    <s v="Oil"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3259"/>
+  </r>
+  <r>
+    <s v="CD435"/>
+    <s v="Private Dwellings in Permanent Housing Units"/>
+    <s v="17"/>
+    <s v="Flat or apartment in a converted house or commercial building"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="03"/>
+    <s v="Natural Gas"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="181"/>
+  </r>
+  <r>
+    <s v="CD435"/>
+    <s v="Private Dwellings in Permanent Housing Units"/>
+    <s v="17"/>
+    <s v="Flat or apartment in a converted house or commercial building"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="03"/>
+    <s v="Natural Gas"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="354"/>
+  </r>
+  <r>
+    <s v="CD435"/>
+    <s v="Private Dwellings in Permanent Housing Units"/>
+    <s v="17"/>
+    <s v="Flat or apartment in a converted house or commercial building"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="04"/>
+    <s v="Electricity"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1001"/>
+  </r>
+  <r>
+    <s v="CD435"/>
+    <s v="Private Dwellings in Permanent Housing Units"/>
+    <s v="17"/>
+    <s v="Flat or apartment in a converted house or commercial building"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="04"/>
+    <s v="Electricity"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1544"/>
+  </r>
+  <r>
+    <s v="CD435"/>
+    <s v="Private Dwellings in Permanent Housing Units"/>
+    <s v="17"/>
+    <s v="Flat or apartment in a converted house or commercial building"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="05"/>
+    <s v="Coal (incl. anthracite)"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="170"/>
+  </r>
+  <r>
+    <s v="CD435"/>
+    <s v="Private Dwellings in Permanent Housing Units"/>
+    <s v="17"/>
+    <s v="Flat or apartment in a converted house or commercial building"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="05"/>
+    <s v="Coal (incl. anthracite)"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="254"/>
+  </r>
+  <r>
+    <s v="CD435"/>
+    <s v="Private Dwellings in Permanent Housing Units"/>
+    <s v="17"/>
+    <s v="Flat or apartment in a converted house or commercial building"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="06"/>
+    <s v="Peat (incl. turf)"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="130"/>
+  </r>
+  <r>
+    <s v="CD435"/>
+    <s v="Private Dwellings in Permanent Housing Units"/>
+    <s v="17"/>
+    <s v="Flat or apartment in a converted house or commercial building"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="06"/>
+    <s v="Peat (incl. turf)"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="232"/>
+  </r>
+  <r>
+    <s v="CD435"/>
+    <s v="Private Dwellings in Permanent Housing Units"/>
+    <s v="17"/>
+    <s v="Flat or apartment in a converted house or commercial building"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="07"/>
+    <s v="Liquid Petroleum Gas (LPG)"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="64"/>
+  </r>
+  <r>
+    <s v="CD435"/>
+    <s v="Private Dwellings in Permanent Housing Units"/>
+    <s v="17"/>
+    <s v="Flat or apartment in a converted house or commercial building"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="07"/>
+    <s v="Liquid Petroleum Gas (LPG)"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="130"/>
+  </r>
+  <r>
+    <s v="CD435"/>
+    <s v="Private Dwellings in Permanent Housing Units"/>
+    <s v="17"/>
+    <s v="Flat or apartment in a converted house or commercial building"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="08"/>
+    <s v="Wood (incl. wood pellets)"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="97"/>
+  </r>
+  <r>
+    <s v="CD435"/>
+    <s v="Private Dwellings in Permanent Housing Units"/>
+    <s v="17"/>
+    <s v="Flat or apartment in a converted house or commercial building"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="08"/>
+    <s v="Wood (incl. wood pellets)"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="154"/>
+  </r>
+  <r>
+    <s v="CD435"/>
+    <s v="Private Dwellings in Permanent Housing Units"/>
+    <s v="17"/>
+    <s v="Flat or apartment in a converted house or commercial building"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="09"/>
+    <s v="Other fuels"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="38"/>
+  </r>
+  <r>
+    <s v="CD435"/>
+    <s v="Private Dwellings in Permanent Housing Units"/>
+    <s v="17"/>
+    <s v="Flat or apartment in a converted house or commercial building"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="09"/>
+    <s v="Other fuels"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="62"/>
+  </r>
+  <r>
+    <s v="CD435"/>
+    <s v="Private Dwellings in Permanent Housing Units"/>
+    <s v="17"/>
+    <s v="Flat or apartment in a converted house or commercial building"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="10"/>
+    <s v="All types of fuel"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3535"/>
+  </r>
+  <r>
+    <s v="CD435"/>
+    <s v="Private Dwellings in Permanent Housing Units"/>
+    <s v="17"/>
+    <s v="Flat or apartment in a converted house or commercial building"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="10"/>
+    <s v="All types of fuel"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5989"/>
+  </r>
+  <r>
+    <s v="CD435"/>
+    <s v="Private Dwellings in Permanent Housing Units"/>
+    <s v="17"/>
+    <s v="Flat or apartment in a converted house or commercial building"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="99"/>
+    <s v="Not stated"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="25"/>
+  </r>
+  <r>
+    <s v="CD435"/>
+    <s v="Private Dwellings in Permanent Housing Units"/>
+    <s v="17"/>
+    <s v="Flat or apartment in a converted house or commercial building"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="99"/>
+    <s v="Not stated"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="47"/>
+  </r>
+  <r>
+    <s v="CD435"/>
+    <s v="Private Dwellings in Permanent Housing Units"/>
+    <s v="18"/>
+    <s v="Bed-sit"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5695"/>
+  </r>
+  <r>
+    <s v="CD435"/>
+    <s v="Private Dwellings in Permanent Housing Units"/>
+    <s v="18"/>
+    <s v="Bed-sit"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="8005"/>
+  </r>
+  <r>
+    <s v="CD435"/>
+    <s v="Private Dwellings in Permanent Housing Units"/>
+    <s v="18"/>
+    <s v="Bed-sit"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="01"/>
+    <s v="No central heating"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="439"/>
+  </r>
+  <r>
+    <s v="CD435"/>
+    <s v="Private Dwellings in Permanent Housing Units"/>
+    <s v="18"/>
+    <s v="Bed-sit"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="01"/>
+    <s v="No central heating"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="535"/>
+  </r>
+  <r>
+    <s v="CD435"/>
+    <s v="Private Dwellings in Permanent Housing Units"/>
+    <s v="18"/>
+    <s v="Bed-sit"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="02"/>
+    <s v="Oil"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="842"/>
+  </r>
+  <r>
+    <s v="CD435"/>
+    <s v="Private Dwellings in Permanent Housing Units"/>
+    <s v="18"/>
+    <s v="Bed-sit"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="02"/>
+    <s v="Oil"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1201"/>
+  </r>
+  <r>
+    <s v="CD435"/>
+    <s v="Private Dwellings in Permanent Housing Units"/>
+    <s v="18"/>
+    <s v="Bed-sit"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="03"/>
+    <s v="Natural Gas"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1324"/>
+  </r>
+  <r>
+    <s v="CD435"/>
+    <s v="Private Dwellings in Permanent Housing Units"/>
+    <s v="18"/>
+    <s v="Bed-sit"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="03"/>
+    <s v="Natural Gas"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2019"/>
+  </r>
+  <r>
+    <s v="CD435"/>
+    <s v="Private Dwellings in Permanent Housing Units"/>
+    <s v="18"/>
+    <s v="Bed-sit"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="04"/>
+    <s v="Electricity"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2758"/>
+  </r>
+  <r>
+    <s v="CD435"/>
+    <s v="Private Dwellings in Permanent Housing Units"/>
+    <s v="18"/>
+    <s v="Bed-sit"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="04"/>
+    <s v="Electricity"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3780"/>
+  </r>
+  <r>
+    <s v="CD435"/>
+    <s v="Private Dwellings in Permanent Housing Units"/>
+    <s v="18"/>
+    <s v="Bed-sit"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="05"/>
+    <s v="Coal (incl. anthracite)"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="60"/>
+  </r>
+  <r>
+    <s v="CD435"/>
+    <s v="Private Dwellings in Permanent Housing Units"/>
+    <s v="18"/>
+    <s v="Bed-sit"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="05"/>
+    <s v="Coal (incl. anthracite)"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="76"/>
+  </r>
+  <r>
+    <s v="CD435"/>
+    <s v="Private Dwellings in Permanent Housing Units"/>
+    <s v="18"/>
+    <s v="Bed-sit"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="06"/>
+    <s v="Peat (incl. turf)"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="37"/>
+  </r>
+  <r>
+    <s v="CD435"/>
+    <s v="Private Dwellings in Permanent Housing Units"/>
+    <s v="18"/>
+    <s v="Bed-sit"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="06"/>
+    <s v="Peat (incl. turf)"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="52"/>
+  </r>
+  <r>
+    <s v="CD435"/>
+    <s v="Private Dwellings in Permanent Housing Units"/>
+    <s v="18"/>
+    <s v="Bed-sit"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="07"/>
+    <s v="Liquid Petroleum Gas (LPG)"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="34"/>
+  </r>
+  <r>
+    <s v="CD435"/>
+    <s v="Private Dwellings in Permanent Housing Units"/>
+    <s v="18"/>
+    <s v="Bed-sit"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="07"/>
+    <s v="Liquid Petroleum Gas (LPG)"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="49"/>
+  </r>
+  <r>
+    <s v="CD435"/>
+    <s v="Private Dwellings in Permanent Housing Units"/>
+    <s v="18"/>
+    <s v="Bed-sit"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="08"/>
+    <s v="Wood (incl. wood pellets)"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="14"/>
+  </r>
+  <r>
+    <s v="CD435"/>
+    <s v="Private Dwellings in Permanent Housing Units"/>
+    <s v="18"/>
+    <s v="Bed-sit"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="08"/>
+    <s v="Wood (incl. wood pellets)"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="28"/>
+  </r>
+  <r>
+    <s v="CD435"/>
+    <s v="Private Dwellings in Permanent Housing Units"/>
+    <s v="18"/>
+    <s v="Bed-sit"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="09"/>
+    <s v="Other fuels"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="47"/>
+  </r>
+  <r>
+    <s v="CD435"/>
+    <s v="Private Dwellings in Permanent Housing Units"/>
+    <s v="18"/>
+    <s v="Bed-sit"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="09"/>
+    <s v="Other fuels"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="61"/>
+  </r>
+  <r>
+    <s v="CD435"/>
+    <s v="Private Dwellings in Permanent Housing Units"/>
+    <s v="18"/>
+    <s v="Bed-sit"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="10"/>
+    <s v="All types of fuel"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5116"/>
+  </r>
+  <r>
+    <s v="CD435"/>
+    <s v="Private Dwellings in Permanent Housing Units"/>
+    <s v="18"/>
+    <s v="Bed-sit"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="10"/>
+    <s v="All types of fuel"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="7266"/>
+  </r>
+  <r>
+    <s v="CD435"/>
+    <s v="Private Dwellings in Permanent Housing Units"/>
+    <s v="18"/>
+    <s v="Bed-sit"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="99"/>
+    <s v="Not stated"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="140"/>
+  </r>
+  <r>
+    <s v="CD435"/>
+    <s v="Private Dwellings in Permanent Housing Units"/>
+    <s v="18"/>
+    <s v="Bed-sit"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="99"/>
+    <s v="Not stated"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="204"/>
+  </r>
+  <r>
+    <s v="CD435"/>
+    <s v="Private Dwellings in Permanent Housing Units"/>
+    <s v="18"/>
+    <s v="Bed-sit"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5403"/>
+  </r>
+  <r>
+    <s v="CD435"/>
+    <s v="Private Dwellings in Permanent Housing Units"/>
+    <s v="18"/>
+    <s v="Bed-sit"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="7572"/>
+  </r>
+  <r>
+    <s v="CD435"/>
+    <s v="Private Dwellings in Permanent Housing Units"/>
+    <s v="18"/>
+    <s v="Bed-sit"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="01"/>
+    <s v="No central heating"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="423"/>
+  </r>
+  <r>
+    <s v="CD435"/>
+    <s v="Private Dwellings in Permanent Housing Units"/>
+    <s v="18"/>
+    <s v="Bed-sit"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="01"/>
+    <s v="No central heating"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="516"/>
+  </r>
+  <r>
+    <s v="CD435"/>
+    <s v="Private Dwellings in Permanent Housing Units"/>
+    <s v="18"/>
+    <s v="Bed-sit"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="02"/>
+    <s v="Oil"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="720"/>
+  </r>
+  <r>
+    <s v="CD435"/>
+    <s v="Private Dwellings in Permanent Housing Units"/>
+    <s v="18"/>
+    <s v="Bed-sit"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="02"/>
+    <s v="Oil"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1016"/>
+  </r>
+  <r>
+    <s v="CD435"/>
+    <s v="Private Dwellings in Permanent Housing Units"/>
+    <s v="18"/>
+    <s v="Bed-sit"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="03"/>
+    <s v="Natural Gas"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1315"/>
+  </r>
+  <r>
+    <s v="CD435"/>
+    <s v="Private Dwellings in Permanent Housing Units"/>
+    <s v="18"/>
+    <s v="Bed-sit"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="03"/>
+    <s v="Natural Gas"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2008"/>
+  </r>
+  <r>
+    <s v="CD435"/>
+    <s v="Private Dwellings in Permanent Housing Units"/>
+    <s v="18"/>
+    <s v="Bed-sit"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="04"/>
+    <s v="Electricity"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2668"/>
+  </r>
+  <r>
+    <s v="CD435"/>
+    <s v="Private Dwellings in Permanent Housing Units"/>
+    <s v="18"/>
+    <s v="Bed-sit"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="04"/>
+    <s v="Electricity"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3647"/>
+  </r>
+  <r>
+    <s v="CD435"/>
+    <s v="Private Dwellings in Permanent Housing Units"/>
+    <s v="18"/>
+    <s v="Bed-sit"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="05"/>
+    <s v="Coal (incl. anthracite)"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="47"/>
+  </r>
+  <r>
+    <s v="CD435"/>
+    <s v="Private Dwellings in Permanent Housing Units"/>
+    <s v="18"/>
+    <s v="Bed-sit"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="05"/>
+    <s v="Coal (incl. anthracite)"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="53"/>
+  </r>
+  <r>
+    <s v="CD435"/>
+    <s v="Private Dwellings in Permanent Housing Units"/>
+    <s v="18"/>
+    <s v="Bed-sit"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="06"/>
+    <s v="Peat (incl. turf)"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="15"/>
+  </r>
+  <r>
+    <s v="CD435"/>
+    <s v="Private Dwellings in Permanent Housing Units"/>
+    <s v="18"/>
+    <s v="Bed-sit"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="06"/>
+    <s v="Peat (incl. turf)"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="18"/>
+  </r>
+  <r>
+    <s v="CD435"/>
+    <s v="Private Dwellings in Permanent Housing Units"/>
+    <s v="18"/>
+    <s v="Bed-sit"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="07"/>
+    <s v="Liquid Petroleum Gas (LPG)"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="32"/>
+  </r>
+  <r>
+    <s v="CD435"/>
+    <s v="Private Dwellings in Permanent Housing Units"/>
+    <s v="18"/>
+    <s v="Bed-sit"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="07"/>
+    <s v="Liquid Petroleum Gas (LPG)"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="45"/>
+  </r>
+  <r>
+    <s v="CD435"/>
+    <s v="Private Dwellings in Permanent Housing Units"/>
+    <s v="18"/>
+    <s v="Bed-sit"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="08"/>
+    <s v="Wood (incl. wood pellets)"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="6"/>
+  </r>
+  <r>
+    <s v="CD435"/>
+    <s v="Private Dwellings in Permanent Housing Units"/>
+    <s v="18"/>
+    <s v="Bed-sit"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="08"/>
+    <s v="Wood (incl. wood pellets)"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="18"/>
+  </r>
+  <r>
+    <s v="CD435"/>
+    <s v="Private Dwellings in Permanent Housing Units"/>
+    <s v="18"/>
+    <s v="Bed-sit"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="09"/>
+    <s v="Other fuels"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="44"/>
+  </r>
+  <r>
+    <s v="CD435"/>
+    <s v="Private Dwellings in Permanent Housing Units"/>
+    <s v="18"/>
+    <s v="Bed-sit"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="09"/>
+    <s v="Other fuels"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="57"/>
+  </r>
+  <r>
+    <s v="CD435"/>
+    <s v="Private Dwellings in Permanent Housing Units"/>
+    <s v="18"/>
+    <s v="Bed-sit"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="10"/>
+    <s v="All types of fuel"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4847"/>
+  </r>
+  <r>
+    <s v="CD435"/>
+    <s v="Private Dwellings in Permanent Housing Units"/>
+    <s v="18"/>
+    <s v="Bed-sit"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="10"/>
+    <s v="All types of fuel"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="6862"/>
+  </r>
+  <r>
+    <s v="CD435"/>
+    <s v="Private Dwellings in Permanent Housing Units"/>
+    <s v="18"/>
+    <s v="Bed-sit"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="99"/>
+    <s v="Not stated"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="133"/>
+  </r>
+  <r>
+    <s v="CD435"/>
+    <s v="Private Dwellings in Permanent Housing Units"/>
+    <s v="18"/>
+    <s v="Bed-sit"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="99"/>
+    <s v="Not stated"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="194"/>
+  </r>
+  <r>
+    <s v="CD435"/>
+    <s v="Private Dwellings in Permanent Housing Units"/>
+    <s v="18"/>
+    <s v="Bed-sit"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="292"/>
+  </r>
+  <r>
+    <s v="CD435"/>
+    <s v="Private Dwellings in Permanent Housing Units"/>
+    <s v="18"/>
+    <s v="Bed-sit"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="433"/>
+  </r>
+  <r>
+    <s v="CD435"/>
+    <s v="Private Dwellings in Permanent Housing Units"/>
+    <s v="18"/>
+    <s v="Bed-sit"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="01"/>
+    <s v="No central heating"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="16"/>
+  </r>
+  <r>
+    <s v="CD435"/>
+    <s v="Private Dwellings in Permanent Housing Units"/>
+    <s v="18"/>
+    <s v="Bed-sit"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="01"/>
+    <s v="No central heating"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="19"/>
+  </r>
+  <r>
+    <s v="CD435"/>
+    <s v="Private Dwellings in Permanent Housing Units"/>
+    <s v="18"/>
+    <s v="Bed-sit"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="02"/>
+    <s v="Oil"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="122"/>
+  </r>
+  <r>
+    <s v="CD435"/>
+    <s v="Private Dwellings in Permanent Housing Units"/>
+    <s v="18"/>
+    <s v="Bed-sit"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="02"/>
+    <s v="Oil"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="185"/>
+  </r>
+  <r>
+    <s v="CD435"/>
+    <s v="Private Dwellings in Permanent Housing Units"/>
+    <s v="18"/>
+    <s v="Bed-sit"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="03"/>
+    <s v="Natural Gas"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="9"/>
+  </r>
+  <r>
+    <s v="CD435"/>
+    <s v="Private Dwellings in Permanent Housing Units"/>
+    <s v="18"/>
+    <s v="Bed-sit"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="03"/>
+    <s v="Natural Gas"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="11"/>
+  </r>
+  <r>
+    <s v="CD435"/>
+    <s v="Private Dwellings in Permanent Housing Units"/>
+    <s v="18"/>
+    <s v="Bed-sit"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="04"/>
+    <s v="Electricity"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="90"/>
+  </r>
+  <r>
+    <s v="CD435"/>
+    <s v="Private Dwellings in Permanent Housing Units"/>
+    <s v="18"/>
+    <s v="Bed-sit"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="04"/>
+    <s v="Electricity"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="133"/>
+  </r>
+  <r>
+    <s v="CD435"/>
+    <s v="Private Dwellings in Permanent Housing Units"/>
+    <s v="18"/>
+    <s v="Bed-sit"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="05"/>
+    <s v="Coal (incl. anthracite)"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="13"/>
+  </r>
+  <r>
+    <s v="CD435"/>
+    <s v="Private Dwellings in Permanent Housing Units"/>
+    <s v="18"/>
+    <s v="Bed-sit"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="05"/>
+    <s v="Coal (incl. anthracite)"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="23"/>
+  </r>
+  <r>
+    <s v="CD435"/>
+    <s v="Private Dwellings in Permanent Housing Units"/>
+    <s v="18"/>
+    <s v="Bed-sit"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="06"/>
+    <s v="Peat (incl. turf)"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="22"/>
+  </r>
+  <r>
+    <s v="CD435"/>
+    <s v="Private Dwellings in Permanent Housing Units"/>
+    <s v="18"/>
+    <s v="Bed-sit"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="06"/>
+    <s v="Peat (incl. turf)"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="34"/>
+  </r>
+  <r>
+    <s v="CD435"/>
+    <s v="Private Dwellings in Permanent Housing Units"/>
+    <s v="18"/>
+    <s v="Bed-sit"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="07"/>
+    <s v="Liquid Petroleum Gas (LPG)"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="CD435"/>
+    <s v="Private Dwellings in Permanent Housing Units"/>
+    <s v="18"/>
+    <s v="Bed-sit"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="07"/>
+    <s v="Liquid Petroleum Gas (LPG)"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4"/>
+  </r>
+  <r>
+    <s v="CD435"/>
+    <s v="Private Dwellings in Permanent Housing Units"/>
+    <s v="18"/>
+    <s v="Bed-sit"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="08"/>
+    <s v="Wood (incl. wood pellets)"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="8"/>
+  </r>
+  <r>
+    <s v="CD435"/>
+    <s v="Private Dwellings in Permanent Housing Units"/>
+    <s v="18"/>
+    <s v="Bed-sit"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="08"/>
+    <s v="Wood (incl. wood pellets)"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="10"/>
+  </r>
+  <r>
+    <s v="CD435"/>
+    <s v="Private Dwellings in Permanent Housing Units"/>
+    <s v="18"/>
+    <s v="Bed-sit"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="09"/>
+    <s v="Other fuels"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3"/>
+  </r>
+  <r>
+    <s v="CD435"/>
+    <s v="Private Dwellings in Permanent Housing Units"/>
+    <s v="18"/>
+    <s v="Bed-sit"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="09"/>
+    <s v="Other fuels"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4"/>
+  </r>
+  <r>
+    <s v="CD435"/>
+    <s v="Private Dwellings in Permanent Housing Units"/>
+    <s v="18"/>
+    <s v="Bed-sit"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="10"/>
+    <s v="All types of fuel"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="269"/>
+  </r>
+  <r>
+    <s v="CD435"/>
+    <s v="Private Dwellings in Permanent Housing Units"/>
+    <s v="18"/>
+    <s v="Bed-sit"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="10"/>
+    <s v="All types of fuel"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="404"/>
+  </r>
+  <r>
+    <s v="CD435"/>
+    <s v="Private Dwellings in Permanent Housing Units"/>
+    <s v="18"/>
+    <s v="Bed-sit"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="99"/>
+    <s v="Not stated"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="7"/>
+  </r>
+  <r>
+    <s v="CD435"/>
+    <s v="Private Dwellings in Permanent Housing Units"/>
+    <s v="18"/>
+    <s v="Bed-sit"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="99"/>
+    <s v="Not stated"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="10"/>
+  </r>
+  <r>
+    <s v="CD435"/>
+    <s v="Private Dwellings in Permanent Housing Units"/>
+    <s v="4"/>
+    <s v="Not stated"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="27781"/>
+  </r>
+  <r>
+    <s v="CD435"/>
+    <s v="Private Dwellings in Permanent Housing Units"/>
+    <s v="4"/>
+    <s v="Not stated"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="70586"/>
+  </r>
+  <r>
+    <s v="CD435"/>
+    <s v="Private Dwellings in Permanent Housing Units"/>
+    <s v="4"/>
+    <s v="Not stated"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="01"/>
+    <s v="No central heating"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="325"/>
+  </r>
+  <r>
+    <s v="CD435"/>
+    <s v="Private Dwellings in Permanent Housing Units"/>
+    <s v="4"/>
+    <s v="Not stated"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="01"/>
+    <s v="No central heating"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="718"/>
+  </r>
+  <r>
+    <s v="CD435"/>
+    <s v="Private Dwellings in Permanent Housing Units"/>
+    <s v="4"/>
+    <s v="Not stated"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="02"/>
+    <s v="Oil"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4323"/>
+  </r>
+  <r>
+    <s v="CD435"/>
+    <s v="Private Dwellings in Permanent Housing Units"/>
+    <s v="4"/>
+    <s v="Not stated"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="02"/>
+    <s v="Oil"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="11850"/>
+  </r>
+  <r>
+    <s v="CD435"/>
+    <s v="Private Dwellings in Permanent Housing Units"/>
+    <s v="4"/>
+    <s v="Not stated"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="03"/>
+    <s v="Natural Gas"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5048"/>
+  </r>
+  <r>
+    <s v="CD435"/>
+    <s v="Private Dwellings in Permanent Housing Units"/>
+    <s v="4"/>
+    <s v="Not stated"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="03"/>
+    <s v="Natural Gas"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="15071"/>
+  </r>
+  <r>
+    <s v="CD435"/>
+    <s v="Private Dwellings in Permanent Housing Units"/>
+    <s v="4"/>
+    <s v="Not stated"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="04"/>
+    <s v="Electricity"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2188"/>
+  </r>
+  <r>
+    <s v="CD435"/>
+    <s v="Private Dwellings in Permanent Housing Units"/>
+    <s v="4"/>
+    <s v="Not stated"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="04"/>
+    <s v="Electricity"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5083"/>
+  </r>
+  <r>
+    <s v="CD435"/>
+    <s v="Private Dwellings in Permanent Housing Units"/>
+    <s v="4"/>
+    <s v="Not stated"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="05"/>
+    <s v="Coal (incl. anthracite)"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1135"/>
+  </r>
+  <r>
+    <s v="CD435"/>
+    <s v="Private Dwellings in Permanent Housing Units"/>
+    <s v="4"/>
+    <s v="Not stated"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="05"/>
+    <s v="Coal (incl. anthracite)"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2925"/>
+  </r>
+  <r>
+    <s v="CD435"/>
+    <s v="Private Dwellings in Permanent Housing Units"/>
+    <s v="4"/>
+    <s v="Not stated"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="06"/>
+    <s v="Peat (incl. turf)"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="818"/>
+  </r>
+  <r>
+    <s v="CD435"/>
+    <s v="Private Dwellings in Permanent Housing Units"/>
+    <s v="4"/>
+    <s v="Not stated"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="06"/>
+    <s v="Peat (incl. turf)"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2180"/>
+  </r>
+  <r>
+    <s v="CD435"/>
+    <s v="Private Dwellings in Permanent Housing Units"/>
+    <s v="4"/>
+    <s v="Not stated"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="07"/>
+    <s v="Liquid Petroleum Gas (LPG)"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="50"/>
+  </r>
+  <r>
+    <s v="CD435"/>
+    <s v="Private Dwellings in Permanent Housing Units"/>
+    <s v="4"/>
+    <s v="Not stated"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="07"/>
+    <s v="Liquid Petroleum Gas (LPG)"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="123"/>
+  </r>
+  <r>
+    <s v="CD435"/>
+    <s v="Private Dwellings in Permanent Housing Units"/>
+    <s v="4"/>
+    <s v="Not stated"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="08"/>
+    <s v="Wood (incl. wood pellets)"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="141"/>
+  </r>
+  <r>
+    <s v="CD435"/>
+    <s v="Private Dwellings in Permanent Housing Units"/>
+    <s v="4"/>
+    <s v="Not stated"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="08"/>
+    <s v="Wood (incl. wood pellets)"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="374"/>
+  </r>
+  <r>
+    <s v="CD435"/>
+    <s v="Private Dwellings in Permanent Housing Units"/>
+    <s v="4"/>
+    <s v="Not stated"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="09"/>
+    <s v="Other fuels"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="74"/>
+  </r>
+  <r>
+    <s v="CD435"/>
+    <s v="Private Dwellings in Permanent Housing Units"/>
+    <s v="4"/>
+    <s v="Not stated"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="09"/>
+    <s v="Other fuels"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="187"/>
+  </r>
+  <r>
+    <s v="CD435"/>
+    <s v="Private Dwellings in Permanent Housing Units"/>
+    <s v="4"/>
+    <s v="Not stated"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="10"/>
+    <s v="All types of fuel"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="13777"/>
+  </r>
+  <r>
+    <s v="CD435"/>
+    <s v="Private Dwellings in Permanent Housing Units"/>
+    <s v="4"/>
+    <s v="Not stated"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="10"/>
+    <s v="All types of fuel"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="37793"/>
+  </r>
+  <r>
+    <s v="CD435"/>
+    <s v="Private Dwellings in Permanent Housing Units"/>
+    <s v="4"/>
+    <s v="Not stated"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="99"/>
+    <s v="Not stated"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="13679"/>
+  </r>
+  <r>
+    <s v="CD435"/>
+    <s v="Private Dwellings in Permanent Housing Units"/>
+    <s v="4"/>
+    <s v="Not stated"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="99"/>
+    <s v="Not stated"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="32075"/>
+  </r>
+  <r>
+    <s v="CD435"/>
+    <s v="Private Dwellings in Permanent Housing Units"/>
+    <s v="4"/>
+    <s v="Not stated"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="20493"/>
+  </r>
+  <r>
+    <s v="CD435"/>
+    <s v="Private Dwellings in Permanent Housing Units"/>
+    <s v="4"/>
+    <s v="Not stated"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="52021"/>
+  </r>
+  <r>
+    <s v="CD435"/>
+    <s v="Private Dwellings in Permanent Housing Units"/>
+    <s v="4"/>
+    <s v="Not stated"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="01"/>
+    <s v="No central heating"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="220"/>
+  </r>
+  <r>
+    <s v="CD435"/>
+    <s v="Private Dwellings in Permanent Housing Units"/>
+    <s v="4"/>
+    <s v="Not stated"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="01"/>
+    <s v="No central heating"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="501"/>
+  </r>
+  <r>
+    <s v="CD435"/>
+    <s v="Private Dwellings in Permanent Housing Units"/>
+    <s v="4"/>
+    <s v="Not stated"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="02"/>
+    <s v="Oil"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1972"/>
+  </r>
+  <r>
+    <s v="CD435"/>
+    <s v="Private Dwellings in Permanent Housing Units"/>
+    <s v="4"/>
+    <s v="Not stated"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="02"/>
+    <s v="Oil"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5583"/>
+  </r>
+  <r>
+    <s v="CD435"/>
+    <s v="Private Dwellings in Permanent Housing Units"/>
+    <s v="4"/>
+    <s v="Not stated"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="03"/>
+    <s v="Natural Gas"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4957"/>
+  </r>
+  <r>
+    <s v="CD435"/>
+    <s v="Private Dwellings in Permanent Housing Units"/>
+    <s v="4"/>
+    <s v="Not stated"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="03"/>
+    <s v="Natural Gas"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="14836"/>
+  </r>
+  <r>
+    <s v="CD435"/>
+    <s v="Private Dwellings in Permanent Housing Units"/>
+    <s v="4"/>
+    <s v="Not stated"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="04"/>
+    <s v="Electricity"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1963"/>
+  </r>
+  <r>
+    <s v="CD435"/>
+    <s v="Private Dwellings in Permanent Housing Units"/>
+    <s v="4"/>
+    <s v="Not stated"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="04"/>
+    <s v="Electricity"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4669"/>
+  </r>
+  <r>
+    <s v="CD435"/>
+    <s v="Private Dwellings in Permanent Housing Units"/>
+    <s v="4"/>
+    <s v="Not stated"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="05"/>
+    <s v="Coal (incl. anthracite)"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="609"/>
+  </r>
+  <r>
+    <s v="CD435"/>
+    <s v="Private Dwellings in Permanent Housing Units"/>
+    <s v="4"/>
+    <s v="Not stated"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="05"/>
+    <s v="Coal (incl. anthracite)"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1614"/>
+  </r>
+  <r>
+    <s v="CD435"/>
+    <s v="Private Dwellings in Permanent Housing Units"/>
+    <s v="4"/>
+    <s v="Not stated"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="06"/>
+    <s v="Peat (incl. turf)"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="145"/>
+  </r>
+  <r>
+    <s v="CD435"/>
+    <s v="Private Dwellings in Permanent Housing Units"/>
+    <s v="4"/>
+    <s v="Not stated"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="06"/>
+    <s v="Peat (incl. turf)"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="371"/>
+  </r>
+  <r>
+    <s v="CD435"/>
+    <s v="Private Dwellings in Permanent Housing Units"/>
+    <s v="4"/>
+    <s v="Not stated"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="07"/>
+    <s v="Liquid Petroleum Gas (LPG)"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="32"/>
+  </r>
+  <r>
+    <s v="CD435"/>
+    <s v="Private Dwellings in Permanent Housing Units"/>
+    <s v="4"/>
+    <s v="Not stated"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="07"/>
+    <s v="Liquid Petroleum Gas (LPG)"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="85"/>
+  </r>
+  <r>
+    <s v="CD435"/>
+    <s v="Private Dwellings in Permanent Housing Units"/>
+    <s v="4"/>
+    <s v="Not stated"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="08"/>
+    <s v="Wood (incl. wood pellets)"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="28"/>
+  </r>
+  <r>
+    <s v="CD435"/>
+    <s v="Private Dwellings in Permanent Housing Units"/>
+    <s v="4"/>
+    <s v="Not stated"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="08"/>
+    <s v="Wood (incl. wood pellets)"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="77"/>
+  </r>
+  <r>
+    <s v="CD435"/>
+    <s v="Private Dwellings in Permanent Housing Units"/>
+    <s v="4"/>
+    <s v="Not stated"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="09"/>
+    <s v="Other fuels"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="48"/>
+  </r>
+  <r>
+    <s v="CD435"/>
+    <s v="Private Dwellings in Permanent Housing Units"/>
+    <s v="4"/>
+    <s v="Not stated"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="09"/>
+    <s v="Other fuels"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="115"/>
+  </r>
+  <r>
+    <s v="CD435"/>
+    <s v="Private Dwellings in Permanent Housing Units"/>
+    <s v="4"/>
+    <s v="Not stated"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="10"/>
+    <s v="All types of fuel"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="9754"/>
+  </r>
+  <r>
+    <s v="CD435"/>
+    <s v="Private Dwellings in Permanent Housing Units"/>
+    <s v="4"/>
+    <s v="Not stated"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="10"/>
+    <s v="All types of fuel"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="27350"/>
+  </r>
+  <r>
+    <s v="CD435"/>
+    <s v="Private Dwellings in Permanent Housing Units"/>
+    <s v="4"/>
+    <s v="Not stated"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="99"/>
+    <s v="Not stated"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="10519"/>
+  </r>
+  <r>
+    <s v="CD435"/>
+    <s v="Private Dwellings in Permanent Housing Units"/>
+    <s v="4"/>
+    <s v="Not stated"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="99"/>
+    <s v="Not stated"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="24170"/>
+  </r>
+  <r>
+    <s v="CD435"/>
+    <s v="Private Dwellings in Permanent Housing Units"/>
+    <s v="4"/>
+    <s v="Not stated"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="7288"/>
+  </r>
+  <r>
+    <s v="CD435"/>
+    <s v="Private Dwellings in Permanent Housing Units"/>
+    <s v="4"/>
+    <s v="Not stated"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="18565"/>
+  </r>
+  <r>
+    <s v="CD435"/>
+    <s v="Private Dwellings in Permanent Housing Units"/>
+    <s v="4"/>
+    <s v="Not stated"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="01"/>
+    <s v="No central heating"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="105"/>
+  </r>
+  <r>
+    <s v="CD435"/>
+    <s v="Private Dwellings in Permanent Housing Units"/>
+    <s v="4"/>
+    <s v="Not stated"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="01"/>
+    <s v="No central heating"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="217"/>
+  </r>
+  <r>
+    <s v="CD435"/>
+    <s v="Private Dwellings in Permanent Housing Units"/>
+    <s v="4"/>
+    <s v="Not stated"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="02"/>
+    <s v="Oil"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2351"/>
+  </r>
+  <r>
+    <s v="CD435"/>
+    <s v="Private Dwellings in Permanent Housing Units"/>
+    <s v="4"/>
+    <s v="Not stated"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="02"/>
+    <s v="Oil"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="6267"/>
+  </r>
+  <r>
+    <s v="CD435"/>
+    <s v="Private Dwellings in Permanent Housing Units"/>
+    <s v="4"/>
+    <s v="Not stated"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="03"/>
+    <s v="Natural Gas"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="91"/>
+  </r>
+  <r>
+    <s v="CD435"/>
+    <s v="Private Dwellings in Permanent Housing Units"/>
+    <s v="4"/>
+    <s v="Not stated"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="03"/>
+    <s v="Natural Gas"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="235"/>
+  </r>
+  <r>
+    <s v="CD435"/>
+    <s v="Private Dwellings in Permanent Housing Units"/>
+    <s v="4"/>
+    <s v="Not stated"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="04"/>
+    <s v="Electricity"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="225"/>
+  </r>
+  <r>
+    <s v="CD435"/>
+    <s v="Private Dwellings in Permanent Housing Units"/>
+    <s v="4"/>
+    <s v="Not stated"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="04"/>
+    <s v="Electricity"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="414"/>
+  </r>
+  <r>
+    <s v="CD435"/>
+    <s v="Private Dwellings in Permanent Housing Units"/>
+    <s v="4"/>
+    <s v="Not stated"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="05"/>
+    <s v="Coal (incl. anthracite)"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="526"/>
+  </r>
+  <r>
+    <s v="CD435"/>
+    <s v="Private Dwellings in Permanent Housing Units"/>
+    <s v="4"/>
+    <s v="Not stated"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="05"/>
+    <s v="Coal (incl. anthracite)"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1311"/>
+  </r>
+  <r>
+    <s v="CD435"/>
+    <s v="Private Dwellings in Permanent Housing Units"/>
+    <s v="4"/>
+    <s v="Not stated"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="06"/>
+    <s v="Peat (incl. turf)"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="673"/>
+  </r>
+  <r>
+    <s v="CD435"/>
+    <s v="Private Dwellings in Permanent Housing Units"/>
+    <s v="4"/>
+    <s v="Not stated"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="06"/>
+    <s v="Peat (incl. turf)"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1809"/>
+  </r>
+  <r>
+    <s v="CD435"/>
+    <s v="Private Dwellings in Permanent Housing Units"/>
+    <s v="4"/>
+    <s v="Not stated"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="07"/>
+    <s v="Liquid Petroleum Gas (LPG)"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="18"/>
+  </r>
+  <r>
+    <s v="CD435"/>
+    <s v="Private Dwellings in Permanent Housing Units"/>
+    <s v="4"/>
+    <s v="Not stated"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="07"/>
+    <s v="Liquid Petroleum Gas (LPG)"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="38"/>
+  </r>
+  <r>
+    <s v="CD435"/>
+    <s v="Private Dwellings in Permanent Housing Units"/>
+    <s v="4"/>
+    <s v="Not stated"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="08"/>
+    <s v="Wood (incl. wood pellets)"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="113"/>
+  </r>
+  <r>
+    <s v="CD435"/>
+    <s v="Private Dwellings in Permanent Housing Units"/>
+    <s v="4"/>
+    <s v="Not stated"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="08"/>
+    <s v="Wood (incl. wood pellets)"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="297"/>
+  </r>
+  <r>
+    <s v="CD435"/>
+    <s v="Private Dwellings in Permanent Housing Units"/>
+    <s v="4"/>
+    <s v="Not stated"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="09"/>
+    <s v="Other fuels"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="26"/>
+  </r>
+  <r>
+    <s v="CD435"/>
+    <s v="Private Dwellings in Permanent Housing Units"/>
+    <s v="4"/>
+    <s v="Not stated"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="09"/>
+    <s v="Other fuels"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="72"/>
+  </r>
+  <r>
+    <s v="CD435"/>
+    <s v="Private Dwellings in Permanent Housing Units"/>
+    <s v="4"/>
+    <s v="Not stated"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="10"/>
+    <s v="All types of fuel"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4023"/>
+  </r>
+  <r>
+    <s v="CD435"/>
+    <s v="Private Dwellings in Permanent Housing Units"/>
+    <s v="4"/>
+    <s v="Not stated"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="10"/>
+    <s v="All types of fuel"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="10443"/>
+  </r>
+  <r>
+    <s v="CD435"/>
+    <s v="Private Dwellings in Permanent Housing Units"/>
+    <s v="4"/>
+    <s v="Not stated"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="99"/>
+    <s v="Not stated"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3160"/>
+  </r>
+  <r>
+    <s v="CD435"/>
+    <s v="Private Dwellings in Permanent Housing Units"/>
+    <s v="4"/>
+    <s v="Not stated"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="99"/>
+    <s v="Not stated"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="7905"/>
+  </r>
+</pivotCacheRecords>
 </file>