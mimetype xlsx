--- v1 (2026-02-05)
+++ v2 (2026-03-23)
@@ -1,48 +1,48 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/pivotCache/pivotCacheDefinition1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheDefinition+xml"/>
   <Override PartName="/pivotCache/pivotCacheRecords1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheRecords+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/pivotTables/pivotTable.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R41ba338dcca4432a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/371505b9093e4620abe17348f18ffc71.psmdcp" Id="Re3d9008867354134" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc406946895884a34" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/30c8dcb6c8ec4e909cf93127380ed56a.psmdcp" Id="R66413e09740b4885" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="About" sheetId="1" r:id="rId2"/>
     <x:sheet name="Unpivoted" sheetId="2" r:id="rId9"/>
     <x:sheet name="Pivoted" sheetId="3" r:id="rId11"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
   <x:pivotCaches>
     <x:pivotCache cacheId="0" r:id="rId12"/>
   </x:pivotCaches>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Table</x:t>