--- v0 (2025-11-06)
+++ v1 (2025-12-23)
@@ -1,97 +1,97 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/pivotCache/pivotCacheDefinition1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheDefinition+xml"/>
   <Override PartName="/pivotCache/pivotCacheRecords1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheRecords+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/pivotTables/pivotTable.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd48a1c037a9649e2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/ae94782efd2147a083747121807a53eb.psmdcp" Id="Ra83278eb01ff4535" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4c311f5954094986" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/93e287232d9f4a25ba155d0d1b8db7ac.psmdcp" Id="R749997b0ba1a4bf8" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
-    <x:sheet name="About" sheetId="2" r:id="rId2"/>
-[...1 lines deleted...]
-    <x:sheet name="Pivoted" sheetId="11" r:id="rId11"/>
+    <x:sheet name="About" sheetId="1" r:id="rId2"/>
+    <x:sheet name="Unpivoted" sheetId="2" r:id="rId9"/>
+    <x:sheet name="Pivoted" sheetId="3" r:id="rId11"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
   <x:pivotCaches>
     <x:pivotCache cacheId="0" r:id="rId12"/>
   </x:pivotCaches>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Table</x:t>
   </x:si>
   <x:si>
     <x:t>Code</x:t>
   </x:si>
   <x:si>
     <x:t>CD433</x:t>
   </x:si>
   <x:si>
     <x:t>Name</x:t>
   </x:si>
   <x:si>
     <x:t>Private Dwellings in Permanent Housing Units</x:t>
   </x:si>
   <x:si>
     <x:t>Frequency</x:t>
   </x:si>
   <x:si>
     <x:t>Annual</x:t>
   </x:si>
   <x:si>
     <x:t>Last Updated</x:t>
   </x:si>
   <x:si>
-    <x:t>5/18/2020 11:00:00 AM</x:t>
+    <x:t>18/05/2020 11:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Note</x:t>
   </x:si>
   <x:si>
     <x:t>Url</x:t>
   </x:si>
   <x:si>
     <x:t>https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/CD433/XLSX/2007/en</x:t>
   </x:si>
   <x:si>
     <x:t>Product</x:t>
   </x:si>
   <x:si>
     <x:t>C2011P4</x:t>
   </x:si>
   <x:si>
     <x:t>Profile 4 - The Roof Over Our Heads - Housing in Ireland</x:t>
   </x:si>
   <x:si>
     <x:t>Contacts</x:t>
   </x:si>
   <x:si>
     <x:t>Bernie Casey</x:t>
   </x:si>
@@ -484,363 +484,176 @@
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip r:embed="rId8" cstate="print"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="3971925" cy="1381125"/>
         </a:xfrm>
         <a:prstGeom prst="rect"/>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/pivotTables/_rels/pivotTable.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheDefinition" Target="/pivotCache/pivotCacheDefinition1.xml" Id="rId17" /></Relationships>
 </file>
 
 <file path=xl/pivotTables/pivotTable.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotTableDefinition xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" dataCaption="Values" showError="0" missingCaption="" showMissing="1" pageWrap="0" pageOverThenDown="0" rowGrandTotals="0" colGrandTotals="0" indent="1">
-[...311 lines deleted...]
-</x:pivotTableDefinition>
+<pivotTableDefinition xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" applyNumberFormats="0" applyBorderFormats="0" applyFontFormats="0" applyPatternFormats="0" applyAlignmentFormats="0" applyWidthHeightFormats="0" dataCaption="Values" rowGrandTotals="0" colGrandTotals="0" outline="1">
+  <location ref="A1" firstHeaderRow="0" firstDataRow="0" firstDataCol="0"/>
+  <pivotFields count="14">
+    <pivotField name="STATISTIC" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="Statistic Label" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="C02010V02440" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="8">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+      </items>
+    </pivotField>
+    <pivotField name="Type of Private Accommodation" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="8">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+      </items>
+    </pivotField>
+    <pivotField name="C02701V03269" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="3">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+      </items>
+    </pivotField>
+    <pivotField name="Aggregate Town or Rural Area" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="3">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+      </items>
+    </pivotField>
+    <pivotField name="C02699V03267" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="9">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+      </items>
+    </pivotField>
+    <pivotField name="Nature of Occupancy" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="9">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+      </items>
+    </pivotField>
+    <pivotField name="C02254V02726" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="2">
+        <item x="0"/>
+        <item x="1"/>
+      </items>
+    </pivotField>
+    <pivotField name="Persons per Household" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="2">
+        <item x="0"/>
+        <item x="1"/>
+      </items>
+    </pivotField>
+    <pivotField name="TLIST(A1)" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="CensusYear" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField showAll="0"/>
+    <pivotField dataField="1" showAll="0"/>
+  </pivotFields>
+  <rowFields count="12">
+    <field x="0"/>
+    <field x="1"/>
+    <field x="2"/>
+    <field x="3"/>
+    <field x="4"/>
+    <field x="5"/>
+    <field x="6"/>
+    <field x="7"/>
+    <field x="8"/>
+    <field x="9"/>
+    <field x="10"/>
+    <field x="11"/>
+  </rowFields>
+  <dataFields count="1">
+    <dataField name="VALUE" fld="13"/>
+  </dataFields>
+  <pivotTableStyleInfo name="PivotStyleLight16" showRowHeaders="1" showColHeaders="1"/>
+  <extLst>
+    <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{962EF5D1-5CA2-4c93-8EF4-DBF5C05439D2}">
+      <x14:pivotTableDefinition enableEdit="0" hideValuesRow="1"/>
+    </ext>
+  </extLst>
+</pivotTableDefinition>
 </file>
 
 <file path=xl/tables/table1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:table xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="1" name="Unpivoted" displayName="Unpivoted" ref="A1:N433" totalsRowShown="0">
   <x:autoFilter ref="A1:N433"/>
   <x:tableColumns count="14">
     <x:tableColumn id="1" name="STATISTIC"/>
     <x:tableColumn id="2" name="Statistic Label"/>
     <x:tableColumn id="3" name="C02010V02440"/>
     <x:tableColumn id="4" name="Type of Private Accommodation"/>
     <x:tableColumn id="5" name="C02701V03269"/>
     <x:tableColumn id="6" name="Aggregate Town or Rural Area"/>
     <x:tableColumn id="7" name="C02699V03267"/>
     <x:tableColumn id="8" name="Nature of Occupancy"/>
     <x:tableColumn id="9" name="C02254V02726"/>
     <x:tableColumn id="10" name="Persons per Household"/>
     <x:tableColumn id="11" name="TLIST(A1)"/>
     <x:tableColumn id="12" name="CensusYear"/>
     <x:tableColumn id="13" name="UNIT"/>
     <x:tableColumn id="14" name="VALUE"/>
   </x:tableColumns>
   <x:tableStyleInfo name="TableStyleMedium2" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </x:table>
 </file>
 
@@ -1115,51 +928,51 @@
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="/xl/drawings/drawing1.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/CD433/XLSX/2007/en" TargetMode="External" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cso.ie/" TargetMode="External" Id="rId14" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="/xl/tables/table1.xml" Id="rId15" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet3.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotTable" Target="/xl/pivotTables/pivotTable.xml" Id="rId16" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:B39"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="20.710625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="100.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="8" spans="1:2">
       <x:c r="A8" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B8" s="2"/>
     </x:row>
     <x:row r="9" spans="1:2">
       <x:c r="A9" s="3" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="B9" s="0" t="s">
         <x:v>2</x:v>
@@ -1346,51 +1159,51 @@
       </x:c>
     </x:row>
     <x:row r="39" spans="1:2">
       <x:c r="A39" s="3" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B39" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:hyperlinks>
     <x:hyperlink ref="B14" r:id="rId13"/>
     <x:hyperlink ref="B28" r:id="rId14"/>
   </x:hyperlinks>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:drawing xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId7"/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:N433"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="11.996339" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="41.710625" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="16.139196" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="56.996339" style="0" customWidth="1"/>
     <x:col min="5" max="5" width="16.139196" style="0" customWidth="1"/>
     <x:col min="6" max="6" width="29.853482" style="0" customWidth="1"/>
     <x:col min="7" max="7" width="16.139196" style="0" customWidth="1"/>
     <x:col min="8" max="8" width="39.139196" style="0" customWidth="1"/>
     <x:col min="9" max="9" width="16.139196" style="0" customWidth="1"/>
     <x:col min="10" max="10" width="30.567768" style="0" customWidth="1"/>
     <x:col min="11" max="11" width="11.282054" style="0" customWidth="1"/>
     <x:col min="12" max="12" width="13.424911" style="0" customWidth="1"/>
     <x:col min="13" max="13" width="8.282054" style="0" customWidth="1"/>
     <x:col min="14" max="14" width="8.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
@@ -20436,51 +20249,51 @@
       <x:c r="K433" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="L433" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="M433" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="N433" s="0">
         <x:v>18565</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="1">
     <x:tablePart r:id="rId15"/>
   </x:tableParts>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:sheetData/>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Application>Microsoft Excel</ap:Application>
   <ap:TitlesOfParts>
     <vt:vector baseType="lpstr" size="9">
       <vt:lpstr>About</vt:lpstr>
       <vt:lpstr>Unpivoted</vt:lpstr>
       <vt:lpstr>Pivoted</vt:lpstr>
@@ -20497,51 +20310,51 @@
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>3</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Named Ranges</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>6</vt:i4>
       </vt:variant>
     </vt:vector>
   </ap:HeadingPairs>
   <ap:DocSecurity>0</ap:DocSecurity>
   <ap:ScaleCrop>false</ap:ScaleCrop>
 </ap:Properties>
 </file>
 
 <file path=pivotCache/_rels/pivotCacheDefinition1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheRecords" Target="/pivotCache/pivotCacheRecords1.xml" Id="rId1" /></Relationships>
 </file>
 
 <file path=pivotCache/pivotCacheDefinition1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:pivotCacheDefinition xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" r:id="rId1" saveData="1" refreshOnLoad="1" createdVersion="5" refreshedVersion="5" minRefreshableVersion="3">
   <x:cacheSource type="worksheet">
-    <x:worksheetSource ref="A1:N433" sheet="Unpivoted"/>
+    <x:worksheetSource name="Unpivoted"/>
   </x:cacheSource>
   <x:cacheFields>
     <x:cacheField name="STATISTIC">
       <x:sharedItems count="1">
         <x:s v="CD433"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="Statistic Label">
       <x:sharedItems count="1">
         <x:s v="Private Dwellings in Permanent Housing Units"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="C02010V02440">
       <x:sharedItems count="8">
         <x:s v="-"/>
         <x:s v="12"/>
         <x:s v="13"/>
         <x:s v="14"/>
         <x:s v="16"/>
         <x:s v="17"/>
         <x:s v="18"/>
         <x:s v="4"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="Type of Private Accommodation">
@@ -21035,27 +20848,6940 @@
         <x:n v="52021"/>
         <x:n v="1791"/>
         <x:n v="4182"/>
         <x:n v="747"/>
         <x:n v="2601"/>
         <x:n v="1394"/>
         <x:n v="3524"/>
         <x:n v="641"/>
         <x:n v="1644"/>
         <x:n v="511"/>
         <x:n v="1435"/>
         <x:n v="103"/>
         <x:n v="191"/>
         <x:n v="342"/>
         <x:n v="3356"/>
         <x:n v="8258"/>
         <x:n v="7288"/>
         <x:n v="18565"/>
       </x:sharedItems>
     </x:cacheField>
   </x:cacheFields>
 </x:pivotCacheDefinition>
 </file>
 
 <file path=pivotCache/pivotCacheRecords1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main"/>
+<pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="xr">
+  <r>
+    <s v="CD433"/>
+    <s v="Private Dwellings in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="02"/>
+    <s v="Owner occupied without loan or mortgage"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="566776"/>
+  </r>
+  <r>
+    <s v="CD433"/>
+    <s v="Private Dwellings in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="02"/>
+    <s v="Owner occupied without loan or mortgage"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1346590"/>
+  </r>
+  <r>
+    <s v="CD433"/>
+    <s v="Private Dwellings in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="01"/>
+    <s v="Owner occupied with loan or mortgage"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="583148"/>
+  </r>
+  <r>
+    <s v="CD433"/>
+    <s v="Private Dwellings in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="01"/>
+    <s v="Owner occupied with loan or mortgage"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1888826"/>
+  </r>
+  <r>
+    <s v="CD433"/>
+    <s v="Private Dwellings in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="-1"/>
+    <s v="Rented"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="474788"/>
+  </r>
+  <r>
+    <s v="CD433"/>
+    <s v="Private Dwellings in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="-1"/>
+    <s v="Rented"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1207590"/>
+  </r>
+  <r>
+    <s v="CD433"/>
+    <s v="Private Dwellings in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="05A"/>
+    <s v="Rented from private landlord"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="305377"/>
+  </r>
+  <r>
+    <s v="CD433"/>
+    <s v="Private Dwellings in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="05A"/>
+    <s v="Rented from private landlord"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="770375"/>
+  </r>
+  <r>
+    <s v="CD433"/>
+    <s v="Private Dwellings in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="129033"/>
+  </r>
+  <r>
+    <s v="CD433"/>
+    <s v="Private Dwellings in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="354992"/>
+  </r>
+  <r>
+    <s v="CD433"/>
+    <s v="Private Dwellings in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="14942"/>
+  </r>
+  <r>
+    <s v="CD433"/>
+    <s v="Private Dwellings in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="34340"/>
+  </r>
+  <r>
+    <s v="CD433"/>
+    <s v="Private Dwellings in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="08"/>
+    <s v="Occupied free of rent"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="25436"/>
+  </r>
+  <r>
+    <s v="CD433"/>
+    <s v="Private Dwellings in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="08"/>
+    <s v="Occupied free of rent"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="47883"/>
+  </r>
+  <r>
+    <s v="CD433"/>
+    <s v="Private Dwellings in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="09"/>
+    <s v="Not stated"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="24696"/>
+  </r>
+  <r>
+    <s v="CD433"/>
+    <s v="Private Dwellings in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="09"/>
+    <s v="Not stated"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="57563"/>
+  </r>
+  <r>
+    <s v="CD433"/>
+    <s v="Private Dwellings in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="All types of occupancy"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1649408"/>
+  </r>
+  <r>
+    <s v="CD433"/>
+    <s v="Private Dwellings in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="All types of occupancy"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4500569"/>
+  </r>
+  <r>
+    <s v="CD433"/>
+    <s v="Private Dwellings in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="02"/>
+    <s v="Owner occupied without loan or mortgage"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="289418"/>
+  </r>
+  <r>
+    <s v="CD433"/>
+    <s v="Private Dwellings in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="02"/>
+    <s v="Owner occupied without loan or mortgage"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="644749"/>
+  </r>
+  <r>
+    <s v="CD433"/>
+    <s v="Private Dwellings in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="01"/>
+    <s v="Owner occupied with loan or mortgage"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="357715"/>
+  </r>
+  <r>
+    <s v="CD433"/>
+    <s v="Private Dwellings in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="01"/>
+    <s v="Owner occupied with loan or mortgage"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1098077"/>
+  </r>
+  <r>
+    <s v="CD433"/>
+    <s v="Private Dwellings in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="-1"/>
+    <s v="Rented"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="386681"/>
+  </r>
+  <r>
+    <s v="CD433"/>
+    <s v="Private Dwellings in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="-1"/>
+    <s v="Rented"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="993904"/>
+  </r>
+  <r>
+    <s v="CD433"/>
+    <s v="Private Dwellings in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="05A"/>
+    <s v="Rented from private landlord"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="258344"/>
+  </r>
+  <r>
+    <s v="CD433"/>
+    <s v="Private Dwellings in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="05A"/>
+    <s v="Rented from private landlord"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="654845"/>
+  </r>
+  <r>
+    <s v="CD433"/>
+    <s v="Private Dwellings in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="104508"/>
+  </r>
+  <r>
+    <s v="CD433"/>
+    <s v="Private Dwellings in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="288385"/>
+  </r>
+  <r>
+    <s v="CD433"/>
+    <s v="Private Dwellings in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="12713"/>
+  </r>
+  <r>
+    <s v="CD433"/>
+    <s v="Private Dwellings in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="29992"/>
+  </r>
+  <r>
+    <s v="CD433"/>
+    <s v="Private Dwellings in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="08"/>
+    <s v="Occupied free of rent"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="11116"/>
+  </r>
+  <r>
+    <s v="CD433"/>
+    <s v="Private Dwellings in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="08"/>
+    <s v="Occupied free of rent"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="20682"/>
+  </r>
+  <r>
+    <s v="CD433"/>
+    <s v="Private Dwellings in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="09"/>
+    <s v="Not stated"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="16259"/>
+  </r>
+  <r>
+    <s v="CD433"/>
+    <s v="Private Dwellings in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="09"/>
+    <s v="Not stated"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="37159"/>
+  </r>
+  <r>
+    <s v="CD433"/>
+    <s v="Private Dwellings in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="-"/>
+    <s v="All types of occupancy"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1050073"/>
+  </r>
+  <r>
+    <s v="CD433"/>
+    <s v="Private Dwellings in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="-"/>
+    <s v="All types of occupancy"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2773889"/>
+  </r>
+  <r>
+    <s v="CD433"/>
+    <s v="Private Dwellings in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="02"/>
+    <s v="Owner occupied without loan or mortgage"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="277358"/>
+  </r>
+  <r>
+    <s v="CD433"/>
+    <s v="Private Dwellings in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="02"/>
+    <s v="Owner occupied without loan or mortgage"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="701841"/>
+  </r>
+  <r>
+    <s v="CD433"/>
+    <s v="Private Dwellings in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="01"/>
+    <s v="Owner occupied with loan or mortgage"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="225433"/>
+  </r>
+  <r>
+    <s v="CD433"/>
+    <s v="Private Dwellings in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="01"/>
+    <s v="Owner occupied with loan or mortgage"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="790749"/>
+  </r>
+  <r>
+    <s v="CD433"/>
+    <s v="Private Dwellings in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="-1"/>
+    <s v="Rented"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="88107"/>
+  </r>
+  <r>
+    <s v="CD433"/>
+    <s v="Private Dwellings in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="-1"/>
+    <s v="Rented"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="213686"/>
+  </r>
+  <r>
+    <s v="CD433"/>
+    <s v="Private Dwellings in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="05A"/>
+    <s v="Rented from private landlord"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="47033"/>
+  </r>
+  <r>
+    <s v="CD433"/>
+    <s v="Private Dwellings in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="05A"/>
+    <s v="Rented from private landlord"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="115530"/>
+  </r>
+  <r>
+    <s v="CD433"/>
+    <s v="Private Dwellings in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="24525"/>
+  </r>
+  <r>
+    <s v="CD433"/>
+    <s v="Private Dwellings in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="66607"/>
+  </r>
+  <r>
+    <s v="CD433"/>
+    <s v="Private Dwellings in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2229"/>
+  </r>
+  <r>
+    <s v="CD433"/>
+    <s v="Private Dwellings in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4348"/>
+  </r>
+  <r>
+    <s v="CD433"/>
+    <s v="Private Dwellings in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="08"/>
+    <s v="Occupied free of rent"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="14320"/>
+  </r>
+  <r>
+    <s v="CD433"/>
+    <s v="Private Dwellings in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="08"/>
+    <s v="Occupied free of rent"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="27201"/>
+  </r>
+  <r>
+    <s v="CD433"/>
+    <s v="Private Dwellings in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="09"/>
+    <s v="Not stated"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="8437"/>
+  </r>
+  <r>
+    <s v="CD433"/>
+    <s v="Private Dwellings in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="09"/>
+    <s v="Not stated"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="20404"/>
+  </r>
+  <r>
+    <s v="CD433"/>
+    <s v="Private Dwellings in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="-"/>
+    <s v="All types of occupancy"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="599335"/>
+  </r>
+  <r>
+    <s v="CD433"/>
+    <s v="Private Dwellings in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="-"/>
+    <s v="All types of occupancy"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1726680"/>
+  </r>
+  <r>
+    <s v="CD433"/>
+    <s v="Private Dwellings in Permanent Housing Units"/>
+    <s v="12"/>
+    <s v="Detached house"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="02"/>
+    <s v="Owner occupied without loan or mortgage"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="332671"/>
+  </r>
+  <r>
+    <s v="CD433"/>
+    <s v="Private Dwellings in Permanent Housing Units"/>
+    <s v="12"/>
+    <s v="Detached house"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="02"/>
+    <s v="Owner occupied without loan or mortgage"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="841736"/>
+  </r>
+  <r>
+    <s v="CD433"/>
+    <s v="Private Dwellings in Permanent Housing Units"/>
+    <s v="12"/>
+    <s v="Detached house"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="01"/>
+    <s v="Owner occupied with loan or mortgage"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="275810"/>
+  </r>
+  <r>
+    <s v="CD433"/>
+    <s v="Private Dwellings in Permanent Housing Units"/>
+    <s v="12"/>
+    <s v="Detached house"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="01"/>
+    <s v="Owner occupied with loan or mortgage"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="988760"/>
+  </r>
+  <r>
+    <s v="CD433"/>
+    <s v="Private Dwellings in Permanent Housing Units"/>
+    <s v="12"/>
+    <s v="Detached house"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="-1"/>
+    <s v="Rented"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="85757"/>
+  </r>
+  <r>
+    <s v="CD433"/>
+    <s v="Private Dwellings in Permanent Housing Units"/>
+    <s v="12"/>
+    <s v="Detached house"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="-1"/>
+    <s v="Rented"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="236316"/>
+  </r>
+  <r>
+    <s v="CD433"/>
+    <s v="Private Dwellings in Permanent Housing Units"/>
+    <s v="12"/>
+    <s v="Detached house"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="05A"/>
+    <s v="Rented from private landlord"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="54970"/>
+  </r>
+  <r>
+    <s v="CD433"/>
+    <s v="Private Dwellings in Permanent Housing Units"/>
+    <s v="12"/>
+    <s v="Detached house"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="05A"/>
+    <s v="Rented from private landlord"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="158158"/>
+  </r>
+  <r>
+    <s v="CD433"/>
+    <s v="Private Dwellings in Permanent Housing Units"/>
+    <s v="12"/>
+    <s v="Detached house"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="15519"/>
+  </r>
+  <r>
+    <s v="CD433"/>
+    <s v="Private Dwellings in Permanent Housing Units"/>
+    <s v="12"/>
+    <s v="Detached house"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="47493"/>
+  </r>
+  <r>
+    <s v="CD433"/>
+    <s v="Private Dwellings in Permanent Housing Units"/>
+    <s v="12"/>
+    <s v="Detached house"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1144"/>
+  </r>
+  <r>
+    <s v="CD433"/>
+    <s v="Private Dwellings in Permanent Housing Units"/>
+    <s v="12"/>
+    <s v="Detached house"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3233"/>
+  </r>
+  <r>
+    <s v="CD433"/>
+    <s v="Private Dwellings in Permanent Housing Units"/>
+    <s v="12"/>
+    <s v="Detached house"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="08"/>
+    <s v="Occupied free of rent"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="14124"/>
+  </r>
+  <r>
+    <s v="CD433"/>
+    <s v="Private Dwellings in Permanent Housing Units"/>
+    <s v="12"/>
+    <s v="Detached house"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="08"/>
+    <s v="Occupied free of rent"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="27432"/>
+  </r>
+  <r>
+    <s v="CD433"/>
+    <s v="Private Dwellings in Permanent Housing Units"/>
+    <s v="12"/>
+    <s v="Detached house"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="09"/>
+    <s v="Not stated"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5631"/>
+  </r>
+  <r>
+    <s v="CD433"/>
+    <s v="Private Dwellings in Permanent Housing Units"/>
+    <s v="12"/>
+    <s v="Detached house"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="09"/>
+    <s v="Not stated"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="13751"/>
+  </r>
+  <r>
+    <s v="CD433"/>
+    <s v="Private Dwellings in Permanent Housing Units"/>
+    <s v="12"/>
+    <s v="Detached house"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="All types of occupancy"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="699869"/>
+  </r>
+  <r>
+    <s v="CD433"/>
+    <s v="Private Dwellings in Permanent Housing Units"/>
+    <s v="12"/>
+    <s v="Detached house"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="All types of occupancy"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2080563"/>
+  </r>
+  <r>
+    <s v="CD433"/>
+    <s v="Private Dwellings in Permanent Housing Units"/>
+    <s v="12"/>
+    <s v="Detached house"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="02"/>
+    <s v="Owner occupied without loan or mortgage"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="84288"/>
+  </r>
+  <r>
+    <s v="CD433"/>
+    <s v="Private Dwellings in Permanent Housing Units"/>
+    <s v="12"/>
+    <s v="Detached house"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="02"/>
+    <s v="Owner occupied without loan or mortgage"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="203228"/>
+  </r>
+  <r>
+    <s v="CD433"/>
+    <s v="Private Dwellings in Permanent Housing Units"/>
+    <s v="12"/>
+    <s v="Detached house"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="01"/>
+    <s v="Owner occupied with loan or mortgage"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="78991"/>
+  </r>
+  <r>
+    <s v="CD433"/>
+    <s v="Private Dwellings in Permanent Housing Units"/>
+    <s v="12"/>
+    <s v="Detached house"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="01"/>
+    <s v="Owner occupied with loan or mortgage"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="281472"/>
+  </r>
+  <r>
+    <s v="CD433"/>
+    <s v="Private Dwellings in Permanent Housing Units"/>
+    <s v="12"/>
+    <s v="Detached house"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="-1"/>
+    <s v="Rented"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="39868"/>
+  </r>
+  <r>
+    <s v="CD433"/>
+    <s v="Private Dwellings in Permanent Housing Units"/>
+    <s v="12"/>
+    <s v="Detached house"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="-1"/>
+    <s v="Rented"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="121993"/>
+  </r>
+  <r>
+    <s v="CD433"/>
+    <s v="Private Dwellings in Permanent Housing Units"/>
+    <s v="12"/>
+    <s v="Detached house"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="05A"/>
+    <s v="Rented from private landlord"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="27752"/>
+  </r>
+  <r>
+    <s v="CD433"/>
+    <s v="Private Dwellings in Permanent Housing Units"/>
+    <s v="12"/>
+    <s v="Detached house"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="05A"/>
+    <s v="Rented from private landlord"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="86685"/>
+  </r>
+  <r>
+    <s v="CD433"/>
+    <s v="Private Dwellings in Permanent Housing Units"/>
+    <s v="12"/>
+    <s v="Detached house"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="8422"/>
+  </r>
+  <r>
+    <s v="CD433"/>
+    <s v="Private Dwellings in Permanent Housing Units"/>
+    <s v="12"/>
+    <s v="Detached house"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="26851"/>
+  </r>
+  <r>
+    <s v="CD433"/>
+    <s v="Private Dwellings in Permanent Housing Units"/>
+    <s v="12"/>
+    <s v="Detached house"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="767"/>
+  </r>
+  <r>
+    <s v="CD433"/>
+    <s v="Private Dwellings in Permanent Housing Units"/>
+    <s v="12"/>
+    <s v="Detached house"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2339"/>
+  </r>
+  <r>
+    <s v="CD433"/>
+    <s v="Private Dwellings in Permanent Housing Units"/>
+    <s v="12"/>
+    <s v="Detached house"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="08"/>
+    <s v="Occupied free of rent"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2927"/>
+  </r>
+  <r>
+    <s v="CD433"/>
+    <s v="Private Dwellings in Permanent Housing Units"/>
+    <s v="12"/>
+    <s v="Detached house"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="08"/>
+    <s v="Occupied free of rent"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="6118"/>
+  </r>
+  <r>
+    <s v="CD433"/>
+    <s v="Private Dwellings in Permanent Housing Units"/>
+    <s v="12"/>
+    <s v="Detached house"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="09"/>
+    <s v="Not stated"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1296"/>
+  </r>
+  <r>
+    <s v="CD433"/>
+    <s v="Private Dwellings in Permanent Housing Units"/>
+    <s v="12"/>
+    <s v="Detached house"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="09"/>
+    <s v="Not stated"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3225"/>
+  </r>
+  <r>
+    <s v="CD433"/>
+    <s v="Private Dwellings in Permanent Housing Units"/>
+    <s v="12"/>
+    <s v="Detached house"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="-"/>
+    <s v="All types of occupancy"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="204443"/>
+  </r>
+  <r>
+    <s v="CD433"/>
+    <s v="Private Dwellings in Permanent Housing Units"/>
+    <s v="12"/>
+    <s v="Detached house"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="-"/>
+    <s v="All types of occupancy"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="609918"/>
+  </r>
+  <r>
+    <s v="CD433"/>
+    <s v="Private Dwellings in Permanent Housing Units"/>
+    <s v="12"/>
+    <s v="Detached house"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="02"/>
+    <s v="Owner occupied without loan or mortgage"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="248383"/>
+  </r>
+  <r>
+    <s v="CD433"/>
+    <s v="Private Dwellings in Permanent Housing Units"/>
+    <s v="12"/>
+    <s v="Detached house"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="02"/>
+    <s v="Owner occupied without loan or mortgage"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="638508"/>
+  </r>
+  <r>
+    <s v="CD433"/>
+    <s v="Private Dwellings in Permanent Housing Units"/>
+    <s v="12"/>
+    <s v="Detached house"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="01"/>
+    <s v="Owner occupied with loan or mortgage"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="196819"/>
+  </r>
+  <r>
+    <s v="CD433"/>
+    <s v="Private Dwellings in Permanent Housing Units"/>
+    <s v="12"/>
+    <s v="Detached house"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="01"/>
+    <s v="Owner occupied with loan or mortgage"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="707288"/>
+  </r>
+  <r>
+    <s v="CD433"/>
+    <s v="Private Dwellings in Permanent Housing Units"/>
+    <s v="12"/>
+    <s v="Detached house"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="-1"/>
+    <s v="Rented"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="45889"/>
+  </r>
+  <r>
+    <s v="CD433"/>
+    <s v="Private Dwellings in Permanent Housing Units"/>
+    <s v="12"/>
+    <s v="Detached house"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="-1"/>
+    <s v="Rented"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="114323"/>
+  </r>
+  <r>
+    <s v="CD433"/>
+    <s v="Private Dwellings in Permanent Housing Units"/>
+    <s v="12"/>
+    <s v="Detached house"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="05A"/>
+    <s v="Rented from private landlord"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="27218"/>
+  </r>
+  <r>
+    <s v="CD433"/>
+    <s v="Private Dwellings in Permanent Housing Units"/>
+    <s v="12"/>
+    <s v="Detached house"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="05A"/>
+    <s v="Rented from private landlord"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="71473"/>
+  </r>
+  <r>
+    <s v="CD433"/>
+    <s v="Private Dwellings in Permanent Housing Units"/>
+    <s v="12"/>
+    <s v="Detached house"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="7097"/>
+  </r>
+  <r>
+    <s v="CD433"/>
+    <s v="Private Dwellings in Permanent Housing Units"/>
+    <s v="12"/>
+    <s v="Detached house"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="20642"/>
+  </r>
+  <r>
+    <s v="CD433"/>
+    <s v="Private Dwellings in Permanent Housing Units"/>
+    <s v="12"/>
+    <s v="Detached house"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="377"/>
+  </r>
+  <r>
+    <s v="CD433"/>
+    <s v="Private Dwellings in Permanent Housing Units"/>
+    <s v="12"/>
+    <s v="Detached house"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="894"/>
+  </r>
+  <r>
+    <s v="CD433"/>
+    <s v="Private Dwellings in Permanent Housing Units"/>
+    <s v="12"/>
+    <s v="Detached house"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="08"/>
+    <s v="Occupied free of rent"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="11197"/>
+  </r>
+  <r>
+    <s v="CD433"/>
+    <s v="Private Dwellings in Permanent Housing Units"/>
+    <s v="12"/>
+    <s v="Detached house"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="08"/>
+    <s v="Occupied free of rent"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="21314"/>
+  </r>
+  <r>
+    <s v="CD433"/>
+    <s v="Private Dwellings in Permanent Housing Units"/>
+    <s v="12"/>
+    <s v="Detached house"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="09"/>
+    <s v="Not stated"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4335"/>
+  </r>
+  <r>
+    <s v="CD433"/>
+    <s v="Private Dwellings in Permanent Housing Units"/>
+    <s v="12"/>
+    <s v="Detached house"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="09"/>
+    <s v="Not stated"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="10526"/>
+  </r>
+  <r>
+    <s v="CD433"/>
+    <s v="Private Dwellings in Permanent Housing Units"/>
+    <s v="12"/>
+    <s v="Detached house"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="-"/>
+    <s v="All types of occupancy"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="495426"/>
+  </r>
+  <r>
+    <s v="CD433"/>
+    <s v="Private Dwellings in Permanent Housing Units"/>
+    <s v="12"/>
+    <s v="Detached house"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="-"/>
+    <s v="All types of occupancy"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1470645"/>
+  </r>
+  <r>
+    <s v="CD433"/>
+    <s v="Private Dwellings in Permanent Housing Units"/>
+    <s v="13"/>
+    <s v="Semi- detached house"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="02"/>
+    <s v="Owner occupied without loan or mortgage"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="135140"/>
+  </r>
+  <r>
+    <s v="CD433"/>
+    <s v="Private Dwellings in Permanent Housing Units"/>
+    <s v="13"/>
+    <s v="Semi- detached house"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="02"/>
+    <s v="Owner occupied without loan or mortgage"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="305819"/>
+  </r>
+  <r>
+    <s v="CD433"/>
+    <s v="Private Dwellings in Permanent Housing Units"/>
+    <s v="13"/>
+    <s v="Semi- detached house"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="01"/>
+    <s v="Owner occupied with loan or mortgage"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="184275"/>
+  </r>
+  <r>
+    <s v="CD433"/>
+    <s v="Private Dwellings in Permanent Housing Units"/>
+    <s v="13"/>
+    <s v="Semi- detached house"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="01"/>
+    <s v="Owner occupied with loan or mortgage"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="583944"/>
+  </r>
+  <r>
+    <s v="CD433"/>
+    <s v="Private Dwellings in Permanent Housing Units"/>
+    <s v="13"/>
+    <s v="Semi- detached house"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="-1"/>
+    <s v="Rented"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="134789"/>
+  </r>
+  <r>
+    <s v="CD433"/>
+    <s v="Private Dwellings in Permanent Housing Units"/>
+    <s v="13"/>
+    <s v="Semi- detached house"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="-1"/>
+    <s v="Rented"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="393464"/>
+  </r>
+  <r>
+    <s v="CD433"/>
+    <s v="Private Dwellings in Permanent Housing Units"/>
+    <s v="13"/>
+    <s v="Semi- detached house"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="05A"/>
+    <s v="Rented from private landlord"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="83248"/>
+  </r>
+  <r>
+    <s v="CD433"/>
+    <s v="Private Dwellings in Permanent Housing Units"/>
+    <s v="13"/>
+    <s v="Semi- detached house"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="05A"/>
+    <s v="Rented from private landlord"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="246564"/>
+  </r>
+  <r>
+    <s v="CD433"/>
+    <s v="Private Dwellings in Permanent Housing Units"/>
+    <s v="13"/>
+    <s v="Semi- detached house"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="42346"/>
+  </r>
+  <r>
+    <s v="CD433"/>
+    <s v="Private Dwellings in Permanent Housing Units"/>
+    <s v="13"/>
+    <s v="Semi- detached house"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="125902"/>
+  </r>
+  <r>
+    <s v="CD433"/>
+    <s v="Private Dwellings in Permanent Housing Units"/>
+    <s v="13"/>
+    <s v="Semi- detached house"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4542"/>
+  </r>
+  <r>
+    <s v="CD433"/>
+    <s v="Private Dwellings in Permanent Housing Units"/>
+    <s v="13"/>
+    <s v="Semi- detached house"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="12239"/>
+  </r>
+  <r>
+    <s v="CD433"/>
+    <s v="Private Dwellings in Permanent Housing Units"/>
+    <s v="13"/>
+    <s v="Semi- detached house"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="08"/>
+    <s v="Occupied free of rent"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4653"/>
+  </r>
+  <r>
+    <s v="CD433"/>
+    <s v="Private Dwellings in Permanent Housing Units"/>
+    <s v="13"/>
+    <s v="Semi- detached house"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="08"/>
+    <s v="Occupied free of rent"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="8759"/>
+  </r>
+  <r>
+    <s v="CD433"/>
+    <s v="Private Dwellings in Permanent Housing Units"/>
+    <s v="13"/>
+    <s v="Semi- detached house"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="09"/>
+    <s v="Not stated"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2447"/>
+  </r>
+  <r>
+    <s v="CD433"/>
+    <s v="Private Dwellings in Permanent Housing Units"/>
+    <s v="13"/>
+    <s v="Semi- detached house"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="09"/>
+    <s v="Not stated"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5882"/>
+  </r>
+  <r>
+    <s v="CD433"/>
+    <s v="Private Dwellings in Permanent Housing Units"/>
+    <s v="13"/>
+    <s v="Semi- detached house"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="All types of occupancy"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="456651"/>
+  </r>
+  <r>
+    <s v="CD433"/>
+    <s v="Private Dwellings in Permanent Housing Units"/>
+    <s v="13"/>
+    <s v="Semi- detached house"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="All types of occupancy"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1289109"/>
+  </r>
+  <r>
+    <s v="CD433"/>
+    <s v="Private Dwellings in Permanent Housing Units"/>
+    <s v="13"/>
+    <s v="Semi- detached house"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="02"/>
+    <s v="Owner occupied without loan or mortgage"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="116539"/>
+  </r>
+  <r>
+    <s v="CD433"/>
+    <s v="Private Dwellings in Permanent Housing Units"/>
+    <s v="13"/>
+    <s v="Semi- detached house"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="02"/>
+    <s v="Owner occupied without loan or mortgage"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="264281"/>
+  </r>
+  <r>
+    <s v="CD433"/>
+    <s v="Private Dwellings in Permanent Housing Units"/>
+    <s v="13"/>
+    <s v="Semi- detached house"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="01"/>
+    <s v="Owner occupied with loan or mortgage"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="163388"/>
+  </r>
+  <r>
+    <s v="CD433"/>
+    <s v="Private Dwellings in Permanent Housing Units"/>
+    <s v="13"/>
+    <s v="Semi- detached house"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="01"/>
+    <s v="Owner occupied with loan or mortgage"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="521610"/>
+  </r>
+  <r>
+    <s v="CD433"/>
+    <s v="Private Dwellings in Permanent Housing Units"/>
+    <s v="13"/>
+    <s v="Semi- detached house"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="-1"/>
+    <s v="Rented"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="111254"/>
+  </r>
+  <r>
+    <s v="CD433"/>
+    <s v="Private Dwellings in Permanent Housing Units"/>
+    <s v="13"/>
+    <s v="Semi- detached house"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="-1"/>
+    <s v="Rented"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="334550"/>
+  </r>
+  <r>
+    <s v="CD433"/>
+    <s v="Private Dwellings in Permanent Housing Units"/>
+    <s v="13"/>
+    <s v="Semi- detached house"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="05A"/>
+    <s v="Rented from private landlord"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="72999"/>
+  </r>
+  <r>
+    <s v="CD433"/>
+    <s v="Private Dwellings in Permanent Housing Units"/>
+    <s v="13"/>
+    <s v="Semi- detached house"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="05A"/>
+    <s v="Rented from private landlord"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="221657"/>
+  </r>
+  <r>
+    <s v="CD433"/>
+    <s v="Private Dwellings in Permanent Housing Units"/>
+    <s v="13"/>
+    <s v="Semi- detached house"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="31451"/>
+  </r>
+  <r>
+    <s v="CD433"/>
+    <s v="Private Dwellings in Permanent Housing Units"/>
+    <s v="13"/>
+    <s v="Semi- detached house"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="96543"/>
+  </r>
+  <r>
+    <s v="CD433"/>
+    <s v="Private Dwellings in Permanent Housing Units"/>
+    <s v="13"/>
+    <s v="Semi- detached house"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3537"/>
+  </r>
+  <r>
+    <s v="CD433"/>
+    <s v="Private Dwellings in Permanent Housing Units"/>
+    <s v="13"/>
+    <s v="Semi- detached house"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="10233"/>
+  </r>
+  <r>
+    <s v="CD433"/>
+    <s v="Private Dwellings in Permanent Housing Units"/>
+    <s v="13"/>
+    <s v="Semi- detached house"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="08"/>
+    <s v="Occupied free of rent"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3267"/>
+  </r>
+  <r>
+    <s v="CD433"/>
+    <s v="Private Dwellings in Permanent Housing Units"/>
+    <s v="13"/>
+    <s v="Semi- detached house"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="08"/>
+    <s v="Occupied free of rent"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="6117"/>
+  </r>
+  <r>
+    <s v="CD433"/>
+    <s v="Private Dwellings in Permanent Housing Units"/>
+    <s v="13"/>
+    <s v="Semi- detached house"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="09"/>
+    <s v="Not stated"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1962"/>
+  </r>
+  <r>
+    <s v="CD433"/>
+    <s v="Private Dwellings in Permanent Housing Units"/>
+    <s v="13"/>
+    <s v="Semi- detached house"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="09"/>
+    <s v="Not stated"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4816"/>
+  </r>
+  <r>
+    <s v="CD433"/>
+    <s v="Private Dwellings in Permanent Housing Units"/>
+    <s v="13"/>
+    <s v="Semi- detached house"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="-"/>
+    <s v="All types of occupancy"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="393143"/>
+  </r>
+  <r>
+    <s v="CD433"/>
+    <s v="Private Dwellings in Permanent Housing Units"/>
+    <s v="13"/>
+    <s v="Semi- detached house"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="-"/>
+    <s v="All types of occupancy"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1125257"/>
+  </r>
+  <r>
+    <s v="CD433"/>
+    <s v="Private Dwellings in Permanent Housing Units"/>
+    <s v="13"/>
+    <s v="Semi- detached house"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="02"/>
+    <s v="Owner occupied without loan or mortgage"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="18601"/>
+  </r>
+  <r>
+    <s v="CD433"/>
+    <s v="Private Dwellings in Permanent Housing Units"/>
+    <s v="13"/>
+    <s v="Semi- detached house"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="02"/>
+    <s v="Owner occupied without loan or mortgage"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="41538"/>
+  </r>
+  <r>
+    <s v="CD433"/>
+    <s v="Private Dwellings in Permanent Housing Units"/>
+    <s v="13"/>
+    <s v="Semi- detached house"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="01"/>
+    <s v="Owner occupied with loan or mortgage"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="20887"/>
+  </r>
+  <r>
+    <s v="CD433"/>
+    <s v="Private Dwellings in Permanent Housing Units"/>
+    <s v="13"/>
+    <s v="Semi- detached house"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="01"/>
+    <s v="Owner occupied with loan or mortgage"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="62334"/>
+  </r>
+  <r>
+    <s v="CD433"/>
+    <s v="Private Dwellings in Permanent Housing Units"/>
+    <s v="13"/>
+    <s v="Semi- detached house"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="-1"/>
+    <s v="Rented"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="23535"/>
+  </r>
+  <r>
+    <s v="CD433"/>
+    <s v="Private Dwellings in Permanent Housing Units"/>
+    <s v="13"/>
+    <s v="Semi- detached house"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="-1"/>
+    <s v="Rented"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="58914"/>
+  </r>
+  <r>
+    <s v="CD433"/>
+    <s v="Private Dwellings in Permanent Housing Units"/>
+    <s v="13"/>
+    <s v="Semi- detached house"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="05A"/>
+    <s v="Rented from private landlord"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="10249"/>
+  </r>
+  <r>
+    <s v="CD433"/>
+    <s v="Private Dwellings in Permanent Housing Units"/>
+    <s v="13"/>
+    <s v="Semi- detached house"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="05A"/>
+    <s v="Rented from private landlord"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="24907"/>
+  </r>
+  <r>
+    <s v="CD433"/>
+    <s v="Private Dwellings in Permanent Housing Units"/>
+    <s v="13"/>
+    <s v="Semi- detached house"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="10895"/>
+  </r>
+  <r>
+    <s v="CD433"/>
+    <s v="Private Dwellings in Permanent Housing Units"/>
+    <s v="13"/>
+    <s v="Semi- detached house"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="29359"/>
+  </r>
+  <r>
+    <s v="CD433"/>
+    <s v="Private Dwellings in Permanent Housing Units"/>
+    <s v="13"/>
+    <s v="Semi- detached house"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1005"/>
+  </r>
+  <r>
+    <s v="CD433"/>
+    <s v="Private Dwellings in Permanent Housing Units"/>
+    <s v="13"/>
+    <s v="Semi- detached house"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2006"/>
+  </r>
+  <r>
+    <s v="CD433"/>
+    <s v="Private Dwellings in Permanent Housing Units"/>
+    <s v="13"/>
+    <s v="Semi- detached house"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="08"/>
+    <s v="Occupied free of rent"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1386"/>
+  </r>
+  <r>
+    <s v="CD433"/>
+    <s v="Private Dwellings in Permanent Housing Units"/>
+    <s v="13"/>
+    <s v="Semi- detached house"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="08"/>
+    <s v="Occupied free of rent"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2642"/>
+  </r>
+  <r>
+    <s v="CD433"/>
+    <s v="Private Dwellings in Permanent Housing Units"/>
+    <s v="13"/>
+    <s v="Semi- detached house"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="09"/>
+    <s v="Not stated"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="485"/>
+  </r>
+  <r>
+    <s v="CD433"/>
+    <s v="Private Dwellings in Permanent Housing Units"/>
+    <s v="13"/>
+    <s v="Semi- detached house"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="09"/>
+    <s v="Not stated"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1066"/>
+  </r>
+  <r>
+    <s v="CD433"/>
+    <s v="Private Dwellings in Permanent Housing Units"/>
+    <s v="13"/>
+    <s v="Semi- detached house"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="-"/>
+    <s v="All types of occupancy"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="63508"/>
+  </r>
+  <r>
+    <s v="CD433"/>
+    <s v="Private Dwellings in Permanent Housing Units"/>
+    <s v="13"/>
+    <s v="Semi- detached house"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="-"/>
+    <s v="All types of occupancy"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="163852"/>
+  </r>
+  <r>
+    <s v="CD433"/>
+    <s v="Private Dwellings in Permanent Housing Units"/>
+    <s v="14"/>
+    <s v="Terraced house"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="02"/>
+    <s v="Owner occupied without loan or mortgage"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="86571"/>
+  </r>
+  <r>
+    <s v="CD433"/>
+    <s v="Private Dwellings in Permanent Housing Units"/>
+    <s v="14"/>
+    <s v="Terraced house"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="02"/>
+    <s v="Owner occupied without loan or mortgage"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="178450"/>
+  </r>
+  <r>
+    <s v="CD433"/>
+    <s v="Private Dwellings in Permanent Housing Units"/>
+    <s v="14"/>
+    <s v="Terraced house"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="01"/>
+    <s v="Owner occupied with loan or mortgage"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="89670"/>
+  </r>
+  <r>
+    <s v="CD433"/>
+    <s v="Private Dwellings in Permanent Housing Units"/>
+    <s v="14"/>
+    <s v="Terraced house"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="01"/>
+    <s v="Owner occupied with loan or mortgage"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="251930"/>
+  </r>
+  <r>
+    <s v="CD433"/>
+    <s v="Private Dwellings in Permanent Housing Units"/>
+    <s v="14"/>
+    <s v="Terraced house"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="-1"/>
+    <s v="Rented"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="104003"/>
+  </r>
+  <r>
+    <s v="CD433"/>
+    <s v="Private Dwellings in Permanent Housing Units"/>
+    <s v="14"/>
+    <s v="Terraced house"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="-1"/>
+    <s v="Rented"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="276110"/>
+  </r>
+  <r>
+    <s v="CD433"/>
+    <s v="Private Dwellings in Permanent Housing Units"/>
+    <s v="14"/>
+    <s v="Terraced house"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="05A"/>
+    <s v="Rented from private landlord"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="51352"/>
+  </r>
+  <r>
+    <s v="CD433"/>
+    <s v="Private Dwellings in Permanent Housing Units"/>
+    <s v="14"/>
+    <s v="Terraced house"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="05A"/>
+    <s v="Rented from private landlord"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="131265"/>
+  </r>
+  <r>
+    <s v="CD433"/>
+    <s v="Private Dwellings in Permanent Housing Units"/>
+    <s v="14"/>
+    <s v="Terraced house"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="46178"/>
+  </r>
+  <r>
+    <s v="CD433"/>
+    <s v="Private Dwellings in Permanent Housing Units"/>
+    <s v="14"/>
+    <s v="Terraced house"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="131365"/>
+  </r>
+  <r>
+    <s v="CD433"/>
+    <s v="Private Dwellings in Permanent Housing Units"/>
+    <s v="14"/>
+    <s v="Terraced house"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3023"/>
+  </r>
+  <r>
+    <s v="CD433"/>
+    <s v="Private Dwellings in Permanent Housing Units"/>
+    <s v="14"/>
+    <s v="Terraced house"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="7472"/>
+  </r>
+  <r>
+    <s v="CD433"/>
+    <s v="Private Dwellings in Permanent Housing Units"/>
+    <s v="14"/>
+    <s v="Terraced house"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="08"/>
+    <s v="Occupied free of rent"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3450"/>
+  </r>
+  <r>
+    <s v="CD433"/>
+    <s v="Private Dwellings in Permanent Housing Units"/>
+    <s v="14"/>
+    <s v="Terraced house"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="08"/>
+    <s v="Occupied free of rent"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="6008"/>
+  </r>
+  <r>
+    <s v="CD433"/>
+    <s v="Private Dwellings in Permanent Housing Units"/>
+    <s v="14"/>
+    <s v="Terraced house"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="09"/>
+    <s v="Not stated"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1581"/>
+  </r>
+  <r>
+    <s v="CD433"/>
+    <s v="Private Dwellings in Permanent Housing Units"/>
+    <s v="14"/>
+    <s v="Terraced house"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="09"/>
+    <s v="Not stated"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3466"/>
+  </r>
+  <r>
+    <s v="CD433"/>
+    <s v="Private Dwellings in Permanent Housing Units"/>
+    <s v="14"/>
+    <s v="Terraced house"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="All types of occupancy"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="281825"/>
+  </r>
+  <r>
+    <s v="CD433"/>
+    <s v="Private Dwellings in Permanent Housing Units"/>
+    <s v="14"/>
+    <s v="Terraced house"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="All types of occupancy"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="709956"/>
+  </r>
+  <r>
+    <s v="CD433"/>
+    <s v="Private Dwellings in Permanent Housing Units"/>
+    <s v="14"/>
+    <s v="Terraced house"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="02"/>
+    <s v="Owner occupied without loan or mortgage"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="79132"/>
+  </r>
+  <r>
+    <s v="CD433"/>
+    <s v="Private Dwellings in Permanent Housing Units"/>
+    <s v="14"/>
+    <s v="Terraced house"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="02"/>
+    <s v="Owner occupied without loan or mortgage"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="162962"/>
+  </r>
+  <r>
+    <s v="CD433"/>
+    <s v="Private Dwellings in Permanent Housing Units"/>
+    <s v="14"/>
+    <s v="Terraced house"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="01"/>
+    <s v="Owner occupied with loan or mortgage"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="83734"/>
+  </r>
+  <r>
+    <s v="CD433"/>
+    <s v="Private Dwellings in Permanent Housing Units"/>
+    <s v="14"/>
+    <s v="Terraced house"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="01"/>
+    <s v="Owner occupied with loan or mortgage"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="235660"/>
+  </r>
+  <r>
+    <s v="CD433"/>
+    <s v="Private Dwellings in Permanent Housing Units"/>
+    <s v="14"/>
+    <s v="Terraced house"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="-1"/>
+    <s v="Rented"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="93563"/>
+  </r>
+  <r>
+    <s v="CD433"/>
+    <s v="Private Dwellings in Permanent Housing Units"/>
+    <s v="14"/>
+    <s v="Terraced house"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="-1"/>
+    <s v="Rented"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="250782"/>
+  </r>
+  <r>
+    <s v="CD433"/>
+    <s v="Private Dwellings in Permanent Housing Units"/>
+    <s v="14"/>
+    <s v="Terraced house"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="05A"/>
+    <s v="Rented from private landlord"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="47156"/>
+  </r>
+  <r>
+    <s v="CD433"/>
+    <s v="Private Dwellings in Permanent Housing Units"/>
+    <s v="14"/>
+    <s v="Terraced house"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="05A"/>
+    <s v="Rented from private landlord"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="121723"/>
+  </r>
+  <r>
+    <s v="CD433"/>
+    <s v="Private Dwellings in Permanent Housing Units"/>
+    <s v="14"/>
+    <s v="Terraced house"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="40880"/>
+  </r>
+  <r>
+    <s v="CD433"/>
+    <s v="Private Dwellings in Permanent Housing Units"/>
+    <s v="14"/>
+    <s v="Terraced house"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="117392"/>
+  </r>
+  <r>
+    <s v="CD433"/>
+    <s v="Private Dwellings in Permanent Housing Units"/>
+    <s v="14"/>
+    <s v="Terraced house"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2569"/>
+  </r>
+  <r>
+    <s v="CD433"/>
+    <s v="Private Dwellings in Permanent Housing Units"/>
+    <s v="14"/>
+    <s v="Terraced house"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="6603"/>
+  </r>
+  <r>
+    <s v="CD433"/>
+    <s v="Private Dwellings in Permanent Housing Units"/>
+    <s v="14"/>
+    <s v="Terraced house"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="08"/>
+    <s v="Occupied free of rent"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2958"/>
+  </r>
+  <r>
+    <s v="CD433"/>
+    <s v="Private Dwellings in Permanent Housing Units"/>
+    <s v="14"/>
+    <s v="Terraced house"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="08"/>
+    <s v="Occupied free of rent"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5064"/>
+  </r>
+  <r>
+    <s v="CD433"/>
+    <s v="Private Dwellings in Permanent Housing Units"/>
+    <s v="14"/>
+    <s v="Terraced house"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="09"/>
+    <s v="Not stated"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1446"/>
+  </r>
+  <r>
+    <s v="CD433"/>
+    <s v="Private Dwellings in Permanent Housing Units"/>
+    <s v="14"/>
+    <s v="Terraced house"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="09"/>
+    <s v="Not stated"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3160"/>
+  </r>
+  <r>
+    <s v="CD433"/>
+    <s v="Private Dwellings in Permanent Housing Units"/>
+    <s v="14"/>
+    <s v="Terraced house"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="-"/>
+    <s v="All types of occupancy"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="257875"/>
+  </r>
+  <r>
+    <s v="CD433"/>
+    <s v="Private Dwellings in Permanent Housing Units"/>
+    <s v="14"/>
+    <s v="Terraced house"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="-"/>
+    <s v="All types of occupancy"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="652564"/>
+  </r>
+  <r>
+    <s v="CD433"/>
+    <s v="Private Dwellings in Permanent Housing Units"/>
+    <s v="14"/>
+    <s v="Terraced house"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="02"/>
+    <s v="Owner occupied without loan or mortgage"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="7439"/>
+  </r>
+  <r>
+    <s v="CD433"/>
+    <s v="Private Dwellings in Permanent Housing Units"/>
+    <s v="14"/>
+    <s v="Terraced house"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="02"/>
+    <s v="Owner occupied without loan or mortgage"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="15488"/>
+  </r>
+  <r>
+    <s v="CD433"/>
+    <s v="Private Dwellings in Permanent Housing Units"/>
+    <s v="14"/>
+    <s v="Terraced house"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="01"/>
+    <s v="Owner occupied with loan or mortgage"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5936"/>
+  </r>
+  <r>
+    <s v="CD433"/>
+    <s v="Private Dwellings in Permanent Housing Units"/>
+    <s v="14"/>
+    <s v="Terraced house"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="01"/>
+    <s v="Owner occupied with loan or mortgage"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="16270"/>
+  </r>
+  <r>
+    <s v="CD433"/>
+    <s v="Private Dwellings in Permanent Housing Units"/>
+    <s v="14"/>
+    <s v="Terraced house"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="-1"/>
+    <s v="Rented"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="10440"/>
+  </r>
+  <r>
+    <s v="CD433"/>
+    <s v="Private Dwellings in Permanent Housing Units"/>
+    <s v="14"/>
+    <s v="Terraced house"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="-1"/>
+    <s v="Rented"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="25328"/>
+  </r>
+  <r>
+    <s v="CD433"/>
+    <s v="Private Dwellings in Permanent Housing Units"/>
+    <s v="14"/>
+    <s v="Terraced house"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="05A"/>
+    <s v="Rented from private landlord"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4196"/>
+  </r>
+  <r>
+    <s v="CD433"/>
+    <s v="Private Dwellings in Permanent Housing Units"/>
+    <s v="14"/>
+    <s v="Terraced house"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="05A"/>
+    <s v="Rented from private landlord"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="9542"/>
+  </r>
+  <r>
+    <s v="CD433"/>
+    <s v="Private Dwellings in Permanent Housing Units"/>
+    <s v="14"/>
+    <s v="Terraced house"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5298"/>
+  </r>
+  <r>
+    <s v="CD433"/>
+    <s v="Private Dwellings in Permanent Housing Units"/>
+    <s v="14"/>
+    <s v="Terraced house"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="13973"/>
+  </r>
+  <r>
+    <s v="CD433"/>
+    <s v="Private Dwellings in Permanent Housing Units"/>
+    <s v="14"/>
+    <s v="Terraced house"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="454"/>
+  </r>
+  <r>
+    <s v="CD433"/>
+    <s v="Private Dwellings in Permanent Housing Units"/>
+    <s v="14"/>
+    <s v="Terraced house"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="869"/>
+  </r>
+  <r>
+    <s v="CD433"/>
+    <s v="Private Dwellings in Permanent Housing Units"/>
+    <s v="14"/>
+    <s v="Terraced house"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="08"/>
+    <s v="Occupied free of rent"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="492"/>
+  </r>
+  <r>
+    <s v="CD433"/>
+    <s v="Private Dwellings in Permanent Housing Units"/>
+    <s v="14"/>
+    <s v="Terraced house"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="08"/>
+    <s v="Occupied free of rent"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="944"/>
+  </r>
+  <r>
+    <s v="CD433"/>
+    <s v="Private Dwellings in Permanent Housing Units"/>
+    <s v="14"/>
+    <s v="Terraced house"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="09"/>
+    <s v="Not stated"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="135"/>
+  </r>
+  <r>
+    <s v="CD433"/>
+    <s v="Private Dwellings in Permanent Housing Units"/>
+    <s v="14"/>
+    <s v="Terraced house"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="09"/>
+    <s v="Not stated"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="306"/>
+  </r>
+  <r>
+    <s v="CD433"/>
+    <s v="Private Dwellings in Permanent Housing Units"/>
+    <s v="14"/>
+    <s v="Terraced house"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="-"/>
+    <s v="All types of occupancy"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="23950"/>
+  </r>
+  <r>
+    <s v="CD433"/>
+    <s v="Private Dwellings in Permanent Housing Units"/>
+    <s v="14"/>
+    <s v="Terraced house"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="-"/>
+    <s v="All types of occupancy"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="57392"/>
+  </r>
+  <r>
+    <s v="CD433"/>
+    <s v="Private Dwellings in Permanent Housing Units"/>
+    <s v="16"/>
+    <s v="Flat or apartment in a purpose- built block"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="02"/>
+    <s v="Owner occupied without loan or mortgage"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="7763"/>
+  </r>
+  <r>
+    <s v="CD433"/>
+    <s v="Private Dwellings in Permanent Housing Units"/>
+    <s v="16"/>
+    <s v="Flat or apartment in a purpose- built block"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="02"/>
+    <s v="Owner occupied without loan or mortgage"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="11125"/>
+  </r>
+  <r>
+    <s v="CD433"/>
+    <s v="Private Dwellings in Permanent Housing Units"/>
+    <s v="16"/>
+    <s v="Flat or apartment in a purpose- built block"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="01"/>
+    <s v="Owner occupied with loan or mortgage"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="30218"/>
+  </r>
+  <r>
+    <s v="CD433"/>
+    <s v="Private Dwellings in Permanent Housing Units"/>
+    <s v="16"/>
+    <s v="Flat or apartment in a purpose- built block"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="01"/>
+    <s v="Owner occupied with loan or mortgage"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="55513"/>
+  </r>
+  <r>
+    <s v="CD433"/>
+    <s v="Private Dwellings in Permanent Housing Units"/>
+    <s v="16"/>
+    <s v="Flat or apartment in a purpose- built block"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="-1"/>
+    <s v="Rented"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="111063"/>
+  </r>
+  <r>
+    <s v="CD433"/>
+    <s v="Private Dwellings in Permanent Housing Units"/>
+    <s v="16"/>
+    <s v="Flat or apartment in a purpose- built block"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="-1"/>
+    <s v="Rented"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="226831"/>
+  </r>
+  <r>
+    <s v="CD433"/>
+    <s v="Private Dwellings in Permanent Housing Units"/>
+    <s v="16"/>
+    <s v="Flat or apartment in a purpose- built block"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="05A"/>
+    <s v="Rented from private landlord"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="84626"/>
+  </r>
+  <r>
+    <s v="CD433"/>
+    <s v="Private Dwellings in Permanent Housing Units"/>
+    <s v="16"/>
+    <s v="Flat or apartment in a purpose- built block"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="05A"/>
+    <s v="Rented from private landlord"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="176849"/>
+  </r>
+  <r>
+    <s v="CD433"/>
+    <s v="Private Dwellings in Permanent Housing Units"/>
+    <s v="16"/>
+    <s v="Flat or apartment in a purpose- built block"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="19578"/>
+  </r>
+  <r>
+    <s v="CD433"/>
+    <s v="Private Dwellings in Permanent Housing Units"/>
+    <s v="16"/>
+    <s v="Flat or apartment in a purpose- built block"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="37512"/>
+  </r>
+  <r>
+    <s v="CD433"/>
+    <s v="Private Dwellings in Permanent Housing Units"/>
+    <s v="16"/>
+    <s v="Flat or apartment in a purpose- built block"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5367"/>
+  </r>
+  <r>
+    <s v="CD433"/>
+    <s v="Private Dwellings in Permanent Housing Units"/>
+    <s v="16"/>
+    <s v="Flat or apartment in a purpose- built block"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="9720"/>
+  </r>
+  <r>
+    <s v="CD433"/>
+    <s v="Private Dwellings in Permanent Housing Units"/>
+    <s v="16"/>
+    <s v="Flat or apartment in a purpose- built block"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="08"/>
+    <s v="Occupied free of rent"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1492"/>
+  </r>
+  <r>
+    <s v="CD433"/>
+    <s v="Private Dwellings in Permanent Housing Units"/>
+    <s v="16"/>
+    <s v="Flat or apartment in a purpose- built block"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="08"/>
+    <s v="Occupied free of rent"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2750"/>
+  </r>
+  <r>
+    <s v="CD433"/>
+    <s v="Private Dwellings in Permanent Housing Units"/>
+    <s v="16"/>
+    <s v="Flat or apartment in a purpose- built block"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="09"/>
+    <s v="Not stated"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="877"/>
+  </r>
+  <r>
+    <s v="CD433"/>
+    <s v="Private Dwellings in Permanent Housing Units"/>
+    <s v="16"/>
+    <s v="Flat or apartment in a purpose- built block"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="09"/>
+    <s v="Not stated"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1684"/>
+  </r>
+  <r>
+    <s v="CD433"/>
+    <s v="Private Dwellings in Permanent Housing Units"/>
+    <s v="16"/>
+    <s v="Flat or apartment in a purpose- built block"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="All types of occupancy"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="149921"/>
+  </r>
+  <r>
+    <s v="CD433"/>
+    <s v="Private Dwellings in Permanent Housing Units"/>
+    <s v="16"/>
+    <s v="Flat or apartment in a purpose- built block"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="All types of occupancy"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="295153"/>
+  </r>
+  <r>
+    <s v="CD433"/>
+    <s v="Private Dwellings in Permanent Housing Units"/>
+    <s v="16"/>
+    <s v="Flat or apartment in a purpose- built block"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="02"/>
+    <s v="Owner occupied without loan or mortgage"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="7146"/>
+  </r>
+  <r>
+    <s v="CD433"/>
+    <s v="Private Dwellings in Permanent Housing Units"/>
+    <s v="16"/>
+    <s v="Flat or apartment in a purpose- built block"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="02"/>
+    <s v="Owner occupied without loan or mortgage"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="9937"/>
+  </r>
+  <r>
+    <s v="CD433"/>
+    <s v="Private Dwellings in Permanent Housing Units"/>
+    <s v="16"/>
+    <s v="Flat or apartment in a purpose- built block"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="01"/>
+    <s v="Owner occupied with loan or mortgage"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="29481"/>
+  </r>
+  <r>
+    <s v="CD433"/>
+    <s v="Private Dwellings in Permanent Housing Units"/>
+    <s v="16"/>
+    <s v="Flat or apartment in a purpose- built block"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="01"/>
+    <s v="Owner occupied with loan or mortgage"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="53962"/>
+  </r>
+  <r>
+    <s v="CD433"/>
+    <s v="Private Dwellings in Permanent Housing Units"/>
+    <s v="16"/>
+    <s v="Flat or apartment in a purpose- built block"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="-1"/>
+    <s v="Rented"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="107310"/>
+  </r>
+  <r>
+    <s v="CD433"/>
+    <s v="Private Dwellings in Permanent Housing Units"/>
+    <s v="16"/>
+    <s v="Flat or apartment in a purpose- built block"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="-1"/>
+    <s v="Rented"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="220200"/>
+  </r>
+  <r>
+    <s v="CD433"/>
+    <s v="Private Dwellings in Permanent Housing Units"/>
+    <s v="16"/>
+    <s v="Flat or apartment in a purpose- built block"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="05A"/>
+    <s v="Rented from private landlord"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="82115"/>
+  </r>
+  <r>
+    <s v="CD433"/>
+    <s v="Private Dwellings in Permanent Housing Units"/>
+    <s v="16"/>
+    <s v="Flat or apartment in a purpose- built block"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="05A"/>
+    <s v="Rented from private landlord"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="172415"/>
+  </r>
+  <r>
+    <s v="CD433"/>
+    <s v="Private Dwellings in Permanent Housing Units"/>
+    <s v="16"/>
+    <s v="Flat or apartment in a purpose- built block"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="19006"/>
+  </r>
+  <r>
+    <s v="CD433"/>
+    <s v="Private Dwellings in Permanent Housing Units"/>
+    <s v="16"/>
+    <s v="Flat or apartment in a purpose- built block"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="36594"/>
+  </r>
+  <r>
+    <s v="CD433"/>
+    <s v="Private Dwellings in Permanent Housing Units"/>
+    <s v="16"/>
+    <s v="Flat or apartment in a purpose- built block"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5069"/>
+  </r>
+  <r>
+    <s v="CD433"/>
+    <s v="Private Dwellings in Permanent Housing Units"/>
+    <s v="16"/>
+    <s v="Flat or apartment in a purpose- built block"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="9302"/>
+  </r>
+  <r>
+    <s v="CD433"/>
+    <s v="Private Dwellings in Permanent Housing Units"/>
+    <s v="16"/>
+    <s v="Flat or apartment in a purpose- built block"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="08"/>
+    <s v="Occupied free of rent"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1120"/>
+  </r>
+  <r>
+    <s v="CD433"/>
+    <s v="Private Dwellings in Permanent Housing Units"/>
+    <s v="16"/>
+    <s v="Flat or apartment in a purpose- built block"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="08"/>
+    <s v="Occupied free of rent"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1889"/>
+  </r>
+  <r>
+    <s v="CD433"/>
+    <s v="Private Dwellings in Permanent Housing Units"/>
+    <s v="16"/>
+    <s v="Flat or apartment in a purpose- built block"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="09"/>
+    <s v="Not stated"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="816"/>
+  </r>
+  <r>
+    <s v="CD433"/>
+    <s v="Private Dwellings in Permanent Housing Units"/>
+    <s v="16"/>
+    <s v="Flat or apartment in a purpose- built block"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="09"/>
+    <s v="Not stated"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1533"/>
+  </r>
+  <r>
+    <s v="CD433"/>
+    <s v="Private Dwellings in Permanent Housing Units"/>
+    <s v="16"/>
+    <s v="Flat or apartment in a purpose- built block"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="-"/>
+    <s v="All types of occupancy"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="144753"/>
+  </r>
+  <r>
+    <s v="CD433"/>
+    <s v="Private Dwellings in Permanent Housing Units"/>
+    <s v="16"/>
+    <s v="Flat or apartment in a purpose- built block"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="-"/>
+    <s v="All types of occupancy"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="285632"/>
+  </r>
+  <r>
+    <s v="CD433"/>
+    <s v="Private Dwellings in Permanent Housing Units"/>
+    <s v="16"/>
+    <s v="Flat or apartment in a purpose- built block"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="02"/>
+    <s v="Owner occupied without loan or mortgage"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="617"/>
+  </r>
+  <r>
+    <s v="CD433"/>
+    <s v="Private Dwellings in Permanent Housing Units"/>
+    <s v="16"/>
+    <s v="Flat or apartment in a purpose- built block"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="02"/>
+    <s v="Owner occupied without loan or mortgage"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1188"/>
+  </r>
+  <r>
+    <s v="CD433"/>
+    <s v="Private Dwellings in Permanent Housing Units"/>
+    <s v="16"/>
+    <s v="Flat or apartment in a purpose- built block"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="01"/>
+    <s v="Owner occupied with loan or mortgage"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="737"/>
+  </r>
+  <r>
+    <s v="CD433"/>
+    <s v="Private Dwellings in Permanent Housing Units"/>
+    <s v="16"/>
+    <s v="Flat or apartment in a purpose- built block"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="01"/>
+    <s v="Owner occupied with loan or mortgage"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1551"/>
+  </r>
+  <r>
+    <s v="CD433"/>
+    <s v="Private Dwellings in Permanent Housing Units"/>
+    <s v="16"/>
+    <s v="Flat or apartment in a purpose- built block"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="-1"/>
+    <s v="Rented"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3753"/>
+  </r>
+  <r>
+    <s v="CD433"/>
+    <s v="Private Dwellings in Permanent Housing Units"/>
+    <s v="16"/>
+    <s v="Flat or apartment in a purpose- built block"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="-1"/>
+    <s v="Rented"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="6631"/>
+  </r>
+  <r>
+    <s v="CD433"/>
+    <s v="Private Dwellings in Permanent Housing Units"/>
+    <s v="16"/>
+    <s v="Flat or apartment in a purpose- built block"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="05A"/>
+    <s v="Rented from private landlord"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2511"/>
+  </r>
+  <r>
+    <s v="CD433"/>
+    <s v="Private Dwellings in Permanent Housing Units"/>
+    <s v="16"/>
+    <s v="Flat or apartment in a purpose- built block"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="05A"/>
+    <s v="Rented from private landlord"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4434"/>
+  </r>
+  <r>
+    <s v="CD433"/>
+    <s v="Private Dwellings in Permanent Housing Units"/>
+    <s v="16"/>
+    <s v="Flat or apartment in a purpose- built block"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="572"/>
+  </r>
+  <r>
+    <s v="CD433"/>
+    <s v="Private Dwellings in Permanent Housing Units"/>
+    <s v="16"/>
+    <s v="Flat or apartment in a purpose- built block"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="918"/>
+  </r>
+  <r>
+    <s v="CD433"/>
+    <s v="Private Dwellings in Permanent Housing Units"/>
+    <s v="16"/>
+    <s v="Flat or apartment in a purpose- built block"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="298"/>
+  </r>
+  <r>
+    <s v="CD433"/>
+    <s v="Private Dwellings in Permanent Housing Units"/>
+    <s v="16"/>
+    <s v="Flat or apartment in a purpose- built block"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="418"/>
+  </r>
+  <r>
+    <s v="CD433"/>
+    <s v="Private Dwellings in Permanent Housing Units"/>
+    <s v="16"/>
+    <s v="Flat or apartment in a purpose- built block"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="08"/>
+    <s v="Occupied free of rent"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="372"/>
+  </r>
+  <r>
+    <s v="CD433"/>
+    <s v="Private Dwellings in Permanent Housing Units"/>
+    <s v="16"/>
+    <s v="Flat or apartment in a purpose- built block"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="08"/>
+    <s v="Occupied free of rent"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="861"/>
+  </r>
+  <r>
+    <s v="CD433"/>
+    <s v="Private Dwellings in Permanent Housing Units"/>
+    <s v="16"/>
+    <s v="Flat or apartment in a purpose- built block"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="09"/>
+    <s v="Not stated"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="61"/>
+  </r>
+  <r>
+    <s v="CD433"/>
+    <s v="Private Dwellings in Permanent Housing Units"/>
+    <s v="16"/>
+    <s v="Flat or apartment in a purpose- built block"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="09"/>
+    <s v="Not stated"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="151"/>
+  </r>
+  <r>
+    <s v="CD433"/>
+    <s v="Private Dwellings in Permanent Housing Units"/>
+    <s v="16"/>
+    <s v="Flat or apartment in a purpose- built block"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="-"/>
+    <s v="All types of occupancy"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5168"/>
+  </r>
+  <r>
+    <s v="CD433"/>
+    <s v="Private Dwellings in Permanent Housing Units"/>
+    <s v="16"/>
+    <s v="Flat or apartment in a purpose- built block"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="-"/>
+    <s v="All types of occupancy"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="9521"/>
+  </r>
+  <r>
+    <s v="CD433"/>
+    <s v="Private Dwellings in Permanent Housing Units"/>
+    <s v="17"/>
+    <s v="Flat or apartment in a converted house or commercial building"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="02"/>
+    <s v="Owner occupied without loan or mortgage"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1462"/>
+  </r>
+  <r>
+    <s v="CD433"/>
+    <s v="Private Dwellings in Permanent Housing Units"/>
+    <s v="17"/>
+    <s v="Flat or apartment in a converted house or commercial building"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="02"/>
+    <s v="Owner occupied without loan or mortgage"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2501"/>
+  </r>
+  <r>
+    <s v="CD433"/>
+    <s v="Private Dwellings in Permanent Housing Units"/>
+    <s v="17"/>
+    <s v="Flat or apartment in a converted house or commercial building"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="01"/>
+    <s v="Owner occupied with loan or mortgage"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1313"/>
+  </r>
+  <r>
+    <s v="CD433"/>
+    <s v="Private Dwellings in Permanent Housing Units"/>
+    <s v="17"/>
+    <s v="Flat or apartment in a converted house or commercial building"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="01"/>
+    <s v="Owner occupied with loan or mortgage"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2680"/>
+  </r>
+  <r>
+    <s v="CD433"/>
+    <s v="Private Dwellings in Permanent Housing Units"/>
+    <s v="17"/>
+    <s v="Flat or apartment in a converted house or commercial building"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="-1"/>
+    <s v="Rented"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="24658"/>
+  </r>
+  <r>
+    <s v="CD433"/>
+    <s v="Private Dwellings in Permanent Housing Units"/>
+    <s v="17"/>
+    <s v="Flat or apartment in a converted house or commercial building"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="-1"/>
+    <s v="Rented"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="41626"/>
+  </r>
+  <r>
+    <s v="CD433"/>
+    <s v="Private Dwellings in Permanent Housing Units"/>
+    <s v="17"/>
+    <s v="Flat or apartment in a converted house or commercial building"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="05A"/>
+    <s v="Rented from private landlord"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="21418"/>
+  </r>
+  <r>
+    <s v="CD433"/>
+    <s v="Private Dwellings in Permanent Housing Units"/>
+    <s v="17"/>
+    <s v="Flat or apartment in a converted house or commercial building"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="05A"/>
+    <s v="Rented from private landlord"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="36042"/>
+  </r>
+  <r>
+    <s v="CD433"/>
+    <s v="Private Dwellings in Permanent Housing Units"/>
+    <s v="17"/>
+    <s v="Flat or apartment in a converted house or commercial building"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1507"/>
+  </r>
+  <r>
+    <s v="CD433"/>
+    <s v="Private Dwellings in Permanent Housing Units"/>
+    <s v="17"/>
+    <s v="Flat or apartment in a converted house or commercial building"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2745"/>
+  </r>
+  <r>
+    <s v="CD433"/>
+    <s v="Private Dwellings in Permanent Housing Units"/>
+    <s v="17"/>
+    <s v="Flat or apartment in a converted house or commercial building"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="466"/>
+  </r>
+  <r>
+    <s v="CD433"/>
+    <s v="Private Dwellings in Permanent Housing Units"/>
+    <s v="17"/>
+    <s v="Flat or apartment in a converted house or commercial building"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="751"/>
+  </r>
+  <r>
+    <s v="CD433"/>
+    <s v="Private Dwellings in Permanent Housing Units"/>
+    <s v="17"/>
+    <s v="Flat or apartment in a converted house or commercial building"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="08"/>
+    <s v="Occupied free of rent"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1267"/>
+  </r>
+  <r>
+    <s v="CD433"/>
+    <s v="Private Dwellings in Permanent Housing Units"/>
+    <s v="17"/>
+    <s v="Flat or apartment in a converted house or commercial building"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="08"/>
+    <s v="Occupied free of rent"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2088"/>
+  </r>
+  <r>
+    <s v="CD433"/>
+    <s v="Private Dwellings in Permanent Housing Units"/>
+    <s v="17"/>
+    <s v="Flat or apartment in a converted house or commercial building"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="09"/>
+    <s v="Not stated"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="233"/>
+  </r>
+  <r>
+    <s v="CD433"/>
+    <s v="Private Dwellings in Permanent Housing Units"/>
+    <s v="17"/>
+    <s v="Flat or apartment in a converted house or commercial building"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="09"/>
+    <s v="Not stated"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="390"/>
+  </r>
+  <r>
+    <s v="CD433"/>
+    <s v="Private Dwellings in Permanent Housing Units"/>
+    <s v="17"/>
+    <s v="Flat or apartment in a converted house or commercial building"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="All types of occupancy"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="27666"/>
+  </r>
+  <r>
+    <s v="CD433"/>
+    <s v="Private Dwellings in Permanent Housing Units"/>
+    <s v="17"/>
+    <s v="Flat or apartment in a converted house or commercial building"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="All types of occupancy"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="47197"/>
+  </r>
+  <r>
+    <s v="CD433"/>
+    <s v="Private Dwellings in Permanent Housing Units"/>
+    <s v="17"/>
+    <s v="Flat or apartment in a converted house or commercial building"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="02"/>
+    <s v="Owner occupied without loan or mortgage"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="965"/>
+  </r>
+  <r>
+    <s v="CD433"/>
+    <s v="Private Dwellings in Permanent Housing Units"/>
+    <s v="17"/>
+    <s v="Flat or apartment in a converted house or commercial building"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="02"/>
+    <s v="Owner occupied without loan or mortgage"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1602"/>
+  </r>
+  <r>
+    <s v="CD433"/>
+    <s v="Private Dwellings in Permanent Housing Units"/>
+    <s v="17"/>
+    <s v="Flat or apartment in a converted house or commercial building"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="01"/>
+    <s v="Owner occupied with loan or mortgage"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1014"/>
+  </r>
+  <r>
+    <s v="CD433"/>
+    <s v="Private Dwellings in Permanent Housing Units"/>
+    <s v="17"/>
+    <s v="Flat or apartment in a converted house or commercial building"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="01"/>
+    <s v="Owner occupied with loan or mortgage"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1990"/>
+  </r>
+  <r>
+    <s v="CD433"/>
+    <s v="Private Dwellings in Permanent Housing Units"/>
+    <s v="17"/>
+    <s v="Flat or apartment in a converted house or commercial building"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="-1"/>
+    <s v="Rented"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="21802"/>
+  </r>
+  <r>
+    <s v="CD433"/>
+    <s v="Private Dwellings in Permanent Housing Units"/>
+    <s v="17"/>
+    <s v="Flat or apartment in a converted house or commercial building"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="-1"/>
+    <s v="Rented"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="37022"/>
+  </r>
+  <r>
+    <s v="CD433"/>
+    <s v="Private Dwellings in Permanent Housing Units"/>
+    <s v="17"/>
+    <s v="Flat or apartment in a converted house or commercial building"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="05A"/>
+    <s v="Rented from private landlord"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="19355"/>
+  </r>
+  <r>
+    <s v="CD433"/>
+    <s v="Private Dwellings in Permanent Housing Units"/>
+    <s v="17"/>
+    <s v="Flat or apartment in a converted house or commercial building"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="05A"/>
+    <s v="Rented from private landlord"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="32749"/>
+  </r>
+  <r>
+    <s v="CD433"/>
+    <s v="Private Dwellings in Permanent Housing Units"/>
+    <s v="17"/>
+    <s v="Flat or apartment in a converted house or commercial building"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1376"/>
+  </r>
+  <r>
+    <s v="CD433"/>
+    <s v="Private Dwellings in Permanent Housing Units"/>
+    <s v="17"/>
+    <s v="Flat or apartment in a converted house or commercial building"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2495"/>
+  </r>
+  <r>
+    <s v="CD433"/>
+    <s v="Private Dwellings in Permanent Housing Units"/>
+    <s v="17"/>
+    <s v="Flat or apartment in a converted house or commercial building"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="429"/>
+  </r>
+  <r>
+    <s v="CD433"/>
+    <s v="Private Dwellings in Permanent Housing Units"/>
+    <s v="17"/>
+    <s v="Flat or apartment in a converted house or commercial building"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="707"/>
+  </r>
+  <r>
+    <s v="CD433"/>
+    <s v="Private Dwellings in Permanent Housing Units"/>
+    <s v="17"/>
+    <s v="Flat or apartment in a converted house or commercial building"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="08"/>
+    <s v="Occupied free of rent"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="642"/>
+  </r>
+  <r>
+    <s v="CD433"/>
+    <s v="Private Dwellings in Permanent Housing Units"/>
+    <s v="17"/>
+    <s v="Flat or apartment in a converted house or commercial building"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="08"/>
+    <s v="Occupied free of rent"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1071"/>
+  </r>
+  <r>
+    <s v="CD433"/>
+    <s v="Private Dwellings in Permanent Housing Units"/>
+    <s v="17"/>
+    <s v="Flat or apartment in a converted house or commercial building"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="09"/>
+    <s v="Not stated"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="182"/>
+  </r>
+  <r>
+    <s v="CD433"/>
+    <s v="Private Dwellings in Permanent Housing Units"/>
+    <s v="17"/>
+    <s v="Flat or apartment in a converted house or commercial building"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="09"/>
+    <s v="Not stated"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="311"/>
+  </r>
+  <r>
+    <s v="CD433"/>
+    <s v="Private Dwellings in Permanent Housing Units"/>
+    <s v="17"/>
+    <s v="Flat or apartment in a converted house or commercial building"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="-"/>
+    <s v="All types of occupancy"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="23963"/>
+  </r>
+  <r>
+    <s v="CD433"/>
+    <s v="Private Dwellings in Permanent Housing Units"/>
+    <s v="17"/>
+    <s v="Flat or apartment in a converted house or commercial building"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="-"/>
+    <s v="All types of occupancy"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="40925"/>
+  </r>
+  <r>
+    <s v="CD433"/>
+    <s v="Private Dwellings in Permanent Housing Units"/>
+    <s v="17"/>
+    <s v="Flat or apartment in a converted house or commercial building"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="02"/>
+    <s v="Owner occupied without loan or mortgage"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="497"/>
+  </r>
+  <r>
+    <s v="CD433"/>
+    <s v="Private Dwellings in Permanent Housing Units"/>
+    <s v="17"/>
+    <s v="Flat or apartment in a converted house or commercial building"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="02"/>
+    <s v="Owner occupied without loan or mortgage"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="899"/>
+  </r>
+  <r>
+    <s v="CD433"/>
+    <s v="Private Dwellings in Permanent Housing Units"/>
+    <s v="17"/>
+    <s v="Flat or apartment in a converted house or commercial building"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="01"/>
+    <s v="Owner occupied with loan or mortgage"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="299"/>
+  </r>
+  <r>
+    <s v="CD433"/>
+    <s v="Private Dwellings in Permanent Housing Units"/>
+    <s v="17"/>
+    <s v="Flat or apartment in a converted house or commercial building"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="01"/>
+    <s v="Owner occupied with loan or mortgage"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="690"/>
+  </r>
+  <r>
+    <s v="CD433"/>
+    <s v="Private Dwellings in Permanent Housing Units"/>
+    <s v="17"/>
+    <s v="Flat or apartment in a converted house or commercial building"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="-1"/>
+    <s v="Rented"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2856"/>
+  </r>
+  <r>
+    <s v="CD433"/>
+    <s v="Private Dwellings in Permanent Housing Units"/>
+    <s v="17"/>
+    <s v="Flat or apartment in a converted house or commercial building"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="-1"/>
+    <s v="Rented"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4604"/>
+  </r>
+  <r>
+    <s v="CD433"/>
+    <s v="Private Dwellings in Permanent Housing Units"/>
+    <s v="17"/>
+    <s v="Flat or apartment in a converted house or commercial building"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="05A"/>
+    <s v="Rented from private landlord"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2063"/>
+  </r>
+  <r>
+    <s v="CD433"/>
+    <s v="Private Dwellings in Permanent Housing Units"/>
+    <s v="17"/>
+    <s v="Flat or apartment in a converted house or commercial building"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="05A"/>
+    <s v="Rented from private landlord"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3293"/>
+  </r>
+  <r>
+    <s v="CD433"/>
+    <s v="Private Dwellings in Permanent Housing Units"/>
+    <s v="17"/>
+    <s v="Flat or apartment in a converted house or commercial building"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="131"/>
+  </r>
+  <r>
+    <s v="CD433"/>
+    <s v="Private Dwellings in Permanent Housing Units"/>
+    <s v="17"/>
+    <s v="Flat or apartment in a converted house or commercial building"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="250"/>
+  </r>
+  <r>
+    <s v="CD433"/>
+    <s v="Private Dwellings in Permanent Housing Units"/>
+    <s v="17"/>
+    <s v="Flat or apartment in a converted house or commercial building"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="37"/>
+  </r>
+  <r>
+    <s v="CD433"/>
+    <s v="Private Dwellings in Permanent Housing Units"/>
+    <s v="17"/>
+    <s v="Flat or apartment in a converted house or commercial building"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="44"/>
+  </r>
+  <r>
+    <s v="CD433"/>
+    <s v="Private Dwellings in Permanent Housing Units"/>
+    <s v="17"/>
+    <s v="Flat or apartment in a converted house or commercial building"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="08"/>
+    <s v="Occupied free of rent"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="625"/>
+  </r>
+  <r>
+    <s v="CD433"/>
+    <s v="Private Dwellings in Permanent Housing Units"/>
+    <s v="17"/>
+    <s v="Flat or apartment in a converted house or commercial building"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="08"/>
+    <s v="Occupied free of rent"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1017"/>
+  </r>
+  <r>
+    <s v="CD433"/>
+    <s v="Private Dwellings in Permanent Housing Units"/>
+    <s v="17"/>
+    <s v="Flat or apartment in a converted house or commercial building"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="09"/>
+    <s v="Not stated"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="51"/>
+  </r>
+  <r>
+    <s v="CD433"/>
+    <s v="Private Dwellings in Permanent Housing Units"/>
+    <s v="17"/>
+    <s v="Flat or apartment in a converted house or commercial building"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="09"/>
+    <s v="Not stated"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="79"/>
+  </r>
+  <r>
+    <s v="CD433"/>
+    <s v="Private Dwellings in Permanent Housing Units"/>
+    <s v="17"/>
+    <s v="Flat or apartment in a converted house or commercial building"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="-"/>
+    <s v="All types of occupancy"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3703"/>
+  </r>
+  <r>
+    <s v="CD433"/>
+    <s v="Private Dwellings in Permanent Housing Units"/>
+    <s v="17"/>
+    <s v="Flat or apartment in a converted house or commercial building"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="-"/>
+    <s v="All types of occupancy"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="6272"/>
+  </r>
+  <r>
+    <s v="CD433"/>
+    <s v="Private Dwellings in Permanent Housing Units"/>
+    <s v="18"/>
+    <s v="Bed-sit"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="02"/>
+    <s v="Owner occupied without loan or mortgage"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="93"/>
+  </r>
+  <r>
+    <s v="CD433"/>
+    <s v="Private Dwellings in Permanent Housing Units"/>
+    <s v="18"/>
+    <s v="Bed-sit"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="02"/>
+    <s v="Owner occupied without loan or mortgage"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="125"/>
+  </r>
+  <r>
+    <s v="CD433"/>
+    <s v="Private Dwellings in Permanent Housing Units"/>
+    <s v="18"/>
+    <s v="Bed-sit"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="01"/>
+    <s v="Owner occupied with loan or mortgage"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="59"/>
+  </r>
+  <r>
+    <s v="CD433"/>
+    <s v="Private Dwellings in Permanent Housing Units"/>
+    <s v="18"/>
+    <s v="Bed-sit"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="01"/>
+    <s v="Owner occupied with loan or mortgage"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="135"/>
+  </r>
+  <r>
+    <s v="CD433"/>
+    <s v="Private Dwellings in Permanent Housing Units"/>
+    <s v="18"/>
+    <s v="Bed-sit"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="-1"/>
+    <s v="Rented"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5448"/>
+  </r>
+  <r>
+    <s v="CD433"/>
+    <s v="Private Dwellings in Permanent Housing Units"/>
+    <s v="18"/>
+    <s v="Bed-sit"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="-1"/>
+    <s v="Rented"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="7600"/>
+  </r>
+  <r>
+    <s v="CD433"/>
+    <s v="Private Dwellings in Permanent Housing Units"/>
+    <s v="18"/>
+    <s v="Bed-sit"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="05A"/>
+    <s v="Rented from private landlord"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4475"/>
+  </r>
+  <r>
+    <s v="CD433"/>
+    <s v="Private Dwellings in Permanent Housing Units"/>
+    <s v="18"/>
+    <s v="Bed-sit"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="05A"/>
+    <s v="Rented from private landlord"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="6259"/>
+  </r>
+  <r>
+    <s v="CD433"/>
+    <s v="Private Dwellings in Permanent Housing Units"/>
+    <s v="18"/>
+    <s v="Bed-sit"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="728"/>
+  </r>
+  <r>
+    <s v="CD433"/>
+    <s v="Private Dwellings in Permanent Housing Units"/>
+    <s v="18"/>
+    <s v="Bed-sit"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="945"/>
+  </r>
+  <r>
+    <s v="CD433"/>
+    <s v="Private Dwellings in Permanent Housing Units"/>
+    <s v="18"/>
+    <s v="Bed-sit"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="104"/>
+  </r>
+  <r>
+    <s v="CD433"/>
+    <s v="Private Dwellings in Permanent Housing Units"/>
+    <s v="18"/>
+    <s v="Bed-sit"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="140"/>
+  </r>
+  <r>
+    <s v="CD433"/>
+    <s v="Private Dwellings in Permanent Housing Units"/>
+    <s v="18"/>
+    <s v="Bed-sit"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="08"/>
+    <s v="Occupied free of rent"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="141"/>
+  </r>
+  <r>
+    <s v="CD433"/>
+    <s v="Private Dwellings in Permanent Housing Units"/>
+    <s v="18"/>
+    <s v="Bed-sit"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="08"/>
+    <s v="Occupied free of rent"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="256"/>
+  </r>
+  <r>
+    <s v="CD433"/>
+    <s v="Private Dwellings in Permanent Housing Units"/>
+    <s v="18"/>
+    <s v="Bed-sit"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="09"/>
+    <s v="Not stated"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="95"/>
+  </r>
+  <r>
+    <s v="CD433"/>
+    <s v="Private Dwellings in Permanent Housing Units"/>
+    <s v="18"/>
+    <s v="Bed-sit"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="09"/>
+    <s v="Not stated"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="145"/>
+  </r>
+  <r>
+    <s v="CD433"/>
+    <s v="Private Dwellings in Permanent Housing Units"/>
+    <s v="18"/>
+    <s v="Bed-sit"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="All types of occupancy"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5695"/>
+  </r>
+  <r>
+    <s v="CD433"/>
+    <s v="Private Dwellings in Permanent Housing Units"/>
+    <s v="18"/>
+    <s v="Bed-sit"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="All types of occupancy"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="8005"/>
+  </r>
+  <r>
+    <s v="CD433"/>
+    <s v="Private Dwellings in Permanent Housing Units"/>
+    <s v="18"/>
+    <s v="Bed-sit"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="02"/>
+    <s v="Owner occupied without loan or mortgage"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="63"/>
+  </r>
+  <r>
+    <s v="CD433"/>
+    <s v="Private Dwellings in Permanent Housing Units"/>
+    <s v="18"/>
+    <s v="Bed-sit"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="02"/>
+    <s v="Owner occupied without loan or mortgage"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="87"/>
+  </r>
+  <r>
+    <s v="CD433"/>
+    <s v="Private Dwellings in Permanent Housing Units"/>
+    <s v="18"/>
+    <s v="Bed-sit"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="01"/>
+    <s v="Owner occupied with loan or mortgage"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="51"/>
+  </r>
+  <r>
+    <s v="CD433"/>
+    <s v="Private Dwellings in Permanent Housing Units"/>
+    <s v="18"/>
+    <s v="Bed-sit"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="01"/>
+    <s v="Owner occupied with loan or mortgage"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="120"/>
+  </r>
+  <r>
+    <s v="CD433"/>
+    <s v="Private Dwellings in Permanent Housing Units"/>
+    <s v="18"/>
+    <s v="Bed-sit"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="-1"/>
+    <s v="Rented"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5208"/>
+  </r>
+  <r>
+    <s v="CD433"/>
+    <s v="Private Dwellings in Permanent Housing Units"/>
+    <s v="18"/>
+    <s v="Bed-sit"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="-1"/>
+    <s v="Rented"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="7238"/>
+  </r>
+  <r>
+    <s v="CD433"/>
+    <s v="Private Dwellings in Permanent Housing Units"/>
+    <s v="18"/>
+    <s v="Bed-sit"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="05A"/>
+    <s v="Rented from private landlord"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4320"/>
+  </r>
+  <r>
+    <s v="CD433"/>
+    <s v="Private Dwellings in Permanent Housing Units"/>
+    <s v="18"/>
+    <s v="Bed-sit"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="05A"/>
+    <s v="Rented from private landlord"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="6022"/>
+  </r>
+  <r>
+    <s v="CD433"/>
+    <s v="Private Dwellings in Permanent Housing Units"/>
+    <s v="18"/>
+    <s v="Bed-sit"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="707"/>
+  </r>
+  <r>
+    <s v="CD433"/>
+    <s v="Private Dwellings in Permanent Housing Units"/>
+    <s v="18"/>
+    <s v="Bed-sit"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="915"/>
+  </r>
+  <r>
+    <s v="CD433"/>
+    <s v="Private Dwellings in Permanent Housing Units"/>
+    <s v="18"/>
+    <s v="Bed-sit"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="97"/>
+  </r>
+  <r>
+    <s v="CD433"/>
+    <s v="Private Dwellings in Permanent Housing Units"/>
+    <s v="18"/>
+    <s v="Bed-sit"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="126"/>
+  </r>
+  <r>
+    <s v="CD433"/>
+    <s v="Private Dwellings in Permanent Housing Units"/>
+    <s v="18"/>
+    <s v="Bed-sit"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="08"/>
+    <s v="Occupied free of rent"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="84"/>
+  </r>
+  <r>
+    <s v="CD433"/>
+    <s v="Private Dwellings in Permanent Housing Units"/>
+    <s v="18"/>
+    <s v="Bed-sit"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="08"/>
+    <s v="Occupied free of rent"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="175"/>
+  </r>
+  <r>
+    <s v="CD433"/>
+    <s v="Private Dwellings in Permanent Housing Units"/>
+    <s v="18"/>
+    <s v="Bed-sit"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="09"/>
+    <s v="Not stated"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="81"/>
+  </r>
+  <r>
+    <s v="CD433"/>
+    <s v="Private Dwellings in Permanent Housing Units"/>
+    <s v="18"/>
+    <s v="Bed-sit"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="09"/>
+    <s v="Not stated"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="127"/>
+  </r>
+  <r>
+    <s v="CD433"/>
+    <s v="Private Dwellings in Permanent Housing Units"/>
+    <s v="18"/>
+    <s v="Bed-sit"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="-"/>
+    <s v="All types of occupancy"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5403"/>
+  </r>
+  <r>
+    <s v="CD433"/>
+    <s v="Private Dwellings in Permanent Housing Units"/>
+    <s v="18"/>
+    <s v="Bed-sit"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="-"/>
+    <s v="All types of occupancy"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="7572"/>
+  </r>
+  <r>
+    <s v="CD433"/>
+    <s v="Private Dwellings in Permanent Housing Units"/>
+    <s v="18"/>
+    <s v="Bed-sit"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="02"/>
+    <s v="Owner occupied without loan or mortgage"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="30"/>
+  </r>
+  <r>
+    <s v="CD433"/>
+    <s v="Private Dwellings in Permanent Housing Units"/>
+    <s v="18"/>
+    <s v="Bed-sit"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="02"/>
+    <s v="Owner occupied without loan or mortgage"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="38"/>
+  </r>
+  <r>
+    <s v="CD433"/>
+    <s v="Private Dwellings in Permanent Housing Units"/>
+    <s v="18"/>
+    <s v="Bed-sit"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="01"/>
+    <s v="Owner occupied with loan or mortgage"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="8"/>
+  </r>
+  <r>
+    <s v="CD433"/>
+    <s v="Private Dwellings in Permanent Housing Units"/>
+    <s v="18"/>
+    <s v="Bed-sit"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="01"/>
+    <s v="Owner occupied with loan or mortgage"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="15"/>
+  </r>
+  <r>
+    <s v="CD433"/>
+    <s v="Private Dwellings in Permanent Housing Units"/>
+    <s v="18"/>
+    <s v="Bed-sit"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="-1"/>
+    <s v="Rented"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="240"/>
+  </r>
+  <r>
+    <s v="CD433"/>
+    <s v="Private Dwellings in Permanent Housing Units"/>
+    <s v="18"/>
+    <s v="Bed-sit"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="-1"/>
+    <s v="Rented"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="362"/>
+  </r>
+  <r>
+    <s v="CD433"/>
+    <s v="Private Dwellings in Permanent Housing Units"/>
+    <s v="18"/>
+    <s v="Bed-sit"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="05A"/>
+    <s v="Rented from private landlord"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="155"/>
+  </r>
+  <r>
+    <s v="CD433"/>
+    <s v="Private Dwellings in Permanent Housing Units"/>
+    <s v="18"/>
+    <s v="Bed-sit"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="05A"/>
+    <s v="Rented from private landlord"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="237"/>
+  </r>
+  <r>
+    <s v="CD433"/>
+    <s v="Private Dwellings in Permanent Housing Units"/>
+    <s v="18"/>
+    <s v="Bed-sit"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="21"/>
+  </r>
+  <r>
+    <s v="CD433"/>
+    <s v="Private Dwellings in Permanent Housing Units"/>
+    <s v="18"/>
+    <s v="Bed-sit"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="30"/>
+  </r>
+  <r>
+    <s v="CD433"/>
+    <s v="Private Dwellings in Permanent Housing Units"/>
+    <s v="18"/>
+    <s v="Bed-sit"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="7"/>
+  </r>
+  <r>
+    <s v="CD433"/>
+    <s v="Private Dwellings in Permanent Housing Units"/>
+    <s v="18"/>
+    <s v="Bed-sit"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="14"/>
+  </r>
+  <r>
+    <s v="CD433"/>
+    <s v="Private Dwellings in Permanent Housing Units"/>
+    <s v="18"/>
+    <s v="Bed-sit"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="08"/>
+    <s v="Occupied free of rent"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="57"/>
+  </r>
+  <r>
+    <s v="CD433"/>
+    <s v="Private Dwellings in Permanent Housing Units"/>
+    <s v="18"/>
+    <s v="Bed-sit"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="08"/>
+    <s v="Occupied free of rent"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="81"/>
+  </r>
+  <r>
+    <s v="CD433"/>
+    <s v="Private Dwellings in Permanent Housing Units"/>
+    <s v="18"/>
+    <s v="Bed-sit"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="09"/>
+    <s v="Not stated"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="14"/>
+  </r>
+  <r>
+    <s v="CD433"/>
+    <s v="Private Dwellings in Permanent Housing Units"/>
+    <s v="18"/>
+    <s v="Bed-sit"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="09"/>
+    <s v="Not stated"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="18"/>
+  </r>
+  <r>
+    <s v="CD433"/>
+    <s v="Private Dwellings in Permanent Housing Units"/>
+    <s v="18"/>
+    <s v="Bed-sit"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="-"/>
+    <s v="All types of occupancy"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="292"/>
+  </r>
+  <r>
+    <s v="CD433"/>
+    <s v="Private Dwellings in Permanent Housing Units"/>
+    <s v="18"/>
+    <s v="Bed-sit"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="-"/>
+    <s v="All types of occupancy"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="433"/>
+  </r>
+  <r>
+    <s v="CD433"/>
+    <s v="Private Dwellings in Permanent Housing Units"/>
+    <s v="4"/>
+    <s v="Not stated"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="02"/>
+    <s v="Owner occupied without loan or mortgage"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3076"/>
+  </r>
+  <r>
+    <s v="CD433"/>
+    <s v="Private Dwellings in Permanent Housing Units"/>
+    <s v="4"/>
+    <s v="Not stated"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="02"/>
+    <s v="Owner occupied without loan or mortgage"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="6834"/>
+  </r>
+  <r>
+    <s v="CD433"/>
+    <s v="Private Dwellings in Permanent Housing Units"/>
+    <s v="4"/>
+    <s v="Not stated"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="01"/>
+    <s v="Owner occupied with loan or mortgage"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1803"/>
+  </r>
+  <r>
+    <s v="CD433"/>
+    <s v="Private Dwellings in Permanent Housing Units"/>
+    <s v="4"/>
+    <s v="Not stated"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="01"/>
+    <s v="Owner occupied with loan or mortgage"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5864"/>
+  </r>
+  <r>
+    <s v="CD433"/>
+    <s v="Private Dwellings in Permanent Housing Units"/>
+    <s v="4"/>
+    <s v="Not stated"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="-1"/>
+    <s v="Rented"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="9070"/>
+  </r>
+  <r>
+    <s v="CD433"/>
+    <s v="Private Dwellings in Permanent Housing Units"/>
+    <s v="4"/>
+    <s v="Not stated"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="-1"/>
+    <s v="Rented"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="25643"/>
+  </r>
+  <r>
+    <s v="CD433"/>
+    <s v="Private Dwellings in Permanent Housing Units"/>
+    <s v="4"/>
+    <s v="Not stated"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="05A"/>
+    <s v="Rented from private landlord"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5288"/>
+  </r>
+  <r>
+    <s v="CD433"/>
+    <s v="Private Dwellings in Permanent Housing Units"/>
+    <s v="4"/>
+    <s v="Not stated"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="05A"/>
+    <s v="Rented from private landlord"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="15238"/>
+  </r>
+  <r>
+    <s v="CD433"/>
+    <s v="Private Dwellings in Permanent Housing Units"/>
+    <s v="4"/>
+    <s v="Not stated"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3177"/>
+  </r>
+  <r>
+    <s v="CD433"/>
+    <s v="Private Dwellings in Permanent Housing Units"/>
+    <s v="4"/>
+    <s v="Not stated"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="9030"/>
+  </r>
+  <r>
+    <s v="CD433"/>
+    <s v="Private Dwellings in Permanent Housing Units"/>
+    <s v="4"/>
+    <s v="Not stated"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="296"/>
+  </r>
+  <r>
+    <s v="CD433"/>
+    <s v="Private Dwellings in Permanent Housing Units"/>
+    <s v="4"/>
+    <s v="Not stated"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="785"/>
+  </r>
+  <r>
+    <s v="CD433"/>
+    <s v="Private Dwellings in Permanent Housing Units"/>
+    <s v="4"/>
+    <s v="Not stated"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="08"/>
+    <s v="Occupied free of rent"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="309"/>
+  </r>
+  <r>
+    <s v="CD433"/>
+    <s v="Private Dwellings in Permanent Housing Units"/>
+    <s v="4"/>
+    <s v="Not stated"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="08"/>
+    <s v="Occupied free of rent"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="590"/>
+  </r>
+  <r>
+    <s v="CD433"/>
+    <s v="Private Dwellings in Permanent Housing Units"/>
+    <s v="4"/>
+    <s v="Not stated"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="09"/>
+    <s v="Not stated"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="13832"/>
+  </r>
+  <r>
+    <s v="CD433"/>
+    <s v="Private Dwellings in Permanent Housing Units"/>
+    <s v="4"/>
+    <s v="Not stated"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="09"/>
+    <s v="Not stated"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="32245"/>
+  </r>
+  <r>
+    <s v="CD433"/>
+    <s v="Private Dwellings in Permanent Housing Units"/>
+    <s v="4"/>
+    <s v="Not stated"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="All types of occupancy"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="27781"/>
+  </r>
+  <r>
+    <s v="CD433"/>
+    <s v="Private Dwellings in Permanent Housing Units"/>
+    <s v="4"/>
+    <s v="Not stated"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="All types of occupancy"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="70586"/>
+  </r>
+  <r>
+    <s v="CD433"/>
+    <s v="Private Dwellings in Permanent Housing Units"/>
+    <s v="4"/>
+    <s v="Not stated"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="02"/>
+    <s v="Owner occupied without loan or mortgage"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1285"/>
+  </r>
+  <r>
+    <s v="CD433"/>
+    <s v="Private Dwellings in Permanent Housing Units"/>
+    <s v="4"/>
+    <s v="Not stated"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="02"/>
+    <s v="Owner occupied without loan or mortgage"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2652"/>
+  </r>
+  <r>
+    <s v="CD433"/>
+    <s v="Private Dwellings in Permanent Housing Units"/>
+    <s v="4"/>
+    <s v="Not stated"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="01"/>
+    <s v="Owner occupied with loan or mortgage"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1056"/>
+  </r>
+  <r>
+    <s v="CD433"/>
+    <s v="Private Dwellings in Permanent Housing Units"/>
+    <s v="4"/>
+    <s v="Not stated"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="01"/>
+    <s v="Owner occupied with loan or mortgage"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3263"/>
+  </r>
+  <r>
+    <s v="CD433"/>
+    <s v="Private Dwellings in Permanent Housing Units"/>
+    <s v="4"/>
+    <s v="Not stated"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="-1"/>
+    <s v="Rented"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="7676"/>
+  </r>
+  <r>
+    <s v="CD433"/>
+    <s v="Private Dwellings in Permanent Housing Units"/>
+    <s v="4"/>
+    <s v="Not stated"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="-1"/>
+    <s v="Rented"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="22119"/>
+  </r>
+  <r>
+    <s v="CD433"/>
+    <s v="Private Dwellings in Permanent Housing Units"/>
+    <s v="4"/>
+    <s v="Not stated"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="05A"/>
+    <s v="Rented from private landlord"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4647"/>
+  </r>
+  <r>
+    <s v="CD433"/>
+    <s v="Private Dwellings in Permanent Housing Units"/>
+    <s v="4"/>
+    <s v="Not stated"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="05A"/>
+    <s v="Rented from private landlord"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="13594"/>
+  </r>
+  <r>
+    <s v="CD433"/>
+    <s v="Private Dwellings in Permanent Housing Units"/>
+    <s v="4"/>
+    <s v="Not stated"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2666"/>
+  </r>
+  <r>
+    <s v="CD433"/>
+    <s v="Private Dwellings in Permanent Housing Units"/>
+    <s v="4"/>
+    <s v="Not stated"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="7595"/>
+  </r>
+  <r>
+    <s v="CD433"/>
+    <s v="Private Dwellings in Permanent Housing Units"/>
+    <s v="4"/>
+    <s v="Not stated"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="245"/>
+  </r>
+  <r>
+    <s v="CD433"/>
+    <s v="Private Dwellings in Permanent Housing Units"/>
+    <s v="4"/>
+    <s v="Not stated"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="682"/>
+  </r>
+  <r>
+    <s v="CD433"/>
+    <s v="Private Dwellings in Permanent Housing Units"/>
+    <s v="4"/>
+    <s v="Not stated"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="08"/>
+    <s v="Occupied free of rent"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="118"/>
+  </r>
+  <r>
+    <s v="CD433"/>
+    <s v="Private Dwellings in Permanent Housing Units"/>
+    <s v="4"/>
+    <s v="Not stated"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="08"/>
+    <s v="Occupied free of rent"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="248"/>
+  </r>
+  <r>
+    <s v="CD433"/>
+    <s v="Private Dwellings in Permanent Housing Units"/>
+    <s v="4"/>
+    <s v="Not stated"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="09"/>
+    <s v="Not stated"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="10476"/>
+  </r>
+  <r>
+    <s v="CD433"/>
+    <s v="Private Dwellings in Permanent Housing Units"/>
+    <s v="4"/>
+    <s v="Not stated"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="09"/>
+    <s v="Not stated"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="23987"/>
+  </r>
+  <r>
+    <s v="CD433"/>
+    <s v="Private Dwellings in Permanent Housing Units"/>
+    <s v="4"/>
+    <s v="Not stated"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="-"/>
+    <s v="All types of occupancy"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="20493"/>
+  </r>
+  <r>
+    <s v="CD433"/>
+    <s v="Private Dwellings in Permanent Housing Units"/>
+    <s v="4"/>
+    <s v="Not stated"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="-"/>
+    <s v="All types of occupancy"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="52021"/>
+  </r>
+  <r>
+    <s v="CD433"/>
+    <s v="Private Dwellings in Permanent Housing Units"/>
+    <s v="4"/>
+    <s v="Not stated"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="02"/>
+    <s v="Owner occupied without loan or mortgage"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1791"/>
+  </r>
+  <r>
+    <s v="CD433"/>
+    <s v="Private Dwellings in Permanent Housing Units"/>
+    <s v="4"/>
+    <s v="Not stated"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="02"/>
+    <s v="Owner occupied without loan or mortgage"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4182"/>
+  </r>
+  <r>
+    <s v="CD433"/>
+    <s v="Private Dwellings in Permanent Housing Units"/>
+    <s v="4"/>
+    <s v="Not stated"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="01"/>
+    <s v="Owner occupied with loan or mortgage"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="747"/>
+  </r>
+  <r>
+    <s v="CD433"/>
+    <s v="Private Dwellings in Permanent Housing Units"/>
+    <s v="4"/>
+    <s v="Not stated"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="01"/>
+    <s v="Owner occupied with loan or mortgage"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2601"/>
+  </r>
+  <r>
+    <s v="CD433"/>
+    <s v="Private Dwellings in Permanent Housing Units"/>
+    <s v="4"/>
+    <s v="Not stated"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="-1"/>
+    <s v="Rented"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1394"/>
+  </r>
+  <r>
+    <s v="CD433"/>
+    <s v="Private Dwellings in Permanent Housing Units"/>
+    <s v="4"/>
+    <s v="Not stated"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="-1"/>
+    <s v="Rented"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3524"/>
+  </r>
+  <r>
+    <s v="CD433"/>
+    <s v="Private Dwellings in Permanent Housing Units"/>
+    <s v="4"/>
+    <s v="Not stated"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="05A"/>
+    <s v="Rented from private landlord"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="641"/>
+  </r>
+  <r>
+    <s v="CD433"/>
+    <s v="Private Dwellings in Permanent Housing Units"/>
+    <s v="4"/>
+    <s v="Not stated"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="05A"/>
+    <s v="Rented from private landlord"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1644"/>
+  </r>
+  <r>
+    <s v="CD433"/>
+    <s v="Private Dwellings in Permanent Housing Units"/>
+    <s v="4"/>
+    <s v="Not stated"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="511"/>
+  </r>
+  <r>
+    <s v="CD433"/>
+    <s v="Private Dwellings in Permanent Housing Units"/>
+    <s v="4"/>
+    <s v="Not stated"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1435"/>
+  </r>
+  <r>
+    <s v="CD433"/>
+    <s v="Private Dwellings in Permanent Housing Units"/>
+    <s v="4"/>
+    <s v="Not stated"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="51"/>
+  </r>
+  <r>
+    <s v="CD433"/>
+    <s v="Private Dwellings in Permanent Housing Units"/>
+    <s v="4"/>
+    <s v="Not stated"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="103"/>
+  </r>
+  <r>
+    <s v="CD433"/>
+    <s v="Private Dwellings in Permanent Housing Units"/>
+    <s v="4"/>
+    <s v="Not stated"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="08"/>
+    <s v="Occupied free of rent"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="191"/>
+  </r>
+  <r>
+    <s v="CD433"/>
+    <s v="Private Dwellings in Permanent Housing Units"/>
+    <s v="4"/>
+    <s v="Not stated"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="08"/>
+    <s v="Occupied free of rent"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="342"/>
+  </r>
+  <r>
+    <s v="CD433"/>
+    <s v="Private Dwellings in Permanent Housing Units"/>
+    <s v="4"/>
+    <s v="Not stated"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="09"/>
+    <s v="Not stated"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3356"/>
+  </r>
+  <r>
+    <s v="CD433"/>
+    <s v="Private Dwellings in Permanent Housing Units"/>
+    <s v="4"/>
+    <s v="Not stated"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="09"/>
+    <s v="Not stated"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="8258"/>
+  </r>
+  <r>
+    <s v="CD433"/>
+    <s v="Private Dwellings in Permanent Housing Units"/>
+    <s v="4"/>
+    <s v="Not stated"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="-"/>
+    <s v="All types of occupancy"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="7288"/>
+  </r>
+  <r>
+    <s v="CD433"/>
+    <s v="Private Dwellings in Permanent Housing Units"/>
+    <s v="4"/>
+    <s v="Not stated"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="-"/>
+    <s v="All types of occupancy"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="18565"/>
+  </r>
+</pivotCacheRecords>
 </file>