--- v1 (2025-12-23)
+++ v2 (2026-02-06)
@@ -1,48 +1,48 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/pivotCache/pivotCacheDefinition1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheDefinition+xml"/>
   <Override PartName="/pivotCache/pivotCacheRecords1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheRecords+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/pivotTables/pivotTable.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4c311f5954094986" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/93e287232d9f4a25ba155d0d1b8db7ac.psmdcp" Id="R749997b0ba1a4bf8" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd0f5d2d7dec848cb" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/7eb97bc883a544c39f9a0172cbe074ab.psmdcp" Id="Re38b6df5b4ca44ab" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="About" sheetId="1" r:id="rId2"/>
     <x:sheet name="Unpivoted" sheetId="2" r:id="rId9"/>
     <x:sheet name="Pivoted" sheetId="3" r:id="rId11"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
   <x:pivotCaches>
     <x:pivotCache cacheId="0" r:id="rId12"/>
   </x:pivotCaches>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Table</x:t>