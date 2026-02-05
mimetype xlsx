--- v0 (2025-11-11)
+++ v1 (2026-02-05)
@@ -1,97 +1,97 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/pivotCache/pivotCacheDefinition1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheDefinition+xml"/>
   <Override PartName="/pivotCache/pivotCacheRecords1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheRecords+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/pivotTables/pivotTable.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8aa871e2e0184e78" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/99d15145e8e84f7c80422278fb16ba66.psmdcp" Id="R7ce2c11aa8804ba3" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R82e0f96ff8e9438e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/dfc7ed450f4348978e3ed460cbdadece.psmdcp" Id="R7bb5c2d457934e16" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
-    <x:sheet name="About" sheetId="2" r:id="rId2"/>
-[...1 lines deleted...]
-    <x:sheet name="Pivoted" sheetId="11" r:id="rId11"/>
+    <x:sheet name="About" sheetId="1" r:id="rId2"/>
+    <x:sheet name="Unpivoted" sheetId="2" r:id="rId9"/>
+    <x:sheet name="Pivoted" sheetId="3" r:id="rId11"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
   <x:pivotCaches>
     <x:pivotCache cacheId="0" r:id="rId12"/>
   </x:pivotCaches>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Table</x:t>
   </x:si>
   <x:si>
     <x:t>Code</x:t>
   </x:si>
   <x:si>
     <x:t>CD432</x:t>
   </x:si>
   <x:si>
     <x:t>Name</x:t>
   </x:si>
   <x:si>
     <x:t>Private Dwellings in Permanent Housing Units</x:t>
   </x:si>
   <x:si>
     <x:t>Frequency</x:t>
   </x:si>
   <x:si>
     <x:t>Annual</x:t>
   </x:si>
   <x:si>
     <x:t>Last Updated</x:t>
   </x:si>
   <x:si>
-    <x:t>5/18/2020 11:00:00 AM</x:t>
+    <x:t>18/05/2020 11:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Note</x:t>
   </x:si>
   <x:si>
     <x:t>Url</x:t>
   </x:si>
   <x:si>
     <x:t>https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/CD432/XLSX/2007/en</x:t>
   </x:si>
   <x:si>
     <x:t>Product</x:t>
   </x:si>
   <x:si>
     <x:t>C2011P4</x:t>
   </x:si>
   <x:si>
     <x:t>Profile 4 - The Roof Over Our Heads - Housing in Ireland</x:t>
   </x:si>
   <x:si>
     <x:t>Contacts</x:t>
   </x:si>
   <x:si>
     <x:t>Bernie Casey</x:t>
   </x:si>
@@ -499,379 +499,180 @@
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip r:embed="rId8" cstate="print"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="3971925" cy="1381125"/>
         </a:xfrm>
         <a:prstGeom prst="rect"/>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/pivotTables/_rels/pivotTable.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheDefinition" Target="/pivotCache/pivotCacheDefinition1.xml" Id="rId17" /></Relationships>
 </file>
 
 <file path=xl/pivotTables/pivotTable.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotTableDefinition xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" dataCaption="Values" showError="0" missingCaption="" showMissing="1" pageWrap="0" pageOverThenDown="0" rowGrandTotals="0" colGrandTotals="0" indent="1">
-[...327 lines deleted...]
-</x:pivotTableDefinition>
+<pivotTableDefinition xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" applyNumberFormats="0" applyBorderFormats="0" applyFontFormats="0" applyPatternFormats="0" applyAlignmentFormats="0" applyWidthHeightFormats="0" dataCaption="Values" rowGrandTotals="0" colGrandTotals="0" outline="1">
+  <location ref="A1" firstHeaderRow="0" firstDataRow="0" firstDataCol="0"/>
+  <pivotFields count="14">
+    <pivotField name="STATISTIC" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="Statistic Label" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="C02010V02440" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="8">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+      </items>
+    </pivotField>
+    <pivotField name="Type of Private Accommodation" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="8">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+      </items>
+    </pivotField>
+    <pivotField name="C02701V03269" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="3">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+      </items>
+    </pivotField>
+    <pivotField name="Aggregate Town or Rural Area" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="3">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+      </items>
+    </pivotField>
+    <pivotField name="C02254V02726" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="2">
+        <item x="0"/>
+        <item x="1"/>
+      </items>
+    </pivotField>
+    <pivotField name="Persons per Household" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="2">
+        <item x="0"/>
+        <item x="1"/>
+      </items>
+    </pivotField>
+    <pivotField name="C01936V02368" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="11">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+      </items>
+    </pivotField>
+    <pivotField name="Period in which Built" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="11">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+      </items>
+    </pivotField>
+    <pivotField name="TLIST(A1)" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="CensusYear" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField showAll="0"/>
+    <pivotField dataField="1" showAll="0"/>
+  </pivotFields>
+  <rowFields count="12">
+    <field x="0"/>
+    <field x="1"/>
+    <field x="2"/>
+    <field x="3"/>
+    <field x="4"/>
+    <field x="5"/>
+    <field x="6"/>
+    <field x="7"/>
+    <field x="8"/>
+    <field x="9"/>
+    <field x="10"/>
+    <field x="11"/>
+  </rowFields>
+  <dataFields count="1">
+    <dataField name="VALUE" fld="13"/>
+  </dataFields>
+  <pivotTableStyleInfo name="PivotStyleLight16" showRowHeaders="1" showColHeaders="1"/>
+  <extLst>
+    <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{962EF5D1-5CA2-4c93-8EF4-DBF5C05439D2}">
+      <x14:pivotTableDefinition enableEdit="0" hideValuesRow="1"/>
+    </ext>
+  </extLst>
+</pivotTableDefinition>
 </file>
 
 <file path=xl/tables/table1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:table xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="1" name="Unpivoted" displayName="Unpivoted" ref="A1:N529" totalsRowShown="0">
   <x:autoFilter ref="A1:N529"/>
   <x:tableColumns count="14">
     <x:tableColumn id="1" name="STATISTIC"/>
     <x:tableColumn id="2" name="Statistic Label"/>
     <x:tableColumn id="3" name="C02010V02440"/>
     <x:tableColumn id="4" name="Type of Private Accommodation"/>
     <x:tableColumn id="5" name="C02701V03269"/>
     <x:tableColumn id="6" name="Aggregate Town or Rural Area"/>
     <x:tableColumn id="7" name="C02254V02726"/>
     <x:tableColumn id="8" name="Persons per Household"/>
     <x:tableColumn id="9" name="C01936V02368"/>
     <x:tableColumn id="10" name="Period in which Built"/>
     <x:tableColumn id="11" name="TLIST(A1)"/>
     <x:tableColumn id="12" name="CensusYear"/>
     <x:tableColumn id="13" name="UNIT"/>
     <x:tableColumn id="14" name="VALUE"/>
   </x:tableColumns>
   <x:tableStyleInfo name="TableStyleMedium2" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </x:table>
 </file>
 
@@ -1146,51 +947,51 @@
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="/xl/drawings/drawing1.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/CD432/XLSX/2007/en" TargetMode="External" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cso.ie/" TargetMode="External" Id="rId14" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="/xl/tables/table1.xml" Id="rId15" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet3.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotTable" Target="/xl/pivotTables/pivotTable.xml" Id="rId16" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:B39"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="20.710625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="100.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="8" spans="1:2">
       <x:c r="A8" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B8" s="2"/>
     </x:row>
     <x:row r="9" spans="1:2">
       <x:c r="A9" s="3" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="B9" s="0" t="s">
         <x:v>2</x:v>
@@ -1377,51 +1178,51 @@
       </x:c>
     </x:row>
     <x:row r="39" spans="1:2">
       <x:c r="A39" s="3" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B39" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:hyperlinks>
     <x:hyperlink ref="B14" r:id="rId13"/>
     <x:hyperlink ref="B28" r:id="rId14"/>
   </x:hyperlinks>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:drawing xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId7"/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:N529"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="11.996339" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="41.710625" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="16.139196" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="56.996339" style="0" customWidth="1"/>
     <x:col min="5" max="5" width="16.139196" style="0" customWidth="1"/>
     <x:col min="6" max="6" width="29.853482" style="0" customWidth="1"/>
     <x:col min="7" max="7" width="16.139196" style="0" customWidth="1"/>
     <x:col min="8" max="8" width="30.567768" style="0" customWidth="1"/>
     <x:col min="9" max="9" width="16.139196" style="0" customWidth="1"/>
     <x:col min="10" max="10" width="21.424911" style="0" customWidth="1"/>
     <x:col min="11" max="11" width="11.282054" style="0" customWidth="1"/>
     <x:col min="12" max="12" width="13.424911" style="0" customWidth="1"/>
     <x:col min="13" max="13" width="8.282054" style="0" customWidth="1"/>
     <x:col min="14" max="14" width="8.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
@@ -24691,51 +24492,51 @@
       <x:c r="K529" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="L529" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="M529" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="N529" s="0">
         <x:v>10074</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="1">
     <x:tablePart r:id="rId15"/>
   </x:tableParts>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:sheetData/>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Application>Microsoft Excel</ap:Application>
   <ap:TitlesOfParts>
     <vt:vector baseType="lpstr" size="9">
       <vt:lpstr>About</vt:lpstr>
       <vt:lpstr>Unpivoted</vt:lpstr>
       <vt:lpstr>Pivoted</vt:lpstr>
@@ -24752,51 +24553,51 @@
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>3</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Named Ranges</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>6</vt:i4>
       </vt:variant>
     </vt:vector>
   </ap:HeadingPairs>
   <ap:DocSecurity>0</ap:DocSecurity>
   <ap:ScaleCrop>false</ap:ScaleCrop>
 </ap:Properties>
 </file>
 
 <file path=pivotCache/_rels/pivotCacheDefinition1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheRecords" Target="/pivotCache/pivotCacheRecords1.xml" Id="rId1" /></Relationships>
 </file>
 
 <file path=pivotCache/pivotCacheDefinition1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:pivotCacheDefinition xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" r:id="rId1" saveData="1" refreshOnLoad="1" createdVersion="5" refreshedVersion="5" minRefreshableVersion="3">
   <x:cacheSource type="worksheet">
-    <x:worksheetSource ref="A1:N529" sheet="Unpivoted"/>
+    <x:worksheetSource name="Unpivoted"/>
   </x:cacheSource>
   <x:cacheFields>
     <x:cacheField name="STATISTIC">
       <x:sharedItems count="1">
         <x:s v="CD432"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="Statistic Label">
       <x:sharedItems count="1">
         <x:s v="Private Dwellings in Permanent Housing Units"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="C02010V02440">
       <x:sharedItems count="8">
         <x:s v="-"/>
         <x:s v="12"/>
         <x:s v="13"/>
         <x:s v="14"/>
         <x:s v="16"/>
         <x:s v="17"/>
         <x:s v="18"/>
         <x:s v="4"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="Type of Private Accommodation">
@@ -25382,27 +25183,8476 @@
         <x:n v="7288"/>
         <x:n v="657"/>
         <x:n v="269"/>
         <x:n v="353"/>
         <x:n v="400"/>
         <x:n v="316"/>
         <x:n v="417"/>
         <x:n v="4019"/>
         <x:n v="18565"/>
         <x:n v="1314"/>
         <x:n v="620"/>
         <x:n v="445"/>
         <x:n v="898"/>
         <x:n v="1188"/>
         <x:n v="1069"/>
         <x:n v="1284"/>
         <x:n v="917"/>
         <x:n v="10074"/>
       </x:sharedItems>
     </x:cacheField>
   </x:cacheFields>
 </x:pivotCacheDefinition>
 </file>
 
 <file path=pivotCache/pivotCacheRecords1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main"/>
+<pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="xr">
+  <r>
+    <s v="CD432"/>
+    <s v="Private Dwellings in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="-"/>
+    <s v="All years"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1649408"/>
+  </r>
+  <r>
+    <s v="CD432"/>
+    <s v="Private Dwellings in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="191901"/>
+    <s v="Before 1919"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="149939"/>
+  </r>
+  <r>
+    <s v="CD432"/>
+    <s v="Private Dwellings in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="1919345"/>
+    <s v="1919 to 1945"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="114817"/>
+  </r>
+  <r>
+    <s v="CD432"/>
+    <s v="Private Dwellings in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="1946346"/>
+    <s v="1946 to 1960"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="127691"/>
+  </r>
+  <r>
+    <s v="CD432"/>
+    <s v="Private Dwellings in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="1961369"/>
+    <s v="1961 to 1970"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="114510"/>
+  </r>
+  <r>
+    <s v="CD432"/>
+    <s v="Private Dwellings in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="1971379"/>
+    <s v="1971 to 1980"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="214197"/>
+  </r>
+  <r>
+    <s v="CD432"/>
+    <s v="Private Dwellings in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="1981389"/>
+    <s v="1981 to 1990"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="172413"/>
+  </r>
+  <r>
+    <s v="CD432"/>
+    <s v="Private Dwellings in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="1991399"/>
+    <s v="1991 to 2000"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="238724"/>
+  </r>
+  <r>
+    <s v="CD432"/>
+    <s v="Private Dwellings in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2001303"/>
+    <s v="2001 to 2005"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="266110"/>
+  </r>
+  <r>
+    <s v="CD432"/>
+    <s v="Private Dwellings in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="200601"/>
+    <s v="2006 or later"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="171397"/>
+  </r>
+  <r>
+    <s v="CD432"/>
+    <s v="Private Dwellings in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="9998"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="79610"/>
+  </r>
+  <r>
+    <s v="CD432"/>
+    <s v="Private Dwellings in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="-"/>
+    <s v="All years"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4500569"/>
+  </r>
+  <r>
+    <s v="CD432"/>
+    <s v="Private Dwellings in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="191901"/>
+    <s v="Before 1919"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="340515"/>
+  </r>
+  <r>
+    <s v="CD432"/>
+    <s v="Private Dwellings in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="1919345"/>
+    <s v="1919 to 1945"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="265699"/>
+  </r>
+  <r>
+    <s v="CD432"/>
+    <s v="Private Dwellings in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="1946346"/>
+    <s v="1946 to 1960"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="311298"/>
+  </r>
+  <r>
+    <s v="CD432"/>
+    <s v="Private Dwellings in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="1961369"/>
+    <s v="1961 to 1970"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="285906"/>
+  </r>
+  <r>
+    <s v="CD432"/>
+    <s v="Private Dwellings in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="1971379"/>
+    <s v="1971 to 1980"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="578111"/>
+  </r>
+  <r>
+    <s v="CD432"/>
+    <s v="Private Dwellings in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="1981389"/>
+    <s v="1981 to 1990"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="509817"/>
+  </r>
+  <r>
+    <s v="CD432"/>
+    <s v="Private Dwellings in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="1991399"/>
+    <s v="1991 to 2000"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="749913"/>
+  </r>
+  <r>
+    <s v="CD432"/>
+    <s v="Private Dwellings in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2001303"/>
+    <s v="2001 to 2005"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="784606"/>
+  </r>
+  <r>
+    <s v="CD432"/>
+    <s v="Private Dwellings in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="200601"/>
+    <s v="2006 or later"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="465963"/>
+  </r>
+  <r>
+    <s v="CD432"/>
+    <s v="Private Dwellings in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="9998"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="208741"/>
+  </r>
+  <r>
+    <s v="CD432"/>
+    <s v="Private Dwellings in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="-"/>
+    <s v="All years"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1050073"/>
+  </r>
+  <r>
+    <s v="CD432"/>
+    <s v="Private Dwellings in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="191901"/>
+    <s v="Before 1919"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="67742"/>
+  </r>
+  <r>
+    <s v="CD432"/>
+    <s v="Private Dwellings in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="1919345"/>
+    <s v="1919 to 1945"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="67490"/>
+  </r>
+  <r>
+    <s v="CD432"/>
+    <s v="Private Dwellings in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="1946346"/>
+    <s v="1946 to 1960"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="89770"/>
+  </r>
+  <r>
+    <s v="CD432"/>
+    <s v="Private Dwellings in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="1961369"/>
+    <s v="1961 to 1970"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="85234"/>
+  </r>
+  <r>
+    <s v="CD432"/>
+    <s v="Private Dwellings in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="1971379"/>
+    <s v="1971 to 1980"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="139235"/>
+  </r>
+  <r>
+    <s v="CD432"/>
+    <s v="Private Dwellings in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="1981389"/>
+    <s v="1981 to 1990"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="104351"/>
+  </r>
+  <r>
+    <s v="CD432"/>
+    <s v="Private Dwellings in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="1991399"/>
+    <s v="1991 to 2000"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="159118"/>
+  </r>
+  <r>
+    <s v="CD432"/>
+    <s v="Private Dwellings in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2001303"/>
+    <s v="2001 to 2005"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="171435"/>
+  </r>
+  <r>
+    <s v="CD432"/>
+    <s v="Private Dwellings in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="200601"/>
+    <s v="2006 or later"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="100429"/>
+  </r>
+  <r>
+    <s v="CD432"/>
+    <s v="Private Dwellings in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="9998"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="65269"/>
+  </r>
+  <r>
+    <s v="CD432"/>
+    <s v="Private Dwellings in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="-"/>
+    <s v="All years"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2773889"/>
+  </r>
+  <r>
+    <s v="CD432"/>
+    <s v="Private Dwellings in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="191901"/>
+    <s v="Before 1919"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="146890"/>
+  </r>
+  <r>
+    <s v="CD432"/>
+    <s v="Private Dwellings in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="1919345"/>
+    <s v="1919 to 1945"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="156082"/>
+  </r>
+  <r>
+    <s v="CD432"/>
+    <s v="Private Dwellings in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="1946346"/>
+    <s v="1946 to 1960"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="220707"/>
+  </r>
+  <r>
+    <s v="CD432"/>
+    <s v="Private Dwellings in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="1961369"/>
+    <s v="1961 to 1970"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="214945"/>
+  </r>
+  <r>
+    <s v="CD432"/>
+    <s v="Private Dwellings in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="1971379"/>
+    <s v="1971 to 1980"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="378040"/>
+  </r>
+  <r>
+    <s v="CD432"/>
+    <s v="Private Dwellings in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="1981389"/>
+    <s v="1981 to 1990"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="292924"/>
+  </r>
+  <r>
+    <s v="CD432"/>
+    <s v="Private Dwellings in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="1991399"/>
+    <s v="1991 to 2000"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="466928"/>
+  </r>
+  <r>
+    <s v="CD432"/>
+    <s v="Private Dwellings in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2001303"/>
+    <s v="2001 to 2005"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="471207"/>
+  </r>
+  <r>
+    <s v="CD432"/>
+    <s v="Private Dwellings in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="200601"/>
+    <s v="2006 or later"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="255208"/>
+  </r>
+  <r>
+    <s v="CD432"/>
+    <s v="Private Dwellings in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="9998"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="170958"/>
+  </r>
+  <r>
+    <s v="CD432"/>
+    <s v="Private Dwellings in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="-"/>
+    <s v="All years"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="599335"/>
+  </r>
+  <r>
+    <s v="CD432"/>
+    <s v="Private Dwellings in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="191901"/>
+    <s v="Before 1919"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="82197"/>
+  </r>
+  <r>
+    <s v="CD432"/>
+    <s v="Private Dwellings in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="1919345"/>
+    <s v="1919 to 1945"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="47327"/>
+  </r>
+  <r>
+    <s v="CD432"/>
+    <s v="Private Dwellings in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="1946346"/>
+    <s v="1946 to 1960"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="37921"/>
+  </r>
+  <r>
+    <s v="CD432"/>
+    <s v="Private Dwellings in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="1961369"/>
+    <s v="1961 to 1970"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="29276"/>
+  </r>
+  <r>
+    <s v="CD432"/>
+    <s v="Private Dwellings in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="1971379"/>
+    <s v="1971 to 1980"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="74962"/>
+  </r>
+  <r>
+    <s v="CD432"/>
+    <s v="Private Dwellings in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="1981389"/>
+    <s v="1981 to 1990"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="68062"/>
+  </r>
+  <r>
+    <s v="CD432"/>
+    <s v="Private Dwellings in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="1991399"/>
+    <s v="1991 to 2000"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="79606"/>
+  </r>
+  <r>
+    <s v="CD432"/>
+    <s v="Private Dwellings in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2001303"/>
+    <s v="2001 to 2005"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="94675"/>
+  </r>
+  <r>
+    <s v="CD432"/>
+    <s v="Private Dwellings in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="200601"/>
+    <s v="2006 or later"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="70968"/>
+  </r>
+  <r>
+    <s v="CD432"/>
+    <s v="Private Dwellings in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="9998"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="14341"/>
+  </r>
+  <r>
+    <s v="CD432"/>
+    <s v="Private Dwellings in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="-"/>
+    <s v="All years"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1726680"/>
+  </r>
+  <r>
+    <s v="CD432"/>
+    <s v="Private Dwellings in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="191901"/>
+    <s v="Before 1919"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="193625"/>
+  </r>
+  <r>
+    <s v="CD432"/>
+    <s v="Private Dwellings in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="1919345"/>
+    <s v="1919 to 1945"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="109617"/>
+  </r>
+  <r>
+    <s v="CD432"/>
+    <s v="Private Dwellings in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="1946346"/>
+    <s v="1946 to 1960"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="90591"/>
+  </r>
+  <r>
+    <s v="CD432"/>
+    <s v="Private Dwellings in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="1961369"/>
+    <s v="1961 to 1970"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="70961"/>
+  </r>
+  <r>
+    <s v="CD432"/>
+    <s v="Private Dwellings in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="1971379"/>
+    <s v="1971 to 1980"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="200071"/>
+  </r>
+  <r>
+    <s v="CD432"/>
+    <s v="Private Dwellings in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="1981389"/>
+    <s v="1981 to 1990"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="216893"/>
+  </r>
+  <r>
+    <s v="CD432"/>
+    <s v="Private Dwellings in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="1991399"/>
+    <s v="1991 to 2000"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="282985"/>
+  </r>
+  <r>
+    <s v="CD432"/>
+    <s v="Private Dwellings in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2001303"/>
+    <s v="2001 to 2005"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="313399"/>
+  </r>
+  <r>
+    <s v="CD432"/>
+    <s v="Private Dwellings in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="200601"/>
+    <s v="2006 or later"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="210755"/>
+  </r>
+  <r>
+    <s v="CD432"/>
+    <s v="Private Dwellings in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="9998"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="37783"/>
+  </r>
+  <r>
+    <s v="CD432"/>
+    <s v="Private Dwellings in Permanent Housing Units"/>
+    <s v="12"/>
+    <s v="Detached house"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="-"/>
+    <s v="All years"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="699869"/>
+  </r>
+  <r>
+    <s v="CD432"/>
+    <s v="Private Dwellings in Permanent Housing Units"/>
+    <s v="12"/>
+    <s v="Detached house"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="191901"/>
+    <s v="Before 1919"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="80020"/>
+  </r>
+  <r>
+    <s v="CD432"/>
+    <s v="Private Dwellings in Permanent Housing Units"/>
+    <s v="12"/>
+    <s v="Detached house"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="1919345"/>
+    <s v="1919 to 1945"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="49308"/>
+  </r>
+  <r>
+    <s v="CD432"/>
+    <s v="Private Dwellings in Permanent Housing Units"/>
+    <s v="12"/>
+    <s v="Detached house"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="1946346"/>
+    <s v="1946 to 1960"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="42961"/>
+  </r>
+  <r>
+    <s v="CD432"/>
+    <s v="Private Dwellings in Permanent Housing Units"/>
+    <s v="12"/>
+    <s v="Detached house"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="1961369"/>
+    <s v="1961 to 1970"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="42235"/>
+  </r>
+  <r>
+    <s v="CD432"/>
+    <s v="Private Dwellings in Permanent Housing Units"/>
+    <s v="12"/>
+    <s v="Detached house"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="1971379"/>
+    <s v="1971 to 1980"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="98913"/>
+  </r>
+  <r>
+    <s v="CD432"/>
+    <s v="Private Dwellings in Permanent Housing Units"/>
+    <s v="12"/>
+    <s v="Detached house"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="1981389"/>
+    <s v="1981 to 1990"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="87782"/>
+  </r>
+  <r>
+    <s v="CD432"/>
+    <s v="Private Dwellings in Permanent Housing Units"/>
+    <s v="12"/>
+    <s v="Detached house"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="1991399"/>
+    <s v="1991 to 2000"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="111618"/>
+  </r>
+  <r>
+    <s v="CD432"/>
+    <s v="Private Dwellings in Permanent Housing Units"/>
+    <s v="12"/>
+    <s v="Detached house"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2001303"/>
+    <s v="2001 to 2005"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="103994"/>
+  </r>
+  <r>
+    <s v="CD432"/>
+    <s v="Private Dwellings in Permanent Housing Units"/>
+    <s v="12"/>
+    <s v="Detached house"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="200601"/>
+    <s v="2006 or later"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="69646"/>
+  </r>
+  <r>
+    <s v="CD432"/>
+    <s v="Private Dwellings in Permanent Housing Units"/>
+    <s v="12"/>
+    <s v="Detached house"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="9998"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="13392"/>
+  </r>
+  <r>
+    <s v="CD432"/>
+    <s v="Private Dwellings in Permanent Housing Units"/>
+    <s v="12"/>
+    <s v="Detached house"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="-"/>
+    <s v="All years"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2080563"/>
+  </r>
+  <r>
+    <s v="CD432"/>
+    <s v="Private Dwellings in Permanent Housing Units"/>
+    <s v="12"/>
+    <s v="Detached house"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="191901"/>
+    <s v="Before 1919"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="192700"/>
+  </r>
+  <r>
+    <s v="CD432"/>
+    <s v="Private Dwellings in Permanent Housing Units"/>
+    <s v="12"/>
+    <s v="Detached house"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="1919345"/>
+    <s v="1919 to 1945"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="116888"/>
+  </r>
+  <r>
+    <s v="CD432"/>
+    <s v="Private Dwellings in Permanent Housing Units"/>
+    <s v="12"/>
+    <s v="Detached house"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="1946346"/>
+    <s v="1946 to 1960"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="104842"/>
+  </r>
+  <r>
+    <s v="CD432"/>
+    <s v="Private Dwellings in Permanent Housing Units"/>
+    <s v="12"/>
+    <s v="Detached house"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="1961369"/>
+    <s v="1961 to 1970"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="104196"/>
+  </r>
+  <r>
+    <s v="CD432"/>
+    <s v="Private Dwellings in Permanent Housing Units"/>
+    <s v="12"/>
+    <s v="Detached house"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="1971379"/>
+    <s v="1971 to 1980"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="265399"/>
+  </r>
+  <r>
+    <s v="CD432"/>
+    <s v="Private Dwellings in Permanent Housing Units"/>
+    <s v="12"/>
+    <s v="Detached house"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="1981389"/>
+    <s v="1981 to 1990"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="278755"/>
+  </r>
+  <r>
+    <s v="CD432"/>
+    <s v="Private Dwellings in Permanent Housing Units"/>
+    <s v="12"/>
+    <s v="Detached house"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="1991399"/>
+    <s v="1991 to 2000"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="398054"/>
+  </r>
+  <r>
+    <s v="CD432"/>
+    <s v="Private Dwellings in Permanent Housing Units"/>
+    <s v="12"/>
+    <s v="Detached house"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2001303"/>
+    <s v="2001 to 2005"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="360581"/>
+  </r>
+  <r>
+    <s v="CD432"/>
+    <s v="Private Dwellings in Permanent Housing Units"/>
+    <s v="12"/>
+    <s v="Detached house"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="200601"/>
+    <s v="2006 or later"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="219068"/>
+  </r>
+  <r>
+    <s v="CD432"/>
+    <s v="Private Dwellings in Permanent Housing Units"/>
+    <s v="12"/>
+    <s v="Detached house"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="9998"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="40080"/>
+  </r>
+  <r>
+    <s v="CD432"/>
+    <s v="Private Dwellings in Permanent Housing Units"/>
+    <s v="12"/>
+    <s v="Detached house"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="-"/>
+    <s v="All years"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="204443"/>
+  </r>
+  <r>
+    <s v="CD432"/>
+    <s v="Private Dwellings in Permanent Housing Units"/>
+    <s v="12"/>
+    <s v="Detached house"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="191901"/>
+    <s v="Before 1919"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="9431"/>
+  </r>
+  <r>
+    <s v="CD432"/>
+    <s v="Private Dwellings in Permanent Housing Units"/>
+    <s v="12"/>
+    <s v="Detached house"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="1919345"/>
+    <s v="1919 to 1945"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="9117"/>
+  </r>
+  <r>
+    <s v="CD432"/>
+    <s v="Private Dwellings in Permanent Housing Units"/>
+    <s v="12"/>
+    <s v="Detached house"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="1946346"/>
+    <s v="1946 to 1960"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="12377"/>
+  </r>
+  <r>
+    <s v="CD432"/>
+    <s v="Private Dwellings in Permanent Housing Units"/>
+    <s v="12"/>
+    <s v="Detached house"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="1961369"/>
+    <s v="1961 to 1970"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="17551"/>
+  </r>
+  <r>
+    <s v="CD432"/>
+    <s v="Private Dwellings in Permanent Housing Units"/>
+    <s v="12"/>
+    <s v="Detached house"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="1971379"/>
+    <s v="1971 to 1980"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="34624"/>
+  </r>
+  <r>
+    <s v="CD432"/>
+    <s v="Private Dwellings in Permanent Housing Units"/>
+    <s v="12"/>
+    <s v="Detached house"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="1981389"/>
+    <s v="1981 to 1990"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="27845"/>
+  </r>
+  <r>
+    <s v="CD432"/>
+    <s v="Private Dwellings in Permanent Housing Units"/>
+    <s v="12"/>
+    <s v="Detached house"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="1991399"/>
+    <s v="1991 to 2000"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="42199"/>
+  </r>
+  <r>
+    <s v="CD432"/>
+    <s v="Private Dwellings in Permanent Housing Units"/>
+    <s v="12"/>
+    <s v="Detached house"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2001303"/>
+    <s v="2001 to 2005"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="29562"/>
+  </r>
+  <r>
+    <s v="CD432"/>
+    <s v="Private Dwellings in Permanent Housing Units"/>
+    <s v="12"/>
+    <s v="Detached house"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="200601"/>
+    <s v="2006 or later"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="15075"/>
+  </r>
+  <r>
+    <s v="CD432"/>
+    <s v="Private Dwellings in Permanent Housing Units"/>
+    <s v="12"/>
+    <s v="Detached house"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="9998"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="6662"/>
+  </r>
+  <r>
+    <s v="CD432"/>
+    <s v="Private Dwellings in Permanent Housing Units"/>
+    <s v="12"/>
+    <s v="Detached house"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="-"/>
+    <s v="All years"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="609918"/>
+  </r>
+  <r>
+    <s v="CD432"/>
+    <s v="Private Dwellings in Permanent Housing Units"/>
+    <s v="12"/>
+    <s v="Detached house"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="191901"/>
+    <s v="Before 1919"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="23851"/>
+  </r>
+  <r>
+    <s v="CD432"/>
+    <s v="Private Dwellings in Permanent Housing Units"/>
+    <s v="12"/>
+    <s v="Detached house"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="1919345"/>
+    <s v="1919 to 1945"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="22746"/>
+  </r>
+  <r>
+    <s v="CD432"/>
+    <s v="Private Dwellings in Permanent Housing Units"/>
+    <s v="12"/>
+    <s v="Detached house"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="1946346"/>
+    <s v="1946 to 1960"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="31162"/>
+  </r>
+  <r>
+    <s v="CD432"/>
+    <s v="Private Dwellings in Permanent Housing Units"/>
+    <s v="12"/>
+    <s v="Detached house"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="1961369"/>
+    <s v="1961 to 1970"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="44197"/>
+  </r>
+  <r>
+    <s v="CD432"/>
+    <s v="Private Dwellings in Permanent Housing Units"/>
+    <s v="12"/>
+    <s v="Detached house"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="1971379"/>
+    <s v="1971 to 1980"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="92572"/>
+  </r>
+  <r>
+    <s v="CD432"/>
+    <s v="Private Dwellings in Permanent Housing Units"/>
+    <s v="12"/>
+    <s v="Detached house"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="1981389"/>
+    <s v="1981 to 1990"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="83685"/>
+  </r>
+  <r>
+    <s v="CD432"/>
+    <s v="Private Dwellings in Permanent Housing Units"/>
+    <s v="12"/>
+    <s v="Detached house"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="1991399"/>
+    <s v="1991 to 2000"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="142441"/>
+  </r>
+  <r>
+    <s v="CD432"/>
+    <s v="Private Dwellings in Permanent Housing Units"/>
+    <s v="12"/>
+    <s v="Detached house"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2001303"/>
+    <s v="2001 to 2005"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="99898"/>
+  </r>
+  <r>
+    <s v="CD432"/>
+    <s v="Private Dwellings in Permanent Housing Units"/>
+    <s v="12"/>
+    <s v="Detached house"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="200601"/>
+    <s v="2006 or later"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="48569"/>
+  </r>
+  <r>
+    <s v="CD432"/>
+    <s v="Private Dwellings in Permanent Housing Units"/>
+    <s v="12"/>
+    <s v="Detached house"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="9998"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="20797"/>
+  </r>
+  <r>
+    <s v="CD432"/>
+    <s v="Private Dwellings in Permanent Housing Units"/>
+    <s v="12"/>
+    <s v="Detached house"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="-"/>
+    <s v="All years"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="495426"/>
+  </r>
+  <r>
+    <s v="CD432"/>
+    <s v="Private Dwellings in Permanent Housing Units"/>
+    <s v="12"/>
+    <s v="Detached house"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="191901"/>
+    <s v="Before 1919"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="70589"/>
+  </r>
+  <r>
+    <s v="CD432"/>
+    <s v="Private Dwellings in Permanent Housing Units"/>
+    <s v="12"/>
+    <s v="Detached house"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="1919345"/>
+    <s v="1919 to 1945"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="40191"/>
+  </r>
+  <r>
+    <s v="CD432"/>
+    <s v="Private Dwellings in Permanent Housing Units"/>
+    <s v="12"/>
+    <s v="Detached house"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="1946346"/>
+    <s v="1946 to 1960"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="30584"/>
+  </r>
+  <r>
+    <s v="CD432"/>
+    <s v="Private Dwellings in Permanent Housing Units"/>
+    <s v="12"/>
+    <s v="Detached house"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="1961369"/>
+    <s v="1961 to 1970"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="24684"/>
+  </r>
+  <r>
+    <s v="CD432"/>
+    <s v="Private Dwellings in Permanent Housing Units"/>
+    <s v="12"/>
+    <s v="Detached house"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="1971379"/>
+    <s v="1971 to 1980"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="64289"/>
+  </r>
+  <r>
+    <s v="CD432"/>
+    <s v="Private Dwellings in Permanent Housing Units"/>
+    <s v="12"/>
+    <s v="Detached house"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="1981389"/>
+    <s v="1981 to 1990"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="59937"/>
+  </r>
+  <r>
+    <s v="CD432"/>
+    <s v="Private Dwellings in Permanent Housing Units"/>
+    <s v="12"/>
+    <s v="Detached house"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="1991399"/>
+    <s v="1991 to 2000"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="69419"/>
+  </r>
+  <r>
+    <s v="CD432"/>
+    <s v="Private Dwellings in Permanent Housing Units"/>
+    <s v="12"/>
+    <s v="Detached house"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2001303"/>
+    <s v="2001 to 2005"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="74432"/>
+  </r>
+  <r>
+    <s v="CD432"/>
+    <s v="Private Dwellings in Permanent Housing Units"/>
+    <s v="12"/>
+    <s v="Detached house"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="200601"/>
+    <s v="2006 or later"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="54571"/>
+  </r>
+  <r>
+    <s v="CD432"/>
+    <s v="Private Dwellings in Permanent Housing Units"/>
+    <s v="12"/>
+    <s v="Detached house"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="9998"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="6730"/>
+  </r>
+  <r>
+    <s v="CD432"/>
+    <s v="Private Dwellings in Permanent Housing Units"/>
+    <s v="12"/>
+    <s v="Detached house"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="-"/>
+    <s v="All years"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1470645"/>
+  </r>
+  <r>
+    <s v="CD432"/>
+    <s v="Private Dwellings in Permanent Housing Units"/>
+    <s v="12"/>
+    <s v="Detached house"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="191901"/>
+    <s v="Before 1919"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="168849"/>
+  </r>
+  <r>
+    <s v="CD432"/>
+    <s v="Private Dwellings in Permanent Housing Units"/>
+    <s v="12"/>
+    <s v="Detached house"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="1919345"/>
+    <s v="1919 to 1945"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="94142"/>
+  </r>
+  <r>
+    <s v="CD432"/>
+    <s v="Private Dwellings in Permanent Housing Units"/>
+    <s v="12"/>
+    <s v="Detached house"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="1946346"/>
+    <s v="1946 to 1960"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="73680"/>
+  </r>
+  <r>
+    <s v="CD432"/>
+    <s v="Private Dwellings in Permanent Housing Units"/>
+    <s v="12"/>
+    <s v="Detached house"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="1961369"/>
+    <s v="1961 to 1970"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="59999"/>
+  </r>
+  <r>
+    <s v="CD432"/>
+    <s v="Private Dwellings in Permanent Housing Units"/>
+    <s v="12"/>
+    <s v="Detached house"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="1971379"/>
+    <s v="1971 to 1980"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="172827"/>
+  </r>
+  <r>
+    <s v="CD432"/>
+    <s v="Private Dwellings in Permanent Housing Units"/>
+    <s v="12"/>
+    <s v="Detached house"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="1981389"/>
+    <s v="1981 to 1990"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="195070"/>
+  </r>
+  <r>
+    <s v="CD432"/>
+    <s v="Private Dwellings in Permanent Housing Units"/>
+    <s v="12"/>
+    <s v="Detached house"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="1991399"/>
+    <s v="1991 to 2000"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="255613"/>
+  </r>
+  <r>
+    <s v="CD432"/>
+    <s v="Private Dwellings in Permanent Housing Units"/>
+    <s v="12"/>
+    <s v="Detached house"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2001303"/>
+    <s v="2001 to 2005"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="260683"/>
+  </r>
+  <r>
+    <s v="CD432"/>
+    <s v="Private Dwellings in Permanent Housing Units"/>
+    <s v="12"/>
+    <s v="Detached house"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="200601"/>
+    <s v="2006 or later"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="170499"/>
+  </r>
+  <r>
+    <s v="CD432"/>
+    <s v="Private Dwellings in Permanent Housing Units"/>
+    <s v="12"/>
+    <s v="Detached house"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="9998"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="19283"/>
+  </r>
+  <r>
+    <s v="CD432"/>
+    <s v="Private Dwellings in Permanent Housing Units"/>
+    <s v="13"/>
+    <s v="Semi- detached house"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="-"/>
+    <s v="All years"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="456651"/>
+  </r>
+  <r>
+    <s v="CD432"/>
+    <s v="Private Dwellings in Permanent Housing Units"/>
+    <s v="13"/>
+    <s v="Semi- detached house"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="191901"/>
+    <s v="Before 1919"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="16176"/>
+  </r>
+  <r>
+    <s v="CD432"/>
+    <s v="Private Dwellings in Permanent Housing Units"/>
+    <s v="13"/>
+    <s v="Semi- detached house"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="1919345"/>
+    <s v="1919 to 1945"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="25586"/>
+  </r>
+  <r>
+    <s v="CD432"/>
+    <s v="Private Dwellings in Permanent Housing Units"/>
+    <s v="13"/>
+    <s v="Semi- detached house"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="1946346"/>
+    <s v="1946 to 1960"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="39045"/>
+  </r>
+  <r>
+    <s v="CD432"/>
+    <s v="Private Dwellings in Permanent Housing Units"/>
+    <s v="13"/>
+    <s v="Semi- detached house"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="1961369"/>
+    <s v="1961 to 1970"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="42258"/>
+  </r>
+  <r>
+    <s v="CD432"/>
+    <s v="Private Dwellings in Permanent Housing Units"/>
+    <s v="13"/>
+    <s v="Semi- detached house"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="1971379"/>
+    <s v="1971 to 1980"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="70422"/>
+  </r>
+  <r>
+    <s v="CD432"/>
+    <s v="Private Dwellings in Permanent Housing Units"/>
+    <s v="13"/>
+    <s v="Semi- detached house"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="1981389"/>
+    <s v="1981 to 1990"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="48914"/>
+  </r>
+  <r>
+    <s v="CD432"/>
+    <s v="Private Dwellings in Permanent Housing Units"/>
+    <s v="13"/>
+    <s v="Semi- detached house"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="1991399"/>
+    <s v="1991 to 2000"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="79107"/>
+  </r>
+  <r>
+    <s v="CD432"/>
+    <s v="Private Dwellings in Permanent Housing Units"/>
+    <s v="13"/>
+    <s v="Semi- detached house"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2001303"/>
+    <s v="2001 to 2005"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="77125"/>
+  </r>
+  <r>
+    <s v="CD432"/>
+    <s v="Private Dwellings in Permanent Housing Units"/>
+    <s v="13"/>
+    <s v="Semi- detached house"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="200601"/>
+    <s v="2006 or later"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="39852"/>
+  </r>
+  <r>
+    <s v="CD432"/>
+    <s v="Private Dwellings in Permanent Housing Units"/>
+    <s v="13"/>
+    <s v="Semi- detached house"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="9998"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="18166"/>
+  </r>
+  <r>
+    <s v="CD432"/>
+    <s v="Private Dwellings in Permanent Housing Units"/>
+    <s v="13"/>
+    <s v="Semi- detached house"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="-"/>
+    <s v="All years"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1289109"/>
+  </r>
+  <r>
+    <s v="CD432"/>
+    <s v="Private Dwellings in Permanent Housing Units"/>
+    <s v="13"/>
+    <s v="Semi- detached house"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="191901"/>
+    <s v="Before 1919"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="39592"/>
+  </r>
+  <r>
+    <s v="CD432"/>
+    <s v="Private Dwellings in Permanent Housing Units"/>
+    <s v="13"/>
+    <s v="Semi- detached house"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="1919345"/>
+    <s v="1919 to 1945"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="64090"/>
+  </r>
+  <r>
+    <s v="CD432"/>
+    <s v="Private Dwellings in Permanent Housing Units"/>
+    <s v="13"/>
+    <s v="Semi- detached house"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="1946346"/>
+    <s v="1946 to 1960"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="99056"/>
+  </r>
+  <r>
+    <s v="CD432"/>
+    <s v="Private Dwellings in Permanent Housing Units"/>
+    <s v="13"/>
+    <s v="Semi- detached house"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="1961369"/>
+    <s v="1961 to 1970"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="109222"/>
+  </r>
+  <r>
+    <s v="CD432"/>
+    <s v="Private Dwellings in Permanent Housing Units"/>
+    <s v="13"/>
+    <s v="Semi- detached house"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="1971379"/>
+    <s v="1971 to 1980"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="196270"/>
+  </r>
+  <r>
+    <s v="CD432"/>
+    <s v="Private Dwellings in Permanent Housing Units"/>
+    <s v="13"/>
+    <s v="Semi- detached house"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="1981389"/>
+    <s v="1981 to 1990"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="143602"/>
+  </r>
+  <r>
+    <s v="CD432"/>
+    <s v="Private Dwellings in Permanent Housing Units"/>
+    <s v="13"/>
+    <s v="Semi- detached house"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="1991399"/>
+    <s v="1991 to 2000"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="244767"/>
+  </r>
+  <r>
+    <s v="CD432"/>
+    <s v="Private Dwellings in Permanent Housing Units"/>
+    <s v="13"/>
+    <s v="Semi- detached house"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2001303"/>
+    <s v="2001 to 2005"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="227921"/>
+  </r>
+  <r>
+    <s v="CD432"/>
+    <s v="Private Dwellings in Permanent Housing Units"/>
+    <s v="13"/>
+    <s v="Semi- detached house"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="200601"/>
+    <s v="2006 or later"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="109008"/>
+  </r>
+  <r>
+    <s v="CD432"/>
+    <s v="Private Dwellings in Permanent Housing Units"/>
+    <s v="13"/>
+    <s v="Semi- detached house"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="9998"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="55581"/>
+  </r>
+  <r>
+    <s v="CD432"/>
+    <s v="Private Dwellings in Permanent Housing Units"/>
+    <s v="13"/>
+    <s v="Semi- detached house"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="-"/>
+    <s v="All years"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="393143"/>
+  </r>
+  <r>
+    <s v="CD432"/>
+    <s v="Private Dwellings in Permanent Housing Units"/>
+    <s v="13"/>
+    <s v="Semi- detached house"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="191901"/>
+    <s v="Before 1919"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="10134"/>
+  </r>
+  <r>
+    <s v="CD432"/>
+    <s v="Private Dwellings in Permanent Housing Units"/>
+    <s v="13"/>
+    <s v="Semi- detached house"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="1919345"/>
+    <s v="1919 to 1945"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="20805"/>
+  </r>
+  <r>
+    <s v="CD432"/>
+    <s v="Private Dwellings in Permanent Housing Units"/>
+    <s v="13"/>
+    <s v="Semi- detached house"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="1946346"/>
+    <s v="1946 to 1960"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="34430"/>
+  </r>
+  <r>
+    <s v="CD432"/>
+    <s v="Private Dwellings in Permanent Housing Units"/>
+    <s v="13"/>
+    <s v="Semi- detached house"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="1961369"/>
+    <s v="1961 to 1970"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="39589"/>
+  </r>
+  <r>
+    <s v="CD432"/>
+    <s v="Private Dwellings in Permanent Housing Units"/>
+    <s v="13"/>
+    <s v="Semi- detached house"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="1971379"/>
+    <s v="1971 to 1980"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="64338"/>
+  </r>
+  <r>
+    <s v="CD432"/>
+    <s v="Private Dwellings in Permanent Housing Units"/>
+    <s v="13"/>
+    <s v="Semi- detached house"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="1981389"/>
+    <s v="1981 to 1990"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="43739"/>
+  </r>
+  <r>
+    <s v="CD432"/>
+    <s v="Private Dwellings in Permanent Housing Units"/>
+    <s v="13"/>
+    <s v="Semi- detached house"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="1991399"/>
+    <s v="1991 to 2000"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="72057"/>
+  </r>
+  <r>
+    <s v="CD432"/>
+    <s v="Private Dwellings in Permanent Housing Units"/>
+    <s v="13"/>
+    <s v="Semi- detached house"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2001303"/>
+    <s v="2001 to 2005"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="62994"/>
+  </r>
+  <r>
+    <s v="CD432"/>
+    <s v="Private Dwellings in Permanent Housing Units"/>
+    <s v="13"/>
+    <s v="Semi- detached house"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="200601"/>
+    <s v="2006 or later"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="28825"/>
+  </r>
+  <r>
+    <s v="CD432"/>
+    <s v="Private Dwellings in Permanent Housing Units"/>
+    <s v="13"/>
+    <s v="Semi- detached house"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="9998"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="16232"/>
+  </r>
+  <r>
+    <s v="CD432"/>
+    <s v="Private Dwellings in Permanent Housing Units"/>
+    <s v="13"/>
+    <s v="Semi- detached house"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="-"/>
+    <s v="All years"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1125257"/>
+  </r>
+  <r>
+    <s v="CD432"/>
+    <s v="Private Dwellings in Permanent Housing Units"/>
+    <s v="13"/>
+    <s v="Semi- detached house"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="191901"/>
+    <s v="Before 1919"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="25981"/>
+  </r>
+  <r>
+    <s v="CD432"/>
+    <s v="Private Dwellings in Permanent Housing Units"/>
+    <s v="13"/>
+    <s v="Semi- detached house"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="1919345"/>
+    <s v="1919 to 1945"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="53188"/>
+  </r>
+  <r>
+    <s v="CD432"/>
+    <s v="Private Dwellings in Permanent Housing Units"/>
+    <s v="13"/>
+    <s v="Semi- detached house"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="1946346"/>
+    <s v="1946 to 1960"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="88069"/>
+  </r>
+  <r>
+    <s v="CD432"/>
+    <s v="Private Dwellings in Permanent Housing Units"/>
+    <s v="13"/>
+    <s v="Semi- detached house"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="1961369"/>
+    <s v="1961 to 1970"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="102866"/>
+  </r>
+  <r>
+    <s v="CD432"/>
+    <s v="Private Dwellings in Permanent Housing Units"/>
+    <s v="13"/>
+    <s v="Semi- detached house"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="1971379"/>
+    <s v="1971 to 1980"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="180674"/>
+  </r>
+  <r>
+    <s v="CD432"/>
+    <s v="Private Dwellings in Permanent Housing Units"/>
+    <s v="13"/>
+    <s v="Semi- detached house"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="1981389"/>
+    <s v="1981 to 1990"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="129270"/>
+  </r>
+  <r>
+    <s v="CD432"/>
+    <s v="Private Dwellings in Permanent Housing Units"/>
+    <s v="13"/>
+    <s v="Semi- detached house"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="1991399"/>
+    <s v="1991 to 2000"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="224609"/>
+  </r>
+  <r>
+    <s v="CD432"/>
+    <s v="Private Dwellings in Permanent Housing Units"/>
+    <s v="13"/>
+    <s v="Semi- detached house"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2001303"/>
+    <s v="2001 to 2005"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="189236"/>
+  </r>
+  <r>
+    <s v="CD432"/>
+    <s v="Private Dwellings in Permanent Housing Units"/>
+    <s v="13"/>
+    <s v="Semi- detached house"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="200601"/>
+    <s v="2006 or later"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="80696"/>
+  </r>
+  <r>
+    <s v="CD432"/>
+    <s v="Private Dwellings in Permanent Housing Units"/>
+    <s v="13"/>
+    <s v="Semi- detached house"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="9998"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="50668"/>
+  </r>
+  <r>
+    <s v="CD432"/>
+    <s v="Private Dwellings in Permanent Housing Units"/>
+    <s v="13"/>
+    <s v="Semi- detached house"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="-"/>
+    <s v="All years"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="63508"/>
+  </r>
+  <r>
+    <s v="CD432"/>
+    <s v="Private Dwellings in Permanent Housing Units"/>
+    <s v="13"/>
+    <s v="Semi- detached house"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="191901"/>
+    <s v="Before 1919"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="6042"/>
+  </r>
+  <r>
+    <s v="CD432"/>
+    <s v="Private Dwellings in Permanent Housing Units"/>
+    <s v="13"/>
+    <s v="Semi- detached house"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="1919345"/>
+    <s v="1919 to 1945"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4781"/>
+  </r>
+  <r>
+    <s v="CD432"/>
+    <s v="Private Dwellings in Permanent Housing Units"/>
+    <s v="13"/>
+    <s v="Semi- detached house"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="1946346"/>
+    <s v="1946 to 1960"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4615"/>
+  </r>
+  <r>
+    <s v="CD432"/>
+    <s v="Private Dwellings in Permanent Housing Units"/>
+    <s v="13"/>
+    <s v="Semi- detached house"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="1961369"/>
+    <s v="1961 to 1970"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2669"/>
+  </r>
+  <r>
+    <s v="CD432"/>
+    <s v="Private Dwellings in Permanent Housing Units"/>
+    <s v="13"/>
+    <s v="Semi- detached house"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="1971379"/>
+    <s v="1971 to 1980"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="6084"/>
+  </r>
+  <r>
+    <s v="CD432"/>
+    <s v="Private Dwellings in Permanent Housing Units"/>
+    <s v="13"/>
+    <s v="Semi- detached house"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="1981389"/>
+    <s v="1981 to 1990"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5175"/>
+  </r>
+  <r>
+    <s v="CD432"/>
+    <s v="Private Dwellings in Permanent Housing Units"/>
+    <s v="13"/>
+    <s v="Semi- detached house"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="1991399"/>
+    <s v="1991 to 2000"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="7050"/>
+  </r>
+  <r>
+    <s v="CD432"/>
+    <s v="Private Dwellings in Permanent Housing Units"/>
+    <s v="13"/>
+    <s v="Semi- detached house"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2001303"/>
+    <s v="2001 to 2005"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="14131"/>
+  </r>
+  <r>
+    <s v="CD432"/>
+    <s v="Private Dwellings in Permanent Housing Units"/>
+    <s v="13"/>
+    <s v="Semi- detached house"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="200601"/>
+    <s v="2006 or later"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="11027"/>
+  </r>
+  <r>
+    <s v="CD432"/>
+    <s v="Private Dwellings in Permanent Housing Units"/>
+    <s v="13"/>
+    <s v="Semi- detached house"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="9998"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1934"/>
+  </r>
+  <r>
+    <s v="CD432"/>
+    <s v="Private Dwellings in Permanent Housing Units"/>
+    <s v="13"/>
+    <s v="Semi- detached house"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="-"/>
+    <s v="All years"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="163852"/>
+  </r>
+  <r>
+    <s v="CD432"/>
+    <s v="Private Dwellings in Permanent Housing Units"/>
+    <s v="13"/>
+    <s v="Semi- detached house"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="191901"/>
+    <s v="Before 1919"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="13611"/>
+  </r>
+  <r>
+    <s v="CD432"/>
+    <s v="Private Dwellings in Permanent Housing Units"/>
+    <s v="13"/>
+    <s v="Semi- detached house"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="1919345"/>
+    <s v="1919 to 1945"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="10902"/>
+  </r>
+  <r>
+    <s v="CD432"/>
+    <s v="Private Dwellings in Permanent Housing Units"/>
+    <s v="13"/>
+    <s v="Semi- detached house"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="1946346"/>
+    <s v="1946 to 1960"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="10987"/>
+  </r>
+  <r>
+    <s v="CD432"/>
+    <s v="Private Dwellings in Permanent Housing Units"/>
+    <s v="13"/>
+    <s v="Semi- detached house"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="1961369"/>
+    <s v="1961 to 1970"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="6356"/>
+  </r>
+  <r>
+    <s v="CD432"/>
+    <s v="Private Dwellings in Permanent Housing Units"/>
+    <s v="13"/>
+    <s v="Semi- detached house"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="1971379"/>
+    <s v="1971 to 1980"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="15596"/>
+  </r>
+  <r>
+    <s v="CD432"/>
+    <s v="Private Dwellings in Permanent Housing Units"/>
+    <s v="13"/>
+    <s v="Semi- detached house"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="1981389"/>
+    <s v="1981 to 1990"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="14332"/>
+  </r>
+  <r>
+    <s v="CD432"/>
+    <s v="Private Dwellings in Permanent Housing Units"/>
+    <s v="13"/>
+    <s v="Semi- detached house"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="1991399"/>
+    <s v="1991 to 2000"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="20158"/>
+  </r>
+  <r>
+    <s v="CD432"/>
+    <s v="Private Dwellings in Permanent Housing Units"/>
+    <s v="13"/>
+    <s v="Semi- detached house"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2001303"/>
+    <s v="2001 to 2005"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="38685"/>
+  </r>
+  <r>
+    <s v="CD432"/>
+    <s v="Private Dwellings in Permanent Housing Units"/>
+    <s v="13"/>
+    <s v="Semi- detached house"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="200601"/>
+    <s v="2006 or later"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="28312"/>
+  </r>
+  <r>
+    <s v="CD432"/>
+    <s v="Private Dwellings in Permanent Housing Units"/>
+    <s v="13"/>
+    <s v="Semi- detached house"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="9998"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4913"/>
+  </r>
+  <r>
+    <s v="CD432"/>
+    <s v="Private Dwellings in Permanent Housing Units"/>
+    <s v="14"/>
+    <s v="Terraced house"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="-"/>
+    <s v="All years"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="281825"/>
+  </r>
+  <r>
+    <s v="CD432"/>
+    <s v="Private Dwellings in Permanent Housing Units"/>
+    <s v="14"/>
+    <s v="Terraced house"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="191901"/>
+    <s v="Before 1919"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="37923"/>
+  </r>
+  <r>
+    <s v="CD432"/>
+    <s v="Private Dwellings in Permanent Housing Units"/>
+    <s v="14"/>
+    <s v="Terraced house"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="1919345"/>
+    <s v="1919 to 1945"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="33120"/>
+  </r>
+  <r>
+    <s v="CD432"/>
+    <s v="Private Dwellings in Permanent Housing Units"/>
+    <s v="14"/>
+    <s v="Terraced house"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="1946346"/>
+    <s v="1946 to 1960"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="39047"/>
+  </r>
+  <r>
+    <s v="CD432"/>
+    <s v="Private Dwellings in Permanent Housing Units"/>
+    <s v="14"/>
+    <s v="Terraced house"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="1961369"/>
+    <s v="1961 to 1970"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="23621"/>
+  </r>
+  <r>
+    <s v="CD432"/>
+    <s v="Private Dwellings in Permanent Housing Units"/>
+    <s v="14"/>
+    <s v="Terraced house"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="1971379"/>
+    <s v="1971 to 1980"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="37081"/>
+  </r>
+  <r>
+    <s v="CD432"/>
+    <s v="Private Dwellings in Permanent Housing Units"/>
+    <s v="14"/>
+    <s v="Terraced house"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="1981389"/>
+    <s v="1981 to 1990"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="24626"/>
+  </r>
+  <r>
+    <s v="CD432"/>
+    <s v="Private Dwellings in Permanent Housing Units"/>
+    <s v="14"/>
+    <s v="Terraced house"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="1991399"/>
+    <s v="1991 to 2000"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="19021"/>
+  </r>
+  <r>
+    <s v="CD432"/>
+    <s v="Private Dwellings in Permanent Housing Units"/>
+    <s v="14"/>
+    <s v="Terraced house"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2001303"/>
+    <s v="2001 to 2005"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="33883"/>
+  </r>
+  <r>
+    <s v="CD432"/>
+    <s v="Private Dwellings in Permanent Housing Units"/>
+    <s v="14"/>
+    <s v="Terraced house"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="200601"/>
+    <s v="2006 or later"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="21032"/>
+  </r>
+  <r>
+    <s v="CD432"/>
+    <s v="Private Dwellings in Permanent Housing Units"/>
+    <s v="14"/>
+    <s v="Terraced house"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="9998"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="12471"/>
+  </r>
+  <r>
+    <s v="CD432"/>
+    <s v="Private Dwellings in Permanent Housing Units"/>
+    <s v="14"/>
+    <s v="Terraced house"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="-"/>
+    <s v="All years"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="709956"/>
+  </r>
+  <r>
+    <s v="CD432"/>
+    <s v="Private Dwellings in Permanent Housing Units"/>
+    <s v="14"/>
+    <s v="Terraced house"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="191901"/>
+    <s v="Before 1919"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="82676"/>
+  </r>
+  <r>
+    <s v="CD432"/>
+    <s v="Private Dwellings in Permanent Housing Units"/>
+    <s v="14"/>
+    <s v="Terraced house"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="1919345"/>
+    <s v="1919 to 1945"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="73118"/>
+  </r>
+  <r>
+    <s v="CD432"/>
+    <s v="Private Dwellings in Permanent Housing Units"/>
+    <s v="14"/>
+    <s v="Terraced house"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="1946346"/>
+    <s v="1946 to 1960"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="94871"/>
+  </r>
+  <r>
+    <s v="CD432"/>
+    <s v="Private Dwellings in Permanent Housing Units"/>
+    <s v="14"/>
+    <s v="Terraced house"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="1961369"/>
+    <s v="1961 to 1970"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="60686"/>
+  </r>
+  <r>
+    <s v="CD432"/>
+    <s v="Private Dwellings in Permanent Housing Units"/>
+    <s v="14"/>
+    <s v="Terraced house"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="1971379"/>
+    <s v="1971 to 1980"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="102312"/>
+  </r>
+  <r>
+    <s v="CD432"/>
+    <s v="Private Dwellings in Permanent Housing Units"/>
+    <s v="14"/>
+    <s v="Terraced house"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="1981389"/>
+    <s v="1981 to 1990"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="67197"/>
+  </r>
+  <r>
+    <s v="CD432"/>
+    <s v="Private Dwellings in Permanent Housing Units"/>
+    <s v="14"/>
+    <s v="Terraced house"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="1991399"/>
+    <s v="1991 to 2000"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="50465"/>
+  </r>
+  <r>
+    <s v="CD432"/>
+    <s v="Private Dwellings in Permanent Housing Units"/>
+    <s v="14"/>
+    <s v="Terraced house"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2001303"/>
+    <s v="2001 to 2005"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="90750"/>
+  </r>
+  <r>
+    <s v="CD432"/>
+    <s v="Private Dwellings in Permanent Housing Units"/>
+    <s v="14"/>
+    <s v="Terraced house"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="200601"/>
+    <s v="2006 or later"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="54900"/>
+  </r>
+  <r>
+    <s v="CD432"/>
+    <s v="Private Dwellings in Permanent Housing Units"/>
+    <s v="14"/>
+    <s v="Terraced house"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="9998"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="32981"/>
+  </r>
+  <r>
+    <s v="CD432"/>
+    <s v="Private Dwellings in Permanent Housing Units"/>
+    <s v="14"/>
+    <s v="Terraced house"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="-"/>
+    <s v="All years"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="257875"/>
+  </r>
+  <r>
+    <s v="CD432"/>
+    <s v="Private Dwellings in Permanent Housing Units"/>
+    <s v="14"/>
+    <s v="Terraced house"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="191901"/>
+    <s v="Before 1919"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="34146"/>
+  </r>
+  <r>
+    <s v="CD432"/>
+    <s v="Private Dwellings in Permanent Housing Units"/>
+    <s v="14"/>
+    <s v="Terraced house"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="1919345"/>
+    <s v="1919 to 1945"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="31559"/>
+  </r>
+  <r>
+    <s v="CD432"/>
+    <s v="Private Dwellings in Permanent Housing Units"/>
+    <s v="14"/>
+    <s v="Terraced house"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="1946346"/>
+    <s v="1946 to 1960"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="36977"/>
+  </r>
+  <r>
+    <s v="CD432"/>
+    <s v="Private Dwellings in Permanent Housing Units"/>
+    <s v="14"/>
+    <s v="Terraced house"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="1961369"/>
+    <s v="1961 to 1970"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="22266"/>
+  </r>
+  <r>
+    <s v="CD432"/>
+    <s v="Private Dwellings in Permanent Housing Units"/>
+    <s v="14"/>
+    <s v="Terraced house"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="1971379"/>
+    <s v="1971 to 1980"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="33369"/>
+  </r>
+  <r>
+    <s v="CD432"/>
+    <s v="Private Dwellings in Permanent Housing Units"/>
+    <s v="14"/>
+    <s v="Terraced house"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="1981389"/>
+    <s v="1981 to 1990"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="22676"/>
+  </r>
+  <r>
+    <s v="CD432"/>
+    <s v="Private Dwellings in Permanent Housing Units"/>
+    <s v="14"/>
+    <s v="Terraced house"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="1991399"/>
+    <s v="1991 to 2000"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="17407"/>
+  </r>
+  <r>
+    <s v="CD432"/>
+    <s v="Private Dwellings in Permanent Housing Units"/>
+    <s v="14"/>
+    <s v="Terraced house"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2001303"/>
+    <s v="2001 to 2005"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="30041"/>
+  </r>
+  <r>
+    <s v="CD432"/>
+    <s v="Private Dwellings in Permanent Housing Units"/>
+    <s v="14"/>
+    <s v="Terraced house"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="200601"/>
+    <s v="2006 or later"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="17854"/>
+  </r>
+  <r>
+    <s v="CD432"/>
+    <s v="Private Dwellings in Permanent Housing Units"/>
+    <s v="14"/>
+    <s v="Terraced house"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="9998"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="11580"/>
+  </r>
+  <r>
+    <s v="CD432"/>
+    <s v="Private Dwellings in Permanent Housing Units"/>
+    <s v="14"/>
+    <s v="Terraced house"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="-"/>
+    <s v="All years"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="652564"/>
+  </r>
+  <r>
+    <s v="CD432"/>
+    <s v="Private Dwellings in Permanent Housing Units"/>
+    <s v="14"/>
+    <s v="Terraced house"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="191901"/>
+    <s v="Before 1919"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="74813"/>
+  </r>
+  <r>
+    <s v="CD432"/>
+    <s v="Private Dwellings in Permanent Housing Units"/>
+    <s v="14"/>
+    <s v="Terraced house"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="1919345"/>
+    <s v="1919 to 1945"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="70016"/>
+  </r>
+  <r>
+    <s v="CD432"/>
+    <s v="Private Dwellings in Permanent Housing Units"/>
+    <s v="14"/>
+    <s v="Terraced house"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="1946346"/>
+    <s v="1946 to 1960"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="90235"/>
+  </r>
+  <r>
+    <s v="CD432"/>
+    <s v="Private Dwellings in Permanent Housing Units"/>
+    <s v="14"/>
+    <s v="Terraced house"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="1961369"/>
+    <s v="1961 to 1970"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="57258"/>
+  </r>
+  <r>
+    <s v="CD432"/>
+    <s v="Private Dwellings in Permanent Housing Units"/>
+    <s v="14"/>
+    <s v="Terraced house"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="1971379"/>
+    <s v="1971 to 1980"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="92474"/>
+  </r>
+  <r>
+    <s v="CD432"/>
+    <s v="Private Dwellings in Permanent Housing Units"/>
+    <s v="14"/>
+    <s v="Terraced house"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="1981389"/>
+    <s v="1981 to 1990"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="61974"/>
+  </r>
+  <r>
+    <s v="CD432"/>
+    <s v="Private Dwellings in Permanent Housing Units"/>
+    <s v="14"/>
+    <s v="Terraced house"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="1991399"/>
+    <s v="1991 to 2000"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="46444"/>
+  </r>
+  <r>
+    <s v="CD432"/>
+    <s v="Private Dwellings in Permanent Housing Units"/>
+    <s v="14"/>
+    <s v="Terraced house"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2001303"/>
+    <s v="2001 to 2005"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="81253"/>
+  </r>
+  <r>
+    <s v="CD432"/>
+    <s v="Private Dwellings in Permanent Housing Units"/>
+    <s v="14"/>
+    <s v="Terraced house"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="200601"/>
+    <s v="2006 or later"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="47259"/>
+  </r>
+  <r>
+    <s v="CD432"/>
+    <s v="Private Dwellings in Permanent Housing Units"/>
+    <s v="14"/>
+    <s v="Terraced house"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="9998"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="30838"/>
+  </r>
+  <r>
+    <s v="CD432"/>
+    <s v="Private Dwellings in Permanent Housing Units"/>
+    <s v="14"/>
+    <s v="Terraced house"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="-"/>
+    <s v="All years"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="23950"/>
+  </r>
+  <r>
+    <s v="CD432"/>
+    <s v="Private Dwellings in Permanent Housing Units"/>
+    <s v="14"/>
+    <s v="Terraced house"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="191901"/>
+    <s v="Before 1919"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3777"/>
+  </r>
+  <r>
+    <s v="CD432"/>
+    <s v="Private Dwellings in Permanent Housing Units"/>
+    <s v="14"/>
+    <s v="Terraced house"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="1919345"/>
+    <s v="1919 to 1945"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1561"/>
+  </r>
+  <r>
+    <s v="CD432"/>
+    <s v="Private Dwellings in Permanent Housing Units"/>
+    <s v="14"/>
+    <s v="Terraced house"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="1946346"/>
+    <s v="1946 to 1960"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2070"/>
+  </r>
+  <r>
+    <s v="CD432"/>
+    <s v="Private Dwellings in Permanent Housing Units"/>
+    <s v="14"/>
+    <s v="Terraced house"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="1961369"/>
+    <s v="1961 to 1970"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1355"/>
+  </r>
+  <r>
+    <s v="CD432"/>
+    <s v="Private Dwellings in Permanent Housing Units"/>
+    <s v="14"/>
+    <s v="Terraced house"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="1971379"/>
+    <s v="1971 to 1980"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3712"/>
+  </r>
+  <r>
+    <s v="CD432"/>
+    <s v="Private Dwellings in Permanent Housing Units"/>
+    <s v="14"/>
+    <s v="Terraced house"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="1981389"/>
+    <s v="1981 to 1990"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1950"/>
+  </r>
+  <r>
+    <s v="CD432"/>
+    <s v="Private Dwellings in Permanent Housing Units"/>
+    <s v="14"/>
+    <s v="Terraced house"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="1991399"/>
+    <s v="1991 to 2000"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1614"/>
+  </r>
+  <r>
+    <s v="CD432"/>
+    <s v="Private Dwellings in Permanent Housing Units"/>
+    <s v="14"/>
+    <s v="Terraced house"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2001303"/>
+    <s v="2001 to 2005"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3842"/>
+  </r>
+  <r>
+    <s v="CD432"/>
+    <s v="Private Dwellings in Permanent Housing Units"/>
+    <s v="14"/>
+    <s v="Terraced house"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="200601"/>
+    <s v="2006 or later"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3178"/>
+  </r>
+  <r>
+    <s v="CD432"/>
+    <s v="Private Dwellings in Permanent Housing Units"/>
+    <s v="14"/>
+    <s v="Terraced house"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="9998"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="891"/>
+  </r>
+  <r>
+    <s v="CD432"/>
+    <s v="Private Dwellings in Permanent Housing Units"/>
+    <s v="14"/>
+    <s v="Terraced house"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="-"/>
+    <s v="All years"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="57392"/>
+  </r>
+  <r>
+    <s v="CD432"/>
+    <s v="Private Dwellings in Permanent Housing Units"/>
+    <s v="14"/>
+    <s v="Terraced house"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="191901"/>
+    <s v="Before 1919"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="7863"/>
+  </r>
+  <r>
+    <s v="CD432"/>
+    <s v="Private Dwellings in Permanent Housing Units"/>
+    <s v="14"/>
+    <s v="Terraced house"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="1919345"/>
+    <s v="1919 to 1945"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3102"/>
+  </r>
+  <r>
+    <s v="CD432"/>
+    <s v="Private Dwellings in Permanent Housing Units"/>
+    <s v="14"/>
+    <s v="Terraced house"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="1946346"/>
+    <s v="1946 to 1960"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4636"/>
+  </r>
+  <r>
+    <s v="CD432"/>
+    <s v="Private Dwellings in Permanent Housing Units"/>
+    <s v="14"/>
+    <s v="Terraced house"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="1961369"/>
+    <s v="1961 to 1970"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3428"/>
+  </r>
+  <r>
+    <s v="CD432"/>
+    <s v="Private Dwellings in Permanent Housing Units"/>
+    <s v="14"/>
+    <s v="Terraced house"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="1971379"/>
+    <s v="1971 to 1980"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="9838"/>
+  </r>
+  <r>
+    <s v="CD432"/>
+    <s v="Private Dwellings in Permanent Housing Units"/>
+    <s v="14"/>
+    <s v="Terraced house"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="1981389"/>
+    <s v="1981 to 1990"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5223"/>
+  </r>
+  <r>
+    <s v="CD432"/>
+    <s v="Private Dwellings in Permanent Housing Units"/>
+    <s v="14"/>
+    <s v="Terraced house"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="1991399"/>
+    <s v="1991 to 2000"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4021"/>
+  </r>
+  <r>
+    <s v="CD432"/>
+    <s v="Private Dwellings in Permanent Housing Units"/>
+    <s v="14"/>
+    <s v="Terraced house"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2001303"/>
+    <s v="2001 to 2005"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="9497"/>
+  </r>
+  <r>
+    <s v="CD432"/>
+    <s v="Private Dwellings in Permanent Housing Units"/>
+    <s v="14"/>
+    <s v="Terraced house"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="200601"/>
+    <s v="2006 or later"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="7641"/>
+  </r>
+  <r>
+    <s v="CD432"/>
+    <s v="Private Dwellings in Permanent Housing Units"/>
+    <s v="14"/>
+    <s v="Terraced house"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="9998"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2143"/>
+  </r>
+  <r>
+    <s v="CD432"/>
+    <s v="Private Dwellings in Permanent Housing Units"/>
+    <s v="16"/>
+    <s v="Flat or apartment in a purpose- built block"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="-"/>
+    <s v="All years"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="149921"/>
+  </r>
+  <r>
+    <s v="CD432"/>
+    <s v="Private Dwellings in Permanent Housing Units"/>
+    <s v="16"/>
+    <s v="Flat or apartment in a purpose- built block"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="191901"/>
+    <s v="Before 1919"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2975"/>
+  </r>
+  <r>
+    <s v="CD432"/>
+    <s v="Private Dwellings in Permanent Housing Units"/>
+    <s v="16"/>
+    <s v="Flat or apartment in a purpose- built block"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="1919345"/>
+    <s v="1919 to 1945"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2503"/>
+  </r>
+  <r>
+    <s v="CD432"/>
+    <s v="Private Dwellings in Permanent Housing Units"/>
+    <s v="16"/>
+    <s v="Flat or apartment in a purpose- built block"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="1946346"/>
+    <s v="1946 to 1960"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3573"/>
+  </r>
+  <r>
+    <s v="CD432"/>
+    <s v="Private Dwellings in Permanent Housing Units"/>
+    <s v="16"/>
+    <s v="Flat or apartment in a purpose- built block"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="1961369"/>
+    <s v="1961 to 1970"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4307"/>
+  </r>
+  <r>
+    <s v="CD432"/>
+    <s v="Private Dwellings in Permanent Housing Units"/>
+    <s v="16"/>
+    <s v="Flat or apartment in a purpose- built block"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="1971379"/>
+    <s v="1971 to 1980"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5292"/>
+  </r>
+  <r>
+    <s v="CD432"/>
+    <s v="Private Dwellings in Permanent Housing Units"/>
+    <s v="16"/>
+    <s v="Flat or apartment in a purpose- built block"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="1981389"/>
+    <s v="1981 to 1990"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="8754"/>
+  </r>
+  <r>
+    <s v="CD432"/>
+    <s v="Private Dwellings in Permanent Housing Units"/>
+    <s v="16"/>
+    <s v="Flat or apartment in a purpose- built block"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="1991399"/>
+    <s v="1991 to 2000"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="25626"/>
+  </r>
+  <r>
+    <s v="CD432"/>
+    <s v="Private Dwellings in Permanent Housing Units"/>
+    <s v="16"/>
+    <s v="Flat or apartment in a purpose- built block"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2001303"/>
+    <s v="2001 to 2005"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="47196"/>
+  </r>
+  <r>
+    <s v="CD432"/>
+    <s v="Private Dwellings in Permanent Housing Units"/>
+    <s v="16"/>
+    <s v="Flat or apartment in a purpose- built block"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="200601"/>
+    <s v="2006 or later"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="37763"/>
+  </r>
+  <r>
+    <s v="CD432"/>
+    <s v="Private Dwellings in Permanent Housing Units"/>
+    <s v="16"/>
+    <s v="Flat or apartment in a purpose- built block"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="9998"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="11932"/>
+  </r>
+  <r>
+    <s v="CD432"/>
+    <s v="Private Dwellings in Permanent Housing Units"/>
+    <s v="16"/>
+    <s v="Flat or apartment in a purpose- built block"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="-"/>
+    <s v="All years"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="295153"/>
+  </r>
+  <r>
+    <s v="CD432"/>
+    <s v="Private Dwellings in Permanent Housing Units"/>
+    <s v="16"/>
+    <s v="Flat or apartment in a purpose- built block"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="191901"/>
+    <s v="Before 1919"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5073"/>
+  </r>
+  <r>
+    <s v="CD432"/>
+    <s v="Private Dwellings in Permanent Housing Units"/>
+    <s v="16"/>
+    <s v="Flat or apartment in a purpose- built block"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="1919345"/>
+    <s v="1919 to 1945"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4709"/>
+  </r>
+  <r>
+    <s v="CD432"/>
+    <s v="Private Dwellings in Permanent Housing Units"/>
+    <s v="16"/>
+    <s v="Flat or apartment in a purpose- built block"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="1946346"/>
+    <s v="1946 to 1960"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="7324"/>
+  </r>
+  <r>
+    <s v="CD432"/>
+    <s v="Private Dwellings in Permanent Housing Units"/>
+    <s v="16"/>
+    <s v="Flat or apartment in a purpose- built block"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="1961369"/>
+    <s v="1961 to 1970"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="8056"/>
+  </r>
+  <r>
+    <s v="CD432"/>
+    <s v="Private Dwellings in Permanent Housing Units"/>
+    <s v="16"/>
+    <s v="Flat or apartment in a purpose- built block"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="1971379"/>
+    <s v="1971 to 1980"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="8952"/>
+  </r>
+  <r>
+    <s v="CD432"/>
+    <s v="Private Dwellings in Permanent Housing Units"/>
+    <s v="16"/>
+    <s v="Flat or apartment in a purpose- built block"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="1981389"/>
+    <s v="1981 to 1990"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="15047"/>
+  </r>
+  <r>
+    <s v="CD432"/>
+    <s v="Private Dwellings in Permanent Housing Units"/>
+    <s v="16"/>
+    <s v="Flat or apartment in a purpose- built block"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="1991399"/>
+    <s v="1991 to 2000"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="49052"/>
+  </r>
+  <r>
+    <s v="CD432"/>
+    <s v="Private Dwellings in Permanent Housing Units"/>
+    <s v="16"/>
+    <s v="Flat or apartment in a purpose- built block"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2001303"/>
+    <s v="2001 to 2005"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="95834"/>
+  </r>
+  <r>
+    <s v="CD432"/>
+    <s v="Private Dwellings in Permanent Housing Units"/>
+    <s v="16"/>
+    <s v="Flat or apartment in a purpose- built block"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="200601"/>
+    <s v="2006 or later"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="75416"/>
+  </r>
+  <r>
+    <s v="CD432"/>
+    <s v="Private Dwellings in Permanent Housing Units"/>
+    <s v="16"/>
+    <s v="Flat or apartment in a purpose- built block"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="9998"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="25690"/>
+  </r>
+  <r>
+    <s v="CD432"/>
+    <s v="Private Dwellings in Permanent Housing Units"/>
+    <s v="16"/>
+    <s v="Flat or apartment in a purpose- built block"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="-"/>
+    <s v="All years"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="144753"/>
+  </r>
+  <r>
+    <s v="CD432"/>
+    <s v="Private Dwellings in Permanent Housing Units"/>
+    <s v="16"/>
+    <s v="Flat or apartment in a purpose- built block"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="191901"/>
+    <s v="Before 1919"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2760"/>
+  </r>
+  <r>
+    <s v="CD432"/>
+    <s v="Private Dwellings in Permanent Housing Units"/>
+    <s v="16"/>
+    <s v="Flat or apartment in a purpose- built block"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="1919345"/>
+    <s v="1919 to 1945"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2395"/>
+  </r>
+  <r>
+    <s v="CD432"/>
+    <s v="Private Dwellings in Permanent Housing Units"/>
+    <s v="16"/>
+    <s v="Flat or apartment in a purpose- built block"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="1946346"/>
+    <s v="1946 to 1960"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3424"/>
+  </r>
+  <r>
+    <s v="CD432"/>
+    <s v="Private Dwellings in Permanent Housing Units"/>
+    <s v="16"/>
+    <s v="Flat or apartment in a purpose- built block"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="1961369"/>
+    <s v="1961 to 1970"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4101"/>
+  </r>
+  <r>
+    <s v="CD432"/>
+    <s v="Private Dwellings in Permanent Housing Units"/>
+    <s v="16"/>
+    <s v="Flat or apartment in a purpose- built block"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="1971379"/>
+    <s v="1971 to 1980"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5045"/>
+  </r>
+  <r>
+    <s v="CD432"/>
+    <s v="Private Dwellings in Permanent Housing Units"/>
+    <s v="16"/>
+    <s v="Flat or apartment in a purpose- built block"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="1981389"/>
+    <s v="1981 to 1990"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="8448"/>
+  </r>
+  <r>
+    <s v="CD432"/>
+    <s v="Private Dwellings in Permanent Housing Units"/>
+    <s v="16"/>
+    <s v="Flat or apartment in a purpose- built block"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="1991399"/>
+    <s v="1991 to 2000"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="24919"/>
+  </r>
+  <r>
+    <s v="CD432"/>
+    <s v="Private Dwellings in Permanent Housing Units"/>
+    <s v="16"/>
+    <s v="Flat or apartment in a purpose- built block"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2001303"/>
+    <s v="2001 to 2005"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="45827"/>
+  </r>
+  <r>
+    <s v="CD432"/>
+    <s v="Private Dwellings in Permanent Housing Units"/>
+    <s v="16"/>
+    <s v="Flat or apartment in a purpose- built block"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="200601"/>
+    <s v="2006 or later"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="36281"/>
+  </r>
+  <r>
+    <s v="CD432"/>
+    <s v="Private Dwellings in Permanent Housing Units"/>
+    <s v="16"/>
+    <s v="Flat or apartment in a purpose- built block"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="9998"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="11553"/>
+  </r>
+  <r>
+    <s v="CD432"/>
+    <s v="Private Dwellings in Permanent Housing Units"/>
+    <s v="16"/>
+    <s v="Flat or apartment in a purpose- built block"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="-"/>
+    <s v="All years"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="285632"/>
+  </r>
+  <r>
+    <s v="CD432"/>
+    <s v="Private Dwellings in Permanent Housing Units"/>
+    <s v="16"/>
+    <s v="Flat or apartment in a purpose- built block"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="191901"/>
+    <s v="Before 1919"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4662"/>
+  </r>
+  <r>
+    <s v="CD432"/>
+    <s v="Private Dwellings in Permanent Housing Units"/>
+    <s v="16"/>
+    <s v="Flat or apartment in a purpose- built block"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="1919345"/>
+    <s v="1919 to 1945"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4516"/>
+  </r>
+  <r>
+    <s v="CD432"/>
+    <s v="Private Dwellings in Permanent Housing Units"/>
+    <s v="16"/>
+    <s v="Flat or apartment in a purpose- built block"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="1946346"/>
+    <s v="1946 to 1960"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="7032"/>
+  </r>
+  <r>
+    <s v="CD432"/>
+    <s v="Private Dwellings in Permanent Housing Units"/>
+    <s v="16"/>
+    <s v="Flat or apartment in a purpose- built block"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="1961369"/>
+    <s v="1961 to 1970"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="7621"/>
+  </r>
+  <r>
+    <s v="CD432"/>
+    <s v="Private Dwellings in Permanent Housing Units"/>
+    <s v="16"/>
+    <s v="Flat or apartment in a purpose- built block"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="1971379"/>
+    <s v="1971 to 1980"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="8476"/>
+  </r>
+  <r>
+    <s v="CD432"/>
+    <s v="Private Dwellings in Permanent Housing Units"/>
+    <s v="16"/>
+    <s v="Flat or apartment in a purpose- built block"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="1981389"/>
+    <s v="1981 to 1990"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="14478"/>
+  </r>
+  <r>
+    <s v="CD432"/>
+    <s v="Private Dwellings in Permanent Housing Units"/>
+    <s v="16"/>
+    <s v="Flat or apartment in a purpose- built block"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="1991399"/>
+    <s v="1991 to 2000"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="47741"/>
+  </r>
+  <r>
+    <s v="CD432"/>
+    <s v="Private Dwellings in Permanent Housing Units"/>
+    <s v="16"/>
+    <s v="Flat or apartment in a purpose- built block"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2001303"/>
+    <s v="2001 to 2005"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="93390"/>
+  </r>
+  <r>
+    <s v="CD432"/>
+    <s v="Private Dwellings in Permanent Housing Units"/>
+    <s v="16"/>
+    <s v="Flat or apartment in a purpose- built block"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="200601"/>
+    <s v="2006 or later"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="72757"/>
+  </r>
+  <r>
+    <s v="CD432"/>
+    <s v="Private Dwellings in Permanent Housing Units"/>
+    <s v="16"/>
+    <s v="Flat or apartment in a purpose- built block"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="9998"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="24959"/>
+  </r>
+  <r>
+    <s v="CD432"/>
+    <s v="Private Dwellings in Permanent Housing Units"/>
+    <s v="16"/>
+    <s v="Flat or apartment in a purpose- built block"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="-"/>
+    <s v="All years"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5168"/>
+  </r>
+  <r>
+    <s v="CD432"/>
+    <s v="Private Dwellings in Permanent Housing Units"/>
+    <s v="16"/>
+    <s v="Flat or apartment in a purpose- built block"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="191901"/>
+    <s v="Before 1919"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="215"/>
+  </r>
+  <r>
+    <s v="CD432"/>
+    <s v="Private Dwellings in Permanent Housing Units"/>
+    <s v="16"/>
+    <s v="Flat or apartment in a purpose- built block"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="1919345"/>
+    <s v="1919 to 1945"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="108"/>
+  </r>
+  <r>
+    <s v="CD432"/>
+    <s v="Private Dwellings in Permanent Housing Units"/>
+    <s v="16"/>
+    <s v="Flat or apartment in a purpose- built block"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="1946346"/>
+    <s v="1946 to 1960"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="149"/>
+  </r>
+  <r>
+    <s v="CD432"/>
+    <s v="Private Dwellings in Permanent Housing Units"/>
+    <s v="16"/>
+    <s v="Flat or apartment in a purpose- built block"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="1961369"/>
+    <s v="1961 to 1970"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="206"/>
+  </r>
+  <r>
+    <s v="CD432"/>
+    <s v="Private Dwellings in Permanent Housing Units"/>
+    <s v="16"/>
+    <s v="Flat or apartment in a purpose- built block"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="1971379"/>
+    <s v="1971 to 1980"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="247"/>
+  </r>
+  <r>
+    <s v="CD432"/>
+    <s v="Private Dwellings in Permanent Housing Units"/>
+    <s v="16"/>
+    <s v="Flat or apartment in a purpose- built block"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="1981389"/>
+    <s v="1981 to 1990"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="306"/>
+  </r>
+  <r>
+    <s v="CD432"/>
+    <s v="Private Dwellings in Permanent Housing Units"/>
+    <s v="16"/>
+    <s v="Flat or apartment in a purpose- built block"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="1991399"/>
+    <s v="1991 to 2000"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="707"/>
+  </r>
+  <r>
+    <s v="CD432"/>
+    <s v="Private Dwellings in Permanent Housing Units"/>
+    <s v="16"/>
+    <s v="Flat or apartment in a purpose- built block"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2001303"/>
+    <s v="2001 to 2005"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1369"/>
+  </r>
+  <r>
+    <s v="CD432"/>
+    <s v="Private Dwellings in Permanent Housing Units"/>
+    <s v="16"/>
+    <s v="Flat or apartment in a purpose- built block"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="200601"/>
+    <s v="2006 or later"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1482"/>
+  </r>
+  <r>
+    <s v="CD432"/>
+    <s v="Private Dwellings in Permanent Housing Units"/>
+    <s v="16"/>
+    <s v="Flat or apartment in a purpose- built block"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="9998"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="379"/>
+  </r>
+  <r>
+    <s v="CD432"/>
+    <s v="Private Dwellings in Permanent Housing Units"/>
+    <s v="16"/>
+    <s v="Flat or apartment in a purpose- built block"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="-"/>
+    <s v="All years"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="9521"/>
+  </r>
+  <r>
+    <s v="CD432"/>
+    <s v="Private Dwellings in Permanent Housing Units"/>
+    <s v="16"/>
+    <s v="Flat or apartment in a purpose- built block"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="191901"/>
+    <s v="Before 1919"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="411"/>
+  </r>
+  <r>
+    <s v="CD432"/>
+    <s v="Private Dwellings in Permanent Housing Units"/>
+    <s v="16"/>
+    <s v="Flat or apartment in a purpose- built block"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="1919345"/>
+    <s v="1919 to 1945"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="193"/>
+  </r>
+  <r>
+    <s v="CD432"/>
+    <s v="Private Dwellings in Permanent Housing Units"/>
+    <s v="16"/>
+    <s v="Flat or apartment in a purpose- built block"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="1946346"/>
+    <s v="1946 to 1960"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="292"/>
+  </r>
+  <r>
+    <s v="CD432"/>
+    <s v="Private Dwellings in Permanent Housing Units"/>
+    <s v="16"/>
+    <s v="Flat or apartment in a purpose- built block"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="1961369"/>
+    <s v="1961 to 1970"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="435"/>
+  </r>
+  <r>
+    <s v="CD432"/>
+    <s v="Private Dwellings in Permanent Housing Units"/>
+    <s v="16"/>
+    <s v="Flat or apartment in a purpose- built block"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="1971379"/>
+    <s v="1971 to 1980"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="476"/>
+  </r>
+  <r>
+    <s v="CD432"/>
+    <s v="Private Dwellings in Permanent Housing Units"/>
+    <s v="16"/>
+    <s v="Flat or apartment in a purpose- built block"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="1981389"/>
+    <s v="1981 to 1990"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="569"/>
+  </r>
+  <r>
+    <s v="CD432"/>
+    <s v="Private Dwellings in Permanent Housing Units"/>
+    <s v="16"/>
+    <s v="Flat or apartment in a purpose- built block"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="1991399"/>
+    <s v="1991 to 2000"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1311"/>
+  </r>
+  <r>
+    <s v="CD432"/>
+    <s v="Private Dwellings in Permanent Housing Units"/>
+    <s v="16"/>
+    <s v="Flat or apartment in a purpose- built block"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2001303"/>
+    <s v="2001 to 2005"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2444"/>
+  </r>
+  <r>
+    <s v="CD432"/>
+    <s v="Private Dwellings in Permanent Housing Units"/>
+    <s v="16"/>
+    <s v="Flat or apartment in a purpose- built block"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="200601"/>
+    <s v="2006 or later"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2659"/>
+  </r>
+  <r>
+    <s v="CD432"/>
+    <s v="Private Dwellings in Permanent Housing Units"/>
+    <s v="16"/>
+    <s v="Flat or apartment in a purpose- built block"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="9998"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="731"/>
+  </r>
+  <r>
+    <s v="CD432"/>
+    <s v="Private Dwellings in Permanent Housing Units"/>
+    <s v="17"/>
+    <s v="Flat or apartment in a converted house or commercial building"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="-"/>
+    <s v="All years"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="27666"/>
+  </r>
+  <r>
+    <s v="CD432"/>
+    <s v="Private Dwellings in Permanent Housing Units"/>
+    <s v="17"/>
+    <s v="Flat or apartment in a converted house or commercial building"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="191901"/>
+    <s v="Before 1919"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="9977"/>
+  </r>
+  <r>
+    <s v="CD432"/>
+    <s v="Private Dwellings in Permanent Housing Units"/>
+    <s v="17"/>
+    <s v="Flat or apartment in a converted house or commercial building"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="1919345"/>
+    <s v="1919 to 1945"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2947"/>
+  </r>
+  <r>
+    <s v="CD432"/>
+    <s v="Private Dwellings in Permanent Housing Units"/>
+    <s v="17"/>
+    <s v="Flat or apartment in a converted house or commercial building"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="1946346"/>
+    <s v="1946 to 1960"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1735"/>
+  </r>
+  <r>
+    <s v="CD432"/>
+    <s v="Private Dwellings in Permanent Housing Units"/>
+    <s v="17"/>
+    <s v="Flat or apartment in a converted house or commercial building"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="1961369"/>
+    <s v="1961 to 1970"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1131"/>
+  </r>
+  <r>
+    <s v="CD432"/>
+    <s v="Private Dwellings in Permanent Housing Units"/>
+    <s v="17"/>
+    <s v="Flat or apartment in a converted house or commercial building"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="1971379"/>
+    <s v="1971 to 1980"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1161"/>
+  </r>
+  <r>
+    <s v="CD432"/>
+    <s v="Private Dwellings in Permanent Housing Units"/>
+    <s v="17"/>
+    <s v="Flat or apartment in a converted house or commercial building"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="1981389"/>
+    <s v="1981 to 1990"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1080"/>
+  </r>
+  <r>
+    <s v="CD432"/>
+    <s v="Private Dwellings in Permanent Housing Units"/>
+    <s v="17"/>
+    <s v="Flat or apartment in a converted house or commercial building"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="1991399"/>
+    <s v="1991 to 2000"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1962"/>
+  </r>
+  <r>
+    <s v="CD432"/>
+    <s v="Private Dwellings in Permanent Housing Units"/>
+    <s v="17"/>
+    <s v="Flat or apartment in a converted house or commercial building"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2001303"/>
+    <s v="2001 to 2005"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2081"/>
+  </r>
+  <r>
+    <s v="CD432"/>
+    <s v="Private Dwellings in Permanent Housing Units"/>
+    <s v="17"/>
+    <s v="Flat or apartment in a converted house or commercial building"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="200601"/>
+    <s v="2006 or later"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1588"/>
+  </r>
+  <r>
+    <s v="CD432"/>
+    <s v="Private Dwellings in Permanent Housing Units"/>
+    <s v="17"/>
+    <s v="Flat or apartment in a converted house or commercial building"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="9998"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4004"/>
+  </r>
+  <r>
+    <s v="CD432"/>
+    <s v="Private Dwellings in Permanent Housing Units"/>
+    <s v="17"/>
+    <s v="Flat or apartment in a converted house or commercial building"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="-"/>
+    <s v="All years"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="47197"/>
+  </r>
+  <r>
+    <s v="CD432"/>
+    <s v="Private Dwellings in Permanent Housing Units"/>
+    <s v="17"/>
+    <s v="Flat or apartment in a converted house or commercial building"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="191901"/>
+    <s v="Before 1919"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="16179"/>
+  </r>
+  <r>
+    <s v="CD432"/>
+    <s v="Private Dwellings in Permanent Housing Units"/>
+    <s v="17"/>
+    <s v="Flat or apartment in a converted house or commercial building"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="1919345"/>
+    <s v="1919 to 1945"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4540"/>
+  </r>
+  <r>
+    <s v="CD432"/>
+    <s v="Private Dwellings in Permanent Housing Units"/>
+    <s v="17"/>
+    <s v="Flat or apartment in a converted house or commercial building"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="1946346"/>
+    <s v="1946 to 1960"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2736"/>
+  </r>
+  <r>
+    <s v="CD432"/>
+    <s v="Private Dwellings in Permanent Housing Units"/>
+    <s v="17"/>
+    <s v="Flat or apartment in a converted house or commercial building"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="1961369"/>
+    <s v="1961 to 1970"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1835"/>
+  </r>
+  <r>
+    <s v="CD432"/>
+    <s v="Private Dwellings in Permanent Housing Units"/>
+    <s v="17"/>
+    <s v="Flat or apartment in a converted house or commercial building"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="1971379"/>
+    <s v="1971 to 1980"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1907"/>
+  </r>
+  <r>
+    <s v="CD432"/>
+    <s v="Private Dwellings in Permanent Housing Units"/>
+    <s v="17"/>
+    <s v="Flat or apartment in a converted house or commercial building"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="1981389"/>
+    <s v="1981 to 1990"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1895"/>
+  </r>
+  <r>
+    <s v="CD432"/>
+    <s v="Private Dwellings in Permanent Housing Units"/>
+    <s v="17"/>
+    <s v="Flat or apartment in a converted house or commercial building"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="1991399"/>
+    <s v="1991 to 2000"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3632"/>
+  </r>
+  <r>
+    <s v="CD432"/>
+    <s v="Private Dwellings in Permanent Housing Units"/>
+    <s v="17"/>
+    <s v="Flat or apartment in a converted house or commercial building"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2001303"/>
+    <s v="2001 to 2005"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4211"/>
+  </r>
+  <r>
+    <s v="CD432"/>
+    <s v="Private Dwellings in Permanent Housing Units"/>
+    <s v="17"/>
+    <s v="Flat or apartment in a converted house or commercial building"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="200601"/>
+    <s v="2006 or later"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3265"/>
+  </r>
+  <r>
+    <s v="CD432"/>
+    <s v="Private Dwellings in Permanent Housing Units"/>
+    <s v="17"/>
+    <s v="Flat or apartment in a converted house or commercial building"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="9998"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="6997"/>
+  </r>
+  <r>
+    <s v="CD432"/>
+    <s v="Private Dwellings in Permanent Housing Units"/>
+    <s v="17"/>
+    <s v="Flat or apartment in a converted house or commercial building"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="-"/>
+    <s v="All years"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="23963"/>
+  </r>
+  <r>
+    <s v="CD432"/>
+    <s v="Private Dwellings in Permanent Housing Units"/>
+    <s v="17"/>
+    <s v="Flat or apartment in a converted house or commercial building"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="191901"/>
+    <s v="Before 1919"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="9103"/>
+  </r>
+  <r>
+    <s v="CD432"/>
+    <s v="Private Dwellings in Permanent Housing Units"/>
+    <s v="17"/>
+    <s v="Flat or apartment in a converted house or commercial building"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="1919345"/>
+    <s v="1919 to 1945"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2633"/>
+  </r>
+  <r>
+    <s v="CD432"/>
+    <s v="Private Dwellings in Permanent Housing Units"/>
+    <s v="17"/>
+    <s v="Flat or apartment in a converted house or commercial building"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="1946346"/>
+    <s v="1946 to 1960"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1522"/>
+  </r>
+  <r>
+    <s v="CD432"/>
+    <s v="Private Dwellings in Permanent Housing Units"/>
+    <s v="17"/>
+    <s v="Flat or apartment in a converted house or commercial building"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="1961369"/>
+    <s v="1961 to 1970"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="974"/>
+  </r>
+  <r>
+    <s v="CD432"/>
+    <s v="Private Dwellings in Permanent Housing Units"/>
+    <s v="17"/>
+    <s v="Flat or apartment in a converted house or commercial building"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="1971379"/>
+    <s v="1971 to 1980"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="901"/>
+  </r>
+  <r>
+    <s v="CD432"/>
+    <s v="Private Dwellings in Permanent Housing Units"/>
+    <s v="17"/>
+    <s v="Flat or apartment in a converted house or commercial building"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="1981389"/>
+    <s v="1981 to 1990"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="823"/>
+  </r>
+  <r>
+    <s v="CD432"/>
+    <s v="Private Dwellings in Permanent Housing Units"/>
+    <s v="17"/>
+    <s v="Flat or apartment in a converted house or commercial building"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="1991399"/>
+    <s v="1991 to 2000"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1505"/>
+  </r>
+  <r>
+    <s v="CD432"/>
+    <s v="Private Dwellings in Permanent Housing Units"/>
+    <s v="17"/>
+    <s v="Flat or apartment in a converted house or commercial building"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2001303"/>
+    <s v="2001 to 2005"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1633"/>
+  </r>
+  <r>
+    <s v="CD432"/>
+    <s v="Private Dwellings in Permanent Housing Units"/>
+    <s v="17"/>
+    <s v="Flat or apartment in a converted house or commercial building"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="200601"/>
+    <s v="2006 or later"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1215"/>
+  </r>
+  <r>
+    <s v="CD432"/>
+    <s v="Private Dwellings in Permanent Housing Units"/>
+    <s v="17"/>
+    <s v="Flat or apartment in a converted house or commercial building"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="9998"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3654"/>
+  </r>
+  <r>
+    <s v="CD432"/>
+    <s v="Private Dwellings in Permanent Housing Units"/>
+    <s v="17"/>
+    <s v="Flat or apartment in a converted house or commercial building"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="-"/>
+    <s v="All years"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="40925"/>
+  </r>
+  <r>
+    <s v="CD432"/>
+    <s v="Private Dwellings in Permanent Housing Units"/>
+    <s v="17"/>
+    <s v="Flat or apartment in a converted house or commercial building"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="191901"/>
+    <s v="Before 1919"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="14650"/>
+  </r>
+  <r>
+    <s v="CD432"/>
+    <s v="Private Dwellings in Permanent Housing Units"/>
+    <s v="17"/>
+    <s v="Flat or apartment in a converted house or commercial building"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="1919345"/>
+    <s v="1919 to 1945"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4052"/>
+  </r>
+  <r>
+    <s v="CD432"/>
+    <s v="Private Dwellings in Permanent Housing Units"/>
+    <s v="17"/>
+    <s v="Flat or apartment in a converted house or commercial building"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="1946346"/>
+    <s v="1946 to 1960"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2394"/>
+  </r>
+  <r>
+    <s v="CD432"/>
+    <s v="Private Dwellings in Permanent Housing Units"/>
+    <s v="17"/>
+    <s v="Flat or apartment in a converted house or commercial building"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="1961369"/>
+    <s v="1961 to 1970"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1554"/>
+  </r>
+  <r>
+    <s v="CD432"/>
+    <s v="Private Dwellings in Permanent Housing Units"/>
+    <s v="17"/>
+    <s v="Flat or apartment in a converted house or commercial building"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="1971379"/>
+    <s v="1971 to 1980"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1497"/>
+  </r>
+  <r>
+    <s v="CD432"/>
+    <s v="Private Dwellings in Permanent Housing Units"/>
+    <s v="17"/>
+    <s v="Flat or apartment in a converted house or commercial building"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="1981389"/>
+    <s v="1981 to 1990"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1446"/>
+  </r>
+  <r>
+    <s v="CD432"/>
+    <s v="Private Dwellings in Permanent Housing Units"/>
+    <s v="17"/>
+    <s v="Flat or apartment in a converted house or commercial building"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="1991399"/>
+    <s v="1991 to 2000"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2882"/>
+  </r>
+  <r>
+    <s v="CD432"/>
+    <s v="Private Dwellings in Permanent Housing Units"/>
+    <s v="17"/>
+    <s v="Flat or apartment in a converted house or commercial building"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2001303"/>
+    <s v="2001 to 2005"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3455"/>
+  </r>
+  <r>
+    <s v="CD432"/>
+    <s v="Private Dwellings in Permanent Housing Units"/>
+    <s v="17"/>
+    <s v="Flat or apartment in a converted house or commercial building"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="200601"/>
+    <s v="2006 or later"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2574"/>
+  </r>
+  <r>
+    <s v="CD432"/>
+    <s v="Private Dwellings in Permanent Housing Units"/>
+    <s v="17"/>
+    <s v="Flat or apartment in a converted house or commercial building"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="9998"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="6421"/>
+  </r>
+  <r>
+    <s v="CD432"/>
+    <s v="Private Dwellings in Permanent Housing Units"/>
+    <s v="17"/>
+    <s v="Flat or apartment in a converted house or commercial building"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="-"/>
+    <s v="All years"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3703"/>
+  </r>
+  <r>
+    <s v="CD432"/>
+    <s v="Private Dwellings in Permanent Housing Units"/>
+    <s v="17"/>
+    <s v="Flat or apartment in a converted house or commercial building"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="191901"/>
+    <s v="Before 1919"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="874"/>
+  </r>
+  <r>
+    <s v="CD432"/>
+    <s v="Private Dwellings in Permanent Housing Units"/>
+    <s v="17"/>
+    <s v="Flat or apartment in a converted house or commercial building"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="1919345"/>
+    <s v="1919 to 1945"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="314"/>
+  </r>
+  <r>
+    <s v="CD432"/>
+    <s v="Private Dwellings in Permanent Housing Units"/>
+    <s v="17"/>
+    <s v="Flat or apartment in a converted house or commercial building"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="1946346"/>
+    <s v="1946 to 1960"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="213"/>
+  </r>
+  <r>
+    <s v="CD432"/>
+    <s v="Private Dwellings in Permanent Housing Units"/>
+    <s v="17"/>
+    <s v="Flat or apartment in a converted house or commercial building"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="1961369"/>
+    <s v="1961 to 1970"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="157"/>
+  </r>
+  <r>
+    <s v="CD432"/>
+    <s v="Private Dwellings in Permanent Housing Units"/>
+    <s v="17"/>
+    <s v="Flat or apartment in a converted house or commercial building"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="1971379"/>
+    <s v="1971 to 1980"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="260"/>
+  </r>
+  <r>
+    <s v="CD432"/>
+    <s v="Private Dwellings in Permanent Housing Units"/>
+    <s v="17"/>
+    <s v="Flat or apartment in a converted house or commercial building"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="1981389"/>
+    <s v="1981 to 1990"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="257"/>
+  </r>
+  <r>
+    <s v="CD432"/>
+    <s v="Private Dwellings in Permanent Housing Units"/>
+    <s v="17"/>
+    <s v="Flat or apartment in a converted house or commercial building"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="1991399"/>
+    <s v="1991 to 2000"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="457"/>
+  </r>
+  <r>
+    <s v="CD432"/>
+    <s v="Private Dwellings in Permanent Housing Units"/>
+    <s v="17"/>
+    <s v="Flat or apartment in a converted house or commercial building"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2001303"/>
+    <s v="2001 to 2005"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="448"/>
+  </r>
+  <r>
+    <s v="CD432"/>
+    <s v="Private Dwellings in Permanent Housing Units"/>
+    <s v="17"/>
+    <s v="Flat or apartment in a converted house or commercial building"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="200601"/>
+    <s v="2006 or later"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="373"/>
+  </r>
+  <r>
+    <s v="CD432"/>
+    <s v="Private Dwellings in Permanent Housing Units"/>
+    <s v="17"/>
+    <s v="Flat or apartment in a converted house or commercial building"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="9998"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="350"/>
+  </r>
+  <r>
+    <s v="CD432"/>
+    <s v="Private Dwellings in Permanent Housing Units"/>
+    <s v="17"/>
+    <s v="Flat or apartment in a converted house or commercial building"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="-"/>
+    <s v="All years"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="6272"/>
+  </r>
+  <r>
+    <s v="CD432"/>
+    <s v="Private Dwellings in Permanent Housing Units"/>
+    <s v="17"/>
+    <s v="Flat or apartment in a converted house or commercial building"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="191901"/>
+    <s v="Before 1919"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1529"/>
+  </r>
+  <r>
+    <s v="CD432"/>
+    <s v="Private Dwellings in Permanent Housing Units"/>
+    <s v="17"/>
+    <s v="Flat or apartment in a converted house or commercial building"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="1919345"/>
+    <s v="1919 to 1945"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="488"/>
+  </r>
+  <r>
+    <s v="CD432"/>
+    <s v="Private Dwellings in Permanent Housing Units"/>
+    <s v="17"/>
+    <s v="Flat or apartment in a converted house or commercial building"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="1946346"/>
+    <s v="1946 to 1960"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="342"/>
+  </r>
+  <r>
+    <s v="CD432"/>
+    <s v="Private Dwellings in Permanent Housing Units"/>
+    <s v="17"/>
+    <s v="Flat or apartment in a converted house or commercial building"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="1961369"/>
+    <s v="1961 to 1970"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="281"/>
+  </r>
+  <r>
+    <s v="CD432"/>
+    <s v="Private Dwellings in Permanent Housing Units"/>
+    <s v="17"/>
+    <s v="Flat or apartment in a converted house or commercial building"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="1971379"/>
+    <s v="1971 to 1980"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="410"/>
+  </r>
+  <r>
+    <s v="CD432"/>
+    <s v="Private Dwellings in Permanent Housing Units"/>
+    <s v="17"/>
+    <s v="Flat or apartment in a converted house or commercial building"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="1981389"/>
+    <s v="1981 to 1990"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="449"/>
+  </r>
+  <r>
+    <s v="CD432"/>
+    <s v="Private Dwellings in Permanent Housing Units"/>
+    <s v="17"/>
+    <s v="Flat or apartment in a converted house or commercial building"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="1991399"/>
+    <s v="1991 to 2000"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="750"/>
+  </r>
+  <r>
+    <s v="CD432"/>
+    <s v="Private Dwellings in Permanent Housing Units"/>
+    <s v="17"/>
+    <s v="Flat or apartment in a converted house or commercial building"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2001303"/>
+    <s v="2001 to 2005"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="756"/>
+  </r>
+  <r>
+    <s v="CD432"/>
+    <s v="Private Dwellings in Permanent Housing Units"/>
+    <s v="17"/>
+    <s v="Flat or apartment in a converted house or commercial building"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="200601"/>
+    <s v="2006 or later"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="691"/>
+  </r>
+  <r>
+    <s v="CD432"/>
+    <s v="Private Dwellings in Permanent Housing Units"/>
+    <s v="17"/>
+    <s v="Flat or apartment in a converted house or commercial building"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="9998"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="576"/>
+  </r>
+  <r>
+    <s v="CD432"/>
+    <s v="Private Dwellings in Permanent Housing Units"/>
+    <s v="18"/>
+    <s v="Bed-sit"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="-"/>
+    <s v="All years"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5695"/>
+  </r>
+  <r>
+    <s v="CD432"/>
+    <s v="Private Dwellings in Permanent Housing Units"/>
+    <s v="18"/>
+    <s v="Bed-sit"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="191901"/>
+    <s v="Before 1919"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1818"/>
+  </r>
+  <r>
+    <s v="CD432"/>
+    <s v="Private Dwellings in Permanent Housing Units"/>
+    <s v="18"/>
+    <s v="Bed-sit"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="1919345"/>
+    <s v="1919 to 1945"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="652"/>
+  </r>
+  <r>
+    <s v="CD432"/>
+    <s v="Private Dwellings in Permanent Housing Units"/>
+    <s v="18"/>
+    <s v="Bed-sit"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="1946346"/>
+    <s v="1946 to 1960"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="569"/>
+  </r>
+  <r>
+    <s v="CD432"/>
+    <s v="Private Dwellings in Permanent Housing Units"/>
+    <s v="18"/>
+    <s v="Bed-sit"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="1961369"/>
+    <s v="1961 to 1970"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="331"/>
+  </r>
+  <r>
+    <s v="CD432"/>
+    <s v="Private Dwellings in Permanent Housing Units"/>
+    <s v="18"/>
+    <s v="Bed-sit"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="1971379"/>
+    <s v="1971 to 1980"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="241"/>
+  </r>
+  <r>
+    <s v="CD432"/>
+    <s v="Private Dwellings in Permanent Housing Units"/>
+    <s v="18"/>
+    <s v="Bed-sit"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="1981389"/>
+    <s v="1981 to 1990"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="257"/>
+  </r>
+  <r>
+    <s v="CD432"/>
+    <s v="Private Dwellings in Permanent Housing Units"/>
+    <s v="18"/>
+    <s v="Bed-sit"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="1991399"/>
+    <s v="1991 to 2000"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="293"/>
+  </r>
+  <r>
+    <s v="CD432"/>
+    <s v="Private Dwellings in Permanent Housing Units"/>
+    <s v="18"/>
+    <s v="Bed-sit"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2001303"/>
+    <s v="2001 to 2005"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="260"/>
+  </r>
+  <r>
+    <s v="CD432"/>
+    <s v="Private Dwellings in Permanent Housing Units"/>
+    <s v="18"/>
+    <s v="Bed-sit"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="200601"/>
+    <s v="2006 or later"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="210"/>
+  </r>
+  <r>
+    <s v="CD432"/>
+    <s v="Private Dwellings in Permanent Housing Units"/>
+    <s v="18"/>
+    <s v="Bed-sit"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="9998"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1064"/>
+  </r>
+  <r>
+    <s v="CD432"/>
+    <s v="Private Dwellings in Permanent Housing Units"/>
+    <s v="18"/>
+    <s v="Bed-sit"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="-"/>
+    <s v="All years"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="8005"/>
+  </r>
+  <r>
+    <s v="CD432"/>
+    <s v="Private Dwellings in Permanent Housing Units"/>
+    <s v="18"/>
+    <s v="Bed-sit"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="191901"/>
+    <s v="Before 1919"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2218"/>
+  </r>
+  <r>
+    <s v="CD432"/>
+    <s v="Private Dwellings in Permanent Housing Units"/>
+    <s v="18"/>
+    <s v="Bed-sit"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="1919345"/>
+    <s v="1919 to 1945"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="779"/>
+  </r>
+  <r>
+    <s v="CD432"/>
+    <s v="Private Dwellings in Permanent Housing Units"/>
+    <s v="18"/>
+    <s v="Bed-sit"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="1946346"/>
+    <s v="1946 to 1960"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="664"/>
+  </r>
+  <r>
+    <s v="CD432"/>
+    <s v="Private Dwellings in Permanent Housing Units"/>
+    <s v="18"/>
+    <s v="Bed-sit"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="1961369"/>
+    <s v="1961 to 1970"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="398"/>
+  </r>
+  <r>
+    <s v="CD432"/>
+    <s v="Private Dwellings in Permanent Housing Units"/>
+    <s v="18"/>
+    <s v="Bed-sit"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="1971379"/>
+    <s v="1971 to 1980"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="304"/>
+  </r>
+  <r>
+    <s v="CD432"/>
+    <s v="Private Dwellings in Permanent Housing Units"/>
+    <s v="18"/>
+    <s v="Bed-sit"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="1981389"/>
+    <s v="1981 to 1990"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="372"/>
+  </r>
+  <r>
+    <s v="CD432"/>
+    <s v="Private Dwellings in Permanent Housing Units"/>
+    <s v="18"/>
+    <s v="Bed-sit"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="1991399"/>
+    <s v="1991 to 2000"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="536"/>
+  </r>
+  <r>
+    <s v="CD432"/>
+    <s v="Private Dwellings in Permanent Housing Units"/>
+    <s v="18"/>
+    <s v="Bed-sit"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2001303"/>
+    <s v="2001 to 2005"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="578"/>
+  </r>
+  <r>
+    <s v="CD432"/>
+    <s v="Private Dwellings in Permanent Housing Units"/>
+    <s v="18"/>
+    <s v="Bed-sit"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="200601"/>
+    <s v="2006 or later"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="462"/>
+  </r>
+  <r>
+    <s v="CD432"/>
+    <s v="Private Dwellings in Permanent Housing Units"/>
+    <s v="18"/>
+    <s v="Bed-sit"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="9998"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1694"/>
+  </r>
+  <r>
+    <s v="CD432"/>
+    <s v="Private Dwellings in Permanent Housing Units"/>
+    <s v="18"/>
+    <s v="Bed-sit"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="-"/>
+    <s v="All years"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5403"/>
+  </r>
+  <r>
+    <s v="CD432"/>
+    <s v="Private Dwellings in Permanent Housing Units"/>
+    <s v="18"/>
+    <s v="Bed-sit"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="191901"/>
+    <s v="Before 1919"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1775"/>
+  </r>
+  <r>
+    <s v="CD432"/>
+    <s v="Private Dwellings in Permanent Housing Units"/>
+    <s v="18"/>
+    <s v="Bed-sit"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="1919345"/>
+    <s v="1919 to 1945"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="630"/>
+  </r>
+  <r>
+    <s v="CD432"/>
+    <s v="Private Dwellings in Permanent Housing Units"/>
+    <s v="18"/>
+    <s v="Bed-sit"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="1946346"/>
+    <s v="1946 to 1960"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="548"/>
+  </r>
+  <r>
+    <s v="CD432"/>
+    <s v="Private Dwellings in Permanent Housing Units"/>
+    <s v="18"/>
+    <s v="Bed-sit"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="1961369"/>
+    <s v="1961 to 1970"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="319"/>
+  </r>
+  <r>
+    <s v="CD432"/>
+    <s v="Private Dwellings in Permanent Housing Units"/>
+    <s v="18"/>
+    <s v="Bed-sit"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="1971379"/>
+    <s v="1971 to 1980"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="224"/>
+  </r>
+  <r>
+    <s v="CD432"/>
+    <s v="Private Dwellings in Permanent Housing Units"/>
+    <s v="18"/>
+    <s v="Bed-sit"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="1981389"/>
+    <s v="1981 to 1990"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="220"/>
+  </r>
+  <r>
+    <s v="CD432"/>
+    <s v="Private Dwellings in Permanent Housing Units"/>
+    <s v="18"/>
+    <s v="Bed-sit"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="1991399"/>
+    <s v="1991 to 2000"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="250"/>
+  </r>
+  <r>
+    <s v="CD432"/>
+    <s v="Private Dwellings in Permanent Housing Units"/>
+    <s v="18"/>
+    <s v="Bed-sit"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2001303"/>
+    <s v="2001 to 2005"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="224"/>
+  </r>
+  <r>
+    <s v="CD432"/>
+    <s v="Private Dwellings in Permanent Housing Units"/>
+    <s v="18"/>
+    <s v="Bed-sit"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="200601"/>
+    <s v="2006 or later"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="187"/>
+  </r>
+  <r>
+    <s v="CD432"/>
+    <s v="Private Dwellings in Permanent Housing Units"/>
+    <s v="18"/>
+    <s v="Bed-sit"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="9998"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1026"/>
+  </r>
+  <r>
+    <s v="CD432"/>
+    <s v="Private Dwellings in Permanent Housing Units"/>
+    <s v="18"/>
+    <s v="Bed-sit"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="-"/>
+    <s v="All years"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="7572"/>
+  </r>
+  <r>
+    <s v="CD432"/>
+    <s v="Private Dwellings in Permanent Housing Units"/>
+    <s v="18"/>
+    <s v="Bed-sit"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="191901"/>
+    <s v="Before 1919"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2170"/>
+  </r>
+  <r>
+    <s v="CD432"/>
+    <s v="Private Dwellings in Permanent Housing Units"/>
+    <s v="18"/>
+    <s v="Bed-sit"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="1919345"/>
+    <s v="1919 to 1945"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="745"/>
+  </r>
+  <r>
+    <s v="CD432"/>
+    <s v="Private Dwellings in Permanent Housing Units"/>
+    <s v="18"/>
+    <s v="Bed-sit"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="1946346"/>
+    <s v="1946 to 1960"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="630"/>
+  </r>
+  <r>
+    <s v="CD432"/>
+    <s v="Private Dwellings in Permanent Housing Units"/>
+    <s v="18"/>
+    <s v="Bed-sit"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="1961369"/>
+    <s v="1961 to 1970"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="381"/>
+  </r>
+  <r>
+    <s v="CD432"/>
+    <s v="Private Dwellings in Permanent Housing Units"/>
+    <s v="18"/>
+    <s v="Bed-sit"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="1971379"/>
+    <s v="1971 to 1980"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="278"/>
+  </r>
+  <r>
+    <s v="CD432"/>
+    <s v="Private Dwellings in Permanent Housing Units"/>
+    <s v="18"/>
+    <s v="Bed-sit"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="1981389"/>
+    <s v="1981 to 1990"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="310"/>
+  </r>
+  <r>
+    <s v="CD432"/>
+    <s v="Private Dwellings in Permanent Housing Units"/>
+    <s v="18"/>
+    <s v="Bed-sit"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="1991399"/>
+    <s v="1991 to 2000"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="473"/>
+  </r>
+  <r>
+    <s v="CD432"/>
+    <s v="Private Dwellings in Permanent Housing Units"/>
+    <s v="18"/>
+    <s v="Bed-sit"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2001303"/>
+    <s v="2001 to 2005"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="528"/>
+  </r>
+  <r>
+    <s v="CD432"/>
+    <s v="Private Dwellings in Permanent Housing Units"/>
+    <s v="18"/>
+    <s v="Bed-sit"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="200601"/>
+    <s v="2006 or later"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="426"/>
+  </r>
+  <r>
+    <s v="CD432"/>
+    <s v="Private Dwellings in Permanent Housing Units"/>
+    <s v="18"/>
+    <s v="Bed-sit"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="9998"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1631"/>
+  </r>
+  <r>
+    <s v="CD432"/>
+    <s v="Private Dwellings in Permanent Housing Units"/>
+    <s v="18"/>
+    <s v="Bed-sit"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="-"/>
+    <s v="All years"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="292"/>
+  </r>
+  <r>
+    <s v="CD432"/>
+    <s v="Private Dwellings in Permanent Housing Units"/>
+    <s v="18"/>
+    <s v="Bed-sit"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="191901"/>
+    <s v="Before 1919"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="43"/>
+  </r>
+  <r>
+    <s v="CD432"/>
+    <s v="Private Dwellings in Permanent Housing Units"/>
+    <s v="18"/>
+    <s v="Bed-sit"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="1919345"/>
+    <s v="1919 to 1945"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="22"/>
+  </r>
+  <r>
+    <s v="CD432"/>
+    <s v="Private Dwellings in Permanent Housing Units"/>
+    <s v="18"/>
+    <s v="Bed-sit"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="1946346"/>
+    <s v="1946 to 1960"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="21"/>
+  </r>
+  <r>
+    <s v="CD432"/>
+    <s v="Private Dwellings in Permanent Housing Units"/>
+    <s v="18"/>
+    <s v="Bed-sit"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="1961369"/>
+    <s v="1961 to 1970"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="12"/>
+  </r>
+  <r>
+    <s v="CD432"/>
+    <s v="Private Dwellings in Permanent Housing Units"/>
+    <s v="18"/>
+    <s v="Bed-sit"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="1971379"/>
+    <s v="1971 to 1980"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="17"/>
+  </r>
+  <r>
+    <s v="CD432"/>
+    <s v="Private Dwellings in Permanent Housing Units"/>
+    <s v="18"/>
+    <s v="Bed-sit"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="1981389"/>
+    <s v="1981 to 1990"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="37"/>
+  </r>
+  <r>
+    <s v="CD432"/>
+    <s v="Private Dwellings in Permanent Housing Units"/>
+    <s v="18"/>
+    <s v="Bed-sit"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="1991399"/>
+    <s v="1991 to 2000"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="43"/>
+  </r>
+  <r>
+    <s v="CD432"/>
+    <s v="Private Dwellings in Permanent Housing Units"/>
+    <s v="18"/>
+    <s v="Bed-sit"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2001303"/>
+    <s v="2001 to 2005"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="36"/>
+  </r>
+  <r>
+    <s v="CD432"/>
+    <s v="Private Dwellings in Permanent Housing Units"/>
+    <s v="18"/>
+    <s v="Bed-sit"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="200601"/>
+    <s v="2006 or later"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="23"/>
+  </r>
+  <r>
+    <s v="CD432"/>
+    <s v="Private Dwellings in Permanent Housing Units"/>
+    <s v="18"/>
+    <s v="Bed-sit"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="9998"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="38"/>
+  </r>
+  <r>
+    <s v="CD432"/>
+    <s v="Private Dwellings in Permanent Housing Units"/>
+    <s v="18"/>
+    <s v="Bed-sit"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="-"/>
+    <s v="All years"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="433"/>
+  </r>
+  <r>
+    <s v="CD432"/>
+    <s v="Private Dwellings in Permanent Housing Units"/>
+    <s v="18"/>
+    <s v="Bed-sit"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="191901"/>
+    <s v="Before 1919"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="48"/>
+  </r>
+  <r>
+    <s v="CD432"/>
+    <s v="Private Dwellings in Permanent Housing Units"/>
+    <s v="18"/>
+    <s v="Bed-sit"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="1919345"/>
+    <s v="1919 to 1945"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="34"/>
+  </r>
+  <r>
+    <s v="CD432"/>
+    <s v="Private Dwellings in Permanent Housing Units"/>
+    <s v="18"/>
+    <s v="Bed-sit"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="1946346"/>
+    <s v="1946 to 1960"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="34"/>
+  </r>
+  <r>
+    <s v="CD432"/>
+    <s v="Private Dwellings in Permanent Housing Units"/>
+    <s v="18"/>
+    <s v="Bed-sit"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="1961369"/>
+    <s v="1961 to 1970"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="17"/>
+  </r>
+  <r>
+    <s v="CD432"/>
+    <s v="Private Dwellings in Permanent Housing Units"/>
+    <s v="18"/>
+    <s v="Bed-sit"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="1971379"/>
+    <s v="1971 to 1980"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="26"/>
+  </r>
+  <r>
+    <s v="CD432"/>
+    <s v="Private Dwellings in Permanent Housing Units"/>
+    <s v="18"/>
+    <s v="Bed-sit"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="1981389"/>
+    <s v="1981 to 1990"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="62"/>
+  </r>
+  <r>
+    <s v="CD432"/>
+    <s v="Private Dwellings in Permanent Housing Units"/>
+    <s v="18"/>
+    <s v="Bed-sit"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="1991399"/>
+    <s v="1991 to 2000"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="63"/>
+  </r>
+  <r>
+    <s v="CD432"/>
+    <s v="Private Dwellings in Permanent Housing Units"/>
+    <s v="18"/>
+    <s v="Bed-sit"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2001303"/>
+    <s v="2001 to 2005"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="50"/>
+  </r>
+  <r>
+    <s v="CD432"/>
+    <s v="Private Dwellings in Permanent Housing Units"/>
+    <s v="18"/>
+    <s v="Bed-sit"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="200601"/>
+    <s v="2006 or later"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="36"/>
+  </r>
+  <r>
+    <s v="CD432"/>
+    <s v="Private Dwellings in Permanent Housing Units"/>
+    <s v="18"/>
+    <s v="Bed-sit"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="9998"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="63"/>
+  </r>
+  <r>
+    <s v="CD432"/>
+    <s v="Private Dwellings in Permanent Housing Units"/>
+    <s v="4"/>
+    <s v="Not stated"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="-"/>
+    <s v="All years"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="27781"/>
+  </r>
+  <r>
+    <s v="CD432"/>
+    <s v="Private Dwellings in Permanent Housing Units"/>
+    <s v="4"/>
+    <s v="Not stated"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="191901"/>
+    <s v="Before 1919"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1050"/>
+  </r>
+  <r>
+    <s v="CD432"/>
+    <s v="Private Dwellings in Permanent Housing Units"/>
+    <s v="4"/>
+    <s v="Not stated"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="1919345"/>
+    <s v="1919 to 1945"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="701"/>
+  </r>
+  <r>
+    <s v="CD432"/>
+    <s v="Private Dwellings in Permanent Housing Units"/>
+    <s v="4"/>
+    <s v="Not stated"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="1946346"/>
+    <s v="1946 to 1960"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="761"/>
+  </r>
+  <r>
+    <s v="CD432"/>
+    <s v="Private Dwellings in Permanent Housing Units"/>
+    <s v="4"/>
+    <s v="Not stated"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="1961369"/>
+    <s v="1961 to 1970"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="627"/>
+  </r>
+  <r>
+    <s v="CD432"/>
+    <s v="Private Dwellings in Permanent Housing Units"/>
+    <s v="4"/>
+    <s v="Not stated"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="1971379"/>
+    <s v="1971 to 1980"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1087"/>
+  </r>
+  <r>
+    <s v="CD432"/>
+    <s v="Private Dwellings in Permanent Housing Units"/>
+    <s v="4"/>
+    <s v="Not stated"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="1981389"/>
+    <s v="1981 to 1990"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1000"/>
+  </r>
+  <r>
+    <s v="CD432"/>
+    <s v="Private Dwellings in Permanent Housing Units"/>
+    <s v="4"/>
+    <s v="Not stated"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="1991399"/>
+    <s v="1991 to 2000"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1097"/>
+  </r>
+  <r>
+    <s v="CD432"/>
+    <s v="Private Dwellings in Permanent Housing Units"/>
+    <s v="4"/>
+    <s v="Not stated"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2001303"/>
+    <s v="2001 to 2005"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1571"/>
+  </r>
+  <r>
+    <s v="CD432"/>
+    <s v="Private Dwellings in Permanent Housing Units"/>
+    <s v="4"/>
+    <s v="Not stated"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="200601"/>
+    <s v="2006 or later"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1306"/>
+  </r>
+  <r>
+    <s v="CD432"/>
+    <s v="Private Dwellings in Permanent Housing Units"/>
+    <s v="4"/>
+    <s v="Not stated"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="9998"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="18581"/>
+  </r>
+  <r>
+    <s v="CD432"/>
+    <s v="Private Dwellings in Permanent Housing Units"/>
+    <s v="4"/>
+    <s v="Not stated"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="-"/>
+    <s v="All years"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="70586"/>
+  </r>
+  <r>
+    <s v="CD432"/>
+    <s v="Private Dwellings in Permanent Housing Units"/>
+    <s v="4"/>
+    <s v="Not stated"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="191901"/>
+    <s v="Before 1919"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2077"/>
+  </r>
+  <r>
+    <s v="CD432"/>
+    <s v="Private Dwellings in Permanent Housing Units"/>
+    <s v="4"/>
+    <s v="Not stated"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="1919345"/>
+    <s v="1919 to 1945"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1575"/>
+  </r>
+  <r>
+    <s v="CD432"/>
+    <s v="Private Dwellings in Permanent Housing Units"/>
+    <s v="4"/>
+    <s v="Not stated"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="1946346"/>
+    <s v="1946 to 1960"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1805"/>
+  </r>
+  <r>
+    <s v="CD432"/>
+    <s v="Private Dwellings in Permanent Housing Units"/>
+    <s v="4"/>
+    <s v="Not stated"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="1961369"/>
+    <s v="1961 to 1970"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1513"/>
+  </r>
+  <r>
+    <s v="CD432"/>
+    <s v="Private Dwellings in Permanent Housing Units"/>
+    <s v="4"/>
+    <s v="Not stated"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="1971379"/>
+    <s v="1971 to 1980"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2967"/>
+  </r>
+  <r>
+    <s v="CD432"/>
+    <s v="Private Dwellings in Permanent Housing Units"/>
+    <s v="4"/>
+    <s v="Not stated"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="1981389"/>
+    <s v="1981 to 1990"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2949"/>
+  </r>
+  <r>
+    <s v="CD432"/>
+    <s v="Private Dwellings in Permanent Housing Units"/>
+    <s v="4"/>
+    <s v="Not stated"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="1991399"/>
+    <s v="1991 to 2000"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3407"/>
+  </r>
+  <r>
+    <s v="CD432"/>
+    <s v="Private Dwellings in Permanent Housing Units"/>
+    <s v="4"/>
+    <s v="Not stated"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2001303"/>
+    <s v="2001 to 2005"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4731"/>
+  </r>
+  <r>
+    <s v="CD432"/>
+    <s v="Private Dwellings in Permanent Housing Units"/>
+    <s v="4"/>
+    <s v="Not stated"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="200601"/>
+    <s v="2006 or later"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3844"/>
+  </r>
+  <r>
+    <s v="CD432"/>
+    <s v="Private Dwellings in Permanent Housing Units"/>
+    <s v="4"/>
+    <s v="Not stated"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="9998"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="45718"/>
+  </r>
+  <r>
+    <s v="CD432"/>
+    <s v="Private Dwellings in Permanent Housing Units"/>
+    <s v="4"/>
+    <s v="Not stated"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="-"/>
+    <s v="All years"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="20493"/>
+  </r>
+  <r>
+    <s v="CD432"/>
+    <s v="Private Dwellings in Permanent Housing Units"/>
+    <s v="4"/>
+    <s v="Not stated"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="191901"/>
+    <s v="Before 1919"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="393"/>
+  </r>
+  <r>
+    <s v="CD432"/>
+    <s v="Private Dwellings in Permanent Housing Units"/>
+    <s v="4"/>
+    <s v="Not stated"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="1919345"/>
+    <s v="1919 to 1945"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="351"/>
+  </r>
+  <r>
+    <s v="CD432"/>
+    <s v="Private Dwellings in Permanent Housing Units"/>
+    <s v="4"/>
+    <s v="Not stated"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="1946346"/>
+    <s v="1946 to 1960"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="492"/>
+  </r>
+  <r>
+    <s v="CD432"/>
+    <s v="Private Dwellings in Permanent Housing Units"/>
+    <s v="4"/>
+    <s v="Not stated"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="1961369"/>
+    <s v="1961 to 1970"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="434"/>
+  </r>
+  <r>
+    <s v="CD432"/>
+    <s v="Private Dwellings in Permanent Housing Units"/>
+    <s v="4"/>
+    <s v="Not stated"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="1971379"/>
+    <s v="1971 to 1980"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="734"/>
+  </r>
+  <r>
+    <s v="CD432"/>
+    <s v="Private Dwellings in Permanent Housing Units"/>
+    <s v="4"/>
+    <s v="Not stated"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="1981389"/>
+    <s v="1981 to 1990"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="600"/>
+  </r>
+  <r>
+    <s v="CD432"/>
+    <s v="Private Dwellings in Permanent Housing Units"/>
+    <s v="4"/>
+    <s v="Not stated"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="1991399"/>
+    <s v="1991 to 2000"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="781"/>
+  </r>
+  <r>
+    <s v="CD432"/>
+    <s v="Private Dwellings in Permanent Housing Units"/>
+    <s v="4"/>
+    <s v="Not stated"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2001303"/>
+    <s v="2001 to 2005"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1154"/>
+  </r>
+  <r>
+    <s v="CD432"/>
+    <s v="Private Dwellings in Permanent Housing Units"/>
+    <s v="4"/>
+    <s v="Not stated"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="200601"/>
+    <s v="2006 or later"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="992"/>
+  </r>
+  <r>
+    <s v="CD432"/>
+    <s v="Private Dwellings in Permanent Housing Units"/>
+    <s v="4"/>
+    <s v="Not stated"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="9998"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="14562"/>
+  </r>
+  <r>
+    <s v="CD432"/>
+    <s v="Private Dwellings in Permanent Housing Units"/>
+    <s v="4"/>
+    <s v="Not stated"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="-"/>
+    <s v="All years"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="52021"/>
+  </r>
+  <r>
+    <s v="CD432"/>
+    <s v="Private Dwellings in Permanent Housing Units"/>
+    <s v="4"/>
+    <s v="Not stated"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="191901"/>
+    <s v="Before 1919"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="763"/>
+  </r>
+  <r>
+    <s v="CD432"/>
+    <s v="Private Dwellings in Permanent Housing Units"/>
+    <s v="4"/>
+    <s v="Not stated"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="1919345"/>
+    <s v="1919 to 1945"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="819"/>
+  </r>
+  <r>
+    <s v="CD432"/>
+    <s v="Private Dwellings in Permanent Housing Units"/>
+    <s v="4"/>
+    <s v="Not stated"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="1946346"/>
+    <s v="1946 to 1960"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1185"/>
+  </r>
+  <r>
+    <s v="CD432"/>
+    <s v="Private Dwellings in Permanent Housing Units"/>
+    <s v="4"/>
+    <s v="Not stated"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="1961369"/>
+    <s v="1961 to 1970"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1068"/>
+  </r>
+  <r>
+    <s v="CD432"/>
+    <s v="Private Dwellings in Permanent Housing Units"/>
+    <s v="4"/>
+    <s v="Not stated"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="1971379"/>
+    <s v="1971 to 1980"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2069"/>
+  </r>
+  <r>
+    <s v="CD432"/>
+    <s v="Private Dwellings in Permanent Housing Units"/>
+    <s v="4"/>
+    <s v="Not stated"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="1981389"/>
+    <s v="1981 to 1990"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1761"/>
+  </r>
+  <r>
+    <s v="CD432"/>
+    <s v="Private Dwellings in Permanent Housing Units"/>
+    <s v="4"/>
+    <s v="Not stated"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="1991399"/>
+    <s v="1991 to 2000"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2338"/>
+  </r>
+  <r>
+    <s v="CD432"/>
+    <s v="Private Dwellings in Permanent Housing Units"/>
+    <s v="4"/>
+    <s v="Not stated"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2001303"/>
+    <s v="2001 to 2005"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3447"/>
+  </r>
+  <r>
+    <s v="CD432"/>
+    <s v="Private Dwellings in Permanent Housing Units"/>
+    <s v="4"/>
+    <s v="Not stated"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="200601"/>
+    <s v="2006 or later"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2927"/>
+  </r>
+  <r>
+    <s v="CD432"/>
+    <s v="Private Dwellings in Permanent Housing Units"/>
+    <s v="4"/>
+    <s v="Not stated"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="9998"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="35644"/>
+  </r>
+  <r>
+    <s v="CD432"/>
+    <s v="Private Dwellings in Permanent Housing Units"/>
+    <s v="4"/>
+    <s v="Not stated"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="-"/>
+    <s v="All years"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="7288"/>
+  </r>
+  <r>
+    <s v="CD432"/>
+    <s v="Private Dwellings in Permanent Housing Units"/>
+    <s v="4"/>
+    <s v="Not stated"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="191901"/>
+    <s v="Before 1919"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="657"/>
+  </r>
+  <r>
+    <s v="CD432"/>
+    <s v="Private Dwellings in Permanent Housing Units"/>
+    <s v="4"/>
+    <s v="Not stated"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="1919345"/>
+    <s v="1919 to 1945"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="350"/>
+  </r>
+  <r>
+    <s v="CD432"/>
+    <s v="Private Dwellings in Permanent Housing Units"/>
+    <s v="4"/>
+    <s v="Not stated"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="1946346"/>
+    <s v="1946 to 1960"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="269"/>
+  </r>
+  <r>
+    <s v="CD432"/>
+    <s v="Private Dwellings in Permanent Housing Units"/>
+    <s v="4"/>
+    <s v="Not stated"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="1961369"/>
+    <s v="1961 to 1970"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="193"/>
+  </r>
+  <r>
+    <s v="CD432"/>
+    <s v="Private Dwellings in Permanent Housing Units"/>
+    <s v="4"/>
+    <s v="Not stated"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="1971379"/>
+    <s v="1971 to 1980"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="353"/>
+  </r>
+  <r>
+    <s v="CD432"/>
+    <s v="Private Dwellings in Permanent Housing Units"/>
+    <s v="4"/>
+    <s v="Not stated"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="1981389"/>
+    <s v="1981 to 1990"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="400"/>
+  </r>
+  <r>
+    <s v="CD432"/>
+    <s v="Private Dwellings in Permanent Housing Units"/>
+    <s v="4"/>
+    <s v="Not stated"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="1991399"/>
+    <s v="1991 to 2000"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="316"/>
+  </r>
+  <r>
+    <s v="CD432"/>
+    <s v="Private Dwellings in Permanent Housing Units"/>
+    <s v="4"/>
+    <s v="Not stated"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2001303"/>
+    <s v="2001 to 2005"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="417"/>
+  </r>
+  <r>
+    <s v="CD432"/>
+    <s v="Private Dwellings in Permanent Housing Units"/>
+    <s v="4"/>
+    <s v="Not stated"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="200601"/>
+    <s v="2006 or later"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="314"/>
+  </r>
+  <r>
+    <s v="CD432"/>
+    <s v="Private Dwellings in Permanent Housing Units"/>
+    <s v="4"/>
+    <s v="Not stated"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="9998"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4019"/>
+  </r>
+  <r>
+    <s v="CD432"/>
+    <s v="Private Dwellings in Permanent Housing Units"/>
+    <s v="4"/>
+    <s v="Not stated"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="-"/>
+    <s v="All years"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="18565"/>
+  </r>
+  <r>
+    <s v="CD432"/>
+    <s v="Private Dwellings in Permanent Housing Units"/>
+    <s v="4"/>
+    <s v="Not stated"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="191901"/>
+    <s v="Before 1919"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1314"/>
+  </r>
+  <r>
+    <s v="CD432"/>
+    <s v="Private Dwellings in Permanent Housing Units"/>
+    <s v="4"/>
+    <s v="Not stated"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="1919345"/>
+    <s v="1919 to 1945"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="756"/>
+  </r>
+  <r>
+    <s v="CD432"/>
+    <s v="Private Dwellings in Permanent Housing Units"/>
+    <s v="4"/>
+    <s v="Not stated"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="1946346"/>
+    <s v="1946 to 1960"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="620"/>
+  </r>
+  <r>
+    <s v="CD432"/>
+    <s v="Private Dwellings in Permanent Housing Units"/>
+    <s v="4"/>
+    <s v="Not stated"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="1961369"/>
+    <s v="1961 to 1970"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="445"/>
+  </r>
+  <r>
+    <s v="CD432"/>
+    <s v="Private Dwellings in Permanent Housing Units"/>
+    <s v="4"/>
+    <s v="Not stated"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="1971379"/>
+    <s v="1971 to 1980"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="898"/>
+  </r>
+  <r>
+    <s v="CD432"/>
+    <s v="Private Dwellings in Permanent Housing Units"/>
+    <s v="4"/>
+    <s v="Not stated"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="1981389"/>
+    <s v="1981 to 1990"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1188"/>
+  </r>
+  <r>
+    <s v="CD432"/>
+    <s v="Private Dwellings in Permanent Housing Units"/>
+    <s v="4"/>
+    <s v="Not stated"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="1991399"/>
+    <s v="1991 to 2000"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1069"/>
+  </r>
+  <r>
+    <s v="CD432"/>
+    <s v="Private Dwellings in Permanent Housing Units"/>
+    <s v="4"/>
+    <s v="Not stated"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2001303"/>
+    <s v="2001 to 2005"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1284"/>
+  </r>
+  <r>
+    <s v="CD432"/>
+    <s v="Private Dwellings in Permanent Housing Units"/>
+    <s v="4"/>
+    <s v="Not stated"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="200601"/>
+    <s v="2006 or later"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="917"/>
+  </r>
+  <r>
+    <s v="CD432"/>
+    <s v="Private Dwellings in Permanent Housing Units"/>
+    <s v="4"/>
+    <s v="Not stated"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="9998"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="10074"/>
+  </r>
+</pivotCacheRecords>
 </file>