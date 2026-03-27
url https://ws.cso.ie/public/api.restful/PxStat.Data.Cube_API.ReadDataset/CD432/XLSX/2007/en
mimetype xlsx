--- v1 (2026-02-05)
+++ v2 (2026-03-27)
@@ -1,48 +1,48 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/pivotCache/pivotCacheDefinition1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheDefinition+xml"/>
   <Override PartName="/pivotCache/pivotCacheRecords1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheRecords+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/pivotTables/pivotTable.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R82e0f96ff8e9438e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/dfc7ed450f4348978e3ed460cbdadece.psmdcp" Id="R7bb5c2d457934e16" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R310c93fe1f8048ae" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/1584aa841c7b499e95cb178c2f1df2c2.psmdcp" Id="Rdf04561f518a430f" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="About" sheetId="1" r:id="rId2"/>
     <x:sheet name="Unpivoted" sheetId="2" r:id="rId9"/>
     <x:sheet name="Pivoted" sheetId="3" r:id="rId11"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
   <x:pivotCaches>
     <x:pivotCache cacheId="0" r:id="rId12"/>
   </x:pivotCaches>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Table</x:t>