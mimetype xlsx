--- v0 (2025-11-14)
+++ v1 (2026-02-06)
@@ -1,97 +1,97 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/pivotCache/pivotCacheDefinition1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheDefinition+xml"/>
   <Override PartName="/pivotCache/pivotCacheRecords1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheRecords+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/pivotTables/pivotTable.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra9a3a317b2bc4aca" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/62bff746b03c4655b8969353fd67e9cf.psmdcp" Id="R953a9c3df3d24fa6" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R210f64aee01c47f4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/b6a72fd07509435180df8d6635d30b6a.psmdcp" Id="R9441365958504d18" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
-    <x:sheet name="About" sheetId="2" r:id="rId2"/>
-[...1 lines deleted...]
-    <x:sheet name="Pivoted" sheetId="11" r:id="rId11"/>
+    <x:sheet name="About" sheetId="1" r:id="rId2"/>
+    <x:sheet name="Unpivoted" sheetId="2" r:id="rId9"/>
+    <x:sheet name="Pivoted" sheetId="3" r:id="rId11"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
   <x:pivotCaches>
     <x:pivotCache cacheId="0" r:id="rId12"/>
   </x:pivotCaches>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Table</x:t>
   </x:si>
   <x:si>
     <x:t>Code</x:t>
   </x:si>
   <x:si>
     <x:t>CD428</x:t>
   </x:si>
   <x:si>
     <x:t>Name</x:t>
   </x:si>
   <x:si>
     <x:t>Private Households in Permanent Housing Units</x:t>
   </x:si>
   <x:si>
     <x:t>Frequency</x:t>
   </x:si>
   <x:si>
     <x:t>Annual</x:t>
   </x:si>
   <x:si>
     <x:t>Last Updated</x:t>
   </x:si>
   <x:si>
-    <x:t>5/18/2020 11:00:00 AM</x:t>
+    <x:t>18/05/2020 11:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Note</x:t>
   </x:si>
   <x:si>
     <x:t>Url</x:t>
   </x:si>
   <x:si>
     <x:t>https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/CD428/XLSX/2007/en</x:t>
   </x:si>
   <x:si>
     <x:t>Product</x:t>
   </x:si>
   <x:si>
     <x:t>C2011P4</x:t>
   </x:si>
   <x:si>
     <x:t>Profile 4 - The Roof Over Our Heads - Housing in Ireland</x:t>
   </x:si>
   <x:si>
     <x:t>Contacts</x:t>
   </x:si>
   <x:si>
     <x:t>Bernie Casey</x:t>
   </x:si>
@@ -1434,50 +1434,53 @@
     <x:t>Total Towns 500 - 999 population</x:t>
   </x:si>
   <x:si>
     <x:t>120600</x:t>
   </x:si>
   <x:si>
     <x:t>Towns under 500 population but with at least 50 inhabited houses</x:t>
   </x:si>
   <x:si>
     <x:t>120700</x:t>
   </x:si>
   <x:si>
     <x:t>Remainder of country</x:t>
   </x:si>
   <x:si>
     <x:t>120800</x:t>
   </x:si>
   <x:si>
     <x:t>Aggregate rural area</x:t>
   </x:si>
   <x:si>
     <x:t>01</x:t>
   </x:si>
   <x:si>
     <x:t>02</x:t>
+  </x:si>
+  <x:si>
+    <x:t/>
   </x:si>
   <x:si>
     <x:t>03</x:t>
   </x:si>
   <x:si>
     <x:t>Not stated</x:t>
   </x:si>
 </x:sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts count="1">
     <x:numFmt numFmtId="0" formatCode=""/>
   </x:numFmts>
   <x:fonts count="4">
     <x:font>
       <x:vertAlign val="baseline"/>
       <x:sz val="11"/>
       <x:color rgb="FF000000"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
     </x:font>
     <x:font>
       <x:b/>
@@ -1621,1859 +1624,538 @@
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip r:embed="rId8" cstate="print"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="3971925" cy="1381125"/>
         </a:xfrm>
         <a:prstGeom prst="rect"/>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/pivotTables/_rels/pivotTable.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheDefinition" Target="/pivotCache/pivotCacheDefinition1.xml" Id="rId17" /></Relationships>
 </file>
 
 <file path=xl/pivotTables/pivotTable.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotTableDefinition xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" dataCaption="Values" showError="0" missingCaption="" showMissing="1" pageWrap="0" pageOverThenDown="0" rowGrandTotals="0" colGrandTotals="0" indent="1">
-[...1807 lines deleted...]
-</x:pivotTableDefinition>
+<pivotTableDefinition xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" applyNumberFormats="0" applyBorderFormats="0" applyFontFormats="0" applyPatternFormats="0" applyAlignmentFormats="0" applyWidthHeightFormats="0" dataCaption="Values" rowGrandTotals="0" colGrandTotals="0" outline="1">
+  <location ref="A1" firstHeaderRow="0" firstDataRow="0" firstDataCol="0"/>
+  <pivotFields count="10">
+    <pivotField name="STATISTIC" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="Statistic Label" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="C02684V03251" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="4">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+      </items>
+    </pivotField>
+    <pivotField name="Central Heating" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="4">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+      </items>
+    </pivotField>
+    <pivotField name="C02800V03468" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="209">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+        <item x="11"/>
+        <item x="12"/>
+        <item x="13"/>
+        <item x="14"/>
+        <item x="15"/>
+        <item x="16"/>
+        <item x="17"/>
+        <item x="18"/>
+        <item x="19"/>
+        <item x="20"/>
+        <item x="21"/>
+        <item x="22"/>
+        <item x="23"/>
+        <item x="24"/>
+        <item x="25"/>
+        <item x="26"/>
+        <item x="27"/>
+        <item x="28"/>
+        <item x="29"/>
+        <item x="30"/>
+        <item x="31"/>
+        <item x="32"/>
+        <item x="33"/>
+        <item x="34"/>
+        <item x="35"/>
+        <item x="36"/>
+        <item x="37"/>
+        <item x="38"/>
+        <item x="39"/>
+        <item x="40"/>
+        <item x="41"/>
+        <item x="42"/>
+        <item x="43"/>
+        <item x="44"/>
+        <item x="45"/>
+        <item x="46"/>
+        <item x="47"/>
+        <item x="48"/>
+        <item x="49"/>
+        <item x="50"/>
+        <item x="51"/>
+        <item x="52"/>
+        <item x="53"/>
+        <item x="54"/>
+        <item x="55"/>
+        <item x="56"/>
+        <item x="57"/>
+        <item x="58"/>
+        <item x="59"/>
+        <item x="60"/>
+        <item x="61"/>
+        <item x="62"/>
+        <item x="63"/>
+        <item x="64"/>
+        <item x="65"/>
+        <item x="66"/>
+        <item x="67"/>
+        <item x="68"/>
+        <item x="69"/>
+        <item x="70"/>
+        <item x="71"/>
+        <item x="72"/>
+        <item x="73"/>
+        <item x="74"/>
+        <item x="75"/>
+        <item x="76"/>
+        <item x="77"/>
+        <item x="78"/>
+        <item x="79"/>
+        <item x="80"/>
+        <item x="81"/>
+        <item x="82"/>
+        <item x="83"/>
+        <item x="84"/>
+        <item x="85"/>
+        <item x="86"/>
+        <item x="87"/>
+        <item x="88"/>
+        <item x="89"/>
+        <item x="90"/>
+        <item x="91"/>
+        <item x="92"/>
+        <item x="93"/>
+        <item x="94"/>
+        <item x="95"/>
+        <item x="96"/>
+        <item x="97"/>
+        <item x="98"/>
+        <item x="99"/>
+        <item x="100"/>
+        <item x="101"/>
+        <item x="102"/>
+        <item x="103"/>
+        <item x="104"/>
+        <item x="105"/>
+        <item x="106"/>
+        <item x="107"/>
+        <item x="108"/>
+        <item x="109"/>
+        <item x="110"/>
+        <item x="111"/>
+        <item x="112"/>
+        <item x="113"/>
+        <item x="114"/>
+        <item x="115"/>
+        <item x="116"/>
+        <item x="117"/>
+        <item x="118"/>
+        <item x="119"/>
+        <item x="120"/>
+        <item x="121"/>
+        <item x="122"/>
+        <item x="123"/>
+        <item x="124"/>
+        <item x="125"/>
+        <item x="126"/>
+        <item x="127"/>
+        <item x="128"/>
+        <item x="129"/>
+        <item x="130"/>
+        <item x="131"/>
+        <item x="132"/>
+        <item x="133"/>
+        <item x="134"/>
+        <item x="135"/>
+        <item x="136"/>
+        <item x="137"/>
+        <item x="138"/>
+        <item x="139"/>
+        <item x="140"/>
+        <item x="141"/>
+        <item x="142"/>
+        <item x="143"/>
+        <item x="144"/>
+        <item x="145"/>
+        <item x="146"/>
+        <item x="147"/>
+        <item x="148"/>
+        <item x="149"/>
+        <item x="150"/>
+        <item x="151"/>
+        <item x="152"/>
+        <item x="153"/>
+        <item x="154"/>
+        <item x="155"/>
+        <item x="156"/>
+        <item x="157"/>
+        <item x="158"/>
+        <item x="159"/>
+        <item x="160"/>
+        <item x="161"/>
+        <item x="162"/>
+        <item x="163"/>
+        <item x="164"/>
+        <item x="165"/>
+        <item x="166"/>
+        <item x="167"/>
+        <item x="168"/>
+        <item x="169"/>
+        <item x="170"/>
+        <item x="171"/>
+        <item x="172"/>
+        <item x="173"/>
+        <item x="174"/>
+        <item x="175"/>
+        <item x="176"/>
+        <item x="177"/>
+        <item x="178"/>
+        <item x="179"/>
+        <item x="180"/>
+        <item x="181"/>
+        <item x="182"/>
+        <item x="183"/>
+        <item x="184"/>
+        <item x="185"/>
+        <item x="186"/>
+        <item x="187"/>
+        <item x="188"/>
+        <item x="189"/>
+        <item x="190"/>
+        <item x="191"/>
+        <item x="192"/>
+        <item x="193"/>
+        <item x="194"/>
+        <item x="195"/>
+        <item x="196"/>
+        <item x="197"/>
+        <item x="198"/>
+        <item x="199"/>
+        <item x="200"/>
+        <item x="201"/>
+        <item x="202"/>
+        <item x="203"/>
+        <item x="204"/>
+        <item x="205"/>
+        <item x="206"/>
+        <item x="207"/>
+        <item x="208"/>
+      </items>
+    </pivotField>
+    <pivotField name="Towns by Size" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="209">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+        <item x="11"/>
+        <item x="12"/>
+        <item x="13"/>
+        <item x="14"/>
+        <item x="15"/>
+        <item x="16"/>
+        <item x="17"/>
+        <item x="18"/>
+        <item x="19"/>
+        <item x="20"/>
+        <item x="21"/>
+        <item x="22"/>
+        <item x="23"/>
+        <item x="24"/>
+        <item x="25"/>
+        <item x="26"/>
+        <item x="27"/>
+        <item x="28"/>
+        <item x="29"/>
+        <item x="30"/>
+        <item x="31"/>
+        <item x="32"/>
+        <item x="33"/>
+        <item x="34"/>
+        <item x="35"/>
+        <item x="36"/>
+        <item x="37"/>
+        <item x="38"/>
+        <item x="39"/>
+        <item x="40"/>
+        <item x="41"/>
+        <item x="42"/>
+        <item x="43"/>
+        <item x="44"/>
+        <item x="45"/>
+        <item x="46"/>
+        <item x="47"/>
+        <item x="48"/>
+        <item x="49"/>
+        <item x="50"/>
+        <item x="51"/>
+        <item x="52"/>
+        <item x="53"/>
+        <item x="54"/>
+        <item x="55"/>
+        <item x="56"/>
+        <item x="57"/>
+        <item x="58"/>
+        <item x="59"/>
+        <item x="60"/>
+        <item x="61"/>
+        <item x="62"/>
+        <item x="63"/>
+        <item x="64"/>
+        <item x="65"/>
+        <item x="66"/>
+        <item x="67"/>
+        <item x="68"/>
+        <item x="69"/>
+        <item x="70"/>
+        <item x="71"/>
+        <item x="72"/>
+        <item x="73"/>
+        <item x="74"/>
+        <item x="75"/>
+        <item x="76"/>
+        <item x="77"/>
+        <item x="78"/>
+        <item x="79"/>
+        <item x="80"/>
+        <item x="81"/>
+        <item x="82"/>
+        <item x="83"/>
+        <item x="84"/>
+        <item x="85"/>
+        <item x="86"/>
+        <item x="87"/>
+        <item x="88"/>
+        <item x="89"/>
+        <item x="90"/>
+        <item x="91"/>
+        <item x="92"/>
+        <item x="93"/>
+        <item x="94"/>
+        <item x="95"/>
+        <item x="96"/>
+        <item x="97"/>
+        <item x="98"/>
+        <item x="99"/>
+        <item x="100"/>
+        <item x="101"/>
+        <item x="102"/>
+        <item x="103"/>
+        <item x="104"/>
+        <item x="105"/>
+        <item x="106"/>
+        <item x="107"/>
+        <item x="108"/>
+        <item x="109"/>
+        <item x="110"/>
+        <item x="111"/>
+        <item x="112"/>
+        <item x="113"/>
+        <item x="114"/>
+        <item x="115"/>
+        <item x="116"/>
+        <item x="117"/>
+        <item x="118"/>
+        <item x="119"/>
+        <item x="120"/>
+        <item x="121"/>
+        <item x="122"/>
+        <item x="123"/>
+        <item x="124"/>
+        <item x="125"/>
+        <item x="126"/>
+        <item x="127"/>
+        <item x="128"/>
+        <item x="129"/>
+        <item x="130"/>
+        <item x="131"/>
+        <item x="132"/>
+        <item x="133"/>
+        <item x="134"/>
+        <item x="135"/>
+        <item x="136"/>
+        <item x="137"/>
+        <item x="138"/>
+        <item x="139"/>
+        <item x="140"/>
+        <item x="141"/>
+        <item x="142"/>
+        <item x="143"/>
+        <item x="144"/>
+        <item x="145"/>
+        <item x="146"/>
+        <item x="147"/>
+        <item x="148"/>
+        <item x="149"/>
+        <item x="150"/>
+        <item x="151"/>
+        <item x="152"/>
+        <item x="153"/>
+        <item x="154"/>
+        <item x="155"/>
+        <item x="156"/>
+        <item x="157"/>
+        <item x="158"/>
+        <item x="159"/>
+        <item x="160"/>
+        <item x="161"/>
+        <item x="162"/>
+        <item x="163"/>
+        <item x="164"/>
+        <item x="165"/>
+        <item x="166"/>
+        <item x="167"/>
+        <item x="168"/>
+        <item x="169"/>
+        <item x="170"/>
+        <item x="171"/>
+        <item x="172"/>
+        <item x="173"/>
+        <item x="174"/>
+        <item x="175"/>
+        <item x="176"/>
+        <item x="177"/>
+        <item x="178"/>
+        <item x="179"/>
+        <item x="180"/>
+        <item x="181"/>
+        <item x="182"/>
+        <item x="183"/>
+        <item x="184"/>
+        <item x="185"/>
+        <item x="186"/>
+        <item x="187"/>
+        <item x="188"/>
+        <item x="189"/>
+        <item x="190"/>
+        <item x="191"/>
+        <item x="192"/>
+        <item x="193"/>
+        <item x="194"/>
+        <item x="195"/>
+        <item x="196"/>
+        <item x="197"/>
+        <item x="198"/>
+        <item x="199"/>
+        <item x="200"/>
+        <item x="201"/>
+        <item x="202"/>
+        <item x="203"/>
+        <item x="204"/>
+        <item x="205"/>
+        <item x="206"/>
+        <item x="207"/>
+        <item x="208"/>
+      </items>
+    </pivotField>
+    <pivotField name="TLIST(A1)" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="CensusYear" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField showAll="0"/>
+    <pivotField dataField="1" showAll="0"/>
+  </pivotFields>
+  <rowFields count="8">
+    <field x="0"/>
+    <field x="1"/>
+    <field x="2"/>
+    <field x="3"/>
+    <field x="4"/>
+    <field x="5"/>
+    <field x="6"/>
+    <field x="7"/>
+  </rowFields>
+  <dataFields count="1">
+    <dataField name="VALUE" fld="9"/>
+  </dataFields>
+  <pivotTableStyleInfo name="PivotStyleLight16" showRowHeaders="1" showColHeaders="1"/>
+  <extLst>
+    <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{962EF5D1-5CA2-4c93-8EF4-DBF5C05439D2}">
+      <x14:pivotTableDefinition enableEdit="0" hideValuesRow="1"/>
+    </ext>
+  </extLst>
+</pivotTableDefinition>
 </file>
 
 <file path=xl/tables/table1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:table xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="1" name="Unpivoted" displayName="Unpivoted" ref="A1:J837" totalsRowShown="0">
   <x:autoFilter ref="A1:J837"/>
   <x:tableColumns count="10">
     <x:tableColumn id="1" name="STATISTIC"/>
     <x:tableColumn id="2" name="Statistic Label"/>
     <x:tableColumn id="3" name="C02684V03251"/>
     <x:tableColumn id="4" name="Central Heating"/>
     <x:tableColumn id="5" name="C02800V03468"/>
     <x:tableColumn id="6" name="Towns by Size"/>
     <x:tableColumn id="7" name="TLIST(A1)"/>
     <x:tableColumn id="8" name="CensusYear"/>
     <x:tableColumn id="9" name="UNIT"/>
     <x:tableColumn id="10" name="VALUE"/>
   </x:tableColumns>
   <x:tableStyleInfo name="TableStyleMedium2" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </x:table>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
@@ -3744,51 +2426,51 @@
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="/xl/drawings/drawing1.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/CD428/XLSX/2007/en" TargetMode="External" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cso.ie/" TargetMode="External" Id="rId14" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="/xl/tables/table1.xml" Id="rId15" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet3.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotTable" Target="/xl/pivotTables/pivotTable.xml" Id="rId16" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:B39"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="20.710625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="100.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="8" spans="1:2">
       <x:c r="A8" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B8" s="2"/>
     </x:row>
     <x:row r="9" spans="1:2">
       <x:c r="A9" s="3" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="B9" s="0" t="s">
         <x:v>2</x:v>
@@ -3975,51 +2657,51 @@
       </x:c>
     </x:row>
     <x:row r="39" spans="1:2">
       <x:c r="A39" s="3" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B39" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:hyperlinks>
     <x:hyperlink ref="B14" r:id="rId13"/>
     <x:hyperlink ref="B28" r:id="rId14"/>
   </x:hyperlinks>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:drawing xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId7"/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:J837"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="11.996339" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="44.139196" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="16.139196" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="16.996339" style="0" customWidth="1"/>
     <x:col min="5" max="5" width="16.139196" style="0" customWidth="1"/>
     <x:col min="6" max="6" width="60.282054" style="0" customWidth="1"/>
     <x:col min="7" max="7" width="11.282054" style="0" customWidth="1"/>
     <x:col min="8" max="8" width="13.424911" style="0" customWidth="1"/>
     <x:col min="9" max="9" width="8.282054" style="0" customWidth="1"/>
     <x:col min="10" max="10" width="8.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:10">
       <x:c r="A1" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
@@ -22137,50 +20819,53 @@
       </x:c>
       <x:c r="B567" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C567" s="0" t="s">
         <x:v>470</x:v>
       </x:c>
       <x:c r="D567" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="E567" s="0" t="s">
         <x:v>345</x:v>
       </x:c>
       <x:c r="F567" s="0" t="s">
         <x:v>346</x:v>
       </x:c>
       <x:c r="G567" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H567" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="I567" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
+      <x:c r="J567" s="0" t="s">
+        <x:v>471</x:v>
+      </x:c>
     </x:row>
     <x:row r="568" spans="1:10">
       <x:c r="A568" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B568" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C568" s="0" t="s">
         <x:v>470</x:v>
       </x:c>
       <x:c r="D568" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="E568" s="0" t="s">
         <x:v>347</x:v>
       </x:c>
       <x:c r="F568" s="0" t="s">
         <x:v>348</x:v>
       </x:c>
       <x:c r="G568" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H568" s="0" t="s">
         <x:v>51</x:v>
@@ -22838,50 +21523,53 @@
       </x:c>
       <x:c r="B589" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C589" s="0" t="s">
         <x:v>470</x:v>
       </x:c>
       <x:c r="D589" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="E589" s="0" t="s">
         <x:v>389</x:v>
       </x:c>
       <x:c r="F589" s="0" t="s">
         <x:v>390</x:v>
       </x:c>
       <x:c r="G589" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H589" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="I589" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
+      <x:c r="J589" s="0" t="s">
+        <x:v>471</x:v>
+      </x:c>
     </x:row>
     <x:row r="590" spans="1:10">
       <x:c r="A590" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B590" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C590" s="0" t="s">
         <x:v>470</x:v>
       </x:c>
       <x:c r="D590" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="E590" s="0" t="s">
         <x:v>391</x:v>
       </x:c>
       <x:c r="F590" s="0" t="s">
         <x:v>392</x:v>
       </x:c>
       <x:c r="G590" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H590" s="0" t="s">
         <x:v>51</x:v>
@@ -24095,6743 +22783,6743 @@
       </x:c>
       <x:c r="F628" s="0" t="s">
         <x:v>468</x:v>
       </x:c>
       <x:c r="G628" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H628" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="I628" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="J628" s="0">
         <x:v>12193</x:v>
       </x:c>
     </x:row>
     <x:row r="629" spans="1:10">
       <x:c r="A629" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B629" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C629" s="0" t="s">
-        <x:v>471</x:v>
+        <x:v>472</x:v>
       </x:c>
       <x:c r="D629" s="0" t="s">
-        <x:v>472</x:v>
+        <x:v>473</x:v>
       </x:c>
       <x:c r="E629" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="F629" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="G629" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H629" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="I629" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="J629" s="0">
         <x:v>22338</x:v>
       </x:c>
     </x:row>
     <x:row r="630" spans="1:10">
       <x:c r="A630" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B630" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C630" s="0" t="s">
-        <x:v>471</x:v>
+        <x:v>472</x:v>
       </x:c>
       <x:c r="D630" s="0" t="s">
-        <x:v>472</x:v>
+        <x:v>473</x:v>
       </x:c>
       <x:c r="E630" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="F630" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="G630" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H630" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="I630" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="J630" s="0">
         <x:v>7830</x:v>
       </x:c>
     </x:row>
     <x:row r="631" spans="1:10">
       <x:c r="A631" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B631" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C631" s="0" t="s">
-        <x:v>471</x:v>
+        <x:v>472</x:v>
       </x:c>
       <x:c r="D631" s="0" t="s">
-        <x:v>472</x:v>
+        <x:v>473</x:v>
       </x:c>
       <x:c r="E631" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="F631" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="G631" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H631" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="I631" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="J631" s="0">
         <x:v>2630</x:v>
       </x:c>
     </x:row>
     <x:row r="632" spans="1:10">
       <x:c r="A632" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B632" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C632" s="0" t="s">
-        <x:v>471</x:v>
+        <x:v>472</x:v>
       </x:c>
       <x:c r="D632" s="0" t="s">
-        <x:v>472</x:v>
+        <x:v>473</x:v>
       </x:c>
       <x:c r="E632" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="F632" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="G632" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H632" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="I632" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="J632" s="0">
         <x:v>1192</x:v>
       </x:c>
     </x:row>
     <x:row r="633" spans="1:10">
       <x:c r="A633" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B633" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C633" s="0" t="s">
-        <x:v>471</x:v>
+        <x:v>472</x:v>
       </x:c>
       <x:c r="D633" s="0" t="s">
-        <x:v>472</x:v>
+        <x:v>473</x:v>
       </x:c>
       <x:c r="E633" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="F633" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="G633" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H633" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="I633" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="J633" s="0">
         <x:v>616</x:v>
       </x:c>
     </x:row>
     <x:row r="634" spans="1:10">
       <x:c r="A634" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B634" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C634" s="0" t="s">
-        <x:v>471</x:v>
+        <x:v>472</x:v>
       </x:c>
       <x:c r="D634" s="0" t="s">
-        <x:v>472</x:v>
+        <x:v>473</x:v>
       </x:c>
       <x:c r="E634" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="F634" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="G634" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H634" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="I634" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="J634" s="0">
         <x:v>483</x:v>
       </x:c>
     </x:row>
     <x:row r="635" spans="1:10">
       <x:c r="A635" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B635" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C635" s="0" t="s">
-        <x:v>471</x:v>
+        <x:v>472</x:v>
       </x:c>
       <x:c r="D635" s="0" t="s">
-        <x:v>472</x:v>
+        <x:v>473</x:v>
       </x:c>
       <x:c r="E635" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="F635" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="G635" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H635" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="I635" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="J635" s="0">
         <x:v>339</x:v>
       </x:c>
     </x:row>
     <x:row r="636" spans="1:10">
       <x:c r="A636" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B636" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C636" s="0" t="s">
-        <x:v>471</x:v>
+        <x:v>472</x:v>
       </x:c>
       <x:c r="D636" s="0" t="s">
-        <x:v>472</x:v>
+        <x:v>473</x:v>
       </x:c>
       <x:c r="E636" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="F636" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="G636" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H636" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="I636" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="J636" s="0">
         <x:v>3590</x:v>
       </x:c>
     </x:row>
     <x:row r="637" spans="1:10">
       <x:c r="A637" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B637" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C637" s="0" t="s">
-        <x:v>471</x:v>
+        <x:v>472</x:v>
       </x:c>
       <x:c r="D637" s="0" t="s">
-        <x:v>472</x:v>
+        <x:v>473</x:v>
       </x:c>
       <x:c r="E637" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="F637" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="G637" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H637" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="I637" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="J637" s="0">
         <x:v>272</x:v>
       </x:c>
     </x:row>
     <x:row r="638" spans="1:10">
       <x:c r="A638" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B638" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C638" s="0" t="s">
-        <x:v>471</x:v>
+        <x:v>472</x:v>
       </x:c>
       <x:c r="D638" s="0" t="s">
-        <x:v>472</x:v>
+        <x:v>473</x:v>
       </x:c>
       <x:c r="E638" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="F638" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="G638" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H638" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="I638" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="J638" s="0">
         <x:v>219</x:v>
       </x:c>
     </x:row>
     <x:row r="639" spans="1:10">
       <x:c r="A639" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B639" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C639" s="0" t="s">
-        <x:v>471</x:v>
+        <x:v>472</x:v>
       </x:c>
       <x:c r="D639" s="0" t="s">
-        <x:v>472</x:v>
+        <x:v>473</x:v>
       </x:c>
       <x:c r="E639" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="F639" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="G639" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H639" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="I639" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="J639" s="0">
         <x:v>175</x:v>
       </x:c>
     </x:row>
     <x:row r="640" spans="1:10">
       <x:c r="A640" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B640" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C640" s="0" t="s">
-        <x:v>471</x:v>
+        <x:v>472</x:v>
       </x:c>
       <x:c r="D640" s="0" t="s">
-        <x:v>472</x:v>
+        <x:v>473</x:v>
       </x:c>
       <x:c r="E640" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="F640" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="G640" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H640" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="I640" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="J640" s="0">
         <x:v>157</x:v>
       </x:c>
     </x:row>
     <x:row r="641" spans="1:10">
       <x:c r="A641" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B641" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C641" s="0" t="s">
-        <x:v>471</x:v>
+        <x:v>472</x:v>
       </x:c>
       <x:c r="D641" s="0" t="s">
-        <x:v>472</x:v>
+        <x:v>473</x:v>
       </x:c>
       <x:c r="E641" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="F641" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="G641" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H641" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="I641" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="J641" s="0">
         <x:v>70</x:v>
       </x:c>
     </x:row>
     <x:row r="642" spans="1:10">
       <x:c r="A642" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B642" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C642" s="0" t="s">
-        <x:v>471</x:v>
+        <x:v>472</x:v>
       </x:c>
       <x:c r="D642" s="0" t="s">
-        <x:v>472</x:v>
+        <x:v>473</x:v>
       </x:c>
       <x:c r="E642" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="F642" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="G642" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H642" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="I642" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="J642" s="0">
         <x:v>133</x:v>
       </x:c>
     </x:row>
     <x:row r="643" spans="1:10">
       <x:c r="A643" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B643" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C643" s="0" t="s">
-        <x:v>471</x:v>
+        <x:v>472</x:v>
       </x:c>
       <x:c r="D643" s="0" t="s">
-        <x:v>472</x:v>
+        <x:v>473</x:v>
       </x:c>
       <x:c r="E643" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="F643" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="G643" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H643" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="I643" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="J643" s="0">
         <x:v>105</x:v>
       </x:c>
     </x:row>
     <x:row r="644" spans="1:10">
       <x:c r="A644" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B644" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C644" s="0" t="s">
-        <x:v>471</x:v>
+        <x:v>472</x:v>
       </x:c>
       <x:c r="D644" s="0" t="s">
-        <x:v>472</x:v>
+        <x:v>473</x:v>
       </x:c>
       <x:c r="E644" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="F644" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="G644" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H644" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="I644" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="J644" s="0">
         <x:v>124</x:v>
       </x:c>
     </x:row>
     <x:row r="645" spans="1:10">
       <x:c r="A645" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B645" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C645" s="0" t="s">
-        <x:v>471</x:v>
+        <x:v>472</x:v>
       </x:c>
       <x:c r="D645" s="0" t="s">
-        <x:v>472</x:v>
+        <x:v>473</x:v>
       </x:c>
       <x:c r="E645" s="0" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="F645" s="0" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="G645" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H645" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="I645" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="J645" s="0">
         <x:v>175</x:v>
       </x:c>
     </x:row>
     <x:row r="646" spans="1:10">
       <x:c r="A646" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B646" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C646" s="0" t="s">
-        <x:v>471</x:v>
+        <x:v>472</x:v>
       </x:c>
       <x:c r="D646" s="0" t="s">
-        <x:v>472</x:v>
+        <x:v>473</x:v>
       </x:c>
       <x:c r="E646" s="0" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="F646" s="0" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="G646" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H646" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="I646" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="J646" s="0">
         <x:v>84</x:v>
       </x:c>
     </x:row>
     <x:row r="647" spans="1:10">
       <x:c r="A647" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B647" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C647" s="0" t="s">
-        <x:v>471</x:v>
+        <x:v>472</x:v>
       </x:c>
       <x:c r="D647" s="0" t="s">
-        <x:v>472</x:v>
+        <x:v>473</x:v>
       </x:c>
       <x:c r="E647" s="0" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="F647" s="0" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="G647" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H647" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="I647" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="J647" s="0">
         <x:v>40</x:v>
       </x:c>
     </x:row>
     <x:row r="648" spans="1:10">
       <x:c r="A648" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B648" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C648" s="0" t="s">
-        <x:v>471</x:v>
+        <x:v>472</x:v>
       </x:c>
       <x:c r="D648" s="0" t="s">
-        <x:v>472</x:v>
+        <x:v>473</x:v>
       </x:c>
       <x:c r="E648" s="0" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="F648" s="0" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="G648" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H648" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="I648" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="J648" s="0">
         <x:v>105</x:v>
       </x:c>
     </x:row>
     <x:row r="649" spans="1:10">
       <x:c r="A649" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B649" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C649" s="0" t="s">
-        <x:v>471</x:v>
+        <x:v>472</x:v>
       </x:c>
       <x:c r="D649" s="0" t="s">
-        <x:v>472</x:v>
+        <x:v>473</x:v>
       </x:c>
       <x:c r="E649" s="0" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="F649" s="0" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="G649" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H649" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="I649" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="J649" s="0">
         <x:v>115</x:v>
       </x:c>
     </x:row>
     <x:row r="650" spans="1:10">
       <x:c r="A650" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B650" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C650" s="0" t="s">
-        <x:v>471</x:v>
+        <x:v>472</x:v>
       </x:c>
       <x:c r="D650" s="0" t="s">
-        <x:v>472</x:v>
+        <x:v>473</x:v>
       </x:c>
       <x:c r="E650" s="0" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="F650" s="0" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="G650" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H650" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="I650" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="J650" s="0">
         <x:v>89</x:v>
       </x:c>
     </x:row>
     <x:row r="651" spans="1:10">
       <x:c r="A651" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B651" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C651" s="0" t="s">
-        <x:v>471</x:v>
+        <x:v>472</x:v>
       </x:c>
       <x:c r="D651" s="0" t="s">
-        <x:v>472</x:v>
+        <x:v>473</x:v>
       </x:c>
       <x:c r="E651" s="0" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="F651" s="0" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="G651" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H651" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="I651" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="J651" s="0">
         <x:v>109</x:v>
       </x:c>
     </x:row>
     <x:row r="652" spans="1:10">
       <x:c r="A652" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B652" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C652" s="0" t="s">
-        <x:v>471</x:v>
+        <x:v>472</x:v>
       </x:c>
       <x:c r="D652" s="0" t="s">
-        <x:v>472</x:v>
+        <x:v>473</x:v>
       </x:c>
       <x:c r="E652" s="0" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="F652" s="0" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="G652" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H652" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="I652" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="J652" s="0">
         <x:v>97</x:v>
       </x:c>
     </x:row>
     <x:row r="653" spans="1:10">
       <x:c r="A653" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B653" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C653" s="0" t="s">
-        <x:v>471</x:v>
+        <x:v>472</x:v>
       </x:c>
       <x:c r="D653" s="0" t="s">
-        <x:v>472</x:v>
+        <x:v>473</x:v>
       </x:c>
       <x:c r="E653" s="0" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="F653" s="0" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="G653" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H653" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="I653" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="J653" s="0">
         <x:v>99</x:v>
       </x:c>
     </x:row>
     <x:row r="654" spans="1:10">
       <x:c r="A654" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B654" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C654" s="0" t="s">
-        <x:v>471</x:v>
+        <x:v>472</x:v>
       </x:c>
       <x:c r="D654" s="0" t="s">
-        <x:v>472</x:v>
+        <x:v>473</x:v>
       </x:c>
       <x:c r="E654" s="0" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="F654" s="0" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="G654" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H654" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="I654" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="J654" s="0">
         <x:v>55</x:v>
       </x:c>
     </x:row>
     <x:row r="655" spans="1:10">
       <x:c r="A655" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B655" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C655" s="0" t="s">
-        <x:v>471</x:v>
+        <x:v>472</x:v>
       </x:c>
       <x:c r="D655" s="0" t="s">
-        <x:v>472</x:v>
+        <x:v>473</x:v>
       </x:c>
       <x:c r="E655" s="0" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="F655" s="0" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="G655" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H655" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="I655" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="J655" s="0">
         <x:v>232</x:v>
       </x:c>
     </x:row>
     <x:row r="656" spans="1:10">
       <x:c r="A656" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B656" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C656" s="0" t="s">
-        <x:v>471</x:v>
+        <x:v>472</x:v>
       </x:c>
       <x:c r="D656" s="0" t="s">
-        <x:v>472</x:v>
+        <x:v>473</x:v>
       </x:c>
       <x:c r="E656" s="0" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="F656" s="0" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="G656" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H656" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="I656" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="J656" s="0">
         <x:v>83</x:v>
       </x:c>
     </x:row>
     <x:row r="657" spans="1:10">
       <x:c r="A657" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B657" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C657" s="0" t="s">
-        <x:v>471</x:v>
+        <x:v>472</x:v>
       </x:c>
       <x:c r="D657" s="0" t="s">
-        <x:v>472</x:v>
+        <x:v>473</x:v>
       </x:c>
       <x:c r="E657" s="0" t="s">
         <x:v>107</x:v>
       </x:c>
       <x:c r="F657" s="0" t="s">
         <x:v>108</x:v>
       </x:c>
       <x:c r="G657" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H657" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="I657" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="J657" s="0">
         <x:v>45</x:v>
       </x:c>
     </x:row>
     <x:row r="658" spans="1:10">
       <x:c r="A658" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B658" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C658" s="0" t="s">
-        <x:v>471</x:v>
+        <x:v>472</x:v>
       </x:c>
       <x:c r="D658" s="0" t="s">
-        <x:v>472</x:v>
+        <x:v>473</x:v>
       </x:c>
       <x:c r="E658" s="0" t="s">
         <x:v>109</x:v>
       </x:c>
       <x:c r="F658" s="0" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="G658" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H658" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="I658" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="J658" s="0">
         <x:v>97</x:v>
       </x:c>
     </x:row>
     <x:row r="659" spans="1:10">
       <x:c r="A659" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B659" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C659" s="0" t="s">
-        <x:v>471</x:v>
+        <x:v>472</x:v>
       </x:c>
       <x:c r="D659" s="0" t="s">
-        <x:v>472</x:v>
+        <x:v>473</x:v>
       </x:c>
       <x:c r="E659" s="0" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="F659" s="0" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="G659" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H659" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="I659" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="J659" s="0">
         <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="660" spans="1:10">
       <x:c r="A660" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B660" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C660" s="0" t="s">
-        <x:v>471</x:v>
+        <x:v>472</x:v>
       </x:c>
       <x:c r="D660" s="0" t="s">
-        <x:v>472</x:v>
+        <x:v>473</x:v>
       </x:c>
       <x:c r="E660" s="0" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="F660" s="0" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="G660" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H660" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="I660" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="J660" s="0">
         <x:v>37</x:v>
       </x:c>
     </x:row>
     <x:row r="661" spans="1:10">
       <x:c r="A661" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B661" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C661" s="0" t="s">
-        <x:v>471</x:v>
+        <x:v>472</x:v>
       </x:c>
       <x:c r="D661" s="0" t="s">
-        <x:v>472</x:v>
+        <x:v>473</x:v>
       </x:c>
       <x:c r="E661" s="0" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="F661" s="0" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="G661" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H661" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="I661" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="J661" s="0">
         <x:v>48</x:v>
       </x:c>
     </x:row>
     <x:row r="662" spans="1:10">
       <x:c r="A662" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B662" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C662" s="0" t="s">
-        <x:v>471</x:v>
+        <x:v>472</x:v>
       </x:c>
       <x:c r="D662" s="0" t="s">
-        <x:v>472</x:v>
+        <x:v>473</x:v>
       </x:c>
       <x:c r="E662" s="0" t="s">
         <x:v>117</x:v>
       </x:c>
       <x:c r="F662" s="0" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="G662" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H662" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="I662" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="J662" s="0">
         <x:v>53</x:v>
       </x:c>
     </x:row>
     <x:row r="663" spans="1:10">
       <x:c r="A663" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B663" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C663" s="0" t="s">
-        <x:v>471</x:v>
+        <x:v>472</x:v>
       </x:c>
       <x:c r="D663" s="0" t="s">
-        <x:v>472</x:v>
+        <x:v>473</x:v>
       </x:c>
       <x:c r="E663" s="0" t="s">
         <x:v>119</x:v>
       </x:c>
       <x:c r="F663" s="0" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="G663" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H663" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="I663" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="J663" s="0">
         <x:v>52</x:v>
       </x:c>
     </x:row>
     <x:row r="664" spans="1:10">
       <x:c r="A664" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B664" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C664" s="0" t="s">
-        <x:v>471</x:v>
+        <x:v>472</x:v>
       </x:c>
       <x:c r="D664" s="0" t="s">
-        <x:v>472</x:v>
+        <x:v>473</x:v>
       </x:c>
       <x:c r="E664" s="0" t="s">
         <x:v>121</x:v>
       </x:c>
       <x:c r="F664" s="0" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="G664" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H664" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="I664" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="J664" s="0">
         <x:v>50</x:v>
       </x:c>
     </x:row>
     <x:row r="665" spans="1:10">
       <x:c r="A665" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B665" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C665" s="0" t="s">
-        <x:v>471</x:v>
+        <x:v>472</x:v>
       </x:c>
       <x:c r="D665" s="0" t="s">
-        <x:v>472</x:v>
+        <x:v>473</x:v>
       </x:c>
       <x:c r="E665" s="0" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="F665" s="0" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="G665" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H665" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="I665" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="J665" s="0">
         <x:v>70</x:v>
       </x:c>
     </x:row>
     <x:row r="666" spans="1:10">
       <x:c r="A666" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B666" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C666" s="0" t="s">
-        <x:v>471</x:v>
+        <x:v>472</x:v>
       </x:c>
       <x:c r="D666" s="0" t="s">
-        <x:v>472</x:v>
+        <x:v>473</x:v>
       </x:c>
       <x:c r="E666" s="0" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="F666" s="0" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="G666" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H666" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="I666" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="J666" s="0">
         <x:v>38</x:v>
       </x:c>
     </x:row>
     <x:row r="667" spans="1:10">
       <x:c r="A667" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B667" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C667" s="0" t="s">
-        <x:v>471</x:v>
+        <x:v>472</x:v>
       </x:c>
       <x:c r="D667" s="0" t="s">
-        <x:v>472</x:v>
+        <x:v>473</x:v>
       </x:c>
       <x:c r="E667" s="0" t="s">
         <x:v>127</x:v>
       </x:c>
       <x:c r="F667" s="0" t="s">
         <x:v>128</x:v>
       </x:c>
       <x:c r="G667" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H667" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="I667" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="J667" s="0">
         <x:v>51</x:v>
       </x:c>
     </x:row>
     <x:row r="668" spans="1:10">
       <x:c r="A668" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B668" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C668" s="0" t="s">
-        <x:v>471</x:v>
+        <x:v>472</x:v>
       </x:c>
       <x:c r="D668" s="0" t="s">
-        <x:v>472</x:v>
+        <x:v>473</x:v>
       </x:c>
       <x:c r="E668" s="0" t="s">
         <x:v>129</x:v>
       </x:c>
       <x:c r="F668" s="0" t="s">
         <x:v>130</x:v>
       </x:c>
       <x:c r="G668" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H668" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="I668" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="J668" s="0">
         <x:v>67</x:v>
       </x:c>
     </x:row>
     <x:row r="669" spans="1:10">
       <x:c r="A669" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B669" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C669" s="0" t="s">
-        <x:v>471</x:v>
+        <x:v>472</x:v>
       </x:c>
       <x:c r="D669" s="0" t="s">
-        <x:v>472</x:v>
+        <x:v>473</x:v>
       </x:c>
       <x:c r="E669" s="0" t="s">
         <x:v>131</x:v>
       </x:c>
       <x:c r="F669" s="0" t="s">
         <x:v>132</x:v>
       </x:c>
       <x:c r="G669" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H669" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="I669" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="J669" s="0">
         <x:v>57</x:v>
       </x:c>
     </x:row>
     <x:row r="670" spans="1:10">
       <x:c r="A670" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B670" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C670" s="0" t="s">
-        <x:v>471</x:v>
+        <x:v>472</x:v>
       </x:c>
       <x:c r="D670" s="0" t="s">
-        <x:v>472</x:v>
+        <x:v>473</x:v>
       </x:c>
       <x:c r="E670" s="0" t="s">
         <x:v>133</x:v>
       </x:c>
       <x:c r="F670" s="0" t="s">
         <x:v>134</x:v>
       </x:c>
       <x:c r="G670" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H670" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="I670" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="J670" s="0">
         <x:v>61</x:v>
       </x:c>
     </x:row>
     <x:row r="671" spans="1:10">
       <x:c r="A671" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B671" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C671" s="0" t="s">
-        <x:v>471</x:v>
+        <x:v>472</x:v>
       </x:c>
       <x:c r="D671" s="0" t="s">
-        <x:v>472</x:v>
+        <x:v>473</x:v>
       </x:c>
       <x:c r="E671" s="0" t="s">
         <x:v>135</x:v>
       </x:c>
       <x:c r="F671" s="0" t="s">
         <x:v>136</x:v>
       </x:c>
       <x:c r="G671" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H671" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="I671" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="J671" s="0">
         <x:v>82</x:v>
       </x:c>
     </x:row>
     <x:row r="672" spans="1:10">
       <x:c r="A672" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B672" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C672" s="0" t="s">
-        <x:v>471</x:v>
+        <x:v>472</x:v>
       </x:c>
       <x:c r="D672" s="0" t="s">
-        <x:v>472</x:v>
+        <x:v>473</x:v>
       </x:c>
       <x:c r="E672" s="0" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="F672" s="0" t="s">
         <x:v>138</x:v>
       </x:c>
       <x:c r="G672" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H672" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="I672" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="J672" s="0">
         <x:v>25</x:v>
       </x:c>
     </x:row>
     <x:row r="673" spans="1:10">
       <x:c r="A673" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B673" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C673" s="0" t="s">
-        <x:v>471</x:v>
+        <x:v>472</x:v>
       </x:c>
       <x:c r="D673" s="0" t="s">
-        <x:v>472</x:v>
+        <x:v>473</x:v>
       </x:c>
       <x:c r="E673" s="0" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="F673" s="0" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="G673" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H673" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="I673" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="J673" s="0">
         <x:v>53</x:v>
       </x:c>
     </x:row>
     <x:row r="674" spans="1:10">
       <x:c r="A674" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B674" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C674" s="0" t="s">
-        <x:v>471</x:v>
+        <x:v>472</x:v>
       </x:c>
       <x:c r="D674" s="0" t="s">
-        <x:v>472</x:v>
+        <x:v>473</x:v>
       </x:c>
       <x:c r="E674" s="0" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="F674" s="0" t="s">
         <x:v>142</x:v>
       </x:c>
       <x:c r="G674" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H674" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="I674" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="J674" s="0">
         <x:v>27</x:v>
       </x:c>
     </x:row>
     <x:row r="675" spans="1:10">
       <x:c r="A675" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B675" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C675" s="0" t="s">
-        <x:v>471</x:v>
+        <x:v>472</x:v>
       </x:c>
       <x:c r="D675" s="0" t="s">
-        <x:v>472</x:v>
+        <x:v>473</x:v>
       </x:c>
       <x:c r="E675" s="0" t="s">
         <x:v>143</x:v>
       </x:c>
       <x:c r="F675" s="0" t="s">
         <x:v>144</x:v>
       </x:c>
       <x:c r="G675" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H675" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="I675" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="J675" s="0">
         <x:v>106</x:v>
       </x:c>
     </x:row>
     <x:row r="676" spans="1:10">
       <x:c r="A676" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B676" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C676" s="0" t="s">
-        <x:v>471</x:v>
+        <x:v>472</x:v>
       </x:c>
       <x:c r="D676" s="0" t="s">
-        <x:v>472</x:v>
+        <x:v>473</x:v>
       </x:c>
       <x:c r="E676" s="0" t="s">
         <x:v>145</x:v>
       </x:c>
       <x:c r="F676" s="0" t="s">
         <x:v>146</x:v>
       </x:c>
       <x:c r="G676" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H676" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="I676" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="J676" s="0">
         <x:v>1202</x:v>
       </x:c>
     </x:row>
     <x:row r="677" spans="1:10">
       <x:c r="A677" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B677" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C677" s="0" t="s">
-        <x:v>471</x:v>
+        <x:v>472</x:v>
       </x:c>
       <x:c r="D677" s="0" t="s">
-        <x:v>472</x:v>
+        <x:v>473</x:v>
       </x:c>
       <x:c r="E677" s="0" t="s">
         <x:v>147</x:v>
       </x:c>
       <x:c r="F677" s="0" t="s">
         <x:v>148</x:v>
       </x:c>
       <x:c r="G677" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H677" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="I677" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="J677" s="0">
         <x:v>53</x:v>
       </x:c>
     </x:row>
     <x:row r="678" spans="1:10">
       <x:c r="A678" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B678" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C678" s="0" t="s">
-        <x:v>471</x:v>
+        <x:v>472</x:v>
       </x:c>
       <x:c r="D678" s="0" t="s">
-        <x:v>472</x:v>
+        <x:v>473</x:v>
       </x:c>
       <x:c r="E678" s="0" t="s">
         <x:v>149</x:v>
       </x:c>
       <x:c r="F678" s="0" t="s">
         <x:v>150</x:v>
       </x:c>
       <x:c r="G678" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H678" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="I678" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="J678" s="0">
         <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="679" spans="1:10">
       <x:c r="A679" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B679" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C679" s="0" t="s">
-        <x:v>471</x:v>
+        <x:v>472</x:v>
       </x:c>
       <x:c r="D679" s="0" t="s">
-        <x:v>472</x:v>
+        <x:v>473</x:v>
       </x:c>
       <x:c r="E679" s="0" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="F679" s="0" t="s">
         <x:v>152</x:v>
       </x:c>
       <x:c r="G679" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H679" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="I679" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="J679" s="0">
         <x:v>15</x:v>
       </x:c>
     </x:row>
     <x:row r="680" spans="1:10">
       <x:c r="A680" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B680" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C680" s="0" t="s">
-        <x:v>471</x:v>
+        <x:v>472</x:v>
       </x:c>
       <x:c r="D680" s="0" t="s">
-        <x:v>472</x:v>
+        <x:v>473</x:v>
       </x:c>
       <x:c r="E680" s="0" t="s">
         <x:v>153</x:v>
       </x:c>
       <x:c r="F680" s="0" t="s">
         <x:v>154</x:v>
       </x:c>
       <x:c r="G680" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H680" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="I680" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="J680" s="0">
         <x:v>51</x:v>
       </x:c>
     </x:row>
     <x:row r="681" spans="1:10">
       <x:c r="A681" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B681" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C681" s="0" t="s">
-        <x:v>471</x:v>
+        <x:v>472</x:v>
       </x:c>
       <x:c r="D681" s="0" t="s">
-        <x:v>472</x:v>
+        <x:v>473</x:v>
       </x:c>
       <x:c r="E681" s="0" t="s">
         <x:v>155</x:v>
       </x:c>
       <x:c r="F681" s="0" t="s">
         <x:v>156</x:v>
       </x:c>
       <x:c r="G681" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H681" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="I681" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="J681" s="0">
         <x:v>40</x:v>
       </x:c>
     </x:row>
     <x:row r="682" spans="1:10">
       <x:c r="A682" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B682" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C682" s="0" t="s">
-        <x:v>471</x:v>
+        <x:v>472</x:v>
       </x:c>
       <x:c r="D682" s="0" t="s">
-        <x:v>472</x:v>
+        <x:v>473</x:v>
       </x:c>
       <x:c r="E682" s="0" t="s">
         <x:v>157</x:v>
       </x:c>
       <x:c r="F682" s="0" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="G682" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H682" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="I682" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="J682" s="0">
         <x:v>27</x:v>
       </x:c>
     </x:row>
     <x:row r="683" spans="1:10">
       <x:c r="A683" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B683" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C683" s="0" t="s">
-        <x:v>471</x:v>
+        <x:v>472</x:v>
       </x:c>
       <x:c r="D683" s="0" t="s">
-        <x:v>472</x:v>
+        <x:v>473</x:v>
       </x:c>
       <x:c r="E683" s="0" t="s">
         <x:v>159</x:v>
       </x:c>
       <x:c r="F683" s="0" t="s">
         <x:v>160</x:v>
       </x:c>
       <x:c r="G683" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H683" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="I683" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="J683" s="0">
         <x:v>27</x:v>
       </x:c>
     </x:row>
     <x:row r="684" spans="1:10">
       <x:c r="A684" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B684" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C684" s="0" t="s">
-        <x:v>471</x:v>
+        <x:v>472</x:v>
       </x:c>
       <x:c r="D684" s="0" t="s">
-        <x:v>472</x:v>
+        <x:v>473</x:v>
       </x:c>
       <x:c r="E684" s="0" t="s">
         <x:v>161</x:v>
       </x:c>
       <x:c r="F684" s="0" t="s">
         <x:v>162</x:v>
       </x:c>
       <x:c r="G684" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H684" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="I684" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="J684" s="0">
         <x:v>47</x:v>
       </x:c>
     </x:row>
     <x:row r="685" spans="1:10">
       <x:c r="A685" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B685" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C685" s="0" t="s">
-        <x:v>471</x:v>
+        <x:v>472</x:v>
       </x:c>
       <x:c r="D685" s="0" t="s">
-        <x:v>472</x:v>
+        <x:v>473</x:v>
       </x:c>
       <x:c r="E685" s="0" t="s">
         <x:v>163</x:v>
       </x:c>
       <x:c r="F685" s="0" t="s">
         <x:v>164</x:v>
       </x:c>
       <x:c r="G685" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H685" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="I685" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="J685" s="0">
         <x:v>21</x:v>
       </x:c>
     </x:row>
     <x:row r="686" spans="1:10">
       <x:c r="A686" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B686" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C686" s="0" t="s">
-        <x:v>471</x:v>
+        <x:v>472</x:v>
       </x:c>
       <x:c r="D686" s="0" t="s">
-        <x:v>472</x:v>
+        <x:v>473</x:v>
       </x:c>
       <x:c r="E686" s="0" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="F686" s="0" t="s">
         <x:v>166</x:v>
       </x:c>
       <x:c r="G686" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H686" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="I686" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="J686" s="0">
         <x:v>76</x:v>
       </x:c>
     </x:row>
     <x:row r="687" spans="1:10">
       <x:c r="A687" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B687" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C687" s="0" t="s">
-        <x:v>471</x:v>
+        <x:v>472</x:v>
       </x:c>
       <x:c r="D687" s="0" t="s">
-        <x:v>472</x:v>
+        <x:v>473</x:v>
       </x:c>
       <x:c r="E687" s="0" t="s">
         <x:v>167</x:v>
       </x:c>
       <x:c r="F687" s="0" t="s">
         <x:v>168</x:v>
       </x:c>
       <x:c r="G687" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H687" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="I687" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="J687" s="0">
         <x:v>26</x:v>
       </x:c>
     </x:row>
     <x:row r="688" spans="1:10">
       <x:c r="A688" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B688" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C688" s="0" t="s">
-        <x:v>471</x:v>
+        <x:v>472</x:v>
       </x:c>
       <x:c r="D688" s="0" t="s">
-        <x:v>472</x:v>
+        <x:v>473</x:v>
       </x:c>
       <x:c r="E688" s="0" t="s">
         <x:v>169</x:v>
       </x:c>
       <x:c r="F688" s="0" t="s">
         <x:v>170</x:v>
       </x:c>
       <x:c r="G688" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H688" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="I688" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="J688" s="0">
         <x:v>29</x:v>
       </x:c>
     </x:row>
     <x:row r="689" spans="1:10">
       <x:c r="A689" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B689" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C689" s="0" t="s">
-        <x:v>471</x:v>
+        <x:v>472</x:v>
       </x:c>
       <x:c r="D689" s="0" t="s">
-        <x:v>472</x:v>
+        <x:v>473</x:v>
       </x:c>
       <x:c r="E689" s="0" t="s">
         <x:v>171</x:v>
       </x:c>
       <x:c r="F689" s="0" t="s">
         <x:v>172</x:v>
       </x:c>
       <x:c r="G689" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H689" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="I689" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="J689" s="0">
         <x:v>47</x:v>
       </x:c>
     </x:row>
     <x:row r="690" spans="1:10">
       <x:c r="A690" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B690" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C690" s="0" t="s">
-        <x:v>471</x:v>
+        <x:v>472</x:v>
       </x:c>
       <x:c r="D690" s="0" t="s">
-        <x:v>472</x:v>
+        <x:v>473</x:v>
       </x:c>
       <x:c r="E690" s="0" t="s">
         <x:v>173</x:v>
       </x:c>
       <x:c r="F690" s="0" t="s">
         <x:v>174</x:v>
       </x:c>
       <x:c r="G690" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H690" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="I690" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="J690" s="0">
         <x:v>56</x:v>
       </x:c>
     </x:row>
     <x:row r="691" spans="1:10">
       <x:c r="A691" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B691" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C691" s="0" t="s">
-        <x:v>471</x:v>
+        <x:v>472</x:v>
       </x:c>
       <x:c r="D691" s="0" t="s">
-        <x:v>472</x:v>
+        <x:v>473</x:v>
       </x:c>
       <x:c r="E691" s="0" t="s">
         <x:v>175</x:v>
       </x:c>
       <x:c r="F691" s="0" t="s">
         <x:v>176</x:v>
       </x:c>
       <x:c r="G691" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H691" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="I691" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="J691" s="0">
         <x:v>29</x:v>
       </x:c>
     </x:row>
     <x:row r="692" spans="1:10">
       <x:c r="A692" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B692" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C692" s="0" t="s">
-        <x:v>471</x:v>
+        <x:v>472</x:v>
       </x:c>
       <x:c r="D692" s="0" t="s">
-        <x:v>472</x:v>
+        <x:v>473</x:v>
       </x:c>
       <x:c r="E692" s="0" t="s">
         <x:v>177</x:v>
       </x:c>
       <x:c r="F692" s="0" t="s">
         <x:v>178</x:v>
       </x:c>
       <x:c r="G692" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H692" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="I692" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="J692" s="0">
         <x:v>29</x:v>
       </x:c>
     </x:row>
     <x:row r="693" spans="1:10">
       <x:c r="A693" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B693" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C693" s="0" t="s">
-        <x:v>471</x:v>
+        <x:v>472</x:v>
       </x:c>
       <x:c r="D693" s="0" t="s">
-        <x:v>472</x:v>
+        <x:v>473</x:v>
       </x:c>
       <x:c r="E693" s="0" t="s">
         <x:v>179</x:v>
       </x:c>
       <x:c r="F693" s="0" t="s">
         <x:v>180</x:v>
       </x:c>
       <x:c r="G693" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H693" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="I693" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="J693" s="0">
         <x:v>52</x:v>
       </x:c>
     </x:row>
     <x:row r="694" spans="1:10">
       <x:c r="A694" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B694" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C694" s="0" t="s">
-        <x:v>471</x:v>
+        <x:v>472</x:v>
       </x:c>
       <x:c r="D694" s="0" t="s">
-        <x:v>472</x:v>
+        <x:v>473</x:v>
       </x:c>
       <x:c r="E694" s="0" t="s">
         <x:v>181</x:v>
       </x:c>
       <x:c r="F694" s="0" t="s">
         <x:v>182</x:v>
       </x:c>
       <x:c r="G694" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H694" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="I694" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="J694" s="0">
         <x:v>22</x:v>
       </x:c>
     </x:row>
     <x:row r="695" spans="1:10">
       <x:c r="A695" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B695" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C695" s="0" t="s">
-        <x:v>471</x:v>
+        <x:v>472</x:v>
       </x:c>
       <x:c r="D695" s="0" t="s">
-        <x:v>472</x:v>
+        <x:v>473</x:v>
       </x:c>
       <x:c r="E695" s="0" t="s">
         <x:v>183</x:v>
       </x:c>
       <x:c r="F695" s="0" t="s">
         <x:v>184</x:v>
       </x:c>
       <x:c r="G695" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H695" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="I695" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="J695" s="0">
         <x:v>28</x:v>
       </x:c>
     </x:row>
     <x:row r="696" spans="1:10">
       <x:c r="A696" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B696" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C696" s="0" t="s">
-        <x:v>471</x:v>
+        <x:v>472</x:v>
       </x:c>
       <x:c r="D696" s="0" t="s">
-        <x:v>472</x:v>
+        <x:v>473</x:v>
       </x:c>
       <x:c r="E696" s="0" t="s">
         <x:v>185</x:v>
       </x:c>
       <x:c r="F696" s="0" t="s">
         <x:v>186</x:v>
       </x:c>
       <x:c r="G696" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H696" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="I696" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="J696" s="0">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="697" spans="1:10">
       <x:c r="A697" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B697" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C697" s="0" t="s">
-        <x:v>471</x:v>
+        <x:v>472</x:v>
       </x:c>
       <x:c r="D697" s="0" t="s">
-        <x:v>472</x:v>
+        <x:v>473</x:v>
       </x:c>
       <x:c r="E697" s="0" t="s">
         <x:v>187</x:v>
       </x:c>
       <x:c r="F697" s="0" t="s">
         <x:v>188</x:v>
       </x:c>
       <x:c r="G697" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H697" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="I697" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="J697" s="0">
         <x:v>17</x:v>
       </x:c>
     </x:row>
     <x:row r="698" spans="1:10">
       <x:c r="A698" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B698" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C698" s="0" t="s">
-        <x:v>471</x:v>
+        <x:v>472</x:v>
       </x:c>
       <x:c r="D698" s="0" t="s">
-        <x:v>472</x:v>
+        <x:v>473</x:v>
       </x:c>
       <x:c r="E698" s="0" t="s">
         <x:v>189</x:v>
       </x:c>
       <x:c r="F698" s="0" t="s">
         <x:v>190</x:v>
       </x:c>
       <x:c r="G698" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H698" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="I698" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="J698" s="0">
         <x:v>11</x:v>
       </x:c>
     </x:row>
     <x:row r="699" spans="1:10">
       <x:c r="A699" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B699" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C699" s="0" t="s">
-        <x:v>471</x:v>
+        <x:v>472</x:v>
       </x:c>
       <x:c r="D699" s="0" t="s">
-        <x:v>472</x:v>
+        <x:v>473</x:v>
       </x:c>
       <x:c r="E699" s="0" t="s">
         <x:v>191</x:v>
       </x:c>
       <x:c r="F699" s="0" t="s">
         <x:v>192</x:v>
       </x:c>
       <x:c r="G699" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H699" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="I699" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="J699" s="0">
         <x:v>26</x:v>
       </x:c>
     </x:row>
     <x:row r="700" spans="1:10">
       <x:c r="A700" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B700" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C700" s="0" t="s">
-        <x:v>471</x:v>
+        <x:v>472</x:v>
       </x:c>
       <x:c r="D700" s="0" t="s">
-        <x:v>472</x:v>
+        <x:v>473</x:v>
       </x:c>
       <x:c r="E700" s="0" t="s">
         <x:v>193</x:v>
       </x:c>
       <x:c r="F700" s="0" t="s">
         <x:v>194</x:v>
       </x:c>
       <x:c r="G700" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H700" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="I700" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="J700" s="0">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="701" spans="1:10">
       <x:c r="A701" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B701" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C701" s="0" t="s">
-        <x:v>471</x:v>
+        <x:v>472</x:v>
       </x:c>
       <x:c r="D701" s="0" t="s">
-        <x:v>472</x:v>
+        <x:v>473</x:v>
       </x:c>
       <x:c r="E701" s="0" t="s">
         <x:v>195</x:v>
       </x:c>
       <x:c r="F701" s="0" t="s">
         <x:v>196</x:v>
       </x:c>
       <x:c r="G701" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H701" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="I701" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="J701" s="0">
         <x:v>19</x:v>
       </x:c>
     </x:row>
     <x:row r="702" spans="1:10">
       <x:c r="A702" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B702" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C702" s="0" t="s">
-        <x:v>471</x:v>
+        <x:v>472</x:v>
       </x:c>
       <x:c r="D702" s="0" t="s">
-        <x:v>472</x:v>
+        <x:v>473</x:v>
       </x:c>
       <x:c r="E702" s="0" t="s">
         <x:v>197</x:v>
       </x:c>
       <x:c r="F702" s="0" t="s">
         <x:v>198</x:v>
       </x:c>
       <x:c r="G702" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H702" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="I702" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="J702" s="0">
         <x:v>21</x:v>
       </x:c>
     </x:row>
     <x:row r="703" spans="1:10">
       <x:c r="A703" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B703" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C703" s="0" t="s">
-        <x:v>471</x:v>
+        <x:v>472</x:v>
       </x:c>
       <x:c r="D703" s="0" t="s">
-        <x:v>472</x:v>
+        <x:v>473</x:v>
       </x:c>
       <x:c r="E703" s="0" t="s">
         <x:v>199</x:v>
       </x:c>
       <x:c r="F703" s="0" t="s">
         <x:v>200</x:v>
       </x:c>
       <x:c r="G703" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H703" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="I703" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="J703" s="0">
         <x:v>21</x:v>
       </x:c>
     </x:row>
     <x:row r="704" spans="1:10">
       <x:c r="A704" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B704" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C704" s="0" t="s">
-        <x:v>471</x:v>
+        <x:v>472</x:v>
       </x:c>
       <x:c r="D704" s="0" t="s">
-        <x:v>472</x:v>
+        <x:v>473</x:v>
       </x:c>
       <x:c r="E704" s="0" t="s">
         <x:v>201</x:v>
       </x:c>
       <x:c r="F704" s="0" t="s">
         <x:v>202</x:v>
       </x:c>
       <x:c r="G704" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H704" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="I704" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="J704" s="0">
         <x:v>26</x:v>
       </x:c>
     </x:row>
     <x:row r="705" spans="1:10">
       <x:c r="A705" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B705" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C705" s="0" t="s">
-        <x:v>471</x:v>
+        <x:v>472</x:v>
       </x:c>
       <x:c r="D705" s="0" t="s">
-        <x:v>472</x:v>
+        <x:v>473</x:v>
       </x:c>
       <x:c r="E705" s="0" t="s">
         <x:v>203</x:v>
       </x:c>
       <x:c r="F705" s="0" t="s">
         <x:v>204</x:v>
       </x:c>
       <x:c r="G705" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H705" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="I705" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="J705" s="0">
         <x:v>15</x:v>
       </x:c>
     </x:row>
     <x:row r="706" spans="1:10">
       <x:c r="A706" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B706" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C706" s="0" t="s">
-        <x:v>471</x:v>
+        <x:v>472</x:v>
       </x:c>
       <x:c r="D706" s="0" t="s">
-        <x:v>472</x:v>
+        <x:v>473</x:v>
       </x:c>
       <x:c r="E706" s="0" t="s">
         <x:v>205</x:v>
       </x:c>
       <x:c r="F706" s="0" t="s">
         <x:v>206</x:v>
       </x:c>
       <x:c r="G706" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H706" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="I706" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="J706" s="0">
         <x:v>19</x:v>
       </x:c>
     </x:row>
     <x:row r="707" spans="1:10">
       <x:c r="A707" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B707" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C707" s="0" t="s">
-        <x:v>471</x:v>
+        <x:v>472</x:v>
       </x:c>
       <x:c r="D707" s="0" t="s">
-        <x:v>472</x:v>
+        <x:v>473</x:v>
       </x:c>
       <x:c r="E707" s="0" t="s">
         <x:v>207</x:v>
       </x:c>
       <x:c r="F707" s="0" t="s">
         <x:v>208</x:v>
       </x:c>
       <x:c r="G707" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H707" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="I707" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="J707" s="0">
         <x:v>16</x:v>
       </x:c>
     </x:row>
     <x:row r="708" spans="1:10">
       <x:c r="A708" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B708" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C708" s="0" t="s">
-        <x:v>471</x:v>
+        <x:v>472</x:v>
       </x:c>
       <x:c r="D708" s="0" t="s">
-        <x:v>472</x:v>
+        <x:v>473</x:v>
       </x:c>
       <x:c r="E708" s="0" t="s">
         <x:v>209</x:v>
       </x:c>
       <x:c r="F708" s="0" t="s">
         <x:v>210</x:v>
       </x:c>
       <x:c r="G708" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H708" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="I708" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="J708" s="0">
         <x:v>14</x:v>
       </x:c>
     </x:row>
     <x:row r="709" spans="1:10">
       <x:c r="A709" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B709" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C709" s="0" t="s">
-        <x:v>471</x:v>
+        <x:v>472</x:v>
       </x:c>
       <x:c r="D709" s="0" t="s">
-        <x:v>472</x:v>
+        <x:v>473</x:v>
       </x:c>
       <x:c r="E709" s="0" t="s">
         <x:v>211</x:v>
       </x:c>
       <x:c r="F709" s="0" t="s">
         <x:v>212</x:v>
       </x:c>
       <x:c r="G709" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H709" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="I709" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="J709" s="0">
         <x:v>41</x:v>
       </x:c>
     </x:row>
     <x:row r="710" spans="1:10">
       <x:c r="A710" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B710" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C710" s="0" t="s">
-        <x:v>471</x:v>
+        <x:v>472</x:v>
       </x:c>
       <x:c r="D710" s="0" t="s">
-        <x:v>472</x:v>
+        <x:v>473</x:v>
       </x:c>
       <x:c r="E710" s="0" t="s">
         <x:v>213</x:v>
       </x:c>
       <x:c r="F710" s="0" t="s">
         <x:v>214</x:v>
       </x:c>
       <x:c r="G710" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H710" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="I710" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="J710" s="0">
         <x:v>19</x:v>
       </x:c>
     </x:row>
     <x:row r="711" spans="1:10">
       <x:c r="A711" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B711" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C711" s="0" t="s">
-        <x:v>471</x:v>
+        <x:v>472</x:v>
       </x:c>
       <x:c r="D711" s="0" t="s">
-        <x:v>472</x:v>
+        <x:v>473</x:v>
       </x:c>
       <x:c r="E711" s="0" t="s">
         <x:v>215</x:v>
       </x:c>
       <x:c r="F711" s="0" t="s">
         <x:v>216</x:v>
       </x:c>
       <x:c r="G711" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H711" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="I711" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="J711" s="0">
         <x:v>29</x:v>
       </x:c>
     </x:row>
     <x:row r="712" spans="1:10">
       <x:c r="A712" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B712" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C712" s="0" t="s">
-        <x:v>471</x:v>
+        <x:v>472</x:v>
       </x:c>
       <x:c r="D712" s="0" t="s">
-        <x:v>472</x:v>
+        <x:v>473</x:v>
       </x:c>
       <x:c r="E712" s="0" t="s">
         <x:v>217</x:v>
       </x:c>
       <x:c r="F712" s="0" t="s">
         <x:v>218</x:v>
       </x:c>
       <x:c r="G712" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H712" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="I712" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="J712" s="0">
         <x:v>21</x:v>
       </x:c>
     </x:row>
     <x:row r="713" spans="1:10">
       <x:c r="A713" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B713" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C713" s="0" t="s">
-        <x:v>471</x:v>
+        <x:v>472</x:v>
       </x:c>
       <x:c r="D713" s="0" t="s">
-        <x:v>472</x:v>
+        <x:v>473</x:v>
       </x:c>
       <x:c r="E713" s="0" t="s">
         <x:v>219</x:v>
       </x:c>
       <x:c r="F713" s="0" t="s">
         <x:v>220</x:v>
       </x:c>
       <x:c r="G713" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H713" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="I713" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="J713" s="0">
         <x:v>22</x:v>
       </x:c>
     </x:row>
     <x:row r="714" spans="1:10">
       <x:c r="A714" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B714" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C714" s="0" t="s">
-        <x:v>471</x:v>
+        <x:v>472</x:v>
       </x:c>
       <x:c r="D714" s="0" t="s">
-        <x:v>472</x:v>
+        <x:v>473</x:v>
       </x:c>
       <x:c r="E714" s="0" t="s">
         <x:v>221</x:v>
       </x:c>
       <x:c r="F714" s="0" t="s">
         <x:v>222</x:v>
       </x:c>
       <x:c r="G714" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H714" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="I714" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="J714" s="0">
         <x:v>22</x:v>
       </x:c>
     </x:row>
     <x:row r="715" spans="1:10">
       <x:c r="A715" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B715" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C715" s="0" t="s">
-        <x:v>471</x:v>
+        <x:v>472</x:v>
       </x:c>
       <x:c r="D715" s="0" t="s">
-        <x:v>472</x:v>
+        <x:v>473</x:v>
       </x:c>
       <x:c r="E715" s="0" t="s">
         <x:v>223</x:v>
       </x:c>
       <x:c r="F715" s="0" t="s">
         <x:v>224</x:v>
       </x:c>
       <x:c r="G715" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H715" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="I715" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="J715" s="0">
         <x:v>18</x:v>
       </x:c>
     </x:row>
     <x:row r="716" spans="1:10">
       <x:c r="A716" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B716" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C716" s="0" t="s">
-        <x:v>471</x:v>
+        <x:v>472</x:v>
       </x:c>
       <x:c r="D716" s="0" t="s">
-        <x:v>472</x:v>
+        <x:v>473</x:v>
       </x:c>
       <x:c r="E716" s="0" t="s">
         <x:v>225</x:v>
       </x:c>
       <x:c r="F716" s="0" t="s">
         <x:v>226</x:v>
       </x:c>
       <x:c r="G716" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H716" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="I716" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="J716" s="0">
         <x:v>41</x:v>
       </x:c>
     </x:row>
     <x:row r="717" spans="1:10">
       <x:c r="A717" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B717" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C717" s="0" t="s">
-        <x:v>471</x:v>
+        <x:v>472</x:v>
       </x:c>
       <x:c r="D717" s="0" t="s">
-        <x:v>472</x:v>
+        <x:v>473</x:v>
       </x:c>
       <x:c r="E717" s="0" t="s">
         <x:v>227</x:v>
       </x:c>
       <x:c r="F717" s="0" t="s">
         <x:v>228</x:v>
       </x:c>
       <x:c r="G717" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H717" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="I717" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="J717" s="0">
         <x:v>8</x:v>
       </x:c>
     </x:row>
     <x:row r="718" spans="1:10">
       <x:c r="A718" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B718" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C718" s="0" t="s">
-        <x:v>471</x:v>
+        <x:v>472</x:v>
       </x:c>
       <x:c r="D718" s="0" t="s">
-        <x:v>472</x:v>
+        <x:v>473</x:v>
       </x:c>
       <x:c r="E718" s="0" t="s">
         <x:v>229</x:v>
       </x:c>
       <x:c r="F718" s="0" t="s">
         <x:v>230</x:v>
       </x:c>
       <x:c r="G718" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H718" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="I718" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="J718" s="0">
         <x:v>574</x:v>
       </x:c>
     </x:row>
     <x:row r="719" spans="1:10">
       <x:c r="A719" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B719" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C719" s="0" t="s">
-        <x:v>471</x:v>
+        <x:v>472</x:v>
       </x:c>
       <x:c r="D719" s="0" t="s">
-        <x:v>472</x:v>
+        <x:v>473</x:v>
       </x:c>
       <x:c r="E719" s="0" t="s">
         <x:v>231</x:v>
       </x:c>
       <x:c r="F719" s="0" t="s">
         <x:v>232</x:v>
       </x:c>
       <x:c r="G719" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H719" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="I719" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="J719" s="0">
         <x:v>34</x:v>
       </x:c>
     </x:row>
     <x:row r="720" spans="1:10">
       <x:c r="A720" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B720" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C720" s="0" t="s">
-        <x:v>471</x:v>
+        <x:v>472</x:v>
       </x:c>
       <x:c r="D720" s="0" t="s">
-        <x:v>472</x:v>
+        <x:v>473</x:v>
       </x:c>
       <x:c r="E720" s="0" t="s">
         <x:v>233</x:v>
       </x:c>
       <x:c r="F720" s="0" t="s">
         <x:v>234</x:v>
       </x:c>
       <x:c r="G720" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H720" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="I720" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="J720" s="0">
         <x:v>14</x:v>
       </x:c>
     </x:row>
     <x:row r="721" spans="1:10">
       <x:c r="A721" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B721" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C721" s="0" t="s">
-        <x:v>471</x:v>
+        <x:v>472</x:v>
       </x:c>
       <x:c r="D721" s="0" t="s">
-        <x:v>472</x:v>
+        <x:v>473</x:v>
       </x:c>
       <x:c r="E721" s="0" t="s">
         <x:v>235</x:v>
       </x:c>
       <x:c r="F721" s="0" t="s">
         <x:v>236</x:v>
       </x:c>
       <x:c r="G721" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H721" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="I721" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="J721" s="0">
         <x:v>27</x:v>
       </x:c>
     </x:row>
     <x:row r="722" spans="1:10">
       <x:c r="A722" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B722" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C722" s="0" t="s">
-        <x:v>471</x:v>
+        <x:v>472</x:v>
       </x:c>
       <x:c r="D722" s="0" t="s">
-        <x:v>472</x:v>
+        <x:v>473</x:v>
       </x:c>
       <x:c r="E722" s="0" t="s">
         <x:v>237</x:v>
       </x:c>
       <x:c r="F722" s="0" t="s">
         <x:v>238</x:v>
       </x:c>
       <x:c r="G722" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H722" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="I722" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="J722" s="0">
         <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="723" spans="1:10">
       <x:c r="A723" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B723" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C723" s="0" t="s">
-        <x:v>471</x:v>
+        <x:v>472</x:v>
       </x:c>
       <x:c r="D723" s="0" t="s">
-        <x:v>472</x:v>
+        <x:v>473</x:v>
       </x:c>
       <x:c r="E723" s="0" t="s">
         <x:v>239</x:v>
       </x:c>
       <x:c r="F723" s="0" t="s">
         <x:v>240</x:v>
       </x:c>
       <x:c r="G723" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H723" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="I723" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="J723" s="0">
         <x:v>20</x:v>
       </x:c>
     </x:row>
     <x:row r="724" spans="1:10">
       <x:c r="A724" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B724" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C724" s="0" t="s">
-        <x:v>471</x:v>
+        <x:v>472</x:v>
       </x:c>
       <x:c r="D724" s="0" t="s">
-        <x:v>472</x:v>
+        <x:v>473</x:v>
       </x:c>
       <x:c r="E724" s="0" t="s">
         <x:v>241</x:v>
       </x:c>
       <x:c r="F724" s="0" t="s">
         <x:v>242</x:v>
       </x:c>
       <x:c r="G724" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H724" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="I724" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="J724" s="0">
         <x:v>16</x:v>
       </x:c>
     </x:row>
     <x:row r="725" spans="1:10">
       <x:c r="A725" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B725" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C725" s="0" t="s">
-        <x:v>471</x:v>
+        <x:v>472</x:v>
       </x:c>
       <x:c r="D725" s="0" t="s">
-        <x:v>472</x:v>
+        <x:v>473</x:v>
       </x:c>
       <x:c r="E725" s="0" t="s">
         <x:v>243</x:v>
       </x:c>
       <x:c r="F725" s="0" t="s">
         <x:v>244</x:v>
       </x:c>
       <x:c r="G725" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H725" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="I725" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="J725" s="0">
         <x:v>21</x:v>
       </x:c>
     </x:row>
     <x:row r="726" spans="1:10">
       <x:c r="A726" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B726" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C726" s="0" t="s">
-        <x:v>471</x:v>
+        <x:v>472</x:v>
       </x:c>
       <x:c r="D726" s="0" t="s">
-        <x:v>472</x:v>
+        <x:v>473</x:v>
       </x:c>
       <x:c r="E726" s="0" t="s">
         <x:v>245</x:v>
       </x:c>
       <x:c r="F726" s="0" t="s">
         <x:v>246</x:v>
       </x:c>
       <x:c r="G726" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H726" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="I726" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="J726" s="0">
         <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="727" spans="1:10">
       <x:c r="A727" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B727" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C727" s="0" t="s">
-        <x:v>471</x:v>
+        <x:v>472</x:v>
       </x:c>
       <x:c r="D727" s="0" t="s">
-        <x:v>472</x:v>
+        <x:v>473</x:v>
       </x:c>
       <x:c r="E727" s="0" t="s">
         <x:v>247</x:v>
       </x:c>
       <x:c r="F727" s="0" t="s">
         <x:v>248</x:v>
       </x:c>
       <x:c r="G727" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H727" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="I727" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="J727" s="0">
         <x:v>27</x:v>
       </x:c>
     </x:row>
     <x:row r="728" spans="1:10">
       <x:c r="A728" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B728" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C728" s="0" t="s">
-        <x:v>471</x:v>
+        <x:v>472</x:v>
       </x:c>
       <x:c r="D728" s="0" t="s">
-        <x:v>472</x:v>
+        <x:v>473</x:v>
       </x:c>
       <x:c r="E728" s="0" t="s">
         <x:v>249</x:v>
       </x:c>
       <x:c r="F728" s="0" t="s">
         <x:v>250</x:v>
       </x:c>
       <x:c r="G728" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H728" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="I728" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="J728" s="0">
         <x:v>28</x:v>
       </x:c>
     </x:row>
     <x:row r="729" spans="1:10">
       <x:c r="A729" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B729" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C729" s="0" t="s">
-        <x:v>471</x:v>
+        <x:v>472</x:v>
       </x:c>
       <x:c r="D729" s="0" t="s">
-        <x:v>472</x:v>
+        <x:v>473</x:v>
       </x:c>
       <x:c r="E729" s="0" t="s">
         <x:v>251</x:v>
       </x:c>
       <x:c r="F729" s="0" t="s">
         <x:v>252</x:v>
       </x:c>
       <x:c r="G729" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H729" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="I729" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="J729" s="0">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="730" spans="1:10">
       <x:c r="A730" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B730" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C730" s="0" t="s">
-        <x:v>471</x:v>
+        <x:v>472</x:v>
       </x:c>
       <x:c r="D730" s="0" t="s">
-        <x:v>472</x:v>
+        <x:v>473</x:v>
       </x:c>
       <x:c r="E730" s="0" t="s">
         <x:v>253</x:v>
       </x:c>
       <x:c r="F730" s="0" t="s">
         <x:v>254</x:v>
       </x:c>
       <x:c r="G730" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H730" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="I730" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="J730" s="0">
         <x:v>15</x:v>
       </x:c>
     </x:row>
     <x:row r="731" spans="1:10">
       <x:c r="A731" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B731" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C731" s="0" t="s">
-        <x:v>471</x:v>
+        <x:v>472</x:v>
       </x:c>
       <x:c r="D731" s="0" t="s">
-        <x:v>472</x:v>
+        <x:v>473</x:v>
       </x:c>
       <x:c r="E731" s="0" t="s">
         <x:v>255</x:v>
       </x:c>
       <x:c r="F731" s="0" t="s">
         <x:v>256</x:v>
       </x:c>
       <x:c r="G731" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H731" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="I731" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="J731" s="0">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="732" spans="1:10">
       <x:c r="A732" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B732" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C732" s="0" t="s">
-        <x:v>471</x:v>
+        <x:v>472</x:v>
       </x:c>
       <x:c r="D732" s="0" t="s">
-        <x:v>472</x:v>
+        <x:v>473</x:v>
       </x:c>
       <x:c r="E732" s="0" t="s">
         <x:v>257</x:v>
       </x:c>
       <x:c r="F732" s="0" t="s">
         <x:v>258</x:v>
       </x:c>
       <x:c r="G732" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H732" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="I732" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="J732" s="0">
         <x:v>21</x:v>
       </x:c>
     </x:row>
     <x:row r="733" spans="1:10">
       <x:c r="A733" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B733" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C733" s="0" t="s">
-        <x:v>471</x:v>
+        <x:v>472</x:v>
       </x:c>
       <x:c r="D733" s="0" t="s">
-        <x:v>472</x:v>
+        <x:v>473</x:v>
       </x:c>
       <x:c r="E733" s="0" t="s">
         <x:v>259</x:v>
       </x:c>
       <x:c r="F733" s="0" t="s">
         <x:v>260</x:v>
       </x:c>
       <x:c r="G733" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H733" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="I733" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="J733" s="0">
         <x:v>17</x:v>
       </x:c>
     </x:row>
     <x:row r="734" spans="1:10">
       <x:c r="A734" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B734" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C734" s="0" t="s">
-        <x:v>471</x:v>
+        <x:v>472</x:v>
       </x:c>
       <x:c r="D734" s="0" t="s">
-        <x:v>472</x:v>
+        <x:v>473</x:v>
       </x:c>
       <x:c r="E734" s="0" t="s">
         <x:v>261</x:v>
       </x:c>
       <x:c r="F734" s="0" t="s">
         <x:v>262</x:v>
       </x:c>
       <x:c r="G734" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H734" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="I734" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="J734" s="0">
         <x:v>7</x:v>
       </x:c>
     </x:row>
     <x:row r="735" spans="1:10">
       <x:c r="A735" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B735" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C735" s="0" t="s">
-        <x:v>471</x:v>
+        <x:v>472</x:v>
       </x:c>
       <x:c r="D735" s="0" t="s">
-        <x:v>472</x:v>
+        <x:v>473</x:v>
       </x:c>
       <x:c r="E735" s="0" t="s">
         <x:v>263</x:v>
       </x:c>
       <x:c r="F735" s="0" t="s">
         <x:v>264</x:v>
       </x:c>
       <x:c r="G735" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H735" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="I735" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="J735" s="0">
         <x:v>28</x:v>
       </x:c>
     </x:row>
     <x:row r="736" spans="1:10">
       <x:c r="A736" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B736" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C736" s="0" t="s">
-        <x:v>471</x:v>
+        <x:v>472</x:v>
       </x:c>
       <x:c r="D736" s="0" t="s">
-        <x:v>472</x:v>
+        <x:v>473</x:v>
       </x:c>
       <x:c r="E736" s="0" t="s">
         <x:v>265</x:v>
       </x:c>
       <x:c r="F736" s="0" t="s">
         <x:v>266</x:v>
       </x:c>
       <x:c r="G736" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H736" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="I736" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="J736" s="0">
         <x:v>27</x:v>
       </x:c>
     </x:row>
     <x:row r="737" spans="1:10">
       <x:c r="A737" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B737" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C737" s="0" t="s">
-        <x:v>471</x:v>
+        <x:v>472</x:v>
       </x:c>
       <x:c r="D737" s="0" t="s">
-        <x:v>472</x:v>
+        <x:v>473</x:v>
       </x:c>
       <x:c r="E737" s="0" t="s">
         <x:v>267</x:v>
       </x:c>
       <x:c r="F737" s="0" t="s">
         <x:v>268</x:v>
       </x:c>
       <x:c r="G737" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H737" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="I737" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="J737" s="0">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="738" spans="1:10">
       <x:c r="A738" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B738" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C738" s="0" t="s">
-        <x:v>471</x:v>
+        <x:v>472</x:v>
       </x:c>
       <x:c r="D738" s="0" t="s">
-        <x:v>472</x:v>
+        <x:v>473</x:v>
       </x:c>
       <x:c r="E738" s="0" t="s">
         <x:v>269</x:v>
       </x:c>
       <x:c r="F738" s="0" t="s">
         <x:v>270</x:v>
       </x:c>
       <x:c r="G738" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H738" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="I738" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="J738" s="0">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="739" spans="1:10">
       <x:c r="A739" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B739" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C739" s="0" t="s">
-        <x:v>471</x:v>
+        <x:v>472</x:v>
       </x:c>
       <x:c r="D739" s="0" t="s">
-        <x:v>472</x:v>
+        <x:v>473</x:v>
       </x:c>
       <x:c r="E739" s="0" t="s">
         <x:v>271</x:v>
       </x:c>
       <x:c r="F739" s="0" t="s">
         <x:v>272</x:v>
       </x:c>
       <x:c r="G739" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H739" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="I739" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="J739" s="0">
         <x:v>11</x:v>
       </x:c>
     </x:row>
     <x:row r="740" spans="1:10">
       <x:c r="A740" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B740" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C740" s="0" t="s">
-        <x:v>471</x:v>
+        <x:v>472</x:v>
       </x:c>
       <x:c r="D740" s="0" t="s">
-        <x:v>472</x:v>
+        <x:v>473</x:v>
       </x:c>
       <x:c r="E740" s="0" t="s">
         <x:v>273</x:v>
       </x:c>
       <x:c r="F740" s="0" t="s">
         <x:v>274</x:v>
       </x:c>
       <x:c r="G740" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H740" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="I740" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="J740" s="0">
         <x:v>20</x:v>
       </x:c>
     </x:row>
     <x:row r="741" spans="1:10">
       <x:c r="A741" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B741" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C741" s="0" t="s">
-        <x:v>471</x:v>
+        <x:v>472</x:v>
       </x:c>
       <x:c r="D741" s="0" t="s">
-        <x:v>472</x:v>
+        <x:v>473</x:v>
       </x:c>
       <x:c r="E741" s="0" t="s">
         <x:v>275</x:v>
       </x:c>
       <x:c r="F741" s="0" t="s">
         <x:v>276</x:v>
       </x:c>
       <x:c r="G741" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H741" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="I741" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="J741" s="0">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="742" spans="1:10">
       <x:c r="A742" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B742" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C742" s="0" t="s">
-        <x:v>471</x:v>
+        <x:v>472</x:v>
       </x:c>
       <x:c r="D742" s="0" t="s">
-        <x:v>472</x:v>
+        <x:v>473</x:v>
       </x:c>
       <x:c r="E742" s="0" t="s">
         <x:v>277</x:v>
       </x:c>
       <x:c r="F742" s="0" t="s">
         <x:v>278</x:v>
       </x:c>
       <x:c r="G742" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H742" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="I742" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="J742" s="0">
         <x:v>22</x:v>
       </x:c>
     </x:row>
     <x:row r="743" spans="1:10">
       <x:c r="A743" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B743" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C743" s="0" t="s">
-        <x:v>471</x:v>
+        <x:v>472</x:v>
       </x:c>
       <x:c r="D743" s="0" t="s">
-        <x:v>472</x:v>
+        <x:v>473</x:v>
       </x:c>
       <x:c r="E743" s="0" t="s">
         <x:v>279</x:v>
       </x:c>
       <x:c r="F743" s="0" t="s">
         <x:v>280</x:v>
       </x:c>
       <x:c r="G743" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H743" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="I743" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="J743" s="0">
         <x:v>29</x:v>
       </x:c>
     </x:row>
     <x:row r="744" spans="1:10">
       <x:c r="A744" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B744" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C744" s="0" t="s">
-        <x:v>471</x:v>
+        <x:v>472</x:v>
       </x:c>
       <x:c r="D744" s="0" t="s">
-        <x:v>472</x:v>
+        <x:v>473</x:v>
       </x:c>
       <x:c r="E744" s="0" t="s">
         <x:v>281</x:v>
       </x:c>
       <x:c r="F744" s="0" t="s">
         <x:v>282</x:v>
       </x:c>
       <x:c r="G744" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H744" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="I744" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="J744" s="0">
         <x:v>22</x:v>
       </x:c>
     </x:row>
     <x:row r="745" spans="1:10">
       <x:c r="A745" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B745" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C745" s="0" t="s">
-        <x:v>471</x:v>
+        <x:v>472</x:v>
       </x:c>
       <x:c r="D745" s="0" t="s">
-        <x:v>472</x:v>
+        <x:v>473</x:v>
       </x:c>
       <x:c r="E745" s="0" t="s">
         <x:v>283</x:v>
       </x:c>
       <x:c r="F745" s="0" t="s">
         <x:v>284</x:v>
       </x:c>
       <x:c r="G745" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H745" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="I745" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="J745" s="0">
         <x:v>26</x:v>
       </x:c>
     </x:row>
     <x:row r="746" spans="1:10">
       <x:c r="A746" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B746" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C746" s="0" t="s">
-        <x:v>471</x:v>
+        <x:v>472</x:v>
       </x:c>
       <x:c r="D746" s="0" t="s">
-        <x:v>472</x:v>
+        <x:v>473</x:v>
       </x:c>
       <x:c r="E746" s="0" t="s">
         <x:v>285</x:v>
       </x:c>
       <x:c r="F746" s="0" t="s">
         <x:v>286</x:v>
       </x:c>
       <x:c r="G746" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H746" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="I746" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="J746" s="0">
         <x:v>7</x:v>
       </x:c>
     </x:row>
     <x:row r="747" spans="1:10">
       <x:c r="A747" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B747" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C747" s="0" t="s">
-        <x:v>471</x:v>
+        <x:v>472</x:v>
       </x:c>
       <x:c r="D747" s="0" t="s">
-        <x:v>472</x:v>
+        <x:v>473</x:v>
       </x:c>
       <x:c r="E747" s="0" t="s">
         <x:v>287</x:v>
       </x:c>
       <x:c r="F747" s="0" t="s">
         <x:v>288</x:v>
       </x:c>
       <x:c r="G747" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H747" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="I747" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="J747" s="0">
         <x:v>8</x:v>
       </x:c>
     </x:row>
     <x:row r="748" spans="1:10">
       <x:c r="A748" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B748" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C748" s="0" t="s">
-        <x:v>471</x:v>
+        <x:v>472</x:v>
       </x:c>
       <x:c r="D748" s="0" t="s">
-        <x:v>472</x:v>
+        <x:v>473</x:v>
       </x:c>
       <x:c r="E748" s="0" t="s">
         <x:v>289</x:v>
       </x:c>
       <x:c r="F748" s="0" t="s">
         <x:v>290</x:v>
       </x:c>
       <x:c r="G748" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H748" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="I748" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="J748" s="0">
         <x:v>7</x:v>
       </x:c>
     </x:row>
     <x:row r="749" spans="1:10">
       <x:c r="A749" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B749" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C749" s="0" t="s">
-        <x:v>471</x:v>
+        <x:v>472</x:v>
       </x:c>
       <x:c r="D749" s="0" t="s">
-        <x:v>472</x:v>
+        <x:v>473</x:v>
       </x:c>
       <x:c r="E749" s="0" t="s">
         <x:v>291</x:v>
       </x:c>
       <x:c r="F749" s="0" t="s">
         <x:v>292</x:v>
       </x:c>
       <x:c r="G749" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H749" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="I749" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="J749" s="0">
         <x:v>701</x:v>
       </x:c>
     </x:row>
     <x:row r="750" spans="1:10">
       <x:c r="A750" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B750" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C750" s="0" t="s">
-        <x:v>471</x:v>
+        <x:v>472</x:v>
       </x:c>
       <x:c r="D750" s="0" t="s">
-        <x:v>472</x:v>
+        <x:v>473</x:v>
       </x:c>
       <x:c r="E750" s="0" t="s">
         <x:v>293</x:v>
       </x:c>
       <x:c r="F750" s="0" t="s">
         <x:v>294</x:v>
       </x:c>
       <x:c r="G750" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H750" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="I750" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="J750" s="0">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="751" spans="1:10">
       <x:c r="A751" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B751" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C751" s="0" t="s">
-        <x:v>471</x:v>
+        <x:v>472</x:v>
       </x:c>
       <x:c r="D751" s="0" t="s">
-        <x:v>472</x:v>
+        <x:v>473</x:v>
       </x:c>
       <x:c r="E751" s="0" t="s">
         <x:v>295</x:v>
       </x:c>
       <x:c r="F751" s="0" t="s">
         <x:v>296</x:v>
       </x:c>
       <x:c r="G751" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H751" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="I751" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="J751" s="0">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="752" spans="1:10">
       <x:c r="A752" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B752" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C752" s="0" t="s">
-        <x:v>471</x:v>
+        <x:v>472</x:v>
       </x:c>
       <x:c r="D752" s="0" t="s">
-        <x:v>472</x:v>
+        <x:v>473</x:v>
       </x:c>
       <x:c r="E752" s="0" t="s">
         <x:v>297</x:v>
       </x:c>
       <x:c r="F752" s="0" t="s">
         <x:v>298</x:v>
       </x:c>
       <x:c r="G752" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H752" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="I752" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="J752" s="0">
         <x:v>7</x:v>
       </x:c>
     </x:row>
     <x:row r="753" spans="1:10">
       <x:c r="A753" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B753" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C753" s="0" t="s">
-        <x:v>471</x:v>
+        <x:v>472</x:v>
       </x:c>
       <x:c r="D753" s="0" t="s">
-        <x:v>472</x:v>
+        <x:v>473</x:v>
       </x:c>
       <x:c r="E753" s="0" t="s">
         <x:v>299</x:v>
       </x:c>
       <x:c r="F753" s="0" t="s">
         <x:v>300</x:v>
       </x:c>
       <x:c r="G753" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H753" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="I753" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="J753" s="0">
         <x:v>7</x:v>
       </x:c>
     </x:row>
     <x:row r="754" spans="1:10">
       <x:c r="A754" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B754" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C754" s="0" t="s">
-        <x:v>471</x:v>
+        <x:v>472</x:v>
       </x:c>
       <x:c r="D754" s="0" t="s">
-        <x:v>472</x:v>
+        <x:v>473</x:v>
       </x:c>
       <x:c r="E754" s="0" t="s">
         <x:v>301</x:v>
       </x:c>
       <x:c r="F754" s="0" t="s">
         <x:v>302</x:v>
       </x:c>
       <x:c r="G754" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H754" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="I754" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="J754" s="0">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="755" spans="1:10">
       <x:c r="A755" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B755" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C755" s="0" t="s">
-        <x:v>471</x:v>
+        <x:v>472</x:v>
       </x:c>
       <x:c r="D755" s="0" t="s">
-        <x:v>472</x:v>
+        <x:v>473</x:v>
       </x:c>
       <x:c r="E755" s="0" t="s">
         <x:v>303</x:v>
       </x:c>
       <x:c r="F755" s="0" t="s">
         <x:v>304</x:v>
       </x:c>
       <x:c r="G755" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H755" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="I755" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="J755" s="0">
         <x:v>15</x:v>
       </x:c>
     </x:row>
     <x:row r="756" spans="1:10">
       <x:c r="A756" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B756" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C756" s="0" t="s">
-        <x:v>471</x:v>
+        <x:v>472</x:v>
       </x:c>
       <x:c r="D756" s="0" t="s">
-        <x:v>472</x:v>
+        <x:v>473</x:v>
       </x:c>
       <x:c r="E756" s="0" t="s">
         <x:v>305</x:v>
       </x:c>
       <x:c r="F756" s="0" t="s">
         <x:v>306</x:v>
       </x:c>
       <x:c r="G756" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H756" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="I756" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="J756" s="0">
         <x:v>11</x:v>
       </x:c>
     </x:row>
     <x:row r="757" spans="1:10">
       <x:c r="A757" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B757" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C757" s="0" t="s">
-        <x:v>471</x:v>
+        <x:v>472</x:v>
       </x:c>
       <x:c r="D757" s="0" t="s">
-        <x:v>472</x:v>
+        <x:v>473</x:v>
       </x:c>
       <x:c r="E757" s="0" t="s">
         <x:v>307</x:v>
       </x:c>
       <x:c r="F757" s="0" t="s">
         <x:v>308</x:v>
       </x:c>
       <x:c r="G757" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H757" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="I757" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="J757" s="0">
         <x:v>19</x:v>
       </x:c>
     </x:row>
     <x:row r="758" spans="1:10">
       <x:c r="A758" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B758" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C758" s="0" t="s">
-        <x:v>471</x:v>
+        <x:v>472</x:v>
       </x:c>
       <x:c r="D758" s="0" t="s">
-        <x:v>472</x:v>
+        <x:v>473</x:v>
       </x:c>
       <x:c r="E758" s="0" t="s">
         <x:v>309</x:v>
       </x:c>
       <x:c r="F758" s="0" t="s">
         <x:v>310</x:v>
       </x:c>
       <x:c r="G758" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H758" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="I758" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="J758" s="0">
         <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="759" spans="1:10">
       <x:c r="A759" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B759" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C759" s="0" t="s">
-        <x:v>471</x:v>
+        <x:v>472</x:v>
       </x:c>
       <x:c r="D759" s="0" t="s">
-        <x:v>472</x:v>
+        <x:v>473</x:v>
       </x:c>
       <x:c r="E759" s="0" t="s">
         <x:v>311</x:v>
       </x:c>
       <x:c r="F759" s="0" t="s">
         <x:v>312</x:v>
       </x:c>
       <x:c r="G759" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H759" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="I759" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="J759" s="0">
         <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="760" spans="1:10">
       <x:c r="A760" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B760" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C760" s="0" t="s">
-        <x:v>471</x:v>
+        <x:v>472</x:v>
       </x:c>
       <x:c r="D760" s="0" t="s">
-        <x:v>472</x:v>
+        <x:v>473</x:v>
       </x:c>
       <x:c r="E760" s="0" t="s">
         <x:v>313</x:v>
       </x:c>
       <x:c r="F760" s="0" t="s">
         <x:v>314</x:v>
       </x:c>
       <x:c r="G760" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H760" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="I760" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="J760" s="0">
         <x:v>15</x:v>
       </x:c>
     </x:row>
     <x:row r="761" spans="1:10">
       <x:c r="A761" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B761" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C761" s="0" t="s">
-        <x:v>471</x:v>
+        <x:v>472</x:v>
       </x:c>
       <x:c r="D761" s="0" t="s">
-        <x:v>472</x:v>
+        <x:v>473</x:v>
       </x:c>
       <x:c r="E761" s="0" t="s">
         <x:v>315</x:v>
       </x:c>
       <x:c r="F761" s="0" t="s">
         <x:v>316</x:v>
       </x:c>
       <x:c r="G761" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H761" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="I761" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="J761" s="0">
         <x:v>15</x:v>
       </x:c>
     </x:row>
     <x:row r="762" spans="1:10">
       <x:c r="A762" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B762" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C762" s="0" t="s">
-        <x:v>471</x:v>
+        <x:v>472</x:v>
       </x:c>
       <x:c r="D762" s="0" t="s">
-        <x:v>472</x:v>
+        <x:v>473</x:v>
       </x:c>
       <x:c r="E762" s="0" t="s">
         <x:v>317</x:v>
       </x:c>
       <x:c r="F762" s="0" t="s">
         <x:v>318</x:v>
       </x:c>
       <x:c r="G762" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H762" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="I762" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="J762" s="0">
         <x:v>6</x:v>
       </x:c>
     </x:row>
     <x:row r="763" spans="1:10">
       <x:c r="A763" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B763" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C763" s="0" t="s">
-        <x:v>471</x:v>
+        <x:v>472</x:v>
       </x:c>
       <x:c r="D763" s="0" t="s">
-        <x:v>472</x:v>
+        <x:v>473</x:v>
       </x:c>
       <x:c r="E763" s="0" t="s">
         <x:v>319</x:v>
       </x:c>
       <x:c r="F763" s="0" t="s">
         <x:v>320</x:v>
       </x:c>
       <x:c r="G763" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H763" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="I763" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="J763" s="0">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="764" spans="1:10">
       <x:c r="A764" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B764" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C764" s="0" t="s">
-        <x:v>471</x:v>
+        <x:v>472</x:v>
       </x:c>
       <x:c r="D764" s="0" t="s">
-        <x:v>472</x:v>
+        <x:v>473</x:v>
       </x:c>
       <x:c r="E764" s="0" t="s">
         <x:v>321</x:v>
       </x:c>
       <x:c r="F764" s="0" t="s">
         <x:v>322</x:v>
       </x:c>
       <x:c r="G764" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H764" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="I764" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="J764" s="0">
         <x:v>17</x:v>
       </x:c>
     </x:row>
     <x:row r="765" spans="1:10">
       <x:c r="A765" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B765" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C765" s="0" t="s">
-        <x:v>471</x:v>
+        <x:v>472</x:v>
       </x:c>
       <x:c r="D765" s="0" t="s">
-        <x:v>472</x:v>
+        <x:v>473</x:v>
       </x:c>
       <x:c r="E765" s="0" t="s">
         <x:v>323</x:v>
       </x:c>
       <x:c r="F765" s="0" t="s">
         <x:v>324</x:v>
       </x:c>
       <x:c r="G765" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H765" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="I765" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="J765" s="0">
         <x:v>1</x:v>
       </x:c>
     </x:row>
     <x:row r="766" spans="1:10">
       <x:c r="A766" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B766" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C766" s="0" t="s">
-        <x:v>471</x:v>
+        <x:v>472</x:v>
       </x:c>
       <x:c r="D766" s="0" t="s">
-        <x:v>472</x:v>
+        <x:v>473</x:v>
       </x:c>
       <x:c r="E766" s="0" t="s">
         <x:v>325</x:v>
       </x:c>
       <x:c r="F766" s="0" t="s">
         <x:v>326</x:v>
       </x:c>
       <x:c r="G766" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H766" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="I766" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="J766" s="0">
         <x:v>8</x:v>
       </x:c>
     </x:row>
     <x:row r="767" spans="1:10">
       <x:c r="A767" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B767" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C767" s="0" t="s">
-        <x:v>471</x:v>
+        <x:v>472</x:v>
       </x:c>
       <x:c r="D767" s="0" t="s">
-        <x:v>472</x:v>
+        <x:v>473</x:v>
       </x:c>
       <x:c r="E767" s="0" t="s">
         <x:v>327</x:v>
       </x:c>
       <x:c r="F767" s="0" t="s">
         <x:v>328</x:v>
       </x:c>
       <x:c r="G767" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H767" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="I767" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="J767" s="0">
         <x:v>7</x:v>
       </x:c>
     </x:row>
     <x:row r="768" spans="1:10">
       <x:c r="A768" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B768" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C768" s="0" t="s">
-        <x:v>471</x:v>
+        <x:v>472</x:v>
       </x:c>
       <x:c r="D768" s="0" t="s">
-        <x:v>472</x:v>
+        <x:v>473</x:v>
       </x:c>
       <x:c r="E768" s="0" t="s">
         <x:v>329</x:v>
       </x:c>
       <x:c r="F768" s="0" t="s">
         <x:v>330</x:v>
       </x:c>
       <x:c r="G768" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H768" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="I768" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="J768" s="0">
         <x:v>4</x:v>
       </x:c>
     </x:row>
     <x:row r="769" spans="1:10">
       <x:c r="A769" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B769" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C769" s="0" t="s">
-        <x:v>471</x:v>
+        <x:v>472</x:v>
       </x:c>
       <x:c r="D769" s="0" t="s">
-        <x:v>472</x:v>
+        <x:v>473</x:v>
       </x:c>
       <x:c r="E769" s="0" t="s">
         <x:v>331</x:v>
       </x:c>
       <x:c r="F769" s="0" t="s">
         <x:v>332</x:v>
       </x:c>
       <x:c r="G769" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H769" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="I769" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="J769" s="0">
         <x:v>8</x:v>
       </x:c>
     </x:row>
     <x:row r="770" spans="1:10">
       <x:c r="A770" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B770" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C770" s="0" t="s">
-        <x:v>471</x:v>
+        <x:v>472</x:v>
       </x:c>
       <x:c r="D770" s="0" t="s">
-        <x:v>472</x:v>
+        <x:v>473</x:v>
       </x:c>
       <x:c r="E770" s="0" t="s">
         <x:v>333</x:v>
       </x:c>
       <x:c r="F770" s="0" t="s">
         <x:v>334</x:v>
       </x:c>
       <x:c r="G770" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H770" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="I770" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="J770" s="0">
         <x:v>9</x:v>
       </x:c>
     </x:row>
     <x:row r="771" spans="1:10">
       <x:c r="A771" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B771" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C771" s="0" t="s">
-        <x:v>471</x:v>
+        <x:v>472</x:v>
       </x:c>
       <x:c r="D771" s="0" t="s">
-        <x:v>472</x:v>
+        <x:v>473</x:v>
       </x:c>
       <x:c r="E771" s="0" t="s">
         <x:v>335</x:v>
       </x:c>
       <x:c r="F771" s="0" t="s">
         <x:v>336</x:v>
       </x:c>
       <x:c r="G771" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H771" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="I771" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="J771" s="0">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="772" spans="1:10">
       <x:c r="A772" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B772" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C772" s="0" t="s">
-        <x:v>471</x:v>
+        <x:v>472</x:v>
       </x:c>
       <x:c r="D772" s="0" t="s">
-        <x:v>472</x:v>
+        <x:v>473</x:v>
       </x:c>
       <x:c r="E772" s="0" t="s">
         <x:v>337</x:v>
       </x:c>
       <x:c r="F772" s="0" t="s">
         <x:v>338</x:v>
       </x:c>
       <x:c r="G772" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H772" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="I772" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="J772" s="0">
         <x:v>1</x:v>
       </x:c>
     </x:row>
     <x:row r="773" spans="1:10">
       <x:c r="A773" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B773" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C773" s="0" t="s">
-        <x:v>471</x:v>
+        <x:v>472</x:v>
       </x:c>
       <x:c r="D773" s="0" t="s">
-        <x:v>472</x:v>
+        <x:v>473</x:v>
       </x:c>
       <x:c r="E773" s="0" t="s">
         <x:v>339</x:v>
       </x:c>
       <x:c r="F773" s="0" t="s">
         <x:v>340</x:v>
       </x:c>
       <x:c r="G773" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H773" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="I773" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="J773" s="0">
         <x:v>6</x:v>
       </x:c>
     </x:row>
     <x:row r="774" spans="1:10">
       <x:c r="A774" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B774" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C774" s="0" t="s">
-        <x:v>471</x:v>
+        <x:v>472</x:v>
       </x:c>
       <x:c r="D774" s="0" t="s">
-        <x:v>472</x:v>
+        <x:v>473</x:v>
       </x:c>
       <x:c r="E774" s="0" t="s">
         <x:v>341</x:v>
       </x:c>
       <x:c r="F774" s="0" t="s">
         <x:v>342</x:v>
       </x:c>
       <x:c r="G774" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H774" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="I774" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="J774" s="0">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="775" spans="1:10">
       <x:c r="A775" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B775" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C775" s="0" t="s">
-        <x:v>471</x:v>
+        <x:v>472</x:v>
       </x:c>
       <x:c r="D775" s="0" t="s">
-        <x:v>472</x:v>
+        <x:v>473</x:v>
       </x:c>
       <x:c r="E775" s="0" t="s">
         <x:v>343</x:v>
       </x:c>
       <x:c r="F775" s="0" t="s">
         <x:v>344</x:v>
       </x:c>
       <x:c r="G775" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H775" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="I775" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="J775" s="0">
         <x:v>2</x:v>
       </x:c>
     </x:row>
     <x:row r="776" spans="1:10">
       <x:c r="A776" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B776" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C776" s="0" t="s">
-        <x:v>471</x:v>
+        <x:v>472</x:v>
       </x:c>
       <x:c r="D776" s="0" t="s">
-        <x:v>472</x:v>
+        <x:v>473</x:v>
       </x:c>
       <x:c r="E776" s="0" t="s">
         <x:v>345</x:v>
       </x:c>
       <x:c r="F776" s="0" t="s">
         <x:v>346</x:v>
       </x:c>
       <x:c r="G776" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H776" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="I776" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="J776" s="0">
         <x:v>7</x:v>
       </x:c>
     </x:row>
     <x:row r="777" spans="1:10">
       <x:c r="A777" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B777" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C777" s="0" t="s">
-        <x:v>471</x:v>
+        <x:v>472</x:v>
       </x:c>
       <x:c r="D777" s="0" t="s">
-        <x:v>472</x:v>
+        <x:v>473</x:v>
       </x:c>
       <x:c r="E777" s="0" t="s">
         <x:v>347</x:v>
       </x:c>
       <x:c r="F777" s="0" t="s">
         <x:v>348</x:v>
       </x:c>
       <x:c r="G777" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H777" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="I777" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="J777" s="0">
         <x:v>19</x:v>
       </x:c>
     </x:row>
     <x:row r="778" spans="1:10">
       <x:c r="A778" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B778" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C778" s="0" t="s">
-        <x:v>471</x:v>
+        <x:v>472</x:v>
       </x:c>
       <x:c r="D778" s="0" t="s">
-        <x:v>472</x:v>
+        <x:v>473</x:v>
       </x:c>
       <x:c r="E778" s="0" t="s">
         <x:v>349</x:v>
       </x:c>
       <x:c r="F778" s="0" t="s">
         <x:v>350</x:v>
       </x:c>
       <x:c r="G778" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H778" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="I778" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="J778" s="0">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="779" spans="1:10">
       <x:c r="A779" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B779" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C779" s="0" t="s">
-        <x:v>471</x:v>
+        <x:v>472</x:v>
       </x:c>
       <x:c r="D779" s="0" t="s">
-        <x:v>472</x:v>
+        <x:v>473</x:v>
       </x:c>
       <x:c r="E779" s="0" t="s">
         <x:v>351</x:v>
       </x:c>
       <x:c r="F779" s="0" t="s">
         <x:v>352</x:v>
       </x:c>
       <x:c r="G779" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H779" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="I779" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="J779" s="0">
         <x:v>6</x:v>
       </x:c>
     </x:row>
     <x:row r="780" spans="1:10">
       <x:c r="A780" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B780" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C780" s="0" t="s">
-        <x:v>471</x:v>
+        <x:v>472</x:v>
       </x:c>
       <x:c r="D780" s="0" t="s">
-        <x:v>472</x:v>
+        <x:v>473</x:v>
       </x:c>
       <x:c r="E780" s="0" t="s">
         <x:v>353</x:v>
       </x:c>
       <x:c r="F780" s="0" t="s">
         <x:v>354</x:v>
       </x:c>
       <x:c r="G780" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H780" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="I780" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="J780" s="0">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="781" spans="1:10">
       <x:c r="A781" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B781" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C781" s="0" t="s">
-        <x:v>471</x:v>
+        <x:v>472</x:v>
       </x:c>
       <x:c r="D781" s="0" t="s">
-        <x:v>472</x:v>
+        <x:v>473</x:v>
       </x:c>
       <x:c r="E781" s="0" t="s">
         <x:v>355</x:v>
       </x:c>
       <x:c r="F781" s="0" t="s">
         <x:v>356</x:v>
       </x:c>
       <x:c r="G781" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H781" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="I781" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="J781" s="0">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="782" spans="1:10">
       <x:c r="A782" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B782" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C782" s="0" t="s">
-        <x:v>471</x:v>
+        <x:v>472</x:v>
       </x:c>
       <x:c r="D782" s="0" t="s">
-        <x:v>472</x:v>
+        <x:v>473</x:v>
       </x:c>
       <x:c r="E782" s="0" t="s">
         <x:v>357</x:v>
       </x:c>
       <x:c r="F782" s="0" t="s">
         <x:v>358</x:v>
       </x:c>
       <x:c r="G782" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H782" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="I782" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="J782" s="0">
         <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="783" spans="1:10">
       <x:c r="A783" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B783" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C783" s="0" t="s">
-        <x:v>471</x:v>
+        <x:v>472</x:v>
       </x:c>
       <x:c r="D783" s="0" t="s">
-        <x:v>472</x:v>
+        <x:v>473</x:v>
       </x:c>
       <x:c r="E783" s="0" t="s">
         <x:v>359</x:v>
       </x:c>
       <x:c r="F783" s="0" t="s">
         <x:v>360</x:v>
       </x:c>
       <x:c r="G783" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H783" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="I783" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="J783" s="0">
         <x:v>30</x:v>
       </x:c>
     </x:row>
     <x:row r="784" spans="1:10">
       <x:c r="A784" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B784" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C784" s="0" t="s">
-        <x:v>471</x:v>
+        <x:v>472</x:v>
       </x:c>
       <x:c r="D784" s="0" t="s">
-        <x:v>472</x:v>
+        <x:v>473</x:v>
       </x:c>
       <x:c r="E784" s="0" t="s">
         <x:v>361</x:v>
       </x:c>
       <x:c r="F784" s="0" t="s">
         <x:v>362</x:v>
       </x:c>
       <x:c r="G784" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H784" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="I784" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="J784" s="0">
         <x:v>15</x:v>
       </x:c>
     </x:row>
     <x:row r="785" spans="1:10">
       <x:c r="A785" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B785" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C785" s="0" t="s">
-        <x:v>471</x:v>
+        <x:v>472</x:v>
       </x:c>
       <x:c r="D785" s="0" t="s">
-        <x:v>472</x:v>
+        <x:v>473</x:v>
       </x:c>
       <x:c r="E785" s="0" t="s">
         <x:v>363</x:v>
       </x:c>
       <x:c r="F785" s="0" t="s">
         <x:v>364</x:v>
       </x:c>
       <x:c r="G785" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H785" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="I785" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="J785" s="0">
         <x:v>6</x:v>
       </x:c>
     </x:row>
     <x:row r="786" spans="1:10">
       <x:c r="A786" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B786" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C786" s="0" t="s">
-        <x:v>471</x:v>
+        <x:v>472</x:v>
       </x:c>
       <x:c r="D786" s="0" t="s">
-        <x:v>472</x:v>
+        <x:v>473</x:v>
       </x:c>
       <x:c r="E786" s="0" t="s">
         <x:v>365</x:v>
       </x:c>
       <x:c r="F786" s="0" t="s">
         <x:v>366</x:v>
       </x:c>
       <x:c r="G786" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H786" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="I786" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="J786" s="0">
         <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="787" spans="1:10">
       <x:c r="A787" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B787" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C787" s="0" t="s">
-        <x:v>471</x:v>
+        <x:v>472</x:v>
       </x:c>
       <x:c r="D787" s="0" t="s">
-        <x:v>472</x:v>
+        <x:v>473</x:v>
       </x:c>
       <x:c r="E787" s="0" t="s">
         <x:v>367</x:v>
       </x:c>
       <x:c r="F787" s="0" t="s">
         <x:v>368</x:v>
       </x:c>
       <x:c r="G787" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H787" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="I787" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="J787" s="0">
         <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="788" spans="1:10">
       <x:c r="A788" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B788" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C788" s="0" t="s">
-        <x:v>471</x:v>
+        <x:v>472</x:v>
       </x:c>
       <x:c r="D788" s="0" t="s">
-        <x:v>472</x:v>
+        <x:v>473</x:v>
       </x:c>
       <x:c r="E788" s="0" t="s">
         <x:v>369</x:v>
       </x:c>
       <x:c r="F788" s="0" t="s">
         <x:v>370</x:v>
       </x:c>
       <x:c r="G788" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H788" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="I788" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="J788" s="0">
         <x:v>6</x:v>
       </x:c>
     </x:row>
     <x:row r="789" spans="1:10">
       <x:c r="A789" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B789" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C789" s="0" t="s">
-        <x:v>471</x:v>
+        <x:v>472</x:v>
       </x:c>
       <x:c r="D789" s="0" t="s">
-        <x:v>472</x:v>
+        <x:v>473</x:v>
       </x:c>
       <x:c r="E789" s="0" t="s">
         <x:v>371</x:v>
       </x:c>
       <x:c r="F789" s="0" t="s">
         <x:v>372</x:v>
       </x:c>
       <x:c r="G789" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H789" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="I789" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="J789" s="0">
         <x:v>11</x:v>
       </x:c>
     </x:row>
     <x:row r="790" spans="1:10">
       <x:c r="A790" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B790" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C790" s="0" t="s">
-        <x:v>471</x:v>
+        <x:v>472</x:v>
       </x:c>
       <x:c r="D790" s="0" t="s">
-        <x:v>472</x:v>
+        <x:v>473</x:v>
       </x:c>
       <x:c r="E790" s="0" t="s">
         <x:v>373</x:v>
       </x:c>
       <x:c r="F790" s="0" t="s">
         <x:v>374</x:v>
       </x:c>
       <x:c r="G790" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H790" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="I790" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="J790" s="0">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="791" spans="1:10">
       <x:c r="A791" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B791" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C791" s="0" t="s">
-        <x:v>471</x:v>
+        <x:v>472</x:v>
       </x:c>
       <x:c r="D791" s="0" t="s">
-        <x:v>472</x:v>
+        <x:v>473</x:v>
       </x:c>
       <x:c r="E791" s="0" t="s">
         <x:v>375</x:v>
       </x:c>
       <x:c r="F791" s="0" t="s">
         <x:v>376</x:v>
       </x:c>
       <x:c r="G791" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H791" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="I791" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="J791" s="0">
         <x:v>6</x:v>
       </x:c>
     </x:row>
     <x:row r="792" spans="1:10">
       <x:c r="A792" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B792" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C792" s="0" t="s">
-        <x:v>471</x:v>
+        <x:v>472</x:v>
       </x:c>
       <x:c r="D792" s="0" t="s">
-        <x:v>472</x:v>
+        <x:v>473</x:v>
       </x:c>
       <x:c r="E792" s="0" t="s">
         <x:v>377</x:v>
       </x:c>
       <x:c r="F792" s="0" t="s">
         <x:v>378</x:v>
       </x:c>
       <x:c r="G792" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H792" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="I792" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="J792" s="0">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="793" spans="1:10">
       <x:c r="A793" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B793" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C793" s="0" t="s">
-        <x:v>471</x:v>
+        <x:v>472</x:v>
       </x:c>
       <x:c r="D793" s="0" t="s">
-        <x:v>472</x:v>
+        <x:v>473</x:v>
       </x:c>
       <x:c r="E793" s="0" t="s">
         <x:v>379</x:v>
       </x:c>
       <x:c r="F793" s="0" t="s">
         <x:v>380</x:v>
       </x:c>
       <x:c r="G793" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H793" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="I793" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="J793" s="0">
         <x:v>7</x:v>
       </x:c>
     </x:row>
     <x:row r="794" spans="1:10">
       <x:c r="A794" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B794" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C794" s="0" t="s">
-        <x:v>471</x:v>
+        <x:v>472</x:v>
       </x:c>
       <x:c r="D794" s="0" t="s">
-        <x:v>472</x:v>
+        <x:v>473</x:v>
       </x:c>
       <x:c r="E794" s="0" t="s">
         <x:v>381</x:v>
       </x:c>
       <x:c r="F794" s="0" t="s">
         <x:v>382</x:v>
       </x:c>
       <x:c r="G794" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H794" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="I794" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="J794" s="0">
         <x:v>16</x:v>
       </x:c>
     </x:row>
     <x:row r="795" spans="1:10">
       <x:c r="A795" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B795" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C795" s="0" t="s">
-        <x:v>471</x:v>
+        <x:v>472</x:v>
       </x:c>
       <x:c r="D795" s="0" t="s">
-        <x:v>472</x:v>
+        <x:v>473</x:v>
       </x:c>
       <x:c r="E795" s="0" t="s">
         <x:v>383</x:v>
       </x:c>
       <x:c r="F795" s="0" t="s">
         <x:v>384</x:v>
       </x:c>
       <x:c r="G795" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H795" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="I795" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="J795" s="0">
         <x:v>9</x:v>
       </x:c>
     </x:row>
     <x:row r="796" spans="1:10">
       <x:c r="A796" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B796" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C796" s="0" t="s">
-        <x:v>471</x:v>
+        <x:v>472</x:v>
       </x:c>
       <x:c r="D796" s="0" t="s">
-        <x:v>472</x:v>
+        <x:v>473</x:v>
       </x:c>
       <x:c r="E796" s="0" t="s">
         <x:v>385</x:v>
       </x:c>
       <x:c r="F796" s="0" t="s">
         <x:v>386</x:v>
       </x:c>
       <x:c r="G796" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H796" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="I796" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="J796" s="0">
         <x:v>3</x:v>
       </x:c>
     </x:row>
     <x:row r="797" spans="1:10">
       <x:c r="A797" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B797" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C797" s="0" t="s">
-        <x:v>471</x:v>
+        <x:v>472</x:v>
       </x:c>
       <x:c r="D797" s="0" t="s">
-        <x:v>472</x:v>
+        <x:v>473</x:v>
       </x:c>
       <x:c r="E797" s="0" t="s">
         <x:v>387</x:v>
       </x:c>
       <x:c r="F797" s="0" t="s">
         <x:v>388</x:v>
       </x:c>
       <x:c r="G797" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H797" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="I797" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="J797" s="0">
         <x:v>4</x:v>
       </x:c>
     </x:row>
     <x:row r="798" spans="1:10">
       <x:c r="A798" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B798" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C798" s="0" t="s">
-        <x:v>471</x:v>
+        <x:v>472</x:v>
       </x:c>
       <x:c r="D798" s="0" t="s">
-        <x:v>472</x:v>
+        <x:v>473</x:v>
       </x:c>
       <x:c r="E798" s="0" t="s">
         <x:v>389</x:v>
       </x:c>
       <x:c r="F798" s="0" t="s">
         <x:v>390</x:v>
       </x:c>
       <x:c r="G798" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H798" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="I798" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="J798" s="0">
         <x:v>9</x:v>
       </x:c>
     </x:row>
     <x:row r="799" spans="1:10">
       <x:c r="A799" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B799" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C799" s="0" t="s">
-        <x:v>471</x:v>
+        <x:v>472</x:v>
       </x:c>
       <x:c r="D799" s="0" t="s">
-        <x:v>472</x:v>
+        <x:v>473</x:v>
       </x:c>
       <x:c r="E799" s="0" t="s">
         <x:v>391</x:v>
       </x:c>
       <x:c r="F799" s="0" t="s">
         <x:v>392</x:v>
       </x:c>
       <x:c r="G799" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H799" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="I799" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="J799" s="0">
         <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="800" spans="1:10">
       <x:c r="A800" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B800" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C800" s="0" t="s">
-        <x:v>471</x:v>
+        <x:v>472</x:v>
       </x:c>
       <x:c r="D800" s="0" t="s">
-        <x:v>472</x:v>
+        <x:v>473</x:v>
       </x:c>
       <x:c r="E800" s="0" t="s">
         <x:v>393</x:v>
       </x:c>
       <x:c r="F800" s="0" t="s">
         <x:v>394</x:v>
       </x:c>
       <x:c r="G800" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H800" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="I800" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="J800" s="0">
         <x:v>11</x:v>
       </x:c>
     </x:row>
     <x:row r="801" spans="1:10">
       <x:c r="A801" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B801" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C801" s="0" t="s">
-        <x:v>471</x:v>
+        <x:v>472</x:v>
       </x:c>
       <x:c r="D801" s="0" t="s">
-        <x:v>472</x:v>
+        <x:v>473</x:v>
       </x:c>
       <x:c r="E801" s="0" t="s">
         <x:v>395</x:v>
       </x:c>
       <x:c r="F801" s="0" t="s">
         <x:v>396</x:v>
       </x:c>
       <x:c r="G801" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H801" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="I801" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="J801" s="0">
         <x:v>7</x:v>
       </x:c>
     </x:row>
     <x:row r="802" spans="1:10">
       <x:c r="A802" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B802" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C802" s="0" t="s">
-        <x:v>471</x:v>
+        <x:v>472</x:v>
       </x:c>
       <x:c r="D802" s="0" t="s">
-        <x:v>472</x:v>
+        <x:v>473</x:v>
       </x:c>
       <x:c r="E802" s="0" t="s">
         <x:v>397</x:v>
       </x:c>
       <x:c r="F802" s="0" t="s">
         <x:v>398</x:v>
       </x:c>
       <x:c r="G802" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H802" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="I802" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="J802" s="0">
         <x:v>29</x:v>
       </x:c>
     </x:row>
     <x:row r="803" spans="1:10">
       <x:c r="A803" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B803" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C803" s="0" t="s">
-        <x:v>471</x:v>
+        <x:v>472</x:v>
       </x:c>
       <x:c r="D803" s="0" t="s">
-        <x:v>472</x:v>
+        <x:v>473</x:v>
       </x:c>
       <x:c r="E803" s="0" t="s">
         <x:v>399</x:v>
       </x:c>
       <x:c r="F803" s="0" t="s">
         <x:v>400</x:v>
       </x:c>
       <x:c r="G803" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H803" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="I803" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="J803" s="0">
         <x:v>2</x:v>
       </x:c>
     </x:row>
     <x:row r="804" spans="1:10">
       <x:c r="A804" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B804" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C804" s="0" t="s">
-        <x:v>471</x:v>
+        <x:v>472</x:v>
       </x:c>
       <x:c r="D804" s="0" t="s">
-        <x:v>472</x:v>
+        <x:v>473</x:v>
       </x:c>
       <x:c r="E804" s="0" t="s">
         <x:v>401</x:v>
       </x:c>
       <x:c r="F804" s="0" t="s">
         <x:v>402</x:v>
       </x:c>
       <x:c r="G804" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H804" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="I804" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="J804" s="0">
         <x:v>9</x:v>
       </x:c>
     </x:row>
     <x:row r="805" spans="1:10">
       <x:c r="A805" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B805" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C805" s="0" t="s">
-        <x:v>471</x:v>
+        <x:v>472</x:v>
       </x:c>
       <x:c r="D805" s="0" t="s">
-        <x:v>472</x:v>
+        <x:v>473</x:v>
       </x:c>
       <x:c r="E805" s="0" t="s">
         <x:v>403</x:v>
       </x:c>
       <x:c r="F805" s="0" t="s">
         <x:v>404</x:v>
       </x:c>
       <x:c r="G805" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H805" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="I805" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="J805" s="0">
         <x:v>8</x:v>
       </x:c>
     </x:row>
     <x:row r="806" spans="1:10">
       <x:c r="A806" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B806" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C806" s="0" t="s">
-        <x:v>471</x:v>
+        <x:v>472</x:v>
       </x:c>
       <x:c r="D806" s="0" t="s">
-        <x:v>472</x:v>
+        <x:v>473</x:v>
       </x:c>
       <x:c r="E806" s="0" t="s">
         <x:v>405</x:v>
       </x:c>
       <x:c r="F806" s="0" t="s">
         <x:v>406</x:v>
       </x:c>
       <x:c r="G806" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H806" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="I806" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="J806" s="0">
         <x:v>6</x:v>
       </x:c>
     </x:row>
     <x:row r="807" spans="1:10">
       <x:c r="A807" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B807" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C807" s="0" t="s">
-        <x:v>471</x:v>
+        <x:v>472</x:v>
       </x:c>
       <x:c r="D807" s="0" t="s">
-        <x:v>472</x:v>
+        <x:v>473</x:v>
       </x:c>
       <x:c r="E807" s="0" t="s">
         <x:v>407</x:v>
       </x:c>
       <x:c r="F807" s="0" t="s">
         <x:v>408</x:v>
       </x:c>
       <x:c r="G807" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H807" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="I807" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="J807" s="0">
         <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="808" spans="1:10">
       <x:c r="A808" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B808" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C808" s="0" t="s">
-        <x:v>471</x:v>
+        <x:v>472</x:v>
       </x:c>
       <x:c r="D808" s="0" t="s">
-        <x:v>472</x:v>
+        <x:v>473</x:v>
       </x:c>
       <x:c r="E808" s="0" t="s">
         <x:v>409</x:v>
       </x:c>
       <x:c r="F808" s="0" t="s">
         <x:v>410</x:v>
       </x:c>
       <x:c r="G808" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H808" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="I808" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="J808" s="0">
         <x:v>3</x:v>
       </x:c>
     </x:row>
     <x:row r="809" spans="1:10">
       <x:c r="A809" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B809" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C809" s="0" t="s">
-        <x:v>471</x:v>
+        <x:v>472</x:v>
       </x:c>
       <x:c r="D809" s="0" t="s">
-        <x:v>472</x:v>
+        <x:v>473</x:v>
       </x:c>
       <x:c r="E809" s="0" t="s">
         <x:v>411</x:v>
       </x:c>
       <x:c r="F809" s="0" t="s">
         <x:v>412</x:v>
       </x:c>
       <x:c r="G809" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H809" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="I809" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="J809" s="0">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="810" spans="1:10">
       <x:c r="A810" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B810" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C810" s="0" t="s">
-        <x:v>471</x:v>
+        <x:v>472</x:v>
       </x:c>
       <x:c r="D810" s="0" t="s">
-        <x:v>472</x:v>
+        <x:v>473</x:v>
       </x:c>
       <x:c r="E810" s="0" t="s">
         <x:v>413</x:v>
       </x:c>
       <x:c r="F810" s="0" t="s">
         <x:v>414</x:v>
       </x:c>
       <x:c r="G810" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H810" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="I810" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="J810" s="0">
         <x:v>6</x:v>
       </x:c>
     </x:row>
     <x:row r="811" spans="1:10">
       <x:c r="A811" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B811" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C811" s="0" t="s">
-        <x:v>471</x:v>
+        <x:v>472</x:v>
       </x:c>
       <x:c r="D811" s="0" t="s">
-        <x:v>472</x:v>
+        <x:v>473</x:v>
       </x:c>
       <x:c r="E811" s="0" t="s">
         <x:v>415</x:v>
       </x:c>
       <x:c r="F811" s="0" t="s">
         <x:v>416</x:v>
       </x:c>
       <x:c r="G811" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H811" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="I811" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="J811" s="0">
         <x:v>4</x:v>
       </x:c>
     </x:row>
     <x:row r="812" spans="1:10">
       <x:c r="A812" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B812" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C812" s="0" t="s">
-        <x:v>471</x:v>
+        <x:v>472</x:v>
       </x:c>
       <x:c r="D812" s="0" t="s">
-        <x:v>472</x:v>
+        <x:v>473</x:v>
       </x:c>
       <x:c r="E812" s="0" t="s">
         <x:v>417</x:v>
       </x:c>
       <x:c r="F812" s="0" t="s">
         <x:v>418</x:v>
       </x:c>
       <x:c r="G812" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H812" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="I812" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="J812" s="0">
         <x:v>4</x:v>
       </x:c>
     </x:row>
     <x:row r="813" spans="1:10">
       <x:c r="A813" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B813" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C813" s="0" t="s">
-        <x:v>471</x:v>
+        <x:v>472</x:v>
       </x:c>
       <x:c r="D813" s="0" t="s">
-        <x:v>472</x:v>
+        <x:v>473</x:v>
       </x:c>
       <x:c r="E813" s="0" t="s">
         <x:v>419</x:v>
       </x:c>
       <x:c r="F813" s="0" t="s">
         <x:v>420</x:v>
       </x:c>
       <x:c r="G813" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H813" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="I813" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="J813" s="0">
         <x:v>2</x:v>
       </x:c>
     </x:row>
     <x:row r="814" spans="1:10">
       <x:c r="A814" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B814" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C814" s="0" t="s">
-        <x:v>471</x:v>
+        <x:v>472</x:v>
       </x:c>
       <x:c r="D814" s="0" t="s">
-        <x:v>472</x:v>
+        <x:v>473</x:v>
       </x:c>
       <x:c r="E814" s="0" t="s">
         <x:v>421</x:v>
       </x:c>
       <x:c r="F814" s="0" t="s">
         <x:v>422</x:v>
       </x:c>
       <x:c r="G814" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H814" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="I814" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="J814" s="0">
         <x:v>8</x:v>
       </x:c>
     </x:row>
     <x:row r="815" spans="1:10">
       <x:c r="A815" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B815" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C815" s="0" t="s">
-        <x:v>471</x:v>
+        <x:v>472</x:v>
       </x:c>
       <x:c r="D815" s="0" t="s">
-        <x:v>472</x:v>
+        <x:v>473</x:v>
       </x:c>
       <x:c r="E815" s="0" t="s">
         <x:v>423</x:v>
       </x:c>
       <x:c r="F815" s="0" t="s">
         <x:v>424</x:v>
       </x:c>
       <x:c r="G815" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H815" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="I815" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="J815" s="0">
         <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="816" spans="1:10">
       <x:c r="A816" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B816" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C816" s="0" t="s">
-        <x:v>471</x:v>
+        <x:v>472</x:v>
       </x:c>
       <x:c r="D816" s="0" t="s">
-        <x:v>472</x:v>
+        <x:v>473</x:v>
       </x:c>
       <x:c r="E816" s="0" t="s">
         <x:v>425</x:v>
       </x:c>
       <x:c r="F816" s="0" t="s">
         <x:v>426</x:v>
       </x:c>
       <x:c r="G816" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H816" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="I816" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="J816" s="0">
         <x:v>9</x:v>
       </x:c>
     </x:row>
     <x:row r="817" spans="1:10">
       <x:c r="A817" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B817" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C817" s="0" t="s">
-        <x:v>471</x:v>
+        <x:v>472</x:v>
       </x:c>
       <x:c r="D817" s="0" t="s">
-        <x:v>472</x:v>
+        <x:v>473</x:v>
       </x:c>
       <x:c r="E817" s="0" t="s">
         <x:v>427</x:v>
       </x:c>
       <x:c r="F817" s="0" t="s">
         <x:v>428</x:v>
       </x:c>
       <x:c r="G817" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H817" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="I817" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="J817" s="0">
         <x:v>6</x:v>
       </x:c>
     </x:row>
     <x:row r="818" spans="1:10">
       <x:c r="A818" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B818" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C818" s="0" t="s">
-        <x:v>471</x:v>
+        <x:v>472</x:v>
       </x:c>
       <x:c r="D818" s="0" t="s">
-        <x:v>472</x:v>
+        <x:v>473</x:v>
       </x:c>
       <x:c r="E818" s="0" t="s">
         <x:v>429</x:v>
       </x:c>
       <x:c r="F818" s="0" t="s">
         <x:v>430</x:v>
       </x:c>
       <x:c r="G818" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H818" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="I818" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="J818" s="0">
         <x:v>3</x:v>
       </x:c>
     </x:row>
     <x:row r="819" spans="1:10">
       <x:c r="A819" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B819" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C819" s="0" t="s">
-        <x:v>471</x:v>
+        <x:v>472</x:v>
       </x:c>
       <x:c r="D819" s="0" t="s">
-        <x:v>472</x:v>
+        <x:v>473</x:v>
       </x:c>
       <x:c r="E819" s="0" t="s">
         <x:v>431</x:v>
       </x:c>
       <x:c r="F819" s="0" t="s">
         <x:v>432</x:v>
       </x:c>
       <x:c r="G819" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H819" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="I819" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="J819" s="0">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="820" spans="1:10">
       <x:c r="A820" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B820" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C820" s="0" t="s">
-        <x:v>471</x:v>
+        <x:v>472</x:v>
       </x:c>
       <x:c r="D820" s="0" t="s">
-        <x:v>472</x:v>
+        <x:v>473</x:v>
       </x:c>
       <x:c r="E820" s="0" t="s">
         <x:v>433</x:v>
       </x:c>
       <x:c r="F820" s="0" t="s">
         <x:v>434</x:v>
       </x:c>
       <x:c r="G820" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H820" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="I820" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="J820" s="0">
         <x:v>6</x:v>
       </x:c>
     </x:row>
     <x:row r="821" spans="1:10">
       <x:c r="A821" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B821" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C821" s="0" t="s">
-        <x:v>471</x:v>
+        <x:v>472</x:v>
       </x:c>
       <x:c r="D821" s="0" t="s">
-        <x:v>472</x:v>
+        <x:v>473</x:v>
       </x:c>
       <x:c r="E821" s="0" t="s">
         <x:v>435</x:v>
       </x:c>
       <x:c r="F821" s="0" t="s">
         <x:v>436</x:v>
       </x:c>
       <x:c r="G821" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H821" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="I821" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="J821" s="0">
         <x:v>6</x:v>
       </x:c>
     </x:row>
     <x:row r="822" spans="1:10">
       <x:c r="A822" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B822" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C822" s="0" t="s">
-        <x:v>471</x:v>
+        <x:v>472</x:v>
       </x:c>
       <x:c r="D822" s="0" t="s">
-        <x:v>472</x:v>
+        <x:v>473</x:v>
       </x:c>
       <x:c r="E822" s="0" t="s">
         <x:v>437</x:v>
       </x:c>
       <x:c r="F822" s="0" t="s">
         <x:v>438</x:v>
       </x:c>
       <x:c r="G822" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H822" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="I822" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="J822" s="0">
         <x:v>2</x:v>
       </x:c>
     </x:row>
     <x:row r="823" spans="1:10">
       <x:c r="A823" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B823" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C823" s="0" t="s">
-        <x:v>471</x:v>
+        <x:v>472</x:v>
       </x:c>
       <x:c r="D823" s="0" t="s">
-        <x:v>472</x:v>
+        <x:v>473</x:v>
       </x:c>
       <x:c r="E823" s="0" t="s">
         <x:v>439</x:v>
       </x:c>
       <x:c r="F823" s="0" t="s">
         <x:v>440</x:v>
       </x:c>
       <x:c r="G823" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H823" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="I823" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="J823" s="0">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="824" spans="1:10">
       <x:c r="A824" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B824" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C824" s="0" t="s">
-        <x:v>471</x:v>
+        <x:v>472</x:v>
       </x:c>
       <x:c r="D824" s="0" t="s">
-        <x:v>472</x:v>
+        <x:v>473</x:v>
       </x:c>
       <x:c r="E824" s="0" t="s">
         <x:v>441</x:v>
       </x:c>
       <x:c r="F824" s="0" t="s">
         <x:v>442</x:v>
       </x:c>
       <x:c r="G824" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H824" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="I824" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="J824" s="0">
         <x:v>6</x:v>
       </x:c>
     </x:row>
     <x:row r="825" spans="1:10">
       <x:c r="A825" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B825" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C825" s="0" t="s">
-        <x:v>471</x:v>
+        <x:v>472</x:v>
       </x:c>
       <x:c r="D825" s="0" t="s">
-        <x:v>472</x:v>
+        <x:v>473</x:v>
       </x:c>
       <x:c r="E825" s="0" t="s">
         <x:v>443</x:v>
       </x:c>
       <x:c r="F825" s="0" t="s">
         <x:v>444</x:v>
       </x:c>
       <x:c r="G825" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H825" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="I825" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="J825" s="0">
         <x:v>1</x:v>
       </x:c>
     </x:row>
     <x:row r="826" spans="1:10">
       <x:c r="A826" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B826" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C826" s="0" t="s">
-        <x:v>471</x:v>
+        <x:v>472</x:v>
       </x:c>
       <x:c r="D826" s="0" t="s">
-        <x:v>472</x:v>
+        <x:v>473</x:v>
       </x:c>
       <x:c r="E826" s="0" t="s">
         <x:v>445</x:v>
       </x:c>
       <x:c r="F826" s="0" t="s">
         <x:v>446</x:v>
       </x:c>
       <x:c r="G826" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H826" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="I826" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="J826" s="0">
         <x:v>6</x:v>
       </x:c>
     </x:row>
     <x:row r="827" spans="1:10">
       <x:c r="A827" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B827" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C827" s="0" t="s">
-        <x:v>471</x:v>
+        <x:v>472</x:v>
       </x:c>
       <x:c r="D827" s="0" t="s">
-        <x:v>472</x:v>
+        <x:v>473</x:v>
       </x:c>
       <x:c r="E827" s="0" t="s">
         <x:v>447</x:v>
       </x:c>
       <x:c r="F827" s="0" t="s">
         <x:v>448</x:v>
       </x:c>
       <x:c r="G827" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H827" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="I827" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="J827" s="0">
         <x:v>1</x:v>
       </x:c>
     </x:row>
     <x:row r="828" spans="1:10">
       <x:c r="A828" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B828" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C828" s="0" t="s">
-        <x:v>471</x:v>
+        <x:v>472</x:v>
       </x:c>
       <x:c r="D828" s="0" t="s">
-        <x:v>472</x:v>
+        <x:v>473</x:v>
       </x:c>
       <x:c r="E828" s="0" t="s">
         <x:v>449</x:v>
       </x:c>
       <x:c r="F828" s="0" t="s">
         <x:v>450</x:v>
       </x:c>
       <x:c r="G828" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H828" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="I828" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="J828" s="0">
         <x:v>7</x:v>
       </x:c>
     </x:row>
     <x:row r="829" spans="1:10">
       <x:c r="A829" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B829" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C829" s="0" t="s">
-        <x:v>471</x:v>
+        <x:v>472</x:v>
       </x:c>
       <x:c r="D829" s="0" t="s">
-        <x:v>472</x:v>
+        <x:v>473</x:v>
       </x:c>
       <x:c r="E829" s="0" t="s">
         <x:v>451</x:v>
       </x:c>
       <x:c r="F829" s="0" t="s">
         <x:v>452</x:v>
       </x:c>
       <x:c r="G829" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H829" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="I829" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="J829" s="0">
         <x:v>8</x:v>
       </x:c>
     </x:row>
     <x:row r="830" spans="1:10">
       <x:c r="A830" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B830" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C830" s="0" t="s">
-        <x:v>471</x:v>
+        <x:v>472</x:v>
       </x:c>
       <x:c r="D830" s="0" t="s">
-        <x:v>472</x:v>
+        <x:v>473</x:v>
       </x:c>
       <x:c r="E830" s="0" t="s">
         <x:v>453</x:v>
       </x:c>
       <x:c r="F830" s="0" t="s">
         <x:v>454</x:v>
       </x:c>
       <x:c r="G830" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H830" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="I830" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="J830" s="0">
         <x:v>8</x:v>
       </x:c>
     </x:row>
     <x:row r="831" spans="1:10">
       <x:c r="A831" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B831" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C831" s="0" t="s">
-        <x:v>471</x:v>
+        <x:v>472</x:v>
       </x:c>
       <x:c r="D831" s="0" t="s">
-        <x:v>472</x:v>
+        <x:v>473</x:v>
       </x:c>
       <x:c r="E831" s="0" t="s">
         <x:v>455</x:v>
       </x:c>
       <x:c r="F831" s="0" t="s">
         <x:v>456</x:v>
       </x:c>
       <x:c r="G831" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H831" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="I831" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="J831" s="0">
         <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="832" spans="1:10">
       <x:c r="A832" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B832" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C832" s="0" t="s">
-        <x:v>471</x:v>
+        <x:v>472</x:v>
       </x:c>
       <x:c r="D832" s="0" t="s">
-        <x:v>472</x:v>
+        <x:v>473</x:v>
       </x:c>
       <x:c r="E832" s="0" t="s">
         <x:v>457</x:v>
       </x:c>
       <x:c r="F832" s="0" t="s">
         <x:v>458</x:v>
       </x:c>
       <x:c r="G832" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H832" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="I832" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="J832" s="0">
         <x:v>16527</x:v>
       </x:c>
     </x:row>
     <x:row r="833" spans="1:10">
       <x:c r="A833" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B833" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C833" s="0" t="s">
-        <x:v>471</x:v>
+        <x:v>472</x:v>
       </x:c>
       <x:c r="D833" s="0" t="s">
-        <x:v>472</x:v>
+        <x:v>473</x:v>
       </x:c>
       <x:c r="E833" s="0" t="s">
         <x:v>459</x:v>
       </x:c>
       <x:c r="F833" s="0" t="s">
         <x:v>460</x:v>
       </x:c>
       <x:c r="G833" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H833" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="I833" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="J833" s="0">
         <x:v>397</x:v>
       </x:c>
     </x:row>
     <x:row r="834" spans="1:10">
       <x:c r="A834" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B834" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C834" s="0" t="s">
-        <x:v>471</x:v>
+        <x:v>472</x:v>
       </x:c>
       <x:c r="D834" s="0" t="s">
-        <x:v>472</x:v>
+        <x:v>473</x:v>
       </x:c>
       <x:c r="E834" s="0" t="s">
         <x:v>461</x:v>
       </x:c>
       <x:c r="F834" s="0" t="s">
         <x:v>462</x:v>
       </x:c>
       <x:c r="G834" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H834" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="I834" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="J834" s="0">
         <x:v>440</x:v>
       </x:c>
     </x:row>
     <x:row r="835" spans="1:10">
       <x:c r="A835" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B835" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C835" s="0" t="s">
-        <x:v>471</x:v>
+        <x:v>472</x:v>
       </x:c>
       <x:c r="D835" s="0" t="s">
-        <x:v>472</x:v>
+        <x:v>473</x:v>
       </x:c>
       <x:c r="E835" s="0" t="s">
         <x:v>463</x:v>
       </x:c>
       <x:c r="F835" s="0" t="s">
         <x:v>464</x:v>
       </x:c>
       <x:c r="G835" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H835" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="I835" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="J835" s="0">
         <x:v>420</x:v>
       </x:c>
     </x:row>
     <x:row r="836" spans="1:10">
       <x:c r="A836" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B836" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C836" s="0" t="s">
-        <x:v>471</x:v>
+        <x:v>472</x:v>
       </x:c>
       <x:c r="D836" s="0" t="s">
-        <x:v>472</x:v>
+        <x:v>473</x:v>
       </x:c>
       <x:c r="E836" s="0" t="s">
         <x:v>465</x:v>
       </x:c>
       <x:c r="F836" s="0" t="s">
         <x:v>466</x:v>
       </x:c>
       <x:c r="G836" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H836" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="I836" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="J836" s="0">
         <x:v>4554</x:v>
       </x:c>
     </x:row>
     <x:row r="837" spans="1:10">
       <x:c r="A837" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B837" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C837" s="0" t="s">
-        <x:v>471</x:v>
+        <x:v>472</x:v>
       </x:c>
       <x:c r="D837" s="0" t="s">
-        <x:v>472</x:v>
+        <x:v>473</x:v>
       </x:c>
       <x:c r="E837" s="0" t="s">
         <x:v>467</x:v>
       </x:c>
       <x:c r="F837" s="0" t="s">
         <x:v>468</x:v>
       </x:c>
       <x:c r="G837" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H837" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="I837" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="J837" s="0">
         <x:v>5811</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="1">
     <x:tablePart r:id="rId15"/>
   </x:tableParts>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:sheetData/>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Application>Microsoft Excel</ap:Application>
   <ap:TitlesOfParts>
     <vt:vector baseType="lpstr" size="9">
       <vt:lpstr>About</vt:lpstr>
       <vt:lpstr>Unpivoted</vt:lpstr>
       <vt:lpstr>Pivoted</vt:lpstr>
@@ -30848,51 +29536,51 @@
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>3</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Named Ranges</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>6</vt:i4>
       </vt:variant>
     </vt:vector>
   </ap:HeadingPairs>
   <ap:DocSecurity>0</ap:DocSecurity>
   <ap:ScaleCrop>false</ap:ScaleCrop>
 </ap:Properties>
 </file>
 
 <file path=pivotCache/_rels/pivotCacheDefinition1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheRecords" Target="/pivotCache/pivotCacheRecords1.xml" Id="rId1" /></Relationships>
 </file>
 
 <file path=pivotCache/pivotCacheDefinition1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:pivotCacheDefinition xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" r:id="rId1" saveData="1" refreshOnLoad="1" createdVersion="5" refreshedVersion="5" minRefreshableVersion="3">
   <x:cacheSource type="worksheet">
-    <x:worksheetSource ref="A1:J837" sheet="Unpivoted"/>
+    <x:worksheetSource name="Unpivoted"/>
   </x:cacheSource>
   <x:cacheFields>
     <x:cacheField name="STATISTIC">
       <x:sharedItems count="1">
         <x:s v="CD428"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="Statistic Label">
       <x:sharedItems count="1">
         <x:s v="Private Households in Permanent Housing Units"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="C02684V03251">
       <x:sharedItems count="4">
         <x:s v="-"/>
         <x:s v="01"/>
         <x:s v="02"/>
         <x:s v="03"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="Central Heating">
       <x:sharedItems count="4">
         <x:s v="All households"/>
         <x:s v="Yes"/>
         <x:s v="No"/>
@@ -31846,27 +30534,10060 @@
         <x:n v="67"/>
         <x:n v="57"/>
         <x:n v="106"/>
         <x:n v="1202"/>
         <x:n v="47"/>
         <x:n v="56"/>
         <x:n v="28"/>
         <x:n v="41"/>
         <x:n v="574"/>
         <x:n v="20"/>
         <x:n v="32"/>
         <x:n v="701"/>
         <x:n v="16527"/>
         <x:n v="397"/>
         <x:n v="440"/>
         <x:n v="420"/>
         <x:n v="4554"/>
         <x:n v="5811"/>
       </x:sharedItems>
     </x:cacheField>
   </x:cacheFields>
 </x:pivotCacheDefinition>
 </file>
 
 <file path=pivotCache/pivotCacheRecords1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main"/>
+<pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="xr">
+  <r>
+    <s v="CD428"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1649408"/>
+  </r>
+  <r>
+    <s v="CD428"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="100100"/>
+    <s v="Dublin City and suburbs"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="411460"/>
+  </r>
+  <r>
+    <s v="CD428"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="100200"/>
+    <s v="Other Cities (1)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="156142"/>
+  </r>
+  <r>
+    <s v="CD428"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="100300"/>
+    <s v="Cork City and suburbs"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="73968"/>
+  </r>
+  <r>
+    <s v="CD428"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="100400"/>
+    <s v="Limerick City and suburbs"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="34147"/>
+  </r>
+  <r>
+    <s v="CD428"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="100500"/>
+    <s v="Galway City and suburbs"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="28088"/>
+  </r>
+  <r>
+    <s v="CD428"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="100600"/>
+    <s v="Waterford City and suburbs"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="19939"/>
+  </r>
+  <r>
+    <s v="CD428"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="100700"/>
+    <s v="Towns 10,000 population and over"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="264832"/>
+  </r>
+  <r>
+    <s v="CD428"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="100800"/>
+    <s v="Drogheda"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="14014"/>
+  </r>
+  <r>
+    <s v="CD428"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="100900"/>
+    <s v="Dundalk"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="14212"/>
+  </r>
+  <r>
+    <s v="CD428"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="101000"/>
+    <s v="Swords"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="12559"/>
+  </r>
+  <r>
+    <s v="CD428"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="101100"/>
+    <s v="Bray"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="11323"/>
+  </r>
+  <r>
+    <s v="CD428"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="101200"/>
+    <s v="Navan (An Uaimh)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="9896"/>
+  </r>
+  <r>
+    <s v="CD428"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="101300"/>
+    <s v="Ennis"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="9707"/>
+  </r>
+  <r>
+    <s v="CD428"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="101400"/>
+    <s v="Kilkenny"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="9254"/>
+  </r>
+  <r>
+    <s v="CD428"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="101500"/>
+    <s v="Tralee"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="9122"/>
+  </r>
+  <r>
+    <s v="CD428"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="101600"/>
+    <s v="Carlow"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="8569"/>
+  </r>
+  <r>
+    <s v="CD428"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="101700"/>
+    <s v="Droichead Nua"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="7398"/>
+  </r>
+  <r>
+    <s v="CD428"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="101800"/>
+    <s v="Naas"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="6950"/>
+  </r>
+  <r>
+    <s v="CD428"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="101900"/>
+    <s v="Athlone"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="7603"/>
+  </r>
+  <r>
+    <s v="CD428"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="102000"/>
+    <s v="Portlaoise"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="7029"/>
+  </r>
+  <r>
+    <s v="CD428"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="102100"/>
+    <s v="Mullingar"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="7433"/>
+  </r>
+  <r>
+    <s v="CD428"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="102200"/>
+    <s v="Wexford"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="7978"/>
+  </r>
+  <r>
+    <s v="CD428"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="102300"/>
+    <s v="Balbriggan"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="7113"/>
+  </r>
+  <r>
+    <s v="CD428"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="102400"/>
+    <s v="Letterkenny"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="7454"/>
+  </r>
+  <r>
+    <s v="CD428"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="102500"/>
+    <s v="Celbridge"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="6423"/>
+  </r>
+  <r>
+    <s v="CD428"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="102600"/>
+    <s v="Sligo"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="7610"/>
+  </r>
+  <r>
+    <s v="CD428"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="102700"/>
+    <s v="Clonmel"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="6960"/>
+  </r>
+  <r>
+    <s v="CD428"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="102800"/>
+    <s v="Greystones"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="6153"/>
+  </r>
+  <r>
+    <s v="CD428"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="102900"/>
+    <s v="Malahide"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5515"/>
+  </r>
+  <r>
+    <s v="CD428"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="103000"/>
+    <s v="Leixlip"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5102"/>
+  </r>
+  <r>
+    <s v="CD428"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="103100"/>
+    <s v="Carrigaline"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4965"/>
+  </r>
+  <r>
+    <s v="CD428"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="103200"/>
+    <s v="Tullamore"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5253"/>
+  </r>
+  <r>
+    <s v="CD428"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="103300"/>
+    <s v="Killarney"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4566"/>
+  </r>
+  <r>
+    <s v="CD428"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="103400"/>
+    <s v="Arklow"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4849"/>
+  </r>
+  <r>
+    <s v="CD428"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="103500"/>
+    <s v="Maynooth"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4208"/>
+  </r>
+  <r>
+    <s v="CD428"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="103600"/>
+    <s v="Cobh"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4617"/>
+  </r>
+  <r>
+    <s v="CD428"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="103700"/>
+    <s v="Castlebar"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4782"/>
+  </r>
+  <r>
+    <s v="CD428"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="103800"/>
+    <s v="Midleton"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4355"/>
+  </r>
+  <r>
+    <s v="CD428"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="103900"/>
+    <s v="Mallow"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4432"/>
+  </r>
+  <r>
+    <s v="CD428"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="104000"/>
+    <s v="Ashbourne"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3925"/>
+  </r>
+  <r>
+    <s v="CD428"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="104100"/>
+    <s v="Ballina"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4262"/>
+  </r>
+  <r>
+    <s v="CD428"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="104200"/>
+    <s v="Laytown-Bettystown-Mornington"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3755"/>
+  </r>
+  <r>
+    <s v="CD428"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="104300"/>
+    <s v="Enniscorthy"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4232"/>
+  </r>
+  <r>
+    <s v="CD428"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="104400"/>
+    <s v="Wicklow"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3701"/>
+  </r>
+  <r>
+    <s v="CD428"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="104500"/>
+    <s v="Tramore"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3805"/>
+  </r>
+  <r>
+    <s v="CD428"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="104600"/>
+    <s v="Cavan"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3748"/>
+  </r>
+  <r>
+    <s v="CD428"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="104700"/>
+    <s v="Towns 5,000 - 9,999 population"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="109217"/>
+  </r>
+  <r>
+    <s v="CD428"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="104800"/>
+    <s v="Athy"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3644"/>
+  </r>
+  <r>
+    <s v="CD428"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="104900"/>
+    <s v="Shannon"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3641"/>
+  </r>
+  <r>
+    <s v="CD428"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="105000"/>
+    <s v="Skerries"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3389"/>
+  </r>
+  <r>
+    <s v="CD428"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="105100"/>
+    <s v="Longford"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3717"/>
+  </r>
+  <r>
+    <s v="CD428"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="105200"/>
+    <s v="Dungarvan"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3676"/>
+  </r>
+  <r>
+    <s v="CD428"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="105300"/>
+    <s v="Portmarnock"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3288"/>
+  </r>
+  <r>
+    <s v="CD428"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="105400"/>
+    <s v="Rush"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3067"/>
+  </r>
+  <r>
+    <s v="CD428"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="105500"/>
+    <s v="Gorey"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3443"/>
+  </r>
+  <r>
+    <s v="CD428"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="105600"/>
+    <s v="Ratoath"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2751"/>
+  </r>
+  <r>
+    <s v="CD428"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="105700"/>
+    <s v="Nenagh"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3440"/>
+  </r>
+  <r>
+    <s v="CD428"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="105800"/>
+    <s v="Trim"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2889"/>
+  </r>
+  <r>
+    <s v="CD428"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="105900"/>
+    <s v="Tuam"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3342"/>
+  </r>
+  <r>
+    <s v="CD428"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="106000"/>
+    <s v="New Ross"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3165"/>
+  </r>
+  <r>
+    <s v="CD428"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="106100"/>
+    <s v="Kildare"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2841"/>
+  </r>
+  <r>
+    <s v="CD428"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="106200"/>
+    <s v="Thurles"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3228"/>
+  </r>
+  <r>
+    <s v="CD428"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="106300"/>
+    <s v="Youghal"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3066"/>
+  </r>
+  <r>
+    <s v="CD428"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="106400"/>
+    <s v="Portarlington"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2922"/>
+  </r>
+  <r>
+    <s v="CD428"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="106500"/>
+    <s v="Monaghan"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2831"/>
+  </r>
+  <r>
+    <s v="CD428"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="106600"/>
+    <s v="Lusk"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2375"/>
+  </r>
+  <r>
+    <s v="CD428"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="106700"/>
+    <s v="Edenderry"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2464"/>
+  </r>
+  <r>
+    <s v="CD428"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="106800"/>
+    <s v="Dunboyne"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2108"/>
+  </r>
+  <r>
+    <s v="CD428"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="106900"/>
+    <s v="Buncrana"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2531"/>
+  </r>
+  <r>
+    <s v="CD428"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="107000"/>
+    <s v="Donabate"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2255"/>
+  </r>
+  <r>
+    <s v="CD428"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="107100"/>
+    <s v="Clane"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2405"/>
+  </r>
+  <r>
+    <s v="CD428"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="107200"/>
+    <s v="Ballinasloe"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2381"/>
+  </r>
+  <r>
+    <s v="CD428"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="107300"/>
+    <s v="Bandon"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2534"/>
+  </r>
+  <r>
+    <s v="CD428"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="107400"/>
+    <s v="Fermoy"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2451"/>
+  </r>
+  <r>
+    <s v="CD428"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="107500"/>
+    <s v="Newcastle West"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2425"/>
+  </r>
+  <r>
+    <s v="CD428"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="107600"/>
+    <s v="Westport"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2189"/>
+  </r>
+  <r>
+    <s v="CD428"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="107700"/>
+    <s v="Carrick-on-Suir"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2274"/>
+  </r>
+  <r>
+    <s v="CD428"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="107800"/>
+    <s v="Kells (Ceanannas)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2222"/>
+  </r>
+  <r>
+    <s v="CD428"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="107900"/>
+    <s v="Birr"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2136"/>
+  </r>
+  <r>
+    <s v="CD428"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="108000"/>
+    <s v="Kinsealy-Drinan"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2239"/>
+  </r>
+  <r>
+    <s v="CD428"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="108100"/>
+    <s v="Passage West"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2089"/>
+  </r>
+  <r>
+    <s v="CD428"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="108200"/>
+    <s v="Roscommon"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2067"/>
+  </r>
+  <r>
+    <s v="CD428"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="108300"/>
+    <s v="Kilcock"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1956"/>
+  </r>
+  <r>
+    <s v="CD428"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="108400"/>
+    <s v="Roscrea"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2009"/>
+  </r>
+  <r>
+    <s v="CD428"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="108500"/>
+    <s v="Tipperary"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2217"/>
+  </r>
+  <r>
+    <s v="CD428"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="108600"/>
+    <s v="Sallins"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1796"/>
+  </r>
+  <r>
+    <s v="CD428"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="108700"/>
+    <s v="Loughrea"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2052"/>
+  </r>
+  <r>
+    <s v="CD428"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="108800"/>
+    <s v="Blessington"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1702"/>
+  </r>
+  <r>
+    <s v="CD428"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="108900"/>
+    <s v="Towns 3,000 - 4,999 population"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="44634"/>
+  </r>
+  <r>
+    <s v="CD428"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="109000"/>
+    <s v="Ardee"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1852"/>
+  </r>
+  <r>
+    <s v="CD428"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="109100"/>
+    <s v="Carrickmacross"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1928"/>
+  </r>
+  <r>
+    <s v="CD428"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="109200"/>
+    <s v="Kinsale"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1838"/>
+  </r>
+  <r>
+    <s v="CD428"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="109300"/>
+    <s v="Ballybofey-Stranorlar"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1866"/>
+  </r>
+  <r>
+    <s v="CD428"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="109400"/>
+    <s v="Listowel"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2020"/>
+  </r>
+  <r>
+    <s v="CD428"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="109500"/>
+    <s v="Oranmore"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1845"/>
+  </r>
+  <r>
+    <s v="CD428"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="109600"/>
+    <s v="Mountmellick"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1720"/>
+  </r>
+  <r>
+    <s v="CD428"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="109700"/>
+    <s v="Clonakilty"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1713"/>
+  </r>
+  <r>
+    <s v="CD428"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="109800"/>
+    <s v="Carrigtwohill"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1650"/>
+  </r>
+  <r>
+    <s v="CD428"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="109900"/>
+    <s v="Cashel"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1605"/>
+  </r>
+  <r>
+    <s v="CD428"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="110000"/>
+    <s v="Kilcoole"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1345"/>
+  </r>
+  <r>
+    <s v="CD428"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="110100"/>
+    <s v="Duleek"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1322"/>
+  </r>
+  <r>
+    <s v="CD428"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="110200"/>
+    <s v="Carrick-on-Shannon"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1608"/>
+  </r>
+  <r>
+    <s v="CD428"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="110300"/>
+    <s v="Tullow"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1478"/>
+  </r>
+  <r>
+    <s v="CD428"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="110400"/>
+    <s v="Athenry"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1502"/>
+  </r>
+  <r>
+    <s v="CD428"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="110500"/>
+    <s v="Dunshaughlin"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1302"/>
+  </r>
+  <r>
+    <s v="CD428"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="110600"/>
+    <s v="Macroom"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1417"/>
+  </r>
+  <r>
+    <s v="CD428"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="110700"/>
+    <s v="Monasterevin"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1372"/>
+  </r>
+  <r>
+    <s v="CD428"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="110800"/>
+    <s v="Mitchelstown"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1460"/>
+  </r>
+  <r>
+    <s v="CD428"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="110900"/>
+    <s v="Rathluirc (or Charleville)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1446"/>
+  </r>
+  <r>
+    <s v="CD428"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="111000"/>
+    <s v="Castleblayney"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1437"/>
+  </r>
+  <r>
+    <s v="CD428"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="111100"/>
+    <s v="Cahir"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1395"/>
+  </r>
+  <r>
+    <s v="CD428"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="111200"/>
+    <s v="Kilcullen"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1242"/>
+  </r>
+  <r>
+    <s v="CD428"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="111300"/>
+    <s v="Rathcoole"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1295"/>
+  </r>
+  <r>
+    <s v="CD428"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="111400"/>
+    <s v="Claremorris"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1328"/>
+  </r>
+  <r>
+    <s v="CD428"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="111500"/>
+    <s v="Bantry"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1300"/>
+  </r>
+  <r>
+    <s v="CD428"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="111600"/>
+    <s v="Tower"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1098"/>
+  </r>
+  <r>
+    <s v="CD428"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="111700"/>
+    <s v="Clara"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1184"/>
+  </r>
+  <r>
+    <s v="CD428"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="111800"/>
+    <s v="Stamullen"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="985"/>
+  </r>
+  <r>
+    <s v="CD428"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="111900"/>
+    <s v="Kill"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1081"/>
+  </r>
+  <r>
+    <s v="CD428"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="112000"/>
+    <s v="Towns 1,500 - 2,999 population"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="63788"/>
+  </r>
+  <r>
+    <s v="CD428"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="112100"/>
+    <s v="Rathnew"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1019"/>
+  </r>
+  <r>
+    <s v="CD428"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="112200"/>
+    <s v="Muinebeag"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1078"/>
+  </r>
+  <r>
+    <s v="CD428"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="112300"/>
+    <s v="Enfield"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="982"/>
+  </r>
+  <r>
+    <s v="CD428"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="112400"/>
+    <s v="Courtown Harbour"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1125"/>
+  </r>
+  <r>
+    <s v="CD428"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="112500"/>
+    <s v="Annacotty"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="968"/>
+  </r>
+  <r>
+    <s v="CD428"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="112600"/>
+    <s v="Moate"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1047"/>
+  </r>
+  <r>
+    <s v="CD428"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="112700"/>
+    <s v="Ballinrobe"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1017"/>
+  </r>
+  <r>
+    <s v="CD428"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="112800"/>
+    <s v="Kilrush"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1059"/>
+  </r>
+  <r>
+    <s v="CD428"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="112900"/>
+    <s v="Skibbereen"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1158"/>
+  </r>
+  <r>
+    <s v="CD428"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="113000"/>
+    <s v="Kinnegad"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="918"/>
+  </r>
+  <r>
+    <s v="CD428"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="113100"/>
+    <s v="Newcastle"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="996"/>
+  </r>
+  <r>
+    <s v="CD428"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="113200"/>
+    <s v="Gort"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1007"/>
+  </r>
+  <r>
+    <s v="CD428"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="113300"/>
+    <s v="Donegal"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1034"/>
+  </r>
+  <r>
+    <s v="CD428"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="113400"/>
+    <s v="Boyle"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1059"/>
+  </r>
+  <r>
+    <s v="CD428"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="113500"/>
+    <s v="Ballyjamesduff"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="862"/>
+  </r>
+  <r>
+    <s v="CD428"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="113600"/>
+    <s v="Carndonagh"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="977"/>
+  </r>
+  <r>
+    <s v="CD428"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="113700"/>
+    <s v="Bailieborough"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="976"/>
+  </r>
+  <r>
+    <s v="CD428"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="113800"/>
+    <s v="Castleisland"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="990"/>
+  </r>
+  <r>
+    <s v="CD428"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="113900"/>
+    <s v="Sixmilebridge"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="894"/>
+  </r>
+  <r>
+    <s v="CD428"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="114000"/>
+    <s v="Ballyshannon"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1023"/>
+  </r>
+  <r>
+    <s v="CD428"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="114100"/>
+    <s v="Ballina (North Tipperary)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="857"/>
+  </r>
+  <r>
+    <s v="CD428"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="114200"/>
+    <s v="Blarney"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="876"/>
+  </r>
+  <r>
+    <s v="CD428"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="114300"/>
+    <s v="Newtownmountkennedy"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="782"/>
+  </r>
+  <r>
+    <s v="CD428"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="114400"/>
+    <s v="Athboy"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="861"/>
+  </r>
+  <r>
+    <s v="CD428"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="114500"/>
+    <s v="Rathangan"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="845"/>
+  </r>
+  <r>
+    <s v="CD428"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="114600"/>
+    <s v="Callan"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="861"/>
+  </r>
+  <r>
+    <s v="CD428"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="114700"/>
+    <s v="Kingscourt"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="843"/>
+  </r>
+  <r>
+    <s v="CD428"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="114800"/>
+    <s v="Ballyhaunis"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="857"/>
+  </r>
+  <r>
+    <s v="CD428"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="114900"/>
+    <s v="Virginia"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="870"/>
+  </r>
+  <r>
+    <s v="CD428"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="115000"/>
+    <s v="Thomastown"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="842"/>
+  </r>
+  <r>
+    <s v="CD428"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="115100"/>
+    <s v="Kanturk"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="923"/>
+  </r>
+  <r>
+    <s v="CD428"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="115200"/>
+    <s v="Prosperous"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="748"/>
+  </r>
+  <r>
+    <s v="CD428"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="115300"/>
+    <s v="Kenmare"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="841"/>
+  </r>
+  <r>
+    <s v="CD428"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="115400"/>
+    <s v="Saggart"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="847"/>
+  </r>
+  <r>
+    <s v="CD428"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="115500"/>
+    <s v="Bundoran"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="802"/>
+  </r>
+  <r>
+    <s v="CD428"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="115600"/>
+    <s v="Cootehill"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="883"/>
+  </r>
+  <r>
+    <s v="CD428"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="115700"/>
+    <s v="Crosshaven"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="780"/>
+  </r>
+  <r>
+    <s v="CD428"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="115800"/>
+    <s v="Killorglin"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="887"/>
+  </r>
+  <r>
+    <s v="CD428"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="115900"/>
+    <s v="Templemore"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="859"/>
+  </r>
+  <r>
+    <s v="CD428"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="116000"/>
+    <s v="Baltinglass"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="737"/>
+  </r>
+  <r>
+    <s v="CD428"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="116100"/>
+    <s v="Clifden"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="578"/>
+  </r>
+  <r>
+    <s v="CD428"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="116200"/>
+    <s v="Bunclody-Carrickduff"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="702"/>
+  </r>
+  <r>
+    <s v="CD428"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="116300"/>
+    <s v="Abbeyfeale"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="809"/>
+  </r>
+  <r>
+    <s v="CD428"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="116400"/>
+    <s v="Clogherhead"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="700"/>
+  </r>
+  <r>
+    <s v="CD428"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="116500"/>
+    <s v="Castlerea"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="820"/>
+  </r>
+  <r>
+    <s v="CD428"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="116600"/>
+    <s v="An Daingean"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="722"/>
+  </r>
+  <r>
+    <s v="CD428"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="116700"/>
+    <s v="Castleconnell"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="705"/>
+  </r>
+  <r>
+    <s v="CD428"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="116800"/>
+    <s v="Bearna"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="634"/>
+  </r>
+  <r>
+    <s v="CD428"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="116900"/>
+    <s v="Balrothery"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="620"/>
+  </r>
+  <r>
+    <s v="CD428"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="117000"/>
+    <s v="Abbeyleix"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="686"/>
+  </r>
+  <r>
+    <s v="CD428"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="117100"/>
+    <s v="Ballaghaderreen"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="761"/>
+  </r>
+  <r>
+    <s v="CD428"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="117200"/>
+    <s v="Enniskerry"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="588"/>
+  </r>
+  <r>
+    <s v="CD428"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="117300"/>
+    <s v="Newport"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="653"/>
+  </r>
+  <r>
+    <s v="CD428"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="117400"/>
+    <s v="Dunleer"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="661"/>
+  </r>
+  <r>
+    <s v="CD428"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="117500"/>
+    <s v="Newmarket-on-Fergus"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="705"/>
+  </r>
+  <r>
+    <s v="CD428"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="117600"/>
+    <s v="Clones"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="747"/>
+  </r>
+  <r>
+    <s v="CD428"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="117700"/>
+    <s v="Tubbercurry"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="710"/>
+  </r>
+  <r>
+    <s v="CD428"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="117800"/>
+    <s v="Edgeworthstown"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="624"/>
+  </r>
+  <r>
+    <s v="CD428"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="117900"/>
+    <s v="Ballivor"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="579"/>
+  </r>
+  <r>
+    <s v="CD428"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="118000"/>
+    <s v="Castlebridge"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="648"/>
+  </r>
+  <r>
+    <s v="CD428"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="118100"/>
+    <s v="Portlaw"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="622"/>
+  </r>
+  <r>
+    <s v="CD428"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="118200"/>
+    <s v="Mountrath"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="668"/>
+  </r>
+  <r>
+    <s v="CD428"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="118300"/>
+    <s v="Lifford"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="622"/>
+  </r>
+  <r>
+    <s v="CD428"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="118400"/>
+    <s v="Banagher"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="626"/>
+  </r>
+  <r>
+    <s v="CD428"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="118500"/>
+    <s v="Kilmallock"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="648"/>
+  </r>
+  <r>
+    <s v="CD428"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="118600"/>
+    <s v="Strandhill"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="598"/>
+  </r>
+  <r>
+    <s v="CD428"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="118700"/>
+    <s v="Rathdrum"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="531"/>
+  </r>
+  <r>
+    <s v="CD428"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="118800"/>
+    <s v="Dunmanway"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="660"/>
+  </r>
+  <r>
+    <s v="CD428"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="118900"/>
+    <s v="Millstreet"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="623"/>
+  </r>
+  <r>
+    <s v="CD428"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="119000"/>
+    <s v="Ballymahon"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="586"/>
+  </r>
+  <r>
+    <s v="CD428"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="119100"/>
+    <s v="Cloyne"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="577"/>
+  </r>
+  <r>
+    <s v="CD428"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="119200"/>
+    <s v="Dunmore East"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="612"/>
+  </r>
+  <r>
+    <s v="CD428"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="119300"/>
+    <s v="Moycullen"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="562"/>
+  </r>
+  <r>
+    <s v="CD428"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="119400"/>
+    <s v="Bunbeg-Derrybeg"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="616"/>
+  </r>
+  <r>
+    <s v="CD428"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="119500"/>
+    <s v="Rathkeale"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="558"/>
+  </r>
+  <r>
+    <s v="CD428"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="119600"/>
+    <s v="Rosslare"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="530"/>
+  </r>
+  <r>
+    <s v="CD428"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="119700"/>
+    <s v="Graiguenamanagh-Tinnahinch"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="592"/>
+  </r>
+  <r>
+    <s v="CD428"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="119800"/>
+    <s v="Derrinturn"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="500"/>
+  </r>
+  <r>
+    <s v="CD428"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="119900"/>
+    <s v="Fethard"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="637"/>
+  </r>
+  <r>
+    <s v="CD428"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="120000"/>
+    <s v="Ballymote"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="642"/>
+  </r>
+  <r>
+    <s v="CD428"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="120100"/>
+    <s v="Rathcormac"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="571"/>
+  </r>
+  <r>
+    <s v="CD428"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="120200"/>
+    <s v="Portumna"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="565"/>
+  </r>
+  <r>
+    <s v="CD428"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="120300"/>
+    <s v="Aggregate Town Area"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1050073"/>
+  </r>
+  <r>
+    <s v="CD428"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="120400"/>
+    <s v="Towns 1,000 - 1,499 population"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="34907"/>
+  </r>
+  <r>
+    <s v="CD428"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="120500"/>
+    <s v="Total Towns 500 - 999 population"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="46099"/>
+  </r>
+  <r>
+    <s v="CD428"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="120600"/>
+    <s v="Towns under 500 population but with at least 50 inhabited houses"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="43478"/>
+  </r>
+  <r>
+    <s v="CD428"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="120700"/>
+    <s v="Remainder of country"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="474851"/>
+  </r>
+  <r>
+    <s v="CD428"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="120800"/>
+    <s v="Aggregate rural area"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="599335"/>
+  </r>
+  <r>
+    <s v="CD428"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Yes"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1600118"/>
+  </r>
+  <r>
+    <s v="CD428"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Yes"/>
+    <s v="100100"/>
+    <s v="Dublin City and suburbs"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="397731"/>
+  </r>
+  <r>
+    <s v="CD428"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Yes"/>
+    <s v="100200"/>
+    <s v="Other Cities (1)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="150849"/>
+  </r>
+  <r>
+    <s v="CD428"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Yes"/>
+    <s v="100300"/>
+    <s v="Cork City and suburbs"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="71411"/>
+  </r>
+  <r>
+    <s v="CD428"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Yes"/>
+    <s v="100400"/>
+    <s v="Limerick City and suburbs"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="32951"/>
+  </r>
+  <r>
+    <s v="CD428"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Yes"/>
+    <s v="100500"/>
+    <s v="Galway City and suburbs"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="27206"/>
+  </r>
+  <r>
+    <s v="CD428"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Yes"/>
+    <s v="100600"/>
+    <s v="Waterford City and suburbs"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="19281"/>
+  </r>
+  <r>
+    <s v="CD428"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Yes"/>
+    <s v="100700"/>
+    <s v="Towns 10,000 population and over"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="258185"/>
+  </r>
+  <r>
+    <s v="CD428"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Yes"/>
+    <s v="100800"/>
+    <s v="Drogheda"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="13626"/>
+  </r>
+  <r>
+    <s v="CD428"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Yes"/>
+    <s v="100900"/>
+    <s v="Dundalk"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="13845"/>
+  </r>
+  <r>
+    <s v="CD428"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Yes"/>
+    <s v="101000"/>
+    <s v="Swords"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="12333"/>
+  </r>
+  <r>
+    <s v="CD428"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Yes"/>
+    <s v="101100"/>
+    <s v="Bray"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="10972"/>
+  </r>
+  <r>
+    <s v="CD428"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Yes"/>
+    <s v="101200"/>
+    <s v="Navan (An Uaimh)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="9772"/>
+  </r>
+  <r>
+    <s v="CD428"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Yes"/>
+    <s v="101300"/>
+    <s v="Ennis"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="9456"/>
+  </r>
+  <r>
+    <s v="CD428"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Yes"/>
+    <s v="101400"/>
+    <s v="Kilkenny"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="9032"/>
+  </r>
+  <r>
+    <s v="CD428"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Yes"/>
+    <s v="101500"/>
+    <s v="Tralee"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="8748"/>
+  </r>
+  <r>
+    <s v="CD428"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Yes"/>
+    <s v="101600"/>
+    <s v="Carlow"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="8320"/>
+  </r>
+  <r>
+    <s v="CD428"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Yes"/>
+    <s v="101700"/>
+    <s v="Droichead Nua"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="7250"/>
+  </r>
+  <r>
+    <s v="CD428"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Yes"/>
+    <s v="101800"/>
+    <s v="Naas"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="6867"/>
+  </r>
+  <r>
+    <s v="CD428"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Yes"/>
+    <s v="101900"/>
+    <s v="Athlone"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="7402"/>
+  </r>
+  <r>
+    <s v="CD428"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Yes"/>
+    <s v="102000"/>
+    <s v="Portlaoise"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="6868"/>
+  </r>
+  <r>
+    <s v="CD428"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Yes"/>
+    <s v="102100"/>
+    <s v="Mullingar"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="7267"/>
+  </r>
+  <r>
+    <s v="CD428"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Yes"/>
+    <s v="102200"/>
+    <s v="Wexford"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="7666"/>
+  </r>
+  <r>
+    <s v="CD428"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Yes"/>
+    <s v="102300"/>
+    <s v="Balbriggan"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="6961"/>
+  </r>
+  <r>
+    <s v="CD428"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Yes"/>
+    <s v="102400"/>
+    <s v="Letterkenny"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="7302"/>
+  </r>
+  <r>
+    <s v="CD428"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Yes"/>
+    <s v="102500"/>
+    <s v="Celbridge"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="6343"/>
+  </r>
+  <r>
+    <s v="CD428"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Yes"/>
+    <s v="102600"/>
+    <s v="Sligo"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="7247"/>
+  </r>
+  <r>
+    <s v="CD428"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Yes"/>
+    <s v="102700"/>
+    <s v="Clonmel"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="6801"/>
+  </r>
+  <r>
+    <s v="CD428"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Yes"/>
+    <s v="102800"/>
+    <s v="Greystones"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="6054"/>
+  </r>
+  <r>
+    <s v="CD428"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Yes"/>
+    <s v="102900"/>
+    <s v="Malahide"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5403"/>
+  </r>
+  <r>
+    <s v="CD428"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Yes"/>
+    <s v="103000"/>
+    <s v="Leixlip"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5048"/>
+  </r>
+  <r>
+    <s v="CD428"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Yes"/>
+    <s v="103100"/>
+    <s v="Carrigaline"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4904"/>
+  </r>
+  <r>
+    <s v="CD428"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Yes"/>
+    <s v="103200"/>
+    <s v="Tullamore"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5144"/>
+  </r>
+  <r>
+    <s v="CD428"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Yes"/>
+    <s v="103300"/>
+    <s v="Killarney"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4430"/>
+  </r>
+  <r>
+    <s v="CD428"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Yes"/>
+    <s v="103400"/>
+    <s v="Arklow"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4712"/>
+  </r>
+  <r>
+    <s v="CD428"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Yes"/>
+    <s v="103500"/>
+    <s v="Maynooth"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4137"/>
+  </r>
+  <r>
+    <s v="CD428"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Yes"/>
+    <s v="103600"/>
+    <s v="Cobh"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4459"/>
+  </r>
+  <r>
+    <s v="CD428"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Yes"/>
+    <s v="103700"/>
+    <s v="Castlebar"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4691"/>
+  </r>
+  <r>
+    <s v="CD428"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Yes"/>
+    <s v="103800"/>
+    <s v="Midleton"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4222"/>
+  </r>
+  <r>
+    <s v="CD428"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Yes"/>
+    <s v="103900"/>
+    <s v="Mallow"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4290"/>
+  </r>
+  <r>
+    <s v="CD428"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Yes"/>
+    <s v="104000"/>
+    <s v="Ashbourne"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3856"/>
+  </r>
+  <r>
+    <s v="CD428"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Yes"/>
+    <s v="104100"/>
+    <s v="Ballina"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4123"/>
+  </r>
+  <r>
+    <s v="CD428"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Yes"/>
+    <s v="104200"/>
+    <s v="Laytown-Bettystown-Mornington"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3659"/>
+  </r>
+  <r>
+    <s v="CD428"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Yes"/>
+    <s v="104300"/>
+    <s v="Enniscorthy"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4079"/>
+  </r>
+  <r>
+    <s v="CD428"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Yes"/>
+    <s v="104400"/>
+    <s v="Wicklow"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3568"/>
+  </r>
+  <r>
+    <s v="CD428"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Yes"/>
+    <s v="104500"/>
+    <s v="Tramore"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3719"/>
+  </r>
+  <r>
+    <s v="CD428"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Yes"/>
+    <s v="104600"/>
+    <s v="Cavan"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3609"/>
+  </r>
+  <r>
+    <s v="CD428"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Yes"/>
+    <s v="104700"/>
+    <s v="Towns 5,000 - 9,999 population"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="106523"/>
+  </r>
+  <r>
+    <s v="CD428"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Yes"/>
+    <s v="104800"/>
+    <s v="Athy"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3554"/>
+  </r>
+  <r>
+    <s v="CD428"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Yes"/>
+    <s v="104900"/>
+    <s v="Shannon"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3555"/>
+  </r>
+  <r>
+    <s v="CD428"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Yes"/>
+    <s v="105000"/>
+    <s v="Skerries"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3345"/>
+  </r>
+  <r>
+    <s v="CD428"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Yes"/>
+    <s v="105100"/>
+    <s v="Longford"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3592"/>
+  </r>
+  <r>
+    <s v="CD428"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Yes"/>
+    <s v="105200"/>
+    <s v="Dungarvan"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3574"/>
+  </r>
+  <r>
+    <s v="CD428"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Yes"/>
+    <s v="105300"/>
+    <s v="Portmarnock"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3249"/>
+  </r>
+  <r>
+    <s v="CD428"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Yes"/>
+    <s v="105400"/>
+    <s v="Rush"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3018"/>
+  </r>
+  <r>
+    <s v="CD428"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Yes"/>
+    <s v="105500"/>
+    <s v="Gorey"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3350"/>
+  </r>
+  <r>
+    <s v="CD428"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Yes"/>
+    <s v="105600"/>
+    <s v="Ratoath"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2724"/>
+  </r>
+  <r>
+    <s v="CD428"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Yes"/>
+    <s v="105700"/>
+    <s v="Nenagh"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3293"/>
+  </r>
+  <r>
+    <s v="CD428"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Yes"/>
+    <s v="105800"/>
+    <s v="Trim"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2839"/>
+  </r>
+  <r>
+    <s v="CD428"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Yes"/>
+    <s v="105900"/>
+    <s v="Tuam"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3275"/>
+  </r>
+  <r>
+    <s v="CD428"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Yes"/>
+    <s v="106000"/>
+    <s v="New Ross"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3019"/>
+  </r>
+  <r>
+    <s v="CD428"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Yes"/>
+    <s v="106100"/>
+    <s v="Kildare"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2756"/>
+  </r>
+  <r>
+    <s v="CD428"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Yes"/>
+    <s v="106200"/>
+    <s v="Thurles"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3125"/>
+  </r>
+  <r>
+    <s v="CD428"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Yes"/>
+    <s v="106300"/>
+    <s v="Youghal"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2937"/>
+  </r>
+  <r>
+    <s v="CD428"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Yes"/>
+    <s v="106400"/>
+    <s v="Portarlington"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2833"/>
+  </r>
+  <r>
+    <s v="CD428"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Yes"/>
+    <s v="106500"/>
+    <s v="Monaghan"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2773"/>
+  </r>
+  <r>
+    <s v="CD428"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Yes"/>
+    <s v="106600"/>
+    <s v="Lusk"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2342"/>
+  </r>
+  <r>
+    <s v="CD428"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Yes"/>
+    <s v="106700"/>
+    <s v="Edenderry"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2418"/>
+  </r>
+  <r>
+    <s v="CD428"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Yes"/>
+    <s v="106800"/>
+    <s v="Dunboyne"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2082"/>
+  </r>
+  <r>
+    <s v="CD428"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Yes"/>
+    <s v="106900"/>
+    <s v="Buncrana"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2497"/>
+  </r>
+  <r>
+    <s v="CD428"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Yes"/>
+    <s v="107000"/>
+    <s v="Donabate"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2220"/>
+  </r>
+  <r>
+    <s v="CD428"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Yes"/>
+    <s v="107100"/>
+    <s v="Clane"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2359"/>
+  </r>
+  <r>
+    <s v="CD428"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Yes"/>
+    <s v="107200"/>
+    <s v="Ballinasloe"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2332"/>
+  </r>
+  <r>
+    <s v="CD428"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Yes"/>
+    <s v="107300"/>
+    <s v="Bandon"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2448"/>
+  </r>
+  <r>
+    <s v="CD428"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Yes"/>
+    <s v="107400"/>
+    <s v="Fermoy"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2387"/>
+  </r>
+  <r>
+    <s v="CD428"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Yes"/>
+    <s v="107500"/>
+    <s v="Newcastle West"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2351"/>
+  </r>
+  <r>
+    <s v="CD428"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Yes"/>
+    <s v="107600"/>
+    <s v="Westport"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2137"/>
+  </r>
+  <r>
+    <s v="CD428"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Yes"/>
+    <s v="107700"/>
+    <s v="Carrick-on-Suir"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2212"/>
+  </r>
+  <r>
+    <s v="CD428"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Yes"/>
+    <s v="107800"/>
+    <s v="Kells (Ceanannas)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2172"/>
+  </r>
+  <r>
+    <s v="CD428"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Yes"/>
+    <s v="107900"/>
+    <s v="Birr"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2071"/>
+  </r>
+  <r>
+    <s v="CD428"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Yes"/>
+    <s v="108000"/>
+    <s v="Kinsealy-Drinan"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2195"/>
+  </r>
+  <r>
+    <s v="CD428"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Yes"/>
+    <s v="108100"/>
+    <s v="Passage West"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2032"/>
+  </r>
+  <r>
+    <s v="CD428"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Yes"/>
+    <s v="108200"/>
+    <s v="Roscommon"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2017"/>
+  </r>
+  <r>
+    <s v="CD428"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Yes"/>
+    <s v="108300"/>
+    <s v="Kilcock"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1925"/>
+  </r>
+  <r>
+    <s v="CD428"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Yes"/>
+    <s v="108400"/>
+    <s v="Roscrea"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1958"/>
+  </r>
+  <r>
+    <s v="CD428"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Yes"/>
+    <s v="108500"/>
+    <s v="Tipperary"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2126"/>
+  </r>
+  <r>
+    <s v="CD428"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Yes"/>
+    <s v="108600"/>
+    <s v="Sallins"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1771"/>
+  </r>
+  <r>
+    <s v="CD428"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Yes"/>
+    <s v="108700"/>
+    <s v="Loughrea"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1977"/>
+  </r>
+  <r>
+    <s v="CD428"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Yes"/>
+    <s v="108800"/>
+    <s v="Blessington"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1683"/>
+  </r>
+  <r>
+    <s v="CD428"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Yes"/>
+    <s v="108900"/>
+    <s v="Towns 3,000 - 4,999 population"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="43448"/>
+  </r>
+  <r>
+    <s v="CD428"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Yes"/>
+    <s v="109000"/>
+    <s v="Ardee"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1799"/>
+  </r>
+  <r>
+    <s v="CD428"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Yes"/>
+    <s v="109100"/>
+    <s v="Carrickmacross"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1903"/>
+  </r>
+  <r>
+    <s v="CD428"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Yes"/>
+    <s v="109200"/>
+    <s v="Kinsale"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1747"/>
+  </r>
+  <r>
+    <s v="CD428"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Yes"/>
+    <s v="109300"/>
+    <s v="Ballybofey-Stranorlar"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1835"/>
+  </r>
+  <r>
+    <s v="CD428"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Yes"/>
+    <s v="109400"/>
+    <s v="Listowel"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1979"/>
+  </r>
+  <r>
+    <s v="CD428"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Yes"/>
+    <s v="109500"/>
+    <s v="Oranmore"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1825"/>
+  </r>
+  <r>
+    <s v="CD428"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Yes"/>
+    <s v="109600"/>
+    <s v="Mountmellick"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1676"/>
+  </r>
+  <r>
+    <s v="CD428"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Yes"/>
+    <s v="109700"/>
+    <s v="Clonakilty"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1626"/>
+  </r>
+  <r>
+    <s v="CD428"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Yes"/>
+    <s v="109800"/>
+    <s v="Carrigtwohill"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1612"/>
+  </r>
+  <r>
+    <s v="CD428"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Yes"/>
+    <s v="109900"/>
+    <s v="Cashel"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1554"/>
+  </r>
+  <r>
+    <s v="CD428"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Yes"/>
+    <s v="110000"/>
+    <s v="Kilcoole"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1303"/>
+  </r>
+  <r>
+    <s v="CD428"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Yes"/>
+    <s v="110100"/>
+    <s v="Duleek"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1295"/>
+  </r>
+  <r>
+    <s v="CD428"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Yes"/>
+    <s v="110200"/>
+    <s v="Carrick-on-Shannon"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1571"/>
+  </r>
+  <r>
+    <s v="CD428"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Yes"/>
+    <s v="110300"/>
+    <s v="Tullow"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1430"/>
+  </r>
+  <r>
+    <s v="CD428"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Yes"/>
+    <s v="110400"/>
+    <s v="Athenry"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1468"/>
+  </r>
+  <r>
+    <s v="CD428"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Yes"/>
+    <s v="110500"/>
+    <s v="Dunshaughlin"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1291"/>
+  </r>
+  <r>
+    <s v="CD428"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Yes"/>
+    <s v="110600"/>
+    <s v="Macroom"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1360"/>
+  </r>
+  <r>
+    <s v="CD428"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Yes"/>
+    <s v="110700"/>
+    <s v="Monasterevin"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1329"/>
+  </r>
+  <r>
+    <s v="CD428"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Yes"/>
+    <s v="110800"/>
+    <s v="Mitchelstown"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1428"/>
+  </r>
+  <r>
+    <s v="CD428"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Yes"/>
+    <s v="110900"/>
+    <s v="Rathluirc (or Charleville)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1405"/>
+  </r>
+  <r>
+    <s v="CD428"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Yes"/>
+    <s v="111000"/>
+    <s v="Castleblayney"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1412"/>
+  </r>
+  <r>
+    <s v="CD428"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Yes"/>
+    <s v="111100"/>
+    <s v="Cahir"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1337"/>
+  </r>
+  <r>
+    <s v="CD428"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Yes"/>
+    <s v="111200"/>
+    <s v="Kilcullen"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1222"/>
+  </r>
+  <r>
+    <s v="CD428"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Yes"/>
+    <s v="111300"/>
+    <s v="Rathcoole"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1266"/>
+  </r>
+  <r>
+    <s v="CD428"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Yes"/>
+    <s v="111400"/>
+    <s v="Claremorris"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1284"/>
+  </r>
+  <r>
+    <s v="CD428"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Yes"/>
+    <s v="111500"/>
+    <s v="Bantry"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1224"/>
+  </r>
+  <r>
+    <s v="CD428"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Yes"/>
+    <s v="111600"/>
+    <s v="Tower"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1067"/>
+  </r>
+  <r>
+    <s v="CD428"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Yes"/>
+    <s v="111700"/>
+    <s v="Clara"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1154"/>
+  </r>
+  <r>
+    <s v="CD428"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Yes"/>
+    <s v="111800"/>
+    <s v="Stamullen"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="976"/>
+  </r>
+  <r>
+    <s v="CD428"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Yes"/>
+    <s v="111900"/>
+    <s v="Kill"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1070"/>
+  </r>
+  <r>
+    <s v="CD428"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Yes"/>
+    <s v="112000"/>
+    <s v="Towns 1,500 - 2,999 population"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="62051"/>
+  </r>
+  <r>
+    <s v="CD428"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Yes"/>
+    <s v="112100"/>
+    <s v="Rathnew"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="996"/>
+  </r>
+  <r>
+    <s v="CD428"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Yes"/>
+    <s v="112200"/>
+    <s v="Muinebeag"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1043"/>
+  </r>
+  <r>
+    <s v="CD428"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Yes"/>
+    <s v="112300"/>
+    <s v="Enfield"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="970"/>
+  </r>
+  <r>
+    <s v="CD428"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Yes"/>
+    <s v="112400"/>
+    <s v="Courtown Harbour"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1106"/>
+  </r>
+  <r>
+    <s v="CD428"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Yes"/>
+    <s v="112500"/>
+    <s v="Annacotty"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="955"/>
+  </r>
+  <r>
+    <s v="CD428"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Yes"/>
+    <s v="112600"/>
+    <s v="Moate"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1025"/>
+  </r>
+  <r>
+    <s v="CD428"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Yes"/>
+    <s v="112700"/>
+    <s v="Ballinrobe"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="997"/>
+  </r>
+  <r>
+    <s v="CD428"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Yes"/>
+    <s v="112800"/>
+    <s v="Kilrush"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="995"/>
+  </r>
+  <r>
+    <s v="CD428"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Yes"/>
+    <s v="112900"/>
+    <s v="Skibbereen"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1101"/>
+  </r>
+  <r>
+    <s v="CD428"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Yes"/>
+    <s v="113000"/>
+    <s v="Kinnegad"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="900"/>
+  </r>
+  <r>
+    <s v="CD428"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Yes"/>
+    <s v="113100"/>
+    <s v="Newcastle"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="977"/>
+  </r>
+  <r>
+    <s v="CD428"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Yes"/>
+    <s v="113200"/>
+    <s v="Gort"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="968"/>
+  </r>
+  <r>
+    <s v="CD428"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Yes"/>
+    <s v="113300"/>
+    <s v="Donegal"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1006"/>
+  </r>
+  <r>
+    <s v="CD428"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Yes"/>
+    <s v="113400"/>
+    <s v="Boyle"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1032"/>
+  </r>
+  <r>
+    <s v="CD428"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Yes"/>
+    <s v="113500"/>
+    <s v="Ballyjamesduff"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="838"/>
+  </r>
+  <r>
+    <s v="CD428"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Yes"/>
+    <s v="113600"/>
+    <s v="Carndonagh"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="970"/>
+  </r>
+  <r>
+    <s v="CD428"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Yes"/>
+    <s v="113700"/>
+    <s v="Bailieborough"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="953"/>
+  </r>
+  <r>
+    <s v="CD428"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Yes"/>
+    <s v="113800"/>
+    <s v="Castleisland"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="957"/>
+  </r>
+  <r>
+    <s v="CD428"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Yes"/>
+    <s v="113900"/>
+    <s v="Sixmilebridge"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="881"/>
+  </r>
+  <r>
+    <s v="CD428"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Yes"/>
+    <s v="114000"/>
+    <s v="Ballyshannon"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="996"/>
+  </r>
+  <r>
+    <s v="CD428"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Yes"/>
+    <s v="114100"/>
+    <s v="Ballina (North Tipperary)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="846"/>
+  </r>
+  <r>
+    <s v="CD428"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Yes"/>
+    <s v="114200"/>
+    <s v="Blarney"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="853"/>
+  </r>
+  <r>
+    <s v="CD428"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Yes"/>
+    <s v="114300"/>
+    <s v="Newtownmountkennedy"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="764"/>
+  </r>
+  <r>
+    <s v="CD428"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Yes"/>
+    <s v="114400"/>
+    <s v="Athboy"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="847"/>
+  </r>
+  <r>
+    <s v="CD428"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Yes"/>
+    <s v="114500"/>
+    <s v="Rathangan"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="830"/>
+  </r>
+  <r>
+    <s v="CD428"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Yes"/>
+    <s v="114600"/>
+    <s v="Callan"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="845"/>
+  </r>
+  <r>
+    <s v="CD428"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Yes"/>
+    <s v="114700"/>
+    <s v="Kingscourt"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="836"/>
+  </r>
+  <r>
+    <s v="CD428"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Yes"/>
+    <s v="114800"/>
+    <s v="Ballyhaunis"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="819"/>
+  </r>
+  <r>
+    <s v="CD428"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Yes"/>
+    <s v="114900"/>
+    <s v="Virginia"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="859"/>
+  </r>
+  <r>
+    <s v="CD428"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Yes"/>
+    <s v="115000"/>
+    <s v="Thomastown"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="827"/>
+  </r>
+  <r>
+    <s v="CD428"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Yes"/>
+    <s v="115100"/>
+    <s v="Kanturk"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="904"/>
+  </r>
+  <r>
+    <s v="CD428"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Yes"/>
+    <s v="115200"/>
+    <s v="Prosperous"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="742"/>
+  </r>
+  <r>
+    <s v="CD428"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Yes"/>
+    <s v="115300"/>
+    <s v="Kenmare"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="815"/>
+  </r>
+  <r>
+    <s v="CD428"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Yes"/>
+    <s v="115400"/>
+    <s v="Saggart"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="814"/>
+  </r>
+  <r>
+    <s v="CD428"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Yes"/>
+    <s v="115500"/>
+    <s v="Bundoran"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="771"/>
+  </r>
+  <r>
+    <s v="CD428"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Yes"/>
+    <s v="115600"/>
+    <s v="Cootehill"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="865"/>
+  </r>
+  <r>
+    <s v="CD428"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Yes"/>
+    <s v="115700"/>
+    <s v="Crosshaven"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="750"/>
+  </r>
+  <r>
+    <s v="CD428"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Yes"/>
+    <s v="115800"/>
+    <s v="Killorglin"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="856"/>
+  </r>
+  <r>
+    <s v="CD428"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Yes"/>
+    <s v="115900"/>
+    <s v="Templemore"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="831"/>
+  </r>
+  <r>
+    <s v="CD428"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Yes"/>
+    <s v="116000"/>
+    <s v="Baltinglass"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="717"/>
+  </r>
+  <r>
+    <s v="CD428"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Yes"/>
+    <s v="116100"/>
+    <s v="Clifden"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="558"/>
+  </r>
+  <r>
+    <s v="CD428"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Yes"/>
+    <s v="116200"/>
+    <s v="Bunclody-Carrickduff"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="675"/>
+  </r>
+  <r>
+    <s v="CD428"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Yes"/>
+    <s v="116300"/>
+    <s v="Abbeyfeale"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="792"/>
+  </r>
+  <r>
+    <s v="CD428"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Yes"/>
+    <s v="116400"/>
+    <s v="Clogherhead"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="692"/>
+  </r>
+  <r>
+    <s v="CD428"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Yes"/>
+    <s v="116500"/>
+    <s v="Castlerea"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="792"/>
+  </r>
+  <r>
+    <s v="CD428"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Yes"/>
+    <s v="116600"/>
+    <s v="An Daingean"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="673"/>
+  </r>
+  <r>
+    <s v="CD428"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Yes"/>
+    <s v="116700"/>
+    <s v="Castleconnell"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="692"/>
+  </r>
+  <r>
+    <s v="CD428"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Yes"/>
+    <s v="116800"/>
+    <s v="Bearna"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="624"/>
+  </r>
+  <r>
+    <s v="CD428"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Yes"/>
+    <s v="116900"/>
+    <s v="Balrothery"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="611"/>
+  </r>
+  <r>
+    <s v="CD428"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Yes"/>
+    <s v="117000"/>
+    <s v="Abbeyleix"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="667"/>
+  </r>
+  <r>
+    <s v="CD428"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Yes"/>
+    <s v="117100"/>
+    <s v="Ballaghaderreen"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="737"/>
+  </r>
+  <r>
+    <s v="CD428"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Yes"/>
+    <s v="117200"/>
+    <s v="Enniskerry"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="575"/>
+  </r>
+  <r>
+    <s v="CD428"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Yes"/>
+    <s v="117300"/>
+    <s v="Newport"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="614"/>
+  </r>
+  <r>
+    <s v="CD428"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Yes"/>
+    <s v="117400"/>
+    <s v="Dunleer"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="651"/>
+  </r>
+  <r>
+    <s v="CD428"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Yes"/>
+    <s v="117500"/>
+    <s v="Newmarket-on-Fergus"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="677"/>
+  </r>
+  <r>
+    <s v="CD428"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Yes"/>
+    <s v="117600"/>
+    <s v="Clones"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="720"/>
+  </r>
+  <r>
+    <s v="CD428"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Yes"/>
+    <s v="117700"/>
+    <s v="Tubbercurry"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="700"/>
+  </r>
+  <r>
+    <s v="CD428"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Yes"/>
+    <s v="117800"/>
+    <s v="Edgeworthstown"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="600"/>
+  </r>
+  <r>
+    <s v="CD428"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Yes"/>
+    <s v="117900"/>
+    <s v="Ballivor"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="570"/>
+  </r>
+  <r>
+    <s v="CD428"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Yes"/>
+    <s v="118000"/>
+    <s v="Castlebridge"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="635"/>
+  </r>
+  <r>
+    <s v="CD428"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Yes"/>
+    <s v="118100"/>
+    <s v="Portlaw"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="601"/>
+  </r>
+  <r>
+    <s v="CD428"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Yes"/>
+    <s v="118200"/>
+    <s v="Mountrath"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="645"/>
+  </r>
+  <r>
+    <s v="CD428"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Yes"/>
+    <s v="118300"/>
+    <s v="Lifford"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="612"/>
+  </r>
+  <r>
+    <s v="CD428"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Yes"/>
+    <s v="118400"/>
+    <s v="Banagher"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="617"/>
+  </r>
+  <r>
+    <s v="CD428"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Yes"/>
+    <s v="118500"/>
+    <s v="Kilmallock"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="616"/>
+  </r>
+  <r>
+    <s v="CD428"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Yes"/>
+    <s v="118600"/>
+    <s v="Strandhill"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="582"/>
+  </r>
+  <r>
+    <s v="CD428"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Yes"/>
+    <s v="118700"/>
+    <s v="Rathdrum"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="508"/>
+  </r>
+  <r>
+    <s v="CD428"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Yes"/>
+    <s v="118800"/>
+    <s v="Dunmanway"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="638"/>
+  </r>
+  <r>
+    <s v="CD428"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Yes"/>
+    <s v="118900"/>
+    <s v="Millstreet"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="610"/>
+  </r>
+  <r>
+    <s v="CD428"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Yes"/>
+    <s v="119000"/>
+    <s v="Ballymahon"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="571"/>
+  </r>
+  <r>
+    <s v="CD428"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Yes"/>
+    <s v="119100"/>
+    <s v="Cloyne"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="561"/>
+  </r>
+  <r>
+    <s v="CD428"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Yes"/>
+    <s v="119200"/>
+    <s v="Dunmore East"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="588"/>
+  </r>
+  <r>
+    <s v="CD428"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Yes"/>
+    <s v="119300"/>
+    <s v="Moycullen"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="553"/>
+  </r>
+  <r>
+    <s v="CD428"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Yes"/>
+    <s v="119400"/>
+    <s v="Bunbeg-Derrybeg"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="601"/>
+  </r>
+  <r>
+    <s v="CD428"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Yes"/>
+    <s v="119500"/>
+    <s v="Rathkeale"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="534"/>
+  </r>
+  <r>
+    <s v="CD428"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Yes"/>
+    <s v="119600"/>
+    <s v="Rosslare"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="523"/>
+  </r>
+  <r>
+    <s v="CD428"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Yes"/>
+    <s v="119700"/>
+    <s v="Graiguenamanagh-Tinnahinch"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="564"/>
+  </r>
+  <r>
+    <s v="CD428"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Yes"/>
+    <s v="119800"/>
+    <s v="Derrinturn"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="493"/>
+  </r>
+  <r>
+    <s v="CD428"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Yes"/>
+    <s v="119900"/>
+    <s v="Fethard"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="607"/>
+  </r>
+  <r>
+    <s v="CD428"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Yes"/>
+    <s v="120000"/>
+    <s v="Ballymote"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="620"/>
+  </r>
+  <r>
+    <s v="CD428"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Yes"/>
+    <s v="120100"/>
+    <s v="Rathcormac"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="551"/>
+  </r>
+  <r>
+    <s v="CD428"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Yes"/>
+    <s v="120200"/>
+    <s v="Portumna"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="544"/>
+  </r>
+  <r>
+    <s v="CD428"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Yes"/>
+    <s v="120300"/>
+    <s v="Aggregate Town Area"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1018787"/>
+  </r>
+  <r>
+    <s v="CD428"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Yes"/>
+    <s v="120400"/>
+    <s v="Towns 1,000 - 1,499 population"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="33977"/>
+  </r>
+  <r>
+    <s v="CD428"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Yes"/>
+    <s v="120500"/>
+    <s v="Total Towns 500 - 999 population"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="44813"/>
+  </r>
+  <r>
+    <s v="CD428"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Yes"/>
+    <s v="120600"/>
+    <s v="Towns under 500 population but with at least 50 inhabited houses"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="42217"/>
+  </r>
+  <r>
+    <s v="CD428"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Yes"/>
+    <s v="120700"/>
+    <s v="Remainder of country"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="460324"/>
+  </r>
+  <r>
+    <s v="CD428"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Yes"/>
+    <s v="120800"/>
+    <s v="Aggregate rural area"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="581331"/>
+  </r>
+  <r>
+    <s v="CD428"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="02"/>
+    <s v="No"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="26952"/>
+  </r>
+  <r>
+    <s v="CD428"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="02"/>
+    <s v="No"/>
+    <s v="100100"/>
+    <s v="Dublin City and suburbs"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5899"/>
+  </r>
+  <r>
+    <s v="CD428"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="02"/>
+    <s v="No"/>
+    <s v="100200"/>
+    <s v="Other Cities (1)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2663"/>
+  </r>
+  <r>
+    <s v="CD428"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="02"/>
+    <s v="No"/>
+    <s v="100300"/>
+    <s v="Cork City and suburbs"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1365"/>
+  </r>
+  <r>
+    <s v="CD428"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="02"/>
+    <s v="No"/>
+    <s v="100400"/>
+    <s v="Limerick City and suburbs"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="580"/>
+  </r>
+  <r>
+    <s v="CD428"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="02"/>
+    <s v="No"/>
+    <s v="100500"/>
+    <s v="Galway City and suburbs"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="399"/>
+  </r>
+  <r>
+    <s v="CD428"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="02"/>
+    <s v="No"/>
+    <s v="100600"/>
+    <s v="Waterford City and suburbs"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="319"/>
+  </r>
+  <r>
+    <s v="CD428"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="02"/>
+    <s v="No"/>
+    <s v="100700"/>
+    <s v="Towns 10,000 population and over"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3057"/>
+  </r>
+  <r>
+    <s v="CD428"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="02"/>
+    <s v="No"/>
+    <s v="100800"/>
+    <s v="Drogheda"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="116"/>
+  </r>
+  <r>
+    <s v="CD428"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="02"/>
+    <s v="No"/>
+    <s v="100900"/>
+    <s v="Dundalk"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="148"/>
+  </r>
+  <r>
+    <s v="CD428"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="02"/>
+    <s v="No"/>
+    <s v="101000"/>
+    <s v="Swords"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="51"/>
+  </r>
+  <r>
+    <s v="CD428"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="02"/>
+    <s v="No"/>
+    <s v="101100"/>
+    <s v="Bray"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="194"/>
+  </r>
+  <r>
+    <s v="CD428"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="02"/>
+    <s v="No"/>
+    <s v="101200"/>
+    <s v="Navan (An Uaimh)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="54"/>
+  </r>
+  <r>
+    <s v="CD428"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="02"/>
+    <s v="No"/>
+    <s v="101300"/>
+    <s v="Ennis"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="118"/>
+  </r>
+  <r>
+    <s v="CD428"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="02"/>
+    <s v="No"/>
+    <s v="101400"/>
+    <s v="Kilkenny"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="117"/>
+  </r>
+  <r>
+    <s v="CD428"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="02"/>
+    <s v="No"/>
+    <s v="101500"/>
+    <s v="Tralee"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="250"/>
+  </r>
+  <r>
+    <s v="CD428"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="02"/>
+    <s v="No"/>
+    <s v="101600"/>
+    <s v="Carlow"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="74"/>
+  </r>
+  <r>
+    <s v="CD428"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="02"/>
+    <s v="No"/>
+    <s v="101700"/>
+    <s v="Droichead Nua"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="64"/>
+  </r>
+  <r>
+    <s v="CD428"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="02"/>
+    <s v="No"/>
+    <s v="101800"/>
+    <s v="Naas"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="43"/>
+  </r>
+  <r>
+    <s v="CD428"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="02"/>
+    <s v="No"/>
+    <s v="101900"/>
+    <s v="Athlone"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="96"/>
+  </r>
+  <r>
+    <s v="CD428"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="02"/>
+    <s v="No"/>
+    <s v="102000"/>
+    <s v="Portlaoise"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="46"/>
+  </r>
+  <r>
+    <s v="CD428"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="02"/>
+    <s v="No"/>
+    <s v="102100"/>
+    <s v="Mullingar"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="77"/>
+  </r>
+  <r>
+    <s v="CD428"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="02"/>
+    <s v="No"/>
+    <s v="102200"/>
+    <s v="Wexford"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="203"/>
+  </r>
+  <r>
+    <s v="CD428"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="02"/>
+    <s v="No"/>
+    <s v="102300"/>
+    <s v="Balbriggan"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="55"/>
+  </r>
+  <r>
+    <s v="CD428"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="02"/>
+    <s v="No"/>
+    <s v="102400"/>
+    <s v="Letterkenny"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="53"/>
+  </r>
+  <r>
+    <s v="CD428"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="02"/>
+    <s v="No"/>
+    <s v="102500"/>
+    <s v="Celbridge"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="25"/>
+  </r>
+  <r>
+    <s v="CD428"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="02"/>
+    <s v="No"/>
+    <s v="102600"/>
+    <s v="Sligo"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="131"/>
+  </r>
+  <r>
+    <s v="CD428"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="02"/>
+    <s v="No"/>
+    <s v="102700"/>
+    <s v="Clonmel"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="76"/>
+  </r>
+  <r>
+    <s v="CD428"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="02"/>
+    <s v="No"/>
+    <s v="102800"/>
+    <s v="Greystones"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="54"/>
+  </r>
+  <r>
+    <s v="CD428"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="02"/>
+    <s v="No"/>
+    <s v="102900"/>
+    <s v="Malahide"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="15"/>
+  </r>
+  <r>
+    <s v="CD428"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="02"/>
+    <s v="No"/>
+    <s v="103000"/>
+    <s v="Leixlip"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="21"/>
+  </r>
+  <r>
+    <s v="CD428"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="02"/>
+    <s v="No"/>
+    <s v="103100"/>
+    <s v="Carrigaline"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="24"/>
+  </r>
+  <r>
+    <s v="CD428"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="02"/>
+    <s v="No"/>
+    <s v="103200"/>
+    <s v="Tullamore"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="61"/>
+  </r>
+  <r>
+    <s v="CD428"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="02"/>
+    <s v="No"/>
+    <s v="103300"/>
+    <s v="Killarney"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="83"/>
+  </r>
+  <r>
+    <s v="CD428"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="02"/>
+    <s v="No"/>
+    <s v="103400"/>
+    <s v="Arklow"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="85"/>
+  </r>
+  <r>
+    <s v="CD428"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="02"/>
+    <s v="No"/>
+    <s v="103500"/>
+    <s v="Maynooth"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="21"/>
+  </r>
+  <r>
+    <s v="CD428"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="02"/>
+    <s v="No"/>
+    <s v="103600"/>
+    <s v="Cobh"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="88"/>
+  </r>
+  <r>
+    <s v="CD428"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="02"/>
+    <s v="No"/>
+    <s v="103700"/>
+    <s v="Castlebar"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="53"/>
+  </r>
+  <r>
+    <s v="CD428"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="02"/>
+    <s v="No"/>
+    <s v="103800"/>
+    <s v="Midleton"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="82"/>
+  </r>
+  <r>
+    <s v="CD428"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="02"/>
+    <s v="No"/>
+    <s v="103900"/>
+    <s v="Mallow"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="75"/>
+  </r>
+  <r>
+    <s v="CD428"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="02"/>
+    <s v="No"/>
+    <s v="104000"/>
+    <s v="Ashbourne"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="12"/>
+  </r>
+  <r>
+    <s v="CD428"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="02"/>
+    <s v="No"/>
+    <s v="104100"/>
+    <s v="Ballina"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="78"/>
+  </r>
+  <r>
+    <s v="CD428"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="02"/>
+    <s v="No"/>
+    <s v="104200"/>
+    <s v="Laytown-Bettystown-Mornington"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="14"/>
+  </r>
+  <r>
+    <s v="CD428"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="02"/>
+    <s v="No"/>
+    <s v="104300"/>
+    <s v="Enniscorthy"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="128"/>
+  </r>
+  <r>
+    <s v="CD428"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="02"/>
+    <s v="No"/>
+    <s v="104400"/>
+    <s v="Wicklow"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="80"/>
+  </r>
+  <r>
+    <s v="CD428"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="02"/>
+    <s v="No"/>
+    <s v="104500"/>
+    <s v="Tramore"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="59"/>
+  </r>
+  <r>
+    <s v="CD428"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="02"/>
+    <s v="No"/>
+    <s v="104600"/>
+    <s v="Cavan"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="33"/>
+  </r>
+  <r>
+    <s v="CD428"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="02"/>
+    <s v="No"/>
+    <s v="104700"/>
+    <s v="Towns 5,000 - 9,999 population"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1492"/>
+  </r>
+  <r>
+    <s v="CD428"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="02"/>
+    <s v="No"/>
+    <s v="104800"/>
+    <s v="Athy"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="37"/>
+  </r>
+  <r>
+    <s v="CD428"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="02"/>
+    <s v="No"/>
+    <s v="104900"/>
+    <s v="Shannon"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="40"/>
+  </r>
+  <r>
+    <s v="CD428"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="02"/>
+    <s v="No"/>
+    <s v="105000"/>
+    <s v="Skerries"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="29"/>
+  </r>
+  <r>
+    <s v="CD428"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="02"/>
+    <s v="No"/>
+    <s v="105100"/>
+    <s v="Longford"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="74"/>
+  </r>
+  <r>
+    <s v="CD428"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="02"/>
+    <s v="No"/>
+    <s v="105200"/>
+    <s v="Dungarvan"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="62"/>
+  </r>
+  <r>
+    <s v="CD428"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="02"/>
+    <s v="No"/>
+    <s v="105300"/>
+    <s v="Portmarnock"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="12"/>
+  </r>
+  <r>
+    <s v="CD428"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="02"/>
+    <s v="No"/>
+    <s v="105400"/>
+    <s v="Rush"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="22"/>
+  </r>
+  <r>
+    <s v="CD428"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="02"/>
+    <s v="No"/>
+    <s v="105500"/>
+    <s v="Gorey"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="46"/>
+  </r>
+  <r>
+    <s v="CD428"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="02"/>
+    <s v="No"/>
+    <s v="105600"/>
+    <s v="Ratoath"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="6"/>
+  </r>
+  <r>
+    <s v="CD428"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="02"/>
+    <s v="No"/>
+    <s v="105700"/>
+    <s v="Nenagh"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="71"/>
+  </r>
+  <r>
+    <s v="CD428"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="02"/>
+    <s v="No"/>
+    <s v="105800"/>
+    <s v="Trim"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="24"/>
+  </r>
+  <r>
+    <s v="CD428"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="02"/>
+    <s v="No"/>
+    <s v="105900"/>
+    <s v="Tuam"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="38"/>
+  </r>
+  <r>
+    <s v="CD428"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="02"/>
+    <s v="No"/>
+    <s v="106000"/>
+    <s v="New Ross"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="99"/>
+  </r>
+  <r>
+    <s v="CD428"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="02"/>
+    <s v="No"/>
+    <s v="106100"/>
+    <s v="Kildare"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="29"/>
+  </r>
+  <r>
+    <s v="CD428"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="02"/>
+    <s v="No"/>
+    <s v="106200"/>
+    <s v="Thurles"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="74"/>
+  </r>
+  <r>
+    <s v="CD428"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="02"/>
+    <s v="No"/>
+    <s v="106300"/>
+    <s v="Youghal"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="100"/>
+  </r>
+  <r>
+    <s v="CD428"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="02"/>
+    <s v="No"/>
+    <s v="106400"/>
+    <s v="Portarlington"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="37"/>
+  </r>
+  <r>
+    <s v="CD428"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="02"/>
+    <s v="No"/>
+    <s v="106500"/>
+    <s v="Monaghan"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="36"/>
+  </r>
+  <r>
+    <s v="CD428"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="02"/>
+    <s v="No"/>
+    <s v="106600"/>
+    <s v="Lusk"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5"/>
+  </r>
+  <r>
+    <s v="CD428"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="02"/>
+    <s v="No"/>
+    <s v="106700"/>
+    <s v="Edenderry"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="22"/>
+  </r>
+  <r>
+    <s v="CD428"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="02"/>
+    <s v="No"/>
+    <s v="106800"/>
+    <s v="Dunboyne"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="9"/>
+  </r>
+  <r>
+    <s v="CD428"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="02"/>
+    <s v="No"/>
+    <s v="106900"/>
+    <s v="Buncrana"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="23"/>
+  </r>
+  <r>
+    <s v="CD428"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="02"/>
+    <s v="No"/>
+    <s v="107000"/>
+    <s v="Donabate"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="9"/>
+  </r>
+  <r>
+    <s v="CD428"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="02"/>
+    <s v="No"/>
+    <s v="107100"/>
+    <s v="Clane"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="15"/>
+  </r>
+  <r>
+    <s v="CD428"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="02"/>
+    <s v="No"/>
+    <s v="107200"/>
+    <s v="Ballinasloe"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="30"/>
+  </r>
+  <r>
+    <s v="CD428"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="02"/>
+    <s v="No"/>
+    <s v="107300"/>
+    <s v="Bandon"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="65"/>
+  </r>
+  <r>
+    <s v="CD428"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="02"/>
+    <s v="No"/>
+    <s v="107400"/>
+    <s v="Fermoy"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="43"/>
+  </r>
+  <r>
+    <s v="CD428"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="02"/>
+    <s v="No"/>
+    <s v="107500"/>
+    <s v="Newcastle West"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="48"/>
+  </r>
+  <r>
+    <s v="CD428"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="02"/>
+    <s v="No"/>
+    <s v="107600"/>
+    <s v="Westport"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="37"/>
+  </r>
+  <r>
+    <s v="CD428"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="02"/>
+    <s v="No"/>
+    <s v="107700"/>
+    <s v="Carrick-on-Suir"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="43"/>
+  </r>
+  <r>
+    <s v="CD428"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="02"/>
+    <s v="No"/>
+    <s v="107800"/>
+    <s v="Kells (Ceanannas)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="34"/>
+  </r>
+  <r>
+    <s v="CD428"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="02"/>
+    <s v="No"/>
+    <s v="107900"/>
+    <s v="Birr"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="51"/>
+  </r>
+  <r>
+    <s v="CD428"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="02"/>
+    <s v="No"/>
+    <s v="108000"/>
+    <s v="Kinsealy-Drinan"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3"/>
+  </r>
+  <r>
+    <s v="CD428"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="02"/>
+    <s v="No"/>
+    <s v="108100"/>
+    <s v="Passage West"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="38"/>
+  </r>
+  <r>
+    <s v="CD428"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="02"/>
+    <s v="No"/>
+    <s v="108200"/>
+    <s v="Roscommon"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="21"/>
+  </r>
+  <r>
+    <s v="CD428"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="02"/>
+    <s v="No"/>
+    <s v="108300"/>
+    <s v="Kilcock"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="10"/>
+  </r>
+  <r>
+    <s v="CD428"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="02"/>
+    <s v="No"/>
+    <s v="108400"/>
+    <s v="Roscrea"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="29"/>
+  </r>
+  <r>
+    <s v="CD428"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="02"/>
+    <s v="No"/>
+    <s v="108500"/>
+    <s v="Tipperary"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="69"/>
+  </r>
+  <r>
+    <s v="CD428"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="02"/>
+    <s v="No"/>
+    <s v="108600"/>
+    <s v="Sallins"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="7"/>
+  </r>
+  <r>
+    <s v="CD428"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="02"/>
+    <s v="No"/>
+    <s v="108700"/>
+    <s v="Loughrea"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="34"/>
+  </r>
+  <r>
+    <s v="CD428"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="02"/>
+    <s v="No"/>
+    <s v="108800"/>
+    <s v="Blessington"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="11"/>
+  </r>
+  <r>
+    <s v="CD428"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="02"/>
+    <s v="No"/>
+    <s v="108900"/>
+    <s v="Towns 3,000 - 4,999 population"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="612"/>
+  </r>
+  <r>
+    <s v="CD428"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="02"/>
+    <s v="No"/>
+    <s v="109000"/>
+    <s v="Ardee"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="19"/>
+  </r>
+  <r>
+    <s v="CD428"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="02"/>
+    <s v="No"/>
+    <s v="109100"/>
+    <s v="Carrickmacross"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="11"/>
+  </r>
+  <r>
+    <s v="CD428"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="02"/>
+    <s v="No"/>
+    <s v="109200"/>
+    <s v="Kinsale"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="64"/>
+  </r>
+  <r>
+    <s v="CD428"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="02"/>
+    <s v="No"/>
+    <s v="109300"/>
+    <s v="Ballybofey-Stranorlar"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="18"/>
+  </r>
+  <r>
+    <s v="CD428"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="02"/>
+    <s v="No"/>
+    <s v="109400"/>
+    <s v="Listowel"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="21"/>
+  </r>
+  <r>
+    <s v="CD428"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="02"/>
+    <s v="No"/>
+    <s v="109500"/>
+    <s v="Oranmore"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4"/>
+  </r>
+  <r>
+    <s v="CD428"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="02"/>
+    <s v="No"/>
+    <s v="109600"/>
+    <s v="Mountmellick"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="23"/>
+  </r>
+  <r>
+    <s v="CD428"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="02"/>
+    <s v="No"/>
+    <s v="109700"/>
+    <s v="Clonakilty"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="55"/>
+  </r>
+  <r>
+    <s v="CD428"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="02"/>
+    <s v="No"/>
+    <s v="109800"/>
+    <s v="Carrigtwohill"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="11"/>
+  </r>
+  <r>
+    <s v="CD428"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="02"/>
+    <s v="No"/>
+    <s v="109900"/>
+    <s v="Cashel"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="23"/>
+  </r>
+  <r>
+    <s v="CD428"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="02"/>
+    <s v="No"/>
+    <s v="110000"/>
+    <s v="Kilcoole"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="18"/>
+  </r>
+  <r>
+    <s v="CD428"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="02"/>
+    <s v="No"/>
+    <s v="110100"/>
+    <s v="Duleek"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="12"/>
+  </r>
+  <r>
+    <s v="CD428"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="02"/>
+    <s v="No"/>
+    <s v="110200"/>
+    <s v="Carrick-on-Shannon"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="13"/>
+  </r>
+  <r>
+    <s v="CD428"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="02"/>
+    <s v="No"/>
+    <s v="110300"/>
+    <s v="Tullow"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="27"/>
+  </r>
+  <r>
+    <s v="CD428"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="02"/>
+    <s v="No"/>
+    <s v="110400"/>
+    <s v="Athenry"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="17"/>
+  </r>
+  <r>
+    <s v="CD428"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="02"/>
+    <s v="No"/>
+    <s v="110500"/>
+    <s v="Dunshaughlin"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4"/>
+  </r>
+  <r>
+    <s v="CD428"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="02"/>
+    <s v="No"/>
+    <s v="110600"/>
+    <s v="Macroom"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="29"/>
+  </r>
+  <r>
+    <s v="CD428"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="02"/>
+    <s v="No"/>
+    <s v="110700"/>
+    <s v="Monasterevin"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="16"/>
+  </r>
+  <r>
+    <s v="CD428"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="02"/>
+    <s v="No"/>
+    <s v="110800"/>
+    <s v="Mitchelstown"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="27"/>
+  </r>
+  <r>
+    <s v="CD428"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="02"/>
+    <s v="No"/>
+    <s v="110900"/>
+    <s v="Rathluirc (or Charleville)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="31"/>
+  </r>
+  <r>
+    <s v="CD428"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="02"/>
+    <s v="No"/>
+    <s v="111000"/>
+    <s v="Castleblayney"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="14"/>
+  </r>
+  <r>
+    <s v="CD428"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="02"/>
+    <s v="No"/>
+    <s v="111100"/>
+    <s v="Cahir"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="38"/>
+  </r>
+  <r>
+    <s v="CD428"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="02"/>
+    <s v="No"/>
+    <s v="111200"/>
+    <s v="Kilcullen"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="8"/>
+  </r>
+  <r>
+    <s v="CD428"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="02"/>
+    <s v="No"/>
+    <s v="111300"/>
+    <s v="Rathcoole"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="7"/>
+  </r>
+  <r>
+    <s v="CD428"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="02"/>
+    <s v="No"/>
+    <s v="111400"/>
+    <s v="Claremorris"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="15"/>
+  </r>
+  <r>
+    <s v="CD428"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="02"/>
+    <s v="No"/>
+    <s v="111500"/>
+    <s v="Bantry"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="54"/>
+  </r>
+  <r>
+    <s v="CD428"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="02"/>
+    <s v="No"/>
+    <s v="111600"/>
+    <s v="Tower"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5"/>
+  </r>
+  <r>
+    <s v="CD428"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="02"/>
+    <s v="No"/>
+    <s v="111700"/>
+    <s v="Clara"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="23"/>
+  </r>
+  <r>
+    <s v="CD428"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="02"/>
+    <s v="No"/>
+    <s v="111800"/>
+    <s v="Stamullen"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="CD428"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="02"/>
+    <s v="No"/>
+    <s v="111900"/>
+    <s v="Kill"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4"/>
+  </r>
+  <r>
+    <s v="CD428"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="02"/>
+    <s v="No"/>
+    <s v="112000"/>
+    <s v="Towns 1,500 - 2,999 population"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1036"/>
+  </r>
+  <r>
+    <s v="CD428"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="02"/>
+    <s v="No"/>
+    <s v="112100"/>
+    <s v="Rathnew"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="18"/>
+  </r>
+  <r>
+    <s v="CD428"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="02"/>
+    <s v="No"/>
+    <s v="112200"/>
+    <s v="Muinebeag"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="25"/>
+  </r>
+  <r>
+    <s v="CD428"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="02"/>
+    <s v="No"/>
+    <s v="112300"/>
+    <s v="Enfield"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5"/>
+  </r>
+  <r>
+    <s v="CD428"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="02"/>
+    <s v="No"/>
+    <s v="112400"/>
+    <s v="Courtown Harbour"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="12"/>
+  </r>
+  <r>
+    <s v="CD428"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="02"/>
+    <s v="No"/>
+    <s v="112500"/>
+    <s v="Annacotty"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="CD428"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="02"/>
+    <s v="No"/>
+    <s v="112600"/>
+    <s v="Moate"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="7"/>
+  </r>
+  <r>
+    <s v="CD428"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="02"/>
+    <s v="No"/>
+    <s v="112700"/>
+    <s v="Ballinrobe"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="9"/>
+  </r>
+  <r>
+    <s v="CD428"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="02"/>
+    <s v="No"/>
+    <s v="112800"/>
+    <s v="Kilrush"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="45"/>
+  </r>
+  <r>
+    <s v="CD428"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="02"/>
+    <s v="No"/>
+    <s v="112900"/>
+    <s v="Skibbereen"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="44"/>
+  </r>
+  <r>
+    <s v="CD428"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="02"/>
+    <s v="No"/>
+    <s v="113000"/>
+    <s v="Kinnegad"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5"/>
+  </r>
+  <r>
+    <s v="CD428"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="02"/>
+    <s v="No"/>
+    <s v="113100"/>
+    <s v="Newcastle"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4"/>
+  </r>
+  <r>
+    <s v="CD428"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="02"/>
+    <s v="No"/>
+    <s v="113200"/>
+    <s v="Gort"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="24"/>
+  </r>
+  <r>
+    <s v="CD428"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="02"/>
+    <s v="No"/>
+    <s v="113300"/>
+    <s v="Donegal"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="22"/>
+  </r>
+  <r>
+    <s v="CD428"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="02"/>
+    <s v="No"/>
+    <s v="113400"/>
+    <s v="Boyle"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="15"/>
+  </r>
+  <r>
+    <s v="CD428"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="02"/>
+    <s v="No"/>
+    <s v="113500"/>
+    <s v="Ballyjamesduff"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="7"/>
+  </r>
+  <r>
+    <s v="CD428"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="02"/>
+    <s v="No"/>
+    <s v="113600"/>
+    <s v="Carndonagh"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="6"/>
+  </r>
+  <r>
+    <s v="CD428"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="02"/>
+    <s v="No"/>
+    <s v="113700"/>
+    <s v="Bailieborough"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="15"/>
+  </r>
+  <r>
+    <s v="CD428"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="02"/>
+    <s v="No"/>
+    <s v="113800"/>
+    <s v="Castleisland"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="26"/>
+  </r>
+  <r>
+    <s v="CD428"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="02"/>
+    <s v="No"/>
+    <s v="113900"/>
+    <s v="Sixmilebridge"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="9"/>
+  </r>
+  <r>
+    <s v="CD428"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="02"/>
+    <s v="No"/>
+    <s v="114000"/>
+    <s v="Ballyshannon"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="19"/>
+  </r>
+  <r>
+    <s v="CD428"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="02"/>
+    <s v="No"/>
+    <s v="114100"/>
+    <s v="Ballina (North Tipperary)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="CD428"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="02"/>
+    <s v="No"/>
+    <s v="114200"/>
+    <s v="Blarney"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="13"/>
+  </r>
+  <r>
+    <s v="CD428"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="02"/>
+    <s v="No"/>
+    <s v="114300"/>
+    <s v="Newtownmountkennedy"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="17"/>
+  </r>
+  <r>
+    <s v="CD428"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="02"/>
+    <s v="No"/>
+    <s v="114400"/>
+    <s v="Athboy"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="8"/>
+  </r>
+  <r>
+    <s v="CD428"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="02"/>
+    <s v="No"/>
+    <s v="114500"/>
+    <s v="Rathangan"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5"/>
+  </r>
+  <r>
+    <s v="CD428"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="02"/>
+    <s v="No"/>
+    <s v="114600"/>
+    <s v="Callan"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="14"/>
+  </r>
+  <r>
+    <s v="CD428"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="02"/>
+    <s v="No"/>
+    <s v="114700"/>
+    <s v="Kingscourt"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="CD428"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="02"/>
+    <s v="No"/>
+    <s v="114800"/>
+    <s v="Ballyhaunis"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="19"/>
+  </r>
+  <r>
+    <s v="CD428"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="02"/>
+    <s v="No"/>
+    <s v="114900"/>
+    <s v="Virginia"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="6"/>
+  </r>
+  <r>
+    <s v="CD428"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="02"/>
+    <s v="No"/>
+    <s v="115000"/>
+    <s v="Thomastown"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="9"/>
+  </r>
+  <r>
+    <s v="CD428"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="02"/>
+    <s v="No"/>
+    <s v="115100"/>
+    <s v="Kanturk"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="14"/>
+  </r>
+  <r>
+    <s v="CD428"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="02"/>
+    <s v="No"/>
+    <s v="115200"/>
+    <s v="Prosperous"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="CD428"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="02"/>
+    <s v="No"/>
+    <s v="115300"/>
+    <s v="Kenmare"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="13"/>
+  </r>
+  <r>
+    <s v="CD428"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="02"/>
+    <s v="No"/>
+    <s v="115400"/>
+    <s v="Saggart"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3"/>
+  </r>
+  <r>
+    <s v="CD428"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="02"/>
+    <s v="No"/>
+    <s v="115500"/>
+    <s v="Bundoran"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="16"/>
+  </r>
+  <r>
+    <s v="CD428"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="02"/>
+    <s v="No"/>
+    <s v="115600"/>
+    <s v="Cootehill"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="12"/>
+  </r>
+  <r>
+    <s v="CD428"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="02"/>
+    <s v="No"/>
+    <s v="115700"/>
+    <s v="Crosshaven"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="17"/>
+  </r>
+  <r>
+    <s v="CD428"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="02"/>
+    <s v="No"/>
+    <s v="115800"/>
+    <s v="Killorglin"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="18"/>
+  </r>
+  <r>
+    <s v="CD428"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="02"/>
+    <s v="No"/>
+    <s v="115900"/>
+    <s v="Templemore"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="22"/>
+  </r>
+  <r>
+    <s v="CD428"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="02"/>
+    <s v="No"/>
+    <s v="116000"/>
+    <s v="Baltinglass"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="9"/>
+  </r>
+  <r>
+    <s v="CD428"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="02"/>
+    <s v="No"/>
+    <s v="116100"/>
+    <s v="Clifden"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="15"/>
+  </r>
+  <r>
+    <s v="CD428"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="02"/>
+    <s v="No"/>
+    <s v="116200"/>
+    <s v="Bunclody-Carrickduff"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="21"/>
+  </r>
+  <r>
+    <s v="CD428"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="02"/>
+    <s v="No"/>
+    <s v="116300"/>
+    <s v="Abbeyfeale"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="12"/>
+  </r>
+  <r>
+    <s v="CD428"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="02"/>
+    <s v="No"/>
+    <s v="116400"/>
+    <s v="Clogherhead"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="CD428"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="02"/>
+    <s v="No"/>
+    <s v="116500"/>
+    <s v="Castlerea"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="12"/>
+  </r>
+  <r>
+    <s v="CD428"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="02"/>
+    <s v="No"/>
+    <s v="116600"/>
+    <s v="An Daingean"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="40"/>
+  </r>
+  <r>
+    <s v="CD428"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="02"/>
+    <s v="No"/>
+    <s v="116700"/>
+    <s v="Castleconnell"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="10"/>
+  </r>
+  <r>
+    <s v="CD428"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="02"/>
+    <s v="No"/>
+    <s v="116800"/>
+    <s v="Bearna"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="6"/>
+  </r>
+  <r>
+    <s v="CD428"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="02"/>
+    <s v="No"/>
+    <s v="116900"/>
+    <s v="Balrothery"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="CD428"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="02"/>
+    <s v="No"/>
+    <s v="117000"/>
+    <s v="Abbeyleix"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="6"/>
+  </r>
+  <r>
+    <s v="CD428"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="02"/>
+    <s v="No"/>
+    <s v="117100"/>
+    <s v="Ballaghaderreen"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="13"/>
+  </r>
+  <r>
+    <s v="CD428"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="02"/>
+    <s v="No"/>
+    <s v="117200"/>
+    <s v="Enniskerry"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="6"/>
+  </r>
+  <r>
+    <s v="CD428"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="02"/>
+    <s v="No"/>
+    <s v="117300"/>
+    <s v="Newport"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="10"/>
+  </r>
+  <r>
+    <s v="CD428"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="02"/>
+    <s v="No"/>
+    <s v="117400"/>
+    <s v="Dunleer"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="8"/>
+  </r>
+  <r>
+    <s v="CD428"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="02"/>
+    <s v="No"/>
+    <s v="117500"/>
+    <s v="Newmarket-on-Fergus"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="19"/>
+  </r>
+  <r>
+    <s v="CD428"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="02"/>
+    <s v="No"/>
+    <s v="117600"/>
+    <s v="Clones"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="19"/>
+  </r>
+  <r>
+    <s v="CD428"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="02"/>
+    <s v="No"/>
+    <s v="117700"/>
+    <s v="Tubbercurry"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4"/>
+  </r>
+  <r>
+    <s v="CD428"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="02"/>
+    <s v="No"/>
+    <s v="117800"/>
+    <s v="Edgeworthstown"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="11"/>
+  </r>
+  <r>
+    <s v="CD428"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="02"/>
+    <s v="No"/>
+    <s v="117900"/>
+    <s v="Ballivor"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="6"/>
+  </r>
+  <r>
+    <s v="CD428"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="02"/>
+    <s v="No"/>
+    <s v="118000"/>
+    <s v="Castlebridge"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="8"/>
+  </r>
+  <r>
+    <s v="CD428"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="02"/>
+    <s v="No"/>
+    <s v="118100"/>
+    <s v="Portlaw"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="15"/>
+  </r>
+  <r>
+    <s v="CD428"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="02"/>
+    <s v="No"/>
+    <s v="118200"/>
+    <s v="Mountrath"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="19"/>
+  </r>
+  <r>
+    <s v="CD428"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="02"/>
+    <s v="No"/>
+    <s v="118300"/>
+    <s v="Lifford"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="6"/>
+  </r>
+  <r>
+    <s v="CD428"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="02"/>
+    <s v="No"/>
+    <s v="118400"/>
+    <s v="Banagher"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="7"/>
+  </r>
+  <r>
+    <s v="CD428"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="02"/>
+    <s v="No"/>
+    <s v="118500"/>
+    <s v="Kilmallock"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="24"/>
+  </r>
+  <r>
+    <s v="CD428"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="02"/>
+    <s v="No"/>
+    <s v="118600"/>
+    <s v="Strandhill"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3"/>
+  </r>
+  <r>
+    <s v="CD428"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="02"/>
+    <s v="No"/>
+    <s v="118700"/>
+    <s v="Rathdrum"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="14"/>
+  </r>
+  <r>
+    <s v="CD428"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="02"/>
+    <s v="No"/>
+    <s v="118800"/>
+    <s v="Dunmanway"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="16"/>
+  </r>
+  <r>
+    <s v="CD428"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="02"/>
+    <s v="No"/>
+    <s v="118900"/>
+    <s v="Millstreet"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="10"/>
+  </r>
+  <r>
+    <s v="CD428"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="02"/>
+    <s v="No"/>
+    <s v="119000"/>
+    <s v="Ballymahon"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="10"/>
+  </r>
+  <r>
+    <s v="CD428"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="02"/>
+    <s v="No"/>
+    <s v="119100"/>
+    <s v="Cloyne"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="10"/>
+  </r>
+  <r>
+    <s v="CD428"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="02"/>
+    <s v="No"/>
+    <s v="119200"/>
+    <s v="Dunmore East"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="18"/>
+  </r>
+  <r>
+    <s v="CD428"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="02"/>
+    <s v="No"/>
+    <s v="119300"/>
+    <s v="Moycullen"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="7"/>
+  </r>
+  <r>
+    <s v="CD428"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="02"/>
+    <s v="No"/>
+    <s v="119400"/>
+    <s v="Bunbeg-Derrybeg"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5"/>
+  </r>
+  <r>
+    <s v="CD428"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="02"/>
+    <s v="No"/>
+    <s v="119500"/>
+    <s v="Rathkeale"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="18"/>
+  </r>
+  <r>
+    <s v="CD428"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="02"/>
+    <s v="No"/>
+    <s v="119600"/>
+    <s v="Rosslare"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="6"/>
+  </r>
+  <r>
+    <s v="CD428"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="02"/>
+    <s v="No"/>
+    <s v="119700"/>
+    <s v="Graiguenamanagh-Tinnahinch"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="22"/>
+  </r>
+  <r>
+    <s v="CD428"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="02"/>
+    <s v="No"/>
+    <s v="119800"/>
+    <s v="Derrinturn"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="6"/>
+  </r>
+  <r>
+    <s v="CD428"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="02"/>
+    <s v="No"/>
+    <s v="119900"/>
+    <s v="Fethard"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="23"/>
+  </r>
+  <r>
+    <s v="CD428"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="02"/>
+    <s v="No"/>
+    <s v="120000"/>
+    <s v="Ballymote"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="14"/>
+  </r>
+  <r>
+    <s v="CD428"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="02"/>
+    <s v="No"/>
+    <s v="120100"/>
+    <s v="Rathcormac"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="12"/>
+  </r>
+  <r>
+    <s v="CD428"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="02"/>
+    <s v="No"/>
+    <s v="120200"/>
+    <s v="Portumna"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="8"/>
+  </r>
+  <r>
+    <s v="CD428"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="02"/>
+    <s v="No"/>
+    <s v="120300"/>
+    <s v="Aggregate Town Area"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="14759"/>
+  </r>
+  <r>
+    <s v="CD428"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="02"/>
+    <s v="No"/>
+    <s v="120400"/>
+    <s v="Towns 1,000 - 1,499 population"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="533"/>
+  </r>
+  <r>
+    <s v="CD428"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="02"/>
+    <s v="No"/>
+    <s v="120500"/>
+    <s v="Total Towns 500 - 999 population"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="846"/>
+  </r>
+  <r>
+    <s v="CD428"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="02"/>
+    <s v="No"/>
+    <s v="120600"/>
+    <s v="Towns under 500 population but with at least 50 inhabited houses"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="841"/>
+  </r>
+  <r>
+    <s v="CD428"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="02"/>
+    <s v="No"/>
+    <s v="120700"/>
+    <s v="Remainder of country"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="9973"/>
+  </r>
+  <r>
+    <s v="CD428"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="02"/>
+    <s v="No"/>
+    <s v="120800"/>
+    <s v="Aggregate rural area"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="12193"/>
+  </r>
+  <r>
+    <s v="CD428"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="03"/>
+    <s v="Not stated"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="22338"/>
+  </r>
+  <r>
+    <s v="CD428"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="03"/>
+    <s v="Not stated"/>
+    <s v="100100"/>
+    <s v="Dublin City and suburbs"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="7830"/>
+  </r>
+  <r>
+    <s v="CD428"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="03"/>
+    <s v="Not stated"/>
+    <s v="100200"/>
+    <s v="Other Cities (1)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2630"/>
+  </r>
+  <r>
+    <s v="CD428"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="03"/>
+    <s v="Not stated"/>
+    <s v="100300"/>
+    <s v="Cork City and suburbs"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1192"/>
+  </r>
+  <r>
+    <s v="CD428"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="03"/>
+    <s v="Not stated"/>
+    <s v="100400"/>
+    <s v="Limerick City and suburbs"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="616"/>
+  </r>
+  <r>
+    <s v="CD428"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="03"/>
+    <s v="Not stated"/>
+    <s v="100500"/>
+    <s v="Galway City and suburbs"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="483"/>
+  </r>
+  <r>
+    <s v="CD428"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="03"/>
+    <s v="Not stated"/>
+    <s v="100600"/>
+    <s v="Waterford City and suburbs"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="339"/>
+  </r>
+  <r>
+    <s v="CD428"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="03"/>
+    <s v="Not stated"/>
+    <s v="100700"/>
+    <s v="Towns 10,000 population and over"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3590"/>
+  </r>
+  <r>
+    <s v="CD428"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="03"/>
+    <s v="Not stated"/>
+    <s v="100800"/>
+    <s v="Drogheda"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="272"/>
+  </r>
+  <r>
+    <s v="CD428"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="03"/>
+    <s v="Not stated"/>
+    <s v="100900"/>
+    <s v="Dundalk"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="219"/>
+  </r>
+  <r>
+    <s v="CD428"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="03"/>
+    <s v="Not stated"/>
+    <s v="101000"/>
+    <s v="Swords"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="175"/>
+  </r>
+  <r>
+    <s v="CD428"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="03"/>
+    <s v="Not stated"/>
+    <s v="101100"/>
+    <s v="Bray"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="157"/>
+  </r>
+  <r>
+    <s v="CD428"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="03"/>
+    <s v="Not stated"/>
+    <s v="101200"/>
+    <s v="Navan (An Uaimh)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="70"/>
+  </r>
+  <r>
+    <s v="CD428"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="03"/>
+    <s v="Not stated"/>
+    <s v="101300"/>
+    <s v="Ennis"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="133"/>
+  </r>
+  <r>
+    <s v="CD428"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="03"/>
+    <s v="Not stated"/>
+    <s v="101400"/>
+    <s v="Kilkenny"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="105"/>
+  </r>
+  <r>
+    <s v="CD428"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="03"/>
+    <s v="Not stated"/>
+    <s v="101500"/>
+    <s v="Tralee"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="124"/>
+  </r>
+  <r>
+    <s v="CD428"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="03"/>
+    <s v="Not stated"/>
+    <s v="101600"/>
+    <s v="Carlow"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="175"/>
+  </r>
+  <r>
+    <s v="CD428"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="03"/>
+    <s v="Not stated"/>
+    <s v="101700"/>
+    <s v="Droichead Nua"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="84"/>
+  </r>
+  <r>
+    <s v="CD428"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="03"/>
+    <s v="Not stated"/>
+    <s v="101800"/>
+    <s v="Naas"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="40"/>
+  </r>
+  <r>
+    <s v="CD428"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="03"/>
+    <s v="Not stated"/>
+    <s v="101900"/>
+    <s v="Athlone"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="105"/>
+  </r>
+  <r>
+    <s v="CD428"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="03"/>
+    <s v="Not stated"/>
+    <s v="102000"/>
+    <s v="Portlaoise"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="115"/>
+  </r>
+  <r>
+    <s v="CD428"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="03"/>
+    <s v="Not stated"/>
+    <s v="102100"/>
+    <s v="Mullingar"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="89"/>
+  </r>
+  <r>
+    <s v="CD428"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="03"/>
+    <s v="Not stated"/>
+    <s v="102200"/>
+    <s v="Wexford"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="109"/>
+  </r>
+  <r>
+    <s v="CD428"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="03"/>
+    <s v="Not stated"/>
+    <s v="102300"/>
+    <s v="Balbriggan"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="97"/>
+  </r>
+  <r>
+    <s v="CD428"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="03"/>
+    <s v="Not stated"/>
+    <s v="102400"/>
+    <s v="Letterkenny"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="99"/>
+  </r>
+  <r>
+    <s v="CD428"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="03"/>
+    <s v="Not stated"/>
+    <s v="102500"/>
+    <s v="Celbridge"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="55"/>
+  </r>
+  <r>
+    <s v="CD428"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="03"/>
+    <s v="Not stated"/>
+    <s v="102600"/>
+    <s v="Sligo"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="232"/>
+  </r>
+  <r>
+    <s v="CD428"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="03"/>
+    <s v="Not stated"/>
+    <s v="102700"/>
+    <s v="Clonmel"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="83"/>
+  </r>
+  <r>
+    <s v="CD428"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="03"/>
+    <s v="Not stated"/>
+    <s v="102800"/>
+    <s v="Greystones"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="45"/>
+  </r>
+  <r>
+    <s v="CD428"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="03"/>
+    <s v="Not stated"/>
+    <s v="102900"/>
+    <s v="Malahide"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="97"/>
+  </r>
+  <r>
+    <s v="CD428"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="03"/>
+    <s v="Not stated"/>
+    <s v="103000"/>
+    <s v="Leixlip"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="33"/>
+  </r>
+  <r>
+    <s v="CD428"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="03"/>
+    <s v="Not stated"/>
+    <s v="103100"/>
+    <s v="Carrigaline"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="37"/>
+  </r>
+  <r>
+    <s v="CD428"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="03"/>
+    <s v="Not stated"/>
+    <s v="103200"/>
+    <s v="Tullamore"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="48"/>
+  </r>
+  <r>
+    <s v="CD428"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="03"/>
+    <s v="Not stated"/>
+    <s v="103300"/>
+    <s v="Killarney"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="53"/>
+  </r>
+  <r>
+    <s v="CD428"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="03"/>
+    <s v="Not stated"/>
+    <s v="103400"/>
+    <s v="Arklow"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="52"/>
+  </r>
+  <r>
+    <s v="CD428"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="03"/>
+    <s v="Not stated"/>
+    <s v="103500"/>
+    <s v="Maynooth"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="50"/>
+  </r>
+  <r>
+    <s v="CD428"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="03"/>
+    <s v="Not stated"/>
+    <s v="103600"/>
+    <s v="Cobh"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="70"/>
+  </r>
+  <r>
+    <s v="CD428"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="03"/>
+    <s v="Not stated"/>
+    <s v="103700"/>
+    <s v="Castlebar"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="38"/>
+  </r>
+  <r>
+    <s v="CD428"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="03"/>
+    <s v="Not stated"/>
+    <s v="103800"/>
+    <s v="Midleton"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="51"/>
+  </r>
+  <r>
+    <s v="CD428"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="03"/>
+    <s v="Not stated"/>
+    <s v="103900"/>
+    <s v="Mallow"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="67"/>
+  </r>
+  <r>
+    <s v="CD428"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="03"/>
+    <s v="Not stated"/>
+    <s v="104000"/>
+    <s v="Ashbourne"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="57"/>
+  </r>
+  <r>
+    <s v="CD428"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="03"/>
+    <s v="Not stated"/>
+    <s v="104100"/>
+    <s v="Ballina"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="61"/>
+  </r>
+  <r>
+    <s v="CD428"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="03"/>
+    <s v="Not stated"/>
+    <s v="104200"/>
+    <s v="Laytown-Bettystown-Mornington"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="82"/>
+  </r>
+  <r>
+    <s v="CD428"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="03"/>
+    <s v="Not stated"/>
+    <s v="104300"/>
+    <s v="Enniscorthy"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="25"/>
+  </r>
+  <r>
+    <s v="CD428"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="03"/>
+    <s v="Not stated"/>
+    <s v="104400"/>
+    <s v="Wicklow"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="53"/>
+  </r>
+  <r>
+    <s v="CD428"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="03"/>
+    <s v="Not stated"/>
+    <s v="104500"/>
+    <s v="Tramore"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="27"/>
+  </r>
+  <r>
+    <s v="CD428"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="03"/>
+    <s v="Not stated"/>
+    <s v="104600"/>
+    <s v="Cavan"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="106"/>
+  </r>
+  <r>
+    <s v="CD428"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="03"/>
+    <s v="Not stated"/>
+    <s v="104700"/>
+    <s v="Towns 5,000 - 9,999 population"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1202"/>
+  </r>
+  <r>
+    <s v="CD428"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="03"/>
+    <s v="Not stated"/>
+    <s v="104800"/>
+    <s v="Athy"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="53"/>
+  </r>
+  <r>
+    <s v="CD428"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="03"/>
+    <s v="Not stated"/>
+    <s v="104900"/>
+    <s v="Shannon"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="46"/>
+  </r>
+  <r>
+    <s v="CD428"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="03"/>
+    <s v="Not stated"/>
+    <s v="105000"/>
+    <s v="Skerries"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="15"/>
+  </r>
+  <r>
+    <s v="CD428"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="03"/>
+    <s v="Not stated"/>
+    <s v="105100"/>
+    <s v="Longford"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="51"/>
+  </r>
+  <r>
+    <s v="CD428"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="03"/>
+    <s v="Not stated"/>
+    <s v="105200"/>
+    <s v="Dungarvan"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="40"/>
+  </r>
+  <r>
+    <s v="CD428"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="03"/>
+    <s v="Not stated"/>
+    <s v="105300"/>
+    <s v="Portmarnock"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="27"/>
+  </r>
+  <r>
+    <s v="CD428"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="03"/>
+    <s v="Not stated"/>
+    <s v="105400"/>
+    <s v="Rush"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="27"/>
+  </r>
+  <r>
+    <s v="CD428"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="03"/>
+    <s v="Not stated"/>
+    <s v="105500"/>
+    <s v="Gorey"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="47"/>
+  </r>
+  <r>
+    <s v="CD428"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="03"/>
+    <s v="Not stated"/>
+    <s v="105600"/>
+    <s v="Ratoath"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="21"/>
+  </r>
+  <r>
+    <s v="CD428"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="03"/>
+    <s v="Not stated"/>
+    <s v="105700"/>
+    <s v="Nenagh"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="76"/>
+  </r>
+  <r>
+    <s v="CD428"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="03"/>
+    <s v="Not stated"/>
+    <s v="105800"/>
+    <s v="Trim"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="26"/>
+  </r>
+  <r>
+    <s v="CD428"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="03"/>
+    <s v="Not stated"/>
+    <s v="105900"/>
+    <s v="Tuam"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="29"/>
+  </r>
+  <r>
+    <s v="CD428"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="03"/>
+    <s v="Not stated"/>
+    <s v="106000"/>
+    <s v="New Ross"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="47"/>
+  </r>
+  <r>
+    <s v="CD428"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="03"/>
+    <s v="Not stated"/>
+    <s v="106100"/>
+    <s v="Kildare"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="56"/>
+  </r>
+  <r>
+    <s v="CD428"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="03"/>
+    <s v="Not stated"/>
+    <s v="106200"/>
+    <s v="Thurles"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="29"/>
+  </r>
+  <r>
+    <s v="CD428"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="03"/>
+    <s v="Not stated"/>
+    <s v="106300"/>
+    <s v="Youghal"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="29"/>
+  </r>
+  <r>
+    <s v="CD428"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="03"/>
+    <s v="Not stated"/>
+    <s v="106400"/>
+    <s v="Portarlington"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="52"/>
+  </r>
+  <r>
+    <s v="CD428"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="03"/>
+    <s v="Not stated"/>
+    <s v="106500"/>
+    <s v="Monaghan"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="22"/>
+  </r>
+  <r>
+    <s v="CD428"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="03"/>
+    <s v="Not stated"/>
+    <s v="106600"/>
+    <s v="Lusk"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="28"/>
+  </r>
+  <r>
+    <s v="CD428"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="03"/>
+    <s v="Not stated"/>
+    <s v="106700"/>
+    <s v="Edenderry"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="24"/>
+  </r>
+  <r>
+    <s v="CD428"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="03"/>
+    <s v="Not stated"/>
+    <s v="106800"/>
+    <s v="Dunboyne"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="17"/>
+  </r>
+  <r>
+    <s v="CD428"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="03"/>
+    <s v="Not stated"/>
+    <s v="106900"/>
+    <s v="Buncrana"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="11"/>
+  </r>
+  <r>
+    <s v="CD428"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="03"/>
+    <s v="Not stated"/>
+    <s v="107000"/>
+    <s v="Donabate"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="26"/>
+  </r>
+  <r>
+    <s v="CD428"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="03"/>
+    <s v="Not stated"/>
+    <s v="107100"/>
+    <s v="Clane"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="31"/>
+  </r>
+  <r>
+    <s v="CD428"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="03"/>
+    <s v="Not stated"/>
+    <s v="107200"/>
+    <s v="Ballinasloe"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="19"/>
+  </r>
+  <r>
+    <s v="CD428"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="03"/>
+    <s v="Not stated"/>
+    <s v="107300"/>
+    <s v="Bandon"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="21"/>
+  </r>
+  <r>
+    <s v="CD428"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="03"/>
+    <s v="Not stated"/>
+    <s v="107400"/>
+    <s v="Fermoy"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="21"/>
+  </r>
+  <r>
+    <s v="CD428"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="03"/>
+    <s v="Not stated"/>
+    <s v="107500"/>
+    <s v="Newcastle West"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="26"/>
+  </r>
+  <r>
+    <s v="CD428"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="03"/>
+    <s v="Not stated"/>
+    <s v="107600"/>
+    <s v="Westport"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="15"/>
+  </r>
+  <r>
+    <s v="CD428"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="03"/>
+    <s v="Not stated"/>
+    <s v="107700"/>
+    <s v="Carrick-on-Suir"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="19"/>
+  </r>
+  <r>
+    <s v="CD428"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="03"/>
+    <s v="Not stated"/>
+    <s v="107800"/>
+    <s v="Kells (Ceanannas)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="16"/>
+  </r>
+  <r>
+    <s v="CD428"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="03"/>
+    <s v="Not stated"/>
+    <s v="107900"/>
+    <s v="Birr"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="14"/>
+  </r>
+  <r>
+    <s v="CD428"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="03"/>
+    <s v="Not stated"/>
+    <s v="108000"/>
+    <s v="Kinsealy-Drinan"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="41"/>
+  </r>
+  <r>
+    <s v="CD428"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="03"/>
+    <s v="Not stated"/>
+    <s v="108100"/>
+    <s v="Passage West"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="19"/>
+  </r>
+  <r>
+    <s v="CD428"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="03"/>
+    <s v="Not stated"/>
+    <s v="108200"/>
+    <s v="Roscommon"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="29"/>
+  </r>
+  <r>
+    <s v="CD428"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="03"/>
+    <s v="Not stated"/>
+    <s v="108300"/>
+    <s v="Kilcock"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="21"/>
+  </r>
+  <r>
+    <s v="CD428"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="03"/>
+    <s v="Not stated"/>
+    <s v="108400"/>
+    <s v="Roscrea"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="22"/>
+  </r>
+  <r>
+    <s v="CD428"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="03"/>
+    <s v="Not stated"/>
+    <s v="108500"/>
+    <s v="Tipperary"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="22"/>
+  </r>
+  <r>
+    <s v="CD428"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="03"/>
+    <s v="Not stated"/>
+    <s v="108600"/>
+    <s v="Sallins"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="18"/>
+  </r>
+  <r>
+    <s v="CD428"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="03"/>
+    <s v="Not stated"/>
+    <s v="108700"/>
+    <s v="Loughrea"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="41"/>
+  </r>
+  <r>
+    <s v="CD428"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="03"/>
+    <s v="Not stated"/>
+    <s v="108800"/>
+    <s v="Blessington"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="8"/>
+  </r>
+  <r>
+    <s v="CD428"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="03"/>
+    <s v="Not stated"/>
+    <s v="108900"/>
+    <s v="Towns 3,000 - 4,999 population"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="574"/>
+  </r>
+  <r>
+    <s v="CD428"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="03"/>
+    <s v="Not stated"/>
+    <s v="109000"/>
+    <s v="Ardee"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="34"/>
+  </r>
+  <r>
+    <s v="CD428"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="03"/>
+    <s v="Not stated"/>
+    <s v="109100"/>
+    <s v="Carrickmacross"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="14"/>
+  </r>
+  <r>
+    <s v="CD428"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="03"/>
+    <s v="Not stated"/>
+    <s v="109200"/>
+    <s v="Kinsale"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="27"/>
+  </r>
+  <r>
+    <s v="CD428"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="03"/>
+    <s v="Not stated"/>
+    <s v="109300"/>
+    <s v="Ballybofey-Stranorlar"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="13"/>
+  </r>
+  <r>
+    <s v="CD428"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="03"/>
+    <s v="Not stated"/>
+    <s v="109400"/>
+    <s v="Listowel"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="20"/>
+  </r>
+  <r>
+    <s v="CD428"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="03"/>
+    <s v="Not stated"/>
+    <s v="109500"/>
+    <s v="Oranmore"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="16"/>
+  </r>
+  <r>
+    <s v="CD428"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="03"/>
+    <s v="Not stated"/>
+    <s v="109600"/>
+    <s v="Mountmellick"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="21"/>
+  </r>
+  <r>
+    <s v="CD428"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="03"/>
+    <s v="Not stated"/>
+    <s v="109700"/>
+    <s v="Clonakilty"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="32"/>
+  </r>
+  <r>
+    <s v="CD428"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="03"/>
+    <s v="Not stated"/>
+    <s v="109800"/>
+    <s v="Carrigtwohill"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="27"/>
+  </r>
+  <r>
+    <s v="CD428"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="03"/>
+    <s v="Not stated"/>
+    <s v="109900"/>
+    <s v="Cashel"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="28"/>
+  </r>
+  <r>
+    <s v="CD428"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="03"/>
+    <s v="Not stated"/>
+    <s v="110000"/>
+    <s v="Kilcoole"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="24"/>
+  </r>
+  <r>
+    <s v="CD428"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="03"/>
+    <s v="Not stated"/>
+    <s v="110100"/>
+    <s v="Duleek"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="15"/>
+  </r>
+  <r>
+    <s v="CD428"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="03"/>
+    <s v="Not stated"/>
+    <s v="110200"/>
+    <s v="Carrick-on-Shannon"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="24"/>
+  </r>
+  <r>
+    <s v="CD428"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="03"/>
+    <s v="Not stated"/>
+    <s v="110300"/>
+    <s v="Tullow"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="21"/>
+  </r>
+  <r>
+    <s v="CD428"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="03"/>
+    <s v="Not stated"/>
+    <s v="110400"/>
+    <s v="Athenry"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="17"/>
+  </r>
+  <r>
+    <s v="CD428"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="03"/>
+    <s v="Not stated"/>
+    <s v="110500"/>
+    <s v="Dunshaughlin"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="7"/>
+  </r>
+  <r>
+    <s v="CD428"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="03"/>
+    <s v="Not stated"/>
+    <s v="110600"/>
+    <s v="Macroom"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="28"/>
+  </r>
+  <r>
+    <s v="CD428"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="03"/>
+    <s v="Not stated"/>
+    <s v="110700"/>
+    <s v="Monasterevin"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="27"/>
+  </r>
+  <r>
+    <s v="CD428"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="03"/>
+    <s v="Not stated"/>
+    <s v="110800"/>
+    <s v="Mitchelstown"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5"/>
+  </r>
+  <r>
+    <s v="CD428"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="03"/>
+    <s v="Not stated"/>
+    <s v="110900"/>
+    <s v="Rathluirc (or Charleville)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="10"/>
+  </r>
+  <r>
+    <s v="CD428"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="03"/>
+    <s v="Not stated"/>
+    <s v="111000"/>
+    <s v="Castleblayney"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="11"/>
+  </r>
+  <r>
+    <s v="CD428"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="03"/>
+    <s v="Not stated"/>
+    <s v="111100"/>
+    <s v="Cahir"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="20"/>
+  </r>
+  <r>
+    <s v="CD428"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="03"/>
+    <s v="Not stated"/>
+    <s v="111200"/>
+    <s v="Kilcullen"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="12"/>
+  </r>
+  <r>
+    <s v="CD428"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="03"/>
+    <s v="Not stated"/>
+    <s v="111300"/>
+    <s v="Rathcoole"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="22"/>
+  </r>
+  <r>
+    <s v="CD428"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="03"/>
+    <s v="Not stated"/>
+    <s v="111400"/>
+    <s v="Claremorris"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="29"/>
+  </r>
+  <r>
+    <s v="CD428"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="03"/>
+    <s v="Not stated"/>
+    <s v="111500"/>
+    <s v="Bantry"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="22"/>
+  </r>
+  <r>
+    <s v="CD428"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="03"/>
+    <s v="Not stated"/>
+    <s v="111600"/>
+    <s v="Tower"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="26"/>
+  </r>
+  <r>
+    <s v="CD428"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="03"/>
+    <s v="Not stated"/>
+    <s v="111700"/>
+    <s v="Clara"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="7"/>
+  </r>
+  <r>
+    <s v="CD428"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="03"/>
+    <s v="Not stated"/>
+    <s v="111800"/>
+    <s v="Stamullen"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="8"/>
+  </r>
+  <r>
+    <s v="CD428"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="03"/>
+    <s v="Not stated"/>
+    <s v="111900"/>
+    <s v="Kill"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="7"/>
+  </r>
+  <r>
+    <s v="CD428"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="03"/>
+    <s v="Not stated"/>
+    <s v="112000"/>
+    <s v="Towns 1,500 - 2,999 population"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="701"/>
+  </r>
+  <r>
+    <s v="CD428"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="03"/>
+    <s v="Not stated"/>
+    <s v="112100"/>
+    <s v="Rathnew"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5"/>
+  </r>
+  <r>
+    <s v="CD428"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="03"/>
+    <s v="Not stated"/>
+    <s v="112200"/>
+    <s v="Muinebeag"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="10"/>
+  </r>
+  <r>
+    <s v="CD428"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="03"/>
+    <s v="Not stated"/>
+    <s v="112300"/>
+    <s v="Enfield"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="7"/>
+  </r>
+  <r>
+    <s v="CD428"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="03"/>
+    <s v="Not stated"/>
+    <s v="112400"/>
+    <s v="Courtown Harbour"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="7"/>
+  </r>
+  <r>
+    <s v="CD428"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="03"/>
+    <s v="Not stated"/>
+    <s v="112500"/>
+    <s v="Annacotty"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="12"/>
+  </r>
+  <r>
+    <s v="CD428"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="03"/>
+    <s v="Not stated"/>
+    <s v="112600"/>
+    <s v="Moate"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="15"/>
+  </r>
+  <r>
+    <s v="CD428"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="03"/>
+    <s v="Not stated"/>
+    <s v="112700"/>
+    <s v="Ballinrobe"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="11"/>
+  </r>
+  <r>
+    <s v="CD428"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="03"/>
+    <s v="Not stated"/>
+    <s v="112800"/>
+    <s v="Kilrush"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="19"/>
+  </r>
+  <r>
+    <s v="CD428"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="03"/>
+    <s v="Not stated"/>
+    <s v="112900"/>
+    <s v="Skibbereen"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="13"/>
+  </r>
+  <r>
+    <s v="CD428"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="03"/>
+    <s v="Not stated"/>
+    <s v="113000"/>
+    <s v="Kinnegad"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="13"/>
+  </r>
+  <r>
+    <s v="CD428"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="03"/>
+    <s v="Not stated"/>
+    <s v="113100"/>
+    <s v="Newcastle"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="15"/>
+  </r>
+  <r>
+    <s v="CD428"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="03"/>
+    <s v="Not stated"/>
+    <s v="113200"/>
+    <s v="Gort"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="15"/>
+  </r>
+  <r>
+    <s v="CD428"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="03"/>
+    <s v="Not stated"/>
+    <s v="113300"/>
+    <s v="Donegal"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="6"/>
+  </r>
+  <r>
+    <s v="CD428"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="03"/>
+    <s v="Not stated"/>
+    <s v="113400"/>
+    <s v="Boyle"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="12"/>
+  </r>
+  <r>
+    <s v="CD428"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="03"/>
+    <s v="Not stated"/>
+    <s v="113500"/>
+    <s v="Ballyjamesduff"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="17"/>
+  </r>
+  <r>
+    <s v="CD428"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="03"/>
+    <s v="Not stated"/>
+    <s v="113600"/>
+    <s v="Carndonagh"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="CD428"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="03"/>
+    <s v="Not stated"/>
+    <s v="113700"/>
+    <s v="Bailieborough"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="8"/>
+  </r>
+  <r>
+    <s v="CD428"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="03"/>
+    <s v="Not stated"/>
+    <s v="113800"/>
+    <s v="Castleisland"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="7"/>
+  </r>
+  <r>
+    <s v="CD428"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="03"/>
+    <s v="Not stated"/>
+    <s v="113900"/>
+    <s v="Sixmilebridge"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4"/>
+  </r>
+  <r>
+    <s v="CD428"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="03"/>
+    <s v="Not stated"/>
+    <s v="114000"/>
+    <s v="Ballyshannon"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="8"/>
+  </r>
+  <r>
+    <s v="CD428"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="03"/>
+    <s v="Not stated"/>
+    <s v="114100"/>
+    <s v="Ballina (North Tipperary)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="9"/>
+  </r>
+  <r>
+    <s v="CD428"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="03"/>
+    <s v="Not stated"/>
+    <s v="114200"/>
+    <s v="Blarney"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="10"/>
+  </r>
+  <r>
+    <s v="CD428"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="03"/>
+    <s v="Not stated"/>
+    <s v="114300"/>
+    <s v="Newtownmountkennedy"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="CD428"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="03"/>
+    <s v="Not stated"/>
+    <s v="114400"/>
+    <s v="Athboy"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="6"/>
+  </r>
+  <r>
+    <s v="CD428"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="03"/>
+    <s v="Not stated"/>
+    <s v="114500"/>
+    <s v="Rathangan"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="10"/>
+  </r>
+  <r>
+    <s v="CD428"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="03"/>
+    <s v="Not stated"/>
+    <s v="114600"/>
+    <s v="Callan"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="CD428"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="03"/>
+    <s v="Not stated"/>
+    <s v="114700"/>
+    <s v="Kingscourt"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="7"/>
+  </r>
+  <r>
+    <s v="CD428"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="03"/>
+    <s v="Not stated"/>
+    <s v="114800"/>
+    <s v="Ballyhaunis"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="19"/>
+  </r>
+  <r>
+    <s v="CD428"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="03"/>
+    <s v="Not stated"/>
+    <s v="114900"/>
+    <s v="Virginia"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5"/>
+  </r>
+  <r>
+    <s v="CD428"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="03"/>
+    <s v="Not stated"/>
+    <s v="115000"/>
+    <s v="Thomastown"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="6"/>
+  </r>
+  <r>
+    <s v="CD428"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="03"/>
+    <s v="Not stated"/>
+    <s v="115100"/>
+    <s v="Kanturk"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5"/>
+  </r>
+  <r>
+    <s v="CD428"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="03"/>
+    <s v="Not stated"/>
+    <s v="115200"/>
+    <s v="Prosperous"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5"/>
+  </r>
+  <r>
+    <s v="CD428"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="03"/>
+    <s v="Not stated"/>
+    <s v="115300"/>
+    <s v="Kenmare"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="13"/>
+  </r>
+  <r>
+    <s v="CD428"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="03"/>
+    <s v="Not stated"/>
+    <s v="115400"/>
+    <s v="Saggart"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="30"/>
+  </r>
+  <r>
+    <s v="CD428"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="03"/>
+    <s v="Not stated"/>
+    <s v="115500"/>
+    <s v="Bundoran"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="15"/>
+  </r>
+  <r>
+    <s v="CD428"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="03"/>
+    <s v="Not stated"/>
+    <s v="115600"/>
+    <s v="Cootehill"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="6"/>
+  </r>
+  <r>
+    <s v="CD428"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="03"/>
+    <s v="Not stated"/>
+    <s v="115700"/>
+    <s v="Crosshaven"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="13"/>
+  </r>
+  <r>
+    <s v="CD428"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="03"/>
+    <s v="Not stated"/>
+    <s v="115800"/>
+    <s v="Killorglin"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="13"/>
+  </r>
+  <r>
+    <s v="CD428"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="03"/>
+    <s v="Not stated"/>
+    <s v="115900"/>
+    <s v="Templemore"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="6"/>
+  </r>
+  <r>
+    <s v="CD428"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="03"/>
+    <s v="Not stated"/>
+    <s v="116000"/>
+    <s v="Baltinglass"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="11"/>
+  </r>
+  <r>
+    <s v="CD428"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="03"/>
+    <s v="Not stated"/>
+    <s v="116100"/>
+    <s v="Clifden"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5"/>
+  </r>
+  <r>
+    <s v="CD428"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="03"/>
+    <s v="Not stated"/>
+    <s v="116200"/>
+    <s v="Bunclody-Carrickduff"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="6"/>
+  </r>
+  <r>
+    <s v="CD428"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="03"/>
+    <s v="Not stated"/>
+    <s v="116300"/>
+    <s v="Abbeyfeale"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5"/>
+  </r>
+  <r>
+    <s v="CD428"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="03"/>
+    <s v="Not stated"/>
+    <s v="116400"/>
+    <s v="Clogherhead"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="7"/>
+  </r>
+  <r>
+    <s v="CD428"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="03"/>
+    <s v="Not stated"/>
+    <s v="116500"/>
+    <s v="Castlerea"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="16"/>
+  </r>
+  <r>
+    <s v="CD428"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="03"/>
+    <s v="Not stated"/>
+    <s v="116600"/>
+    <s v="An Daingean"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="9"/>
+  </r>
+  <r>
+    <s v="CD428"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="03"/>
+    <s v="Not stated"/>
+    <s v="116700"/>
+    <s v="Castleconnell"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3"/>
+  </r>
+  <r>
+    <s v="CD428"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="03"/>
+    <s v="Not stated"/>
+    <s v="116800"/>
+    <s v="Bearna"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4"/>
+  </r>
+  <r>
+    <s v="CD428"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="03"/>
+    <s v="Not stated"/>
+    <s v="116900"/>
+    <s v="Balrothery"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="9"/>
+  </r>
+  <r>
+    <s v="CD428"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="03"/>
+    <s v="Not stated"/>
+    <s v="117000"/>
+    <s v="Abbeyleix"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="13"/>
+  </r>
+  <r>
+    <s v="CD428"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="03"/>
+    <s v="Not stated"/>
+    <s v="117100"/>
+    <s v="Ballaghaderreen"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="11"/>
+  </r>
+  <r>
+    <s v="CD428"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="03"/>
+    <s v="Not stated"/>
+    <s v="117200"/>
+    <s v="Enniskerry"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="7"/>
+  </r>
+  <r>
+    <s v="CD428"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="03"/>
+    <s v="Not stated"/>
+    <s v="117300"/>
+    <s v="Newport"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="29"/>
+  </r>
+  <r>
+    <s v="CD428"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="03"/>
+    <s v="Not stated"/>
+    <s v="117400"/>
+    <s v="Dunleer"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="CD428"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="03"/>
+    <s v="Not stated"/>
+    <s v="117500"/>
+    <s v="Newmarket-on-Fergus"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="9"/>
+  </r>
+  <r>
+    <s v="CD428"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="03"/>
+    <s v="Not stated"/>
+    <s v="117600"/>
+    <s v="Clones"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="8"/>
+  </r>
+  <r>
+    <s v="CD428"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="03"/>
+    <s v="Not stated"/>
+    <s v="117700"/>
+    <s v="Tubbercurry"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="6"/>
+  </r>
+  <r>
+    <s v="CD428"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="03"/>
+    <s v="Not stated"/>
+    <s v="117800"/>
+    <s v="Edgeworthstown"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="13"/>
+  </r>
+  <r>
+    <s v="CD428"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="03"/>
+    <s v="Not stated"/>
+    <s v="117900"/>
+    <s v="Ballivor"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3"/>
+  </r>
+  <r>
+    <s v="CD428"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="03"/>
+    <s v="Not stated"/>
+    <s v="118000"/>
+    <s v="Castlebridge"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5"/>
+  </r>
+  <r>
+    <s v="CD428"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="03"/>
+    <s v="Not stated"/>
+    <s v="118100"/>
+    <s v="Portlaw"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="6"/>
+  </r>
+  <r>
+    <s v="CD428"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="03"/>
+    <s v="Not stated"/>
+    <s v="118200"/>
+    <s v="Mountrath"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4"/>
+  </r>
+  <r>
+    <s v="CD428"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="03"/>
+    <s v="Not stated"/>
+    <s v="118300"/>
+    <s v="Lifford"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4"/>
+  </r>
+  <r>
+    <s v="CD428"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="03"/>
+    <s v="Not stated"/>
+    <s v="118400"/>
+    <s v="Banagher"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="CD428"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="03"/>
+    <s v="Not stated"/>
+    <s v="118500"/>
+    <s v="Kilmallock"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="8"/>
+  </r>
+  <r>
+    <s v="CD428"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="03"/>
+    <s v="Not stated"/>
+    <s v="118600"/>
+    <s v="Strandhill"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="13"/>
+  </r>
+  <r>
+    <s v="CD428"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="03"/>
+    <s v="Not stated"/>
+    <s v="118700"/>
+    <s v="Rathdrum"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="9"/>
+  </r>
+  <r>
+    <s v="CD428"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="03"/>
+    <s v="Not stated"/>
+    <s v="118800"/>
+    <s v="Dunmanway"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="6"/>
+  </r>
+  <r>
+    <s v="CD428"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="03"/>
+    <s v="Not stated"/>
+    <s v="118900"/>
+    <s v="Millstreet"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3"/>
+  </r>
+  <r>
+    <s v="CD428"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="03"/>
+    <s v="Not stated"/>
+    <s v="119000"/>
+    <s v="Ballymahon"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5"/>
+  </r>
+  <r>
+    <s v="CD428"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="03"/>
+    <s v="Not stated"/>
+    <s v="119100"/>
+    <s v="Cloyne"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="6"/>
+  </r>
+  <r>
+    <s v="CD428"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="03"/>
+    <s v="Not stated"/>
+    <s v="119200"/>
+    <s v="Dunmore East"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="6"/>
+  </r>
+  <r>
+    <s v="CD428"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="03"/>
+    <s v="Not stated"/>
+    <s v="119300"/>
+    <s v="Moycullen"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="CD428"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="03"/>
+    <s v="Not stated"/>
+    <s v="119400"/>
+    <s v="Bunbeg-Derrybeg"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="10"/>
+  </r>
+  <r>
+    <s v="CD428"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="03"/>
+    <s v="Not stated"/>
+    <s v="119500"/>
+    <s v="Rathkeale"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="6"/>
+  </r>
+  <r>
+    <s v="CD428"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="03"/>
+    <s v="Not stated"/>
+    <s v="119600"/>
+    <s v="Rosslare"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="CD428"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="03"/>
+    <s v="Not stated"/>
+    <s v="119700"/>
+    <s v="Graiguenamanagh-Tinnahinch"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="6"/>
+  </r>
+  <r>
+    <s v="CD428"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="03"/>
+    <s v="Not stated"/>
+    <s v="119800"/>
+    <s v="Derrinturn"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="CD428"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="03"/>
+    <s v="Not stated"/>
+    <s v="119900"/>
+    <s v="Fethard"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="7"/>
+  </r>
+  <r>
+    <s v="CD428"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="03"/>
+    <s v="Not stated"/>
+    <s v="120000"/>
+    <s v="Ballymote"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="8"/>
+  </r>
+  <r>
+    <s v="CD428"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="03"/>
+    <s v="Not stated"/>
+    <s v="120100"/>
+    <s v="Rathcormac"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="8"/>
+  </r>
+  <r>
+    <s v="CD428"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="03"/>
+    <s v="Not stated"/>
+    <s v="120200"/>
+    <s v="Portumna"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="13"/>
+  </r>
+  <r>
+    <s v="CD428"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="03"/>
+    <s v="Not stated"/>
+    <s v="120300"/>
+    <s v="Aggregate Town Area"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="16527"/>
+  </r>
+  <r>
+    <s v="CD428"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="03"/>
+    <s v="Not stated"/>
+    <s v="120400"/>
+    <s v="Towns 1,000 - 1,499 population"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="397"/>
+  </r>
+  <r>
+    <s v="CD428"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="03"/>
+    <s v="Not stated"/>
+    <s v="120500"/>
+    <s v="Total Towns 500 - 999 population"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="440"/>
+  </r>
+  <r>
+    <s v="CD428"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="03"/>
+    <s v="Not stated"/>
+    <s v="120600"/>
+    <s v="Towns under 500 population but with at least 50 inhabited houses"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="420"/>
+  </r>
+  <r>
+    <s v="CD428"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="03"/>
+    <s v="Not stated"/>
+    <s v="120700"/>
+    <s v="Remainder of country"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4554"/>
+  </r>
+  <r>
+    <s v="CD428"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="03"/>
+    <s v="Not stated"/>
+    <s v="120800"/>
+    <s v="Aggregate rural area"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5811"/>
+  </r>
+</pivotCacheRecords>
 </file>