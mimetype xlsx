--- v0 (2025-11-16)
+++ v1 (2026-01-09)
@@ -1,97 +1,97 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/pivotCache/pivotCacheDefinition1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheDefinition+xml"/>
   <Override PartName="/pivotCache/pivotCacheRecords1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheRecords+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/pivotTables/pivotTable.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd2c6a8e218914224" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/edb5d303c81c47e18c50a68d51794ed5.psmdcp" Id="Rb6482ed4763b4f06" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R12e20c4d2c3a49b3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/43bc8e2e6ba84ce6a6db31c142821345.psmdcp" Id="Rb35e4d9ae539406f" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
-    <x:sheet name="About" sheetId="2" r:id="rId2"/>
-[...1 lines deleted...]
-    <x:sheet name="Pivoted" sheetId="11" r:id="rId11"/>
+    <x:sheet name="About" sheetId="1" r:id="rId2"/>
+    <x:sheet name="Unpivoted" sheetId="2" r:id="rId9"/>
+    <x:sheet name="Pivoted" sheetId="3" r:id="rId11"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
   <x:pivotCaches>
     <x:pivotCache cacheId="0" r:id="rId12"/>
   </x:pivotCaches>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Table</x:t>
   </x:si>
   <x:si>
     <x:t>Code</x:t>
   </x:si>
   <x:si>
     <x:t>CD423</x:t>
   </x:si>
   <x:si>
     <x:t>Name</x:t>
   </x:si>
   <x:si>
     <x:t>Private Households in Permanent Housing Units</x:t>
   </x:si>
   <x:si>
     <x:t>Frequency</x:t>
   </x:si>
   <x:si>
     <x:t>Annual</x:t>
   </x:si>
   <x:si>
     <x:t>Last Updated</x:t>
   </x:si>
   <x:si>
-    <x:t>5/18/2020 11:00:00 AM</x:t>
+    <x:t>18/05/2020 11:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Note</x:t>
   </x:si>
   <x:si>
     <x:t>Url</x:t>
   </x:si>
   <x:si>
     <x:t>https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/CD423/XLSX/2007/en</x:t>
   </x:si>
   <x:si>
     <x:t>Product</x:t>
   </x:si>
   <x:si>
     <x:t>C2011P4</x:t>
   </x:si>
   <x:si>
     <x:t>Profile 4 - The Roof Over Our Heads - Housing in Ireland</x:t>
   </x:si>
   <x:si>
     <x:t>Contacts</x:t>
   </x:si>
   <x:si>
     <x:t>Bernie Casey</x:t>
   </x:si>
@@ -490,363 +490,170 @@
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip r:embed="rId8" cstate="print"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="3971925" cy="1381125"/>
         </a:xfrm>
         <a:prstGeom prst="rect"/>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/pivotTables/_rels/pivotTable.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheDefinition" Target="/pivotCache/pivotCacheDefinition1.xml" Id="rId17" /></Relationships>
 </file>
 
 <file path=xl/pivotTables/pivotTable.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotTableDefinition xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" dataCaption="Values" showError="0" missingCaption="" showMissing="1" pageWrap="0" pageOverThenDown="0" rowGrandTotals="0" colGrandTotals="0" indent="1">
-[...311 lines deleted...]
-</x:pivotTableDefinition>
+<pivotTableDefinition xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" applyNumberFormats="0" applyBorderFormats="0" applyFontFormats="0" applyPatternFormats="0" applyAlignmentFormats="0" applyWidthHeightFormats="0" dataCaption="Values" rowGrandTotals="0" colGrandTotals="0" outline="1">
+  <location ref="A1" firstHeaderRow="0" firstDataRow="0" firstDataCol="0"/>
+  <pivotFields count="12">
+    <pivotField name="STATISTIC" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="Statistic Label" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="C02729V03297" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="12">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+        <item x="11"/>
+      </items>
+    </pivotField>
+    <pivotField name="Number of Rooms Occupied" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="12">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+        <item x="11"/>
+      </items>
+    </pivotField>
+    <pivotField name="C02701V03269" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="3">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+      </items>
+    </pivotField>
+    <pivotField name="Aggregate Town or Rural Area" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="3">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+      </items>
+    </pivotField>
+    <pivotField name="C02196V02652" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="9">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+      </items>
+    </pivotField>
+    <pivotField name="Regional Authority" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="9">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+      </items>
+    </pivotField>
+    <pivotField name="TLIST(A1)" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="CensusYear" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField showAll="0"/>
+    <pivotField dataField="1" showAll="0"/>
+  </pivotFields>
+  <rowFields count="10">
+    <field x="0"/>
+    <field x="1"/>
+    <field x="2"/>
+    <field x="3"/>
+    <field x="4"/>
+    <field x="5"/>
+    <field x="6"/>
+    <field x="7"/>
+    <field x="8"/>
+    <field x="9"/>
+  </rowFields>
+  <dataFields count="1">
+    <dataField name="VALUE" fld="11"/>
+  </dataFields>
+  <pivotTableStyleInfo name="PivotStyleLight16" showRowHeaders="1" showColHeaders="1"/>
+  <extLst>
+    <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{962EF5D1-5CA2-4c93-8EF4-DBF5C05439D2}">
+      <x14:pivotTableDefinition enableEdit="0" hideValuesRow="1"/>
+    </ext>
+  </extLst>
+</pivotTableDefinition>
 </file>
 
 <file path=xl/tables/table1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:table xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="1" name="Unpivoted" displayName="Unpivoted" ref="A1:L325" totalsRowShown="0">
   <x:autoFilter ref="A1:L325"/>
   <x:tableColumns count="12">
     <x:tableColumn id="1" name="STATISTIC"/>
     <x:tableColumn id="2" name="Statistic Label"/>
     <x:tableColumn id="3" name="C02729V03297"/>
     <x:tableColumn id="4" name="Number of Rooms Occupied"/>
     <x:tableColumn id="5" name="C02701V03269"/>
     <x:tableColumn id="6" name="Aggregate Town or Rural Area"/>
     <x:tableColumn id="7" name="C02196V02652"/>
     <x:tableColumn id="8" name="Regional Authority"/>
     <x:tableColumn id="9" name="TLIST(A1)"/>
     <x:tableColumn id="10" name="CensusYear"/>
     <x:tableColumn id="11" name="UNIT"/>
     <x:tableColumn id="12" name="VALUE"/>
   </x:tableColumns>
   <x:tableStyleInfo name="TableStyleMedium2" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </x:table>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
@@ -1119,51 +926,51 @@
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="/xl/drawings/drawing1.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/CD423/XLSX/2007/en" TargetMode="External" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cso.ie/" TargetMode="External" Id="rId14" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="/xl/tables/table1.xml" Id="rId15" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet3.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotTable" Target="/xl/pivotTables/pivotTable.xml" Id="rId16" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:B39"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="20.710625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="100.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="8" spans="1:2">
       <x:c r="A8" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B8" s="2"/>
     </x:row>
     <x:row r="9" spans="1:2">
       <x:c r="A9" s="3" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="B9" s="0" t="s">
         <x:v>2</x:v>
@@ -1350,51 +1157,51 @@
       </x:c>
     </x:row>
     <x:row r="39" spans="1:2">
       <x:c r="A39" s="3" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B39" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:hyperlinks>
     <x:hyperlink ref="B14" r:id="rId13"/>
     <x:hyperlink ref="B28" r:id="rId14"/>
   </x:hyperlinks>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:drawing xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId7"/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:L325"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="11.996339" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="44.139196" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="16.139196" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="28.424911" style="0" customWidth="1"/>
     <x:col min="5" max="5" width="16.139196" style="0" customWidth="1"/>
     <x:col min="6" max="6" width="29.853482" style="0" customWidth="1"/>
     <x:col min="7" max="7" width="16.139196" style="0" customWidth="1"/>
     <x:col min="8" max="8" width="19.996339" style="0" customWidth="1"/>
     <x:col min="9" max="9" width="11.282054" style="0" customWidth="1"/>
     <x:col min="10" max="10" width="13.424911" style="0" customWidth="1"/>
     <x:col min="11" max="11" width="8.282054" style="0" customWidth="1"/>
     <x:col min="12" max="12" width="8.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:12">
       <x:c r="A1" s="0" t="s">
@@ -13736,51 +13543,51 @@
       <x:c r="I325" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J325" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="K325" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="L325" s="0">
         <x:v>3670</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="1">
     <x:tablePart r:id="rId15"/>
   </x:tableParts>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:sheetData/>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Application>Microsoft Excel</ap:Application>
   <ap:TitlesOfParts>
     <vt:vector baseType="lpstr" size="9">
       <vt:lpstr>About</vt:lpstr>
       <vt:lpstr>Unpivoted</vt:lpstr>
       <vt:lpstr>Pivoted</vt:lpstr>
@@ -13797,51 +13604,51 @@
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>3</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Named Ranges</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>6</vt:i4>
       </vt:variant>
     </vt:vector>
   </ap:HeadingPairs>
   <ap:DocSecurity>0</ap:DocSecurity>
   <ap:ScaleCrop>false</ap:ScaleCrop>
 </ap:Properties>
 </file>
 
 <file path=pivotCache/_rels/pivotCacheDefinition1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheRecords" Target="/pivotCache/pivotCacheRecords1.xml" Id="rId1" /></Relationships>
 </file>
 
 <file path=pivotCache/pivotCacheDefinition1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:pivotCacheDefinition xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" r:id="rId1" saveData="1" refreshOnLoad="1" createdVersion="5" refreshedVersion="5" minRefreshableVersion="3">
   <x:cacheSource type="worksheet">
-    <x:worksheetSource ref="A1:L325" sheet="Unpivoted"/>
+    <x:worksheetSource name="Unpivoted"/>
   </x:cacheSource>
   <x:cacheFields>
     <x:cacheField name="STATISTIC">
       <x:sharedItems count="1">
         <x:s v="CD423"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="Statistic Label">
       <x:sharedItems count="1">
         <x:s v="Private Households in Permanent Housing Units"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="C02729V03297">
       <x:sharedItems count="12">
         <x:s v="-"/>
         <x:s v="01"/>
         <x:s v="02"/>
         <x:s v="03"/>
         <x:s v="04"/>
         <x:s v="05"/>
         <x:s v="06"/>
         <x:s v="07"/>
         <x:s v="08"/>
         <x:s v="09"/>
         <x:s v="101"/>
@@ -14229,27 +14036,4564 @@
         <x:n v="44086"/>
         <x:n v="3264"/>
         <x:n v="1931"/>
         <x:n v="2602"/>
         <x:n v="19943"/>
         <x:n v="3875"/>
         <x:n v="3003"/>
         <x:n v="3673"/>
         <x:n v="5795"/>
         <x:n v="22242"/>
         <x:n v="4059"/>
         <x:n v="2023"/>
         <x:n v="3525"/>
         <x:n v="392"/>
         <x:n v="2543"/>
         <x:n v="2701"/>
         <x:n v="3329"/>
         <x:n v="3670"/>
       </x:sharedItems>
     </x:cacheField>
   </x:cacheFields>
 </x:pivotCacheDefinition>
 </file>
 
 <file path=pivotCache/pivotCacheRecords1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main"/>
+<pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="xr">
+  <r>
+    <s v="CD423"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1649408"/>
+  </r>
+  <r>
+    <s v="CD423"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="185170"/>
+  </r>
+  <r>
+    <s v="CD423"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="99493"/>
+  </r>
+  <r>
+    <s v="CD423"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="159874"/>
+  </r>
+  <r>
+    <s v="CD423"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="466461"/>
+  </r>
+  <r>
+    <s v="CD423"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="180005"/>
+  </r>
+  <r>
+    <s v="CD423"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="137566"/>
+  </r>
+  <r>
+    <s v="CD423"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="180196"/>
+  </r>
+  <r>
+    <s v="CD423"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="240643"/>
+  </r>
+  <r>
+    <s v="CD423"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1050073"/>
+  </r>
+  <r>
+    <s v="CD423"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="72379"/>
+  </r>
+  <r>
+    <s v="CD423"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="46461"/>
+  </r>
+  <r>
+    <s v="CD423"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="63418"/>
+  </r>
+  <r>
+    <s v="CD423"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="458117"/>
+  </r>
+  <r>
+    <s v="CD423"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="115704"/>
+  </r>
+  <r>
+    <s v="CD423"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="67446"/>
+  </r>
+  <r>
+    <s v="CD423"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="86843"/>
+  </r>
+  <r>
+    <s v="CD423"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="139705"/>
+  </r>
+  <r>
+    <s v="CD423"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="599335"/>
+  </r>
+  <r>
+    <s v="CD423"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="112791"/>
+  </r>
+  <r>
+    <s v="CD423"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="53032"/>
+  </r>
+  <r>
+    <s v="CD423"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="96456"/>
+  </r>
+  <r>
+    <s v="CD423"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="8344"/>
+  </r>
+  <r>
+    <s v="CD423"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="64301"/>
+  </r>
+  <r>
+    <s v="CD423"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="70120"/>
+  </r>
+  <r>
+    <s v="CD423"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="93353"/>
+  </r>
+  <r>
+    <s v="CD423"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="100938"/>
+  </r>
+  <r>
+    <s v="CD423"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="1 room"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="23058"/>
+  </r>
+  <r>
+    <s v="CD423"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="1 room"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1260"/>
+  </r>
+  <r>
+    <s v="CD423"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="1 room"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="810"/>
+  </r>
+  <r>
+    <s v="CD423"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="1 room"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1283"/>
+  </r>
+  <r>
+    <s v="CD423"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="1 room"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="13769"/>
+  </r>
+  <r>
+    <s v="CD423"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="1 room"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1406"/>
+  </r>
+  <r>
+    <s v="CD423"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="1 room"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1043"/>
+  </r>
+  <r>
+    <s v="CD423"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="1 room"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1120"/>
+  </r>
+  <r>
+    <s v="CD423"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="1 room"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2367"/>
+  </r>
+  <r>
+    <s v="CD423"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="1 room"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="20471"/>
+  </r>
+  <r>
+    <s v="CD423"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="1 room"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="785"/>
+  </r>
+  <r>
+    <s v="CD423"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="1 room"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="562"/>
+  </r>
+  <r>
+    <s v="CD423"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="1 room"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="856"/>
+  </r>
+  <r>
+    <s v="CD423"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="1 room"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="13675"/>
+  </r>
+  <r>
+    <s v="CD423"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="1 room"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1083"/>
+  </r>
+  <r>
+    <s v="CD423"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="1 room"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="721"/>
+  </r>
+  <r>
+    <s v="CD423"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="1 room"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="837"/>
+  </r>
+  <r>
+    <s v="CD423"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="1 room"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1952"/>
+  </r>
+  <r>
+    <s v="CD423"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="1 room"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2587"/>
+  </r>
+  <r>
+    <s v="CD423"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="1 room"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="475"/>
+  </r>
+  <r>
+    <s v="CD423"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="1 room"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="248"/>
+  </r>
+  <r>
+    <s v="CD423"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="1 room"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="427"/>
+  </r>
+  <r>
+    <s v="CD423"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="1 room"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="94"/>
+  </r>
+  <r>
+    <s v="CD423"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="1 room"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="323"/>
+  </r>
+  <r>
+    <s v="CD423"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="1 room"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="322"/>
+  </r>
+  <r>
+    <s v="CD423"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="1 room"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="283"/>
+  </r>
+  <r>
+    <s v="CD423"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="1 room"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="415"/>
+  </r>
+  <r>
+    <s v="CD423"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="02"/>
+    <s v="2 rooms"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="78373"/>
+  </r>
+  <r>
+    <s v="CD423"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="02"/>
+    <s v="2 rooms"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5924"/>
+  </r>
+  <r>
+    <s v="CD423"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="02"/>
+    <s v="2 rooms"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3272"/>
+  </r>
+  <r>
+    <s v="CD423"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="02"/>
+    <s v="2 rooms"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5670"/>
+  </r>
+  <r>
+    <s v="CD423"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="02"/>
+    <s v="2 rooms"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="37237"/>
+  </r>
+  <r>
+    <s v="CD423"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="02"/>
+    <s v="2 rooms"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="6386"/>
+  </r>
+  <r>
+    <s v="CD423"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="02"/>
+    <s v="2 rooms"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4935"/>
+  </r>
+  <r>
+    <s v="CD423"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="02"/>
+    <s v="2 rooms"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5789"/>
+  </r>
+  <r>
+    <s v="CD423"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="02"/>
+    <s v="2 rooms"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="9160"/>
+  </r>
+  <r>
+    <s v="CD423"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="02"/>
+    <s v="2 rooms"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="66670"/>
+  </r>
+  <r>
+    <s v="CD423"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="02"/>
+    <s v="2 rooms"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3426"/>
+  </r>
+  <r>
+    <s v="CD423"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="02"/>
+    <s v="2 rooms"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2414"/>
+  </r>
+  <r>
+    <s v="CD423"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="02"/>
+    <s v="2 rooms"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3865"/>
+  </r>
+  <r>
+    <s v="CD423"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="02"/>
+    <s v="2 rooms"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="36986"/>
+  </r>
+  <r>
+    <s v="CD423"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="02"/>
+    <s v="2 rooms"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5002"/>
+  </r>
+  <r>
+    <s v="CD423"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="02"/>
+    <s v="2 rooms"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3440"/>
+  </r>
+  <r>
+    <s v="CD423"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="02"/>
+    <s v="2 rooms"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4331"/>
+  </r>
+  <r>
+    <s v="CD423"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="02"/>
+    <s v="2 rooms"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="7206"/>
+  </r>
+  <r>
+    <s v="CD423"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="02"/>
+    <s v="2 rooms"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="11703"/>
+  </r>
+  <r>
+    <s v="CD423"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="02"/>
+    <s v="2 rooms"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2498"/>
+  </r>
+  <r>
+    <s v="CD423"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="02"/>
+    <s v="2 rooms"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="858"/>
+  </r>
+  <r>
+    <s v="CD423"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="02"/>
+    <s v="2 rooms"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1805"/>
+  </r>
+  <r>
+    <s v="CD423"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="02"/>
+    <s v="2 rooms"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="251"/>
+  </r>
+  <r>
+    <s v="CD423"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="02"/>
+    <s v="2 rooms"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1384"/>
+  </r>
+  <r>
+    <s v="CD423"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="02"/>
+    <s v="2 rooms"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1495"/>
+  </r>
+  <r>
+    <s v="CD423"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="02"/>
+    <s v="2 rooms"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1458"/>
+  </r>
+  <r>
+    <s v="CD423"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="02"/>
+    <s v="2 rooms"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1954"/>
+  </r>
+  <r>
+    <s v="CD423"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="03"/>
+    <s v="3 rooms"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="156731"/>
+  </r>
+  <r>
+    <s v="CD423"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="03"/>
+    <s v="3 rooms"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="14396"/>
+  </r>
+  <r>
+    <s v="CD423"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="03"/>
+    <s v="3 rooms"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="8463"/>
+  </r>
+  <r>
+    <s v="CD423"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="03"/>
+    <s v="3 rooms"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="13275"/>
+  </r>
+  <r>
+    <s v="CD423"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="03"/>
+    <s v="3 rooms"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="59892"/>
+  </r>
+  <r>
+    <s v="CD423"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="03"/>
+    <s v="3 rooms"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="14815"/>
+  </r>
+  <r>
+    <s v="CD423"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="03"/>
+    <s v="3 rooms"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="11921"/>
+  </r>
+  <r>
+    <s v="CD423"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="03"/>
+    <s v="3 rooms"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="13675"/>
+  </r>
+  <r>
+    <s v="CD423"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="03"/>
+    <s v="3 rooms"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="20294"/>
+  </r>
+  <r>
+    <s v="CD423"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="03"/>
+    <s v="3 rooms"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="123420"/>
+  </r>
+  <r>
+    <s v="CD423"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="03"/>
+    <s v="3 rooms"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="7609"/>
+  </r>
+  <r>
+    <s v="CD423"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="03"/>
+    <s v="3 rooms"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5447"/>
+  </r>
+  <r>
+    <s v="CD423"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="03"/>
+    <s v="3 rooms"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="8120"/>
+  </r>
+  <r>
+    <s v="CD423"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="03"/>
+    <s v="3 rooms"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="59397"/>
+  </r>
+  <r>
+    <s v="CD423"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="03"/>
+    <s v="3 rooms"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="11390"/>
+  </r>
+  <r>
+    <s v="CD423"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="03"/>
+    <s v="3 rooms"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="7543"/>
+  </r>
+  <r>
+    <s v="CD423"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="03"/>
+    <s v="3 rooms"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="9126"/>
+  </r>
+  <r>
+    <s v="CD423"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="03"/>
+    <s v="3 rooms"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="14788"/>
+  </r>
+  <r>
+    <s v="CD423"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="03"/>
+    <s v="3 rooms"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="33311"/>
+  </r>
+  <r>
+    <s v="CD423"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="03"/>
+    <s v="3 rooms"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="6787"/>
+  </r>
+  <r>
+    <s v="CD423"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="03"/>
+    <s v="3 rooms"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3016"/>
+  </r>
+  <r>
+    <s v="CD423"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="03"/>
+    <s v="3 rooms"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5155"/>
+  </r>
+  <r>
+    <s v="CD423"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="03"/>
+    <s v="3 rooms"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="495"/>
+  </r>
+  <r>
+    <s v="CD423"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="03"/>
+    <s v="3 rooms"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3425"/>
+  </r>
+  <r>
+    <s v="CD423"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="03"/>
+    <s v="3 rooms"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4378"/>
+  </r>
+  <r>
+    <s v="CD423"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="03"/>
+    <s v="3 rooms"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4549"/>
+  </r>
+  <r>
+    <s v="CD423"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="03"/>
+    <s v="3 rooms"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5506"/>
+  </r>
+  <r>
+    <s v="CD423"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="04"/>
+    <s v="4 rooms"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="174296"/>
+  </r>
+  <r>
+    <s v="CD423"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="04"/>
+    <s v="4 rooms"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="18641"/>
+  </r>
+  <r>
+    <s v="CD423"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="04"/>
+    <s v="4 rooms"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="9609"/>
+  </r>
+  <r>
+    <s v="CD423"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="04"/>
+    <s v="4 rooms"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="16138"/>
+  </r>
+  <r>
+    <s v="CD423"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="04"/>
+    <s v="4 rooms"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="59655"/>
+  </r>
+  <r>
+    <s v="CD423"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="04"/>
+    <s v="4 rooms"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="16757"/>
+  </r>
+  <r>
+    <s v="CD423"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="04"/>
+    <s v="4 rooms"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="13404"/>
+  </r>
+  <r>
+    <s v="CD423"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="04"/>
+    <s v="4 rooms"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="17536"/>
+  </r>
+  <r>
+    <s v="CD423"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="04"/>
+    <s v="4 rooms"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="22556"/>
+  </r>
+  <r>
+    <s v="CD423"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="04"/>
+    <s v="4 rooms"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="121769"/>
+  </r>
+  <r>
+    <s v="CD423"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="04"/>
+    <s v="4 rooms"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="7825"/>
+  </r>
+  <r>
+    <s v="CD423"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="04"/>
+    <s v="4 rooms"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5113"/>
+  </r>
+  <r>
+    <s v="CD423"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="04"/>
+    <s v="4 rooms"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="7291"/>
+  </r>
+  <r>
+    <s v="CD423"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="04"/>
+    <s v="4 rooms"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="59030"/>
+  </r>
+  <r>
+    <s v="CD423"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="04"/>
+    <s v="4 rooms"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="11733"/>
+  </r>
+  <r>
+    <s v="CD423"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="04"/>
+    <s v="4 rooms"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="6961"/>
+  </r>
+  <r>
+    <s v="CD423"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="04"/>
+    <s v="4 rooms"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="9967"/>
+  </r>
+  <r>
+    <s v="CD423"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="04"/>
+    <s v="4 rooms"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="13849"/>
+  </r>
+  <r>
+    <s v="CD423"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="04"/>
+    <s v="4 rooms"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="52527"/>
+  </r>
+  <r>
+    <s v="CD423"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="04"/>
+    <s v="4 rooms"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="10816"/>
+  </r>
+  <r>
+    <s v="CD423"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="04"/>
+    <s v="4 rooms"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4496"/>
+  </r>
+  <r>
+    <s v="CD423"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="04"/>
+    <s v="4 rooms"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="8847"/>
+  </r>
+  <r>
+    <s v="CD423"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="04"/>
+    <s v="4 rooms"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="625"/>
+  </r>
+  <r>
+    <s v="CD423"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="04"/>
+    <s v="4 rooms"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5024"/>
+  </r>
+  <r>
+    <s v="CD423"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="04"/>
+    <s v="4 rooms"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="6443"/>
+  </r>
+  <r>
+    <s v="CD423"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="04"/>
+    <s v="4 rooms"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="7569"/>
+  </r>
+  <r>
+    <s v="CD423"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="04"/>
+    <s v="4 rooms"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="8707"/>
+  </r>
+  <r>
+    <s v="CD423"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="05"/>
+    <s v="5 rooms"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="380115"/>
+  </r>
+  <r>
+    <s v="CD423"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="05"/>
+    <s v="5 rooms"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="43605"/>
+  </r>
+  <r>
+    <s v="CD423"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="05"/>
+    <s v="5 rooms"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="25132"/>
+  </r>
+  <r>
+    <s v="CD423"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="05"/>
+    <s v="5 rooms"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="31541"/>
+  </r>
+  <r>
+    <s v="CD423"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="05"/>
+    <s v="5 rooms"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="103153"/>
+  </r>
+  <r>
+    <s v="CD423"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="05"/>
+    <s v="5 rooms"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="42401"/>
+  </r>
+  <r>
+    <s v="CD423"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="05"/>
+    <s v="5 rooms"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="30828"/>
+  </r>
+  <r>
+    <s v="CD423"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="05"/>
+    <s v="5 rooms"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="46413"/>
+  </r>
+  <r>
+    <s v="CD423"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="05"/>
+    <s v="5 rooms"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="57042"/>
+  </r>
+  <r>
+    <s v="CD423"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="05"/>
+    <s v="5 rooms"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="265421"/>
+  </r>
+  <r>
+    <s v="CD423"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="05"/>
+    <s v="5 rooms"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="21601"/>
+  </r>
+  <r>
+    <s v="CD423"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="05"/>
+    <s v="5 rooms"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="14307"/>
+  </r>
+  <r>
+    <s v="CD423"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="05"/>
+    <s v="5 rooms"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="14911"/>
+  </r>
+  <r>
+    <s v="CD423"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="05"/>
+    <s v="5 rooms"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="101842"/>
+  </r>
+  <r>
+    <s v="CD423"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="05"/>
+    <s v="5 rooms"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="30433"/>
+  </r>
+  <r>
+    <s v="CD423"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="05"/>
+    <s v="5 rooms"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="17389"/>
+  </r>
+  <r>
+    <s v="CD423"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="05"/>
+    <s v="5 rooms"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="27186"/>
+  </r>
+  <r>
+    <s v="CD423"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="05"/>
+    <s v="5 rooms"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="37752"/>
+  </r>
+  <r>
+    <s v="CD423"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="05"/>
+    <s v="5 rooms"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="114694"/>
+  </r>
+  <r>
+    <s v="CD423"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="05"/>
+    <s v="5 rooms"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="22004"/>
+  </r>
+  <r>
+    <s v="CD423"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="05"/>
+    <s v="5 rooms"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="10825"/>
+  </r>
+  <r>
+    <s v="CD423"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="05"/>
+    <s v="5 rooms"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="16630"/>
+  </r>
+  <r>
+    <s v="CD423"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="05"/>
+    <s v="5 rooms"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1311"/>
+  </r>
+  <r>
+    <s v="CD423"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="05"/>
+    <s v="5 rooms"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="11968"/>
+  </r>
+  <r>
+    <s v="CD423"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="05"/>
+    <s v="5 rooms"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="13439"/>
+  </r>
+  <r>
+    <s v="CD423"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="05"/>
+    <s v="5 rooms"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="19227"/>
+  </r>
+  <r>
+    <s v="CD423"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="05"/>
+    <s v="5 rooms"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="19290"/>
+  </r>
+  <r>
+    <s v="CD423"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="6 rooms"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="299646"/>
+  </r>
+  <r>
+    <s v="CD423"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="6 rooms"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="35549"/>
+  </r>
+  <r>
+    <s v="CD423"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="6 rooms"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="18617"/>
+  </r>
+  <r>
+    <s v="CD423"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="6 rooms"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="33101"/>
+  </r>
+  <r>
+    <s v="CD423"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="6 rooms"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="75304"/>
+  </r>
+  <r>
+    <s v="CD423"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="6 rooms"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="31148"/>
+  </r>
+  <r>
+    <s v="CD423"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="6 rooms"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="26927"/>
+  </r>
+  <r>
+    <s v="CD423"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="6 rooms"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="33500"/>
+  </r>
+  <r>
+    <s v="CD423"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="6 rooms"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="45500"/>
+  </r>
+  <r>
+    <s v="CD423"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="6 rooms"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="177455"/>
+  </r>
+  <r>
+    <s v="CD423"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="6 rooms"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="12841"/>
+  </r>
+  <r>
+    <s v="CD423"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="6 rooms"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="7899"/>
+  </r>
+  <r>
+    <s v="CD423"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="6 rooms"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="11740"/>
+  </r>
+  <r>
+    <s v="CD423"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="6 rooms"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="73912"/>
+  </r>
+  <r>
+    <s v="CD423"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="6 rooms"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="19398"/>
+  </r>
+  <r>
+    <s v="CD423"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="6 rooms"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="12605"/>
+  </r>
+  <r>
+    <s v="CD423"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="6 rooms"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="14484"/>
+  </r>
+  <r>
+    <s v="CD423"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="6 rooms"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="24576"/>
+  </r>
+  <r>
+    <s v="CD423"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="6 rooms"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="122191"/>
+  </r>
+  <r>
+    <s v="CD423"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="6 rooms"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="22708"/>
+  </r>
+  <r>
+    <s v="CD423"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="6 rooms"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="10718"/>
+  </r>
+  <r>
+    <s v="CD423"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="6 rooms"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="21361"/>
+  </r>
+  <r>
+    <s v="CD423"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="6 rooms"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1392"/>
+  </r>
+  <r>
+    <s v="CD423"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="6 rooms"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="11750"/>
+  </r>
+  <r>
+    <s v="CD423"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="6 rooms"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="14322"/>
+  </r>
+  <r>
+    <s v="CD423"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="6 rooms"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="19016"/>
+  </r>
+  <r>
+    <s v="CD423"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="6 rooms"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="20924"/>
+  </r>
+  <r>
+    <s v="CD423"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="07"/>
+    <s v="7 rooms"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="223835"/>
+  </r>
+  <r>
+    <s v="CD423"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="07"/>
+    <s v="7 rooms"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="27033"/>
+  </r>
+  <r>
+    <s v="CD423"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="07"/>
+    <s v="7 rooms"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="14225"/>
+  </r>
+  <r>
+    <s v="CD423"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="07"/>
+    <s v="7 rooms"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="25053"/>
+  </r>
+  <r>
+    <s v="CD423"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="07"/>
+    <s v="7 rooms"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="49182"/>
+  </r>
+  <r>
+    <s v="CD423"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="07"/>
+    <s v="7 rooms"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="27047"/>
+  </r>
+  <r>
+    <s v="CD423"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="07"/>
+    <s v="7 rooms"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="20562"/>
+  </r>
+  <r>
+    <s v="CD423"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="07"/>
+    <s v="7 rooms"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="25375"/>
+  </r>
+  <r>
+    <s v="CD423"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="07"/>
+    <s v="7 rooms"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="35358"/>
+  </r>
+  <r>
+    <s v="CD423"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="07"/>
+    <s v="7 rooms"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="117383"/>
+  </r>
+  <r>
+    <s v="CD423"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="07"/>
+    <s v="7 rooms"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="7781"/>
+  </r>
+  <r>
+    <s v="CD423"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="07"/>
+    <s v="7 rooms"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4751"/>
+  </r>
+  <r>
+    <s v="CD423"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="07"/>
+    <s v="7 rooms"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="6732"/>
+  </r>
+  <r>
+    <s v="CD423"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="07"/>
+    <s v="7 rooms"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="47848"/>
+  </r>
+  <r>
+    <s v="CD423"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="07"/>
+    <s v="7 rooms"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="16014"/>
+  </r>
+  <r>
+    <s v="CD423"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="07"/>
+    <s v="7 rooms"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="8402"/>
+  </r>
+  <r>
+    <s v="CD423"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="07"/>
+    <s v="7 rooms"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="8880"/>
+  </r>
+  <r>
+    <s v="CD423"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="07"/>
+    <s v="7 rooms"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="16975"/>
+  </r>
+  <r>
+    <s v="CD423"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="07"/>
+    <s v="7 rooms"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="106452"/>
+  </r>
+  <r>
+    <s v="CD423"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="07"/>
+    <s v="7 rooms"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="19252"/>
+  </r>
+  <r>
+    <s v="CD423"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="07"/>
+    <s v="7 rooms"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="9474"/>
+  </r>
+  <r>
+    <s v="CD423"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="07"/>
+    <s v="7 rooms"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="18321"/>
+  </r>
+  <r>
+    <s v="CD423"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="07"/>
+    <s v="7 rooms"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1334"/>
+  </r>
+  <r>
+    <s v="CD423"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="07"/>
+    <s v="7 rooms"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="11033"/>
+  </r>
+  <r>
+    <s v="CD423"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="07"/>
+    <s v="7 rooms"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="12160"/>
+  </r>
+  <r>
+    <s v="CD423"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="07"/>
+    <s v="7 rooms"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="16495"/>
+  </r>
+  <r>
+    <s v="CD423"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="07"/>
+    <s v="7 rooms"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="18383"/>
+  </r>
+  <r>
+    <s v="CD423"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="08"/>
+    <s v="8 rooms"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="140460"/>
+  </r>
+  <r>
+    <s v="CD423"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="08"/>
+    <s v="8 rooms"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="17618"/>
+  </r>
+  <r>
+    <s v="CD423"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="08"/>
+    <s v="8 rooms"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="8597"/>
+  </r>
+  <r>
+    <s v="CD423"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="08"/>
+    <s v="8 rooms"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="15255"/>
+  </r>
+  <r>
+    <s v="CD423"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="08"/>
+    <s v="8 rooms"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="29285"/>
+  </r>
+  <r>
+    <s v="CD423"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="08"/>
+    <s v="8 rooms"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="18542"/>
+  </r>
+  <r>
+    <s v="CD423"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="08"/>
+    <s v="8 rooms"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="12660"/>
+  </r>
+  <r>
+    <s v="CD423"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="08"/>
+    <s v="8 rooms"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="16417"/>
+  </r>
+  <r>
+    <s v="CD423"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="08"/>
+    <s v="8 rooms"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="22086"/>
+  </r>
+  <r>
+    <s v="CD423"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="08"/>
+    <s v="8 rooms"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="69053"/>
+  </r>
+  <r>
+    <s v="CD423"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="08"/>
+    <s v="8 rooms"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4363"/>
+  </r>
+  <r>
+    <s v="CD423"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="08"/>
+    <s v="8 rooms"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2528"/>
+  </r>
+  <r>
+    <s v="CD423"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="08"/>
+    <s v="8 rooms"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3997"/>
+  </r>
+  <r>
+    <s v="CD423"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="08"/>
+    <s v="8 rooms"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="28187"/>
+  </r>
+  <r>
+    <s v="CD423"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="08"/>
+    <s v="8 rooms"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="10408"/>
+  </r>
+  <r>
+    <s v="CD423"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="08"/>
+    <s v="8 rooms"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4523"/>
+  </r>
+  <r>
+    <s v="CD423"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="08"/>
+    <s v="8 rooms"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5117"/>
+  </r>
+  <r>
+    <s v="CD423"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="08"/>
+    <s v="8 rooms"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="9930"/>
+  </r>
+  <r>
+    <s v="CD423"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="08"/>
+    <s v="8 rooms"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="71407"/>
+  </r>
+  <r>
+    <s v="CD423"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="08"/>
+    <s v="8 rooms"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="13255"/>
+  </r>
+  <r>
+    <s v="CD423"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="08"/>
+    <s v="8 rooms"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="6069"/>
+  </r>
+  <r>
+    <s v="CD423"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="08"/>
+    <s v="8 rooms"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="11258"/>
+  </r>
+  <r>
+    <s v="CD423"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="08"/>
+    <s v="8 rooms"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1098"/>
+  </r>
+  <r>
+    <s v="CD423"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="08"/>
+    <s v="8 rooms"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="8134"/>
+  </r>
+  <r>
+    <s v="CD423"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="08"/>
+    <s v="8 rooms"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="8137"/>
+  </r>
+  <r>
+    <s v="CD423"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="08"/>
+    <s v="8 rooms"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="11300"/>
+  </r>
+  <r>
+    <s v="CD423"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="08"/>
+    <s v="8 rooms"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="12156"/>
+  </r>
+  <r>
+    <s v="CD423"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="09"/>
+    <s v="9 rooms"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="60707"/>
+  </r>
+  <r>
+    <s v="CD423"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="09"/>
+    <s v="9 rooms"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="7911"/>
+  </r>
+  <r>
+    <s v="CD423"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="09"/>
+    <s v="9 rooms"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3749"/>
+  </r>
+  <r>
+    <s v="CD423"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="09"/>
+    <s v="9 rooms"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="7032"/>
+  </r>
+  <r>
+    <s v="CD423"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="09"/>
+    <s v="9 rooms"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="11059"/>
+  </r>
+  <r>
+    <s v="CD423"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="09"/>
+    <s v="9 rooms"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="8613"/>
+  </r>
+  <r>
+    <s v="CD423"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="09"/>
+    <s v="9 rooms"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5505"/>
+  </r>
+  <r>
+    <s v="CD423"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="09"/>
+    <s v="9 rooms"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="7284"/>
+  </r>
+  <r>
+    <s v="CD423"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="09"/>
+    <s v="9 rooms"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="9554"/>
+  </r>
+  <r>
+    <s v="CD423"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="09"/>
+    <s v="9 rooms"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="26587"/>
+  </r>
+  <r>
+    <s v="CD423"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="09"/>
+    <s v="9 rooms"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1690"/>
+  </r>
+  <r>
+    <s v="CD423"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="09"/>
+    <s v="9 rooms"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="847"/>
+  </r>
+  <r>
+    <s v="CD423"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="09"/>
+    <s v="9 rooms"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1829"/>
+  </r>
+  <r>
+    <s v="CD423"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="09"/>
+    <s v="9 rooms"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="10435"/>
+  </r>
+  <r>
+    <s v="CD423"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="09"/>
+    <s v="9 rooms"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4112"/>
+  </r>
+  <r>
+    <s v="CD423"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="09"/>
+    <s v="9 rooms"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1763"/>
+  </r>
+  <r>
+    <s v="CD423"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="09"/>
+    <s v="9 rooms"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1871"/>
+  </r>
+  <r>
+    <s v="CD423"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="09"/>
+    <s v="9 rooms"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4040"/>
+  </r>
+  <r>
+    <s v="CD423"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="09"/>
+    <s v="9 rooms"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="34120"/>
+  </r>
+  <r>
+    <s v="CD423"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="09"/>
+    <s v="9 rooms"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="6221"/>
+  </r>
+  <r>
+    <s v="CD423"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="09"/>
+    <s v="9 rooms"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2902"/>
+  </r>
+  <r>
+    <s v="CD423"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="09"/>
+    <s v="9 rooms"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5203"/>
+  </r>
+  <r>
+    <s v="CD423"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="09"/>
+    <s v="9 rooms"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="624"/>
+  </r>
+  <r>
+    <s v="CD423"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="09"/>
+    <s v="9 rooms"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4501"/>
+  </r>
+  <r>
+    <s v="CD423"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="09"/>
+    <s v="9 rooms"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3742"/>
+  </r>
+  <r>
+    <s v="CD423"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="09"/>
+    <s v="9 rooms"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5413"/>
+  </r>
+  <r>
+    <s v="CD423"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="09"/>
+    <s v="9 rooms"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5514"/>
+  </r>
+  <r>
+    <s v="CD423"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="101"/>
+    <s v="10 or more rooms"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="45859"/>
+  </r>
+  <r>
+    <s v="CD423"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="101"/>
+    <s v="10 or more rooms"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5910"/>
+  </r>
+  <r>
+    <s v="CD423"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="101"/>
+    <s v="10 or more rooms"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3065"/>
+  </r>
+  <r>
+    <s v="CD423"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="101"/>
+    <s v="10 or more rooms"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5399"/>
+  </r>
+  <r>
+    <s v="CD423"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="101"/>
+    <s v="10 or more rooms"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="7590"/>
+  </r>
+  <r>
+    <s v="CD423"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="101"/>
+    <s v="10 or more rooms"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="6472"/>
+  </r>
+  <r>
+    <s v="CD423"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="101"/>
+    <s v="10 or more rooms"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4077"/>
+  </r>
+  <r>
+    <s v="CD423"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="101"/>
+    <s v="10 or more rooms"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="6085"/>
+  </r>
+  <r>
+    <s v="CD423"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="101"/>
+    <s v="10 or more rooms"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="7261"/>
+  </r>
+  <r>
+    <s v="CD423"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="101"/>
+    <s v="10 or more rooms"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="17758"/>
+  </r>
+  <r>
+    <s v="CD423"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="101"/>
+    <s v="10 or more rooms"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1194"/>
+  </r>
+  <r>
+    <s v="CD423"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="101"/>
+    <s v="10 or more rooms"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="662"/>
+  </r>
+  <r>
+    <s v="CD423"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="101"/>
+    <s v="10 or more rooms"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1475"/>
+  </r>
+  <r>
+    <s v="CD423"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="101"/>
+    <s v="10 or more rooms"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="6862"/>
+  </r>
+  <r>
+    <s v="CD423"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="101"/>
+    <s v="10 or more rooms"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2256"/>
+  </r>
+  <r>
+    <s v="CD423"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="101"/>
+    <s v="10 or more rooms"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1096"/>
+  </r>
+  <r>
+    <s v="CD423"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="101"/>
+    <s v="10 or more rooms"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1371"/>
+  </r>
+  <r>
+    <s v="CD423"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="101"/>
+    <s v="10 or more rooms"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2842"/>
+  </r>
+  <r>
+    <s v="CD423"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="101"/>
+    <s v="10 or more rooms"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="28101"/>
+  </r>
+  <r>
+    <s v="CD423"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="101"/>
+    <s v="10 or more rooms"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4716"/>
+  </r>
+  <r>
+    <s v="CD423"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="101"/>
+    <s v="10 or more rooms"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2403"/>
+  </r>
+  <r>
+    <s v="CD423"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="101"/>
+    <s v="10 or more rooms"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3924"/>
+  </r>
+  <r>
+    <s v="CD423"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="101"/>
+    <s v="10 or more rooms"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="728"/>
+  </r>
+  <r>
+    <s v="CD423"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="101"/>
+    <s v="10 or more rooms"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4216"/>
+  </r>
+  <r>
+    <s v="CD423"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="101"/>
+    <s v="10 or more rooms"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2981"/>
+  </r>
+  <r>
+    <s v="CD423"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="101"/>
+    <s v="10 or more rooms"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4714"/>
+  </r>
+  <r>
+    <s v="CD423"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="101"/>
+    <s v="10 or more rooms"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4419"/>
+  </r>
+  <r>
+    <s v="CD423"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="66328"/>
+  </r>
+  <r>
+    <s v="CD423"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="7323"/>
+  </r>
+  <r>
+    <s v="CD423"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3954"/>
+  </r>
+  <r>
+    <s v="CD423"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="6127"/>
+  </r>
+  <r>
+    <s v="CD423"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="20335"/>
+  </r>
+  <r>
+    <s v="CD423"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="6418"/>
+  </r>
+  <r>
+    <s v="CD423"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5704"/>
+  </r>
+  <r>
+    <s v="CD423"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="7002"/>
+  </r>
+  <r>
+    <s v="CD423"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="9465"/>
+  </r>
+  <r>
+    <s v="CD423"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="44086"/>
+  </r>
+  <r>
+    <s v="CD423"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3264"/>
+  </r>
+  <r>
+    <s v="CD423"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1931"/>
+  </r>
+  <r>
+    <s v="CD423"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2602"/>
+  </r>
+  <r>
+    <s v="CD423"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="19943"/>
+  </r>
+  <r>
+    <s v="CD423"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3875"/>
+  </r>
+  <r>
+    <s v="CD423"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3003"/>
+  </r>
+  <r>
+    <s v="CD423"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3673"/>
+  </r>
+  <r>
+    <s v="CD423"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5795"/>
+  </r>
+  <r>
+    <s v="CD423"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="22242"/>
+  </r>
+  <r>
+    <s v="CD423"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4059"/>
+  </r>
+  <r>
+    <s v="CD423"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2023"/>
+  </r>
+  <r>
+    <s v="CD423"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3525"/>
+  </r>
+  <r>
+    <s v="CD423"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="392"/>
+  </r>
+  <r>
+    <s v="CD423"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2543"/>
+  </r>
+  <r>
+    <s v="CD423"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2701"/>
+  </r>
+  <r>
+    <s v="CD423"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3329"/>
+  </r>
+  <r>
+    <s v="CD423"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3670"/>
+  </r>
+</pivotCacheRecords>
 </file>