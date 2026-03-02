--- v1 (2026-01-09)
+++ v2 (2026-03-02)
@@ -1,48 +1,48 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/pivotCache/pivotCacheDefinition1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheDefinition+xml"/>
   <Override PartName="/pivotCache/pivotCacheRecords1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheRecords+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/pivotTables/pivotTable.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R12e20c4d2c3a49b3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/43bc8e2e6ba84ce6a6db31c142821345.psmdcp" Id="Rb35e4d9ae539406f" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf27595df332945da" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/f51910bcba0345bd84f1fb328cc030b5.psmdcp" Id="R10947ba8dbba4da2" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="About" sheetId="1" r:id="rId2"/>
     <x:sheet name="Unpivoted" sheetId="2" r:id="rId9"/>
     <x:sheet name="Pivoted" sheetId="3" r:id="rId11"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
   <x:pivotCaches>
     <x:pivotCache cacheId="0" r:id="rId12"/>
   </x:pivotCaches>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Table</x:t>