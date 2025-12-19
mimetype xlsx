--- v0 (2025-11-04)
+++ v1 (2025-12-19)
@@ -1,97 +1,97 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/pivotCache/pivotCacheDefinition1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheDefinition+xml"/>
   <Override PartName="/pivotCache/pivotCacheRecords1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheRecords+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/pivotTables/pivotTable.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rdb20d56e7d944efe" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/9f7897658df341d8b8752171608c2917.psmdcp" Id="R0d3ad24e40354eb9" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rfd37ec1f07af452d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/4ea1b9c8482941dabc0f8d01a3c7f6ab.psmdcp" Id="R555284ffc020400e" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
-    <x:sheet name="About" sheetId="2" r:id="rId2"/>
-[...1 lines deleted...]
-    <x:sheet name="Pivoted" sheetId="11" r:id="rId11"/>
+    <x:sheet name="About" sheetId="1" r:id="rId2"/>
+    <x:sheet name="Unpivoted" sheetId="2" r:id="rId9"/>
+    <x:sheet name="Pivoted" sheetId="3" r:id="rId11"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
   <x:pivotCaches>
     <x:pivotCache cacheId="0" r:id="rId12"/>
   </x:pivotCaches>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Table</x:t>
   </x:si>
   <x:si>
     <x:t>Code</x:t>
   </x:si>
   <x:si>
     <x:t>CD403</x:t>
   </x:si>
   <x:si>
     <x:t>Name</x:t>
   </x:si>
   <x:si>
     <x:t>Private Households in Permanent Housing Units</x:t>
   </x:si>
   <x:si>
     <x:t>Frequency</x:t>
   </x:si>
   <x:si>
     <x:t>Annual</x:t>
   </x:si>
   <x:si>
     <x:t>Last Updated</x:t>
   </x:si>
   <x:si>
-    <x:t>5/15/2020 11:00:00 AM</x:t>
+    <x:t>15/05/2020 11:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Note</x:t>
   </x:si>
   <x:si>
     <x:t>Url</x:t>
   </x:si>
   <x:si>
     <x:t>https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/CD403/XLSX/2007/en</x:t>
   </x:si>
   <x:si>
     <x:t>Product</x:t>
   </x:si>
   <x:si>
     <x:t>C2011P4</x:t>
   </x:si>
   <x:si>
     <x:t>Profile 4 - The Roof Over Our Heads - Housing in Ireland</x:t>
   </x:si>
   <x:si>
     <x:t>Contacts</x:t>
   </x:si>
   <x:si>
     <x:t>Bernie Casey</x:t>
   </x:si>
@@ -640,571 +640,216 @@
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip r:embed="rId8" cstate="print"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="3971925" cy="1381125"/>
         </a:xfrm>
         <a:prstGeom prst="rect"/>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/pivotTables/_rels/pivotTable.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheDefinition" Target="/pivotCache/pivotCacheDefinition1.xml" Id="rId17" /></Relationships>
 </file>
 
 <file path=xl/pivotTables/pivotTable.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotTableDefinition xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" dataCaption="Values" showError="0" missingCaption="" showMissing="1" pageWrap="0" pageOverThenDown="0" rowGrandTotals="0" colGrandTotals="0" indent="1">
-[...519 lines deleted...]
-</x:pivotTableDefinition>
+<pivotTableDefinition xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" applyNumberFormats="0" applyBorderFormats="0" applyFontFormats="0" applyPatternFormats="0" applyAlignmentFormats="0" applyWidthHeightFormats="0" dataCaption="Values" rowGrandTotals="0" colGrandTotals="0" outline="1">
+  <location ref="A1" firstHeaderRow="0" firstDataRow="0" firstDataCol="0"/>
+  <pivotFields count="10">
+    <pivotField name="STATISTIC" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="Statistic Label" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="C02703V03271" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="8">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+      </items>
+    </pivotField>
+    <pivotField name="Computer and Internet Access" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="8">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+      </items>
+    </pivotField>
+    <pivotField name="C02779V03348" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="44">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+        <item x="11"/>
+        <item x="12"/>
+        <item x="13"/>
+        <item x="14"/>
+        <item x="15"/>
+        <item x="16"/>
+        <item x="17"/>
+        <item x="18"/>
+        <item x="19"/>
+        <item x="20"/>
+        <item x="21"/>
+        <item x="22"/>
+        <item x="23"/>
+        <item x="24"/>
+        <item x="25"/>
+        <item x="26"/>
+        <item x="27"/>
+        <item x="28"/>
+        <item x="29"/>
+        <item x="30"/>
+        <item x="31"/>
+        <item x="32"/>
+        <item x="33"/>
+        <item x="34"/>
+        <item x="35"/>
+        <item x="36"/>
+        <item x="37"/>
+        <item x="38"/>
+        <item x="39"/>
+        <item x="40"/>
+        <item x="41"/>
+        <item x="42"/>
+        <item x="43"/>
+      </items>
+    </pivotField>
+    <pivotField name="Province County or City" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="44">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+        <item x="11"/>
+        <item x="12"/>
+        <item x="13"/>
+        <item x="14"/>
+        <item x="15"/>
+        <item x="16"/>
+        <item x="17"/>
+        <item x="18"/>
+        <item x="19"/>
+        <item x="20"/>
+        <item x="21"/>
+        <item x="22"/>
+        <item x="23"/>
+        <item x="24"/>
+        <item x="25"/>
+        <item x="26"/>
+        <item x="27"/>
+        <item x="28"/>
+        <item x="29"/>
+        <item x="30"/>
+        <item x="31"/>
+        <item x="32"/>
+        <item x="33"/>
+        <item x="34"/>
+        <item x="35"/>
+        <item x="36"/>
+        <item x="37"/>
+        <item x="38"/>
+        <item x="39"/>
+        <item x="40"/>
+        <item x="41"/>
+        <item x="42"/>
+        <item x="43"/>
+      </items>
+    </pivotField>
+    <pivotField name="TLIST(A1)" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="CensusYear" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField showAll="0"/>
+    <pivotField dataField="1" showAll="0"/>
+  </pivotFields>
+  <rowFields count="8">
+    <field x="0"/>
+    <field x="1"/>
+    <field x="2"/>
+    <field x="3"/>
+    <field x="4"/>
+    <field x="5"/>
+    <field x="6"/>
+    <field x="7"/>
+  </rowFields>
+  <dataFields count="1">
+    <dataField name="VALUE" fld="9"/>
+  </dataFields>
+  <pivotTableStyleInfo name="PivotStyleLight16" showRowHeaders="1" showColHeaders="1"/>
+  <extLst>
+    <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{962EF5D1-5CA2-4c93-8EF4-DBF5C05439D2}">
+      <x14:pivotTableDefinition enableEdit="0" hideValuesRow="1"/>
+    </ext>
+  </extLst>
+</pivotTableDefinition>
 </file>
 
 <file path=xl/tables/table1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:table xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="1" name="Unpivoted" displayName="Unpivoted" ref="A1:J353" totalsRowShown="0">
   <x:autoFilter ref="A1:J353"/>
   <x:tableColumns count="10">
     <x:tableColumn id="1" name="STATISTIC"/>
     <x:tableColumn id="2" name="Statistic Label"/>
     <x:tableColumn id="3" name="C02703V03271"/>
     <x:tableColumn id="4" name="Computer and Internet Access"/>
     <x:tableColumn id="5" name="C02779V03348"/>
     <x:tableColumn id="6" name="Province County or City"/>
     <x:tableColumn id="7" name="TLIST(A1)"/>
     <x:tableColumn id="8" name="CensusYear"/>
     <x:tableColumn id="9" name="UNIT"/>
     <x:tableColumn id="10" name="VALUE"/>
   </x:tableColumns>
   <x:tableStyleInfo name="TableStyleMedium2" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </x:table>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
@@ -1475,51 +1120,51 @@
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="/xl/drawings/drawing1.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/CD403/XLSX/2007/en" TargetMode="External" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cso.ie/" TargetMode="External" Id="rId14" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="/xl/tables/table1.xml" Id="rId15" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet3.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotTable" Target="/xl/pivotTables/pivotTable.xml" Id="rId16" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:B39"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="20.710625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="100.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="8" spans="1:2">
       <x:c r="A8" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B8" s="2"/>
     </x:row>
     <x:row r="9" spans="1:2">
       <x:c r="A9" s="3" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="B9" s="0" t="s">
         <x:v>2</x:v>
@@ -1706,51 +1351,51 @@
       </x:c>
     </x:row>
     <x:row r="39" spans="1:2">
       <x:c r="A39" s="3" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B39" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:hyperlinks>
     <x:hyperlink ref="B14" r:id="rId13"/>
     <x:hyperlink ref="B28" r:id="rId14"/>
   </x:hyperlinks>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:drawing xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId7"/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:J353"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="11.996339" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="44.139196" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="16.139196" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="39.139196" style="0" customWidth="1"/>
     <x:col min="5" max="5" width="16.139196" style="0" customWidth="1"/>
     <x:col min="6" max="6" width="24.282054" style="0" customWidth="1"/>
     <x:col min="7" max="7" width="11.282054" style="0" customWidth="1"/>
     <x:col min="8" max="8" width="13.424911" style="0" customWidth="1"/>
     <x:col min="9" max="9" width="8.282054" style="0" customWidth="1"/>
     <x:col min="10" max="10" width="8.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:10">
       <x:c r="A1" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
@@ -13036,51 +12681,51 @@
       <x:c r="G353" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H353" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="I353" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="J353" s="0">
         <x:v>365</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="1">
     <x:tablePart r:id="rId15"/>
   </x:tableParts>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:sheetData/>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Application>Microsoft Excel</ap:Application>
   <ap:TitlesOfParts>
     <vt:vector baseType="lpstr" size="9">
       <vt:lpstr>About</vt:lpstr>
       <vt:lpstr>Unpivoted</vt:lpstr>
       <vt:lpstr>Pivoted</vt:lpstr>
@@ -13097,51 +12742,51 @@
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>3</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Named Ranges</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>6</vt:i4>
       </vt:variant>
     </vt:vector>
   </ap:HeadingPairs>
   <ap:DocSecurity>0</ap:DocSecurity>
   <ap:ScaleCrop>false</ap:ScaleCrop>
 </ap:Properties>
 </file>
 
 <file path=pivotCache/_rels/pivotCacheDefinition1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheRecords" Target="/pivotCache/pivotCacheRecords1.xml" Id="rId1" /></Relationships>
 </file>
 
 <file path=pivotCache/pivotCacheDefinition1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:pivotCacheDefinition xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" r:id="rId1" saveData="1" refreshOnLoad="1" createdVersion="5" refreshedVersion="5" minRefreshableVersion="3">
   <x:cacheSource type="worksheet">
-    <x:worksheetSource ref="A1:J353" sheet="Unpivoted"/>
+    <x:worksheetSource name="Unpivoted"/>
   </x:cacheSource>
   <x:cacheFields>
     <x:cacheField name="STATISTIC">
       <x:sharedItems count="1">
         <x:s v="CD403"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="Statistic Label">
       <x:sharedItems count="1">
         <x:s v="Private Households in Permanent Housing Units"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="C02703V03271">
       <x:sharedItems count="8">
         <x:s v="-"/>
         <x:s v="01"/>
         <x:s v="02"/>
         <x:s v="03"/>
         <x:s v="04"/>
         <x:s v="05"/>
         <x:s v="06"/>
         <x:s v="07"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="Computer and Internet Access">
@@ -13605,27 +13250,4252 @@
         <x:n v="659"/>
         <x:n v="956"/>
         <x:n v="642"/>
         <x:n v="747"/>
         <x:n v="998"/>
         <x:n v="539"/>
         <x:n v="459"/>
         <x:n v="4346"/>
         <x:n v="1832"/>
         <x:n v="675"/>
         <x:n v="1157"/>
         <x:n v="307"/>
         <x:n v="1024"/>
         <x:n v="492"/>
         <x:n v="691"/>
         <x:n v="2060"/>
         <x:n v="1096"/>
         <x:n v="365"/>
       </x:sharedItems>
     </x:cacheField>
   </x:cacheFields>
 </x:pivotCacheDefinition>
 </file>
 
 <file path=pivotCache/pivotCacheRecords1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main"/>
+<pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="xr">
+  <r>
+    <s v="CD403"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1649408"/>
+  </r>
+  <r>
+    <s v="CD403"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="A"/>
+    <s v="Leinster"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="895149"/>
+  </r>
+  <r>
+    <s v="CD403"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="01"/>
+    <s v="Carlow"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="19365"/>
+  </r>
+  <r>
+    <s v="CD403"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="02"/>
+    <s v="Dublin"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="466461"/>
+  </r>
+  <r>
+    <s v="CD403"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="021"/>
+    <s v="Dublin City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="207847"/>
+  </r>
+  <r>
+    <s v="CD403"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="024"/>
+    <s v="Dún Laoghaire-Rathdown"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="75786"/>
+  </r>
+  <r>
+    <s v="CD403"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="023"/>
+    <s v="Fingal"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="92951"/>
+  </r>
+  <r>
+    <s v="CD403"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="022"/>
+    <s v="South Dublin"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="89877"/>
+  </r>
+  <r>
+    <s v="CD403"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="03"/>
+    <s v="Kildare"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="70504"/>
+  </r>
+  <r>
+    <s v="CD403"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="04"/>
+    <s v="Kilkenny"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="33583"/>
+  </r>
+  <r>
+    <s v="CD403"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="05"/>
+    <s v="Laois"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="27916"/>
+  </r>
+  <r>
+    <s v="CD403"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="06"/>
+    <s v="Longford"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="14410"/>
+  </r>
+  <r>
+    <s v="CD403"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="07"/>
+    <s v="Louth"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="43897"/>
+  </r>
+  <r>
+    <s v="CD403"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="08"/>
+    <s v="Meath"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="61922"/>
+  </r>
+  <r>
+    <s v="CD403"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="09"/>
+    <s v="Offaly"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="26543"/>
+  </r>
+  <r>
+    <s v="CD403"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="10"/>
+    <s v="Westmeath"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="30624"/>
+  </r>
+  <r>
+    <s v="CD403"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="11"/>
+    <s v="Wexford"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="52345"/>
+  </r>
+  <r>
+    <s v="CD403"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="12"/>
+    <s v="Wicklow"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="47579"/>
+  </r>
+  <r>
+    <s v="CD403"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="B"/>
+    <s v="Munster"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="453112"/>
+  </r>
+  <r>
+    <s v="CD403"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="13"/>
+    <s v="Clare"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="42534"/>
+  </r>
+  <r>
+    <s v="CD403"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="14"/>
+    <s v="Cork"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="187555"/>
+  </r>
+  <r>
+    <s v="CD403"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="141"/>
+    <s v="Cork City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="47110"/>
+  </r>
+  <r>
+    <s v="CD403"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="142"/>
+    <s v="Cork County"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="140445"/>
+  </r>
+  <r>
+    <s v="CD403"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="15"/>
+    <s v="Kerry"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="53088"/>
+  </r>
+  <r>
+    <s v="CD403"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="16"/>
+    <s v="Limerick"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="69421"/>
+  </r>
+  <r>
+    <s v="CD403"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="161"/>
+    <s v="Limerick City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="22300"/>
+  </r>
+  <r>
+    <s v="CD403"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="162"/>
+    <s v="Limerick County"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="47121"/>
+  </r>
+  <r>
+    <s v="CD403"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="171"/>
+    <s v="North Tipperary"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="25611"/>
+  </r>
+  <r>
+    <s v="CD403"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="172"/>
+    <s v="South Tipperary"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="32664"/>
+  </r>
+  <r>
+    <s v="CD403"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="18"/>
+    <s v="Waterford"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="42239"/>
+  </r>
+  <r>
+    <s v="CD403"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="181"/>
+    <s v="Waterford City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="18199"/>
+  </r>
+  <r>
+    <s v="CD403"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="182"/>
+    <s v="Waterford County"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="24040"/>
+  </r>
+  <r>
+    <s v="CD403"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="C"/>
+    <s v="Connacht"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="196530"/>
+  </r>
+  <r>
+    <s v="CD403"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="19"/>
+    <s v="Galway"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="88341"/>
+  </r>
+  <r>
+    <s v="CD403"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="191"/>
+    <s v="Galway City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="27697"/>
+  </r>
+  <r>
+    <s v="CD403"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="192"/>
+    <s v="Galway County"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="60644"/>
+  </r>
+  <r>
+    <s v="CD403"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="20"/>
+    <s v="Leitrim"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="12228"/>
+  </r>
+  <r>
+    <s v="CD403"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="21"/>
+    <s v="Mayo"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="47932"/>
+  </r>
+  <r>
+    <s v="CD403"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="22"/>
+    <s v="Roscommon"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="23601"/>
+  </r>
+  <r>
+    <s v="CD403"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="23"/>
+    <s v="Sligo"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="24428"/>
+  </r>
+  <r>
+    <s v="CD403"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="D"/>
+    <s v="Ulster (part of)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="104617"/>
+  </r>
+  <r>
+    <s v="CD403"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="24"/>
+    <s v="Cavan"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="25720"/>
+  </r>
+  <r>
+    <s v="CD403"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="25"/>
+    <s v="Donegal"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="57721"/>
+  </r>
+  <r>
+    <s v="CD403"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="26"/>
+    <s v="Monaghan"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="21176"/>
+  </r>
+  <r>
+    <s v="CD403"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Yes, owns a personal computer"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1199298"/>
+  </r>
+  <r>
+    <s v="CD403"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Yes, owns a personal computer"/>
+    <s v="A"/>
+    <s v="Leinster"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="677555"/>
+  </r>
+  <r>
+    <s v="CD403"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Yes, owns a personal computer"/>
+    <s v="01"/>
+    <s v="Carlow"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="13623"/>
+  </r>
+  <r>
+    <s v="CD403"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Yes, owns a personal computer"/>
+    <s v="02"/>
+    <s v="Dublin"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="361365"/>
+  </r>
+  <r>
+    <s v="CD403"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Yes, owns a personal computer"/>
+    <s v="021"/>
+    <s v="Dublin City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="147636"/>
+  </r>
+  <r>
+    <s v="CD403"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Yes, owns a personal computer"/>
+    <s v="024"/>
+    <s v="Dún Laoghaire-Rathdown"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="62830"/>
+  </r>
+  <r>
+    <s v="CD403"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Yes, owns a personal computer"/>
+    <s v="023"/>
+    <s v="Fingal"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="78532"/>
+  </r>
+  <r>
+    <s v="CD403"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Yes, owns a personal computer"/>
+    <s v="022"/>
+    <s v="South Dublin"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="72367"/>
+  </r>
+  <r>
+    <s v="CD403"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Yes, owns a personal computer"/>
+    <s v="03"/>
+    <s v="Kildare"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="56099"/>
+  </r>
+  <r>
+    <s v="CD403"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Yes, owns a personal computer"/>
+    <s v="04"/>
+    <s v="Kilkenny"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="24210"/>
+  </r>
+  <r>
+    <s v="CD403"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Yes, owns a personal computer"/>
+    <s v="05"/>
+    <s v="Laois"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="19825"/>
+  </r>
+  <r>
+    <s v="CD403"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Yes, owns a personal computer"/>
+    <s v="06"/>
+    <s v="Longford"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="9395"/>
+  </r>
+  <r>
+    <s v="CD403"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Yes, owns a personal computer"/>
+    <s v="07"/>
+    <s v="Louth"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="31523"/>
+  </r>
+  <r>
+    <s v="CD403"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Yes, owns a personal computer"/>
+    <s v="08"/>
+    <s v="Meath"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="48280"/>
+  </r>
+  <r>
+    <s v="CD403"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Yes, owns a personal computer"/>
+    <s v="09"/>
+    <s v="Offaly"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="18041"/>
+  </r>
+  <r>
+    <s v="CD403"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Yes, owns a personal computer"/>
+    <s v="10"/>
+    <s v="Westmeath"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="21525"/>
+  </r>
+  <r>
+    <s v="CD403"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Yes, owns a personal computer"/>
+    <s v="11"/>
+    <s v="Wexford"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="36727"/>
+  </r>
+  <r>
+    <s v="CD403"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Yes, owns a personal computer"/>
+    <s v="12"/>
+    <s v="Wicklow"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="36942"/>
+  </r>
+  <r>
+    <s v="CD403"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Yes, owns a personal computer"/>
+    <s v="B"/>
+    <s v="Munster"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="317172"/>
+  </r>
+  <r>
+    <s v="CD403"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Yes, owns a personal computer"/>
+    <s v="13"/>
+    <s v="Clare"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="30024"/>
+  </r>
+  <r>
+    <s v="CD403"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Yes, owns a personal computer"/>
+    <s v="14"/>
+    <s v="Cork"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="134857"/>
+  </r>
+  <r>
+    <s v="CD403"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Yes, owns a personal computer"/>
+    <s v="141"/>
+    <s v="Cork City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="30792"/>
+  </r>
+  <r>
+    <s v="CD403"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Yes, owns a personal computer"/>
+    <s v="142"/>
+    <s v="Cork County"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="104065"/>
+  </r>
+  <r>
+    <s v="CD403"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Yes, owns a personal computer"/>
+    <s v="15"/>
+    <s v="Kerry"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="35464"/>
+  </r>
+  <r>
+    <s v="CD403"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Yes, owns a personal computer"/>
+    <s v="16"/>
+    <s v="Limerick"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="47869"/>
+  </r>
+  <r>
+    <s v="CD403"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Yes, owns a personal computer"/>
+    <s v="161"/>
+    <s v="Limerick City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="14479"/>
+  </r>
+  <r>
+    <s v="CD403"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Yes, owns a personal computer"/>
+    <s v="162"/>
+    <s v="Limerick County"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="33390"/>
+  </r>
+  <r>
+    <s v="CD403"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Yes, owns a personal computer"/>
+    <s v="171"/>
+    <s v="North Tipperary"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="17330"/>
+  </r>
+  <r>
+    <s v="CD403"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Yes, owns a personal computer"/>
+    <s v="172"/>
+    <s v="South Tipperary"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="21458"/>
+  </r>
+  <r>
+    <s v="CD403"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Yes, owns a personal computer"/>
+    <s v="18"/>
+    <s v="Waterford"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="30170"/>
+  </r>
+  <r>
+    <s v="CD403"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Yes, owns a personal computer"/>
+    <s v="181"/>
+    <s v="Waterford City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="12799"/>
+  </r>
+  <r>
+    <s v="CD403"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Yes, owns a personal computer"/>
+    <s v="182"/>
+    <s v="Waterford County"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="17371"/>
+  </r>
+  <r>
+    <s v="CD403"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Yes, owns a personal computer"/>
+    <s v="C"/>
+    <s v="Connacht"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="135194"/>
+  </r>
+  <r>
+    <s v="CD403"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Yes, owns a personal computer"/>
+    <s v="19"/>
+    <s v="Galway"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="63429"/>
+  </r>
+  <r>
+    <s v="CD403"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Yes, owns a personal computer"/>
+    <s v="191"/>
+    <s v="Galway City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="20932"/>
+  </r>
+  <r>
+    <s v="CD403"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Yes, owns a personal computer"/>
+    <s v="192"/>
+    <s v="Galway County"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="42497"/>
+  </r>
+  <r>
+    <s v="CD403"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Yes, owns a personal computer"/>
+    <s v="20"/>
+    <s v="Leitrim"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="7903"/>
+  </r>
+  <r>
+    <s v="CD403"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Yes, owns a personal computer"/>
+    <s v="21"/>
+    <s v="Mayo"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="31641"/>
+  </r>
+  <r>
+    <s v="CD403"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Yes, owns a personal computer"/>
+    <s v="22"/>
+    <s v="Roscommon"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="15696"/>
+  </r>
+  <r>
+    <s v="CD403"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Yes, owns a personal computer"/>
+    <s v="23"/>
+    <s v="Sligo"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="16525"/>
+  </r>
+  <r>
+    <s v="CD403"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Yes, owns a personal computer"/>
+    <s v="D"/>
+    <s v="Ulster (part of)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="69377"/>
+  </r>
+  <r>
+    <s v="CD403"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Yes, owns a personal computer"/>
+    <s v="24"/>
+    <s v="Cavan"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="17270"/>
+  </r>
+  <r>
+    <s v="CD403"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Yes, owns a personal computer"/>
+    <s v="25"/>
+    <s v="Donegal"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="37955"/>
+  </r>
+  <r>
+    <s v="CD403"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Yes, owns a personal computer"/>
+    <s v="26"/>
+    <s v="Monaghan"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="14152"/>
+  </r>
+  <r>
+    <s v="CD403"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="02"/>
+    <s v="No, does not own a personal computer"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="414597"/>
+  </r>
+  <r>
+    <s v="CD403"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="02"/>
+    <s v="No, does not own a personal computer"/>
+    <s v="A"/>
+    <s v="Leinster"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="197062"/>
+  </r>
+  <r>
+    <s v="CD403"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="02"/>
+    <s v="No, does not own a personal computer"/>
+    <s v="01"/>
+    <s v="Carlow"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5266"/>
+  </r>
+  <r>
+    <s v="CD403"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="02"/>
+    <s v="No, does not own a personal computer"/>
+    <s v="02"/>
+    <s v="Dublin"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="92841"/>
+  </r>
+  <r>
+    <s v="CD403"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="02"/>
+    <s v="No, does not own a personal computer"/>
+    <s v="021"/>
+    <s v="Dublin City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="53232"/>
+  </r>
+  <r>
+    <s v="CD403"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="02"/>
+    <s v="No, does not own a personal computer"/>
+    <s v="024"/>
+    <s v="Dún Laoghaire-Rathdown"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="11531"/>
+  </r>
+  <r>
+    <s v="CD403"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="02"/>
+    <s v="No, does not own a personal computer"/>
+    <s v="023"/>
+    <s v="Fingal"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="12413"/>
+  </r>
+  <r>
+    <s v="CD403"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="02"/>
+    <s v="No, does not own a personal computer"/>
+    <s v="022"/>
+    <s v="South Dublin"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="15665"/>
+  </r>
+  <r>
+    <s v="CD403"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="02"/>
+    <s v="No, does not own a personal computer"/>
+    <s v="03"/>
+    <s v="Kildare"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="13117"/>
+  </r>
+  <r>
+    <s v="CD403"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="02"/>
+    <s v="No, does not own a personal computer"/>
+    <s v="04"/>
+    <s v="Kilkenny"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="8806"/>
+  </r>
+  <r>
+    <s v="CD403"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="02"/>
+    <s v="No, does not own a personal computer"/>
+    <s v="05"/>
+    <s v="Laois"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="7448"/>
+  </r>
+  <r>
+    <s v="CD403"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="02"/>
+    <s v="No, does not own a personal computer"/>
+    <s v="06"/>
+    <s v="Longford"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4700"/>
+  </r>
+  <r>
+    <s v="CD403"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="02"/>
+    <s v="No, does not own a personal computer"/>
+    <s v="07"/>
+    <s v="Louth"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="11373"/>
+  </r>
+  <r>
+    <s v="CD403"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="02"/>
+    <s v="No, does not own a personal computer"/>
+    <s v="08"/>
+    <s v="Meath"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="12510"/>
+  </r>
+  <r>
+    <s v="CD403"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="02"/>
+    <s v="No, does not own a personal computer"/>
+    <s v="09"/>
+    <s v="Offaly"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="8012"/>
+  </r>
+  <r>
+    <s v="CD403"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="02"/>
+    <s v="No, does not own a personal computer"/>
+    <s v="10"/>
+    <s v="Westmeath"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="8464"/>
+  </r>
+  <r>
+    <s v="CD403"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="02"/>
+    <s v="No, does not own a personal computer"/>
+    <s v="11"/>
+    <s v="Wexford"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="14767"/>
+  </r>
+  <r>
+    <s v="CD403"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="02"/>
+    <s v="No, does not own a personal computer"/>
+    <s v="12"/>
+    <s v="Wicklow"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="9758"/>
+  </r>
+  <r>
+    <s v="CD403"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="02"/>
+    <s v="No, does not own a personal computer"/>
+    <s v="B"/>
+    <s v="Munster"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="126588"/>
+  </r>
+  <r>
+    <s v="CD403"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="02"/>
+    <s v="No, does not own a personal computer"/>
+    <s v="13"/>
+    <s v="Clare"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="11605"/>
+  </r>
+  <r>
+    <s v="CD403"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="02"/>
+    <s v="No, does not own a personal computer"/>
+    <s v="14"/>
+    <s v="Cork"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="48762"/>
+  </r>
+  <r>
+    <s v="CD403"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="02"/>
+    <s v="No, does not own a personal computer"/>
+    <s v="141"/>
+    <s v="Cork City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="14874"/>
+  </r>
+  <r>
+    <s v="CD403"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="02"/>
+    <s v="No, does not own a personal computer"/>
+    <s v="142"/>
+    <s v="Cork County"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="33888"/>
+  </r>
+  <r>
+    <s v="CD403"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="02"/>
+    <s v="No, does not own a personal computer"/>
+    <s v="15"/>
+    <s v="Kerry"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="16601"/>
+  </r>
+  <r>
+    <s v="CD403"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="02"/>
+    <s v="No, does not own a personal computer"/>
+    <s v="16"/>
+    <s v="Limerick"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="20048"/>
+  </r>
+  <r>
+    <s v="CD403"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="02"/>
+    <s v="No, does not own a personal computer"/>
+    <s v="161"/>
+    <s v="Limerick City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="7167"/>
+  </r>
+  <r>
+    <s v="CD403"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="02"/>
+    <s v="No, does not own a personal computer"/>
+    <s v="162"/>
+    <s v="Limerick County"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="12881"/>
+  </r>
+  <r>
+    <s v="CD403"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="02"/>
+    <s v="No, does not own a personal computer"/>
+    <s v="171"/>
+    <s v="North Tipperary"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="7782"/>
+  </r>
+  <r>
+    <s v="CD403"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="02"/>
+    <s v="No, does not own a personal computer"/>
+    <s v="172"/>
+    <s v="South Tipperary"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="10561"/>
+  </r>
+  <r>
+    <s v="CD403"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="02"/>
+    <s v="No, does not own a personal computer"/>
+    <s v="18"/>
+    <s v="Waterford"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="11229"/>
+  </r>
+  <r>
+    <s v="CD403"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="02"/>
+    <s v="No, does not own a personal computer"/>
+    <s v="181"/>
+    <s v="Waterford City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4897"/>
+  </r>
+  <r>
+    <s v="CD403"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="02"/>
+    <s v="No, does not own a personal computer"/>
+    <s v="182"/>
+    <s v="Waterford County"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="6332"/>
+  </r>
+  <r>
+    <s v="CD403"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="02"/>
+    <s v="No, does not own a personal computer"/>
+    <s v="C"/>
+    <s v="Connacht"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="57491"/>
+  </r>
+  <r>
+    <s v="CD403"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="02"/>
+    <s v="No, does not own a personal computer"/>
+    <s v="19"/>
+    <s v="Galway"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="23181"/>
+  </r>
+  <r>
+    <s v="CD403"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="02"/>
+    <s v="No, does not own a personal computer"/>
+    <s v="191"/>
+    <s v="Galway City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="6054"/>
+  </r>
+  <r>
+    <s v="CD403"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="02"/>
+    <s v="No, does not own a personal computer"/>
+    <s v="192"/>
+    <s v="Galway County"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="17127"/>
+  </r>
+  <r>
+    <s v="CD403"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="02"/>
+    <s v="No, does not own a personal computer"/>
+    <s v="20"/>
+    <s v="Leitrim"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4086"/>
+  </r>
+  <r>
+    <s v="CD403"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="02"/>
+    <s v="No, does not own a personal computer"/>
+    <s v="21"/>
+    <s v="Mayo"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="15477"/>
+  </r>
+  <r>
+    <s v="CD403"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="02"/>
+    <s v="No, does not own a personal computer"/>
+    <s v="22"/>
+    <s v="Roscommon"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="7468"/>
+  </r>
+  <r>
+    <s v="CD403"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="02"/>
+    <s v="No, does not own a personal computer"/>
+    <s v="23"/>
+    <s v="Sligo"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="7279"/>
+  </r>
+  <r>
+    <s v="CD403"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="02"/>
+    <s v="No, does not own a personal computer"/>
+    <s v="D"/>
+    <s v="Ulster (part of)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="33456"/>
+  </r>
+  <r>
+    <s v="CD403"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="02"/>
+    <s v="No, does not own a personal computer"/>
+    <s v="24"/>
+    <s v="Cavan"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="7905"/>
+  </r>
+  <r>
+    <s v="CD403"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="02"/>
+    <s v="No, does not own a personal computer"/>
+    <s v="25"/>
+    <s v="Donegal"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="18805"/>
+  </r>
+  <r>
+    <s v="CD403"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="02"/>
+    <s v="No, does not own a personal computer"/>
+    <s v="26"/>
+    <s v="Monaghan"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="6746"/>
+  </r>
+  <r>
+    <s v="CD403"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="03"/>
+    <s v="Computer ownership not stated"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="35513"/>
+  </r>
+  <r>
+    <s v="CD403"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="03"/>
+    <s v="Computer ownership not stated"/>
+    <s v="A"/>
+    <s v="Leinster"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="20532"/>
+  </r>
+  <r>
+    <s v="CD403"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="03"/>
+    <s v="Computer ownership not stated"/>
+    <s v="01"/>
+    <s v="Carlow"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="476"/>
+  </r>
+  <r>
+    <s v="CD403"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="03"/>
+    <s v="Computer ownership not stated"/>
+    <s v="02"/>
+    <s v="Dublin"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="12255"/>
+  </r>
+  <r>
+    <s v="CD403"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="03"/>
+    <s v="Computer ownership not stated"/>
+    <s v="021"/>
+    <s v="Dublin City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="6979"/>
+  </r>
+  <r>
+    <s v="CD403"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="03"/>
+    <s v="Computer ownership not stated"/>
+    <s v="024"/>
+    <s v="Dún Laoghaire-Rathdown"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1425"/>
+  </r>
+  <r>
+    <s v="CD403"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="03"/>
+    <s v="Computer ownership not stated"/>
+    <s v="023"/>
+    <s v="Fingal"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2006"/>
+  </r>
+  <r>
+    <s v="CD403"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="03"/>
+    <s v="Computer ownership not stated"/>
+    <s v="022"/>
+    <s v="South Dublin"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1845"/>
+  </r>
+  <r>
+    <s v="CD403"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="03"/>
+    <s v="Computer ownership not stated"/>
+    <s v="03"/>
+    <s v="Kildare"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1288"/>
+  </r>
+  <r>
+    <s v="CD403"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="03"/>
+    <s v="Computer ownership not stated"/>
+    <s v="04"/>
+    <s v="Kilkenny"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="567"/>
+  </r>
+  <r>
+    <s v="CD403"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="03"/>
+    <s v="Computer ownership not stated"/>
+    <s v="05"/>
+    <s v="Laois"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="643"/>
+  </r>
+  <r>
+    <s v="CD403"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="03"/>
+    <s v="Computer ownership not stated"/>
+    <s v="06"/>
+    <s v="Longford"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="315"/>
+  </r>
+  <r>
+    <s v="CD403"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="03"/>
+    <s v="Computer ownership not stated"/>
+    <s v="07"/>
+    <s v="Louth"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1001"/>
+  </r>
+  <r>
+    <s v="CD403"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="03"/>
+    <s v="Computer ownership not stated"/>
+    <s v="08"/>
+    <s v="Meath"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1132"/>
+  </r>
+  <r>
+    <s v="CD403"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="03"/>
+    <s v="Computer ownership not stated"/>
+    <s v="09"/>
+    <s v="Offaly"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="490"/>
+  </r>
+  <r>
+    <s v="CD403"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="03"/>
+    <s v="Computer ownership not stated"/>
+    <s v="10"/>
+    <s v="Westmeath"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="635"/>
+  </r>
+  <r>
+    <s v="CD403"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="03"/>
+    <s v="Computer ownership not stated"/>
+    <s v="11"/>
+    <s v="Wexford"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="851"/>
+  </r>
+  <r>
+    <s v="CD403"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="03"/>
+    <s v="Computer ownership not stated"/>
+    <s v="12"/>
+    <s v="Wicklow"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="879"/>
+  </r>
+  <r>
+    <s v="CD403"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="03"/>
+    <s v="Computer ownership not stated"/>
+    <s v="B"/>
+    <s v="Munster"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="9352"/>
+  </r>
+  <r>
+    <s v="CD403"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="03"/>
+    <s v="Computer ownership not stated"/>
+    <s v="13"/>
+    <s v="Clare"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="905"/>
+  </r>
+  <r>
+    <s v="CD403"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="03"/>
+    <s v="Computer ownership not stated"/>
+    <s v="14"/>
+    <s v="Cork"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3936"/>
+  </r>
+  <r>
+    <s v="CD403"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="03"/>
+    <s v="Computer ownership not stated"/>
+    <s v="141"/>
+    <s v="Cork City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1444"/>
+  </r>
+  <r>
+    <s v="CD403"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="03"/>
+    <s v="Computer ownership not stated"/>
+    <s v="142"/>
+    <s v="Cork County"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2492"/>
+  </r>
+  <r>
+    <s v="CD403"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="03"/>
+    <s v="Computer ownership not stated"/>
+    <s v="15"/>
+    <s v="Kerry"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1023"/>
+  </r>
+  <r>
+    <s v="CD403"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="03"/>
+    <s v="Computer ownership not stated"/>
+    <s v="16"/>
+    <s v="Limerick"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1504"/>
+  </r>
+  <r>
+    <s v="CD403"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="03"/>
+    <s v="Computer ownership not stated"/>
+    <s v="161"/>
+    <s v="Limerick City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="654"/>
+  </r>
+  <r>
+    <s v="CD403"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="03"/>
+    <s v="Computer ownership not stated"/>
+    <s v="162"/>
+    <s v="Limerick County"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="850"/>
+  </r>
+  <r>
+    <s v="CD403"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="03"/>
+    <s v="Computer ownership not stated"/>
+    <s v="171"/>
+    <s v="North Tipperary"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="499"/>
+  </r>
+  <r>
+    <s v="CD403"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="03"/>
+    <s v="Computer ownership not stated"/>
+    <s v="172"/>
+    <s v="South Tipperary"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="645"/>
+  </r>
+  <r>
+    <s v="CD403"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="03"/>
+    <s v="Computer ownership not stated"/>
+    <s v="18"/>
+    <s v="Waterford"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="840"/>
+  </r>
+  <r>
+    <s v="CD403"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="03"/>
+    <s v="Computer ownership not stated"/>
+    <s v="181"/>
+    <s v="Waterford City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="503"/>
+  </r>
+  <r>
+    <s v="CD403"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="03"/>
+    <s v="Computer ownership not stated"/>
+    <s v="182"/>
+    <s v="Waterford County"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="337"/>
+  </r>
+  <r>
+    <s v="CD403"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="03"/>
+    <s v="Computer ownership not stated"/>
+    <s v="C"/>
+    <s v="Connacht"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3845"/>
+  </r>
+  <r>
+    <s v="CD403"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="03"/>
+    <s v="Computer ownership not stated"/>
+    <s v="19"/>
+    <s v="Galway"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1731"/>
+  </r>
+  <r>
+    <s v="CD403"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="03"/>
+    <s v="Computer ownership not stated"/>
+    <s v="191"/>
+    <s v="Galway City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="711"/>
+  </r>
+  <r>
+    <s v="CD403"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="03"/>
+    <s v="Computer ownership not stated"/>
+    <s v="192"/>
+    <s v="Galway County"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1020"/>
+  </r>
+  <r>
+    <s v="CD403"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="03"/>
+    <s v="Computer ownership not stated"/>
+    <s v="20"/>
+    <s v="Leitrim"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="239"/>
+  </r>
+  <r>
+    <s v="CD403"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="03"/>
+    <s v="Computer ownership not stated"/>
+    <s v="21"/>
+    <s v="Mayo"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="814"/>
+  </r>
+  <r>
+    <s v="CD403"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="03"/>
+    <s v="Computer ownership not stated"/>
+    <s v="22"/>
+    <s v="Roscommon"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="437"/>
+  </r>
+  <r>
+    <s v="CD403"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="03"/>
+    <s v="Computer ownership not stated"/>
+    <s v="23"/>
+    <s v="Sligo"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="624"/>
+  </r>
+  <r>
+    <s v="CD403"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="03"/>
+    <s v="Computer ownership not stated"/>
+    <s v="D"/>
+    <s v="Ulster (part of)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1784"/>
+  </r>
+  <r>
+    <s v="CD403"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="03"/>
+    <s v="Computer ownership not stated"/>
+    <s v="24"/>
+    <s v="Cavan"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="545"/>
+  </r>
+  <r>
+    <s v="CD403"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="03"/>
+    <s v="Computer ownership not stated"/>
+    <s v="25"/>
+    <s v="Donegal"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="961"/>
+  </r>
+  <r>
+    <s v="CD403"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="03"/>
+    <s v="Computer ownership not stated"/>
+    <s v="26"/>
+    <s v="Monaghan"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="278"/>
+  </r>
+  <r>
+    <s v="CD403"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="04"/>
+    <s v="Yes, broadband internet access"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1051942"/>
+  </r>
+  <r>
+    <s v="CD403"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="04"/>
+    <s v="Yes, broadband internet access"/>
+    <s v="A"/>
+    <s v="Leinster"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="607358"/>
+  </r>
+  <r>
+    <s v="CD403"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="04"/>
+    <s v="Yes, broadband internet access"/>
+    <s v="01"/>
+    <s v="Carlow"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="11158"/>
+  </r>
+  <r>
+    <s v="CD403"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="04"/>
+    <s v="Yes, broadband internet access"/>
+    <s v="02"/>
+    <s v="Dublin"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="339593"/>
+  </r>
+  <r>
+    <s v="CD403"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="04"/>
+    <s v="Yes, broadband internet access"/>
+    <s v="021"/>
+    <s v="Dublin City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="137669"/>
+  </r>
+  <r>
+    <s v="CD403"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="04"/>
+    <s v="Yes, broadband internet access"/>
+    <s v="024"/>
+    <s v="Dún Laoghaire-Rathdown"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="59750"/>
+  </r>
+  <r>
+    <s v="CD403"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="04"/>
+    <s v="Yes, broadband internet access"/>
+    <s v="023"/>
+    <s v="Fingal"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="73868"/>
+  </r>
+  <r>
+    <s v="CD403"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="04"/>
+    <s v="Yes, broadband internet access"/>
+    <s v="022"/>
+    <s v="South Dublin"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="68306"/>
+  </r>
+  <r>
+    <s v="CD403"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="04"/>
+    <s v="Yes, broadband internet access"/>
+    <s v="03"/>
+    <s v="Kildare"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="50093"/>
+  </r>
+  <r>
+    <s v="CD403"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="04"/>
+    <s v="Yes, broadband internet access"/>
+    <s v="04"/>
+    <s v="Kilkenny"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="19816"/>
+  </r>
+  <r>
+    <s v="CD403"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="04"/>
+    <s v="Yes, broadband internet access"/>
+    <s v="05"/>
+    <s v="Laois"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="16003"/>
+  </r>
+  <r>
+    <s v="CD403"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="04"/>
+    <s v="Yes, broadband internet access"/>
+    <s v="06"/>
+    <s v="Longford"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="7393"/>
+  </r>
+  <r>
+    <s v="CD403"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="04"/>
+    <s v="Yes, broadband internet access"/>
+    <s v="07"/>
+    <s v="Louth"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="27689"/>
+  </r>
+  <r>
+    <s v="CD403"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="04"/>
+    <s v="Yes, broadband internet access"/>
+    <s v="08"/>
+    <s v="Meath"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="41626"/>
+  </r>
+  <r>
+    <s v="CD403"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="04"/>
+    <s v="Yes, broadband internet access"/>
+    <s v="09"/>
+    <s v="Offaly"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="14171"/>
+  </r>
+  <r>
+    <s v="CD403"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="04"/>
+    <s v="Yes, broadband internet access"/>
+    <s v="10"/>
+    <s v="Westmeath"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="17535"/>
+  </r>
+  <r>
+    <s v="CD403"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="04"/>
+    <s v="Yes, broadband internet access"/>
+    <s v="11"/>
+    <s v="Wexford"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="29576"/>
+  </r>
+  <r>
+    <s v="CD403"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="04"/>
+    <s v="Yes, broadband internet access"/>
+    <s v="12"/>
+    <s v="Wicklow"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="32705"/>
+  </r>
+  <r>
+    <s v="CD403"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="04"/>
+    <s v="Yes, broadband internet access"/>
+    <s v="B"/>
+    <s v="Munster"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="272067"/>
+  </r>
+  <r>
+    <s v="CD403"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="04"/>
+    <s v="Yes, broadband internet access"/>
+    <s v="13"/>
+    <s v="Clare"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="25041"/>
+  </r>
+  <r>
+    <s v="CD403"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="04"/>
+    <s v="Yes, broadband internet access"/>
+    <s v="14"/>
+    <s v="Cork"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="119610"/>
+  </r>
+  <r>
+    <s v="CD403"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="04"/>
+    <s v="Yes, broadband internet access"/>
+    <s v="141"/>
+    <s v="Cork City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="28724"/>
+  </r>
+  <r>
+    <s v="CD403"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="04"/>
+    <s v="Yes, broadband internet access"/>
+    <s v="142"/>
+    <s v="Cork County"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="90886"/>
+  </r>
+  <r>
+    <s v="CD403"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="04"/>
+    <s v="Yes, broadband internet access"/>
+    <s v="15"/>
+    <s v="Kerry"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="28984"/>
+  </r>
+  <r>
+    <s v="CD403"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="04"/>
+    <s v="Yes, broadband internet access"/>
+    <s v="16"/>
+    <s v="Limerick"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="41222"/>
+  </r>
+  <r>
+    <s v="CD403"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="04"/>
+    <s v="Yes, broadband internet access"/>
+    <s v="161"/>
+    <s v="Limerick City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="13175"/>
+  </r>
+  <r>
+    <s v="CD403"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="04"/>
+    <s v="Yes, broadband internet access"/>
+    <s v="162"/>
+    <s v="Limerick County"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="28047"/>
+  </r>
+  <r>
+    <s v="CD403"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="04"/>
+    <s v="Yes, broadband internet access"/>
+    <s v="171"/>
+    <s v="North Tipperary"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="13454"/>
+  </r>
+  <r>
+    <s v="CD403"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="04"/>
+    <s v="Yes, broadband internet access"/>
+    <s v="172"/>
+    <s v="South Tipperary"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="17238"/>
+  </r>
+  <r>
+    <s v="CD403"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="04"/>
+    <s v="Yes, broadband internet access"/>
+    <s v="18"/>
+    <s v="Waterford"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="26518"/>
+  </r>
+  <r>
+    <s v="CD403"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="04"/>
+    <s v="Yes, broadband internet access"/>
+    <s v="181"/>
+    <s v="Waterford City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="12081"/>
+  </r>
+  <r>
+    <s v="CD403"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="04"/>
+    <s v="Yes, broadband internet access"/>
+    <s v="182"/>
+    <s v="Waterford County"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="14437"/>
+  </r>
+  <r>
+    <s v="CD403"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="04"/>
+    <s v="Yes, broadband internet access"/>
+    <s v="C"/>
+    <s v="Connacht"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="114619"/>
+  </r>
+  <r>
+    <s v="CD403"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="04"/>
+    <s v="Yes, broadband internet access"/>
+    <s v="19"/>
+    <s v="Galway"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="55075"/>
+  </r>
+  <r>
+    <s v="CD403"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="04"/>
+    <s v="Yes, broadband internet access"/>
+    <s v="191"/>
+    <s v="Galway City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="20174"/>
+  </r>
+  <r>
+    <s v="CD403"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="04"/>
+    <s v="Yes, broadband internet access"/>
+    <s v="192"/>
+    <s v="Galway County"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="34901"/>
+  </r>
+  <r>
+    <s v="CD403"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="04"/>
+    <s v="Yes, broadband internet access"/>
+    <s v="20"/>
+    <s v="Leitrim"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="6298"/>
+  </r>
+  <r>
+    <s v="CD403"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="04"/>
+    <s v="Yes, broadband internet access"/>
+    <s v="21"/>
+    <s v="Mayo"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="26349"/>
+  </r>
+  <r>
+    <s v="CD403"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="04"/>
+    <s v="Yes, broadband internet access"/>
+    <s v="22"/>
+    <s v="Roscommon"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="12599"/>
+  </r>
+  <r>
+    <s v="CD403"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="04"/>
+    <s v="Yes, broadband internet access"/>
+    <s v="23"/>
+    <s v="Sligo"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="14298"/>
+  </r>
+  <r>
+    <s v="CD403"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="04"/>
+    <s v="Yes, broadband internet access"/>
+    <s v="D"/>
+    <s v="Ulster (part of)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="57898"/>
+  </r>
+  <r>
+    <s v="CD403"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="04"/>
+    <s v="Yes, broadband internet access"/>
+    <s v="24"/>
+    <s v="Cavan"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="14250"/>
+  </r>
+  <r>
+    <s v="CD403"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="04"/>
+    <s v="Yes, broadband internet access"/>
+    <s v="25"/>
+    <s v="Donegal"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="32293"/>
+  </r>
+  <r>
+    <s v="CD403"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="04"/>
+    <s v="Yes, broadband internet access"/>
+    <s v="26"/>
+    <s v="Monaghan"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="11355"/>
+  </r>
+  <r>
+    <s v="CD403"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="05"/>
+    <s v="Yes, other than broadband internet access"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="132973"/>
+  </r>
+  <r>
+    <s v="CD403"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="05"/>
+    <s v="Yes, other than broadband internet access"/>
+    <s v="A"/>
+    <s v="Leinster"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="65600"/>
+  </r>
+  <r>
+    <s v="CD403"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="05"/>
+    <s v="Yes, other than broadband internet access"/>
+    <s v="01"/>
+    <s v="Carlow"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2106"/>
+  </r>
+  <r>
+    <s v="CD403"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="05"/>
+    <s v="Yes, other than broadband internet access"/>
+    <s v="02"/>
+    <s v="Dublin"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="24082"/>
+  </r>
+  <r>
+    <s v="CD403"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="05"/>
+    <s v="Yes, other than broadband internet access"/>
+    <s v="021"/>
+    <s v="Dublin City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="11763"/>
+  </r>
+  <r>
+    <s v="CD403"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="05"/>
+    <s v="Yes, other than broadband internet access"/>
+    <s v="024"/>
+    <s v="Dún Laoghaire-Rathdown"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3313"/>
+  </r>
+  <r>
+    <s v="CD403"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="05"/>
+    <s v="Yes, other than broadband internet access"/>
+    <s v="023"/>
+    <s v="Fingal"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4820"/>
+  </r>
+  <r>
+    <s v="CD403"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="05"/>
+    <s v="Yes, other than broadband internet access"/>
+    <s v="022"/>
+    <s v="South Dublin"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4186"/>
+  </r>
+  <r>
+    <s v="CD403"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="05"/>
+    <s v="Yes, other than broadband internet access"/>
+    <s v="03"/>
+    <s v="Kildare"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5562"/>
+  </r>
+  <r>
+    <s v="CD403"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="05"/>
+    <s v="Yes, other than broadband internet access"/>
+    <s v="04"/>
+    <s v="Kilkenny"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3722"/>
+  </r>
+  <r>
+    <s v="CD403"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="05"/>
+    <s v="Yes, other than broadband internet access"/>
+    <s v="05"/>
+    <s v="Laois"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3403"/>
+  </r>
+  <r>
+    <s v="CD403"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="05"/>
+    <s v="Yes, other than broadband internet access"/>
+    <s v="06"/>
+    <s v="Longford"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1554"/>
+  </r>
+  <r>
+    <s v="CD403"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="05"/>
+    <s v="Yes, other than broadband internet access"/>
+    <s v="07"/>
+    <s v="Louth"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3263"/>
+  </r>
+  <r>
+    <s v="CD403"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="05"/>
+    <s v="Yes, other than broadband internet access"/>
+    <s v="08"/>
+    <s v="Meath"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5805"/>
+  </r>
+  <r>
+    <s v="CD403"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="05"/>
+    <s v="Yes, other than broadband internet access"/>
+    <s v="09"/>
+    <s v="Offaly"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3175"/>
+  </r>
+  <r>
+    <s v="CD403"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="05"/>
+    <s v="Yes, other than broadband internet access"/>
+    <s v="10"/>
+    <s v="Westmeath"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3470"/>
+  </r>
+  <r>
+    <s v="CD403"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="05"/>
+    <s v="Yes, other than broadband internet access"/>
+    <s v="11"/>
+    <s v="Wexford"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5839"/>
+  </r>
+  <r>
+    <s v="CD403"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="05"/>
+    <s v="Yes, other than broadband internet access"/>
+    <s v="12"/>
+    <s v="Wicklow"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3619"/>
+  </r>
+  <r>
+    <s v="CD403"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="05"/>
+    <s v="Yes, other than broadband internet access"/>
+    <s v="B"/>
+    <s v="Munster"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="39824"/>
+  </r>
+  <r>
+    <s v="CD403"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="05"/>
+    <s v="Yes, other than broadband internet access"/>
+    <s v="13"/>
+    <s v="Clare"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4149"/>
+  </r>
+  <r>
+    <s v="CD403"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="05"/>
+    <s v="Yes, other than broadband internet access"/>
+    <s v="14"/>
+    <s v="Cork"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="14182"/>
+  </r>
+  <r>
+    <s v="CD403"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="05"/>
+    <s v="Yes, other than broadband internet access"/>
+    <s v="141"/>
+    <s v="Cork City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2606"/>
+  </r>
+  <r>
+    <s v="CD403"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="05"/>
+    <s v="Yes, other than broadband internet access"/>
+    <s v="142"/>
+    <s v="Cork County"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="11576"/>
+  </r>
+  <r>
+    <s v="CD403"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="05"/>
+    <s v="Yes, other than broadband internet access"/>
+    <s v="15"/>
+    <s v="Kerry"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5457"/>
+  </r>
+  <r>
+    <s v="CD403"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="05"/>
+    <s v="Yes, other than broadband internet access"/>
+    <s v="16"/>
+    <s v="Limerick"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="6094"/>
+  </r>
+  <r>
+    <s v="CD403"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="05"/>
+    <s v="Yes, other than broadband internet access"/>
+    <s v="161"/>
+    <s v="Limerick City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1450"/>
+  </r>
+  <r>
+    <s v="CD403"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="05"/>
+    <s v="Yes, other than broadband internet access"/>
+    <s v="162"/>
+    <s v="Limerick County"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4644"/>
+  </r>
+  <r>
+    <s v="CD403"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="05"/>
+    <s v="Yes, other than broadband internet access"/>
+    <s v="171"/>
+    <s v="North Tipperary"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3182"/>
+  </r>
+  <r>
+    <s v="CD403"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="05"/>
+    <s v="Yes, other than broadband internet access"/>
+    <s v="172"/>
+    <s v="South Tipperary"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3549"/>
+  </r>
+  <r>
+    <s v="CD403"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="05"/>
+    <s v="Yes, other than broadband internet access"/>
+    <s v="18"/>
+    <s v="Waterford"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3211"/>
+  </r>
+  <r>
+    <s v="CD403"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="05"/>
+    <s v="Yes, other than broadband internet access"/>
+    <s v="181"/>
+    <s v="Waterford City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="847"/>
+  </r>
+  <r>
+    <s v="CD403"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="05"/>
+    <s v="Yes, other than broadband internet access"/>
+    <s v="182"/>
+    <s v="Waterford County"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2364"/>
+  </r>
+  <r>
+    <s v="CD403"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="05"/>
+    <s v="Yes, other than broadband internet access"/>
+    <s v="C"/>
+    <s v="Connacht"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="18218"/>
+  </r>
+  <r>
+    <s v="CD403"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="05"/>
+    <s v="Yes, other than broadband internet access"/>
+    <s v="19"/>
+    <s v="Galway"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="8011"/>
+  </r>
+  <r>
+    <s v="CD403"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="05"/>
+    <s v="Yes, other than broadband internet access"/>
+    <s v="191"/>
+    <s v="Galway City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1600"/>
+  </r>
+  <r>
+    <s v="CD403"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="05"/>
+    <s v="Yes, other than broadband internet access"/>
+    <s v="192"/>
+    <s v="Galway County"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="6411"/>
+  </r>
+  <r>
+    <s v="CD403"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="05"/>
+    <s v="Yes, other than broadband internet access"/>
+    <s v="20"/>
+    <s v="Leitrim"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1231"/>
+  </r>
+  <r>
+    <s v="CD403"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="05"/>
+    <s v="Yes, other than broadband internet access"/>
+    <s v="21"/>
+    <s v="Mayo"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4504"/>
+  </r>
+  <r>
+    <s v="CD403"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="05"/>
+    <s v="Yes, other than broadband internet access"/>
+    <s v="22"/>
+    <s v="Roscommon"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2494"/>
+  </r>
+  <r>
+    <s v="CD403"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="05"/>
+    <s v="Yes, other than broadband internet access"/>
+    <s v="23"/>
+    <s v="Sligo"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1978"/>
+  </r>
+  <r>
+    <s v="CD403"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="05"/>
+    <s v="Yes, other than broadband internet access"/>
+    <s v="D"/>
+    <s v="Ulster (part of)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="9331"/>
+  </r>
+  <r>
+    <s v="CD403"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="05"/>
+    <s v="Yes, other than broadband internet access"/>
+    <s v="24"/>
+    <s v="Cavan"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2445"/>
+  </r>
+  <r>
+    <s v="CD403"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="05"/>
+    <s v="Yes, other than broadband internet access"/>
+    <s v="25"/>
+    <s v="Donegal"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4670"/>
+  </r>
+  <r>
+    <s v="CD403"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="05"/>
+    <s v="Yes, other than broadband internet access"/>
+    <s v="26"/>
+    <s v="Monaghan"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2216"/>
+  </r>
+  <r>
+    <s v="CD403"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="No internet access"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="426096"/>
+  </r>
+  <r>
+    <s v="CD403"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="No internet access"/>
+    <s v="A"/>
+    <s v="Leinster"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="200718"/>
+  </r>
+  <r>
+    <s v="CD403"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="No internet access"/>
+    <s v="01"/>
+    <s v="Carlow"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5612"/>
+  </r>
+  <r>
+    <s v="CD403"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="No internet access"/>
+    <s v="02"/>
+    <s v="Dublin"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="90427"/>
+  </r>
+  <r>
+    <s v="CD403"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="No internet access"/>
+    <s v="021"/>
+    <s v="Dublin City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="51454"/>
+  </r>
+  <r>
+    <s v="CD403"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="No internet access"/>
+    <s v="024"/>
+    <s v="Dún Laoghaire-Rathdown"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="11276"/>
+  </r>
+  <r>
+    <s v="CD403"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="No internet access"/>
+    <s v="023"/>
+    <s v="Fingal"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="12242"/>
+  </r>
+  <r>
+    <s v="CD403"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="No internet access"/>
+    <s v="022"/>
+    <s v="South Dublin"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="15455"/>
+  </r>
+  <r>
+    <s v="CD403"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="No internet access"/>
+    <s v="03"/>
+    <s v="Kildare"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="13480"/>
+  </r>
+  <r>
+    <s v="CD403"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="No internet access"/>
+    <s v="04"/>
+    <s v="Kilkenny"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="9342"/>
+  </r>
+  <r>
+    <s v="CD403"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="No internet access"/>
+    <s v="05"/>
+    <s v="Laois"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="7863"/>
+  </r>
+  <r>
+    <s v="CD403"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="No internet access"/>
+    <s v="06"/>
+    <s v="Longford"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5090"/>
+  </r>
+  <r>
+    <s v="CD403"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="No internet access"/>
+    <s v="07"/>
+    <s v="Louth"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="11915"/>
+  </r>
+  <r>
+    <s v="CD403"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="No internet access"/>
+    <s v="08"/>
+    <s v="Meath"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="13263"/>
+  </r>
+  <r>
+    <s v="CD403"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="No internet access"/>
+    <s v="09"/>
+    <s v="Offaly"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="8598"/>
+  </r>
+  <r>
+    <s v="CD403"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="No internet access"/>
+    <s v="10"/>
+    <s v="Westmeath"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="8895"/>
+  </r>
+  <r>
+    <s v="CD403"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="No internet access"/>
+    <s v="11"/>
+    <s v="Wexford"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="15961"/>
+  </r>
+  <r>
+    <s v="CD403"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="No internet access"/>
+    <s v="12"/>
+    <s v="Wicklow"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="10272"/>
+  </r>
+  <r>
+    <s v="CD403"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="No internet access"/>
+    <s v="B"/>
+    <s v="Munster"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="130703"/>
+  </r>
+  <r>
+    <s v="CD403"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="No internet access"/>
+    <s v="13"/>
+    <s v="Clare"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="12313"/>
+  </r>
+  <r>
+    <s v="CD403"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="No internet access"/>
+    <s v="14"/>
+    <s v="Cork"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="49524"/>
+  </r>
+  <r>
+    <s v="CD403"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="No internet access"/>
+    <s v="141"/>
+    <s v="Cork City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="14327"/>
+  </r>
+  <r>
+    <s v="CD403"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="No internet access"/>
+    <s v="142"/>
+    <s v="Cork County"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="35197"/>
+  </r>
+  <r>
+    <s v="CD403"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="No internet access"/>
+    <s v="15"/>
+    <s v="Kerry"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="17401"/>
+  </r>
+  <r>
+    <s v="CD403"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="No internet access"/>
+    <s v="16"/>
+    <s v="Limerick"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="20490"/>
+  </r>
+  <r>
+    <s v="CD403"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="No internet access"/>
+    <s v="161"/>
+    <s v="Limerick City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="7016"/>
+  </r>
+  <r>
+    <s v="CD403"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="No internet access"/>
+    <s v="162"/>
+    <s v="Limerick County"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="13474"/>
+  </r>
+  <r>
+    <s v="CD403"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="No internet access"/>
+    <s v="171"/>
+    <s v="North Tipperary"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="8333"/>
+  </r>
+  <r>
+    <s v="CD403"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="No internet access"/>
+    <s v="172"/>
+    <s v="South Tipperary"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="11130"/>
+  </r>
+  <r>
+    <s v="CD403"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="No internet access"/>
+    <s v="18"/>
+    <s v="Waterford"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="11512"/>
+  </r>
+  <r>
+    <s v="CD403"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="No internet access"/>
+    <s v="181"/>
+    <s v="Waterford City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4732"/>
+  </r>
+  <r>
+    <s v="CD403"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="No internet access"/>
+    <s v="182"/>
+    <s v="Waterford County"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="6780"/>
+  </r>
+  <r>
+    <s v="CD403"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="No internet access"/>
+    <s v="C"/>
+    <s v="Connacht"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="59347"/>
+  </r>
+  <r>
+    <s v="CD403"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="No internet access"/>
+    <s v="19"/>
+    <s v="Galway"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="23423"/>
+  </r>
+  <r>
+    <s v="CD403"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="No internet access"/>
+    <s v="191"/>
+    <s v="Galway City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5248"/>
+  </r>
+  <r>
+    <s v="CD403"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="No internet access"/>
+    <s v="192"/>
+    <s v="Galway County"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="18175"/>
+  </r>
+  <r>
+    <s v="CD403"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="No internet access"/>
+    <s v="20"/>
+    <s v="Leitrim"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4392"/>
+  </r>
+  <r>
+    <s v="CD403"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="No internet access"/>
+    <s v="21"/>
+    <s v="Mayo"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="16055"/>
+  </r>
+  <r>
+    <s v="CD403"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="No internet access"/>
+    <s v="22"/>
+    <s v="Roscommon"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="8016"/>
+  </r>
+  <r>
+    <s v="CD403"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="No internet access"/>
+    <s v="23"/>
+    <s v="Sligo"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="7461"/>
+  </r>
+  <r>
+    <s v="CD403"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="No internet access"/>
+    <s v="D"/>
+    <s v="Ulster (part of)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="35328"/>
+  </r>
+  <r>
+    <s v="CD403"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="No internet access"/>
+    <s v="24"/>
+    <s v="Cavan"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="8426"/>
+  </r>
+  <r>
+    <s v="CD403"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="No internet access"/>
+    <s v="25"/>
+    <s v="Donegal"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="19662"/>
+  </r>
+  <r>
+    <s v="CD403"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="No internet access"/>
+    <s v="26"/>
+    <s v="Monaghan"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="7240"/>
+  </r>
+  <r>
+    <s v="CD403"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="07"/>
+    <s v="Internet access not stated"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="38397"/>
+  </r>
+  <r>
+    <s v="CD403"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="07"/>
+    <s v="Internet access not stated"/>
+    <s v="A"/>
+    <s v="Leinster"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="21473"/>
+  </r>
+  <r>
+    <s v="CD403"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="07"/>
+    <s v="Internet access not stated"/>
+    <s v="01"/>
+    <s v="Carlow"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="489"/>
+  </r>
+  <r>
+    <s v="CD403"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="07"/>
+    <s v="Internet access not stated"/>
+    <s v="02"/>
+    <s v="Dublin"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="12359"/>
+  </r>
+  <r>
+    <s v="CD403"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="07"/>
+    <s v="Internet access not stated"/>
+    <s v="021"/>
+    <s v="Dublin City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="6961"/>
+  </r>
+  <r>
+    <s v="CD403"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="07"/>
+    <s v="Internet access not stated"/>
+    <s v="024"/>
+    <s v="Dún Laoghaire-Rathdown"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1447"/>
+  </r>
+  <r>
+    <s v="CD403"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="07"/>
+    <s v="Internet access not stated"/>
+    <s v="023"/>
+    <s v="Fingal"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2021"/>
+  </r>
+  <r>
+    <s v="CD403"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="07"/>
+    <s v="Internet access not stated"/>
+    <s v="022"/>
+    <s v="South Dublin"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1930"/>
+  </r>
+  <r>
+    <s v="CD403"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="07"/>
+    <s v="Internet access not stated"/>
+    <s v="03"/>
+    <s v="Kildare"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1369"/>
+  </r>
+  <r>
+    <s v="CD403"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="07"/>
+    <s v="Internet access not stated"/>
+    <s v="04"/>
+    <s v="Kilkenny"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="703"/>
+  </r>
+  <r>
+    <s v="CD403"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="07"/>
+    <s v="Internet access not stated"/>
+    <s v="05"/>
+    <s v="Laois"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="647"/>
+  </r>
+  <r>
+    <s v="CD403"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="07"/>
+    <s v="Internet access not stated"/>
+    <s v="06"/>
+    <s v="Longford"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="373"/>
+  </r>
+  <r>
+    <s v="CD403"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="07"/>
+    <s v="Internet access not stated"/>
+    <s v="07"/>
+    <s v="Louth"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1030"/>
+  </r>
+  <r>
+    <s v="CD403"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="07"/>
+    <s v="Internet access not stated"/>
+    <s v="08"/>
+    <s v="Meath"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1228"/>
+  </r>
+  <r>
+    <s v="CD403"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="07"/>
+    <s v="Internet access not stated"/>
+    <s v="09"/>
+    <s v="Offaly"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="599"/>
+  </r>
+  <r>
+    <s v="CD403"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="07"/>
+    <s v="Internet access not stated"/>
+    <s v="10"/>
+    <s v="Westmeath"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="724"/>
+  </r>
+  <r>
+    <s v="CD403"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="07"/>
+    <s v="Internet access not stated"/>
+    <s v="11"/>
+    <s v="Wexford"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="969"/>
+  </r>
+  <r>
+    <s v="CD403"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="07"/>
+    <s v="Internet access not stated"/>
+    <s v="12"/>
+    <s v="Wicklow"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="983"/>
+  </r>
+  <r>
+    <s v="CD403"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="07"/>
+    <s v="Internet access not stated"/>
+    <s v="B"/>
+    <s v="Munster"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="10518"/>
+  </r>
+  <r>
+    <s v="CD403"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="07"/>
+    <s v="Internet access not stated"/>
+    <s v="13"/>
+    <s v="Clare"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1031"/>
+  </r>
+  <r>
+    <s v="CD403"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="07"/>
+    <s v="Internet access not stated"/>
+    <s v="14"/>
+    <s v="Cork"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4239"/>
+  </r>
+  <r>
+    <s v="CD403"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="07"/>
+    <s v="Internet access not stated"/>
+    <s v="141"/>
+    <s v="Cork City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1453"/>
+  </r>
+  <r>
+    <s v="CD403"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="07"/>
+    <s v="Internet access not stated"/>
+    <s v="142"/>
+    <s v="Cork County"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2786"/>
+  </r>
+  <r>
+    <s v="CD403"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="07"/>
+    <s v="Internet access not stated"/>
+    <s v="15"/>
+    <s v="Kerry"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1246"/>
+  </r>
+  <r>
+    <s v="CD403"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="07"/>
+    <s v="Internet access not stated"/>
+    <s v="16"/>
+    <s v="Limerick"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1615"/>
+  </r>
+  <r>
+    <s v="CD403"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="07"/>
+    <s v="Internet access not stated"/>
+    <s v="161"/>
+    <s v="Limerick City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="659"/>
+  </r>
+  <r>
+    <s v="CD403"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="07"/>
+    <s v="Internet access not stated"/>
+    <s v="162"/>
+    <s v="Limerick County"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="956"/>
+  </r>
+  <r>
+    <s v="CD403"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="07"/>
+    <s v="Internet access not stated"/>
+    <s v="171"/>
+    <s v="North Tipperary"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="642"/>
+  </r>
+  <r>
+    <s v="CD403"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="07"/>
+    <s v="Internet access not stated"/>
+    <s v="172"/>
+    <s v="South Tipperary"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="747"/>
+  </r>
+  <r>
+    <s v="CD403"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="07"/>
+    <s v="Internet access not stated"/>
+    <s v="18"/>
+    <s v="Waterford"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="998"/>
+  </r>
+  <r>
+    <s v="CD403"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="07"/>
+    <s v="Internet access not stated"/>
+    <s v="181"/>
+    <s v="Waterford City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="539"/>
+  </r>
+  <r>
+    <s v="CD403"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="07"/>
+    <s v="Internet access not stated"/>
+    <s v="182"/>
+    <s v="Waterford County"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="459"/>
+  </r>
+  <r>
+    <s v="CD403"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="07"/>
+    <s v="Internet access not stated"/>
+    <s v="C"/>
+    <s v="Connacht"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4346"/>
+  </r>
+  <r>
+    <s v="CD403"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="07"/>
+    <s v="Internet access not stated"/>
+    <s v="19"/>
+    <s v="Galway"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1832"/>
+  </r>
+  <r>
+    <s v="CD403"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="07"/>
+    <s v="Internet access not stated"/>
+    <s v="191"/>
+    <s v="Galway City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="675"/>
+  </r>
+  <r>
+    <s v="CD403"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="07"/>
+    <s v="Internet access not stated"/>
+    <s v="192"/>
+    <s v="Galway County"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1157"/>
+  </r>
+  <r>
+    <s v="CD403"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="07"/>
+    <s v="Internet access not stated"/>
+    <s v="20"/>
+    <s v="Leitrim"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="307"/>
+  </r>
+  <r>
+    <s v="CD403"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="07"/>
+    <s v="Internet access not stated"/>
+    <s v="21"/>
+    <s v="Mayo"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1024"/>
+  </r>
+  <r>
+    <s v="CD403"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="07"/>
+    <s v="Internet access not stated"/>
+    <s v="22"/>
+    <s v="Roscommon"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="492"/>
+  </r>
+  <r>
+    <s v="CD403"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="07"/>
+    <s v="Internet access not stated"/>
+    <s v="23"/>
+    <s v="Sligo"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="691"/>
+  </r>
+  <r>
+    <s v="CD403"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="07"/>
+    <s v="Internet access not stated"/>
+    <s v="D"/>
+    <s v="Ulster (part of)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2060"/>
+  </r>
+  <r>
+    <s v="CD403"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="07"/>
+    <s v="Internet access not stated"/>
+    <s v="24"/>
+    <s v="Cavan"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="599"/>
+  </r>
+  <r>
+    <s v="CD403"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="07"/>
+    <s v="Internet access not stated"/>
+    <s v="25"/>
+    <s v="Donegal"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1096"/>
+  </r>
+  <r>
+    <s v="CD403"/>
+    <s v="Private Households in Permanent Housing Units"/>
+    <s v="07"/>
+    <s v="Internet access not stated"/>
+    <s v="26"/>
+    <s v="Monaghan"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="365"/>
+  </r>
+</pivotCacheRecords>
 </file>