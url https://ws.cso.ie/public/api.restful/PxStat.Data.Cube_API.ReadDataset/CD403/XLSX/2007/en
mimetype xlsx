--- v1 (2025-12-19)
+++ v2 (2026-02-05)
@@ -1,48 +1,48 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/pivotCache/pivotCacheDefinition1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheDefinition+xml"/>
   <Override PartName="/pivotCache/pivotCacheRecords1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheRecords+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/pivotTables/pivotTable.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rfd37ec1f07af452d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/4ea1b9c8482941dabc0f8d01a3c7f6ab.psmdcp" Id="R555284ffc020400e" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9d6edbb3043042ec" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/f8360abbf666437daea42849a622b449.psmdcp" Id="R3427be2f2a4542d9" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="About" sheetId="1" r:id="rId2"/>
     <x:sheet name="Unpivoted" sheetId="2" r:id="rId9"/>
     <x:sheet name="Pivoted" sheetId="3" r:id="rId11"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
   <x:pivotCaches>
     <x:pivotCache cacheId="0" r:id="rId12"/>
   </x:pivotCaches>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Table</x:t>