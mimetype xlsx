--- v2 (2026-02-05)
+++ v3 (2026-03-25)
@@ -1,48 +1,48 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/pivotCache/pivotCacheDefinition1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheDefinition+xml"/>
   <Override PartName="/pivotCache/pivotCacheRecords1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheRecords+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/pivotTables/pivotTable.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9d6edbb3043042ec" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/f8360abbf666437daea42849a622b449.psmdcp" Id="R3427be2f2a4542d9" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3f5c31efe0d1470a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/647e37eb17f8435a81413fa53b5e0204.psmdcp" Id="R53e1a30d97f8468f" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="About" sheetId="1" r:id="rId2"/>
     <x:sheet name="Unpivoted" sheetId="2" r:id="rId9"/>
     <x:sheet name="Pivoted" sheetId="3" r:id="rId11"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
   <x:pivotCaches>
     <x:pivotCache cacheId="0" r:id="rId12"/>
   </x:pivotCaches>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Table</x:t>