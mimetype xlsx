--- v0 (2025-11-13)
+++ v1 (2026-02-07)
@@ -1,97 +1,97 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/pivotCache/pivotCacheDefinition1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheDefinition+xml"/>
   <Override PartName="/pivotCache/pivotCacheRecords1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheRecords+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/pivotTables/pivotTable.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra31cfc1e74b941f2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/4b4512a326b3472e9ea0d0ed4c0d5c59.psmdcp" Id="Rd3129857245943e0" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R92bb169264b448a8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/19c23122b33e433b932183b0ad7d11ea.psmdcp" Id="R537a1553e0c04372" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
-    <x:sheet name="About" sheetId="2" r:id="rId2"/>
-[...1 lines deleted...]
-    <x:sheet name="Pivoted" sheetId="11" r:id="rId11"/>
+    <x:sheet name="About" sheetId="1" r:id="rId2"/>
+    <x:sheet name="Unpivoted" sheetId="2" r:id="rId9"/>
+    <x:sheet name="Pivoted" sheetId="3" r:id="rId11"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
   <x:pivotCaches>
     <x:pivotCache cacheId="0" r:id="rId12"/>
   </x:pivotCaches>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Table</x:t>
   </x:si>
   <x:si>
     <x:t>Code</x:t>
   </x:si>
   <x:si>
     <x:t>CD372</x:t>
   </x:si>
   <x:si>
     <x:t>Name</x:t>
   </x:si>
   <x:si>
     <x:t>2011 Population Aged 15 Years and Over</x:t>
   </x:si>
   <x:si>
     <x:t>Frequency</x:t>
   </x:si>
   <x:si>
     <x:t>Annual</x:t>
   </x:si>
   <x:si>
     <x:t>Last Updated</x:t>
   </x:si>
   <x:si>
-    <x:t>5/14/2020 11:00:00 AM</x:t>
+    <x:t>14/05/2020 11:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Note</x:t>
   </x:si>
   <x:si>
     <x:t>Url</x:t>
   </x:si>
   <x:si>
     <x:t>https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/CD372/XLSX/2007/en</x:t>
   </x:si>
   <x:si>
     <x:t>Product</x:t>
   </x:si>
   <x:si>
     <x:t>C2011P3</x:t>
   </x:si>
   <x:si>
     <x:t>Profile 3 - At Work</x:t>
   </x:si>
   <x:si>
     <x:t>Contacts</x:t>
   </x:si>
   <x:si>
     <x:t>Bernie Casey</x:t>
   </x:si>
@@ -2395,2891 +2395,796 @@
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip r:embed="rId8" cstate="print"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="3971925" cy="1381125"/>
         </a:xfrm>
         <a:prstGeom prst="rect"/>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/pivotTables/_rels/pivotTable.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheDefinition" Target="/pivotCache/pivotCacheDefinition1.xml" Id="rId17" /></Relationships>
 </file>
 
 <file path=xl/pivotTables/pivotTable.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotTableDefinition xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" dataCaption="Values" showError="0" missingCaption="" showMissing="1" pageWrap="0" pageOverThenDown="0" rowGrandTotals="0" colGrandTotals="0" indent="1">
-[...2839 lines deleted...]
-</x:pivotTableDefinition>
+<pivotTableDefinition xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" applyNumberFormats="0" applyBorderFormats="0" applyFontFormats="0" applyPatternFormats="0" applyAlignmentFormats="0" applyWidthHeightFormats="0" dataCaption="Values" rowGrandTotals="0" colGrandTotals="0" outline="1">
+  <location ref="A1" firstHeaderRow="0" firstDataRow="0" firstDataCol="0"/>
+  <pivotFields count="10">
+    <pivotField name="STATISTIC" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="Statistic Label" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="C02199V02655" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="3">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+      </items>
+    </pivotField>
+    <pivotField name="Sex" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="3">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+      </items>
+    </pivotField>
+    <pivotField name="C02843V03417" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="339">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+        <item x="11"/>
+        <item x="12"/>
+        <item x="13"/>
+        <item x="14"/>
+        <item x="15"/>
+        <item x="16"/>
+        <item x="17"/>
+        <item x="18"/>
+        <item x="19"/>
+        <item x="20"/>
+        <item x="21"/>
+        <item x="22"/>
+        <item x="23"/>
+        <item x="24"/>
+        <item x="25"/>
+        <item x="26"/>
+        <item x="27"/>
+        <item x="28"/>
+        <item x="29"/>
+        <item x="30"/>
+        <item x="31"/>
+        <item x="32"/>
+        <item x="33"/>
+        <item x="34"/>
+        <item x="35"/>
+        <item x="36"/>
+        <item x="37"/>
+        <item x="38"/>
+        <item x="39"/>
+        <item x="40"/>
+        <item x="41"/>
+        <item x="42"/>
+        <item x="43"/>
+        <item x="44"/>
+        <item x="45"/>
+        <item x="46"/>
+        <item x="47"/>
+        <item x="48"/>
+        <item x="49"/>
+        <item x="50"/>
+        <item x="51"/>
+        <item x="52"/>
+        <item x="53"/>
+        <item x="54"/>
+        <item x="55"/>
+        <item x="56"/>
+        <item x="57"/>
+        <item x="58"/>
+        <item x="59"/>
+        <item x="60"/>
+        <item x="61"/>
+        <item x="62"/>
+        <item x="63"/>
+        <item x="64"/>
+        <item x="65"/>
+        <item x="66"/>
+        <item x="67"/>
+        <item x="68"/>
+        <item x="69"/>
+        <item x="70"/>
+        <item x="71"/>
+        <item x="72"/>
+        <item x="73"/>
+        <item x="74"/>
+        <item x="75"/>
+        <item x="76"/>
+        <item x="77"/>
+        <item x="78"/>
+        <item x="79"/>
+        <item x="80"/>
+        <item x="81"/>
+        <item x="82"/>
+        <item x="83"/>
+        <item x="84"/>
+        <item x="85"/>
+        <item x="86"/>
+        <item x="87"/>
+        <item x="88"/>
+        <item x="89"/>
+        <item x="90"/>
+        <item x="91"/>
+        <item x="92"/>
+        <item x="93"/>
+        <item x="94"/>
+        <item x="95"/>
+        <item x="96"/>
+        <item x="97"/>
+        <item x="98"/>
+        <item x="99"/>
+        <item x="100"/>
+        <item x="101"/>
+        <item x="102"/>
+        <item x="103"/>
+        <item x="104"/>
+        <item x="105"/>
+        <item x="106"/>
+        <item x="107"/>
+        <item x="108"/>
+        <item x="109"/>
+        <item x="110"/>
+        <item x="111"/>
+        <item x="112"/>
+        <item x="113"/>
+        <item x="114"/>
+        <item x="115"/>
+        <item x="116"/>
+        <item x="117"/>
+        <item x="118"/>
+        <item x="119"/>
+        <item x="120"/>
+        <item x="121"/>
+        <item x="122"/>
+        <item x="123"/>
+        <item x="124"/>
+        <item x="125"/>
+        <item x="126"/>
+        <item x="127"/>
+        <item x="128"/>
+        <item x="129"/>
+        <item x="130"/>
+        <item x="131"/>
+        <item x="132"/>
+        <item x="133"/>
+        <item x="134"/>
+        <item x="135"/>
+        <item x="136"/>
+        <item x="137"/>
+        <item x="138"/>
+        <item x="139"/>
+        <item x="140"/>
+        <item x="141"/>
+        <item x="142"/>
+        <item x="143"/>
+        <item x="144"/>
+        <item x="145"/>
+        <item x="146"/>
+        <item x="147"/>
+        <item x="148"/>
+        <item x="149"/>
+        <item x="150"/>
+        <item x="151"/>
+        <item x="152"/>
+        <item x="153"/>
+        <item x="154"/>
+        <item x="155"/>
+        <item x="156"/>
+        <item x="157"/>
+        <item x="158"/>
+        <item x="159"/>
+        <item x="160"/>
+        <item x="161"/>
+        <item x="162"/>
+        <item x="163"/>
+        <item x="164"/>
+        <item x="165"/>
+        <item x="166"/>
+        <item x="167"/>
+        <item x="168"/>
+        <item x="169"/>
+        <item x="170"/>
+        <item x="171"/>
+        <item x="172"/>
+        <item x="173"/>
+        <item x="174"/>
+        <item x="175"/>
+        <item x="176"/>
+        <item x="177"/>
+        <item x="178"/>
+        <item x="179"/>
+        <item x="180"/>
+        <item x="181"/>
+        <item x="182"/>
+        <item x="183"/>
+        <item x="184"/>
+        <item x="185"/>
+        <item x="186"/>
+        <item x="187"/>
+        <item x="188"/>
+        <item x="189"/>
+        <item x="190"/>
+        <item x="191"/>
+        <item x="192"/>
+        <item x="193"/>
+        <item x="194"/>
+        <item x="195"/>
+        <item x="196"/>
+        <item x="197"/>
+        <item x="198"/>
+        <item x="199"/>
+        <item x="200"/>
+        <item x="201"/>
+        <item x="202"/>
+        <item x="203"/>
+        <item x="204"/>
+        <item x="205"/>
+        <item x="206"/>
+        <item x="207"/>
+        <item x="208"/>
+        <item x="209"/>
+        <item x="210"/>
+        <item x="211"/>
+        <item x="212"/>
+        <item x="213"/>
+        <item x="214"/>
+        <item x="215"/>
+        <item x="216"/>
+        <item x="217"/>
+        <item x="218"/>
+        <item x="219"/>
+        <item x="220"/>
+        <item x="221"/>
+        <item x="222"/>
+        <item x="223"/>
+        <item x="224"/>
+        <item x="225"/>
+        <item x="226"/>
+        <item x="227"/>
+        <item x="228"/>
+        <item x="229"/>
+        <item x="230"/>
+        <item x="231"/>
+        <item x="232"/>
+        <item x="233"/>
+        <item x="234"/>
+        <item x="235"/>
+        <item x="236"/>
+        <item x="237"/>
+        <item x="238"/>
+        <item x="239"/>
+        <item x="240"/>
+        <item x="241"/>
+        <item x="242"/>
+        <item x="243"/>
+        <item x="244"/>
+        <item x="245"/>
+        <item x="246"/>
+        <item x="247"/>
+        <item x="248"/>
+        <item x="249"/>
+        <item x="250"/>
+        <item x="251"/>
+        <item x="252"/>
+        <item x="253"/>
+        <item x="254"/>
+        <item x="255"/>
+        <item x="256"/>
+        <item x="257"/>
+        <item x="258"/>
+        <item x="259"/>
+        <item x="260"/>
+        <item x="261"/>
+        <item x="262"/>
+        <item x="263"/>
+        <item x="264"/>
+        <item x="265"/>
+        <item x="266"/>
+        <item x="267"/>
+        <item x="268"/>
+        <item x="269"/>
+        <item x="270"/>
+        <item x="271"/>
+        <item x="272"/>
+        <item x="273"/>
+        <item x="274"/>
+        <item x="275"/>
+        <item x="276"/>
+        <item x="277"/>
+        <item x="278"/>
+        <item x="279"/>
+        <item x="280"/>
+        <item x="281"/>
+        <item x="282"/>
+        <item x="283"/>
+        <item x="284"/>
+        <item x="285"/>
+        <item x="286"/>
+        <item x="287"/>
+        <item x="288"/>
+        <item x="289"/>
+        <item x="290"/>
+        <item x="291"/>
+        <item x="292"/>
+        <item x="293"/>
+        <item x="294"/>
+        <item x="295"/>
+        <item x="296"/>
+        <item x="297"/>
+        <item x="298"/>
+        <item x="299"/>
+        <item x="300"/>
+        <item x="301"/>
+        <item x="302"/>
+        <item x="303"/>
+        <item x="304"/>
+        <item x="305"/>
+        <item x="306"/>
+        <item x="307"/>
+        <item x="308"/>
+        <item x="309"/>
+        <item x="310"/>
+        <item x="311"/>
+        <item x="312"/>
+        <item x="313"/>
+        <item x="314"/>
+        <item x="315"/>
+        <item x="316"/>
+        <item x="317"/>
+        <item x="318"/>
+        <item x="319"/>
+        <item x="320"/>
+        <item x="321"/>
+        <item x="322"/>
+        <item x="323"/>
+        <item x="324"/>
+        <item x="325"/>
+        <item x="326"/>
+        <item x="327"/>
+        <item x="328"/>
+        <item x="329"/>
+        <item x="330"/>
+        <item x="331"/>
+        <item x="332"/>
+        <item x="333"/>
+        <item x="334"/>
+        <item x="335"/>
+        <item x="336"/>
+        <item x="337"/>
+        <item x="338"/>
+      </items>
+    </pivotField>
+    <pivotField name="Detailed Occupational Group" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="339">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+        <item x="11"/>
+        <item x="12"/>
+        <item x="13"/>
+        <item x="14"/>
+        <item x="15"/>
+        <item x="16"/>
+        <item x="17"/>
+        <item x="18"/>
+        <item x="19"/>
+        <item x="20"/>
+        <item x="21"/>
+        <item x="22"/>
+        <item x="23"/>
+        <item x="24"/>
+        <item x="25"/>
+        <item x="26"/>
+        <item x="27"/>
+        <item x="28"/>
+        <item x="29"/>
+        <item x="30"/>
+        <item x="31"/>
+        <item x="32"/>
+        <item x="33"/>
+        <item x="34"/>
+        <item x="35"/>
+        <item x="36"/>
+        <item x="37"/>
+        <item x="38"/>
+        <item x="39"/>
+        <item x="40"/>
+        <item x="41"/>
+        <item x="42"/>
+        <item x="43"/>
+        <item x="44"/>
+        <item x="45"/>
+        <item x="46"/>
+        <item x="47"/>
+        <item x="48"/>
+        <item x="49"/>
+        <item x="50"/>
+        <item x="51"/>
+        <item x="52"/>
+        <item x="53"/>
+        <item x="54"/>
+        <item x="55"/>
+        <item x="56"/>
+        <item x="57"/>
+        <item x="58"/>
+        <item x="59"/>
+        <item x="60"/>
+        <item x="61"/>
+        <item x="62"/>
+        <item x="63"/>
+        <item x="64"/>
+        <item x="65"/>
+        <item x="66"/>
+        <item x="67"/>
+        <item x="68"/>
+        <item x="69"/>
+        <item x="70"/>
+        <item x="71"/>
+        <item x="72"/>
+        <item x="73"/>
+        <item x="74"/>
+        <item x="75"/>
+        <item x="76"/>
+        <item x="77"/>
+        <item x="78"/>
+        <item x="79"/>
+        <item x="80"/>
+        <item x="81"/>
+        <item x="82"/>
+        <item x="83"/>
+        <item x="84"/>
+        <item x="85"/>
+        <item x="86"/>
+        <item x="87"/>
+        <item x="88"/>
+        <item x="89"/>
+        <item x="90"/>
+        <item x="91"/>
+        <item x="92"/>
+        <item x="93"/>
+        <item x="94"/>
+        <item x="95"/>
+        <item x="96"/>
+        <item x="97"/>
+        <item x="98"/>
+        <item x="99"/>
+        <item x="100"/>
+        <item x="101"/>
+        <item x="102"/>
+        <item x="103"/>
+        <item x="104"/>
+        <item x="105"/>
+        <item x="106"/>
+        <item x="107"/>
+        <item x="108"/>
+        <item x="109"/>
+        <item x="110"/>
+        <item x="111"/>
+        <item x="112"/>
+        <item x="113"/>
+        <item x="114"/>
+        <item x="115"/>
+        <item x="116"/>
+        <item x="117"/>
+        <item x="118"/>
+        <item x="119"/>
+        <item x="120"/>
+        <item x="121"/>
+        <item x="122"/>
+        <item x="123"/>
+        <item x="124"/>
+        <item x="125"/>
+        <item x="126"/>
+        <item x="127"/>
+        <item x="128"/>
+        <item x="129"/>
+        <item x="130"/>
+        <item x="131"/>
+        <item x="132"/>
+        <item x="133"/>
+        <item x="134"/>
+        <item x="135"/>
+        <item x="136"/>
+        <item x="137"/>
+        <item x="138"/>
+        <item x="139"/>
+        <item x="140"/>
+        <item x="141"/>
+        <item x="142"/>
+        <item x="143"/>
+        <item x="144"/>
+        <item x="145"/>
+        <item x="146"/>
+        <item x="147"/>
+        <item x="148"/>
+        <item x="149"/>
+        <item x="150"/>
+        <item x="151"/>
+        <item x="152"/>
+        <item x="153"/>
+        <item x="154"/>
+        <item x="155"/>
+        <item x="156"/>
+        <item x="157"/>
+        <item x="158"/>
+        <item x="159"/>
+        <item x="160"/>
+        <item x="161"/>
+        <item x="162"/>
+        <item x="163"/>
+        <item x="164"/>
+        <item x="165"/>
+        <item x="166"/>
+        <item x="167"/>
+        <item x="168"/>
+        <item x="169"/>
+        <item x="170"/>
+        <item x="171"/>
+        <item x="172"/>
+        <item x="173"/>
+        <item x="174"/>
+        <item x="175"/>
+        <item x="176"/>
+        <item x="177"/>
+        <item x="178"/>
+        <item x="179"/>
+        <item x="180"/>
+        <item x="181"/>
+        <item x="182"/>
+        <item x="183"/>
+        <item x="184"/>
+        <item x="185"/>
+        <item x="186"/>
+        <item x="187"/>
+        <item x="188"/>
+        <item x="189"/>
+        <item x="190"/>
+        <item x="191"/>
+        <item x="192"/>
+        <item x="193"/>
+        <item x="194"/>
+        <item x="195"/>
+        <item x="196"/>
+        <item x="197"/>
+        <item x="198"/>
+        <item x="199"/>
+        <item x="200"/>
+        <item x="201"/>
+        <item x="202"/>
+        <item x="203"/>
+        <item x="204"/>
+        <item x="205"/>
+        <item x="206"/>
+        <item x="207"/>
+        <item x="208"/>
+        <item x="209"/>
+        <item x="210"/>
+        <item x="211"/>
+        <item x="212"/>
+        <item x="213"/>
+        <item x="214"/>
+        <item x="215"/>
+        <item x="216"/>
+        <item x="217"/>
+        <item x="218"/>
+        <item x="219"/>
+        <item x="220"/>
+        <item x="221"/>
+        <item x="222"/>
+        <item x="223"/>
+        <item x="224"/>
+        <item x="225"/>
+        <item x="226"/>
+        <item x="227"/>
+        <item x="228"/>
+        <item x="229"/>
+        <item x="230"/>
+        <item x="231"/>
+        <item x="232"/>
+        <item x="233"/>
+        <item x="234"/>
+        <item x="235"/>
+        <item x="236"/>
+        <item x="237"/>
+        <item x="238"/>
+        <item x="239"/>
+        <item x="240"/>
+        <item x="241"/>
+        <item x="242"/>
+        <item x="243"/>
+        <item x="244"/>
+        <item x="245"/>
+        <item x="246"/>
+        <item x="247"/>
+        <item x="248"/>
+        <item x="249"/>
+        <item x="250"/>
+        <item x="251"/>
+        <item x="252"/>
+        <item x="253"/>
+        <item x="254"/>
+        <item x="255"/>
+        <item x="256"/>
+        <item x="257"/>
+        <item x="258"/>
+        <item x="259"/>
+        <item x="260"/>
+        <item x="261"/>
+        <item x="262"/>
+        <item x="263"/>
+        <item x="264"/>
+        <item x="265"/>
+        <item x="266"/>
+        <item x="267"/>
+        <item x="268"/>
+        <item x="269"/>
+        <item x="270"/>
+        <item x="271"/>
+        <item x="272"/>
+        <item x="273"/>
+        <item x="274"/>
+        <item x="275"/>
+        <item x="276"/>
+        <item x="277"/>
+        <item x="278"/>
+        <item x="279"/>
+        <item x="280"/>
+        <item x="281"/>
+        <item x="282"/>
+        <item x="283"/>
+        <item x="284"/>
+        <item x="285"/>
+        <item x="286"/>
+        <item x="287"/>
+        <item x="288"/>
+        <item x="289"/>
+        <item x="290"/>
+        <item x="291"/>
+        <item x="292"/>
+        <item x="293"/>
+        <item x="294"/>
+        <item x="295"/>
+        <item x="296"/>
+        <item x="297"/>
+        <item x="298"/>
+        <item x="299"/>
+        <item x="300"/>
+        <item x="301"/>
+        <item x="302"/>
+        <item x="303"/>
+        <item x="304"/>
+        <item x="305"/>
+        <item x="306"/>
+        <item x="307"/>
+        <item x="308"/>
+        <item x="309"/>
+        <item x="310"/>
+        <item x="311"/>
+        <item x="312"/>
+        <item x="313"/>
+        <item x="314"/>
+        <item x="315"/>
+        <item x="316"/>
+        <item x="317"/>
+        <item x="318"/>
+        <item x="319"/>
+        <item x="320"/>
+        <item x="321"/>
+        <item x="322"/>
+        <item x="323"/>
+        <item x="324"/>
+        <item x="325"/>
+        <item x="326"/>
+        <item x="327"/>
+        <item x="328"/>
+        <item x="329"/>
+        <item x="330"/>
+        <item x="331"/>
+        <item x="332"/>
+        <item x="333"/>
+        <item x="334"/>
+        <item x="335"/>
+        <item x="336"/>
+        <item x="337"/>
+        <item x="338"/>
+      </items>
+    </pivotField>
+    <pivotField name="TLIST(A1)" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="CensusYear" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField showAll="0"/>
+    <pivotField dataField="1" showAll="0"/>
+  </pivotFields>
+  <rowFields count="8">
+    <field x="0"/>
+    <field x="1"/>
+    <field x="2"/>
+    <field x="3"/>
+    <field x="4"/>
+    <field x="5"/>
+    <field x="6"/>
+    <field x="7"/>
+  </rowFields>
+  <dataFields count="1">
+    <dataField name="VALUE" fld="9"/>
+  </dataFields>
+  <pivotTableStyleInfo name="PivotStyleLight16" showRowHeaders="1" showColHeaders="1"/>
+  <extLst>
+    <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{962EF5D1-5CA2-4c93-8EF4-DBF5C05439D2}">
+      <x14:pivotTableDefinition enableEdit="0" hideValuesRow="1"/>
+    </ext>
+  </extLst>
+</pivotTableDefinition>
 </file>
 
 <file path=xl/tables/table1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:table xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="1" name="Unpivoted" displayName="Unpivoted" ref="A1:J1018" totalsRowShown="0">
   <x:autoFilter ref="A1:J1018"/>
   <x:tableColumns count="10">
     <x:tableColumn id="1" name="STATISTIC"/>
     <x:tableColumn id="2" name="Statistic Label"/>
     <x:tableColumn id="3" name="C02199V02655"/>
     <x:tableColumn id="4" name="Sex"/>
     <x:tableColumn id="5" name="C02843V03417"/>
     <x:tableColumn id="6" name="Detailed Occupational Group"/>
     <x:tableColumn id="7" name="TLIST(A1)"/>
     <x:tableColumn id="8" name="CensusYear"/>
     <x:tableColumn id="9" name="UNIT"/>
     <x:tableColumn id="10" name="VALUE"/>
   </x:tableColumns>
   <x:tableStyleInfo name="TableStyleMedium2" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </x:table>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
@@ -5550,51 +3455,51 @@
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="/xl/drawings/drawing1.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/CD372/XLSX/2007/en" TargetMode="External" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cso.ie/" TargetMode="External" Id="rId14" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="/xl/tables/table1.xml" Id="rId15" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet3.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotTable" Target="/xl/pivotTables/pivotTable.xml" Id="rId16" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:B39"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="20.710625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="100.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="8" spans="1:2">
       <x:c r="A8" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B8" s="2"/>
     </x:row>
     <x:row r="9" spans="1:2">
       <x:c r="A9" s="3" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="B9" s="0" t="s">
         <x:v>2</x:v>
@@ -5781,51 +3686,51 @@
       </x:c>
     </x:row>
     <x:row r="39" spans="1:2">
       <x:c r="A39" s="3" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B39" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:hyperlinks>
     <x:hyperlink ref="B14" r:id="rId13"/>
     <x:hyperlink ref="B28" r:id="rId14"/>
   </x:hyperlinks>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:drawing xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId7"/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:J1018"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="11.996339" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="36.996339" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="16.139196" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="10.424911" style="0" customWidth="1"/>
     <x:col min="5" max="5" width="16.139196" style="0" customWidth="1"/>
     <x:col min="6" max="6" width="65.567768" style="0" customWidth="1"/>
     <x:col min="7" max="7" width="11.282054" style="0" customWidth="1"/>
     <x:col min="8" max="8" width="13.424911" style="0" customWidth="1"/>
     <x:col min="9" max="9" width="8.282054" style="0" customWidth="1"/>
     <x:col min="10" max="10" width="8.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:10">
       <x:c r="A1" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
@@ -38391,51 +36296,51 @@
       <x:c r="G1018" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H1018" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="I1018" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="J1018" s="0">
         <x:v>1003335</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="1">
     <x:tablePart r:id="rId15"/>
   </x:tableParts>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:sheetData/>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Application>Microsoft Excel</ap:Application>
   <ap:TitlesOfParts>
     <vt:vector baseType="lpstr" size="9">
       <vt:lpstr>About</vt:lpstr>
       <vt:lpstr>Unpivoted</vt:lpstr>
       <vt:lpstr>Pivoted</vt:lpstr>
@@ -38452,51 +36357,51 @@
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>3</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Named Ranges</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>6</vt:i4>
       </vt:variant>
     </vt:vector>
   </ap:HeadingPairs>
   <ap:DocSecurity>0</ap:DocSecurity>
   <ap:ScaleCrop>false</ap:ScaleCrop>
 </ap:Properties>
 </file>
 
 <file path=pivotCache/_rels/pivotCacheDefinition1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheRecords" Target="/pivotCache/pivotCacheRecords1.xml" Id="rId1" /></Relationships>
 </file>
 
 <file path=pivotCache/pivotCacheDefinition1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:pivotCacheDefinition xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" r:id="rId1" saveData="1" refreshOnLoad="1" createdVersion="5" refreshedVersion="5" minRefreshableVersion="3">
   <x:cacheSource type="worksheet">
-    <x:worksheetSource ref="A1:J1018" sheet="Unpivoted"/>
+    <x:worksheetSource name="Unpivoted"/>
   </x:cacheSource>
   <x:cacheFields>
     <x:cacheField name="STATISTIC">
       <x:sharedItems count="1">
         <x:s v="CD372"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="Statistic Label">
       <x:sharedItems count="1">
         <x:s v="2011 Population Aged 15 Years and Over"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="C02199V02655">
       <x:sharedItems count="3">
         <x:s v="-"/>
         <x:s v="1"/>
         <x:s v="2"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="Sex">
       <x:sharedItems count="3">
         <x:s v="Both sexes"/>
         <x:s v="Male"/>
         <x:s v="Female"/>
       </x:sharedItems>
@@ -40111,27 +38016,12232 @@
         <x:n v="1810"/>
         <x:n v="28"/>
         <x:n v="7"/>
         <x:n v="26094"/>
         <x:n v="1735"/>
         <x:n v="127"/>
         <x:n v="1181"/>
         <x:n v="94"/>
         <x:n v="575"/>
         <x:n v="2899"/>
         <x:n v="17087"/>
         <x:n v="12667"/>
         <x:n v="5649"/>
         <x:n v="1222"/>
         <x:n v="85613"/>
         <x:n v="988681"/>
         <x:n v="14654"/>
         <x:n v="1003335"/>
       </x:sharedItems>
     </x:cacheField>
   </x:cacheFields>
 </x:pivotCacheDefinition>
 </file>
 
 <file path=pivotCache/pivotCacheRecords1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main"/>
+<pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="xr">
+  <r>
+    <s v="CD372"/>
+    <s v="2011 Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="1"/>
+    <s v="Managers, directors and senior officials"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="171409"/>
+  </r>
+  <r>
+    <s v="CD372"/>
+    <s v="2011 Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="1115"/>
+    <s v="Chief executives and senior officials"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2152"/>
+  </r>
+  <r>
+    <s v="CD372"/>
+    <s v="2011 Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="1116"/>
+    <s v="Elected officers and representatives"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="435"/>
+  </r>
+  <r>
+    <s v="CD372"/>
+    <s v="2011 Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="X10"/>
+    <s v="Civil and public service Assistant Secretary and above and senior officials"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="394"/>
+  </r>
+  <r>
+    <s v="CD372"/>
+    <s v="2011 Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="1121"/>
+    <s v="Production managers and directors in manufacturing"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="18039"/>
+  </r>
+  <r>
+    <s v="CD372"/>
+    <s v="2011 Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="1122"/>
+    <s v="Production managers and directors in construction"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3471"/>
+  </r>
+  <r>
+    <s v="CD372"/>
+    <s v="2011 Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="1131"/>
+    <s v="Financial managers and directors"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="7559"/>
+  </r>
+  <r>
+    <s v="CD372"/>
+    <s v="2011 Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="1132"/>
+    <s v="Marketing and sales directors"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3873"/>
+  </r>
+  <r>
+    <s v="CD372"/>
+    <s v="2011 Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="1133"/>
+    <s v="Purchasing managers and directors"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2457"/>
+  </r>
+  <r>
+    <s v="CD372"/>
+    <s v="2011 Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="1134"/>
+    <s v="Advertising and public relations directors"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="350"/>
+  </r>
+  <r>
+    <s v="CD372"/>
+    <s v="2011 Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="1135"/>
+    <s v="Human resource managers and directors"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4485"/>
+  </r>
+  <r>
+    <s v="CD372"/>
+    <s v="2011 Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="1136"/>
+    <s v="Information technology and telecommunications directors"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="649"/>
+  </r>
+  <r>
+    <s v="CD372"/>
+    <s v="2011 Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="1139"/>
+    <s v="Functional managers and directors n.e.c."/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="20332"/>
+  </r>
+  <r>
+    <s v="CD372"/>
+    <s v="2011 Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="1150"/>
+    <s v="Financial institution managers and directors"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="8355"/>
+  </r>
+  <r>
+    <s v="CD372"/>
+    <s v="2011 Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="1161"/>
+    <s v="Managers and directors in transport and distribution"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3845"/>
+  </r>
+  <r>
+    <s v="CD372"/>
+    <s v="2011 Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="1162"/>
+    <s v="Managers and directors in storage and warehousing"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4656"/>
+  </r>
+  <r>
+    <s v="CD372"/>
+    <s v="2011 Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="1171"/>
+    <s v="Officers in armed forces"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="915"/>
+  </r>
+  <r>
+    <s v="CD372"/>
+    <s v="2011 Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="1172"/>
+    <s v="Senior police officers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="687"/>
+  </r>
+  <r>
+    <s v="CD372"/>
+    <s v="2011 Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="1181"/>
+    <s v="Health services and public health managers and directors"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1892"/>
+  </r>
+  <r>
+    <s v="CD372"/>
+    <s v="2011 Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="1184"/>
+    <s v="Social services managers and directors"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="798"/>
+  </r>
+  <r>
+    <s v="CD372"/>
+    <s v="2011 Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="1190"/>
+    <s v="Managers and directors in retail and wholesale"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="35161"/>
+  </r>
+  <r>
+    <s v="CD372"/>
+    <s v="2011 Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="1211"/>
+    <s v="Managers and proprietors in agriculture and horticulture"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="992"/>
+  </r>
+  <r>
+    <s v="CD372"/>
+    <s v="2011 Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="1213"/>
+    <s v="Managers and proprietors in forestry, fishing and related services"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="346"/>
+  </r>
+  <r>
+    <s v="CD372"/>
+    <s v="2011 Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="X11"/>
+    <s v="Managers and proprietors in horse-racing and related industries"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="250"/>
+  </r>
+  <r>
+    <s v="CD372"/>
+    <s v="2011 Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="1221"/>
+    <s v="Hotel and accommodation managers and proprietors"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="6951"/>
+  </r>
+  <r>
+    <s v="CD372"/>
+    <s v="2011 Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="1223"/>
+    <s v="Restaurant and catering establishment managers and proprietors"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="7471"/>
+  </r>
+  <r>
+    <s v="CD372"/>
+    <s v="2011 Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="1224"/>
+    <s v="Publicans and managers of licensed premises"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5260"/>
+  </r>
+  <r>
+    <s v="CD372"/>
+    <s v="2011 Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="1225"/>
+    <s v="Leisure and sports managers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3185"/>
+  </r>
+  <r>
+    <s v="CD372"/>
+    <s v="2011 Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="1226"/>
+    <s v="Travel agency managers and proprietors"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="294"/>
+  </r>
+  <r>
+    <s v="CD372"/>
+    <s v="2011 Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="1241"/>
+    <s v="Health care practice managers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="912"/>
+  </r>
+  <r>
+    <s v="CD372"/>
+    <s v="2011 Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="1242"/>
+    <s v="Residential, day and domiciliary care managers and proprietors"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1658"/>
+  </r>
+  <r>
+    <s v="CD372"/>
+    <s v="2011 Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="1252"/>
+    <s v="Garage managers and proprietors"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1517"/>
+  </r>
+  <r>
+    <s v="CD372"/>
+    <s v="2011 Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="1254"/>
+    <s v="Shopkeepers and proprietors - wholesale and retail"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="11340"/>
+  </r>
+  <r>
+    <s v="CD372"/>
+    <s v="2011 Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="1255"/>
+    <s v="Waste disposal and environmental services managers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="476"/>
+  </r>
+  <r>
+    <s v="CD372"/>
+    <s v="2011 Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="X12"/>
+    <s v="Civil and Public Service AP &amp; PO and equivalent grades"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3371"/>
+  </r>
+  <r>
+    <s v="CD372"/>
+    <s v="2011 Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="1259"/>
+    <s v="Managers and proprietors in other services n.e.c."/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="6881"/>
+  </r>
+  <r>
+    <s v="CD372"/>
+    <s v="2011 Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="2"/>
+    <s v="Professional occupations"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="353781"/>
+  </r>
+  <r>
+    <s v="CD372"/>
+    <s v="2011 Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="2111"/>
+    <s v="Chemical scientists"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1485"/>
+  </r>
+  <r>
+    <s v="CD372"/>
+    <s v="2011 Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="2112"/>
+    <s v="Biological scientists and biochemists"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4359"/>
+  </r>
+  <r>
+    <s v="CD372"/>
+    <s v="2011 Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="2113"/>
+    <s v="Physical scientists"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="781"/>
+  </r>
+  <r>
+    <s v="CD372"/>
+    <s v="2011 Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="2114"/>
+    <s v="Social and humanities scientists"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="952"/>
+  </r>
+  <r>
+    <s v="CD372"/>
+    <s v="2011 Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="2119"/>
+    <s v="Natural and social science professionals n.e.c."/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3102"/>
+  </r>
+  <r>
+    <s v="CD372"/>
+    <s v="2011 Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="2121"/>
+    <s v="Civil engineers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="6575"/>
+  </r>
+  <r>
+    <s v="CD372"/>
+    <s v="2011 Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="2122"/>
+    <s v="Mechanical engineers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4094"/>
+  </r>
+  <r>
+    <s v="CD372"/>
+    <s v="2011 Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="2123"/>
+    <s v="Electrical engineers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="6952"/>
+  </r>
+  <r>
+    <s v="CD372"/>
+    <s v="2011 Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="2126"/>
+    <s v="Design and development engineers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2160"/>
+  </r>
+  <r>
+    <s v="CD372"/>
+    <s v="2011 Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="2127"/>
+    <s v="Production and process engineers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2619"/>
+  </r>
+  <r>
+    <s v="CD372"/>
+    <s v="2011 Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="2129"/>
+    <s v="Engineering professionals n.e.c."/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5396"/>
+  </r>
+  <r>
+    <s v="CD372"/>
+    <s v="2011 Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="2133"/>
+    <s v="IT specialist managers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="8301"/>
+  </r>
+  <r>
+    <s v="CD372"/>
+    <s v="2011 Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="2134"/>
+    <s v="IT project and programme managers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4261"/>
+  </r>
+  <r>
+    <s v="CD372"/>
+    <s v="2011 Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="2135"/>
+    <s v="IT business analysts, architects and systems designers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3416"/>
+  </r>
+  <r>
+    <s v="CD372"/>
+    <s v="2011 Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="2136"/>
+    <s v="Programmers and software development professionals"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="14029"/>
+  </r>
+  <r>
+    <s v="CD372"/>
+    <s v="2011 Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="2137"/>
+    <s v="Web design and development professionals"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2150"/>
+  </r>
+  <r>
+    <s v="CD372"/>
+    <s v="2011 Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="2139"/>
+    <s v="Information technology and telecommunications professionals n.e.c."/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5595"/>
+  </r>
+  <r>
+    <s v="CD372"/>
+    <s v="2011 Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="2141"/>
+    <s v="Conservation professionals"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="464"/>
+  </r>
+  <r>
+    <s v="CD372"/>
+    <s v="2011 Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="2142"/>
+    <s v="Environment professionals"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1291"/>
+  </r>
+  <r>
+    <s v="CD372"/>
+    <s v="2011 Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="2150"/>
+    <s v="Research and development managers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="786"/>
+  </r>
+  <r>
+    <s v="CD372"/>
+    <s v="2011 Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="2211"/>
+    <s v="Medical practitioners"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="12275"/>
+  </r>
+  <r>
+    <s v="CD372"/>
+    <s v="2011 Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="2212"/>
+    <s v="Psychologists"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1899"/>
+  </r>
+  <r>
+    <s v="CD372"/>
+    <s v="2011 Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="2213"/>
+    <s v="Pharmacists"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3964"/>
+  </r>
+  <r>
+    <s v="CD372"/>
+    <s v="2011 Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="2214"/>
+    <s v="Ophthalmic opticians"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="780"/>
+  </r>
+  <r>
+    <s v="CD372"/>
+    <s v="2011 Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="2215"/>
+    <s v="Dental practitioners"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1915"/>
+  </r>
+  <r>
+    <s v="CD372"/>
+    <s v="2011 Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="2216"/>
+    <s v="Veterinarians"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1809"/>
+  </r>
+  <r>
+    <s v="CD372"/>
+    <s v="2011 Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="2217"/>
+    <s v="Medical radiographers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1484"/>
+  </r>
+  <r>
+    <s v="CD372"/>
+    <s v="2011 Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="2218"/>
+    <s v="Podiatrists"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="445"/>
+  </r>
+  <r>
+    <s v="CD372"/>
+    <s v="2011 Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="2219"/>
+    <s v="Health professionals n.e.c."/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="814"/>
+  </r>
+  <r>
+    <s v="CD372"/>
+    <s v="2011 Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="2221"/>
+    <s v="Physiotherapists"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2904"/>
+  </r>
+  <r>
+    <s v="CD372"/>
+    <s v="2011 Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="2222"/>
+    <s v="Occupational therapists"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1653"/>
+  </r>
+  <r>
+    <s v="CD372"/>
+    <s v="2011 Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="2223"/>
+    <s v="Speech and language therapists"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1083"/>
+  </r>
+  <r>
+    <s v="CD372"/>
+    <s v="2011 Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="2229"/>
+    <s v="Therapy professionals n.e.c."/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2015"/>
+  </r>
+  <r>
+    <s v="CD372"/>
+    <s v="2011 Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="X13"/>
+    <s v="Nurses and midwives"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="55866"/>
+  </r>
+  <r>
+    <s v="CD372"/>
+    <s v="2011 Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="X14"/>
+    <s v="Further and higher education teaching professionals"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="13017"/>
+  </r>
+  <r>
+    <s v="CD372"/>
+    <s v="2011 Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="2314"/>
+    <s v="Secondary education teaching professionals"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="31971"/>
+  </r>
+  <r>
+    <s v="CD372"/>
+    <s v="2011 Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="2315"/>
+    <s v="Primary and nursery education teaching professionals"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="39876"/>
+  </r>
+  <r>
+    <s v="CD372"/>
+    <s v="2011 Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="2317"/>
+    <s v="Senior professionals of educational establishments"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4439"/>
+  </r>
+  <r>
+    <s v="CD372"/>
+    <s v="2011 Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="2318"/>
+    <s v="Education advisers and school inspectors"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="414"/>
+  </r>
+  <r>
+    <s v="CD372"/>
+    <s v="2011 Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="2319"/>
+    <s v="Teaching and other educational professionals n.e.c."/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="8299"/>
+  </r>
+  <r>
+    <s v="CD372"/>
+    <s v="2011 Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="2412"/>
+    <s v="Barristers and judges"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="11729"/>
+  </r>
+  <r>
+    <s v="CD372"/>
+    <s v="2011 Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="2419"/>
+    <s v="Legal professionals n.e.c."/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="774"/>
+  </r>
+  <r>
+    <s v="CD372"/>
+    <s v="2011 Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="2421"/>
+    <s v="Chartered and certified accountants"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="29573"/>
+  </r>
+  <r>
+    <s v="CD372"/>
+    <s v="2011 Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="2423"/>
+    <s v="Management consultants and business analysts"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="6418"/>
+  </r>
+  <r>
+    <s v="CD372"/>
+    <s v="2011 Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="2424"/>
+    <s v="Business and financial project management professionals"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3732"/>
+  </r>
+  <r>
+    <s v="CD372"/>
+    <s v="2011 Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="2425"/>
+    <s v="Actuaries, economists and statisticians"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3597"/>
+  </r>
+  <r>
+    <s v="CD372"/>
+    <s v="2011 Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="2429"/>
+    <s v="Business, research and administrative professionals n.e.c."/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="827"/>
+  </r>
+  <r>
+    <s v="CD372"/>
+    <s v="2011 Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="X15"/>
+    <s v="Architects and town planners"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="8865"/>
+  </r>
+  <r>
+    <s v="CD372"/>
+    <s v="2011 Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="2435"/>
+    <s v="Chartered architectural technologists"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="342"/>
+  </r>
+  <r>
+    <s v="CD372"/>
+    <s v="2011 Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="2436"/>
+    <s v="Construction project managers and related professionals"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1229"/>
+  </r>
+  <r>
+    <s v="CD372"/>
+    <s v="2011 Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="2442"/>
+    <s v="Social workers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3711"/>
+  </r>
+  <r>
+    <s v="CD372"/>
+    <s v="2011 Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="2443"/>
+    <s v="Probation officers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="337"/>
+  </r>
+  <r>
+    <s v="CD372"/>
+    <s v="2011 Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="2444"/>
+    <s v="Clergy"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3611"/>
+  </r>
+  <r>
+    <s v="CD372"/>
+    <s v="2011 Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="2449"/>
+    <s v="Welfare professionals n.e.c."/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="14"/>
+  </r>
+  <r>
+    <s v="CD372"/>
+    <s v="2011 Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="2451"/>
+    <s v="Librarians"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1807"/>
+  </r>
+  <r>
+    <s v="CD372"/>
+    <s v="2011 Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="2461"/>
+    <s v="Quality control and planning engineers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1746"/>
+  </r>
+  <r>
+    <s v="CD372"/>
+    <s v="2011 Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="2462"/>
+    <s v="Quality assurance and regulatory professionals"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2391"/>
+  </r>
+  <r>
+    <s v="CD372"/>
+    <s v="2011 Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="2463"/>
+    <s v="Environmental health professionals"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="879"/>
+  </r>
+  <r>
+    <s v="CD372"/>
+    <s v="2011 Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="2471"/>
+    <s v="Journalists, newspaper and periodical editors"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3971"/>
+  </r>
+  <r>
+    <s v="CD372"/>
+    <s v="2011 Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="2472"/>
+    <s v="Public relations professionals"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1511"/>
+  </r>
+  <r>
+    <s v="CD372"/>
+    <s v="2011 Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="2473"/>
+    <s v="Advertising accounts managers and creative directors"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1027"/>
+  </r>
+  <r>
+    <s v="CD372"/>
+    <s v="2011 Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="3"/>
+    <s v="Associate professional and technical occupations"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="231160"/>
+  </r>
+  <r>
+    <s v="CD372"/>
+    <s v="2011 Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="3111"/>
+    <s v="Laboratory technicians"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="6375"/>
+  </r>
+  <r>
+    <s v="CD372"/>
+    <s v="2011 Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="3112"/>
+    <s v="Electrical and electronics technicians"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2414"/>
+  </r>
+  <r>
+    <s v="CD372"/>
+    <s v="2011 Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="3114"/>
+    <s v="Building and civil engineering technicians"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="6215"/>
+  </r>
+  <r>
+    <s v="CD372"/>
+    <s v="2011 Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="3115"/>
+    <s v="Quality assurance technicians"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2743"/>
+  </r>
+  <r>
+    <s v="CD372"/>
+    <s v="2011 Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="3116"/>
+    <s v="Planning, process and production technicians"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3061"/>
+  </r>
+  <r>
+    <s v="CD372"/>
+    <s v="2011 Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="3119"/>
+    <s v="Science, engineering and production technicians n.e.c."/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2186"/>
+  </r>
+  <r>
+    <s v="CD372"/>
+    <s v="2011 Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="3121"/>
+    <s v="Architectural and town planning technicians"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3519"/>
+  </r>
+  <r>
+    <s v="CD372"/>
+    <s v="2011 Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="3131"/>
+    <s v="IT operations technicians"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="7383"/>
+  </r>
+  <r>
+    <s v="CD372"/>
+    <s v="2011 Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="3132"/>
+    <s v="IT user support technicians"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4710"/>
+  </r>
+  <r>
+    <s v="CD372"/>
+    <s v="2011 Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="3213"/>
+    <s v="Paramedics"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1277"/>
+  </r>
+  <r>
+    <s v="CD372"/>
+    <s v="2011 Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="3217"/>
+    <s v="Pharmaceutical technicians"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2655"/>
+  </r>
+  <r>
+    <s v="CD372"/>
+    <s v="2011 Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="3218"/>
+    <s v="Medical and dental technicians"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4275"/>
+  </r>
+  <r>
+    <s v="CD372"/>
+    <s v="2011 Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="3219"/>
+    <s v="Health associate professionals n.e.c."/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2806"/>
+  </r>
+  <r>
+    <s v="CD372"/>
+    <s v="2011 Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="3231"/>
+    <s v="Youth and community workers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="7601"/>
+  </r>
+  <r>
+    <s v="CD372"/>
+    <s v="2011 Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="3233"/>
+    <s v="Child and early years officers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="294"/>
+  </r>
+  <r>
+    <s v="CD372"/>
+    <s v="2011 Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="3234"/>
+    <s v="Housing officers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="325"/>
+  </r>
+  <r>
+    <s v="CD372"/>
+    <s v="2011 Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="3235"/>
+    <s v="Counsellors"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="729"/>
+  </r>
+  <r>
+    <s v="CD372"/>
+    <s v="2011 Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="3239"/>
+    <s v="Welfare and housing associate professionals n.e.c."/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1747"/>
+  </r>
+  <r>
+    <s v="CD372"/>
+    <s v="2011 Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="3311"/>
+    <s v="NCOs and other ranks"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="7206"/>
+  </r>
+  <r>
+    <s v="CD372"/>
+    <s v="2011 Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="3312"/>
+    <s v="Police officers (sergeant and below)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="13126"/>
+  </r>
+  <r>
+    <s v="CD372"/>
+    <s v="2011 Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="3313"/>
+    <s v="Fire service officers (watch manager and below)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2466"/>
+  </r>
+  <r>
+    <s v="CD372"/>
+    <s v="2011 Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="3314"/>
+    <s v="Prison service officers (below principal officer)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2785"/>
+  </r>
+  <r>
+    <s v="CD372"/>
+    <s v="2011 Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="3319"/>
+    <s v="Protective service associate professionals n.e.c."/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1114"/>
+  </r>
+  <r>
+    <s v="CD372"/>
+    <s v="2011 Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="3411"/>
+    <s v="Artists"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2615"/>
+  </r>
+  <r>
+    <s v="CD372"/>
+    <s v="2011 Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="3412"/>
+    <s v="Authors, writers and translators"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2212"/>
+  </r>
+  <r>
+    <s v="CD372"/>
+    <s v="2011 Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="3413"/>
+    <s v="Actors, entertainers and presenters"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5212"/>
+  </r>
+  <r>
+    <s v="CD372"/>
+    <s v="2011 Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="3416"/>
+    <s v="Arts officers, producers and directors"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2824"/>
+  </r>
+  <r>
+    <s v="CD372"/>
+    <s v="2011 Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="3417"/>
+    <s v="Photographers, audio-visual and broadcasting equipment operators"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3811"/>
+  </r>
+  <r>
+    <s v="CD372"/>
+    <s v="2011 Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="3421"/>
+    <s v="Graphic designers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="6059"/>
+  </r>
+  <r>
+    <s v="CD372"/>
+    <s v="2011 Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="3441"/>
+    <s v="Sports players"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1293"/>
+  </r>
+  <r>
+    <s v="CD372"/>
+    <s v="2011 Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="3442"/>
+    <s v="Sports coaches, instructors and officials"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2868"/>
+  </r>
+  <r>
+    <s v="CD372"/>
+    <s v="2011 Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="3443"/>
+    <s v="Fitness instructors"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2833"/>
+  </r>
+  <r>
+    <s v="CD372"/>
+    <s v="2011 Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="3512"/>
+    <s v="Aircraft pilots and flight engineers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1692"/>
+  </r>
+  <r>
+    <s v="CD372"/>
+    <s v="2011 Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="3513"/>
+    <s v="Ship and hovercraft officers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="705"/>
+  </r>
+  <r>
+    <s v="CD372"/>
+    <s v="2011 Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="3520"/>
+    <s v="Legal associate professionals"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2458"/>
+  </r>
+  <r>
+    <s v="CD372"/>
+    <s v="2011 Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="3532"/>
+    <s v="Brokers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3222"/>
+  </r>
+  <r>
+    <s v="CD372"/>
+    <s v="2011 Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="3533"/>
+    <s v="Insurance underwriters"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1547"/>
+  </r>
+  <r>
+    <s v="CD372"/>
+    <s v="2011 Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="3534"/>
+    <s v="Finance and investment analysts and advisers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="7928"/>
+  </r>
+  <r>
+    <s v="CD372"/>
+    <s v="2011 Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="3536"/>
+    <s v="Importers and exporters"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="365"/>
+  </r>
+  <r>
+    <s v="CD372"/>
+    <s v="2011 Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="3537"/>
+    <s v="Financial and accounting technicians"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3244"/>
+  </r>
+  <r>
+    <s v="CD372"/>
+    <s v="2011 Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="3538"/>
+    <s v="Financial accounts managers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="11223"/>
+  </r>
+  <r>
+    <s v="CD372"/>
+    <s v="2011 Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="3539"/>
+    <s v="Business and related associate professionals n.e.c."/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1821"/>
+  </r>
+  <r>
+    <s v="CD372"/>
+    <s v="2011 Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="3541"/>
+    <s v="Buyers and procurement officers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3434"/>
+  </r>
+  <r>
+    <s v="CD372"/>
+    <s v="2011 Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="3542"/>
+    <s v="Business sales executives"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="22680"/>
+  </r>
+  <r>
+    <s v="CD372"/>
+    <s v="2011 Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="3543"/>
+    <s v="Marketing associate professionals"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5146"/>
+  </r>
+  <r>
+    <s v="CD372"/>
+    <s v="2011 Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="3544"/>
+    <s v="Estate agents and auctioneers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2824"/>
+  </r>
+  <r>
+    <s v="CD372"/>
+    <s v="2011 Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="3545"/>
+    <s v="Sales accounts and business development managers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="21933"/>
+  </r>
+  <r>
+    <s v="CD372"/>
+    <s v="2011 Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="3546"/>
+    <s v="Conference and exhibition managers and organisers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1911"/>
+  </r>
+  <r>
+    <s v="CD372"/>
+    <s v="2011 Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="3550"/>
+    <s v="Conservation and environmental associate professionals"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="820"/>
+  </r>
+  <r>
+    <s v="CD372"/>
+    <s v="2011 Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="3561"/>
+    <s v="Public services associate professionals"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4753"/>
+  </r>
+  <r>
+    <s v="CD372"/>
+    <s v="2011 Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="3562"/>
+    <s v="Human resources and industrial relations officers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4521"/>
+  </r>
+  <r>
+    <s v="CD372"/>
+    <s v="2011 Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="3563"/>
+    <s v="Vocational and industrial trainers and instructors"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="6841"/>
+  </r>
+  <r>
+    <s v="CD372"/>
+    <s v="2011 Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="3564"/>
+    <s v="Careers advisers and vocational guidance specialists"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1410"/>
+  </r>
+  <r>
+    <s v="CD372"/>
+    <s v="2011 Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="3565"/>
+    <s v="Inspectors of standards and regulations"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1690"/>
+  </r>
+  <r>
+    <s v="CD372"/>
+    <s v="2011 Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="3567"/>
+    <s v="Health and safety officers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2253"/>
+  </r>
+  <r>
+    <s v="CD372"/>
+    <s v="2011 Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="4"/>
+    <s v="Administrative and secretarial occupations"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="226652"/>
+  </r>
+  <r>
+    <s v="CD372"/>
+    <s v="2011 Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="4112"/>
+    <s v="National government administrative occupations"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="24545"/>
+  </r>
+  <r>
+    <s v="CD372"/>
+    <s v="2011 Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="4113"/>
+    <s v="Local government administrative occupations"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="18487"/>
+  </r>
+  <r>
+    <s v="CD372"/>
+    <s v="2011 Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="4114"/>
+    <s v="Officers of non-governmental organisations"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2643"/>
+  </r>
+  <r>
+    <s v="CD372"/>
+    <s v="2011 Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="4121"/>
+    <s v="Credit controllers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3290"/>
+  </r>
+  <r>
+    <s v="CD372"/>
+    <s v="2011 Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="4122"/>
+    <s v="Book-keepers, payroll managers and wages clerks"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="22602"/>
+  </r>
+  <r>
+    <s v="CD372"/>
+    <s v="2011 Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="4123"/>
+    <s v="Bank and post office clerks"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="23086"/>
+  </r>
+  <r>
+    <s v="CD372"/>
+    <s v="2011 Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="4124"/>
+    <s v="Finance officers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="620"/>
+  </r>
+  <r>
+    <s v="CD372"/>
+    <s v="2011 Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="4129"/>
+    <s v="Financial administrative occupations n.e.c."/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="6571"/>
+  </r>
+  <r>
+    <s v="CD372"/>
+    <s v="2011 Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="4132"/>
+    <s v="Pensions and insurance clerks and assistants"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="7224"/>
+  </r>
+  <r>
+    <s v="CD372"/>
+    <s v="2011 Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="4133"/>
+    <s v="Stock control clerks and assistants"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3340"/>
+  </r>
+  <r>
+    <s v="CD372"/>
+    <s v="2011 Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="4134"/>
+    <s v="Transport and distribution clerks and assistants"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3149"/>
+  </r>
+  <r>
+    <s v="CD372"/>
+    <s v="2011 Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="4138"/>
+    <s v="Human resources administrative occupations"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="861"/>
+  </r>
+  <r>
+    <s v="CD372"/>
+    <s v="2011 Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="4151"/>
+    <s v="Sales administrators"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3209"/>
+  </r>
+  <r>
+    <s v="CD372"/>
+    <s v="2011 Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="4159"/>
+    <s v="Other administrative occupations n.e.c."/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="54564"/>
+  </r>
+  <r>
+    <s v="CD372"/>
+    <s v="2011 Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="4161"/>
+    <s v="Office managers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="8932"/>
+  </r>
+  <r>
+    <s v="CD372"/>
+    <s v="2011 Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="4162"/>
+    <s v="Office supervisors"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1696"/>
+  </r>
+  <r>
+    <s v="CD372"/>
+    <s v="2011 Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="4215"/>
+    <s v="Personal assistants and other secretaries"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="29344"/>
+  </r>
+  <r>
+    <s v="CD372"/>
+    <s v="2011 Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="4216"/>
+    <s v="Receptionists"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="12489"/>
+  </r>
+  <r>
+    <s v="CD372"/>
+    <s v="2011 Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="5"/>
+    <s v="Skilled trades occupations"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="348104"/>
+  </r>
+  <r>
+    <s v="CD372"/>
+    <s v="2011 Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="5111"/>
+    <s v="Farmers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="75860"/>
+  </r>
+  <r>
+    <s v="CD372"/>
+    <s v="2011 Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="5112"/>
+    <s v="Horticultural trades"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1234"/>
+  </r>
+  <r>
+    <s v="CD372"/>
+    <s v="2011 Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="5113"/>
+    <s v="Gardeners and landscape gardeners"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="6481"/>
+  </r>
+  <r>
+    <s v="CD372"/>
+    <s v="2011 Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="5114"/>
+    <s v="Groundsmen and greenkeepers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2618"/>
+  </r>
+  <r>
+    <s v="CD372"/>
+    <s v="2011 Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="X17"/>
+    <s v="Skilled workers in horse-racing and related industries"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="841"/>
+  </r>
+  <r>
+    <s v="CD372"/>
+    <s v="2011 Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="5119"/>
+    <s v="Agricultural and fishing trades n.e.c."/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2258"/>
+  </r>
+  <r>
+    <s v="CD372"/>
+    <s v="2011 Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="5211"/>
+    <s v="Smiths and forge workers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="474"/>
+  </r>
+  <r>
+    <s v="CD372"/>
+    <s v="2011 Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="5212"/>
+    <s v="Moulders, core makers and die casters"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="138"/>
+  </r>
+  <r>
+    <s v="CD372"/>
+    <s v="2011 Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="5213"/>
+    <s v="Sheet metal workers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3659"/>
+  </r>
+  <r>
+    <s v="CD372"/>
+    <s v="2011 Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="5215"/>
+    <s v="Welding trades"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="7370"/>
+  </r>
+  <r>
+    <s v="CD372"/>
+    <s v="2011 Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="5216"/>
+    <s v="Pipe fitters"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="602"/>
+  </r>
+  <r>
+    <s v="CD372"/>
+    <s v="2011 Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="5221"/>
+    <s v="Metal machining setters and setter-operators"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1212"/>
+  </r>
+  <r>
+    <s v="CD372"/>
+    <s v="2011 Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="5222"/>
+    <s v="Tool makers, tool fitters and markers-out"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1083"/>
+  </r>
+  <r>
+    <s v="CD372"/>
+    <s v="2011 Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="5223"/>
+    <s v="Metal working production and maintenance fitters"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="15452"/>
+  </r>
+  <r>
+    <s v="CD372"/>
+    <s v="2011 Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="5224"/>
+    <s v="Precision instrument makers and repairers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1054"/>
+  </r>
+  <r>
+    <s v="CD372"/>
+    <s v="2011 Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="5225"/>
+    <s v="Air-conditioning and refrigeration engineers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1438"/>
+  </r>
+  <r>
+    <s v="CD372"/>
+    <s v="2011 Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="5231"/>
+    <s v="Vehicle technicians, mechanics and electricians"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="17803"/>
+  </r>
+  <r>
+    <s v="CD372"/>
+    <s v="2011 Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="5232"/>
+    <s v="Vehicle body builders and repairers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3139"/>
+  </r>
+  <r>
+    <s v="CD372"/>
+    <s v="2011 Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="5235"/>
+    <s v="Aircraft maintenance and related trades"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1795"/>
+  </r>
+  <r>
+    <s v="CD372"/>
+    <s v="2011 Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="5236"/>
+    <s v="Boat and ship builders and repairers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="520"/>
+  </r>
+  <r>
+    <s v="CD372"/>
+    <s v="2011 Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="5237"/>
+    <s v="Rail and rolling stock builders and repairers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="61"/>
+  </r>
+  <r>
+    <s v="CD372"/>
+    <s v="2011 Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="5241"/>
+    <s v="Electricians and electrical fitters"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="19657"/>
+  </r>
+  <r>
+    <s v="CD372"/>
+    <s v="2011 Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="5242"/>
+    <s v="Telecommunications engineers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5734"/>
+  </r>
+  <r>
+    <s v="CD372"/>
+    <s v="2011 Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="5244"/>
+    <s v="TV, video and audio engineers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1168"/>
+  </r>
+  <r>
+    <s v="CD372"/>
+    <s v="2011 Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="5245"/>
+    <s v="IT engineers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3349"/>
+  </r>
+  <r>
+    <s v="CD372"/>
+    <s v="2011 Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="5249"/>
+    <s v="Electrical and electronic trades n.e.c."/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4184"/>
+  </r>
+  <r>
+    <s v="CD372"/>
+    <s v="2011 Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="5250"/>
+    <s v="Skilled metal, electrical and electronic trades supervisors"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2852"/>
+  </r>
+  <r>
+    <s v="CD372"/>
+    <s v="2011 Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="5312"/>
+    <s v="Bricklayers and masons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="10002"/>
+  </r>
+  <r>
+    <s v="CD372"/>
+    <s v="2011 Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="5313"/>
+    <s v="Roofers, roof tilers and slaters"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2435"/>
+  </r>
+  <r>
+    <s v="CD372"/>
+    <s v="2011 Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="5314"/>
+    <s v="Plumbers and heating and ventilating engineers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="13017"/>
+  </r>
+  <r>
+    <s v="CD372"/>
+    <s v="2011 Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="5315"/>
+    <s v="Carpenters and joiners"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="29260"/>
+  </r>
+  <r>
+    <s v="CD372"/>
+    <s v="2011 Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="5316"/>
+    <s v="Glaziers, window fabricators and fitters"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3949"/>
+  </r>
+  <r>
+    <s v="CD372"/>
+    <s v="2011 Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="5319"/>
+    <s v="Construction and building trades n.e.c."/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="15083"/>
+  </r>
+  <r>
+    <s v="CD372"/>
+    <s v="2011 Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="5321"/>
+    <s v="Plasterers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="9626"/>
+  </r>
+  <r>
+    <s v="CD372"/>
+    <s v="2011 Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="5322"/>
+    <s v="Floorers and wall tilers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4747"/>
+  </r>
+  <r>
+    <s v="CD372"/>
+    <s v="2011 Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="5323"/>
+    <s v="Painters and decorators"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="11105"/>
+  </r>
+  <r>
+    <s v="CD372"/>
+    <s v="2011 Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="5330"/>
+    <s v="Construction and building trades supervisors"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4754"/>
+  </r>
+  <r>
+    <s v="CD372"/>
+    <s v="2011 Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="5411"/>
+    <s v="Weavers and knitters"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="303"/>
+  </r>
+  <r>
+    <s v="CD372"/>
+    <s v="2011 Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="5412"/>
+    <s v="Upholsterers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="972"/>
+  </r>
+  <r>
+    <s v="CD372"/>
+    <s v="2011 Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="5413"/>
+    <s v="Footwear and leather working trades"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="334"/>
+  </r>
+  <r>
+    <s v="CD372"/>
+    <s v="2011 Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="5414"/>
+    <s v="Tailors and dressmakers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1100"/>
+  </r>
+  <r>
+    <s v="CD372"/>
+    <s v="2011 Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="5419"/>
+    <s v="Textiles, garments and related trades n.e.c."/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="161"/>
+  </r>
+  <r>
+    <s v="CD372"/>
+    <s v="2011 Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="5422"/>
+    <s v="Printers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5207"/>
+  </r>
+  <r>
+    <s v="CD372"/>
+    <s v="2011 Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="5423"/>
+    <s v="Print finishing and binding workers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="765"/>
+  </r>
+  <r>
+    <s v="CD372"/>
+    <s v="2011 Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="5431"/>
+    <s v="Butchers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="7438"/>
+  </r>
+  <r>
+    <s v="CD372"/>
+    <s v="2011 Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="5432"/>
+    <s v="Bakers and flour confectioners"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2855"/>
+  </r>
+  <r>
+    <s v="CD372"/>
+    <s v="2011 Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="5433"/>
+    <s v="Fishmongers and poultry dressers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="304"/>
+  </r>
+  <r>
+    <s v="CD372"/>
+    <s v="2011 Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="5434"/>
+    <s v="Chefs"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="22321"/>
+  </r>
+  <r>
+    <s v="CD372"/>
+    <s v="2011 Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="5435"/>
+    <s v="Cooks"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3804"/>
+  </r>
+  <r>
+    <s v="CD372"/>
+    <s v="2011 Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="5436"/>
+    <s v="Catering and bar managers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="6749"/>
+  </r>
+  <r>
+    <s v="CD372"/>
+    <s v="2011 Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="5441"/>
+    <s v="Glass and ceramics makers, decorators and finishers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1549"/>
+  </r>
+  <r>
+    <s v="CD372"/>
+    <s v="2011 Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="5442"/>
+    <s v="Furniture makers and other craft woodworkers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4255"/>
+  </r>
+  <r>
+    <s v="CD372"/>
+    <s v="2011 Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="5443"/>
+    <s v="Florists"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1210"/>
+  </r>
+  <r>
+    <s v="CD372"/>
+    <s v="2011 Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="5449"/>
+    <s v="Other skilled trades n.e.c."/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2763"/>
+  </r>
+  <r>
+    <s v="CD372"/>
+    <s v="2011 Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="6"/>
+    <s v="Caring, leisure and other service occupations"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="144589"/>
+  </r>
+  <r>
+    <s v="CD372"/>
+    <s v="2011 Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="6121"/>
+    <s v="Nursery nurses and assistants"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5144"/>
+  </r>
+  <r>
+    <s v="CD372"/>
+    <s v="2011 Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="6122"/>
+    <s v="Childminders and related occupations"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="17636"/>
+  </r>
+  <r>
+    <s v="CD372"/>
+    <s v="2011 Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="6125"/>
+    <s v="Teaching assistants"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1538"/>
+  </r>
+  <r>
+    <s v="CD372"/>
+    <s v="2011 Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="6126"/>
+    <s v="Educational support assistants"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="13426"/>
+  </r>
+  <r>
+    <s v="CD372"/>
+    <s v="2011 Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="6131"/>
+    <s v="Veterinary nurses"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="476"/>
+  </r>
+  <r>
+    <s v="CD372"/>
+    <s v="2011 Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="6132"/>
+    <s v="Pest control officers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="250"/>
+  </r>
+  <r>
+    <s v="CD372"/>
+    <s v="2011 Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="6139"/>
+    <s v="Animal care services occupations n.e.c."/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1353"/>
+  </r>
+  <r>
+    <s v="CD372"/>
+    <s v="2011 Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="6141"/>
+    <s v="Nursing auxiliaries and assistants"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="12833"/>
+  </r>
+  <r>
+    <s v="CD372"/>
+    <s v="2011 Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="6144"/>
+    <s v="Houseparents and residential wardens"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="369"/>
+  </r>
+  <r>
+    <s v="CD372"/>
+    <s v="2011 Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="6145"/>
+    <s v="Care workers and home carers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="41968"/>
+  </r>
+  <r>
+    <s v="CD372"/>
+    <s v="2011 Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="6146"/>
+    <s v="Senior care workers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="205"/>
+  </r>
+  <r>
+    <s v="CD372"/>
+    <s v="2011 Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="6147"/>
+    <s v="Care escorts"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="496"/>
+  </r>
+  <r>
+    <s v="CD372"/>
+    <s v="2011 Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="6148"/>
+    <s v="Undertakers, mortuary and crematorium assistants"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="522"/>
+  </r>
+  <r>
+    <s v="CD372"/>
+    <s v="2011 Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="6211"/>
+    <s v="Sports and leisure assistants"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2308"/>
+  </r>
+  <r>
+    <s v="CD372"/>
+    <s v="2011 Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="6212"/>
+    <s v="Travel agents"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2950"/>
+  </r>
+  <r>
+    <s v="CD372"/>
+    <s v="2011 Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="6214"/>
+    <s v="Air travel assistants"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2600"/>
+  </r>
+  <r>
+    <s v="CD372"/>
+    <s v="2011 Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="6215"/>
+    <s v="Rail travel assistants"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="124"/>
+  </r>
+  <r>
+    <s v="CD372"/>
+    <s v="2011 Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="6219"/>
+    <s v="Leisure and travel service occupations n.e.c."/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="984"/>
+  </r>
+  <r>
+    <s v="CD372"/>
+    <s v="2011 Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="X18"/>
+    <s v="Hairdressers, barbers, beauticians and related occupations"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="25475"/>
+  </r>
+  <r>
+    <s v="CD372"/>
+    <s v="2011 Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="6231"/>
+    <s v="Housekeepers and related occupations"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4935"/>
+  </r>
+  <r>
+    <s v="CD372"/>
+    <s v="2011 Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="6232"/>
+    <s v="Caretakers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="6790"/>
+  </r>
+  <r>
+    <s v="CD372"/>
+    <s v="2011 Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="6240"/>
+    <s v="Cleaning and housekeeping managers and supervisors"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2207"/>
+  </r>
+  <r>
+    <s v="CD372"/>
+    <s v="2011 Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="7"/>
+    <s v="Sales and customer service occupations"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="155280"/>
+  </r>
+  <r>
+    <s v="CD372"/>
+    <s v="2011 Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="7111"/>
+    <s v="Sales and retail assistants"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="105616"/>
+  </r>
+  <r>
+    <s v="CD372"/>
+    <s v="2011 Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="7113"/>
+    <s v="Telephone salespersons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1890"/>
+  </r>
+  <r>
+    <s v="CD372"/>
+    <s v="2011 Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="7114"/>
+    <s v="Pharmacy and other dispensing assistants"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3475"/>
+  </r>
+  <r>
+    <s v="CD372"/>
+    <s v="2011 Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="7115"/>
+    <s v="Vehicle and parts salespersons and advisers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1521"/>
+  </r>
+  <r>
+    <s v="CD372"/>
+    <s v="2011 Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="7122"/>
+    <s v="Debt, rent and other cash collectors"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1257"/>
+  </r>
+  <r>
+    <s v="CD372"/>
+    <s v="2011 Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="7123"/>
+    <s v="Roundspersons and van salespersons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2294"/>
+  </r>
+  <r>
+    <s v="CD372"/>
+    <s v="2011 Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="7124"/>
+    <s v="Market and street traders and assistants"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="508"/>
+  </r>
+  <r>
+    <s v="CD372"/>
+    <s v="2011 Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="7125"/>
+    <s v="Merchandisers and window dressers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2067"/>
+  </r>
+  <r>
+    <s v="CD372"/>
+    <s v="2011 Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="7129"/>
+    <s v="Sales related occupations n.e.c."/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="8271"/>
+  </r>
+  <r>
+    <s v="CD372"/>
+    <s v="2011 Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="7130"/>
+    <s v="Sales supervisors"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5548"/>
+  </r>
+  <r>
+    <s v="CD372"/>
+    <s v="2011 Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="7211"/>
+    <s v="Call and contact centre occupations"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1875"/>
+  </r>
+  <r>
+    <s v="CD372"/>
+    <s v="2011 Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="7213"/>
+    <s v="Telephonists"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1036"/>
+  </r>
+  <r>
+    <s v="CD372"/>
+    <s v="2011 Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="7214"/>
+    <s v="Communication operators"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="828"/>
+  </r>
+  <r>
+    <s v="CD372"/>
+    <s v="2011 Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="7215"/>
+    <s v="Market research interviewers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="583"/>
+  </r>
+  <r>
+    <s v="CD372"/>
+    <s v="2011 Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="7219"/>
+    <s v="Customer service occupations n.e.c."/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="13685"/>
+  </r>
+  <r>
+    <s v="CD372"/>
+    <s v="2011 Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="7220"/>
+    <s v="Customer service managers and supervisors"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4826"/>
+  </r>
+  <r>
+    <s v="CD372"/>
+    <s v="2011 Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="8"/>
+    <s v="Process, plant and machine operatives"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="167736"/>
+  </r>
+  <r>
+    <s v="CD372"/>
+    <s v="2011 Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="8111"/>
+    <s v="Food, drink and tobacco process operatives"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="17125"/>
+  </r>
+  <r>
+    <s v="CD372"/>
+    <s v="2011 Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="8113"/>
+    <s v="Textile process operatives"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1395"/>
+  </r>
+  <r>
+    <s v="CD372"/>
+    <s v="2011 Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="8114"/>
+    <s v="Chemical and related process operatives"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="11238"/>
+  </r>
+  <r>
+    <s v="CD372"/>
+    <s v="2011 Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="8115"/>
+    <s v="Rubber process operatives"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="175"/>
+  </r>
+  <r>
+    <s v="CD372"/>
+    <s v="2011 Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="8116"/>
+    <s v="Plastics process operatives"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1744"/>
+  </r>
+  <r>
+    <s v="CD372"/>
+    <s v="2011 Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="8117"/>
+    <s v="Metal making and treating process operatives"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="415"/>
+  </r>
+  <r>
+    <s v="CD372"/>
+    <s v="2011 Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="8118"/>
+    <s v="Electroplaters"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="61"/>
+  </r>
+  <r>
+    <s v="CD372"/>
+    <s v="2011 Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="8121"/>
+    <s v="Paper and wood machine operatives"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2155"/>
+  </r>
+  <r>
+    <s v="CD372"/>
+    <s v="2011 Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="8122"/>
+    <s v="Coal mine operatives"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="120"/>
+  </r>
+  <r>
+    <s v="CD372"/>
+    <s v="2011 Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="8123"/>
+    <s v="Quarry workers and related operatives"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1645"/>
+  </r>
+  <r>
+    <s v="CD372"/>
+    <s v="2011 Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="8124"/>
+    <s v="Energy plant operatives"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="983"/>
+  </r>
+  <r>
+    <s v="CD372"/>
+    <s v="2011 Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="8125"/>
+    <s v="Metal working machine operatives"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1315"/>
+  </r>
+  <r>
+    <s v="CD372"/>
+    <s v="2011 Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="8126"/>
+    <s v="Water and sewerage plant operatives"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="694"/>
+  </r>
+  <r>
+    <s v="CD372"/>
+    <s v="2011 Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="8129"/>
+    <s v="Plant and machine operatives n.e.c."/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="10875"/>
+  </r>
+  <r>
+    <s v="CD372"/>
+    <s v="2011 Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="8131"/>
+    <s v="Assemblers (electrical and electronic products)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4836"/>
+  </r>
+  <r>
+    <s v="CD372"/>
+    <s v="2011 Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="8132"/>
+    <s v="Assemblers (vehicles and metal goods)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="9745"/>
+  </r>
+  <r>
+    <s v="CD372"/>
+    <s v="2011 Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="8133"/>
+    <s v="Routine inspectors and testers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4448"/>
+  </r>
+  <r>
+    <s v="CD372"/>
+    <s v="2011 Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="8134"/>
+    <s v="Weighers, graders and sorters"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="201"/>
+  </r>
+  <r>
+    <s v="CD372"/>
+    <s v="2011 Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="8137"/>
+    <s v="Sewing machinists"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1953"/>
+  </r>
+  <r>
+    <s v="CD372"/>
+    <s v="2011 Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="8142"/>
+    <s v="Road construction operatives"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3732"/>
+  </r>
+  <r>
+    <s v="CD372"/>
+    <s v="2011 Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="8143"/>
+    <s v="Rail construction and maintenance operatives"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="293"/>
+  </r>
+  <r>
+    <s v="CD372"/>
+    <s v="2011 Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="8149"/>
+    <s v="Construction operatives n.e.c."/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="9174"/>
+  </r>
+  <r>
+    <s v="CD372"/>
+    <s v="2011 Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="8211"/>
+    <s v="Large goods vehicle drivers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="25044"/>
+  </r>
+  <r>
+    <s v="CD372"/>
+    <s v="2011 Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="8212"/>
+    <s v="Van drivers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="9664"/>
+  </r>
+  <r>
+    <s v="CD372"/>
+    <s v="2011 Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="8213"/>
+    <s v="Bus and coach drivers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="8483"/>
+  </r>
+  <r>
+    <s v="CD372"/>
+    <s v="2011 Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="8214"/>
+    <s v="Taxi and cab drivers and chauffeurs"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="18277"/>
+  </r>
+  <r>
+    <s v="CD372"/>
+    <s v="2011 Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="8215"/>
+    <s v="Driving instructors"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1246"/>
+  </r>
+  <r>
+    <s v="CD372"/>
+    <s v="2011 Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="8221"/>
+    <s v="Crane drivers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="890"/>
+  </r>
+  <r>
+    <s v="CD372"/>
+    <s v="2011 Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="8222"/>
+    <s v="Fork-lift truck drivers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4550"/>
+  </r>
+  <r>
+    <s v="CD372"/>
+    <s v="2011 Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="8223"/>
+    <s v="Agricultural machinery drivers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="764"/>
+  </r>
+  <r>
+    <s v="CD372"/>
+    <s v="2011 Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="8229"/>
+    <s v="Mobile machine drivers and operatives n.e.c."/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="9151"/>
+  </r>
+  <r>
+    <s v="CD372"/>
+    <s v="2011 Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="8231"/>
+    <s v="Train and tram drivers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="700"/>
+  </r>
+  <r>
+    <s v="CD372"/>
+    <s v="2011 Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="8232"/>
+    <s v="Marine and waterways transport operatives"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="708"/>
+  </r>
+  <r>
+    <s v="CD372"/>
+    <s v="2011 Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="8233"/>
+    <s v="Air transport operatives"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1279"/>
+  </r>
+  <r>
+    <s v="CD372"/>
+    <s v="2011 Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="8234"/>
+    <s v="Rail transport operatives"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1123"/>
+  </r>
+  <r>
+    <s v="CD372"/>
+    <s v="2011 Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="8239"/>
+    <s v="Other drivers and transport operatives n.e.c."/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1535"/>
+  </r>
+  <r>
+    <s v="CD372"/>
+    <s v="2011 Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="9"/>
+    <s v="Elementary occupations"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="201730"/>
+  </r>
+  <r>
+    <s v="CD372"/>
+    <s v="2011 Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="9111"/>
+    <s v="Farm workers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5364"/>
+  </r>
+  <r>
+    <s v="CD372"/>
+    <s v="2011 Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="9112"/>
+    <s v="Forestry workers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1293"/>
+  </r>
+  <r>
+    <s v="CD372"/>
+    <s v="2011 Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="X19"/>
+    <s v="Elementary occupations in horse-racing and related industries"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1618"/>
+  </r>
+  <r>
+    <s v="CD372"/>
+    <s v="2011 Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="9119"/>
+    <s v="Fishing and other elementary agriculture occupations n.e.c."/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2699"/>
+  </r>
+  <r>
+    <s v="CD372"/>
+    <s v="2011 Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="9120"/>
+    <s v="Elementary construction occupations"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="30352"/>
+  </r>
+  <r>
+    <s v="CD372"/>
+    <s v="2011 Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="9132"/>
+    <s v="Industrial cleaning process occupations"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="935"/>
+  </r>
+  <r>
+    <s v="CD372"/>
+    <s v="2011 Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="9134"/>
+    <s v="Packers, bottlers, canners and fillers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4985"/>
+  </r>
+  <r>
+    <s v="CD372"/>
+    <s v="2011 Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="9139"/>
+    <s v="Elementary process plant occupations n.e.c."/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4276"/>
+  </r>
+  <r>
+    <s v="CD372"/>
+    <s v="2011 Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="9211"/>
+    <s v="Postal workers, mail sorters, messengers and couriers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="10903"/>
+  </r>
+  <r>
+    <s v="CD372"/>
+    <s v="2011 Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="9219"/>
+    <s v="Elementary administration occupations n.e.c."/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="63"/>
+  </r>
+  <r>
+    <s v="CD372"/>
+    <s v="2011 Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="9231"/>
+    <s v="Window cleaners"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="609"/>
+  </r>
+  <r>
+    <s v="CD372"/>
+    <s v="2011 Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="9232"/>
+    <s v="Street cleaners"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="220"/>
+  </r>
+  <r>
+    <s v="CD372"/>
+    <s v="2011 Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="9233"/>
+    <s v="Cleaners and domestics"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="32189"/>
+  </r>
+  <r>
+    <s v="CD372"/>
+    <s v="2011 Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="9234"/>
+    <s v="Launderers, dry cleaners and pressers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2609"/>
+  </r>
+  <r>
+    <s v="CD372"/>
+    <s v="2011 Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="9235"/>
+    <s v="Refuse and salvage occupations"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1807"/>
+  </r>
+  <r>
+    <s v="CD372"/>
+    <s v="2011 Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="9236"/>
+    <s v="Vehicle valeters and cleaners"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1468"/>
+  </r>
+  <r>
+    <s v="CD372"/>
+    <s v="2011 Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="9239"/>
+    <s v="Elementary cleaning occupations n.e.c."/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="139"/>
+  </r>
+  <r>
+    <s v="CD372"/>
+    <s v="2011 Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="9241"/>
+    <s v="Security guards and related occupations"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="14601"/>
+  </r>
+  <r>
+    <s v="CD372"/>
+    <s v="2011 Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="9242"/>
+    <s v="Parking and civil enforcement occupations"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="670"/>
+  </r>
+  <r>
+    <s v="CD372"/>
+    <s v="2011 Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="9244"/>
+    <s v="School midday and crossing patrol occupations"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="645"/>
+  </r>
+  <r>
+    <s v="CD372"/>
+    <s v="2011 Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="9249"/>
+    <s v="Elementary security occupations n.e.c."/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="341"/>
+  </r>
+  <r>
+    <s v="CD372"/>
+    <s v="2011 Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="9259"/>
+    <s v="Elementary sales occupations n.e.c."/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="60"/>
+  </r>
+  <r>
+    <s v="CD372"/>
+    <s v="2011 Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="9260"/>
+    <s v="Elementary storage occupations"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="22190"/>
+  </r>
+  <r>
+    <s v="CD372"/>
+    <s v="2011 Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="9271"/>
+    <s v="Hospital porters"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1360"/>
+  </r>
+  <r>
+    <s v="CD372"/>
+    <s v="2011 Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="9272"/>
+    <s v="Kitchen and catering assistants"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="24794"/>
+  </r>
+  <r>
+    <s v="CD372"/>
+    <s v="2011 Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="9273"/>
+    <s v="Waiters and waitresses"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="15426"/>
+  </r>
+  <r>
+    <s v="CD372"/>
+    <s v="2011 Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="9274"/>
+    <s v="Bar staff"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="14940"/>
+  </r>
+  <r>
+    <s v="CD372"/>
+    <s v="2011 Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="9275"/>
+    <s v="Leisure and theme park attendants"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="820"/>
+  </r>
+  <r>
+    <s v="CD372"/>
+    <s v="2011 Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="9279"/>
+    <s v="Other elementary services occupations n.e.c."/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4354"/>
+  </r>
+  <r>
+    <s v="CD372"/>
+    <s v="2011 Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="X9"/>
+    <s v="Other/not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="197596"/>
+  </r>
+  <r>
+    <s v="CD372"/>
+    <s v="2011 Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All occupational groups"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2198037"/>
+  </r>
+  <r>
+    <s v="CD372"/>
+    <s v="2011 Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="X20"/>
+    <s v="Unemployed - looking for first regular job"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="34166"/>
+  </r>
+  <r>
+    <s v="CD372"/>
+    <s v="2011 Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="X21"/>
+    <s v="Total in labour force"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2232203"/>
+  </r>
+  <r>
+    <s v="CD372"/>
+    <s v="2011 Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="1"/>
+    <s v="Managers, directors and senior officials"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="109849"/>
+  </r>
+  <r>
+    <s v="CD372"/>
+    <s v="2011 Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="1115"/>
+    <s v="Chief executives and senior officials"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1714"/>
+  </r>
+  <r>
+    <s v="CD372"/>
+    <s v="2011 Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="1116"/>
+    <s v="Elected officers and representatives"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="317"/>
+  </r>
+  <r>
+    <s v="CD372"/>
+    <s v="2011 Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="X10"/>
+    <s v="Civil and public service Assistant Secretary and above and senior officials"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="277"/>
+  </r>
+  <r>
+    <s v="CD372"/>
+    <s v="2011 Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="1121"/>
+    <s v="Production managers and directors in manufacturing"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="14474"/>
+  </r>
+  <r>
+    <s v="CD372"/>
+    <s v="2011 Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="1122"/>
+    <s v="Production managers and directors in construction"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3256"/>
+  </r>
+  <r>
+    <s v="CD372"/>
+    <s v="2011 Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="1131"/>
+    <s v="Financial managers and directors"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3921"/>
+  </r>
+  <r>
+    <s v="CD372"/>
+    <s v="2011 Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="1132"/>
+    <s v="Marketing and sales directors"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2973"/>
+  </r>
+  <r>
+    <s v="CD372"/>
+    <s v="2011 Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="1133"/>
+    <s v="Purchasing managers and directors"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1793"/>
+  </r>
+  <r>
+    <s v="CD372"/>
+    <s v="2011 Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="1134"/>
+    <s v="Advertising and public relations directors"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="198"/>
+  </r>
+  <r>
+    <s v="CD372"/>
+    <s v="2011 Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="1135"/>
+    <s v="Human resource managers and directors"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1200"/>
+  </r>
+  <r>
+    <s v="CD372"/>
+    <s v="2011 Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="1136"/>
+    <s v="Information technology and telecommunications directors"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="559"/>
+  </r>
+  <r>
+    <s v="CD372"/>
+    <s v="2011 Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="1139"/>
+    <s v="Functional managers and directors n.e.c."/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="15717"/>
+  </r>
+  <r>
+    <s v="CD372"/>
+    <s v="2011 Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="1150"/>
+    <s v="Financial institution managers and directors"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4621"/>
+  </r>
+  <r>
+    <s v="CD372"/>
+    <s v="2011 Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="1161"/>
+    <s v="Managers and directors in transport and distribution"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3266"/>
+  </r>
+  <r>
+    <s v="CD372"/>
+    <s v="2011 Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="1162"/>
+    <s v="Managers and directors in storage and warehousing"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4018"/>
+  </r>
+  <r>
+    <s v="CD372"/>
+    <s v="2011 Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="1171"/>
+    <s v="Officers in armed forces"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="827"/>
+  </r>
+  <r>
+    <s v="CD372"/>
+    <s v="2011 Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="1172"/>
+    <s v="Senior police officers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="609"/>
+  </r>
+  <r>
+    <s v="CD372"/>
+    <s v="2011 Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="1181"/>
+    <s v="Health services and public health managers and directors"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="453"/>
+  </r>
+  <r>
+    <s v="CD372"/>
+    <s v="2011 Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="1184"/>
+    <s v="Social services managers and directors"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="278"/>
+  </r>
+  <r>
+    <s v="CD372"/>
+    <s v="2011 Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="1190"/>
+    <s v="Managers and directors in retail and wholesale"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="19458"/>
+  </r>
+  <r>
+    <s v="CD372"/>
+    <s v="2011 Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="1211"/>
+    <s v="Managers and proprietors in agriculture and horticulture"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="891"/>
+  </r>
+  <r>
+    <s v="CD372"/>
+    <s v="2011 Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="1213"/>
+    <s v="Managers and proprietors in forestry, fishing and related services"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="243"/>
+  </r>
+  <r>
+    <s v="CD372"/>
+    <s v="2011 Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="X11"/>
+    <s v="Managers and proprietors in horse-racing and related industries"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="166"/>
+  </r>
+  <r>
+    <s v="CD372"/>
+    <s v="2011 Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="1221"/>
+    <s v="Hotel and accommodation managers and proprietors"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2937"/>
+  </r>
+  <r>
+    <s v="CD372"/>
+    <s v="2011 Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="1223"/>
+    <s v="Restaurant and catering establishment managers and proprietors"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3676"/>
+  </r>
+  <r>
+    <s v="CD372"/>
+    <s v="2011 Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="1224"/>
+    <s v="Publicans and managers of licensed premises"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3856"/>
+  </r>
+  <r>
+    <s v="CD372"/>
+    <s v="2011 Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="1225"/>
+    <s v="Leisure and sports managers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1895"/>
+  </r>
+  <r>
+    <s v="CD372"/>
+    <s v="2011 Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="1226"/>
+    <s v="Travel agency managers and proprietors"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="99"/>
+  </r>
+  <r>
+    <s v="CD372"/>
+    <s v="2011 Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="1241"/>
+    <s v="Health care practice managers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="122"/>
+  </r>
+  <r>
+    <s v="CD372"/>
+    <s v="2011 Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="1242"/>
+    <s v="Residential, day and domiciliary care managers and proprietors"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="327"/>
+  </r>
+  <r>
+    <s v="CD372"/>
+    <s v="2011 Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="1252"/>
+    <s v="Garage managers and proprietors"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1443"/>
+  </r>
+  <r>
+    <s v="CD372"/>
+    <s v="2011 Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="1254"/>
+    <s v="Shopkeepers and proprietors - wholesale and retail"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="7289"/>
+  </r>
+  <r>
+    <s v="CD372"/>
+    <s v="2011 Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="1255"/>
+    <s v="Waste disposal and environmental services managers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="432"/>
+  </r>
+  <r>
+    <s v="CD372"/>
+    <s v="2011 Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="X12"/>
+    <s v="Civil and Public Service AP &amp; PO and equivalent grades"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2163"/>
+  </r>
+  <r>
+    <s v="CD372"/>
+    <s v="2011 Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="1259"/>
+    <s v="Managers and proprietors in other services n.e.c."/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4381"/>
+  </r>
+  <r>
+    <s v="CD372"/>
+    <s v="2011 Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="2"/>
+    <s v="Professional occupations"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="151159"/>
+  </r>
+  <r>
+    <s v="CD372"/>
+    <s v="2011 Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="2111"/>
+    <s v="Chemical scientists"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="705"/>
+  </r>
+  <r>
+    <s v="CD372"/>
+    <s v="2011 Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="2112"/>
+    <s v="Biological scientists and biochemists"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1527"/>
+  </r>
+  <r>
+    <s v="CD372"/>
+    <s v="2011 Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="2113"/>
+    <s v="Physical scientists"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="454"/>
+  </r>
+  <r>
+    <s v="CD372"/>
+    <s v="2011 Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="2114"/>
+    <s v="Social and humanities scientists"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="456"/>
+  </r>
+  <r>
+    <s v="CD372"/>
+    <s v="2011 Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="2119"/>
+    <s v="Natural and social science professionals n.e.c."/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1607"/>
+  </r>
+  <r>
+    <s v="CD372"/>
+    <s v="2011 Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="2121"/>
+    <s v="Civil engineers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5988"/>
+  </r>
+  <r>
+    <s v="CD372"/>
+    <s v="2011 Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="2122"/>
+    <s v="Mechanical engineers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3921"/>
+  </r>
+  <r>
+    <s v="CD372"/>
+    <s v="2011 Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="2123"/>
+    <s v="Electrical engineers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="6614"/>
+  </r>
+  <r>
+    <s v="CD372"/>
+    <s v="2011 Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="2126"/>
+    <s v="Design and development engineers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1825"/>
+  </r>
+  <r>
+    <s v="CD372"/>
+    <s v="2011 Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="2127"/>
+    <s v="Production and process engineers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2081"/>
+  </r>
+  <r>
+    <s v="CD372"/>
+    <s v="2011 Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="2129"/>
+    <s v="Engineering professionals n.e.c."/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4464"/>
+  </r>
+  <r>
+    <s v="CD372"/>
+    <s v="2011 Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="2133"/>
+    <s v="IT specialist managers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="6278"/>
+  </r>
+  <r>
+    <s v="CD372"/>
+    <s v="2011 Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="2134"/>
+    <s v="IT project and programme managers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2783"/>
+  </r>
+  <r>
+    <s v="CD372"/>
+    <s v="2011 Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="2135"/>
+    <s v="IT business analysts, architects and systems designers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2505"/>
+  </r>
+  <r>
+    <s v="CD372"/>
+    <s v="2011 Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="2136"/>
+    <s v="Programmers and software development professionals"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="11339"/>
+  </r>
+  <r>
+    <s v="CD372"/>
+    <s v="2011 Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="2137"/>
+    <s v="Web design and development professionals"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1573"/>
+  </r>
+  <r>
+    <s v="CD372"/>
+    <s v="2011 Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="2139"/>
+    <s v="Information technology and telecommunications professionals n.e.c."/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4471"/>
+  </r>
+  <r>
+    <s v="CD372"/>
+    <s v="2011 Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="2141"/>
+    <s v="Conservation professionals"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="215"/>
+  </r>
+  <r>
+    <s v="CD372"/>
+    <s v="2011 Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="2142"/>
+    <s v="Environment professionals"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="772"/>
+  </r>
+  <r>
+    <s v="CD372"/>
+    <s v="2011 Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="2150"/>
+    <s v="Research and development managers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="398"/>
+  </r>
+  <r>
+    <s v="CD372"/>
+    <s v="2011 Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="2211"/>
+    <s v="Medical practitioners"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="6857"/>
+  </r>
+  <r>
+    <s v="CD372"/>
+    <s v="2011 Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="2212"/>
+    <s v="Psychologists"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="395"/>
+  </r>
+  <r>
+    <s v="CD372"/>
+    <s v="2011 Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="2213"/>
+    <s v="Pharmacists"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1304"/>
+  </r>
+  <r>
+    <s v="CD372"/>
+    <s v="2011 Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="2214"/>
+    <s v="Ophthalmic opticians"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="269"/>
+  </r>
+  <r>
+    <s v="CD372"/>
+    <s v="2011 Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="2215"/>
+    <s v="Dental practitioners"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1038"/>
+  </r>
+  <r>
+    <s v="CD372"/>
+    <s v="2011 Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="2216"/>
+    <s v="Veterinarians"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1242"/>
+  </r>
+  <r>
+    <s v="CD372"/>
+    <s v="2011 Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="2217"/>
+    <s v="Medical radiographers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="263"/>
+  </r>
+  <r>
+    <s v="CD372"/>
+    <s v="2011 Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="2218"/>
+    <s v="Podiatrists"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="74"/>
+  </r>
+  <r>
+    <s v="CD372"/>
+    <s v="2011 Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="2219"/>
+    <s v="Health professionals n.e.c."/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="80"/>
+  </r>
+  <r>
+    <s v="CD372"/>
+    <s v="2011 Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="2221"/>
+    <s v="Physiotherapists"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="612"/>
+  </r>
+  <r>
+    <s v="CD372"/>
+    <s v="2011 Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="2222"/>
+    <s v="Occupational therapists"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="159"/>
+  </r>
+  <r>
+    <s v="CD372"/>
+    <s v="2011 Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="2223"/>
+    <s v="Speech and language therapists"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="18"/>
+  </r>
+  <r>
+    <s v="CD372"/>
+    <s v="2011 Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="2229"/>
+    <s v="Therapy professionals n.e.c."/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="492"/>
+  </r>
+  <r>
+    <s v="CD372"/>
+    <s v="2011 Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="X13"/>
+    <s v="Nurses and midwives"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4284"/>
+  </r>
+  <r>
+    <s v="CD372"/>
+    <s v="2011 Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="X14"/>
+    <s v="Further and higher education teaching professionals"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="6662"/>
+  </r>
+  <r>
+    <s v="CD372"/>
+    <s v="2011 Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="2314"/>
+    <s v="Secondary education teaching professionals"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="9809"/>
+  </r>
+  <r>
+    <s v="CD372"/>
+    <s v="2011 Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="2315"/>
+    <s v="Primary and nursery education teaching professionals"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4863"/>
+  </r>
+  <r>
+    <s v="CD372"/>
+    <s v="2011 Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="2317"/>
+    <s v="Senior professionals of educational establishments"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1751"/>
+  </r>
+  <r>
+    <s v="CD372"/>
+    <s v="2011 Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="2318"/>
+    <s v="Education advisers and school inspectors"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="139"/>
+  </r>
+  <r>
+    <s v="CD372"/>
+    <s v="2011 Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="2319"/>
+    <s v="Teaching and other educational professionals n.e.c."/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2010"/>
+  </r>
+  <r>
+    <s v="CD372"/>
+    <s v="2011 Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="2412"/>
+    <s v="Barristers and judges"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="6020"/>
+  </r>
+  <r>
+    <s v="CD372"/>
+    <s v="2011 Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="2419"/>
+    <s v="Legal professionals n.e.c."/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="377"/>
+  </r>
+  <r>
+    <s v="CD372"/>
+    <s v="2011 Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="2421"/>
+    <s v="Chartered and certified accountants"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="15597"/>
+  </r>
+  <r>
+    <s v="CD372"/>
+    <s v="2011 Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="2423"/>
+    <s v="Management consultants and business analysts"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3879"/>
+  </r>
+  <r>
+    <s v="CD372"/>
+    <s v="2011 Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="2424"/>
+    <s v="Business and financial project management professionals"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2300"/>
+  </r>
+  <r>
+    <s v="CD372"/>
+    <s v="2011 Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="2425"/>
+    <s v="Actuaries, economists and statisticians"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1904"/>
+  </r>
+  <r>
+    <s v="CD372"/>
+    <s v="2011 Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="2429"/>
+    <s v="Business, research and administrative professionals n.e.c."/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="340"/>
+  </r>
+  <r>
+    <s v="CD372"/>
+    <s v="2011 Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="X15"/>
+    <s v="Architects and town planners"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="7023"/>
+  </r>
+  <r>
+    <s v="CD372"/>
+    <s v="2011 Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="2435"/>
+    <s v="Chartered architectural technologists"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="280"/>
+  </r>
+  <r>
+    <s v="CD372"/>
+    <s v="2011 Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="2436"/>
+    <s v="Construction project managers and related professionals"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1155"/>
+  </r>
+  <r>
+    <s v="CD372"/>
+    <s v="2011 Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="2442"/>
+    <s v="Social workers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="659"/>
+  </r>
+  <r>
+    <s v="CD372"/>
+    <s v="2011 Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="2443"/>
+    <s v="Probation officers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="109"/>
+  </r>
+  <r>
+    <s v="CD372"/>
+    <s v="2011 Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="2444"/>
+    <s v="Clergy"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2943"/>
+  </r>
+  <r>
+    <s v="CD372"/>
+    <s v="2011 Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="2449"/>
+    <s v="Welfare professionals n.e.c."/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4"/>
+  </r>
+  <r>
+    <s v="CD372"/>
+    <s v="2011 Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="2451"/>
+    <s v="Librarians"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="457"/>
+  </r>
+  <r>
+    <s v="CD372"/>
+    <s v="2011 Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="2461"/>
+    <s v="Quality control and planning engineers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1069"/>
+  </r>
+  <r>
+    <s v="CD372"/>
+    <s v="2011 Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="2462"/>
+    <s v="Quality assurance and regulatory professionals"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1123"/>
+  </r>
+  <r>
+    <s v="CD372"/>
+    <s v="2011 Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="2463"/>
+    <s v="Environmental health professionals"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="326"/>
+  </r>
+  <r>
+    <s v="CD372"/>
+    <s v="2011 Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="2471"/>
+    <s v="Journalists, newspaper and periodical editors"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2256"/>
+  </r>
+  <r>
+    <s v="CD372"/>
+    <s v="2011 Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="2472"/>
+    <s v="Public relations professionals"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="524"/>
+  </r>
+  <r>
+    <s v="CD372"/>
+    <s v="2011 Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="2473"/>
+    <s v="Advertising accounts managers and creative directors"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="517"/>
+  </r>
+  <r>
+    <s v="CD372"/>
+    <s v="2011 Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="3"/>
+    <s v="Associate professional and technical occupations"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="138244"/>
+  </r>
+  <r>
+    <s v="CD372"/>
+    <s v="2011 Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="3111"/>
+    <s v="Laboratory technicians"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2684"/>
+  </r>
+  <r>
+    <s v="CD372"/>
+    <s v="2011 Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="3112"/>
+    <s v="Electrical and electronics technicians"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2291"/>
+  </r>
+  <r>
+    <s v="CD372"/>
+    <s v="2011 Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="3114"/>
+    <s v="Building and civil engineering technicians"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5517"/>
+  </r>
+  <r>
+    <s v="CD372"/>
+    <s v="2011 Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="3115"/>
+    <s v="Quality assurance technicians"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1199"/>
+  </r>
+  <r>
+    <s v="CD372"/>
+    <s v="2011 Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="3116"/>
+    <s v="Planning, process and production technicians"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2284"/>
+  </r>
+  <r>
+    <s v="CD372"/>
+    <s v="2011 Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="3119"/>
+    <s v="Science, engineering and production technicians n.e.c."/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1795"/>
+  </r>
+  <r>
+    <s v="CD372"/>
+    <s v="2011 Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="3121"/>
+    <s v="Architectural and town planning technicians"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2884"/>
+  </r>
+  <r>
+    <s v="CD372"/>
+    <s v="2011 Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="3131"/>
+    <s v="IT operations technicians"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5689"/>
+  </r>
+  <r>
+    <s v="CD372"/>
+    <s v="2011 Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="3132"/>
+    <s v="IT user support technicians"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3444"/>
+  </r>
+  <r>
+    <s v="CD372"/>
+    <s v="2011 Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="3213"/>
+    <s v="Paramedics"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1045"/>
+  </r>
+  <r>
+    <s v="CD372"/>
+    <s v="2011 Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="3217"/>
+    <s v="Pharmaceutical technicians"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="599"/>
+  </r>
+  <r>
+    <s v="CD372"/>
+    <s v="2011 Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="3218"/>
+    <s v="Medical and dental technicians"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="721"/>
+  </r>
+  <r>
+    <s v="CD372"/>
+    <s v="2011 Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="3219"/>
+    <s v="Health associate professionals n.e.c."/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="665"/>
+  </r>
+  <r>
+    <s v="CD372"/>
+    <s v="2011 Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="3231"/>
+    <s v="Youth and community workers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2043"/>
+  </r>
+  <r>
+    <s v="CD372"/>
+    <s v="2011 Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="3233"/>
+    <s v="Child and early years officers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="13"/>
+  </r>
+  <r>
+    <s v="CD372"/>
+    <s v="2011 Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="3234"/>
+    <s v="Housing officers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="140"/>
+  </r>
+  <r>
+    <s v="CD372"/>
+    <s v="2011 Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="3235"/>
+    <s v="Counsellors"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="253"/>
+  </r>
+  <r>
+    <s v="CD372"/>
+    <s v="2011 Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="3239"/>
+    <s v="Welfare and housing associate professionals n.e.c."/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="554"/>
+  </r>
+  <r>
+    <s v="CD372"/>
+    <s v="2011 Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="3311"/>
+    <s v="NCOs and other ranks"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="6788"/>
+  </r>
+  <r>
+    <s v="CD372"/>
+    <s v="2011 Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="3312"/>
+    <s v="Police officers (sergeant and below)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="9927"/>
+  </r>
+  <r>
+    <s v="CD372"/>
+    <s v="2011 Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="3313"/>
+    <s v="Fire service officers (watch manager and below)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2344"/>
+  </r>
+  <r>
+    <s v="CD372"/>
+    <s v="2011 Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="3314"/>
+    <s v="Prison service officers (below principal officer)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2326"/>
+  </r>
+  <r>
+    <s v="CD372"/>
+    <s v="2011 Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="3319"/>
+    <s v="Protective service associate professionals n.e.c."/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="902"/>
+  </r>
+  <r>
+    <s v="CD372"/>
+    <s v="2011 Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="3411"/>
+    <s v="Artists"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1451"/>
+  </r>
+  <r>
+    <s v="CD372"/>
+    <s v="2011 Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="3412"/>
+    <s v="Authors, writers and translators"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="992"/>
+  </r>
+  <r>
+    <s v="CD372"/>
+    <s v="2011 Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="3413"/>
+    <s v="Actors, entertainers and presenters"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3287"/>
+  </r>
+  <r>
+    <s v="CD372"/>
+    <s v="2011 Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="3416"/>
+    <s v="Arts officers, producers and directors"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1578"/>
+  </r>
+  <r>
+    <s v="CD372"/>
+    <s v="2011 Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="3417"/>
+    <s v="Photographers, audio-visual and broadcasting equipment operators"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2934"/>
+  </r>
+  <r>
+    <s v="CD372"/>
+    <s v="2011 Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="3421"/>
+    <s v="Graphic designers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2949"/>
+  </r>
+  <r>
+    <s v="CD372"/>
+    <s v="2011 Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="3441"/>
+    <s v="Sports players"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1138"/>
+  </r>
+  <r>
+    <s v="CD372"/>
+    <s v="2011 Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="3442"/>
+    <s v="Sports coaches, instructors and officials"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1623"/>
+  </r>
+  <r>
+    <s v="CD372"/>
+    <s v="2011 Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="3443"/>
+    <s v="Fitness instructors"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1287"/>
+  </r>
+  <r>
+    <s v="CD372"/>
+    <s v="2011 Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="3512"/>
+    <s v="Aircraft pilots and flight engineers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1471"/>
+  </r>
+  <r>
+    <s v="CD372"/>
+    <s v="2011 Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="3513"/>
+    <s v="Ship and hovercraft officers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="671"/>
+  </r>
+  <r>
+    <s v="CD372"/>
+    <s v="2011 Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="3520"/>
+    <s v="Legal associate professionals"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="579"/>
+  </r>
+  <r>
+    <s v="CD372"/>
+    <s v="2011 Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="3532"/>
+    <s v="Brokers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2250"/>
+  </r>
+  <r>
+    <s v="CD372"/>
+    <s v="2011 Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="3533"/>
+    <s v="Insurance underwriters"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="580"/>
+  </r>
+  <r>
+    <s v="CD372"/>
+    <s v="2011 Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="3534"/>
+    <s v="Finance and investment analysts and advisers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4576"/>
+  </r>
+  <r>
+    <s v="CD372"/>
+    <s v="2011 Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="3536"/>
+    <s v="Importers and exporters"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="239"/>
+  </r>
+  <r>
+    <s v="CD372"/>
+    <s v="2011 Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="3537"/>
+    <s v="Financial and accounting technicians"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="997"/>
+  </r>
+  <r>
+    <s v="CD372"/>
+    <s v="2011 Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="3538"/>
+    <s v="Financial accounts managers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5198"/>
+  </r>
+  <r>
+    <s v="CD372"/>
+    <s v="2011 Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="3539"/>
+    <s v="Business and related associate professionals n.e.c."/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="904"/>
+  </r>
+  <r>
+    <s v="CD372"/>
+    <s v="2011 Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="3541"/>
+    <s v="Buyers and procurement officers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1723"/>
+  </r>
+  <r>
+    <s v="CD372"/>
+    <s v="2011 Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="3542"/>
+    <s v="Business sales executives"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="16394"/>
+  </r>
+  <r>
+    <s v="CD372"/>
+    <s v="2011 Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="3543"/>
+    <s v="Marketing associate professionals"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2024"/>
+  </r>
+  <r>
+    <s v="CD372"/>
+    <s v="2011 Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="3544"/>
+    <s v="Estate agents and auctioneers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1766"/>
+  </r>
+  <r>
+    <s v="CD372"/>
+    <s v="2011 Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="3545"/>
+    <s v="Sales accounts and business development managers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="14671"/>
+  </r>
+  <r>
+    <s v="CD372"/>
+    <s v="2011 Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="3546"/>
+    <s v="Conference and exhibition managers and organisers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="696"/>
+  </r>
+  <r>
+    <s v="CD372"/>
+    <s v="2011 Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="3550"/>
+    <s v="Conservation and environmental associate professionals"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="604"/>
+  </r>
+  <r>
+    <s v="CD372"/>
+    <s v="2011 Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="3561"/>
+    <s v="Public services associate professionals"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2369"/>
+  </r>
+  <r>
+    <s v="CD372"/>
+    <s v="2011 Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="3562"/>
+    <s v="Human resources and industrial relations officers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1130"/>
+  </r>
+  <r>
+    <s v="CD372"/>
+    <s v="2011 Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="3563"/>
+    <s v="Vocational and industrial trainers and instructors"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3023"/>
+  </r>
+  <r>
+    <s v="CD372"/>
+    <s v="2011 Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="3564"/>
+    <s v="Careers advisers and vocational guidance specialists"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="299"/>
+  </r>
+  <r>
+    <s v="CD372"/>
+    <s v="2011 Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="3565"/>
+    <s v="Inspectors of standards and regulations"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1266"/>
+  </r>
+  <r>
+    <s v="CD372"/>
+    <s v="2011 Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="3567"/>
+    <s v="Health and safety officers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1468"/>
+  </r>
+  <r>
+    <s v="CD372"/>
+    <s v="2011 Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="4"/>
+    <s v="Administrative and secretarial occupations"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="43974"/>
+  </r>
+  <r>
+    <s v="CD372"/>
+    <s v="2011 Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="4112"/>
+    <s v="National government administrative occupations"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="6144"/>
+  </r>
+  <r>
+    <s v="CD372"/>
+    <s v="2011 Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="4113"/>
+    <s v="Local government administrative occupations"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3217"/>
+  </r>
+  <r>
+    <s v="CD372"/>
+    <s v="2011 Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="4114"/>
+    <s v="Officers of non-governmental organisations"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="832"/>
+  </r>
+  <r>
+    <s v="CD372"/>
+    <s v="2011 Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="4121"/>
+    <s v="Credit controllers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="690"/>
+  </r>
+  <r>
+    <s v="CD372"/>
+    <s v="2011 Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="4122"/>
+    <s v="Book-keepers, payroll managers and wages clerks"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3436"/>
+  </r>
+  <r>
+    <s v="CD372"/>
+    <s v="2011 Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="4123"/>
+    <s v="Bank and post office clerks"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="6122"/>
+  </r>
+  <r>
+    <s v="CD372"/>
+    <s v="2011 Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="4124"/>
+    <s v="Finance officers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="345"/>
+  </r>
+  <r>
+    <s v="CD372"/>
+    <s v="2011 Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="4129"/>
+    <s v="Financial administrative occupations n.e.c."/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1642"/>
+  </r>
+  <r>
+    <s v="CD372"/>
+    <s v="2011 Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="4132"/>
+    <s v="Pensions and insurance clerks and assistants"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2182"/>
+  </r>
+  <r>
+    <s v="CD372"/>
+    <s v="2011 Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="4133"/>
+    <s v="Stock control clerks and assistants"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2239"/>
+  </r>
+  <r>
+    <s v="CD372"/>
+    <s v="2011 Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="4134"/>
+    <s v="Transport and distribution clerks and assistants"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1909"/>
+  </r>
+  <r>
+    <s v="CD372"/>
+    <s v="2011 Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="4138"/>
+    <s v="Human resources administrative occupations"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="58"/>
+  </r>
+  <r>
+    <s v="CD372"/>
+    <s v="2011 Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="4151"/>
+    <s v="Sales administrators"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="711"/>
+  </r>
+  <r>
+    <s v="CD372"/>
+    <s v="2011 Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="4159"/>
+    <s v="Other administrative occupations n.e.c."/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="10261"/>
+  </r>
+  <r>
+    <s v="CD372"/>
+    <s v="2011 Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="4161"/>
+    <s v="Office managers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2023"/>
+  </r>
+  <r>
+    <s v="CD372"/>
+    <s v="2011 Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="4162"/>
+    <s v="Office supervisors"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="661"/>
+  </r>
+  <r>
+    <s v="CD372"/>
+    <s v="2011 Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="4215"/>
+    <s v="Personal assistants and other secretaries"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="882"/>
+  </r>
+  <r>
+    <s v="CD372"/>
+    <s v="2011 Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="4216"/>
+    <s v="Receptionists"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="620"/>
+  </r>
+  <r>
+    <s v="CD372"/>
+    <s v="2011 Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="5"/>
+    <s v="Skilled trades occupations"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="317029"/>
+  </r>
+  <r>
+    <s v="CD372"/>
+    <s v="2011 Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="5111"/>
+    <s v="Farmers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="69315"/>
+  </r>
+  <r>
+    <s v="CD372"/>
+    <s v="2011 Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="5112"/>
+    <s v="Horticultural trades"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="801"/>
+  </r>
+  <r>
+    <s v="CD372"/>
+    <s v="2011 Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="5113"/>
+    <s v="Gardeners and landscape gardeners"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5905"/>
+  </r>
+  <r>
+    <s v="CD372"/>
+    <s v="2011 Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="5114"/>
+    <s v="Groundsmen and greenkeepers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2587"/>
+  </r>
+  <r>
+    <s v="CD372"/>
+    <s v="2011 Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="X17"/>
+    <s v="Skilled workers in horse-racing and related industries"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="607"/>
+  </r>
+  <r>
+    <s v="CD372"/>
+    <s v="2011 Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="5119"/>
+    <s v="Agricultural and fishing trades n.e.c."/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2219"/>
+  </r>
+  <r>
+    <s v="CD372"/>
+    <s v="2011 Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="5211"/>
+    <s v="Smiths and forge workers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="462"/>
+  </r>
+  <r>
+    <s v="CD372"/>
+    <s v="2011 Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="5212"/>
+    <s v="Moulders, core makers and die casters"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="130"/>
+  </r>
+  <r>
+    <s v="CD372"/>
+    <s v="2011 Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="5213"/>
+    <s v="Sheet metal workers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3641"/>
+  </r>
+  <r>
+    <s v="CD372"/>
+    <s v="2011 Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="5215"/>
+    <s v="Welding trades"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="7313"/>
+  </r>
+  <r>
+    <s v="CD372"/>
+    <s v="2011 Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="5216"/>
+    <s v="Pipe fitters"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="600"/>
+  </r>
+  <r>
+    <s v="CD372"/>
+    <s v="2011 Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="5221"/>
+    <s v="Metal machining setters and setter-operators"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1120"/>
+  </r>
+  <r>
+    <s v="CD372"/>
+    <s v="2011 Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="5222"/>
+    <s v="Tool makers, tool fitters and markers-out"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1072"/>
+  </r>
+  <r>
+    <s v="CD372"/>
+    <s v="2011 Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="5223"/>
+    <s v="Metal working production and maintenance fitters"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="15085"/>
+  </r>
+  <r>
+    <s v="CD372"/>
+    <s v="2011 Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="5224"/>
+    <s v="Precision instrument makers and repairers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="934"/>
+  </r>
+  <r>
+    <s v="CD372"/>
+    <s v="2011 Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="5225"/>
+    <s v="Air-conditioning and refrigeration engineers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1422"/>
+  </r>
+  <r>
+    <s v="CD372"/>
+    <s v="2011 Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="5231"/>
+    <s v="Vehicle technicians, mechanics and electricians"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="17635"/>
+  </r>
+  <r>
+    <s v="CD372"/>
+    <s v="2011 Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="5232"/>
+    <s v="Vehicle body builders and repairers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3119"/>
+  </r>
+  <r>
+    <s v="CD372"/>
+    <s v="2011 Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="5235"/>
+    <s v="Aircraft maintenance and related trades"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1732"/>
+  </r>
+  <r>
+    <s v="CD372"/>
+    <s v="2011 Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="5236"/>
+    <s v="Boat and ship builders and repairers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="509"/>
+  </r>
+  <r>
+    <s v="CD372"/>
+    <s v="2011 Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="5237"/>
+    <s v="Rail and rolling stock builders and repairers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="57"/>
+  </r>
+  <r>
+    <s v="CD372"/>
+    <s v="2011 Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="5241"/>
+    <s v="Electricians and electrical fitters"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="19466"/>
+  </r>
+  <r>
+    <s v="CD372"/>
+    <s v="2011 Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="5242"/>
+    <s v="Telecommunications engineers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5233"/>
+  </r>
+  <r>
+    <s v="CD372"/>
+    <s v="2011 Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="5244"/>
+    <s v="TV, video and audio engineers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1083"/>
+  </r>
+  <r>
+    <s v="CD372"/>
+    <s v="2011 Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="5245"/>
+    <s v="IT engineers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2955"/>
+  </r>
+  <r>
+    <s v="CD372"/>
+    <s v="2011 Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="5249"/>
+    <s v="Electrical and electronic trades n.e.c."/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4052"/>
+  </r>
+  <r>
+    <s v="CD372"/>
+    <s v="2011 Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="5250"/>
+    <s v="Skilled metal, electrical and electronic trades supervisors"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2430"/>
+  </r>
+  <r>
+    <s v="CD372"/>
+    <s v="2011 Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="5312"/>
+    <s v="Bricklayers and masons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="9970"/>
+  </r>
+  <r>
+    <s v="CD372"/>
+    <s v="2011 Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="5313"/>
+    <s v="Roofers, roof tilers and slaters"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2426"/>
+  </r>
+  <r>
+    <s v="CD372"/>
+    <s v="2011 Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="5314"/>
+    <s v="Plumbers and heating and ventilating engineers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="12955"/>
+  </r>
+  <r>
+    <s v="CD372"/>
+    <s v="2011 Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="5315"/>
+    <s v="Carpenters and joiners"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="29156"/>
+  </r>
+  <r>
+    <s v="CD372"/>
+    <s v="2011 Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="5316"/>
+    <s v="Glaziers, window fabricators and fitters"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3837"/>
+  </r>
+  <r>
+    <s v="CD372"/>
+    <s v="2011 Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="5319"/>
+    <s v="Construction and building trades n.e.c."/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="14934"/>
+  </r>
+  <r>
+    <s v="CD372"/>
+    <s v="2011 Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="5321"/>
+    <s v="Plasterers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="9614"/>
+  </r>
+  <r>
+    <s v="CD372"/>
+    <s v="2011 Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="5322"/>
+    <s v="Floorers and wall tilers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4718"/>
+  </r>
+  <r>
+    <s v="CD372"/>
+    <s v="2011 Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="5323"/>
+    <s v="Painters and decorators"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="10864"/>
+  </r>
+  <r>
+    <s v="CD372"/>
+    <s v="2011 Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="5330"/>
+    <s v="Construction and building trades supervisors"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4369"/>
+  </r>
+  <r>
+    <s v="CD372"/>
+    <s v="2011 Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="5411"/>
+    <s v="Weavers and knitters"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="202"/>
+  </r>
+  <r>
+    <s v="CD372"/>
+    <s v="2011 Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="5412"/>
+    <s v="Upholsterers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="734"/>
+  </r>
+  <r>
+    <s v="CD372"/>
+    <s v="2011 Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="5413"/>
+    <s v="Footwear and leather working trades"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="285"/>
+  </r>
+  <r>
+    <s v="CD372"/>
+    <s v="2011 Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="5414"/>
+    <s v="Tailors and dressmakers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="270"/>
+  </r>
+  <r>
+    <s v="CD372"/>
+    <s v="2011 Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="5419"/>
+    <s v="Textiles, garments and related trades n.e.c."/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="74"/>
+  </r>
+  <r>
+    <s v="CD372"/>
+    <s v="2011 Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="5422"/>
+    <s v="Printers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4274"/>
+  </r>
+  <r>
+    <s v="CD372"/>
+    <s v="2011 Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="5423"/>
+    <s v="Print finishing and binding workers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="465"/>
+  </r>
+  <r>
+    <s v="CD372"/>
+    <s v="2011 Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="5431"/>
+    <s v="Butchers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="7107"/>
+  </r>
+  <r>
+    <s v="CD372"/>
+    <s v="2011 Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="5432"/>
+    <s v="Bakers and flour confectioners"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1758"/>
+  </r>
+  <r>
+    <s v="CD372"/>
+    <s v="2011 Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="5433"/>
+    <s v="Fishmongers and poultry dressers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="255"/>
+  </r>
+  <r>
+    <s v="CD372"/>
+    <s v="2011 Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="5434"/>
+    <s v="Chefs"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="14922"/>
+  </r>
+  <r>
+    <s v="CD372"/>
+    <s v="2011 Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="5435"/>
+    <s v="Cooks"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="713"/>
+  </r>
+  <r>
+    <s v="CD372"/>
+    <s v="2011 Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="5436"/>
+    <s v="Catering and bar managers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4122"/>
+  </r>
+  <r>
+    <s v="CD372"/>
+    <s v="2011 Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="5441"/>
+    <s v="Glass and ceramics makers, decorators and finishers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1131"/>
+  </r>
+  <r>
+    <s v="CD372"/>
+    <s v="2011 Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="5442"/>
+    <s v="Furniture makers and other craft woodworkers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4054"/>
+  </r>
+  <r>
+    <s v="CD372"/>
+    <s v="2011 Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="5443"/>
+    <s v="Florists"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="118"/>
+  </r>
+  <r>
+    <s v="CD372"/>
+    <s v="2011 Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="5449"/>
+    <s v="Other skilled trades n.e.c."/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2218"/>
+  </r>
+  <r>
+    <s v="CD372"/>
+    <s v="2011 Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="6"/>
+    <s v="Caring, leisure and other service occupations"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="22372"/>
+  </r>
+  <r>
+    <s v="CD372"/>
+    <s v="2011 Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="6121"/>
+    <s v="Nursery nurses and assistants"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="154"/>
+  </r>
+  <r>
+    <s v="CD372"/>
+    <s v="2011 Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="6122"/>
+    <s v="Childminders and related occupations"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="245"/>
+  </r>
+  <r>
+    <s v="CD372"/>
+    <s v="2011 Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="6125"/>
+    <s v="Teaching assistants"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="136"/>
+  </r>
+  <r>
+    <s v="CD372"/>
+    <s v="2011 Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="6126"/>
+    <s v="Educational support assistants"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="535"/>
+  </r>
+  <r>
+    <s v="CD372"/>
+    <s v="2011 Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="6131"/>
+    <s v="Veterinary nurses"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="25"/>
+  </r>
+  <r>
+    <s v="CD372"/>
+    <s v="2011 Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="6132"/>
+    <s v="Pest control officers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="239"/>
+  </r>
+  <r>
+    <s v="CD372"/>
+    <s v="2011 Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="6139"/>
+    <s v="Animal care services occupations n.e.c."/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="499"/>
+  </r>
+  <r>
+    <s v="CD372"/>
+    <s v="2011 Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="6141"/>
+    <s v="Nursing auxiliaries and assistants"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2842"/>
+  </r>
+  <r>
+    <s v="CD372"/>
+    <s v="2011 Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="6144"/>
+    <s v="Houseparents and residential wardens"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="98"/>
+  </r>
+  <r>
+    <s v="CD372"/>
+    <s v="2011 Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="6145"/>
+    <s v="Care workers and home carers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5036"/>
+  </r>
+  <r>
+    <s v="CD372"/>
+    <s v="2011 Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="6146"/>
+    <s v="Senior care workers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="23"/>
+  </r>
+  <r>
+    <s v="CD372"/>
+    <s v="2011 Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="6147"/>
+    <s v="Care escorts"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="47"/>
+  </r>
+  <r>
+    <s v="CD372"/>
+    <s v="2011 Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="6148"/>
+    <s v="Undertakers, mortuary and crematorium assistants"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="438"/>
+  </r>
+  <r>
+    <s v="CD372"/>
+    <s v="2011 Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="6211"/>
+    <s v="Sports and leisure assistants"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1312"/>
+  </r>
+  <r>
+    <s v="CD372"/>
+    <s v="2011 Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="6212"/>
+    <s v="Travel agents"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="606"/>
+  </r>
+  <r>
+    <s v="CD372"/>
+    <s v="2011 Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="6214"/>
+    <s v="Air travel assistants"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="652"/>
+  </r>
+  <r>
+    <s v="CD372"/>
+    <s v="2011 Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="6215"/>
+    <s v="Rail travel assistants"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="112"/>
+  </r>
+  <r>
+    <s v="CD372"/>
+    <s v="2011 Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="6219"/>
+    <s v="Leisure and travel service occupations n.e.c."/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="426"/>
+  </r>
+  <r>
+    <s v="CD372"/>
+    <s v="2011 Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="X18"/>
+    <s v="Hairdressers, barbers, beauticians and related occupations"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2288"/>
+  </r>
+  <r>
+    <s v="CD372"/>
+    <s v="2011 Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="6231"/>
+    <s v="Housekeepers and related occupations"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="281"/>
+  </r>
+  <r>
+    <s v="CD372"/>
+    <s v="2011 Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="6232"/>
+    <s v="Caretakers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5735"/>
+  </r>
+  <r>
+    <s v="CD372"/>
+    <s v="2011 Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="6240"/>
+    <s v="Cleaning and housekeeping managers and supervisors"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="643"/>
+  </r>
+  <r>
+    <s v="CD372"/>
+    <s v="2011 Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="7"/>
+    <s v="Sales and customer service occupations"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="52276"/>
+  </r>
+  <r>
+    <s v="CD372"/>
+    <s v="2011 Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="7111"/>
+    <s v="Sales and retail assistants"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="30155"/>
+  </r>
+  <r>
+    <s v="CD372"/>
+    <s v="2011 Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="7113"/>
+    <s v="Telephone salespersons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="724"/>
+  </r>
+  <r>
+    <s v="CD372"/>
+    <s v="2011 Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="7114"/>
+    <s v="Pharmacy and other dispensing assistants"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="214"/>
+  </r>
+  <r>
+    <s v="CD372"/>
+    <s v="2011 Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="7115"/>
+    <s v="Vehicle and parts salespersons and advisers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1452"/>
+  </r>
+  <r>
+    <s v="CD372"/>
+    <s v="2011 Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="7122"/>
+    <s v="Debt, rent and other cash collectors"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="723"/>
+  </r>
+  <r>
+    <s v="CD372"/>
+    <s v="2011 Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="7123"/>
+    <s v="Roundspersons and van salespersons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2232"/>
+  </r>
+  <r>
+    <s v="CD372"/>
+    <s v="2011 Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="7124"/>
+    <s v="Market and street traders and assistants"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="396"/>
+  </r>
+  <r>
+    <s v="CD372"/>
+    <s v="2011 Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="7125"/>
+    <s v="Merchandisers and window dressers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="806"/>
+  </r>
+  <r>
+    <s v="CD372"/>
+    <s v="2011 Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="7129"/>
+    <s v="Sales related occupations n.e.c."/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5241"/>
+  </r>
+  <r>
+    <s v="CD372"/>
+    <s v="2011 Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="7130"/>
+    <s v="Sales supervisors"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2033"/>
+  </r>
+  <r>
+    <s v="CD372"/>
+    <s v="2011 Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="7211"/>
+    <s v="Call and contact centre occupations"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="751"/>
+  </r>
+  <r>
+    <s v="CD372"/>
+    <s v="2011 Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="7213"/>
+    <s v="Telephonists"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="250"/>
+  </r>
+  <r>
+    <s v="CD372"/>
+    <s v="2011 Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="7214"/>
+    <s v="Communication operators"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="382"/>
+  </r>
+  <r>
+    <s v="CD372"/>
+    <s v="2011 Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="7215"/>
+    <s v="Market research interviewers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="191"/>
+  </r>
+  <r>
+    <s v="CD372"/>
+    <s v="2011 Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="7219"/>
+    <s v="Customer service occupations n.e.c."/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4679"/>
+  </r>
+  <r>
+    <s v="CD372"/>
+    <s v="2011 Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="7220"/>
+    <s v="Customer service managers and supervisors"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2047"/>
+  </r>
+  <r>
+    <s v="CD372"/>
+    <s v="2011 Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="8"/>
+    <s v="Process, plant and machine operatives"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="140140"/>
+  </r>
+  <r>
+    <s v="CD372"/>
+    <s v="2011 Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="8111"/>
+    <s v="Food, drink and tobacco process operatives"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="11745"/>
+  </r>
+  <r>
+    <s v="CD372"/>
+    <s v="2011 Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="8113"/>
+    <s v="Textile process operatives"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="726"/>
+  </r>
+  <r>
+    <s v="CD372"/>
+    <s v="2011 Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="8114"/>
+    <s v="Chemical and related process operatives"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="6609"/>
+  </r>
+  <r>
+    <s v="CD372"/>
+    <s v="2011 Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="8115"/>
+    <s v="Rubber process operatives"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="140"/>
+  </r>
+  <r>
+    <s v="CD372"/>
+    <s v="2011 Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="8116"/>
+    <s v="Plastics process operatives"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1307"/>
+  </r>
+  <r>
+    <s v="CD372"/>
+    <s v="2011 Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="8117"/>
+    <s v="Metal making and treating process operatives"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="360"/>
+  </r>
+  <r>
+    <s v="CD372"/>
+    <s v="2011 Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="8118"/>
+    <s v="Electroplaters"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="59"/>
+  </r>
+  <r>
+    <s v="CD372"/>
+    <s v="2011 Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="8121"/>
+    <s v="Paper and wood machine operatives"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1941"/>
+  </r>
+  <r>
+    <s v="CD372"/>
+    <s v="2011 Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="8122"/>
+    <s v="Coal mine operatives"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="117"/>
+  </r>
+  <r>
+    <s v="CD372"/>
+    <s v="2011 Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="8123"/>
+    <s v="Quarry workers and related operatives"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1627"/>
+  </r>
+  <r>
+    <s v="CD372"/>
+    <s v="2011 Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="8124"/>
+    <s v="Energy plant operatives"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="910"/>
+  </r>
+  <r>
+    <s v="CD372"/>
+    <s v="2011 Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="8125"/>
+    <s v="Metal working machine operatives"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1171"/>
+  </r>
+  <r>
+    <s v="CD372"/>
+    <s v="2011 Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="8126"/>
+    <s v="Water and sewerage plant operatives"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="667"/>
+  </r>
+  <r>
+    <s v="CD372"/>
+    <s v="2011 Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="8129"/>
+    <s v="Plant and machine operatives n.e.c."/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="8239"/>
+  </r>
+  <r>
+    <s v="CD372"/>
+    <s v="2011 Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="8131"/>
+    <s v="Assemblers (electrical and electronic products)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2608"/>
+  </r>
+  <r>
+    <s v="CD372"/>
+    <s v="2011 Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="8132"/>
+    <s v="Assemblers (vehicles and metal goods)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5630"/>
+  </r>
+  <r>
+    <s v="CD372"/>
+    <s v="2011 Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="8133"/>
+    <s v="Routine inspectors and testers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2303"/>
+  </r>
+  <r>
+    <s v="CD372"/>
+    <s v="2011 Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="8134"/>
+    <s v="Weighers, graders and sorters"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="142"/>
+  </r>
+  <r>
+    <s v="CD372"/>
+    <s v="2011 Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="8137"/>
+    <s v="Sewing machinists"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="243"/>
+  </r>
+  <r>
+    <s v="CD372"/>
+    <s v="2011 Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="8142"/>
+    <s v="Road construction operatives"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3667"/>
+  </r>
+  <r>
+    <s v="CD372"/>
+    <s v="2011 Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="8143"/>
+    <s v="Rail construction and maintenance operatives"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="293"/>
+  </r>
+  <r>
+    <s v="CD372"/>
+    <s v="2011 Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="8149"/>
+    <s v="Construction operatives n.e.c."/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="8995"/>
+  </r>
+  <r>
+    <s v="CD372"/>
+    <s v="2011 Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="8211"/>
+    <s v="Large goods vehicle drivers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="24831"/>
+  </r>
+  <r>
+    <s v="CD372"/>
+    <s v="2011 Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="8212"/>
+    <s v="Van drivers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="9402"/>
+  </r>
+  <r>
+    <s v="CD372"/>
+    <s v="2011 Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="8213"/>
+    <s v="Bus and coach drivers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="7887"/>
+  </r>
+  <r>
+    <s v="CD372"/>
+    <s v="2011 Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="8214"/>
+    <s v="Taxi and cab drivers and chauffeurs"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="17534"/>
+  </r>
+  <r>
+    <s v="CD372"/>
+    <s v="2011 Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="8215"/>
+    <s v="Driving instructors"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1011"/>
+  </r>
+  <r>
+    <s v="CD372"/>
+    <s v="2011 Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="8221"/>
+    <s v="Crane drivers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="884"/>
+  </r>
+  <r>
+    <s v="CD372"/>
+    <s v="2011 Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="8222"/>
+    <s v="Fork-lift truck drivers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4478"/>
+  </r>
+  <r>
+    <s v="CD372"/>
+    <s v="2011 Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="8223"/>
+    <s v="Agricultural machinery drivers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="759"/>
+  </r>
+  <r>
+    <s v="CD372"/>
+    <s v="2011 Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="8229"/>
+    <s v="Mobile machine drivers and operatives n.e.c."/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="9014"/>
+  </r>
+  <r>
+    <s v="CD372"/>
+    <s v="2011 Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="8231"/>
+    <s v="Train and tram drivers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="686"/>
+  </r>
+  <r>
+    <s v="CD372"/>
+    <s v="2011 Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="8232"/>
+    <s v="Marine and waterways transport operatives"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="670"/>
+  </r>
+  <r>
+    <s v="CD372"/>
+    <s v="2011 Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="8233"/>
+    <s v="Air transport operatives"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1082"/>
+  </r>
+  <r>
+    <s v="CD372"/>
+    <s v="2011 Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="8234"/>
+    <s v="Rail transport operatives"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1039"/>
+  </r>
+  <r>
+    <s v="CD372"/>
+    <s v="2011 Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="8239"/>
+    <s v="Other drivers and transport operatives n.e.c."/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1364"/>
+  </r>
+  <r>
+    <s v="CD372"/>
+    <s v="2011 Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="9"/>
+    <s v="Elementary occupations"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="122330"/>
+  </r>
+  <r>
+    <s v="CD372"/>
+    <s v="2011 Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="9111"/>
+    <s v="Farm workers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4857"/>
+  </r>
+  <r>
+    <s v="CD372"/>
+    <s v="2011 Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="9112"/>
+    <s v="Forestry workers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1220"/>
+  </r>
+  <r>
+    <s v="CD372"/>
+    <s v="2011 Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="X19"/>
+    <s v="Elementary occupations in horse-racing and related industries"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1055"/>
+  </r>
+  <r>
+    <s v="CD372"/>
+    <s v="2011 Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="9119"/>
+    <s v="Fishing and other elementary agriculture occupations n.e.c."/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1480"/>
+  </r>
+  <r>
+    <s v="CD372"/>
+    <s v="2011 Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="9120"/>
+    <s v="Elementary construction occupations"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="29397"/>
+  </r>
+  <r>
+    <s v="CD372"/>
+    <s v="2011 Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="9132"/>
+    <s v="Industrial cleaning process occupations"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="501"/>
+  </r>
+  <r>
+    <s v="CD372"/>
+    <s v="2011 Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="9134"/>
+    <s v="Packers, bottlers, canners and fillers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2663"/>
+  </r>
+  <r>
+    <s v="CD372"/>
+    <s v="2011 Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="9139"/>
+    <s v="Elementary process plant occupations n.e.c."/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2860"/>
+  </r>
+  <r>
+    <s v="CD372"/>
+    <s v="2011 Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="9211"/>
+    <s v="Postal workers, mail sorters, messengers and couriers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="9093"/>
+  </r>
+  <r>
+    <s v="CD372"/>
+    <s v="2011 Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="9219"/>
+    <s v="Elementary administration occupations n.e.c."/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="32"/>
+  </r>
+  <r>
+    <s v="CD372"/>
+    <s v="2011 Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="9231"/>
+    <s v="Window cleaners"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="581"/>
+  </r>
+  <r>
+    <s v="CD372"/>
+    <s v="2011 Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="9232"/>
+    <s v="Street cleaners"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="213"/>
+  </r>
+  <r>
+    <s v="CD372"/>
+    <s v="2011 Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="9233"/>
+    <s v="Cleaners and domestics"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="6095"/>
+  </r>
+  <r>
+    <s v="CD372"/>
+    <s v="2011 Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="9234"/>
+    <s v="Launderers, dry cleaners and pressers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="874"/>
+  </r>
+  <r>
+    <s v="CD372"/>
+    <s v="2011 Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="9235"/>
+    <s v="Refuse and salvage occupations"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1680"/>
+  </r>
+  <r>
+    <s v="CD372"/>
+    <s v="2011 Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="9236"/>
+    <s v="Vehicle valeters and cleaners"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1399"/>
+  </r>
+  <r>
+    <s v="CD372"/>
+    <s v="2011 Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="9239"/>
+    <s v="Elementary cleaning occupations n.e.c."/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="126"/>
+  </r>
+  <r>
+    <s v="CD372"/>
+    <s v="2011 Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="9241"/>
+    <s v="Security guards and related occupations"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="13420"/>
+  </r>
+  <r>
+    <s v="CD372"/>
+    <s v="2011 Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="9242"/>
+    <s v="Parking and civil enforcement occupations"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="576"/>
+  </r>
+  <r>
+    <s v="CD372"/>
+    <s v="2011 Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="9244"/>
+    <s v="School midday and crossing patrol occupations"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="70"/>
+  </r>
+  <r>
+    <s v="CD372"/>
+    <s v="2011 Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="9249"/>
+    <s v="Elementary security occupations n.e.c."/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="186"/>
+  </r>
+  <r>
+    <s v="CD372"/>
+    <s v="2011 Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="9259"/>
+    <s v="Elementary sales occupations n.e.c."/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="50"/>
+  </r>
+  <r>
+    <s v="CD372"/>
+    <s v="2011 Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="9260"/>
+    <s v="Elementary storage occupations"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="19291"/>
+  </r>
+  <r>
+    <s v="CD372"/>
+    <s v="2011 Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="9271"/>
+    <s v="Hospital porters"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1237"/>
+  </r>
+  <r>
+    <s v="CD372"/>
+    <s v="2011 Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="9272"/>
+    <s v="Kitchen and catering assistants"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="7707"/>
+  </r>
+  <r>
+    <s v="CD372"/>
+    <s v="2011 Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="9273"/>
+    <s v="Waiters and waitresses"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2759"/>
+  </r>
+  <r>
+    <s v="CD372"/>
+    <s v="2011 Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="9274"/>
+    <s v="Bar staff"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="9291"/>
+  </r>
+  <r>
+    <s v="CD372"/>
+    <s v="2011 Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="9275"/>
+    <s v="Leisure and theme park attendants"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="485"/>
+  </r>
+  <r>
+    <s v="CD372"/>
+    <s v="2011 Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="9279"/>
+    <s v="Other elementary services occupations n.e.c."/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3132"/>
+  </r>
+  <r>
+    <s v="CD372"/>
+    <s v="2011 Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="X9"/>
+    <s v="Other/not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="111983"/>
+  </r>
+  <r>
+    <s v="CD372"/>
+    <s v="2011 Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All occupational groups"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1209356"/>
+  </r>
+  <r>
+    <s v="CD372"/>
+    <s v="2011 Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="X20"/>
+    <s v="Unemployed - looking for first regular job"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="19512"/>
+  </r>
+  <r>
+    <s v="CD372"/>
+    <s v="2011 Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="X21"/>
+    <s v="Total in labour force"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1228868"/>
+  </r>
+  <r>
+    <s v="CD372"/>
+    <s v="2011 Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="1"/>
+    <s v="Managers, directors and senior officials"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="61560"/>
+  </r>
+  <r>
+    <s v="CD372"/>
+    <s v="2011 Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="1115"/>
+    <s v="Chief executives and senior officials"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="438"/>
+  </r>
+  <r>
+    <s v="CD372"/>
+    <s v="2011 Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="1116"/>
+    <s v="Elected officers and representatives"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="118"/>
+  </r>
+  <r>
+    <s v="CD372"/>
+    <s v="2011 Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="X10"/>
+    <s v="Civil and public service Assistant Secretary and above and senior officials"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="117"/>
+  </r>
+  <r>
+    <s v="CD372"/>
+    <s v="2011 Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="1121"/>
+    <s v="Production managers and directors in manufacturing"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3565"/>
+  </r>
+  <r>
+    <s v="CD372"/>
+    <s v="2011 Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="1122"/>
+    <s v="Production managers and directors in construction"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="215"/>
+  </r>
+  <r>
+    <s v="CD372"/>
+    <s v="2011 Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="1131"/>
+    <s v="Financial managers and directors"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3638"/>
+  </r>
+  <r>
+    <s v="CD372"/>
+    <s v="2011 Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="1132"/>
+    <s v="Marketing and sales directors"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="900"/>
+  </r>
+  <r>
+    <s v="CD372"/>
+    <s v="2011 Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="1133"/>
+    <s v="Purchasing managers and directors"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="664"/>
+  </r>
+  <r>
+    <s v="CD372"/>
+    <s v="2011 Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="1134"/>
+    <s v="Advertising and public relations directors"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="152"/>
+  </r>
+  <r>
+    <s v="CD372"/>
+    <s v="2011 Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="1135"/>
+    <s v="Human resource managers and directors"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3285"/>
+  </r>
+  <r>
+    <s v="CD372"/>
+    <s v="2011 Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="1136"/>
+    <s v="Information technology and telecommunications directors"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="90"/>
+  </r>
+  <r>
+    <s v="CD372"/>
+    <s v="2011 Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="1139"/>
+    <s v="Functional managers and directors n.e.c."/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4615"/>
+  </r>
+  <r>
+    <s v="CD372"/>
+    <s v="2011 Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="1150"/>
+    <s v="Financial institution managers and directors"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3734"/>
+  </r>
+  <r>
+    <s v="CD372"/>
+    <s v="2011 Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="1161"/>
+    <s v="Managers and directors in transport and distribution"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="579"/>
+  </r>
+  <r>
+    <s v="CD372"/>
+    <s v="2011 Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="1162"/>
+    <s v="Managers and directors in storage and warehousing"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="638"/>
+  </r>
+  <r>
+    <s v="CD372"/>
+    <s v="2011 Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="1171"/>
+    <s v="Officers in armed forces"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="88"/>
+  </r>
+  <r>
+    <s v="CD372"/>
+    <s v="2011 Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="1172"/>
+    <s v="Senior police officers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="78"/>
+  </r>
+  <r>
+    <s v="CD372"/>
+    <s v="2011 Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="1181"/>
+    <s v="Health services and public health managers and directors"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1439"/>
+  </r>
+  <r>
+    <s v="CD372"/>
+    <s v="2011 Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="1184"/>
+    <s v="Social services managers and directors"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="520"/>
+  </r>
+  <r>
+    <s v="CD372"/>
+    <s v="2011 Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="1190"/>
+    <s v="Managers and directors in retail and wholesale"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="15703"/>
+  </r>
+  <r>
+    <s v="CD372"/>
+    <s v="2011 Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="1211"/>
+    <s v="Managers and proprietors in agriculture and horticulture"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="101"/>
+  </r>
+  <r>
+    <s v="CD372"/>
+    <s v="2011 Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="1213"/>
+    <s v="Managers and proprietors in forestry, fishing and related services"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="103"/>
+  </r>
+  <r>
+    <s v="CD372"/>
+    <s v="2011 Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="X11"/>
+    <s v="Managers and proprietors in horse-racing and related industries"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="84"/>
+  </r>
+  <r>
+    <s v="CD372"/>
+    <s v="2011 Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="1221"/>
+    <s v="Hotel and accommodation managers and proprietors"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4014"/>
+  </r>
+  <r>
+    <s v="CD372"/>
+    <s v="2011 Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="1223"/>
+    <s v="Restaurant and catering establishment managers and proprietors"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3795"/>
+  </r>
+  <r>
+    <s v="CD372"/>
+    <s v="2011 Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="1224"/>
+    <s v="Publicans and managers of licensed premises"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1404"/>
+  </r>
+  <r>
+    <s v="CD372"/>
+    <s v="2011 Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="1225"/>
+    <s v="Leisure and sports managers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1290"/>
+  </r>
+  <r>
+    <s v="CD372"/>
+    <s v="2011 Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="1226"/>
+    <s v="Travel agency managers and proprietors"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="195"/>
+  </r>
+  <r>
+    <s v="CD372"/>
+    <s v="2011 Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="1241"/>
+    <s v="Health care practice managers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="790"/>
+  </r>
+  <r>
+    <s v="CD372"/>
+    <s v="2011 Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="1242"/>
+    <s v="Residential, day and domiciliary care managers and proprietors"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1331"/>
+  </r>
+  <r>
+    <s v="CD372"/>
+    <s v="2011 Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="1252"/>
+    <s v="Garage managers and proprietors"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="74"/>
+  </r>
+  <r>
+    <s v="CD372"/>
+    <s v="2011 Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="1254"/>
+    <s v="Shopkeepers and proprietors - wholesale and retail"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4051"/>
+  </r>
+  <r>
+    <s v="CD372"/>
+    <s v="2011 Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="1255"/>
+    <s v="Waste disposal and environmental services managers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="44"/>
+  </r>
+  <r>
+    <s v="CD372"/>
+    <s v="2011 Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="X12"/>
+    <s v="Civil and Public Service AP &amp; PO and equivalent grades"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1208"/>
+  </r>
+  <r>
+    <s v="CD372"/>
+    <s v="2011 Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="1259"/>
+    <s v="Managers and proprietors in other services n.e.c."/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2500"/>
+  </r>
+  <r>
+    <s v="CD372"/>
+    <s v="2011 Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="2"/>
+    <s v="Professional occupations"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="202622"/>
+  </r>
+  <r>
+    <s v="CD372"/>
+    <s v="2011 Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="2111"/>
+    <s v="Chemical scientists"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="780"/>
+  </r>
+  <r>
+    <s v="CD372"/>
+    <s v="2011 Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="2112"/>
+    <s v="Biological scientists and biochemists"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2832"/>
+  </r>
+  <r>
+    <s v="CD372"/>
+    <s v="2011 Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="2113"/>
+    <s v="Physical scientists"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="327"/>
+  </r>
+  <r>
+    <s v="CD372"/>
+    <s v="2011 Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="2114"/>
+    <s v="Social and humanities scientists"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="496"/>
+  </r>
+  <r>
+    <s v="CD372"/>
+    <s v="2011 Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="2119"/>
+    <s v="Natural and social science professionals n.e.c."/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1495"/>
+  </r>
+  <r>
+    <s v="CD372"/>
+    <s v="2011 Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="2121"/>
+    <s v="Civil engineers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="587"/>
+  </r>
+  <r>
+    <s v="CD372"/>
+    <s v="2011 Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="2122"/>
+    <s v="Mechanical engineers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="173"/>
+  </r>
+  <r>
+    <s v="CD372"/>
+    <s v="2011 Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="2123"/>
+    <s v="Electrical engineers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="338"/>
+  </r>
+  <r>
+    <s v="CD372"/>
+    <s v="2011 Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="2126"/>
+    <s v="Design and development engineers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="335"/>
+  </r>
+  <r>
+    <s v="CD372"/>
+    <s v="2011 Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="2127"/>
+    <s v="Production and process engineers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="538"/>
+  </r>
+  <r>
+    <s v="CD372"/>
+    <s v="2011 Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="2129"/>
+    <s v="Engineering professionals n.e.c."/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="932"/>
+  </r>
+  <r>
+    <s v="CD372"/>
+    <s v="2011 Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="2133"/>
+    <s v="IT specialist managers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2023"/>
+  </r>
+  <r>
+    <s v="CD372"/>
+    <s v="2011 Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="2134"/>
+    <s v="IT project and programme managers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1478"/>
+  </r>
+  <r>
+    <s v="CD372"/>
+    <s v="2011 Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="2135"/>
+    <s v="IT business analysts, architects and systems designers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="911"/>
+  </r>
+  <r>
+    <s v="CD372"/>
+    <s v="2011 Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="2136"/>
+    <s v="Programmers and software development professionals"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2690"/>
+  </r>
+  <r>
+    <s v="CD372"/>
+    <s v="2011 Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="2137"/>
+    <s v="Web design and development professionals"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="577"/>
+  </r>
+  <r>
+    <s v="CD372"/>
+    <s v="2011 Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="2139"/>
+    <s v="Information technology and telecommunications professionals n.e.c."/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1124"/>
+  </r>
+  <r>
+    <s v="CD372"/>
+    <s v="2011 Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="2141"/>
+    <s v="Conservation professionals"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="249"/>
+  </r>
+  <r>
+    <s v="CD372"/>
+    <s v="2011 Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="2142"/>
+    <s v="Environment professionals"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="519"/>
+  </r>
+  <r>
+    <s v="CD372"/>
+    <s v="2011 Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="2150"/>
+    <s v="Research and development managers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="388"/>
+  </r>
+  <r>
+    <s v="CD372"/>
+    <s v="2011 Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="2211"/>
+    <s v="Medical practitioners"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5418"/>
+  </r>
+  <r>
+    <s v="CD372"/>
+    <s v="2011 Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="2212"/>
+    <s v="Psychologists"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1504"/>
+  </r>
+  <r>
+    <s v="CD372"/>
+    <s v="2011 Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="2213"/>
+    <s v="Pharmacists"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2660"/>
+  </r>
+  <r>
+    <s v="CD372"/>
+    <s v="2011 Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="2214"/>
+    <s v="Ophthalmic opticians"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="511"/>
+  </r>
+  <r>
+    <s v="CD372"/>
+    <s v="2011 Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="2215"/>
+    <s v="Dental practitioners"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="877"/>
+  </r>
+  <r>
+    <s v="CD372"/>
+    <s v="2011 Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="2216"/>
+    <s v="Veterinarians"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="567"/>
+  </r>
+  <r>
+    <s v="CD372"/>
+    <s v="2011 Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="2217"/>
+    <s v="Medical radiographers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1221"/>
+  </r>
+  <r>
+    <s v="CD372"/>
+    <s v="2011 Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="2218"/>
+    <s v="Podiatrists"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="371"/>
+  </r>
+  <r>
+    <s v="CD372"/>
+    <s v="2011 Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="2219"/>
+    <s v="Health professionals n.e.c."/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="734"/>
+  </r>
+  <r>
+    <s v="CD372"/>
+    <s v="2011 Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="2221"/>
+    <s v="Physiotherapists"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2292"/>
+  </r>
+  <r>
+    <s v="CD372"/>
+    <s v="2011 Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="2222"/>
+    <s v="Occupational therapists"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1494"/>
+  </r>
+  <r>
+    <s v="CD372"/>
+    <s v="2011 Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="2223"/>
+    <s v="Speech and language therapists"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1065"/>
+  </r>
+  <r>
+    <s v="CD372"/>
+    <s v="2011 Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="2229"/>
+    <s v="Therapy professionals n.e.c."/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1523"/>
+  </r>
+  <r>
+    <s v="CD372"/>
+    <s v="2011 Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="X13"/>
+    <s v="Nurses and midwives"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="51582"/>
+  </r>
+  <r>
+    <s v="CD372"/>
+    <s v="2011 Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="X14"/>
+    <s v="Further and higher education teaching professionals"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="6355"/>
+  </r>
+  <r>
+    <s v="CD372"/>
+    <s v="2011 Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="2314"/>
+    <s v="Secondary education teaching professionals"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="22162"/>
+  </r>
+  <r>
+    <s v="CD372"/>
+    <s v="2011 Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="2315"/>
+    <s v="Primary and nursery education teaching professionals"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="35013"/>
+  </r>
+  <r>
+    <s v="CD372"/>
+    <s v="2011 Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="2317"/>
+    <s v="Senior professionals of educational establishments"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2688"/>
+  </r>
+  <r>
+    <s v="CD372"/>
+    <s v="2011 Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="2318"/>
+    <s v="Education advisers and school inspectors"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="275"/>
+  </r>
+  <r>
+    <s v="CD372"/>
+    <s v="2011 Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="2319"/>
+    <s v="Teaching and other educational professionals n.e.c."/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="6289"/>
+  </r>
+  <r>
+    <s v="CD372"/>
+    <s v="2011 Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="2412"/>
+    <s v="Barristers and judges"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5709"/>
+  </r>
+  <r>
+    <s v="CD372"/>
+    <s v="2011 Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="2419"/>
+    <s v="Legal professionals n.e.c."/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="397"/>
+  </r>
+  <r>
+    <s v="CD372"/>
+    <s v="2011 Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="2421"/>
+    <s v="Chartered and certified accountants"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="13976"/>
+  </r>
+  <r>
+    <s v="CD372"/>
+    <s v="2011 Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="2423"/>
+    <s v="Management consultants and business analysts"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2539"/>
+  </r>
+  <r>
+    <s v="CD372"/>
+    <s v="2011 Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="2424"/>
+    <s v="Business and financial project management professionals"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1432"/>
+  </r>
+  <r>
+    <s v="CD372"/>
+    <s v="2011 Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="2425"/>
+    <s v="Actuaries, economists and statisticians"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1693"/>
+  </r>
+  <r>
+    <s v="CD372"/>
+    <s v="2011 Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="2429"/>
+    <s v="Business, research and administrative professionals n.e.c."/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="487"/>
+  </r>
+  <r>
+    <s v="CD372"/>
+    <s v="2011 Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="X15"/>
+    <s v="Architects and town planners"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1842"/>
+  </r>
+  <r>
+    <s v="CD372"/>
+    <s v="2011 Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="2435"/>
+    <s v="Chartered architectural technologists"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="62"/>
+  </r>
+  <r>
+    <s v="CD372"/>
+    <s v="2011 Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="2436"/>
+    <s v="Construction project managers and related professionals"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="74"/>
+  </r>
+  <r>
+    <s v="CD372"/>
+    <s v="2011 Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="2442"/>
+    <s v="Social workers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3052"/>
+  </r>
+  <r>
+    <s v="CD372"/>
+    <s v="2011 Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="2443"/>
+    <s v="Probation officers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="228"/>
+  </r>
+  <r>
+    <s v="CD372"/>
+    <s v="2011 Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="2444"/>
+    <s v="Clergy"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="668"/>
+  </r>
+  <r>
+    <s v="CD372"/>
+    <s v="2011 Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="2449"/>
+    <s v="Welfare professionals n.e.c."/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="10"/>
+  </r>
+  <r>
+    <s v="CD372"/>
+    <s v="2011 Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="2451"/>
+    <s v="Librarians"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1350"/>
+  </r>
+  <r>
+    <s v="CD372"/>
+    <s v="2011 Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="2461"/>
+    <s v="Quality control and planning engineers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="677"/>
+  </r>
+  <r>
+    <s v="CD372"/>
+    <s v="2011 Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="2462"/>
+    <s v="Quality assurance and regulatory professionals"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1268"/>
+  </r>
+  <r>
+    <s v="CD372"/>
+    <s v="2011 Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="2463"/>
+    <s v="Environmental health professionals"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="553"/>
+  </r>
+  <r>
+    <s v="CD372"/>
+    <s v="2011 Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="2471"/>
+    <s v="Journalists, newspaper and periodical editors"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1715"/>
+  </r>
+  <r>
+    <s v="CD372"/>
+    <s v="2011 Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="2472"/>
+    <s v="Public relations professionals"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="987"/>
+  </r>
+  <r>
+    <s v="CD372"/>
+    <s v="2011 Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="2473"/>
+    <s v="Advertising accounts managers and creative directors"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="510"/>
+  </r>
+  <r>
+    <s v="CD372"/>
+    <s v="2011 Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="3"/>
+    <s v="Associate professional and technical occupations"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="92916"/>
+  </r>
+  <r>
+    <s v="CD372"/>
+    <s v="2011 Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="3111"/>
+    <s v="Laboratory technicians"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3691"/>
+  </r>
+  <r>
+    <s v="CD372"/>
+    <s v="2011 Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="3112"/>
+    <s v="Electrical and electronics technicians"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="123"/>
+  </r>
+  <r>
+    <s v="CD372"/>
+    <s v="2011 Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="3114"/>
+    <s v="Building and civil engineering technicians"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="698"/>
+  </r>
+  <r>
+    <s v="CD372"/>
+    <s v="2011 Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="3115"/>
+    <s v="Quality assurance technicians"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1544"/>
+  </r>
+  <r>
+    <s v="CD372"/>
+    <s v="2011 Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="3116"/>
+    <s v="Planning, process and production technicians"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="777"/>
+  </r>
+  <r>
+    <s v="CD372"/>
+    <s v="2011 Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="3119"/>
+    <s v="Science, engineering and production technicians n.e.c."/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="391"/>
+  </r>
+  <r>
+    <s v="CD372"/>
+    <s v="2011 Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="3121"/>
+    <s v="Architectural and town planning technicians"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="635"/>
+  </r>
+  <r>
+    <s v="CD372"/>
+    <s v="2011 Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="3131"/>
+    <s v="IT operations technicians"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1694"/>
+  </r>
+  <r>
+    <s v="CD372"/>
+    <s v="2011 Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="3132"/>
+    <s v="IT user support technicians"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1266"/>
+  </r>
+  <r>
+    <s v="CD372"/>
+    <s v="2011 Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="3213"/>
+    <s v="Paramedics"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="232"/>
+  </r>
+  <r>
+    <s v="CD372"/>
+    <s v="2011 Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="3217"/>
+    <s v="Pharmaceutical technicians"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2056"/>
+  </r>
+  <r>
+    <s v="CD372"/>
+    <s v="2011 Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="3218"/>
+    <s v="Medical and dental technicians"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3554"/>
+  </r>
+  <r>
+    <s v="CD372"/>
+    <s v="2011 Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="3219"/>
+    <s v="Health associate professionals n.e.c."/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2141"/>
+  </r>
+  <r>
+    <s v="CD372"/>
+    <s v="2011 Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="3231"/>
+    <s v="Youth and community workers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5558"/>
+  </r>
+  <r>
+    <s v="CD372"/>
+    <s v="2011 Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="3233"/>
+    <s v="Child and early years officers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="281"/>
+  </r>
+  <r>
+    <s v="CD372"/>
+    <s v="2011 Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="3234"/>
+    <s v="Housing officers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="185"/>
+  </r>
+  <r>
+    <s v="CD372"/>
+    <s v="2011 Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="3235"/>
+    <s v="Counsellors"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="476"/>
+  </r>
+  <r>
+    <s v="CD372"/>
+    <s v="2011 Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="3239"/>
+    <s v="Welfare and housing associate professionals n.e.c."/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1193"/>
+  </r>
+  <r>
+    <s v="CD372"/>
+    <s v="2011 Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="3311"/>
+    <s v="NCOs and other ranks"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="418"/>
+  </r>
+  <r>
+    <s v="CD372"/>
+    <s v="2011 Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="3312"/>
+    <s v="Police officers (sergeant and below)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3199"/>
+  </r>
+  <r>
+    <s v="CD372"/>
+    <s v="2011 Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="3313"/>
+    <s v="Fire service officers (watch manager and below)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="122"/>
+  </r>
+  <r>
+    <s v="CD372"/>
+    <s v="2011 Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="3314"/>
+    <s v="Prison service officers (below principal officer)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="459"/>
+  </r>
+  <r>
+    <s v="CD372"/>
+    <s v="2011 Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="3319"/>
+    <s v="Protective service associate professionals n.e.c."/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="212"/>
+  </r>
+  <r>
+    <s v="CD372"/>
+    <s v="2011 Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="3411"/>
+    <s v="Artists"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1164"/>
+  </r>
+  <r>
+    <s v="CD372"/>
+    <s v="2011 Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="3412"/>
+    <s v="Authors, writers and translators"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1220"/>
+  </r>
+  <r>
+    <s v="CD372"/>
+    <s v="2011 Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="3413"/>
+    <s v="Actors, entertainers and presenters"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1925"/>
+  </r>
+  <r>
+    <s v="CD372"/>
+    <s v="2011 Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="3416"/>
+    <s v="Arts officers, producers and directors"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1246"/>
+  </r>
+  <r>
+    <s v="CD372"/>
+    <s v="2011 Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="3417"/>
+    <s v="Photographers, audio-visual and broadcasting equipment operators"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="877"/>
+  </r>
+  <r>
+    <s v="CD372"/>
+    <s v="2011 Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="3421"/>
+    <s v="Graphic designers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3110"/>
+  </r>
+  <r>
+    <s v="CD372"/>
+    <s v="2011 Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="3441"/>
+    <s v="Sports players"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="155"/>
+  </r>
+  <r>
+    <s v="CD372"/>
+    <s v="2011 Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="3442"/>
+    <s v="Sports coaches, instructors and officials"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1245"/>
+  </r>
+  <r>
+    <s v="CD372"/>
+    <s v="2011 Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="3443"/>
+    <s v="Fitness instructors"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1546"/>
+  </r>
+  <r>
+    <s v="CD372"/>
+    <s v="2011 Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="3512"/>
+    <s v="Aircraft pilots and flight engineers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="221"/>
+  </r>
+  <r>
+    <s v="CD372"/>
+    <s v="2011 Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="3513"/>
+    <s v="Ship and hovercraft officers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="34"/>
+  </r>
+  <r>
+    <s v="CD372"/>
+    <s v="2011 Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="3520"/>
+    <s v="Legal associate professionals"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1879"/>
+  </r>
+  <r>
+    <s v="CD372"/>
+    <s v="2011 Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="3532"/>
+    <s v="Brokers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="972"/>
+  </r>
+  <r>
+    <s v="CD372"/>
+    <s v="2011 Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="3533"/>
+    <s v="Insurance underwriters"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="967"/>
+  </r>
+  <r>
+    <s v="CD372"/>
+    <s v="2011 Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="3534"/>
+    <s v="Finance and investment analysts and advisers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3352"/>
+  </r>
+  <r>
+    <s v="CD372"/>
+    <s v="2011 Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="3536"/>
+    <s v="Importers and exporters"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="126"/>
+  </r>
+  <r>
+    <s v="CD372"/>
+    <s v="2011 Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="3537"/>
+    <s v="Financial and accounting technicians"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2247"/>
+  </r>
+  <r>
+    <s v="CD372"/>
+    <s v="2011 Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="3538"/>
+    <s v="Financial accounts managers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="6025"/>
+  </r>
+  <r>
+    <s v="CD372"/>
+    <s v="2011 Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="3539"/>
+    <s v="Business and related associate professionals n.e.c."/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="917"/>
+  </r>
+  <r>
+    <s v="CD372"/>
+    <s v="2011 Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="3541"/>
+    <s v="Buyers and procurement officers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1711"/>
+  </r>
+  <r>
+    <s v="CD372"/>
+    <s v="2011 Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="3542"/>
+    <s v="Business sales executives"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="6286"/>
+  </r>
+  <r>
+    <s v="CD372"/>
+    <s v="2011 Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="3543"/>
+    <s v="Marketing associate professionals"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3122"/>
+  </r>
+  <r>
+    <s v="CD372"/>
+    <s v="2011 Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="3544"/>
+    <s v="Estate agents and auctioneers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1058"/>
+  </r>
+  <r>
+    <s v="CD372"/>
+    <s v="2011 Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="3545"/>
+    <s v="Sales accounts and business development managers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="7262"/>
+  </r>
+  <r>
+    <s v="CD372"/>
+    <s v="2011 Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="3546"/>
+    <s v="Conference and exhibition managers and organisers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1215"/>
+  </r>
+  <r>
+    <s v="CD372"/>
+    <s v="2011 Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="3550"/>
+    <s v="Conservation and environmental associate professionals"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="216"/>
+  </r>
+  <r>
+    <s v="CD372"/>
+    <s v="2011 Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="3561"/>
+    <s v="Public services associate professionals"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2384"/>
+  </r>
+  <r>
+    <s v="CD372"/>
+    <s v="2011 Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="3562"/>
+    <s v="Human resources and industrial relations officers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3391"/>
+  </r>
+  <r>
+    <s v="CD372"/>
+    <s v="2011 Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="3563"/>
+    <s v="Vocational and industrial trainers and instructors"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3818"/>
+  </r>
+  <r>
+    <s v="CD372"/>
+    <s v="2011 Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="3564"/>
+    <s v="Careers advisers and vocational guidance specialists"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1111"/>
+  </r>
+  <r>
+    <s v="CD372"/>
+    <s v="2011 Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="3565"/>
+    <s v="Inspectors of standards and regulations"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="424"/>
+  </r>
+  <r>
+    <s v="CD372"/>
+    <s v="2011 Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="3567"/>
+    <s v="Health and safety officers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="785"/>
+  </r>
+  <r>
+    <s v="CD372"/>
+    <s v="2011 Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="4"/>
+    <s v="Administrative and secretarial occupations"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="182678"/>
+  </r>
+  <r>
+    <s v="CD372"/>
+    <s v="2011 Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="4112"/>
+    <s v="National government administrative occupations"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="18401"/>
+  </r>
+  <r>
+    <s v="CD372"/>
+    <s v="2011 Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="4113"/>
+    <s v="Local government administrative occupations"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="15270"/>
+  </r>
+  <r>
+    <s v="CD372"/>
+    <s v="2011 Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="4114"/>
+    <s v="Officers of non-governmental organisations"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1811"/>
+  </r>
+  <r>
+    <s v="CD372"/>
+    <s v="2011 Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="4121"/>
+    <s v="Credit controllers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2600"/>
+  </r>
+  <r>
+    <s v="CD372"/>
+    <s v="2011 Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="4122"/>
+    <s v="Book-keepers, payroll managers and wages clerks"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="19166"/>
+  </r>
+  <r>
+    <s v="CD372"/>
+    <s v="2011 Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="4123"/>
+    <s v="Bank and post office clerks"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="16964"/>
+  </r>
+  <r>
+    <s v="CD372"/>
+    <s v="2011 Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="4124"/>
+    <s v="Finance officers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="275"/>
+  </r>
+  <r>
+    <s v="CD372"/>
+    <s v="2011 Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="4129"/>
+    <s v="Financial administrative occupations n.e.c."/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4929"/>
+  </r>
+  <r>
+    <s v="CD372"/>
+    <s v="2011 Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="4132"/>
+    <s v="Pensions and insurance clerks and assistants"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5042"/>
+  </r>
+  <r>
+    <s v="CD372"/>
+    <s v="2011 Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="4133"/>
+    <s v="Stock control clerks and assistants"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1101"/>
+  </r>
+  <r>
+    <s v="CD372"/>
+    <s v="2011 Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="4134"/>
+    <s v="Transport and distribution clerks and assistants"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1240"/>
+  </r>
+  <r>
+    <s v="CD372"/>
+    <s v="2011 Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="4138"/>
+    <s v="Human resources administrative occupations"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="803"/>
+  </r>
+  <r>
+    <s v="CD372"/>
+    <s v="2011 Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="4151"/>
+    <s v="Sales administrators"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2498"/>
+  </r>
+  <r>
+    <s v="CD372"/>
+    <s v="2011 Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="4159"/>
+    <s v="Other administrative occupations n.e.c."/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="44303"/>
+  </r>
+  <r>
+    <s v="CD372"/>
+    <s v="2011 Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="4161"/>
+    <s v="Office managers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="6909"/>
+  </r>
+  <r>
+    <s v="CD372"/>
+    <s v="2011 Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="4162"/>
+    <s v="Office supervisors"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1035"/>
+  </r>
+  <r>
+    <s v="CD372"/>
+    <s v="2011 Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="4215"/>
+    <s v="Personal assistants and other secretaries"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="28462"/>
+  </r>
+  <r>
+    <s v="CD372"/>
+    <s v="2011 Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="4216"/>
+    <s v="Receptionists"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="11869"/>
+  </r>
+  <r>
+    <s v="CD372"/>
+    <s v="2011 Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="5"/>
+    <s v="Skilled trades occupations"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="31075"/>
+  </r>
+  <r>
+    <s v="CD372"/>
+    <s v="2011 Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="5111"/>
+    <s v="Farmers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="6545"/>
+  </r>
+  <r>
+    <s v="CD372"/>
+    <s v="2011 Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="5112"/>
+    <s v="Horticultural trades"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="433"/>
+  </r>
+  <r>
+    <s v="CD372"/>
+    <s v="2011 Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="5113"/>
+    <s v="Gardeners and landscape gardeners"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="576"/>
+  </r>
+  <r>
+    <s v="CD372"/>
+    <s v="2011 Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="5114"/>
+    <s v="Groundsmen and greenkeepers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="31"/>
+  </r>
+  <r>
+    <s v="CD372"/>
+    <s v="2011 Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="X17"/>
+    <s v="Skilled workers in horse-racing and related industries"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="234"/>
+  </r>
+  <r>
+    <s v="CD372"/>
+    <s v="2011 Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="5119"/>
+    <s v="Agricultural and fishing trades n.e.c."/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="39"/>
+  </r>
+  <r>
+    <s v="CD372"/>
+    <s v="2011 Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="5211"/>
+    <s v="Smiths and forge workers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="12"/>
+  </r>
+  <r>
+    <s v="CD372"/>
+    <s v="2011 Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="5212"/>
+    <s v="Moulders, core makers and die casters"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="8"/>
+  </r>
+  <r>
+    <s v="CD372"/>
+    <s v="2011 Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="5213"/>
+    <s v="Sheet metal workers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="18"/>
+  </r>
+  <r>
+    <s v="CD372"/>
+    <s v="2011 Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="5215"/>
+    <s v="Welding trades"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="57"/>
+  </r>
+  <r>
+    <s v="CD372"/>
+    <s v="2011 Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="5216"/>
+    <s v="Pipe fitters"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="CD372"/>
+    <s v="2011 Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="5221"/>
+    <s v="Metal machining setters and setter-operators"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="92"/>
+  </r>
+  <r>
+    <s v="CD372"/>
+    <s v="2011 Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="5222"/>
+    <s v="Tool makers, tool fitters and markers-out"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="11"/>
+  </r>
+  <r>
+    <s v="CD372"/>
+    <s v="2011 Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="5223"/>
+    <s v="Metal working production and maintenance fitters"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="367"/>
+  </r>
+  <r>
+    <s v="CD372"/>
+    <s v="2011 Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="5224"/>
+    <s v="Precision instrument makers and repairers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="120"/>
+  </r>
+  <r>
+    <s v="CD372"/>
+    <s v="2011 Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="5225"/>
+    <s v="Air-conditioning and refrigeration engineers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="16"/>
+  </r>
+  <r>
+    <s v="CD372"/>
+    <s v="2011 Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="5231"/>
+    <s v="Vehicle technicians, mechanics and electricians"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="168"/>
+  </r>
+  <r>
+    <s v="CD372"/>
+    <s v="2011 Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="5232"/>
+    <s v="Vehicle body builders and repairers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="20"/>
+  </r>
+  <r>
+    <s v="CD372"/>
+    <s v="2011 Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="5235"/>
+    <s v="Aircraft maintenance and related trades"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="63"/>
+  </r>
+  <r>
+    <s v="CD372"/>
+    <s v="2011 Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="5236"/>
+    <s v="Boat and ship builders and repairers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="11"/>
+  </r>
+  <r>
+    <s v="CD372"/>
+    <s v="2011 Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="5237"/>
+    <s v="Rail and rolling stock builders and repairers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4"/>
+  </r>
+  <r>
+    <s v="CD372"/>
+    <s v="2011 Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="5241"/>
+    <s v="Electricians and electrical fitters"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="191"/>
+  </r>
+  <r>
+    <s v="CD372"/>
+    <s v="2011 Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="5242"/>
+    <s v="Telecommunications engineers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="501"/>
+  </r>
+  <r>
+    <s v="CD372"/>
+    <s v="2011 Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="5244"/>
+    <s v="TV, video and audio engineers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="85"/>
+  </r>
+  <r>
+    <s v="CD372"/>
+    <s v="2011 Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="5245"/>
+    <s v="IT engineers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="394"/>
+  </r>
+  <r>
+    <s v="CD372"/>
+    <s v="2011 Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="5249"/>
+    <s v="Electrical and electronic trades n.e.c."/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="132"/>
+  </r>
+  <r>
+    <s v="CD372"/>
+    <s v="2011 Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="5250"/>
+    <s v="Skilled metal, electrical and electronic trades supervisors"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="422"/>
+  </r>
+  <r>
+    <s v="CD372"/>
+    <s v="2011 Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="5312"/>
+    <s v="Bricklayers and masons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="32"/>
+  </r>
+  <r>
+    <s v="CD372"/>
+    <s v="2011 Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="5313"/>
+    <s v="Roofers, roof tilers and slaters"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="9"/>
+  </r>
+  <r>
+    <s v="CD372"/>
+    <s v="2011 Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="5314"/>
+    <s v="Plumbers and heating and ventilating engineers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="62"/>
+  </r>
+  <r>
+    <s v="CD372"/>
+    <s v="2011 Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="5315"/>
+    <s v="Carpenters and joiners"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="104"/>
+  </r>
+  <r>
+    <s v="CD372"/>
+    <s v="2011 Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="5316"/>
+    <s v="Glaziers, window fabricators and fitters"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="112"/>
+  </r>
+  <r>
+    <s v="CD372"/>
+    <s v="2011 Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="5319"/>
+    <s v="Construction and building trades n.e.c."/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="149"/>
+  </r>
+  <r>
+    <s v="CD372"/>
+    <s v="2011 Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="5321"/>
+    <s v="Plasterers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="12"/>
+  </r>
+  <r>
+    <s v="CD372"/>
+    <s v="2011 Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="5322"/>
+    <s v="Floorers and wall tilers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="29"/>
+  </r>
+  <r>
+    <s v="CD372"/>
+    <s v="2011 Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="5323"/>
+    <s v="Painters and decorators"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="241"/>
+  </r>
+  <r>
+    <s v="CD372"/>
+    <s v="2011 Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="5330"/>
+    <s v="Construction and building trades supervisors"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="385"/>
+  </r>
+  <r>
+    <s v="CD372"/>
+    <s v="2011 Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="5411"/>
+    <s v="Weavers and knitters"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="101"/>
+  </r>
+  <r>
+    <s v="CD372"/>
+    <s v="2011 Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="5412"/>
+    <s v="Upholsterers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="238"/>
+  </r>
+  <r>
+    <s v="CD372"/>
+    <s v="2011 Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="5413"/>
+    <s v="Footwear and leather working trades"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="49"/>
+  </r>
+  <r>
+    <s v="CD372"/>
+    <s v="2011 Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="5414"/>
+    <s v="Tailors and dressmakers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="830"/>
+  </r>
+  <r>
+    <s v="CD372"/>
+    <s v="2011 Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="5419"/>
+    <s v="Textiles, garments and related trades n.e.c."/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="87"/>
+  </r>
+  <r>
+    <s v="CD372"/>
+    <s v="2011 Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="5422"/>
+    <s v="Printers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="933"/>
+  </r>
+  <r>
+    <s v="CD372"/>
+    <s v="2011 Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="5423"/>
+    <s v="Print finishing and binding workers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="300"/>
+  </r>
+  <r>
+    <s v="CD372"/>
+    <s v="2011 Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="5431"/>
+    <s v="Butchers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="331"/>
+  </r>
+  <r>
+    <s v="CD372"/>
+    <s v="2011 Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="5432"/>
+    <s v="Bakers and flour confectioners"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1097"/>
+  </r>
+  <r>
+    <s v="CD372"/>
+    <s v="2011 Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="5433"/>
+    <s v="Fishmongers and poultry dressers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="49"/>
+  </r>
+  <r>
+    <s v="CD372"/>
+    <s v="2011 Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="5434"/>
+    <s v="Chefs"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="7399"/>
+  </r>
+  <r>
+    <s v="CD372"/>
+    <s v="2011 Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="5435"/>
+    <s v="Cooks"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3091"/>
+  </r>
+  <r>
+    <s v="CD372"/>
+    <s v="2011 Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="5436"/>
+    <s v="Catering and bar managers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2627"/>
+  </r>
+  <r>
+    <s v="CD372"/>
+    <s v="2011 Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="5441"/>
+    <s v="Glass and ceramics makers, decorators and finishers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="418"/>
+  </r>
+  <r>
+    <s v="CD372"/>
+    <s v="2011 Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="5442"/>
+    <s v="Furniture makers and other craft woodworkers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="201"/>
+  </r>
+  <r>
+    <s v="CD372"/>
+    <s v="2011 Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="5443"/>
+    <s v="Florists"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1092"/>
+  </r>
+  <r>
+    <s v="CD372"/>
+    <s v="2011 Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="5449"/>
+    <s v="Other skilled trades n.e.c."/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="545"/>
+  </r>
+  <r>
+    <s v="CD372"/>
+    <s v="2011 Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="6"/>
+    <s v="Caring, leisure and other service occupations"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="122217"/>
+  </r>
+  <r>
+    <s v="CD372"/>
+    <s v="2011 Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="6121"/>
+    <s v="Nursery nurses and assistants"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4990"/>
+  </r>
+  <r>
+    <s v="CD372"/>
+    <s v="2011 Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="6122"/>
+    <s v="Childminders and related occupations"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="17391"/>
+  </r>
+  <r>
+    <s v="CD372"/>
+    <s v="2011 Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="6125"/>
+    <s v="Teaching assistants"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1402"/>
+  </r>
+  <r>
+    <s v="CD372"/>
+    <s v="2011 Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="6126"/>
+    <s v="Educational support assistants"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="12891"/>
+  </r>
+  <r>
+    <s v="CD372"/>
+    <s v="2011 Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="6131"/>
+    <s v="Veterinary nurses"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="451"/>
+  </r>
+  <r>
+    <s v="CD372"/>
+    <s v="2011 Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="6132"/>
+    <s v="Pest control officers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="11"/>
+  </r>
+  <r>
+    <s v="CD372"/>
+    <s v="2011 Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="6139"/>
+    <s v="Animal care services occupations n.e.c."/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="854"/>
+  </r>
+  <r>
+    <s v="CD372"/>
+    <s v="2011 Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="6141"/>
+    <s v="Nursing auxiliaries and assistants"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="9991"/>
+  </r>
+  <r>
+    <s v="CD372"/>
+    <s v="2011 Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="6144"/>
+    <s v="Houseparents and residential wardens"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="271"/>
+  </r>
+  <r>
+    <s v="CD372"/>
+    <s v="2011 Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="6145"/>
+    <s v="Care workers and home carers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="36932"/>
+  </r>
+  <r>
+    <s v="CD372"/>
+    <s v="2011 Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="6146"/>
+    <s v="Senior care workers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="182"/>
+  </r>
+  <r>
+    <s v="CD372"/>
+    <s v="2011 Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="6147"/>
+    <s v="Care escorts"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="449"/>
+  </r>
+  <r>
+    <s v="CD372"/>
+    <s v="2011 Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="6148"/>
+    <s v="Undertakers, mortuary and crematorium assistants"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="84"/>
+  </r>
+  <r>
+    <s v="CD372"/>
+    <s v="2011 Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="6211"/>
+    <s v="Sports and leisure assistants"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="996"/>
+  </r>
+  <r>
+    <s v="CD372"/>
+    <s v="2011 Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="6212"/>
+    <s v="Travel agents"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2344"/>
+  </r>
+  <r>
+    <s v="CD372"/>
+    <s v="2011 Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="6214"/>
+    <s v="Air travel assistants"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1948"/>
+  </r>
+  <r>
+    <s v="CD372"/>
+    <s v="2011 Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="6215"/>
+    <s v="Rail travel assistants"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="12"/>
+  </r>
+  <r>
+    <s v="CD372"/>
+    <s v="2011 Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="6219"/>
+    <s v="Leisure and travel service occupations n.e.c."/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="558"/>
+  </r>
+  <r>
+    <s v="CD372"/>
+    <s v="2011 Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="X18"/>
+    <s v="Hairdressers, barbers, beauticians and related occupations"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="23187"/>
+  </r>
+  <r>
+    <s v="CD372"/>
+    <s v="2011 Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="6231"/>
+    <s v="Housekeepers and related occupations"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4654"/>
+  </r>
+  <r>
+    <s v="CD372"/>
+    <s v="2011 Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="6232"/>
+    <s v="Caretakers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1055"/>
+  </r>
+  <r>
+    <s v="CD372"/>
+    <s v="2011 Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="6240"/>
+    <s v="Cleaning and housekeeping managers and supervisors"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1564"/>
+  </r>
+  <r>
+    <s v="CD372"/>
+    <s v="2011 Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="7"/>
+    <s v="Sales and customer service occupations"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="103004"/>
+  </r>
+  <r>
+    <s v="CD372"/>
+    <s v="2011 Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="7111"/>
+    <s v="Sales and retail assistants"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="75461"/>
+  </r>
+  <r>
+    <s v="CD372"/>
+    <s v="2011 Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="7113"/>
+    <s v="Telephone salespersons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1166"/>
+  </r>
+  <r>
+    <s v="CD372"/>
+    <s v="2011 Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="7114"/>
+    <s v="Pharmacy and other dispensing assistants"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3261"/>
+  </r>
+  <r>
+    <s v="CD372"/>
+    <s v="2011 Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="7115"/>
+    <s v="Vehicle and parts salespersons and advisers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="69"/>
+  </r>
+  <r>
+    <s v="CD372"/>
+    <s v="2011 Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="7122"/>
+    <s v="Debt, rent and other cash collectors"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="534"/>
+  </r>
+  <r>
+    <s v="CD372"/>
+    <s v="2011 Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="7123"/>
+    <s v="Roundspersons and van salespersons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="62"/>
+  </r>
+  <r>
+    <s v="CD372"/>
+    <s v="2011 Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="7124"/>
+    <s v="Market and street traders and assistants"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="112"/>
+  </r>
+  <r>
+    <s v="CD372"/>
+    <s v="2011 Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="7125"/>
+    <s v="Merchandisers and window dressers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1261"/>
+  </r>
+  <r>
+    <s v="CD372"/>
+    <s v="2011 Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="7129"/>
+    <s v="Sales related occupations n.e.c."/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3030"/>
+  </r>
+  <r>
+    <s v="CD372"/>
+    <s v="2011 Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="7130"/>
+    <s v="Sales supervisors"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3515"/>
+  </r>
+  <r>
+    <s v="CD372"/>
+    <s v="2011 Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="7211"/>
+    <s v="Call and contact centre occupations"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1124"/>
+  </r>
+  <r>
+    <s v="CD372"/>
+    <s v="2011 Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="7213"/>
+    <s v="Telephonists"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="786"/>
+  </r>
+  <r>
+    <s v="CD372"/>
+    <s v="2011 Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="7214"/>
+    <s v="Communication operators"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="446"/>
+  </r>
+  <r>
+    <s v="CD372"/>
+    <s v="2011 Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="7215"/>
+    <s v="Market research interviewers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="392"/>
+  </r>
+  <r>
+    <s v="CD372"/>
+    <s v="2011 Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="7219"/>
+    <s v="Customer service occupations n.e.c."/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="9006"/>
+  </r>
+  <r>
+    <s v="CD372"/>
+    <s v="2011 Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="7220"/>
+    <s v="Customer service managers and supervisors"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2779"/>
+  </r>
+  <r>
+    <s v="CD372"/>
+    <s v="2011 Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="8"/>
+    <s v="Process, plant and machine operatives"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="27596"/>
+  </r>
+  <r>
+    <s v="CD372"/>
+    <s v="2011 Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="8111"/>
+    <s v="Food, drink and tobacco process operatives"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5380"/>
+  </r>
+  <r>
+    <s v="CD372"/>
+    <s v="2011 Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="8113"/>
+    <s v="Textile process operatives"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="669"/>
+  </r>
+  <r>
+    <s v="CD372"/>
+    <s v="2011 Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="8114"/>
+    <s v="Chemical and related process operatives"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4629"/>
+  </r>
+  <r>
+    <s v="CD372"/>
+    <s v="2011 Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="8115"/>
+    <s v="Rubber process operatives"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="35"/>
+  </r>
+  <r>
+    <s v="CD372"/>
+    <s v="2011 Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="8116"/>
+    <s v="Plastics process operatives"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="437"/>
+  </r>
+  <r>
+    <s v="CD372"/>
+    <s v="2011 Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="8117"/>
+    <s v="Metal making and treating process operatives"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="55"/>
+  </r>
+  <r>
+    <s v="CD372"/>
+    <s v="2011 Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="8118"/>
+    <s v="Electroplaters"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="CD372"/>
+    <s v="2011 Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="8121"/>
+    <s v="Paper and wood machine operatives"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="214"/>
+  </r>
+  <r>
+    <s v="CD372"/>
+    <s v="2011 Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="8122"/>
+    <s v="Coal mine operatives"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3"/>
+  </r>
+  <r>
+    <s v="CD372"/>
+    <s v="2011 Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="8123"/>
+    <s v="Quarry workers and related operatives"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="18"/>
+  </r>
+  <r>
+    <s v="CD372"/>
+    <s v="2011 Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="8124"/>
+    <s v="Energy plant operatives"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="73"/>
+  </r>
+  <r>
+    <s v="CD372"/>
+    <s v="2011 Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="8125"/>
+    <s v="Metal working machine operatives"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="144"/>
+  </r>
+  <r>
+    <s v="CD372"/>
+    <s v="2011 Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="8126"/>
+    <s v="Water and sewerage plant operatives"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="27"/>
+  </r>
+  <r>
+    <s v="CD372"/>
+    <s v="2011 Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="8129"/>
+    <s v="Plant and machine operatives n.e.c."/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2636"/>
+  </r>
+  <r>
+    <s v="CD372"/>
+    <s v="2011 Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="8131"/>
+    <s v="Assemblers (electrical and electronic products)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2228"/>
+  </r>
+  <r>
+    <s v="CD372"/>
+    <s v="2011 Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="8132"/>
+    <s v="Assemblers (vehicles and metal goods)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4115"/>
+  </r>
+  <r>
+    <s v="CD372"/>
+    <s v="2011 Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="8133"/>
+    <s v="Routine inspectors and testers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2145"/>
+  </r>
+  <r>
+    <s v="CD372"/>
+    <s v="2011 Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="8134"/>
+    <s v="Weighers, graders and sorters"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="59"/>
+  </r>
+  <r>
+    <s v="CD372"/>
+    <s v="2011 Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="8137"/>
+    <s v="Sewing machinists"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1710"/>
+  </r>
+  <r>
+    <s v="CD372"/>
+    <s v="2011 Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="8142"/>
+    <s v="Road construction operatives"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="65"/>
+  </r>
+  <r>
+    <s v="CD372"/>
+    <s v="2011 Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="8143"/>
+    <s v="Rail construction and maintenance operatives"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="CD372"/>
+    <s v="2011 Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="8149"/>
+    <s v="Construction operatives n.e.c."/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="179"/>
+  </r>
+  <r>
+    <s v="CD372"/>
+    <s v="2011 Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="8211"/>
+    <s v="Large goods vehicle drivers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="213"/>
+  </r>
+  <r>
+    <s v="CD372"/>
+    <s v="2011 Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="8212"/>
+    <s v="Van drivers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="262"/>
+  </r>
+  <r>
+    <s v="CD372"/>
+    <s v="2011 Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="8213"/>
+    <s v="Bus and coach drivers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="596"/>
+  </r>
+  <r>
+    <s v="CD372"/>
+    <s v="2011 Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="8214"/>
+    <s v="Taxi and cab drivers and chauffeurs"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="743"/>
+  </r>
+  <r>
+    <s v="CD372"/>
+    <s v="2011 Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="8215"/>
+    <s v="Driving instructors"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="235"/>
+  </r>
+  <r>
+    <s v="CD372"/>
+    <s v="2011 Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="8221"/>
+    <s v="Crane drivers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="6"/>
+  </r>
+  <r>
+    <s v="CD372"/>
+    <s v="2011 Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="8222"/>
+    <s v="Fork-lift truck drivers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="72"/>
+  </r>
+  <r>
+    <s v="CD372"/>
+    <s v="2011 Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="8223"/>
+    <s v="Agricultural machinery drivers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5"/>
+  </r>
+  <r>
+    <s v="CD372"/>
+    <s v="2011 Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="8229"/>
+    <s v="Mobile machine drivers and operatives n.e.c."/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="137"/>
+  </r>
+  <r>
+    <s v="CD372"/>
+    <s v="2011 Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="8231"/>
+    <s v="Train and tram drivers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="14"/>
+  </r>
+  <r>
+    <s v="CD372"/>
+    <s v="2011 Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="8232"/>
+    <s v="Marine and waterways transport operatives"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="38"/>
+  </r>
+  <r>
+    <s v="CD372"/>
+    <s v="2011 Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="8233"/>
+    <s v="Air transport operatives"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="197"/>
+  </r>
+  <r>
+    <s v="CD372"/>
+    <s v="2011 Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="8234"/>
+    <s v="Rail transport operatives"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="84"/>
+  </r>
+  <r>
+    <s v="CD372"/>
+    <s v="2011 Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="8239"/>
+    <s v="Other drivers and transport operatives n.e.c."/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="171"/>
+  </r>
+  <r>
+    <s v="CD372"/>
+    <s v="2011 Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="9"/>
+    <s v="Elementary occupations"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="79400"/>
+  </r>
+  <r>
+    <s v="CD372"/>
+    <s v="2011 Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="9111"/>
+    <s v="Farm workers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="507"/>
+  </r>
+  <r>
+    <s v="CD372"/>
+    <s v="2011 Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="9112"/>
+    <s v="Forestry workers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="73"/>
+  </r>
+  <r>
+    <s v="CD372"/>
+    <s v="2011 Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="X19"/>
+    <s v="Elementary occupations in horse-racing and related industries"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="563"/>
+  </r>
+  <r>
+    <s v="CD372"/>
+    <s v="2011 Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="9119"/>
+    <s v="Fishing and other elementary agriculture occupations n.e.c."/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1219"/>
+  </r>
+  <r>
+    <s v="CD372"/>
+    <s v="2011 Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="9120"/>
+    <s v="Elementary construction occupations"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="955"/>
+  </r>
+  <r>
+    <s v="CD372"/>
+    <s v="2011 Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="9132"/>
+    <s v="Industrial cleaning process occupations"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="434"/>
+  </r>
+  <r>
+    <s v="CD372"/>
+    <s v="2011 Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="9134"/>
+    <s v="Packers, bottlers, canners and fillers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2322"/>
+  </r>
+  <r>
+    <s v="CD372"/>
+    <s v="2011 Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="9139"/>
+    <s v="Elementary process plant occupations n.e.c."/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1416"/>
+  </r>
+  <r>
+    <s v="CD372"/>
+    <s v="2011 Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="9211"/>
+    <s v="Postal workers, mail sorters, messengers and couriers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1810"/>
+  </r>
+  <r>
+    <s v="CD372"/>
+    <s v="2011 Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="9219"/>
+    <s v="Elementary administration occupations n.e.c."/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="31"/>
+  </r>
+  <r>
+    <s v="CD372"/>
+    <s v="2011 Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="9231"/>
+    <s v="Window cleaners"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="28"/>
+  </r>
+  <r>
+    <s v="CD372"/>
+    <s v="2011 Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="9232"/>
+    <s v="Street cleaners"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="7"/>
+  </r>
+  <r>
+    <s v="CD372"/>
+    <s v="2011 Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="9233"/>
+    <s v="Cleaners and domestics"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="26094"/>
+  </r>
+  <r>
+    <s v="CD372"/>
+    <s v="2011 Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="9234"/>
+    <s v="Launderers, dry cleaners and pressers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1735"/>
+  </r>
+  <r>
+    <s v="CD372"/>
+    <s v="2011 Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="9235"/>
+    <s v="Refuse and salvage occupations"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="127"/>
+  </r>
+  <r>
+    <s v="CD372"/>
+    <s v="2011 Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="9236"/>
+    <s v="Vehicle valeters and cleaners"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="69"/>
+  </r>
+  <r>
+    <s v="CD372"/>
+    <s v="2011 Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="9239"/>
+    <s v="Elementary cleaning occupations n.e.c."/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="13"/>
+  </r>
+  <r>
+    <s v="CD372"/>
+    <s v="2011 Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="9241"/>
+    <s v="Security guards and related occupations"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1181"/>
+  </r>
+  <r>
+    <s v="CD372"/>
+    <s v="2011 Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="9242"/>
+    <s v="Parking and civil enforcement occupations"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="94"/>
+  </r>
+  <r>
+    <s v="CD372"/>
+    <s v="2011 Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="9244"/>
+    <s v="School midday and crossing patrol occupations"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="575"/>
+  </r>
+  <r>
+    <s v="CD372"/>
+    <s v="2011 Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="9249"/>
+    <s v="Elementary security occupations n.e.c."/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="155"/>
+  </r>
+  <r>
+    <s v="CD372"/>
+    <s v="2011 Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="9259"/>
+    <s v="Elementary sales occupations n.e.c."/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="10"/>
+  </r>
+  <r>
+    <s v="CD372"/>
+    <s v="2011 Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="9260"/>
+    <s v="Elementary storage occupations"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2899"/>
+  </r>
+  <r>
+    <s v="CD372"/>
+    <s v="2011 Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="9271"/>
+    <s v="Hospital porters"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="123"/>
+  </r>
+  <r>
+    <s v="CD372"/>
+    <s v="2011 Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="9272"/>
+    <s v="Kitchen and catering assistants"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="17087"/>
+  </r>
+  <r>
+    <s v="CD372"/>
+    <s v="2011 Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="9273"/>
+    <s v="Waiters and waitresses"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="12667"/>
+  </r>
+  <r>
+    <s v="CD372"/>
+    <s v="2011 Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="9274"/>
+    <s v="Bar staff"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5649"/>
+  </r>
+  <r>
+    <s v="CD372"/>
+    <s v="2011 Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="9275"/>
+    <s v="Leisure and theme park attendants"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="335"/>
+  </r>
+  <r>
+    <s v="CD372"/>
+    <s v="2011 Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="9279"/>
+    <s v="Other elementary services occupations n.e.c."/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1222"/>
+  </r>
+  <r>
+    <s v="CD372"/>
+    <s v="2011 Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="X9"/>
+    <s v="Other/not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="85613"/>
+  </r>
+  <r>
+    <s v="CD372"/>
+    <s v="2011 Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All occupational groups"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="988681"/>
+  </r>
+  <r>
+    <s v="CD372"/>
+    <s v="2011 Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="X20"/>
+    <s v="Unemployed - looking for first regular job"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="14654"/>
+  </r>
+  <r>
+    <s v="CD372"/>
+    <s v="2011 Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="X21"/>
+    <s v="Total in labour force"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1003335"/>
+  </r>
+</pivotCacheRecords>
 </file>