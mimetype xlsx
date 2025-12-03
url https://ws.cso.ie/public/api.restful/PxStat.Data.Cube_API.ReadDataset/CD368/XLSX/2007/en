--- v0 (2025-10-01)
+++ v1 (2025-12-03)
@@ -1,97 +1,97 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/pivotCache/pivotCacheDefinition1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheDefinition+xml"/>
   <Override PartName="/pivotCache/pivotCacheRecords1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheRecords+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/pivotTables/pivotTable.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd436fc8476d04bbb" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/c117c2ff6227499983a5a8867fa82928.psmdcp" Id="R5c60e58acb384496" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re9f241f7a7274f1b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/2c86ee7f27dc4f9ba2e65086efbb0cf8.psmdcp" Id="Re02ad56642524e20" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
-    <x:sheet name="About" sheetId="2" r:id="rId2"/>
-[...1 lines deleted...]
-    <x:sheet name="Pivoted" sheetId="11" r:id="rId11"/>
+    <x:sheet name="About" sheetId="1" r:id="rId2"/>
+    <x:sheet name="Unpivoted" sheetId="2" r:id="rId9"/>
+    <x:sheet name="Pivoted" sheetId="3" r:id="rId11"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
   <x:pivotCaches>
     <x:pivotCache cacheId="0" r:id="rId12"/>
   </x:pivotCaches>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Table</x:t>
   </x:si>
   <x:si>
     <x:t>Code</x:t>
   </x:si>
   <x:si>
     <x:t>CD368</x:t>
   </x:si>
   <x:si>
     <x:t>Name</x:t>
   </x:si>
   <x:si>
     <x:t>Population Aged 15 Years and Over whose Education has Ceased</x:t>
   </x:si>
   <x:si>
     <x:t>Frequency</x:t>
   </x:si>
   <x:si>
     <x:t>Annual</x:t>
   </x:si>
   <x:si>
     <x:t>Last Updated</x:t>
   </x:si>
   <x:si>
-    <x:t>5/14/2020 11:00:00 AM</x:t>
+    <x:t>14/05/2020 11:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Note</x:t>
   </x:si>
   <x:si>
     <x:t>Url</x:t>
   </x:si>
   <x:si>
     <x:t>https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/CD368/XLSX/2007/en</x:t>
   </x:si>
   <x:si>
     <x:t>Product</x:t>
   </x:si>
   <x:si>
     <x:t>C2011P3</x:t>
   </x:si>
   <x:si>
     <x:t>Profile 3 - At Work</x:t>
   </x:si>
   <x:si>
     <x:t>Contacts</x:t>
   </x:si>
   <x:si>
     <x:t>Bernie Casey</x:t>
   </x:si>
@@ -736,675 +736,248 @@
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip r:embed="rId8" cstate="print"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="3971925" cy="1381125"/>
         </a:xfrm>
         <a:prstGeom prst="rect"/>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/pivotTables/_rels/pivotTable.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheDefinition" Target="/pivotCache/pivotCacheDefinition1.xml" Id="rId17" /></Relationships>
 </file>
 
 <file path=xl/pivotTables/pivotTable.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotTableDefinition xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" dataCaption="Values" showError="0" missingCaption="" showMissing="1" pageWrap="0" pageOverThenDown="0" rowGrandTotals="0" colGrandTotals="0" indent="1">
-[...623 lines deleted...]
-</x:pivotTableDefinition>
+<pivotTableDefinition xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" applyNumberFormats="0" applyBorderFormats="0" applyFontFormats="0" applyPatternFormats="0" applyAlignmentFormats="0" applyWidthHeightFormats="0" dataCaption="Values" rowGrandTotals="0" colGrandTotals="0" outline="1">
+  <location ref="A1" firstHeaderRow="0" firstDataRow="0" firstDataCol="0"/>
+  <pivotFields count="12">
+    <pivotField name="STATISTIC" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="Statistic Label" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="C02704V03272" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="8">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+      </items>
+    </pivotField>
+    <pivotField name="Principal Economic Status" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="8">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+      </items>
+    </pivotField>
+    <pivotField name="C02757V03327" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="2">
+        <item x="0"/>
+        <item x="1"/>
+      </items>
+    </pivotField>
+    <pivotField name="Highest Level of Education Completed" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="2">
+        <item x="0"/>
+        <item x="1"/>
+      </items>
+    </pivotField>
+    <pivotField name="C02750V03319" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="53">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+        <item x="11"/>
+        <item x="12"/>
+        <item x="13"/>
+        <item x="14"/>
+        <item x="15"/>
+        <item x="16"/>
+        <item x="17"/>
+        <item x="18"/>
+        <item x="19"/>
+        <item x="20"/>
+        <item x="21"/>
+        <item x="22"/>
+        <item x="23"/>
+        <item x="24"/>
+        <item x="25"/>
+        <item x="26"/>
+        <item x="27"/>
+        <item x="28"/>
+        <item x="29"/>
+        <item x="30"/>
+        <item x="31"/>
+        <item x="32"/>
+        <item x="33"/>
+        <item x="34"/>
+        <item x="35"/>
+        <item x="36"/>
+        <item x="37"/>
+        <item x="38"/>
+        <item x="39"/>
+        <item x="40"/>
+        <item x="41"/>
+        <item x="42"/>
+        <item x="43"/>
+        <item x="44"/>
+        <item x="45"/>
+        <item x="46"/>
+        <item x="47"/>
+        <item x="48"/>
+        <item x="49"/>
+        <item x="50"/>
+        <item x="51"/>
+        <item x="52"/>
+      </items>
+    </pivotField>
+    <pivotField name="Field of Study" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="53">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+        <item x="11"/>
+        <item x="12"/>
+        <item x="13"/>
+        <item x="14"/>
+        <item x="15"/>
+        <item x="16"/>
+        <item x="17"/>
+        <item x="18"/>
+        <item x="19"/>
+        <item x="20"/>
+        <item x="21"/>
+        <item x="22"/>
+        <item x="23"/>
+        <item x="24"/>
+        <item x="25"/>
+        <item x="26"/>
+        <item x="27"/>
+        <item x="28"/>
+        <item x="29"/>
+        <item x="30"/>
+        <item x="31"/>
+        <item x="32"/>
+        <item x="33"/>
+        <item x="34"/>
+        <item x="35"/>
+        <item x="36"/>
+        <item x="37"/>
+        <item x="38"/>
+        <item x="39"/>
+        <item x="40"/>
+        <item x="41"/>
+        <item x="42"/>
+        <item x="43"/>
+        <item x="44"/>
+        <item x="45"/>
+        <item x="46"/>
+        <item x="47"/>
+        <item x="48"/>
+        <item x="49"/>
+        <item x="50"/>
+        <item x="51"/>
+        <item x="52"/>
+      </items>
+    </pivotField>
+    <pivotField name="TLIST(A1)" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="CensusYear" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField showAll="0"/>
+    <pivotField dataField="1" showAll="0"/>
+  </pivotFields>
+  <rowFields count="10">
+    <field x="0"/>
+    <field x="1"/>
+    <field x="2"/>
+    <field x="3"/>
+    <field x="4"/>
+    <field x="5"/>
+    <field x="6"/>
+    <field x="7"/>
+    <field x="8"/>
+    <field x="9"/>
+  </rowFields>
+  <dataFields count="1">
+    <dataField name="VALUE" fld="11"/>
+  </dataFields>
+  <pivotTableStyleInfo name="PivotStyleLight16" showRowHeaders="1" showColHeaders="1"/>
+  <extLst>
+    <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{962EF5D1-5CA2-4c93-8EF4-DBF5C05439D2}">
+      <x14:pivotTableDefinition enableEdit="0" hideValuesRow="1"/>
+    </ext>
+  </extLst>
+</pivotTableDefinition>
 </file>
 
 <file path=xl/tables/table1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:table xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="1" name="Unpivoted" displayName="Unpivoted" ref="A1:L849" totalsRowShown="0">
   <x:autoFilter ref="A1:L849"/>
   <x:tableColumns count="12">
     <x:tableColumn id="1" name="STATISTIC"/>
     <x:tableColumn id="2" name="Statistic Label"/>
     <x:tableColumn id="3" name="C02704V03272"/>
     <x:tableColumn id="4" name="Principal Economic Status"/>
     <x:tableColumn id="5" name="C02757V03327"/>
     <x:tableColumn id="6" name="Highest Level of Education Completed"/>
     <x:tableColumn id="7" name="C02750V03319"/>
     <x:tableColumn id="8" name="Field of Study"/>
     <x:tableColumn id="9" name="TLIST(A1)"/>
     <x:tableColumn id="10" name="CensusYear"/>
     <x:tableColumn id="11" name="UNIT"/>
     <x:tableColumn id="12" name="VALUE"/>
   </x:tableColumns>
   <x:tableStyleInfo name="TableStyleMedium2" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </x:table>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
@@ -1677,51 +1250,51 @@
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="/xl/drawings/drawing1.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/CD368/XLSX/2007/en" TargetMode="External" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cso.ie/" TargetMode="External" Id="rId14" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="/xl/tables/table1.xml" Id="rId15" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet3.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotTable" Target="/xl/pivotTables/pivotTable.xml" Id="rId16" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:B39"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="20.710625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="100.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="8" spans="1:2">
       <x:c r="A8" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B8" s="2"/>
     </x:row>
     <x:row r="9" spans="1:2">
       <x:c r="A9" s="3" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="B9" s="0" t="s">
         <x:v>2</x:v>
@@ -1908,51 +1481,51 @@
       </x:c>
     </x:row>
     <x:row r="39" spans="1:2">
       <x:c r="A39" s="3" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B39" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:hyperlinks>
     <x:hyperlink ref="B14" r:id="rId13"/>
     <x:hyperlink ref="B28" r:id="rId14"/>
   </x:hyperlinks>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:drawing xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId7"/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:L849"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="11.996339" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="58.996339" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="16.139196" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="50.282054" style="0" customWidth="1"/>
     <x:col min="5" max="5" width="16.139196" style="0" customWidth="1"/>
     <x:col min="6" max="6" width="37.139196" style="0" customWidth="1"/>
     <x:col min="7" max="7" width="16.139196" style="0" customWidth="1"/>
     <x:col min="8" max="8" width="51.710625" style="0" customWidth="1"/>
     <x:col min="9" max="9" width="11.282054" style="0" customWidth="1"/>
     <x:col min="10" max="10" width="13.424911" style="0" customWidth="1"/>
     <x:col min="11" max="11" width="8.282054" style="0" customWidth="1"/>
     <x:col min="12" max="12" width="8.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:12">
       <x:c r="A1" s="0" t="s">
@@ -34206,51 +33779,51 @@
       <x:c r="I849" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J849" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="K849" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="L849" s="0">
         <x:v>2399</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="1">
     <x:tablePart r:id="rId15"/>
   </x:tableParts>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:sheetData/>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Application>Microsoft Excel</ap:Application>
   <ap:TitlesOfParts>
     <vt:vector baseType="lpstr" size="9">
       <vt:lpstr>About</vt:lpstr>
       <vt:lpstr>Unpivoted</vt:lpstr>
       <vt:lpstr>Pivoted</vt:lpstr>
@@ -34267,51 +33840,51 @@
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>3</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Named Ranges</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>6</vt:i4>
       </vt:variant>
     </vt:vector>
   </ap:HeadingPairs>
   <ap:DocSecurity>0</ap:DocSecurity>
   <ap:ScaleCrop>false</ap:ScaleCrop>
 </ap:Properties>
 </file>
 
 <file path=pivotCache/_rels/pivotCacheDefinition1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheRecords" Target="/pivotCache/pivotCacheRecords1.xml" Id="rId1" /></Relationships>
 </file>
 
 <file path=pivotCache/pivotCacheDefinition1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:pivotCacheDefinition xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" r:id="rId1" saveData="1" refreshOnLoad="1" createdVersion="5" refreshedVersion="5" minRefreshableVersion="3">
   <x:cacheSource type="worksheet">
-    <x:worksheetSource ref="A1:L849" sheet="Unpivoted"/>
+    <x:worksheetSource name="Unpivoted"/>
   </x:cacheSource>
   <x:cacheFields>
     <x:cacheField name="STATISTIC">
       <x:sharedItems count="1">
         <x:s v="CD368"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="Statistic Label">
       <x:sharedItems count="1">
         <x:s v="Population Aged 15 Years and Over whose Education has Ceased"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="C02704V03272">
       <x:sharedItems count="8">
         <x:s v="801"/>
         <x:s v="501"/>
         <x:s v="201"/>
         <x:s v="202"/>
         <x:s v="302"/>
         <x:s v="303"/>
         <x:s v="304"/>
         <x:s v="602"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="Principal Economic Status">
@@ -35158,27 +34731,11900 @@
         <x:n v="5051"/>
         <x:n v="236"/>
         <x:n v="31"/>
         <x:n v="46"/>
         <x:n v="324"/>
         <x:n v="220"/>
         <x:n v="658"/>
         <x:n v="55"/>
         <x:n v="214"/>
         <x:n v="32"/>
         <x:n v="23"/>
         <x:n v="71"/>
         <x:n v="174"/>
         <x:n v="295"/>
         <x:n v="99"/>
         <x:n v="14"/>
         <x:n v="77"/>
         <x:n v="2399"/>
       </x:sharedItems>
     </x:cacheField>
   </x:cacheFields>
 </x:pivotCacheDefinition>
 </file>
 
 <file path=pivotCache/pivotCacheRecords1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main"/>
+<pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="xr">
+  <r>
+    <s v="CD368"/>
+    <s v="Population Aged 15 Years and Over whose Education has Ceased"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="-3"/>
+    <s v="Second level"/>
+    <s v="2001"/>
+    <s v="Education and teacher training"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="14549"/>
+  </r>
+  <r>
+    <s v="CD368"/>
+    <s v="Population Aged 15 Years and Over whose Education has Ceased"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="-3"/>
+    <s v="Second level"/>
+    <s v="3001"/>
+    <s v="Arts"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="21122"/>
+  </r>
+  <r>
+    <s v="CD368"/>
+    <s v="Population Aged 15 Years and Over whose Education has Ceased"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="-3"/>
+    <s v="Second level"/>
+    <s v="3015"/>
+    <s v="Music and performing arts"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2976"/>
+  </r>
+  <r>
+    <s v="CD368"/>
+    <s v="Population Aged 15 Years and Over whose Education has Ceased"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="-3"/>
+    <s v="Second level"/>
+    <s v="3020"/>
+    <s v="Audio-visual techniques and media production"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="8351"/>
+  </r>
+  <r>
+    <s v="CD368"/>
+    <s v="Population Aged 15 Years and Over whose Education has Ceased"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="-3"/>
+    <s v="Second level"/>
+    <s v="3025"/>
+    <s v="Design"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4397"/>
+  </r>
+  <r>
+    <s v="CD368"/>
+    <s v="Population Aged 15 Years and Over whose Education has Ceased"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="-3"/>
+    <s v="Second level"/>
+    <s v="3035"/>
+    <s v="Other arts"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5398"/>
+  </r>
+  <r>
+    <s v="CD368"/>
+    <s v="Population Aged 15 Years and Over whose Education has Ceased"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="-3"/>
+    <s v="Second level"/>
+    <s v="3501"/>
+    <s v="Humanities"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4941"/>
+  </r>
+  <r>
+    <s v="CD368"/>
+    <s v="Population Aged 15 Years and Over whose Education has Ceased"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="-3"/>
+    <s v="Second level"/>
+    <s v="3515"/>
+    <s v="Foreign languages"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1554"/>
+  </r>
+  <r>
+    <s v="CD368"/>
+    <s v="Population Aged 15 Years and Over whose Education has Ceased"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="-3"/>
+    <s v="Second level"/>
+    <s v="3520"/>
+    <s v="Mother tongue"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1379"/>
+  </r>
+  <r>
+    <s v="CD368"/>
+    <s v="Population Aged 15 Years and Over whose Education has Ceased"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="-3"/>
+    <s v="Second level"/>
+    <s v="3530"/>
+    <s v="History and archaeology"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="551"/>
+  </r>
+  <r>
+    <s v="CD368"/>
+    <s v="Population Aged 15 Years and Over whose Education has Ceased"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="-3"/>
+    <s v="Second level"/>
+    <s v="3540"/>
+    <s v="Other humanities"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1457"/>
+  </r>
+  <r>
+    <s v="CD368"/>
+    <s v="Population Aged 15 Years and Over whose Education has Ceased"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="-3"/>
+    <s v="Second level"/>
+    <s v="4000"/>
+    <s v="Social sciences, business and law"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="127139"/>
+  </r>
+  <r>
+    <s v="CD368"/>
+    <s v="Population Aged 15 Years and Over whose Education has Ceased"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="-3"/>
+    <s v="Second level"/>
+    <s v="4005"/>
+    <s v="Psychology"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="974"/>
+  </r>
+  <r>
+    <s v="CD368"/>
+    <s v="Population Aged 15 Years and Over whose Education has Ceased"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="-3"/>
+    <s v="Second level"/>
+    <s v="4020"/>
+    <s v="Economics"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2325"/>
+  </r>
+  <r>
+    <s v="CD368"/>
+    <s v="Population Aged 15 Years and Over whose Education has Ceased"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="-3"/>
+    <s v="Second level"/>
+    <s v="4035"/>
+    <s v="Business and administration (broad programmes)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="16002"/>
+  </r>
+  <r>
+    <s v="CD368"/>
+    <s v="Population Aged 15 Years and Over whose Education has Ceased"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="-3"/>
+    <s v="Second level"/>
+    <s v="4045"/>
+    <s v="Marketing and advertising"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4032"/>
+  </r>
+  <r>
+    <s v="CD368"/>
+    <s v="Population Aged 15 Years and Over whose Education has Ceased"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="-3"/>
+    <s v="Second level"/>
+    <s v="4055"/>
+    <s v="Accounting and taxation"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="18988"/>
+  </r>
+  <r>
+    <s v="CD368"/>
+    <s v="Population Aged 15 Years and Over whose Education has Ceased"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="-3"/>
+    <s v="Second level"/>
+    <s v="4060"/>
+    <s v="Management and administration"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="8189"/>
+  </r>
+  <r>
+    <s v="CD368"/>
+    <s v="Population Aged 15 Years and Over whose Education has Ceased"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="-3"/>
+    <s v="Second level"/>
+    <s v="4065"/>
+    <s v="Secretarial and office work"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="52729"/>
+  </r>
+  <r>
+    <s v="CD368"/>
+    <s v="Population Aged 15 Years and Over whose Education has Ceased"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="-3"/>
+    <s v="Second level"/>
+    <s v="4075"/>
+    <s v="Law"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2107"/>
+  </r>
+  <r>
+    <s v="CD368"/>
+    <s v="Population Aged 15 Years and Over whose Education has Ceased"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="-3"/>
+    <s v="Second level"/>
+    <s v="4080"/>
+    <s v="Other social sciences, business and law subjects"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="21793"/>
+  </r>
+  <r>
+    <s v="CD368"/>
+    <s v="Population Aged 15 Years and Over whose Education has Ceased"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="-3"/>
+    <s v="Second level"/>
+    <s v="4085"/>
+    <s v="Science, mathematics and computing"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="33247"/>
+  </r>
+  <r>
+    <s v="CD368"/>
+    <s v="Population Aged 15 Years and Over whose Education has Ceased"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="-3"/>
+    <s v="Second level"/>
+    <s v="5000"/>
+    <s v="Biology and biochemistry"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="498"/>
+  </r>
+  <r>
+    <s v="CD368"/>
+    <s v="Population Aged 15 Years and Over whose Education has Ceased"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="-3"/>
+    <s v="Second level"/>
+    <s v="5025"/>
+    <s v="Physical sciences (physics, chemistry, earth science)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="10551"/>
+  </r>
+  <r>
+    <s v="CD368"/>
+    <s v="Population Aged 15 Years and Over whose Education has Ceased"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="-3"/>
+    <s v="Second level"/>
+    <s v="5040"/>
+    <s v="Computer science"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="19629"/>
+  </r>
+  <r>
+    <s v="CD368"/>
+    <s v="Population Aged 15 Years and Over whose Education has Ceased"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="-3"/>
+    <s v="Second level"/>
+    <s v="5045"/>
+    <s v="Computer use"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1763"/>
+  </r>
+  <r>
+    <s v="CD368"/>
+    <s v="Population Aged 15 Years and Over whose Education has Ceased"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="-3"/>
+    <s v="Second level"/>
+    <s v="5050"/>
+    <s v="Other science, mathematics and computing"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="806"/>
+  </r>
+  <r>
+    <s v="CD368"/>
+    <s v="Population Aged 15 Years and Over whose Education has Ceased"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="-3"/>
+    <s v="Second level"/>
+    <s v="5055"/>
+    <s v="Engineering, manufacturing and construction"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="172706"/>
+  </r>
+  <r>
+    <s v="CD368"/>
+    <s v="Population Aged 15 Years and Over whose Education has Ceased"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="-3"/>
+    <s v="Second level"/>
+    <s v="5060"/>
+    <s v="Engineering and engineering trades (broad programmes)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="10917"/>
+  </r>
+  <r>
+    <s v="CD368"/>
+    <s v="Population Aged 15 Years and Over whose Education has Ceased"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="-3"/>
+    <s v="Second level"/>
+    <s v="6000"/>
+    <s v="Mechanics and metalwork"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="23922"/>
+  </r>
+  <r>
+    <s v="CD368"/>
+    <s v="Population Aged 15 Years and Over whose Education has Ceased"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="-3"/>
+    <s v="Second level"/>
+    <s v="6001"/>
+    <s v="Electricity and energy"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="30465"/>
+  </r>
+  <r>
+    <s v="CD368"/>
+    <s v="Population Aged 15 Years and Over whose Education has Ceased"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="-3"/>
+    <s v="Second level"/>
+    <s v="6015"/>
+    <s v="Motor vehicles, ships and aircraft"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="22871"/>
+  </r>
+  <r>
+    <s v="CD368"/>
+    <s v="Population Aged 15 Years and Over whose Education has Ceased"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="-3"/>
+    <s v="Second level"/>
+    <s v="6045"/>
+    <s v="Architecture and town planning"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2188"/>
+  </r>
+  <r>
+    <s v="CD368"/>
+    <s v="Population Aged 15 Years and Over whose Education has Ceased"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="-3"/>
+    <s v="Second level"/>
+    <s v="6050"/>
+    <s v="Building and civil engineering"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="59833"/>
+  </r>
+  <r>
+    <s v="CD368"/>
+    <s v="Population Aged 15 Years and Over whose Education has Ceased"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="-3"/>
+    <s v="Second level"/>
+    <s v="6055"/>
+    <s v="Other engineering, manufacturing and construction"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="22510"/>
+  </r>
+  <r>
+    <s v="CD368"/>
+    <s v="Population Aged 15 Years and Over whose Education has Ceased"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="-3"/>
+    <s v="Second level"/>
+    <s v="6060"/>
+    <s v="Agriculture and veterinary"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="50901"/>
+  </r>
+  <r>
+    <s v="CD368"/>
+    <s v="Population Aged 15 Years and Over whose Education has Ceased"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="-3"/>
+    <s v="Second level"/>
+    <s v="6070"/>
+    <s v="Crop and livestock production"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="44938"/>
+  </r>
+  <r>
+    <s v="CD368"/>
+    <s v="Population Aged 15 Years and Over whose Education has Ceased"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="-3"/>
+    <s v="Second level"/>
+    <s v="7015"/>
+    <s v="Other agriculture and veterinary"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5963"/>
+  </r>
+  <r>
+    <s v="CD368"/>
+    <s v="Population Aged 15 Years and Over whose Education has Ceased"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="-3"/>
+    <s v="Second level"/>
+    <s v="7020"/>
+    <s v="Health and welfare"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="67827"/>
+  </r>
+  <r>
+    <s v="CD368"/>
+    <s v="Population Aged 15 Years and Over whose Education has Ceased"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="-3"/>
+    <s v="Second level"/>
+    <s v="7030"/>
+    <s v="Medicine"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="880"/>
+  </r>
+  <r>
+    <s v="CD368"/>
+    <s v="Population Aged 15 Years and Over whose Education has Ceased"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="-3"/>
+    <s v="Second level"/>
+    <s v="8000"/>
+    <s v="Nursing and caring"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="28605"/>
+  </r>
+  <r>
+    <s v="CD368"/>
+    <s v="Population Aged 15 Years and Over whose Education has Ceased"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="-3"/>
+    <s v="Second level"/>
+    <s v="8020"/>
+    <s v="Child care and youth services"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="22941"/>
+  </r>
+  <r>
+    <s v="CD368"/>
+    <s v="Population Aged 15 Years and Over whose Education has Ceased"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="-3"/>
+    <s v="Second level"/>
+    <s v="8025"/>
+    <s v="Social work and counselling"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3637"/>
+  </r>
+  <r>
+    <s v="CD368"/>
+    <s v="Population Aged 15 Years and Over whose Education has Ceased"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="-3"/>
+    <s v="Second level"/>
+    <s v="8030"/>
+    <s v="Other health and welfare"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="11764"/>
+  </r>
+  <r>
+    <s v="CD368"/>
+    <s v="Population Aged 15 Years and Over whose Education has Ceased"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="-3"/>
+    <s v="Second level"/>
+    <s v="8040"/>
+    <s v="Personal services"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="72163"/>
+  </r>
+  <r>
+    <s v="CD368"/>
+    <s v="Population Aged 15 Years and Over whose Education has Ceased"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="-3"/>
+    <s v="Second level"/>
+    <s v="8050"/>
+    <s v="Hotel, restaurant and catering"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="28684"/>
+  </r>
+  <r>
+    <s v="CD368"/>
+    <s v="Population Aged 15 Years and Over whose Education has Ceased"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="-3"/>
+    <s v="Second level"/>
+    <s v="9005"/>
+    <s v="Hair and beauty services"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="31847"/>
+  </r>
+  <r>
+    <s v="CD368"/>
+    <s v="Population Aged 15 Years and Over whose Education has Ceased"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="-3"/>
+    <s v="Second level"/>
+    <s v="9010"/>
+    <s v="Other personal services"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="11632"/>
+  </r>
+  <r>
+    <s v="CD368"/>
+    <s v="Population Aged 15 Years and Over whose Education has Ceased"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="-3"/>
+    <s v="Second level"/>
+    <s v="9020"/>
+    <s v="Transport services"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="6921"/>
+  </r>
+  <r>
+    <s v="CD368"/>
+    <s v="Population Aged 15 Years and Over whose Education has Ceased"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="-3"/>
+    <s v="Second level"/>
+    <s v="9025"/>
+    <s v="Security services (includes police and fire services)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="7146"/>
+  </r>
+  <r>
+    <s v="CD368"/>
+    <s v="Population Aged 15 Years and Over whose Education has Ceased"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="-3"/>
+    <s v="Second level"/>
+    <s v="9201"/>
+    <s v="Other subjects"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1171"/>
+  </r>
+  <r>
+    <s v="CD368"/>
+    <s v="Population Aged 15 Years and Over whose Education has Ceased"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="-3"/>
+    <s v="Second level"/>
+    <s v="9510"/>
+    <s v="Not stated (including unknown)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="951776"/>
+  </r>
+  <r>
+    <s v="CD368"/>
+    <s v="Population Aged 15 Years and Over whose Education has Ceased"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="-3"/>
+    <s v="Second level"/>
+    <s v="9991"/>
+    <s v="All fields of study"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1531609"/>
+  </r>
+  <r>
+    <s v="CD368"/>
+    <s v="Population Aged 15 Years and Over whose Education has Ceased"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="-4"/>
+    <s v="Third level"/>
+    <s v="2001"/>
+    <s v="Education and teacher training"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="94036"/>
+  </r>
+  <r>
+    <s v="CD368"/>
+    <s v="Population Aged 15 Years and Over whose Education has Ceased"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="-4"/>
+    <s v="Third level"/>
+    <s v="3001"/>
+    <s v="Arts"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="33692"/>
+  </r>
+  <r>
+    <s v="CD368"/>
+    <s v="Population Aged 15 Years and Over whose Education has Ceased"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="-4"/>
+    <s v="Third level"/>
+    <s v="3015"/>
+    <s v="Music and performing arts"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="6805"/>
+  </r>
+  <r>
+    <s v="CD368"/>
+    <s v="Population Aged 15 Years and Over whose Education has Ceased"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="-4"/>
+    <s v="Third level"/>
+    <s v="3020"/>
+    <s v="Audio-visual techniques and media production"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="11667"/>
+  </r>
+  <r>
+    <s v="CD368"/>
+    <s v="Population Aged 15 Years and Over whose Education has Ceased"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="-4"/>
+    <s v="Third level"/>
+    <s v="3025"/>
+    <s v="Design"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="7408"/>
+  </r>
+  <r>
+    <s v="CD368"/>
+    <s v="Population Aged 15 Years and Over whose Education has Ceased"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="-4"/>
+    <s v="Third level"/>
+    <s v="3035"/>
+    <s v="Other arts"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="7812"/>
+  </r>
+  <r>
+    <s v="CD368"/>
+    <s v="Population Aged 15 Years and Over whose Education has Ceased"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="-4"/>
+    <s v="Third level"/>
+    <s v="3501"/>
+    <s v="Humanities"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="49545"/>
+  </r>
+  <r>
+    <s v="CD368"/>
+    <s v="Population Aged 15 Years and Over whose Education has Ceased"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="-4"/>
+    <s v="Third level"/>
+    <s v="3515"/>
+    <s v="Foreign languages"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="8480"/>
+  </r>
+  <r>
+    <s v="CD368"/>
+    <s v="Population Aged 15 Years and Over whose Education has Ceased"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="-4"/>
+    <s v="Third level"/>
+    <s v="3520"/>
+    <s v="Mother tongue"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="9452"/>
+  </r>
+  <r>
+    <s v="CD368"/>
+    <s v="Population Aged 15 Years and Over whose Education has Ceased"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="-4"/>
+    <s v="Third level"/>
+    <s v="3530"/>
+    <s v="History and archaeology"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="8996"/>
+  </r>
+  <r>
+    <s v="CD368"/>
+    <s v="Population Aged 15 Years and Over whose Education has Ceased"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="-4"/>
+    <s v="Third level"/>
+    <s v="3540"/>
+    <s v="Other humanities"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="22617"/>
+  </r>
+  <r>
+    <s v="CD368"/>
+    <s v="Population Aged 15 Years and Over whose Education has Ceased"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="-4"/>
+    <s v="Third level"/>
+    <s v="4000"/>
+    <s v="Social sciences, business and law"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="281201"/>
+  </r>
+  <r>
+    <s v="CD368"/>
+    <s v="Population Aged 15 Years and Over whose Education has Ceased"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="-4"/>
+    <s v="Third level"/>
+    <s v="4005"/>
+    <s v="Psychology"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="11150"/>
+  </r>
+  <r>
+    <s v="CD368"/>
+    <s v="Population Aged 15 Years and Over whose Education has Ceased"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="-4"/>
+    <s v="Third level"/>
+    <s v="4020"/>
+    <s v="Economics"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="13096"/>
+  </r>
+  <r>
+    <s v="CD368"/>
+    <s v="Population Aged 15 Years and Over whose Education has Ceased"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="-4"/>
+    <s v="Third level"/>
+    <s v="4035"/>
+    <s v="Business and administration (broad programmes)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="63524"/>
+  </r>
+  <r>
+    <s v="CD368"/>
+    <s v="Population Aged 15 Years and Over whose Education has Ceased"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="-4"/>
+    <s v="Third level"/>
+    <s v="4045"/>
+    <s v="Marketing and advertising"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="21488"/>
+  </r>
+  <r>
+    <s v="CD368"/>
+    <s v="Population Aged 15 Years and Over whose Education has Ceased"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="-4"/>
+    <s v="Third level"/>
+    <s v="4055"/>
+    <s v="Accounting and taxation"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="55901"/>
+  </r>
+  <r>
+    <s v="CD368"/>
+    <s v="Population Aged 15 Years and Over whose Education has Ceased"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="-4"/>
+    <s v="Third level"/>
+    <s v="4060"/>
+    <s v="Management and administration"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="34253"/>
+  </r>
+  <r>
+    <s v="CD368"/>
+    <s v="Population Aged 15 Years and Over whose Education has Ceased"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="-4"/>
+    <s v="Third level"/>
+    <s v="4065"/>
+    <s v="Secretarial and office work"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="6860"/>
+  </r>
+  <r>
+    <s v="CD368"/>
+    <s v="Population Aged 15 Years and Over whose Education has Ceased"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="-4"/>
+    <s v="Third level"/>
+    <s v="4075"/>
+    <s v="Law"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="26261"/>
+  </r>
+  <r>
+    <s v="CD368"/>
+    <s v="Population Aged 15 Years and Over whose Education has Ceased"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="-4"/>
+    <s v="Third level"/>
+    <s v="4080"/>
+    <s v="Other social sciences, business and law subjects"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="48668"/>
+  </r>
+  <r>
+    <s v="CD368"/>
+    <s v="Population Aged 15 Years and Over whose Education has Ceased"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="-4"/>
+    <s v="Third level"/>
+    <s v="4085"/>
+    <s v="Science, mathematics and computing"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="95513"/>
+  </r>
+  <r>
+    <s v="CD368"/>
+    <s v="Population Aged 15 Years and Over whose Education has Ceased"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="-4"/>
+    <s v="Third level"/>
+    <s v="5000"/>
+    <s v="Biology and biochemistry"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="11621"/>
+  </r>
+  <r>
+    <s v="CD368"/>
+    <s v="Population Aged 15 Years and Over whose Education has Ceased"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="-4"/>
+    <s v="Third level"/>
+    <s v="5025"/>
+    <s v="Physical sciences (physics, chemistry, earth science)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="34300"/>
+  </r>
+  <r>
+    <s v="CD368"/>
+    <s v="Population Aged 15 Years and Over whose Education has Ceased"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="-4"/>
+    <s v="Third level"/>
+    <s v="5040"/>
+    <s v="Computer science"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="11216"/>
+  </r>
+  <r>
+    <s v="CD368"/>
+    <s v="Population Aged 15 Years and Over whose Education has Ceased"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="-4"/>
+    <s v="Third level"/>
+    <s v="5045"/>
+    <s v="Computer use"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="28597"/>
+  </r>
+  <r>
+    <s v="CD368"/>
+    <s v="Population Aged 15 Years and Over whose Education has Ceased"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="-4"/>
+    <s v="Third level"/>
+    <s v="5050"/>
+    <s v="Other science, mathematics and computing"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="9779"/>
+  </r>
+  <r>
+    <s v="CD368"/>
+    <s v="Population Aged 15 Years and Over whose Education has Ceased"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="-4"/>
+    <s v="Third level"/>
+    <s v="5055"/>
+    <s v="Engineering, manufacturing and construction"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="99853"/>
+  </r>
+  <r>
+    <s v="CD368"/>
+    <s v="Population Aged 15 Years and Over whose Education has Ceased"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="-4"/>
+    <s v="Third level"/>
+    <s v="5060"/>
+    <s v="Engineering and engineering trades (broad programmes)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="25793"/>
+  </r>
+  <r>
+    <s v="CD368"/>
+    <s v="Population Aged 15 Years and Over whose Education has Ceased"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="-4"/>
+    <s v="Third level"/>
+    <s v="6000"/>
+    <s v="Mechanics and metalwork"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="7227"/>
+  </r>
+  <r>
+    <s v="CD368"/>
+    <s v="Population Aged 15 Years and Over whose Education has Ceased"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="-4"/>
+    <s v="Third level"/>
+    <s v="6001"/>
+    <s v="Electricity and energy"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="9741"/>
+  </r>
+  <r>
+    <s v="CD368"/>
+    <s v="Population Aged 15 Years and Over whose Education has Ceased"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="-4"/>
+    <s v="Third level"/>
+    <s v="6015"/>
+    <s v="Motor vehicles, ships and aircraft"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3295"/>
+  </r>
+  <r>
+    <s v="CD368"/>
+    <s v="Population Aged 15 Years and Over whose Education has Ceased"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="-4"/>
+    <s v="Third level"/>
+    <s v="6045"/>
+    <s v="Architecture and town planning"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="14621"/>
+  </r>
+  <r>
+    <s v="CD368"/>
+    <s v="Population Aged 15 Years and Over whose Education has Ceased"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="-4"/>
+    <s v="Third level"/>
+    <s v="6050"/>
+    <s v="Building and civil engineering"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="17103"/>
+  </r>
+  <r>
+    <s v="CD368"/>
+    <s v="Population Aged 15 Years and Over whose Education has Ceased"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="-4"/>
+    <s v="Third level"/>
+    <s v="6055"/>
+    <s v="Other engineering, manufacturing and construction"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="22073"/>
+  </r>
+  <r>
+    <s v="CD368"/>
+    <s v="Population Aged 15 Years and Over whose Education has Ceased"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="-4"/>
+    <s v="Third level"/>
+    <s v="6060"/>
+    <s v="Agriculture and veterinary"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="16043"/>
+  </r>
+  <r>
+    <s v="CD368"/>
+    <s v="Population Aged 15 Years and Over whose Education has Ceased"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="-4"/>
+    <s v="Third level"/>
+    <s v="6070"/>
+    <s v="Crop and livestock production"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="8325"/>
+  </r>
+  <r>
+    <s v="CD368"/>
+    <s v="Population Aged 15 Years and Over whose Education has Ceased"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="-4"/>
+    <s v="Third level"/>
+    <s v="7015"/>
+    <s v="Other agriculture and veterinary"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="7718"/>
+  </r>
+  <r>
+    <s v="CD368"/>
+    <s v="Population Aged 15 Years and Over whose Education has Ceased"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="-4"/>
+    <s v="Third level"/>
+    <s v="7020"/>
+    <s v="Health and welfare"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="128425"/>
+  </r>
+  <r>
+    <s v="CD368"/>
+    <s v="Population Aged 15 Years and Over whose Education has Ceased"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="-4"/>
+    <s v="Third level"/>
+    <s v="7030"/>
+    <s v="Medicine"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="16145"/>
+  </r>
+  <r>
+    <s v="CD368"/>
+    <s v="Population Aged 15 Years and Over whose Education has Ceased"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="-4"/>
+    <s v="Third level"/>
+    <s v="8000"/>
+    <s v="Nursing and caring"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="59802"/>
+  </r>
+  <r>
+    <s v="CD368"/>
+    <s v="Population Aged 15 Years and Over whose Education has Ceased"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="-4"/>
+    <s v="Third level"/>
+    <s v="8020"/>
+    <s v="Child care and youth services"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5060"/>
+  </r>
+  <r>
+    <s v="CD368"/>
+    <s v="Population Aged 15 Years and Over whose Education has Ceased"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="-4"/>
+    <s v="Third level"/>
+    <s v="8025"/>
+    <s v="Social work and counselling"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="17281"/>
+  </r>
+  <r>
+    <s v="CD368"/>
+    <s v="Population Aged 15 Years and Over whose Education has Ceased"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="-4"/>
+    <s v="Third level"/>
+    <s v="8030"/>
+    <s v="Other health and welfare"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="30137"/>
+  </r>
+  <r>
+    <s v="CD368"/>
+    <s v="Population Aged 15 Years and Over whose Education has Ceased"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="-4"/>
+    <s v="Third level"/>
+    <s v="8040"/>
+    <s v="Personal services"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="27658"/>
+  </r>
+  <r>
+    <s v="CD368"/>
+    <s v="Population Aged 15 Years and Over whose Education has Ceased"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="-4"/>
+    <s v="Third level"/>
+    <s v="8050"/>
+    <s v="Hotel, restaurant and catering"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="11648"/>
+  </r>
+  <r>
+    <s v="CD368"/>
+    <s v="Population Aged 15 Years and Over whose Education has Ceased"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="-4"/>
+    <s v="Third level"/>
+    <s v="9005"/>
+    <s v="Hair and beauty services"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5486"/>
+  </r>
+  <r>
+    <s v="CD368"/>
+    <s v="Population Aged 15 Years and Over whose Education has Ceased"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="-4"/>
+    <s v="Third level"/>
+    <s v="9010"/>
+    <s v="Other personal services"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="10524"/>
+  </r>
+  <r>
+    <s v="CD368"/>
+    <s v="Population Aged 15 Years and Over whose Education has Ceased"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="-4"/>
+    <s v="Third level"/>
+    <s v="9020"/>
+    <s v="Transport services"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2635"/>
+  </r>
+  <r>
+    <s v="CD368"/>
+    <s v="Population Aged 15 Years and Over whose Education has Ceased"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="-4"/>
+    <s v="Third level"/>
+    <s v="9025"/>
+    <s v="Security services (includes police and fire services)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="9878"/>
+  </r>
+  <r>
+    <s v="CD368"/>
+    <s v="Population Aged 15 Years and Over whose Education has Ceased"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="-4"/>
+    <s v="Third level"/>
+    <s v="9201"/>
+    <s v="Other subjects"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1856"/>
+  </r>
+  <r>
+    <s v="CD368"/>
+    <s v="Population Aged 15 Years and Over whose Education has Ceased"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="-4"/>
+    <s v="Third level"/>
+    <s v="9510"/>
+    <s v="Not stated (including unknown)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="34779"/>
+  </r>
+  <r>
+    <s v="CD368"/>
+    <s v="Population Aged 15 Years and Over whose Education has Ceased"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="-4"/>
+    <s v="Third level"/>
+    <s v="9991"/>
+    <s v="All fields of study"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="875114"/>
+  </r>
+  <r>
+    <s v="CD368"/>
+    <s v="Population Aged 15 Years and Over whose Education has Ceased"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="-3"/>
+    <s v="Second level"/>
+    <s v="2001"/>
+    <s v="Education and teacher training"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="9707"/>
+  </r>
+  <r>
+    <s v="CD368"/>
+    <s v="Population Aged 15 Years and Over whose Education has Ceased"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="-3"/>
+    <s v="Second level"/>
+    <s v="3001"/>
+    <s v="Arts"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="11825"/>
+  </r>
+  <r>
+    <s v="CD368"/>
+    <s v="Population Aged 15 Years and Over whose Education has Ceased"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="-3"/>
+    <s v="Second level"/>
+    <s v="3015"/>
+    <s v="Music and performing arts"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1572"/>
+  </r>
+  <r>
+    <s v="CD368"/>
+    <s v="Population Aged 15 Years and Over whose Education has Ceased"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="-3"/>
+    <s v="Second level"/>
+    <s v="3020"/>
+    <s v="Audio-visual techniques and media production"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5188"/>
+  </r>
+  <r>
+    <s v="CD368"/>
+    <s v="Population Aged 15 Years and Over whose Education has Ceased"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="-3"/>
+    <s v="Second level"/>
+    <s v="3025"/>
+    <s v="Design"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2282"/>
+  </r>
+  <r>
+    <s v="CD368"/>
+    <s v="Population Aged 15 Years and Over whose Education has Ceased"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="-3"/>
+    <s v="Second level"/>
+    <s v="3035"/>
+    <s v="Other arts"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2783"/>
+  </r>
+  <r>
+    <s v="CD368"/>
+    <s v="Population Aged 15 Years and Over whose Education has Ceased"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="-3"/>
+    <s v="Second level"/>
+    <s v="3501"/>
+    <s v="Humanities"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2499"/>
+  </r>
+  <r>
+    <s v="CD368"/>
+    <s v="Population Aged 15 Years and Over whose Education has Ceased"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="-3"/>
+    <s v="Second level"/>
+    <s v="3515"/>
+    <s v="Foreign languages"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="875"/>
+  </r>
+  <r>
+    <s v="CD368"/>
+    <s v="Population Aged 15 Years and Over whose Education has Ceased"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="-3"/>
+    <s v="Second level"/>
+    <s v="3520"/>
+    <s v="Mother tongue"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="645"/>
+  </r>
+  <r>
+    <s v="CD368"/>
+    <s v="Population Aged 15 Years and Over whose Education has Ceased"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="-3"/>
+    <s v="Second level"/>
+    <s v="3530"/>
+    <s v="History and archaeology"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="272"/>
+  </r>
+  <r>
+    <s v="CD368"/>
+    <s v="Population Aged 15 Years and Over whose Education has Ceased"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="-3"/>
+    <s v="Second level"/>
+    <s v="3540"/>
+    <s v="Other humanities"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="707"/>
+  </r>
+  <r>
+    <s v="CD368"/>
+    <s v="Population Aged 15 Years and Over whose Education has Ceased"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="-3"/>
+    <s v="Second level"/>
+    <s v="4000"/>
+    <s v="Social sciences, business and law"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="77366"/>
+  </r>
+  <r>
+    <s v="CD368"/>
+    <s v="Population Aged 15 Years and Over whose Education has Ceased"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="-3"/>
+    <s v="Second level"/>
+    <s v="4005"/>
+    <s v="Psychology"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="584"/>
+  </r>
+  <r>
+    <s v="CD368"/>
+    <s v="Population Aged 15 Years and Over whose Education has Ceased"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="-3"/>
+    <s v="Second level"/>
+    <s v="4020"/>
+    <s v="Economics"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1613"/>
+  </r>
+  <r>
+    <s v="CD368"/>
+    <s v="Population Aged 15 Years and Over whose Education has Ceased"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="-3"/>
+    <s v="Second level"/>
+    <s v="4035"/>
+    <s v="Business and administration (broad programmes)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="10338"/>
+  </r>
+  <r>
+    <s v="CD368"/>
+    <s v="Population Aged 15 Years and Over whose Education has Ceased"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="-3"/>
+    <s v="Second level"/>
+    <s v="4045"/>
+    <s v="Marketing and advertising"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2837"/>
+  </r>
+  <r>
+    <s v="CD368"/>
+    <s v="Population Aged 15 Years and Over whose Education has Ceased"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="-3"/>
+    <s v="Second level"/>
+    <s v="4055"/>
+    <s v="Accounting and taxation"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="11822"/>
+  </r>
+  <r>
+    <s v="CD368"/>
+    <s v="Population Aged 15 Years and Over whose Education has Ceased"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="-3"/>
+    <s v="Second level"/>
+    <s v="4060"/>
+    <s v="Management and administration"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5948"/>
+  </r>
+  <r>
+    <s v="CD368"/>
+    <s v="Population Aged 15 Years and Over whose Education has Ceased"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="-3"/>
+    <s v="Second level"/>
+    <s v="4065"/>
+    <s v="Secretarial and office work"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="28263"/>
+  </r>
+  <r>
+    <s v="CD368"/>
+    <s v="Population Aged 15 Years and Over whose Education has Ceased"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="-3"/>
+    <s v="Second level"/>
+    <s v="4075"/>
+    <s v="Law"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1407"/>
+  </r>
+  <r>
+    <s v="CD368"/>
+    <s v="Population Aged 15 Years and Over whose Education has Ceased"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="-3"/>
+    <s v="Second level"/>
+    <s v="4080"/>
+    <s v="Other social sciences, business and law subjects"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="14554"/>
+  </r>
+  <r>
+    <s v="CD368"/>
+    <s v="Population Aged 15 Years and Over whose Education has Ceased"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="-3"/>
+    <s v="Second level"/>
+    <s v="4085"/>
+    <s v="Science, mathematics and computing"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="19979"/>
+  </r>
+  <r>
+    <s v="CD368"/>
+    <s v="Population Aged 15 Years and Over whose Education has Ceased"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="-3"/>
+    <s v="Second level"/>
+    <s v="5000"/>
+    <s v="Biology and biochemistry"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="325"/>
+  </r>
+  <r>
+    <s v="CD368"/>
+    <s v="Population Aged 15 Years and Over whose Education has Ceased"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="-3"/>
+    <s v="Second level"/>
+    <s v="5025"/>
+    <s v="Physical sciences (physics, chemistry, earth science)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="7185"/>
+  </r>
+  <r>
+    <s v="CD368"/>
+    <s v="Population Aged 15 Years and Over whose Education has Ceased"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="-3"/>
+    <s v="Second level"/>
+    <s v="5040"/>
+    <s v="Computer science"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="10924"/>
+  </r>
+  <r>
+    <s v="CD368"/>
+    <s v="Population Aged 15 Years and Over whose Education has Ceased"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="-3"/>
+    <s v="Second level"/>
+    <s v="5045"/>
+    <s v="Computer use"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1079"/>
+  </r>
+  <r>
+    <s v="CD368"/>
+    <s v="Population Aged 15 Years and Over whose Education has Ceased"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="-3"/>
+    <s v="Second level"/>
+    <s v="5050"/>
+    <s v="Other science, mathematics and computing"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="466"/>
+  </r>
+  <r>
+    <s v="CD368"/>
+    <s v="Population Aged 15 Years and Over whose Education has Ceased"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="-3"/>
+    <s v="Second level"/>
+    <s v="5055"/>
+    <s v="Engineering, manufacturing and construction"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="111785"/>
+  </r>
+  <r>
+    <s v="CD368"/>
+    <s v="Population Aged 15 Years and Over whose Education has Ceased"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="-3"/>
+    <s v="Second level"/>
+    <s v="5060"/>
+    <s v="Engineering and engineering trades (broad programmes)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="7452"/>
+  </r>
+  <r>
+    <s v="CD368"/>
+    <s v="Population Aged 15 Years and Over whose Education has Ceased"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="-3"/>
+    <s v="Second level"/>
+    <s v="6000"/>
+    <s v="Mechanics and metalwork"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="16544"/>
+  </r>
+  <r>
+    <s v="CD368"/>
+    <s v="Population Aged 15 Years and Over whose Education has Ceased"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="-3"/>
+    <s v="Second level"/>
+    <s v="6001"/>
+    <s v="Electricity and energy"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="21504"/>
+  </r>
+  <r>
+    <s v="CD368"/>
+    <s v="Population Aged 15 Years and Over whose Education has Ceased"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="-3"/>
+    <s v="Second level"/>
+    <s v="6015"/>
+    <s v="Motor vehicles, ships and aircraft"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="16876"/>
+  </r>
+  <r>
+    <s v="CD368"/>
+    <s v="Population Aged 15 Years and Over whose Education has Ceased"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="-3"/>
+    <s v="Second level"/>
+    <s v="6045"/>
+    <s v="Architecture and town planning"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1295"/>
+  </r>
+  <r>
+    <s v="CD368"/>
+    <s v="Population Aged 15 Years and Over whose Education has Ceased"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="-3"/>
+    <s v="Second level"/>
+    <s v="6050"/>
+    <s v="Building and civil engineering"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="33635"/>
+  </r>
+  <r>
+    <s v="CD368"/>
+    <s v="Population Aged 15 Years and Over whose Education has Ceased"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="-3"/>
+    <s v="Second level"/>
+    <s v="6055"/>
+    <s v="Other engineering, manufacturing and construction"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="14479"/>
+  </r>
+  <r>
+    <s v="CD368"/>
+    <s v="Population Aged 15 Years and Over whose Education has Ceased"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="-3"/>
+    <s v="Second level"/>
+    <s v="6060"/>
+    <s v="Agriculture and veterinary"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="39709"/>
+  </r>
+  <r>
+    <s v="CD368"/>
+    <s v="Population Aged 15 Years and Over whose Education has Ceased"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="-3"/>
+    <s v="Second level"/>
+    <s v="6070"/>
+    <s v="Crop and livestock production"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="35894"/>
+  </r>
+  <r>
+    <s v="CD368"/>
+    <s v="Population Aged 15 Years and Over whose Education has Ceased"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="-3"/>
+    <s v="Second level"/>
+    <s v="7015"/>
+    <s v="Other agriculture and veterinary"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3815"/>
+  </r>
+  <r>
+    <s v="CD368"/>
+    <s v="Population Aged 15 Years and Over whose Education has Ceased"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="-3"/>
+    <s v="Second level"/>
+    <s v="7020"/>
+    <s v="Health and welfare"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="39847"/>
+  </r>
+  <r>
+    <s v="CD368"/>
+    <s v="Population Aged 15 Years and Over whose Education has Ceased"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="-3"/>
+    <s v="Second level"/>
+    <s v="7030"/>
+    <s v="Medicine"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="499"/>
+  </r>
+  <r>
+    <s v="CD368"/>
+    <s v="Population Aged 15 Years and Over whose Education has Ceased"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="-3"/>
+    <s v="Second level"/>
+    <s v="8000"/>
+    <s v="Nursing and caring"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="13877"/>
+  </r>
+  <r>
+    <s v="CD368"/>
+    <s v="Population Aged 15 Years and Over whose Education has Ceased"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="-3"/>
+    <s v="Second level"/>
+    <s v="8020"/>
+    <s v="Child care and youth services"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="14836"/>
+  </r>
+  <r>
+    <s v="CD368"/>
+    <s v="Population Aged 15 Years and Over whose Education has Ceased"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="-3"/>
+    <s v="Second level"/>
+    <s v="8025"/>
+    <s v="Social work and counselling"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2232"/>
+  </r>
+  <r>
+    <s v="CD368"/>
+    <s v="Population Aged 15 Years and Over whose Education has Ceased"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="-3"/>
+    <s v="Second level"/>
+    <s v="8030"/>
+    <s v="Other health and welfare"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="8403"/>
+  </r>
+  <r>
+    <s v="CD368"/>
+    <s v="Population Aged 15 Years and Over whose Education has Ceased"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="-3"/>
+    <s v="Second level"/>
+    <s v="8040"/>
+    <s v="Personal services"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="46044"/>
+  </r>
+  <r>
+    <s v="CD368"/>
+    <s v="Population Aged 15 Years and Over whose Education has Ceased"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="-3"/>
+    <s v="Second level"/>
+    <s v="8050"/>
+    <s v="Hotel, restaurant and catering"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="19401"/>
+  </r>
+  <r>
+    <s v="CD368"/>
+    <s v="Population Aged 15 Years and Over whose Education has Ceased"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="-3"/>
+    <s v="Second level"/>
+    <s v="9005"/>
+    <s v="Hair and beauty services"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="19036"/>
+  </r>
+  <r>
+    <s v="CD368"/>
+    <s v="Population Aged 15 Years and Over whose Education has Ceased"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="-3"/>
+    <s v="Second level"/>
+    <s v="9010"/>
+    <s v="Other personal services"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="7607"/>
+  </r>
+  <r>
+    <s v="CD368"/>
+    <s v="Population Aged 15 Years and Over whose Education has Ceased"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="-3"/>
+    <s v="Second level"/>
+    <s v="9020"/>
+    <s v="Transport services"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4793"/>
+  </r>
+  <r>
+    <s v="CD368"/>
+    <s v="Population Aged 15 Years and Over whose Education has Ceased"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="-3"/>
+    <s v="Second level"/>
+    <s v="9025"/>
+    <s v="Security services (includes police and fire services)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4697"/>
+  </r>
+  <r>
+    <s v="CD368"/>
+    <s v="Population Aged 15 Years and Over whose Education has Ceased"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="-3"/>
+    <s v="Second level"/>
+    <s v="9201"/>
+    <s v="Other subjects"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="679"/>
+  </r>
+  <r>
+    <s v="CD368"/>
+    <s v="Population Aged 15 Years and Over whose Education has Ceased"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="-3"/>
+    <s v="Second level"/>
+    <s v="9510"/>
+    <s v="Not stated (including unknown)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="481238"/>
+  </r>
+  <r>
+    <s v="CD368"/>
+    <s v="Population Aged 15 Years and Over whose Education has Ceased"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="-3"/>
+    <s v="Second level"/>
+    <s v="9991"/>
+    <s v="All fields of study"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="850168"/>
+  </r>
+  <r>
+    <s v="CD368"/>
+    <s v="Population Aged 15 Years and Over whose Education has Ceased"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="-4"/>
+    <s v="Third level"/>
+    <s v="2001"/>
+    <s v="Education and teacher training"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="69944"/>
+  </r>
+  <r>
+    <s v="CD368"/>
+    <s v="Population Aged 15 Years and Over whose Education has Ceased"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="-4"/>
+    <s v="Third level"/>
+    <s v="3001"/>
+    <s v="Arts"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="23777"/>
+  </r>
+  <r>
+    <s v="CD368"/>
+    <s v="Population Aged 15 Years and Over whose Education has Ceased"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="-4"/>
+    <s v="Third level"/>
+    <s v="3015"/>
+    <s v="Music and performing arts"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4874"/>
+  </r>
+  <r>
+    <s v="CD368"/>
+    <s v="Population Aged 15 Years and Over whose Education has Ceased"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="-4"/>
+    <s v="Third level"/>
+    <s v="3020"/>
+    <s v="Audio-visual techniques and media production"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="8868"/>
+  </r>
+  <r>
+    <s v="CD368"/>
+    <s v="Population Aged 15 Years and Over whose Education has Ceased"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="-4"/>
+    <s v="Third level"/>
+    <s v="3025"/>
+    <s v="Design"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5122"/>
+  </r>
+  <r>
+    <s v="CD368"/>
+    <s v="Population Aged 15 Years and Over whose Education has Ceased"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="-4"/>
+    <s v="Third level"/>
+    <s v="3035"/>
+    <s v="Other arts"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4913"/>
+  </r>
+  <r>
+    <s v="CD368"/>
+    <s v="Population Aged 15 Years and Over whose Education has Ceased"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="-4"/>
+    <s v="Third level"/>
+    <s v="3501"/>
+    <s v="Humanities"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="33213"/>
+  </r>
+  <r>
+    <s v="CD368"/>
+    <s v="Population Aged 15 Years and Over whose Education has Ceased"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="-4"/>
+    <s v="Third level"/>
+    <s v="3515"/>
+    <s v="Foreign languages"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5869"/>
+  </r>
+  <r>
+    <s v="CD368"/>
+    <s v="Population Aged 15 Years and Over whose Education has Ceased"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="-4"/>
+    <s v="Third level"/>
+    <s v="3520"/>
+    <s v="Mother tongue"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="6324"/>
+  </r>
+  <r>
+    <s v="CD368"/>
+    <s v="Population Aged 15 Years and Over whose Education has Ceased"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="-4"/>
+    <s v="Third level"/>
+    <s v="3530"/>
+    <s v="History and archaeology"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5941"/>
+  </r>
+  <r>
+    <s v="CD368"/>
+    <s v="Population Aged 15 Years and Over whose Education has Ceased"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="-4"/>
+    <s v="Third level"/>
+    <s v="3540"/>
+    <s v="Other humanities"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="15079"/>
+  </r>
+  <r>
+    <s v="CD368"/>
+    <s v="Population Aged 15 Years and Over whose Education has Ceased"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="-4"/>
+    <s v="Third level"/>
+    <s v="4000"/>
+    <s v="Social sciences, business and law"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="230819"/>
+  </r>
+  <r>
+    <s v="CD368"/>
+    <s v="Population Aged 15 Years and Over whose Education has Ceased"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="-4"/>
+    <s v="Third level"/>
+    <s v="4005"/>
+    <s v="Psychology"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="8598"/>
+  </r>
+  <r>
+    <s v="CD368"/>
+    <s v="Population Aged 15 Years and Over whose Education has Ceased"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="-4"/>
+    <s v="Third level"/>
+    <s v="4020"/>
+    <s v="Economics"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="10226"/>
+  </r>
+  <r>
+    <s v="CD368"/>
+    <s v="Population Aged 15 Years and Over whose Education has Ceased"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="-4"/>
+    <s v="Third level"/>
+    <s v="4035"/>
+    <s v="Business and administration (broad programmes)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="52943"/>
+  </r>
+  <r>
+    <s v="CD368"/>
+    <s v="Population Aged 15 Years and Over whose Education has Ceased"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="-4"/>
+    <s v="Third level"/>
+    <s v="4045"/>
+    <s v="Marketing and advertising"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="17893"/>
+  </r>
+  <r>
+    <s v="CD368"/>
+    <s v="Population Aged 15 Years and Over whose Education has Ceased"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="-4"/>
+    <s v="Third level"/>
+    <s v="4055"/>
+    <s v="Accounting and taxation"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="47063"/>
+  </r>
+  <r>
+    <s v="CD368"/>
+    <s v="Population Aged 15 Years and Over whose Education has Ceased"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="-4"/>
+    <s v="Third level"/>
+    <s v="4060"/>
+    <s v="Management and administration"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="28729"/>
+  </r>
+  <r>
+    <s v="CD368"/>
+    <s v="Population Aged 15 Years and Over whose Education has Ceased"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="-4"/>
+    <s v="Third level"/>
+    <s v="4065"/>
+    <s v="Secretarial and office work"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4695"/>
+  </r>
+  <r>
+    <s v="CD368"/>
+    <s v="Population Aged 15 Years and Over whose Education has Ceased"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="-4"/>
+    <s v="Third level"/>
+    <s v="4075"/>
+    <s v="Law"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="21594"/>
+  </r>
+  <r>
+    <s v="CD368"/>
+    <s v="Population Aged 15 Years and Over whose Education has Ceased"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="-4"/>
+    <s v="Third level"/>
+    <s v="4080"/>
+    <s v="Other social sciences, business and law subjects"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="39078"/>
+  </r>
+  <r>
+    <s v="CD368"/>
+    <s v="Population Aged 15 Years and Over whose Education has Ceased"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="-4"/>
+    <s v="Third level"/>
+    <s v="4085"/>
+    <s v="Science, mathematics and computing"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="78837"/>
+  </r>
+  <r>
+    <s v="CD368"/>
+    <s v="Population Aged 15 Years and Over whose Education has Ceased"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="-4"/>
+    <s v="Third level"/>
+    <s v="5000"/>
+    <s v="Biology and biochemistry"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="9234"/>
+  </r>
+  <r>
+    <s v="CD368"/>
+    <s v="Population Aged 15 Years and Over whose Education has Ceased"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="-4"/>
+    <s v="Third level"/>
+    <s v="5025"/>
+    <s v="Physical sciences (physics, chemistry, earth science)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="29956"/>
+  </r>
+  <r>
+    <s v="CD368"/>
+    <s v="Population Aged 15 Years and Over whose Education has Ceased"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="-4"/>
+    <s v="Third level"/>
+    <s v="5040"/>
+    <s v="Computer science"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="9255"/>
+  </r>
+  <r>
+    <s v="CD368"/>
+    <s v="Population Aged 15 Years and Over whose Education has Ceased"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="-4"/>
+    <s v="Third level"/>
+    <s v="5045"/>
+    <s v="Computer use"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="22630"/>
+  </r>
+  <r>
+    <s v="CD368"/>
+    <s v="Population Aged 15 Years and Over whose Education has Ceased"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="-4"/>
+    <s v="Third level"/>
+    <s v="5050"/>
+    <s v="Other science, mathematics and computing"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="7762"/>
+  </r>
+  <r>
+    <s v="CD368"/>
+    <s v="Population Aged 15 Years and Over whose Education has Ceased"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="-4"/>
+    <s v="Third level"/>
+    <s v="5055"/>
+    <s v="Engineering, manufacturing and construction"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="79718"/>
+  </r>
+  <r>
+    <s v="CD368"/>
+    <s v="Population Aged 15 Years and Over whose Education has Ceased"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="-4"/>
+    <s v="Third level"/>
+    <s v="5060"/>
+    <s v="Engineering and engineering trades (broad programmes)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="21275"/>
+  </r>
+  <r>
+    <s v="CD368"/>
+    <s v="Population Aged 15 Years and Over whose Education has Ceased"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="-4"/>
+    <s v="Third level"/>
+    <s v="6000"/>
+    <s v="Mechanics and metalwork"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5818"/>
+  </r>
+  <r>
+    <s v="CD368"/>
+    <s v="Population Aged 15 Years and Over whose Education has Ceased"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="-4"/>
+    <s v="Third level"/>
+    <s v="6001"/>
+    <s v="Electricity and energy"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="7838"/>
+  </r>
+  <r>
+    <s v="CD368"/>
+    <s v="Population Aged 15 Years and Over whose Education has Ceased"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="-4"/>
+    <s v="Third level"/>
+    <s v="6015"/>
+    <s v="Motor vehicles, ships and aircraft"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2546"/>
+  </r>
+  <r>
+    <s v="CD368"/>
+    <s v="Population Aged 15 Years and Over whose Education has Ceased"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="-4"/>
+    <s v="Third level"/>
+    <s v="6045"/>
+    <s v="Architecture and town planning"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="11045"/>
+  </r>
+  <r>
+    <s v="CD368"/>
+    <s v="Population Aged 15 Years and Over whose Education has Ceased"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="-4"/>
+    <s v="Third level"/>
+    <s v="6050"/>
+    <s v="Building and civil engineering"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="12935"/>
+  </r>
+  <r>
+    <s v="CD368"/>
+    <s v="Population Aged 15 Years and Over whose Education has Ceased"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="-4"/>
+    <s v="Third level"/>
+    <s v="6055"/>
+    <s v="Other engineering, manufacturing and construction"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="18261"/>
+  </r>
+  <r>
+    <s v="CD368"/>
+    <s v="Population Aged 15 Years and Over whose Education has Ceased"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="-4"/>
+    <s v="Third level"/>
+    <s v="6060"/>
+    <s v="Agriculture and veterinary"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="12359"/>
+  </r>
+  <r>
+    <s v="CD368"/>
+    <s v="Population Aged 15 Years and Over whose Education has Ceased"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="-4"/>
+    <s v="Third level"/>
+    <s v="6070"/>
+    <s v="Crop and livestock production"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="6313"/>
+  </r>
+  <r>
+    <s v="CD368"/>
+    <s v="Population Aged 15 Years and Over whose Education has Ceased"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="-4"/>
+    <s v="Third level"/>
+    <s v="7015"/>
+    <s v="Other agriculture and veterinary"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="6046"/>
+  </r>
+  <r>
+    <s v="CD368"/>
+    <s v="Population Aged 15 Years and Over whose Education has Ceased"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="-4"/>
+    <s v="Third level"/>
+    <s v="7020"/>
+    <s v="Health and welfare"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="102070"/>
+  </r>
+  <r>
+    <s v="CD368"/>
+    <s v="Population Aged 15 Years and Over whose Education has Ceased"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="-4"/>
+    <s v="Third level"/>
+    <s v="7030"/>
+    <s v="Medicine"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="13377"/>
+  </r>
+  <r>
+    <s v="CD368"/>
+    <s v="Population Aged 15 Years and Over whose Education has Ceased"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="-4"/>
+    <s v="Third level"/>
+    <s v="8000"/>
+    <s v="Nursing and caring"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="46467"/>
+  </r>
+  <r>
+    <s v="CD368"/>
+    <s v="Population Aged 15 Years and Over whose Education has Ceased"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="-4"/>
+    <s v="Third level"/>
+    <s v="8020"/>
+    <s v="Child care and youth services"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3914"/>
+  </r>
+  <r>
+    <s v="CD368"/>
+    <s v="Population Aged 15 Years and Over whose Education has Ceased"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="-4"/>
+    <s v="Third level"/>
+    <s v="8025"/>
+    <s v="Social work and counselling"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="13796"/>
+  </r>
+  <r>
+    <s v="CD368"/>
+    <s v="Population Aged 15 Years and Over whose Education has Ceased"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="-4"/>
+    <s v="Third level"/>
+    <s v="8030"/>
+    <s v="Other health and welfare"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="24516"/>
+  </r>
+  <r>
+    <s v="CD368"/>
+    <s v="Population Aged 15 Years and Over whose Education has Ceased"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="-4"/>
+    <s v="Third level"/>
+    <s v="8040"/>
+    <s v="Personal services"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="21022"/>
+  </r>
+  <r>
+    <s v="CD368"/>
+    <s v="Population Aged 15 Years and Over whose Education has Ceased"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="-4"/>
+    <s v="Third level"/>
+    <s v="8050"/>
+    <s v="Hotel, restaurant and catering"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="9163"/>
+  </r>
+  <r>
+    <s v="CD368"/>
+    <s v="Population Aged 15 Years and Over whose Education has Ceased"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="-4"/>
+    <s v="Third level"/>
+    <s v="9005"/>
+    <s v="Hair and beauty services"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3829"/>
+  </r>
+  <r>
+    <s v="CD368"/>
+    <s v="Population Aged 15 Years and Over whose Education has Ceased"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="-4"/>
+    <s v="Third level"/>
+    <s v="9010"/>
+    <s v="Other personal services"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="8030"/>
+  </r>
+  <r>
+    <s v="CD368"/>
+    <s v="Population Aged 15 Years and Over whose Education has Ceased"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="-4"/>
+    <s v="Third level"/>
+    <s v="9020"/>
+    <s v="Transport services"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2091"/>
+  </r>
+  <r>
+    <s v="CD368"/>
+    <s v="Population Aged 15 Years and Over whose Education has Ceased"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="-4"/>
+    <s v="Third level"/>
+    <s v="9025"/>
+    <s v="Security services (includes police and fire services)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="8722"/>
+  </r>
+  <r>
+    <s v="CD368"/>
+    <s v="Population Aged 15 Years and Over whose Education has Ceased"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="-4"/>
+    <s v="Third level"/>
+    <s v="9201"/>
+    <s v="Other subjects"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1509"/>
+  </r>
+  <r>
+    <s v="CD368"/>
+    <s v="Population Aged 15 Years and Over whose Education has Ceased"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="-4"/>
+    <s v="Third level"/>
+    <s v="9510"/>
+    <s v="Not stated (including unknown)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="22285"/>
+  </r>
+  <r>
+    <s v="CD368"/>
+    <s v="Population Aged 15 Years and Over whose Education has Ceased"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="-4"/>
+    <s v="Third level"/>
+    <s v="9991"/>
+    <s v="All fields of study"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="686366"/>
+  </r>
+  <r>
+    <s v="CD368"/>
+    <s v="Population Aged 15 Years and Over whose Education has Ceased"/>
+    <s v="201"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="-3"/>
+    <s v="Second level"/>
+    <s v="2001"/>
+    <s v="Education and teacher training"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="100"/>
+  </r>
+  <r>
+    <s v="CD368"/>
+    <s v="Population Aged 15 Years and Over whose Education has Ceased"/>
+    <s v="201"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="-3"/>
+    <s v="Second level"/>
+    <s v="3001"/>
+    <s v="Arts"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="328"/>
+  </r>
+  <r>
+    <s v="CD368"/>
+    <s v="Population Aged 15 Years and Over whose Education has Ceased"/>
+    <s v="201"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="-3"/>
+    <s v="Second level"/>
+    <s v="3015"/>
+    <s v="Music and performing arts"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="61"/>
+  </r>
+  <r>
+    <s v="CD368"/>
+    <s v="Population Aged 15 Years and Over whose Education has Ceased"/>
+    <s v="201"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="-3"/>
+    <s v="Second level"/>
+    <s v="3020"/>
+    <s v="Audio-visual techniques and media production"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="135"/>
+  </r>
+  <r>
+    <s v="CD368"/>
+    <s v="Population Aged 15 Years and Over whose Education has Ceased"/>
+    <s v="201"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="-3"/>
+    <s v="Second level"/>
+    <s v="3025"/>
+    <s v="Design"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="56"/>
+  </r>
+  <r>
+    <s v="CD368"/>
+    <s v="Population Aged 15 Years and Over whose Education has Ceased"/>
+    <s v="201"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="-3"/>
+    <s v="Second level"/>
+    <s v="3035"/>
+    <s v="Other arts"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="76"/>
+  </r>
+  <r>
+    <s v="CD368"/>
+    <s v="Population Aged 15 Years and Over whose Education has Ceased"/>
+    <s v="201"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="-3"/>
+    <s v="Second level"/>
+    <s v="3501"/>
+    <s v="Humanities"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="59"/>
+  </r>
+  <r>
+    <s v="CD368"/>
+    <s v="Population Aged 15 Years and Over whose Education has Ceased"/>
+    <s v="201"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="-3"/>
+    <s v="Second level"/>
+    <s v="3515"/>
+    <s v="Foreign languages"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="11"/>
+  </r>
+  <r>
+    <s v="CD368"/>
+    <s v="Population Aged 15 Years and Over whose Education has Ceased"/>
+    <s v="201"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="-3"/>
+    <s v="Second level"/>
+    <s v="3520"/>
+    <s v="Mother tongue"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="27"/>
+  </r>
+  <r>
+    <s v="CD368"/>
+    <s v="Population Aged 15 Years and Over whose Education has Ceased"/>
+    <s v="201"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="-3"/>
+    <s v="Second level"/>
+    <s v="3530"/>
+    <s v="History and archaeology"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5"/>
+  </r>
+  <r>
+    <s v="CD368"/>
+    <s v="Population Aged 15 Years and Over whose Education has Ceased"/>
+    <s v="201"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="-3"/>
+    <s v="Second level"/>
+    <s v="3540"/>
+    <s v="Other humanities"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="16"/>
+  </r>
+  <r>
+    <s v="CD368"/>
+    <s v="Population Aged 15 Years and Over whose Education has Ceased"/>
+    <s v="201"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="-3"/>
+    <s v="Second level"/>
+    <s v="4000"/>
+    <s v="Social sciences, business and law"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="610"/>
+  </r>
+  <r>
+    <s v="CD368"/>
+    <s v="Population Aged 15 Years and Over whose Education has Ceased"/>
+    <s v="201"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="-3"/>
+    <s v="Second level"/>
+    <s v="4005"/>
+    <s v="Psychology"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="9"/>
+  </r>
+  <r>
+    <s v="CD368"/>
+    <s v="Population Aged 15 Years and Over whose Education has Ceased"/>
+    <s v="201"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="-3"/>
+    <s v="Second level"/>
+    <s v="4020"/>
+    <s v="Economics"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="25"/>
+  </r>
+  <r>
+    <s v="CD368"/>
+    <s v="Population Aged 15 Years and Over whose Education has Ceased"/>
+    <s v="201"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="-3"/>
+    <s v="Second level"/>
+    <s v="4035"/>
+    <s v="Business and administration (broad programmes)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="139"/>
+  </r>
+  <r>
+    <s v="CD368"/>
+    <s v="Population Aged 15 Years and Over whose Education has Ceased"/>
+    <s v="201"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="-3"/>
+    <s v="Second level"/>
+    <s v="4045"/>
+    <s v="Marketing and advertising"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="15"/>
+  </r>
+  <r>
+    <s v="CD368"/>
+    <s v="Population Aged 15 Years and Over whose Education has Ceased"/>
+    <s v="201"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="-3"/>
+    <s v="Second level"/>
+    <s v="4055"/>
+    <s v="Accounting and taxation"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="110"/>
+  </r>
+  <r>
+    <s v="CD368"/>
+    <s v="Population Aged 15 Years and Over whose Education has Ceased"/>
+    <s v="201"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="-3"/>
+    <s v="Second level"/>
+    <s v="4060"/>
+    <s v="Management and administration"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="36"/>
+  </r>
+  <r>
+    <s v="CD368"/>
+    <s v="Population Aged 15 Years and Over whose Education has Ceased"/>
+    <s v="201"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="-3"/>
+    <s v="Second level"/>
+    <s v="4065"/>
+    <s v="Secretarial and office work"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="154"/>
+  </r>
+  <r>
+    <s v="CD368"/>
+    <s v="Population Aged 15 Years and Over whose Education has Ceased"/>
+    <s v="201"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="-3"/>
+    <s v="Second level"/>
+    <s v="4075"/>
+    <s v="Law"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="19"/>
+  </r>
+  <r>
+    <s v="CD368"/>
+    <s v="Population Aged 15 Years and Over whose Education has Ceased"/>
+    <s v="201"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="-3"/>
+    <s v="Second level"/>
+    <s v="4080"/>
+    <s v="Other social sciences, business and law subjects"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="103"/>
+  </r>
+  <r>
+    <s v="CD368"/>
+    <s v="Population Aged 15 Years and Over whose Education has Ceased"/>
+    <s v="201"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="-3"/>
+    <s v="Second level"/>
+    <s v="4085"/>
+    <s v="Science, mathematics and computing"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="487"/>
+  </r>
+  <r>
+    <s v="CD368"/>
+    <s v="Population Aged 15 Years and Over whose Education has Ceased"/>
+    <s v="201"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="-3"/>
+    <s v="Second level"/>
+    <s v="5000"/>
+    <s v="Biology and biochemistry"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="7"/>
+  </r>
+  <r>
+    <s v="CD368"/>
+    <s v="Population Aged 15 Years and Over whose Education has Ceased"/>
+    <s v="201"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="-3"/>
+    <s v="Second level"/>
+    <s v="5025"/>
+    <s v="Physical sciences (physics, chemistry, earth science)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="150"/>
+  </r>
+  <r>
+    <s v="CD368"/>
+    <s v="Population Aged 15 Years and Over whose Education has Ceased"/>
+    <s v="201"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="-3"/>
+    <s v="Second level"/>
+    <s v="5040"/>
+    <s v="Computer science"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="301"/>
+  </r>
+  <r>
+    <s v="CD368"/>
+    <s v="Population Aged 15 Years and Over whose Education has Ceased"/>
+    <s v="201"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="-3"/>
+    <s v="Second level"/>
+    <s v="5045"/>
+    <s v="Computer use"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="19"/>
+  </r>
+  <r>
+    <s v="CD368"/>
+    <s v="Population Aged 15 Years and Over whose Education has Ceased"/>
+    <s v="201"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="-3"/>
+    <s v="Second level"/>
+    <s v="5050"/>
+    <s v="Other science, mathematics and computing"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="10"/>
+  </r>
+  <r>
+    <s v="CD368"/>
+    <s v="Population Aged 15 Years and Over whose Education has Ceased"/>
+    <s v="201"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="-3"/>
+    <s v="Second level"/>
+    <s v="5055"/>
+    <s v="Engineering, manufacturing and construction"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="860"/>
+  </r>
+  <r>
+    <s v="CD368"/>
+    <s v="Population Aged 15 Years and Over whose Education has Ceased"/>
+    <s v="201"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="-3"/>
+    <s v="Second level"/>
+    <s v="5060"/>
+    <s v="Engineering and engineering trades (broad programmes)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="49"/>
+  </r>
+  <r>
+    <s v="CD368"/>
+    <s v="Population Aged 15 Years and Over whose Education has Ceased"/>
+    <s v="201"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="-3"/>
+    <s v="Second level"/>
+    <s v="6000"/>
+    <s v="Mechanics and metalwork"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="104"/>
+  </r>
+  <r>
+    <s v="CD368"/>
+    <s v="Population Aged 15 Years and Over whose Education has Ceased"/>
+    <s v="201"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="-3"/>
+    <s v="Second level"/>
+    <s v="6001"/>
+    <s v="Electricity and energy"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="137"/>
+  </r>
+  <r>
+    <s v="CD368"/>
+    <s v="Population Aged 15 Years and Over whose Education has Ceased"/>
+    <s v="201"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="-3"/>
+    <s v="Second level"/>
+    <s v="6015"/>
+    <s v="Motor vehicles, ships and aircraft"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="114"/>
+  </r>
+  <r>
+    <s v="CD368"/>
+    <s v="Population Aged 15 Years and Over whose Education has Ceased"/>
+    <s v="201"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="-3"/>
+    <s v="Second level"/>
+    <s v="6045"/>
+    <s v="Architecture and town planning"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="11"/>
+  </r>
+  <r>
+    <s v="CD368"/>
+    <s v="Population Aged 15 Years and Over whose Education has Ceased"/>
+    <s v="201"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="-3"/>
+    <s v="Second level"/>
+    <s v="6050"/>
+    <s v="Building and civil engineering"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="333"/>
+  </r>
+  <r>
+    <s v="CD368"/>
+    <s v="Population Aged 15 Years and Over whose Education has Ceased"/>
+    <s v="201"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="-3"/>
+    <s v="Second level"/>
+    <s v="6055"/>
+    <s v="Other engineering, manufacturing and construction"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="112"/>
+  </r>
+  <r>
+    <s v="CD368"/>
+    <s v="Population Aged 15 Years and Over whose Education has Ceased"/>
+    <s v="201"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="-3"/>
+    <s v="Second level"/>
+    <s v="6060"/>
+    <s v="Agriculture and veterinary"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="207"/>
+  </r>
+  <r>
+    <s v="CD368"/>
+    <s v="Population Aged 15 Years and Over whose Education has Ceased"/>
+    <s v="201"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="-3"/>
+    <s v="Second level"/>
+    <s v="6070"/>
+    <s v="Crop and livestock production"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="141"/>
+  </r>
+  <r>
+    <s v="CD368"/>
+    <s v="Population Aged 15 Years and Over whose Education has Ceased"/>
+    <s v="201"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="-3"/>
+    <s v="Second level"/>
+    <s v="7015"/>
+    <s v="Other agriculture and veterinary"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="66"/>
+  </r>
+  <r>
+    <s v="CD368"/>
+    <s v="Population Aged 15 Years and Over whose Education has Ceased"/>
+    <s v="201"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="-3"/>
+    <s v="Second level"/>
+    <s v="7020"/>
+    <s v="Health and welfare"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="583"/>
+  </r>
+  <r>
+    <s v="CD368"/>
+    <s v="Population Aged 15 Years and Over whose Education has Ceased"/>
+    <s v="201"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="-3"/>
+    <s v="Second level"/>
+    <s v="7030"/>
+    <s v="Medicine"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4"/>
+  </r>
+  <r>
+    <s v="CD368"/>
+    <s v="Population Aged 15 Years and Over whose Education has Ceased"/>
+    <s v="201"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="-3"/>
+    <s v="Second level"/>
+    <s v="8000"/>
+    <s v="Nursing and caring"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="162"/>
+  </r>
+  <r>
+    <s v="CD368"/>
+    <s v="Population Aged 15 Years and Over whose Education has Ceased"/>
+    <s v="201"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="-3"/>
+    <s v="Second level"/>
+    <s v="8020"/>
+    <s v="Child care and youth services"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="299"/>
+  </r>
+  <r>
+    <s v="CD368"/>
+    <s v="Population Aged 15 Years and Over whose Education has Ceased"/>
+    <s v="201"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="-3"/>
+    <s v="Second level"/>
+    <s v="8025"/>
+    <s v="Social work and counselling"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="30"/>
+  </r>
+  <r>
+    <s v="CD368"/>
+    <s v="Population Aged 15 Years and Over whose Education has Ceased"/>
+    <s v="201"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="-3"/>
+    <s v="Second level"/>
+    <s v="8030"/>
+    <s v="Other health and welfare"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="88"/>
+  </r>
+  <r>
+    <s v="CD368"/>
+    <s v="Population Aged 15 Years and Over whose Education has Ceased"/>
+    <s v="201"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="-3"/>
+    <s v="Second level"/>
+    <s v="8040"/>
+    <s v="Personal services"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="923"/>
+  </r>
+  <r>
+    <s v="CD368"/>
+    <s v="Population Aged 15 Years and Over whose Education has Ceased"/>
+    <s v="201"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="-3"/>
+    <s v="Second level"/>
+    <s v="8050"/>
+    <s v="Hotel, restaurant and catering"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="173"/>
+  </r>
+  <r>
+    <s v="CD368"/>
+    <s v="Population Aged 15 Years and Over whose Education has Ceased"/>
+    <s v="201"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="-3"/>
+    <s v="Second level"/>
+    <s v="9005"/>
+    <s v="Hair and beauty services"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="553"/>
+  </r>
+  <r>
+    <s v="CD368"/>
+    <s v="Population Aged 15 Years and Over whose Education has Ceased"/>
+    <s v="201"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="-3"/>
+    <s v="Second level"/>
+    <s v="9010"/>
+    <s v="Other personal services"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="197"/>
+  </r>
+  <r>
+    <s v="CD368"/>
+    <s v="Population Aged 15 Years and Over whose Education has Ceased"/>
+    <s v="201"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="-3"/>
+    <s v="Second level"/>
+    <s v="9020"/>
+    <s v="Transport services"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="47"/>
+  </r>
+  <r>
+    <s v="CD368"/>
+    <s v="Population Aged 15 Years and Over whose Education has Ceased"/>
+    <s v="201"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="-3"/>
+    <s v="Second level"/>
+    <s v="9025"/>
+    <s v="Security services (includes police and fire services)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="85"/>
+  </r>
+  <r>
+    <s v="CD368"/>
+    <s v="Population Aged 15 Years and Over whose Education has Ceased"/>
+    <s v="201"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="-3"/>
+    <s v="Second level"/>
+    <s v="9201"/>
+    <s v="Other subjects"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="20"/>
+  </r>
+  <r>
+    <s v="CD368"/>
+    <s v="Population Aged 15 Years and Over whose Education has Ceased"/>
+    <s v="201"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="-3"/>
+    <s v="Second level"/>
+    <s v="9510"/>
+    <s v="Not stated (including unknown)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="13203"/>
+  </r>
+  <r>
+    <s v="CD368"/>
+    <s v="Population Aged 15 Years and Over whose Education has Ceased"/>
+    <s v="201"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="-3"/>
+    <s v="Second level"/>
+    <s v="9991"/>
+    <s v="All fields of study"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="17512"/>
+  </r>
+  <r>
+    <s v="CD368"/>
+    <s v="Population Aged 15 Years and Over whose Education has Ceased"/>
+    <s v="201"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="-4"/>
+    <s v="Third level"/>
+    <s v="2001"/>
+    <s v="Education and teacher training"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="440"/>
+  </r>
+  <r>
+    <s v="CD368"/>
+    <s v="Population Aged 15 Years and Over whose Education has Ceased"/>
+    <s v="201"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="-4"/>
+    <s v="Third level"/>
+    <s v="3001"/>
+    <s v="Arts"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="598"/>
+  </r>
+  <r>
+    <s v="CD368"/>
+    <s v="Population Aged 15 Years and Over whose Education has Ceased"/>
+    <s v="201"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="-4"/>
+    <s v="Third level"/>
+    <s v="3015"/>
+    <s v="Music and performing arts"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="120"/>
+  </r>
+  <r>
+    <s v="CD368"/>
+    <s v="Population Aged 15 Years and Over whose Education has Ceased"/>
+    <s v="201"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="-4"/>
+    <s v="Third level"/>
+    <s v="3020"/>
+    <s v="Audio-visual techniques and media production"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="274"/>
+  </r>
+  <r>
+    <s v="CD368"/>
+    <s v="Population Aged 15 Years and Over whose Education has Ceased"/>
+    <s v="201"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="-4"/>
+    <s v="Third level"/>
+    <s v="3025"/>
+    <s v="Design"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="107"/>
+  </r>
+  <r>
+    <s v="CD368"/>
+    <s v="Population Aged 15 Years and Over whose Education has Ceased"/>
+    <s v="201"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="-4"/>
+    <s v="Third level"/>
+    <s v="3035"/>
+    <s v="Other arts"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="97"/>
+  </r>
+  <r>
+    <s v="CD368"/>
+    <s v="Population Aged 15 Years and Over whose Education has Ceased"/>
+    <s v="201"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="-4"/>
+    <s v="Third level"/>
+    <s v="3501"/>
+    <s v="Humanities"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="518"/>
+  </r>
+  <r>
+    <s v="CD368"/>
+    <s v="Population Aged 15 Years and Over whose Education has Ceased"/>
+    <s v="201"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="-4"/>
+    <s v="Third level"/>
+    <s v="3515"/>
+    <s v="Foreign languages"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="81"/>
+  </r>
+  <r>
+    <s v="CD368"/>
+    <s v="Population Aged 15 Years and Over whose Education has Ceased"/>
+    <s v="201"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="-4"/>
+    <s v="Third level"/>
+    <s v="3520"/>
+    <s v="Mother tongue"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="103"/>
+  </r>
+  <r>
+    <s v="CD368"/>
+    <s v="Population Aged 15 Years and Over whose Education has Ceased"/>
+    <s v="201"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="-4"/>
+    <s v="Third level"/>
+    <s v="3530"/>
+    <s v="History and archaeology"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="115"/>
+  </r>
+  <r>
+    <s v="CD368"/>
+    <s v="Population Aged 15 Years and Over whose Education has Ceased"/>
+    <s v="201"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="-4"/>
+    <s v="Third level"/>
+    <s v="3540"/>
+    <s v="Other humanities"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="219"/>
+  </r>
+  <r>
+    <s v="CD368"/>
+    <s v="Population Aged 15 Years and Over whose Education has Ceased"/>
+    <s v="201"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="-4"/>
+    <s v="Third level"/>
+    <s v="4000"/>
+    <s v="Social sciences, business and law"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2125"/>
+  </r>
+  <r>
+    <s v="CD368"/>
+    <s v="Population Aged 15 Years and Over whose Education has Ceased"/>
+    <s v="201"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="-4"/>
+    <s v="Third level"/>
+    <s v="4005"/>
+    <s v="Psychology"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="88"/>
+  </r>
+  <r>
+    <s v="CD368"/>
+    <s v="Population Aged 15 Years and Over whose Education has Ceased"/>
+    <s v="201"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="-4"/>
+    <s v="Third level"/>
+    <s v="4020"/>
+    <s v="Economics"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="110"/>
+  </r>
+  <r>
+    <s v="CD368"/>
+    <s v="Population Aged 15 Years and Over whose Education has Ceased"/>
+    <s v="201"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="-4"/>
+    <s v="Third level"/>
+    <s v="4035"/>
+    <s v="Business and administration (broad programmes)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="506"/>
+  </r>
+  <r>
+    <s v="CD368"/>
+    <s v="Population Aged 15 Years and Over whose Education has Ceased"/>
+    <s v="201"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="-4"/>
+    <s v="Third level"/>
+    <s v="4045"/>
+    <s v="Marketing and advertising"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="147"/>
+  </r>
+  <r>
+    <s v="CD368"/>
+    <s v="Population Aged 15 Years and Over whose Education has Ceased"/>
+    <s v="201"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="-4"/>
+    <s v="Third level"/>
+    <s v="4055"/>
+    <s v="Accounting and taxation"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="284"/>
+  </r>
+  <r>
+    <s v="CD368"/>
+    <s v="Population Aged 15 Years and Over whose Education has Ceased"/>
+    <s v="201"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="-4"/>
+    <s v="Third level"/>
+    <s v="4060"/>
+    <s v="Management and administration"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="212"/>
+  </r>
+  <r>
+    <s v="CD368"/>
+    <s v="Population Aged 15 Years and Over whose Education has Ceased"/>
+    <s v="201"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="-4"/>
+    <s v="Third level"/>
+    <s v="4065"/>
+    <s v="Secretarial and office work"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="41"/>
+  </r>
+  <r>
+    <s v="CD368"/>
+    <s v="Population Aged 15 Years and Over whose Education has Ceased"/>
+    <s v="201"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="-4"/>
+    <s v="Third level"/>
+    <s v="4075"/>
+    <s v="Law"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="348"/>
+  </r>
+  <r>
+    <s v="CD368"/>
+    <s v="Population Aged 15 Years and Over whose Education has Ceased"/>
+    <s v="201"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="-4"/>
+    <s v="Third level"/>
+    <s v="4080"/>
+    <s v="Other social sciences, business and law subjects"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="389"/>
+  </r>
+  <r>
+    <s v="CD368"/>
+    <s v="Population Aged 15 Years and Over whose Education has Ceased"/>
+    <s v="201"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="-4"/>
+    <s v="Third level"/>
+    <s v="4085"/>
+    <s v="Science, mathematics and computing"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="829"/>
+  </r>
+  <r>
+    <s v="CD368"/>
+    <s v="Population Aged 15 Years and Over whose Education has Ceased"/>
+    <s v="201"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="-4"/>
+    <s v="Third level"/>
+    <s v="5000"/>
+    <s v="Biology and biochemistry"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="172"/>
+  </r>
+  <r>
+    <s v="CD368"/>
+    <s v="Population Aged 15 Years and Over whose Education has Ceased"/>
+    <s v="201"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="-4"/>
+    <s v="Third level"/>
+    <s v="5025"/>
+    <s v="Physical sciences (physics, chemistry, earth science)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="224"/>
+  </r>
+  <r>
+    <s v="CD368"/>
+    <s v="Population Aged 15 Years and Over whose Education has Ceased"/>
+    <s v="201"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="-4"/>
+    <s v="Third level"/>
+    <s v="5040"/>
+    <s v="Computer science"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="73"/>
+  </r>
+  <r>
+    <s v="CD368"/>
+    <s v="Population Aged 15 Years and Over whose Education has Ceased"/>
+    <s v="201"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="-4"/>
+    <s v="Third level"/>
+    <s v="5045"/>
+    <s v="Computer use"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="270"/>
+  </r>
+  <r>
+    <s v="CD368"/>
+    <s v="Population Aged 15 Years and Over whose Education has Ceased"/>
+    <s v="201"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="-4"/>
+    <s v="Third level"/>
+    <s v="5050"/>
+    <s v="Other science, mathematics and computing"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="90"/>
+  </r>
+  <r>
+    <s v="CD368"/>
+    <s v="Population Aged 15 Years and Over whose Education has Ceased"/>
+    <s v="201"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="-4"/>
+    <s v="Third level"/>
+    <s v="5055"/>
+    <s v="Engineering, manufacturing and construction"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="891"/>
+  </r>
+  <r>
+    <s v="CD368"/>
+    <s v="Population Aged 15 Years and Over whose Education has Ceased"/>
+    <s v="201"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="-4"/>
+    <s v="Third level"/>
+    <s v="5060"/>
+    <s v="Engineering and engineering trades (broad programmes)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="179"/>
+  </r>
+  <r>
+    <s v="CD368"/>
+    <s v="Population Aged 15 Years and Over whose Education has Ceased"/>
+    <s v="201"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="-4"/>
+    <s v="Third level"/>
+    <s v="6000"/>
+    <s v="Mechanics and metalwork"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="66"/>
+  </r>
+  <r>
+    <s v="CD368"/>
+    <s v="Population Aged 15 Years and Over whose Education has Ceased"/>
+    <s v="201"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="-4"/>
+    <s v="Third level"/>
+    <s v="6001"/>
+    <s v="Electricity and energy"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="59"/>
+  </r>
+  <r>
+    <s v="CD368"/>
+    <s v="Population Aged 15 Years and Over whose Education has Ceased"/>
+    <s v="201"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="-4"/>
+    <s v="Third level"/>
+    <s v="6015"/>
+    <s v="Motor vehicles, ships and aircraft"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="29"/>
+  </r>
+  <r>
+    <s v="CD368"/>
+    <s v="Population Aged 15 Years and Over whose Education has Ceased"/>
+    <s v="201"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="-4"/>
+    <s v="Third level"/>
+    <s v="6045"/>
+    <s v="Architecture and town planning"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="190"/>
+  </r>
+  <r>
+    <s v="CD368"/>
+    <s v="Population Aged 15 Years and Over whose Education has Ceased"/>
+    <s v="201"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="-4"/>
+    <s v="Third level"/>
+    <s v="6050"/>
+    <s v="Building and civil engineering"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="203"/>
+  </r>
+  <r>
+    <s v="CD368"/>
+    <s v="Population Aged 15 Years and Over whose Education has Ceased"/>
+    <s v="201"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="-4"/>
+    <s v="Third level"/>
+    <s v="6055"/>
+    <s v="Other engineering, manufacturing and construction"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="165"/>
+  </r>
+  <r>
+    <s v="CD368"/>
+    <s v="Population Aged 15 Years and Over whose Education has Ceased"/>
+    <s v="201"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="-4"/>
+    <s v="Third level"/>
+    <s v="6060"/>
+    <s v="Agriculture and veterinary"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="101"/>
+  </r>
+  <r>
+    <s v="CD368"/>
+    <s v="Population Aged 15 Years and Over whose Education has Ceased"/>
+    <s v="201"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="-4"/>
+    <s v="Third level"/>
+    <s v="6070"/>
+    <s v="Crop and livestock production"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="45"/>
+  </r>
+  <r>
+    <s v="CD368"/>
+    <s v="Population Aged 15 Years and Over whose Education has Ceased"/>
+    <s v="201"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="-4"/>
+    <s v="Third level"/>
+    <s v="7015"/>
+    <s v="Other agriculture and veterinary"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="56"/>
+  </r>
+  <r>
+    <s v="CD368"/>
+    <s v="Population Aged 15 Years and Over whose Education has Ceased"/>
+    <s v="201"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="-4"/>
+    <s v="Third level"/>
+    <s v="7020"/>
+    <s v="Health and welfare"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="606"/>
+  </r>
+  <r>
+    <s v="CD368"/>
+    <s v="Population Aged 15 Years and Over whose Education has Ceased"/>
+    <s v="201"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="-4"/>
+    <s v="Third level"/>
+    <s v="7030"/>
+    <s v="Medicine"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="84"/>
+  </r>
+  <r>
+    <s v="CD368"/>
+    <s v="Population Aged 15 Years and Over whose Education has Ceased"/>
+    <s v="201"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="-4"/>
+    <s v="Third level"/>
+    <s v="8000"/>
+    <s v="Nursing and caring"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="128"/>
+  </r>
+  <r>
+    <s v="CD368"/>
+    <s v="Population Aged 15 Years and Over whose Education has Ceased"/>
+    <s v="201"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="-4"/>
+    <s v="Third level"/>
+    <s v="8020"/>
+    <s v="Child care and youth services"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="36"/>
+  </r>
+  <r>
+    <s v="CD368"/>
+    <s v="Population Aged 15 Years and Over whose Education has Ceased"/>
+    <s v="201"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="-4"/>
+    <s v="Third level"/>
+    <s v="8025"/>
+    <s v="Social work and counselling"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="139"/>
+  </r>
+  <r>
+    <s v="CD368"/>
+    <s v="Population Aged 15 Years and Over whose Education has Ceased"/>
+    <s v="201"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="-4"/>
+    <s v="Third level"/>
+    <s v="8030"/>
+    <s v="Other health and welfare"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="219"/>
+  </r>
+  <r>
+    <s v="CD368"/>
+    <s v="Population Aged 15 Years and Over whose Education has Ceased"/>
+    <s v="201"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="-4"/>
+    <s v="Third level"/>
+    <s v="8040"/>
+    <s v="Personal services"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="273"/>
+  </r>
+  <r>
+    <s v="CD368"/>
+    <s v="Population Aged 15 Years and Over whose Education has Ceased"/>
+    <s v="201"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="-4"/>
+    <s v="Third level"/>
+    <s v="8050"/>
+    <s v="Hotel, restaurant and catering"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="52"/>
+  </r>
+  <r>
+    <s v="CD368"/>
+    <s v="Population Aged 15 Years and Over whose Education has Ceased"/>
+    <s v="201"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="-4"/>
+    <s v="Third level"/>
+    <s v="9005"/>
+    <s v="Hair and beauty services"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="88"/>
+  </r>
+  <r>
+    <s v="CD368"/>
+    <s v="Population Aged 15 Years and Over whose Education has Ceased"/>
+    <s v="201"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="-4"/>
+    <s v="Third level"/>
+    <s v="9010"/>
+    <s v="Other personal services"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="133"/>
+  </r>
+  <r>
+    <s v="CD368"/>
+    <s v="Population Aged 15 Years and Over whose Education has Ceased"/>
+    <s v="201"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="-4"/>
+    <s v="Third level"/>
+    <s v="9020"/>
+    <s v="Transport services"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="30"/>
+  </r>
+  <r>
+    <s v="CD368"/>
+    <s v="Population Aged 15 Years and Over whose Education has Ceased"/>
+    <s v="201"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="-4"/>
+    <s v="Third level"/>
+    <s v="9025"/>
+    <s v="Security services (includes police and fire services)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="40"/>
+  </r>
+  <r>
+    <s v="CD368"/>
+    <s v="Population Aged 15 Years and Over whose Education has Ceased"/>
+    <s v="201"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="-4"/>
+    <s v="Third level"/>
+    <s v="9201"/>
+    <s v="Other subjects"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="15"/>
+  </r>
+  <r>
+    <s v="CD368"/>
+    <s v="Population Aged 15 Years and Over whose Education has Ceased"/>
+    <s v="201"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="-4"/>
+    <s v="Third level"/>
+    <s v="9510"/>
+    <s v="Not stated (including unknown)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="475"/>
+  </r>
+  <r>
+    <s v="CD368"/>
+    <s v="Population Aged 15 Years and Over whose Education has Ceased"/>
+    <s v="201"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="-4"/>
+    <s v="Third level"/>
+    <s v="9991"/>
+    <s v="All fields of study"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="6941"/>
+  </r>
+  <r>
+    <s v="CD368"/>
+    <s v="Population Aged 15 Years and Over whose Education has Ceased"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="-3"/>
+    <s v="Second level"/>
+    <s v="2001"/>
+    <s v="Education and teacher training"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1384"/>
+  </r>
+  <r>
+    <s v="CD368"/>
+    <s v="Population Aged 15 Years and Over whose Education has Ceased"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="-3"/>
+    <s v="Second level"/>
+    <s v="3001"/>
+    <s v="Arts"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3620"/>
+  </r>
+  <r>
+    <s v="CD368"/>
+    <s v="Population Aged 15 Years and Over whose Education has Ceased"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="-3"/>
+    <s v="Second level"/>
+    <s v="3015"/>
+    <s v="Music and performing arts"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="488"/>
+  </r>
+  <r>
+    <s v="CD368"/>
+    <s v="Population Aged 15 Years and Over whose Education has Ceased"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="-3"/>
+    <s v="Second level"/>
+    <s v="3020"/>
+    <s v="Audio-visual techniques and media production"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1459"/>
+  </r>
+  <r>
+    <s v="CD368"/>
+    <s v="Population Aged 15 Years and Over whose Education has Ceased"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="-3"/>
+    <s v="Second level"/>
+    <s v="3025"/>
+    <s v="Design"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="656"/>
+  </r>
+  <r>
+    <s v="CD368"/>
+    <s v="Population Aged 15 Years and Over whose Education has Ceased"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="-3"/>
+    <s v="Second level"/>
+    <s v="3035"/>
+    <s v="Other arts"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1017"/>
+  </r>
+  <r>
+    <s v="CD368"/>
+    <s v="Population Aged 15 Years and Over whose Education has Ceased"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="-3"/>
+    <s v="Second level"/>
+    <s v="3501"/>
+    <s v="Humanities"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="675"/>
+  </r>
+  <r>
+    <s v="CD368"/>
+    <s v="Population Aged 15 Years and Over whose Education has Ceased"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="-3"/>
+    <s v="Second level"/>
+    <s v="3515"/>
+    <s v="Foreign languages"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="201"/>
+  </r>
+  <r>
+    <s v="CD368"/>
+    <s v="Population Aged 15 Years and Over whose Education has Ceased"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="-3"/>
+    <s v="Second level"/>
+    <s v="3520"/>
+    <s v="Mother tongue"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="239"/>
+  </r>
+  <r>
+    <s v="CD368"/>
+    <s v="Population Aged 15 Years and Over whose Education has Ceased"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="-3"/>
+    <s v="Second level"/>
+    <s v="3530"/>
+    <s v="History and archaeology"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="82"/>
+  </r>
+  <r>
+    <s v="CD368"/>
+    <s v="Population Aged 15 Years and Over whose Education has Ceased"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="-3"/>
+    <s v="Second level"/>
+    <s v="3540"/>
+    <s v="Other humanities"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="153"/>
+  </r>
+  <r>
+    <s v="CD368"/>
+    <s v="Population Aged 15 Years and Over whose Education has Ceased"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="-3"/>
+    <s v="Second level"/>
+    <s v="4000"/>
+    <s v="Social sciences, business and law"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="11063"/>
+  </r>
+  <r>
+    <s v="CD368"/>
+    <s v="Population Aged 15 Years and Over whose Education has Ceased"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="-3"/>
+    <s v="Second level"/>
+    <s v="4005"/>
+    <s v="Psychology"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="133"/>
+  </r>
+  <r>
+    <s v="CD368"/>
+    <s v="Population Aged 15 Years and Over whose Education has Ceased"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="-3"/>
+    <s v="Second level"/>
+    <s v="4020"/>
+    <s v="Economics"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="315"/>
+  </r>
+  <r>
+    <s v="CD368"/>
+    <s v="Population Aged 15 Years and Over whose Education has Ceased"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="-3"/>
+    <s v="Second level"/>
+    <s v="4035"/>
+    <s v="Business and administration (broad programmes)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1712"/>
+  </r>
+  <r>
+    <s v="CD368"/>
+    <s v="Population Aged 15 Years and Over whose Education has Ceased"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="-3"/>
+    <s v="Second level"/>
+    <s v="4045"/>
+    <s v="Marketing and advertising"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="376"/>
+  </r>
+  <r>
+    <s v="CD368"/>
+    <s v="Population Aged 15 Years and Over whose Education has Ceased"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="-3"/>
+    <s v="Second level"/>
+    <s v="4055"/>
+    <s v="Accounting and taxation"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1864"/>
+  </r>
+  <r>
+    <s v="CD368"/>
+    <s v="Population Aged 15 Years and Over whose Education has Ceased"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="-3"/>
+    <s v="Second level"/>
+    <s v="4060"/>
+    <s v="Management and administration"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="702"/>
+  </r>
+  <r>
+    <s v="CD368"/>
+    <s v="Population Aged 15 Years and Over whose Education has Ceased"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="-3"/>
+    <s v="Second level"/>
+    <s v="4065"/>
+    <s v="Secretarial and office work"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3756"/>
+  </r>
+  <r>
+    <s v="CD368"/>
+    <s v="Population Aged 15 Years and Over whose Education has Ceased"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="-3"/>
+    <s v="Second level"/>
+    <s v="4075"/>
+    <s v="Law"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="201"/>
+  </r>
+  <r>
+    <s v="CD368"/>
+    <s v="Population Aged 15 Years and Over whose Education has Ceased"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="-3"/>
+    <s v="Second level"/>
+    <s v="4080"/>
+    <s v="Other social sciences, business and law subjects"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2004"/>
+  </r>
+  <r>
+    <s v="CD368"/>
+    <s v="Population Aged 15 Years and Over whose Education has Ceased"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="-3"/>
+    <s v="Second level"/>
+    <s v="4085"/>
+    <s v="Science, mathematics and computing"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5805"/>
+  </r>
+  <r>
+    <s v="CD368"/>
+    <s v="Population Aged 15 Years and Over whose Education has Ceased"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="-3"/>
+    <s v="Second level"/>
+    <s v="5000"/>
+    <s v="Biology and biochemistry"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="54"/>
+  </r>
+  <r>
+    <s v="CD368"/>
+    <s v="Population Aged 15 Years and Over whose Education has Ceased"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="-3"/>
+    <s v="Second level"/>
+    <s v="5025"/>
+    <s v="Physical sciences (physics, chemistry, earth science)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1604"/>
+  </r>
+  <r>
+    <s v="CD368"/>
+    <s v="Population Aged 15 Years and Over whose Education has Ceased"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="-3"/>
+    <s v="Second level"/>
+    <s v="5040"/>
+    <s v="Computer science"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3785"/>
+  </r>
+  <r>
+    <s v="CD368"/>
+    <s v="Population Aged 15 Years and Over whose Education has Ceased"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="-3"/>
+    <s v="Second level"/>
+    <s v="5045"/>
+    <s v="Computer use"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="215"/>
+  </r>
+  <r>
+    <s v="CD368"/>
+    <s v="Population Aged 15 Years and Over whose Education has Ceased"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="-3"/>
+    <s v="Second level"/>
+    <s v="5050"/>
+    <s v="Other science, mathematics and computing"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="147"/>
+  </r>
+  <r>
+    <s v="CD368"/>
+    <s v="Population Aged 15 Years and Over whose Education has Ceased"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="-3"/>
+    <s v="Second level"/>
+    <s v="5055"/>
+    <s v="Engineering, manufacturing and construction"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="37659"/>
+  </r>
+  <r>
+    <s v="CD368"/>
+    <s v="Population Aged 15 Years and Over whose Education has Ceased"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="-3"/>
+    <s v="Second level"/>
+    <s v="5060"/>
+    <s v="Engineering and engineering trades (broad programmes)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1308"/>
+  </r>
+  <r>
+    <s v="CD368"/>
+    <s v="Population Aged 15 Years and Over whose Education has Ceased"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="-3"/>
+    <s v="Second level"/>
+    <s v="6000"/>
+    <s v="Mechanics and metalwork"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4165"/>
+  </r>
+  <r>
+    <s v="CD368"/>
+    <s v="Population Aged 15 Years and Over whose Education has Ceased"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="-3"/>
+    <s v="Second level"/>
+    <s v="6001"/>
+    <s v="Electricity and energy"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5552"/>
+  </r>
+  <r>
+    <s v="CD368"/>
+    <s v="Population Aged 15 Years and Over whose Education has Ceased"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="-3"/>
+    <s v="Second level"/>
+    <s v="6015"/>
+    <s v="Motor vehicles, ships and aircraft"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3221"/>
+  </r>
+  <r>
+    <s v="CD368"/>
+    <s v="Population Aged 15 Years and Over whose Education has Ceased"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="-3"/>
+    <s v="Second level"/>
+    <s v="6045"/>
+    <s v="Architecture and town planning"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="401"/>
+  </r>
+  <r>
+    <s v="CD368"/>
+    <s v="Population Aged 15 Years and Over whose Education has Ceased"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="-3"/>
+    <s v="Second level"/>
+    <s v="6050"/>
+    <s v="Building and civil engineering"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="19364"/>
+  </r>
+  <r>
+    <s v="CD368"/>
+    <s v="Population Aged 15 Years and Over whose Education has Ceased"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="-3"/>
+    <s v="Second level"/>
+    <s v="6055"/>
+    <s v="Other engineering, manufacturing and construction"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3648"/>
+  </r>
+  <r>
+    <s v="CD368"/>
+    <s v="Population Aged 15 Years and Over whose Education has Ceased"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="-3"/>
+    <s v="Second level"/>
+    <s v="6060"/>
+    <s v="Agriculture and veterinary"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3250"/>
+  </r>
+  <r>
+    <s v="CD368"/>
+    <s v="Population Aged 15 Years and Over whose Education has Ceased"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="-3"/>
+    <s v="Second level"/>
+    <s v="6070"/>
+    <s v="Crop and livestock production"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2260"/>
+  </r>
+  <r>
+    <s v="CD368"/>
+    <s v="Population Aged 15 Years and Over whose Education has Ceased"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="-3"/>
+    <s v="Second level"/>
+    <s v="7015"/>
+    <s v="Other agriculture and veterinary"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="990"/>
+  </r>
+  <r>
+    <s v="CD368"/>
+    <s v="Population Aged 15 Years and Over whose Education has Ceased"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="-3"/>
+    <s v="Second level"/>
+    <s v="7020"/>
+    <s v="Health and welfare"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="6033"/>
+  </r>
+  <r>
+    <s v="CD368"/>
+    <s v="Population Aged 15 Years and Over whose Education has Ceased"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="-3"/>
+    <s v="Second level"/>
+    <s v="7030"/>
+    <s v="Medicine"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="64"/>
+  </r>
+  <r>
+    <s v="CD368"/>
+    <s v="Population Aged 15 Years and Over whose Education has Ceased"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="-3"/>
+    <s v="Second level"/>
+    <s v="8000"/>
+    <s v="Nursing and caring"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1489"/>
+  </r>
+  <r>
+    <s v="CD368"/>
+    <s v="Population Aged 15 Years and Over whose Education has Ceased"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="-3"/>
+    <s v="Second level"/>
+    <s v="8020"/>
+    <s v="Child care and youth services"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2939"/>
+  </r>
+  <r>
+    <s v="CD368"/>
+    <s v="Population Aged 15 Years and Over whose Education has Ceased"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="-3"/>
+    <s v="Second level"/>
+    <s v="8025"/>
+    <s v="Social work and counselling"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="372"/>
+  </r>
+  <r>
+    <s v="CD368"/>
+    <s v="Population Aged 15 Years and Over whose Education has Ceased"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="-3"/>
+    <s v="Second level"/>
+    <s v="8030"/>
+    <s v="Other health and welfare"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1169"/>
+  </r>
+  <r>
+    <s v="CD368"/>
+    <s v="Population Aged 15 Years and Over whose Education has Ceased"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="-3"/>
+    <s v="Second level"/>
+    <s v="8040"/>
+    <s v="Personal services"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="9372"/>
+  </r>
+  <r>
+    <s v="CD368"/>
+    <s v="Population Aged 15 Years and Over whose Education has Ceased"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="-3"/>
+    <s v="Second level"/>
+    <s v="8050"/>
+    <s v="Hotel, restaurant and catering"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3563"/>
+  </r>
+  <r>
+    <s v="CD368"/>
+    <s v="Population Aged 15 Years and Over whose Education has Ceased"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="-3"/>
+    <s v="Second level"/>
+    <s v="9005"/>
+    <s v="Hair and beauty services"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4254"/>
+  </r>
+  <r>
+    <s v="CD368"/>
+    <s v="Population Aged 15 Years and Over whose Education has Ceased"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="-3"/>
+    <s v="Second level"/>
+    <s v="9010"/>
+    <s v="Other personal services"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1555"/>
+  </r>
+  <r>
+    <s v="CD368"/>
+    <s v="Population Aged 15 Years and Over whose Education has Ceased"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="-3"/>
+    <s v="Second level"/>
+    <s v="9020"/>
+    <s v="Transport services"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1211"/>
+  </r>
+  <r>
+    <s v="CD368"/>
+    <s v="Population Aged 15 Years and Over whose Education has Ceased"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="-3"/>
+    <s v="Second level"/>
+    <s v="9025"/>
+    <s v="Security services (includes police and fire services)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1008"/>
+  </r>
+  <r>
+    <s v="CD368"/>
+    <s v="Population Aged 15 Years and Over whose Education has Ceased"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="-3"/>
+    <s v="Second level"/>
+    <s v="9201"/>
+    <s v="Other subjects"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="187"/>
+  </r>
+  <r>
+    <s v="CD368"/>
+    <s v="Population Aged 15 Years and Over whose Education has Ceased"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="-3"/>
+    <s v="Second level"/>
+    <s v="9510"/>
+    <s v="Not stated (including unknown)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="146596"/>
+  </r>
+  <r>
+    <s v="CD368"/>
+    <s v="Population Aged 15 Years and Over whose Education has Ceased"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="-3"/>
+    <s v="Second level"/>
+    <s v="9991"/>
+    <s v="All fields of study"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="227863"/>
+  </r>
+  <r>
+    <s v="CD368"/>
+    <s v="Population Aged 15 Years and Over whose Education has Ceased"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="-4"/>
+    <s v="Third level"/>
+    <s v="2001"/>
+    <s v="Education and teacher training"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2449"/>
+  </r>
+  <r>
+    <s v="CD368"/>
+    <s v="Population Aged 15 Years and Over whose Education has Ceased"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="-4"/>
+    <s v="Third level"/>
+    <s v="3001"/>
+    <s v="Arts"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4120"/>
+  </r>
+  <r>
+    <s v="CD368"/>
+    <s v="Population Aged 15 Years and Over whose Education has Ceased"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="-4"/>
+    <s v="Third level"/>
+    <s v="3015"/>
+    <s v="Music and performing arts"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="674"/>
+  </r>
+  <r>
+    <s v="CD368"/>
+    <s v="Population Aged 15 Years and Over whose Education has Ceased"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="-4"/>
+    <s v="Third level"/>
+    <s v="3020"/>
+    <s v="Audio-visual techniques and media production"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1554"/>
+  </r>
+  <r>
+    <s v="CD368"/>
+    <s v="Population Aged 15 Years and Over whose Education has Ceased"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="-4"/>
+    <s v="Third level"/>
+    <s v="3025"/>
+    <s v="Design"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="916"/>
+  </r>
+  <r>
+    <s v="CD368"/>
+    <s v="Population Aged 15 Years and Over whose Education has Ceased"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="-4"/>
+    <s v="Third level"/>
+    <s v="3035"/>
+    <s v="Other arts"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="976"/>
+  </r>
+  <r>
+    <s v="CD368"/>
+    <s v="Population Aged 15 Years and Over whose Education has Ceased"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="-4"/>
+    <s v="Third level"/>
+    <s v="3501"/>
+    <s v="Humanities"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3348"/>
+  </r>
+  <r>
+    <s v="CD368"/>
+    <s v="Population Aged 15 Years and Over whose Education has Ceased"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="-4"/>
+    <s v="Third level"/>
+    <s v="3515"/>
+    <s v="Foreign languages"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="494"/>
+  </r>
+  <r>
+    <s v="CD368"/>
+    <s v="Population Aged 15 Years and Over whose Education has Ceased"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="-4"/>
+    <s v="Third level"/>
+    <s v="3520"/>
+    <s v="Mother tongue"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="700"/>
+  </r>
+  <r>
+    <s v="CD368"/>
+    <s v="Population Aged 15 Years and Over whose Education has Ceased"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="-4"/>
+    <s v="Third level"/>
+    <s v="3530"/>
+    <s v="History and archaeology"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="797"/>
+  </r>
+  <r>
+    <s v="CD368"/>
+    <s v="Population Aged 15 Years and Over whose Education has Ceased"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="-4"/>
+    <s v="Third level"/>
+    <s v="3540"/>
+    <s v="Other humanities"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1357"/>
+  </r>
+  <r>
+    <s v="CD368"/>
+    <s v="Population Aged 15 Years and Over whose Education has Ceased"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="-4"/>
+    <s v="Third level"/>
+    <s v="4000"/>
+    <s v="Social sciences, business and law"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="16053"/>
+  </r>
+  <r>
+    <s v="CD368"/>
+    <s v="Population Aged 15 Years and Over whose Education has Ceased"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="-4"/>
+    <s v="Third level"/>
+    <s v="4005"/>
+    <s v="Psychology"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="678"/>
+  </r>
+  <r>
+    <s v="CD368"/>
+    <s v="Population Aged 15 Years and Over whose Education has Ceased"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="-4"/>
+    <s v="Third level"/>
+    <s v="4020"/>
+    <s v="Economics"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="859"/>
+  </r>
+  <r>
+    <s v="CD368"/>
+    <s v="Population Aged 15 Years and Over whose Education has Ceased"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="-4"/>
+    <s v="Third level"/>
+    <s v="4035"/>
+    <s v="Business and administration (broad programmes)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3539"/>
+  </r>
+  <r>
+    <s v="CD368"/>
+    <s v="Population Aged 15 Years and Over whose Education has Ceased"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="-4"/>
+    <s v="Third level"/>
+    <s v="4045"/>
+    <s v="Marketing and advertising"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1397"/>
+  </r>
+  <r>
+    <s v="CD368"/>
+    <s v="Population Aged 15 Years and Over whose Education has Ceased"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="-4"/>
+    <s v="Third level"/>
+    <s v="4055"/>
+    <s v="Accounting and taxation"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2801"/>
+  </r>
+  <r>
+    <s v="CD368"/>
+    <s v="Population Aged 15 Years and Over whose Education has Ceased"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="-4"/>
+    <s v="Third level"/>
+    <s v="4060"/>
+    <s v="Management and administration"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1815"/>
+  </r>
+  <r>
+    <s v="CD368"/>
+    <s v="Population Aged 15 Years and Over whose Education has Ceased"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="-4"/>
+    <s v="Third level"/>
+    <s v="4065"/>
+    <s v="Secretarial and office work"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="499"/>
+  </r>
+  <r>
+    <s v="CD368"/>
+    <s v="Population Aged 15 Years and Over whose Education has Ceased"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="-4"/>
+    <s v="Third level"/>
+    <s v="4075"/>
+    <s v="Law"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1407"/>
+  </r>
+  <r>
+    <s v="CD368"/>
+    <s v="Population Aged 15 Years and Over whose Education has Ceased"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="-4"/>
+    <s v="Third level"/>
+    <s v="4080"/>
+    <s v="Other social sciences, business and law subjects"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3058"/>
+  </r>
+  <r>
+    <s v="CD368"/>
+    <s v="Population Aged 15 Years and Over whose Education has Ceased"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="-4"/>
+    <s v="Third level"/>
+    <s v="4085"/>
+    <s v="Science, mathematics and computing"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5675"/>
+  </r>
+  <r>
+    <s v="CD368"/>
+    <s v="Population Aged 15 Years and Over whose Education has Ceased"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="-4"/>
+    <s v="Third level"/>
+    <s v="5000"/>
+    <s v="Biology and biochemistry"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="682"/>
+  </r>
+  <r>
+    <s v="CD368"/>
+    <s v="Population Aged 15 Years and Over whose Education has Ceased"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="-4"/>
+    <s v="Third level"/>
+    <s v="5025"/>
+    <s v="Physical sciences (physics, chemistry, earth science)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2074"/>
+  </r>
+  <r>
+    <s v="CD368"/>
+    <s v="Population Aged 15 Years and Over whose Education has Ceased"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="-4"/>
+    <s v="Third level"/>
+    <s v="5040"/>
+    <s v="Computer science"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="897"/>
+  </r>
+  <r>
+    <s v="CD368"/>
+    <s v="Population Aged 15 Years and Over whose Education has Ceased"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="-4"/>
+    <s v="Third level"/>
+    <s v="5045"/>
+    <s v="Computer use"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1477"/>
+  </r>
+  <r>
+    <s v="CD368"/>
+    <s v="Population Aged 15 Years and Over whose Education has Ceased"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="-4"/>
+    <s v="Third level"/>
+    <s v="5050"/>
+    <s v="Other science, mathematics and computing"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="545"/>
+  </r>
+  <r>
+    <s v="CD368"/>
+    <s v="Population Aged 15 Years and Over whose Education has Ceased"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="-4"/>
+    <s v="Third level"/>
+    <s v="5055"/>
+    <s v="Engineering, manufacturing and construction"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="9255"/>
+  </r>
+  <r>
+    <s v="CD368"/>
+    <s v="Population Aged 15 Years and Over whose Education has Ceased"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="-4"/>
+    <s v="Third level"/>
+    <s v="5060"/>
+    <s v="Engineering and engineering trades (broad programmes)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1678"/>
+  </r>
+  <r>
+    <s v="CD368"/>
+    <s v="Population Aged 15 Years and Over whose Education has Ceased"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="-4"/>
+    <s v="Third level"/>
+    <s v="6000"/>
+    <s v="Mechanics and metalwork"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="635"/>
+  </r>
+  <r>
+    <s v="CD368"/>
+    <s v="Population Aged 15 Years and Over whose Education has Ceased"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="-4"/>
+    <s v="Third level"/>
+    <s v="6001"/>
+    <s v="Electricity and energy"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="822"/>
+  </r>
+  <r>
+    <s v="CD368"/>
+    <s v="Population Aged 15 Years and Over whose Education has Ceased"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="-4"/>
+    <s v="Third level"/>
+    <s v="6015"/>
+    <s v="Motor vehicles, ships and aircraft"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="313"/>
+  </r>
+  <r>
+    <s v="CD368"/>
+    <s v="Population Aged 15 Years and Over whose Education has Ceased"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="-4"/>
+    <s v="Third level"/>
+    <s v="6045"/>
+    <s v="Architecture and town planning"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1853"/>
+  </r>
+  <r>
+    <s v="CD368"/>
+    <s v="Population Aged 15 Years and Over whose Education has Ceased"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="-4"/>
+    <s v="Third level"/>
+    <s v="6050"/>
+    <s v="Building and civil engineering"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2385"/>
+  </r>
+  <r>
+    <s v="CD368"/>
+    <s v="Population Aged 15 Years and Over whose Education has Ceased"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="-4"/>
+    <s v="Third level"/>
+    <s v="6055"/>
+    <s v="Other engineering, manufacturing and construction"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1569"/>
+  </r>
+  <r>
+    <s v="CD368"/>
+    <s v="Population Aged 15 Years and Over whose Education has Ceased"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="-4"/>
+    <s v="Third level"/>
+    <s v="6060"/>
+    <s v="Agriculture and veterinary"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="808"/>
+  </r>
+  <r>
+    <s v="CD368"/>
+    <s v="Population Aged 15 Years and Over whose Education has Ceased"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="-4"/>
+    <s v="Third level"/>
+    <s v="6070"/>
+    <s v="Crop and livestock production"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="356"/>
+  </r>
+  <r>
+    <s v="CD368"/>
+    <s v="Population Aged 15 Years and Over whose Education has Ceased"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="-4"/>
+    <s v="Third level"/>
+    <s v="7015"/>
+    <s v="Other agriculture and veterinary"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="452"/>
+  </r>
+  <r>
+    <s v="CD368"/>
+    <s v="Population Aged 15 Years and Over whose Education has Ceased"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="-4"/>
+    <s v="Third level"/>
+    <s v="7020"/>
+    <s v="Health and welfare"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3567"/>
+  </r>
+  <r>
+    <s v="CD368"/>
+    <s v="Population Aged 15 Years and Over whose Education has Ceased"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="-4"/>
+    <s v="Third level"/>
+    <s v="7030"/>
+    <s v="Medicine"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="323"/>
+  </r>
+  <r>
+    <s v="CD368"/>
+    <s v="Population Aged 15 Years and Over whose Education has Ceased"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="-4"/>
+    <s v="Third level"/>
+    <s v="8000"/>
+    <s v="Nursing and caring"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="944"/>
+  </r>
+  <r>
+    <s v="CD368"/>
+    <s v="Population Aged 15 Years and Over whose Education has Ceased"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="-4"/>
+    <s v="Third level"/>
+    <s v="8020"/>
+    <s v="Child care and youth services"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="351"/>
+  </r>
+  <r>
+    <s v="CD368"/>
+    <s v="Population Aged 15 Years and Over whose Education has Ceased"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="-4"/>
+    <s v="Third level"/>
+    <s v="8025"/>
+    <s v="Social work and counselling"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="869"/>
+  </r>
+  <r>
+    <s v="CD368"/>
+    <s v="Population Aged 15 Years and Over whose Education has Ceased"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="-4"/>
+    <s v="Third level"/>
+    <s v="8030"/>
+    <s v="Other health and welfare"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1080"/>
+  </r>
+  <r>
+    <s v="CD368"/>
+    <s v="Population Aged 15 Years and Over whose Education has Ceased"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="-4"/>
+    <s v="Third level"/>
+    <s v="8040"/>
+    <s v="Personal services"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2455"/>
+  </r>
+  <r>
+    <s v="CD368"/>
+    <s v="Population Aged 15 Years and Over whose Education has Ceased"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="-4"/>
+    <s v="Third level"/>
+    <s v="8050"/>
+    <s v="Hotel, restaurant and catering"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="906"/>
+  </r>
+  <r>
+    <s v="CD368"/>
+    <s v="Population Aged 15 Years and Over whose Education has Ceased"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="-4"/>
+    <s v="Third level"/>
+    <s v="9005"/>
+    <s v="Hair and beauty services"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="688"/>
+  </r>
+  <r>
+    <s v="CD368"/>
+    <s v="Population Aged 15 Years and Over whose Education has Ceased"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="-4"/>
+    <s v="Third level"/>
+    <s v="9010"/>
+    <s v="Other personal services"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="861"/>
+  </r>
+  <r>
+    <s v="CD368"/>
+    <s v="Population Aged 15 Years and Over whose Education has Ceased"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="-4"/>
+    <s v="Third level"/>
+    <s v="9020"/>
+    <s v="Transport services"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="226"/>
+  </r>
+  <r>
+    <s v="CD368"/>
+    <s v="Population Aged 15 Years and Over whose Education has Ceased"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="-4"/>
+    <s v="Third level"/>
+    <s v="9025"/>
+    <s v="Security services (includes police and fire services)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="450"/>
+  </r>
+  <r>
+    <s v="CD368"/>
+    <s v="Population Aged 15 Years and Over whose Education has Ceased"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="-4"/>
+    <s v="Third level"/>
+    <s v="9201"/>
+    <s v="Other subjects"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="122"/>
+  </r>
+  <r>
+    <s v="CD368"/>
+    <s v="Population Aged 15 Years and Over whose Education has Ceased"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="-4"/>
+    <s v="Third level"/>
+    <s v="9510"/>
+    <s v="Not stated (including unknown)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3367"/>
+  </r>
+  <r>
+    <s v="CD368"/>
+    <s v="Population Aged 15 Years and Over whose Education has Ceased"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="-4"/>
+    <s v="Third level"/>
+    <s v="9991"/>
+    <s v="All fields of study"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="51895"/>
+  </r>
+  <r>
+    <s v="CD368"/>
+    <s v="Population Aged 15 Years and Over whose Education has Ceased"/>
+    <s v="302"/>
+    <s v="Looking after home/family"/>
+    <s v="-3"/>
+    <s v="Second level"/>
+    <s v="2001"/>
+    <s v="Education and teacher training"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1835"/>
+  </r>
+  <r>
+    <s v="CD368"/>
+    <s v="Population Aged 15 Years and Over whose Education has Ceased"/>
+    <s v="302"/>
+    <s v="Looking after home/family"/>
+    <s v="-3"/>
+    <s v="Second level"/>
+    <s v="3001"/>
+    <s v="Arts"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2213"/>
+  </r>
+  <r>
+    <s v="CD368"/>
+    <s v="Population Aged 15 Years and Over whose Education has Ceased"/>
+    <s v="302"/>
+    <s v="Looking after home/family"/>
+    <s v="-3"/>
+    <s v="Second level"/>
+    <s v="3015"/>
+    <s v="Music and performing arts"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="293"/>
+  </r>
+  <r>
+    <s v="CD368"/>
+    <s v="Population Aged 15 Years and Over whose Education has Ceased"/>
+    <s v="302"/>
+    <s v="Looking after home/family"/>
+    <s v="-3"/>
+    <s v="Second level"/>
+    <s v="3020"/>
+    <s v="Audio-visual techniques and media production"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="422"/>
+  </r>
+  <r>
+    <s v="CD368"/>
+    <s v="Population Aged 15 Years and Over whose Education has Ceased"/>
+    <s v="302"/>
+    <s v="Looking after home/family"/>
+    <s v="-3"/>
+    <s v="Second level"/>
+    <s v="3025"/>
+    <s v="Design"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="825"/>
+  </r>
+  <r>
+    <s v="CD368"/>
+    <s v="Population Aged 15 Years and Over whose Education has Ceased"/>
+    <s v="302"/>
+    <s v="Looking after home/family"/>
+    <s v="-3"/>
+    <s v="Second level"/>
+    <s v="3035"/>
+    <s v="Other arts"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="673"/>
+  </r>
+  <r>
+    <s v="CD368"/>
+    <s v="Population Aged 15 Years and Over whose Education has Ceased"/>
+    <s v="302"/>
+    <s v="Looking after home/family"/>
+    <s v="-3"/>
+    <s v="Second level"/>
+    <s v="3501"/>
+    <s v="Humanities"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="546"/>
+  </r>
+  <r>
+    <s v="CD368"/>
+    <s v="Population Aged 15 Years and Over whose Education has Ceased"/>
+    <s v="302"/>
+    <s v="Looking after home/family"/>
+    <s v="-3"/>
+    <s v="Second level"/>
+    <s v="3515"/>
+    <s v="Foreign languages"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="207"/>
+  </r>
+  <r>
+    <s v="CD368"/>
+    <s v="Population Aged 15 Years and Over whose Education has Ceased"/>
+    <s v="302"/>
+    <s v="Looking after home/family"/>
+    <s v="-3"/>
+    <s v="Second level"/>
+    <s v="3520"/>
+    <s v="Mother tongue"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="157"/>
+  </r>
+  <r>
+    <s v="CD368"/>
+    <s v="Population Aged 15 Years and Over whose Education has Ceased"/>
+    <s v="302"/>
+    <s v="Looking after home/family"/>
+    <s v="-3"/>
+    <s v="Second level"/>
+    <s v="3530"/>
+    <s v="History and archaeology"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="47"/>
+  </r>
+  <r>
+    <s v="CD368"/>
+    <s v="Population Aged 15 Years and Over whose Education has Ceased"/>
+    <s v="302"/>
+    <s v="Looking after home/family"/>
+    <s v="-3"/>
+    <s v="Second level"/>
+    <s v="3540"/>
+    <s v="Other humanities"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="135"/>
+  </r>
+  <r>
+    <s v="CD368"/>
+    <s v="Population Aged 15 Years and Over whose Education has Ceased"/>
+    <s v="302"/>
+    <s v="Looking after home/family"/>
+    <s v="-3"/>
+    <s v="Second level"/>
+    <s v="4000"/>
+    <s v="Social sciences, business and law"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="19475"/>
+  </r>
+  <r>
+    <s v="CD368"/>
+    <s v="Population Aged 15 Years and Over whose Education has Ceased"/>
+    <s v="302"/>
+    <s v="Looking after home/family"/>
+    <s v="-3"/>
+    <s v="Second level"/>
+    <s v="4005"/>
+    <s v="Psychology"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="138"/>
+  </r>
+  <r>
+    <s v="CD368"/>
+    <s v="Population Aged 15 Years and Over whose Education has Ceased"/>
+    <s v="302"/>
+    <s v="Looking after home/family"/>
+    <s v="-3"/>
+    <s v="Second level"/>
+    <s v="4020"/>
+    <s v="Economics"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="184"/>
+  </r>
+  <r>
+    <s v="CD368"/>
+    <s v="Population Aged 15 Years and Over whose Education has Ceased"/>
+    <s v="302"/>
+    <s v="Looking after home/family"/>
+    <s v="-3"/>
+    <s v="Second level"/>
+    <s v="4035"/>
+    <s v="Business and administration (broad programmes)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2090"/>
+  </r>
+  <r>
+    <s v="CD368"/>
+    <s v="Population Aged 15 Years and Over whose Education has Ceased"/>
+    <s v="302"/>
+    <s v="Looking after home/family"/>
+    <s v="-3"/>
+    <s v="Second level"/>
+    <s v="4045"/>
+    <s v="Marketing and advertising"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="307"/>
+  </r>
+  <r>
+    <s v="CD368"/>
+    <s v="Population Aged 15 Years and Over whose Education has Ceased"/>
+    <s v="302"/>
+    <s v="Looking after home/family"/>
+    <s v="-3"/>
+    <s v="Second level"/>
+    <s v="4055"/>
+    <s v="Accounting and taxation"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2148"/>
+  </r>
+  <r>
+    <s v="CD368"/>
+    <s v="Population Aged 15 Years and Over whose Education has Ceased"/>
+    <s v="302"/>
+    <s v="Looking after home/family"/>
+    <s v="-3"/>
+    <s v="Second level"/>
+    <s v="4060"/>
+    <s v="Management and administration"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="490"/>
+  </r>
+  <r>
+    <s v="CD368"/>
+    <s v="Population Aged 15 Years and Over whose Education has Ceased"/>
+    <s v="302"/>
+    <s v="Looking after home/family"/>
+    <s v="-3"/>
+    <s v="Second level"/>
+    <s v="4065"/>
+    <s v="Secretarial and office work"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="12004"/>
+  </r>
+  <r>
+    <s v="CD368"/>
+    <s v="Population Aged 15 Years and Over whose Education has Ceased"/>
+    <s v="302"/>
+    <s v="Looking after home/family"/>
+    <s v="-3"/>
+    <s v="Second level"/>
+    <s v="4075"/>
+    <s v="Law"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="189"/>
+  </r>
+  <r>
+    <s v="CD368"/>
+    <s v="Population Aged 15 Years and Over whose Education has Ceased"/>
+    <s v="302"/>
+    <s v="Looking after home/family"/>
+    <s v="-3"/>
+    <s v="Second level"/>
+    <s v="4080"/>
+    <s v="Other social sciences, business and law subjects"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1925"/>
+  </r>
+  <r>
+    <s v="CD368"/>
+    <s v="Population Aged 15 Years and Over whose Education has Ceased"/>
+    <s v="302"/>
+    <s v="Looking after home/family"/>
+    <s v="-3"/>
+    <s v="Second level"/>
+    <s v="4085"/>
+    <s v="Science, mathematics and computing"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3587"/>
+  </r>
+  <r>
+    <s v="CD368"/>
+    <s v="Population Aged 15 Years and Over whose Education has Ceased"/>
+    <s v="302"/>
+    <s v="Looking after home/family"/>
+    <s v="-3"/>
+    <s v="Second level"/>
+    <s v="5000"/>
+    <s v="Biology and biochemistry"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="59"/>
+  </r>
+  <r>
+    <s v="CD368"/>
+    <s v="Population Aged 15 Years and Over whose Education has Ceased"/>
+    <s v="302"/>
+    <s v="Looking after home/family"/>
+    <s v="-3"/>
+    <s v="Second level"/>
+    <s v="5025"/>
+    <s v="Physical sciences (physics, chemistry, earth science)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="801"/>
+  </r>
+  <r>
+    <s v="CD368"/>
+    <s v="Population Aged 15 Years and Over whose Education has Ceased"/>
+    <s v="302"/>
+    <s v="Looking after home/family"/>
+    <s v="-3"/>
+    <s v="Second level"/>
+    <s v="5040"/>
+    <s v="Computer science"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2542"/>
+  </r>
+  <r>
+    <s v="CD368"/>
+    <s v="Population Aged 15 Years and Over whose Education has Ceased"/>
+    <s v="302"/>
+    <s v="Looking after home/family"/>
+    <s v="-3"/>
+    <s v="Second level"/>
+    <s v="5045"/>
+    <s v="Computer use"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="131"/>
+  </r>
+  <r>
+    <s v="CD368"/>
+    <s v="Population Aged 15 Years and Over whose Education has Ceased"/>
+    <s v="302"/>
+    <s v="Looking after home/family"/>
+    <s v="-3"/>
+    <s v="Second level"/>
+    <s v="5050"/>
+    <s v="Other science, mathematics and computing"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="54"/>
+  </r>
+  <r>
+    <s v="CD368"/>
+    <s v="Population Aged 15 Years and Over whose Education has Ceased"/>
+    <s v="302"/>
+    <s v="Looking after home/family"/>
+    <s v="-3"/>
+    <s v="Second level"/>
+    <s v="5055"/>
+    <s v="Engineering, manufacturing and construction"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2981"/>
+  </r>
+  <r>
+    <s v="CD368"/>
+    <s v="Population Aged 15 Years and Over whose Education has Ceased"/>
+    <s v="302"/>
+    <s v="Looking after home/family"/>
+    <s v="-3"/>
+    <s v="Second level"/>
+    <s v="5060"/>
+    <s v="Engineering and engineering trades (broad programmes)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="219"/>
+  </r>
+  <r>
+    <s v="CD368"/>
+    <s v="Population Aged 15 Years and Over whose Education has Ceased"/>
+    <s v="302"/>
+    <s v="Looking after home/family"/>
+    <s v="-3"/>
+    <s v="Second level"/>
+    <s v="6000"/>
+    <s v="Mechanics and metalwork"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="270"/>
+  </r>
+  <r>
+    <s v="CD368"/>
+    <s v="Population Aged 15 Years and Over whose Education has Ceased"/>
+    <s v="302"/>
+    <s v="Looking after home/family"/>
+    <s v="-3"/>
+    <s v="Second level"/>
+    <s v="6001"/>
+    <s v="Electricity and energy"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="262"/>
+  </r>
+  <r>
+    <s v="CD368"/>
+    <s v="Population Aged 15 Years and Over whose Education has Ceased"/>
+    <s v="302"/>
+    <s v="Looking after home/family"/>
+    <s v="-3"/>
+    <s v="Second level"/>
+    <s v="6015"/>
+    <s v="Motor vehicles, ships and aircraft"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="244"/>
+  </r>
+  <r>
+    <s v="CD368"/>
+    <s v="Population Aged 15 Years and Over whose Education has Ceased"/>
+    <s v="302"/>
+    <s v="Looking after home/family"/>
+    <s v="-3"/>
+    <s v="Second level"/>
+    <s v="6045"/>
+    <s v="Architecture and town planning"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="100"/>
+  </r>
+  <r>
+    <s v="CD368"/>
+    <s v="Population Aged 15 Years and Over whose Education has Ceased"/>
+    <s v="302"/>
+    <s v="Looking after home/family"/>
+    <s v="-3"/>
+    <s v="Second level"/>
+    <s v="6050"/>
+    <s v="Building and civil engineering"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="749"/>
+  </r>
+  <r>
+    <s v="CD368"/>
+    <s v="Population Aged 15 Years and Over whose Education has Ceased"/>
+    <s v="302"/>
+    <s v="Looking after home/family"/>
+    <s v="-3"/>
+    <s v="Second level"/>
+    <s v="6055"/>
+    <s v="Other engineering, manufacturing and construction"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1137"/>
+  </r>
+  <r>
+    <s v="CD368"/>
+    <s v="Population Aged 15 Years and Over whose Education has Ceased"/>
+    <s v="302"/>
+    <s v="Looking after home/family"/>
+    <s v="-3"/>
+    <s v="Second level"/>
+    <s v="6060"/>
+    <s v="Agriculture and veterinary"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2131"/>
+  </r>
+  <r>
+    <s v="CD368"/>
+    <s v="Population Aged 15 Years and Over whose Education has Ceased"/>
+    <s v="302"/>
+    <s v="Looking after home/family"/>
+    <s v="-3"/>
+    <s v="Second level"/>
+    <s v="6070"/>
+    <s v="Crop and livestock production"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1718"/>
+  </r>
+  <r>
+    <s v="CD368"/>
+    <s v="Population Aged 15 Years and Over whose Education has Ceased"/>
+    <s v="302"/>
+    <s v="Looking after home/family"/>
+    <s v="-3"/>
+    <s v="Second level"/>
+    <s v="7015"/>
+    <s v="Other agriculture and veterinary"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="413"/>
+  </r>
+  <r>
+    <s v="CD368"/>
+    <s v="Population Aged 15 Years and Over whose Education has Ceased"/>
+    <s v="302"/>
+    <s v="Looking after home/family"/>
+    <s v="-3"/>
+    <s v="Second level"/>
+    <s v="7020"/>
+    <s v="Health and welfare"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="8884"/>
+  </r>
+  <r>
+    <s v="CD368"/>
+    <s v="Population Aged 15 Years and Over whose Education has Ceased"/>
+    <s v="302"/>
+    <s v="Looking after home/family"/>
+    <s v="-3"/>
+    <s v="Second level"/>
+    <s v="7030"/>
+    <s v="Medicine"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="91"/>
+  </r>
+  <r>
+    <s v="CD368"/>
+    <s v="Population Aged 15 Years and Over whose Education has Ceased"/>
+    <s v="302"/>
+    <s v="Looking after home/family"/>
+    <s v="-3"/>
+    <s v="Second level"/>
+    <s v="8000"/>
+    <s v="Nursing and caring"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3316"/>
+  </r>
+  <r>
+    <s v="CD368"/>
+    <s v="Population Aged 15 Years and Over whose Education has Ceased"/>
+    <s v="302"/>
+    <s v="Looking after home/family"/>
+    <s v="-3"/>
+    <s v="Second level"/>
+    <s v="8020"/>
+    <s v="Child care and youth services"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3868"/>
+  </r>
+  <r>
+    <s v="CD368"/>
+    <s v="Population Aged 15 Years and Over whose Education has Ceased"/>
+    <s v="302"/>
+    <s v="Looking after home/family"/>
+    <s v="-3"/>
+    <s v="Second level"/>
+    <s v="8025"/>
+    <s v="Social work and counselling"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="437"/>
+  </r>
+  <r>
+    <s v="CD368"/>
+    <s v="Population Aged 15 Years and Over whose Education has Ceased"/>
+    <s v="302"/>
+    <s v="Looking after home/family"/>
+    <s v="-3"/>
+    <s v="Second level"/>
+    <s v="8030"/>
+    <s v="Other health and welfare"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1172"/>
+  </r>
+  <r>
+    <s v="CD368"/>
+    <s v="Population Aged 15 Years and Over whose Education has Ceased"/>
+    <s v="302"/>
+    <s v="Looking after home/family"/>
+    <s v="-3"/>
+    <s v="Second level"/>
+    <s v="8040"/>
+    <s v="Personal services"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="10253"/>
+  </r>
+  <r>
+    <s v="CD368"/>
+    <s v="Population Aged 15 Years and Over whose Education has Ceased"/>
+    <s v="302"/>
+    <s v="Looking after home/family"/>
+    <s v="-3"/>
+    <s v="Second level"/>
+    <s v="8050"/>
+    <s v="Hotel, restaurant and catering"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3014"/>
+  </r>
+  <r>
+    <s v="CD368"/>
+    <s v="Population Aged 15 Years and Over whose Education has Ceased"/>
+    <s v="302"/>
+    <s v="Looking after home/family"/>
+    <s v="-3"/>
+    <s v="Second level"/>
+    <s v="9005"/>
+    <s v="Hair and beauty services"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5862"/>
+  </r>
+  <r>
+    <s v="CD368"/>
+    <s v="Population Aged 15 Years and Over whose Education has Ceased"/>
+    <s v="302"/>
+    <s v="Looking after home/family"/>
+    <s v="-3"/>
+    <s v="Second level"/>
+    <s v="9010"/>
+    <s v="Other personal services"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1377"/>
+  </r>
+  <r>
+    <s v="CD368"/>
+    <s v="Population Aged 15 Years and Over whose Education has Ceased"/>
+    <s v="302"/>
+    <s v="Looking after home/family"/>
+    <s v="-3"/>
+    <s v="Second level"/>
+    <s v="9020"/>
+    <s v="Transport services"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="130"/>
+  </r>
+  <r>
+    <s v="CD368"/>
+    <s v="Population Aged 15 Years and Over whose Education has Ceased"/>
+    <s v="302"/>
+    <s v="Looking after home/family"/>
+    <s v="-3"/>
+    <s v="Second level"/>
+    <s v="9025"/>
+    <s v="Security services (includes police and fire services)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="160"/>
+  </r>
+  <r>
+    <s v="CD368"/>
+    <s v="Population Aged 15 Years and Over whose Education has Ceased"/>
+    <s v="302"/>
+    <s v="Looking after home/family"/>
+    <s v="-3"/>
+    <s v="Second level"/>
+    <s v="9201"/>
+    <s v="Other subjects"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="82"/>
+  </r>
+  <r>
+    <s v="CD368"/>
+    <s v="Population Aged 15 Years and Over whose Education has Ceased"/>
+    <s v="302"/>
+    <s v="Looking after home/family"/>
+    <s v="-3"/>
+    <s v="Second level"/>
+    <s v="9510"/>
+    <s v="Not stated (including unknown)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="136067"/>
+  </r>
+  <r>
+    <s v="CD368"/>
+    <s v="Population Aged 15 Years and Over whose Education has Ceased"/>
+    <s v="302"/>
+    <s v="Looking after home/family"/>
+    <s v="-3"/>
+    <s v="Second level"/>
+    <s v="9991"/>
+    <s v="All fields of study"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="188344"/>
+  </r>
+  <r>
+    <s v="CD368"/>
+    <s v="Population Aged 15 Years and Over whose Education has Ceased"/>
+    <s v="302"/>
+    <s v="Looking after home/family"/>
+    <s v="-4"/>
+    <s v="Third level"/>
+    <s v="2001"/>
+    <s v="Education and teacher training"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3970"/>
+  </r>
+  <r>
+    <s v="CD368"/>
+    <s v="Population Aged 15 Years and Over whose Education has Ceased"/>
+    <s v="302"/>
+    <s v="Looking after home/family"/>
+    <s v="-4"/>
+    <s v="Third level"/>
+    <s v="3001"/>
+    <s v="Arts"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2872"/>
+  </r>
+  <r>
+    <s v="CD368"/>
+    <s v="Population Aged 15 Years and Over whose Education has Ceased"/>
+    <s v="302"/>
+    <s v="Looking after home/family"/>
+    <s v="-4"/>
+    <s v="Third level"/>
+    <s v="3015"/>
+    <s v="Music and performing arts"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="449"/>
+  </r>
+  <r>
+    <s v="CD368"/>
+    <s v="Population Aged 15 Years and Over whose Education has Ceased"/>
+    <s v="302"/>
+    <s v="Looking after home/family"/>
+    <s v="-4"/>
+    <s v="Third level"/>
+    <s v="3020"/>
+    <s v="Audio-visual techniques and media production"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="609"/>
+  </r>
+  <r>
+    <s v="CD368"/>
+    <s v="Population Aged 15 Years and Over whose Education has Ceased"/>
+    <s v="302"/>
+    <s v="Looking after home/family"/>
+    <s v="-4"/>
+    <s v="Third level"/>
+    <s v="3025"/>
+    <s v="Design"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="862"/>
+  </r>
+  <r>
+    <s v="CD368"/>
+    <s v="Population Aged 15 Years and Over whose Education has Ceased"/>
+    <s v="302"/>
+    <s v="Looking after home/family"/>
+    <s v="-4"/>
+    <s v="Third level"/>
+    <s v="3035"/>
+    <s v="Other arts"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="952"/>
+  </r>
+  <r>
+    <s v="CD368"/>
+    <s v="Population Aged 15 Years and Over whose Education has Ceased"/>
+    <s v="302"/>
+    <s v="Looking after home/family"/>
+    <s v="-4"/>
+    <s v="Third level"/>
+    <s v="3501"/>
+    <s v="Humanities"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3880"/>
+  </r>
+  <r>
+    <s v="CD368"/>
+    <s v="Population Aged 15 Years and Over whose Education has Ceased"/>
+    <s v="302"/>
+    <s v="Looking after home/family"/>
+    <s v="-4"/>
+    <s v="Third level"/>
+    <s v="3515"/>
+    <s v="Foreign languages"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="908"/>
+  </r>
+  <r>
+    <s v="CD368"/>
+    <s v="Population Aged 15 Years and Over whose Education has Ceased"/>
+    <s v="302"/>
+    <s v="Looking after home/family"/>
+    <s v="-4"/>
+    <s v="Third level"/>
+    <s v="3520"/>
+    <s v="Mother tongue"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="763"/>
+  </r>
+  <r>
+    <s v="CD368"/>
+    <s v="Population Aged 15 Years and Over whose Education has Ceased"/>
+    <s v="302"/>
+    <s v="Looking after home/family"/>
+    <s v="-4"/>
+    <s v="Third level"/>
+    <s v="3530"/>
+    <s v="History and archaeology"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="601"/>
+  </r>
+  <r>
+    <s v="CD368"/>
+    <s v="Population Aged 15 Years and Over whose Education has Ceased"/>
+    <s v="302"/>
+    <s v="Looking after home/family"/>
+    <s v="-4"/>
+    <s v="Third level"/>
+    <s v="3540"/>
+    <s v="Other humanities"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1608"/>
+  </r>
+  <r>
+    <s v="CD368"/>
+    <s v="Population Aged 15 Years and Over whose Education has Ceased"/>
+    <s v="302"/>
+    <s v="Looking after home/family"/>
+    <s v="-4"/>
+    <s v="Third level"/>
+    <s v="4000"/>
+    <s v="Social sciences, business and law"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="14975"/>
+  </r>
+  <r>
+    <s v="CD368"/>
+    <s v="Population Aged 15 Years and Over whose Education has Ceased"/>
+    <s v="302"/>
+    <s v="Looking after home/family"/>
+    <s v="-4"/>
+    <s v="Third level"/>
+    <s v="4005"/>
+    <s v="Psychology"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="814"/>
+  </r>
+  <r>
+    <s v="CD368"/>
+    <s v="Population Aged 15 Years and Over whose Education has Ceased"/>
+    <s v="302"/>
+    <s v="Looking after home/family"/>
+    <s v="-4"/>
+    <s v="Third level"/>
+    <s v="4020"/>
+    <s v="Economics"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="712"/>
+  </r>
+  <r>
+    <s v="CD368"/>
+    <s v="Population Aged 15 Years and Over whose Education has Ceased"/>
+    <s v="302"/>
+    <s v="Looking after home/family"/>
+    <s v="-4"/>
+    <s v="Third level"/>
+    <s v="4035"/>
+    <s v="Business and administration (broad programmes)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3418"/>
+  </r>
+  <r>
+    <s v="CD368"/>
+    <s v="Population Aged 15 Years and Over whose Education has Ceased"/>
+    <s v="302"/>
+    <s v="Looking after home/family"/>
+    <s v="-4"/>
+    <s v="Third level"/>
+    <s v="4045"/>
+    <s v="Marketing and advertising"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1447"/>
+  </r>
+  <r>
+    <s v="CD368"/>
+    <s v="Population Aged 15 Years and Over whose Education has Ceased"/>
+    <s v="302"/>
+    <s v="Looking after home/family"/>
+    <s v="-4"/>
+    <s v="Third level"/>
+    <s v="4055"/>
+    <s v="Accounting and taxation"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2381"/>
+  </r>
+  <r>
+    <s v="CD368"/>
+    <s v="Population Aged 15 Years and Over whose Education has Ceased"/>
+    <s v="302"/>
+    <s v="Looking after home/family"/>
+    <s v="-4"/>
+    <s v="Third level"/>
+    <s v="4060"/>
+    <s v="Management and administration"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1359"/>
+  </r>
+  <r>
+    <s v="CD368"/>
+    <s v="Population Aged 15 Years and Over whose Education has Ceased"/>
+    <s v="302"/>
+    <s v="Looking after home/family"/>
+    <s v="-4"/>
+    <s v="Third level"/>
+    <s v="4065"/>
+    <s v="Secretarial and office work"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="957"/>
+  </r>
+  <r>
+    <s v="CD368"/>
+    <s v="Population Aged 15 Years and Over whose Education has Ceased"/>
+    <s v="302"/>
+    <s v="Looking after home/family"/>
+    <s v="-4"/>
+    <s v="Third level"/>
+    <s v="4075"/>
+    <s v="Law"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1163"/>
+  </r>
+  <r>
+    <s v="CD368"/>
+    <s v="Population Aged 15 Years and Over whose Education has Ceased"/>
+    <s v="302"/>
+    <s v="Looking after home/family"/>
+    <s v="-4"/>
+    <s v="Third level"/>
+    <s v="4080"/>
+    <s v="Other social sciences, business and law subjects"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2724"/>
+  </r>
+  <r>
+    <s v="CD368"/>
+    <s v="Population Aged 15 Years and Over whose Education has Ceased"/>
+    <s v="302"/>
+    <s v="Looking after home/family"/>
+    <s v="-4"/>
+    <s v="Third level"/>
+    <s v="4085"/>
+    <s v="Science, mathematics and computing"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4363"/>
+  </r>
+  <r>
+    <s v="CD368"/>
+    <s v="Population Aged 15 Years and Over whose Education has Ceased"/>
+    <s v="302"/>
+    <s v="Looking after home/family"/>
+    <s v="-4"/>
+    <s v="Third level"/>
+    <s v="5000"/>
+    <s v="Biology and biochemistry"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="722"/>
+  </r>
+  <r>
+    <s v="CD368"/>
+    <s v="Population Aged 15 Years and Over whose Education has Ceased"/>
+    <s v="302"/>
+    <s v="Looking after home/family"/>
+    <s v="-4"/>
+    <s v="Third level"/>
+    <s v="5025"/>
+    <s v="Physical sciences (physics, chemistry, earth science)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1161"/>
+  </r>
+  <r>
+    <s v="CD368"/>
+    <s v="Population Aged 15 Years and Over whose Education has Ceased"/>
+    <s v="302"/>
+    <s v="Looking after home/family"/>
+    <s v="-4"/>
+    <s v="Third level"/>
+    <s v="5040"/>
+    <s v="Computer science"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="602"/>
+  </r>
+  <r>
+    <s v="CD368"/>
+    <s v="Population Aged 15 Years and Over whose Education has Ceased"/>
+    <s v="302"/>
+    <s v="Looking after home/family"/>
+    <s v="-4"/>
+    <s v="Third level"/>
+    <s v="5045"/>
+    <s v="Computer use"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1458"/>
+  </r>
+  <r>
+    <s v="CD368"/>
+    <s v="Population Aged 15 Years and Over whose Education has Ceased"/>
+    <s v="302"/>
+    <s v="Looking after home/family"/>
+    <s v="-4"/>
+    <s v="Third level"/>
+    <s v="5050"/>
+    <s v="Other science, mathematics and computing"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="420"/>
+  </r>
+  <r>
+    <s v="CD368"/>
+    <s v="Population Aged 15 Years and Over whose Education has Ceased"/>
+    <s v="302"/>
+    <s v="Looking after home/family"/>
+    <s v="-4"/>
+    <s v="Third level"/>
+    <s v="5055"/>
+    <s v="Engineering, manufacturing and construction"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2077"/>
+  </r>
+  <r>
+    <s v="CD368"/>
+    <s v="Population Aged 15 Years and Over whose Education has Ceased"/>
+    <s v="302"/>
+    <s v="Looking after home/family"/>
+    <s v="-4"/>
+    <s v="Third level"/>
+    <s v="5060"/>
+    <s v="Engineering and engineering trades (broad programmes)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="415"/>
+  </r>
+  <r>
+    <s v="CD368"/>
+    <s v="Population Aged 15 Years and Over whose Education has Ceased"/>
+    <s v="302"/>
+    <s v="Looking after home/family"/>
+    <s v="-4"/>
+    <s v="Third level"/>
+    <s v="6000"/>
+    <s v="Mechanics and metalwork"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="92"/>
+  </r>
+  <r>
+    <s v="CD368"/>
+    <s v="Population Aged 15 Years and Over whose Education has Ceased"/>
+    <s v="302"/>
+    <s v="Looking after home/family"/>
+    <s v="-4"/>
+    <s v="Third level"/>
+    <s v="6001"/>
+    <s v="Electricity and energy"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="129"/>
+  </r>
+  <r>
+    <s v="CD368"/>
+    <s v="Population Aged 15 Years and Over whose Education has Ceased"/>
+    <s v="302"/>
+    <s v="Looking after home/family"/>
+    <s v="-4"/>
+    <s v="Third level"/>
+    <s v="6015"/>
+    <s v="Motor vehicles, ships and aircraft"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="40"/>
+  </r>
+  <r>
+    <s v="CD368"/>
+    <s v="Population Aged 15 Years and Over whose Education has Ceased"/>
+    <s v="302"/>
+    <s v="Looking after home/family"/>
+    <s v="-4"/>
+    <s v="Third level"/>
+    <s v="6045"/>
+    <s v="Architecture and town planning"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="407"/>
+  </r>
+  <r>
+    <s v="CD368"/>
+    <s v="Population Aged 15 Years and Over whose Education has Ceased"/>
+    <s v="302"/>
+    <s v="Looking after home/family"/>
+    <s v="-4"/>
+    <s v="Third level"/>
+    <s v="6050"/>
+    <s v="Building and civil engineering"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="244"/>
+  </r>
+  <r>
+    <s v="CD368"/>
+    <s v="Population Aged 15 Years and Over whose Education has Ceased"/>
+    <s v="302"/>
+    <s v="Looking after home/family"/>
+    <s v="-4"/>
+    <s v="Third level"/>
+    <s v="6055"/>
+    <s v="Other engineering, manufacturing and construction"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="750"/>
+  </r>
+  <r>
+    <s v="CD368"/>
+    <s v="Population Aged 15 Years and Over whose Education has Ceased"/>
+    <s v="302"/>
+    <s v="Looking after home/family"/>
+    <s v="-4"/>
+    <s v="Third level"/>
+    <s v="6060"/>
+    <s v="Agriculture and veterinary"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="557"/>
+  </r>
+  <r>
+    <s v="CD368"/>
+    <s v="Population Aged 15 Years and Over whose Education has Ceased"/>
+    <s v="302"/>
+    <s v="Looking after home/family"/>
+    <s v="-4"/>
+    <s v="Third level"/>
+    <s v="6070"/>
+    <s v="Crop and livestock production"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="226"/>
+  </r>
+  <r>
+    <s v="CD368"/>
+    <s v="Population Aged 15 Years and Over whose Education has Ceased"/>
+    <s v="302"/>
+    <s v="Looking after home/family"/>
+    <s v="-4"/>
+    <s v="Third level"/>
+    <s v="7015"/>
+    <s v="Other agriculture and veterinary"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="331"/>
+  </r>
+  <r>
+    <s v="CD368"/>
+    <s v="Population Aged 15 Years and Over whose Education has Ceased"/>
+    <s v="302"/>
+    <s v="Looking after home/family"/>
+    <s v="-4"/>
+    <s v="Third level"/>
+    <s v="7020"/>
+    <s v="Health and welfare"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="7703"/>
+  </r>
+  <r>
+    <s v="CD368"/>
+    <s v="Population Aged 15 Years and Over whose Education has Ceased"/>
+    <s v="302"/>
+    <s v="Looking after home/family"/>
+    <s v="-4"/>
+    <s v="Third level"/>
+    <s v="7030"/>
+    <s v="Medicine"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="540"/>
+  </r>
+  <r>
+    <s v="CD368"/>
+    <s v="Population Aged 15 Years and Over whose Education has Ceased"/>
+    <s v="302"/>
+    <s v="Looking after home/family"/>
+    <s v="-4"/>
+    <s v="Third level"/>
+    <s v="8000"/>
+    <s v="Nursing and caring"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4060"/>
+  </r>
+  <r>
+    <s v="CD368"/>
+    <s v="Population Aged 15 Years and Over whose Education has Ceased"/>
+    <s v="302"/>
+    <s v="Looking after home/family"/>
+    <s v="-4"/>
+    <s v="Third level"/>
+    <s v="8020"/>
+    <s v="Child care and youth services"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="540"/>
+  </r>
+  <r>
+    <s v="CD368"/>
+    <s v="Population Aged 15 Years and Over whose Education has Ceased"/>
+    <s v="302"/>
+    <s v="Looking after home/family"/>
+    <s v="-4"/>
+    <s v="Third level"/>
+    <s v="8025"/>
+    <s v="Social work and counselling"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="947"/>
+  </r>
+  <r>
+    <s v="CD368"/>
+    <s v="Population Aged 15 Years and Over whose Education has Ceased"/>
+    <s v="302"/>
+    <s v="Looking after home/family"/>
+    <s v="-4"/>
+    <s v="Third level"/>
+    <s v="8030"/>
+    <s v="Other health and welfare"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1616"/>
+  </r>
+  <r>
+    <s v="CD368"/>
+    <s v="Population Aged 15 Years and Over whose Education has Ceased"/>
+    <s v="302"/>
+    <s v="Looking after home/family"/>
+    <s v="-4"/>
+    <s v="Third level"/>
+    <s v="8040"/>
+    <s v="Personal services"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2446"/>
+  </r>
+  <r>
+    <s v="CD368"/>
+    <s v="Population Aged 15 Years and Over whose Education has Ceased"/>
+    <s v="302"/>
+    <s v="Looking after home/family"/>
+    <s v="-4"/>
+    <s v="Third level"/>
+    <s v="8050"/>
+    <s v="Hotel, restaurant and catering"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="956"/>
+  </r>
+  <r>
+    <s v="CD368"/>
+    <s v="Population Aged 15 Years and Over whose Education has Ceased"/>
+    <s v="302"/>
+    <s v="Looking after home/family"/>
+    <s v="-4"/>
+    <s v="Third level"/>
+    <s v="9005"/>
+    <s v="Hair and beauty services"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="701"/>
+  </r>
+  <r>
+    <s v="CD368"/>
+    <s v="Population Aged 15 Years and Over whose Education has Ceased"/>
+    <s v="302"/>
+    <s v="Looking after home/family"/>
+    <s v="-4"/>
+    <s v="Third level"/>
+    <s v="9010"/>
+    <s v="Other personal services"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="789"/>
+  </r>
+  <r>
+    <s v="CD368"/>
+    <s v="Population Aged 15 Years and Over whose Education has Ceased"/>
+    <s v="302"/>
+    <s v="Looking after home/family"/>
+    <s v="-4"/>
+    <s v="Third level"/>
+    <s v="9020"/>
+    <s v="Transport services"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="42"/>
+  </r>
+  <r>
+    <s v="CD368"/>
+    <s v="Population Aged 15 Years and Over whose Education has Ceased"/>
+    <s v="302"/>
+    <s v="Looking after home/family"/>
+    <s v="-4"/>
+    <s v="Third level"/>
+    <s v="9025"/>
+    <s v="Security services (includes police and fire services)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="143"/>
+  </r>
+  <r>
+    <s v="CD368"/>
+    <s v="Population Aged 15 Years and Over whose Education has Ceased"/>
+    <s v="302"/>
+    <s v="Looking after home/family"/>
+    <s v="-4"/>
+    <s v="Third level"/>
+    <s v="9201"/>
+    <s v="Other subjects"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="79"/>
+  </r>
+  <r>
+    <s v="CD368"/>
+    <s v="Population Aged 15 Years and Over whose Education has Ceased"/>
+    <s v="302"/>
+    <s v="Looking after home/family"/>
+    <s v="-4"/>
+    <s v="Third level"/>
+    <s v="9510"/>
+    <s v="Not stated (including unknown)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2589"/>
+  </r>
+  <r>
+    <s v="CD368"/>
+    <s v="Population Aged 15 Years and Over whose Education has Ceased"/>
+    <s v="302"/>
+    <s v="Looking after home/family"/>
+    <s v="-4"/>
+    <s v="Third level"/>
+    <s v="9991"/>
+    <s v="All fields of study"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="45696"/>
+  </r>
+  <r>
+    <s v="CD368"/>
+    <s v="Population Aged 15 Years and Over whose Education has Ceased"/>
+    <s v="303"/>
+    <s v="Retired"/>
+    <s v="-3"/>
+    <s v="Second level"/>
+    <s v="2001"/>
+    <s v="Education and teacher training"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1058"/>
+  </r>
+  <r>
+    <s v="CD368"/>
+    <s v="Population Aged 15 Years and Over whose Education has Ceased"/>
+    <s v="303"/>
+    <s v="Retired"/>
+    <s v="-3"/>
+    <s v="Second level"/>
+    <s v="3001"/>
+    <s v="Arts"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2135"/>
+  </r>
+  <r>
+    <s v="CD368"/>
+    <s v="Population Aged 15 Years and Over whose Education has Ceased"/>
+    <s v="303"/>
+    <s v="Retired"/>
+    <s v="-3"/>
+    <s v="Second level"/>
+    <s v="3015"/>
+    <s v="Music and performing arts"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="428"/>
+  </r>
+  <r>
+    <s v="CD368"/>
+    <s v="Population Aged 15 Years and Over whose Education has Ceased"/>
+    <s v="303"/>
+    <s v="Retired"/>
+    <s v="-3"/>
+    <s v="Second level"/>
+    <s v="3020"/>
+    <s v="Audio-visual techniques and media production"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="808"/>
+  </r>
+  <r>
+    <s v="CD368"/>
+    <s v="Population Aged 15 Years and Over whose Education has Ceased"/>
+    <s v="303"/>
+    <s v="Retired"/>
+    <s v="-3"/>
+    <s v="Second level"/>
+    <s v="3025"/>
+    <s v="Design"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="373"/>
+  </r>
+  <r>
+    <s v="CD368"/>
+    <s v="Population Aged 15 Years and Over whose Education has Ceased"/>
+    <s v="303"/>
+    <s v="Retired"/>
+    <s v="-3"/>
+    <s v="Second level"/>
+    <s v="3035"/>
+    <s v="Other arts"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="526"/>
+  </r>
+  <r>
+    <s v="CD368"/>
+    <s v="Population Aged 15 Years and Over whose Education has Ceased"/>
+    <s v="303"/>
+    <s v="Retired"/>
+    <s v="-3"/>
+    <s v="Second level"/>
+    <s v="3501"/>
+    <s v="Humanities"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="861"/>
+  </r>
+  <r>
+    <s v="CD368"/>
+    <s v="Population Aged 15 Years and Over whose Education has Ceased"/>
+    <s v="303"/>
+    <s v="Retired"/>
+    <s v="-3"/>
+    <s v="Second level"/>
+    <s v="3515"/>
+    <s v="Foreign languages"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="190"/>
+  </r>
+  <r>
+    <s v="CD368"/>
+    <s v="Population Aged 15 Years and Over whose Education has Ceased"/>
+    <s v="303"/>
+    <s v="Retired"/>
+    <s v="-3"/>
+    <s v="Second level"/>
+    <s v="3520"/>
+    <s v="Mother tongue"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="206"/>
+  </r>
+  <r>
+    <s v="CD368"/>
+    <s v="Population Aged 15 Years and Over whose Education has Ceased"/>
+    <s v="303"/>
+    <s v="Retired"/>
+    <s v="-3"/>
+    <s v="Second level"/>
+    <s v="3530"/>
+    <s v="History and archaeology"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="103"/>
+  </r>
+  <r>
+    <s v="CD368"/>
+    <s v="Population Aged 15 Years and Over whose Education has Ceased"/>
+    <s v="303"/>
+    <s v="Retired"/>
+    <s v="-3"/>
+    <s v="Second level"/>
+    <s v="3540"/>
+    <s v="Other humanities"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="362"/>
+  </r>
+  <r>
+    <s v="CD368"/>
+    <s v="Population Aged 15 Years and Over whose Education has Ceased"/>
+    <s v="303"/>
+    <s v="Retired"/>
+    <s v="-3"/>
+    <s v="Second level"/>
+    <s v="4000"/>
+    <s v="Social sciences, business and law"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="14241"/>
+  </r>
+  <r>
+    <s v="CD368"/>
+    <s v="Population Aged 15 Years and Over whose Education has Ceased"/>
+    <s v="303"/>
+    <s v="Retired"/>
+    <s v="-3"/>
+    <s v="Second level"/>
+    <s v="4005"/>
+    <s v="Psychology"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="63"/>
+  </r>
+  <r>
+    <s v="CD368"/>
+    <s v="Population Aged 15 Years and Over whose Education has Ceased"/>
+    <s v="303"/>
+    <s v="Retired"/>
+    <s v="-3"/>
+    <s v="Second level"/>
+    <s v="4020"/>
+    <s v="Economics"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="130"/>
+  </r>
+  <r>
+    <s v="CD368"/>
+    <s v="Population Aged 15 Years and Over whose Education has Ceased"/>
+    <s v="303"/>
+    <s v="Retired"/>
+    <s v="-3"/>
+    <s v="Second level"/>
+    <s v="4035"/>
+    <s v="Business and administration (broad programmes)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1199"/>
+  </r>
+  <r>
+    <s v="CD368"/>
+    <s v="Population Aged 15 Years and Over whose Education has Ceased"/>
+    <s v="303"/>
+    <s v="Retired"/>
+    <s v="-3"/>
+    <s v="Second level"/>
+    <s v="4045"/>
+    <s v="Marketing and advertising"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="395"/>
+  </r>
+  <r>
+    <s v="CD368"/>
+    <s v="Population Aged 15 Years and Over whose Education has Ceased"/>
+    <s v="303"/>
+    <s v="Retired"/>
+    <s v="-3"/>
+    <s v="Second level"/>
+    <s v="4055"/>
+    <s v="Accounting and taxation"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2394"/>
+  </r>
+  <r>
+    <s v="CD368"/>
+    <s v="Population Aged 15 Years and Over whose Education has Ceased"/>
+    <s v="303"/>
+    <s v="Retired"/>
+    <s v="-3"/>
+    <s v="Second level"/>
+    <s v="4060"/>
+    <s v="Management and administration"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="810"/>
+  </r>
+  <r>
+    <s v="CD368"/>
+    <s v="Population Aged 15 Years and Over whose Education has Ceased"/>
+    <s v="303"/>
+    <s v="Retired"/>
+    <s v="-3"/>
+    <s v="Second level"/>
+    <s v="4065"/>
+    <s v="Secretarial and office work"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="6450"/>
+  </r>
+  <r>
+    <s v="CD368"/>
+    <s v="Population Aged 15 Years and Over whose Education has Ceased"/>
+    <s v="303"/>
+    <s v="Retired"/>
+    <s v="-3"/>
+    <s v="Second level"/>
+    <s v="4075"/>
+    <s v="Law"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="227"/>
+  </r>
+  <r>
+    <s v="CD368"/>
+    <s v="Population Aged 15 Years and Over whose Education has Ceased"/>
+    <s v="303"/>
+    <s v="Retired"/>
+    <s v="-3"/>
+    <s v="Second level"/>
+    <s v="4080"/>
+    <s v="Other social sciences, business and law subjects"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2573"/>
+  </r>
+  <r>
+    <s v="CD368"/>
+    <s v="Population Aged 15 Years and Over whose Education has Ceased"/>
+    <s v="303"/>
+    <s v="Retired"/>
+    <s v="-3"/>
+    <s v="Second level"/>
+    <s v="4085"/>
+    <s v="Science, mathematics and computing"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1695"/>
+  </r>
+  <r>
+    <s v="CD368"/>
+    <s v="Population Aged 15 Years and Over whose Education has Ceased"/>
+    <s v="303"/>
+    <s v="Retired"/>
+    <s v="-3"/>
+    <s v="Second level"/>
+    <s v="5000"/>
+    <s v="Biology and biochemistry"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="45"/>
+  </r>
+  <r>
+    <s v="CD368"/>
+    <s v="Population Aged 15 Years and Over whose Education has Ceased"/>
+    <s v="303"/>
+    <s v="Retired"/>
+    <s v="-3"/>
+    <s v="Second level"/>
+    <s v="5025"/>
+    <s v="Physical sciences (physics, chemistry, earth science)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="405"/>
+  </r>
+  <r>
+    <s v="CD368"/>
+    <s v="Population Aged 15 Years and Over whose Education has Ceased"/>
+    <s v="303"/>
+    <s v="Retired"/>
+    <s v="-3"/>
+    <s v="Second level"/>
+    <s v="5040"/>
+    <s v="Computer science"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="922"/>
+  </r>
+  <r>
+    <s v="CD368"/>
+    <s v="Population Aged 15 Years and Over whose Education has Ceased"/>
+    <s v="303"/>
+    <s v="Retired"/>
+    <s v="-3"/>
+    <s v="Second level"/>
+    <s v="5045"/>
+    <s v="Computer use"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="247"/>
+  </r>
+  <r>
+    <s v="CD368"/>
+    <s v="Population Aged 15 Years and Over whose Education has Ceased"/>
+    <s v="303"/>
+    <s v="Retired"/>
+    <s v="-3"/>
+    <s v="Second level"/>
+    <s v="5050"/>
+    <s v="Other science, mathematics and computing"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="76"/>
+  </r>
+  <r>
+    <s v="CD368"/>
+    <s v="Population Aged 15 Years and Over whose Education has Ceased"/>
+    <s v="303"/>
+    <s v="Retired"/>
+    <s v="-3"/>
+    <s v="Second level"/>
+    <s v="5055"/>
+    <s v="Engineering, manufacturing and construction"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="13267"/>
+  </r>
+  <r>
+    <s v="CD368"/>
+    <s v="Population Aged 15 Years and Over whose Education has Ceased"/>
+    <s v="303"/>
+    <s v="Retired"/>
+    <s v="-3"/>
+    <s v="Second level"/>
+    <s v="5060"/>
+    <s v="Engineering and engineering trades (broad programmes)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1518"/>
+  </r>
+  <r>
+    <s v="CD368"/>
+    <s v="Population Aged 15 Years and Over whose Education has Ceased"/>
+    <s v="303"/>
+    <s v="Retired"/>
+    <s v="-3"/>
+    <s v="Second level"/>
+    <s v="6000"/>
+    <s v="Mechanics and metalwork"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1837"/>
+  </r>
+  <r>
+    <s v="CD368"/>
+    <s v="Population Aged 15 Years and Over whose Education has Ceased"/>
+    <s v="303"/>
+    <s v="Retired"/>
+    <s v="-3"/>
+    <s v="Second level"/>
+    <s v="6001"/>
+    <s v="Electricity and energy"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2245"/>
+  </r>
+  <r>
+    <s v="CD368"/>
+    <s v="Population Aged 15 Years and Over whose Education has Ceased"/>
+    <s v="303"/>
+    <s v="Retired"/>
+    <s v="-3"/>
+    <s v="Second level"/>
+    <s v="6015"/>
+    <s v="Motor vehicles, ships and aircraft"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1687"/>
+  </r>
+  <r>
+    <s v="CD368"/>
+    <s v="Population Aged 15 Years and Over whose Education has Ceased"/>
+    <s v="303"/>
+    <s v="Retired"/>
+    <s v="-3"/>
+    <s v="Second level"/>
+    <s v="6045"/>
+    <s v="Architecture and town planning"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="319"/>
+  </r>
+  <r>
+    <s v="CD368"/>
+    <s v="Population Aged 15 Years and Over whose Education has Ceased"/>
+    <s v="303"/>
+    <s v="Retired"/>
+    <s v="-3"/>
+    <s v="Second level"/>
+    <s v="6050"/>
+    <s v="Building and civil engineering"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3402"/>
+  </r>
+  <r>
+    <s v="CD368"/>
+    <s v="Population Aged 15 Years and Over whose Education has Ceased"/>
+    <s v="303"/>
+    <s v="Retired"/>
+    <s v="-3"/>
+    <s v="Second level"/>
+    <s v="6055"/>
+    <s v="Other engineering, manufacturing and construction"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2259"/>
+  </r>
+  <r>
+    <s v="CD368"/>
+    <s v="Population Aged 15 Years and Over whose Education has Ceased"/>
+    <s v="303"/>
+    <s v="Retired"/>
+    <s v="-3"/>
+    <s v="Second level"/>
+    <s v="6060"/>
+    <s v="Agriculture and veterinary"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4509"/>
+  </r>
+  <r>
+    <s v="CD368"/>
+    <s v="Population Aged 15 Years and Over whose Education has Ceased"/>
+    <s v="303"/>
+    <s v="Retired"/>
+    <s v="-3"/>
+    <s v="Second level"/>
+    <s v="6070"/>
+    <s v="Crop and livestock production"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4100"/>
+  </r>
+  <r>
+    <s v="CD368"/>
+    <s v="Population Aged 15 Years and Over whose Education has Ceased"/>
+    <s v="303"/>
+    <s v="Retired"/>
+    <s v="-3"/>
+    <s v="Second level"/>
+    <s v="7015"/>
+    <s v="Other agriculture and veterinary"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="409"/>
+  </r>
+  <r>
+    <s v="CD368"/>
+    <s v="Population Aged 15 Years and Over whose Education has Ceased"/>
+    <s v="303"/>
+    <s v="Retired"/>
+    <s v="-3"/>
+    <s v="Second level"/>
+    <s v="7020"/>
+    <s v="Health and welfare"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="10050"/>
+  </r>
+  <r>
+    <s v="CD368"/>
+    <s v="Population Aged 15 Years and Over whose Education has Ceased"/>
+    <s v="303"/>
+    <s v="Retired"/>
+    <s v="-3"/>
+    <s v="Second level"/>
+    <s v="7030"/>
+    <s v="Medicine"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="183"/>
+  </r>
+  <r>
+    <s v="CD368"/>
+    <s v="Population Aged 15 Years and Over whose Education has Ceased"/>
+    <s v="303"/>
+    <s v="Retired"/>
+    <s v="-3"/>
+    <s v="Second level"/>
+    <s v="8000"/>
+    <s v="Nursing and caring"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="8659"/>
+  </r>
+  <r>
+    <s v="CD368"/>
+    <s v="Population Aged 15 Years and Over whose Education has Ceased"/>
+    <s v="303"/>
+    <s v="Retired"/>
+    <s v="-3"/>
+    <s v="Second level"/>
+    <s v="8020"/>
+    <s v="Child care and youth services"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="241"/>
+  </r>
+  <r>
+    <s v="CD368"/>
+    <s v="Population Aged 15 Years and Over whose Education has Ceased"/>
+    <s v="303"/>
+    <s v="Retired"/>
+    <s v="-3"/>
+    <s v="Second level"/>
+    <s v="8025"/>
+    <s v="Social work and counselling"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="356"/>
+  </r>
+  <r>
+    <s v="CD368"/>
+    <s v="Population Aged 15 Years and Over whose Education has Ceased"/>
+    <s v="303"/>
+    <s v="Retired"/>
+    <s v="-3"/>
+    <s v="Second level"/>
+    <s v="8030"/>
+    <s v="Other health and welfare"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="611"/>
+  </r>
+  <r>
+    <s v="CD368"/>
+    <s v="Population Aged 15 Years and Over whose Education has Ceased"/>
+    <s v="303"/>
+    <s v="Retired"/>
+    <s v="-3"/>
+    <s v="Second level"/>
+    <s v="8040"/>
+    <s v="Personal services"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3165"/>
+  </r>
+  <r>
+    <s v="CD368"/>
+    <s v="Population Aged 15 Years and Over whose Education has Ceased"/>
+    <s v="303"/>
+    <s v="Retired"/>
+    <s v="-3"/>
+    <s v="Second level"/>
+    <s v="8050"/>
+    <s v="Hotel, restaurant and catering"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1419"/>
+  </r>
+  <r>
+    <s v="CD368"/>
+    <s v="Population Aged 15 Years and Over whose Education has Ceased"/>
+    <s v="303"/>
+    <s v="Retired"/>
+    <s v="-3"/>
+    <s v="Second level"/>
+    <s v="9005"/>
+    <s v="Hair and beauty services"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1163"/>
+  </r>
+  <r>
+    <s v="CD368"/>
+    <s v="Population Aged 15 Years and Over whose Education has Ceased"/>
+    <s v="303"/>
+    <s v="Retired"/>
+    <s v="-3"/>
+    <s v="Second level"/>
+    <s v="9010"/>
+    <s v="Other personal services"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="583"/>
+  </r>
+  <r>
+    <s v="CD368"/>
+    <s v="Population Aged 15 Years and Over whose Education has Ceased"/>
+    <s v="303"/>
+    <s v="Retired"/>
+    <s v="-3"/>
+    <s v="Second level"/>
+    <s v="9020"/>
+    <s v="Transport services"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="488"/>
+  </r>
+  <r>
+    <s v="CD368"/>
+    <s v="Population Aged 15 Years and Over whose Education has Ceased"/>
+    <s v="303"/>
+    <s v="Retired"/>
+    <s v="-3"/>
+    <s v="Second level"/>
+    <s v="9025"/>
+    <s v="Security services (includes police and fire services)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="995"/>
+  </r>
+  <r>
+    <s v="CD368"/>
+    <s v="Population Aged 15 Years and Over whose Education has Ceased"/>
+    <s v="303"/>
+    <s v="Retired"/>
+    <s v="-3"/>
+    <s v="Second level"/>
+    <s v="9201"/>
+    <s v="Other subjects"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="127"/>
+  </r>
+  <r>
+    <s v="CD368"/>
+    <s v="Population Aged 15 Years and Over whose Education has Ceased"/>
+    <s v="303"/>
+    <s v="Retired"/>
+    <s v="-3"/>
+    <s v="Second level"/>
+    <s v="9510"/>
+    <s v="Not stated (including unknown)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="118890"/>
+  </r>
+  <r>
+    <s v="CD368"/>
+    <s v="Population Aged 15 Years and Over whose Education has Ceased"/>
+    <s v="303"/>
+    <s v="Retired"/>
+    <s v="-3"/>
+    <s v="Second level"/>
+    <s v="9991"/>
+    <s v="All fields of study"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="171481"/>
+  </r>
+  <r>
+    <s v="CD368"/>
+    <s v="Population Aged 15 Years and Over whose Education has Ceased"/>
+    <s v="303"/>
+    <s v="Retired"/>
+    <s v="-4"/>
+    <s v="Third level"/>
+    <s v="2001"/>
+    <s v="Education and teacher training"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="16170"/>
+  </r>
+  <r>
+    <s v="CD368"/>
+    <s v="Population Aged 15 Years and Over whose Education has Ceased"/>
+    <s v="303"/>
+    <s v="Retired"/>
+    <s v="-4"/>
+    <s v="Third level"/>
+    <s v="3001"/>
+    <s v="Arts"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1591"/>
+  </r>
+  <r>
+    <s v="CD368"/>
+    <s v="Population Aged 15 Years and Over whose Education has Ceased"/>
+    <s v="303"/>
+    <s v="Retired"/>
+    <s v="-4"/>
+    <s v="Third level"/>
+    <s v="3015"/>
+    <s v="Music and performing arts"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="532"/>
+  </r>
+  <r>
+    <s v="CD368"/>
+    <s v="Population Aged 15 Years and Over whose Education has Ceased"/>
+    <s v="303"/>
+    <s v="Retired"/>
+    <s v="-4"/>
+    <s v="Third level"/>
+    <s v="3020"/>
+    <s v="Audio-visual techniques and media production"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="189"/>
+  </r>
+  <r>
+    <s v="CD368"/>
+    <s v="Population Aged 15 Years and Over whose Education has Ceased"/>
+    <s v="303"/>
+    <s v="Retired"/>
+    <s v="-4"/>
+    <s v="Third level"/>
+    <s v="3025"/>
+    <s v="Design"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="242"/>
+  </r>
+  <r>
+    <s v="CD368"/>
+    <s v="Population Aged 15 Years and Over whose Education has Ceased"/>
+    <s v="303"/>
+    <s v="Retired"/>
+    <s v="-4"/>
+    <s v="Third level"/>
+    <s v="3035"/>
+    <s v="Other arts"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="628"/>
+  </r>
+  <r>
+    <s v="CD368"/>
+    <s v="Population Aged 15 Years and Over whose Education has Ceased"/>
+    <s v="303"/>
+    <s v="Retired"/>
+    <s v="-4"/>
+    <s v="Third level"/>
+    <s v="3501"/>
+    <s v="Humanities"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="7429"/>
+  </r>
+  <r>
+    <s v="CD368"/>
+    <s v="Population Aged 15 Years and Over whose Education has Ceased"/>
+    <s v="303"/>
+    <s v="Retired"/>
+    <s v="-4"/>
+    <s v="Third level"/>
+    <s v="3515"/>
+    <s v="Foreign languages"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="982"/>
+  </r>
+  <r>
+    <s v="CD368"/>
+    <s v="Population Aged 15 Years and Over whose Education has Ceased"/>
+    <s v="303"/>
+    <s v="Retired"/>
+    <s v="-4"/>
+    <s v="Third level"/>
+    <s v="3520"/>
+    <s v="Mother tongue"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1352"/>
+  </r>
+  <r>
+    <s v="CD368"/>
+    <s v="Population Aged 15 Years and Over whose Education has Ceased"/>
+    <s v="303"/>
+    <s v="Retired"/>
+    <s v="-4"/>
+    <s v="Third level"/>
+    <s v="3530"/>
+    <s v="History and archaeology"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1346"/>
+  </r>
+  <r>
+    <s v="CD368"/>
+    <s v="Population Aged 15 Years and Over whose Education has Ceased"/>
+    <s v="303"/>
+    <s v="Retired"/>
+    <s v="-4"/>
+    <s v="Third level"/>
+    <s v="3540"/>
+    <s v="Other humanities"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3749"/>
+  </r>
+  <r>
+    <s v="CD368"/>
+    <s v="Population Aged 15 Years and Over whose Education has Ceased"/>
+    <s v="303"/>
+    <s v="Retired"/>
+    <s v="-4"/>
+    <s v="Third level"/>
+    <s v="4000"/>
+    <s v="Social sciences, business and law"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="13656"/>
+  </r>
+  <r>
+    <s v="CD368"/>
+    <s v="Population Aged 15 Years and Over whose Education has Ceased"/>
+    <s v="303"/>
+    <s v="Retired"/>
+    <s v="-4"/>
+    <s v="Third level"/>
+    <s v="4005"/>
+    <s v="Psychology"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="720"/>
+  </r>
+  <r>
+    <s v="CD368"/>
+    <s v="Population Aged 15 Years and Over whose Education has Ceased"/>
+    <s v="303"/>
+    <s v="Retired"/>
+    <s v="-4"/>
+    <s v="Third level"/>
+    <s v="4020"/>
+    <s v="Economics"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1006"/>
+  </r>
+  <r>
+    <s v="CD368"/>
+    <s v="Population Aged 15 Years and Over whose Education has Ceased"/>
+    <s v="303"/>
+    <s v="Retired"/>
+    <s v="-4"/>
+    <s v="Third level"/>
+    <s v="4035"/>
+    <s v="Business and administration (broad programmes)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2435"/>
+  </r>
+  <r>
+    <s v="CD368"/>
+    <s v="Population Aged 15 Years and Over whose Education has Ceased"/>
+    <s v="303"/>
+    <s v="Retired"/>
+    <s v="-4"/>
+    <s v="Third level"/>
+    <s v="4045"/>
+    <s v="Marketing and advertising"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="376"/>
+  </r>
+  <r>
+    <s v="CD368"/>
+    <s v="Population Aged 15 Years and Over whose Education has Ceased"/>
+    <s v="303"/>
+    <s v="Retired"/>
+    <s v="-4"/>
+    <s v="Third level"/>
+    <s v="4055"/>
+    <s v="Accounting and taxation"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2838"/>
+  </r>
+  <r>
+    <s v="CD368"/>
+    <s v="Population Aged 15 Years and Over whose Education has Ceased"/>
+    <s v="303"/>
+    <s v="Retired"/>
+    <s v="-4"/>
+    <s v="Third level"/>
+    <s v="4060"/>
+    <s v="Management and administration"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1715"/>
+  </r>
+  <r>
+    <s v="CD368"/>
+    <s v="Population Aged 15 Years and Over whose Education has Ceased"/>
+    <s v="303"/>
+    <s v="Retired"/>
+    <s v="-4"/>
+    <s v="Third level"/>
+    <s v="4065"/>
+    <s v="Secretarial and office work"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="514"/>
+  </r>
+  <r>
+    <s v="CD368"/>
+    <s v="Population Aged 15 Years and Over whose Education has Ceased"/>
+    <s v="303"/>
+    <s v="Retired"/>
+    <s v="-4"/>
+    <s v="Third level"/>
+    <s v="4075"/>
+    <s v="Law"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1421"/>
+  </r>
+  <r>
+    <s v="CD368"/>
+    <s v="Population Aged 15 Years and Over whose Education has Ceased"/>
+    <s v="303"/>
+    <s v="Retired"/>
+    <s v="-4"/>
+    <s v="Third level"/>
+    <s v="4080"/>
+    <s v="Other social sciences, business and law subjects"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2631"/>
+  </r>
+  <r>
+    <s v="CD368"/>
+    <s v="Population Aged 15 Years and Over whose Education has Ceased"/>
+    <s v="303"/>
+    <s v="Retired"/>
+    <s v="-4"/>
+    <s v="Third level"/>
+    <s v="4085"/>
+    <s v="Science, mathematics and computing"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4655"/>
+  </r>
+  <r>
+    <s v="CD368"/>
+    <s v="Population Aged 15 Years and Over whose Education has Ceased"/>
+    <s v="303"/>
+    <s v="Retired"/>
+    <s v="-4"/>
+    <s v="Third level"/>
+    <s v="5000"/>
+    <s v="Biology and biochemistry"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="693"/>
+  </r>
+  <r>
+    <s v="CD368"/>
+    <s v="Population Aged 15 Years and Over whose Education has Ceased"/>
+    <s v="303"/>
+    <s v="Retired"/>
+    <s v="-4"/>
+    <s v="Third level"/>
+    <s v="5025"/>
+    <s v="Physical sciences (physics, chemistry, earth science)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="539"/>
+  </r>
+  <r>
+    <s v="CD368"/>
+    <s v="Population Aged 15 Years and Over whose Education has Ceased"/>
+    <s v="303"/>
+    <s v="Retired"/>
+    <s v="-4"/>
+    <s v="Third level"/>
+    <s v="5040"/>
+    <s v="Computer science"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="205"/>
+  </r>
+  <r>
+    <s v="CD368"/>
+    <s v="Population Aged 15 Years and Over whose Education has Ceased"/>
+    <s v="303"/>
+    <s v="Retired"/>
+    <s v="-4"/>
+    <s v="Third level"/>
+    <s v="5045"/>
+    <s v="Computer use"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2375"/>
+  </r>
+  <r>
+    <s v="CD368"/>
+    <s v="Population Aged 15 Years and Over whose Education has Ceased"/>
+    <s v="303"/>
+    <s v="Retired"/>
+    <s v="-4"/>
+    <s v="Third level"/>
+    <s v="5050"/>
+    <s v="Other science, mathematics and computing"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="843"/>
+  </r>
+  <r>
+    <s v="CD368"/>
+    <s v="Population Aged 15 Years and Over whose Education has Ceased"/>
+    <s v="303"/>
+    <s v="Retired"/>
+    <s v="-4"/>
+    <s v="Third level"/>
+    <s v="5055"/>
+    <s v="Engineering, manufacturing and construction"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="6702"/>
+  </r>
+  <r>
+    <s v="CD368"/>
+    <s v="Population Aged 15 Years and Over whose Education has Ceased"/>
+    <s v="303"/>
+    <s v="Retired"/>
+    <s v="-4"/>
+    <s v="Third level"/>
+    <s v="5060"/>
+    <s v="Engineering and engineering trades (broad programmes)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1996"/>
+  </r>
+  <r>
+    <s v="CD368"/>
+    <s v="Population Aged 15 Years and Over whose Education has Ceased"/>
+    <s v="303"/>
+    <s v="Retired"/>
+    <s v="-4"/>
+    <s v="Third level"/>
+    <s v="6000"/>
+    <s v="Mechanics and metalwork"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="495"/>
+  </r>
+  <r>
+    <s v="CD368"/>
+    <s v="Population Aged 15 Years and Over whose Education has Ceased"/>
+    <s v="303"/>
+    <s v="Retired"/>
+    <s v="-4"/>
+    <s v="Third level"/>
+    <s v="6001"/>
+    <s v="Electricity and energy"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="756"/>
+  </r>
+  <r>
+    <s v="CD368"/>
+    <s v="Population Aged 15 Years and Over whose Education has Ceased"/>
+    <s v="303"/>
+    <s v="Retired"/>
+    <s v="-4"/>
+    <s v="Third level"/>
+    <s v="6015"/>
+    <s v="Motor vehicles, ships and aircraft"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="301"/>
+  </r>
+  <r>
+    <s v="CD368"/>
+    <s v="Population Aged 15 Years and Over whose Education has Ceased"/>
+    <s v="303"/>
+    <s v="Retired"/>
+    <s v="-4"/>
+    <s v="Third level"/>
+    <s v="6045"/>
+    <s v="Architecture and town planning"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="975"/>
+  </r>
+  <r>
+    <s v="CD368"/>
+    <s v="Population Aged 15 Years and Over whose Education has Ceased"/>
+    <s v="303"/>
+    <s v="Retired"/>
+    <s v="-4"/>
+    <s v="Third level"/>
+    <s v="6050"/>
+    <s v="Building and civil engineering"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1139"/>
+  </r>
+  <r>
+    <s v="CD368"/>
+    <s v="Population Aged 15 Years and Over whose Education has Ceased"/>
+    <s v="303"/>
+    <s v="Retired"/>
+    <s v="-4"/>
+    <s v="Third level"/>
+    <s v="6055"/>
+    <s v="Other engineering, manufacturing and construction"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1040"/>
+  </r>
+  <r>
+    <s v="CD368"/>
+    <s v="Population Aged 15 Years and Over whose Education has Ceased"/>
+    <s v="303"/>
+    <s v="Retired"/>
+    <s v="-4"/>
+    <s v="Third level"/>
+    <s v="6060"/>
+    <s v="Agriculture and veterinary"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2008"/>
+  </r>
+  <r>
+    <s v="CD368"/>
+    <s v="Population Aged 15 Years and Over whose Education has Ceased"/>
+    <s v="303"/>
+    <s v="Retired"/>
+    <s v="-4"/>
+    <s v="Third level"/>
+    <s v="6070"/>
+    <s v="Crop and livestock production"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1287"/>
+  </r>
+  <r>
+    <s v="CD368"/>
+    <s v="Population Aged 15 Years and Over whose Education has Ceased"/>
+    <s v="303"/>
+    <s v="Retired"/>
+    <s v="-4"/>
+    <s v="Third level"/>
+    <s v="7015"/>
+    <s v="Other agriculture and veterinary"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="721"/>
+  </r>
+  <r>
+    <s v="CD368"/>
+    <s v="Population Aged 15 Years and Over whose Education has Ceased"/>
+    <s v="303"/>
+    <s v="Retired"/>
+    <s v="-4"/>
+    <s v="Third level"/>
+    <s v="7020"/>
+    <s v="Health and welfare"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="12201"/>
+  </r>
+  <r>
+    <s v="CD368"/>
+    <s v="Population Aged 15 Years and Over whose Education has Ceased"/>
+    <s v="303"/>
+    <s v="Retired"/>
+    <s v="-4"/>
+    <s v="Third level"/>
+    <s v="7030"/>
+    <s v="Medicine"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1658"/>
+  </r>
+  <r>
+    <s v="CD368"/>
+    <s v="Population Aged 15 Years and Over whose Education has Ceased"/>
+    <s v="303"/>
+    <s v="Retired"/>
+    <s v="-4"/>
+    <s v="Third level"/>
+    <s v="8000"/>
+    <s v="Nursing and caring"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="7018"/>
+  </r>
+  <r>
+    <s v="CD368"/>
+    <s v="Population Aged 15 Years and Over whose Education has Ceased"/>
+    <s v="303"/>
+    <s v="Retired"/>
+    <s v="-4"/>
+    <s v="Third level"/>
+    <s v="8020"/>
+    <s v="Child care and youth services"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="90"/>
+  </r>
+  <r>
+    <s v="CD368"/>
+    <s v="Population Aged 15 Years and Over whose Education has Ceased"/>
+    <s v="303"/>
+    <s v="Retired"/>
+    <s v="-4"/>
+    <s v="Third level"/>
+    <s v="8025"/>
+    <s v="Social work and counselling"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1070"/>
+  </r>
+  <r>
+    <s v="CD368"/>
+    <s v="Population Aged 15 Years and Over whose Education has Ceased"/>
+    <s v="303"/>
+    <s v="Retired"/>
+    <s v="-4"/>
+    <s v="Third level"/>
+    <s v="8030"/>
+    <s v="Other health and welfare"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2365"/>
+  </r>
+  <r>
+    <s v="CD368"/>
+    <s v="Population Aged 15 Years and Over whose Education has Ceased"/>
+    <s v="303"/>
+    <s v="Retired"/>
+    <s v="-4"/>
+    <s v="Third level"/>
+    <s v="8040"/>
+    <s v="Personal services"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1012"/>
+  </r>
+  <r>
+    <s v="CD368"/>
+    <s v="Population Aged 15 Years and Over whose Education has Ceased"/>
+    <s v="303"/>
+    <s v="Retired"/>
+    <s v="-4"/>
+    <s v="Third level"/>
+    <s v="8050"/>
+    <s v="Hotel, restaurant and catering"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="370"/>
+  </r>
+  <r>
+    <s v="CD368"/>
+    <s v="Population Aged 15 Years and Over whose Education has Ceased"/>
+    <s v="303"/>
+    <s v="Retired"/>
+    <s v="-4"/>
+    <s v="Third level"/>
+    <s v="9005"/>
+    <s v="Hair and beauty services"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="59"/>
+  </r>
+  <r>
+    <s v="CD368"/>
+    <s v="Population Aged 15 Years and Over whose Education has Ceased"/>
+    <s v="303"/>
+    <s v="Retired"/>
+    <s v="-4"/>
+    <s v="Third level"/>
+    <s v="9010"/>
+    <s v="Other personal services"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="583"/>
+  </r>
+  <r>
+    <s v="CD368"/>
+    <s v="Population Aged 15 Years and Over whose Education has Ceased"/>
+    <s v="303"/>
+    <s v="Retired"/>
+    <s v="-4"/>
+    <s v="Third level"/>
+    <s v="9020"/>
+    <s v="Transport services"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="203"/>
+  </r>
+  <r>
+    <s v="CD368"/>
+    <s v="Population Aged 15 Years and Over whose Education has Ceased"/>
+    <s v="303"/>
+    <s v="Retired"/>
+    <s v="-4"/>
+    <s v="Third level"/>
+    <s v="9025"/>
+    <s v="Security services (includes police and fire services)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="412"/>
+  </r>
+  <r>
+    <s v="CD368"/>
+    <s v="Population Aged 15 Years and Over whose Education has Ceased"/>
+    <s v="303"/>
+    <s v="Retired"/>
+    <s v="-4"/>
+    <s v="Third level"/>
+    <s v="9201"/>
+    <s v="Other subjects"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="93"/>
+  </r>
+  <r>
+    <s v="CD368"/>
+    <s v="Population Aged 15 Years and Over whose Education has Ceased"/>
+    <s v="303"/>
+    <s v="Retired"/>
+    <s v="-4"/>
+    <s v="Third level"/>
+    <s v="9510"/>
+    <s v="Not stated (including unknown)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5005"/>
+  </r>
+  <r>
+    <s v="CD368"/>
+    <s v="Population Aged 15 Years and Over whose Education has Ceased"/>
+    <s v="303"/>
+    <s v="Retired"/>
+    <s v="-4"/>
+    <s v="Third level"/>
+    <s v="9991"/>
+    <s v="All fields of study"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="71137"/>
+  </r>
+  <r>
+    <s v="CD368"/>
+    <s v="Population Aged 15 Years and Over whose Education has Ceased"/>
+    <s v="304"/>
+    <s v="Unable to work due to permanent sickness or disability"/>
+    <s v="-3"/>
+    <s v="Second level"/>
+    <s v="2001"/>
+    <s v="Education and teacher training"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="421"/>
+  </r>
+  <r>
+    <s v="CD368"/>
+    <s v="Population Aged 15 Years and Over whose Education has Ceased"/>
+    <s v="304"/>
+    <s v="Unable to work due to permanent sickness or disability"/>
+    <s v="-3"/>
+    <s v="Second level"/>
+    <s v="3001"/>
+    <s v="Arts"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="925"/>
+  </r>
+  <r>
+    <s v="CD368"/>
+    <s v="Population Aged 15 Years and Over whose Education has Ceased"/>
+    <s v="304"/>
+    <s v="Unable to work due to permanent sickness or disability"/>
+    <s v="-3"/>
+    <s v="Second level"/>
+    <s v="3015"/>
+    <s v="Music and performing arts"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="117"/>
+  </r>
+  <r>
+    <s v="CD368"/>
+    <s v="Population Aged 15 Years and Over whose Education has Ceased"/>
+    <s v="304"/>
+    <s v="Unable to work due to permanent sickness or disability"/>
+    <s v="-3"/>
+    <s v="Second level"/>
+    <s v="3020"/>
+    <s v="Audio-visual techniques and media production"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="313"/>
+  </r>
+  <r>
+    <s v="CD368"/>
+    <s v="Population Aged 15 Years and Over whose Education has Ceased"/>
+    <s v="304"/>
+    <s v="Unable to work due to permanent sickness or disability"/>
+    <s v="-3"/>
+    <s v="Second level"/>
+    <s v="3025"/>
+    <s v="Design"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="189"/>
+  </r>
+  <r>
+    <s v="CD368"/>
+    <s v="Population Aged 15 Years and Over whose Education has Ceased"/>
+    <s v="304"/>
+    <s v="Unable to work due to permanent sickness or disability"/>
+    <s v="-3"/>
+    <s v="Second level"/>
+    <s v="3035"/>
+    <s v="Other arts"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="306"/>
+  </r>
+  <r>
+    <s v="CD368"/>
+    <s v="Population Aged 15 Years and Over whose Education has Ceased"/>
+    <s v="304"/>
+    <s v="Unable to work due to permanent sickness or disability"/>
+    <s v="-3"/>
+    <s v="Second level"/>
+    <s v="3501"/>
+    <s v="Humanities"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="237"/>
+  </r>
+  <r>
+    <s v="CD368"/>
+    <s v="Population Aged 15 Years and Over whose Education has Ceased"/>
+    <s v="304"/>
+    <s v="Unable to work due to permanent sickness or disability"/>
+    <s v="-3"/>
+    <s v="Second level"/>
+    <s v="3515"/>
+    <s v="Foreign languages"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="58"/>
+  </r>
+  <r>
+    <s v="CD368"/>
+    <s v="Population Aged 15 Years and Over whose Education has Ceased"/>
+    <s v="304"/>
+    <s v="Unable to work due to permanent sickness or disability"/>
+    <s v="-3"/>
+    <s v="Second level"/>
+    <s v="3520"/>
+    <s v="Mother tongue"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="80"/>
+  </r>
+  <r>
+    <s v="CD368"/>
+    <s v="Population Aged 15 Years and Over whose Education has Ceased"/>
+    <s v="304"/>
+    <s v="Unable to work due to permanent sickness or disability"/>
+    <s v="-3"/>
+    <s v="Second level"/>
+    <s v="3530"/>
+    <s v="History and archaeology"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="34"/>
+  </r>
+  <r>
+    <s v="CD368"/>
+    <s v="Population Aged 15 Years and Over whose Education has Ceased"/>
+    <s v="304"/>
+    <s v="Unable to work due to permanent sickness or disability"/>
+    <s v="-3"/>
+    <s v="Second level"/>
+    <s v="3540"/>
+    <s v="Other humanities"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="65"/>
+  </r>
+  <r>
+    <s v="CD368"/>
+    <s v="Population Aged 15 Years and Over whose Education has Ceased"/>
+    <s v="304"/>
+    <s v="Unable to work due to permanent sickness or disability"/>
+    <s v="-3"/>
+    <s v="Second level"/>
+    <s v="4000"/>
+    <s v="Social sciences, business and law"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4044"/>
+  </r>
+  <r>
+    <s v="CD368"/>
+    <s v="Population Aged 15 Years and Over whose Education has Ceased"/>
+    <s v="304"/>
+    <s v="Unable to work due to permanent sickness or disability"/>
+    <s v="-3"/>
+    <s v="Second level"/>
+    <s v="4005"/>
+    <s v="Psychology"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="45"/>
+  </r>
+  <r>
+    <s v="CD368"/>
+    <s v="Population Aged 15 Years and Over whose Education has Ceased"/>
+    <s v="304"/>
+    <s v="Unable to work due to permanent sickness or disability"/>
+    <s v="-3"/>
+    <s v="Second level"/>
+    <s v="4020"/>
+    <s v="Economics"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="53"/>
+  </r>
+  <r>
+    <s v="CD368"/>
+    <s v="Population Aged 15 Years and Over whose Education has Ceased"/>
+    <s v="304"/>
+    <s v="Unable to work due to permanent sickness or disability"/>
+    <s v="-3"/>
+    <s v="Second level"/>
+    <s v="4035"/>
+    <s v="Business and administration (broad programmes)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="467"/>
+  </r>
+  <r>
+    <s v="CD368"/>
+    <s v="Population Aged 15 Years and Over whose Education has Ceased"/>
+    <s v="304"/>
+    <s v="Unable to work due to permanent sickness or disability"/>
+    <s v="-3"/>
+    <s v="Second level"/>
+    <s v="4045"/>
+    <s v="Marketing and advertising"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="92"/>
+  </r>
+  <r>
+    <s v="CD368"/>
+    <s v="Population Aged 15 Years and Over whose Education has Ceased"/>
+    <s v="304"/>
+    <s v="Unable to work due to permanent sickness or disability"/>
+    <s v="-3"/>
+    <s v="Second level"/>
+    <s v="4055"/>
+    <s v="Accounting and taxation"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="597"/>
+  </r>
+  <r>
+    <s v="CD368"/>
+    <s v="Population Aged 15 Years and Over whose Education has Ceased"/>
+    <s v="304"/>
+    <s v="Unable to work due to permanent sickness or disability"/>
+    <s v="-3"/>
+    <s v="Second level"/>
+    <s v="4060"/>
+    <s v="Management and administration"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="186"/>
+  </r>
+  <r>
+    <s v="CD368"/>
+    <s v="Population Aged 15 Years and Over whose Education has Ceased"/>
+    <s v="304"/>
+    <s v="Unable to work due to permanent sickness or disability"/>
+    <s v="-3"/>
+    <s v="Second level"/>
+    <s v="4065"/>
+    <s v="Secretarial and office work"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1958"/>
+  </r>
+  <r>
+    <s v="CD368"/>
+    <s v="Population Aged 15 Years and Over whose Education has Ceased"/>
+    <s v="304"/>
+    <s v="Unable to work due to permanent sickness or disability"/>
+    <s v="-3"/>
+    <s v="Second level"/>
+    <s v="4075"/>
+    <s v="Law"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="59"/>
+  </r>
+  <r>
+    <s v="CD368"/>
+    <s v="Population Aged 15 Years and Over whose Education has Ceased"/>
+    <s v="304"/>
+    <s v="Unable to work due to permanent sickness or disability"/>
+    <s v="-3"/>
+    <s v="Second level"/>
+    <s v="4080"/>
+    <s v="Other social sciences, business and law subjects"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="587"/>
+  </r>
+  <r>
+    <s v="CD368"/>
+    <s v="Population Aged 15 Years and Over whose Education has Ceased"/>
+    <s v="304"/>
+    <s v="Unable to work due to permanent sickness or disability"/>
+    <s v="-3"/>
+    <s v="Second level"/>
+    <s v="4085"/>
+    <s v="Science, mathematics and computing"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1563"/>
+  </r>
+  <r>
+    <s v="CD368"/>
+    <s v="Population Aged 15 Years and Over whose Education has Ceased"/>
+    <s v="304"/>
+    <s v="Unable to work due to permanent sickness or disability"/>
+    <s v="-3"/>
+    <s v="Second level"/>
+    <s v="5000"/>
+    <s v="Biology and biochemistry"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5"/>
+  </r>
+  <r>
+    <s v="CD368"/>
+    <s v="Population Aged 15 Years and Over whose Education has Ceased"/>
+    <s v="304"/>
+    <s v="Unable to work due to permanent sickness or disability"/>
+    <s v="-3"/>
+    <s v="Second level"/>
+    <s v="5025"/>
+    <s v="Physical sciences (physics, chemistry, earth science)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="377"/>
+  </r>
+  <r>
+    <s v="CD368"/>
+    <s v="Population Aged 15 Years and Over whose Education has Ceased"/>
+    <s v="304"/>
+    <s v="Unable to work due to permanent sickness or disability"/>
+    <s v="-3"/>
+    <s v="Second level"/>
+    <s v="5040"/>
+    <s v="Computer science"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1073"/>
+  </r>
+  <r>
+    <s v="CD368"/>
+    <s v="Population Aged 15 Years and Over whose Education has Ceased"/>
+    <s v="304"/>
+    <s v="Unable to work due to permanent sickness or disability"/>
+    <s v="-3"/>
+    <s v="Second level"/>
+    <s v="5045"/>
+    <s v="Computer use"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="61"/>
+  </r>
+  <r>
+    <s v="CD368"/>
+    <s v="Population Aged 15 Years and Over whose Education has Ceased"/>
+    <s v="304"/>
+    <s v="Unable to work due to permanent sickness or disability"/>
+    <s v="-3"/>
+    <s v="Second level"/>
+    <s v="5050"/>
+    <s v="Other science, mathematics and computing"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="47"/>
+  </r>
+  <r>
+    <s v="CD368"/>
+    <s v="Population Aged 15 Years and Over whose Education has Ceased"/>
+    <s v="304"/>
+    <s v="Unable to work due to permanent sickness or disability"/>
+    <s v="-3"/>
+    <s v="Second level"/>
+    <s v="5055"/>
+    <s v="Engineering, manufacturing and construction"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5817"/>
+  </r>
+  <r>
+    <s v="CD368"/>
+    <s v="Population Aged 15 Years and Over whose Education has Ceased"/>
+    <s v="304"/>
+    <s v="Unable to work due to permanent sickness or disability"/>
+    <s v="-3"/>
+    <s v="Second level"/>
+    <s v="5060"/>
+    <s v="Engineering and engineering trades (broad programmes)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="338"/>
+  </r>
+  <r>
+    <s v="CD368"/>
+    <s v="Population Aged 15 Years and Over whose Education has Ceased"/>
+    <s v="304"/>
+    <s v="Unable to work due to permanent sickness or disability"/>
+    <s v="-3"/>
+    <s v="Second level"/>
+    <s v="6000"/>
+    <s v="Mechanics and metalwork"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="960"/>
+  </r>
+  <r>
+    <s v="CD368"/>
+    <s v="Population Aged 15 Years and Over whose Education has Ceased"/>
+    <s v="304"/>
+    <s v="Unable to work due to permanent sickness or disability"/>
+    <s v="-3"/>
+    <s v="Second level"/>
+    <s v="6001"/>
+    <s v="Electricity and energy"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="732"/>
+  </r>
+  <r>
+    <s v="CD368"/>
+    <s v="Population Aged 15 Years and Over whose Education has Ceased"/>
+    <s v="304"/>
+    <s v="Unable to work due to permanent sickness or disability"/>
+    <s v="-3"/>
+    <s v="Second level"/>
+    <s v="6015"/>
+    <s v="Motor vehicles, ships and aircraft"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="686"/>
+  </r>
+  <r>
+    <s v="CD368"/>
+    <s v="Population Aged 15 Years and Over whose Education has Ceased"/>
+    <s v="304"/>
+    <s v="Unable to work due to permanent sickness or disability"/>
+    <s v="-3"/>
+    <s v="Second level"/>
+    <s v="6045"/>
+    <s v="Architecture and town planning"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="59"/>
+  </r>
+  <r>
+    <s v="CD368"/>
+    <s v="Population Aged 15 Years and Over whose Education has Ceased"/>
+    <s v="304"/>
+    <s v="Unable to work due to permanent sickness or disability"/>
+    <s v="-3"/>
+    <s v="Second level"/>
+    <s v="6050"/>
+    <s v="Building and civil engineering"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2224"/>
+  </r>
+  <r>
+    <s v="CD368"/>
+    <s v="Population Aged 15 Years and Over whose Education has Ceased"/>
+    <s v="304"/>
+    <s v="Unable to work due to permanent sickness or disability"/>
+    <s v="-3"/>
+    <s v="Second level"/>
+    <s v="6055"/>
+    <s v="Other engineering, manufacturing and construction"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="818"/>
+  </r>
+  <r>
+    <s v="CD368"/>
+    <s v="Population Aged 15 Years and Over whose Education has Ceased"/>
+    <s v="304"/>
+    <s v="Unable to work due to permanent sickness or disability"/>
+    <s v="-3"/>
+    <s v="Second level"/>
+    <s v="6060"/>
+    <s v="Agriculture and veterinary"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1001"/>
+  </r>
+  <r>
+    <s v="CD368"/>
+    <s v="Population Aged 15 Years and Over whose Education has Ceased"/>
+    <s v="304"/>
+    <s v="Unable to work due to permanent sickness or disability"/>
+    <s v="-3"/>
+    <s v="Second level"/>
+    <s v="6070"/>
+    <s v="Crop and livestock production"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="752"/>
+  </r>
+  <r>
+    <s v="CD368"/>
+    <s v="Population Aged 15 Years and Over whose Education has Ceased"/>
+    <s v="304"/>
+    <s v="Unable to work due to permanent sickness or disability"/>
+    <s v="-3"/>
+    <s v="Second level"/>
+    <s v="7015"/>
+    <s v="Other agriculture and veterinary"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="249"/>
+  </r>
+  <r>
+    <s v="CD368"/>
+    <s v="Population Aged 15 Years and Over whose Education has Ceased"/>
+    <s v="304"/>
+    <s v="Unable to work due to permanent sickness or disability"/>
+    <s v="-3"/>
+    <s v="Second level"/>
+    <s v="7020"/>
+    <s v="Health and welfare"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2208"/>
+  </r>
+  <r>
+    <s v="CD368"/>
+    <s v="Population Aged 15 Years and Over whose Education has Ceased"/>
+    <s v="304"/>
+    <s v="Unable to work due to permanent sickness or disability"/>
+    <s v="-3"/>
+    <s v="Second level"/>
+    <s v="7030"/>
+    <s v="Medicine"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="38"/>
+  </r>
+  <r>
+    <s v="CD368"/>
+    <s v="Population Aged 15 Years and Over whose Education has Ceased"/>
+    <s v="304"/>
+    <s v="Unable to work due to permanent sickness or disability"/>
+    <s v="-3"/>
+    <s v="Second level"/>
+    <s v="8000"/>
+    <s v="Nursing and caring"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1015"/>
+  </r>
+  <r>
+    <s v="CD368"/>
+    <s v="Population Aged 15 Years and Over whose Education has Ceased"/>
+    <s v="304"/>
+    <s v="Unable to work due to permanent sickness or disability"/>
+    <s v="-3"/>
+    <s v="Second level"/>
+    <s v="8020"/>
+    <s v="Child care and youth services"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="686"/>
+  </r>
+  <r>
+    <s v="CD368"/>
+    <s v="Population Aged 15 Years and Over whose Education has Ceased"/>
+    <s v="304"/>
+    <s v="Unable to work due to permanent sickness or disability"/>
+    <s v="-3"/>
+    <s v="Second level"/>
+    <s v="8025"/>
+    <s v="Social work and counselling"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="188"/>
+  </r>
+  <r>
+    <s v="CD368"/>
+    <s v="Population Aged 15 Years and Over whose Education has Ceased"/>
+    <s v="304"/>
+    <s v="Unable to work due to permanent sickness or disability"/>
+    <s v="-3"/>
+    <s v="Second level"/>
+    <s v="8030"/>
+    <s v="Other health and welfare"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="281"/>
+  </r>
+  <r>
+    <s v="CD368"/>
+    <s v="Population Aged 15 Years and Over whose Education has Ceased"/>
+    <s v="304"/>
+    <s v="Unable to work due to permanent sickness or disability"/>
+    <s v="-3"/>
+    <s v="Second level"/>
+    <s v="8040"/>
+    <s v="Personal services"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2218"/>
+  </r>
+  <r>
+    <s v="CD368"/>
+    <s v="Population Aged 15 Years and Over whose Education has Ceased"/>
+    <s v="304"/>
+    <s v="Unable to work due to permanent sickness or disability"/>
+    <s v="-3"/>
+    <s v="Second level"/>
+    <s v="8050"/>
+    <s v="Hotel, restaurant and catering"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1040"/>
+  </r>
+  <r>
+    <s v="CD368"/>
+    <s v="Population Aged 15 Years and Over whose Education has Ceased"/>
+    <s v="304"/>
+    <s v="Unable to work due to permanent sickness or disability"/>
+    <s v="-3"/>
+    <s v="Second level"/>
+    <s v="9005"/>
+    <s v="Hair and beauty services"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="915"/>
+  </r>
+  <r>
+    <s v="CD368"/>
+    <s v="Population Aged 15 Years and Over whose Education has Ceased"/>
+    <s v="304"/>
+    <s v="Unable to work due to permanent sickness or disability"/>
+    <s v="-3"/>
+    <s v="Second level"/>
+    <s v="9010"/>
+    <s v="Other personal services"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="263"/>
+  </r>
+  <r>
+    <s v="CD368"/>
+    <s v="Population Aged 15 Years and Over whose Education has Ceased"/>
+    <s v="304"/>
+    <s v="Unable to work due to permanent sickness or disability"/>
+    <s v="-3"/>
+    <s v="Second level"/>
+    <s v="9020"/>
+    <s v="Transport services"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="239"/>
+  </r>
+  <r>
+    <s v="CD368"/>
+    <s v="Population Aged 15 Years and Over whose Education has Ceased"/>
+    <s v="304"/>
+    <s v="Unable to work due to permanent sickness or disability"/>
+    <s v="-3"/>
+    <s v="Second level"/>
+    <s v="9025"/>
+    <s v="Security services (includes police and fire services)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="192"/>
+  </r>
+  <r>
+    <s v="CD368"/>
+    <s v="Population Aged 15 Years and Over whose Education has Ceased"/>
+    <s v="304"/>
+    <s v="Unable to work due to permanent sickness or disability"/>
+    <s v="-3"/>
+    <s v="Second level"/>
+    <s v="9201"/>
+    <s v="Other subjects"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="69"/>
+  </r>
+  <r>
+    <s v="CD368"/>
+    <s v="Population Aged 15 Years and Over whose Education has Ceased"/>
+    <s v="304"/>
+    <s v="Unable to work due to permanent sickness or disability"/>
+    <s v="-3"/>
+    <s v="Second level"/>
+    <s v="9510"/>
+    <s v="Not stated (including unknown)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="52256"/>
+  </r>
+  <r>
+    <s v="CD368"/>
+    <s v="Population Aged 15 Years and Over whose Education has Ceased"/>
+    <s v="304"/>
+    <s v="Unable to work due to permanent sickness or disability"/>
+    <s v="-3"/>
+    <s v="Second level"/>
+    <s v="9991"/>
+    <s v="All fields of study"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="71190"/>
+  </r>
+  <r>
+    <s v="CD368"/>
+    <s v="Population Aged 15 Years and Over whose Education has Ceased"/>
+    <s v="304"/>
+    <s v="Unable to work due to permanent sickness or disability"/>
+    <s v="-4"/>
+    <s v="Third level"/>
+    <s v="2001"/>
+    <s v="Education and teacher training"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="827"/>
+  </r>
+  <r>
+    <s v="CD368"/>
+    <s v="Population Aged 15 Years and Over whose Education has Ceased"/>
+    <s v="304"/>
+    <s v="Unable to work due to permanent sickness or disability"/>
+    <s v="-4"/>
+    <s v="Third level"/>
+    <s v="3001"/>
+    <s v="Arts"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="597"/>
+  </r>
+  <r>
+    <s v="CD368"/>
+    <s v="Population Aged 15 Years and Over whose Education has Ceased"/>
+    <s v="304"/>
+    <s v="Unable to work due to permanent sickness or disability"/>
+    <s v="-4"/>
+    <s v="Third level"/>
+    <s v="3015"/>
+    <s v="Music and performing arts"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="121"/>
+  </r>
+  <r>
+    <s v="CD368"/>
+    <s v="Population Aged 15 Years and Over whose Education has Ceased"/>
+    <s v="304"/>
+    <s v="Unable to work due to permanent sickness or disability"/>
+    <s v="-4"/>
+    <s v="Third level"/>
+    <s v="3020"/>
+    <s v="Audio-visual techniques and media production"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="142"/>
+  </r>
+  <r>
+    <s v="CD368"/>
+    <s v="Population Aged 15 Years and Over whose Education has Ceased"/>
+    <s v="304"/>
+    <s v="Unable to work due to permanent sickness or disability"/>
+    <s v="-4"/>
+    <s v="Third level"/>
+    <s v="3025"/>
+    <s v="Design"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="134"/>
+  </r>
+  <r>
+    <s v="CD368"/>
+    <s v="Population Aged 15 Years and Over whose Education has Ceased"/>
+    <s v="304"/>
+    <s v="Unable to work due to permanent sickness or disability"/>
+    <s v="-4"/>
+    <s v="Third level"/>
+    <s v="3035"/>
+    <s v="Other arts"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="200"/>
+  </r>
+  <r>
+    <s v="CD368"/>
+    <s v="Population Aged 15 Years and Over whose Education has Ceased"/>
+    <s v="304"/>
+    <s v="Unable to work due to permanent sickness or disability"/>
+    <s v="-4"/>
+    <s v="Third level"/>
+    <s v="3501"/>
+    <s v="Humanities"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="833"/>
+  </r>
+  <r>
+    <s v="CD368"/>
+    <s v="Population Aged 15 Years and Over whose Education has Ceased"/>
+    <s v="304"/>
+    <s v="Unable to work due to permanent sickness or disability"/>
+    <s v="-4"/>
+    <s v="Third level"/>
+    <s v="3515"/>
+    <s v="Foreign languages"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="112"/>
+  </r>
+  <r>
+    <s v="CD368"/>
+    <s v="Population Aged 15 Years and Over whose Education has Ceased"/>
+    <s v="304"/>
+    <s v="Unable to work due to permanent sickness or disability"/>
+    <s v="-4"/>
+    <s v="Third level"/>
+    <s v="3520"/>
+    <s v="Mother tongue"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="170"/>
+  </r>
+  <r>
+    <s v="CD368"/>
+    <s v="Population Aged 15 Years and Over whose Education has Ceased"/>
+    <s v="304"/>
+    <s v="Unable to work due to permanent sickness or disability"/>
+    <s v="-4"/>
+    <s v="Third level"/>
+    <s v="3530"/>
+    <s v="History and archaeology"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="166"/>
+  </r>
+  <r>
+    <s v="CD368"/>
+    <s v="Population Aged 15 Years and Over whose Education has Ceased"/>
+    <s v="304"/>
+    <s v="Unable to work due to permanent sickness or disability"/>
+    <s v="-4"/>
+    <s v="Third level"/>
+    <s v="3540"/>
+    <s v="Other humanities"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="385"/>
+  </r>
+  <r>
+    <s v="CD368"/>
+    <s v="Population Aged 15 Years and Over whose Education has Ceased"/>
+    <s v="304"/>
+    <s v="Unable to work due to permanent sickness or disability"/>
+    <s v="-4"/>
+    <s v="Third level"/>
+    <s v="4000"/>
+    <s v="Social sciences, business and law"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2915"/>
+  </r>
+  <r>
+    <s v="CD368"/>
+    <s v="Population Aged 15 Years and Over whose Education has Ceased"/>
+    <s v="304"/>
+    <s v="Unable to work due to permanent sickness or disability"/>
+    <s v="-4"/>
+    <s v="Third level"/>
+    <s v="4005"/>
+    <s v="Psychology"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="189"/>
+  </r>
+  <r>
+    <s v="CD368"/>
+    <s v="Population Aged 15 Years and Over whose Education has Ceased"/>
+    <s v="304"/>
+    <s v="Unable to work due to permanent sickness or disability"/>
+    <s v="-4"/>
+    <s v="Third level"/>
+    <s v="4020"/>
+    <s v="Economics"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="136"/>
+  </r>
+  <r>
+    <s v="CD368"/>
+    <s v="Population Aged 15 Years and Over whose Education has Ceased"/>
+    <s v="304"/>
+    <s v="Unable to work due to permanent sickness or disability"/>
+    <s v="-4"/>
+    <s v="Third level"/>
+    <s v="4035"/>
+    <s v="Business and administration (broad programmes)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="565"/>
+  </r>
+  <r>
+    <s v="CD368"/>
+    <s v="Population Aged 15 Years and Over whose Education has Ceased"/>
+    <s v="304"/>
+    <s v="Unable to work due to permanent sickness or disability"/>
+    <s v="-4"/>
+    <s v="Third level"/>
+    <s v="4045"/>
+    <s v="Marketing and advertising"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="187"/>
+  </r>
+  <r>
+    <s v="CD368"/>
+    <s v="Population Aged 15 Years and Over whose Education has Ceased"/>
+    <s v="304"/>
+    <s v="Unable to work due to permanent sickness or disability"/>
+    <s v="-4"/>
+    <s v="Third level"/>
+    <s v="4055"/>
+    <s v="Accounting and taxation"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="448"/>
+  </r>
+  <r>
+    <s v="CD368"/>
+    <s v="Population Aged 15 Years and Over whose Education has Ceased"/>
+    <s v="304"/>
+    <s v="Unable to work due to permanent sickness or disability"/>
+    <s v="-4"/>
+    <s v="Third level"/>
+    <s v="4060"/>
+    <s v="Management and administration"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="350"/>
+  </r>
+  <r>
+    <s v="CD368"/>
+    <s v="Population Aged 15 Years and Over whose Education has Ceased"/>
+    <s v="304"/>
+    <s v="Unable to work due to permanent sickness or disability"/>
+    <s v="-4"/>
+    <s v="Third level"/>
+    <s v="4065"/>
+    <s v="Secretarial and office work"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="133"/>
+  </r>
+  <r>
+    <s v="CD368"/>
+    <s v="Population Aged 15 Years and Over whose Education has Ceased"/>
+    <s v="304"/>
+    <s v="Unable to work due to permanent sickness or disability"/>
+    <s v="-4"/>
+    <s v="Third level"/>
+    <s v="4075"/>
+    <s v="Law"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="273"/>
+  </r>
+  <r>
+    <s v="CD368"/>
+    <s v="Population Aged 15 Years and Over whose Education has Ceased"/>
+    <s v="304"/>
+    <s v="Unable to work due to permanent sickness or disability"/>
+    <s v="-4"/>
+    <s v="Third level"/>
+    <s v="4080"/>
+    <s v="Other social sciences, business and law subjects"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="634"/>
+  </r>
+  <r>
+    <s v="CD368"/>
+    <s v="Population Aged 15 Years and Over whose Education has Ceased"/>
+    <s v="304"/>
+    <s v="Unable to work due to permanent sickness or disability"/>
+    <s v="-4"/>
+    <s v="Third level"/>
+    <s v="4085"/>
+    <s v="Science, mathematics and computing"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="940"/>
+  </r>
+  <r>
+    <s v="CD368"/>
+    <s v="Population Aged 15 Years and Over whose Education has Ceased"/>
+    <s v="304"/>
+    <s v="Unable to work due to permanent sickness or disability"/>
+    <s v="-4"/>
+    <s v="Third level"/>
+    <s v="5000"/>
+    <s v="Biology and biochemistry"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="86"/>
+  </r>
+  <r>
+    <s v="CD368"/>
+    <s v="Population Aged 15 Years and Over whose Education has Ceased"/>
+    <s v="304"/>
+    <s v="Unable to work due to permanent sickness or disability"/>
+    <s v="-4"/>
+    <s v="Third level"/>
+    <s v="5025"/>
+    <s v="Physical sciences (physics, chemistry, earth science)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="288"/>
+  </r>
+  <r>
+    <s v="CD368"/>
+    <s v="Population Aged 15 Years and Over whose Education has Ceased"/>
+    <s v="304"/>
+    <s v="Unable to work due to permanent sickness or disability"/>
+    <s v="-4"/>
+    <s v="Third level"/>
+    <s v="5040"/>
+    <s v="Computer science"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="161"/>
+  </r>
+  <r>
+    <s v="CD368"/>
+    <s v="Population Aged 15 Years and Over whose Education has Ceased"/>
+    <s v="304"/>
+    <s v="Unable to work due to permanent sickness or disability"/>
+    <s v="-4"/>
+    <s v="Third level"/>
+    <s v="5045"/>
+    <s v="Computer use"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="316"/>
+  </r>
+  <r>
+    <s v="CD368"/>
+    <s v="Population Aged 15 Years and Over whose Education has Ceased"/>
+    <s v="304"/>
+    <s v="Unable to work due to permanent sickness or disability"/>
+    <s v="-4"/>
+    <s v="Third level"/>
+    <s v="5050"/>
+    <s v="Other science, mathematics and computing"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="89"/>
+  </r>
+  <r>
+    <s v="CD368"/>
+    <s v="Population Aged 15 Years and Over whose Education has Ceased"/>
+    <s v="304"/>
+    <s v="Unable to work due to permanent sickness or disability"/>
+    <s v="-4"/>
+    <s v="Third level"/>
+    <s v="5055"/>
+    <s v="Engineering, manufacturing and construction"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1036"/>
+  </r>
+  <r>
+    <s v="CD368"/>
+    <s v="Population Aged 15 Years and Over whose Education has Ceased"/>
+    <s v="304"/>
+    <s v="Unable to work due to permanent sickness or disability"/>
+    <s v="-4"/>
+    <s v="Third level"/>
+    <s v="5060"/>
+    <s v="Engineering and engineering trades (broad programmes)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="216"/>
+  </r>
+  <r>
+    <s v="CD368"/>
+    <s v="Population Aged 15 Years and Over whose Education has Ceased"/>
+    <s v="304"/>
+    <s v="Unable to work due to permanent sickness or disability"/>
+    <s v="-4"/>
+    <s v="Third level"/>
+    <s v="6000"/>
+    <s v="Mechanics and metalwork"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="105"/>
+  </r>
+  <r>
+    <s v="CD368"/>
+    <s v="Population Aged 15 Years and Over whose Education has Ceased"/>
+    <s v="304"/>
+    <s v="Unable to work due to permanent sickness or disability"/>
+    <s v="-4"/>
+    <s v="Third level"/>
+    <s v="6001"/>
+    <s v="Electricity and energy"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="118"/>
+  </r>
+  <r>
+    <s v="CD368"/>
+    <s v="Population Aged 15 Years and Over whose Education has Ceased"/>
+    <s v="304"/>
+    <s v="Unable to work due to permanent sickness or disability"/>
+    <s v="-4"/>
+    <s v="Third level"/>
+    <s v="6015"/>
+    <s v="Motor vehicles, ships and aircraft"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="58"/>
+  </r>
+  <r>
+    <s v="CD368"/>
+    <s v="Population Aged 15 Years and Over whose Education has Ceased"/>
+    <s v="304"/>
+    <s v="Unable to work due to permanent sickness or disability"/>
+    <s v="-4"/>
+    <s v="Third level"/>
+    <s v="6045"/>
+    <s v="Architecture and town planning"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="125"/>
+  </r>
+  <r>
+    <s v="CD368"/>
+    <s v="Population Aged 15 Years and Over whose Education has Ceased"/>
+    <s v="304"/>
+    <s v="Unable to work due to permanent sickness or disability"/>
+    <s v="-4"/>
+    <s v="Third level"/>
+    <s v="6050"/>
+    <s v="Building and civil engineering"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="166"/>
+  </r>
+  <r>
+    <s v="CD368"/>
+    <s v="Population Aged 15 Years and Over whose Education has Ceased"/>
+    <s v="304"/>
+    <s v="Unable to work due to permanent sickness or disability"/>
+    <s v="-4"/>
+    <s v="Third level"/>
+    <s v="6055"/>
+    <s v="Other engineering, manufacturing and construction"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="248"/>
+  </r>
+  <r>
+    <s v="CD368"/>
+    <s v="Population Aged 15 Years and Over whose Education has Ceased"/>
+    <s v="304"/>
+    <s v="Unable to work due to permanent sickness or disability"/>
+    <s v="-4"/>
+    <s v="Third level"/>
+    <s v="6060"/>
+    <s v="Agriculture and veterinary"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="176"/>
+  </r>
+  <r>
+    <s v="CD368"/>
+    <s v="Population Aged 15 Years and Over whose Education has Ceased"/>
+    <s v="304"/>
+    <s v="Unable to work due to permanent sickness or disability"/>
+    <s v="-4"/>
+    <s v="Third level"/>
+    <s v="6070"/>
+    <s v="Crop and livestock production"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="87"/>
+  </r>
+  <r>
+    <s v="CD368"/>
+    <s v="Population Aged 15 Years and Over whose Education has Ceased"/>
+    <s v="304"/>
+    <s v="Unable to work due to permanent sickness or disability"/>
+    <s v="-4"/>
+    <s v="Third level"/>
+    <s v="7015"/>
+    <s v="Other agriculture and veterinary"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="89"/>
+  </r>
+  <r>
+    <s v="CD368"/>
+    <s v="Population Aged 15 Years and Over whose Education has Ceased"/>
+    <s v="304"/>
+    <s v="Unable to work due to permanent sickness or disability"/>
+    <s v="-4"/>
+    <s v="Third level"/>
+    <s v="7020"/>
+    <s v="Health and welfare"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1983"/>
+  </r>
+  <r>
+    <s v="CD368"/>
+    <s v="Population Aged 15 Years and Over whose Education has Ceased"/>
+    <s v="304"/>
+    <s v="Unable to work due to permanent sickness or disability"/>
+    <s v="-4"/>
+    <s v="Third level"/>
+    <s v="7030"/>
+    <s v="Medicine"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="138"/>
+  </r>
+  <r>
+    <s v="CD368"/>
+    <s v="Population Aged 15 Years and Over whose Education has Ceased"/>
+    <s v="304"/>
+    <s v="Unable to work due to permanent sickness or disability"/>
+    <s v="-4"/>
+    <s v="Third level"/>
+    <s v="8000"/>
+    <s v="Nursing and caring"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1086"/>
+  </r>
+  <r>
+    <s v="CD368"/>
+    <s v="Population Aged 15 Years and Over whose Education has Ceased"/>
+    <s v="304"/>
+    <s v="Unable to work due to permanent sickness or disability"/>
+    <s v="-4"/>
+    <s v="Third level"/>
+    <s v="8020"/>
+    <s v="Child care and youth services"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="115"/>
+  </r>
+  <r>
+    <s v="CD368"/>
+    <s v="Population Aged 15 Years and Over whose Education has Ceased"/>
+    <s v="304"/>
+    <s v="Unable to work due to permanent sickness or disability"/>
+    <s v="-4"/>
+    <s v="Third level"/>
+    <s v="8025"/>
+    <s v="Social work and counselling"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="367"/>
+  </r>
+  <r>
+    <s v="CD368"/>
+    <s v="Population Aged 15 Years and Over whose Education has Ceased"/>
+    <s v="304"/>
+    <s v="Unable to work due to permanent sickness or disability"/>
+    <s v="-4"/>
+    <s v="Third level"/>
+    <s v="8030"/>
+    <s v="Other health and welfare"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="277"/>
+  </r>
+  <r>
+    <s v="CD368"/>
+    <s v="Population Aged 15 Years and Over whose Education has Ceased"/>
+    <s v="304"/>
+    <s v="Unable to work due to permanent sickness or disability"/>
+    <s v="-4"/>
+    <s v="Third level"/>
+    <s v="8040"/>
+    <s v="Personal services"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="373"/>
+  </r>
+  <r>
+    <s v="CD368"/>
+    <s v="Population Aged 15 Years and Over whose Education has Ceased"/>
+    <s v="304"/>
+    <s v="Unable to work due to permanent sickness or disability"/>
+    <s v="-4"/>
+    <s v="Third level"/>
+    <s v="8050"/>
+    <s v="Hotel, restaurant and catering"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="166"/>
+  </r>
+  <r>
+    <s v="CD368"/>
+    <s v="Population Aged 15 Years and Over whose Education has Ceased"/>
+    <s v="304"/>
+    <s v="Unable to work due to permanent sickness or disability"/>
+    <s v="-4"/>
+    <s v="Third level"/>
+    <s v="9005"/>
+    <s v="Hair and beauty services"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="104"/>
+  </r>
+  <r>
+    <s v="CD368"/>
+    <s v="Population Aged 15 Years and Over whose Education has Ceased"/>
+    <s v="304"/>
+    <s v="Unable to work due to permanent sickness or disability"/>
+    <s v="-4"/>
+    <s v="Third level"/>
+    <s v="9010"/>
+    <s v="Other personal services"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="103"/>
+  </r>
+  <r>
+    <s v="CD368"/>
+    <s v="Population Aged 15 Years and Over whose Education has Ceased"/>
+    <s v="304"/>
+    <s v="Unable to work due to permanent sickness or disability"/>
+    <s v="-4"/>
+    <s v="Third level"/>
+    <s v="9020"/>
+    <s v="Transport services"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="35"/>
+  </r>
+  <r>
+    <s v="CD368"/>
+    <s v="Population Aged 15 Years and Over whose Education has Ceased"/>
+    <s v="304"/>
+    <s v="Unable to work due to permanent sickness or disability"/>
+    <s v="-4"/>
+    <s v="Third level"/>
+    <s v="9025"/>
+    <s v="Security services (includes police and fire services)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="97"/>
+  </r>
+  <r>
+    <s v="CD368"/>
+    <s v="Population Aged 15 Years and Over whose Education has Ceased"/>
+    <s v="304"/>
+    <s v="Unable to work due to permanent sickness or disability"/>
+    <s v="-4"/>
+    <s v="Third level"/>
+    <s v="9201"/>
+    <s v="Other subjects"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="34"/>
+  </r>
+  <r>
+    <s v="CD368"/>
+    <s v="Population Aged 15 Years and Over whose Education has Ceased"/>
+    <s v="304"/>
+    <s v="Unable to work due to permanent sickness or disability"/>
+    <s v="-4"/>
+    <s v="Third level"/>
+    <s v="9510"/>
+    <s v="Not stated (including unknown)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="834"/>
+  </r>
+  <r>
+    <s v="CD368"/>
+    <s v="Population Aged 15 Years and Over whose Education has Ceased"/>
+    <s v="304"/>
+    <s v="Unable to work due to permanent sickness or disability"/>
+    <s v="-4"/>
+    <s v="Third level"/>
+    <s v="9991"/>
+    <s v="All fields of study"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="10680"/>
+  </r>
+  <r>
+    <s v="CD368"/>
+    <s v="Population Aged 15 Years and Over whose Education has Ceased"/>
+    <s v="602"/>
+    <s v="Others not in labour force"/>
+    <s v="-3"/>
+    <s v="Second level"/>
+    <s v="2001"/>
+    <s v="Education and teacher training"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="44"/>
+  </r>
+  <r>
+    <s v="CD368"/>
+    <s v="Population Aged 15 Years and Over whose Education has Ceased"/>
+    <s v="602"/>
+    <s v="Others not in labour force"/>
+    <s v="-3"/>
+    <s v="Second level"/>
+    <s v="3001"/>
+    <s v="Arts"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="76"/>
+  </r>
+  <r>
+    <s v="CD368"/>
+    <s v="Population Aged 15 Years and Over whose Education has Ceased"/>
+    <s v="602"/>
+    <s v="Others not in labour force"/>
+    <s v="-3"/>
+    <s v="Second level"/>
+    <s v="3015"/>
+    <s v="Music and performing arts"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="17"/>
+  </r>
+  <r>
+    <s v="CD368"/>
+    <s v="Population Aged 15 Years and Over whose Education has Ceased"/>
+    <s v="602"/>
+    <s v="Others not in labour force"/>
+    <s v="-3"/>
+    <s v="Second level"/>
+    <s v="3020"/>
+    <s v="Audio-visual techniques and media production"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="26"/>
+  </r>
+  <r>
+    <s v="CD368"/>
+    <s v="Population Aged 15 Years and Over whose Education has Ceased"/>
+    <s v="602"/>
+    <s v="Others not in labour force"/>
+    <s v="-3"/>
+    <s v="Second level"/>
+    <s v="3025"/>
+    <s v="Design"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="16"/>
+  </r>
+  <r>
+    <s v="CD368"/>
+    <s v="Population Aged 15 Years and Over whose Education has Ceased"/>
+    <s v="602"/>
+    <s v="Others not in labour force"/>
+    <s v="-3"/>
+    <s v="Second level"/>
+    <s v="3035"/>
+    <s v="Other arts"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="17"/>
+  </r>
+  <r>
+    <s v="CD368"/>
+    <s v="Population Aged 15 Years and Over whose Education has Ceased"/>
+    <s v="602"/>
+    <s v="Others not in labour force"/>
+    <s v="-3"/>
+    <s v="Second level"/>
+    <s v="3501"/>
+    <s v="Humanities"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="64"/>
+  </r>
+  <r>
+    <s v="CD368"/>
+    <s v="Population Aged 15 Years and Over whose Education has Ceased"/>
+    <s v="602"/>
+    <s v="Others not in labour force"/>
+    <s v="-3"/>
+    <s v="Second level"/>
+    <s v="3515"/>
+    <s v="Foreign languages"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="12"/>
+  </r>
+  <r>
+    <s v="CD368"/>
+    <s v="Population Aged 15 Years and Over whose Education has Ceased"/>
+    <s v="602"/>
+    <s v="Others not in labour force"/>
+    <s v="-3"/>
+    <s v="Second level"/>
+    <s v="3520"/>
+    <s v="Mother tongue"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="25"/>
+  </r>
+  <r>
+    <s v="CD368"/>
+    <s v="Population Aged 15 Years and Over whose Education has Ceased"/>
+    <s v="602"/>
+    <s v="Others not in labour force"/>
+    <s v="-3"/>
+    <s v="Second level"/>
+    <s v="3530"/>
+    <s v="History and archaeology"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="8"/>
+  </r>
+  <r>
+    <s v="CD368"/>
+    <s v="Population Aged 15 Years and Over whose Education has Ceased"/>
+    <s v="602"/>
+    <s v="Others not in labour force"/>
+    <s v="-3"/>
+    <s v="Second level"/>
+    <s v="3540"/>
+    <s v="Other humanities"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="19"/>
+  </r>
+  <r>
+    <s v="CD368"/>
+    <s v="Population Aged 15 Years and Over whose Education has Ceased"/>
+    <s v="602"/>
+    <s v="Others not in labour force"/>
+    <s v="-3"/>
+    <s v="Second level"/>
+    <s v="4000"/>
+    <s v="Social sciences, business and law"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="340"/>
+  </r>
+  <r>
+    <s v="CD368"/>
+    <s v="Population Aged 15 Years and Over whose Education has Ceased"/>
+    <s v="602"/>
+    <s v="Others not in labour force"/>
+    <s v="-3"/>
+    <s v="Second level"/>
+    <s v="4005"/>
+    <s v="Psychology"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="CD368"/>
+    <s v="Population Aged 15 Years and Over whose Education has Ceased"/>
+    <s v="602"/>
+    <s v="Others not in labour force"/>
+    <s v="-3"/>
+    <s v="Second level"/>
+    <s v="4020"/>
+    <s v="Economics"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5"/>
+  </r>
+  <r>
+    <s v="CD368"/>
+    <s v="Population Aged 15 Years and Over whose Education has Ceased"/>
+    <s v="602"/>
+    <s v="Others not in labour force"/>
+    <s v="-3"/>
+    <s v="Second level"/>
+    <s v="4035"/>
+    <s v="Business and administration (broad programmes)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="57"/>
+  </r>
+  <r>
+    <s v="CD368"/>
+    <s v="Population Aged 15 Years and Over whose Education has Ceased"/>
+    <s v="602"/>
+    <s v="Others not in labour force"/>
+    <s v="-3"/>
+    <s v="Second level"/>
+    <s v="4045"/>
+    <s v="Marketing and advertising"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="10"/>
+  </r>
+  <r>
+    <s v="CD368"/>
+    <s v="Population Aged 15 Years and Over whose Education has Ceased"/>
+    <s v="602"/>
+    <s v="Others not in labour force"/>
+    <s v="-3"/>
+    <s v="Second level"/>
+    <s v="4055"/>
+    <s v="Accounting and taxation"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="53"/>
+  </r>
+  <r>
+    <s v="CD368"/>
+    <s v="Population Aged 15 Years and Over whose Education has Ceased"/>
+    <s v="602"/>
+    <s v="Others not in labour force"/>
+    <s v="-3"/>
+    <s v="Second level"/>
+    <s v="4060"/>
+    <s v="Management and administration"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="17"/>
+  </r>
+  <r>
+    <s v="CD368"/>
+    <s v="Population Aged 15 Years and Over whose Education has Ceased"/>
+    <s v="602"/>
+    <s v="Others not in labour force"/>
+    <s v="-3"/>
+    <s v="Second level"/>
+    <s v="4065"/>
+    <s v="Secretarial and office work"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="144"/>
+  </r>
+  <r>
+    <s v="CD368"/>
+    <s v="Population Aged 15 Years and Over whose Education has Ceased"/>
+    <s v="602"/>
+    <s v="Others not in labour force"/>
+    <s v="-3"/>
+    <s v="Second level"/>
+    <s v="4075"/>
+    <s v="Law"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5"/>
+  </r>
+  <r>
+    <s v="CD368"/>
+    <s v="Population Aged 15 Years and Over whose Education has Ceased"/>
+    <s v="602"/>
+    <s v="Others not in labour force"/>
+    <s v="-3"/>
+    <s v="Second level"/>
+    <s v="4080"/>
+    <s v="Other social sciences, business and law subjects"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="47"/>
+  </r>
+  <r>
+    <s v="CD368"/>
+    <s v="Population Aged 15 Years and Over whose Education has Ceased"/>
+    <s v="602"/>
+    <s v="Others not in labour force"/>
+    <s v="-3"/>
+    <s v="Second level"/>
+    <s v="4085"/>
+    <s v="Science, mathematics and computing"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="131"/>
+  </r>
+  <r>
+    <s v="CD368"/>
+    <s v="Population Aged 15 Years and Over whose Education has Ceased"/>
+    <s v="602"/>
+    <s v="Others not in labour force"/>
+    <s v="-3"/>
+    <s v="Second level"/>
+    <s v="5000"/>
+    <s v="Biology and biochemistry"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3"/>
+  </r>
+  <r>
+    <s v="CD368"/>
+    <s v="Population Aged 15 Years and Over whose Education has Ceased"/>
+    <s v="602"/>
+    <s v="Others not in labour force"/>
+    <s v="-3"/>
+    <s v="Second level"/>
+    <s v="5025"/>
+    <s v="Physical sciences (physics, chemistry, earth science)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="29"/>
+  </r>
+  <r>
+    <s v="CD368"/>
+    <s v="Population Aged 15 Years and Over whose Education has Ceased"/>
+    <s v="602"/>
+    <s v="Others not in labour force"/>
+    <s v="-3"/>
+    <s v="Second level"/>
+    <s v="5040"/>
+    <s v="Computer science"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="82"/>
+  </r>
+  <r>
+    <s v="CD368"/>
+    <s v="Population Aged 15 Years and Over whose Education has Ceased"/>
+    <s v="602"/>
+    <s v="Others not in labour force"/>
+    <s v="-3"/>
+    <s v="Second level"/>
+    <s v="5045"/>
+    <s v="Computer use"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="11"/>
+  </r>
+  <r>
+    <s v="CD368"/>
+    <s v="Population Aged 15 Years and Over whose Education has Ceased"/>
+    <s v="602"/>
+    <s v="Others not in labour force"/>
+    <s v="-3"/>
+    <s v="Second level"/>
+    <s v="5050"/>
+    <s v="Other science, mathematics and computing"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="6"/>
+  </r>
+  <r>
+    <s v="CD368"/>
+    <s v="Population Aged 15 Years and Over whose Education has Ceased"/>
+    <s v="602"/>
+    <s v="Others not in labour force"/>
+    <s v="-3"/>
+    <s v="Second level"/>
+    <s v="5055"/>
+    <s v="Engineering, manufacturing and construction"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="337"/>
+  </r>
+  <r>
+    <s v="CD368"/>
+    <s v="Population Aged 15 Years and Over whose Education has Ceased"/>
+    <s v="602"/>
+    <s v="Others not in labour force"/>
+    <s v="-3"/>
+    <s v="Second level"/>
+    <s v="5060"/>
+    <s v="Engineering and engineering trades (broad programmes)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="33"/>
+  </r>
+  <r>
+    <s v="CD368"/>
+    <s v="Population Aged 15 Years and Over whose Education has Ceased"/>
+    <s v="602"/>
+    <s v="Others not in labour force"/>
+    <s v="-3"/>
+    <s v="Second level"/>
+    <s v="6000"/>
+    <s v="Mechanics and metalwork"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="42"/>
+  </r>
+  <r>
+    <s v="CD368"/>
+    <s v="Population Aged 15 Years and Over whose Education has Ceased"/>
+    <s v="602"/>
+    <s v="Others not in labour force"/>
+    <s v="-3"/>
+    <s v="Second level"/>
+    <s v="6001"/>
+    <s v="Electricity and energy"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="33"/>
+  </r>
+  <r>
+    <s v="CD368"/>
+    <s v="Population Aged 15 Years and Over whose Education has Ceased"/>
+    <s v="602"/>
+    <s v="Others not in labour force"/>
+    <s v="-3"/>
+    <s v="Second level"/>
+    <s v="6015"/>
+    <s v="Motor vehicles, ships and aircraft"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="43"/>
+  </r>
+  <r>
+    <s v="CD368"/>
+    <s v="Population Aged 15 Years and Over whose Education has Ceased"/>
+    <s v="602"/>
+    <s v="Others not in labour force"/>
+    <s v="-3"/>
+    <s v="Second level"/>
+    <s v="6045"/>
+    <s v="Architecture and town planning"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3"/>
+  </r>
+  <r>
+    <s v="CD368"/>
+    <s v="Population Aged 15 Years and Over whose Education has Ceased"/>
+    <s v="602"/>
+    <s v="Others not in labour force"/>
+    <s v="-3"/>
+    <s v="Second level"/>
+    <s v="6050"/>
+    <s v="Building and civil engineering"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="126"/>
+  </r>
+  <r>
+    <s v="CD368"/>
+    <s v="Population Aged 15 Years and Over whose Education has Ceased"/>
+    <s v="602"/>
+    <s v="Others not in labour force"/>
+    <s v="-3"/>
+    <s v="Second level"/>
+    <s v="6055"/>
+    <s v="Other engineering, manufacturing and construction"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="57"/>
+  </r>
+  <r>
+    <s v="CD368"/>
+    <s v="Population Aged 15 Years and Over whose Education has Ceased"/>
+    <s v="602"/>
+    <s v="Others not in labour force"/>
+    <s v="-3"/>
+    <s v="Second level"/>
+    <s v="6060"/>
+    <s v="Agriculture and veterinary"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="94"/>
+  </r>
+  <r>
+    <s v="CD368"/>
+    <s v="Population Aged 15 Years and Over whose Education has Ceased"/>
+    <s v="602"/>
+    <s v="Others not in labour force"/>
+    <s v="-3"/>
+    <s v="Second level"/>
+    <s v="6070"/>
+    <s v="Crop and livestock production"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="73"/>
+  </r>
+  <r>
+    <s v="CD368"/>
+    <s v="Population Aged 15 Years and Over whose Education has Ceased"/>
+    <s v="602"/>
+    <s v="Others not in labour force"/>
+    <s v="-3"/>
+    <s v="Second level"/>
+    <s v="7015"/>
+    <s v="Other agriculture and veterinary"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="21"/>
+  </r>
+  <r>
+    <s v="CD368"/>
+    <s v="Population Aged 15 Years and Over whose Education has Ceased"/>
+    <s v="602"/>
+    <s v="Others not in labour force"/>
+    <s v="-3"/>
+    <s v="Second level"/>
+    <s v="7020"/>
+    <s v="Health and welfare"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="222"/>
+  </r>
+  <r>
+    <s v="CD368"/>
+    <s v="Population Aged 15 Years and Over whose Education has Ceased"/>
+    <s v="602"/>
+    <s v="Others not in labour force"/>
+    <s v="-3"/>
+    <s v="Second level"/>
+    <s v="7030"/>
+    <s v="Medicine"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="CD368"/>
+    <s v="Population Aged 15 Years and Over whose Education has Ceased"/>
+    <s v="602"/>
+    <s v="Others not in labour force"/>
+    <s v="-3"/>
+    <s v="Second level"/>
+    <s v="8000"/>
+    <s v="Nursing and caring"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="87"/>
+  </r>
+  <r>
+    <s v="CD368"/>
+    <s v="Population Aged 15 Years and Over whose Education has Ceased"/>
+    <s v="602"/>
+    <s v="Others not in labour force"/>
+    <s v="-3"/>
+    <s v="Second level"/>
+    <s v="8020"/>
+    <s v="Child care and youth services"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="72"/>
+  </r>
+  <r>
+    <s v="CD368"/>
+    <s v="Population Aged 15 Years and Over whose Education has Ceased"/>
+    <s v="602"/>
+    <s v="Others not in labour force"/>
+    <s v="-3"/>
+    <s v="Second level"/>
+    <s v="8025"/>
+    <s v="Social work and counselling"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="22"/>
+  </r>
+  <r>
+    <s v="CD368"/>
+    <s v="Population Aged 15 Years and Over whose Education has Ceased"/>
+    <s v="602"/>
+    <s v="Others not in labour force"/>
+    <s v="-3"/>
+    <s v="Second level"/>
+    <s v="8030"/>
+    <s v="Other health and welfare"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="40"/>
+  </r>
+  <r>
+    <s v="CD368"/>
+    <s v="Population Aged 15 Years and Over whose Education has Ceased"/>
+    <s v="602"/>
+    <s v="Others not in labour force"/>
+    <s v="-3"/>
+    <s v="Second level"/>
+    <s v="8040"/>
+    <s v="Personal services"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="188"/>
+  </r>
+  <r>
+    <s v="CD368"/>
+    <s v="Population Aged 15 Years and Over whose Education has Ceased"/>
+    <s v="602"/>
+    <s v="Others not in labour force"/>
+    <s v="-3"/>
+    <s v="Second level"/>
+    <s v="8050"/>
+    <s v="Hotel, restaurant and catering"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="74"/>
+  </r>
+  <r>
+    <s v="CD368"/>
+    <s v="Population Aged 15 Years and Over whose Education has Ceased"/>
+    <s v="602"/>
+    <s v="Others not in labour force"/>
+    <s v="-3"/>
+    <s v="Second level"/>
+    <s v="9005"/>
+    <s v="Hair and beauty services"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="64"/>
+  </r>
+  <r>
+    <s v="CD368"/>
+    <s v="Population Aged 15 Years and Over whose Education has Ceased"/>
+    <s v="602"/>
+    <s v="Others not in labour force"/>
+    <s v="-3"/>
+    <s v="Second level"/>
+    <s v="9010"/>
+    <s v="Other personal services"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="50"/>
+  </r>
+  <r>
+    <s v="CD368"/>
+    <s v="Population Aged 15 Years and Over whose Education has Ceased"/>
+    <s v="602"/>
+    <s v="Others not in labour force"/>
+    <s v="-3"/>
+    <s v="Second level"/>
+    <s v="9020"/>
+    <s v="Transport services"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="13"/>
+  </r>
+  <r>
+    <s v="CD368"/>
+    <s v="Population Aged 15 Years and Over whose Education has Ceased"/>
+    <s v="602"/>
+    <s v="Others not in labour force"/>
+    <s v="-3"/>
+    <s v="Second level"/>
+    <s v="9025"/>
+    <s v="Security services (includes police and fire services)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="9"/>
+  </r>
+  <r>
+    <s v="CD368"/>
+    <s v="Population Aged 15 Years and Over whose Education has Ceased"/>
+    <s v="602"/>
+    <s v="Others not in labour force"/>
+    <s v="-3"/>
+    <s v="Second level"/>
+    <s v="9201"/>
+    <s v="Other subjects"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="7"/>
+  </r>
+  <r>
+    <s v="CD368"/>
+    <s v="Population Aged 15 Years and Over whose Education has Ceased"/>
+    <s v="602"/>
+    <s v="Others not in labour force"/>
+    <s v="-3"/>
+    <s v="Second level"/>
+    <s v="9510"/>
+    <s v="Not stated (including unknown)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3526"/>
+  </r>
+  <r>
+    <s v="CD368"/>
+    <s v="Population Aged 15 Years and Over whose Education has Ceased"/>
+    <s v="602"/>
+    <s v="Others not in labour force"/>
+    <s v="-3"/>
+    <s v="Second level"/>
+    <s v="9991"/>
+    <s v="All fields of study"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5051"/>
+  </r>
+  <r>
+    <s v="CD368"/>
+    <s v="Population Aged 15 Years and Over whose Education has Ceased"/>
+    <s v="602"/>
+    <s v="Others not in labour force"/>
+    <s v="-4"/>
+    <s v="Third level"/>
+    <s v="2001"/>
+    <s v="Education and teacher training"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="236"/>
+  </r>
+  <r>
+    <s v="CD368"/>
+    <s v="Population Aged 15 Years and Over whose Education has Ceased"/>
+    <s v="602"/>
+    <s v="Others not in labour force"/>
+    <s v="-4"/>
+    <s v="Third level"/>
+    <s v="3001"/>
+    <s v="Arts"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="137"/>
+  </r>
+  <r>
+    <s v="CD368"/>
+    <s v="Population Aged 15 Years and Over whose Education has Ceased"/>
+    <s v="602"/>
+    <s v="Others not in labour force"/>
+    <s v="-4"/>
+    <s v="Third level"/>
+    <s v="3015"/>
+    <s v="Music and performing arts"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="35"/>
+  </r>
+  <r>
+    <s v="CD368"/>
+    <s v="Population Aged 15 Years and Over whose Education has Ceased"/>
+    <s v="602"/>
+    <s v="Others not in labour force"/>
+    <s v="-4"/>
+    <s v="Third level"/>
+    <s v="3020"/>
+    <s v="Audio-visual techniques and media production"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="31"/>
+  </r>
+  <r>
+    <s v="CD368"/>
+    <s v="Population Aged 15 Years and Over whose Education has Ceased"/>
+    <s v="602"/>
+    <s v="Others not in labour force"/>
+    <s v="-4"/>
+    <s v="Third level"/>
+    <s v="3025"/>
+    <s v="Design"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="25"/>
+  </r>
+  <r>
+    <s v="CD368"/>
+    <s v="Population Aged 15 Years and Over whose Education has Ceased"/>
+    <s v="602"/>
+    <s v="Others not in labour force"/>
+    <s v="-4"/>
+    <s v="Third level"/>
+    <s v="3035"/>
+    <s v="Other arts"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="46"/>
+  </r>
+  <r>
+    <s v="CD368"/>
+    <s v="Population Aged 15 Years and Over whose Education has Ceased"/>
+    <s v="602"/>
+    <s v="Others not in labour force"/>
+    <s v="-4"/>
+    <s v="Third level"/>
+    <s v="3501"/>
+    <s v="Humanities"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="324"/>
+  </r>
+  <r>
+    <s v="CD368"/>
+    <s v="Population Aged 15 Years and Over whose Education has Ceased"/>
+    <s v="602"/>
+    <s v="Others not in labour force"/>
+    <s v="-4"/>
+    <s v="Third level"/>
+    <s v="3515"/>
+    <s v="Foreign languages"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="34"/>
+  </r>
+  <r>
+    <s v="CD368"/>
+    <s v="Population Aged 15 Years and Over whose Education has Ceased"/>
+    <s v="602"/>
+    <s v="Others not in labour force"/>
+    <s v="-4"/>
+    <s v="Third level"/>
+    <s v="3520"/>
+    <s v="Mother tongue"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="40"/>
+  </r>
+  <r>
+    <s v="CD368"/>
+    <s v="Population Aged 15 Years and Over whose Education has Ceased"/>
+    <s v="602"/>
+    <s v="Others not in labour force"/>
+    <s v="-4"/>
+    <s v="Third level"/>
+    <s v="3530"/>
+    <s v="History and archaeology"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="30"/>
+  </r>
+  <r>
+    <s v="CD368"/>
+    <s v="Population Aged 15 Years and Over whose Education has Ceased"/>
+    <s v="602"/>
+    <s v="Others not in labour force"/>
+    <s v="-4"/>
+    <s v="Third level"/>
+    <s v="3540"/>
+    <s v="Other humanities"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="220"/>
+  </r>
+  <r>
+    <s v="CD368"/>
+    <s v="Population Aged 15 Years and Over whose Education has Ceased"/>
+    <s v="602"/>
+    <s v="Others not in labour force"/>
+    <s v="-4"/>
+    <s v="Third level"/>
+    <s v="4000"/>
+    <s v="Social sciences, business and law"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="658"/>
+  </r>
+  <r>
+    <s v="CD368"/>
+    <s v="Population Aged 15 Years and Over whose Education has Ceased"/>
+    <s v="602"/>
+    <s v="Others not in labour force"/>
+    <s v="-4"/>
+    <s v="Third level"/>
+    <s v="4005"/>
+    <s v="Psychology"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="63"/>
+  </r>
+  <r>
+    <s v="CD368"/>
+    <s v="Population Aged 15 Years and Over whose Education has Ceased"/>
+    <s v="602"/>
+    <s v="Others not in labour force"/>
+    <s v="-4"/>
+    <s v="Third level"/>
+    <s v="4020"/>
+    <s v="Economics"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="47"/>
+  </r>
+  <r>
+    <s v="CD368"/>
+    <s v="Population Aged 15 Years and Over whose Education has Ceased"/>
+    <s v="602"/>
+    <s v="Others not in labour force"/>
+    <s v="-4"/>
+    <s v="Third level"/>
+    <s v="4035"/>
+    <s v="Business and administration (broad programmes)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="118"/>
+  </r>
+  <r>
+    <s v="CD368"/>
+    <s v="Population Aged 15 Years and Over whose Education has Ceased"/>
+    <s v="602"/>
+    <s v="Others not in labour force"/>
+    <s v="-4"/>
+    <s v="Third level"/>
+    <s v="4045"/>
+    <s v="Marketing and advertising"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="41"/>
+  </r>
+  <r>
+    <s v="CD368"/>
+    <s v="Population Aged 15 Years and Over whose Education has Ceased"/>
+    <s v="602"/>
+    <s v="Others not in labour force"/>
+    <s v="-4"/>
+    <s v="Third level"/>
+    <s v="4055"/>
+    <s v="Accounting and taxation"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="86"/>
+  </r>
+  <r>
+    <s v="CD368"/>
+    <s v="Population Aged 15 Years and Over whose Education has Ceased"/>
+    <s v="602"/>
+    <s v="Others not in labour force"/>
+    <s v="-4"/>
+    <s v="Third level"/>
+    <s v="4060"/>
+    <s v="Management and administration"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="73"/>
+  </r>
+  <r>
+    <s v="CD368"/>
+    <s v="Population Aged 15 Years and Over whose Education has Ceased"/>
+    <s v="602"/>
+    <s v="Others not in labour force"/>
+    <s v="-4"/>
+    <s v="Third level"/>
+    <s v="4065"/>
+    <s v="Secretarial and office work"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="21"/>
+  </r>
+  <r>
+    <s v="CD368"/>
+    <s v="Population Aged 15 Years and Over whose Education has Ceased"/>
+    <s v="602"/>
+    <s v="Others not in labour force"/>
+    <s v="-4"/>
+    <s v="Third level"/>
+    <s v="4075"/>
+    <s v="Law"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="55"/>
+  </r>
+  <r>
+    <s v="CD368"/>
+    <s v="Population Aged 15 Years and Over whose Education has Ceased"/>
+    <s v="602"/>
+    <s v="Others not in labour force"/>
+    <s v="-4"/>
+    <s v="Third level"/>
+    <s v="4080"/>
+    <s v="Other social sciences, business and law subjects"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="154"/>
+  </r>
+  <r>
+    <s v="CD368"/>
+    <s v="Population Aged 15 Years and Over whose Education has Ceased"/>
+    <s v="602"/>
+    <s v="Others not in labour force"/>
+    <s v="-4"/>
+    <s v="Third level"/>
+    <s v="4085"/>
+    <s v="Science, mathematics and computing"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="214"/>
+  </r>
+  <r>
+    <s v="CD368"/>
+    <s v="Population Aged 15 Years and Over whose Education has Ceased"/>
+    <s v="602"/>
+    <s v="Others not in labour force"/>
+    <s v="-4"/>
+    <s v="Third level"/>
+    <s v="5000"/>
+    <s v="Biology and biochemistry"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="32"/>
+  </r>
+  <r>
+    <s v="CD368"/>
+    <s v="Population Aged 15 Years and Over whose Education has Ceased"/>
+    <s v="602"/>
+    <s v="Others not in labour force"/>
+    <s v="-4"/>
+    <s v="Third level"/>
+    <s v="5025"/>
+    <s v="Physical sciences (physics, chemistry, earth science)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="58"/>
+  </r>
+  <r>
+    <s v="CD368"/>
+    <s v="Population Aged 15 Years and Over whose Education has Ceased"/>
+    <s v="602"/>
+    <s v="Others not in labour force"/>
+    <s v="-4"/>
+    <s v="Third level"/>
+    <s v="5040"/>
+    <s v="Computer science"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="23"/>
+  </r>
+  <r>
+    <s v="CD368"/>
+    <s v="Population Aged 15 Years and Over whose Education has Ceased"/>
+    <s v="602"/>
+    <s v="Others not in labour force"/>
+    <s v="-4"/>
+    <s v="Third level"/>
+    <s v="5045"/>
+    <s v="Computer use"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="71"/>
+  </r>
+  <r>
+    <s v="CD368"/>
+    <s v="Population Aged 15 Years and Over whose Education has Ceased"/>
+    <s v="602"/>
+    <s v="Others not in labour force"/>
+    <s v="-4"/>
+    <s v="Third level"/>
+    <s v="5050"/>
+    <s v="Other science, mathematics and computing"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="30"/>
+  </r>
+  <r>
+    <s v="CD368"/>
+    <s v="Population Aged 15 Years and Over whose Education has Ceased"/>
+    <s v="602"/>
+    <s v="Others not in labour force"/>
+    <s v="-4"/>
+    <s v="Third level"/>
+    <s v="5055"/>
+    <s v="Engineering, manufacturing and construction"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="174"/>
+  </r>
+  <r>
+    <s v="CD368"/>
+    <s v="Population Aged 15 Years and Over whose Education has Ceased"/>
+    <s v="602"/>
+    <s v="Others not in labour force"/>
+    <s v="-4"/>
+    <s v="Third level"/>
+    <s v="5060"/>
+    <s v="Engineering and engineering trades (broad programmes)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="34"/>
+  </r>
+  <r>
+    <s v="CD368"/>
+    <s v="Population Aged 15 Years and Over whose Education has Ceased"/>
+    <s v="602"/>
+    <s v="Others not in labour force"/>
+    <s v="-4"/>
+    <s v="Third level"/>
+    <s v="6000"/>
+    <s v="Mechanics and metalwork"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="16"/>
+  </r>
+  <r>
+    <s v="CD368"/>
+    <s v="Population Aged 15 Years and Over whose Education has Ceased"/>
+    <s v="602"/>
+    <s v="Others not in labour force"/>
+    <s v="-4"/>
+    <s v="Third level"/>
+    <s v="6001"/>
+    <s v="Electricity and energy"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="19"/>
+  </r>
+  <r>
+    <s v="CD368"/>
+    <s v="Population Aged 15 Years and Over whose Education has Ceased"/>
+    <s v="602"/>
+    <s v="Others not in labour force"/>
+    <s v="-4"/>
+    <s v="Third level"/>
+    <s v="6015"/>
+    <s v="Motor vehicles, ships and aircraft"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="8"/>
+  </r>
+  <r>
+    <s v="CD368"/>
+    <s v="Population Aged 15 Years and Over whose Education has Ceased"/>
+    <s v="602"/>
+    <s v="Others not in labour force"/>
+    <s v="-4"/>
+    <s v="Third level"/>
+    <s v="6045"/>
+    <s v="Architecture and town planning"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="26"/>
+  </r>
+  <r>
+    <s v="CD368"/>
+    <s v="Population Aged 15 Years and Over whose Education has Ceased"/>
+    <s v="602"/>
+    <s v="Others not in labour force"/>
+    <s v="-4"/>
+    <s v="Third level"/>
+    <s v="6050"/>
+    <s v="Building and civil engineering"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="31"/>
+  </r>
+  <r>
+    <s v="CD368"/>
+    <s v="Population Aged 15 Years and Over whose Education has Ceased"/>
+    <s v="602"/>
+    <s v="Others not in labour force"/>
+    <s v="-4"/>
+    <s v="Third level"/>
+    <s v="6055"/>
+    <s v="Other engineering, manufacturing and construction"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="40"/>
+  </r>
+  <r>
+    <s v="CD368"/>
+    <s v="Population Aged 15 Years and Over whose Education has Ceased"/>
+    <s v="602"/>
+    <s v="Others not in labour force"/>
+    <s v="-4"/>
+    <s v="Third level"/>
+    <s v="6060"/>
+    <s v="Agriculture and veterinary"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="34"/>
+  </r>
+  <r>
+    <s v="CD368"/>
+    <s v="Population Aged 15 Years and Over whose Education has Ceased"/>
+    <s v="602"/>
+    <s v="Others not in labour force"/>
+    <s v="-4"/>
+    <s v="Third level"/>
+    <s v="6070"/>
+    <s v="Crop and livestock production"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="11"/>
+  </r>
+  <r>
+    <s v="CD368"/>
+    <s v="Population Aged 15 Years and Over whose Education has Ceased"/>
+    <s v="602"/>
+    <s v="Others not in labour force"/>
+    <s v="-4"/>
+    <s v="Third level"/>
+    <s v="7015"/>
+    <s v="Other agriculture and veterinary"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="23"/>
+  </r>
+  <r>
+    <s v="CD368"/>
+    <s v="Population Aged 15 Years and Over whose Education has Ceased"/>
+    <s v="602"/>
+    <s v="Others not in labour force"/>
+    <s v="-4"/>
+    <s v="Third level"/>
+    <s v="7020"/>
+    <s v="Health and welfare"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="295"/>
+  </r>
+  <r>
+    <s v="CD368"/>
+    <s v="Population Aged 15 Years and Over whose Education has Ceased"/>
+    <s v="602"/>
+    <s v="Others not in labour force"/>
+    <s v="-4"/>
+    <s v="Third level"/>
+    <s v="7030"/>
+    <s v="Medicine"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="25"/>
+  </r>
+  <r>
+    <s v="CD368"/>
+    <s v="Population Aged 15 Years and Over whose Education has Ceased"/>
+    <s v="602"/>
+    <s v="Others not in labour force"/>
+    <s v="-4"/>
+    <s v="Third level"/>
+    <s v="8000"/>
+    <s v="Nursing and caring"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="99"/>
+  </r>
+  <r>
+    <s v="CD368"/>
+    <s v="Population Aged 15 Years and Over whose Education has Ceased"/>
+    <s v="602"/>
+    <s v="Others not in labour force"/>
+    <s v="-4"/>
+    <s v="Third level"/>
+    <s v="8020"/>
+    <s v="Child care and youth services"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="14"/>
+  </r>
+  <r>
+    <s v="CD368"/>
+    <s v="Population Aged 15 Years and Over whose Education has Ceased"/>
+    <s v="602"/>
+    <s v="Others not in labour force"/>
+    <s v="-4"/>
+    <s v="Third level"/>
+    <s v="8025"/>
+    <s v="Social work and counselling"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="93"/>
+  </r>
+  <r>
+    <s v="CD368"/>
+    <s v="Population Aged 15 Years and Over whose Education has Ceased"/>
+    <s v="602"/>
+    <s v="Others not in labour force"/>
+    <s v="-4"/>
+    <s v="Third level"/>
+    <s v="8030"/>
+    <s v="Other health and welfare"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="64"/>
+  </r>
+  <r>
+    <s v="CD368"/>
+    <s v="Population Aged 15 Years and Over whose Education has Ceased"/>
+    <s v="602"/>
+    <s v="Others not in labour force"/>
+    <s v="-4"/>
+    <s v="Third level"/>
+    <s v="8040"/>
+    <s v="Personal services"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="77"/>
+  </r>
+  <r>
+    <s v="CD368"/>
+    <s v="Population Aged 15 Years and Over whose Education has Ceased"/>
+    <s v="602"/>
+    <s v="Others not in labour force"/>
+    <s v="-4"/>
+    <s v="Third level"/>
+    <s v="8050"/>
+    <s v="Hotel, restaurant and catering"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="35"/>
+  </r>
+  <r>
+    <s v="CD368"/>
+    <s v="Population Aged 15 Years and Over whose Education has Ceased"/>
+    <s v="602"/>
+    <s v="Others not in labour force"/>
+    <s v="-4"/>
+    <s v="Third level"/>
+    <s v="9005"/>
+    <s v="Hair and beauty services"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="17"/>
+  </r>
+  <r>
+    <s v="CD368"/>
+    <s v="Population Aged 15 Years and Over whose Education has Ceased"/>
+    <s v="602"/>
+    <s v="Others not in labour force"/>
+    <s v="-4"/>
+    <s v="Third level"/>
+    <s v="9010"/>
+    <s v="Other personal services"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="25"/>
+  </r>
+  <r>
+    <s v="CD368"/>
+    <s v="Population Aged 15 Years and Over whose Education has Ceased"/>
+    <s v="602"/>
+    <s v="Others not in labour force"/>
+    <s v="-4"/>
+    <s v="Third level"/>
+    <s v="9020"/>
+    <s v="Transport services"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="8"/>
+  </r>
+  <r>
+    <s v="CD368"/>
+    <s v="Population Aged 15 Years and Over whose Education has Ceased"/>
+    <s v="602"/>
+    <s v="Others not in labour force"/>
+    <s v="-4"/>
+    <s v="Third level"/>
+    <s v="9025"/>
+    <s v="Security services (includes police and fire services)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="14"/>
+  </r>
+  <r>
+    <s v="CD368"/>
+    <s v="Population Aged 15 Years and Over whose Education has Ceased"/>
+    <s v="602"/>
+    <s v="Others not in labour force"/>
+    <s v="-4"/>
+    <s v="Third level"/>
+    <s v="9201"/>
+    <s v="Other subjects"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4"/>
+  </r>
+  <r>
+    <s v="CD368"/>
+    <s v="Population Aged 15 Years and Over whose Education has Ceased"/>
+    <s v="602"/>
+    <s v="Others not in labour force"/>
+    <s v="-4"/>
+    <s v="Third level"/>
+    <s v="9510"/>
+    <s v="Not stated (including unknown)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="224"/>
+  </r>
+  <r>
+    <s v="CD368"/>
+    <s v="Population Aged 15 Years and Over whose Education has Ceased"/>
+    <s v="602"/>
+    <s v="Others not in labour force"/>
+    <s v="-4"/>
+    <s v="Third level"/>
+    <s v="9991"/>
+    <s v="All fields of study"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2399"/>
+  </r>
+</pivotCacheRecords>
 </file>