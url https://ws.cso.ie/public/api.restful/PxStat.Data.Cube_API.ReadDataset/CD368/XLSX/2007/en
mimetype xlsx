--- v1 (2025-12-03)
+++ v2 (2026-01-25)
@@ -1,48 +1,48 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/pivotCache/pivotCacheDefinition1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheDefinition+xml"/>
   <Override PartName="/pivotCache/pivotCacheRecords1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheRecords+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/pivotTables/pivotTable.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re9f241f7a7274f1b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/2c86ee7f27dc4f9ba2e65086efbb0cf8.psmdcp" Id="Re02ad56642524e20" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Reb6229b031ff4835" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/cab908e880fa4252853fbb31f4df351b.psmdcp" Id="R374b37071c604d1a" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="About" sheetId="1" r:id="rId2"/>
     <x:sheet name="Unpivoted" sheetId="2" r:id="rId9"/>
     <x:sheet name="Pivoted" sheetId="3" r:id="rId11"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
   <x:pivotCaches>
     <x:pivotCache cacheId="0" r:id="rId12"/>
   </x:pivotCaches>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Table</x:t>