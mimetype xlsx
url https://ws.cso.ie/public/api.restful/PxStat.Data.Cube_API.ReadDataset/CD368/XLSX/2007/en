--- v2 (2026-01-25)
+++ v3 (2026-03-30)
@@ -1,48 +1,48 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/pivotCache/pivotCacheDefinition1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheDefinition+xml"/>
   <Override PartName="/pivotCache/pivotCacheRecords1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheRecords+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/pivotTables/pivotTable.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Reb6229b031ff4835" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/cab908e880fa4252853fbb31f4df351b.psmdcp" Id="R374b37071c604d1a" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6b53ecad5e56460b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/3404f30c77e34b56a0b99584dda916d2.psmdcp" Id="R84aa96d5582e4f60" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="About" sheetId="1" r:id="rId2"/>
     <x:sheet name="Unpivoted" sheetId="2" r:id="rId9"/>
     <x:sheet name="Pivoted" sheetId="3" r:id="rId11"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
   <x:pivotCaches>
     <x:pivotCache cacheId="0" r:id="rId12"/>
   </x:pivotCaches>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Table</x:t>