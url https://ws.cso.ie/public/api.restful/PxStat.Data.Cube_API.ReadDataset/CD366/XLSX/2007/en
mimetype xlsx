--- v0 (2025-11-14)
+++ v1 (2026-02-20)
@@ -1,97 +1,97 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/pivotCache/pivotCacheDefinition1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheDefinition+xml"/>
   <Override PartName="/pivotCache/pivotCacheRecords1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheRecords+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/pivotTables/pivotTable.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6abf2fe401ae4329" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/6889e69ab4614510bae4a9437f1c52cd.psmdcp" Id="R7e423ae4ef214fcf" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1491fdbb8e1f4322" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/3b1782ab51c54026a6bfc1d14f2c84d4.psmdcp" Id="Re78bfdac49e64749" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
-    <x:sheet name="About" sheetId="2" r:id="rId2"/>
-[...1 lines deleted...]
-    <x:sheet name="Pivoted" sheetId="11" r:id="rId11"/>
+    <x:sheet name="About" sheetId="1" r:id="rId2"/>
+    <x:sheet name="Unpivoted" sheetId="2" r:id="rId9"/>
+    <x:sheet name="Pivoted" sheetId="3" r:id="rId11"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
   <x:pivotCaches>
     <x:pivotCache cacheId="0" r:id="rId12"/>
   </x:pivotCaches>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Table</x:t>
   </x:si>
   <x:si>
     <x:t>Code</x:t>
   </x:si>
   <x:si>
     <x:t>CD366</x:t>
   </x:si>
   <x:si>
     <x:t>Name</x:t>
   </x:si>
   <x:si>
     <x:t>Females aged 15 years and over and whether they have had children</x:t>
   </x:si>
   <x:si>
     <x:t>Frequency</x:t>
   </x:si>
   <x:si>
     <x:t>Annual</x:t>
   </x:si>
   <x:si>
     <x:t>Last Updated</x:t>
   </x:si>
   <x:si>
-    <x:t>5/14/2020 11:00:00 AM</x:t>
+    <x:t>14/05/2020 11:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Note</x:t>
   </x:si>
   <x:si>
     <x:t>Url</x:t>
   </x:si>
   <x:si>
     <x:t>https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/CD366/XLSX/2007/en</x:t>
   </x:si>
   <x:si>
     <x:t>Product</x:t>
   </x:si>
   <x:si>
     <x:t>C2011P3</x:t>
   </x:si>
   <x:si>
     <x:t>Profile 3 - At Work</x:t>
   </x:si>
   <x:si>
     <x:t>Contacts</x:t>
   </x:si>
   <x:si>
     <x:t>Bernie Casey</x:t>
   </x:si>
@@ -472,307 +472,150 @@
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip r:embed="rId8" cstate="print"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="3971925" cy="1381125"/>
         </a:xfrm>
         <a:prstGeom prst="rect"/>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/pivotTables/_rels/pivotTable.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheDefinition" Target="/pivotCache/pivotCacheDefinition1.xml" Id="rId17" /></Relationships>
 </file>
 
 <file path=xl/pivotTables/pivotTable.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotTableDefinition xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" dataCaption="Values" showError="0" missingCaption="" showMissing="1" pageWrap="0" pageOverThenDown="0" rowGrandTotals="0" colGrandTotals="0" indent="1">
-[...255 lines deleted...]
-</x:pivotTableDefinition>
+<pivotTableDefinition xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" applyNumberFormats="0" applyBorderFormats="0" applyFontFormats="0" applyPatternFormats="0" applyAlignmentFormats="0" applyWidthHeightFormats="0" dataCaption="Values" rowGrandTotals="0" colGrandTotals="0" outline="1">
+  <location ref="A1" firstHeaderRow="0" firstDataRow="0" firstDataCol="0"/>
+  <pivotFields count="10">
+    <pivotField name="C02076V03371" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="12">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+        <item x="11"/>
+      </items>
+    </pivotField>
+    <pivotField name="Age Group" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="12">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+        <item x="11"/>
+      </items>
+    </pivotField>
+    <pivotField name="C02704V03272" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="4">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+      </items>
+    </pivotField>
+    <pivotField name="Principal Economic Status" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="4">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+      </items>
+    </pivotField>
+    <pivotField name="TLIST(A1)" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="CensusYear" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="STATISTIC" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="4">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+      </items>
+    </pivotField>
+    <pivotField name="Statistic Label" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="4">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+      </items>
+    </pivotField>
+    <pivotField showAll="0"/>
+    <pivotField dataField="1" showAll="0"/>
+  </pivotFields>
+  <rowFields count="8">
+    <field x="0"/>
+    <field x="1"/>
+    <field x="2"/>
+    <field x="3"/>
+    <field x="4"/>
+    <field x="5"/>
+    <field x="6"/>
+    <field x="7"/>
+  </rowFields>
+  <dataFields count="1">
+    <dataField name="VALUE" fld="9"/>
+  </dataFields>
+  <pivotTableStyleInfo name="PivotStyleLight16" showRowHeaders="1" showColHeaders="1"/>
+  <extLst>
+    <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{962EF5D1-5CA2-4c93-8EF4-DBF5C05439D2}">
+      <x14:pivotTableDefinition enableEdit="0" hideValuesRow="1"/>
+    </ext>
+  </extLst>
+</pivotTableDefinition>
 </file>
 
 <file path=xl/tables/table1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:table xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="1" name="Unpivoted" displayName="Unpivoted" ref="A1:J193" totalsRowShown="0">
   <x:autoFilter ref="A1:J193"/>
   <x:tableColumns count="10">
     <x:tableColumn id="1" name="C02076V03371"/>
     <x:tableColumn id="2" name="Age Group"/>
     <x:tableColumn id="3" name="C02704V03272"/>
     <x:tableColumn id="4" name="Principal Economic Status"/>
     <x:tableColumn id="5" name="TLIST(A1)"/>
     <x:tableColumn id="6" name="CensusYear"/>
     <x:tableColumn id="7" name="STATISTIC"/>
     <x:tableColumn id="8" name="Statistic Label"/>
     <x:tableColumn id="9" name="UNIT"/>
     <x:tableColumn id="10" name="VALUE"/>
   </x:tableColumns>
   <x:tableStyleInfo name="TableStyleMedium2" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </x:table>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
@@ -1043,51 +886,51 @@
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="/xl/drawings/drawing1.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/CD366/XLSX/2007/en" TargetMode="External" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cso.ie/" TargetMode="External" Id="rId14" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="/xl/tables/table1.xml" Id="rId15" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet3.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotTable" Target="/xl/pivotTables/pivotTable.xml" Id="rId16" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:B39"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="20.710625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="100.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="8" spans="1:2">
       <x:c r="A8" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B8" s="2"/>
     </x:row>
     <x:row r="9" spans="1:2">
       <x:c r="A9" s="3" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="B9" s="0" t="s">
         <x:v>2</x:v>
@@ -1274,51 +1117,51 @@
       </x:c>
     </x:row>
     <x:row r="39" spans="1:2">
       <x:c r="A39" s="3" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B39" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:hyperlinks>
     <x:hyperlink ref="B14" r:id="rId13"/>
     <x:hyperlink ref="B28" r:id="rId14"/>
   </x:hyperlinks>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:drawing xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId7"/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:J193"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="16.139196" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="16.567768" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="16.139196" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="48.996339" style="0" customWidth="1"/>
     <x:col min="5" max="5" width="11.282054" style="0" customWidth="1"/>
     <x:col min="6" max="6" width="13.424911" style="0" customWidth="1"/>
     <x:col min="7" max="7" width="11.996339" style="0" customWidth="1"/>
     <x:col min="8" max="8" width="44.853482" style="0" customWidth="1"/>
     <x:col min="9" max="9" width="8.282054" style="0" customWidth="1"/>
     <x:col min="10" max="10" width="8.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:10">
       <x:c r="A1" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
@@ -7484,51 +7327,51 @@
       <x:c r="G193" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="H193" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="I193" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J193" s="0">
         <x:v>31888</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="1">
     <x:tablePart r:id="rId15"/>
   </x:tableParts>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:sheetData/>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Application>Microsoft Excel</ap:Application>
   <ap:TitlesOfParts>
     <vt:vector baseType="lpstr" size="9">
       <vt:lpstr>About</vt:lpstr>
       <vt:lpstr>Unpivoted</vt:lpstr>
       <vt:lpstr>Pivoted</vt:lpstr>
@@ -7545,51 +7388,51 @@
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>3</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Named Ranges</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>6</vt:i4>
       </vt:variant>
     </vt:vector>
   </ap:HeadingPairs>
   <ap:DocSecurity>0</ap:DocSecurity>
   <ap:ScaleCrop>false</ap:ScaleCrop>
 </ap:Properties>
 </file>
 
 <file path=pivotCache/_rels/pivotCacheDefinition1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheRecords" Target="/pivotCache/pivotCacheRecords1.xml" Id="rId1" /></Relationships>
 </file>
 
 <file path=pivotCache/pivotCacheDefinition1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:pivotCacheDefinition xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" r:id="rId1" saveData="1" refreshOnLoad="1" createdVersion="5" refreshedVersion="5" minRefreshableVersion="3">
   <x:cacheSource type="worksheet">
-    <x:worksheetSource ref="A1:J193" sheet="Unpivoted"/>
+    <x:worksheetSource name="Unpivoted"/>
   </x:cacheSource>
   <x:cacheFields>
     <x:cacheField name="C02076V03371">
       <x:sharedItems count="12">
         <x:s v="300"/>
         <x:s v="365"/>
         <x:s v="410"/>
         <x:s v="440"/>
         <x:s v="460"/>
         <x:s v="475"/>
         <x:s v="495"/>
         <x:s v="515"/>
         <x:s v="530"/>
         <x:s v="550"/>
         <x:s v="575"/>
         <x:s v="320"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="Age Group">
       <x:sharedItems count="12">
         <x:s v="15 - 19 years"/>
         <x:s v="20 - 24 years"/>
         <x:s v="25 - 29 years"/>
         <x:s v="30 - 34 years"/>
         <x:s v="35 - 39 years"/>
@@ -7828,27 +7671,2332 @@
         <x:n v="49783"/>
         <x:n v="11015"/>
         <x:n v="1837152"/>
         <x:n v="1118618"/>
         <x:n v="665234"/>
         <x:n v="53300"/>
         <x:n v="852819"/>
         <x:n v="495170"/>
         <x:n v="340459"/>
         <x:n v="17190"/>
         <x:n v="150516"/>
         <x:n v="89818"/>
         <x:n v="56476"/>
         <x:n v="4222"/>
         <x:n v="833817"/>
         <x:n v="533630"/>
         <x:n v="268299"/>
         <x:n v="31888"/>
       </x:sharedItems>
     </x:cacheField>
   </x:cacheFields>
 </x:pivotCacheDefinition>
 </file>
 
 <file path=pivotCache/pivotCacheRecords1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main"/>
+<pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="xr">
+  <r>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD366C1"/>
+    <s v="All Women"/>
+    <s v="Number"/>
+    <n v="138757"/>
+  </r>
+  <r>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD366C2"/>
+    <s v="Women who have had children"/>
+    <s v="Number"/>
+    <n v="2414"/>
+  </r>
+  <r>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD366C3"/>
+    <s v="Women who have not had children"/>
+    <s v="Number"/>
+    <n v="123964"/>
+  </r>
+  <r>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD366C4"/>
+    <s v="Women who have not stated number of children"/>
+    <s v="Number"/>
+    <n v="12379"/>
+  </r>
+  <r>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD366C1"/>
+    <s v="All Women"/>
+    <s v="Number"/>
+    <n v="6286"/>
+  </r>
+  <r>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD366C2"/>
+    <s v="Women who have had children"/>
+    <s v="Number"/>
+    <n v="231"/>
+  </r>
+  <r>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD366C3"/>
+    <s v="Women who have not had children"/>
+    <s v="Number"/>
+    <n v="5369"/>
+  </r>
+  <r>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD366C4"/>
+    <s v="Women who have not stated number of children"/>
+    <s v="Number"/>
+    <n v="686"/>
+  </r>
+  <r>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="-02"/>
+    <s v="All unemployed persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD366C1"/>
+    <s v="All Women"/>
+    <s v="Number"/>
+    <n v="7924"/>
+  </r>
+  <r>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="-02"/>
+    <s v="All unemployed persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD366C2"/>
+    <s v="Women who have had children"/>
+    <s v="Number"/>
+    <n v="780"/>
+  </r>
+  <r>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="-02"/>
+    <s v="All unemployed persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD366C3"/>
+    <s v="Women who have not had children"/>
+    <s v="Number"/>
+    <n v="6619"/>
+  </r>
+  <r>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="-02"/>
+    <s v="All unemployed persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD366C4"/>
+    <s v="Women who have not stated number of children"/>
+    <s v="Number"/>
+    <n v="525"/>
+  </r>
+  <r>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD366C1"/>
+    <s v="All Women"/>
+    <s v="Number"/>
+    <n v="124547"/>
+  </r>
+  <r>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD366C2"/>
+    <s v="Women who have had children"/>
+    <s v="Number"/>
+    <n v="1403"/>
+  </r>
+  <r>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD366C3"/>
+    <s v="Women who have not had children"/>
+    <s v="Number"/>
+    <n v="111976"/>
+  </r>
+  <r>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD366C4"/>
+    <s v="Women who have not stated number of children"/>
+    <s v="Number"/>
+    <n v="11168"/>
+  </r>
+  <r>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD366C1"/>
+    <s v="All Women"/>
+    <s v="Number"/>
+    <n v="150595"/>
+  </r>
+  <r>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD366C2"/>
+    <s v="Women who have had children"/>
+    <s v="Number"/>
+    <n v="22868"/>
+  </r>
+  <r>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD366C3"/>
+    <s v="Women who have not had children"/>
+    <s v="Number"/>
+    <n v="121723"/>
+  </r>
+  <r>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD366C4"/>
+    <s v="Women who have not stated number of children"/>
+    <s v="Number"/>
+    <n v="6004"/>
+  </r>
+  <r>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD366C1"/>
+    <s v="All Women"/>
+    <s v="Number"/>
+    <n v="61485"/>
+  </r>
+  <r>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD366C2"/>
+    <s v="Women who have had children"/>
+    <s v="Number"/>
+    <n v="6951"/>
+  </r>
+  <r>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD366C3"/>
+    <s v="Women who have not had children"/>
+    <s v="Number"/>
+    <n v="52352"/>
+  </r>
+  <r>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD366C4"/>
+    <s v="Women who have not stated number of children"/>
+    <s v="Number"/>
+    <n v="2182"/>
+  </r>
+  <r>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="-02"/>
+    <s v="All unemployed persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD366C1"/>
+    <s v="All Women"/>
+    <s v="Number"/>
+    <n v="23789"/>
+  </r>
+  <r>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="-02"/>
+    <s v="All unemployed persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD366C2"/>
+    <s v="Women who have had children"/>
+    <s v="Number"/>
+    <n v="6669"/>
+  </r>
+  <r>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="-02"/>
+    <s v="All unemployed persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD366C3"/>
+    <s v="Women who have not had children"/>
+    <s v="Number"/>
+    <n v="16227"/>
+  </r>
+  <r>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="-02"/>
+    <s v="All unemployed persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD366C4"/>
+    <s v="Women who have not stated number of children"/>
+    <s v="Number"/>
+    <n v="893"/>
+  </r>
+  <r>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD366C1"/>
+    <s v="All Women"/>
+    <s v="Number"/>
+    <n v="65321"/>
+  </r>
+  <r>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD366C2"/>
+    <s v="Women who have had children"/>
+    <s v="Number"/>
+    <n v="9248"/>
+  </r>
+  <r>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD366C3"/>
+    <s v="Women who have not had children"/>
+    <s v="Number"/>
+    <n v="53144"/>
+  </r>
+  <r>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD366C4"/>
+    <s v="Women who have not stated number of children"/>
+    <s v="Number"/>
+    <n v="2929"/>
+  </r>
+  <r>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD366C1"/>
+    <s v="All Women"/>
+    <s v="Number"/>
+    <n v="187408"/>
+  </r>
+  <r>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD366C2"/>
+    <s v="Women who have had children"/>
+    <s v="Number"/>
+    <n v="61781"/>
+  </r>
+  <r>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD366C3"/>
+    <s v="Women who have not had children"/>
+    <s v="Number"/>
+    <n v="120485"/>
+  </r>
+  <r>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD366C4"/>
+    <s v="Women who have not stated number of children"/>
+    <s v="Number"/>
+    <n v="5142"/>
+  </r>
+  <r>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD366C1"/>
+    <s v="All Women"/>
+    <s v="Number"/>
+    <n v="131123"/>
+  </r>
+  <r>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD366C2"/>
+    <s v="Women who have had children"/>
+    <s v="Number"/>
+    <n v="31643"/>
+  </r>
+  <r>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD366C3"/>
+    <s v="Women who have not had children"/>
+    <s v="Number"/>
+    <n v="96142"/>
+  </r>
+  <r>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD366C4"/>
+    <s v="Women who have not stated number of children"/>
+    <s v="Number"/>
+    <n v="3338"/>
+  </r>
+  <r>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="-02"/>
+    <s v="All unemployed persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD366C1"/>
+    <s v="All Women"/>
+    <s v="Number"/>
+    <n v="23292"/>
+  </r>
+  <r>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="-02"/>
+    <s v="All unemployed persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD366C2"/>
+    <s v="Women who have had children"/>
+    <s v="Number"/>
+    <n v="11083"/>
+  </r>
+  <r>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="-02"/>
+    <s v="All unemployed persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD366C3"/>
+    <s v="Women who have not had children"/>
+    <s v="Number"/>
+    <n v="11517"/>
+  </r>
+  <r>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="-02"/>
+    <s v="All unemployed persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD366C4"/>
+    <s v="Women who have not stated number of children"/>
+    <s v="Number"/>
+    <n v="692"/>
+  </r>
+  <r>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD366C1"/>
+    <s v="All Women"/>
+    <s v="Number"/>
+    <n v="32993"/>
+  </r>
+  <r>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD366C2"/>
+    <s v="Women who have had children"/>
+    <s v="Number"/>
+    <n v="19055"/>
+  </r>
+  <r>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD366C3"/>
+    <s v="Women who have not had children"/>
+    <s v="Number"/>
+    <n v="12826"/>
+  </r>
+  <r>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD366C4"/>
+    <s v="Women who have not stated number of children"/>
+    <s v="Number"/>
+    <n v="1112"/>
+  </r>
+  <r>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD366C1"/>
+    <s v="All Women"/>
+    <s v="Number"/>
+    <n v="199171"/>
+  </r>
+  <r>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD366C2"/>
+    <s v="Women who have had children"/>
+    <s v="Number"/>
+    <n v="109972"/>
+  </r>
+  <r>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD366C3"/>
+    <s v="Women who have not had children"/>
+    <s v="Number"/>
+    <n v="85041"/>
+  </r>
+  <r>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD366C4"/>
+    <s v="Women who have not stated number of children"/>
+    <s v="Number"/>
+    <n v="4158"/>
+  </r>
+  <r>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD366C1"/>
+    <s v="All Women"/>
+    <s v="Number"/>
+    <n v="141254"/>
+  </r>
+  <r>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD366C2"/>
+    <s v="Women who have had children"/>
+    <s v="Number"/>
+    <n v="66481"/>
+  </r>
+  <r>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD366C3"/>
+    <s v="Women who have not had children"/>
+    <s v="Number"/>
+    <n v="72083"/>
+  </r>
+  <r>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD366C4"/>
+    <s v="Women who have not stated number of children"/>
+    <s v="Number"/>
+    <n v="2690"/>
+  </r>
+  <r>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="-02"/>
+    <s v="All unemployed persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD366C1"/>
+    <s v="All Women"/>
+    <s v="Number"/>
+    <n v="20888"/>
+  </r>
+  <r>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="-02"/>
+    <s v="All unemployed persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD366C2"/>
+    <s v="Women who have had children"/>
+    <s v="Number"/>
+    <n v="13757"/>
+  </r>
+  <r>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="-02"/>
+    <s v="All unemployed persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD366C3"/>
+    <s v="Women who have not had children"/>
+    <s v="Number"/>
+    <n v="6652"/>
+  </r>
+  <r>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="-02"/>
+    <s v="All unemployed persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD366C4"/>
+    <s v="Women who have not stated number of children"/>
+    <s v="Number"/>
+    <n v="479"/>
+  </r>
+  <r>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD366C1"/>
+    <s v="All Women"/>
+    <s v="Number"/>
+    <n v="37029"/>
+  </r>
+  <r>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD366C2"/>
+    <s v="Women who have had children"/>
+    <s v="Number"/>
+    <n v="29734"/>
+  </r>
+  <r>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD366C3"/>
+    <s v="Women who have not had children"/>
+    <s v="Number"/>
+    <n v="6306"/>
+  </r>
+  <r>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD366C4"/>
+    <s v="Women who have not stated number of children"/>
+    <s v="Number"/>
+    <n v="989"/>
+  </r>
+  <r>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD366C1"/>
+    <s v="All Women"/>
+    <s v="Number"/>
+    <n v="182024"/>
+  </r>
+  <r>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD366C2"/>
+    <s v="Women who have had children"/>
+    <s v="Number"/>
+    <n v="133350"/>
+  </r>
+  <r>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD366C3"/>
+    <s v="Women who have not had children"/>
+    <s v="Number"/>
+    <n v="45530"/>
+  </r>
+  <r>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD366C4"/>
+    <s v="Women who have not stated number of children"/>
+    <s v="Number"/>
+    <n v="3144"/>
+  </r>
+  <r>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD366C1"/>
+    <s v="All Women"/>
+    <s v="Number"/>
+    <n v="119692"/>
+  </r>
+  <r>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD366C2"/>
+    <s v="Women who have had children"/>
+    <s v="Number"/>
+    <n v="80429"/>
+  </r>
+  <r>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD366C3"/>
+    <s v="Women who have not had children"/>
+    <s v="Number"/>
+    <n v="37285"/>
+  </r>
+  <r>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD366C4"/>
+    <s v="Women who have not stated number of children"/>
+    <s v="Number"/>
+    <n v="1978"/>
+  </r>
+  <r>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="-02"/>
+    <s v="All unemployed persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD366C1"/>
+    <s v="All Women"/>
+    <s v="Number"/>
+    <n v="17152"/>
+  </r>
+  <r>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="-02"/>
+    <s v="All unemployed persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD366C2"/>
+    <s v="Women who have had children"/>
+    <s v="Number"/>
+    <n v="12732"/>
+  </r>
+  <r>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="-02"/>
+    <s v="All unemployed persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD366C3"/>
+    <s v="Women who have not had children"/>
+    <s v="Number"/>
+    <n v="4056"/>
+  </r>
+  <r>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="-02"/>
+    <s v="All unemployed persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD366C4"/>
+    <s v="Women who have not stated number of children"/>
+    <s v="Number"/>
+    <n v="364"/>
+  </r>
+  <r>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD366C1"/>
+    <s v="All Women"/>
+    <s v="Number"/>
+    <n v="45180"/>
+  </r>
+  <r>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD366C2"/>
+    <s v="Women who have had children"/>
+    <s v="Number"/>
+    <n v="40189"/>
+  </r>
+  <r>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD366C3"/>
+    <s v="Women who have not had children"/>
+    <s v="Number"/>
+    <n v="4189"/>
+  </r>
+  <r>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD366C4"/>
+    <s v="Women who have not stated number of children"/>
+    <s v="Number"/>
+    <n v="802"/>
+  </r>
+  <r>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD366C1"/>
+    <s v="All Women"/>
+    <s v="Number"/>
+    <n v="164482"/>
+  </r>
+  <r>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD366C2"/>
+    <s v="Women who have had children"/>
+    <s v="Number"/>
+    <n v="130666"/>
+  </r>
+  <r>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD366C3"/>
+    <s v="Women who have not had children"/>
+    <s v="Number"/>
+    <n v="31218"/>
+  </r>
+  <r>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD366C4"/>
+    <s v="Women who have not stated number of children"/>
+    <s v="Number"/>
+    <n v="2598"/>
+  </r>
+  <r>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD366C1"/>
+    <s v="All Women"/>
+    <s v="Number"/>
+    <n v="102553"/>
+  </r>
+  <r>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD366C2"/>
+    <s v="Women who have had children"/>
+    <s v="Number"/>
+    <n v="76973"/>
+  </r>
+  <r>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD366C3"/>
+    <s v="Women who have not had children"/>
+    <s v="Number"/>
+    <n v="23996"/>
+  </r>
+  <r>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD366C4"/>
+    <s v="Women who have not stated number of children"/>
+    <s v="Number"/>
+    <n v="1584"/>
+  </r>
+  <r>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="-02"/>
+    <s v="All unemployed persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD366C1"/>
+    <s v="All Women"/>
+    <s v="Number"/>
+    <n v="14509"/>
+  </r>
+  <r>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="-02"/>
+    <s v="All unemployed persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD366C2"/>
+    <s v="Women who have had children"/>
+    <s v="Number"/>
+    <n v="10995"/>
+  </r>
+  <r>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="-02"/>
+    <s v="All unemployed persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD366C3"/>
+    <s v="Women who have not had children"/>
+    <s v="Number"/>
+    <n v="3187"/>
+  </r>
+  <r>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="-02"/>
+    <s v="All unemployed persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD366C4"/>
+    <s v="Women who have not stated number of children"/>
+    <s v="Number"/>
+    <n v="327"/>
+  </r>
+  <r>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD366C1"/>
+    <s v="All Women"/>
+    <s v="Number"/>
+    <n v="47420"/>
+  </r>
+  <r>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD366C2"/>
+    <s v="Women who have had children"/>
+    <s v="Number"/>
+    <n v="42698"/>
+  </r>
+  <r>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD366C3"/>
+    <s v="Women who have not had children"/>
+    <s v="Number"/>
+    <n v="4035"/>
+  </r>
+  <r>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD366C4"/>
+    <s v="Women who have not stated number of children"/>
+    <s v="Number"/>
+    <n v="687"/>
+  </r>
+  <r>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD366C1"/>
+    <s v="All Women"/>
+    <s v="Number"/>
+    <n v="153669"/>
+  </r>
+  <r>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD366C2"/>
+    <s v="Women who have had children"/>
+    <s v="Number"/>
+    <n v="124379"/>
+  </r>
+  <r>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD366C3"/>
+    <s v="Women who have not had children"/>
+    <s v="Number"/>
+    <n v="27277"/>
+  </r>
+  <r>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD366C4"/>
+    <s v="Women who have not stated number of children"/>
+    <s v="Number"/>
+    <n v="2013"/>
+  </r>
+  <r>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD366C1"/>
+    <s v="All Women"/>
+    <s v="Number"/>
+    <n v="97047"/>
+  </r>
+  <r>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD366C2"/>
+    <s v="Women who have had children"/>
+    <s v="Number"/>
+    <n v="75894"/>
+  </r>
+  <r>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD366C3"/>
+    <s v="Women who have not had children"/>
+    <s v="Number"/>
+    <n v="19945"/>
+  </r>
+  <r>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD366C4"/>
+    <s v="Women who have not stated number of children"/>
+    <s v="Number"/>
+    <n v="1208"/>
+  </r>
+  <r>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="-02"/>
+    <s v="All unemployed persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD366C1"/>
+    <s v="All Women"/>
+    <s v="Number"/>
+    <n v="13083"/>
+  </r>
+  <r>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="-02"/>
+    <s v="All unemployed persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD366C2"/>
+    <s v="Women who have had children"/>
+    <s v="Number"/>
+    <n v="10121"/>
+  </r>
+  <r>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="-02"/>
+    <s v="All unemployed persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD366C3"/>
+    <s v="Women who have not had children"/>
+    <s v="Number"/>
+    <n v="2717"/>
+  </r>
+  <r>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="-02"/>
+    <s v="All unemployed persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD366C4"/>
+    <s v="Women who have not stated number of children"/>
+    <s v="Number"/>
+    <n v="245"/>
+  </r>
+  <r>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD366C1"/>
+    <s v="All Women"/>
+    <s v="Number"/>
+    <n v="43539"/>
+  </r>
+  <r>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD366C2"/>
+    <s v="Women who have had children"/>
+    <s v="Number"/>
+    <n v="38364"/>
+  </r>
+  <r>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD366C3"/>
+    <s v="Women who have not had children"/>
+    <s v="Number"/>
+    <n v="4615"/>
+  </r>
+  <r>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD366C4"/>
+    <s v="Women who have not stated number of children"/>
+    <s v="Number"/>
+    <n v="560"/>
+  </r>
+  <r>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD366C1"/>
+    <s v="All Women"/>
+    <s v="Number"/>
+    <n v="137649"/>
+  </r>
+  <r>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD366C2"/>
+    <s v="Women who have had children"/>
+    <s v="Number"/>
+    <n v="112731"/>
+  </r>
+  <r>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD366C3"/>
+    <s v="Women who have not had children"/>
+    <s v="Number"/>
+    <n v="22831"/>
+  </r>
+  <r>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD366C4"/>
+    <s v="Women who have not stated number of children"/>
+    <s v="Number"/>
+    <n v="2087"/>
+  </r>
+  <r>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD366C1"/>
+    <s v="All Women"/>
+    <s v="Number"/>
+    <n v="83467"/>
+  </r>
+  <r>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD366C2"/>
+    <s v="Women who have had children"/>
+    <s v="Number"/>
+    <n v="67036"/>
+  </r>
+  <r>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD366C3"/>
+    <s v="Women who have not had children"/>
+    <s v="Number"/>
+    <n v="15235"/>
+  </r>
+  <r>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD366C4"/>
+    <s v="Women who have not stated number of children"/>
+    <s v="Number"/>
+    <n v="1196"/>
+  </r>
+  <r>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="-02"/>
+    <s v="All unemployed persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD366C1"/>
+    <s v="All Women"/>
+    <s v="Number"/>
+    <n v="11854"/>
+  </r>
+  <r>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="-02"/>
+    <s v="All unemployed persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD366C2"/>
+    <s v="Women who have had children"/>
+    <s v="Number"/>
+    <n v="9360"/>
+  </r>
+  <r>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="-02"/>
+    <s v="All unemployed persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD366C3"/>
+    <s v="Women who have not had children"/>
+    <s v="Number"/>
+    <n v="2264"/>
+  </r>
+  <r>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="-02"/>
+    <s v="All unemployed persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD366C4"/>
+    <s v="Women who have not stated number of children"/>
+    <s v="Number"/>
+    <n v="230"/>
+  </r>
+  <r>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD366C1"/>
+    <s v="All Women"/>
+    <s v="Number"/>
+    <n v="42328"/>
+  </r>
+  <r>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD366C2"/>
+    <s v="Women who have had children"/>
+    <s v="Number"/>
+    <n v="36335"/>
+  </r>
+  <r>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD366C3"/>
+    <s v="Women who have not had children"/>
+    <s v="Number"/>
+    <n v="5332"/>
+  </r>
+  <r>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD366C4"/>
+    <s v="Women who have not stated number of children"/>
+    <s v="Number"/>
+    <n v="661"/>
+  </r>
+  <r>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD366C1"/>
+    <s v="All Women"/>
+    <s v="Number"/>
+    <n v="122401"/>
+  </r>
+  <r>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD366C2"/>
+    <s v="Women who have had children"/>
+    <s v="Number"/>
+    <n v="101439"/>
+  </r>
+  <r>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD366C3"/>
+    <s v="Women who have not had children"/>
+    <s v="Number"/>
+    <n v="18884"/>
+  </r>
+  <r>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD366C4"/>
+    <s v="Women who have not stated number of children"/>
+    <s v="Number"/>
+    <n v="2078"/>
+  </r>
+  <r>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD366C1"/>
+    <s v="All Women"/>
+    <s v="Number"/>
+    <n v="61045"/>
+  </r>
+  <r>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD366C2"/>
+    <s v="Women who have had children"/>
+    <s v="Number"/>
+    <n v="49909"/>
+  </r>
+  <r>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD366C3"/>
+    <s v="Women who have not had children"/>
+    <s v="Number"/>
+    <n v="10084"/>
+  </r>
+  <r>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD366C4"/>
+    <s v="Women who have not stated number of children"/>
+    <s v="Number"/>
+    <n v="1052"/>
+  </r>
+  <r>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="-02"/>
+    <s v="All unemployed persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD366C1"/>
+    <s v="All Women"/>
+    <s v="Number"/>
+    <n v="10001"/>
+  </r>
+  <r>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="-02"/>
+    <s v="All unemployed persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD366C2"/>
+    <s v="Women who have had children"/>
+    <s v="Number"/>
+    <n v="7958"/>
+  </r>
+  <r>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="-02"/>
+    <s v="All unemployed persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD366C3"/>
+    <s v="Women who have not had children"/>
+    <s v="Number"/>
+    <n v="1820"/>
+  </r>
+  <r>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="-02"/>
+    <s v="All unemployed persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD366C4"/>
+    <s v="Women who have not stated number of children"/>
+    <s v="Number"/>
+    <n v="223"/>
+  </r>
+  <r>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD366C1"/>
+    <s v="All Women"/>
+    <s v="Number"/>
+    <n v="51355"/>
+  </r>
+  <r>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD366C2"/>
+    <s v="Women who have had children"/>
+    <s v="Number"/>
+    <n v="43572"/>
+  </r>
+  <r>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD366C3"/>
+    <s v="Women who have not had children"/>
+    <s v="Number"/>
+    <n v="6980"/>
+  </r>
+  <r>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD366C4"/>
+    <s v="Women who have not stated number of children"/>
+    <s v="Number"/>
+    <n v="803"/>
+  </r>
+  <r>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD366C1"/>
+    <s v="All Women"/>
+    <s v="Number"/>
+    <n v="108917"/>
+  </r>
+  <r>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD366C2"/>
+    <s v="Women who have had children"/>
+    <s v="Number"/>
+    <n v="91026"/>
+  </r>
+  <r>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD366C3"/>
+    <s v="Women who have not had children"/>
+    <s v="Number"/>
+    <n v="15574"/>
+  </r>
+  <r>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD366C4"/>
+    <s v="Women who have not stated number of children"/>
+    <s v="Number"/>
+    <n v="2317"/>
+  </r>
+  <r>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD366C1"/>
+    <s v="All Women"/>
+    <s v="Number"/>
+    <n v="35300"/>
+  </r>
+  <r>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD366C2"/>
+    <s v="Women who have had children"/>
+    <s v="Number"/>
+    <n v="29084"/>
+  </r>
+  <r>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD366C3"/>
+    <s v="Women who have not had children"/>
+    <s v="Number"/>
+    <n v="5261"/>
+  </r>
+  <r>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD366C4"/>
+    <s v="Women who have not stated number of children"/>
+    <s v="Number"/>
+    <n v="955"/>
+  </r>
+  <r>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="-02"/>
+    <s v="All unemployed persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD366C1"/>
+    <s v="All Women"/>
+    <s v="Number"/>
+    <n v="6814"/>
+  </r>
+  <r>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="-02"/>
+    <s v="All unemployed persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD366C2"/>
+    <s v="Women who have had children"/>
+    <s v="Number"/>
+    <n v="5414"/>
+  </r>
+  <r>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="-02"/>
+    <s v="All unemployed persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD366C3"/>
+    <s v="Women who have not had children"/>
+    <s v="Number"/>
+    <n v="1200"/>
+  </r>
+  <r>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="-02"/>
+    <s v="All unemployed persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD366C4"/>
+    <s v="Women who have not stated number of children"/>
+    <s v="Number"/>
+    <n v="200"/>
+  </r>
+  <r>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD366C1"/>
+    <s v="All Women"/>
+    <s v="Number"/>
+    <n v="66803"/>
+  </r>
+  <r>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD366C2"/>
+    <s v="Women who have had children"/>
+    <s v="Number"/>
+    <n v="56528"/>
+  </r>
+  <r>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD366C3"/>
+    <s v="Women who have not had children"/>
+    <s v="Number"/>
+    <n v="9113"/>
+  </r>
+  <r>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD366C4"/>
+    <s v="Women who have not stated number of children"/>
+    <s v="Number"/>
+    <n v="1162"/>
+  </r>
+  <r>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD366C1"/>
+    <s v="All Women"/>
+    <s v="Number"/>
+    <n v="292079"/>
+  </r>
+  <r>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD366C2"/>
+    <s v="Women who have had children"/>
+    <s v="Number"/>
+    <n v="227992"/>
+  </r>
+  <r>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD366C3"/>
+    <s v="Women who have not had children"/>
+    <s v="Number"/>
+    <n v="52707"/>
+  </r>
+  <r>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD366C4"/>
+    <s v="Women who have not stated number of children"/>
+    <s v="Number"/>
+    <n v="11380"/>
+  </r>
+  <r>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD366C1"/>
+    <s v="All Women"/>
+    <s v="Number"/>
+    <n v="13567"/>
+  </r>
+  <r>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD366C2"/>
+    <s v="Women who have had children"/>
+    <s v="Number"/>
+    <n v="10539"/>
+  </r>
+  <r>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD366C3"/>
+    <s v="Women who have not had children"/>
+    <s v="Number"/>
+    <n v="2707"/>
+  </r>
+  <r>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD366C4"/>
+    <s v="Women who have not stated number of children"/>
+    <s v="Number"/>
+    <n v="321"/>
+  </r>
+  <r>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="-02"/>
+    <s v="All unemployed persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD366C1"/>
+    <s v="All Women"/>
+    <s v="Number"/>
+    <n v="1210"/>
+  </r>
+  <r>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="-02"/>
+    <s v="All unemployed persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD366C2"/>
+    <s v="Women who have had children"/>
+    <s v="Number"/>
+    <n v="949"/>
+  </r>
+  <r>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="-02"/>
+    <s v="All unemployed persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD366C3"/>
+    <s v="Women who have not had children"/>
+    <s v="Number"/>
+    <n v="217"/>
+  </r>
+  <r>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="-02"/>
+    <s v="All unemployed persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD366C4"/>
+    <s v="Women who have not stated number of children"/>
+    <s v="Number"/>
+    <n v="44"/>
+  </r>
+  <r>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD366C1"/>
+    <s v="All Women"/>
+    <s v="Number"/>
+    <n v="277302"/>
+  </r>
+  <r>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD366C2"/>
+    <s v="Women who have had children"/>
+    <s v="Number"/>
+    <n v="216504"/>
+  </r>
+  <r>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD366C3"/>
+    <s v="Women who have not had children"/>
+    <s v="Number"/>
+    <n v="49783"/>
+  </r>
+  <r>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD366C4"/>
+    <s v="Women who have not stated number of children"/>
+    <s v="Number"/>
+    <n v="11015"/>
+  </r>
+  <r>
+    <s v="320"/>
+    <s v="15 years and over"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD366C1"/>
+    <s v="All Women"/>
+    <s v="Number"/>
+    <n v="1837152"/>
+  </r>
+  <r>
+    <s v="320"/>
+    <s v="15 years and over"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD366C2"/>
+    <s v="Women who have had children"/>
+    <s v="Number"/>
+    <n v="1118618"/>
+  </r>
+  <r>
+    <s v="320"/>
+    <s v="15 years and over"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD366C3"/>
+    <s v="Women who have not had children"/>
+    <s v="Number"/>
+    <n v="665234"/>
+  </r>
+  <r>
+    <s v="320"/>
+    <s v="15 years and over"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD366C4"/>
+    <s v="Women who have not stated number of children"/>
+    <s v="Number"/>
+    <n v="53300"/>
+  </r>
+  <r>
+    <s v="320"/>
+    <s v="15 years and over"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD366C1"/>
+    <s v="All Women"/>
+    <s v="Number"/>
+    <n v="852819"/>
+  </r>
+  <r>
+    <s v="320"/>
+    <s v="15 years and over"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD366C2"/>
+    <s v="Women who have had children"/>
+    <s v="Number"/>
+    <n v="495170"/>
+  </r>
+  <r>
+    <s v="320"/>
+    <s v="15 years and over"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD366C3"/>
+    <s v="Women who have not had children"/>
+    <s v="Number"/>
+    <n v="340459"/>
+  </r>
+  <r>
+    <s v="320"/>
+    <s v="15 years and over"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD366C4"/>
+    <s v="Women who have not stated number of children"/>
+    <s v="Number"/>
+    <n v="17190"/>
+  </r>
+  <r>
+    <s v="320"/>
+    <s v="15 years and over"/>
+    <s v="-02"/>
+    <s v="All unemployed persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD366C1"/>
+    <s v="All Women"/>
+    <s v="Number"/>
+    <n v="150516"/>
+  </r>
+  <r>
+    <s v="320"/>
+    <s v="15 years and over"/>
+    <s v="-02"/>
+    <s v="All unemployed persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD366C2"/>
+    <s v="Women who have had children"/>
+    <s v="Number"/>
+    <n v="89818"/>
+  </r>
+  <r>
+    <s v="320"/>
+    <s v="15 years and over"/>
+    <s v="-02"/>
+    <s v="All unemployed persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD366C3"/>
+    <s v="Women who have not had children"/>
+    <s v="Number"/>
+    <n v="56476"/>
+  </r>
+  <r>
+    <s v="320"/>
+    <s v="15 years and over"/>
+    <s v="-02"/>
+    <s v="All unemployed persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD366C4"/>
+    <s v="Women who have not stated number of children"/>
+    <s v="Number"/>
+    <n v="4222"/>
+  </r>
+  <r>
+    <s v="320"/>
+    <s v="15 years and over"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD366C1"/>
+    <s v="All Women"/>
+    <s v="Number"/>
+    <n v="833817"/>
+  </r>
+  <r>
+    <s v="320"/>
+    <s v="15 years and over"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD366C2"/>
+    <s v="Women who have had children"/>
+    <s v="Number"/>
+    <n v="533630"/>
+  </r>
+  <r>
+    <s v="320"/>
+    <s v="15 years and over"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD366C3"/>
+    <s v="Women who have not had children"/>
+    <s v="Number"/>
+    <n v="268299"/>
+  </r>
+  <r>
+    <s v="320"/>
+    <s v="15 years and over"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD366C4"/>
+    <s v="Women who have not stated number of children"/>
+    <s v="Number"/>
+    <n v="31888"/>
+  </r>
+</pivotCacheRecords>
 </file>