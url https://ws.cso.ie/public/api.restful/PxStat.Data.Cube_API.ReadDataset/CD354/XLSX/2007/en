--- v0 (2025-11-13)
+++ v1 (2026-01-06)
@@ -1,97 +1,97 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/pivotCache/pivotCacheDefinition1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheDefinition+xml"/>
   <Override PartName="/pivotCache/pivotCacheRecords1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheRecords+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/pivotTables/pivotTable.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4945f236343e435b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/5cf64a5e2e1b407f93fe50b0434a9556.psmdcp" Id="Re4011923d7f3438c" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9a14fc2974bd4736" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/2bf4a753e1dc4d1c9ac6c52d5e80f682.psmdcp" Id="R4598977d3bbe4eb3" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
-    <x:sheet name="About" sheetId="2" r:id="rId2"/>
-[...1 lines deleted...]
-    <x:sheet name="Pivoted" sheetId="11" r:id="rId11"/>
+    <x:sheet name="About" sheetId="1" r:id="rId2"/>
+    <x:sheet name="Unpivoted" sheetId="2" r:id="rId9"/>
+    <x:sheet name="Pivoted" sheetId="3" r:id="rId11"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
   <x:pivotCaches>
     <x:pivotCache cacheId="0" r:id="rId12"/>
   </x:pivotCaches>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Table</x:t>
   </x:si>
   <x:si>
     <x:t>Code</x:t>
   </x:si>
   <x:si>
     <x:t>CD354</x:t>
   </x:si>
   <x:si>
     <x:t>Name</x:t>
   </x:si>
   <x:si>
     <x:t>Labour Force Participation and Unemployment Rate of Population Aged 15 Years and Over Usually Resident and Present in the State</x:t>
   </x:si>
   <x:si>
     <x:t>Frequency</x:t>
   </x:si>
   <x:si>
     <x:t>Annual</x:t>
   </x:si>
   <x:si>
     <x:t>Last Updated</x:t>
   </x:si>
   <x:si>
-    <x:t>5/14/2020 11:00:00 AM</x:t>
+    <x:t>14/05/2020 11:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Note</x:t>
   </x:si>
   <x:si>
     <x:t>Url</x:t>
   </x:si>
   <x:si>
     <x:t>https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/CD354/XLSX/2007/en</x:t>
   </x:si>
   <x:si>
     <x:t>Product</x:t>
   </x:si>
   <x:si>
     <x:t>C2011P3</x:t>
   </x:si>
   <x:si>
     <x:t>Profile 3 - At Work</x:t>
   </x:si>
   <x:si>
     <x:t>Contacts</x:t>
   </x:si>
   <x:si>
     <x:t>Bernie Casey</x:t>
   </x:si>
@@ -757,675 +757,236 @@
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip r:embed="rId8" cstate="print"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="3971925" cy="1381125"/>
         </a:xfrm>
         <a:prstGeom prst="rect"/>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/pivotTables/_rels/pivotTable.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheDefinition" Target="/pivotCache/pivotCacheDefinition1.xml" Id="rId17" /></Relationships>
 </file>
 
 <file path=xl/pivotTables/pivotTable.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotTableDefinition xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" dataCaption="Values" showError="0" missingCaption="" showMissing="1" pageWrap="0" pageOverThenDown="0" rowGrandTotals="0" colGrandTotals="0" indent="1">
-[...623 lines deleted...]
-</x:pivotTableDefinition>
+<pivotTableDefinition xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" applyNumberFormats="0" applyBorderFormats="0" applyFontFormats="0" applyPatternFormats="0" applyAlignmentFormats="0" applyWidthHeightFormats="0" dataCaption="Values" rowGrandTotals="0" colGrandTotals="0" outline="1">
+  <location ref="A1" firstHeaderRow="0" firstDataRow="0" firstDataCol="0"/>
+  <pivotFields count="8">
+    <pivotField name="C02537V03240" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="62">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+        <item x="11"/>
+        <item x="12"/>
+        <item x="13"/>
+        <item x="14"/>
+        <item x="15"/>
+        <item x="16"/>
+        <item x="17"/>
+        <item x="18"/>
+        <item x="19"/>
+        <item x="20"/>
+        <item x="21"/>
+        <item x="22"/>
+        <item x="23"/>
+        <item x="24"/>
+        <item x="25"/>
+        <item x="26"/>
+        <item x="27"/>
+        <item x="28"/>
+        <item x="29"/>
+        <item x="30"/>
+        <item x="31"/>
+        <item x="32"/>
+        <item x="33"/>
+        <item x="34"/>
+        <item x="35"/>
+        <item x="36"/>
+        <item x="37"/>
+        <item x="38"/>
+        <item x="39"/>
+        <item x="40"/>
+        <item x="41"/>
+        <item x="42"/>
+        <item x="43"/>
+        <item x="44"/>
+        <item x="45"/>
+        <item x="46"/>
+        <item x="47"/>
+        <item x="48"/>
+        <item x="49"/>
+        <item x="50"/>
+        <item x="51"/>
+        <item x="52"/>
+        <item x="53"/>
+        <item x="54"/>
+        <item x="55"/>
+        <item x="56"/>
+        <item x="57"/>
+        <item x="58"/>
+        <item x="59"/>
+        <item x="60"/>
+        <item x="61"/>
+      </items>
+    </pivotField>
+    <pivotField name="Nationality" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="62">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+        <item x="11"/>
+        <item x="12"/>
+        <item x="13"/>
+        <item x="14"/>
+        <item x="15"/>
+        <item x="16"/>
+        <item x="17"/>
+        <item x="18"/>
+        <item x="19"/>
+        <item x="20"/>
+        <item x="21"/>
+        <item x="22"/>
+        <item x="23"/>
+        <item x="24"/>
+        <item x="25"/>
+        <item x="26"/>
+        <item x="27"/>
+        <item x="28"/>
+        <item x="29"/>
+        <item x="30"/>
+        <item x="31"/>
+        <item x="32"/>
+        <item x="33"/>
+        <item x="34"/>
+        <item x="35"/>
+        <item x="36"/>
+        <item x="37"/>
+        <item x="38"/>
+        <item x="39"/>
+        <item x="40"/>
+        <item x="41"/>
+        <item x="42"/>
+        <item x="43"/>
+        <item x="44"/>
+        <item x="45"/>
+        <item x="46"/>
+        <item x="47"/>
+        <item x="48"/>
+        <item x="49"/>
+        <item x="50"/>
+        <item x="51"/>
+        <item x="52"/>
+        <item x="53"/>
+        <item x="54"/>
+        <item x="55"/>
+        <item x="56"/>
+        <item x="57"/>
+        <item x="58"/>
+        <item x="59"/>
+        <item x="60"/>
+        <item x="61"/>
+      </items>
+    </pivotField>
+    <pivotField name="TLIST(A1)" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="CensusYear" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="STATISTIC" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="6">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+      </items>
+    </pivotField>
+    <pivotField name="Statistic Label" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="6">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+      </items>
+    </pivotField>
+    <pivotField showAll="0"/>
+    <pivotField dataField="1" showAll="0"/>
+  </pivotFields>
+  <rowFields count="6">
+    <field x="0"/>
+    <field x="1"/>
+    <field x="2"/>
+    <field x="3"/>
+    <field x="4"/>
+    <field x="5"/>
+  </rowFields>
+  <dataFields count="1">
+    <dataField name="VALUE" fld="7"/>
+  </dataFields>
+  <pivotTableStyleInfo name="PivotStyleLight16" showRowHeaders="1" showColHeaders="1"/>
+  <extLst>
+    <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{962EF5D1-5CA2-4c93-8EF4-DBF5C05439D2}">
+      <x14:pivotTableDefinition enableEdit="0" hideValuesRow="1"/>
+    </ext>
+  </extLst>
+</pivotTableDefinition>
 </file>
 
 <file path=xl/tables/table1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:table xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="1" name="Unpivoted" displayName="Unpivoted" ref="A1:H373" totalsRowShown="0">
   <x:autoFilter ref="A1:H373"/>
   <x:tableColumns count="8">
     <x:tableColumn id="1" name="C02537V03240"/>
     <x:tableColumn id="2" name="Nationality"/>
     <x:tableColumn id="3" name="TLIST(A1)"/>
     <x:tableColumn id="4" name="CensusYear"/>
     <x:tableColumn id="5" name="STATISTIC"/>
     <x:tableColumn id="6" name="Statistic Label"/>
     <x:tableColumn id="7" name="UNIT"/>
     <x:tableColumn id="8" name="VALUE"/>
   </x:tableColumns>
   <x:tableStyleInfo name="TableStyleMedium2" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </x:table>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
@@ -1694,51 +1255,51 @@
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="/xl/drawings/drawing1.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/CD354/XLSX/2007/en" TargetMode="External" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cso.ie/" TargetMode="External" Id="rId14" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="/xl/tables/table1.xml" Id="rId15" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet3.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotTable" Target="/xl/pivotTables/pivotTable.xml" Id="rId16" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:B39"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="20.710625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="100.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="8" spans="1:2">
       <x:c r="A8" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B8" s="2"/>
     </x:row>
     <x:row r="9" spans="1:2">
       <x:c r="A9" s="3" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="B9" s="0" t="s">
         <x:v>2</x:v>
@@ -1925,51 +1486,51 @@
       </x:c>
     </x:row>
     <x:row r="39" spans="1:2">
       <x:c r="A39" s="3" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B39" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:hyperlinks>
     <x:hyperlink ref="B14" r:id="rId13"/>
     <x:hyperlink ref="B28" r:id="rId14"/>
   </x:hyperlinks>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:drawing xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId7"/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:H373"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="16.139196" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="20.282054" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="11.282054" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="13.424911" style="0" customWidth="1"/>
     <x:col min="5" max="5" width="11.996339" style="0" customWidth="1"/>
     <x:col min="6" max="6" width="45.424911" style="0" customWidth="1"/>
     <x:col min="7" max="7" width="8.282054" style="0" customWidth="1"/>
     <x:col min="8" max="8" width="8.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:8">
       <x:c r="A1" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="B1" s="0" t="s">
         <x:v>39</x:v>
@@ -11655,51 +11216,51 @@
       <x:c r="E373" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="F373" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="G373" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="H373" s="0">
         <x:v>19.2</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="1">
     <x:tablePart r:id="rId15"/>
   </x:tableParts>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:sheetData/>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Application>Microsoft Excel</ap:Application>
   <ap:TitlesOfParts>
     <vt:vector baseType="lpstr" size="9">
       <vt:lpstr>About</vt:lpstr>
       <vt:lpstr>Unpivoted</vt:lpstr>
       <vt:lpstr>Pivoted</vt:lpstr>
@@ -11716,51 +11277,51 @@
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>3</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Named Ranges</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>6</vt:i4>
       </vt:variant>
     </vt:vector>
   </ap:HeadingPairs>
   <ap:DocSecurity>0</ap:DocSecurity>
   <ap:ScaleCrop>false</ap:ScaleCrop>
 </ap:Properties>
 </file>
 
 <file path=pivotCache/_rels/pivotCacheDefinition1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheRecords" Target="/pivotCache/pivotCacheRecords1.xml" Id="rId1" /></Relationships>
 </file>
 
 <file path=pivotCache/pivotCacheDefinition1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:pivotCacheDefinition xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" r:id="rId1" saveData="1" refreshOnLoad="1" createdVersion="5" refreshedVersion="5" minRefreshableVersion="3">
   <x:cacheSource type="worksheet">
-    <x:worksheetSource ref="A1:H373" sheet="Unpivoted"/>
+    <x:worksheetSource name="Unpivoted"/>
   </x:cacheSource>
   <x:cacheFields>
     <x:cacheField name="C02537V03240">
       <x:sharedItems count="62">
         <x:s v="IE-"/>
         <x:s v="IE"/>
         <x:s v="IE01"/>
         <x:s v="IE02"/>
         <x:s v="IE03"/>
         <x:s v="IE04"/>
         <x:s v="IE05"/>
         <x:s v="EU27X01"/>
         <x:s v="GB01"/>
         <x:s v="AT"/>
         <x:s v="BE"/>
         <x:s v="DK"/>
         <x:s v="FI"/>
         <x:s v="FR"/>
         <x:s v="DE"/>
         <x:s v="GR"/>
         <x:s v="IT"/>
         <x:s v="LU"/>
         <x:s v="NL"/>
         <x:s v="PT"/>
         <x:s v="ES"/>
@@ -12253,27 +11814,3748 @@
         <x:n v="15.2"/>
         <x:n v="442"/>
         <x:n v="289"/>
         <x:n v="153"/>
         <x:n v="236"/>
         <x:n v="65.2"/>
         <x:n v="34.6"/>
         <x:n v="20035"/>
         <x:n v="15444"/>
         <x:n v="4591"/>
         <x:n v="15543"/>
         <x:n v="22.9"/>
         <x:n v="2199668"/>
         <x:n v="1778400"/>
         <x:n v="421268"/>
         <x:n v="1351621"/>
         <x:n v="61.9"/>
         <x:n v="19.2"/>
       </x:sharedItems>
     </x:cacheField>
   </x:cacheFields>
 </x:pivotCacheDefinition>
 </file>
 
 <file path=pivotCache/pivotCacheRecords1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main"/>
+<pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="xr">
+  <r>
+    <s v="IE-"/>
+    <s v="All Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD354C1"/>
+    <s v="Total in labour force"/>
+    <s v="Number"/>
+    <n v="1833551"/>
+  </r>
+  <r>
+    <s v="IE-"/>
+    <s v="All Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD354C2"/>
+    <s v="At work"/>
+    <s v="Number"/>
+    <n v="1494487"/>
+  </r>
+  <r>
+    <s v="IE-"/>
+    <s v="All Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD354C3"/>
+    <s v="Unemployed including looking for first regular job"/>
+    <s v="Number"/>
+    <n v="339064"/>
+  </r>
+  <r>
+    <s v="IE-"/>
+    <s v="All Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD354C4"/>
+    <s v="Not in labour force including not stated"/>
+    <s v="Number"/>
+    <n v="1215694"/>
+  </r>
+  <r>
+    <s v="IE-"/>
+    <s v="All Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD354C5"/>
+    <s v="Labour force participation rate"/>
+    <s v="Rate"/>
+    <n v="60.1"/>
+  </r>
+  <r>
+    <s v="IE-"/>
+    <s v="All Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD354C6"/>
+    <s v="Unemployment rate"/>
+    <s v="Rate"/>
+    <n v="18.5"/>
+  </r>
+  <r>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD354C1"/>
+    <s v="Total in labour force"/>
+    <s v="Number"/>
+    <n v="1812073"/>
+  </r>
+  <r>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD354C2"/>
+    <s v="At work"/>
+    <s v="Number"/>
+    <n v="1476627"/>
+  </r>
+  <r>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD354C3"/>
+    <s v="Unemployed including looking for first regular job"/>
+    <s v="Number"/>
+    <n v="335446"/>
+  </r>
+  <r>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD354C4"/>
+    <s v="Not in labour force including not stated"/>
+    <s v="Number"/>
+    <n v="1201160"/>
+  </r>
+  <r>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD354C5"/>
+    <s v="Labour force participation rate"/>
+    <s v="Rate"/>
+    <n v="60.1"/>
+  </r>
+  <r>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD354C6"/>
+    <s v="Unemployment rate"/>
+    <s v="Rate"/>
+    <n v="18.5"/>
+  </r>
+  <r>
+    <s v="IE01"/>
+    <s v="Irish-English"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD354C1"/>
+    <s v="Total in labour force"/>
+    <s v="Number"/>
+    <n v="6178"/>
+  </r>
+  <r>
+    <s v="IE01"/>
+    <s v="Irish-English"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD354C2"/>
+    <s v="At work"/>
+    <s v="Number"/>
+    <n v="4844"/>
+  </r>
+  <r>
+    <s v="IE01"/>
+    <s v="Irish-English"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD354C3"/>
+    <s v="Unemployed including looking for first regular job"/>
+    <s v="Number"/>
+    <n v="1334"/>
+  </r>
+  <r>
+    <s v="IE01"/>
+    <s v="Irish-English"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD354C4"/>
+    <s v="Not in labour force including not stated"/>
+    <s v="Number"/>
+    <n v="4805"/>
+  </r>
+  <r>
+    <s v="IE01"/>
+    <s v="Irish-English"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD354C5"/>
+    <s v="Labour force participation rate"/>
+    <s v="Rate"/>
+    <n v="56.3"/>
+  </r>
+  <r>
+    <s v="IE01"/>
+    <s v="Irish-English"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD354C6"/>
+    <s v="Unemployment rate"/>
+    <s v="Rate"/>
+    <n v="21.6"/>
+  </r>
+  <r>
+    <s v="IE02"/>
+    <s v="Irish-American"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD354C1"/>
+    <s v="Total in labour force"/>
+    <s v="Number"/>
+    <n v="5457"/>
+  </r>
+  <r>
+    <s v="IE02"/>
+    <s v="Irish-American"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD354C2"/>
+    <s v="At work"/>
+    <s v="Number"/>
+    <n v="4697"/>
+  </r>
+  <r>
+    <s v="IE02"/>
+    <s v="Irish-American"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD354C3"/>
+    <s v="Unemployed including looking for first regular job"/>
+    <s v="Number"/>
+    <n v="760"/>
+  </r>
+  <r>
+    <s v="IE02"/>
+    <s v="Irish-American"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD354C4"/>
+    <s v="Not in labour force including not stated"/>
+    <s v="Number"/>
+    <n v="4751"/>
+  </r>
+  <r>
+    <s v="IE02"/>
+    <s v="Irish-American"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD354C5"/>
+    <s v="Labour force participation rate"/>
+    <s v="Rate"/>
+    <n v="53.5"/>
+  </r>
+  <r>
+    <s v="IE02"/>
+    <s v="Irish-American"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD354C6"/>
+    <s v="Unemployment rate"/>
+    <s v="Rate"/>
+    <n v="13.9"/>
+  </r>
+  <r>
+    <s v="IE03"/>
+    <s v="Irish-European"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD354C1"/>
+    <s v="Total in labour force"/>
+    <s v="Number"/>
+    <n v="2586"/>
+  </r>
+  <r>
+    <s v="IE03"/>
+    <s v="Irish-European"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD354C2"/>
+    <s v="At work"/>
+    <s v="Number"/>
+    <n v="2096"/>
+  </r>
+  <r>
+    <s v="IE03"/>
+    <s v="Irish-European"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD354C3"/>
+    <s v="Unemployed including looking for first regular job"/>
+    <s v="Number"/>
+    <n v="490"/>
+  </r>
+  <r>
+    <s v="IE03"/>
+    <s v="Irish-European"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD354C4"/>
+    <s v="Not in labour force including not stated"/>
+    <s v="Number"/>
+    <n v="1424"/>
+  </r>
+  <r>
+    <s v="IE03"/>
+    <s v="Irish-European"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD354C5"/>
+    <s v="Labour force participation rate"/>
+    <s v="Rate"/>
+    <n v="64.5"/>
+  </r>
+  <r>
+    <s v="IE03"/>
+    <s v="Irish-European"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD354C6"/>
+    <s v="Unemployment rate"/>
+    <s v="Rate"/>
+    <n v="18.9"/>
+  </r>
+  <r>
+    <s v="IE04"/>
+    <s v="Irish-Other"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD354C1"/>
+    <s v="Total in labour force"/>
+    <s v="Number"/>
+    <n v="7257"/>
+  </r>
+  <r>
+    <s v="IE04"/>
+    <s v="Irish-Other"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD354C2"/>
+    <s v="At work"/>
+    <s v="Number"/>
+    <n v="6223"/>
+  </r>
+  <r>
+    <s v="IE04"/>
+    <s v="Irish-Other"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD354C3"/>
+    <s v="Unemployed including looking for first regular job"/>
+    <s v="Number"/>
+    <n v="1034"/>
+  </r>
+  <r>
+    <s v="IE04"/>
+    <s v="Irish-Other"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD354C4"/>
+    <s v="Not in labour force including not stated"/>
+    <s v="Number"/>
+    <n v="3554"/>
+  </r>
+  <r>
+    <s v="IE04"/>
+    <s v="Irish-Other"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD354C5"/>
+    <s v="Labour force participation rate"/>
+    <s v="Rate"/>
+    <n v="67.1"/>
+  </r>
+  <r>
+    <s v="IE04"/>
+    <s v="Irish-Other"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD354C6"/>
+    <s v="Unemployment rate"/>
+    <s v="Rate"/>
+    <n v="14.2"/>
+  </r>
+  <r>
+    <s v="IE05"/>
+    <s v="Non-Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD354C1"/>
+    <s v="Total in labour force"/>
+    <s v="Number"/>
+    <n v="345640"/>
+  </r>
+  <r>
+    <s v="IE05"/>
+    <s v="Non-Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD354C2"/>
+    <s v="At work"/>
+    <s v="Number"/>
+    <n v="268180"/>
+  </r>
+  <r>
+    <s v="IE05"/>
+    <s v="Non-Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD354C3"/>
+    <s v="Unemployed including looking for first regular job"/>
+    <s v="Number"/>
+    <n v="77460"/>
+  </r>
+  <r>
+    <s v="IE05"/>
+    <s v="Non-Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD354C4"/>
+    <s v="Not in labour force including not stated"/>
+    <s v="Number"/>
+    <n v="120148"/>
+  </r>
+  <r>
+    <s v="IE05"/>
+    <s v="Non-Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD354C5"/>
+    <s v="Labour force participation rate"/>
+    <s v="Rate"/>
+    <n v="74.2"/>
+  </r>
+  <r>
+    <s v="IE05"/>
+    <s v="Non-Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD354C6"/>
+    <s v="Unemployment rate"/>
+    <s v="Rate"/>
+    <n v="22.4"/>
+  </r>
+  <r>
+    <s v="EU27X01"/>
+    <s v="EU27 excluding Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD354C1"/>
+    <s v="Total in labour force"/>
+    <s v="Number"/>
+    <n v="259049"/>
+  </r>
+  <r>
+    <s v="EU27X01"/>
+    <s v="EU27 excluding Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD354C2"/>
+    <s v="At work"/>
+    <s v="Number"/>
+    <n v="203440"/>
+  </r>
+  <r>
+    <s v="EU27X01"/>
+    <s v="EU27 excluding Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD354C3"/>
+    <s v="Unemployed including looking for first regular job"/>
+    <s v="Number"/>
+    <n v="55609"/>
+  </r>
+  <r>
+    <s v="EU27X01"/>
+    <s v="EU27 excluding Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD354C4"/>
+    <s v="Not in labour force including not stated"/>
+    <s v="Number"/>
+    <n v="74246"/>
+  </r>
+  <r>
+    <s v="EU27X01"/>
+    <s v="EU27 excluding Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD354C5"/>
+    <s v="Labour force participation rate"/>
+    <s v="Rate"/>
+    <n v="77.7"/>
+  </r>
+  <r>
+    <s v="EU27X01"/>
+    <s v="EU27 excluding Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD354C6"/>
+    <s v="Unemployment rate"/>
+    <s v="Rate"/>
+    <n v="21.5"/>
+  </r>
+  <r>
+    <s v="GB01"/>
+    <s v="UK (1)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD354C1"/>
+    <s v="Total in labour force"/>
+    <s v="Number"/>
+    <n v="61995"/>
+  </r>
+  <r>
+    <s v="GB01"/>
+    <s v="UK (1)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD354C2"/>
+    <s v="At work"/>
+    <s v="Number"/>
+    <n v="46902"/>
+  </r>
+  <r>
+    <s v="GB01"/>
+    <s v="UK (1)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD354C3"/>
+    <s v="Unemployed including looking for first regular job"/>
+    <s v="Number"/>
+    <n v="15093"/>
+  </r>
+  <r>
+    <s v="GB01"/>
+    <s v="UK (1)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD354C4"/>
+    <s v="Not in labour force including not stated"/>
+    <s v="Number"/>
+    <n v="39126"/>
+  </r>
+  <r>
+    <s v="GB01"/>
+    <s v="UK (1)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD354C5"/>
+    <s v="Labour force participation rate"/>
+    <s v="Rate"/>
+    <n v="61.3"/>
+  </r>
+  <r>
+    <s v="GB01"/>
+    <s v="UK (1)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD354C6"/>
+    <s v="Unemployment rate"/>
+    <s v="Rate"/>
+    <n v="24.3"/>
+  </r>
+  <r>
+    <s v="AT"/>
+    <s v="Austrian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD354C1"/>
+    <s v="Total in labour force"/>
+    <s v="Number"/>
+    <n v="489"/>
+  </r>
+  <r>
+    <s v="AT"/>
+    <s v="Austrian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD354C2"/>
+    <s v="At work"/>
+    <s v="Number"/>
+    <n v="443"/>
+  </r>
+  <r>
+    <s v="AT"/>
+    <s v="Austrian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD354C3"/>
+    <s v="Unemployed including looking for first regular job"/>
+    <s v="Number"/>
+    <n v="46"/>
+  </r>
+  <r>
+    <s v="AT"/>
+    <s v="Austrian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD354C4"/>
+    <s v="Not in labour force including not stated"/>
+    <s v="Number"/>
+    <n v="147"/>
+  </r>
+  <r>
+    <s v="AT"/>
+    <s v="Austrian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD354C5"/>
+    <s v="Labour force participation rate"/>
+    <s v="Rate"/>
+    <n v="76.9"/>
+  </r>
+  <r>
+    <s v="AT"/>
+    <s v="Austrian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD354C6"/>
+    <s v="Unemployment rate"/>
+    <s v="Rate"/>
+    <n v="9.4"/>
+  </r>
+  <r>
+    <s v="BE"/>
+    <s v="Belgian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD354C1"/>
+    <s v="Total in labour force"/>
+    <s v="Number"/>
+    <n v="710"/>
+  </r>
+  <r>
+    <s v="BE"/>
+    <s v="Belgian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD354C2"/>
+    <s v="At work"/>
+    <s v="Number"/>
+    <n v="629"/>
+  </r>
+  <r>
+    <s v="BE"/>
+    <s v="Belgian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD354C3"/>
+    <s v="Unemployed including looking for first regular job"/>
+    <s v="Number"/>
+    <n v="81"/>
+  </r>
+  <r>
+    <s v="BE"/>
+    <s v="Belgian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD354C4"/>
+    <s v="Not in labour force including not stated"/>
+    <s v="Number"/>
+    <n v="247"/>
+  </r>
+  <r>
+    <s v="BE"/>
+    <s v="Belgian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD354C5"/>
+    <s v="Labour force participation rate"/>
+    <s v="Rate"/>
+    <n v="74.2"/>
+  </r>
+  <r>
+    <s v="BE"/>
+    <s v="Belgian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD354C6"/>
+    <s v="Unemployment rate"/>
+    <s v="Rate"/>
+    <n v="11.4"/>
+  </r>
+  <r>
+    <s v="DK"/>
+    <s v="Danish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD354C1"/>
+    <s v="Total in labour force"/>
+    <s v="Number"/>
+    <n v="570"/>
+  </r>
+  <r>
+    <s v="DK"/>
+    <s v="Danish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD354C2"/>
+    <s v="At work"/>
+    <s v="Number"/>
+    <n v="523"/>
+  </r>
+  <r>
+    <s v="DK"/>
+    <s v="Danish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD354C3"/>
+    <s v="Unemployed including looking for first regular job"/>
+    <s v="Number"/>
+    <n v="47"/>
+  </r>
+  <r>
+    <s v="DK"/>
+    <s v="Danish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD354C4"/>
+    <s v="Not in labour force including not stated"/>
+    <s v="Number"/>
+    <n v="158"/>
+  </r>
+  <r>
+    <s v="DK"/>
+    <s v="Danish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD354C5"/>
+    <s v="Labour force participation rate"/>
+    <s v="Rate"/>
+    <n v="78.3"/>
+  </r>
+  <r>
+    <s v="DK"/>
+    <s v="Danish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD354C6"/>
+    <s v="Unemployment rate"/>
+    <s v="Rate"/>
+    <n v="8.2"/>
+  </r>
+  <r>
+    <s v="FI"/>
+    <s v="Finnish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD354C1"/>
+    <s v="Total in labour force"/>
+    <s v="Number"/>
+    <n v="634"/>
+  </r>
+  <r>
+    <s v="FI"/>
+    <s v="Finnish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD354C2"/>
+    <s v="At work"/>
+    <s v="Number"/>
+    <n v="581"/>
+  </r>
+  <r>
+    <s v="FI"/>
+    <s v="Finnish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD354C3"/>
+    <s v="Unemployed including looking for first regular job"/>
+    <s v="Number"/>
+    <n v="53"/>
+  </r>
+  <r>
+    <s v="FI"/>
+    <s v="Finnish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD354C4"/>
+    <s v="Not in labour force including not stated"/>
+    <s v="Number"/>
+    <n v="164"/>
+  </r>
+  <r>
+    <s v="FI"/>
+    <s v="Finnish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD354C5"/>
+    <s v="Labour force participation rate"/>
+    <s v="Rate"/>
+    <n v="79.4"/>
+  </r>
+  <r>
+    <s v="FI"/>
+    <s v="Finnish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD354C6"/>
+    <s v="Unemployment rate"/>
+    <s v="Rate"/>
+    <n v="8.4"/>
+  </r>
+  <r>
+    <s v="FR"/>
+    <s v="French"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD354C1"/>
+    <s v="Total in labour force"/>
+    <s v="Number"/>
+    <n v="7218"/>
+  </r>
+  <r>
+    <s v="FR"/>
+    <s v="French"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD354C2"/>
+    <s v="At work"/>
+    <s v="Number"/>
+    <n v="6511"/>
+  </r>
+  <r>
+    <s v="FR"/>
+    <s v="French"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD354C3"/>
+    <s v="Unemployed including looking for first regular job"/>
+    <s v="Number"/>
+    <n v="707"/>
+  </r>
+  <r>
+    <s v="FR"/>
+    <s v="French"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD354C4"/>
+    <s v="Not in labour force including not stated"/>
+    <s v="Number"/>
+    <n v="1753"/>
+  </r>
+  <r>
+    <s v="FR"/>
+    <s v="French"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD354C5"/>
+    <s v="Labour force participation rate"/>
+    <s v="Rate"/>
+    <n v="80.5"/>
+  </r>
+  <r>
+    <s v="FR"/>
+    <s v="French"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD354C6"/>
+    <s v="Unemployment rate"/>
+    <s v="Rate"/>
+    <n v="9.8"/>
+  </r>
+  <r>
+    <s v="DE"/>
+    <s v="German"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD354C1"/>
+    <s v="Total in labour force"/>
+    <s v="Number"/>
+    <n v="7277"/>
+  </r>
+  <r>
+    <s v="DE"/>
+    <s v="German"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD354C2"/>
+    <s v="At work"/>
+    <s v="Number"/>
+    <n v="6483"/>
+  </r>
+  <r>
+    <s v="DE"/>
+    <s v="German"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD354C3"/>
+    <s v="Unemployed including looking for first regular job"/>
+    <s v="Number"/>
+    <n v="794"/>
+  </r>
+  <r>
+    <s v="DE"/>
+    <s v="German"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD354C4"/>
+    <s v="Not in labour force including not stated"/>
+    <s v="Number"/>
+    <n v="2954"/>
+  </r>
+  <r>
+    <s v="DE"/>
+    <s v="German"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD354C5"/>
+    <s v="Labour force participation rate"/>
+    <s v="Rate"/>
+    <n v="71.1"/>
+  </r>
+  <r>
+    <s v="DE"/>
+    <s v="German"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD354C6"/>
+    <s v="Unemployment rate"/>
+    <s v="Rate"/>
+    <n v="10.9"/>
+  </r>
+  <r>
+    <s v="GR"/>
+    <s v="Greek"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD354C1"/>
+    <s v="Total in labour force"/>
+    <s v="Number"/>
+    <n v="402"/>
+  </r>
+  <r>
+    <s v="GR"/>
+    <s v="Greek"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD354C2"/>
+    <s v="At work"/>
+    <s v="Number"/>
+    <n v="340"/>
+  </r>
+  <r>
+    <s v="GR"/>
+    <s v="Greek"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD354C3"/>
+    <s v="Unemployed including looking for first regular job"/>
+    <s v="Number"/>
+    <n v="62"/>
+  </r>
+  <r>
+    <s v="GR"/>
+    <s v="Greek"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD354C4"/>
+    <s v="Not in labour force including not stated"/>
+    <s v="Number"/>
+    <n v="81"/>
+  </r>
+  <r>
+    <s v="GR"/>
+    <s v="Greek"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD354C5"/>
+    <s v="Labour force participation rate"/>
+    <s v="Rate"/>
+    <n v="83.2"/>
+  </r>
+  <r>
+    <s v="GR"/>
+    <s v="Greek"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD354C6"/>
+    <s v="Unemployment rate"/>
+    <s v="Rate"/>
+    <n v="15.4"/>
+  </r>
+  <r>
+    <s v="IT"/>
+    <s v="Italian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD354C1"/>
+    <s v="Total in labour force"/>
+    <s v="Number"/>
+    <n v="5958"/>
+  </r>
+  <r>
+    <s v="IT"/>
+    <s v="Italian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD354C2"/>
+    <s v="At work"/>
+    <s v="Number"/>
+    <n v="5318"/>
+  </r>
+  <r>
+    <s v="IT"/>
+    <s v="Italian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD354C3"/>
+    <s v="Unemployed including looking for first regular job"/>
+    <s v="Number"/>
+    <n v="640"/>
+  </r>
+  <r>
+    <s v="IT"/>
+    <s v="Italian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD354C4"/>
+    <s v="Not in labour force including not stated"/>
+    <s v="Number"/>
+    <n v="1129"/>
+  </r>
+  <r>
+    <s v="IT"/>
+    <s v="Italian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD354C5"/>
+    <s v="Labour force participation rate"/>
+    <s v="Rate"/>
+    <n v="84.1"/>
+  </r>
+  <r>
+    <s v="IT"/>
+    <s v="Italian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD354C6"/>
+    <s v="Unemployment rate"/>
+    <s v="Rate"/>
+    <n v="10.7"/>
+  </r>
+  <r>
+    <s v="LU"/>
+    <s v="Luxembourger"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD354C1"/>
+    <s v="Total in labour force"/>
+    <s v="Number"/>
+    <n v="22"/>
+  </r>
+  <r>
+    <s v="LU"/>
+    <s v="Luxembourger"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD354C2"/>
+    <s v="At work"/>
+    <s v="Number"/>
+    <n v="20"/>
+  </r>
+  <r>
+    <s v="LU"/>
+    <s v="Luxembourger"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD354C3"/>
+    <s v="Unemployed including looking for first regular job"/>
+    <s v="Number"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="LU"/>
+    <s v="Luxembourger"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD354C4"/>
+    <s v="Not in labour force including not stated"/>
+    <s v="Number"/>
+    <n v="11"/>
+  </r>
+  <r>
+    <s v="LU"/>
+    <s v="Luxembourger"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD354C5"/>
+    <s v="Labour force participation rate"/>
+    <s v="Rate"/>
+    <n v="66.7"/>
+  </r>
+  <r>
+    <s v="LU"/>
+    <s v="Luxembourger"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD354C6"/>
+    <s v="Unemployment rate"/>
+    <s v="Rate"/>
+    <n v="9.1"/>
+  </r>
+  <r>
+    <s v="NL"/>
+    <s v="Dutch"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD354C1"/>
+    <s v="Total in labour force"/>
+    <s v="Number"/>
+    <n v="2612"/>
+  </r>
+  <r>
+    <s v="NL"/>
+    <s v="Dutch"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD354C2"/>
+    <s v="At work"/>
+    <s v="Number"/>
+    <n v="2237"/>
+  </r>
+  <r>
+    <s v="NL"/>
+    <s v="Dutch"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD354C3"/>
+    <s v="Unemployed including looking for first regular job"/>
+    <s v="Number"/>
+    <n v="375"/>
+  </r>
+  <r>
+    <s v="NL"/>
+    <s v="Dutch"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD354C4"/>
+    <s v="Not in labour force including not stated"/>
+    <s v="Number"/>
+    <n v="1205"/>
+  </r>
+  <r>
+    <s v="NL"/>
+    <s v="Dutch"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD354C5"/>
+    <s v="Labour force participation rate"/>
+    <s v="Rate"/>
+    <n v="68.4"/>
+  </r>
+  <r>
+    <s v="NL"/>
+    <s v="Dutch"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD354C6"/>
+    <s v="Unemployment rate"/>
+    <s v="Rate"/>
+    <n v="14.4"/>
+  </r>
+  <r>
+    <s v="PT"/>
+    <s v="Portuguese"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD354C1"/>
+    <s v="Total in labour force"/>
+    <s v="Number"/>
+    <n v="2001"/>
+  </r>
+  <r>
+    <s v="PT"/>
+    <s v="Portuguese"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD354C2"/>
+    <s v="At work"/>
+    <s v="Number"/>
+    <n v="1567"/>
+  </r>
+  <r>
+    <s v="PT"/>
+    <s v="Portuguese"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD354C3"/>
+    <s v="Unemployed including looking for first regular job"/>
+    <s v="Number"/>
+    <n v="434"/>
+  </r>
+  <r>
+    <s v="PT"/>
+    <s v="Portuguese"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD354C4"/>
+    <s v="Not in labour force including not stated"/>
+    <s v="Number"/>
+    <n v="407"/>
+  </r>
+  <r>
+    <s v="PT"/>
+    <s v="Portuguese"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD354C5"/>
+    <s v="Labour force participation rate"/>
+    <s v="Rate"/>
+    <n v="83.1"/>
+  </r>
+  <r>
+    <s v="PT"/>
+    <s v="Portuguese"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD354C6"/>
+    <s v="Unemployment rate"/>
+    <s v="Rate"/>
+    <n v="21.7"/>
+  </r>
+  <r>
+    <s v="ES"/>
+    <s v="Spanish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD354C1"/>
+    <s v="Total in labour force"/>
+    <s v="Number"/>
+    <n v="5085"/>
+  </r>
+  <r>
+    <s v="ES"/>
+    <s v="Spanish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD354C2"/>
+    <s v="At work"/>
+    <s v="Number"/>
+    <n v="4494"/>
+  </r>
+  <r>
+    <s v="ES"/>
+    <s v="Spanish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD354C3"/>
+    <s v="Unemployed including looking for first regular job"/>
+    <s v="Number"/>
+    <n v="591"/>
+  </r>
+  <r>
+    <s v="ES"/>
+    <s v="Spanish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD354C4"/>
+    <s v="Not in labour force including not stated"/>
+    <s v="Number"/>
+    <n v="1177"/>
+  </r>
+  <r>
+    <s v="ES"/>
+    <s v="Spanish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD354C5"/>
+    <s v="Labour force participation rate"/>
+    <s v="Rate"/>
+    <n v="81.2"/>
+  </r>
+  <r>
+    <s v="ES"/>
+    <s v="Spanish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD354C6"/>
+    <s v="Unemployment rate"/>
+    <s v="Rate"/>
+    <n v="11.6"/>
+  </r>
+  <r>
+    <s v="SE"/>
+    <s v="Swedish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD354C1"/>
+    <s v="Total in labour force"/>
+    <s v="Number"/>
+    <n v="1269"/>
+  </r>
+  <r>
+    <s v="SE"/>
+    <s v="Swedish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD354C2"/>
+    <s v="At work"/>
+    <s v="Number"/>
+    <n v="1163"/>
+  </r>
+  <r>
+    <s v="SE"/>
+    <s v="Swedish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD354C3"/>
+    <s v="Unemployed including looking for first regular job"/>
+    <s v="Number"/>
+    <n v="106"/>
+  </r>
+  <r>
+    <s v="SE"/>
+    <s v="Swedish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD354C4"/>
+    <s v="Not in labour force including not stated"/>
+    <s v="Number"/>
+    <n v="317"/>
+  </r>
+  <r>
+    <s v="SE"/>
+    <s v="Swedish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD354C5"/>
+    <s v="Labour force participation rate"/>
+    <s v="Rate"/>
+    <n v="80"/>
+  </r>
+  <r>
+    <s v="SE"/>
+    <s v="Swedish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD354C6"/>
+    <s v="Unemployment rate"/>
+    <s v="Rate"/>
+    <n v="8.4"/>
+  </r>
+  <r>
+    <s v="CY"/>
+    <s v="Cypriot"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD354C1"/>
+    <s v="Total in labour force"/>
+    <s v="Number"/>
+    <n v="41"/>
+  </r>
+  <r>
+    <s v="CY"/>
+    <s v="Cypriot"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD354C2"/>
+    <s v="At work"/>
+    <s v="Number"/>
+    <n v="31"/>
+  </r>
+  <r>
+    <s v="CY"/>
+    <s v="Cypriot"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD354C3"/>
+    <s v="Unemployed including looking for first regular job"/>
+    <s v="Number"/>
+    <n v="10"/>
+  </r>
+  <r>
+    <s v="CY"/>
+    <s v="Cypriot"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD354C4"/>
+    <s v="Not in labour force including not stated"/>
+    <s v="Number"/>
+    <n v="32"/>
+  </r>
+  <r>
+    <s v="CY"/>
+    <s v="Cypriot"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD354C5"/>
+    <s v="Labour force participation rate"/>
+    <s v="Rate"/>
+    <n v="56.2"/>
+  </r>
+  <r>
+    <s v="CY"/>
+    <s v="Cypriot"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD354C6"/>
+    <s v="Unemployment rate"/>
+    <s v="Rate"/>
+    <n v="24.4"/>
+  </r>
+  <r>
+    <s v="CZ"/>
+    <s v="Czech"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD354C1"/>
+    <s v="Total in labour force"/>
+    <s v="Number"/>
+    <n v="4181"/>
+  </r>
+  <r>
+    <s v="CZ"/>
+    <s v="Czech"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD354C2"/>
+    <s v="At work"/>
+    <s v="Number"/>
+    <n v="3184"/>
+  </r>
+  <r>
+    <s v="CZ"/>
+    <s v="Czech"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD354C3"/>
+    <s v="Unemployed including looking for first regular job"/>
+    <s v="Number"/>
+    <n v="997"/>
+  </r>
+  <r>
+    <s v="CZ"/>
+    <s v="Czech"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD354C4"/>
+    <s v="Not in labour force including not stated"/>
+    <s v="Number"/>
+    <n v="683"/>
+  </r>
+  <r>
+    <s v="CZ"/>
+    <s v="Czech"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD354C5"/>
+    <s v="Labour force participation rate"/>
+    <s v="Rate"/>
+    <n v="86"/>
+  </r>
+  <r>
+    <s v="CZ"/>
+    <s v="Czech"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD354C6"/>
+    <s v="Unemployment rate"/>
+    <s v="Rate"/>
+    <n v="23.8"/>
+  </r>
+  <r>
+    <s v="EE"/>
+    <s v="Estonian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD354C1"/>
+    <s v="Total in labour force"/>
+    <s v="Number"/>
+    <n v="1770"/>
+  </r>
+  <r>
+    <s v="EE"/>
+    <s v="Estonian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD354C2"/>
+    <s v="At work"/>
+    <s v="Number"/>
+    <n v="1376"/>
+  </r>
+  <r>
+    <s v="EE"/>
+    <s v="Estonian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD354C3"/>
+    <s v="Unemployed including looking for first regular job"/>
+    <s v="Number"/>
+    <n v="394"/>
+  </r>
+  <r>
+    <s v="EE"/>
+    <s v="Estonian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD354C4"/>
+    <s v="Not in labour force including not stated"/>
+    <s v="Number"/>
+    <n v="421"/>
+  </r>
+  <r>
+    <s v="EE"/>
+    <s v="Estonian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD354C5"/>
+    <s v="Labour force participation rate"/>
+    <s v="Rate"/>
+    <n v="80.8"/>
+  </r>
+  <r>
+    <s v="EE"/>
+    <s v="Estonian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD354C6"/>
+    <s v="Unemployment rate"/>
+    <s v="Rate"/>
+    <n v="22.3"/>
+  </r>
+  <r>
+    <s v="HU"/>
+    <s v="Hungarian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD354C1"/>
+    <s v="Total in labour force"/>
+    <s v="Number"/>
+    <n v="6272"/>
+  </r>
+  <r>
+    <s v="HU"/>
+    <s v="Hungarian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD354C2"/>
+    <s v="At work"/>
+    <s v="Number"/>
+    <n v="5299"/>
+  </r>
+  <r>
+    <s v="HU"/>
+    <s v="Hungarian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD354C3"/>
+    <s v="Unemployed including looking for first regular job"/>
+    <s v="Number"/>
+    <n v="973"/>
+  </r>
+  <r>
+    <s v="HU"/>
+    <s v="Hungarian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD354C4"/>
+    <s v="Not in labour force including not stated"/>
+    <s v="Number"/>
+    <n v="783"/>
+  </r>
+  <r>
+    <s v="HU"/>
+    <s v="Hungarian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD354C5"/>
+    <s v="Labour force participation rate"/>
+    <s v="Rate"/>
+    <n v="88.9"/>
+  </r>
+  <r>
+    <s v="HU"/>
+    <s v="Hungarian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD354C6"/>
+    <s v="Unemployment rate"/>
+    <s v="Rate"/>
+    <n v="15.5"/>
+  </r>
+  <r>
+    <s v="LV"/>
+    <s v="Latvian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD354C1"/>
+    <s v="Total in labour force"/>
+    <s v="Number"/>
+    <n v="14297"/>
+  </r>
+  <r>
+    <s v="LV"/>
+    <s v="Latvian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD354C2"/>
+    <s v="At work"/>
+    <s v="Number"/>
+    <n v="10782"/>
+  </r>
+  <r>
+    <s v="LV"/>
+    <s v="Latvian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD354C3"/>
+    <s v="Unemployed including looking for first regular job"/>
+    <s v="Number"/>
+    <n v="3515"/>
+  </r>
+  <r>
+    <s v="LV"/>
+    <s v="Latvian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD354C4"/>
+    <s v="Not in labour force including not stated"/>
+    <s v="Number"/>
+    <n v="2636"/>
+  </r>
+  <r>
+    <s v="LV"/>
+    <s v="Latvian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD354C5"/>
+    <s v="Labour force participation rate"/>
+    <s v="Rate"/>
+    <n v="84.4"/>
+  </r>
+  <r>
+    <s v="LV"/>
+    <s v="Latvian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD354C6"/>
+    <s v="Unemployment rate"/>
+    <s v="Rate"/>
+    <n v="24.6"/>
+  </r>
+  <r>
+    <s v="LT"/>
+    <s v="Lithuanian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD354C1"/>
+    <s v="Total in labour force"/>
+    <s v="Number"/>
+    <n v="25997"/>
+  </r>
+  <r>
+    <s v="LT"/>
+    <s v="Lithuanian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD354C2"/>
+    <s v="At work"/>
+    <s v="Number"/>
+    <n v="19753"/>
+  </r>
+  <r>
+    <s v="LT"/>
+    <s v="Lithuanian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD354C3"/>
+    <s v="Unemployed including looking for first regular job"/>
+    <s v="Number"/>
+    <n v="6244"/>
+  </r>
+  <r>
+    <s v="LT"/>
+    <s v="Lithuanian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD354C4"/>
+    <s v="Not in labour force including not stated"/>
+    <s v="Number"/>
+    <n v="4262"/>
+  </r>
+  <r>
+    <s v="LT"/>
+    <s v="Lithuanian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD354C5"/>
+    <s v="Labour force participation rate"/>
+    <s v="Rate"/>
+    <n v="85.9"/>
+  </r>
+  <r>
+    <s v="LT"/>
+    <s v="Lithuanian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD354C6"/>
+    <s v="Unemployment rate"/>
+    <s v="Rate"/>
+    <n v="24"/>
+  </r>
+  <r>
+    <s v="MT"/>
+    <s v="Maltese"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD354C1"/>
+    <s v="Total in labour force"/>
+    <s v="Number"/>
+    <n v="112"/>
+  </r>
+  <r>
+    <s v="MT"/>
+    <s v="Maltese"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD354C2"/>
+    <s v="At work"/>
+    <s v="Number"/>
+    <n v="93"/>
+  </r>
+  <r>
+    <s v="MT"/>
+    <s v="Maltese"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD354C3"/>
+    <s v="Unemployed including looking for first regular job"/>
+    <s v="Number"/>
+    <n v="19"/>
+  </r>
+  <r>
+    <s v="MT"/>
+    <s v="Maltese"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD354C4"/>
+    <s v="Not in labour force including not stated"/>
+    <s v="Number"/>
+    <n v="46"/>
+  </r>
+  <r>
+    <s v="MT"/>
+    <s v="Maltese"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD354C5"/>
+    <s v="Labour force participation rate"/>
+    <s v="Rate"/>
+    <n v="70.9"/>
+  </r>
+  <r>
+    <s v="MT"/>
+    <s v="Maltese"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD354C6"/>
+    <s v="Unemployment rate"/>
+    <s v="Rate"/>
+    <n v="17"/>
+  </r>
+  <r>
+    <s v="PL"/>
+    <s v="Polish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD354C1"/>
+    <s v="Total in labour force"/>
+    <s v="Number"/>
+    <n v="88326"/>
+  </r>
+  <r>
+    <s v="PL"/>
+    <s v="Polish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD354C2"/>
+    <s v="At work"/>
+    <s v="Number"/>
+    <n v="69473"/>
+  </r>
+  <r>
+    <s v="PL"/>
+    <s v="Polish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD354C3"/>
+    <s v="Unemployed including looking for first regular job"/>
+    <s v="Number"/>
+    <n v="18853"/>
+  </r>
+  <r>
+    <s v="PL"/>
+    <s v="Polish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD354C4"/>
+    <s v="Not in labour force including not stated"/>
+    <s v="Number"/>
+    <n v="12055"/>
+  </r>
+  <r>
+    <s v="PL"/>
+    <s v="Polish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD354C5"/>
+    <s v="Labour force participation rate"/>
+    <s v="Rate"/>
+    <n v="88"/>
+  </r>
+  <r>
+    <s v="PL"/>
+    <s v="Polish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD354C6"/>
+    <s v="Unemployment rate"/>
+    <s v="Rate"/>
+    <n v="21.3"/>
+  </r>
+  <r>
+    <s v="SK"/>
+    <s v="Slovak"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD354C1"/>
+    <s v="Total in labour force"/>
+    <s v="Number"/>
+    <n v="8679"/>
+  </r>
+  <r>
+    <s v="SK"/>
+    <s v="Slovak"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD354C2"/>
+    <s v="At work"/>
+    <s v="Number"/>
+    <n v="7083"/>
+  </r>
+  <r>
+    <s v="SK"/>
+    <s v="Slovak"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD354C3"/>
+    <s v="Unemployed including looking for first regular job"/>
+    <s v="Number"/>
+    <n v="1596"/>
+  </r>
+  <r>
+    <s v="SK"/>
+    <s v="Slovak"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD354C4"/>
+    <s v="Not in labour force including not stated"/>
+    <s v="Number"/>
+    <n v="986"/>
+  </r>
+  <r>
+    <s v="SK"/>
+    <s v="Slovak"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD354C5"/>
+    <s v="Labour force participation rate"/>
+    <s v="Rate"/>
+    <n v="89.8"/>
+  </r>
+  <r>
+    <s v="SK"/>
+    <s v="Slovak"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD354C6"/>
+    <s v="Unemployment rate"/>
+    <s v="Rate"/>
+    <n v="18.4"/>
+  </r>
+  <r>
+    <s v="SI"/>
+    <s v="Slovenian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD354C1"/>
+    <s v="Total in labour force"/>
+    <s v="Number"/>
+    <n v="143"/>
+  </r>
+  <r>
+    <s v="SI"/>
+    <s v="Slovenian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD354C2"/>
+    <s v="At work"/>
+    <s v="Number"/>
+    <n v="119"/>
+  </r>
+  <r>
+    <s v="SI"/>
+    <s v="Slovenian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD354C3"/>
+    <s v="Unemployed including looking for first regular job"/>
+    <s v="Number"/>
+    <n v="24"/>
+  </r>
+  <r>
+    <s v="SI"/>
+    <s v="Slovenian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD354C4"/>
+    <s v="Not in labour force including not stated"/>
+    <s v="Number"/>
+    <n v="26"/>
+  </r>
+  <r>
+    <s v="SI"/>
+    <s v="Slovenian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD354C5"/>
+    <s v="Labour force participation rate"/>
+    <s v="Rate"/>
+    <n v="84.6"/>
+  </r>
+  <r>
+    <s v="SI"/>
+    <s v="Slovenian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD354C6"/>
+    <s v="Unemployment rate"/>
+    <s v="Rate"/>
+    <n v="16.8"/>
+  </r>
+  <r>
+    <s v="BG"/>
+    <s v="Bulgarian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD354C1"/>
+    <s v="Total in labour force"/>
+    <s v="Number"/>
+    <n v="1265"/>
+  </r>
+  <r>
+    <s v="BG"/>
+    <s v="Bulgarian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD354C2"/>
+    <s v="At work"/>
+    <s v="Number"/>
+    <n v="979"/>
+  </r>
+  <r>
+    <s v="BG"/>
+    <s v="Bulgarian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD354C3"/>
+    <s v="Unemployed including looking for first regular job"/>
+    <s v="Number"/>
+    <n v="286"/>
+  </r>
+  <r>
+    <s v="BG"/>
+    <s v="Bulgarian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD354C4"/>
+    <s v="Not in labour force including not stated"/>
+    <s v="Number"/>
+    <n v="310"/>
+  </r>
+  <r>
+    <s v="BG"/>
+    <s v="Bulgarian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD354C5"/>
+    <s v="Labour force participation rate"/>
+    <s v="Rate"/>
+    <n v="80.3"/>
+  </r>
+  <r>
+    <s v="BG"/>
+    <s v="Bulgarian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD354C6"/>
+    <s v="Unemployment rate"/>
+    <s v="Rate"/>
+    <n v="22.6"/>
+  </r>
+  <r>
+    <s v="RO"/>
+    <s v="Romanian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD354C1"/>
+    <s v="Total in labour force"/>
+    <s v="Number"/>
+    <n v="11724"/>
+  </r>
+  <r>
+    <s v="RO"/>
+    <s v="Romanian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD354C2"/>
+    <s v="At work"/>
+    <s v="Number"/>
+    <n v="8057"/>
+  </r>
+  <r>
+    <s v="RO"/>
+    <s v="Romanian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD354C3"/>
+    <s v="Unemployed including looking for first regular job"/>
+    <s v="Number"/>
+    <n v="3667"/>
+  </r>
+  <r>
+    <s v="RO"/>
+    <s v="Romanian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD354C4"/>
+    <s v="Not in labour force including not stated"/>
+    <s v="Number"/>
+    <n v="3130"/>
+  </r>
+  <r>
+    <s v="RO"/>
+    <s v="Romanian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD354C5"/>
+    <s v="Labour force participation rate"/>
+    <s v="Rate"/>
+    <n v="78.9"/>
+  </r>
+  <r>
+    <s v="RO"/>
+    <s v="Romanian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD354C6"/>
+    <s v="Unemployment rate"/>
+    <s v="Rate"/>
+    <n v="31.3"/>
+  </r>
+  <r>
+    <s v="OEUR06"/>
+    <s v="Other European (6)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD354C1"/>
+    <s v="Total in labour force"/>
+    <s v="Number"/>
+    <n v="5674"/>
+  </r>
+  <r>
+    <s v="OEUR06"/>
+    <s v="Other European (6)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD354C2"/>
+    <s v="At work"/>
+    <s v="Number"/>
+    <n v="4002"/>
+  </r>
+  <r>
+    <s v="OEUR06"/>
+    <s v="Other European (6)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD354C3"/>
+    <s v="Unemployed including looking for first regular job"/>
+    <s v="Number"/>
+    <n v="1672"/>
+  </r>
+  <r>
+    <s v="OEUR06"/>
+    <s v="Other European (6)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD354C4"/>
+    <s v="Not in labour force including not stated"/>
+    <s v="Number"/>
+    <n v="2286"/>
+  </r>
+  <r>
+    <s v="OEUR06"/>
+    <s v="Other European (6)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD354C5"/>
+    <s v="Labour force participation rate"/>
+    <s v="Rate"/>
+    <n v="71.3"/>
+  </r>
+  <r>
+    <s v="OEUR06"/>
+    <s v="Other European (6)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD354C6"/>
+    <s v="Unemployment rate"/>
+    <s v="Rate"/>
+    <n v="29.5"/>
+  </r>
+  <r>
+    <s v="OEUR04"/>
+    <s v="Other European (4)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD354C1"/>
+    <s v="Total in labour force"/>
+    <s v="Number"/>
+    <n v="10214"/>
+  </r>
+  <r>
+    <s v="OEUR04"/>
+    <s v="Other European (4)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD354C2"/>
+    <s v="At work"/>
+    <s v="Number"/>
+    <n v="7362"/>
+  </r>
+  <r>
+    <s v="OEUR04"/>
+    <s v="Other European (4)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD354C3"/>
+    <s v="Unemployed including looking for first regular job"/>
+    <s v="Number"/>
+    <n v="2852"/>
+  </r>
+  <r>
+    <s v="OEUR04"/>
+    <s v="Other European (4)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD354C4"/>
+    <s v="Not in labour force including not stated"/>
+    <s v="Number"/>
+    <n v="3983"/>
+  </r>
+  <r>
+    <s v="OEUR04"/>
+    <s v="Other European (4)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD354C5"/>
+    <s v="Labour force participation rate"/>
+    <s v="Rate"/>
+    <n v="71.9"/>
+  </r>
+  <r>
+    <s v="OEUR04"/>
+    <s v="Other European (4)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD354C6"/>
+    <s v="Unemployment rate"/>
+    <s v="Rate"/>
+    <n v="27.9"/>
+  </r>
+  <r>
+    <s v="RU"/>
+    <s v="Russian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD354C1"/>
+    <s v="Total in labour force"/>
+    <s v="Number"/>
+    <n v="2347"/>
+  </r>
+  <r>
+    <s v="RU"/>
+    <s v="Russian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD354C2"/>
+    <s v="At work"/>
+    <s v="Number"/>
+    <n v="1715"/>
+  </r>
+  <r>
+    <s v="RU"/>
+    <s v="Russian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD354C3"/>
+    <s v="Unemployed including looking for first regular job"/>
+    <s v="Number"/>
+    <n v="632"/>
+  </r>
+  <r>
+    <s v="RU"/>
+    <s v="Russian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD354C4"/>
+    <s v="Not in labour force including not stated"/>
+    <s v="Number"/>
+    <n v="932"/>
+  </r>
+  <r>
+    <s v="RU"/>
+    <s v="Russian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD354C5"/>
+    <s v="Labour force participation rate"/>
+    <s v="Rate"/>
+    <n v="71.6"/>
+  </r>
+  <r>
+    <s v="RU"/>
+    <s v="Russian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD354C6"/>
+    <s v="Unemployment rate"/>
+    <s v="Rate"/>
+    <n v="26.9"/>
+  </r>
+  <r>
+    <s v="UA"/>
+    <s v="Ukrainian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD354C1"/>
+    <s v="Total in labour force"/>
+    <s v="Number"/>
+    <n v="2193"/>
+  </r>
+  <r>
+    <s v="UA"/>
+    <s v="Ukrainian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD354C2"/>
+    <s v="At work"/>
+    <s v="Number"/>
+    <n v="1645"/>
+  </r>
+  <r>
+    <s v="UA"/>
+    <s v="Ukrainian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD354C3"/>
+    <s v="Unemployed including looking for first regular job"/>
+    <s v="Number"/>
+    <n v="548"/>
+  </r>
+  <r>
+    <s v="UA"/>
+    <s v="Ukrainian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD354C4"/>
+    <s v="Not in labour force including not stated"/>
+    <s v="Number"/>
+    <n v="765"/>
+  </r>
+  <r>
+    <s v="UA"/>
+    <s v="Ukrainian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD354C5"/>
+    <s v="Labour force participation rate"/>
+    <s v="Rate"/>
+    <n v="74.1"/>
+  </r>
+  <r>
+    <s v="UA"/>
+    <s v="Ukrainian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD354C6"/>
+    <s v="Unemployment rate"/>
+    <s v="Rate"/>
+    <n v="25"/>
+  </r>
+  <r>
+    <s v="AFR01"/>
+    <s v="African (1)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD354C1"/>
+    <s v="Total in labour force"/>
+    <s v="Number"/>
+    <n v="21353"/>
+  </r>
+  <r>
+    <s v="AFR01"/>
+    <s v="African (1)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD354C2"/>
+    <s v="At work"/>
+    <s v="Number"/>
+    <n v="13184"/>
+  </r>
+  <r>
+    <s v="AFR01"/>
+    <s v="African (1)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD354C3"/>
+    <s v="Unemployed including looking for first regular job"/>
+    <s v="Number"/>
+    <n v="8169"/>
+  </r>
+  <r>
+    <s v="AFR01"/>
+    <s v="African (1)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD354C4"/>
+    <s v="Not in labour force including not stated"/>
+    <s v="Number"/>
+    <n v="12747"/>
+  </r>
+  <r>
+    <s v="AFR01"/>
+    <s v="African (1)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD354C5"/>
+    <s v="Labour force participation rate"/>
+    <s v="Rate"/>
+    <n v="62.6"/>
+  </r>
+  <r>
+    <s v="AFR01"/>
+    <s v="African (1)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD354C6"/>
+    <s v="Unemployment rate"/>
+    <s v="Rate"/>
+    <n v="38.3"/>
+  </r>
+  <r>
+    <s v="NG"/>
+    <s v="Nigerian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD354C1"/>
+    <s v="Total in labour force"/>
+    <s v="Number"/>
+    <n v="9397"/>
+  </r>
+  <r>
+    <s v="NG"/>
+    <s v="Nigerian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD354C2"/>
+    <s v="At work"/>
+    <s v="Number"/>
+    <n v="5783"/>
+  </r>
+  <r>
+    <s v="NG"/>
+    <s v="Nigerian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD354C3"/>
+    <s v="Unemployed including looking for first regular job"/>
+    <s v="Number"/>
+    <n v="3614"/>
+  </r>
+  <r>
+    <s v="NG"/>
+    <s v="Nigerian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD354C4"/>
+    <s v="Not in labour force including not stated"/>
+    <s v="Number"/>
+    <n v="4493"/>
+  </r>
+  <r>
+    <s v="NG"/>
+    <s v="Nigerian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD354C5"/>
+    <s v="Labour force participation rate"/>
+    <s v="Rate"/>
+    <n v="67.7"/>
+  </r>
+  <r>
+    <s v="NG"/>
+    <s v="Nigerian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD354C6"/>
+    <s v="Unemployment rate"/>
+    <s v="Rate"/>
+    <n v="38.5"/>
+  </r>
+  <r>
+    <s v="ZA"/>
+    <s v="South African"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD354C1"/>
+    <s v="Total in labour force"/>
+    <s v="Number"/>
+    <n v="2962"/>
+  </r>
+  <r>
+    <s v="ZA"/>
+    <s v="South African"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD354C2"/>
+    <s v="At work"/>
+    <s v="Number"/>
+    <n v="2332"/>
+  </r>
+  <r>
+    <s v="ZA"/>
+    <s v="South African"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD354C3"/>
+    <s v="Unemployed including looking for first regular job"/>
+    <s v="Number"/>
+    <n v="630"/>
+  </r>
+  <r>
+    <s v="ZA"/>
+    <s v="South African"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD354C4"/>
+    <s v="Not in labour force including not stated"/>
+    <s v="Number"/>
+    <n v="1246"/>
+  </r>
+  <r>
+    <s v="ZA"/>
+    <s v="South African"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD354C5"/>
+    <s v="Labour force participation rate"/>
+    <s v="Rate"/>
+    <n v="70.4"/>
+  </r>
+  <r>
+    <s v="ZA"/>
+    <s v="South African"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD354C6"/>
+    <s v="Unemployment rate"/>
+    <s v="Rate"/>
+    <n v="21.3"/>
+  </r>
+  <r>
+    <s v="MU"/>
+    <s v="Mauritian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD354C1"/>
+    <s v="Total in labour force"/>
+    <s v="Number"/>
+    <n v="1249"/>
+  </r>
+  <r>
+    <s v="MU"/>
+    <s v="Mauritian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD354C2"/>
+    <s v="At work"/>
+    <s v="Number"/>
+    <n v="1061"/>
+  </r>
+  <r>
+    <s v="MU"/>
+    <s v="Mauritian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD354C3"/>
+    <s v="Unemployed including looking for first regular job"/>
+    <s v="Number"/>
+    <n v="188"/>
+  </r>
+  <r>
+    <s v="MU"/>
+    <s v="Mauritian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD354C4"/>
+    <s v="Not in labour force including not stated"/>
+    <s v="Number"/>
+    <n v="1363"/>
+  </r>
+  <r>
+    <s v="MU"/>
+    <s v="Mauritian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD354C5"/>
+    <s v="Labour force participation rate"/>
+    <s v="Rate"/>
+    <n v="47.8"/>
+  </r>
+  <r>
+    <s v="MU"/>
+    <s v="Mauritian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD354C6"/>
+    <s v="Unemployment rate"/>
+    <s v="Rate"/>
+    <n v="15.1"/>
+  </r>
+  <r>
+    <s v="OAFR02"/>
+    <s v="Other African (2)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD354C1"/>
+    <s v="Total in labour force"/>
+    <s v="Number"/>
+    <n v="7745"/>
+  </r>
+  <r>
+    <s v="OAFR02"/>
+    <s v="Other African (2)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD354C2"/>
+    <s v="At work"/>
+    <s v="Number"/>
+    <n v="4008"/>
+  </r>
+  <r>
+    <s v="OAFR02"/>
+    <s v="Other African (2)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD354C3"/>
+    <s v="Unemployed including looking for first regular job"/>
+    <s v="Number"/>
+    <n v="3737"/>
+  </r>
+  <r>
+    <s v="OAFR02"/>
+    <s v="Other African (2)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD354C4"/>
+    <s v="Not in labour force including not stated"/>
+    <s v="Number"/>
+    <n v="5645"/>
+  </r>
+  <r>
+    <s v="OAFR02"/>
+    <s v="Other African (2)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD354C5"/>
+    <s v="Labour force participation rate"/>
+    <s v="Rate"/>
+    <n v="57.8"/>
+  </r>
+  <r>
+    <s v="OAFR02"/>
+    <s v="Other African (2)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD354C6"/>
+    <s v="Unemployment rate"/>
+    <s v="Rate"/>
+    <n v="48.3"/>
+  </r>
+  <r>
+    <s v="AS01"/>
+    <s v="Asian (1)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD354C1"/>
+    <s v="Total in labour force"/>
+    <s v="Number"/>
+    <n v="36724"/>
+  </r>
+  <r>
+    <s v="AS01"/>
+    <s v="Asian (1)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD354C2"/>
+    <s v="At work"/>
+    <s v="Number"/>
+    <n v="29340"/>
+  </r>
+  <r>
+    <s v="AS01"/>
+    <s v="Asian (1)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD354C3"/>
+    <s v="Unemployed including looking for first regular job"/>
+    <s v="Number"/>
+    <n v="7384"/>
+  </r>
+  <r>
+    <s v="AS01"/>
+    <s v="Asian (1)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD354C4"/>
+    <s v="Not in labour force including not stated"/>
+    <s v="Number"/>
+    <n v="18449"/>
+  </r>
+  <r>
+    <s v="AS01"/>
+    <s v="Asian (1)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD354C5"/>
+    <s v="Labour force participation rate"/>
+    <s v="Rate"/>
+    <n v="66.6"/>
+  </r>
+  <r>
+    <s v="AS01"/>
+    <s v="Asian (1)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD354C6"/>
+    <s v="Unemployment rate"/>
+    <s v="Rate"/>
+    <n v="20.1"/>
+  </r>
+  <r>
+    <s v="IN"/>
+    <s v="Indian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD354C1"/>
+    <s v="Total in labour force"/>
+    <s v="Number"/>
+    <n v="10682"/>
+  </r>
+  <r>
+    <s v="IN"/>
+    <s v="Indian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD354C2"/>
+    <s v="At work"/>
+    <s v="Number"/>
+    <n v="8397"/>
+  </r>
+  <r>
+    <s v="IN"/>
+    <s v="Indian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD354C3"/>
+    <s v="Unemployed including looking for first regular job"/>
+    <s v="Number"/>
+    <n v="2285"/>
+  </r>
+  <r>
+    <s v="IN"/>
+    <s v="Indian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD354C4"/>
+    <s v="Not in labour force including not stated"/>
+    <s v="Number"/>
+    <n v="2382"/>
+  </r>
+  <r>
+    <s v="IN"/>
+    <s v="Indian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD354C5"/>
+    <s v="Labour force participation rate"/>
+    <s v="Rate"/>
+    <n v="81.8"/>
+  </r>
+  <r>
+    <s v="IN"/>
+    <s v="Indian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD354C6"/>
+    <s v="Unemployment rate"/>
+    <s v="Rate"/>
+    <n v="21.4"/>
+  </r>
+  <r>
+    <s v="PH"/>
+    <s v="Filipino"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD354C1"/>
+    <s v="Total in labour force"/>
+    <s v="Number"/>
+    <n v="8593"/>
+  </r>
+  <r>
+    <s v="PH"/>
+    <s v="Filipino"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD354C2"/>
+    <s v="At work"/>
+    <s v="Number"/>
+    <n v="7605"/>
+  </r>
+  <r>
+    <s v="PH"/>
+    <s v="Filipino"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD354C3"/>
+    <s v="Unemployed including looking for first regular job"/>
+    <s v="Number"/>
+    <n v="988"/>
+  </r>
+  <r>
+    <s v="PH"/>
+    <s v="Filipino"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD354C4"/>
+    <s v="Not in labour force including not stated"/>
+    <s v="Number"/>
+    <n v="1777"/>
+  </r>
+  <r>
+    <s v="PH"/>
+    <s v="Filipino"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD354C5"/>
+    <s v="Labour force participation rate"/>
+    <s v="Rate"/>
+    <n v="82.9"/>
+  </r>
+  <r>
+    <s v="PH"/>
+    <s v="Filipino"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD354C6"/>
+    <s v="Unemployment rate"/>
+    <s v="Rate"/>
+    <n v="11.5"/>
+  </r>
+  <r>
+    <s v="CN"/>
+    <s v="Chinese"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD354C1"/>
+    <s v="Total in labour force"/>
+    <s v="Number"/>
+    <n v="5913"/>
+  </r>
+  <r>
+    <s v="CN"/>
+    <s v="Chinese"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD354C2"/>
+    <s v="At work"/>
+    <s v="Number"/>
+    <n v="4893"/>
+  </r>
+  <r>
+    <s v="CN"/>
+    <s v="Chinese"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD354C3"/>
+    <s v="Unemployed including looking for first regular job"/>
+    <s v="Number"/>
+    <n v="1020"/>
+  </r>
+  <r>
+    <s v="CN"/>
+    <s v="Chinese"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD354C4"/>
+    <s v="Not in labour force including not stated"/>
+    <s v="Number"/>
+    <n v="4403"/>
+  </r>
+  <r>
+    <s v="CN"/>
+    <s v="Chinese"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD354C5"/>
+    <s v="Labour force participation rate"/>
+    <s v="Rate"/>
+    <n v="57.3"/>
+  </r>
+  <r>
+    <s v="CN"/>
+    <s v="Chinese"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD354C6"/>
+    <s v="Unemployment rate"/>
+    <s v="Rate"/>
+    <n v="17.3"/>
+  </r>
+  <r>
+    <s v="PK"/>
+    <s v="Pakistani"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD354C1"/>
+    <s v="Total in labour force"/>
+    <s v="Number"/>
+    <n v="3393"/>
+  </r>
+  <r>
+    <s v="PK"/>
+    <s v="Pakistani"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD354C2"/>
+    <s v="At work"/>
+    <s v="Number"/>
+    <n v="2673"/>
+  </r>
+  <r>
+    <s v="PK"/>
+    <s v="Pakistani"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD354C3"/>
+    <s v="Unemployed including looking for first regular job"/>
+    <s v="Number"/>
+    <n v="720"/>
+  </r>
+  <r>
+    <s v="PK"/>
+    <s v="Pakistani"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD354C4"/>
+    <s v="Not in labour force including not stated"/>
+    <s v="Number"/>
+    <n v="2367"/>
+  </r>
+  <r>
+    <s v="PK"/>
+    <s v="Pakistani"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD354C5"/>
+    <s v="Labour force participation rate"/>
+    <s v="Rate"/>
+    <n v="58.9"/>
+  </r>
+  <r>
+    <s v="PK"/>
+    <s v="Pakistani"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD354C6"/>
+    <s v="Unemployment rate"/>
+    <s v="Rate"/>
+    <n v="21.2"/>
+  </r>
+  <r>
+    <s v="MY"/>
+    <s v="Malaysian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD354C1"/>
+    <s v="Total in labour force"/>
+    <s v="Number"/>
+    <n v="1723"/>
+  </r>
+  <r>
+    <s v="MY"/>
+    <s v="Malaysian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD354C2"/>
+    <s v="At work"/>
+    <s v="Number"/>
+    <n v="1486"/>
+  </r>
+  <r>
+    <s v="MY"/>
+    <s v="Malaysian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD354C3"/>
+    <s v="Unemployed including looking for first regular job"/>
+    <s v="Number"/>
+    <n v="237"/>
+  </r>
+  <r>
+    <s v="MY"/>
+    <s v="Malaysian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD354C4"/>
+    <s v="Not in labour force including not stated"/>
+    <s v="Number"/>
+    <n v="1234"/>
+  </r>
+  <r>
+    <s v="MY"/>
+    <s v="Malaysian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD354C5"/>
+    <s v="Labour force participation rate"/>
+    <s v="Rate"/>
+    <n v="58.3"/>
+  </r>
+  <r>
+    <s v="MY"/>
+    <s v="Malaysian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD354C6"/>
+    <s v="Unemployment rate"/>
+    <s v="Rate"/>
+    <n v="13.8"/>
+  </r>
+  <r>
+    <s v="OAS01"/>
+    <s v="Other Asian (1)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD354C1"/>
+    <s v="Total in labour force"/>
+    <s v="Number"/>
+    <n v="6420"/>
+  </r>
+  <r>
+    <s v="OAS01"/>
+    <s v="Other Asian (1)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD354C2"/>
+    <s v="At work"/>
+    <s v="Number"/>
+    <n v="4286"/>
+  </r>
+  <r>
+    <s v="OAS01"/>
+    <s v="Other Asian (1)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD354C3"/>
+    <s v="Unemployed including looking for first regular job"/>
+    <s v="Number"/>
+    <n v="2134"/>
+  </r>
+  <r>
+    <s v="OAS01"/>
+    <s v="Other Asian (1)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD354C4"/>
+    <s v="Not in labour force including not stated"/>
+    <s v="Number"/>
+    <n v="6286"/>
+  </r>
+  <r>
+    <s v="OAS01"/>
+    <s v="Other Asian (1)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD354C5"/>
+    <s v="Labour force participation rate"/>
+    <s v="Rate"/>
+    <n v="50.5"/>
+  </r>
+  <r>
+    <s v="OAS01"/>
+    <s v="Other Asian (1)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD354C6"/>
+    <s v="Unemployment rate"/>
+    <s v="Rate"/>
+    <n v="33.2"/>
+  </r>
+  <r>
+    <s v="AM01"/>
+    <s v="American (1)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD354C1"/>
+    <s v="Total in labour force"/>
+    <s v="Number"/>
+    <n v="12637"/>
+  </r>
+  <r>
+    <s v="AM01"/>
+    <s v="American (1)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD354C2"/>
+    <s v="At work"/>
+    <s v="Number"/>
+    <n v="10229"/>
+  </r>
+  <r>
+    <s v="AM01"/>
+    <s v="American (1)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD354C3"/>
+    <s v="Unemployed including looking for first regular job"/>
+    <s v="Number"/>
+    <n v="2408"/>
+  </r>
+  <r>
+    <s v="AM01"/>
+    <s v="American (1)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD354C4"/>
+    <s v="Not in labour force including not stated"/>
+    <s v="Number"/>
+    <n v="8609"/>
+  </r>
+  <r>
+    <s v="AM01"/>
+    <s v="American (1)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD354C5"/>
+    <s v="Labour force participation rate"/>
+    <s v="Rate"/>
+    <n v="59.5"/>
+  </r>
+  <r>
+    <s v="AM01"/>
+    <s v="American (1)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD354C6"/>
+    <s v="Unemployment rate"/>
+    <s v="Rate"/>
+    <n v="19.1"/>
+  </r>
+  <r>
+    <s v="US"/>
+    <s v="American (US)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD354C1"/>
+    <s v="Total in labour force"/>
+    <s v="Number"/>
+    <n v="4787"/>
+  </r>
+  <r>
+    <s v="US"/>
+    <s v="American (US)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD354C2"/>
+    <s v="At work"/>
+    <s v="Number"/>
+    <n v="3966"/>
+  </r>
+  <r>
+    <s v="US"/>
+    <s v="American (US)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD354C3"/>
+    <s v="Unemployed including looking for first regular job"/>
+    <s v="Number"/>
+    <n v="821"/>
+  </r>
+  <r>
+    <s v="US"/>
+    <s v="American (US)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD354C4"/>
+    <s v="Not in labour force including not stated"/>
+    <s v="Number"/>
+    <n v="3812"/>
+  </r>
+  <r>
+    <s v="US"/>
+    <s v="American (US)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD354C5"/>
+    <s v="Labour force participation rate"/>
+    <s v="Rate"/>
+    <n v="55.7"/>
+  </r>
+  <r>
+    <s v="US"/>
+    <s v="American (US)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD354C6"/>
+    <s v="Unemployment rate"/>
+    <s v="Rate"/>
+    <n v="17.2"/>
+  </r>
+  <r>
+    <s v="BR"/>
+    <s v="Brazilian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD354C1"/>
+    <s v="Total in labour force"/>
+    <s v="Number"/>
+    <n v="5118"/>
+  </r>
+  <r>
+    <s v="BR"/>
+    <s v="Brazilian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD354C2"/>
+    <s v="At work"/>
+    <s v="Number"/>
+    <n v="4011"/>
+  </r>
+  <r>
+    <s v="BR"/>
+    <s v="Brazilian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD354C3"/>
+    <s v="Unemployed including looking for first regular job"/>
+    <s v="Number"/>
+    <n v="1107"/>
+  </r>
+  <r>
+    <s v="BR"/>
+    <s v="Brazilian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD354C4"/>
+    <s v="Not in labour force including not stated"/>
+    <s v="Number"/>
+    <n v="2877"/>
+  </r>
+  <r>
+    <s v="BR"/>
+    <s v="Brazilian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD354C5"/>
+    <s v="Labour force participation rate"/>
+    <s v="Rate"/>
+    <n v="64"/>
+  </r>
+  <r>
+    <s v="BR"/>
+    <s v="Brazilian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD354C6"/>
+    <s v="Unemployment rate"/>
+    <s v="Rate"/>
+    <n v="21.6"/>
+  </r>
+  <r>
+    <s v="CA"/>
+    <s v="Canadian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD354C1"/>
+    <s v="Total in labour force"/>
+    <s v="Number"/>
+    <n v="1184"/>
+  </r>
+  <r>
+    <s v="CA"/>
+    <s v="Canadian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD354C2"/>
+    <s v="At work"/>
+    <s v="Number"/>
+    <n v="1027"/>
+  </r>
+  <r>
+    <s v="CA"/>
+    <s v="Canadian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD354C3"/>
+    <s v="Unemployed including looking for first regular job"/>
+    <s v="Number"/>
+    <n v="157"/>
+  </r>
+  <r>
+    <s v="CA"/>
+    <s v="Canadian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD354C4"/>
+    <s v="Not in labour force including not stated"/>
+    <s v="Number"/>
+    <n v="1000"/>
+  </r>
+  <r>
+    <s v="CA"/>
+    <s v="Canadian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD354C5"/>
+    <s v="Labour force participation rate"/>
+    <s v="Rate"/>
+    <n v="54.2"/>
+  </r>
+  <r>
+    <s v="CA"/>
+    <s v="Canadian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD354C6"/>
+    <s v="Unemployment rate"/>
+    <s v="Rate"/>
+    <n v="13.3"/>
+  </r>
+  <r>
+    <s v="OAM01"/>
+    <s v="Other American (1)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD354C1"/>
+    <s v="Total in labour force"/>
+    <s v="Number"/>
+    <n v="1548"/>
+  </r>
+  <r>
+    <s v="OAM01"/>
+    <s v="Other American (1)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD354C2"/>
+    <s v="At work"/>
+    <s v="Number"/>
+    <n v="1225"/>
+  </r>
+  <r>
+    <s v="OAM01"/>
+    <s v="Other American (1)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD354C3"/>
+    <s v="Unemployed including looking for first regular job"/>
+    <s v="Number"/>
+    <n v="323"/>
+  </r>
+  <r>
+    <s v="OAM01"/>
+    <s v="Other American (1)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD354C4"/>
+    <s v="Not in labour force including not stated"/>
+    <s v="Number"/>
+    <n v="920"/>
+  </r>
+  <r>
+    <s v="OAM01"/>
+    <s v="Other American (1)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD354C5"/>
+    <s v="Labour force participation rate"/>
+    <s v="Rate"/>
+    <n v="62.7"/>
+  </r>
+  <r>
+    <s v="OAM01"/>
+    <s v="Other American (1)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD354C6"/>
+    <s v="Unemployment rate"/>
+    <s v="Rate"/>
+    <n v="20.9"/>
+  </r>
+  <r>
+    <s v="AU"/>
+    <s v="Australian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD354C1"/>
+    <s v="Total in labour force"/>
+    <s v="Number"/>
+    <n v="1886"/>
+  </r>
+  <r>
+    <s v="AU"/>
+    <s v="Australian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD354C2"/>
+    <s v="At work"/>
+    <s v="Number"/>
+    <n v="1666"/>
+  </r>
+  <r>
+    <s v="AU"/>
+    <s v="Australian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD354C3"/>
+    <s v="Unemployed including looking for first regular job"/>
+    <s v="Number"/>
+    <n v="220"/>
+  </r>
+  <r>
+    <s v="AU"/>
+    <s v="Australian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD354C4"/>
+    <s v="Not in labour force including not stated"/>
+    <s v="Number"/>
+    <n v="590"/>
+  </r>
+  <r>
+    <s v="AU"/>
+    <s v="Australian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD354C5"/>
+    <s v="Labour force participation rate"/>
+    <s v="Rate"/>
+    <n v="76.2"/>
+  </r>
+  <r>
+    <s v="AU"/>
+    <s v="Australian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD354C6"/>
+    <s v="Unemployment rate"/>
+    <s v="Rate"/>
+    <n v="11.7"/>
+  </r>
+  <r>
+    <s v="NZ"/>
+    <s v="New Zealander"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD354C1"/>
+    <s v="Total in labour force"/>
+    <s v="Number"/>
+    <n v="1007"/>
+  </r>
+  <r>
+    <s v="NZ"/>
+    <s v="New Zealander"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD354C2"/>
+    <s v="At work"/>
+    <s v="Number"/>
+    <n v="889"/>
+  </r>
+  <r>
+    <s v="NZ"/>
+    <s v="New Zealander"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD354C3"/>
+    <s v="Unemployed including looking for first regular job"/>
+    <s v="Number"/>
+    <n v="118"/>
+  </r>
+  <r>
+    <s v="NZ"/>
+    <s v="New Zealander"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD354C4"/>
+    <s v="Not in labour force including not stated"/>
+    <s v="Number"/>
+    <n v="224"/>
+  </r>
+  <r>
+    <s v="NZ"/>
+    <s v="New Zealander"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD354C5"/>
+    <s v="Labour force participation rate"/>
+    <s v="Rate"/>
+    <n v="81.8"/>
+  </r>
+  <r>
+    <s v="NZ"/>
+    <s v="New Zealander"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD354C6"/>
+    <s v="Unemployment rate"/>
+    <s v="Rate"/>
+    <n v="11.7"/>
+  </r>
+  <r>
+    <s v="ON2"/>
+    <s v="Other nationalities (2)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD354C1"/>
+    <s v="Total in labour force"/>
+    <s v="Number"/>
+    <n v="2349"/>
+  </r>
+  <r>
+    <s v="ON2"/>
+    <s v="Other nationalities (2)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD354C2"/>
+    <s v="At work"/>
+    <s v="Number"/>
+    <n v="1713"/>
+  </r>
+  <r>
+    <s v="ON2"/>
+    <s v="Other nationalities (2)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD354C3"/>
+    <s v="Unemployed including looking for first regular job"/>
+    <s v="Number"/>
+    <n v="636"/>
+  </r>
+  <r>
+    <s v="ON2"/>
+    <s v="Other nationalities (2)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD354C4"/>
+    <s v="Not in labour force including not stated"/>
+    <s v="Number"/>
+    <n v="1119"/>
+  </r>
+  <r>
+    <s v="ON2"/>
+    <s v="Other nationalities (2)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD354C5"/>
+    <s v="Labour force participation rate"/>
+    <s v="Rate"/>
+    <n v="67.7"/>
+  </r>
+  <r>
+    <s v="ON2"/>
+    <s v="Other nationalities (2)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD354C6"/>
+    <s v="Unemployment rate"/>
+    <s v="Rate"/>
+    <n v="27.1"/>
+  </r>
+  <r>
+    <s v="ZZ10"/>
+    <s v="Multi nationality"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD354C1"/>
+    <s v="Total in labour force"/>
+    <s v="Number"/>
+    <n v="421"/>
+  </r>
+  <r>
+    <s v="ZZ10"/>
+    <s v="Multi nationality"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD354C2"/>
+    <s v="At work"/>
+    <s v="Number"/>
+    <n v="357"/>
+  </r>
+  <r>
+    <s v="ZZ10"/>
+    <s v="Multi nationality"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD354C3"/>
+    <s v="Unemployed including looking for first regular job"/>
+    <s v="Number"/>
+    <n v="64"/>
+  </r>
+  <r>
+    <s v="ZZ10"/>
+    <s v="Multi nationality"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD354C4"/>
+    <s v="Not in labour force including not stated"/>
+    <s v="Number"/>
+    <n v="181"/>
+  </r>
+  <r>
+    <s v="ZZ10"/>
+    <s v="Multi nationality"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD354C5"/>
+    <s v="Labour force participation rate"/>
+    <s v="Rate"/>
+    <n v="69.9"/>
+  </r>
+  <r>
+    <s v="ZZ10"/>
+    <s v="Multi nationality"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD354C6"/>
+    <s v="Unemployment rate"/>
+    <s v="Rate"/>
+    <n v="15.2"/>
+  </r>
+  <r>
+    <s v="ZZ30"/>
+    <s v="No nationality"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD354C1"/>
+    <s v="Total in labour force"/>
+    <s v="Number"/>
+    <n v="442"/>
+  </r>
+  <r>
+    <s v="ZZ30"/>
+    <s v="No nationality"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD354C2"/>
+    <s v="At work"/>
+    <s v="Number"/>
+    <n v="289"/>
+  </r>
+  <r>
+    <s v="ZZ30"/>
+    <s v="No nationality"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD354C3"/>
+    <s v="Unemployed including looking for first regular job"/>
+    <s v="Number"/>
+    <n v="153"/>
+  </r>
+  <r>
+    <s v="ZZ30"/>
+    <s v="No nationality"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD354C4"/>
+    <s v="Not in labour force including not stated"/>
+    <s v="Number"/>
+    <n v="236"/>
+  </r>
+  <r>
+    <s v="ZZ30"/>
+    <s v="No nationality"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD354C5"/>
+    <s v="Labour force participation rate"/>
+    <s v="Rate"/>
+    <n v="65.2"/>
+  </r>
+  <r>
+    <s v="ZZ30"/>
+    <s v="No nationality"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD354C6"/>
+    <s v="Unemployment rate"/>
+    <s v="Rate"/>
+    <n v="34.6"/>
+  </r>
+  <r>
+    <s v="ZZ98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD354C1"/>
+    <s v="Total in labour force"/>
+    <s v="Number"/>
+    <n v="20035"/>
+  </r>
+  <r>
+    <s v="ZZ98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD354C2"/>
+    <s v="At work"/>
+    <s v="Number"/>
+    <n v="15444"/>
+  </r>
+  <r>
+    <s v="ZZ98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD354C3"/>
+    <s v="Unemployed including looking for first regular job"/>
+    <s v="Number"/>
+    <n v="4591"/>
+  </r>
+  <r>
+    <s v="ZZ98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD354C4"/>
+    <s v="Not in labour force including not stated"/>
+    <s v="Number"/>
+    <n v="15543"/>
+  </r>
+  <r>
+    <s v="ZZ98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD354C5"/>
+    <s v="Labour force participation rate"/>
+    <s v="Rate"/>
+    <n v="56.3"/>
+  </r>
+  <r>
+    <s v="ZZ98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD354C6"/>
+    <s v="Unemployment rate"/>
+    <s v="Rate"/>
+    <n v="22.9"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All nationalities"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD354C1"/>
+    <s v="Total in labour force"/>
+    <s v="Number"/>
+    <n v="2199668"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All nationalities"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD354C2"/>
+    <s v="At work"/>
+    <s v="Number"/>
+    <n v="1778400"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All nationalities"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD354C3"/>
+    <s v="Unemployed including looking for first regular job"/>
+    <s v="Number"/>
+    <n v="421268"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All nationalities"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD354C4"/>
+    <s v="Not in labour force including not stated"/>
+    <s v="Number"/>
+    <n v="1351621"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All nationalities"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD354C5"/>
+    <s v="Labour force participation rate"/>
+    <s v="Rate"/>
+    <n v="61.9"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All nationalities"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD354C6"/>
+    <s v="Unemployment rate"/>
+    <s v="Rate"/>
+    <n v="19.2"/>
+  </r>
+</pivotCacheRecords>
 </file>