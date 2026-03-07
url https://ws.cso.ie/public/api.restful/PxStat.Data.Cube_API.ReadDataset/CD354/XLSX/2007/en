--- v1 (2026-01-06)
+++ v2 (2026-03-07)
@@ -1,48 +1,48 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/pivotCache/pivotCacheDefinition1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheDefinition+xml"/>
   <Override PartName="/pivotCache/pivotCacheRecords1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheRecords+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/pivotTables/pivotTable.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9a14fc2974bd4736" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/2bf4a753e1dc4d1c9ac6c52d5e80f682.psmdcp" Id="R4598977d3bbe4eb3" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7a5ac5678af74105" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/121b8362239a4e8b849209cfae93bd91.psmdcp" Id="Rb78e3810ca724586" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="About" sheetId="1" r:id="rId2"/>
     <x:sheet name="Unpivoted" sheetId="2" r:id="rId9"/>
     <x:sheet name="Pivoted" sheetId="3" r:id="rId11"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
   <x:pivotCaches>
     <x:pivotCache cacheId="0" r:id="rId12"/>
   </x:pivotCaches>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Table</x:t>