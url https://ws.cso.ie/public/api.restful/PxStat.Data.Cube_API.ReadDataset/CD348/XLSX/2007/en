--- v0 (2025-11-12)
+++ v1 (2026-02-06)
@@ -1,97 +1,97 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/pivotCache/pivotCacheDefinition1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheDefinition+xml"/>
   <Override PartName="/pivotCache/pivotCacheRecords1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheRecords+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/pivotTables/pivotTable.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb0d5bf5df1144ffd" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/95fda984ac114bb78cbc42e8859f73c7.psmdcp" Id="R967c9488c77f416f" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2b1d58f1c6724e2d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/0b71ff9641cd407481271e58e297e70e.psmdcp" Id="Rf2e5262ad6424f11" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
-    <x:sheet name="About" sheetId="2" r:id="rId2"/>
-[...1 lines deleted...]
-    <x:sheet name="Pivoted" sheetId="11" r:id="rId11"/>
+    <x:sheet name="About" sheetId="1" r:id="rId2"/>
+    <x:sheet name="Unpivoted" sheetId="2" r:id="rId9"/>
+    <x:sheet name="Pivoted" sheetId="3" r:id="rId11"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
   <x:pivotCaches>
     <x:pivotCache cacheId="0" r:id="rId12"/>
   </x:pivotCaches>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Table</x:t>
   </x:si>
   <x:si>
     <x:t>Code</x:t>
   </x:si>
   <x:si>
     <x:t>CD348</x:t>
   </x:si>
   <x:si>
     <x:t>Name</x:t>
   </x:si>
   <x:si>
     <x:t>Population Aged 15 Years and Over</x:t>
   </x:si>
   <x:si>
     <x:t>Frequency</x:t>
   </x:si>
   <x:si>
     <x:t>Annual</x:t>
   </x:si>
   <x:si>
     <x:t>Last Updated</x:t>
   </x:si>
   <x:si>
-    <x:t>5/14/2020 11:00:00 AM</x:t>
+    <x:t>14/05/2020 11:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Note</x:t>
   </x:si>
   <x:si>
     <x:t>Url</x:t>
   </x:si>
   <x:si>
     <x:t>https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/CD348/XLSX/2007/en</x:t>
   </x:si>
   <x:si>
     <x:t>Product</x:t>
   </x:si>
   <x:si>
     <x:t>C2011P3</x:t>
   </x:si>
   <x:si>
     <x:t>Profile 3 - At Work</x:t>
   </x:si>
   <x:si>
     <x:t>Contacts</x:t>
   </x:si>
   <x:si>
     <x:t>Bernie Casey</x:t>
   </x:si>
@@ -478,339 +478,164 @@
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip r:embed="rId8" cstate="print"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="3971925" cy="1381125"/>
         </a:xfrm>
         <a:prstGeom prst="rect"/>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/pivotTables/_rels/pivotTable.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheDefinition" Target="/pivotCache/pivotCacheDefinition1.xml" Id="rId17" /></Relationships>
 </file>
 
 <file path=xl/pivotTables/pivotTable.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotTableDefinition xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" dataCaption="Values" showError="0" missingCaption="" showMissing="1" pageWrap="0" pageOverThenDown="0" rowGrandTotals="0" colGrandTotals="0" indent="1">
-[...287 lines deleted...]
-</x:pivotTableDefinition>
+<pivotTableDefinition xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" applyNumberFormats="0" applyBorderFormats="0" applyFontFormats="0" applyPatternFormats="0" applyAlignmentFormats="0" applyWidthHeightFormats="0" dataCaption="Values" rowGrandTotals="0" colGrandTotals="0" outline="1">
+  <location ref="A1" firstHeaderRow="0" firstDataRow="0" firstDataCol="0"/>
+  <pivotFields count="12">
+    <pivotField name="STATISTIC" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="Statistic Label" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="C02708V03276" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="8">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+      </items>
+    </pivotField>
+    <pivotField name="Social Class" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="8">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+      </items>
+    </pivotField>
+    <pivotField name="C02196V02652" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="9">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+      </items>
+    </pivotField>
+    <pivotField name="Regional Authority" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="9">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+      </items>
+    </pivotField>
+    <pivotField name="C02704V03272" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="3">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+      </items>
+    </pivotField>
+    <pivotField name="Labour Force" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="3">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+      </items>
+    </pivotField>
+    <pivotField name="TLIST(A1)" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="2">
+        <item x="0"/>
+        <item x="1"/>
+      </items>
+    </pivotField>
+    <pivotField name="CensusYear" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="2">
+        <item x="0"/>
+        <item x="1"/>
+      </items>
+    </pivotField>
+    <pivotField showAll="0"/>
+    <pivotField dataField="1" showAll="0"/>
+  </pivotFields>
+  <rowFields count="10">
+    <field x="0"/>
+    <field x="1"/>
+    <field x="2"/>
+    <field x="3"/>
+    <field x="4"/>
+    <field x="5"/>
+    <field x="6"/>
+    <field x="7"/>
+    <field x="8"/>
+    <field x="9"/>
+  </rowFields>
+  <dataFields count="1">
+    <dataField name="VALUE" fld="11"/>
+  </dataFields>
+  <pivotTableStyleInfo name="PivotStyleLight16" showRowHeaders="1" showColHeaders="1"/>
+  <extLst>
+    <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{962EF5D1-5CA2-4c93-8EF4-DBF5C05439D2}">
+      <x14:pivotTableDefinition enableEdit="0" hideValuesRow="1"/>
+    </ext>
+  </extLst>
+</pivotTableDefinition>
 </file>
 
 <file path=xl/tables/table1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:table xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="1" name="Unpivoted" displayName="Unpivoted" ref="A1:L433" totalsRowShown="0">
   <x:autoFilter ref="A1:L433"/>
   <x:tableColumns count="12">
     <x:tableColumn id="1" name="STATISTIC"/>
     <x:tableColumn id="2" name="Statistic Label"/>
     <x:tableColumn id="3" name="C02708V03276"/>
     <x:tableColumn id="4" name="Social Class"/>
     <x:tableColumn id="5" name="C02196V02652"/>
     <x:tableColumn id="6" name="Regional Authority"/>
     <x:tableColumn id="7" name="C02704V03272"/>
     <x:tableColumn id="8" name="Labour Force"/>
     <x:tableColumn id="9" name="TLIST(A1)"/>
     <x:tableColumn id="10" name="CensusYear"/>
     <x:tableColumn id="11" name="UNIT"/>
     <x:tableColumn id="12" name="VALUE"/>
   </x:tableColumns>
   <x:tableStyleInfo name="TableStyleMedium2" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </x:table>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
@@ -1083,51 +908,51 @@
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="/xl/drawings/drawing1.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/CD348/XLSX/2007/en" TargetMode="External" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cso.ie/" TargetMode="External" Id="rId14" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="/xl/tables/table1.xml" Id="rId15" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet3.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotTable" Target="/xl/pivotTables/pivotTable.xml" Id="rId16" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:B39"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="20.710625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="100.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="8" spans="1:2">
       <x:c r="A8" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B8" s="2"/>
     </x:row>
     <x:row r="9" spans="1:2">
       <x:c r="A9" s="3" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="B9" s="0" t="s">
         <x:v>2</x:v>
@@ -1314,51 +1139,51 @@
       </x:c>
     </x:row>
     <x:row r="39" spans="1:2">
       <x:c r="A39" s="3" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B39" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:hyperlinks>
     <x:hyperlink ref="B14" r:id="rId13"/>
     <x:hyperlink ref="B28" r:id="rId14"/>
   </x:hyperlinks>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:drawing xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId7"/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:L433"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="11.996339" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="32.567768" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="16.139196" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="38.139196" style="0" customWidth="1"/>
     <x:col min="5" max="5" width="16.139196" style="0" customWidth="1"/>
     <x:col min="6" max="6" width="19.996339" style="0" customWidth="1"/>
     <x:col min="7" max="7" width="16.139196" style="0" customWidth="1"/>
     <x:col min="8" max="8" width="48.996339" style="0" customWidth="1"/>
     <x:col min="9" max="9" width="11.282054" style="0" customWidth="1"/>
     <x:col min="10" max="10" width="13.424911" style="0" customWidth="1"/>
     <x:col min="11" max="11" width="8.282054" style="0" customWidth="1"/>
     <x:col min="12" max="12" width="8.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:12">
       <x:c r="A1" s="0" t="s">
@@ -17804,51 +17629,51 @@
       <x:c r="I433" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="J433" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="K433" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L433" s="0">
         <x:v>69216</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="1">
     <x:tablePart r:id="rId15"/>
   </x:tableParts>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:sheetData/>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Application>Microsoft Excel</ap:Application>
   <ap:TitlesOfParts>
     <vt:vector baseType="lpstr" size="9">
       <vt:lpstr>About</vt:lpstr>
       <vt:lpstr>Unpivoted</vt:lpstr>
       <vt:lpstr>Pivoted</vt:lpstr>
@@ -17865,51 +17690,51 @@
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>3</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Named Ranges</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>6</vt:i4>
       </vt:variant>
     </vt:vector>
   </ap:HeadingPairs>
   <ap:DocSecurity>0</ap:DocSecurity>
   <ap:ScaleCrop>false</ap:ScaleCrop>
 </ap:Properties>
 </file>
 
 <file path=pivotCache/_rels/pivotCacheDefinition1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheRecords" Target="/pivotCache/pivotCacheRecords1.xml" Id="rId1" /></Relationships>
 </file>
 
 <file path=pivotCache/pivotCacheDefinition1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:pivotCacheDefinition xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" r:id="rId1" saveData="1" refreshOnLoad="1" createdVersion="5" refreshedVersion="5" minRefreshableVersion="3">
   <x:cacheSource type="worksheet">
-    <x:worksheetSource ref="A1:L433" sheet="Unpivoted"/>
+    <x:worksheetSource name="Unpivoted"/>
   </x:cacheSource>
   <x:cacheFields>
     <x:cacheField name="STATISTIC">
       <x:sharedItems count="1">
         <x:s v="CD348"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="Statistic Label">
       <x:sharedItems count="1">
         <x:s v="Population Aged 15 Years and Over"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="C02708V03276">
       <x:sharedItems count="8">
         <x:s v="-"/>
         <x:s v="01"/>
         <x:s v="02"/>
         <x:s v="03"/>
         <x:s v="04"/>
         <x:s v="05"/>
         <x:s v="06"/>
         <x:s v="07"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="Social Class">
@@ -18400,27 +18225,6076 @@
         <x:n v="52951"/>
         <x:n v="60337"/>
         <x:n v="14077"/>
         <x:n v="17550"/>
         <x:n v="38874"/>
         <x:n v="42787"/>
         <x:n v="60059"/>
         <x:n v="71397"/>
         <x:n v="16487"/>
         <x:n v="22017"/>
         <x:n v="43572"/>
         <x:n v="49380"/>
         <x:n v="87048"/>
         <x:n v="97162"/>
         <x:n v="24493"/>
         <x:n v="27946"/>
         <x:n v="62555"/>
         <x:n v="69216"/>
       </x:sharedItems>
     </x:cacheField>
   </x:cacheFields>
 </x:pivotCacheDefinition>
 </file>
 
 <file path=pivotCache/pivotCacheRecords1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main"/>
+<pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="xr">
+  <r>
+    <s v="CD348"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="All social classes"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3375399"/>
+  </r>
+  <r>
+    <s v="CD348"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="All social classes"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3608662"/>
+  </r>
+  <r>
+    <s v="CD348"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="All social classes"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2109498"/>
+  </r>
+  <r>
+    <s v="CD348"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="All social classes"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2232203"/>
+  </r>
+  <r>
+    <s v="CD348"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="All social classes"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1265901"/>
+  </r>
+  <r>
+    <s v="CD348"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="All social classes"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1376459"/>
+  </r>
+  <r>
+    <s v="CD348"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="All social classes"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="366440"/>
+  </r>
+  <r>
+    <s v="CD348"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="All social classes"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="398570"/>
+  </r>
+  <r>
+    <s v="CD348"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="All social classes"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="220905"/>
+  </r>
+  <r>
+    <s v="CD348"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="All social classes"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="239874"/>
+  </r>
+  <r>
+    <s v="CD348"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="All social classes"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="145535"/>
+  </r>
+  <r>
+    <s v="CD348"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="All social classes"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="158696"/>
+  </r>
+  <r>
+    <s v="CD348"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="All social classes"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="195429"/>
+  </r>
+  <r>
+    <s v="CD348"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="All social classes"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="216057"/>
+  </r>
+  <r>
+    <s v="CD348"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="All social classes"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="121826"/>
+  </r>
+  <r>
+    <s v="CD348"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="All social classes"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="133835"/>
+  </r>
+  <r>
+    <s v="CD348"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="All social classes"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="73603"/>
+  </r>
+  <r>
+    <s v="CD348"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="All social classes"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="82222"/>
+  </r>
+  <r>
+    <s v="CD348"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="All social classes"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="330845"/>
+  </r>
+  <r>
+    <s v="CD348"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="All social classes"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="352277"/>
+  </r>
+  <r>
+    <s v="CD348"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="All social classes"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="199476"/>
+  </r>
+  <r>
+    <s v="CD348"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="All social classes"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="214497"/>
+  </r>
+  <r>
+    <s v="CD348"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="All social classes"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="131369"/>
+  </r>
+  <r>
+    <s v="CD348"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="All social classes"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="137780"/>
+  </r>
+  <r>
+    <s v="CD348"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="All social classes"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="969524"/>
+  </r>
+  <r>
+    <s v="CD348"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="All social classes"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1027817"/>
+  </r>
+  <r>
+    <s v="CD348"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="All social classes"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="629001"/>
+  </r>
+  <r>
+    <s v="CD348"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="All social classes"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="652178"/>
+  </r>
+  <r>
+    <s v="CD348"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="All social classes"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="340523"/>
+  </r>
+  <r>
+    <s v="CD348"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="All social classes"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="375639"/>
+  </r>
+  <r>
+    <s v="CD348"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="All social classes"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="367064"/>
+  </r>
+  <r>
+    <s v="CD348"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="All social classes"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="401881"/>
+  </r>
+  <r>
+    <s v="CD348"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="All social classes"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="244008"/>
+  </r>
+  <r>
+    <s v="CD348"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="All social classes"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="260441"/>
+  </r>
+  <r>
+    <s v="CD348"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="All social classes"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="123056"/>
+  </r>
+  <r>
+    <s v="CD348"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="All social classes"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="141440"/>
+  </r>
+  <r>
+    <s v="CD348"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="All social classes"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="287010"/>
+  </r>
+  <r>
+    <s v="CD348"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="All social classes"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="298681"/>
+  </r>
+  <r>
+    <s v="CD348"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="All social classes"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="175074"/>
+  </r>
+  <r>
+    <s v="CD348"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="All social classes"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="179071"/>
+  </r>
+  <r>
+    <s v="CD348"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="All social classes"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="111936"/>
+  </r>
+  <r>
+    <s v="CD348"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="All social classes"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="119610"/>
+  </r>
+  <r>
+    <s v="CD348"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="All social classes"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="362232"/>
+  </r>
+  <r>
+    <s v="CD348"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="All social classes"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="387700"/>
+  </r>
+  <r>
+    <s v="CD348"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="All social classes"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="219759"/>
+  </r>
+  <r>
+    <s v="CD348"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="All social classes"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="234649"/>
+  </r>
+  <r>
+    <s v="CD348"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="All social classes"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="142473"/>
+  </r>
+  <r>
+    <s v="CD348"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="All social classes"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="153051"/>
+  </r>
+  <r>
+    <s v="CD348"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="All social classes"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="496855"/>
+  </r>
+  <r>
+    <s v="CD348"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="All social classes"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="525679"/>
+  </r>
+  <r>
+    <s v="CD348"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="All social classes"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="299449"/>
+  </r>
+  <r>
+    <s v="CD348"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="All social classes"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="317658"/>
+  </r>
+  <r>
+    <s v="CD348"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="All social classes"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="197406"/>
+  </r>
+  <r>
+    <s v="CD348"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="All social classes"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="208021"/>
+  </r>
+  <r>
+    <s v="CD348"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="01"/>
+    <s v="Professional workers"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="202218"/>
+  </r>
+  <r>
+    <s v="CD348"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="01"/>
+    <s v="Professional workers"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="234930"/>
+  </r>
+  <r>
+    <s v="CD348"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="01"/>
+    <s v="Professional workers"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="145181"/>
+  </r>
+  <r>
+    <s v="CD348"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="01"/>
+    <s v="Professional workers"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="165175"/>
+  </r>
+  <r>
+    <s v="CD348"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="01"/>
+    <s v="Professional workers"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="57037"/>
+  </r>
+  <r>
+    <s v="CD348"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="01"/>
+    <s v="Professional workers"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="69755"/>
+  </r>
+  <r>
+    <s v="CD348"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="01"/>
+    <s v="Professional workers"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="14766"/>
+  </r>
+  <r>
+    <s v="CD348"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="01"/>
+    <s v="Professional workers"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="18550"/>
+  </r>
+  <r>
+    <s v="CD348"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="01"/>
+    <s v="Professional workers"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="10290"/>
+  </r>
+  <r>
+    <s v="CD348"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="01"/>
+    <s v="Professional workers"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="12780"/>
+  </r>
+  <r>
+    <s v="CD348"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="01"/>
+    <s v="Professional workers"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4476"/>
+  </r>
+  <r>
+    <s v="CD348"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="01"/>
+    <s v="Professional workers"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5770"/>
+  </r>
+  <r>
+    <s v="CD348"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="01"/>
+    <s v="Professional workers"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="8435"/>
+  </r>
+  <r>
+    <s v="CD348"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="01"/>
+    <s v="Professional workers"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="10084"/>
+  </r>
+  <r>
+    <s v="CD348"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="01"/>
+    <s v="Professional workers"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="6110"/>
+  </r>
+  <r>
+    <s v="CD348"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="01"/>
+    <s v="Professional workers"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="7056"/>
+  </r>
+  <r>
+    <s v="CD348"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="01"/>
+    <s v="Professional workers"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2325"/>
+  </r>
+  <r>
+    <s v="CD348"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="01"/>
+    <s v="Professional workers"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3028"/>
+  </r>
+  <r>
+    <s v="CD348"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="01"/>
+    <s v="Professional workers"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="17506"/>
+  </r>
+  <r>
+    <s v="CD348"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="01"/>
+    <s v="Professional workers"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="21834"/>
+  </r>
+  <r>
+    <s v="CD348"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="01"/>
+    <s v="Professional workers"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="12643"/>
+  </r>
+  <r>
+    <s v="CD348"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="01"/>
+    <s v="Professional workers"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="15610"/>
+  </r>
+  <r>
+    <s v="CD348"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="01"/>
+    <s v="Professional workers"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4863"/>
+  </r>
+  <r>
+    <s v="CD348"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="01"/>
+    <s v="Professional workers"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="6224"/>
+  </r>
+  <r>
+    <s v="CD348"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="01"/>
+    <s v="Professional workers"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="77500"/>
+  </r>
+  <r>
+    <s v="CD348"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="01"/>
+    <s v="Professional workers"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="86203"/>
+  </r>
+  <r>
+    <s v="CD348"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="01"/>
+    <s v="Professional workers"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="56900"/>
+  </r>
+  <r>
+    <s v="CD348"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="01"/>
+    <s v="Professional workers"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="62146"/>
+  </r>
+  <r>
+    <s v="CD348"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="01"/>
+    <s v="Professional workers"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="20600"/>
+  </r>
+  <r>
+    <s v="CD348"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="01"/>
+    <s v="Professional workers"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="24057"/>
+  </r>
+  <r>
+    <s v="CD348"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="01"/>
+    <s v="Professional workers"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="21780"/>
+  </r>
+  <r>
+    <s v="CD348"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="01"/>
+    <s v="Professional workers"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="25640"/>
+  </r>
+  <r>
+    <s v="CD348"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="01"/>
+    <s v="Professional workers"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="15614"/>
+  </r>
+  <r>
+    <s v="CD348"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="01"/>
+    <s v="Professional workers"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="17779"/>
+  </r>
+  <r>
+    <s v="CD348"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="01"/>
+    <s v="Professional workers"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="6166"/>
+  </r>
+  <r>
+    <s v="CD348"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="01"/>
+    <s v="Professional workers"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="7861"/>
+  </r>
+  <r>
+    <s v="CD348"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="01"/>
+    <s v="Professional workers"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="15013"/>
+  </r>
+  <r>
+    <s v="CD348"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="01"/>
+    <s v="Professional workers"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="17483"/>
+  </r>
+  <r>
+    <s v="CD348"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="01"/>
+    <s v="Professional workers"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="10930"/>
+  </r>
+  <r>
+    <s v="CD348"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="01"/>
+    <s v="Professional workers"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="12089"/>
+  </r>
+  <r>
+    <s v="CD348"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="01"/>
+    <s v="Professional workers"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4083"/>
+  </r>
+  <r>
+    <s v="CD348"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="01"/>
+    <s v="Professional workers"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5394"/>
+  </r>
+  <r>
+    <s v="CD348"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="01"/>
+    <s v="Professional workers"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="16967"/>
+  </r>
+  <r>
+    <s v="CD348"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="01"/>
+    <s v="Professional workers"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="20196"/>
+  </r>
+  <r>
+    <s v="CD348"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="01"/>
+    <s v="Professional workers"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="11787"/>
+  </r>
+  <r>
+    <s v="CD348"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="01"/>
+    <s v="Professional workers"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="13688"/>
+  </r>
+  <r>
+    <s v="CD348"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="01"/>
+    <s v="Professional workers"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="5180"/>
+  </r>
+  <r>
+    <s v="CD348"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="01"/>
+    <s v="Professional workers"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="6508"/>
+  </r>
+  <r>
+    <s v="CD348"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="01"/>
+    <s v="Professional workers"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="30251"/>
+  </r>
+  <r>
+    <s v="CD348"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="01"/>
+    <s v="Professional workers"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="34940"/>
+  </r>
+  <r>
+    <s v="CD348"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="01"/>
+    <s v="Professional workers"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="20907"/>
+  </r>
+  <r>
+    <s v="CD348"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="01"/>
+    <s v="Professional workers"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="24027"/>
+  </r>
+  <r>
+    <s v="CD348"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="01"/>
+    <s v="Professional workers"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="9344"/>
+  </r>
+  <r>
+    <s v="CD348"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="01"/>
+    <s v="Professional workers"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="10913"/>
+  </r>
+  <r>
+    <s v="CD348"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="02"/>
+    <s v="Managerial and technical"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="851219"/>
+  </r>
+  <r>
+    <s v="CD348"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="02"/>
+    <s v="Managerial and technical"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="934293"/>
+  </r>
+  <r>
+    <s v="CD348"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="02"/>
+    <s v="Managerial and technical"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="555040"/>
+  </r>
+  <r>
+    <s v="CD348"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="02"/>
+    <s v="Managerial and technical"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="629356"/>
+  </r>
+  <r>
+    <s v="CD348"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="02"/>
+    <s v="Managerial and technical"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="296179"/>
+  </r>
+  <r>
+    <s v="CD348"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="02"/>
+    <s v="Managerial and technical"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="304937"/>
+  </r>
+  <r>
+    <s v="CD348"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="02"/>
+    <s v="Managerial and technical"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="85399"/>
+  </r>
+  <r>
+    <s v="CD348"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="02"/>
+    <s v="Managerial and technical"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="90883"/>
+  </r>
+  <r>
+    <s v="CD348"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="02"/>
+    <s v="Managerial and technical"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="51768"/>
+  </r>
+  <r>
+    <s v="CD348"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="02"/>
+    <s v="Managerial and technical"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="59053"/>
+  </r>
+  <r>
+    <s v="CD348"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="02"/>
+    <s v="Managerial and technical"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="33631"/>
+  </r>
+  <r>
+    <s v="CD348"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="02"/>
+    <s v="Managerial and technical"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="31830"/>
+  </r>
+  <r>
+    <s v="CD348"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="02"/>
+    <s v="Managerial and technical"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="45119"/>
+  </r>
+  <r>
+    <s v="CD348"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="02"/>
+    <s v="Managerial and technical"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="50962"/>
+  </r>
+  <r>
+    <s v="CD348"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="02"/>
+    <s v="Managerial and technical"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="28470"/>
+  </r>
+  <r>
+    <s v="CD348"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="02"/>
+    <s v="Managerial and technical"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="34027"/>
+  </r>
+  <r>
+    <s v="CD348"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="02"/>
+    <s v="Managerial and technical"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="16649"/>
+  </r>
+  <r>
+    <s v="CD348"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="02"/>
+    <s v="Managerial and technical"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="16935"/>
+  </r>
+  <r>
+    <s v="CD348"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="02"/>
+    <s v="Managerial and technical"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="82240"/>
+  </r>
+  <r>
+    <s v="CD348"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="02"/>
+    <s v="Managerial and technical"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="86965"/>
+  </r>
+  <r>
+    <s v="CD348"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="02"/>
+    <s v="Managerial and technical"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="49622"/>
+  </r>
+  <r>
+    <s v="CD348"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="02"/>
+    <s v="Managerial and technical"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="57546"/>
+  </r>
+  <r>
+    <s v="CD348"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="02"/>
+    <s v="Managerial and technical"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="32618"/>
+  </r>
+  <r>
+    <s v="CD348"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="02"/>
+    <s v="Managerial and technical"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="29419"/>
+  </r>
+  <r>
+    <s v="CD348"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="02"/>
+    <s v="Managerial and technical"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="257800"/>
+  </r>
+  <r>
+    <s v="CD348"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="02"/>
+    <s v="Managerial and technical"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="295319"/>
+  </r>
+  <r>
+    <s v="CD348"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="02"/>
+    <s v="Managerial and technical"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="183299"/>
+  </r>
+  <r>
+    <s v="CD348"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="02"/>
+    <s v="Managerial and technical"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="206912"/>
+  </r>
+  <r>
+    <s v="CD348"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="02"/>
+    <s v="Managerial and technical"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="74501"/>
+  </r>
+  <r>
+    <s v="CD348"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="02"/>
+    <s v="Managerial and technical"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="88407"/>
+  </r>
+  <r>
+    <s v="CD348"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="02"/>
+    <s v="Managerial and technical"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="100601"/>
+  </r>
+  <r>
+    <s v="CD348"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="02"/>
+    <s v="Managerial and technical"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="114898"/>
+  </r>
+  <r>
+    <s v="CD348"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="02"/>
+    <s v="Managerial and technical"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="69006"/>
+  </r>
+  <r>
+    <s v="CD348"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="02"/>
+    <s v="Managerial and technical"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="78640"/>
+  </r>
+  <r>
+    <s v="CD348"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="02"/>
+    <s v="Managerial and technical"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="31595"/>
+  </r>
+  <r>
+    <s v="CD348"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="02"/>
+    <s v="Managerial and technical"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="36258"/>
+  </r>
+  <r>
+    <s v="CD348"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="02"/>
+    <s v="Managerial and technical"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="70327"/>
+  </r>
+  <r>
+    <s v="CD348"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="02"/>
+    <s v="Managerial and technical"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="73107"/>
+  </r>
+  <r>
+    <s v="CD348"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="02"/>
+    <s v="Managerial and technical"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="43713"/>
+  </r>
+  <r>
+    <s v="CD348"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="02"/>
+    <s v="Managerial and technical"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="47709"/>
+  </r>
+  <r>
+    <s v="CD348"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="02"/>
+    <s v="Managerial and technical"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="26614"/>
+  </r>
+  <r>
+    <s v="CD348"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="02"/>
+    <s v="Managerial and technical"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="25398"/>
+  </r>
+  <r>
+    <s v="CD348"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="02"/>
+    <s v="Managerial and technical"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="86084"/>
+  </r>
+  <r>
+    <s v="CD348"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="02"/>
+    <s v="Managerial and technical"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="91519"/>
+  </r>
+  <r>
+    <s v="CD348"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="02"/>
+    <s v="Managerial and technical"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="53266"/>
+  </r>
+  <r>
+    <s v="CD348"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="02"/>
+    <s v="Managerial and technical"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="59698"/>
+  </r>
+  <r>
+    <s v="CD348"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="02"/>
+    <s v="Managerial and technical"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="32818"/>
+  </r>
+  <r>
+    <s v="CD348"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="02"/>
+    <s v="Managerial and technical"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="31821"/>
+  </r>
+  <r>
+    <s v="CD348"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="02"/>
+    <s v="Managerial and technical"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="123649"/>
+  </r>
+  <r>
+    <s v="CD348"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="02"/>
+    <s v="Managerial and technical"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="130640"/>
+  </r>
+  <r>
+    <s v="CD348"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="02"/>
+    <s v="Managerial and technical"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="75896"/>
+  </r>
+  <r>
+    <s v="CD348"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="02"/>
+    <s v="Managerial and technical"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="85771"/>
+  </r>
+  <r>
+    <s v="CD348"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="02"/>
+    <s v="Managerial and technical"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="47753"/>
+  </r>
+  <r>
+    <s v="CD348"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="02"/>
+    <s v="Managerial and technical"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="44869"/>
+  </r>
+  <r>
+    <s v="CD348"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="03"/>
+    <s v="Non-manual"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="572151"/>
+  </r>
+  <r>
+    <s v="CD348"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="03"/>
+    <s v="Non-manual"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="634883"/>
+  </r>
+  <r>
+    <s v="CD348"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="03"/>
+    <s v="Non-manual"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="424482"/>
+  </r>
+  <r>
+    <s v="CD348"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="03"/>
+    <s v="Non-manual"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="457780"/>
+  </r>
+  <r>
+    <s v="CD348"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="03"/>
+    <s v="Non-manual"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="147669"/>
+  </r>
+  <r>
+    <s v="CD348"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="03"/>
+    <s v="Non-manual"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="177103"/>
+  </r>
+  <r>
+    <s v="CD348"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="03"/>
+    <s v="Non-manual"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="61070"/>
+  </r>
+  <r>
+    <s v="CD348"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="03"/>
+    <s v="Non-manual"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="69384"/>
+  </r>
+  <r>
+    <s v="CD348"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="03"/>
+    <s v="Non-manual"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="44694"/>
+  </r>
+  <r>
+    <s v="CD348"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="03"/>
+    <s v="Non-manual"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="49455"/>
+  </r>
+  <r>
+    <s v="CD348"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="03"/>
+    <s v="Non-manual"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="16376"/>
+  </r>
+  <r>
+    <s v="CD348"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="03"/>
+    <s v="Non-manual"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="19929"/>
+  </r>
+  <r>
+    <s v="CD348"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="03"/>
+    <s v="Non-manual"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="31906"/>
+  </r>
+  <r>
+    <s v="CD348"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="03"/>
+    <s v="Non-manual"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="37076"/>
+  </r>
+  <r>
+    <s v="CD348"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="03"/>
+    <s v="Non-manual"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="23893"/>
+  </r>
+  <r>
+    <s v="CD348"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="03"/>
+    <s v="Non-manual"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="26860"/>
+  </r>
+  <r>
+    <s v="CD348"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="03"/>
+    <s v="Non-manual"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="8013"/>
+  </r>
+  <r>
+    <s v="CD348"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="03"/>
+    <s v="Non-manual"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="10216"/>
+  </r>
+  <r>
+    <s v="CD348"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="03"/>
+    <s v="Non-manual"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="53391"/>
+  </r>
+  <r>
+    <s v="CD348"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="03"/>
+    <s v="Non-manual"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="60165"/>
+  </r>
+  <r>
+    <s v="CD348"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="03"/>
+    <s v="Non-manual"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="38731"/>
+  </r>
+  <r>
+    <s v="CD348"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="03"/>
+    <s v="Non-manual"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="43098"/>
+  </r>
+  <r>
+    <s v="CD348"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="03"/>
+    <s v="Non-manual"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="14660"/>
+  </r>
+  <r>
+    <s v="CD348"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="03"/>
+    <s v="Non-manual"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="17067"/>
+  </r>
+  <r>
+    <s v="CD348"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="03"/>
+    <s v="Non-manual"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="174597"/>
+  </r>
+  <r>
+    <s v="CD348"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="03"/>
+    <s v="Non-manual"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="185275"/>
+  </r>
+  <r>
+    <s v="CD348"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="03"/>
+    <s v="Non-manual"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="130593"/>
+  </r>
+  <r>
+    <s v="CD348"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="03"/>
+    <s v="Non-manual"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="134354"/>
+  </r>
+  <r>
+    <s v="CD348"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="03"/>
+    <s v="Non-manual"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="44004"/>
+  </r>
+  <r>
+    <s v="CD348"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="03"/>
+    <s v="Non-manual"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="50921"/>
+  </r>
+  <r>
+    <s v="CD348"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="03"/>
+    <s v="Non-manual"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="64175"/>
+  </r>
+  <r>
+    <s v="CD348"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="03"/>
+    <s v="Non-manual"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="73191"/>
+  </r>
+  <r>
+    <s v="CD348"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="03"/>
+    <s v="Non-manual"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="49353"/>
+  </r>
+  <r>
+    <s v="CD348"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="03"/>
+    <s v="Non-manual"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="54217"/>
+  </r>
+  <r>
+    <s v="CD348"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="03"/>
+    <s v="Non-manual"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="14822"/>
+  </r>
+  <r>
+    <s v="CD348"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="03"/>
+    <s v="Non-manual"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="18974"/>
+  </r>
+  <r>
+    <s v="CD348"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="03"/>
+    <s v="Non-manual"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="47318"/>
+  </r>
+  <r>
+    <s v="CD348"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="03"/>
+    <s v="Non-manual"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="51756"/>
+  </r>
+  <r>
+    <s v="CD348"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="03"/>
+    <s v="Non-manual"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="35263"/>
+  </r>
+  <r>
+    <s v="CD348"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="03"/>
+    <s v="Non-manual"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="36876"/>
+  </r>
+  <r>
+    <s v="CD348"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="03"/>
+    <s v="Non-manual"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="12055"/>
+  </r>
+  <r>
+    <s v="CD348"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="03"/>
+    <s v="Non-manual"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="14880"/>
+  </r>
+  <r>
+    <s v="CD348"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="03"/>
+    <s v="Non-manual"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="57562"/>
+  </r>
+  <r>
+    <s v="CD348"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="03"/>
+    <s v="Non-manual"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="64978"/>
+  </r>
+  <r>
+    <s v="CD348"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="03"/>
+    <s v="Non-manual"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="42278"/>
+  </r>
+  <r>
+    <s v="CD348"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="03"/>
+    <s v="Non-manual"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="46245"/>
+  </r>
+  <r>
+    <s v="CD348"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="03"/>
+    <s v="Non-manual"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="15284"/>
+  </r>
+  <r>
+    <s v="CD348"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="03"/>
+    <s v="Non-manual"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="18733"/>
+  </r>
+  <r>
+    <s v="CD348"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="03"/>
+    <s v="Non-manual"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="82132"/>
+  </r>
+  <r>
+    <s v="CD348"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="03"/>
+    <s v="Non-manual"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="93058"/>
+  </r>
+  <r>
+    <s v="CD348"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="03"/>
+    <s v="Non-manual"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="59677"/>
+  </r>
+  <r>
+    <s v="CD348"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="03"/>
+    <s v="Non-manual"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="66675"/>
+  </r>
+  <r>
+    <s v="CD348"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="03"/>
+    <s v="Non-manual"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="22455"/>
+  </r>
+  <r>
+    <s v="CD348"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="03"/>
+    <s v="Non-manual"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="26383"/>
+  </r>
+  <r>
+    <s v="CD348"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="04"/>
+    <s v="Skilled manual"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="594256"/>
+  </r>
+  <r>
+    <s v="CD348"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="04"/>
+    <s v="Skilled manual"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="575768"/>
+  </r>
+  <r>
+    <s v="CD348"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="04"/>
+    <s v="Skilled manual"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="409345"/>
+  </r>
+  <r>
+    <s v="CD348"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="04"/>
+    <s v="Skilled manual"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="383568"/>
+  </r>
+  <r>
+    <s v="CD348"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="04"/>
+    <s v="Skilled manual"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="184911"/>
+  </r>
+  <r>
+    <s v="CD348"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="04"/>
+    <s v="Skilled manual"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="192200"/>
+  </r>
+  <r>
+    <s v="CD348"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="04"/>
+    <s v="Skilled manual"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="73244"/>
+  </r>
+  <r>
+    <s v="CD348"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="04"/>
+    <s v="Skilled manual"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="72642"/>
+  </r>
+  <r>
+    <s v="CD348"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="04"/>
+    <s v="Skilled manual"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="49666"/>
+  </r>
+  <r>
+    <s v="CD348"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="04"/>
+    <s v="Skilled manual"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="47748"/>
+  </r>
+  <r>
+    <s v="CD348"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="04"/>
+    <s v="Skilled manual"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="23578"/>
+  </r>
+  <r>
+    <s v="CD348"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="04"/>
+    <s v="Skilled manual"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="24894"/>
+  </r>
+  <r>
+    <s v="CD348"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="04"/>
+    <s v="Skilled manual"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="38323"/>
+  </r>
+  <r>
+    <s v="CD348"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="04"/>
+    <s v="Skilled manual"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="38300"/>
+  </r>
+  <r>
+    <s v="CD348"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="04"/>
+    <s v="Skilled manual"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="26714"/>
+  </r>
+  <r>
+    <s v="CD348"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="04"/>
+    <s v="Skilled manual"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="25715"/>
+  </r>
+  <r>
+    <s v="CD348"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="04"/>
+    <s v="Skilled manual"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="11609"/>
+  </r>
+  <r>
+    <s v="CD348"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="04"/>
+    <s v="Skilled manual"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="12585"/>
+  </r>
+  <r>
+    <s v="CD348"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="04"/>
+    <s v="Skilled manual"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="60587"/>
+  </r>
+  <r>
+    <s v="CD348"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="04"/>
+    <s v="Skilled manual"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="56196"/>
+  </r>
+  <r>
+    <s v="CD348"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="04"/>
+    <s v="Skilled manual"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="42546"/>
+  </r>
+  <r>
+    <s v="CD348"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="04"/>
+    <s v="Skilled manual"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="38501"/>
+  </r>
+  <r>
+    <s v="CD348"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="04"/>
+    <s v="Skilled manual"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="18041"/>
+  </r>
+  <r>
+    <s v="CD348"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="04"/>
+    <s v="Skilled manual"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="17695"/>
+  </r>
+  <r>
+    <s v="CD348"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="04"/>
+    <s v="Skilled manual"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="139991"/>
+  </r>
+  <r>
+    <s v="CD348"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="04"/>
+    <s v="Skilled manual"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="138202"/>
+  </r>
+  <r>
+    <s v="CD348"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="04"/>
+    <s v="Skilled manual"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="96367"/>
+  </r>
+  <r>
+    <s v="CD348"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="04"/>
+    <s v="Skilled manual"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="91539"/>
+  </r>
+  <r>
+    <s v="CD348"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="04"/>
+    <s v="Skilled manual"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="43624"/>
+  </r>
+  <r>
+    <s v="CD348"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="04"/>
+    <s v="Skilled manual"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="46663"/>
+  </r>
+  <r>
+    <s v="CD348"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="04"/>
+    <s v="Skilled manual"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="68356"/>
+  </r>
+  <r>
+    <s v="CD348"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="04"/>
+    <s v="Skilled manual"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="68058"/>
+  </r>
+  <r>
+    <s v="CD348"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="04"/>
+    <s v="Skilled manual"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="48763"/>
+  </r>
+  <r>
+    <s v="CD348"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="04"/>
+    <s v="Skilled manual"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="46703"/>
+  </r>
+  <r>
+    <s v="CD348"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="04"/>
+    <s v="Skilled manual"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="19593"/>
+  </r>
+  <r>
+    <s v="CD348"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="04"/>
+    <s v="Skilled manual"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="21355"/>
+  </r>
+  <r>
+    <s v="CD348"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="04"/>
+    <s v="Skilled manual"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="51533"/>
+  </r>
+  <r>
+    <s v="CD348"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="04"/>
+    <s v="Skilled manual"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="48552"/>
+  </r>
+  <r>
+    <s v="CD348"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="04"/>
+    <s v="Skilled manual"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="35915"/>
+  </r>
+  <r>
+    <s v="CD348"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="04"/>
+    <s v="Skilled manual"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="32501"/>
+  </r>
+  <r>
+    <s v="CD348"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="04"/>
+    <s v="Skilled manual"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="15618"/>
+  </r>
+  <r>
+    <s v="CD348"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="04"/>
+    <s v="Skilled manual"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="16051"/>
+  </r>
+  <r>
+    <s v="CD348"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="04"/>
+    <s v="Skilled manual"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="71769"/>
+  </r>
+  <r>
+    <s v="CD348"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="04"/>
+    <s v="Skilled manual"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="68295"/>
+  </r>
+  <r>
+    <s v="CD348"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="04"/>
+    <s v="Skilled manual"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="48411"/>
+  </r>
+  <r>
+    <s v="CD348"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="04"/>
+    <s v="Skilled manual"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="44900"/>
+  </r>
+  <r>
+    <s v="CD348"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="04"/>
+    <s v="Skilled manual"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="23358"/>
+  </r>
+  <r>
+    <s v="CD348"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="04"/>
+    <s v="Skilled manual"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="23395"/>
+  </r>
+  <r>
+    <s v="CD348"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="04"/>
+    <s v="Skilled manual"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="90453"/>
+  </r>
+  <r>
+    <s v="CD348"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="04"/>
+    <s v="Skilled manual"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="85523"/>
+  </r>
+  <r>
+    <s v="CD348"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="04"/>
+    <s v="Skilled manual"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="60963"/>
+  </r>
+  <r>
+    <s v="CD348"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="04"/>
+    <s v="Skilled manual"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="55961"/>
+  </r>
+  <r>
+    <s v="CD348"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="04"/>
+    <s v="Skilled manual"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="29490"/>
+  </r>
+  <r>
+    <s v="CD348"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="04"/>
+    <s v="Skilled manual"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="29562"/>
+  </r>
+  <r>
+    <s v="CD348"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="05"/>
+    <s v="Semi-skilled"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="397465"/>
+  </r>
+  <r>
+    <s v="CD348"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="05"/>
+    <s v="Semi-skilled"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="412022"/>
+  </r>
+  <r>
+    <s v="CD348"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="05"/>
+    <s v="Semi-skilled"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="289031"/>
+  </r>
+  <r>
+    <s v="CD348"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="05"/>
+    <s v="Semi-skilled"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="291415"/>
+  </r>
+  <r>
+    <s v="CD348"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="05"/>
+    <s v="Semi-skilled"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="108434"/>
+  </r>
+  <r>
+    <s v="CD348"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="05"/>
+    <s v="Semi-skilled"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="120607"/>
+  </r>
+  <r>
+    <s v="CD348"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="05"/>
+    <s v="Semi-skilled"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="50435"/>
+  </r>
+  <r>
+    <s v="CD348"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="05"/>
+    <s v="Semi-skilled"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="53045"/>
+  </r>
+  <r>
+    <s v="CD348"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="05"/>
+    <s v="Semi-skilled"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="35367"/>
+  </r>
+  <r>
+    <s v="CD348"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="05"/>
+    <s v="Semi-skilled"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="36261"/>
+  </r>
+  <r>
+    <s v="CD348"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="05"/>
+    <s v="Semi-skilled"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="15068"/>
+  </r>
+  <r>
+    <s v="CD348"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="05"/>
+    <s v="Semi-skilled"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="16784"/>
+  </r>
+  <r>
+    <s v="CD348"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="05"/>
+    <s v="Semi-skilled"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="23889"/>
+  </r>
+  <r>
+    <s v="CD348"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="05"/>
+    <s v="Semi-skilled"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="26617"/>
+  </r>
+  <r>
+    <s v="CD348"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="05"/>
+    <s v="Semi-skilled"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="17494"/>
+  </r>
+  <r>
+    <s v="CD348"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="05"/>
+    <s v="Semi-skilled"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="18986"/>
+  </r>
+  <r>
+    <s v="CD348"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="05"/>
+    <s v="Semi-skilled"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="6395"/>
+  </r>
+  <r>
+    <s v="CD348"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="05"/>
+    <s v="Semi-skilled"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="7631"/>
+  </r>
+  <r>
+    <s v="CD348"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="05"/>
+    <s v="Semi-skilled"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="40675"/>
+  </r>
+  <r>
+    <s v="CD348"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="05"/>
+    <s v="Semi-skilled"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="41833"/>
+  </r>
+  <r>
+    <s v="CD348"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="05"/>
+    <s v="Semi-skilled"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="30617"/>
+  </r>
+  <r>
+    <s v="CD348"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="05"/>
+    <s v="Semi-skilled"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="30666"/>
+  </r>
+  <r>
+    <s v="CD348"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="05"/>
+    <s v="Semi-skilled"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="10058"/>
+  </r>
+  <r>
+    <s v="CD348"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="05"/>
+    <s v="Semi-skilled"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="11167"/>
+  </r>
+  <r>
+    <s v="CD348"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="05"/>
+    <s v="Semi-skilled"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="96056"/>
+  </r>
+  <r>
+    <s v="CD348"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="05"/>
+    <s v="Semi-skilled"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="96862"/>
+  </r>
+  <r>
+    <s v="CD348"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="05"/>
+    <s v="Semi-skilled"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="69874"/>
+  </r>
+  <r>
+    <s v="CD348"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="05"/>
+    <s v="Semi-skilled"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="68209"/>
+  </r>
+  <r>
+    <s v="CD348"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="05"/>
+    <s v="Semi-skilled"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="26182"/>
+  </r>
+  <r>
+    <s v="CD348"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="05"/>
+    <s v="Semi-skilled"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="28653"/>
+  </r>
+  <r>
+    <s v="CD348"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="05"/>
+    <s v="Semi-skilled"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="41002"/>
+  </r>
+  <r>
+    <s v="CD348"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="05"/>
+    <s v="Semi-skilled"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="43679"/>
+  </r>
+  <r>
+    <s v="CD348"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="05"/>
+    <s v="Semi-skilled"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="30734"/>
+  </r>
+  <r>
+    <s v="CD348"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="05"/>
+    <s v="Semi-skilled"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="31742"/>
+  </r>
+  <r>
+    <s v="CD348"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="05"/>
+    <s v="Semi-skilled"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="10268"/>
+  </r>
+  <r>
+    <s v="CD348"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="05"/>
+    <s v="Semi-skilled"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="11937"/>
+  </r>
+  <r>
+    <s v="CD348"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="05"/>
+    <s v="Semi-skilled"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="36349"/>
+  </r>
+  <r>
+    <s v="CD348"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="05"/>
+    <s v="Semi-skilled"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="35267"/>
+  </r>
+  <r>
+    <s v="CD348"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="05"/>
+    <s v="Semi-skilled"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="26783"/>
+  </r>
+  <r>
+    <s v="CD348"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="05"/>
+    <s v="Semi-skilled"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="25000"/>
+  </r>
+  <r>
+    <s v="CD348"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="05"/>
+    <s v="Semi-skilled"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="9566"/>
+  </r>
+  <r>
+    <s v="CD348"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="05"/>
+    <s v="Semi-skilled"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="10267"/>
+  </r>
+  <r>
+    <s v="CD348"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="05"/>
+    <s v="Semi-skilled"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="47891"/>
+  </r>
+  <r>
+    <s v="CD348"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="05"/>
+    <s v="Semi-skilled"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="50705"/>
+  </r>
+  <r>
+    <s v="CD348"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="05"/>
+    <s v="Semi-skilled"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="34259"/>
+  </r>
+  <r>
+    <s v="CD348"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="05"/>
+    <s v="Semi-skilled"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="35699"/>
+  </r>
+  <r>
+    <s v="CD348"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="05"/>
+    <s v="Semi-skilled"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="13632"/>
+  </r>
+  <r>
+    <s v="CD348"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="05"/>
+    <s v="Semi-skilled"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="15006"/>
+  </r>
+  <r>
+    <s v="CD348"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="05"/>
+    <s v="Semi-skilled"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="61168"/>
+  </r>
+  <r>
+    <s v="CD348"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="05"/>
+    <s v="Semi-skilled"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="64014"/>
+  </r>
+  <r>
+    <s v="CD348"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="05"/>
+    <s v="Semi-skilled"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="43903"/>
+  </r>
+  <r>
+    <s v="CD348"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="05"/>
+    <s v="Semi-skilled"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="44852"/>
+  </r>
+  <r>
+    <s v="CD348"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="05"/>
+    <s v="Semi-skilled"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="17265"/>
+  </r>
+  <r>
+    <s v="CD348"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="05"/>
+    <s v="Semi-skilled"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="19162"/>
+  </r>
+  <r>
+    <s v="CD348"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="06"/>
+    <s v="Unskilled"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="157500"/>
+  </r>
+  <r>
+    <s v="CD348"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="06"/>
+    <s v="Unskilled"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="148155"/>
+  </r>
+  <r>
+    <s v="CD348"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="06"/>
+    <s v="Unskilled"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="100037"/>
+  </r>
+  <r>
+    <s v="CD348"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="06"/>
+    <s v="Unskilled"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="91929"/>
+  </r>
+  <r>
+    <s v="CD348"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="06"/>
+    <s v="Unskilled"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="57463"/>
+  </r>
+  <r>
+    <s v="CD348"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="06"/>
+    <s v="Unskilled"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="56226"/>
+  </r>
+  <r>
+    <s v="CD348"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="06"/>
+    <s v="Unskilled"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="20668"/>
+  </r>
+  <r>
+    <s v="CD348"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="06"/>
+    <s v="Unskilled"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="18937"/>
+  </r>
+  <r>
+    <s v="CD348"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="06"/>
+    <s v="Unskilled"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="12326"/>
+  </r>
+  <r>
+    <s v="CD348"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="06"/>
+    <s v="Unskilled"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="11284"/>
+  </r>
+  <r>
+    <s v="CD348"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="06"/>
+    <s v="Unskilled"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="8342"/>
+  </r>
+  <r>
+    <s v="CD348"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="06"/>
+    <s v="Unskilled"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="7653"/>
+  </r>
+  <r>
+    <s v="CD348"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="06"/>
+    <s v="Unskilled"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="10799"/>
+  </r>
+  <r>
+    <s v="CD348"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="06"/>
+    <s v="Unskilled"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="10113"/>
+  </r>
+  <r>
+    <s v="CD348"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="06"/>
+    <s v="Unskilled"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="6894"/>
+  </r>
+  <r>
+    <s v="CD348"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="06"/>
+    <s v="Unskilled"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="6218"/>
+  </r>
+  <r>
+    <s v="CD348"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="06"/>
+    <s v="Unskilled"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3905"/>
+  </r>
+  <r>
+    <s v="CD348"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="06"/>
+    <s v="Unskilled"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3895"/>
+  </r>
+  <r>
+    <s v="CD348"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="06"/>
+    <s v="Unskilled"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="15383"/>
+  </r>
+  <r>
+    <s v="CD348"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="06"/>
+    <s v="Unskilled"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="13709"/>
+  </r>
+  <r>
+    <s v="CD348"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="06"/>
+    <s v="Unskilled"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="9866"/>
+  </r>
+  <r>
+    <s v="CD348"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="06"/>
+    <s v="Unskilled"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="8780"/>
+  </r>
+  <r>
+    <s v="CD348"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="06"/>
+    <s v="Unskilled"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="5517"/>
+  </r>
+  <r>
+    <s v="CD348"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="06"/>
+    <s v="Unskilled"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4929"/>
+  </r>
+  <r>
+    <s v="CD348"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="06"/>
+    <s v="Unskilled"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="35848"/>
+  </r>
+  <r>
+    <s v="CD348"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="06"/>
+    <s v="Unskilled"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="36323"/>
+  </r>
+  <r>
+    <s v="CD348"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="06"/>
+    <s v="Unskilled"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="24141"/>
+  </r>
+  <r>
+    <s v="CD348"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="06"/>
+    <s v="Unskilled"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="23329"/>
+  </r>
+  <r>
+    <s v="CD348"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="06"/>
+    <s v="Unskilled"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="11707"/>
+  </r>
+  <r>
+    <s v="CD348"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="06"/>
+    <s v="Unskilled"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="12994"/>
+  </r>
+  <r>
+    <s v="CD348"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="06"/>
+    <s v="Unskilled"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="17229"/>
+  </r>
+  <r>
+    <s v="CD348"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="06"/>
+    <s v="Unskilled"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="15942"/>
+  </r>
+  <r>
+    <s v="CD348"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="06"/>
+    <s v="Unskilled"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="11536"/>
+  </r>
+  <r>
+    <s v="CD348"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="06"/>
+    <s v="Unskilled"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="10144"/>
+  </r>
+  <r>
+    <s v="CD348"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="06"/>
+    <s v="Unskilled"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="5693"/>
+  </r>
+  <r>
+    <s v="CD348"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="06"/>
+    <s v="Unskilled"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5798"/>
+  </r>
+  <r>
+    <s v="CD348"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="06"/>
+    <s v="Unskilled"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="13519"/>
+  </r>
+  <r>
+    <s v="CD348"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="06"/>
+    <s v="Unskilled"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="12179"/>
+  </r>
+  <r>
+    <s v="CD348"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="06"/>
+    <s v="Unskilled"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="8393"/>
+  </r>
+  <r>
+    <s v="CD348"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="06"/>
+    <s v="Unskilled"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="7346"/>
+  </r>
+  <r>
+    <s v="CD348"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="06"/>
+    <s v="Unskilled"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="5126"/>
+  </r>
+  <r>
+    <s v="CD348"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="06"/>
+    <s v="Unskilled"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4833"/>
+  </r>
+  <r>
+    <s v="CD348"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="06"/>
+    <s v="Unskilled"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="21900"/>
+  </r>
+  <r>
+    <s v="CD348"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="06"/>
+    <s v="Unskilled"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="20610"/>
+  </r>
+  <r>
+    <s v="CD348"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="06"/>
+    <s v="Unskilled"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="13271"/>
+  </r>
+  <r>
+    <s v="CD348"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="06"/>
+    <s v="Unskilled"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="12402"/>
+  </r>
+  <r>
+    <s v="CD348"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="06"/>
+    <s v="Unskilled"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="8629"/>
+  </r>
+  <r>
+    <s v="CD348"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="06"/>
+    <s v="Unskilled"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="8208"/>
+  </r>
+  <r>
+    <s v="CD348"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="06"/>
+    <s v="Unskilled"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="22154"/>
+  </r>
+  <r>
+    <s v="CD348"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="06"/>
+    <s v="Unskilled"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="20342"/>
+  </r>
+  <r>
+    <s v="CD348"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="06"/>
+    <s v="Unskilled"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="13610"/>
+  </r>
+  <r>
+    <s v="CD348"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="06"/>
+    <s v="Unskilled"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="12426"/>
+  </r>
+  <r>
+    <s v="CD348"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="06"/>
+    <s v="Unskilled"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="8544"/>
+  </r>
+  <r>
+    <s v="CD348"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="06"/>
+    <s v="Unskilled"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="7916"/>
+  </r>
+  <r>
+    <s v="CD348"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="07"/>
+    <s v="All other gainfully occupied and unknown"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="600590"/>
+  </r>
+  <r>
+    <s v="CD348"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="07"/>
+    <s v="All other gainfully occupied and unknown"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="668611"/>
+  </r>
+  <r>
+    <s v="CD348"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="07"/>
+    <s v="All other gainfully occupied and unknown"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="186382"/>
+  </r>
+  <r>
+    <s v="CD348"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="07"/>
+    <s v="All other gainfully occupied and unknown"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="212980"/>
+  </r>
+  <r>
+    <s v="CD348"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="07"/>
+    <s v="All other gainfully occupied and unknown"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="414208"/>
+  </r>
+  <r>
+    <s v="CD348"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="07"/>
+    <s v="All other gainfully occupied and unknown"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="455631"/>
+  </r>
+  <r>
+    <s v="CD348"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="07"/>
+    <s v="All other gainfully occupied and unknown"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="60858"/>
+  </r>
+  <r>
+    <s v="CD348"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="07"/>
+    <s v="All other gainfully occupied and unknown"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="75129"/>
+  </r>
+  <r>
+    <s v="CD348"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="07"/>
+    <s v="All other gainfully occupied and unknown"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="16794"/>
+  </r>
+  <r>
+    <s v="CD348"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="07"/>
+    <s v="All other gainfully occupied and unknown"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="23293"/>
+  </r>
+  <r>
+    <s v="CD348"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="07"/>
+    <s v="All other gainfully occupied and unknown"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="44064"/>
+  </r>
+  <r>
+    <s v="CD348"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="07"/>
+    <s v="All other gainfully occupied and unknown"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="51836"/>
+  </r>
+  <r>
+    <s v="CD348"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="07"/>
+    <s v="All other gainfully occupied and unknown"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="36958"/>
+  </r>
+  <r>
+    <s v="CD348"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="07"/>
+    <s v="All other gainfully occupied and unknown"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="42905"/>
+  </r>
+  <r>
+    <s v="CD348"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="07"/>
+    <s v="All other gainfully occupied and unknown"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="12251"/>
+  </r>
+  <r>
+    <s v="CD348"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="07"/>
+    <s v="All other gainfully occupied and unknown"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="14973"/>
+  </r>
+  <r>
+    <s v="CD348"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="07"/>
+    <s v="All other gainfully occupied and unknown"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="24707"/>
+  </r>
+  <r>
+    <s v="CD348"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="07"/>
+    <s v="All other gainfully occupied and unknown"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="27932"/>
+  </r>
+  <r>
+    <s v="CD348"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="07"/>
+    <s v="All other gainfully occupied and unknown"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="61063"/>
+  </r>
+  <r>
+    <s v="CD348"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="07"/>
+    <s v="All other gainfully occupied and unknown"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="71575"/>
+  </r>
+  <r>
+    <s v="CD348"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="07"/>
+    <s v="All other gainfully occupied and unknown"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="15451"/>
+  </r>
+  <r>
+    <s v="CD348"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="07"/>
+    <s v="All other gainfully occupied and unknown"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="20296"/>
+  </r>
+  <r>
+    <s v="CD348"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="07"/>
+    <s v="All other gainfully occupied and unknown"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="45612"/>
+  </r>
+  <r>
+    <s v="CD348"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="07"/>
+    <s v="All other gainfully occupied and unknown"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="51279"/>
+  </r>
+  <r>
+    <s v="CD348"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="07"/>
+    <s v="All other gainfully occupied and unknown"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="187732"/>
+  </r>
+  <r>
+    <s v="CD348"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="07"/>
+    <s v="All other gainfully occupied and unknown"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="189633"/>
+  </r>
+  <r>
+    <s v="CD348"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="07"/>
+    <s v="All other gainfully occupied and unknown"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="67827"/>
+  </r>
+  <r>
+    <s v="CD348"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="07"/>
+    <s v="All other gainfully occupied and unknown"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="65689"/>
+  </r>
+  <r>
+    <s v="CD348"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="07"/>
+    <s v="All other gainfully occupied and unknown"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="119905"/>
+  </r>
+  <r>
+    <s v="CD348"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="07"/>
+    <s v="All other gainfully occupied and unknown"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="123944"/>
+  </r>
+  <r>
+    <s v="CD348"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="07"/>
+    <s v="All other gainfully occupied and unknown"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="53921"/>
+  </r>
+  <r>
+    <s v="CD348"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="07"/>
+    <s v="All other gainfully occupied and unknown"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="60473"/>
+  </r>
+  <r>
+    <s v="CD348"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="07"/>
+    <s v="All other gainfully occupied and unknown"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="19002"/>
+  </r>
+  <r>
+    <s v="CD348"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="07"/>
+    <s v="All other gainfully occupied and unknown"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="21216"/>
+  </r>
+  <r>
+    <s v="CD348"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="07"/>
+    <s v="All other gainfully occupied and unknown"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="34919"/>
+  </r>
+  <r>
+    <s v="CD348"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="07"/>
+    <s v="All other gainfully occupied and unknown"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="39257"/>
+  </r>
+  <r>
+    <s v="CD348"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="07"/>
+    <s v="All other gainfully occupied and unknown"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="52951"/>
+  </r>
+  <r>
+    <s v="CD348"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="07"/>
+    <s v="All other gainfully occupied and unknown"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="60337"/>
+  </r>
+  <r>
+    <s v="CD348"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="07"/>
+    <s v="All other gainfully occupied and unknown"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="14077"/>
+  </r>
+  <r>
+    <s v="CD348"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="07"/>
+    <s v="All other gainfully occupied and unknown"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="17550"/>
+  </r>
+  <r>
+    <s v="CD348"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="07"/>
+    <s v="All other gainfully occupied and unknown"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="38874"/>
+  </r>
+  <r>
+    <s v="CD348"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="07"/>
+    <s v="All other gainfully occupied and unknown"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="42787"/>
+  </r>
+  <r>
+    <s v="CD348"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="07"/>
+    <s v="All other gainfully occupied and unknown"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="60059"/>
+  </r>
+  <r>
+    <s v="CD348"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="07"/>
+    <s v="All other gainfully occupied and unknown"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="71397"/>
+  </r>
+  <r>
+    <s v="CD348"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="07"/>
+    <s v="All other gainfully occupied and unknown"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="16487"/>
+  </r>
+  <r>
+    <s v="CD348"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="07"/>
+    <s v="All other gainfully occupied and unknown"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="22017"/>
+  </r>
+  <r>
+    <s v="CD348"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="07"/>
+    <s v="All other gainfully occupied and unknown"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="43572"/>
+  </r>
+  <r>
+    <s v="CD348"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="07"/>
+    <s v="All other gainfully occupied and unknown"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="49380"/>
+  </r>
+  <r>
+    <s v="CD348"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="07"/>
+    <s v="All other gainfully occupied and unknown"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="87048"/>
+  </r>
+  <r>
+    <s v="CD348"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="07"/>
+    <s v="All other gainfully occupied and unknown"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="97162"/>
+  </r>
+  <r>
+    <s v="CD348"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="07"/>
+    <s v="All other gainfully occupied and unknown"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="24493"/>
+  </r>
+  <r>
+    <s v="CD348"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="07"/>
+    <s v="All other gainfully occupied and unknown"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="27946"/>
+  </r>
+  <r>
+    <s v="CD348"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="07"/>
+    <s v="All other gainfully occupied and unknown"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="62555"/>
+  </r>
+  <r>
+    <s v="CD348"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="07"/>
+    <s v="All other gainfully occupied and unknown"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="69216"/>
+  </r>
+</pivotCacheRecords>
 </file>