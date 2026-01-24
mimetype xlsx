--- v0 (2025-11-13)
+++ v1 (2026-01-24)
@@ -1,97 +1,97 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/pivotCache/pivotCacheDefinition1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheDefinition+xml"/>
   <Override PartName="/pivotCache/pivotCacheRecords1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheRecords+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/pivotTables/pivotTable.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rba8bb16b7c1e4a85" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/b3a82a94e60d462cbd6d143856ad97ce.psmdcp" Id="Rd830654bea944e8b" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7eb60ac438d548b0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/838d0bcf6fba45ddaeef3ef4a0a671c4.psmdcp" Id="Rbb24c90c36b44f7b" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
-    <x:sheet name="About" sheetId="2" r:id="rId2"/>
-[...1 lines deleted...]
-    <x:sheet name="Pivoted" sheetId="11" r:id="rId11"/>
+    <x:sheet name="About" sheetId="1" r:id="rId2"/>
+    <x:sheet name="Unpivoted" sheetId="2" r:id="rId9"/>
+    <x:sheet name="Pivoted" sheetId="3" r:id="rId11"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
   <x:pivotCaches>
     <x:pivotCache cacheId="0" r:id="rId12"/>
   </x:pivotCaches>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Table</x:t>
   </x:si>
   <x:si>
     <x:t>Code</x:t>
   </x:si>
   <x:si>
     <x:t>CD342</x:t>
   </x:si>
   <x:si>
     <x:t>Name</x:t>
   </x:si>
   <x:si>
     <x:t>Usually Resident Population Aged 15 Years and Over in the Labour Force</x:t>
   </x:si>
   <x:si>
     <x:t>Frequency</x:t>
   </x:si>
   <x:si>
     <x:t>Annual</x:t>
   </x:si>
   <x:si>
     <x:t>Last Updated</x:t>
   </x:si>
   <x:si>
-    <x:t>5/14/2020 11:00:00 AM</x:t>
+    <x:t>14/05/2020 11:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Note</x:t>
   </x:si>
   <x:si>
     <x:t>Url</x:t>
   </x:si>
   <x:si>
     <x:t>https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/CD342/XLSX/2007/en</x:t>
   </x:si>
   <x:si>
     <x:t>Product</x:t>
   </x:si>
   <x:si>
     <x:t>C2011P3</x:t>
   </x:si>
   <x:si>
     <x:t>Profile 3 - At Work</x:t>
   </x:si>
   <x:si>
     <x:t>Contacts</x:t>
   </x:si>
   <x:si>
     <x:t>Bernie Casey</x:t>
   </x:si>
@@ -595,483 +595,194 @@
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip r:embed="rId8" cstate="print"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="3971925" cy="1381125"/>
         </a:xfrm>
         <a:prstGeom prst="rect"/>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/pivotTables/_rels/pivotTable.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheDefinition" Target="/pivotCache/pivotCacheDefinition1.xml" Id="rId17" /></Relationships>
 </file>
 
 <file path=xl/pivotTables/pivotTable.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotTableDefinition xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" dataCaption="Values" showError="0" missingCaption="" showMissing="1" pageWrap="0" pageOverThenDown="0" rowGrandTotals="0" colGrandTotals="0" indent="1">
-[...431 lines deleted...]
-</x:pivotTableDefinition>
+<pivotTableDefinition xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" applyNumberFormats="0" applyBorderFormats="0" applyFontFormats="0" applyPatternFormats="0" applyAlignmentFormats="0" applyWidthHeightFormats="0" dataCaption="Values" rowGrandTotals="0" colGrandTotals="0" outline="1">
+  <location ref="A1" firstHeaderRow="0" firstDataRow="0" firstDataCol="0"/>
+  <pivotFields count="10">
+    <pivotField name="STATISTIC" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="Statistic Label" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="C02719V03286" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="12">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+        <item x="11"/>
+      </items>
+    </pivotField>
+    <pivotField name="Birthplace" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="12">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+        <item x="11"/>
+      </items>
+    </pivotField>
+    <pivotField name="C02843V03417" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="29">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+        <item x="11"/>
+        <item x="12"/>
+        <item x="13"/>
+        <item x="14"/>
+        <item x="15"/>
+        <item x="16"/>
+        <item x="17"/>
+        <item x="18"/>
+        <item x="19"/>
+        <item x="20"/>
+        <item x="21"/>
+        <item x="22"/>
+        <item x="23"/>
+        <item x="24"/>
+        <item x="25"/>
+        <item x="26"/>
+        <item x="27"/>
+        <item x="28"/>
+      </items>
+    </pivotField>
+    <pivotField name="Intermediate Occupational Group" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="29">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+        <item x="11"/>
+        <item x="12"/>
+        <item x="13"/>
+        <item x="14"/>
+        <item x="15"/>
+        <item x="16"/>
+        <item x="17"/>
+        <item x="18"/>
+        <item x="19"/>
+        <item x="20"/>
+        <item x="21"/>
+        <item x="22"/>
+        <item x="23"/>
+        <item x="24"/>
+        <item x="25"/>
+        <item x="26"/>
+        <item x="27"/>
+        <item x="28"/>
+      </items>
+    </pivotField>
+    <pivotField name="TLIST(A1)" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="CensusYear" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField showAll="0"/>
+    <pivotField dataField="1" showAll="0"/>
+  </pivotFields>
+  <rowFields count="8">
+    <field x="0"/>
+    <field x="1"/>
+    <field x="2"/>
+    <field x="3"/>
+    <field x="4"/>
+    <field x="5"/>
+    <field x="6"/>
+    <field x="7"/>
+  </rowFields>
+  <dataFields count="1">
+    <dataField name="VALUE" fld="9"/>
+  </dataFields>
+  <pivotTableStyleInfo name="PivotStyleLight16" showRowHeaders="1" showColHeaders="1"/>
+  <extLst>
+    <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{962EF5D1-5CA2-4c93-8EF4-DBF5C05439D2}">
+      <x14:pivotTableDefinition enableEdit="0" hideValuesRow="1"/>
+    </ext>
+  </extLst>
+</pivotTableDefinition>
 </file>
 
 <file path=xl/tables/table1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:table xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="1" name="Unpivoted" displayName="Unpivoted" ref="A1:J349" totalsRowShown="0">
   <x:autoFilter ref="A1:J349"/>
   <x:tableColumns count="10">
     <x:tableColumn id="1" name="STATISTIC"/>
     <x:tableColumn id="2" name="Statistic Label"/>
     <x:tableColumn id="3" name="C02719V03286"/>
     <x:tableColumn id="4" name="Birthplace"/>
     <x:tableColumn id="5" name="C02843V03417"/>
     <x:tableColumn id="6" name="Intermediate Occupational Group"/>
     <x:tableColumn id="7" name="TLIST(A1)"/>
     <x:tableColumn id="8" name="CensusYear"/>
     <x:tableColumn id="9" name="UNIT"/>
     <x:tableColumn id="10" name="VALUE"/>
   </x:tableColumns>
   <x:tableStyleInfo name="TableStyleMedium2" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </x:table>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
@@ -1342,51 +1053,51 @@
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="/xl/drawings/drawing1.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/CD342/XLSX/2007/en" TargetMode="External" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cso.ie/" TargetMode="External" Id="rId14" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="/xl/tables/table1.xml" Id="rId15" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet3.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotTable" Target="/xl/pivotTables/pivotTable.xml" Id="rId16" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:B39"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="20.710625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="100.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="8" spans="1:2">
       <x:c r="A8" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B8" s="2"/>
     </x:row>
     <x:row r="9" spans="1:2">
       <x:c r="A9" s="3" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="B9" s="0" t="s">
         <x:v>2</x:v>
@@ -1573,51 +1284,51 @@
       </x:c>
     </x:row>
     <x:row r="39" spans="1:2">
       <x:c r="A39" s="3" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B39" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:hyperlinks>
     <x:hyperlink ref="B14" r:id="rId13"/>
     <x:hyperlink ref="B28" r:id="rId14"/>
   </x:hyperlinks>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:drawing xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId7"/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:J349"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="11.996339" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="65.567768" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="16.139196" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="48.710625" style="0" customWidth="1"/>
     <x:col min="5" max="5" width="16.139196" style="0" customWidth="1"/>
     <x:col min="6" max="6" width="54.853482" style="0" customWidth="1"/>
     <x:col min="7" max="7" width="11.282054" style="0" customWidth="1"/>
     <x:col min="8" max="8" width="13.424911" style="0" customWidth="1"/>
     <x:col min="9" max="9" width="8.282054" style="0" customWidth="1"/>
     <x:col min="10" max="10" width="8.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:10">
       <x:c r="A1" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
@@ -12775,51 +12486,51 @@
       <x:c r="G349" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H349" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="I349" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="J349" s="0">
         <x:v>2199668</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="1">
     <x:tablePart r:id="rId15"/>
   </x:tableParts>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:sheetData/>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Application>Microsoft Excel</ap:Application>
   <ap:TitlesOfParts>
     <vt:vector baseType="lpstr" size="9">
       <vt:lpstr>About</vt:lpstr>
       <vt:lpstr>Unpivoted</vt:lpstr>
       <vt:lpstr>Pivoted</vt:lpstr>
@@ -12836,51 +12547,51 @@
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>3</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Named Ranges</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>6</vt:i4>
       </vt:variant>
     </vt:vector>
   </ap:HeadingPairs>
   <ap:DocSecurity>0</ap:DocSecurity>
   <ap:ScaleCrop>false</ap:ScaleCrop>
 </ap:Properties>
 </file>
 
 <file path=pivotCache/_rels/pivotCacheDefinition1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheRecords" Target="/pivotCache/pivotCacheRecords1.xml" Id="rId1" /></Relationships>
 </file>
 
 <file path=pivotCache/pivotCacheDefinition1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:pivotCacheDefinition xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" r:id="rId1" saveData="1" refreshOnLoad="1" createdVersion="5" refreshedVersion="5" minRefreshableVersion="3">
   <x:cacheSource type="worksheet">
-    <x:worksheetSource ref="A1:J349" sheet="Unpivoted"/>
+    <x:worksheetSource name="Unpivoted"/>
   </x:cacheSource>
   <x:cacheFields>
     <x:cacheField name="STATISTIC">
       <x:sharedItems count="1">
         <x:s v="CD342"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="Statistic Label">
       <x:sharedItems count="1">
         <x:s v="Usually Resident Population Aged 15 Years and Over in the Labour Force"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="C02719V03286">
       <x:sharedItems count="12">
         <x:s v="IE03"/>
         <x:s v="IE04"/>
         <x:s v="GB1"/>
         <x:s v="LT"/>
         <x:s v="PL"/>
         <x:s v="ZZEURN"/>
         <x:s v="ZZEUBQ7"/>
         <x:s v="ZZAA1"/>
         <x:s v="ZZABB"/>
         <x:s v="ZZAZAB"/>
         <x:s v="ZZWORK"/>
@@ -13309,27 +13020,4204 @@
         <x:n v="182988"/>
         <x:n v="41397"/>
         <x:n v="89077"/>
         <x:n v="91784"/>
         <x:n v="103233"/>
         <x:n v="61554"/>
         <x:n v="95102"/>
         <x:n v="47829"/>
         <x:n v="131657"/>
         <x:n v="22541"/>
         <x:n v="83889"/>
         <x:n v="82947"/>
         <x:n v="51148"/>
         <x:n v="149247"/>
         <x:n v="191704"/>
         <x:n v="2166132"/>
         <x:n v="33536"/>
         <x:n v="2199668"/>
       </x:sharedItems>
     </x:cacheField>
   </x:cacheFields>
 </x:pivotCacheDefinition>
 </file>
 
 <file path=pivotCache/pivotCacheRecords1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main"/>
+<pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="xr">
+  <r>
+    <s v="CD342"/>
+    <s v="Usually Resident Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="IE03"/>
+    <s v="Ireland - county of usual residence"/>
+    <s v="11"/>
+    <s v="Corporate managers and directors"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="61630"/>
+  </r>
+  <r>
+    <s v="CD342"/>
+    <s v="Usually Resident Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="IE03"/>
+    <s v="Ireland - county of usual residence"/>
+    <s v="12"/>
+    <s v="Other managers and proprietors"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="26292"/>
+  </r>
+  <r>
+    <s v="CD342"/>
+    <s v="Usually Resident Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="IE03"/>
+    <s v="Ireland - county of usual residence"/>
+    <s v="21"/>
+    <s v="Science, research, engineering and technology professionals"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="32500"/>
+  </r>
+  <r>
+    <s v="CD342"/>
+    <s v="Usually Resident Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="IE03"/>
+    <s v="Ireland - county of usual residence"/>
+    <s v="22"/>
+    <s v="Health professionals"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="33832"/>
+  </r>
+  <r>
+    <s v="CD342"/>
+    <s v="Usually Resident Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="IE03"/>
+    <s v="Ireland - county of usual residence"/>
+    <s v="23"/>
+    <s v="Teaching and educational professionals"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="46938"/>
+  </r>
+  <r>
+    <s v="CD342"/>
+    <s v="Usually Resident Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="IE03"/>
+    <s v="Ireland - county of usual residence"/>
+    <s v="24"/>
+    <s v="Business, media and public service professionals"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="39907"/>
+  </r>
+  <r>
+    <s v="CD342"/>
+    <s v="Usually Resident Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="IE03"/>
+    <s v="Ireland - county of usual residence"/>
+    <s v="31"/>
+    <s v="Science, engineering and technology associate professionals"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="18997"/>
+  </r>
+  <r>
+    <s v="CD342"/>
+    <s v="Usually Resident Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="IE03"/>
+    <s v="Ireland - county of usual residence"/>
+    <s v="32"/>
+    <s v="Health and social care associate professionals"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="11692"/>
+  </r>
+  <r>
+    <s v="CD342"/>
+    <s v="Usually Resident Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="IE03"/>
+    <s v="Ireland - county of usual residence"/>
+    <s v="33"/>
+    <s v="Protective service occupations"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="13415"/>
+  </r>
+  <r>
+    <s v="CD342"/>
+    <s v="Usually Resident Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="IE03"/>
+    <s v="Ireland - county of usual residence"/>
+    <s v="34"/>
+    <s v="Culture, media and sports occupations"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="13755"/>
+  </r>
+  <r>
+    <s v="CD342"/>
+    <s v="Usually Resident Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="IE03"/>
+    <s v="Ireland - county of usual residence"/>
+    <s v="35"/>
+    <s v="Business and public service associate professionals"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="57606"/>
+  </r>
+  <r>
+    <s v="CD342"/>
+    <s v="Usually Resident Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="IE03"/>
+    <s v="Ireland - county of usual residence"/>
+    <s v="41"/>
+    <s v="Administrative occupations"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="108142"/>
+  </r>
+  <r>
+    <s v="CD342"/>
+    <s v="Usually Resident Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="IE03"/>
+    <s v="Ireland - county of usual residence"/>
+    <s v="42"/>
+    <s v="Secretarial and related occupations"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="25303"/>
+  </r>
+  <r>
+    <s v="CD342"/>
+    <s v="Usually Resident Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="IE03"/>
+    <s v="Ireland - county of usual residence"/>
+    <s v="51"/>
+    <s v="Skilled agricultural and related trades"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="73244"/>
+  </r>
+  <r>
+    <s v="CD342"/>
+    <s v="Usually Resident Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="IE03"/>
+    <s v="Ireland - county of usual residence"/>
+    <s v="52"/>
+    <s v="Skilled metal, electrical and electronic trades"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="57769"/>
+  </r>
+  <r>
+    <s v="CD342"/>
+    <s v="Usually Resident Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="IE03"/>
+    <s v="Ireland - county of usual residence"/>
+    <s v="53"/>
+    <s v="Skilled construction and building trades"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="66834"/>
+  </r>
+  <r>
+    <s v="CD342"/>
+    <s v="Usually Resident Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="IE03"/>
+    <s v="Ireland - county of usual residence"/>
+    <s v="54"/>
+    <s v="Textiles, printing and other skilled trades"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="28858"/>
+  </r>
+  <r>
+    <s v="CD342"/>
+    <s v="Usually Resident Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="IE03"/>
+    <s v="Ireland - county of usual residence"/>
+    <s v="61"/>
+    <s v="Caring personal service occupations"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="56278"/>
+  </r>
+  <r>
+    <s v="CD342"/>
+    <s v="Usually Resident Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="IE03"/>
+    <s v="Ireland - county of usual residence"/>
+    <s v="62"/>
+    <s v="Leisure, travel and related personal service occupations"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="28461"/>
+  </r>
+  <r>
+    <s v="CD342"/>
+    <s v="Usually Resident Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="IE03"/>
+    <s v="Ireland - county of usual residence"/>
+    <s v="71"/>
+    <s v="Sales occupations"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="76308"/>
+  </r>
+  <r>
+    <s v="CD342"/>
+    <s v="Usually Resident Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="IE03"/>
+    <s v="Ireland - county of usual residence"/>
+    <s v="72"/>
+    <s v="Customer service occupations"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="10860"/>
+  </r>
+  <r>
+    <s v="CD342"/>
+    <s v="Usually Resident Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="IE03"/>
+    <s v="Ireland - county of usual residence"/>
+    <s v="81"/>
+    <s v="Process, plant and machine operatives"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="49185"/>
+  </r>
+  <r>
+    <s v="CD342"/>
+    <s v="Usually Resident Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="IE03"/>
+    <s v="Ireland - county of usual residence"/>
+    <s v="82"/>
+    <s v="Transport and mobile machine drivers and operatives"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="52381"/>
+  </r>
+  <r>
+    <s v="CD342"/>
+    <s v="Usually Resident Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="IE03"/>
+    <s v="Ireland - county of usual residence"/>
+    <s v="91"/>
+    <s v="Elementary trades and related occupations"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="32016"/>
+  </r>
+  <r>
+    <s v="CD342"/>
+    <s v="Usually Resident Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="IE03"/>
+    <s v="Ireland - county of usual residence"/>
+    <s v="92"/>
+    <s v="Elementary administration and service occupations"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="74744"/>
+  </r>
+  <r>
+    <s v="CD342"/>
+    <s v="Usually Resident Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="IE03"/>
+    <s v="Ireland - county of usual residence"/>
+    <s v="X9"/>
+    <s v="Other/not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="118525"/>
+  </r>
+  <r>
+    <s v="CD342"/>
+    <s v="Usually Resident Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="IE03"/>
+    <s v="Ireland - county of usual residence"/>
+    <s v="-"/>
+    <s v="All occupational groups"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1215472"/>
+  </r>
+  <r>
+    <s v="CD342"/>
+    <s v="Usually Resident Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="IE03"/>
+    <s v="Ireland - county of usual residence"/>
+    <s v="X20"/>
+    <s v="Unemployed - looking for first regular job"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="19147"/>
+  </r>
+  <r>
+    <s v="CD342"/>
+    <s v="Usually Resident Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="IE03"/>
+    <s v="Ireland - county of usual residence"/>
+    <s v="X21"/>
+    <s v="Total in labour force"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1234619"/>
+  </r>
+  <r>
+    <s v="CD342"/>
+    <s v="Usually Resident Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="IE04"/>
+    <s v="Ireland - county other than county of usual residence"/>
+    <s v="11"/>
+    <s v="Corporate managers and directors"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="35473"/>
+  </r>
+  <r>
+    <s v="CD342"/>
+    <s v="Usually Resident Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="IE04"/>
+    <s v="Ireland - county other than county of usual residence"/>
+    <s v="12"/>
+    <s v="Other managers and proprietors"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="13512"/>
+  </r>
+  <r>
+    <s v="CD342"/>
+    <s v="Usually Resident Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="IE04"/>
+    <s v="Ireland - county other than county of usual residence"/>
+    <s v="21"/>
+    <s v="Science, research, engineering and technology professionals"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="25296"/>
+  </r>
+  <r>
+    <s v="CD342"/>
+    <s v="Usually Resident Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="IE04"/>
+    <s v="Ireland - county other than county of usual residence"/>
+    <s v="22"/>
+    <s v="Health professionals"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="29321"/>
+  </r>
+  <r>
+    <s v="CD342"/>
+    <s v="Usually Resident Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="IE04"/>
+    <s v="Ireland - county other than county of usual residence"/>
+    <s v="23"/>
+    <s v="Teaching and educational professionals"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="35831"/>
+  </r>
+  <r>
+    <s v="CD342"/>
+    <s v="Usually Resident Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="IE04"/>
+    <s v="Ireland - county other than county of usual residence"/>
+    <s v="24"/>
+    <s v="Business, media and public service professionals"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="30110"/>
+  </r>
+  <r>
+    <s v="CD342"/>
+    <s v="Usually Resident Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="IE04"/>
+    <s v="Ireland - county other than county of usual residence"/>
+    <s v="31"/>
+    <s v="Science, engineering and technology associate professionals"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="10274"/>
+  </r>
+  <r>
+    <s v="CD342"/>
+    <s v="Usually Resident Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="IE04"/>
+    <s v="Ireland - county other than county of usual residence"/>
+    <s v="32"/>
+    <s v="Health and social care associate professionals"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5794"/>
+  </r>
+  <r>
+    <s v="CD342"/>
+    <s v="Usually Resident Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="IE04"/>
+    <s v="Ireland - county other than county of usual residence"/>
+    <s v="33"/>
+    <s v="Protective service occupations"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="11130"/>
+  </r>
+  <r>
+    <s v="CD342"/>
+    <s v="Usually Resident Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="IE04"/>
+    <s v="Ireland - county other than county of usual residence"/>
+    <s v="34"/>
+    <s v="Culture, media and sports occupations"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="7538"/>
+  </r>
+  <r>
+    <s v="CD342"/>
+    <s v="Usually Resident Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="IE04"/>
+    <s v="Ireland - county other than county of usual residence"/>
+    <s v="35"/>
+    <s v="Business and public service associate professionals"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="33980"/>
+  </r>
+  <r>
+    <s v="CD342"/>
+    <s v="Usually Resident Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="IE04"/>
+    <s v="Ireland - county other than county of usual residence"/>
+    <s v="41"/>
+    <s v="Administrative occupations"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="48409"/>
+  </r>
+  <r>
+    <s v="CD342"/>
+    <s v="Usually Resident Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="IE04"/>
+    <s v="Ireland - county other than county of usual residence"/>
+    <s v="42"/>
+    <s v="Secretarial and related occupations"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="9803"/>
+  </r>
+  <r>
+    <s v="CD342"/>
+    <s v="Usually Resident Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="IE04"/>
+    <s v="Ireland - county other than county of usual residence"/>
+    <s v="51"/>
+    <s v="Skilled agricultural and related trades"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="10493"/>
+  </r>
+  <r>
+    <s v="CD342"/>
+    <s v="Usually Resident Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="IE04"/>
+    <s v="Ireland - county other than county of usual residence"/>
+    <s v="52"/>
+    <s v="Skilled metal, electrical and electronic trades"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="17271"/>
+  </r>
+  <r>
+    <s v="CD342"/>
+    <s v="Usually Resident Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="IE04"/>
+    <s v="Ireland - county other than county of usual residence"/>
+    <s v="53"/>
+    <s v="Skilled construction and building trades"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="16585"/>
+  </r>
+  <r>
+    <s v="CD342"/>
+    <s v="Usually Resident Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="IE04"/>
+    <s v="Ireland - county other than county of usual residence"/>
+    <s v="54"/>
+    <s v="Textiles, printing and other skilled trades"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="10300"/>
+  </r>
+  <r>
+    <s v="CD342"/>
+    <s v="Usually Resident Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="IE04"/>
+    <s v="Ireland - county other than county of usual residence"/>
+    <s v="61"/>
+    <s v="Caring personal service occupations"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="19340"/>
+  </r>
+  <r>
+    <s v="CD342"/>
+    <s v="Usually Resident Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="IE04"/>
+    <s v="Ireland - county other than county of usual residence"/>
+    <s v="62"/>
+    <s v="Leisure, travel and related personal service occupations"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="8452"/>
+  </r>
+  <r>
+    <s v="CD342"/>
+    <s v="Usually Resident Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="IE04"/>
+    <s v="Ireland - county other than county of usual residence"/>
+    <s v="71"/>
+    <s v="Sales occupations"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="22294"/>
+  </r>
+  <r>
+    <s v="CD342"/>
+    <s v="Usually Resident Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="IE04"/>
+    <s v="Ireland - county other than county of usual residence"/>
+    <s v="72"/>
+    <s v="Customer service occupations"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4597"/>
+  </r>
+  <r>
+    <s v="CD342"/>
+    <s v="Usually Resident Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="IE04"/>
+    <s v="Ireland - county other than county of usual residence"/>
+    <s v="81"/>
+    <s v="Process, plant and machine operatives"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="11763"/>
+  </r>
+  <r>
+    <s v="CD342"/>
+    <s v="Usually Resident Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="IE04"/>
+    <s v="Ireland - county other than county of usual residence"/>
+    <s v="82"/>
+    <s v="Transport and mobile machine drivers and operatives"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="13727"/>
+  </r>
+  <r>
+    <s v="CD342"/>
+    <s v="Usually Resident Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="IE04"/>
+    <s v="Ireland - county other than county of usual residence"/>
+    <s v="91"/>
+    <s v="Elementary trades and related occupations"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="6626"/>
+  </r>
+  <r>
+    <s v="CD342"/>
+    <s v="Usually Resident Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="IE04"/>
+    <s v="Ireland - county other than county of usual residence"/>
+    <s v="92"/>
+    <s v="Elementary administration and service occupations"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="19395"/>
+  </r>
+  <r>
+    <s v="CD342"/>
+    <s v="Usually Resident Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="IE04"/>
+    <s v="Ireland - county other than county of usual residence"/>
+    <s v="X9"/>
+    <s v="Other/not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="24014"/>
+  </r>
+  <r>
+    <s v="CD342"/>
+    <s v="Usually Resident Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="IE04"/>
+    <s v="Ireland - county other than county of usual residence"/>
+    <s v="-"/>
+    <s v="All occupational groups"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="481328"/>
+  </r>
+  <r>
+    <s v="CD342"/>
+    <s v="Usually Resident Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="IE04"/>
+    <s v="Ireland - county other than county of usual residence"/>
+    <s v="X20"/>
+    <s v="Unemployed - looking for first regular job"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4076"/>
+  </r>
+  <r>
+    <s v="CD342"/>
+    <s v="Usually Resident Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="IE04"/>
+    <s v="Ireland - county other than county of usual residence"/>
+    <s v="X21"/>
+    <s v="Total in labour force"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="485404"/>
+  </r>
+  <r>
+    <s v="CD342"/>
+    <s v="Usually Resident Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="GB1"/>
+    <s v="United Kingdom (1)"/>
+    <s v="11"/>
+    <s v="Corporate managers and directors"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="11069"/>
+  </r>
+  <r>
+    <s v="CD342"/>
+    <s v="Usually Resident Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="GB1"/>
+    <s v="United Kingdom (1)"/>
+    <s v="12"/>
+    <s v="Other managers and proprietors"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4389"/>
+  </r>
+  <r>
+    <s v="CD342"/>
+    <s v="Usually Resident Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="GB1"/>
+    <s v="United Kingdom (1)"/>
+    <s v="21"/>
+    <s v="Science, research, engineering and technology professionals"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="7544"/>
+  </r>
+  <r>
+    <s v="CD342"/>
+    <s v="Usually Resident Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="GB1"/>
+    <s v="United Kingdom (1)"/>
+    <s v="22"/>
+    <s v="Health professionals"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="7878"/>
+  </r>
+  <r>
+    <s v="CD342"/>
+    <s v="Usually Resident Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="GB1"/>
+    <s v="United Kingdom (1)"/>
+    <s v="23"/>
+    <s v="Teaching and educational professionals"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="7501"/>
+  </r>
+  <r>
+    <s v="CD342"/>
+    <s v="Usually Resident Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="GB1"/>
+    <s v="United Kingdom (1)"/>
+    <s v="24"/>
+    <s v="Business, media and public service professionals"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="7888"/>
+  </r>
+  <r>
+    <s v="CD342"/>
+    <s v="Usually Resident Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="GB1"/>
+    <s v="United Kingdom (1)"/>
+    <s v="31"/>
+    <s v="Science, engineering and technology associate professionals"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3060"/>
+  </r>
+  <r>
+    <s v="CD342"/>
+    <s v="Usually Resident Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="GB1"/>
+    <s v="United Kingdom (1)"/>
+    <s v="32"/>
+    <s v="Health and social care associate professionals"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2294"/>
+  </r>
+  <r>
+    <s v="CD342"/>
+    <s v="Usually Resident Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="GB1"/>
+    <s v="United Kingdom (1)"/>
+    <s v="33"/>
+    <s v="Protective service occupations"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1474"/>
+  </r>
+  <r>
+    <s v="CD342"/>
+    <s v="Usually Resident Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="GB1"/>
+    <s v="United Kingdom (1)"/>
+    <s v="34"/>
+    <s v="Culture, media and sports occupations"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3545"/>
+  </r>
+  <r>
+    <s v="CD342"/>
+    <s v="Usually Resident Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="GB1"/>
+    <s v="United Kingdom (1)"/>
+    <s v="35"/>
+    <s v="Business and public service associate professionals"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="9894"/>
+  </r>
+  <r>
+    <s v="CD342"/>
+    <s v="Usually Resident Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="GB1"/>
+    <s v="United Kingdom (1)"/>
+    <s v="41"/>
+    <s v="Administrative occupations"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="13092"/>
+  </r>
+  <r>
+    <s v="CD342"/>
+    <s v="Usually Resident Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="GB1"/>
+    <s v="United Kingdom (1)"/>
+    <s v="42"/>
+    <s v="Secretarial and related occupations"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3472"/>
+  </r>
+  <r>
+    <s v="CD342"/>
+    <s v="Usually Resident Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="GB1"/>
+    <s v="United Kingdom (1)"/>
+    <s v="51"/>
+    <s v="Skilled agricultural and related trades"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2840"/>
+  </r>
+  <r>
+    <s v="CD342"/>
+    <s v="Usually Resident Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="GB1"/>
+    <s v="United Kingdom (1)"/>
+    <s v="52"/>
+    <s v="Skilled metal, electrical and electronic trades"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="6204"/>
+  </r>
+  <r>
+    <s v="CD342"/>
+    <s v="Usually Resident Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="GB1"/>
+    <s v="United Kingdom (1)"/>
+    <s v="53"/>
+    <s v="Skilled construction and building trades"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="9083"/>
+  </r>
+  <r>
+    <s v="CD342"/>
+    <s v="Usually Resident Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="GB1"/>
+    <s v="United Kingdom (1)"/>
+    <s v="54"/>
+    <s v="Textiles, printing and other skilled trades"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4440"/>
+  </r>
+  <r>
+    <s v="CD342"/>
+    <s v="Usually Resident Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="GB1"/>
+    <s v="United Kingdom (1)"/>
+    <s v="61"/>
+    <s v="Caring personal service occupations"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="8137"/>
+  </r>
+  <r>
+    <s v="CD342"/>
+    <s v="Usually Resident Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="GB1"/>
+    <s v="United Kingdom (1)"/>
+    <s v="62"/>
+    <s v="Leisure, travel and related personal service occupations"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3405"/>
+  </r>
+  <r>
+    <s v="CD342"/>
+    <s v="Usually Resident Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="GB1"/>
+    <s v="United Kingdom (1)"/>
+    <s v="71"/>
+    <s v="Sales occupations"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="9269"/>
+  </r>
+  <r>
+    <s v="CD342"/>
+    <s v="Usually Resident Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="GB1"/>
+    <s v="United Kingdom (1)"/>
+    <s v="72"/>
+    <s v="Customer service occupations"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1857"/>
+  </r>
+  <r>
+    <s v="CD342"/>
+    <s v="Usually Resident Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="GB1"/>
+    <s v="United Kingdom (1)"/>
+    <s v="81"/>
+    <s v="Process, plant and machine operatives"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5683"/>
+  </r>
+  <r>
+    <s v="CD342"/>
+    <s v="Usually Resident Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="GB1"/>
+    <s v="United Kingdom (1)"/>
+    <s v="82"/>
+    <s v="Transport and mobile machine drivers and operatives"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="6109"/>
+  </r>
+  <r>
+    <s v="CD342"/>
+    <s v="Usually Resident Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="GB1"/>
+    <s v="United Kingdom (1)"/>
+    <s v="91"/>
+    <s v="Elementary trades and related occupations"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3139"/>
+  </r>
+  <r>
+    <s v="CD342"/>
+    <s v="Usually Resident Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="GB1"/>
+    <s v="United Kingdom (1)"/>
+    <s v="92"/>
+    <s v="Elementary administration and service occupations"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="8829"/>
+  </r>
+  <r>
+    <s v="CD342"/>
+    <s v="Usually Resident Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="GB1"/>
+    <s v="United Kingdom (1)"/>
+    <s v="X9"/>
+    <s v="Other/not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="10234"/>
+  </r>
+  <r>
+    <s v="CD342"/>
+    <s v="Usually Resident Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="GB1"/>
+    <s v="United Kingdom (1)"/>
+    <s v="-"/>
+    <s v="All occupational groups"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="162329"/>
+  </r>
+  <r>
+    <s v="CD342"/>
+    <s v="Usually Resident Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="GB1"/>
+    <s v="United Kingdom (1)"/>
+    <s v="X20"/>
+    <s v="Unemployed - looking for first regular job"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1993"/>
+  </r>
+  <r>
+    <s v="CD342"/>
+    <s v="Usually Resident Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="GB1"/>
+    <s v="United Kingdom (1)"/>
+    <s v="X21"/>
+    <s v="Total in labour force"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="164322"/>
+  </r>
+  <r>
+    <s v="CD342"/>
+    <s v="Usually Resident Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="LT"/>
+    <s v="Lithuania"/>
+    <s v="11"/>
+    <s v="Corporate managers and directors"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="652"/>
+  </r>
+  <r>
+    <s v="CD342"/>
+    <s v="Usually Resident Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="LT"/>
+    <s v="Lithuania"/>
+    <s v="12"/>
+    <s v="Other managers and proprietors"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="369"/>
+  </r>
+  <r>
+    <s v="CD342"/>
+    <s v="Usually Resident Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="LT"/>
+    <s v="Lithuania"/>
+    <s v="21"/>
+    <s v="Science, research, engineering and technology professionals"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="188"/>
+  </r>
+  <r>
+    <s v="CD342"/>
+    <s v="Usually Resident Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="LT"/>
+    <s v="Lithuania"/>
+    <s v="22"/>
+    <s v="Health professionals"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="137"/>
+  </r>
+  <r>
+    <s v="CD342"/>
+    <s v="Usually Resident Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="LT"/>
+    <s v="Lithuania"/>
+    <s v="23"/>
+    <s v="Teaching and educational professionals"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="81"/>
+  </r>
+  <r>
+    <s v="CD342"/>
+    <s v="Usually Resident Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="LT"/>
+    <s v="Lithuania"/>
+    <s v="24"/>
+    <s v="Business, media and public service professionals"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="134"/>
+  </r>
+  <r>
+    <s v="CD342"/>
+    <s v="Usually Resident Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="LT"/>
+    <s v="Lithuania"/>
+    <s v="31"/>
+    <s v="Science, engineering and technology associate professionals"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="166"/>
+  </r>
+  <r>
+    <s v="CD342"/>
+    <s v="Usually Resident Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="LT"/>
+    <s v="Lithuania"/>
+    <s v="32"/>
+    <s v="Health and social care associate professionals"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="33"/>
+  </r>
+  <r>
+    <s v="CD342"/>
+    <s v="Usually Resident Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="LT"/>
+    <s v="Lithuania"/>
+    <s v="33"/>
+    <s v="Protective service occupations"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="16"/>
+  </r>
+  <r>
+    <s v="CD342"/>
+    <s v="Usually Resident Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="LT"/>
+    <s v="Lithuania"/>
+    <s v="34"/>
+    <s v="Culture, media and sports occupations"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="135"/>
+  </r>
+  <r>
+    <s v="CD342"/>
+    <s v="Usually Resident Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="LT"/>
+    <s v="Lithuania"/>
+    <s v="35"/>
+    <s v="Business and public service associate professionals"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="268"/>
+  </r>
+  <r>
+    <s v="CD342"/>
+    <s v="Usually Resident Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="LT"/>
+    <s v="Lithuania"/>
+    <s v="41"/>
+    <s v="Administrative occupations"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="599"/>
+  </r>
+  <r>
+    <s v="CD342"/>
+    <s v="Usually Resident Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="LT"/>
+    <s v="Lithuania"/>
+    <s v="42"/>
+    <s v="Secretarial and related occupations"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="129"/>
+  </r>
+  <r>
+    <s v="CD342"/>
+    <s v="Usually Resident Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="LT"/>
+    <s v="Lithuania"/>
+    <s v="51"/>
+    <s v="Skilled agricultural and related trades"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="188"/>
+  </r>
+  <r>
+    <s v="CD342"/>
+    <s v="Usually Resident Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="LT"/>
+    <s v="Lithuania"/>
+    <s v="52"/>
+    <s v="Skilled metal, electrical and electronic trades"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1003"/>
+  </r>
+  <r>
+    <s v="CD342"/>
+    <s v="Usually Resident Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="LT"/>
+    <s v="Lithuania"/>
+    <s v="53"/>
+    <s v="Skilled construction and building trades"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1346"/>
+  </r>
+  <r>
+    <s v="CD342"/>
+    <s v="Usually Resident Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="LT"/>
+    <s v="Lithuania"/>
+    <s v="54"/>
+    <s v="Textiles, printing and other skilled trades"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1208"/>
+  </r>
+  <r>
+    <s v="CD342"/>
+    <s v="Usually Resident Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="LT"/>
+    <s v="Lithuania"/>
+    <s v="61"/>
+    <s v="Caring personal service occupations"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="397"/>
+  </r>
+  <r>
+    <s v="CD342"/>
+    <s v="Usually Resident Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="LT"/>
+    <s v="Lithuania"/>
+    <s v="62"/>
+    <s v="Leisure, travel and related personal service occupations"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="708"/>
+  </r>
+  <r>
+    <s v="CD342"/>
+    <s v="Usually Resident Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="LT"/>
+    <s v="Lithuania"/>
+    <s v="71"/>
+    <s v="Sales occupations"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2572"/>
+  </r>
+  <r>
+    <s v="CD342"/>
+    <s v="Usually Resident Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="LT"/>
+    <s v="Lithuania"/>
+    <s v="72"/>
+    <s v="Customer service occupations"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="118"/>
+  </r>
+  <r>
+    <s v="CD342"/>
+    <s v="Usually Resident Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="LT"/>
+    <s v="Lithuania"/>
+    <s v="81"/>
+    <s v="Process, plant and machine operatives"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2713"/>
+  </r>
+  <r>
+    <s v="CD342"/>
+    <s v="Usually Resident Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="LT"/>
+    <s v="Lithuania"/>
+    <s v="82"/>
+    <s v="Transport and mobile machine drivers and operatives"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1329"/>
+  </r>
+  <r>
+    <s v="CD342"/>
+    <s v="Usually Resident Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="LT"/>
+    <s v="Lithuania"/>
+    <s v="91"/>
+    <s v="Elementary trades and related occupations"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1823"/>
+  </r>
+  <r>
+    <s v="CD342"/>
+    <s v="Usually Resident Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="LT"/>
+    <s v="Lithuania"/>
+    <s v="92"/>
+    <s v="Elementary administration and service occupations"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5047"/>
+  </r>
+  <r>
+    <s v="CD342"/>
+    <s v="Usually Resident Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="LT"/>
+    <s v="Lithuania"/>
+    <s v="X9"/>
+    <s v="Other/not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3889"/>
+  </r>
+  <r>
+    <s v="CD342"/>
+    <s v="Usually Resident Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="LT"/>
+    <s v="Lithuania"/>
+    <s v="-"/>
+    <s v="All occupational groups"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="25248"/>
+  </r>
+  <r>
+    <s v="CD342"/>
+    <s v="Usually Resident Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="LT"/>
+    <s v="Lithuania"/>
+    <s v="X20"/>
+    <s v="Unemployed - looking for first regular job"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="726"/>
+  </r>
+  <r>
+    <s v="CD342"/>
+    <s v="Usually Resident Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="LT"/>
+    <s v="Lithuania"/>
+    <s v="X21"/>
+    <s v="Total in labour force"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="25974"/>
+  </r>
+  <r>
+    <s v="CD342"/>
+    <s v="Usually Resident Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="PL"/>
+    <s v="Poland"/>
+    <s v="11"/>
+    <s v="Corporate managers and directors"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2202"/>
+  </r>
+  <r>
+    <s v="CD342"/>
+    <s v="Usually Resident Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="PL"/>
+    <s v="Poland"/>
+    <s v="12"/>
+    <s v="Other managers and proprietors"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1173"/>
+  </r>
+  <r>
+    <s v="CD342"/>
+    <s v="Usually Resident Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="PL"/>
+    <s v="Poland"/>
+    <s v="21"/>
+    <s v="Science, research, engineering and technology professionals"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1551"/>
+  </r>
+  <r>
+    <s v="CD342"/>
+    <s v="Usually Resident Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="PL"/>
+    <s v="Poland"/>
+    <s v="22"/>
+    <s v="Health professionals"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="699"/>
+  </r>
+  <r>
+    <s v="CD342"/>
+    <s v="Usually Resident Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="PL"/>
+    <s v="Poland"/>
+    <s v="23"/>
+    <s v="Teaching and educational professionals"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="462"/>
+  </r>
+  <r>
+    <s v="CD342"/>
+    <s v="Usually Resident Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="PL"/>
+    <s v="Poland"/>
+    <s v="24"/>
+    <s v="Business, media and public service professionals"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1098"/>
+  </r>
+  <r>
+    <s v="CD342"/>
+    <s v="Usually Resident Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="PL"/>
+    <s v="Poland"/>
+    <s v="31"/>
+    <s v="Science, engineering and technology associate professionals"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1452"/>
+  </r>
+  <r>
+    <s v="CD342"/>
+    <s v="Usually Resident Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="PL"/>
+    <s v="Poland"/>
+    <s v="32"/>
+    <s v="Health and social care associate professionals"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="271"/>
+  </r>
+  <r>
+    <s v="CD342"/>
+    <s v="Usually Resident Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="PL"/>
+    <s v="Poland"/>
+    <s v="33"/>
+    <s v="Protective service occupations"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="55"/>
+  </r>
+  <r>
+    <s v="CD342"/>
+    <s v="Usually Resident Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="PL"/>
+    <s v="Poland"/>
+    <s v="34"/>
+    <s v="Culture, media and sports occupations"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="549"/>
+  </r>
+  <r>
+    <s v="CD342"/>
+    <s v="Usually Resident Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="PL"/>
+    <s v="Poland"/>
+    <s v="35"/>
+    <s v="Business and public service associate professionals"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1598"/>
+  </r>
+  <r>
+    <s v="CD342"/>
+    <s v="Usually Resident Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="PL"/>
+    <s v="Poland"/>
+    <s v="41"/>
+    <s v="Administrative occupations"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3563"/>
+  </r>
+  <r>
+    <s v="CD342"/>
+    <s v="Usually Resident Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="PL"/>
+    <s v="Poland"/>
+    <s v="42"/>
+    <s v="Secretarial and related occupations"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="600"/>
+  </r>
+  <r>
+    <s v="CD342"/>
+    <s v="Usually Resident Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="PL"/>
+    <s v="Poland"/>
+    <s v="51"/>
+    <s v="Skilled agricultural and related trades"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="748"/>
+  </r>
+  <r>
+    <s v="CD342"/>
+    <s v="Usually Resident Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="PL"/>
+    <s v="Poland"/>
+    <s v="52"/>
+    <s v="Skilled metal, electrical and electronic trades"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4766"/>
+  </r>
+  <r>
+    <s v="CD342"/>
+    <s v="Usually Resident Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="PL"/>
+    <s v="Poland"/>
+    <s v="53"/>
+    <s v="Skilled construction and building trades"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4874"/>
+  </r>
+  <r>
+    <s v="CD342"/>
+    <s v="Usually Resident Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="PL"/>
+    <s v="Poland"/>
+    <s v="54"/>
+    <s v="Textiles, printing and other skilled trades"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5220"/>
+  </r>
+  <r>
+    <s v="CD342"/>
+    <s v="Usually Resident Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="PL"/>
+    <s v="Poland"/>
+    <s v="61"/>
+    <s v="Caring personal service occupations"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1868"/>
+  </r>
+  <r>
+    <s v="CD342"/>
+    <s v="Usually Resident Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="PL"/>
+    <s v="Poland"/>
+    <s v="62"/>
+    <s v="Leisure, travel and related personal service occupations"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2405"/>
+  </r>
+  <r>
+    <s v="CD342"/>
+    <s v="Usually Resident Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="PL"/>
+    <s v="Poland"/>
+    <s v="71"/>
+    <s v="Sales occupations"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="9579"/>
+  </r>
+  <r>
+    <s v="CD342"/>
+    <s v="Usually Resident Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="PL"/>
+    <s v="Poland"/>
+    <s v="72"/>
+    <s v="Customer service occupations"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="763"/>
+  </r>
+  <r>
+    <s v="CD342"/>
+    <s v="Usually Resident Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="PL"/>
+    <s v="Poland"/>
+    <s v="81"/>
+    <s v="Process, plant and machine operatives"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="7840"/>
+  </r>
+  <r>
+    <s v="CD342"/>
+    <s v="Usually Resident Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="PL"/>
+    <s v="Poland"/>
+    <s v="82"/>
+    <s v="Transport and mobile machine drivers and operatives"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4076"/>
+  </r>
+  <r>
+    <s v="CD342"/>
+    <s v="Usually Resident Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="PL"/>
+    <s v="Poland"/>
+    <s v="91"/>
+    <s v="Elementary trades and related occupations"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3417"/>
+  </r>
+  <r>
+    <s v="CD342"/>
+    <s v="Usually Resident Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="PL"/>
+    <s v="Poland"/>
+    <s v="92"/>
+    <s v="Elementary administration and service occupations"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="17586"/>
+  </r>
+  <r>
+    <s v="CD342"/>
+    <s v="Usually Resident Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="PL"/>
+    <s v="Poland"/>
+    <s v="X9"/>
+    <s v="Other/not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="9018"/>
+  </r>
+  <r>
+    <s v="CD342"/>
+    <s v="Usually Resident Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="PL"/>
+    <s v="Poland"/>
+    <s v="-"/>
+    <s v="All occupational groups"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="87433"/>
+  </r>
+  <r>
+    <s v="CD342"/>
+    <s v="Usually Resident Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="PL"/>
+    <s v="Poland"/>
+    <s v="X20"/>
+    <s v="Unemployed - looking for first regular job"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1433"/>
+  </r>
+  <r>
+    <s v="CD342"/>
+    <s v="Usually Resident Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="PL"/>
+    <s v="Poland"/>
+    <s v="X21"/>
+    <s v="Total in labour force"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="88866"/>
+  </r>
+  <r>
+    <s v="CD342"/>
+    <s v="Usually Resident Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="ZZEURN"/>
+    <s v="Other Europe (4)"/>
+    <s v="11"/>
+    <s v="Corporate managers and directors"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="495"/>
+  </r>
+  <r>
+    <s v="CD342"/>
+    <s v="Usually Resident Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="ZZEURN"/>
+    <s v="Other Europe (4)"/>
+    <s v="12"/>
+    <s v="Other managers and proprietors"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="315"/>
+  </r>
+  <r>
+    <s v="CD342"/>
+    <s v="Usually Resident Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="ZZEURN"/>
+    <s v="Other Europe (4)"/>
+    <s v="21"/>
+    <s v="Science, research, engineering and technology professionals"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="708"/>
+  </r>
+  <r>
+    <s v="CD342"/>
+    <s v="Usually Resident Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="ZZEURN"/>
+    <s v="Other Europe (4)"/>
+    <s v="22"/>
+    <s v="Health professionals"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="199"/>
+  </r>
+  <r>
+    <s v="CD342"/>
+    <s v="Usually Resident Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="ZZEURN"/>
+    <s v="Other Europe (4)"/>
+    <s v="23"/>
+    <s v="Teaching and educational professionals"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="293"/>
+  </r>
+  <r>
+    <s v="CD342"/>
+    <s v="Usually Resident Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="ZZEURN"/>
+    <s v="Other Europe (4)"/>
+    <s v="24"/>
+    <s v="Business, media and public service professionals"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="371"/>
+  </r>
+  <r>
+    <s v="CD342"/>
+    <s v="Usually Resident Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="ZZEURN"/>
+    <s v="Other Europe (4)"/>
+    <s v="31"/>
+    <s v="Science, engineering and technology associate professionals"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="248"/>
+  </r>
+  <r>
+    <s v="CD342"/>
+    <s v="Usually Resident Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="ZZEURN"/>
+    <s v="Other Europe (4)"/>
+    <s v="32"/>
+    <s v="Health and social care associate professionals"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="66"/>
+  </r>
+  <r>
+    <s v="CD342"/>
+    <s v="Usually Resident Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="ZZEURN"/>
+    <s v="Other Europe (4)"/>
+    <s v="33"/>
+    <s v="Protective service occupations"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="20"/>
+  </r>
+  <r>
+    <s v="CD342"/>
+    <s v="Usually Resident Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="ZZEURN"/>
+    <s v="Other Europe (4)"/>
+    <s v="34"/>
+    <s v="Culture, media and sports occupations"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="268"/>
+  </r>
+  <r>
+    <s v="CD342"/>
+    <s v="Usually Resident Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="ZZEURN"/>
+    <s v="Other Europe (4)"/>
+    <s v="35"/>
+    <s v="Business and public service associate professionals"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="433"/>
+  </r>
+  <r>
+    <s v="CD342"/>
+    <s v="Usually Resident Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="ZZEURN"/>
+    <s v="Other Europe (4)"/>
+    <s v="41"/>
+    <s v="Administrative occupations"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="585"/>
+  </r>
+  <r>
+    <s v="CD342"/>
+    <s v="Usually Resident Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="ZZEURN"/>
+    <s v="Other Europe (4)"/>
+    <s v="42"/>
+    <s v="Secretarial and related occupations"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="110"/>
+  </r>
+  <r>
+    <s v="CD342"/>
+    <s v="Usually Resident Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="ZZEURN"/>
+    <s v="Other Europe (4)"/>
+    <s v="51"/>
+    <s v="Skilled agricultural and related trades"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="116"/>
+  </r>
+  <r>
+    <s v="CD342"/>
+    <s v="Usually Resident Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="ZZEURN"/>
+    <s v="Other Europe (4)"/>
+    <s v="52"/>
+    <s v="Skilled metal, electrical and electronic trades"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="562"/>
+  </r>
+  <r>
+    <s v="CD342"/>
+    <s v="Usually Resident Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="ZZEURN"/>
+    <s v="Other Europe (4)"/>
+    <s v="53"/>
+    <s v="Skilled construction and building trades"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="569"/>
+  </r>
+  <r>
+    <s v="CD342"/>
+    <s v="Usually Resident Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="ZZEURN"/>
+    <s v="Other Europe (4)"/>
+    <s v="54"/>
+    <s v="Textiles, printing and other skilled trades"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="757"/>
+  </r>
+  <r>
+    <s v="CD342"/>
+    <s v="Usually Resident Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="ZZEURN"/>
+    <s v="Other Europe (4)"/>
+    <s v="61"/>
+    <s v="Caring personal service occupations"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="308"/>
+  </r>
+  <r>
+    <s v="CD342"/>
+    <s v="Usually Resident Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="ZZEURN"/>
+    <s v="Other Europe (4)"/>
+    <s v="62"/>
+    <s v="Leisure, travel and related personal service occupations"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="363"/>
+  </r>
+  <r>
+    <s v="CD342"/>
+    <s v="Usually Resident Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="ZZEURN"/>
+    <s v="Other Europe (4)"/>
+    <s v="71"/>
+    <s v="Sales occupations"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="799"/>
+  </r>
+  <r>
+    <s v="CD342"/>
+    <s v="Usually Resident Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="ZZEURN"/>
+    <s v="Other Europe (4)"/>
+    <s v="72"/>
+    <s v="Customer service occupations"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="207"/>
+  </r>
+  <r>
+    <s v="CD342"/>
+    <s v="Usually Resident Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="ZZEURN"/>
+    <s v="Other Europe (4)"/>
+    <s v="81"/>
+    <s v="Process, plant and machine operatives"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="672"/>
+  </r>
+  <r>
+    <s v="CD342"/>
+    <s v="Usually Resident Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="ZZEURN"/>
+    <s v="Other Europe (4)"/>
+    <s v="82"/>
+    <s v="Transport and mobile machine drivers and operatives"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="501"/>
+  </r>
+  <r>
+    <s v="CD342"/>
+    <s v="Usually Resident Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="ZZEURN"/>
+    <s v="Other Europe (4)"/>
+    <s v="91"/>
+    <s v="Elementary trades and related occupations"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="520"/>
+  </r>
+  <r>
+    <s v="CD342"/>
+    <s v="Usually Resident Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="ZZEURN"/>
+    <s v="Other Europe (4)"/>
+    <s v="92"/>
+    <s v="Elementary administration and service occupations"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1606"/>
+  </r>
+  <r>
+    <s v="CD342"/>
+    <s v="Usually Resident Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="ZZEURN"/>
+    <s v="Other Europe (4)"/>
+    <s v="X9"/>
+    <s v="Other/not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2120"/>
+  </r>
+  <r>
+    <s v="CD342"/>
+    <s v="Usually Resident Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="ZZEURN"/>
+    <s v="Other Europe (4)"/>
+    <s v="-"/>
+    <s v="All occupational groups"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="13211"/>
+  </r>
+  <r>
+    <s v="CD342"/>
+    <s v="Usually Resident Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="ZZEURN"/>
+    <s v="Other Europe (4)"/>
+    <s v="X20"/>
+    <s v="Unemployed - looking for first regular job"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="474"/>
+  </r>
+  <r>
+    <s v="CD342"/>
+    <s v="Usually Resident Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="ZZEURN"/>
+    <s v="Other Europe (4)"/>
+    <s v="X21"/>
+    <s v="Total in labour force"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="13685"/>
+  </r>
+  <r>
+    <s v="CD342"/>
+    <s v="Usually Resident Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="ZZEUBQ7"/>
+    <s v="Other EU27 (5)"/>
+    <s v="11"/>
+    <s v="Corporate managers and directors"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2844"/>
+  </r>
+  <r>
+    <s v="CD342"/>
+    <s v="Usually Resident Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="ZZEUBQ7"/>
+    <s v="Other EU27 (5)"/>
+    <s v="12"/>
+    <s v="Other managers and proprietors"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1819"/>
+  </r>
+  <r>
+    <s v="CD342"/>
+    <s v="Usually Resident Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="ZZEUBQ7"/>
+    <s v="Other EU27 (5)"/>
+    <s v="21"/>
+    <s v="Science, research, engineering and technology professionals"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3789"/>
+  </r>
+  <r>
+    <s v="CD342"/>
+    <s v="Usually Resident Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="ZZEUBQ7"/>
+    <s v="Other EU27 (5)"/>
+    <s v="22"/>
+    <s v="Health professionals"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1489"/>
+  </r>
+  <r>
+    <s v="CD342"/>
+    <s v="Usually Resident Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="ZZEUBQ7"/>
+    <s v="Other EU27 (5)"/>
+    <s v="23"/>
+    <s v="Teaching and educational professionals"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1721"/>
+  </r>
+  <r>
+    <s v="CD342"/>
+    <s v="Usually Resident Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="ZZEUBQ7"/>
+    <s v="Other EU27 (5)"/>
+    <s v="24"/>
+    <s v="Business, media and public service professionals"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2442"/>
+  </r>
+  <r>
+    <s v="CD342"/>
+    <s v="Usually Resident Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="ZZEUBQ7"/>
+    <s v="Other EU27 (5)"/>
+    <s v="31"/>
+    <s v="Science, engineering and technology associate professionals"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2008"/>
+  </r>
+  <r>
+    <s v="CD342"/>
+    <s v="Usually Resident Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="ZZEUBQ7"/>
+    <s v="Other EU27 (5)"/>
+    <s v="32"/>
+    <s v="Health and social care associate professionals"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="509"/>
+  </r>
+  <r>
+    <s v="CD342"/>
+    <s v="Usually Resident Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="ZZEUBQ7"/>
+    <s v="Other EU27 (5)"/>
+    <s v="33"/>
+    <s v="Protective service occupations"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="82"/>
+  </r>
+  <r>
+    <s v="CD342"/>
+    <s v="Usually Resident Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="ZZEUBQ7"/>
+    <s v="Other EU27 (5)"/>
+    <s v="34"/>
+    <s v="Culture, media and sports occupations"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1296"/>
+  </r>
+  <r>
+    <s v="CD342"/>
+    <s v="Usually Resident Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="ZZEUBQ7"/>
+    <s v="Other EU27 (5)"/>
+    <s v="35"/>
+    <s v="Business and public service associate professionals"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4447"/>
+  </r>
+  <r>
+    <s v="CD342"/>
+    <s v="Usually Resident Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="ZZEUBQ7"/>
+    <s v="Other EU27 (5)"/>
+    <s v="41"/>
+    <s v="Administrative occupations"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4291"/>
+  </r>
+  <r>
+    <s v="CD342"/>
+    <s v="Usually Resident Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="ZZEUBQ7"/>
+    <s v="Other EU27 (5)"/>
+    <s v="42"/>
+    <s v="Secretarial and related occupations"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="839"/>
+  </r>
+  <r>
+    <s v="CD342"/>
+    <s v="Usually Resident Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="ZZEUBQ7"/>
+    <s v="Other EU27 (5)"/>
+    <s v="51"/>
+    <s v="Skilled agricultural and related trades"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="812"/>
+  </r>
+  <r>
+    <s v="CD342"/>
+    <s v="Usually Resident Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="ZZEUBQ7"/>
+    <s v="Other EU27 (5)"/>
+    <s v="52"/>
+    <s v="Skilled metal, electrical and electronic trades"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2335"/>
+  </r>
+  <r>
+    <s v="CD342"/>
+    <s v="Usually Resident Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="ZZEUBQ7"/>
+    <s v="Other EU27 (5)"/>
+    <s v="53"/>
+    <s v="Skilled construction and building trades"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2770"/>
+  </r>
+  <r>
+    <s v="CD342"/>
+    <s v="Usually Resident Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="ZZEUBQ7"/>
+    <s v="Other EU27 (5)"/>
+    <s v="54"/>
+    <s v="Textiles, printing and other skilled trades"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4825"/>
+  </r>
+  <r>
+    <s v="CD342"/>
+    <s v="Usually Resident Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="ZZEUBQ7"/>
+    <s v="Other EU27 (5)"/>
+    <s v="61"/>
+    <s v="Caring personal service occupations"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2217"/>
+  </r>
+  <r>
+    <s v="CD342"/>
+    <s v="Usually Resident Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="ZZEUBQ7"/>
+    <s v="Other EU27 (5)"/>
+    <s v="62"/>
+    <s v="Leisure, travel and related personal service occupations"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2369"/>
+  </r>
+  <r>
+    <s v="CD342"/>
+    <s v="Usually Resident Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="ZZEUBQ7"/>
+    <s v="Other EU27 (5)"/>
+    <s v="71"/>
+    <s v="Sales occupations"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5628"/>
+  </r>
+  <r>
+    <s v="CD342"/>
+    <s v="Usually Resident Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="ZZEUBQ7"/>
+    <s v="Other EU27 (5)"/>
+    <s v="72"/>
+    <s v="Customer service occupations"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2985"/>
+  </r>
+  <r>
+    <s v="CD342"/>
+    <s v="Usually Resident Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="ZZEUBQ7"/>
+    <s v="Other EU27 (5)"/>
+    <s v="81"/>
+    <s v="Process, plant and machine operatives"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3970"/>
+  </r>
+  <r>
+    <s v="CD342"/>
+    <s v="Usually Resident Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="ZZEUBQ7"/>
+    <s v="Other EU27 (5)"/>
+    <s v="82"/>
+    <s v="Transport and mobile machine drivers and operatives"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2430"/>
+  </r>
+  <r>
+    <s v="CD342"/>
+    <s v="Usually Resident Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="ZZEUBQ7"/>
+    <s v="Other EU27 (5)"/>
+    <s v="91"/>
+    <s v="Elementary trades and related occupations"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2775"/>
+  </r>
+  <r>
+    <s v="CD342"/>
+    <s v="Usually Resident Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="ZZEUBQ7"/>
+    <s v="Other EU27 (5)"/>
+    <s v="92"/>
+    <s v="Elementary administration and service occupations"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="12720"/>
+  </r>
+  <r>
+    <s v="CD342"/>
+    <s v="Usually Resident Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="ZZEUBQ7"/>
+    <s v="Other EU27 (5)"/>
+    <s v="X9"/>
+    <s v="Other/not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="8578"/>
+  </r>
+  <r>
+    <s v="CD342"/>
+    <s v="Usually Resident Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="ZZEUBQ7"/>
+    <s v="Other EU27 (5)"/>
+    <s v="-"/>
+    <s v="All occupational groups"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="81990"/>
+  </r>
+  <r>
+    <s v="CD342"/>
+    <s v="Usually Resident Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="ZZEUBQ7"/>
+    <s v="Other EU27 (5)"/>
+    <s v="X20"/>
+    <s v="Unemployed - looking for first regular job"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1987"/>
+  </r>
+  <r>
+    <s v="CD342"/>
+    <s v="Usually Resident Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="ZZEUBQ7"/>
+    <s v="Other EU27 (5)"/>
+    <s v="X21"/>
+    <s v="Total in labour force"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="83977"/>
+  </r>
+  <r>
+    <s v="CD342"/>
+    <s v="Usually Resident Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="ZZAA1"/>
+    <s v="Africa (2)"/>
+    <s v="11"/>
+    <s v="Corporate managers and directors"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1037"/>
+  </r>
+  <r>
+    <s v="CD342"/>
+    <s v="Usually Resident Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="ZZAA1"/>
+    <s v="Africa (2)"/>
+    <s v="12"/>
+    <s v="Other managers and proprietors"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="507"/>
+  </r>
+  <r>
+    <s v="CD342"/>
+    <s v="Usually Resident Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="ZZAA1"/>
+    <s v="Africa (2)"/>
+    <s v="21"/>
+    <s v="Science, research, engineering and technology professionals"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1074"/>
+  </r>
+  <r>
+    <s v="CD342"/>
+    <s v="Usually Resident Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="ZZAA1"/>
+    <s v="Africa (2)"/>
+    <s v="22"/>
+    <s v="Health professionals"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2293"/>
+  </r>
+  <r>
+    <s v="CD342"/>
+    <s v="Usually Resident Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="ZZAA1"/>
+    <s v="Africa (2)"/>
+    <s v="23"/>
+    <s v="Teaching and educational professionals"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="449"/>
+  </r>
+  <r>
+    <s v="CD342"/>
+    <s v="Usually Resident Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="ZZAA1"/>
+    <s v="Africa (2)"/>
+    <s v="24"/>
+    <s v="Business, media and public service professionals"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1008"/>
+  </r>
+  <r>
+    <s v="CD342"/>
+    <s v="Usually Resident Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="ZZAA1"/>
+    <s v="Africa (2)"/>
+    <s v="31"/>
+    <s v="Science, engineering and technology associate professionals"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="574"/>
+  </r>
+  <r>
+    <s v="CD342"/>
+    <s v="Usually Resident Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="ZZAA1"/>
+    <s v="Africa (2)"/>
+    <s v="32"/>
+    <s v="Health and social care associate professionals"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="196"/>
+  </r>
+  <r>
+    <s v="CD342"/>
+    <s v="Usually Resident Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="ZZAA1"/>
+    <s v="Africa (2)"/>
+    <s v="33"/>
+    <s v="Protective service occupations"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="52"/>
+  </r>
+  <r>
+    <s v="CD342"/>
+    <s v="Usually Resident Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="ZZAA1"/>
+    <s v="Africa (2)"/>
+    <s v="34"/>
+    <s v="Culture, media and sports occupations"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="321"/>
+  </r>
+  <r>
+    <s v="CD342"/>
+    <s v="Usually Resident Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="ZZAA1"/>
+    <s v="Africa (2)"/>
+    <s v="35"/>
+    <s v="Business and public service associate professionals"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1069"/>
+  </r>
+  <r>
+    <s v="CD342"/>
+    <s v="Usually Resident Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="ZZAA1"/>
+    <s v="Africa (2)"/>
+    <s v="41"/>
+    <s v="Administrative occupations"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1312"/>
+  </r>
+  <r>
+    <s v="CD342"/>
+    <s v="Usually Resident Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="ZZAA1"/>
+    <s v="Africa (2)"/>
+    <s v="42"/>
+    <s v="Secretarial and related occupations"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="350"/>
+  </r>
+  <r>
+    <s v="CD342"/>
+    <s v="Usually Resident Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="ZZAA1"/>
+    <s v="Africa (2)"/>
+    <s v="51"/>
+    <s v="Skilled agricultural and related trades"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="130"/>
+  </r>
+  <r>
+    <s v="CD342"/>
+    <s v="Usually Resident Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="ZZAA1"/>
+    <s v="Africa (2)"/>
+    <s v="52"/>
+    <s v="Skilled metal, electrical and electronic trades"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="557"/>
+  </r>
+  <r>
+    <s v="CD342"/>
+    <s v="Usually Resident Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="ZZAA1"/>
+    <s v="Africa (2)"/>
+    <s v="53"/>
+    <s v="Skilled construction and building trades"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="227"/>
+  </r>
+  <r>
+    <s v="CD342"/>
+    <s v="Usually Resident Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="ZZAA1"/>
+    <s v="Africa (2)"/>
+    <s v="54"/>
+    <s v="Textiles, printing and other skilled trades"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="947"/>
+  </r>
+  <r>
+    <s v="CD342"/>
+    <s v="Usually Resident Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="ZZAA1"/>
+    <s v="Africa (2)"/>
+    <s v="61"/>
+    <s v="Caring personal service occupations"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2736"/>
+  </r>
+  <r>
+    <s v="CD342"/>
+    <s v="Usually Resident Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="ZZAA1"/>
+    <s v="Africa (2)"/>
+    <s v="62"/>
+    <s v="Leisure, travel and related personal service occupations"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="445"/>
+  </r>
+  <r>
+    <s v="CD342"/>
+    <s v="Usually Resident Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="ZZAA1"/>
+    <s v="Africa (2)"/>
+    <s v="71"/>
+    <s v="Sales occupations"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1558"/>
+  </r>
+  <r>
+    <s v="CD342"/>
+    <s v="Usually Resident Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="ZZAA1"/>
+    <s v="Africa (2)"/>
+    <s v="72"/>
+    <s v="Customer service occupations"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="472"/>
+  </r>
+  <r>
+    <s v="CD342"/>
+    <s v="Usually Resident Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="ZZAA1"/>
+    <s v="Africa (2)"/>
+    <s v="81"/>
+    <s v="Process, plant and machine operatives"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="628"/>
+  </r>
+  <r>
+    <s v="CD342"/>
+    <s v="Usually Resident Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="ZZAA1"/>
+    <s v="Africa (2)"/>
+    <s v="82"/>
+    <s v="Transport and mobile machine drivers and operatives"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1461"/>
+  </r>
+  <r>
+    <s v="CD342"/>
+    <s v="Usually Resident Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="ZZAA1"/>
+    <s v="Africa (2)"/>
+    <s v="91"/>
+    <s v="Elementary trades and related occupations"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="200"/>
+  </r>
+  <r>
+    <s v="CD342"/>
+    <s v="Usually Resident Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="ZZAA1"/>
+    <s v="Africa (2)"/>
+    <s v="92"/>
+    <s v="Elementary administration and service occupations"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2511"/>
+  </r>
+  <r>
+    <s v="CD342"/>
+    <s v="Usually Resident Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="ZZAA1"/>
+    <s v="Africa (2)"/>
+    <s v="X9"/>
+    <s v="Other/not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="6637"/>
+  </r>
+  <r>
+    <s v="CD342"/>
+    <s v="Usually Resident Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="ZZAA1"/>
+    <s v="Africa (2)"/>
+    <s v="-"/>
+    <s v="All occupational groups"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="28751"/>
+  </r>
+  <r>
+    <s v="CD342"/>
+    <s v="Usually Resident Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="ZZAA1"/>
+    <s v="Africa (2)"/>
+    <s v="X20"/>
+    <s v="Unemployed - looking for first regular job"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1720"/>
+  </r>
+  <r>
+    <s v="CD342"/>
+    <s v="Usually Resident Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="ZZAA1"/>
+    <s v="Africa (2)"/>
+    <s v="X21"/>
+    <s v="Total in labour force"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="30471"/>
+  </r>
+  <r>
+    <s v="CD342"/>
+    <s v="Usually Resident Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="ZZABB"/>
+    <s v="Asia (2)"/>
+    <s v="11"/>
+    <s v="Corporate managers and directors"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1314"/>
+  </r>
+  <r>
+    <s v="CD342"/>
+    <s v="Usually Resident Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="ZZABB"/>
+    <s v="Asia (2)"/>
+    <s v="12"/>
+    <s v="Other managers and proprietors"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1321"/>
+  </r>
+  <r>
+    <s v="CD342"/>
+    <s v="Usually Resident Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="ZZABB"/>
+    <s v="Asia (2)"/>
+    <s v="21"/>
+    <s v="Science, research, engineering and technology professionals"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2218"/>
+  </r>
+  <r>
+    <s v="CD342"/>
+    <s v="Usually Resident Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="ZZABB"/>
+    <s v="Asia (2)"/>
+    <s v="22"/>
+    <s v="Health professionals"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="9790"/>
+  </r>
+  <r>
+    <s v="CD342"/>
+    <s v="Usually Resident Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="ZZABB"/>
+    <s v="Asia (2)"/>
+    <s v="23"/>
+    <s v="Teaching and educational professionals"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="537"/>
+  </r>
+  <r>
+    <s v="CD342"/>
+    <s v="Usually Resident Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="ZZABB"/>
+    <s v="Asia (2)"/>
+    <s v="24"/>
+    <s v="Business, media and public service professionals"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1275"/>
+  </r>
+  <r>
+    <s v="CD342"/>
+    <s v="Usually Resident Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="ZZABB"/>
+    <s v="Asia (2)"/>
+    <s v="31"/>
+    <s v="Science, engineering and technology associate professionals"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="642"/>
+  </r>
+  <r>
+    <s v="CD342"/>
+    <s v="Usually Resident Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="ZZABB"/>
+    <s v="Asia (2)"/>
+    <s v="32"/>
+    <s v="Health and social care associate professionals"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="236"/>
+  </r>
+  <r>
+    <s v="CD342"/>
+    <s v="Usually Resident Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="ZZABB"/>
+    <s v="Asia (2)"/>
+    <s v="33"/>
+    <s v="Protective service occupations"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="57"/>
+  </r>
+  <r>
+    <s v="CD342"/>
+    <s v="Usually Resident Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="ZZABB"/>
+    <s v="Asia (2)"/>
+    <s v="34"/>
+    <s v="Culture, media and sports occupations"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="331"/>
+  </r>
+  <r>
+    <s v="CD342"/>
+    <s v="Usually Resident Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="ZZABB"/>
+    <s v="Asia (2)"/>
+    <s v="35"/>
+    <s v="Business and public service associate professionals"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="942"/>
+  </r>
+  <r>
+    <s v="CD342"/>
+    <s v="Usually Resident Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="ZZABB"/>
+    <s v="Asia (2)"/>
+    <s v="41"/>
+    <s v="Administrative occupations"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1172"/>
+  </r>
+  <r>
+    <s v="CD342"/>
+    <s v="Usually Resident Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="ZZABB"/>
+    <s v="Asia (2)"/>
+    <s v="42"/>
+    <s v="Secretarial and related occupations"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="249"/>
+  </r>
+  <r>
+    <s v="CD342"/>
+    <s v="Usually Resident Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="ZZABB"/>
+    <s v="Asia (2)"/>
+    <s v="51"/>
+    <s v="Skilled agricultural and related trades"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="111"/>
+  </r>
+  <r>
+    <s v="CD342"/>
+    <s v="Usually Resident Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="ZZABB"/>
+    <s v="Asia (2)"/>
+    <s v="52"/>
+    <s v="Skilled metal, electrical and electronic trades"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="694"/>
+  </r>
+  <r>
+    <s v="CD342"/>
+    <s v="Usually Resident Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="ZZABB"/>
+    <s v="Asia (2)"/>
+    <s v="53"/>
+    <s v="Skilled construction and building trades"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="228"/>
+  </r>
+  <r>
+    <s v="CD342"/>
+    <s v="Usually Resident Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="ZZABB"/>
+    <s v="Asia (2)"/>
+    <s v="54"/>
+    <s v="Textiles, printing and other skilled trades"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3884"/>
+  </r>
+  <r>
+    <s v="CD342"/>
+    <s v="Usually Resident Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="ZZABB"/>
+    <s v="Asia (2)"/>
+    <s v="61"/>
+    <s v="Caring personal service occupations"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2765"/>
+  </r>
+  <r>
+    <s v="CD342"/>
+    <s v="Usually Resident Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="ZZABB"/>
+    <s v="Asia (2)"/>
+    <s v="62"/>
+    <s v="Leisure, travel and related personal service occupations"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="698"/>
+  </r>
+  <r>
+    <s v="CD342"/>
+    <s v="Usually Resident Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="ZZABB"/>
+    <s v="Asia (2)"/>
+    <s v="71"/>
+    <s v="Sales occupations"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2280"/>
+  </r>
+  <r>
+    <s v="CD342"/>
+    <s v="Usually Resident Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="ZZABB"/>
+    <s v="Asia (2)"/>
+    <s v="72"/>
+    <s v="Customer service occupations"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="238"/>
+  </r>
+  <r>
+    <s v="CD342"/>
+    <s v="Usually Resident Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="ZZABB"/>
+    <s v="Asia (2)"/>
+    <s v="81"/>
+    <s v="Process, plant and machine operatives"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="785"/>
+  </r>
+  <r>
+    <s v="CD342"/>
+    <s v="Usually Resident Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="ZZABB"/>
+    <s v="Asia (2)"/>
+    <s v="82"/>
+    <s v="Transport and mobile machine drivers and operatives"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="613"/>
+  </r>
+  <r>
+    <s v="CD342"/>
+    <s v="Usually Resident Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="ZZABB"/>
+    <s v="Asia (2)"/>
+    <s v="91"/>
+    <s v="Elementary trades and related occupations"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="307"/>
+  </r>
+  <r>
+    <s v="CD342"/>
+    <s v="Usually Resident Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="ZZABB"/>
+    <s v="Asia (2)"/>
+    <s v="92"/>
+    <s v="Elementary administration and service occupations"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4658"/>
+  </r>
+  <r>
+    <s v="CD342"/>
+    <s v="Usually Resident Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="ZZABB"/>
+    <s v="Asia (2)"/>
+    <s v="X9"/>
+    <s v="Other/not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="6348"/>
+  </r>
+  <r>
+    <s v="CD342"/>
+    <s v="Usually Resident Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="ZZABB"/>
+    <s v="Asia (2)"/>
+    <s v="-"/>
+    <s v="All occupational groups"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="43693"/>
+  </r>
+  <r>
+    <s v="CD342"/>
+    <s v="Usually Resident Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="ZZABB"/>
+    <s v="Asia (2)"/>
+    <s v="X20"/>
+    <s v="Unemployed - looking for first regular job"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1366"/>
+  </r>
+  <r>
+    <s v="CD342"/>
+    <s v="Usually Resident Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="ZZABB"/>
+    <s v="Asia (2)"/>
+    <s v="X21"/>
+    <s v="Total in labour force"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="45059"/>
+  </r>
+  <r>
+    <s v="CD342"/>
+    <s v="Usually Resident Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="ZZAZAB"/>
+    <s v="America (2)"/>
+    <s v="11"/>
+    <s v="Corporate managers and directors"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1195"/>
+  </r>
+  <r>
+    <s v="CD342"/>
+    <s v="Usually Resident Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="ZZAZAB"/>
+    <s v="America (2)"/>
+    <s v="12"/>
+    <s v="Other managers and proprietors"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="535"/>
+  </r>
+  <r>
+    <s v="CD342"/>
+    <s v="Usually Resident Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="ZZAZAB"/>
+    <s v="America (2)"/>
+    <s v="21"/>
+    <s v="Science, research, engineering and technology professionals"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1270"/>
+  </r>
+  <r>
+    <s v="CD342"/>
+    <s v="Usually Resident Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="ZZAZAB"/>
+    <s v="America (2)"/>
+    <s v="22"/>
+    <s v="Health professionals"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1118"/>
+  </r>
+  <r>
+    <s v="CD342"/>
+    <s v="Usually Resident Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="ZZAZAB"/>
+    <s v="America (2)"/>
+    <s v="23"/>
+    <s v="Teaching and educational professionals"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1300"/>
+  </r>
+  <r>
+    <s v="CD342"/>
+    <s v="Usually Resident Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="ZZAZAB"/>
+    <s v="America (2)"/>
+    <s v="24"/>
+    <s v="Business, media and public service professionals"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1318"/>
+  </r>
+  <r>
+    <s v="CD342"/>
+    <s v="Usually Resident Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="ZZAZAB"/>
+    <s v="America (2)"/>
+    <s v="31"/>
+    <s v="Science, engineering and technology associate professionals"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="465"/>
+  </r>
+  <r>
+    <s v="CD342"/>
+    <s v="Usually Resident Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="ZZAZAB"/>
+    <s v="America (2)"/>
+    <s v="32"/>
+    <s v="Health and social care associate professionals"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="283"/>
+  </r>
+  <r>
+    <s v="CD342"/>
+    <s v="Usually Resident Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="ZZAZAB"/>
+    <s v="America (2)"/>
+    <s v="33"/>
+    <s v="Protective service occupations"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="117"/>
+  </r>
+  <r>
+    <s v="CD342"/>
+    <s v="Usually Resident Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="ZZAZAB"/>
+    <s v="America (2)"/>
+    <s v="34"/>
+    <s v="Culture, media and sports occupations"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="838"/>
+  </r>
+  <r>
+    <s v="CD342"/>
+    <s v="Usually Resident Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="ZZAZAB"/>
+    <s v="America (2)"/>
+    <s v="35"/>
+    <s v="Business and public service associate professionals"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1372"/>
+  </r>
+  <r>
+    <s v="CD342"/>
+    <s v="Usually Resident Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="ZZAZAB"/>
+    <s v="America (2)"/>
+    <s v="41"/>
+    <s v="Administrative occupations"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1490"/>
+  </r>
+  <r>
+    <s v="CD342"/>
+    <s v="Usually Resident Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="ZZAZAB"/>
+    <s v="America (2)"/>
+    <s v="42"/>
+    <s v="Secretarial and related occupations"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="448"/>
+  </r>
+  <r>
+    <s v="CD342"/>
+    <s v="Usually Resident Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="ZZAZAB"/>
+    <s v="America (2)"/>
+    <s v="51"/>
+    <s v="Skilled agricultural and related trades"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="332"/>
+  </r>
+  <r>
+    <s v="CD342"/>
+    <s v="Usually Resident Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="ZZAZAB"/>
+    <s v="America (2)"/>
+    <s v="52"/>
+    <s v="Skilled metal, electrical and electronic trades"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="478"/>
+  </r>
+  <r>
+    <s v="CD342"/>
+    <s v="Usually Resident Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="ZZAZAB"/>
+    <s v="America (2)"/>
+    <s v="53"/>
+    <s v="Skilled construction and building trades"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="537"/>
+  </r>
+  <r>
+    <s v="CD342"/>
+    <s v="Usually Resident Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="ZZAZAB"/>
+    <s v="America (2)"/>
+    <s v="54"/>
+    <s v="Textiles, printing and other skilled trades"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="964"/>
+  </r>
+  <r>
+    <s v="CD342"/>
+    <s v="Usually Resident Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="ZZAZAB"/>
+    <s v="America (2)"/>
+    <s v="61"/>
+    <s v="Caring personal service occupations"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="906"/>
+  </r>
+  <r>
+    <s v="CD342"/>
+    <s v="Usually Resident Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="ZZAZAB"/>
+    <s v="America (2)"/>
+    <s v="62"/>
+    <s v="Leisure, travel and related personal service occupations"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="457"/>
+  </r>
+  <r>
+    <s v="CD342"/>
+    <s v="Usually Resident Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="ZZAZAB"/>
+    <s v="America (2)"/>
+    <s v="71"/>
+    <s v="Sales occupations"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1162"/>
+  </r>
+  <r>
+    <s v="CD342"/>
+    <s v="Usually Resident Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="ZZAZAB"/>
+    <s v="America (2)"/>
+    <s v="72"/>
+    <s v="Customer service occupations"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="380"/>
+  </r>
+  <r>
+    <s v="CD342"/>
+    <s v="Usually Resident Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="ZZAZAB"/>
+    <s v="America (2)"/>
+    <s v="81"/>
+    <s v="Process, plant and machine operatives"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="564"/>
+  </r>
+  <r>
+    <s v="CD342"/>
+    <s v="Usually Resident Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="ZZAZAB"/>
+    <s v="America (2)"/>
+    <s v="82"/>
+    <s v="Transport and mobile machine drivers and operatives"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="249"/>
+  </r>
+  <r>
+    <s v="CD342"/>
+    <s v="Usually Resident Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="ZZAZAB"/>
+    <s v="America (2)"/>
+    <s v="91"/>
+    <s v="Elementary trades and related occupations"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="269"/>
+  </r>
+  <r>
+    <s v="CD342"/>
+    <s v="Usually Resident Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="ZZAZAB"/>
+    <s v="America (2)"/>
+    <s v="92"/>
+    <s v="Elementary administration and service occupations"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1946"/>
+  </r>
+  <r>
+    <s v="CD342"/>
+    <s v="Usually Resident Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="ZZAZAB"/>
+    <s v="America (2)"/>
+    <s v="X9"/>
+    <s v="Other/not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2120"/>
+  </r>
+  <r>
+    <s v="CD342"/>
+    <s v="Usually Resident Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="ZZAZAB"/>
+    <s v="America (2)"/>
+    <s v="-"/>
+    <s v="All occupational groups"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="22113"/>
+  </r>
+  <r>
+    <s v="CD342"/>
+    <s v="Usually Resident Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="ZZAZAB"/>
+    <s v="America (2)"/>
+    <s v="X20"/>
+    <s v="Unemployed - looking for first regular job"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="573"/>
+  </r>
+  <r>
+    <s v="CD342"/>
+    <s v="Usually Resident Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="ZZAZAB"/>
+    <s v="America (2)"/>
+    <s v="X21"/>
+    <s v="Total in labour force"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="22686"/>
+  </r>
+  <r>
+    <s v="CD342"/>
+    <s v="Usually Resident Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="ZZWORK"/>
+    <s v="Other countries (6)"/>
+    <s v="11"/>
+    <s v="Corporate managers and directors"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="325"/>
+  </r>
+  <r>
+    <s v="CD342"/>
+    <s v="Usually Resident Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="ZZWORK"/>
+    <s v="Other countries (6)"/>
+    <s v="12"/>
+    <s v="Other managers and proprietors"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="134"/>
+  </r>
+  <r>
+    <s v="CD342"/>
+    <s v="Usually Resident Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="ZZWORK"/>
+    <s v="Other countries (6)"/>
+    <s v="21"/>
+    <s v="Science, research, engineering and technology professionals"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="323"/>
+  </r>
+  <r>
+    <s v="CD342"/>
+    <s v="Usually Resident Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="ZZWORK"/>
+    <s v="Other countries (6)"/>
+    <s v="22"/>
+    <s v="Health professionals"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="355"/>
+  </r>
+  <r>
+    <s v="CD342"/>
+    <s v="Usually Resident Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="ZZWORK"/>
+    <s v="Other countries (6)"/>
+    <s v="23"/>
+    <s v="Teaching and educational professionals"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="204"/>
+  </r>
+  <r>
+    <s v="CD342"/>
+    <s v="Usually Resident Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="ZZWORK"/>
+    <s v="Other countries (6)"/>
+    <s v="24"/>
+    <s v="Business, media and public service professionals"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="337"/>
+  </r>
+  <r>
+    <s v="CD342"/>
+    <s v="Usually Resident Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="ZZWORK"/>
+    <s v="Other countries (6)"/>
+    <s v="31"/>
+    <s v="Science, engineering and technology associate professionals"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="114"/>
+  </r>
+  <r>
+    <s v="CD342"/>
+    <s v="Usually Resident Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="ZZWORK"/>
+    <s v="Other countries (6)"/>
+    <s v="32"/>
+    <s v="Health and social care associate professionals"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="75"/>
+  </r>
+  <r>
+    <s v="CD342"/>
+    <s v="Usually Resident Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="ZZWORK"/>
+    <s v="Other countries (6)"/>
+    <s v="33"/>
+    <s v="Protective service occupations"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="27"/>
+  </r>
+  <r>
+    <s v="CD342"/>
+    <s v="Usually Resident Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="ZZWORK"/>
+    <s v="Other countries (6)"/>
+    <s v="34"/>
+    <s v="Culture, media and sports occupations"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="199"/>
+  </r>
+  <r>
+    <s v="CD342"/>
+    <s v="Usually Resident Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="ZZWORK"/>
+    <s v="Other countries (6)"/>
+    <s v="35"/>
+    <s v="Business and public service associate professionals"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="378"/>
+  </r>
+  <r>
+    <s v="CD342"/>
+    <s v="Usually Resident Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="ZZWORK"/>
+    <s v="Other countries (6)"/>
+    <s v="41"/>
+    <s v="Administrative occupations"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="333"/>
+  </r>
+  <r>
+    <s v="CD342"/>
+    <s v="Usually Resident Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="ZZWORK"/>
+    <s v="Other countries (6)"/>
+    <s v="42"/>
+    <s v="Secretarial and related occupations"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="94"/>
+  </r>
+  <r>
+    <s v="CD342"/>
+    <s v="Usually Resident Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="ZZWORK"/>
+    <s v="Other countries (6)"/>
+    <s v="51"/>
+    <s v="Skilled agricultural and related trades"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="63"/>
+  </r>
+  <r>
+    <s v="CD342"/>
+    <s v="Usually Resident Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="ZZWORK"/>
+    <s v="Other countries (6)"/>
+    <s v="52"/>
+    <s v="Skilled metal, electrical and electronic trades"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="145"/>
+  </r>
+  <r>
+    <s v="CD342"/>
+    <s v="Usually Resident Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="ZZWORK"/>
+    <s v="Other countries (6)"/>
+    <s v="53"/>
+    <s v="Skilled construction and building trades"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="180"/>
+  </r>
+  <r>
+    <s v="CD342"/>
+    <s v="Usually Resident Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="ZZWORK"/>
+    <s v="Other countries (6)"/>
+    <s v="54"/>
+    <s v="Textiles, printing and other skilled trades"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="151"/>
+  </r>
+  <r>
+    <s v="CD342"/>
+    <s v="Usually Resident Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="ZZWORK"/>
+    <s v="Other countries (6)"/>
+    <s v="61"/>
+    <s v="Caring personal service occupations"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="150"/>
+  </r>
+  <r>
+    <s v="CD342"/>
+    <s v="Usually Resident Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="ZZWORK"/>
+    <s v="Other countries (6)"/>
+    <s v="62"/>
+    <s v="Leisure, travel and related personal service occupations"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="66"/>
+  </r>
+  <r>
+    <s v="CD342"/>
+    <s v="Usually Resident Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="ZZWORK"/>
+    <s v="Other countries (6)"/>
+    <s v="71"/>
+    <s v="Sales occupations"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="208"/>
+  </r>
+  <r>
+    <s v="CD342"/>
+    <s v="Usually Resident Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="ZZWORK"/>
+    <s v="Other countries (6)"/>
+    <s v="72"/>
+    <s v="Customer service occupations"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="64"/>
+  </r>
+  <r>
+    <s v="CD342"/>
+    <s v="Usually Resident Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="ZZWORK"/>
+    <s v="Other countries (6)"/>
+    <s v="81"/>
+    <s v="Process, plant and machine operatives"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="86"/>
+  </r>
+  <r>
+    <s v="CD342"/>
+    <s v="Usually Resident Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="ZZWORK"/>
+    <s v="Other countries (6)"/>
+    <s v="82"/>
+    <s v="Transport and mobile machine drivers and operatives"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="71"/>
+  </r>
+  <r>
+    <s v="CD342"/>
+    <s v="Usually Resident Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="ZZWORK"/>
+    <s v="Other countries (6)"/>
+    <s v="91"/>
+    <s v="Elementary trades and related occupations"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="56"/>
+  </r>
+  <r>
+    <s v="CD342"/>
+    <s v="Usually Resident Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="ZZWORK"/>
+    <s v="Other countries (6)"/>
+    <s v="92"/>
+    <s v="Elementary administration and service occupations"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="205"/>
+  </r>
+  <r>
+    <s v="CD342"/>
+    <s v="Usually Resident Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="ZZWORK"/>
+    <s v="Other countries (6)"/>
+    <s v="X9"/>
+    <s v="Other/not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="221"/>
+  </r>
+  <r>
+    <s v="CD342"/>
+    <s v="Usually Resident Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="ZZWORK"/>
+    <s v="Other countries (6)"/>
+    <s v="-"/>
+    <s v="All occupational groups"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4564"/>
+  </r>
+  <r>
+    <s v="CD342"/>
+    <s v="Usually Resident Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="ZZWORK"/>
+    <s v="Other countries (6)"/>
+    <s v="X20"/>
+    <s v="Unemployed - looking for first regular job"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="41"/>
+  </r>
+  <r>
+    <s v="CD342"/>
+    <s v="Usually Resident Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="ZZWORK"/>
+    <s v="Other countries (6)"/>
+    <s v="X21"/>
+    <s v="Total in labour force"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4605"/>
+  </r>
+  <r>
+    <s v="CD342"/>
+    <s v="Usually Resident Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="11"/>
+    <s v="Corporate managers and directors"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="118236"/>
+  </r>
+  <r>
+    <s v="CD342"/>
+    <s v="Usually Resident Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="12"/>
+    <s v="Other managers and proprietors"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="50366"/>
+  </r>
+  <r>
+    <s v="CD342"/>
+    <s v="Usually Resident Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="21"/>
+    <s v="Science, research, engineering and technology professionals"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="76461"/>
+  </r>
+  <r>
+    <s v="CD342"/>
+    <s v="Usually Resident Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="22"/>
+    <s v="Health professionals"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="87111"/>
+  </r>
+  <r>
+    <s v="CD342"/>
+    <s v="Usually Resident Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="23"/>
+    <s v="Teaching and educational professionals"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="95317"/>
+  </r>
+  <r>
+    <s v="CD342"/>
+    <s v="Usually Resident Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="24"/>
+    <s v="Business, media and public service professionals"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="85888"/>
+  </r>
+  <r>
+    <s v="CD342"/>
+    <s v="Usually Resident Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="31"/>
+    <s v="Science, engineering and technology associate professionals"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="38000"/>
+  </r>
+  <r>
+    <s v="CD342"/>
+    <s v="Usually Resident Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="32"/>
+    <s v="Health and social care associate professionals"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="21449"/>
+  </r>
+  <r>
+    <s v="CD342"/>
+    <s v="Usually Resident Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="33"/>
+    <s v="Protective service occupations"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="26445"/>
+  </r>
+  <r>
+    <s v="CD342"/>
+    <s v="Usually Resident Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="34"/>
+    <s v="Culture, media and sports occupations"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="28775"/>
+  </r>
+  <r>
+    <s v="CD342"/>
+    <s v="Usually Resident Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="35"/>
+    <s v="Business and public service associate professionals"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="111987"/>
+  </r>
+  <r>
+    <s v="CD342"/>
+    <s v="Usually Resident Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="41"/>
+    <s v="Administrative occupations"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="182988"/>
+  </r>
+  <r>
+    <s v="CD342"/>
+    <s v="Usually Resident Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="42"/>
+    <s v="Secretarial and related occupations"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="41397"/>
+  </r>
+  <r>
+    <s v="CD342"/>
+    <s v="Usually Resident Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="51"/>
+    <s v="Skilled agricultural and related trades"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="89077"/>
+  </r>
+  <r>
+    <s v="CD342"/>
+    <s v="Usually Resident Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="52"/>
+    <s v="Skilled metal, electrical and electronic trades"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="91784"/>
+  </r>
+  <r>
+    <s v="CD342"/>
+    <s v="Usually Resident Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="53"/>
+    <s v="Skilled construction and building trades"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="103233"/>
+  </r>
+  <r>
+    <s v="CD342"/>
+    <s v="Usually Resident Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="54"/>
+    <s v="Textiles, printing and other skilled trades"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="61554"/>
+  </r>
+  <r>
+    <s v="CD342"/>
+    <s v="Usually Resident Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="61"/>
+    <s v="Caring personal service occupations"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="95102"/>
+  </r>
+  <r>
+    <s v="CD342"/>
+    <s v="Usually Resident Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="62"/>
+    <s v="Leisure, travel and related personal service occupations"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="47829"/>
+  </r>
+  <r>
+    <s v="CD342"/>
+    <s v="Usually Resident Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="71"/>
+    <s v="Sales occupations"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="131657"/>
+  </r>
+  <r>
+    <s v="CD342"/>
+    <s v="Usually Resident Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="72"/>
+    <s v="Customer service occupations"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="22541"/>
+  </r>
+  <r>
+    <s v="CD342"/>
+    <s v="Usually Resident Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="81"/>
+    <s v="Process, plant and machine operatives"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="83889"/>
+  </r>
+  <r>
+    <s v="CD342"/>
+    <s v="Usually Resident Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="82"/>
+    <s v="Transport and mobile machine drivers and operatives"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="82947"/>
+  </r>
+  <r>
+    <s v="CD342"/>
+    <s v="Usually Resident Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="91"/>
+    <s v="Elementary trades and related occupations"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="51148"/>
+  </r>
+  <r>
+    <s v="CD342"/>
+    <s v="Usually Resident Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="92"/>
+    <s v="Elementary administration and service occupations"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="149247"/>
+  </r>
+  <r>
+    <s v="CD342"/>
+    <s v="Usually Resident Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="X9"/>
+    <s v="Other/not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="191704"/>
+  </r>
+  <r>
+    <s v="CD342"/>
+    <s v="Usually Resident Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="-"/>
+    <s v="All occupational groups"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2166132"/>
+  </r>
+  <r>
+    <s v="CD342"/>
+    <s v="Usually Resident Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="X20"/>
+    <s v="Unemployed - looking for first regular job"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="33536"/>
+  </r>
+  <r>
+    <s v="CD342"/>
+    <s v="Usually Resident Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="X21"/>
+    <s v="Total in labour force"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2199668"/>
+  </r>
+</pivotCacheRecords>
 </file>