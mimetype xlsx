--- v0 (2025-11-05)
+++ v1 (2026-01-25)
@@ -1,97 +1,97 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/pivotCache/pivotCacheDefinition1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheDefinition+xml"/>
   <Override PartName="/pivotCache/pivotCacheRecords1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheRecords+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/pivotTables/pivotTable.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9b360570a7c4438e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/94f945a3fad44985abac9bf357f37040.psmdcp" Id="R463ba013030a4fe0" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Reae54996c2694573" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/245dd33f30024f2aacb55e0bd9db7d13.psmdcp" Id="R65c15d726707473a" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
-    <x:sheet name="About" sheetId="2" r:id="rId2"/>
-[...1 lines deleted...]
-    <x:sheet name="Pivoted" sheetId="11" r:id="rId11"/>
+    <x:sheet name="About" sheetId="1" r:id="rId2"/>
+    <x:sheet name="Unpivoted" sheetId="2" r:id="rId9"/>
+    <x:sheet name="Pivoted" sheetId="3" r:id="rId11"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
   <x:pivotCaches>
     <x:pivotCache cacheId="0" r:id="rId12"/>
   </x:pivotCaches>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Table</x:t>
   </x:si>
   <x:si>
     <x:t>Code</x:t>
   </x:si>
   <x:si>
     <x:t>CD337</x:t>
   </x:si>
   <x:si>
     <x:t>Name</x:t>
   </x:si>
   <x:si>
     <x:t>Population Aged 15 Years and Over in the Labour Force</x:t>
   </x:si>
   <x:si>
     <x:t>Frequency</x:t>
   </x:si>
   <x:si>
     <x:t>Annual</x:t>
   </x:si>
   <x:si>
     <x:t>Last Updated</x:t>
   </x:si>
   <x:si>
-    <x:t>5/14/2020 11:00:00 AM</x:t>
+    <x:t>14/05/2020 11:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Note</x:t>
   </x:si>
   <x:si>
     <x:t>Url</x:t>
   </x:si>
   <x:si>
     <x:t>https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/CD337/XLSX/2007/en</x:t>
   </x:si>
   <x:si>
     <x:t>Product</x:t>
   </x:si>
   <x:si>
     <x:t>C2011P3</x:t>
   </x:si>
   <x:si>
     <x:t>Profile 3 - At Work</x:t>
   </x:si>
   <x:si>
     <x:t>Contacts</x:t>
   </x:si>
   <x:si>
     <x:t>Bernie Casey</x:t>
   </x:si>
@@ -412,50 +412,53 @@
   </x:si>
   <x:si>
     <x:t>465</x:t>
   </x:si>
   <x:si>
     <x:t>35 - 44 years</x:t>
   </x:si>
   <x:si>
     <x:t>500</x:t>
   </x:si>
   <x:si>
     <x:t>45 - 54 years</x:t>
   </x:si>
   <x:si>
     <x:t>535</x:t>
   </x:si>
   <x:si>
     <x:t>55 - 64 years</x:t>
   </x:si>
   <x:si>
     <x:t>575</x:t>
   </x:si>
   <x:si>
     <x:t>65 years and over</x:t>
   </x:si>
+  <x:si>
+    <x:t/>
+  </x:si>
 </x:sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts count="1">
     <x:numFmt numFmtId="0" formatCode=""/>
   </x:numFmts>
   <x:fonts count="4">
     <x:font>
       <x:vertAlign val="baseline"/>
       <x:sz val="11"/>
       <x:color rgb="FF000000"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:vertAlign val="baseline"/>
       <x:sz val="13"/>
       <x:color rgb="FF000000"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
     </x:font>
     <x:font>
@@ -592,491 +595,202 @@
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip r:embed="rId8" cstate="print"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="3971925" cy="1381125"/>
         </a:xfrm>
         <a:prstGeom prst="rect"/>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/pivotTables/_rels/pivotTable.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheDefinition" Target="/pivotCache/pivotCacheDefinition1.xml" Id="rId17" /></Relationships>
 </file>
 
 <file path=xl/pivotTables/pivotTable.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotTableDefinition xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" dataCaption="Values" showError="0" missingCaption="" showMissing="1" pageWrap="0" pageOverThenDown="0" rowGrandTotals="0" colGrandTotals="0" indent="1">
-[...439 lines deleted...]
-</x:pivotTableDefinition>
+<pivotTableDefinition xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" applyNumberFormats="0" applyBorderFormats="0" applyFontFormats="0" applyPatternFormats="0" applyAlignmentFormats="0" applyWidthHeightFormats="0" dataCaption="Values" rowGrandTotals="0" colGrandTotals="0" outline="1">
+  <location ref="A1" firstHeaderRow="0" firstDataRow="0" firstDataCol="0"/>
+  <pivotFields count="12">
+    <pivotField name="STATISTIC" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="Statistic Label" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="C02076V03371" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="8">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+      </items>
+    </pivotField>
+    <pivotField name="Age Group" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="8">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+      </items>
+    </pivotField>
+    <pivotField name="C02199V02655" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="3">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+      </items>
+    </pivotField>
+    <pivotField name="Sex" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="3">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+      </items>
+    </pivotField>
+    <pivotField name="C02843V03417" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="29">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+        <item x="11"/>
+        <item x="12"/>
+        <item x="13"/>
+        <item x="14"/>
+        <item x="15"/>
+        <item x="16"/>
+        <item x="17"/>
+        <item x="18"/>
+        <item x="19"/>
+        <item x="20"/>
+        <item x="21"/>
+        <item x="22"/>
+        <item x="23"/>
+        <item x="24"/>
+        <item x="25"/>
+        <item x="26"/>
+        <item x="27"/>
+        <item x="28"/>
+      </items>
+    </pivotField>
+    <pivotField name="Intermediate Occupational Group" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="29">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+        <item x="11"/>
+        <item x="12"/>
+        <item x="13"/>
+        <item x="14"/>
+        <item x="15"/>
+        <item x="16"/>
+        <item x="17"/>
+        <item x="18"/>
+        <item x="19"/>
+        <item x="20"/>
+        <item x="21"/>
+        <item x="22"/>
+        <item x="23"/>
+        <item x="24"/>
+        <item x="25"/>
+        <item x="26"/>
+        <item x="27"/>
+        <item x="28"/>
+      </items>
+    </pivotField>
+    <pivotField name="TLIST(A1)" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="CensusYear" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField showAll="0"/>
+    <pivotField dataField="1" showAll="0"/>
+  </pivotFields>
+  <rowFields count="10">
+    <field x="0"/>
+    <field x="1"/>
+    <field x="2"/>
+    <field x="3"/>
+    <field x="4"/>
+    <field x="5"/>
+    <field x="6"/>
+    <field x="7"/>
+    <field x="8"/>
+    <field x="9"/>
+  </rowFields>
+  <dataFields count="1">
+    <dataField name="VALUE" fld="11"/>
+  </dataFields>
+  <pivotTableStyleInfo name="PivotStyleLight16" showRowHeaders="1" showColHeaders="1"/>
+  <extLst>
+    <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{962EF5D1-5CA2-4c93-8EF4-DBF5C05439D2}">
+      <x14:pivotTableDefinition enableEdit="0" hideValuesRow="1"/>
+    </ext>
+  </extLst>
+</pivotTableDefinition>
 </file>
 
 <file path=xl/tables/table1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:table xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="1" name="Unpivoted" displayName="Unpivoted" ref="A1:L697" totalsRowShown="0">
   <x:autoFilter ref="A1:L697"/>
   <x:tableColumns count="12">
     <x:tableColumn id="1" name="STATISTIC"/>
     <x:tableColumn id="2" name="Statistic Label"/>
     <x:tableColumn id="3" name="C02076V03371"/>
     <x:tableColumn id="4" name="Age Group"/>
     <x:tableColumn id="5" name="C02199V02655"/>
     <x:tableColumn id="6" name="Sex"/>
     <x:tableColumn id="7" name="C02843V03417"/>
     <x:tableColumn id="8" name="Intermediate Occupational Group"/>
     <x:tableColumn id="9" name="TLIST(A1)"/>
     <x:tableColumn id="10" name="CensusYear"/>
     <x:tableColumn id="11" name="UNIT"/>
     <x:tableColumn id="12" name="VALUE"/>
   </x:tableColumns>
   <x:tableStyleInfo name="TableStyleMedium2" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </x:table>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
@@ -1349,51 +1063,51 @@
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="/xl/drawings/drawing1.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/CD337/XLSX/2007/en" TargetMode="External" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cso.ie/" TargetMode="External" Id="rId14" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="/xl/tables/table1.xml" Id="rId15" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet3.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotTable" Target="/xl/pivotTables/pivotTable.xml" Id="rId16" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:B39"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="20.710625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="100.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="8" spans="1:2">
       <x:c r="A8" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B8" s="2"/>
     </x:row>
     <x:row r="9" spans="1:2">
       <x:c r="A9" s="3" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="B9" s="0" t="s">
         <x:v>2</x:v>
@@ -1580,51 +1294,51 @@
       </x:c>
     </x:row>
     <x:row r="39" spans="1:2">
       <x:c r="A39" s="3" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B39" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:hyperlinks>
     <x:hyperlink ref="B14" r:id="rId13"/>
     <x:hyperlink ref="B28" r:id="rId14"/>
   </x:hyperlinks>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:drawing xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId7"/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:L697"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="11.996339" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="50.282054" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="16.139196" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="16.567768" style="0" customWidth="1"/>
     <x:col min="5" max="5" width="16.139196" style="0" customWidth="1"/>
     <x:col min="6" max="6" width="10.424911" style="0" customWidth="1"/>
     <x:col min="7" max="7" width="16.139196" style="0" customWidth="1"/>
     <x:col min="8" max="8" width="54.853482" style="0" customWidth="1"/>
     <x:col min="9" max="9" width="11.282054" style="0" customWidth="1"/>
     <x:col min="10" max="10" width="13.424911" style="0" customWidth="1"/>
     <x:col min="11" max="11" width="8.282054" style="0" customWidth="1"/>
     <x:col min="12" max="12" width="8.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:12">
       <x:c r="A1" s="0" t="s">
@@ -25844,50 +25558,53 @@
       </x:c>
       <x:c r="D638" s="0" t="s">
         <x:v>129</x:v>
       </x:c>
       <x:c r="E638" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="F638" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="G638" s="0" t="s">
         <x:v>108</x:v>
       </x:c>
       <x:c r="H638" s="0" t="s">
         <x:v>109</x:v>
       </x:c>
       <x:c r="I638" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J638" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K638" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
+      <x:c r="L638" s="0" t="s">
+        <x:v>130</x:v>
+      </x:c>
     </x:row>
     <x:row r="639" spans="1:12">
       <x:c r="A639" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B639" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C639" s="0" t="s">
         <x:v>128</x:v>
       </x:c>
       <x:c r="D639" s="0" t="s">
         <x:v>129</x:v>
       </x:c>
       <x:c r="E639" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="F639" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="G639" s="0" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="H639" s="0" t="s">
         <x:v>111</x:v>
@@ -26943,50 +26660,53 @@
       </x:c>
       <x:c r="D667" s="0" t="s">
         <x:v>129</x:v>
       </x:c>
       <x:c r="E667" s="0" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="F667" s="0" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="G667" s="0" t="s">
         <x:v>108</x:v>
       </x:c>
       <x:c r="H667" s="0" t="s">
         <x:v>109</x:v>
       </x:c>
       <x:c r="I667" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J667" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K667" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
+      <x:c r="L667" s="0" t="s">
+        <x:v>130</x:v>
+      </x:c>
     </x:row>
     <x:row r="668" spans="1:12">
       <x:c r="A668" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B668" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C668" s="0" t="s">
         <x:v>128</x:v>
       </x:c>
       <x:c r="D668" s="0" t="s">
         <x:v>129</x:v>
       </x:c>
       <x:c r="E668" s="0" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="F668" s="0" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="G668" s="0" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="H668" s="0" t="s">
         <x:v>111</x:v>
@@ -28041,50 +27761,53 @@
         <x:v>128</x:v>
       </x:c>
       <x:c r="D696" s="0" t="s">
         <x:v>129</x:v>
       </x:c>
       <x:c r="E696" s="0" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="F696" s="0" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="G696" s="0" t="s">
         <x:v>108</x:v>
       </x:c>
       <x:c r="H696" s="0" t="s">
         <x:v>109</x:v>
       </x:c>
       <x:c r="I696" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J696" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K696" s="0" t="s">
         <x:v>56</x:v>
+      </x:c>
+      <x:c r="L696" s="0" t="s">
+        <x:v>130</x:v>
       </x:c>
     </x:row>
     <x:row r="697" spans="1:12">
       <x:c r="A697" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B697" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C697" s="0" t="s">
         <x:v>128</x:v>
       </x:c>
       <x:c r="D697" s="0" t="s">
         <x:v>129</x:v>
       </x:c>
       <x:c r="E697" s="0" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="F697" s="0" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="G697" s="0" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="H697" s="0" t="s">
@@ -28093,51 +27816,51 @@
       <x:c r="I697" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J697" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K697" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L697" s="0">
         <x:v>14777</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="1">
     <x:tablePart r:id="rId15"/>
   </x:tableParts>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:sheetData/>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Application>Microsoft Excel</ap:Application>
   <ap:TitlesOfParts>
     <vt:vector baseType="lpstr" size="9">
       <vt:lpstr>About</vt:lpstr>
       <vt:lpstr>Unpivoted</vt:lpstr>
       <vt:lpstr>Pivoted</vt:lpstr>
@@ -28154,51 +27877,51 @@
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>3</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Named Ranges</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>6</vt:i4>
       </vt:variant>
     </vt:vector>
   </ap:HeadingPairs>
   <ap:DocSecurity>0</ap:DocSecurity>
   <ap:ScaleCrop>false</ap:ScaleCrop>
 </ap:Properties>
 </file>
 
 <file path=pivotCache/_rels/pivotCacheDefinition1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheRecords" Target="/pivotCache/pivotCacheRecords1.xml" Id="rId1" /></Relationships>
 </file>
 
 <file path=pivotCache/pivotCacheDefinition1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:pivotCacheDefinition xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" r:id="rId1" saveData="1" refreshOnLoad="1" createdVersion="5" refreshedVersion="5" minRefreshableVersion="3">
   <x:cacheSource type="worksheet">
-    <x:worksheetSource ref="A1:L697" sheet="Unpivoted"/>
+    <x:worksheetSource name="Unpivoted"/>
   </x:cacheSource>
   <x:cacheFields>
     <x:cacheField name="STATISTIC">
       <x:sharedItems count="1">
         <x:s v="CD337"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="Statistic Label">
       <x:sharedItems count="1">
         <x:s v="Population Aged 15 Years and Over in the Labour Force"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="C02076V03371">
       <x:sharedItems count="8">
         <x:s v="-"/>
         <x:s v="300"/>
         <x:s v="365"/>
         <x:s v="415"/>
         <x:s v="465"/>
         <x:s v="500"/>
         <x:s v="535"/>
         <x:s v="575"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="Age Group">
@@ -28960,27 +28683,9772 @@
         <x:n v="4"/>
         <x:n v="217"/>
         <x:n v="275"/>
         <x:n v="1415"/>
         <x:n v="855"/>
         <x:n v="1852"/>
         <x:n v="26"/>
         <x:n v="24"/>
         <x:n v="1197"/>
         <x:n v="465"/>
         <x:n v="931"/>
         <x:n v="83"/>
         <x:n v="203"/>
         <x:n v="78"/>
         <x:n v="124"/>
         <x:n v="1136"/>
         <x:n v="1635"/>
         <x:n v="14777"/>
       </x:sharedItems>
     </x:cacheField>
   </x:cacheFields>
 </x:pivotCacheDefinition>
 </file>
 
 <file path=pivotCache/pivotCacheRecords1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main"/>
+<pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="xr">
+  <r>
+    <s v="CD337"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="11"/>
+    <s v="Corporate managers and directors"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="120505"/>
+  </r>
+  <r>
+    <s v="CD337"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="12"/>
+    <s v="Other managers and proprietors"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="50904"/>
+  </r>
+  <r>
+    <s v="CD337"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="21"/>
+    <s v="Science, research, engineering and technology professionals"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="78768"/>
+  </r>
+  <r>
+    <s v="CD337"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="22"/>
+    <s v="Health professionals"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="88906"/>
+  </r>
+  <r>
+    <s v="CD337"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="23"/>
+    <s v="Teaching and educational professionals"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="98016"/>
+  </r>
+  <r>
+    <s v="CD337"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="24"/>
+    <s v="Business, media and public service professionals"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="88091"/>
+  </r>
+  <r>
+    <s v="CD337"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="31"/>
+    <s v="Science, engineering and technology associate professionals"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="38606"/>
+  </r>
+  <r>
+    <s v="CD337"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="32"/>
+    <s v="Health and social care associate professionals"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="21709"/>
+  </r>
+  <r>
+    <s v="CD337"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="33"/>
+    <s v="Protective service occupations"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="26697"/>
+  </r>
+  <r>
+    <s v="CD337"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="34"/>
+    <s v="Culture, media and sports occupations"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="29727"/>
+  </r>
+  <r>
+    <s v="CD337"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="35"/>
+    <s v="Business and public service associate professionals"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="114421"/>
+  </r>
+  <r>
+    <s v="CD337"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="41"/>
+    <s v="Administrative occupations"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="184819"/>
+  </r>
+  <r>
+    <s v="CD337"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="42"/>
+    <s v="Secretarial and related occupations"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="41833"/>
+  </r>
+  <r>
+    <s v="CD337"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="51"/>
+    <s v="Skilled agricultural and related trades"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="89292"/>
+  </r>
+  <r>
+    <s v="CD337"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="52"/>
+    <s v="Skilled metal, electrical and electronic trades"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="92744"/>
+  </r>
+  <r>
+    <s v="CD337"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="53"/>
+    <s v="Skilled construction and building trades"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="103978"/>
+  </r>
+  <r>
+    <s v="CD337"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="54"/>
+    <s v="Textiles, printing and other skilled trades"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="62090"/>
+  </r>
+  <r>
+    <s v="CD337"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="61"/>
+    <s v="Caring personal service occupations"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="96216"/>
+  </r>
+  <r>
+    <s v="CD337"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="62"/>
+    <s v="Leisure, travel and related personal service occupations"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="48373"/>
+  </r>
+  <r>
+    <s v="CD337"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="71"/>
+    <s v="Sales occupations"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="132447"/>
+  </r>
+  <r>
+    <s v="CD337"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="72"/>
+    <s v="Customer service occupations"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="22833"/>
+  </r>
+  <r>
+    <s v="CD337"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="81"/>
+    <s v="Process, plant and machine operatives"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="84322"/>
+  </r>
+  <r>
+    <s v="CD337"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="82"/>
+    <s v="Transport and mobile machine drivers and operatives"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="83414"/>
+  </r>
+  <r>
+    <s v="CD337"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="91"/>
+    <s v="Elementary trades and related occupations"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="51522"/>
+  </r>
+  <r>
+    <s v="CD337"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="92"/>
+    <s v="Elementary administration and service occupations"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="150208"/>
+  </r>
+  <r>
+    <s v="CD337"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="X9"/>
+    <s v="Other/not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="197596"/>
+  </r>
+  <r>
+    <s v="CD337"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All occupational groups"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2198037"/>
+  </r>
+  <r>
+    <s v="CD337"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="X20"/>
+    <s v="Unemployed - looking for first regular job"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="34166"/>
+  </r>
+  <r>
+    <s v="CD337"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="X21"/>
+    <s v="Total in labour force"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2232203"/>
+  </r>
+  <r>
+    <s v="CD337"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="11"/>
+    <s v="Corporate managers and directors"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="79929"/>
+  </r>
+  <r>
+    <s v="CD337"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="12"/>
+    <s v="Other managers and proprietors"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="29920"/>
+  </r>
+  <r>
+    <s v="CD337"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="21"/>
+    <s v="Science, research, engineering and technology professionals"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="59976"/>
+  </r>
+  <r>
+    <s v="CD337"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="22"/>
+    <s v="Health professionals"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="17087"/>
+  </r>
+  <r>
+    <s v="CD337"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="23"/>
+    <s v="Teaching and educational professionals"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="25234"/>
+  </r>
+  <r>
+    <s v="CD337"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="24"/>
+    <s v="Business, media and public service professionals"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="48862"/>
+  </r>
+  <r>
+    <s v="CD337"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="31"/>
+    <s v="Science, engineering and technology associate professionals"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="27787"/>
+  </r>
+  <r>
+    <s v="CD337"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="32"/>
+    <s v="Health and social care associate professionals"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="6033"/>
+  </r>
+  <r>
+    <s v="CD337"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="33"/>
+    <s v="Protective service occupations"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="22287"/>
+  </r>
+  <r>
+    <s v="CD337"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="34"/>
+    <s v="Culture, media and sports occupations"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="17239"/>
+  </r>
+  <r>
+    <s v="CD337"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="35"/>
+    <s v="Business and public service associate professionals"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="64898"/>
+  </r>
+  <r>
+    <s v="CD337"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="41"/>
+    <s v="Administrative occupations"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="42472"/>
+  </r>
+  <r>
+    <s v="CD337"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="42"/>
+    <s v="Secretarial and related occupations"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1502"/>
+  </r>
+  <r>
+    <s v="CD337"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="51"/>
+    <s v="Skilled agricultural and related trades"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="81434"/>
+  </r>
+  <r>
+    <s v="CD337"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="52"/>
+    <s v="Skilled metal, electrical and electronic trades"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="90050"/>
+  </r>
+  <r>
+    <s v="CD337"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="53"/>
+    <s v="Skilled construction and building trades"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="102843"/>
+  </r>
+  <r>
+    <s v="CD337"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="54"/>
+    <s v="Textiles, printing and other skilled trades"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="42702"/>
+  </r>
+  <r>
+    <s v="CD337"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="61"/>
+    <s v="Caring personal service occupations"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="10317"/>
+  </r>
+  <r>
+    <s v="CD337"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="62"/>
+    <s v="Leisure, travel and related personal service occupations"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="12055"/>
+  </r>
+  <r>
+    <s v="CD337"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="71"/>
+    <s v="Sales occupations"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="43976"/>
+  </r>
+  <r>
+    <s v="CD337"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="72"/>
+    <s v="Customer service occupations"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="8300"/>
+  </r>
+  <r>
+    <s v="CD337"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="81"/>
+    <s v="Process, plant and machine operatives"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="59499"/>
+  </r>
+  <r>
+    <s v="CD337"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="82"/>
+    <s v="Transport and mobile machine drivers and operatives"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="80641"/>
+  </r>
+  <r>
+    <s v="CD337"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="91"/>
+    <s v="Elementary trades and related occupations"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="44033"/>
+  </r>
+  <r>
+    <s v="CD337"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="92"/>
+    <s v="Elementary administration and service occupations"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="78297"/>
+  </r>
+  <r>
+    <s v="CD337"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="X9"/>
+    <s v="Other/not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="111983"/>
+  </r>
+  <r>
+    <s v="CD337"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All occupational groups"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1209356"/>
+  </r>
+  <r>
+    <s v="CD337"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="X20"/>
+    <s v="Unemployed - looking for first regular job"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="19512"/>
+  </r>
+  <r>
+    <s v="CD337"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="X21"/>
+    <s v="Total in labour force"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1228868"/>
+  </r>
+  <r>
+    <s v="CD337"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="11"/>
+    <s v="Corporate managers and directors"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="40576"/>
+  </r>
+  <r>
+    <s v="CD337"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="12"/>
+    <s v="Other managers and proprietors"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="20984"/>
+  </r>
+  <r>
+    <s v="CD337"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="21"/>
+    <s v="Science, research, engineering and technology professionals"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="18792"/>
+  </r>
+  <r>
+    <s v="CD337"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="22"/>
+    <s v="Health professionals"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="71819"/>
+  </r>
+  <r>
+    <s v="CD337"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="23"/>
+    <s v="Teaching and educational professionals"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="72782"/>
+  </r>
+  <r>
+    <s v="CD337"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="24"/>
+    <s v="Business, media and public service professionals"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="39229"/>
+  </r>
+  <r>
+    <s v="CD337"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="31"/>
+    <s v="Science, engineering and technology associate professionals"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="10819"/>
+  </r>
+  <r>
+    <s v="CD337"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="32"/>
+    <s v="Health and social care associate professionals"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="15676"/>
+  </r>
+  <r>
+    <s v="CD337"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="33"/>
+    <s v="Protective service occupations"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4410"/>
+  </r>
+  <r>
+    <s v="CD337"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="34"/>
+    <s v="Culture, media and sports occupations"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="12488"/>
+  </r>
+  <r>
+    <s v="CD337"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="35"/>
+    <s v="Business and public service associate professionals"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="49523"/>
+  </r>
+  <r>
+    <s v="CD337"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="41"/>
+    <s v="Administrative occupations"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="142347"/>
+  </r>
+  <r>
+    <s v="CD337"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="42"/>
+    <s v="Secretarial and related occupations"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="40331"/>
+  </r>
+  <r>
+    <s v="CD337"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="51"/>
+    <s v="Skilled agricultural and related trades"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="7858"/>
+  </r>
+  <r>
+    <s v="CD337"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="52"/>
+    <s v="Skilled metal, electrical and electronic trades"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2694"/>
+  </r>
+  <r>
+    <s v="CD337"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="53"/>
+    <s v="Skilled construction and building trades"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1135"/>
+  </r>
+  <r>
+    <s v="CD337"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="54"/>
+    <s v="Textiles, printing and other skilled trades"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="19388"/>
+  </r>
+  <r>
+    <s v="CD337"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="61"/>
+    <s v="Caring personal service occupations"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="85899"/>
+  </r>
+  <r>
+    <s v="CD337"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="62"/>
+    <s v="Leisure, travel and related personal service occupations"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="36318"/>
+  </r>
+  <r>
+    <s v="CD337"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="71"/>
+    <s v="Sales occupations"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="88471"/>
+  </r>
+  <r>
+    <s v="CD337"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="72"/>
+    <s v="Customer service occupations"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="14533"/>
+  </r>
+  <r>
+    <s v="CD337"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="81"/>
+    <s v="Process, plant and machine operatives"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="24823"/>
+  </r>
+  <r>
+    <s v="CD337"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="82"/>
+    <s v="Transport and mobile machine drivers and operatives"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2773"/>
+  </r>
+  <r>
+    <s v="CD337"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="91"/>
+    <s v="Elementary trades and related occupations"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="7489"/>
+  </r>
+  <r>
+    <s v="CD337"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="92"/>
+    <s v="Elementary administration and service occupations"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="71911"/>
+  </r>
+  <r>
+    <s v="CD337"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="X9"/>
+    <s v="Other/not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="85613"/>
+  </r>
+  <r>
+    <s v="CD337"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All occupational groups"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="988681"/>
+  </r>
+  <r>
+    <s v="CD337"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="X20"/>
+    <s v="Unemployed - looking for first regular job"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="14654"/>
+  </r>
+  <r>
+    <s v="CD337"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="X21"/>
+    <s v="Total in labour force"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1003335"/>
+  </r>
+  <r>
+    <s v="CD337"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="11"/>
+    <s v="Corporate managers and directors"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="117"/>
+  </r>
+  <r>
+    <s v="CD337"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="12"/>
+    <s v="Other managers and proprietors"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="100"/>
+  </r>
+  <r>
+    <s v="CD337"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="21"/>
+    <s v="Science, research, engineering and technology professionals"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="74"/>
+  </r>
+  <r>
+    <s v="CD337"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="22"/>
+    <s v="Health professionals"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="14"/>
+  </r>
+  <r>
+    <s v="CD337"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="23"/>
+    <s v="Teaching and educational professionals"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="45"/>
+  </r>
+  <r>
+    <s v="CD337"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="24"/>
+    <s v="Business, media and public service professionals"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="32"/>
+  </r>
+  <r>
+    <s v="CD337"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="31"/>
+    <s v="Science, engineering and technology associate professionals"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="92"/>
+  </r>
+  <r>
+    <s v="CD337"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="32"/>
+    <s v="Health and social care associate professionals"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="75"/>
+  </r>
+  <r>
+    <s v="CD337"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="33"/>
+    <s v="Protective service occupations"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="101"/>
+  </r>
+  <r>
+    <s v="CD337"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="34"/>
+    <s v="Culture, media and sports occupations"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="236"/>
+  </r>
+  <r>
+    <s v="CD337"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="35"/>
+    <s v="Business and public service associate professionals"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="167"/>
+  </r>
+  <r>
+    <s v="CD337"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="41"/>
+    <s v="Administrative occupations"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="355"/>
+  </r>
+  <r>
+    <s v="CD337"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="42"/>
+    <s v="Secretarial and related occupations"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="113"/>
+  </r>
+  <r>
+    <s v="CD337"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="51"/>
+    <s v="Skilled agricultural and related trades"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="268"/>
+  </r>
+  <r>
+    <s v="CD337"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="52"/>
+    <s v="Skilled metal, electrical and electronic trades"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1054"/>
+  </r>
+  <r>
+    <s v="CD337"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="53"/>
+    <s v="Skilled construction and building trades"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="501"/>
+  </r>
+  <r>
+    <s v="CD337"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="54"/>
+    <s v="Textiles, printing and other skilled trades"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="423"/>
+  </r>
+  <r>
+    <s v="CD337"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="61"/>
+    <s v="Caring personal service occupations"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="625"/>
+  </r>
+  <r>
+    <s v="CD337"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="62"/>
+    <s v="Leisure, travel and related personal service occupations"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="806"/>
+  </r>
+  <r>
+    <s v="CD337"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="71"/>
+    <s v="Sales occupations"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3613"/>
+  </r>
+  <r>
+    <s v="CD337"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="72"/>
+    <s v="Customer service occupations"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="157"/>
+  </r>
+  <r>
+    <s v="CD337"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="81"/>
+    <s v="Process, plant and machine operatives"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="608"/>
+  </r>
+  <r>
+    <s v="CD337"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="82"/>
+    <s v="Transport and mobile machine drivers and operatives"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="179"/>
+  </r>
+  <r>
+    <s v="CD337"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="91"/>
+    <s v="Elementary trades and related occupations"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="738"/>
+  </r>
+  <r>
+    <s v="CD337"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="92"/>
+    <s v="Elementary administration and service occupations"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2511"/>
+  </r>
+  <r>
+    <s v="CD337"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="X9"/>
+    <s v="Other/not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="13013"/>
+  </r>
+  <r>
+    <s v="CD337"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All occupational groups"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="26017"/>
+  </r>
+  <r>
+    <s v="CD337"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="X20"/>
+    <s v="Unemployed - looking for first regular job"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="8622"/>
+  </r>
+  <r>
+    <s v="CD337"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="X21"/>
+    <s v="Total in labour force"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="34639"/>
+  </r>
+  <r>
+    <s v="CD337"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="11"/>
+    <s v="Corporate managers and directors"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="75"/>
+  </r>
+  <r>
+    <s v="CD337"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="12"/>
+    <s v="Other managers and proprietors"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="58"/>
+  </r>
+  <r>
+    <s v="CD337"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="21"/>
+    <s v="Science, research, engineering and technology professionals"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="63"/>
+  </r>
+  <r>
+    <s v="CD337"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="22"/>
+    <s v="Health professionals"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5"/>
+  </r>
+  <r>
+    <s v="CD337"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="23"/>
+    <s v="Teaching and educational professionals"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="12"/>
+  </r>
+  <r>
+    <s v="CD337"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="24"/>
+    <s v="Business, media and public service professionals"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="19"/>
+  </r>
+  <r>
+    <s v="CD337"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="31"/>
+    <s v="Science, engineering and technology associate professionals"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="76"/>
+  </r>
+  <r>
+    <s v="CD337"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="32"/>
+    <s v="Health and social care associate professionals"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="31"/>
+  </r>
+  <r>
+    <s v="CD337"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="33"/>
+    <s v="Protective service occupations"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="98"/>
+  </r>
+  <r>
+    <s v="CD337"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="34"/>
+    <s v="Culture, media and sports occupations"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="176"/>
+  </r>
+  <r>
+    <s v="CD337"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="35"/>
+    <s v="Business and public service associate professionals"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="98"/>
+  </r>
+  <r>
+    <s v="CD337"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="41"/>
+    <s v="Administrative occupations"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="159"/>
+  </r>
+  <r>
+    <s v="CD337"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="42"/>
+    <s v="Secretarial and related occupations"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="15"/>
+  </r>
+  <r>
+    <s v="CD337"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="51"/>
+    <s v="Skilled agricultural and related trades"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="254"/>
+  </r>
+  <r>
+    <s v="CD337"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="52"/>
+    <s v="Skilled metal, electrical and electronic trades"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1043"/>
+  </r>
+  <r>
+    <s v="CD337"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="53"/>
+    <s v="Skilled construction and building trades"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="493"/>
+  </r>
+  <r>
+    <s v="CD337"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="54"/>
+    <s v="Textiles, printing and other skilled trades"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="347"/>
+  </r>
+  <r>
+    <s v="CD337"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="61"/>
+    <s v="Caring personal service occupations"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="61"/>
+  </r>
+  <r>
+    <s v="CD337"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="62"/>
+    <s v="Leisure, travel and related personal service occupations"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="128"/>
+  </r>
+  <r>
+    <s v="CD337"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="71"/>
+    <s v="Sales occupations"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1515"/>
+  </r>
+  <r>
+    <s v="CD337"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="72"/>
+    <s v="Customer service occupations"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="75"/>
+  </r>
+  <r>
+    <s v="CD337"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="81"/>
+    <s v="Process, plant and machine operatives"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="501"/>
+  </r>
+  <r>
+    <s v="CD337"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="82"/>
+    <s v="Transport and mobile machine drivers and operatives"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="173"/>
+  </r>
+  <r>
+    <s v="CD337"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="91"/>
+    <s v="Elementary trades and related occupations"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="641"/>
+  </r>
+  <r>
+    <s v="CD337"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="92"/>
+    <s v="Elementary administration and service occupations"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1293"/>
+  </r>
+  <r>
+    <s v="CD337"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="X9"/>
+    <s v="Other/not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="7596"/>
+  </r>
+  <r>
+    <s v="CD337"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All occupational groups"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="15005"/>
+  </r>
+  <r>
+    <s v="CD337"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="X20"/>
+    <s v="Unemployed - looking for first regular job"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5424"/>
+  </r>
+  <r>
+    <s v="CD337"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="X21"/>
+    <s v="Total in labour force"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="20429"/>
+  </r>
+  <r>
+    <s v="CD337"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="11"/>
+    <s v="Corporate managers and directors"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="42"/>
+  </r>
+  <r>
+    <s v="CD337"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="12"/>
+    <s v="Other managers and proprietors"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="42"/>
+  </r>
+  <r>
+    <s v="CD337"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="21"/>
+    <s v="Science, research, engineering and technology professionals"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="11"/>
+  </r>
+  <r>
+    <s v="CD337"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="22"/>
+    <s v="Health professionals"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="9"/>
+  </r>
+  <r>
+    <s v="CD337"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="23"/>
+    <s v="Teaching and educational professionals"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="33"/>
+  </r>
+  <r>
+    <s v="CD337"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="24"/>
+    <s v="Business, media and public service professionals"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="13"/>
+  </r>
+  <r>
+    <s v="CD337"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="31"/>
+    <s v="Science, engineering and technology associate professionals"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="16"/>
+  </r>
+  <r>
+    <s v="CD337"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="32"/>
+    <s v="Health and social care associate professionals"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="44"/>
+  </r>
+  <r>
+    <s v="CD337"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="33"/>
+    <s v="Protective service occupations"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3"/>
+  </r>
+  <r>
+    <s v="CD337"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="34"/>
+    <s v="Culture, media and sports occupations"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="60"/>
+  </r>
+  <r>
+    <s v="CD337"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="35"/>
+    <s v="Business and public service associate professionals"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="69"/>
+  </r>
+  <r>
+    <s v="CD337"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="41"/>
+    <s v="Administrative occupations"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="196"/>
+  </r>
+  <r>
+    <s v="CD337"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="42"/>
+    <s v="Secretarial and related occupations"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="98"/>
+  </r>
+  <r>
+    <s v="CD337"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="51"/>
+    <s v="Skilled agricultural and related trades"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="14"/>
+  </r>
+  <r>
+    <s v="CD337"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="52"/>
+    <s v="Skilled metal, electrical and electronic trades"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="11"/>
+  </r>
+  <r>
+    <s v="CD337"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="53"/>
+    <s v="Skilled construction and building trades"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="8"/>
+  </r>
+  <r>
+    <s v="CD337"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="54"/>
+    <s v="Textiles, printing and other skilled trades"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="76"/>
+  </r>
+  <r>
+    <s v="CD337"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="61"/>
+    <s v="Caring personal service occupations"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="564"/>
+  </r>
+  <r>
+    <s v="CD337"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="62"/>
+    <s v="Leisure, travel and related personal service occupations"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="678"/>
+  </r>
+  <r>
+    <s v="CD337"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="71"/>
+    <s v="Sales occupations"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2098"/>
+  </r>
+  <r>
+    <s v="CD337"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="72"/>
+    <s v="Customer service occupations"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="82"/>
+  </r>
+  <r>
+    <s v="CD337"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="81"/>
+    <s v="Process, plant and machine operatives"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="107"/>
+  </r>
+  <r>
+    <s v="CD337"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="82"/>
+    <s v="Transport and mobile machine drivers and operatives"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="6"/>
+  </r>
+  <r>
+    <s v="CD337"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="91"/>
+    <s v="Elementary trades and related occupations"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="97"/>
+  </r>
+  <r>
+    <s v="CD337"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="92"/>
+    <s v="Elementary administration and service occupations"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1218"/>
+  </r>
+  <r>
+    <s v="CD337"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="X9"/>
+    <s v="Other/not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5417"/>
+  </r>
+  <r>
+    <s v="CD337"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All occupational groups"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="11012"/>
+  </r>
+  <r>
+    <s v="CD337"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="X20"/>
+    <s v="Unemployed - looking for first regular job"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3198"/>
+  </r>
+  <r>
+    <s v="CD337"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="X21"/>
+    <s v="Total in labour force"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="14210"/>
+  </r>
+  <r>
+    <s v="CD337"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="11"/>
+    <s v="Corporate managers and directors"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3503"/>
+  </r>
+  <r>
+    <s v="CD337"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="12"/>
+    <s v="Other managers and proprietors"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1478"/>
+  </r>
+  <r>
+    <s v="CD337"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="21"/>
+    <s v="Science, research, engineering and technology professionals"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2566"/>
+  </r>
+  <r>
+    <s v="CD337"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="22"/>
+    <s v="Health professionals"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2801"/>
+  </r>
+  <r>
+    <s v="CD337"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="23"/>
+    <s v="Teaching and educational professionals"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5845"/>
+  </r>
+  <r>
+    <s v="CD337"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="24"/>
+    <s v="Business, media and public service professionals"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3774"/>
+  </r>
+  <r>
+    <s v="CD337"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="31"/>
+    <s v="Science, engineering and technology associate professionals"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1725"/>
+  </r>
+  <r>
+    <s v="CD337"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="32"/>
+    <s v="Health and social care associate professionals"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="974"/>
+  </r>
+  <r>
+    <s v="CD337"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="33"/>
+    <s v="Protective service occupations"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1721"/>
+  </r>
+  <r>
+    <s v="CD337"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="34"/>
+    <s v="Culture, media and sports occupations"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2156"/>
+  </r>
+  <r>
+    <s v="CD337"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="35"/>
+    <s v="Business and public service associate professionals"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4397"/>
+  </r>
+  <r>
+    <s v="CD337"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="41"/>
+    <s v="Administrative occupations"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="8150"/>
+  </r>
+  <r>
+    <s v="CD337"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="42"/>
+    <s v="Secretarial and related occupations"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2203"/>
+  </r>
+  <r>
+    <s v="CD337"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="51"/>
+    <s v="Skilled agricultural and related trades"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1733"/>
+  </r>
+  <r>
+    <s v="CD337"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="52"/>
+    <s v="Skilled metal, electrical and electronic trades"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="8717"/>
+  </r>
+  <r>
+    <s v="CD337"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="53"/>
+    <s v="Skilled construction and building trades"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="8420"/>
+  </r>
+  <r>
+    <s v="CD337"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="54"/>
+    <s v="Textiles, printing and other skilled trades"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4098"/>
+  </r>
+  <r>
+    <s v="CD337"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="61"/>
+    <s v="Caring personal service occupations"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="7394"/>
+  </r>
+  <r>
+    <s v="CD337"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="62"/>
+    <s v="Leisure, travel and related personal service occupations"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="7009"/>
+  </r>
+  <r>
+    <s v="CD337"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="71"/>
+    <s v="Sales occupations"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="24371"/>
+  </r>
+  <r>
+    <s v="CD337"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="72"/>
+    <s v="Customer service occupations"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3150"/>
+  </r>
+  <r>
+    <s v="CD337"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="81"/>
+    <s v="Process, plant and machine operatives"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5124"/>
+  </r>
+  <r>
+    <s v="CD337"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="82"/>
+    <s v="Transport and mobile machine drivers and operatives"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2331"/>
+  </r>
+  <r>
+    <s v="CD337"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="91"/>
+    <s v="Elementary trades and related occupations"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4311"/>
+  </r>
+  <r>
+    <s v="CD337"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="92"/>
+    <s v="Elementary administration and service occupations"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="17223"/>
+  </r>
+  <r>
+    <s v="CD337"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="X9"/>
+    <s v="Other/not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="29691"/>
+  </r>
+  <r>
+    <s v="CD337"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All occupational groups"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="164865"/>
+  </r>
+  <r>
+    <s v="CD337"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="X20"/>
+    <s v="Unemployed - looking for first regular job"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="12935"/>
+  </r>
+  <r>
+    <s v="CD337"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="X21"/>
+    <s v="Total in labour force"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="177800"/>
+  </r>
+  <r>
+    <s v="CD337"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="11"/>
+    <s v="Corporate managers and directors"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1876"/>
+  </r>
+  <r>
+    <s v="CD337"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="12"/>
+    <s v="Other managers and proprietors"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="742"/>
+  </r>
+  <r>
+    <s v="CD337"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="21"/>
+    <s v="Science, research, engineering and technology professionals"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1919"/>
+  </r>
+  <r>
+    <s v="CD337"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="22"/>
+    <s v="Health professionals"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="329"/>
+  </r>
+  <r>
+    <s v="CD337"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="23"/>
+    <s v="Teaching and educational professionals"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1070"/>
+  </r>
+  <r>
+    <s v="CD337"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="24"/>
+    <s v="Business, media and public service professionals"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1741"/>
+  </r>
+  <r>
+    <s v="CD337"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="31"/>
+    <s v="Science, engineering and technology associate professionals"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1167"/>
+  </r>
+  <r>
+    <s v="CD337"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="32"/>
+    <s v="Health and social care associate professionals"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="153"/>
+  </r>
+  <r>
+    <s v="CD337"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="33"/>
+    <s v="Protective service occupations"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1431"/>
+  </r>
+  <r>
+    <s v="CD337"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="34"/>
+    <s v="Culture, media and sports occupations"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1331"/>
+  </r>
+  <r>
+    <s v="CD337"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="35"/>
+    <s v="Business and public service associate professionals"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2254"/>
+  </r>
+  <r>
+    <s v="CD337"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="41"/>
+    <s v="Administrative occupations"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2616"/>
+  </r>
+  <r>
+    <s v="CD337"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="42"/>
+    <s v="Secretarial and related occupations"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="182"/>
+  </r>
+  <r>
+    <s v="CD337"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="51"/>
+    <s v="Skilled agricultural and related trades"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1634"/>
+  </r>
+  <r>
+    <s v="CD337"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="52"/>
+    <s v="Skilled metal, electrical and electronic trades"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="8523"/>
+  </r>
+  <r>
+    <s v="CD337"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="53"/>
+    <s v="Skilled construction and building trades"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="8359"/>
+  </r>
+  <r>
+    <s v="CD337"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="54"/>
+    <s v="Textiles, printing and other skilled trades"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3063"/>
+  </r>
+  <r>
+    <s v="CD337"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="61"/>
+    <s v="Caring personal service occupations"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="607"/>
+  </r>
+  <r>
+    <s v="CD337"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="62"/>
+    <s v="Leisure, travel and related personal service occupations"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="778"/>
+  </r>
+  <r>
+    <s v="CD337"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="71"/>
+    <s v="Sales occupations"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="8795"/>
+  </r>
+  <r>
+    <s v="CD337"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="72"/>
+    <s v="Customer service occupations"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1216"/>
+  </r>
+  <r>
+    <s v="CD337"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="81"/>
+    <s v="Process, plant and machine operatives"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3671"/>
+  </r>
+  <r>
+    <s v="CD337"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="82"/>
+    <s v="Transport and mobile machine drivers and operatives"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2234"/>
+  </r>
+  <r>
+    <s v="CD337"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="91"/>
+    <s v="Elementary trades and related occupations"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3626"/>
+  </r>
+  <r>
+    <s v="CD337"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="92"/>
+    <s v="Elementary administration and service occupations"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="8839"/>
+  </r>
+  <r>
+    <s v="CD337"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="X9"/>
+    <s v="Other/not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="17070"/>
+  </r>
+  <r>
+    <s v="CD337"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All occupational groups"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="85226"/>
+  </r>
+  <r>
+    <s v="CD337"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="X20"/>
+    <s v="Unemployed - looking for first regular job"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="7300"/>
+  </r>
+  <r>
+    <s v="CD337"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="X21"/>
+    <s v="Total in labour force"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="92526"/>
+  </r>
+  <r>
+    <s v="CD337"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="11"/>
+    <s v="Corporate managers and directors"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1627"/>
+  </r>
+  <r>
+    <s v="CD337"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="12"/>
+    <s v="Other managers and proprietors"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="736"/>
+  </r>
+  <r>
+    <s v="CD337"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="21"/>
+    <s v="Science, research, engineering and technology professionals"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="647"/>
+  </r>
+  <r>
+    <s v="CD337"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="22"/>
+    <s v="Health professionals"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2472"/>
+  </r>
+  <r>
+    <s v="CD337"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="23"/>
+    <s v="Teaching and educational professionals"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4775"/>
+  </r>
+  <r>
+    <s v="CD337"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="24"/>
+    <s v="Business, media and public service professionals"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2033"/>
+  </r>
+  <r>
+    <s v="CD337"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="31"/>
+    <s v="Science, engineering and technology associate professionals"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="558"/>
+  </r>
+  <r>
+    <s v="CD337"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="32"/>
+    <s v="Health and social care associate professionals"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="821"/>
+  </r>
+  <r>
+    <s v="CD337"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="33"/>
+    <s v="Protective service occupations"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="290"/>
+  </r>
+  <r>
+    <s v="CD337"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="34"/>
+    <s v="Culture, media and sports occupations"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="825"/>
+  </r>
+  <r>
+    <s v="CD337"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="35"/>
+    <s v="Business and public service associate professionals"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2143"/>
+  </r>
+  <r>
+    <s v="CD337"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="41"/>
+    <s v="Administrative occupations"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5534"/>
+  </r>
+  <r>
+    <s v="CD337"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="42"/>
+    <s v="Secretarial and related occupations"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2021"/>
+  </r>
+  <r>
+    <s v="CD337"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="51"/>
+    <s v="Skilled agricultural and related trades"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="99"/>
+  </r>
+  <r>
+    <s v="CD337"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="52"/>
+    <s v="Skilled metal, electrical and electronic trades"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="194"/>
+  </r>
+  <r>
+    <s v="CD337"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="53"/>
+    <s v="Skilled construction and building trades"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="61"/>
+  </r>
+  <r>
+    <s v="CD337"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="54"/>
+    <s v="Textiles, printing and other skilled trades"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1035"/>
+  </r>
+  <r>
+    <s v="CD337"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="61"/>
+    <s v="Caring personal service occupations"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="6787"/>
+  </r>
+  <r>
+    <s v="CD337"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="62"/>
+    <s v="Leisure, travel and related personal service occupations"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="6231"/>
+  </r>
+  <r>
+    <s v="CD337"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="71"/>
+    <s v="Sales occupations"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="15576"/>
+  </r>
+  <r>
+    <s v="CD337"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="72"/>
+    <s v="Customer service occupations"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1934"/>
+  </r>
+  <r>
+    <s v="CD337"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="81"/>
+    <s v="Process, plant and machine operatives"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1453"/>
+  </r>
+  <r>
+    <s v="CD337"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="82"/>
+    <s v="Transport and mobile machine drivers and operatives"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="97"/>
+  </r>
+  <r>
+    <s v="CD337"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="91"/>
+    <s v="Elementary trades and related occupations"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="685"/>
+  </r>
+  <r>
+    <s v="CD337"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="92"/>
+    <s v="Elementary administration and service occupations"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="8384"/>
+  </r>
+  <r>
+    <s v="CD337"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="X9"/>
+    <s v="Other/not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="12621"/>
+  </r>
+  <r>
+    <s v="CD337"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All occupational groups"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="79639"/>
+  </r>
+  <r>
+    <s v="CD337"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="X20"/>
+    <s v="Unemployed - looking for first regular job"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5635"/>
+  </r>
+  <r>
+    <s v="CD337"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="X21"/>
+    <s v="Total in labour force"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="85274"/>
+  </r>
+  <r>
+    <s v="CD337"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="11"/>
+    <s v="Corporate managers and directors"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="28625"/>
+  </r>
+  <r>
+    <s v="CD337"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="12"/>
+    <s v="Other managers and proprietors"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="10874"/>
+  </r>
+  <r>
+    <s v="CD337"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="21"/>
+    <s v="Science, research, engineering and technology professionals"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="29296"/>
+  </r>
+  <r>
+    <s v="CD337"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="22"/>
+    <s v="Health professionals"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="24817"/>
+  </r>
+  <r>
+    <s v="CD337"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="23"/>
+    <s v="Teaching and educational professionals"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="31918"/>
+  </r>
+  <r>
+    <s v="CD337"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="24"/>
+    <s v="Business, media and public service professionals"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="31264"/>
+  </r>
+  <r>
+    <s v="CD337"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="31"/>
+    <s v="Science, engineering and technology associate professionals"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="15119"/>
+  </r>
+  <r>
+    <s v="CD337"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="32"/>
+    <s v="Health and social care associate professionals"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="6144"/>
+  </r>
+  <r>
+    <s v="CD337"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="33"/>
+    <s v="Protective service occupations"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="9701"/>
+  </r>
+  <r>
+    <s v="CD337"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="34"/>
+    <s v="Culture, media and sports occupations"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="10021"/>
+  </r>
+  <r>
+    <s v="CD337"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="35"/>
+    <s v="Business and public service associate professionals"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="38641"/>
+  </r>
+  <r>
+    <s v="CD337"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="41"/>
+    <s v="Administrative occupations"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="58678"/>
+  </r>
+  <r>
+    <s v="CD337"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="42"/>
+    <s v="Secretarial and related occupations"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="10505"/>
+  </r>
+  <r>
+    <s v="CD337"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="51"/>
+    <s v="Skilled agricultural and related trades"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="8778"/>
+  </r>
+  <r>
+    <s v="CD337"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="52"/>
+    <s v="Skilled metal, electrical and electronic trades"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="28568"/>
+  </r>
+  <r>
+    <s v="CD337"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="53"/>
+    <s v="Skilled construction and building trades"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="31994"/>
+  </r>
+  <r>
+    <s v="CD337"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="54"/>
+    <s v="Textiles, printing and other skilled trades"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="19552"/>
+  </r>
+  <r>
+    <s v="CD337"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="61"/>
+    <s v="Caring personal service occupations"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="23276"/>
+  </r>
+  <r>
+    <s v="CD337"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="62"/>
+    <s v="Leisure, travel and related personal service occupations"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="15939"/>
+  </r>
+  <r>
+    <s v="CD337"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="71"/>
+    <s v="Sales occupations"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="43251"/>
+  </r>
+  <r>
+    <s v="CD337"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="72"/>
+    <s v="Customer service occupations"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="10172"/>
+  </r>
+  <r>
+    <s v="CD337"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="81"/>
+    <s v="Process, plant and machine operatives"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="24988"/>
+  </r>
+  <r>
+    <s v="CD337"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="82"/>
+    <s v="Transport and mobile machine drivers and operatives"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="16521"/>
+  </r>
+  <r>
+    <s v="CD337"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="91"/>
+    <s v="Elementary trades and related occupations"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="13651"/>
+  </r>
+  <r>
+    <s v="CD337"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="92"/>
+    <s v="Elementary administration and service occupations"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="46181"/>
+  </r>
+  <r>
+    <s v="CD337"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="X9"/>
+    <s v="Other/not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="56195"/>
+  </r>
+  <r>
+    <s v="CD337"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All occupational groups"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="644669"/>
+  </r>
+  <r>
+    <s v="CD337"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="X20"/>
+    <s v="Unemployed - looking for first regular job"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="7994"/>
+  </r>
+  <r>
+    <s v="CD337"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="X21"/>
+    <s v="Total in labour force"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="652663"/>
+  </r>
+  <r>
+    <s v="CD337"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="11"/>
+    <s v="Corporate managers and directors"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="15761"/>
+  </r>
+  <r>
+    <s v="CD337"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="12"/>
+    <s v="Other managers and proprietors"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5455"/>
+  </r>
+  <r>
+    <s v="CD337"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="21"/>
+    <s v="Science, research, engineering and technology professionals"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="20903"/>
+  </r>
+  <r>
+    <s v="CD337"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="22"/>
+    <s v="Health professionals"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3968"/>
+  </r>
+  <r>
+    <s v="CD337"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="23"/>
+    <s v="Teaching and educational professionals"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="6308"/>
+  </r>
+  <r>
+    <s v="CD337"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="24"/>
+    <s v="Business, media and public service professionals"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="14286"/>
+  </r>
+  <r>
+    <s v="CD337"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="31"/>
+    <s v="Science, engineering and technology associate professionals"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="10126"/>
+  </r>
+  <r>
+    <s v="CD337"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="32"/>
+    <s v="Health and social care associate professionals"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1269"/>
+  </r>
+  <r>
+    <s v="CD337"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="33"/>
+    <s v="Protective service occupations"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="7237"/>
+  </r>
+  <r>
+    <s v="CD337"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="34"/>
+    <s v="Culture, media and sports occupations"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5475"/>
+  </r>
+  <r>
+    <s v="CD337"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="35"/>
+    <s v="Business and public service associate professionals"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="18650"/>
+  </r>
+  <r>
+    <s v="CD337"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="41"/>
+    <s v="Administrative occupations"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="14510"/>
+  </r>
+  <r>
+    <s v="CD337"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="42"/>
+    <s v="Secretarial and related occupations"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="490"/>
+  </r>
+  <r>
+    <s v="CD337"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="51"/>
+    <s v="Skilled agricultural and related trades"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="8255"/>
+  </r>
+  <r>
+    <s v="CD337"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="52"/>
+    <s v="Skilled metal, electrical and electronic trades"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="27534"/>
+  </r>
+  <r>
+    <s v="CD337"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="53"/>
+    <s v="Skilled construction and building trades"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="31607"/>
+  </r>
+  <r>
+    <s v="CD337"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="54"/>
+    <s v="Textiles, printing and other skilled trades"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="14271"/>
+  </r>
+  <r>
+    <s v="CD337"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="61"/>
+    <s v="Caring personal service occupations"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2410"/>
+  </r>
+  <r>
+    <s v="CD337"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="62"/>
+    <s v="Leisure, travel and related personal service occupations"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2498"/>
+  </r>
+  <r>
+    <s v="CD337"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="71"/>
+    <s v="Sales occupations"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="15126"/>
+  </r>
+  <r>
+    <s v="CD337"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="72"/>
+    <s v="Customer service occupations"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3769"/>
+  </r>
+  <r>
+    <s v="CD337"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="81"/>
+    <s v="Process, plant and machine operatives"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="17170"/>
+  </r>
+  <r>
+    <s v="CD337"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="82"/>
+    <s v="Transport and mobile machine drivers and operatives"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="15951"/>
+  </r>
+  <r>
+    <s v="CD337"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="91"/>
+    <s v="Elementary trades and related occupations"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="11409"/>
+  </r>
+  <r>
+    <s v="CD337"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="92"/>
+    <s v="Elementary administration and service occupations"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="25132"/>
+  </r>
+  <r>
+    <s v="CD337"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="X9"/>
+    <s v="Other/not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="32215"/>
+  </r>
+  <r>
+    <s v="CD337"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All occupational groups"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="331785"/>
+  </r>
+  <r>
+    <s v="CD337"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="X20"/>
+    <s v="Unemployed - looking for first regular job"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4321"/>
+  </r>
+  <r>
+    <s v="CD337"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="X21"/>
+    <s v="Total in labour force"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="336106"/>
+  </r>
+  <r>
+    <s v="CD337"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="11"/>
+    <s v="Corporate managers and directors"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="12864"/>
+  </r>
+  <r>
+    <s v="CD337"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="12"/>
+    <s v="Other managers and proprietors"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5419"/>
+  </r>
+  <r>
+    <s v="CD337"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="21"/>
+    <s v="Science, research, engineering and technology professionals"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="8393"/>
+  </r>
+  <r>
+    <s v="CD337"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="22"/>
+    <s v="Health professionals"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="20849"/>
+  </r>
+  <r>
+    <s v="CD337"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="23"/>
+    <s v="Teaching and educational professionals"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="25610"/>
+  </r>
+  <r>
+    <s v="CD337"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="24"/>
+    <s v="Business, media and public service professionals"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="16978"/>
+  </r>
+  <r>
+    <s v="CD337"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="31"/>
+    <s v="Science, engineering and technology associate professionals"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4993"/>
+  </r>
+  <r>
+    <s v="CD337"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="32"/>
+    <s v="Health and social care associate professionals"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4875"/>
+  </r>
+  <r>
+    <s v="CD337"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="33"/>
+    <s v="Protective service occupations"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2464"/>
+  </r>
+  <r>
+    <s v="CD337"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="34"/>
+    <s v="Culture, media and sports occupations"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4546"/>
+  </r>
+  <r>
+    <s v="CD337"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="35"/>
+    <s v="Business and public service associate professionals"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="19991"/>
+  </r>
+  <r>
+    <s v="CD337"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="41"/>
+    <s v="Administrative occupations"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="44168"/>
+  </r>
+  <r>
+    <s v="CD337"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="42"/>
+    <s v="Secretarial and related occupations"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="10015"/>
+  </r>
+  <r>
+    <s v="CD337"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="51"/>
+    <s v="Skilled agricultural and related trades"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="523"/>
+  </r>
+  <r>
+    <s v="CD337"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="52"/>
+    <s v="Skilled metal, electrical and electronic trades"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1034"/>
+  </r>
+  <r>
+    <s v="CD337"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="53"/>
+    <s v="Skilled construction and building trades"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="387"/>
+  </r>
+  <r>
+    <s v="CD337"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="54"/>
+    <s v="Textiles, printing and other skilled trades"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5281"/>
+  </r>
+  <r>
+    <s v="CD337"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="61"/>
+    <s v="Caring personal service occupations"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="20866"/>
+  </r>
+  <r>
+    <s v="CD337"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="62"/>
+    <s v="Leisure, travel and related personal service occupations"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="13441"/>
+  </r>
+  <r>
+    <s v="CD337"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="71"/>
+    <s v="Sales occupations"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="28125"/>
+  </r>
+  <r>
+    <s v="CD337"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="72"/>
+    <s v="Customer service occupations"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="6403"/>
+  </r>
+  <r>
+    <s v="CD337"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="81"/>
+    <s v="Process, plant and machine operatives"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="7818"/>
+  </r>
+  <r>
+    <s v="CD337"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="82"/>
+    <s v="Transport and mobile machine drivers and operatives"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="570"/>
+  </r>
+  <r>
+    <s v="CD337"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="91"/>
+    <s v="Elementary trades and related occupations"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2242"/>
+  </r>
+  <r>
+    <s v="CD337"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="92"/>
+    <s v="Elementary administration and service occupations"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="21049"/>
+  </r>
+  <r>
+    <s v="CD337"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="X9"/>
+    <s v="Other/not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="23980"/>
+  </r>
+  <r>
+    <s v="CD337"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All occupational groups"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="312884"/>
+  </r>
+  <r>
+    <s v="CD337"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="X20"/>
+    <s v="Unemployed - looking for first regular job"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3673"/>
+  </r>
+  <r>
+    <s v="CD337"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="X21"/>
+    <s v="Total in labour force"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="316557"/>
+  </r>
+  <r>
+    <s v="CD337"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="11"/>
+    <s v="Corporate managers and directors"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="39387"/>
+  </r>
+  <r>
+    <s v="CD337"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="12"/>
+    <s v="Other managers and proprietors"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="14422"/>
+  </r>
+  <r>
+    <s v="CD337"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="21"/>
+    <s v="Science, research, engineering and technology professionals"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="28148"/>
+  </r>
+  <r>
+    <s v="CD337"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="22"/>
+    <s v="Health professionals"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="27263"/>
+  </r>
+  <r>
+    <s v="CD337"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="23"/>
+    <s v="Teaching and educational professionals"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="23684"/>
+  </r>
+  <r>
+    <s v="CD337"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="24"/>
+    <s v="Business, media and public service professionals"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="26079"/>
+  </r>
+  <r>
+    <s v="CD337"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="31"/>
+    <s v="Science, engineering and technology associate professionals"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="12076"/>
+  </r>
+  <r>
+    <s v="CD337"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="32"/>
+    <s v="Health and social care associate professionals"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="6477"/>
+  </r>
+  <r>
+    <s v="CD337"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="33"/>
+    <s v="Protective service occupations"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="7474"/>
+  </r>
+  <r>
+    <s v="CD337"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="34"/>
+    <s v="Culture, media and sports occupations"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="8459"/>
+  </r>
+  <r>
+    <s v="CD337"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="35"/>
+    <s v="Business and public service associate professionals"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="35755"/>
+  </r>
+  <r>
+    <s v="CD337"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="41"/>
+    <s v="Administrative occupations"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="49362"/>
+  </r>
+  <r>
+    <s v="CD337"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="42"/>
+    <s v="Secretarial and related occupations"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="10500"/>
+  </r>
+  <r>
+    <s v="CD337"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="51"/>
+    <s v="Skilled agricultural and related trades"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="17627"/>
+  </r>
+  <r>
+    <s v="CD337"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="52"/>
+    <s v="Skilled metal, electrical and electronic trades"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="22668"/>
+  </r>
+  <r>
+    <s v="CD337"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="53"/>
+    <s v="Skilled construction and building trades"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="26393"/>
+  </r>
+  <r>
+    <s v="CD337"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="54"/>
+    <s v="Textiles, printing and other skilled trades"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="18087"/>
+  </r>
+  <r>
+    <s v="CD337"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="61"/>
+    <s v="Caring personal service occupations"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="24508"/>
+  </r>
+  <r>
+    <s v="CD337"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="62"/>
+    <s v="Leisure, travel and related personal service occupations"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="10491"/>
+  </r>
+  <r>
+    <s v="CD337"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="71"/>
+    <s v="Sales occupations"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="26074"/>
+  </r>
+  <r>
+    <s v="CD337"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="72"/>
+    <s v="Customer service occupations"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4945"/>
+  </r>
+  <r>
+    <s v="CD337"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="81"/>
+    <s v="Process, plant and machine operatives"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="24559"/>
+  </r>
+  <r>
+    <s v="CD337"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="82"/>
+    <s v="Transport and mobile machine drivers and operatives"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="23824"/>
+  </r>
+  <r>
+    <s v="CD337"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="91"/>
+    <s v="Elementary trades and related occupations"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="12734"/>
+  </r>
+  <r>
+    <s v="CD337"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="92"/>
+    <s v="Elementary administration and service occupations"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="33354"/>
+  </r>
+  <r>
+    <s v="CD337"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="X9"/>
+    <s v="Other/not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="41072"/>
+  </r>
+  <r>
+    <s v="CD337"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All occupational groups"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="575422"/>
+  </r>
+  <r>
+    <s v="CD337"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="X20"/>
+    <s v="Unemployed - looking for first regular job"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2852"/>
+  </r>
+  <r>
+    <s v="CD337"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="X21"/>
+    <s v="Total in labour force"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="578274"/>
+  </r>
+  <r>
+    <s v="CD337"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="11"/>
+    <s v="Corporate managers and directors"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="26446"/>
+  </r>
+  <r>
+    <s v="CD337"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="12"/>
+    <s v="Other managers and proprietors"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="8459"/>
+  </r>
+  <r>
+    <s v="CD337"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="21"/>
+    <s v="Science, research, engineering and technology professionals"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="21551"/>
+  </r>
+  <r>
+    <s v="CD337"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="22"/>
+    <s v="Health professionals"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5484"/>
+  </r>
+  <r>
+    <s v="CD337"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="23"/>
+    <s v="Teaching and educational professionals"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="6321"/>
+  </r>
+  <r>
+    <s v="CD337"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="24"/>
+    <s v="Business, media and public service professionals"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="14324"/>
+  </r>
+  <r>
+    <s v="CD337"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="31"/>
+    <s v="Science, engineering and technology associate professionals"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="8968"/>
+  </r>
+  <r>
+    <s v="CD337"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="32"/>
+    <s v="Health and social care associate professionals"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1886"/>
+  </r>
+  <r>
+    <s v="CD337"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="33"/>
+    <s v="Protective service occupations"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="6308"/>
+  </r>
+  <r>
+    <s v="CD337"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="34"/>
+    <s v="Culture, media and sports occupations"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4882"/>
+  </r>
+  <r>
+    <s v="CD337"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="35"/>
+    <s v="Business and public service associate professionals"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="20355"/>
+  </r>
+  <r>
+    <s v="CD337"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="41"/>
+    <s v="Administrative occupations"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="10703"/>
+  </r>
+  <r>
+    <s v="CD337"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="42"/>
+    <s v="Secretarial and related occupations"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="300"/>
+  </r>
+  <r>
+    <s v="CD337"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="51"/>
+    <s v="Skilled agricultural and related trades"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="16490"/>
+  </r>
+  <r>
+    <s v="CD337"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="52"/>
+    <s v="Skilled metal, electrical and electronic trades"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="21884"/>
+  </r>
+  <r>
+    <s v="CD337"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="53"/>
+    <s v="Skilled construction and building trades"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="26084"/>
+  </r>
+  <r>
+    <s v="CD337"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="54"/>
+    <s v="Textiles, printing and other skilled trades"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="12524"/>
+  </r>
+  <r>
+    <s v="CD337"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="61"/>
+    <s v="Caring personal service occupations"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3164"/>
+  </r>
+  <r>
+    <s v="CD337"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="62"/>
+    <s v="Leisure, travel and related personal service occupations"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2642"/>
+  </r>
+  <r>
+    <s v="CD337"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="71"/>
+    <s v="Sales occupations"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="8508"/>
+  </r>
+  <r>
+    <s v="CD337"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="72"/>
+    <s v="Customer service occupations"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1729"/>
+  </r>
+  <r>
+    <s v="CD337"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="81"/>
+    <s v="Process, plant and machine operatives"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="17564"/>
+  </r>
+  <r>
+    <s v="CD337"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="82"/>
+    <s v="Transport and mobile machine drivers and operatives"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="23009"/>
+  </r>
+  <r>
+    <s v="CD337"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="91"/>
+    <s v="Elementary trades and related occupations"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="10940"/>
+  </r>
+  <r>
+    <s v="CD337"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="92"/>
+    <s v="Elementary administration and service occupations"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="18574"/>
+  </r>
+  <r>
+    <s v="CD337"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="X9"/>
+    <s v="Other/not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="23750"/>
+  </r>
+  <r>
+    <s v="CD337"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All occupational groups"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="322849"/>
+  </r>
+  <r>
+    <s v="CD337"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="X20"/>
+    <s v="Unemployed - looking for first regular job"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1519"/>
+  </r>
+  <r>
+    <s v="CD337"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="X21"/>
+    <s v="Total in labour force"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="324368"/>
+  </r>
+  <r>
+    <s v="CD337"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="11"/>
+    <s v="Corporate managers and directors"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="12941"/>
+  </r>
+  <r>
+    <s v="CD337"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="12"/>
+    <s v="Other managers and proprietors"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5963"/>
+  </r>
+  <r>
+    <s v="CD337"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="21"/>
+    <s v="Science, research, engineering and technology professionals"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="6597"/>
+  </r>
+  <r>
+    <s v="CD337"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="22"/>
+    <s v="Health professionals"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="21779"/>
+  </r>
+  <r>
+    <s v="CD337"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="23"/>
+    <s v="Teaching and educational professionals"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="17363"/>
+  </r>
+  <r>
+    <s v="CD337"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="24"/>
+    <s v="Business, media and public service professionals"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="11755"/>
+  </r>
+  <r>
+    <s v="CD337"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="31"/>
+    <s v="Science, engineering and technology associate professionals"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3108"/>
+  </r>
+  <r>
+    <s v="CD337"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="32"/>
+    <s v="Health and social care associate professionals"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4591"/>
+  </r>
+  <r>
+    <s v="CD337"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="33"/>
+    <s v="Protective service occupations"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1166"/>
+  </r>
+  <r>
+    <s v="CD337"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="34"/>
+    <s v="Culture, media and sports occupations"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3577"/>
+  </r>
+  <r>
+    <s v="CD337"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="35"/>
+    <s v="Business and public service associate professionals"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="15400"/>
+  </r>
+  <r>
+    <s v="CD337"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="41"/>
+    <s v="Administrative occupations"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="38659"/>
+  </r>
+  <r>
+    <s v="CD337"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="42"/>
+    <s v="Secretarial and related occupations"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="10200"/>
+  </r>
+  <r>
+    <s v="CD337"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="51"/>
+    <s v="Skilled agricultural and related trades"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1137"/>
+  </r>
+  <r>
+    <s v="CD337"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="52"/>
+    <s v="Skilled metal, electrical and electronic trades"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="784"/>
+  </r>
+  <r>
+    <s v="CD337"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="53"/>
+    <s v="Skilled construction and building trades"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="309"/>
+  </r>
+  <r>
+    <s v="CD337"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="54"/>
+    <s v="Textiles, printing and other skilled trades"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5563"/>
+  </r>
+  <r>
+    <s v="CD337"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="61"/>
+    <s v="Caring personal service occupations"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="21344"/>
+  </r>
+  <r>
+    <s v="CD337"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="62"/>
+    <s v="Leisure, travel and related personal service occupations"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="7849"/>
+  </r>
+  <r>
+    <s v="CD337"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="71"/>
+    <s v="Sales occupations"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="17566"/>
+  </r>
+  <r>
+    <s v="CD337"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="72"/>
+    <s v="Customer service occupations"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3216"/>
+  </r>
+  <r>
+    <s v="CD337"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="81"/>
+    <s v="Process, plant and machine operatives"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="6995"/>
+  </r>
+  <r>
+    <s v="CD337"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="82"/>
+    <s v="Transport and mobile machine drivers and operatives"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="815"/>
+  </r>
+  <r>
+    <s v="CD337"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="91"/>
+    <s v="Elementary trades and related occupations"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1794"/>
+  </r>
+  <r>
+    <s v="CD337"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="92"/>
+    <s v="Elementary administration and service occupations"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="14780"/>
+  </r>
+  <r>
+    <s v="CD337"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="X9"/>
+    <s v="Other/not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="17322"/>
+  </r>
+  <r>
+    <s v="CD337"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All occupational groups"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="252573"/>
+  </r>
+  <r>
+    <s v="CD337"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="X20"/>
+    <s v="Unemployed - looking for first regular job"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1333"/>
+  </r>
+  <r>
+    <s v="CD337"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="X21"/>
+    <s v="Total in labour force"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="253906"/>
+  </r>
+  <r>
+    <s v="CD337"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="11"/>
+    <s v="Corporate managers and directors"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="30748"/>
+  </r>
+  <r>
+    <s v="CD337"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="12"/>
+    <s v="Other managers and proprietors"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="13438"/>
+  </r>
+  <r>
+    <s v="CD337"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="21"/>
+    <s v="Science, research, engineering and technology professionals"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="12944"/>
+  </r>
+  <r>
+    <s v="CD337"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="22"/>
+    <s v="Health professionals"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="20648"/>
+  </r>
+  <r>
+    <s v="CD337"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="23"/>
+    <s v="Teaching and educational professionals"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="22738"/>
+  </r>
+  <r>
+    <s v="CD337"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="24"/>
+    <s v="Business, media and public service professionals"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="15229"/>
+  </r>
+  <r>
+    <s v="CD337"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="31"/>
+    <s v="Science, engineering and technology associate professionals"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="6515"/>
+  </r>
+  <r>
+    <s v="CD337"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="32"/>
+    <s v="Health and social care associate professionals"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5140"/>
+  </r>
+  <r>
+    <s v="CD337"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="33"/>
+    <s v="Protective service occupations"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="6139"/>
+  </r>
+  <r>
+    <s v="CD337"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="34"/>
+    <s v="Culture, media and sports occupations"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5336"/>
+  </r>
+  <r>
+    <s v="CD337"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="35"/>
+    <s v="Business and public service associate professionals"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="22649"/>
+  </r>
+  <r>
+    <s v="CD337"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="41"/>
+    <s v="Administrative occupations"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="43495"/>
+  </r>
+  <r>
+    <s v="CD337"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="42"/>
+    <s v="Secretarial and related occupations"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="10935"/>
+  </r>
+  <r>
+    <s v="CD337"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="51"/>
+    <s v="Skilled agricultural and related trades"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="23105"/>
+  </r>
+  <r>
+    <s v="CD337"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="52"/>
+    <s v="Skilled metal, electrical and electronic trades"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="19529"/>
+  </r>
+  <r>
+    <s v="CD337"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="53"/>
+    <s v="Skilled construction and building trades"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="22081"/>
+  </r>
+  <r>
+    <s v="CD337"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="54"/>
+    <s v="Textiles, printing and other skilled trades"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="12270"/>
+  </r>
+  <r>
+    <s v="CD337"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="61"/>
+    <s v="Caring personal service occupations"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="25080"/>
+  </r>
+  <r>
+    <s v="CD337"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="62"/>
+    <s v="Leisure, travel and related personal service occupations"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="7854"/>
+  </r>
+  <r>
+    <s v="CD337"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="71"/>
+    <s v="Sales occupations"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="21268"/>
+  </r>
+  <r>
+    <s v="CD337"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="72"/>
+    <s v="Customer service occupations"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2771"/>
+  </r>
+  <r>
+    <s v="CD337"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="81"/>
+    <s v="Process, plant and machine operatives"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="18271"/>
+  </r>
+  <r>
+    <s v="CD337"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="82"/>
+    <s v="Transport and mobile machine drivers and operatives"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="22478"/>
+  </r>
+  <r>
+    <s v="CD337"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="91"/>
+    <s v="Elementary trades and related occupations"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="11319"/>
+  </r>
+  <r>
+    <s v="CD337"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="92"/>
+    <s v="Elementary administration and service occupations"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="29739"/>
+  </r>
+  <r>
+    <s v="CD337"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="X9"/>
+    <s v="Other/not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="30677"/>
+  </r>
+  <r>
+    <s v="CD337"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All occupational groups"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="462396"/>
+  </r>
+  <r>
+    <s v="CD337"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="X20"/>
+    <s v="Unemployed - looking for first regular job"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1352"/>
+  </r>
+  <r>
+    <s v="CD337"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="X21"/>
+    <s v="Total in labour force"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="463748"/>
+  </r>
+  <r>
+    <s v="CD337"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="11"/>
+    <s v="Corporate managers and directors"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="21981"/>
+  </r>
+  <r>
+    <s v="CD337"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="12"/>
+    <s v="Other managers and proprietors"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="8291"/>
+  </r>
+  <r>
+    <s v="CD337"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="21"/>
+    <s v="Science, research, engineering and technology professionals"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="10564"/>
+  </r>
+  <r>
+    <s v="CD337"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="22"/>
+    <s v="Health professionals"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4091"/>
+  </r>
+  <r>
+    <s v="CD337"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="23"/>
+    <s v="Teaching and educational professionals"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="6395"/>
+  </r>
+  <r>
+    <s v="CD337"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="24"/>
+    <s v="Business, media and public service professionals"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="9650"/>
+  </r>
+  <r>
+    <s v="CD337"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="31"/>
+    <s v="Science, engineering and technology associate professionals"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4993"/>
+  </r>
+  <r>
+    <s v="CD337"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="32"/>
+    <s v="Health and social care associate professionals"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1616"/>
+  </r>
+  <r>
+    <s v="CD337"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="33"/>
+    <s v="Protective service occupations"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5708"/>
+  </r>
+  <r>
+    <s v="CD337"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="34"/>
+    <s v="Culture, media and sports occupations"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3157"/>
+  </r>
+  <r>
+    <s v="CD337"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="35"/>
+    <s v="Business and public service associate professionals"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="14216"/>
+  </r>
+  <r>
+    <s v="CD337"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="41"/>
+    <s v="Administrative occupations"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="8789"/>
+  </r>
+  <r>
+    <s v="CD337"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="42"/>
+    <s v="Secretarial and related occupations"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="265"/>
+  </r>
+  <r>
+    <s v="CD337"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="51"/>
+    <s v="Skilled agricultural and related trades"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="21228"/>
+  </r>
+  <r>
+    <s v="CD337"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="52"/>
+    <s v="Skilled metal, electrical and electronic trades"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="19075"/>
+  </r>
+  <r>
+    <s v="CD337"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="53"/>
+    <s v="Skilled construction and building trades"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="21834"/>
+  </r>
+  <r>
+    <s v="CD337"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="54"/>
+    <s v="Textiles, printing and other skilled trades"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="7820"/>
+  </r>
+  <r>
+    <s v="CD337"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="61"/>
+    <s v="Caring personal service occupations"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2516"/>
+  </r>
+  <r>
+    <s v="CD337"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="62"/>
+    <s v="Leisure, travel and related personal service occupations"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2917"/>
+  </r>
+  <r>
+    <s v="CD337"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="71"/>
+    <s v="Sales occupations"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5815"/>
+  </r>
+  <r>
+    <s v="CD337"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="72"/>
+    <s v="Customer service occupations"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="956"/>
+  </r>
+  <r>
+    <s v="CD337"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="81"/>
+    <s v="Process, plant and machine operatives"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="12809"/>
+  </r>
+  <r>
+    <s v="CD337"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="82"/>
+    <s v="Transport and mobile machine drivers and operatives"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="21720"/>
+  </r>
+  <r>
+    <s v="CD337"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="91"/>
+    <s v="Elementary trades and related occupations"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="9679"/>
+  </r>
+  <r>
+    <s v="CD337"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="92"/>
+    <s v="Elementary administration and service occupations"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="14409"/>
+  </r>
+  <r>
+    <s v="CD337"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="X9"/>
+    <s v="Other/not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="17090"/>
+  </r>
+  <r>
+    <s v="CD337"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All occupational groups"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="257584"/>
+  </r>
+  <r>
+    <s v="CD337"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="X20"/>
+    <s v="Unemployed - looking for first regular job"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="713"/>
+  </r>
+  <r>
+    <s v="CD337"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="X21"/>
+    <s v="Total in labour force"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="258297"/>
+  </r>
+  <r>
+    <s v="CD337"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="11"/>
+    <s v="Corporate managers and directors"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="8767"/>
+  </r>
+  <r>
+    <s v="CD337"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="12"/>
+    <s v="Other managers and proprietors"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5147"/>
+  </r>
+  <r>
+    <s v="CD337"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="21"/>
+    <s v="Science, research, engineering and technology professionals"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2380"/>
+  </r>
+  <r>
+    <s v="CD337"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="22"/>
+    <s v="Health professionals"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="16557"/>
+  </r>
+  <r>
+    <s v="CD337"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="23"/>
+    <s v="Teaching and educational professionals"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="16343"/>
+  </r>
+  <r>
+    <s v="CD337"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="24"/>
+    <s v="Business, media and public service professionals"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5579"/>
+  </r>
+  <r>
+    <s v="CD337"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="31"/>
+    <s v="Science, engineering and technology associate professionals"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1522"/>
+  </r>
+  <r>
+    <s v="CD337"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="32"/>
+    <s v="Health and social care associate professionals"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3524"/>
+  </r>
+  <r>
+    <s v="CD337"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="33"/>
+    <s v="Protective service occupations"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="431"/>
+  </r>
+  <r>
+    <s v="CD337"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="34"/>
+    <s v="Culture, media and sports occupations"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2179"/>
+  </r>
+  <r>
+    <s v="CD337"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="35"/>
+    <s v="Business and public service associate professionals"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="8433"/>
+  </r>
+  <r>
+    <s v="CD337"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="41"/>
+    <s v="Administrative occupations"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="34706"/>
+  </r>
+  <r>
+    <s v="CD337"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="42"/>
+    <s v="Secretarial and related occupations"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="10670"/>
+  </r>
+  <r>
+    <s v="CD337"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="51"/>
+    <s v="Skilled agricultural and related trades"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1877"/>
+  </r>
+  <r>
+    <s v="CD337"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="52"/>
+    <s v="Skilled metal, electrical and electronic trades"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="454"/>
+  </r>
+  <r>
+    <s v="CD337"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="53"/>
+    <s v="Skilled construction and building trades"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="247"/>
+  </r>
+  <r>
+    <s v="CD337"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="54"/>
+    <s v="Textiles, printing and other skilled trades"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4450"/>
+  </r>
+  <r>
+    <s v="CD337"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="61"/>
+    <s v="Caring personal service occupations"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="22564"/>
+  </r>
+  <r>
+    <s v="CD337"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="62"/>
+    <s v="Leisure, travel and related personal service occupations"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4937"/>
+  </r>
+  <r>
+    <s v="CD337"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="71"/>
+    <s v="Sales occupations"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="15453"/>
+  </r>
+  <r>
+    <s v="CD337"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="72"/>
+    <s v="Customer service occupations"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1815"/>
+  </r>
+  <r>
+    <s v="CD337"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="81"/>
+    <s v="Process, plant and machine operatives"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5462"/>
+  </r>
+  <r>
+    <s v="CD337"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="82"/>
+    <s v="Transport and mobile machine drivers and operatives"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="758"/>
+  </r>
+  <r>
+    <s v="CD337"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="91"/>
+    <s v="Elementary trades and related occupations"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1640"/>
+  </r>
+  <r>
+    <s v="CD337"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="92"/>
+    <s v="Elementary administration and service occupations"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="15330"/>
+  </r>
+  <r>
+    <s v="CD337"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="X9"/>
+    <s v="Other/not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="13587"/>
+  </r>
+  <r>
+    <s v="CD337"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All occupational groups"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="204812"/>
+  </r>
+  <r>
+    <s v="CD337"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="X20"/>
+    <s v="Unemployed - looking for first regular job"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="639"/>
+  </r>
+  <r>
+    <s v="CD337"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="X21"/>
+    <s v="Total in labour force"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="205451"/>
+  </r>
+  <r>
+    <s v="CD337"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="11"/>
+    <s v="Corporate managers and directors"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="15082"/>
+  </r>
+  <r>
+    <s v="CD337"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="12"/>
+    <s v="Other managers and proprietors"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="8419"/>
+  </r>
+  <r>
+    <s v="CD337"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="21"/>
+    <s v="Science, research, engineering and technology professionals"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5149"/>
+  </r>
+  <r>
+    <s v="CD337"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="22"/>
+    <s v="Health professionals"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="11497"/>
+  </r>
+  <r>
+    <s v="CD337"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="23"/>
+    <s v="Teaching and educational professionals"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="12616"/>
+  </r>
+  <r>
+    <s v="CD337"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="24"/>
+    <s v="Business, media and public service professionals"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="9057"/>
+  </r>
+  <r>
+    <s v="CD337"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="31"/>
+    <s v="Science, engineering and technology associate professionals"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2917"/>
+  </r>
+  <r>
+    <s v="CD337"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="32"/>
+    <s v="Health and social care associate professionals"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2642"/>
+  </r>
+  <r>
+    <s v="CD337"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="33"/>
+    <s v="Protective service occupations"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1429"/>
+  </r>
+  <r>
+    <s v="CD337"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="34"/>
+    <s v="Culture, media and sports occupations"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2892"/>
+  </r>
+  <r>
+    <s v="CD337"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="35"/>
+    <s v="Business and public service associate professionals"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="11335"/>
+  </r>
+  <r>
+    <s v="CD337"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="41"/>
+    <s v="Administrative occupations"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="22876"/>
+  </r>
+  <r>
+    <s v="CD337"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="42"/>
+    <s v="Secretarial and related occupations"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="6687"/>
+  </r>
+  <r>
+    <s v="CD337"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="51"/>
+    <s v="Skilled agricultural and related trades"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="23201"/>
+  </r>
+  <r>
+    <s v="CD337"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="52"/>
+    <s v="Skilled metal, electrical and electronic trades"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="11146"/>
+  </r>
+  <r>
+    <s v="CD337"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="53"/>
+    <s v="Skilled construction and building trades"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="13380"/>
+  </r>
+  <r>
+    <s v="CD337"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="54"/>
+    <s v="Textiles, printing and other skilled trades"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="6731"/>
+  </r>
+  <r>
+    <s v="CD337"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="61"/>
+    <s v="Caring personal service occupations"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="13981"/>
+  </r>
+  <r>
+    <s v="CD337"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="62"/>
+    <s v="Leisure, travel and related personal service occupations"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5309"/>
+  </r>
+  <r>
+    <s v="CD337"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="71"/>
+    <s v="Sales occupations"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="12232"/>
+  </r>
+  <r>
+    <s v="CD337"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="72"/>
+    <s v="Customer service occupations"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1502"/>
+  </r>
+  <r>
+    <s v="CD337"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="81"/>
+    <s v="Process, plant and machine operatives"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="10123"/>
+  </r>
+  <r>
+    <s v="CD337"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="82"/>
+    <s v="Transport and mobile machine drivers and operatives"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="15753"/>
+  </r>
+  <r>
+    <s v="CD337"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="91"/>
+    <s v="Elementary trades and related occupations"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="8065"/>
+  </r>
+  <r>
+    <s v="CD337"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="92"/>
+    <s v="Elementary administration and service occupations"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="19167"/>
+  </r>
+  <r>
+    <s v="CD337"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="X9"/>
+    <s v="Other/not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="23591"/>
+  </r>
+  <r>
+    <s v="CD337"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All occupational groups"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="276779"/>
+  </r>
+  <r>
+    <s v="CD337"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="X20"/>
+    <s v="Unemployed - looking for first regular job"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="411"/>
+  </r>
+  <r>
+    <s v="CD337"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="X21"/>
+    <s v="Total in labour force"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="277190"/>
+  </r>
+  <r>
+    <s v="CD337"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="11"/>
+    <s v="Corporate managers and directors"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="11397"/>
+  </r>
+  <r>
+    <s v="CD337"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="12"/>
+    <s v="Other managers and proprietors"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5483"/>
+  </r>
+  <r>
+    <s v="CD337"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="21"/>
+    <s v="Science, research, engineering and technology professionals"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4433"/>
+  </r>
+  <r>
+    <s v="CD337"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="22"/>
+    <s v="Health professionals"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2451"/>
+  </r>
+  <r>
+    <s v="CD337"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="23"/>
+    <s v="Teaching and educational professionals"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4701"/>
+  </r>
+  <r>
+    <s v="CD337"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="24"/>
+    <s v="Business, media and public service professionals"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="6610"/>
+  </r>
+  <r>
+    <s v="CD337"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="31"/>
+    <s v="Science, engineering and technology associate professionals"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2327"/>
+  </r>
+  <r>
+    <s v="CD337"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="32"/>
+    <s v="Health and social care associate professionals"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="978"/>
+  </r>
+  <r>
+    <s v="CD337"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="33"/>
+    <s v="Protective service occupations"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1377"/>
+  </r>
+  <r>
+    <s v="CD337"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="34"/>
+    <s v="Culture, media and sports occupations"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1808"/>
+  </r>
+  <r>
+    <s v="CD337"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="35"/>
+    <s v="Business and public service associate professionals"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="8123"/>
+  </r>
+  <r>
+    <s v="CD337"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="41"/>
+    <s v="Administrative occupations"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5207"/>
+  </r>
+  <r>
+    <s v="CD337"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="42"/>
+    <s v="Secretarial and related occupations"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="215"/>
+  </r>
+  <r>
+    <s v="CD337"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="51"/>
+    <s v="Skilled agricultural and related trades"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="20845"/>
+  </r>
+  <r>
+    <s v="CD337"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="52"/>
+    <s v="Skilled metal, electrical and electronic trades"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="10955"/>
+  </r>
+  <r>
+    <s v="CD337"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="53"/>
+    <s v="Skilled construction and building trades"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="13281"/>
+  </r>
+  <r>
+    <s v="CD337"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="54"/>
+    <s v="Textiles, printing and other skilled trades"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4103"/>
+  </r>
+  <r>
+    <s v="CD337"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="61"/>
+    <s v="Caring personal service occupations"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1404"/>
+  </r>
+  <r>
+    <s v="CD337"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="62"/>
+    <s v="Leisure, travel and related personal service occupations"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2592"/>
+  </r>
+  <r>
+    <s v="CD337"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="71"/>
+    <s v="Sales occupations"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3510"/>
+  </r>
+  <r>
+    <s v="CD337"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="72"/>
+    <s v="Customer service occupations"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="502"/>
+  </r>
+  <r>
+    <s v="CD337"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="81"/>
+    <s v="Process, plant and machine operatives"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="7338"/>
+  </r>
+  <r>
+    <s v="CD337"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="82"/>
+    <s v="Transport and mobile machine drivers and operatives"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="15304"/>
+  </r>
+  <r>
+    <s v="CD337"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="91"/>
+    <s v="Elementary trades and related occupations"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="7158"/>
+  </r>
+  <r>
+    <s v="CD337"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="92"/>
+    <s v="Elementary administration and service occupations"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="9153"/>
+  </r>
+  <r>
+    <s v="CD337"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="X9"/>
+    <s v="Other/not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="12540"/>
+  </r>
+  <r>
+    <s v="CD337"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All occupational groups"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="163795"/>
+  </r>
+  <r>
+    <s v="CD337"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="X20"/>
+    <s v="Unemployed - looking for first regular job"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="235"/>
+  </r>
+  <r>
+    <s v="CD337"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="X21"/>
+    <s v="Total in labour force"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="164030"/>
+  </r>
+  <r>
+    <s v="CD337"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="11"/>
+    <s v="Corporate managers and directors"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3685"/>
+  </r>
+  <r>
+    <s v="CD337"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="12"/>
+    <s v="Other managers and proprietors"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2936"/>
+  </r>
+  <r>
+    <s v="CD337"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="21"/>
+    <s v="Science, research, engineering and technology professionals"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="716"/>
+  </r>
+  <r>
+    <s v="CD337"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="22"/>
+    <s v="Health professionals"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="9046"/>
+  </r>
+  <r>
+    <s v="CD337"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="23"/>
+    <s v="Teaching and educational professionals"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="7915"/>
+  </r>
+  <r>
+    <s v="CD337"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="24"/>
+    <s v="Business, media and public service professionals"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2447"/>
+  </r>
+  <r>
+    <s v="CD337"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="31"/>
+    <s v="Science, engineering and technology associate professionals"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="590"/>
+  </r>
+  <r>
+    <s v="CD337"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="32"/>
+    <s v="Health and social care associate professionals"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1664"/>
+  </r>
+  <r>
+    <s v="CD337"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="33"/>
+    <s v="Protective service occupations"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="52"/>
+  </r>
+  <r>
+    <s v="CD337"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="34"/>
+    <s v="Culture, media and sports occupations"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1084"/>
+  </r>
+  <r>
+    <s v="CD337"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="35"/>
+    <s v="Business and public service associate professionals"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3212"/>
+  </r>
+  <r>
+    <s v="CD337"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="41"/>
+    <s v="Administrative occupations"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="17669"/>
+  </r>
+  <r>
+    <s v="CD337"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="42"/>
+    <s v="Secretarial and related occupations"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="6472"/>
+  </r>
+  <r>
+    <s v="CD337"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="51"/>
+    <s v="Skilled agricultural and related trades"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2356"/>
+  </r>
+  <r>
+    <s v="CD337"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="52"/>
+    <s v="Skilled metal, electrical and electronic trades"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="191"/>
+  </r>
+  <r>
+    <s v="CD337"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="53"/>
+    <s v="Skilled construction and building trades"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="99"/>
+  </r>
+  <r>
+    <s v="CD337"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="54"/>
+    <s v="Textiles, printing and other skilled trades"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2628"/>
+  </r>
+  <r>
+    <s v="CD337"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="61"/>
+    <s v="Caring personal service occupations"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="12577"/>
+  </r>
+  <r>
+    <s v="CD337"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="62"/>
+    <s v="Leisure, travel and related personal service occupations"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2717"/>
+  </r>
+  <r>
+    <s v="CD337"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="71"/>
+    <s v="Sales occupations"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="8722"/>
+  </r>
+  <r>
+    <s v="CD337"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="72"/>
+    <s v="Customer service occupations"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1000"/>
+  </r>
+  <r>
+    <s v="CD337"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="81"/>
+    <s v="Process, plant and machine operatives"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2785"/>
+  </r>
+  <r>
+    <s v="CD337"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="82"/>
+    <s v="Transport and mobile machine drivers and operatives"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="449"/>
+  </r>
+  <r>
+    <s v="CD337"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="91"/>
+    <s v="Elementary trades and related occupations"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="907"/>
+  </r>
+  <r>
+    <s v="CD337"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="92"/>
+    <s v="Elementary administration and service occupations"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="10014"/>
+  </r>
+  <r>
+    <s v="CD337"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="X9"/>
+    <s v="Other/not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="11051"/>
+  </r>
+  <r>
+    <s v="CD337"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All occupational groups"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="112984"/>
+  </r>
+  <r>
+    <s v="CD337"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="X20"/>
+    <s v="Unemployed - looking for first regular job"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="176"/>
+  </r>
+  <r>
+    <s v="CD337"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="X21"/>
+    <s v="Total in labour force"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="113160"/>
+  </r>
+  <r>
+    <s v="CD337"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="11"/>
+    <s v="Corporate managers and directors"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3043"/>
+  </r>
+  <r>
+    <s v="CD337"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="12"/>
+    <s v="Other managers and proprietors"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2173"/>
+  </r>
+  <r>
+    <s v="CD337"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="21"/>
+    <s v="Science, research, engineering and technology professionals"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="591"/>
+  </r>
+  <r>
+    <s v="CD337"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="22"/>
+    <s v="Health professionals"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1866"/>
+  </r>
+  <r>
+    <s v="CD337"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="23"/>
+    <s v="Teaching and educational professionals"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1170"/>
+  </r>
+  <r>
+    <s v="CD337"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="24"/>
+    <s v="Business, media and public service professionals"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2656"/>
+  </r>
+  <r>
+    <s v="CD337"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="31"/>
+    <s v="Science, engineering and technology associate professionals"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="162"/>
+  </r>
+  <r>
+    <s v="CD337"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="32"/>
+    <s v="Health and social care associate professionals"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="257"/>
+  </r>
+  <r>
+    <s v="CD337"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="33"/>
+    <s v="Protective service occupations"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="132"/>
+  </r>
+  <r>
+    <s v="CD337"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="34"/>
+    <s v="Culture, media and sports occupations"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="627"/>
+  </r>
+  <r>
+    <s v="CD337"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="35"/>
+    <s v="Business and public service associate professionals"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1477"/>
+  </r>
+  <r>
+    <s v="CD337"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="41"/>
+    <s v="Administrative occupations"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1903"/>
+  </r>
+  <r>
+    <s v="CD337"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="42"/>
+    <s v="Secretarial and related occupations"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="890"/>
+  </r>
+  <r>
+    <s v="CD337"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="51"/>
+    <s v="Skilled agricultural and related trades"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="14580"/>
+  </r>
+  <r>
+    <s v="CD337"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="52"/>
+    <s v="Skilled metal, electrical and electronic trades"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1062"/>
+  </r>
+  <r>
+    <s v="CD337"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="53"/>
+    <s v="Skilled construction and building trades"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1209"/>
+  </r>
+  <r>
+    <s v="CD337"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="54"/>
+    <s v="Textiles, printing and other skilled trades"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="929"/>
+  </r>
+  <r>
+    <s v="CD337"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="61"/>
+    <s v="Caring personal service occupations"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1352"/>
+  </r>
+  <r>
+    <s v="CD337"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="62"/>
+    <s v="Leisure, travel and related personal service occupations"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="965"/>
+  </r>
+  <r>
+    <s v="CD337"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="71"/>
+    <s v="Sales occupations"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1638"/>
+  </r>
+  <r>
+    <s v="CD337"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="72"/>
+    <s v="Customer service occupations"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="136"/>
+  </r>
+  <r>
+    <s v="CD337"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="81"/>
+    <s v="Process, plant and machine operatives"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="649"/>
+  </r>
+  <r>
+    <s v="CD337"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="82"/>
+    <s v="Transport and mobile machine drivers and operatives"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2328"/>
+  </r>
+  <r>
+    <s v="CD337"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="91"/>
+    <s v="Elementary trades and related occupations"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="704"/>
+  </r>
+  <r>
+    <s v="CD337"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="92"/>
+    <s v="Elementary administration and service occupations"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2033"/>
+  </r>
+  <r>
+    <s v="CD337"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="X9"/>
+    <s v="Other/not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3357"/>
+  </r>
+  <r>
+    <s v="CD337"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All occupational groups"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="47889"/>
+  </r>
+  <r>
+    <s v="CD337"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="X20"/>
+    <s v="Unemployed - looking for first regular job"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="CD337"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="X21"/>
+    <s v="Total in labour force"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="47889"/>
+  </r>
+  <r>
+    <s v="CD337"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="11"/>
+    <s v="Corporate managers and directors"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2393"/>
+  </r>
+  <r>
+    <s v="CD337"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="12"/>
+    <s v="Other managers and proprietors"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1432"/>
+  </r>
+  <r>
+    <s v="CD337"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="21"/>
+    <s v="Science, research, engineering and technology professionals"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="543"/>
+  </r>
+  <r>
+    <s v="CD337"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="22"/>
+    <s v="Health professionals"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="759"/>
+  </r>
+  <r>
+    <s v="CD337"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="23"/>
+    <s v="Teaching and educational professionals"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="427"/>
+  </r>
+  <r>
+    <s v="CD337"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="24"/>
+    <s v="Business, media and public service professionals"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2232"/>
+  </r>
+  <r>
+    <s v="CD337"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="31"/>
+    <s v="Science, engineering and technology associate professionals"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="130"/>
+  </r>
+  <r>
+    <s v="CD337"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="32"/>
+    <s v="Health and social care associate professionals"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="100"/>
+  </r>
+  <r>
+    <s v="CD337"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="33"/>
+    <s v="Protective service occupations"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="128"/>
+  </r>
+  <r>
+    <s v="CD337"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="34"/>
+    <s v="Culture, media and sports occupations"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="410"/>
+  </r>
+  <r>
+    <s v="CD337"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="35"/>
+    <s v="Business and public service associate professionals"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1202"/>
+  </r>
+  <r>
+    <s v="CD337"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="41"/>
+    <s v="Administrative occupations"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="488"/>
+  </r>
+  <r>
+    <s v="CD337"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="42"/>
+    <s v="Secretarial and related occupations"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="35"/>
+  </r>
+  <r>
+    <s v="CD337"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="51"/>
+    <s v="Skilled agricultural and related trades"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="12728"/>
+  </r>
+  <r>
+    <s v="CD337"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="52"/>
+    <s v="Skilled metal, electrical and electronic trades"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1036"/>
+  </r>
+  <r>
+    <s v="CD337"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="53"/>
+    <s v="Skilled construction and building trades"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1185"/>
+  </r>
+  <r>
+    <s v="CD337"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="54"/>
+    <s v="Textiles, printing and other skilled trades"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="574"/>
+  </r>
+  <r>
+    <s v="CD337"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="61"/>
+    <s v="Caring personal service occupations"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="155"/>
+  </r>
+  <r>
+    <s v="CD337"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="62"/>
+    <s v="Leisure, travel and related personal service occupations"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="500"/>
+  </r>
+  <r>
+    <s v="CD337"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="71"/>
+    <s v="Sales occupations"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="707"/>
+  </r>
+  <r>
+    <s v="CD337"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="72"/>
+    <s v="Customer service occupations"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="53"/>
+  </r>
+  <r>
+    <s v="CD337"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="81"/>
+    <s v="Process, plant and machine operatives"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="446"/>
+  </r>
+  <r>
+    <s v="CD337"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="82"/>
+    <s v="Transport and mobile machine drivers and operatives"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2250"/>
+  </r>
+  <r>
+    <s v="CD337"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="91"/>
+    <s v="Elementary trades and related occupations"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="580"/>
+  </r>
+  <r>
+    <s v="CD337"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="92"/>
+    <s v="Elementary administration and service occupations"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="897"/>
+  </r>
+  <r>
+    <s v="CD337"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="X9"/>
+    <s v="Other/not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1722"/>
+  </r>
+  <r>
+    <s v="CD337"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All occupational groups"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="33112"/>
+  </r>
+  <r>
+    <s v="CD337"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="X20"/>
+    <s v="Unemployed - looking for first regular job"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="CD337"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="X21"/>
+    <s v="Total in labour force"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="33112"/>
+  </r>
+  <r>
+    <s v="CD337"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="11"/>
+    <s v="Corporate managers and directors"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="650"/>
+  </r>
+  <r>
+    <s v="CD337"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="12"/>
+    <s v="Other managers and proprietors"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="741"/>
+  </r>
+  <r>
+    <s v="CD337"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="21"/>
+    <s v="Science, research, engineering and technology professionals"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="48"/>
+  </r>
+  <r>
+    <s v="CD337"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="22"/>
+    <s v="Health professionals"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1107"/>
+  </r>
+  <r>
+    <s v="CD337"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="23"/>
+    <s v="Teaching and educational professionals"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="743"/>
+  </r>
+  <r>
+    <s v="CD337"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="24"/>
+    <s v="Business, media and public service professionals"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="424"/>
+  </r>
+  <r>
+    <s v="CD337"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="31"/>
+    <s v="Science, engineering and technology associate professionals"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="32"/>
+  </r>
+  <r>
+    <s v="CD337"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="32"/>
+    <s v="Health and social care associate professionals"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="157"/>
+  </r>
+  <r>
+    <s v="CD337"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="33"/>
+    <s v="Protective service occupations"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4"/>
+  </r>
+  <r>
+    <s v="CD337"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="34"/>
+    <s v="Culture, media and sports occupations"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="217"/>
+  </r>
+  <r>
+    <s v="CD337"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="35"/>
+    <s v="Business and public service associate professionals"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="275"/>
+  </r>
+  <r>
+    <s v="CD337"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="41"/>
+    <s v="Administrative occupations"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1415"/>
+  </r>
+  <r>
+    <s v="CD337"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="42"/>
+    <s v="Secretarial and related occupations"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="855"/>
+  </r>
+  <r>
+    <s v="CD337"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="51"/>
+    <s v="Skilled agricultural and related trades"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1852"/>
+  </r>
+  <r>
+    <s v="CD337"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="52"/>
+    <s v="Skilled metal, electrical and electronic trades"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="26"/>
+  </r>
+  <r>
+    <s v="CD337"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="53"/>
+    <s v="Skilled construction and building trades"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="24"/>
+  </r>
+  <r>
+    <s v="CD337"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="54"/>
+    <s v="Textiles, printing and other skilled trades"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="355"/>
+  </r>
+  <r>
+    <s v="CD337"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="61"/>
+    <s v="Caring personal service occupations"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1197"/>
+  </r>
+  <r>
+    <s v="CD337"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="62"/>
+    <s v="Leisure, travel and related personal service occupations"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="465"/>
+  </r>
+  <r>
+    <s v="CD337"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="71"/>
+    <s v="Sales occupations"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="931"/>
+  </r>
+  <r>
+    <s v="CD337"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="72"/>
+    <s v="Customer service occupations"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="83"/>
+  </r>
+  <r>
+    <s v="CD337"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="81"/>
+    <s v="Process, plant and machine operatives"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="203"/>
+  </r>
+  <r>
+    <s v="CD337"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="82"/>
+    <s v="Transport and mobile machine drivers and operatives"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="78"/>
+  </r>
+  <r>
+    <s v="CD337"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="91"/>
+    <s v="Elementary trades and related occupations"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="124"/>
+  </r>
+  <r>
+    <s v="CD337"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="92"/>
+    <s v="Elementary administration and service occupations"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1136"/>
+  </r>
+  <r>
+    <s v="CD337"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="X9"/>
+    <s v="Other/not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1635"/>
+  </r>
+  <r>
+    <s v="CD337"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All occupational groups"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="14777"/>
+  </r>
+  <r>
+    <s v="CD337"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="X20"/>
+    <s v="Unemployed - looking for first regular job"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="CD337"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="X21"/>
+    <s v="Total in labour force"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="14777"/>
+  </r>
+</pivotCacheRecords>
 </file>