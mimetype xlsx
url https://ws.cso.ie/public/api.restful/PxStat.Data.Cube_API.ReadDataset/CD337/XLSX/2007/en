--- v1 (2026-01-25)
+++ v2 (2026-03-11)
@@ -1,48 +1,48 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/pivotCache/pivotCacheDefinition1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheDefinition+xml"/>
   <Override PartName="/pivotCache/pivotCacheRecords1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheRecords+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/pivotTables/pivotTable.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Reae54996c2694573" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/245dd33f30024f2aacb55e0bd9db7d13.psmdcp" Id="R65c15d726707473a" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4c776422e42347a8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/8ce648f377a14101bbc92c9ae327044f.psmdcp" Id="R951f09a8b82b4a8c" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="About" sheetId="1" r:id="rId2"/>
     <x:sheet name="Unpivoted" sheetId="2" r:id="rId9"/>
     <x:sheet name="Pivoted" sheetId="3" r:id="rId11"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
   <x:pivotCaches>
     <x:pivotCache cacheId="0" r:id="rId12"/>
   </x:pivotCaches>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Table</x:t>