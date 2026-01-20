--- v0 (2025-11-05)
+++ v1 (2026-01-20)
@@ -1,97 +1,97 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/pivotCache/pivotCacheDefinition1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheDefinition+xml"/>
   <Override PartName="/pivotCache/pivotCacheRecords1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheRecords+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/pivotTables/pivotTable.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R45c48d4b7c6246c2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/6cc1e9eba6574aafa279cf452d907b5e.psmdcp" Id="Rd4d88df51e674d9b" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc270583d94d942a6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/871d6b00ea5d44c0b061f78138a30be7.psmdcp" Id="R9381b617f1e2458b" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
-    <x:sheet name="About" sheetId="2" r:id="rId2"/>
-[...1 lines deleted...]
-    <x:sheet name="Pivoted" sheetId="11" r:id="rId11"/>
+    <x:sheet name="About" sheetId="1" r:id="rId2"/>
+    <x:sheet name="Unpivoted" sheetId="2" r:id="rId9"/>
+    <x:sheet name="Pivoted" sheetId="3" r:id="rId11"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
   <x:pivotCaches>
     <x:pivotCache cacheId="0" r:id="rId12"/>
   </x:pivotCaches>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Table</x:t>
   </x:si>
   <x:si>
     <x:t>Code</x:t>
   </x:si>
   <x:si>
     <x:t>CD334</x:t>
   </x:si>
   <x:si>
     <x:t>Name</x:t>
   </x:si>
   <x:si>
     <x:t>Population Aged 15 Years and Over in the Labour Force</x:t>
   </x:si>
   <x:si>
     <x:t>Frequency</x:t>
   </x:si>
   <x:si>
     <x:t>Annual</x:t>
   </x:si>
   <x:si>
     <x:t>Last Updated</x:t>
   </x:si>
   <x:si>
-    <x:t>5/14/2020 11:00:00 AM</x:t>
+    <x:t>14/05/2020 11:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Note</x:t>
   </x:si>
   <x:si>
     <x:t>Url</x:t>
   </x:si>
   <x:si>
     <x:t>https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/CD334/XLSX/2007/en</x:t>
   </x:si>
   <x:si>
     <x:t>Product</x:t>
   </x:si>
   <x:si>
     <x:t>C2011P3</x:t>
   </x:si>
   <x:si>
     <x:t>Profile 3 - At Work</x:t>
   </x:si>
   <x:si>
     <x:t>Contacts</x:t>
   </x:si>
   <x:si>
     <x:t>Bernie Casey</x:t>
   </x:si>
@@ -499,371 +499,172 @@
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip r:embed="rId8" cstate="print"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="3971925" cy="1381125"/>
         </a:xfrm>
         <a:prstGeom prst="rect"/>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/pivotTables/_rels/pivotTable.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheDefinition" Target="/pivotCache/pivotCacheDefinition1.xml" Id="rId17" /></Relationships>
 </file>
 
 <file path=xl/pivotTables/pivotTable.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotTableDefinition xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" dataCaption="Values" showError="0" missingCaption="" showMissing="1" pageWrap="0" pageOverThenDown="0" rowGrandTotals="0" colGrandTotals="0" indent="1">
-[...319 lines deleted...]
-</x:pivotTableDefinition>
+<pivotTableDefinition xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" applyNumberFormats="0" applyBorderFormats="0" applyFontFormats="0" applyPatternFormats="0" applyAlignmentFormats="0" applyWidthHeightFormats="0" dataCaption="Values" rowGrandTotals="0" colGrandTotals="0" outline="1">
+  <location ref="A1" firstHeaderRow="0" firstDataRow="0" firstDataCol="0"/>
+  <pivotFields count="12">
+    <pivotField name="STATISTIC" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="Statistic Label" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="C02702V03270" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="12">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+        <item x="11"/>
+      </items>
+    </pivotField>
+    <pivotField name="Broad Occupational Group" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="12">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+        <item x="11"/>
+      </items>
+    </pivotField>
+    <pivotField name="C02199V02655" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="3">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+      </items>
+    </pivotField>
+    <pivotField name="Sex" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="3">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+      </items>
+    </pivotField>
+    <pivotField name="C02196V02652" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="9">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+      </items>
+    </pivotField>
+    <pivotField name="Regional Authority" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="9">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+      </items>
+    </pivotField>
+    <pivotField name="TLIST(A1)" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="2">
+        <item x="0"/>
+        <item x="1"/>
+      </items>
+    </pivotField>
+    <pivotField name="CensusYear" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="2">
+        <item x="0"/>
+        <item x="1"/>
+      </items>
+    </pivotField>
+    <pivotField showAll="0"/>
+    <pivotField dataField="1" showAll="0"/>
+  </pivotFields>
+  <rowFields count="10">
+    <field x="0"/>
+    <field x="1"/>
+    <field x="2"/>
+    <field x="3"/>
+    <field x="4"/>
+    <field x="5"/>
+    <field x="6"/>
+    <field x="7"/>
+    <field x="8"/>
+    <field x="9"/>
+  </rowFields>
+  <dataFields count="1">
+    <dataField name="VALUE" fld="11"/>
+  </dataFields>
+  <pivotTableStyleInfo name="PivotStyleLight16" showRowHeaders="1" showColHeaders="1"/>
+  <extLst>
+    <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{962EF5D1-5CA2-4c93-8EF4-DBF5C05439D2}">
+      <x14:pivotTableDefinition enableEdit="0" hideValuesRow="1"/>
+    </ext>
+  </extLst>
+</pivotTableDefinition>
 </file>
 
 <file path=xl/tables/table1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:table xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="1" name="Unpivoted" displayName="Unpivoted" ref="A1:L649" totalsRowShown="0">
   <x:autoFilter ref="A1:L649"/>
   <x:tableColumns count="12">
     <x:tableColumn id="1" name="STATISTIC"/>
     <x:tableColumn id="2" name="Statistic Label"/>
     <x:tableColumn id="3" name="C02702V03270"/>
     <x:tableColumn id="4" name="Broad Occupational Group"/>
     <x:tableColumn id="5" name="C02199V02655"/>
     <x:tableColumn id="6" name="Sex"/>
     <x:tableColumn id="7" name="C02196V02652"/>
     <x:tableColumn id="8" name="Regional Authority"/>
     <x:tableColumn id="9" name="TLIST(A1)"/>
     <x:tableColumn id="10" name="CensusYear"/>
     <x:tableColumn id="11" name="UNIT"/>
     <x:tableColumn id="12" name="VALUE"/>
   </x:tableColumns>
   <x:tableStyleInfo name="TableStyleMedium2" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </x:table>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
@@ -1136,51 +937,51 @@
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="/xl/drawings/drawing1.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/CD334/XLSX/2007/en" TargetMode="External" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cso.ie/" TargetMode="External" Id="rId14" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="/xl/tables/table1.xml" Id="rId15" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet3.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotTable" Target="/xl/pivotTables/pivotTable.xml" Id="rId16" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:B39"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="20.710625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="100.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="8" spans="1:2">
       <x:c r="A8" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B8" s="2"/>
     </x:row>
     <x:row r="9" spans="1:2">
       <x:c r="A9" s="3" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="B9" s="0" t="s">
         <x:v>2</x:v>
@@ -1367,51 +1168,51 @@
       </x:c>
     </x:row>
     <x:row r="39" spans="1:2">
       <x:c r="A39" s="3" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B39" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:hyperlinks>
     <x:hyperlink ref="B14" r:id="rId13"/>
     <x:hyperlink ref="B28" r:id="rId14"/>
   </x:hyperlinks>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:drawing xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId7"/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:L649"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="11.996339" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="50.282054" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="16.139196" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="46.996339" style="0" customWidth="1"/>
     <x:col min="5" max="5" width="16.139196" style="0" customWidth="1"/>
     <x:col min="6" max="6" width="10.424911" style="0" customWidth="1"/>
     <x:col min="7" max="7" width="16.139196" style="0" customWidth="1"/>
     <x:col min="8" max="8" width="19.996339" style="0" customWidth="1"/>
     <x:col min="9" max="9" width="11.282054" style="0" customWidth="1"/>
     <x:col min="10" max="10" width="13.424911" style="0" customWidth="1"/>
     <x:col min="11" max="11" width="8.282054" style="0" customWidth="1"/>
     <x:col min="12" max="12" width="8.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:12">
       <x:c r="A1" s="0" t="s">
@@ -26065,51 +25866,51 @@
       <x:c r="I649" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="J649" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="K649" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L649" s="0">
         <x:v>140571</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="1">
     <x:tablePart r:id="rId15"/>
   </x:tableParts>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:sheetData/>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Application>Microsoft Excel</ap:Application>
   <ap:TitlesOfParts>
     <vt:vector baseType="lpstr" size="9">
       <vt:lpstr>About</vt:lpstr>
       <vt:lpstr>Unpivoted</vt:lpstr>
       <vt:lpstr>Pivoted</vt:lpstr>
@@ -26126,51 +25927,51 @@
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>3</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Named Ranges</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>6</vt:i4>
       </vt:variant>
     </vt:vector>
   </ap:HeadingPairs>
   <ap:DocSecurity>0</ap:DocSecurity>
   <ap:ScaleCrop>false</ap:ScaleCrop>
 </ap:Properties>
 </file>
 
 <file path=pivotCache/_rels/pivotCacheDefinition1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheRecords" Target="/pivotCache/pivotCacheRecords1.xml" Id="rId1" /></Relationships>
 </file>
 
 <file path=pivotCache/pivotCacheDefinition1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:pivotCacheDefinition xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" r:id="rId1" saveData="1" refreshOnLoad="1" createdVersion="5" refreshedVersion="5" minRefreshableVersion="3">
   <x:cacheSource type="worksheet">
-    <x:worksheetSource ref="A1:L649" sheet="Unpivoted"/>
+    <x:worksheetSource name="Unpivoted"/>
   </x:cacheSource>
   <x:cacheFields>
     <x:cacheField name="STATISTIC">
       <x:sharedItems count="1">
         <x:s v="CD334"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="Statistic Label">
       <x:sharedItems count="1">
         <x:s v="Population Aged 15 Years and Over in the Labour Force"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="C02702V03270">
       <x:sharedItems count="12">
         <x:s v="A100"/>
         <x:s v="B200"/>
         <x:s v="H800"/>
         <x:s v="I900"/>
         <x:s v="L1200"/>
         <x:s v="M1300"/>
         <x:s v="O1500"/>
         <x:s v="V2200"/>
         <x:s v="Y2500"/>
         <x:s v="-"/>
         <x:s v="Y2511"/>
@@ -26880,27 +26681,9100 @@
         <x:n v="895631"/>
         <x:n v="1003335"/>
         <x:n v="91411"/>
         <x:n v="105546"/>
         <x:n v="49604"/>
         <x:n v="58179"/>
         <x:n v="83089"/>
         <x:n v="95618"/>
         <x:n v="283062"/>
         <x:n v="305594"/>
         <x:n v="102092"/>
         <x:n v="115746"/>
         <x:n v="72423"/>
         <x:n v="78836"/>
         <x:n v="90102"/>
         <x:n v="103245"/>
         <x:n v="123848"/>
         <x:n v="140571"/>
       </x:sharedItems>
     </x:cacheField>
   </x:cacheFields>
 </x:pivotCacheDefinition>
 </file>
 
 <file path=pivotCache/pivotCacheRecords1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main"/>
+<pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="xr">
+  <r>
+    <s v="CD334"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="A100"/>
+    <s v="Farming, fishing and forestry workers"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="88414"/>
+  </r>
+  <r>
+    <s v="CD334"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="A100"/>
+    <s v="Farming, fishing and forestry workers"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="94367"/>
+  </r>
+  <r>
+    <s v="CD334"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="A100"/>
+    <s v="Farming, fishing and forestry workers"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="13609"/>
+  </r>
+  <r>
+    <s v="CD334"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="A100"/>
+    <s v="Farming, fishing and forestry workers"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="14855"/>
+  </r>
+  <r>
+    <s v="CD334"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="A100"/>
+    <s v="Farming, fishing and forestry workers"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="7554"/>
+  </r>
+  <r>
+    <s v="CD334"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="A100"/>
+    <s v="Farming, fishing and forestry workers"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="8239"/>
+  </r>
+  <r>
+    <s v="CD334"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="A100"/>
+    <s v="Farming, fishing and forestry workers"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="14019"/>
+  </r>
+  <r>
+    <s v="CD334"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="A100"/>
+    <s v="Farming, fishing and forestry workers"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="15093"/>
+  </r>
+  <r>
+    <s v="CD334"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="A100"/>
+    <s v="Farming, fishing and forestry workers"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2060"/>
+  </r>
+  <r>
+    <s v="CD334"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="A100"/>
+    <s v="Farming, fishing and forestry workers"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2235"/>
+  </r>
+  <r>
+    <s v="CD334"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="A100"/>
+    <s v="Farming, fishing and forestry workers"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="8376"/>
+  </r>
+  <r>
+    <s v="CD334"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="A100"/>
+    <s v="Farming, fishing and forestry workers"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="8499"/>
+  </r>
+  <r>
+    <s v="CD334"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="A100"/>
+    <s v="Farming, fishing and forestry workers"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="10225"/>
+  </r>
+  <r>
+    <s v="CD334"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="A100"/>
+    <s v="Farming, fishing and forestry workers"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="11169"/>
+  </r>
+  <r>
+    <s v="CD334"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="A100"/>
+    <s v="Farming, fishing and forestry workers"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="15525"/>
+  </r>
+  <r>
+    <s v="CD334"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="A100"/>
+    <s v="Farming, fishing and forestry workers"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="15820"/>
+  </r>
+  <r>
+    <s v="CD334"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="A100"/>
+    <s v="Farming, fishing and forestry workers"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="17046"/>
+  </r>
+  <r>
+    <s v="CD334"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="A100"/>
+    <s v="Farming, fishing and forestry workers"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="18457"/>
+  </r>
+  <r>
+    <s v="CD334"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="A100"/>
+    <s v="Farming, fishing and forestry workers"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="80117"/>
+  </r>
+  <r>
+    <s v="CD334"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="A100"/>
+    <s v="Farming, fishing and forestry workers"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="83781"/>
+  </r>
+  <r>
+    <s v="CD334"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="A100"/>
+    <s v="Farming, fishing and forestry workers"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="12463"/>
+  </r>
+  <r>
+    <s v="CD334"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="A100"/>
+    <s v="Farming, fishing and forestry workers"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="13399"/>
+  </r>
+  <r>
+    <s v="CD334"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="A100"/>
+    <s v="Farming, fishing and forestry workers"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="6925"/>
+  </r>
+  <r>
+    <s v="CD334"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="A100"/>
+    <s v="Farming, fishing and forestry workers"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="7430"/>
+  </r>
+  <r>
+    <s v="CD334"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="A100"/>
+    <s v="Farming, fishing and forestry workers"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="12913"/>
+  </r>
+  <r>
+    <s v="CD334"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="A100"/>
+    <s v="Farming, fishing and forestry workers"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="13678"/>
+  </r>
+  <r>
+    <s v="CD334"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="A100"/>
+    <s v="Farming, fishing and forestry workers"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1624"/>
+  </r>
+  <r>
+    <s v="CD334"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="A100"/>
+    <s v="Farming, fishing and forestry workers"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1709"/>
+  </r>
+  <r>
+    <s v="CD334"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="A100"/>
+    <s v="Farming, fishing and forestry workers"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="7208"/>
+  </r>
+  <r>
+    <s v="CD334"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="A100"/>
+    <s v="Farming, fishing and forestry workers"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="7255"/>
+  </r>
+  <r>
+    <s v="CD334"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="A100"/>
+    <s v="Farming, fishing and forestry workers"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="9326"/>
+  </r>
+  <r>
+    <s v="CD334"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="A100"/>
+    <s v="Farming, fishing and forestry workers"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="10014"/>
+  </r>
+  <r>
+    <s v="CD334"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="A100"/>
+    <s v="Farming, fishing and forestry workers"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="13975"/>
+  </r>
+  <r>
+    <s v="CD334"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="A100"/>
+    <s v="Farming, fishing and forestry workers"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="13943"/>
+  </r>
+  <r>
+    <s v="CD334"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="A100"/>
+    <s v="Farming, fishing and forestry workers"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="15683"/>
+  </r>
+  <r>
+    <s v="CD334"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="A100"/>
+    <s v="Farming, fishing and forestry workers"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="16353"/>
+  </r>
+  <r>
+    <s v="CD334"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="A100"/>
+    <s v="Farming, fishing and forestry workers"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="8297"/>
+  </r>
+  <r>
+    <s v="CD334"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="A100"/>
+    <s v="Farming, fishing and forestry workers"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="10586"/>
+  </r>
+  <r>
+    <s v="CD334"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="A100"/>
+    <s v="Farming, fishing and forestry workers"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1146"/>
+  </r>
+  <r>
+    <s v="CD334"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="A100"/>
+    <s v="Farming, fishing and forestry workers"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1456"/>
+  </r>
+  <r>
+    <s v="CD334"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="A100"/>
+    <s v="Farming, fishing and forestry workers"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="629"/>
+  </r>
+  <r>
+    <s v="CD334"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="A100"/>
+    <s v="Farming, fishing and forestry workers"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="809"/>
+  </r>
+  <r>
+    <s v="CD334"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="A100"/>
+    <s v="Farming, fishing and forestry workers"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1106"/>
+  </r>
+  <r>
+    <s v="CD334"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="A100"/>
+    <s v="Farming, fishing and forestry workers"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1415"/>
+  </r>
+  <r>
+    <s v="CD334"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="A100"/>
+    <s v="Farming, fishing and forestry workers"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="436"/>
+  </r>
+  <r>
+    <s v="CD334"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="A100"/>
+    <s v="Farming, fishing and forestry workers"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="526"/>
+  </r>
+  <r>
+    <s v="CD334"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="A100"/>
+    <s v="Farming, fishing and forestry workers"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1168"/>
+  </r>
+  <r>
+    <s v="CD334"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="A100"/>
+    <s v="Farming, fishing and forestry workers"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1244"/>
+  </r>
+  <r>
+    <s v="CD334"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="A100"/>
+    <s v="Farming, fishing and forestry workers"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="899"/>
+  </r>
+  <r>
+    <s v="CD334"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="A100"/>
+    <s v="Farming, fishing and forestry workers"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1155"/>
+  </r>
+  <r>
+    <s v="CD334"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="A100"/>
+    <s v="Farming, fishing and forestry workers"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1550"/>
+  </r>
+  <r>
+    <s v="CD334"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="A100"/>
+    <s v="Farming, fishing and forestry workers"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1877"/>
+  </r>
+  <r>
+    <s v="CD334"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="A100"/>
+    <s v="Farming, fishing and forestry workers"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1363"/>
+  </r>
+  <r>
+    <s v="CD334"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="A100"/>
+    <s v="Farming, fishing and forestry workers"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2104"/>
+  </r>
+  <r>
+    <s v="CD334"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="B200"/>
+    <s v="Manufacturing workers"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="245234"/>
+  </r>
+  <r>
+    <s v="CD334"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="B200"/>
+    <s v="Manufacturing workers"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="204570"/>
+  </r>
+  <r>
+    <s v="CD334"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="B200"/>
+    <s v="Manufacturing workers"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="30336"/>
+  </r>
+  <r>
+    <s v="CD334"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="B200"/>
+    <s v="Manufacturing workers"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="26104"/>
+  </r>
+  <r>
+    <s v="CD334"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="B200"/>
+    <s v="Manufacturing workers"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="16301"/>
+  </r>
+  <r>
+    <s v="CD334"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="B200"/>
+    <s v="Manufacturing workers"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="14641"/>
+  </r>
+  <r>
+    <s v="CD334"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="B200"/>
+    <s v="Manufacturing workers"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="25319"/>
+  </r>
+  <r>
+    <s v="CD334"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="B200"/>
+    <s v="Manufacturing workers"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="20877"/>
+  </r>
+  <r>
+    <s v="CD334"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="B200"/>
+    <s v="Manufacturing workers"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="50131"/>
+  </r>
+  <r>
+    <s v="CD334"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="B200"/>
+    <s v="Manufacturing workers"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="40460"/>
+  </r>
+  <r>
+    <s v="CD334"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="B200"/>
+    <s v="Manufacturing workers"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="28677"/>
+  </r>
+  <r>
+    <s v="CD334"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="B200"/>
+    <s v="Manufacturing workers"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="24277"/>
+  </r>
+  <r>
+    <s v="CD334"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="B200"/>
+    <s v="Manufacturing workers"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="25573"/>
+  </r>
+  <r>
+    <s v="CD334"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="B200"/>
+    <s v="Manufacturing workers"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="19291"/>
+  </r>
+  <r>
+    <s v="CD334"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="B200"/>
+    <s v="Manufacturing workers"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="31253"/>
+  </r>
+  <r>
+    <s v="CD334"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="B200"/>
+    <s v="Manufacturing workers"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="27525"/>
+  </r>
+  <r>
+    <s v="CD334"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="B200"/>
+    <s v="Manufacturing workers"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="37644"/>
+  </r>
+  <r>
+    <s v="CD334"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="B200"/>
+    <s v="Manufacturing workers"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="31395"/>
+  </r>
+  <r>
+    <s v="CD334"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="B200"/>
+    <s v="Manufacturing workers"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="205961"/>
+  </r>
+  <r>
+    <s v="CD334"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="B200"/>
+    <s v="Manufacturing workers"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="174251"/>
+  </r>
+  <r>
+    <s v="CD334"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="B200"/>
+    <s v="Manufacturing workers"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="24974"/>
+  </r>
+  <r>
+    <s v="CD334"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="B200"/>
+    <s v="Manufacturing workers"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="21935"/>
+  </r>
+  <r>
+    <s v="CD334"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="B200"/>
+    <s v="Manufacturing workers"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="13839"/>
+  </r>
+  <r>
+    <s v="CD334"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="B200"/>
+    <s v="Manufacturing workers"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="12566"/>
+  </r>
+  <r>
+    <s v="CD334"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="B200"/>
+    <s v="Manufacturing workers"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="19826"/>
+  </r>
+  <r>
+    <s v="CD334"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="B200"/>
+    <s v="Manufacturing workers"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="16784"/>
+  </r>
+  <r>
+    <s v="CD334"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="B200"/>
+    <s v="Manufacturing workers"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="42954"/>
+  </r>
+  <r>
+    <s v="CD334"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="B200"/>
+    <s v="Manufacturing workers"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="34826"/>
+  </r>
+  <r>
+    <s v="CD334"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="B200"/>
+    <s v="Manufacturing workers"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="25012"/>
+  </r>
+  <r>
+    <s v="CD334"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="B200"/>
+    <s v="Manufacturing workers"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="21375"/>
+  </r>
+  <r>
+    <s v="CD334"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="B200"/>
+    <s v="Manufacturing workers"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="21248"/>
+  </r>
+  <r>
+    <s v="CD334"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="B200"/>
+    <s v="Manufacturing workers"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="16429"/>
+  </r>
+  <r>
+    <s v="CD334"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="B200"/>
+    <s v="Manufacturing workers"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="26147"/>
+  </r>
+  <r>
+    <s v="CD334"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="B200"/>
+    <s v="Manufacturing workers"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="23299"/>
+  </r>
+  <r>
+    <s v="CD334"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="B200"/>
+    <s v="Manufacturing workers"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="31961"/>
+  </r>
+  <r>
+    <s v="CD334"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="B200"/>
+    <s v="Manufacturing workers"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="27037"/>
+  </r>
+  <r>
+    <s v="CD334"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="B200"/>
+    <s v="Manufacturing workers"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="39273"/>
+  </r>
+  <r>
+    <s v="CD334"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="B200"/>
+    <s v="Manufacturing workers"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="30319"/>
+  </r>
+  <r>
+    <s v="CD334"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="B200"/>
+    <s v="Manufacturing workers"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="5362"/>
+  </r>
+  <r>
+    <s v="CD334"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="B200"/>
+    <s v="Manufacturing workers"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4169"/>
+  </r>
+  <r>
+    <s v="CD334"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="B200"/>
+    <s v="Manufacturing workers"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2462"/>
+  </r>
+  <r>
+    <s v="CD334"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="B200"/>
+    <s v="Manufacturing workers"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2075"/>
+  </r>
+  <r>
+    <s v="CD334"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="B200"/>
+    <s v="Manufacturing workers"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="5493"/>
+  </r>
+  <r>
+    <s v="CD334"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="B200"/>
+    <s v="Manufacturing workers"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4093"/>
+  </r>
+  <r>
+    <s v="CD334"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="B200"/>
+    <s v="Manufacturing workers"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="7177"/>
+  </r>
+  <r>
+    <s v="CD334"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="B200"/>
+    <s v="Manufacturing workers"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5634"/>
+  </r>
+  <r>
+    <s v="CD334"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="B200"/>
+    <s v="Manufacturing workers"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3665"/>
+  </r>
+  <r>
+    <s v="CD334"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="B200"/>
+    <s v="Manufacturing workers"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2902"/>
+  </r>
+  <r>
+    <s v="CD334"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="B200"/>
+    <s v="Manufacturing workers"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4325"/>
+  </r>
+  <r>
+    <s v="CD334"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="B200"/>
+    <s v="Manufacturing workers"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2862"/>
+  </r>
+  <r>
+    <s v="CD334"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="B200"/>
+    <s v="Manufacturing workers"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="5106"/>
+  </r>
+  <r>
+    <s v="CD334"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="B200"/>
+    <s v="Manufacturing workers"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4226"/>
+  </r>
+  <r>
+    <s v="CD334"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="B200"/>
+    <s v="Manufacturing workers"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="5683"/>
+  </r>
+  <r>
+    <s v="CD334"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="B200"/>
+    <s v="Manufacturing workers"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4358"/>
+  </r>
+  <r>
+    <s v="CD334"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="H800"/>
+    <s v="Building and construction workers"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="183429"/>
+  </r>
+  <r>
+    <s v="CD334"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="H800"/>
+    <s v="Building and construction workers"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="139842"/>
+  </r>
+  <r>
+    <s v="CD334"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="H800"/>
+    <s v="Building and construction workers"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="23551"/>
+  </r>
+  <r>
+    <s v="CD334"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="H800"/>
+    <s v="Building and construction workers"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="19007"/>
+  </r>
+  <r>
+    <s v="CD334"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="H800"/>
+    <s v="Building and construction workers"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="13333"/>
+  </r>
+  <r>
+    <s v="CD334"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="H800"/>
+    <s v="Building and construction workers"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="9854"/>
+  </r>
+  <r>
+    <s v="CD334"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="H800"/>
+    <s v="Building and construction workers"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="21730"/>
+  </r>
+  <r>
+    <s v="CD334"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="H800"/>
+    <s v="Building and construction workers"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="15469"/>
+  </r>
+  <r>
+    <s v="CD334"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="H800"/>
+    <s v="Building and construction workers"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="36217"/>
+  </r>
+  <r>
+    <s v="CD334"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="H800"/>
+    <s v="Building and construction workers"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="27337"/>
+  </r>
+  <r>
+    <s v="CD334"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="H800"/>
+    <s v="Building and construction workers"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="22267"/>
+  </r>
+  <r>
+    <s v="CD334"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="H800"/>
+    <s v="Building and construction workers"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="17413"/>
+  </r>
+  <r>
+    <s v="CD334"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="H800"/>
+    <s v="Building and construction workers"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="14864"/>
+  </r>
+  <r>
+    <s v="CD334"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="H800"/>
+    <s v="Building and construction workers"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="11577"/>
+  </r>
+  <r>
+    <s v="CD334"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="H800"/>
+    <s v="Building and construction workers"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="23025"/>
+  </r>
+  <r>
+    <s v="CD334"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="H800"/>
+    <s v="Building and construction workers"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="17698"/>
+  </r>
+  <r>
+    <s v="CD334"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="H800"/>
+    <s v="Building and construction workers"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="28442"/>
+  </r>
+  <r>
+    <s v="CD334"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="H800"/>
+    <s v="Building and construction workers"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="21487"/>
+  </r>
+  <r>
+    <s v="CD334"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="H800"/>
+    <s v="Building and construction workers"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="178929"/>
+  </r>
+  <r>
+    <s v="CD334"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="H800"/>
+    <s v="Building and construction workers"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="136192"/>
+  </r>
+  <r>
+    <s v="CD334"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="H800"/>
+    <s v="Building and construction workers"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="23217"/>
+  </r>
+  <r>
+    <s v="CD334"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="H800"/>
+    <s v="Building and construction workers"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="18712"/>
+  </r>
+  <r>
+    <s v="CD334"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="H800"/>
+    <s v="Building and construction workers"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="13092"/>
+  </r>
+  <r>
+    <s v="CD334"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="H800"/>
+    <s v="Building and construction workers"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="9686"/>
+  </r>
+  <r>
+    <s v="CD334"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="H800"/>
+    <s v="Building and construction workers"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="21318"/>
+  </r>
+  <r>
+    <s v="CD334"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="H800"/>
+    <s v="Building and construction workers"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="15163"/>
+  </r>
+  <r>
+    <s v="CD334"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="H800"/>
+    <s v="Building and construction workers"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="34440"/>
+  </r>
+  <r>
+    <s v="CD334"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="H800"/>
+    <s v="Building and construction workers"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="25966"/>
+  </r>
+  <r>
+    <s v="CD334"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="H800"/>
+    <s v="Building and construction workers"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="21843"/>
+  </r>
+  <r>
+    <s v="CD334"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="H800"/>
+    <s v="Building and construction workers"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="16995"/>
+  </r>
+  <r>
+    <s v="CD334"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="H800"/>
+    <s v="Building and construction workers"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="14557"/>
+  </r>
+  <r>
+    <s v="CD334"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="H800"/>
+    <s v="Building and construction workers"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="11325"/>
+  </r>
+  <r>
+    <s v="CD334"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="H800"/>
+    <s v="Building and construction workers"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="22629"/>
+  </r>
+  <r>
+    <s v="CD334"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="H800"/>
+    <s v="Building and construction workers"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="17363"/>
+  </r>
+  <r>
+    <s v="CD334"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="H800"/>
+    <s v="Building and construction workers"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="27833"/>
+  </r>
+  <r>
+    <s v="CD334"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="H800"/>
+    <s v="Building and construction workers"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="20982"/>
+  </r>
+  <r>
+    <s v="CD334"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="H800"/>
+    <s v="Building and construction workers"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4500"/>
+  </r>
+  <r>
+    <s v="CD334"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="H800"/>
+    <s v="Building and construction workers"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3650"/>
+  </r>
+  <r>
+    <s v="CD334"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="H800"/>
+    <s v="Building and construction workers"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="334"/>
+  </r>
+  <r>
+    <s v="CD334"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="H800"/>
+    <s v="Building and construction workers"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="295"/>
+  </r>
+  <r>
+    <s v="CD334"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="H800"/>
+    <s v="Building and construction workers"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="241"/>
+  </r>
+  <r>
+    <s v="CD334"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="H800"/>
+    <s v="Building and construction workers"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="168"/>
+  </r>
+  <r>
+    <s v="CD334"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="H800"/>
+    <s v="Building and construction workers"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="412"/>
+  </r>
+  <r>
+    <s v="CD334"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="H800"/>
+    <s v="Building and construction workers"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="306"/>
+  </r>
+  <r>
+    <s v="CD334"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="H800"/>
+    <s v="Building and construction workers"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1777"/>
+  </r>
+  <r>
+    <s v="CD334"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="H800"/>
+    <s v="Building and construction workers"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1371"/>
+  </r>
+  <r>
+    <s v="CD334"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="H800"/>
+    <s v="Building and construction workers"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="424"/>
+  </r>
+  <r>
+    <s v="CD334"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="H800"/>
+    <s v="Building and construction workers"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="418"/>
+  </r>
+  <r>
+    <s v="CD334"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="H800"/>
+    <s v="Building and construction workers"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="307"/>
+  </r>
+  <r>
+    <s v="CD334"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="H800"/>
+    <s v="Building and construction workers"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="252"/>
+  </r>
+  <r>
+    <s v="CD334"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="H800"/>
+    <s v="Building and construction workers"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="396"/>
+  </r>
+  <r>
+    <s v="CD334"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="H800"/>
+    <s v="Building and construction workers"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="335"/>
+  </r>
+  <r>
+    <s v="CD334"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="H800"/>
+    <s v="Building and construction workers"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="609"/>
+  </r>
+  <r>
+    <s v="CD334"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="H800"/>
+    <s v="Building and construction workers"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="505"/>
+  </r>
+  <r>
+    <s v="CD334"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="I900"/>
+    <s v="Clerical, managing and government workers"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="365670"/>
+  </r>
+  <r>
+    <s v="CD334"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="I900"/>
+    <s v="Clerical, managing and government workers"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="382473"/>
+  </r>
+  <r>
+    <s v="CD334"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="I900"/>
+    <s v="Clerical, managing and government workers"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="32191"/>
+  </r>
+  <r>
+    <s v="CD334"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="I900"/>
+    <s v="Clerical, managing and government workers"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="34074"/>
+  </r>
+  <r>
+    <s v="CD334"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="I900"/>
+    <s v="Clerical, managing and government workers"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="17684"/>
+  </r>
+  <r>
+    <s v="CD334"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="I900"/>
+    <s v="Clerical, managing and government workers"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="19430"/>
+  </r>
+  <r>
+    <s v="CD334"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="I900"/>
+    <s v="Clerical, managing and government workers"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="27744"/>
+  </r>
+  <r>
+    <s v="CD334"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="I900"/>
+    <s v="Clerical, managing and government workers"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="30161"/>
+  </r>
+  <r>
+    <s v="CD334"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="I900"/>
+    <s v="Clerical, managing and government workers"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="139063"/>
+  </r>
+  <r>
+    <s v="CD334"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="I900"/>
+    <s v="Clerical, managing and government workers"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="141356"/>
+  </r>
+  <r>
+    <s v="CD334"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="I900"/>
+    <s v="Clerical, managing and government workers"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="47635"/>
+  </r>
+  <r>
+    <s v="CD334"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="I900"/>
+    <s v="Clerical, managing and government workers"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="51098"/>
+  </r>
+  <r>
+    <s v="CD334"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="I900"/>
+    <s v="Clerical, managing and government workers"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="26430"/>
+  </r>
+  <r>
+    <s v="CD334"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="I900"/>
+    <s v="Clerical, managing and government workers"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="26462"/>
+  </r>
+  <r>
+    <s v="CD334"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="I900"/>
+    <s v="Clerical, managing and government workers"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="30774"/>
+  </r>
+  <r>
+    <s v="CD334"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="I900"/>
+    <s v="Clerical, managing and government workers"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="32973"/>
+  </r>
+  <r>
+    <s v="CD334"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="I900"/>
+    <s v="Clerical, managing and government workers"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="44149"/>
+  </r>
+  <r>
+    <s v="CD334"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="I900"/>
+    <s v="Clerical, managing and government workers"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="46919"/>
+  </r>
+  <r>
+    <s v="CD334"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="I900"/>
+    <s v="Clerical, managing and government workers"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="128479"/>
+  </r>
+  <r>
+    <s v="CD334"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="I900"/>
+    <s v="Clerical, managing and government workers"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="141680"/>
+  </r>
+  <r>
+    <s v="CD334"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="I900"/>
+    <s v="Clerical, managing and government workers"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="9807"/>
+  </r>
+  <r>
+    <s v="CD334"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="I900"/>
+    <s v="Clerical, managing and government workers"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="10922"/>
+  </r>
+  <r>
+    <s v="CD334"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="I900"/>
+    <s v="Clerical, managing and government workers"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="5930"/>
+  </r>
+  <r>
+    <s v="CD334"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="I900"/>
+    <s v="Clerical, managing and government workers"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="6862"/>
+  </r>
+  <r>
+    <s v="CD334"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="I900"/>
+    <s v="Clerical, managing and government workers"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="8505"/>
+  </r>
+  <r>
+    <s v="CD334"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="I900"/>
+    <s v="Clerical, managing and government workers"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="9845"/>
+  </r>
+  <r>
+    <s v="CD334"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="I900"/>
+    <s v="Clerical, managing and government workers"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="52911"/>
+  </r>
+  <r>
+    <s v="CD334"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="I900"/>
+    <s v="Clerical, managing and government workers"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="57391"/>
+  </r>
+  <r>
+    <s v="CD334"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="I900"/>
+    <s v="Clerical, managing and government workers"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="17496"/>
+  </r>
+  <r>
+    <s v="CD334"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="I900"/>
+    <s v="Clerical, managing and government workers"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="19776"/>
+  </r>
+  <r>
+    <s v="CD334"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="I900"/>
+    <s v="Clerical, managing and government workers"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="8784"/>
+  </r>
+  <r>
+    <s v="CD334"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="I900"/>
+    <s v="Clerical, managing and government workers"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="9021"/>
+  </r>
+  <r>
+    <s v="CD334"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="I900"/>
+    <s v="Clerical, managing and government workers"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="10016"/>
+  </r>
+  <r>
+    <s v="CD334"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="I900"/>
+    <s v="Clerical, managing and government workers"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="11219"/>
+  </r>
+  <r>
+    <s v="CD334"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="I900"/>
+    <s v="Clerical, managing and government workers"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="15030"/>
+  </r>
+  <r>
+    <s v="CD334"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="I900"/>
+    <s v="Clerical, managing and government workers"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="16644"/>
+  </r>
+  <r>
+    <s v="CD334"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="I900"/>
+    <s v="Clerical, managing and government workers"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="237191"/>
+  </r>
+  <r>
+    <s v="CD334"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="I900"/>
+    <s v="Clerical, managing and government workers"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="240793"/>
+  </r>
+  <r>
+    <s v="CD334"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="I900"/>
+    <s v="Clerical, managing and government workers"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="22384"/>
+  </r>
+  <r>
+    <s v="CD334"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="I900"/>
+    <s v="Clerical, managing and government workers"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="23152"/>
+  </r>
+  <r>
+    <s v="CD334"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="I900"/>
+    <s v="Clerical, managing and government workers"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="11754"/>
+  </r>
+  <r>
+    <s v="CD334"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="I900"/>
+    <s v="Clerical, managing and government workers"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="12568"/>
+  </r>
+  <r>
+    <s v="CD334"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="I900"/>
+    <s v="Clerical, managing and government workers"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="19239"/>
+  </r>
+  <r>
+    <s v="CD334"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="I900"/>
+    <s v="Clerical, managing and government workers"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="20316"/>
+  </r>
+  <r>
+    <s v="CD334"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="I900"/>
+    <s v="Clerical, managing and government workers"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="86152"/>
+  </r>
+  <r>
+    <s v="CD334"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="I900"/>
+    <s v="Clerical, managing and government workers"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="83965"/>
+  </r>
+  <r>
+    <s v="CD334"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="I900"/>
+    <s v="Clerical, managing and government workers"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="30139"/>
+  </r>
+  <r>
+    <s v="CD334"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="I900"/>
+    <s v="Clerical, managing and government workers"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="31322"/>
+  </r>
+  <r>
+    <s v="CD334"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="I900"/>
+    <s v="Clerical, managing and government workers"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="17646"/>
+  </r>
+  <r>
+    <s v="CD334"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="I900"/>
+    <s v="Clerical, managing and government workers"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="17441"/>
+  </r>
+  <r>
+    <s v="CD334"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="I900"/>
+    <s v="Clerical, managing and government workers"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="20758"/>
+  </r>
+  <r>
+    <s v="CD334"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="I900"/>
+    <s v="Clerical, managing and government workers"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="21754"/>
+  </r>
+  <r>
+    <s v="CD334"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="I900"/>
+    <s v="Clerical, managing and government workers"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="29119"/>
+  </r>
+  <r>
+    <s v="CD334"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="I900"/>
+    <s v="Clerical, managing and government workers"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="30275"/>
+  </r>
+  <r>
+    <s v="CD334"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="L1200"/>
+    <s v="Communication, warehouse and transport workers"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="114919"/>
+  </r>
+  <r>
+    <s v="CD334"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="L1200"/>
+    <s v="Communication, warehouse and transport workers"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="118671"/>
+  </r>
+  <r>
+    <s v="CD334"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="L1200"/>
+    <s v="Communication, warehouse and transport workers"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="11758"/>
+  </r>
+  <r>
+    <s v="CD334"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="L1200"/>
+    <s v="Communication, warehouse and transport workers"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="11910"/>
+  </r>
+  <r>
+    <s v="CD334"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="L1200"/>
+    <s v="Communication, warehouse and transport workers"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="6233"/>
+  </r>
+  <r>
+    <s v="CD334"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="L1200"/>
+    <s v="Communication, warehouse and transport workers"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="6986"/>
+  </r>
+  <r>
+    <s v="CD334"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="L1200"/>
+    <s v="Communication, warehouse and transport workers"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="8999"/>
+  </r>
+  <r>
+    <s v="CD334"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="L1200"/>
+    <s v="Communication, warehouse and transport workers"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="9269"/>
+  </r>
+  <r>
+    <s v="CD334"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="L1200"/>
+    <s v="Communication, warehouse and transport workers"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="38247"/>
+  </r>
+  <r>
+    <s v="CD334"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="L1200"/>
+    <s v="Communication, warehouse and transport workers"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="39475"/>
+  </r>
+  <r>
+    <s v="CD334"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="L1200"/>
+    <s v="Communication, warehouse and transport workers"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="13455"/>
+  </r>
+  <r>
+    <s v="CD334"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="L1200"/>
+    <s v="Communication, warehouse and transport workers"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="14920"/>
+  </r>
+  <r>
+    <s v="CD334"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="L1200"/>
+    <s v="Communication, warehouse and transport workers"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="9785"/>
+  </r>
+  <r>
+    <s v="CD334"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="L1200"/>
+    <s v="Communication, warehouse and transport workers"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="9159"/>
+  </r>
+  <r>
+    <s v="CD334"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="L1200"/>
+    <s v="Communication, warehouse and transport workers"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="10857"/>
+  </r>
+  <r>
+    <s v="CD334"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="L1200"/>
+    <s v="Communication, warehouse and transport workers"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="11190"/>
+  </r>
+  <r>
+    <s v="CD334"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="L1200"/>
+    <s v="Communication, warehouse and transport workers"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="15585"/>
+  </r>
+  <r>
+    <s v="CD334"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="L1200"/>
+    <s v="Communication, warehouse and transport workers"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="15762"/>
+  </r>
+  <r>
+    <s v="CD334"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="L1200"/>
+    <s v="Communication, warehouse and transport workers"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="102400"/>
+  </r>
+  <r>
+    <s v="CD334"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="L1200"/>
+    <s v="Communication, warehouse and transport workers"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="106263"/>
+  </r>
+  <r>
+    <s v="CD334"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="L1200"/>
+    <s v="Communication, warehouse and transport workers"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="10859"/>
+  </r>
+  <r>
+    <s v="CD334"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="L1200"/>
+    <s v="Communication, warehouse and transport workers"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="10968"/>
+  </r>
+  <r>
+    <s v="CD334"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="L1200"/>
+    <s v="Communication, warehouse and transport workers"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="5505"/>
+  </r>
+  <r>
+    <s v="CD334"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="L1200"/>
+    <s v="Communication, warehouse and transport workers"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="6234"/>
+  </r>
+  <r>
+    <s v="CD334"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="L1200"/>
+    <s v="Communication, warehouse and transport workers"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="8120"/>
+  </r>
+  <r>
+    <s v="CD334"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="L1200"/>
+    <s v="Communication, warehouse and transport workers"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="8366"/>
+  </r>
+  <r>
+    <s v="CD334"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="L1200"/>
+    <s v="Communication, warehouse and transport workers"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="33516"/>
+  </r>
+  <r>
+    <s v="CD334"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="L1200"/>
+    <s v="Communication, warehouse and transport workers"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="34972"/>
+  </r>
+  <r>
+    <s v="CD334"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="L1200"/>
+    <s v="Communication, warehouse and transport workers"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="11978"/>
+  </r>
+  <r>
+    <s v="CD334"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="L1200"/>
+    <s v="Communication, warehouse and transport workers"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="13340"/>
+  </r>
+  <r>
+    <s v="CD334"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="L1200"/>
+    <s v="Communication, warehouse and transport workers"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="8672"/>
+  </r>
+  <r>
+    <s v="CD334"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="L1200"/>
+    <s v="Communication, warehouse and transport workers"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="8108"/>
+  </r>
+  <r>
+    <s v="CD334"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="L1200"/>
+    <s v="Communication, warehouse and transport workers"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="9924"/>
+  </r>
+  <r>
+    <s v="CD334"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="L1200"/>
+    <s v="Communication, warehouse and transport workers"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="10211"/>
+  </r>
+  <r>
+    <s v="CD334"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="L1200"/>
+    <s v="Communication, warehouse and transport workers"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="13826"/>
+  </r>
+  <r>
+    <s v="CD334"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="L1200"/>
+    <s v="Communication, warehouse and transport workers"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="14064"/>
+  </r>
+  <r>
+    <s v="CD334"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="L1200"/>
+    <s v="Communication, warehouse and transport workers"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="12519"/>
+  </r>
+  <r>
+    <s v="CD334"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="L1200"/>
+    <s v="Communication, warehouse and transport workers"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="12408"/>
+  </r>
+  <r>
+    <s v="CD334"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="L1200"/>
+    <s v="Communication, warehouse and transport workers"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="899"/>
+  </r>
+  <r>
+    <s v="CD334"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="L1200"/>
+    <s v="Communication, warehouse and transport workers"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="942"/>
+  </r>
+  <r>
+    <s v="CD334"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="L1200"/>
+    <s v="Communication, warehouse and transport workers"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="728"/>
+  </r>
+  <r>
+    <s v="CD334"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="L1200"/>
+    <s v="Communication, warehouse and transport workers"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="752"/>
+  </r>
+  <r>
+    <s v="CD334"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="L1200"/>
+    <s v="Communication, warehouse and transport workers"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="879"/>
+  </r>
+  <r>
+    <s v="CD334"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="L1200"/>
+    <s v="Communication, warehouse and transport workers"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="903"/>
+  </r>
+  <r>
+    <s v="CD334"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="L1200"/>
+    <s v="Communication, warehouse and transport workers"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4731"/>
+  </r>
+  <r>
+    <s v="CD334"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="L1200"/>
+    <s v="Communication, warehouse and transport workers"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4503"/>
+  </r>
+  <r>
+    <s v="CD334"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="L1200"/>
+    <s v="Communication, warehouse and transport workers"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1477"/>
+  </r>
+  <r>
+    <s v="CD334"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="L1200"/>
+    <s v="Communication, warehouse and transport workers"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1580"/>
+  </r>
+  <r>
+    <s v="CD334"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="L1200"/>
+    <s v="Communication, warehouse and transport workers"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1113"/>
+  </r>
+  <r>
+    <s v="CD334"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="L1200"/>
+    <s v="Communication, warehouse and transport workers"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1051"/>
+  </r>
+  <r>
+    <s v="CD334"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="L1200"/>
+    <s v="Communication, warehouse and transport workers"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="933"/>
+  </r>
+  <r>
+    <s v="CD334"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="L1200"/>
+    <s v="Communication, warehouse and transport workers"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="979"/>
+  </r>
+  <r>
+    <s v="CD334"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="L1200"/>
+    <s v="Communication, warehouse and transport workers"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1759"/>
+  </r>
+  <r>
+    <s v="CD334"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="L1200"/>
+    <s v="Communication, warehouse and transport workers"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1698"/>
+  </r>
+  <r>
+    <s v="CD334"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="M1300"/>
+    <s v="Sales and commerce workers"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="284164"/>
+  </r>
+  <r>
+    <s v="CD334"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="M1300"/>
+    <s v="Sales and commerce workers"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="325681"/>
+  </r>
+  <r>
+    <s v="CD334"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="M1300"/>
+    <s v="Sales and commerce workers"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="26602"/>
+  </r>
+  <r>
+    <s v="CD334"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="M1300"/>
+    <s v="Sales and commerce workers"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="30999"/>
+  </r>
+  <r>
+    <s v="CD334"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="M1300"/>
+    <s v="Sales and commerce workers"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="14412"/>
+  </r>
+  <r>
+    <s v="CD334"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="M1300"/>
+    <s v="Sales and commerce workers"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="17425"/>
+  </r>
+  <r>
+    <s v="CD334"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="M1300"/>
+    <s v="Sales and commerce workers"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="23947"/>
+  </r>
+  <r>
+    <s v="CD334"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="M1300"/>
+    <s v="Sales and commerce workers"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="27725"/>
+  </r>
+  <r>
+    <s v="CD334"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="M1300"/>
+    <s v="Sales and commerce workers"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="98167"/>
+  </r>
+  <r>
+    <s v="CD334"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="M1300"/>
+    <s v="Sales and commerce workers"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="110480"/>
+  </r>
+  <r>
+    <s v="CD334"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="M1300"/>
+    <s v="Sales and commerce workers"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="32466"/>
+  </r>
+  <r>
+    <s v="CD334"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="M1300"/>
+    <s v="Sales and commerce workers"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="37383"/>
+  </r>
+  <r>
+    <s v="CD334"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="M1300"/>
+    <s v="Sales and commerce workers"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="21560"/>
+  </r>
+  <r>
+    <s v="CD334"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="M1300"/>
+    <s v="Sales and commerce workers"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="24257"/>
+  </r>
+  <r>
+    <s v="CD334"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="M1300"/>
+    <s v="Sales and commerce workers"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="28273"/>
+  </r>
+  <r>
+    <s v="CD334"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="M1300"/>
+    <s v="Sales and commerce workers"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="31998"/>
+  </r>
+  <r>
+    <s v="CD334"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="M1300"/>
+    <s v="Sales and commerce workers"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="38737"/>
+  </r>
+  <r>
+    <s v="CD334"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="M1300"/>
+    <s v="Sales and commerce workers"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="45414"/>
+  </r>
+  <r>
+    <s v="CD334"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="M1300"/>
+    <s v="Sales and commerce workers"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="135893"/>
+  </r>
+  <r>
+    <s v="CD334"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="M1300"/>
+    <s v="Sales and commerce workers"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="149738"/>
+  </r>
+  <r>
+    <s v="CD334"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="M1300"/>
+    <s v="Sales and commerce workers"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="12530"/>
+  </r>
+  <r>
+    <s v="CD334"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="M1300"/>
+    <s v="Sales and commerce workers"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="14043"/>
+  </r>
+  <r>
+    <s v="CD334"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="M1300"/>
+    <s v="Sales and commerce workers"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="6500"/>
+  </r>
+  <r>
+    <s v="CD334"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="M1300"/>
+    <s v="Sales and commerce workers"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="7437"/>
+  </r>
+  <r>
+    <s v="CD334"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="M1300"/>
+    <s v="Sales and commerce workers"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="11470"/>
+  </r>
+  <r>
+    <s v="CD334"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="M1300"/>
+    <s v="Sales and commerce workers"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="12827"/>
+  </r>
+  <r>
+    <s v="CD334"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="M1300"/>
+    <s v="Sales and commerce workers"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="49710"/>
+  </r>
+  <r>
+    <s v="CD334"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="M1300"/>
+    <s v="Sales and commerce workers"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="53730"/>
+  </r>
+  <r>
+    <s v="CD334"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="M1300"/>
+    <s v="Sales and commerce workers"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="15657"/>
+  </r>
+  <r>
+    <s v="CD334"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="M1300"/>
+    <s v="Sales and commerce workers"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="17184"/>
+  </r>
+  <r>
+    <s v="CD334"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="M1300"/>
+    <s v="Sales and commerce workers"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="9686"/>
+  </r>
+  <r>
+    <s v="CD334"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="M1300"/>
+    <s v="Sales and commerce workers"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="10679"/>
+  </r>
+  <r>
+    <s v="CD334"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="M1300"/>
+    <s v="Sales and commerce workers"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="12495"/>
+  </r>
+  <r>
+    <s v="CD334"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="M1300"/>
+    <s v="Sales and commerce workers"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="13548"/>
+  </r>
+  <r>
+    <s v="CD334"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="M1300"/>
+    <s v="Sales and commerce workers"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="17845"/>
+  </r>
+  <r>
+    <s v="CD334"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="M1300"/>
+    <s v="Sales and commerce workers"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="20290"/>
+  </r>
+  <r>
+    <s v="CD334"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="M1300"/>
+    <s v="Sales and commerce workers"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="148271"/>
+  </r>
+  <r>
+    <s v="CD334"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="M1300"/>
+    <s v="Sales and commerce workers"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="175943"/>
+  </r>
+  <r>
+    <s v="CD334"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="M1300"/>
+    <s v="Sales and commerce workers"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="14072"/>
+  </r>
+  <r>
+    <s v="CD334"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="M1300"/>
+    <s v="Sales and commerce workers"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="16956"/>
+  </r>
+  <r>
+    <s v="CD334"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="M1300"/>
+    <s v="Sales and commerce workers"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="7912"/>
+  </r>
+  <r>
+    <s v="CD334"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="M1300"/>
+    <s v="Sales and commerce workers"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="9988"/>
+  </r>
+  <r>
+    <s v="CD334"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="M1300"/>
+    <s v="Sales and commerce workers"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="12477"/>
+  </r>
+  <r>
+    <s v="CD334"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="M1300"/>
+    <s v="Sales and commerce workers"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="14898"/>
+  </r>
+  <r>
+    <s v="CD334"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="M1300"/>
+    <s v="Sales and commerce workers"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="48457"/>
+  </r>
+  <r>
+    <s v="CD334"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="M1300"/>
+    <s v="Sales and commerce workers"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="56750"/>
+  </r>
+  <r>
+    <s v="CD334"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="M1300"/>
+    <s v="Sales and commerce workers"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="16809"/>
+  </r>
+  <r>
+    <s v="CD334"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="M1300"/>
+    <s v="Sales and commerce workers"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="20199"/>
+  </r>
+  <r>
+    <s v="CD334"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="M1300"/>
+    <s v="Sales and commerce workers"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="11874"/>
+  </r>
+  <r>
+    <s v="CD334"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="M1300"/>
+    <s v="Sales and commerce workers"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="13578"/>
+  </r>
+  <r>
+    <s v="CD334"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="M1300"/>
+    <s v="Sales and commerce workers"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="15778"/>
+  </r>
+  <r>
+    <s v="CD334"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="M1300"/>
+    <s v="Sales and commerce workers"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="18450"/>
+  </r>
+  <r>
+    <s v="CD334"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="M1300"/>
+    <s v="Sales and commerce workers"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="20892"/>
+  </r>
+  <r>
+    <s v="CD334"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="M1300"/>
+    <s v="Sales and commerce workers"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="25124"/>
+  </r>
+  <r>
+    <s v="CD334"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="O1500"/>
+    <s v="Professional, technical and health workers"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="342414"/>
+  </r>
+  <r>
+    <s v="CD334"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="O1500"/>
+    <s v="Professional, technical and health workers"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="400755"/>
+  </r>
+  <r>
+    <s v="CD334"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="O1500"/>
+    <s v="Professional, technical and health workers"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="32080"/>
+  </r>
+  <r>
+    <s v="CD334"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="O1500"/>
+    <s v="Professional, technical and health workers"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="38806"/>
+  </r>
+  <r>
+    <s v="CD334"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="O1500"/>
+    <s v="Professional, technical and health workers"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="17044"/>
+  </r>
+  <r>
+    <s v="CD334"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="O1500"/>
+    <s v="Professional, technical and health workers"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="21069"/>
+  </r>
+  <r>
+    <s v="CD334"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="O1500"/>
+    <s v="Professional, technical and health workers"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="33731"/>
+  </r>
+  <r>
+    <s v="CD334"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="O1500"/>
+    <s v="Professional, technical and health workers"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="41583"/>
+  </r>
+  <r>
+    <s v="CD334"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="O1500"/>
+    <s v="Professional, technical and health workers"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="112651"/>
+  </r>
+  <r>
+    <s v="CD334"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="O1500"/>
+    <s v="Professional, technical and health workers"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="126875"/>
+  </r>
+  <r>
+    <s v="CD334"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="O1500"/>
+    <s v="Professional, technical and health workers"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="38917"/>
+  </r>
+  <r>
+    <s v="CD334"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="O1500"/>
+    <s v="Professional, technical and health workers"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="45778"/>
+  </r>
+  <r>
+    <s v="CD334"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="O1500"/>
+    <s v="Professional, technical and health workers"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="27517"/>
+  </r>
+  <r>
+    <s v="CD334"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="O1500"/>
+    <s v="Professional, technical and health workers"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="31115"/>
+  </r>
+  <r>
+    <s v="CD334"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="O1500"/>
+    <s v="Professional, technical and health workers"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="30771"/>
+  </r>
+  <r>
+    <s v="CD334"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="O1500"/>
+    <s v="Professional, technical and health workers"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="36674"/>
+  </r>
+  <r>
+    <s v="CD334"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="O1500"/>
+    <s v="Professional, technical and health workers"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="49703"/>
+  </r>
+  <r>
+    <s v="CD334"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="O1500"/>
+    <s v="Professional, technical and health workers"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="58855"/>
+  </r>
+  <r>
+    <s v="CD334"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="O1500"/>
+    <s v="Professional, technical and health workers"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="152096"/>
+  </r>
+  <r>
+    <s v="CD334"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="O1500"/>
+    <s v="Professional, technical and health workers"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="173973"/>
+  </r>
+  <r>
+    <s v="CD334"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="O1500"/>
+    <s v="Professional, technical and health workers"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="12884"/>
+  </r>
+  <r>
+    <s v="CD334"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="O1500"/>
+    <s v="Professional, technical and health workers"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="15491"/>
+  </r>
+  <r>
+    <s v="CD334"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="O1500"/>
+    <s v="Professional, technical and health workers"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="6723"/>
+  </r>
+  <r>
+    <s v="CD334"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="O1500"/>
+    <s v="Professional, technical and health workers"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="8343"/>
+  </r>
+  <r>
+    <s v="CD334"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="O1500"/>
+    <s v="Professional, technical and health workers"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="13824"/>
+  </r>
+  <r>
+    <s v="CD334"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="O1500"/>
+    <s v="Professional, technical and health workers"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="17094"/>
+  </r>
+  <r>
+    <s v="CD334"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="O1500"/>
+    <s v="Professional, technical and health workers"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="54854"/>
+  </r>
+  <r>
+    <s v="CD334"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="O1500"/>
+    <s v="Professional, technical and health workers"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="59593"/>
+  </r>
+  <r>
+    <s v="CD334"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="O1500"/>
+    <s v="Professional, technical and health workers"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="17875"/>
+  </r>
+  <r>
+    <s v="CD334"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="O1500"/>
+    <s v="Professional, technical and health workers"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="20279"/>
+  </r>
+  <r>
+    <s v="CD334"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="O1500"/>
+    <s v="Professional, technical and health workers"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="11810"/>
+  </r>
+  <r>
+    <s v="CD334"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="O1500"/>
+    <s v="Professional, technical and health workers"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="13224"/>
+  </r>
+  <r>
+    <s v="CD334"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="O1500"/>
+    <s v="Professional, technical and health workers"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="12317"/>
+  </r>
+  <r>
+    <s v="CD334"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="O1500"/>
+    <s v="Professional, technical and health workers"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="14462"/>
+  </r>
+  <r>
+    <s v="CD334"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="O1500"/>
+    <s v="Professional, technical and health workers"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="21809"/>
+  </r>
+  <r>
+    <s v="CD334"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="O1500"/>
+    <s v="Professional, technical and health workers"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="25487"/>
+  </r>
+  <r>
+    <s v="CD334"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="O1500"/>
+    <s v="Professional, technical and health workers"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="190318"/>
+  </r>
+  <r>
+    <s v="CD334"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="O1500"/>
+    <s v="Professional, technical and health workers"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="226782"/>
+  </r>
+  <r>
+    <s v="CD334"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="O1500"/>
+    <s v="Professional, technical and health workers"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="19196"/>
+  </r>
+  <r>
+    <s v="CD334"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="O1500"/>
+    <s v="Professional, technical and health workers"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="23315"/>
+  </r>
+  <r>
+    <s v="CD334"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="O1500"/>
+    <s v="Professional, technical and health workers"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="10321"/>
+  </r>
+  <r>
+    <s v="CD334"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="O1500"/>
+    <s v="Professional, technical and health workers"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="12726"/>
+  </r>
+  <r>
+    <s v="CD334"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="O1500"/>
+    <s v="Professional, technical and health workers"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="19907"/>
+  </r>
+  <r>
+    <s v="CD334"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="O1500"/>
+    <s v="Professional, technical and health workers"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="24489"/>
+  </r>
+  <r>
+    <s v="CD334"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="O1500"/>
+    <s v="Professional, technical and health workers"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="57797"/>
+  </r>
+  <r>
+    <s v="CD334"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="O1500"/>
+    <s v="Professional, technical and health workers"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="67282"/>
+  </r>
+  <r>
+    <s v="CD334"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="O1500"/>
+    <s v="Professional, technical and health workers"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="21042"/>
+  </r>
+  <r>
+    <s v="CD334"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="O1500"/>
+    <s v="Professional, technical and health workers"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="25499"/>
+  </r>
+  <r>
+    <s v="CD334"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="O1500"/>
+    <s v="Professional, technical and health workers"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="15707"/>
+  </r>
+  <r>
+    <s v="CD334"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="O1500"/>
+    <s v="Professional, technical and health workers"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="17891"/>
+  </r>
+  <r>
+    <s v="CD334"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="O1500"/>
+    <s v="Professional, technical and health workers"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="18454"/>
+  </r>
+  <r>
+    <s v="CD334"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="O1500"/>
+    <s v="Professional, technical and health workers"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="22212"/>
+  </r>
+  <r>
+    <s v="CD334"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="O1500"/>
+    <s v="Professional, technical and health workers"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="27894"/>
+  </r>
+  <r>
+    <s v="CD334"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="O1500"/>
+    <s v="Professional, technical and health workers"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="33368"/>
+  </r>
+  <r>
+    <s v="CD334"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="V2200"/>
+    <s v="Personal service and childcare workers"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="224964"/>
+  </r>
+  <r>
+    <s v="CD334"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="V2200"/>
+    <s v="Personal service and childcare workers"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="262045"/>
+  </r>
+  <r>
+    <s v="CD334"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="V2200"/>
+    <s v="Personal service and childcare workers"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="25987"/>
+  </r>
+  <r>
+    <s v="CD334"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="V2200"/>
+    <s v="Personal service and childcare workers"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="30681"/>
+  </r>
+  <r>
+    <s v="CD334"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="V2200"/>
+    <s v="Personal service and childcare workers"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="12684"/>
+  </r>
+  <r>
+    <s v="CD334"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="V2200"/>
+    <s v="Personal service and childcare workers"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="15794"/>
+  </r>
+  <r>
+    <s v="CD334"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="V2200"/>
+    <s v="Personal service and childcare workers"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="21778"/>
+  </r>
+  <r>
+    <s v="CD334"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="V2200"/>
+    <s v="Personal service and childcare workers"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="25321"/>
+  </r>
+  <r>
+    <s v="CD334"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="V2200"/>
+    <s v="Personal service and childcare workers"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="62797"/>
+  </r>
+  <r>
+    <s v="CD334"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="V2200"/>
+    <s v="Personal service and childcare workers"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="72954"/>
+  </r>
+  <r>
+    <s v="CD334"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="V2200"/>
+    <s v="Personal service and childcare workers"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="25152"/>
+  </r>
+  <r>
+    <s v="CD334"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="V2200"/>
+    <s v="Personal service and childcare workers"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="29952"/>
+  </r>
+  <r>
+    <s v="CD334"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="V2200"/>
+    <s v="Personal service and childcare workers"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="18844"/>
+  </r>
+  <r>
+    <s v="CD334"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="V2200"/>
+    <s v="Personal service and childcare workers"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="20815"/>
+  </r>
+  <r>
+    <s v="CD334"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="V2200"/>
+    <s v="Personal service and childcare workers"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="24207"/>
+  </r>
+  <r>
+    <s v="CD334"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="V2200"/>
+    <s v="Personal service and childcare workers"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="28024"/>
+  </r>
+  <r>
+    <s v="CD334"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="V2200"/>
+    <s v="Personal service and childcare workers"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="33515"/>
+  </r>
+  <r>
+    <s v="CD334"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="V2200"/>
+    <s v="Personal service and childcare workers"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="38504"/>
+  </r>
+  <r>
+    <s v="CD334"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="V2200"/>
+    <s v="Personal service and childcare workers"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="81851"/>
+  </r>
+  <r>
+    <s v="CD334"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="V2200"/>
+    <s v="Personal service and childcare workers"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="93901"/>
+  </r>
+  <r>
+    <s v="CD334"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="V2200"/>
+    <s v="Personal service and childcare workers"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="8366"/>
+  </r>
+  <r>
+    <s v="CD334"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="V2200"/>
+    <s v="Personal service and childcare workers"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="9699"/>
+  </r>
+  <r>
+    <s v="CD334"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="V2200"/>
+    <s v="Personal service and childcare workers"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4276"/>
+  </r>
+  <r>
+    <s v="CD334"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="V2200"/>
+    <s v="Personal service and childcare workers"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5362"/>
+  </r>
+  <r>
+    <s v="CD334"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="V2200"/>
+    <s v="Personal service and childcare workers"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="7588"/>
+  </r>
+  <r>
+    <s v="CD334"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="V2200"/>
+    <s v="Personal service and childcare workers"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="8608"/>
+  </r>
+  <r>
+    <s v="CD334"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="V2200"/>
+    <s v="Personal service and childcare workers"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="25916"/>
+  </r>
+  <r>
+    <s v="CD334"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="V2200"/>
+    <s v="Personal service and childcare workers"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="30160"/>
+  </r>
+  <r>
+    <s v="CD334"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="V2200"/>
+    <s v="Personal service and childcare workers"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="9359"/>
+  </r>
+  <r>
+    <s v="CD334"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="V2200"/>
+    <s v="Personal service and childcare workers"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="10939"/>
+  </r>
+  <r>
+    <s v="CD334"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="V2200"/>
+    <s v="Personal service and childcare workers"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="6809"/>
+  </r>
+  <r>
+    <s v="CD334"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="V2200"/>
+    <s v="Personal service and childcare workers"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="7049"/>
+  </r>
+  <r>
+    <s v="CD334"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="V2200"/>
+    <s v="Personal service and childcare workers"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="7705"/>
+  </r>
+  <r>
+    <s v="CD334"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="V2200"/>
+    <s v="Personal service and childcare workers"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="8772"/>
+  </r>
+  <r>
+    <s v="CD334"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="V2200"/>
+    <s v="Personal service and childcare workers"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="11832"/>
+  </r>
+  <r>
+    <s v="CD334"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="V2200"/>
+    <s v="Personal service and childcare workers"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="13312"/>
+  </r>
+  <r>
+    <s v="CD334"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="V2200"/>
+    <s v="Personal service and childcare workers"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="143113"/>
+  </r>
+  <r>
+    <s v="CD334"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="V2200"/>
+    <s v="Personal service and childcare workers"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="168144"/>
+  </r>
+  <r>
+    <s v="CD334"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="V2200"/>
+    <s v="Personal service and childcare workers"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="17621"/>
+  </r>
+  <r>
+    <s v="CD334"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="V2200"/>
+    <s v="Personal service and childcare workers"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="20982"/>
+  </r>
+  <r>
+    <s v="CD334"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="V2200"/>
+    <s v="Personal service and childcare workers"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="8408"/>
+  </r>
+  <r>
+    <s v="CD334"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="V2200"/>
+    <s v="Personal service and childcare workers"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="10432"/>
+  </r>
+  <r>
+    <s v="CD334"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="V2200"/>
+    <s v="Personal service and childcare workers"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="14190"/>
+  </r>
+  <r>
+    <s v="CD334"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="V2200"/>
+    <s v="Personal service and childcare workers"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="16713"/>
+  </r>
+  <r>
+    <s v="CD334"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="V2200"/>
+    <s v="Personal service and childcare workers"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="36881"/>
+  </r>
+  <r>
+    <s v="CD334"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="V2200"/>
+    <s v="Personal service and childcare workers"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="42794"/>
+  </r>
+  <r>
+    <s v="CD334"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="V2200"/>
+    <s v="Personal service and childcare workers"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="15793"/>
+  </r>
+  <r>
+    <s v="CD334"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="V2200"/>
+    <s v="Personal service and childcare workers"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="19013"/>
+  </r>
+  <r>
+    <s v="CD334"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="V2200"/>
+    <s v="Personal service and childcare workers"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="12035"/>
+  </r>
+  <r>
+    <s v="CD334"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="V2200"/>
+    <s v="Personal service and childcare workers"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="13766"/>
+  </r>
+  <r>
+    <s v="CD334"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="V2200"/>
+    <s v="Personal service and childcare workers"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="16502"/>
+  </r>
+  <r>
+    <s v="CD334"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="V2200"/>
+    <s v="Personal service and childcare workers"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="19252"/>
+  </r>
+  <r>
+    <s v="CD334"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="V2200"/>
+    <s v="Personal service and childcare workers"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="21683"/>
+  </r>
+  <r>
+    <s v="CD334"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="V2200"/>
+    <s v="Personal service and childcare workers"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="25192"/>
+  </r>
+  <r>
+    <s v="CD334"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="Y2500"/>
+    <s v="Other gainful occupations (incl. not stated)"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="230918"/>
+  </r>
+  <r>
+    <s v="CD334"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="Y2500"/>
+    <s v="Other gainful occupations (incl. not stated)"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="269633"/>
+  </r>
+  <r>
+    <s v="CD334"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="Y2500"/>
+    <s v="Other gainful occupations (incl. not stated)"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="21306"/>
+  </r>
+  <r>
+    <s v="CD334"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="Y2500"/>
+    <s v="Other gainful occupations (incl. not stated)"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="29327"/>
+  </r>
+  <r>
+    <s v="CD334"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="Y2500"/>
+    <s v="Other gainful occupations (incl. not stated)"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="14767"/>
+  </r>
+  <r>
+    <s v="CD334"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="Y2500"/>
+    <s v="Other gainful occupations (incl. not stated)"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="18101"/>
+  </r>
+  <r>
+    <s v="CD334"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="Y2500"/>
+    <s v="Other gainful occupations (incl. not stated)"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="19401"/>
+  </r>
+  <r>
+    <s v="CD334"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="Y2500"/>
+    <s v="Other gainful occupations (incl. not stated)"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="25817"/>
+  </r>
+  <r>
+    <s v="CD334"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="Y2500"/>
+    <s v="Other gainful occupations (incl. not stated)"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="80313"/>
+  </r>
+  <r>
+    <s v="CD334"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="Y2500"/>
+    <s v="Other gainful occupations (incl. not stated)"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="80328"/>
+  </r>
+  <r>
+    <s v="CD334"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="Y2500"/>
+    <s v="Other gainful occupations (incl. not stated)"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="24476"/>
+  </r>
+  <r>
+    <s v="CD334"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="Y2500"/>
+    <s v="Other gainful occupations (incl. not stated)"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="27824"/>
+  </r>
+  <r>
+    <s v="CD334"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="Y2500"/>
+    <s v="Other gainful occupations (incl. not stated)"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="17862"/>
+  </r>
+  <r>
+    <s v="CD334"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="Y2500"/>
+    <s v="Other gainful occupations (incl. not stated)"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="22543"/>
+  </r>
+  <r>
+    <s v="CD334"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="Y2500"/>
+    <s v="Other gainful occupations (incl. not stated)"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="22015"/>
+  </r>
+  <r>
+    <s v="CD334"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="Y2500"/>
+    <s v="Other gainful occupations (incl. not stated)"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="28770"/>
+  </r>
+  <r>
+    <s v="CD334"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="Y2500"/>
+    <s v="Other gainful occupations (incl. not stated)"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="30778"/>
+  </r>
+  <r>
+    <s v="CD334"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="Y2500"/>
+    <s v="Other gainful occupations (incl. not stated)"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="36923"/>
+  </r>
+  <r>
+    <s v="CD334"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="Y2500"/>
+    <s v="Other gainful occupations (incl. not stated)"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="131713"/>
+  </r>
+  <r>
+    <s v="CD334"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="Y2500"/>
+    <s v="Other gainful occupations (incl. not stated)"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="149577"/>
+  </r>
+  <r>
+    <s v="CD334"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="Y2500"/>
+    <s v="Other gainful occupations (incl. not stated)"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="12353"/>
+  </r>
+  <r>
+    <s v="CD334"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="Y2500"/>
+    <s v="Other gainful occupations (incl. not stated)"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="16774"/>
+  </r>
+  <r>
+    <s v="CD334"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="Y2500"/>
+    <s v="Other gainful occupations (incl. not stated)"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="8481"/>
+  </r>
+  <r>
+    <s v="CD334"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="Y2500"/>
+    <s v="Other gainful occupations (incl. not stated)"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="10461"/>
+  </r>
+  <r>
+    <s v="CD334"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="Y2500"/>
+    <s v="Other gainful occupations (incl. not stated)"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="11235"/>
+  </r>
+  <r>
+    <s v="CD334"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="Y2500"/>
+    <s v="Other gainful occupations (incl. not stated)"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="14622"/>
+  </r>
+  <r>
+    <s v="CD334"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="Y2500"/>
+    <s v="Other gainful occupations (incl. not stated)"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="44759"/>
+  </r>
+  <r>
+    <s v="CD334"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="Y2500"/>
+    <s v="Other gainful occupations (incl. not stated)"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="42214"/>
+  </r>
+  <r>
+    <s v="CD334"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="Y2500"/>
+    <s v="Other gainful occupations (incl. not stated)"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="14112"/>
+  </r>
+  <r>
+    <s v="CD334"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="Y2500"/>
+    <s v="Other gainful occupations (incl. not stated)"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="15703"/>
+  </r>
+  <r>
+    <s v="CD334"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="Y2500"/>
+    <s v="Other gainful occupations (incl. not stated)"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="10407"/>
+  </r>
+  <r>
+    <s v="CD334"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="Y2500"/>
+    <s v="Other gainful occupations (incl. not stated)"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="12815"/>
+  </r>
+  <r>
+    <s v="CD334"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="Y2500"/>
+    <s v="Other gainful occupations (incl. not stated)"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="12735"/>
+  </r>
+  <r>
+    <s v="CD334"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="Y2500"/>
+    <s v="Other gainful occupations (incl. not stated)"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="16264"/>
+  </r>
+  <r>
+    <s v="CD334"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="Y2500"/>
+    <s v="Other gainful occupations (incl. not stated)"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="17631"/>
+  </r>
+  <r>
+    <s v="CD334"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="Y2500"/>
+    <s v="Other gainful occupations (incl. not stated)"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="20724"/>
+  </r>
+  <r>
+    <s v="CD334"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="Y2500"/>
+    <s v="Other gainful occupations (incl. not stated)"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="99205"/>
+  </r>
+  <r>
+    <s v="CD334"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="Y2500"/>
+    <s v="Other gainful occupations (incl. not stated)"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="120056"/>
+  </r>
+  <r>
+    <s v="CD334"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="Y2500"/>
+    <s v="Other gainful occupations (incl. not stated)"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="8953"/>
+  </r>
+  <r>
+    <s v="CD334"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="Y2500"/>
+    <s v="Other gainful occupations (incl. not stated)"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="12553"/>
+  </r>
+  <r>
+    <s v="CD334"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="Y2500"/>
+    <s v="Other gainful occupations (incl. not stated)"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="6286"/>
+  </r>
+  <r>
+    <s v="CD334"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="Y2500"/>
+    <s v="Other gainful occupations (incl. not stated)"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="7640"/>
+  </r>
+  <r>
+    <s v="CD334"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="Y2500"/>
+    <s v="Other gainful occupations (incl. not stated)"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="8166"/>
+  </r>
+  <r>
+    <s v="CD334"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="Y2500"/>
+    <s v="Other gainful occupations (incl. not stated)"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="11195"/>
+  </r>
+  <r>
+    <s v="CD334"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="Y2500"/>
+    <s v="Other gainful occupations (incl. not stated)"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="35554"/>
+  </r>
+  <r>
+    <s v="CD334"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="Y2500"/>
+    <s v="Other gainful occupations (incl. not stated)"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="38114"/>
+  </r>
+  <r>
+    <s v="CD334"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="Y2500"/>
+    <s v="Other gainful occupations (incl. not stated)"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="10364"/>
+  </r>
+  <r>
+    <s v="CD334"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="Y2500"/>
+    <s v="Other gainful occupations (incl. not stated)"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="12121"/>
+  </r>
+  <r>
+    <s v="CD334"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="Y2500"/>
+    <s v="Other gainful occupations (incl. not stated)"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="7455"/>
+  </r>
+  <r>
+    <s v="CD334"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="Y2500"/>
+    <s v="Other gainful occupations (incl. not stated)"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="9728"/>
+  </r>
+  <r>
+    <s v="CD334"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="Y2500"/>
+    <s v="Other gainful occupations (incl. not stated)"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="9280"/>
+  </r>
+  <r>
+    <s v="CD334"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="Y2500"/>
+    <s v="Other gainful occupations (incl. not stated)"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="12506"/>
+  </r>
+  <r>
+    <s v="CD334"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="Y2500"/>
+    <s v="Other gainful occupations (incl. not stated)"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="13147"/>
+  </r>
+  <r>
+    <s v="CD334"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="Y2500"/>
+    <s v="Other gainful occupations (incl. not stated)"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="16199"/>
+  </r>
+  <r>
+    <s v="CD334"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="All occupations"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2080126"/>
+  </r>
+  <r>
+    <s v="CD334"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="All occupations"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2198037"/>
+  </r>
+  <r>
+    <s v="CD334"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="All occupations"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="217420"/>
+  </r>
+  <r>
+    <s v="CD334"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="All occupations"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="235763"/>
+  </r>
+  <r>
+    <s v="CD334"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="All occupations"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="120012"/>
+  </r>
+  <r>
+    <s v="CD334"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="All occupations"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="131539"/>
+  </r>
+  <r>
+    <s v="CD334"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="All occupations"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="196668"/>
+  </r>
+  <r>
+    <s v="CD334"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="All occupations"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="211315"/>
+  </r>
+  <r>
+    <s v="CD334"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="All occupations"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="619646"/>
+  </r>
+  <r>
+    <s v="CD334"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="All occupations"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="641500"/>
+  </r>
+  <r>
+    <s v="CD334"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="All occupations"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="241421"/>
+  </r>
+  <r>
+    <s v="CD334"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="All occupations"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="257144"/>
+  </r>
+  <r>
+    <s v="CD334"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="All occupations"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="172660"/>
+  </r>
+  <r>
+    <s v="CD334"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="All occupations"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="176388"/>
+  </r>
+  <r>
+    <s v="CD334"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="All occupations"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="216700"/>
+  </r>
+  <r>
+    <s v="CD334"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="All occupations"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="230672"/>
+  </r>
+  <r>
+    <s v="CD334"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="All occupations"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="295599"/>
+  </r>
+  <r>
+    <s v="CD334"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="All occupations"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="313716"/>
+  </r>
+  <r>
+    <s v="CD334"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="All occupations"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1197439"/>
+  </r>
+  <r>
+    <s v="CD334"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="All occupations"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1209356"/>
+  </r>
+  <r>
+    <s v="CD334"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="All occupations"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="127453"/>
+  </r>
+  <r>
+    <s v="CD334"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="All occupations"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="131943"/>
+  </r>
+  <r>
+    <s v="CD334"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="All occupations"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="71271"/>
+  </r>
+  <r>
+    <s v="CD334"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="All occupations"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="74381"/>
+  </r>
+  <r>
+    <s v="CD334"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="All occupations"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="114799"/>
+  </r>
+  <r>
+    <s v="CD334"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="All occupations"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="116987"/>
+  </r>
+  <r>
+    <s v="CD334"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="All occupations"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="340684"/>
+  </r>
+  <r>
+    <s v="CD334"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="All occupations"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="340561"/>
+  </r>
+  <r>
+    <s v="CD334"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="All occupations"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="140540"/>
+  </r>
+  <r>
+    <s v="CD334"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="All occupations"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="142846"/>
+  </r>
+  <r>
+    <s v="CD334"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="All occupations"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="101299"/>
+  </r>
+  <r>
+    <s v="CD334"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="All occupations"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="98664"/>
+  </r>
+  <r>
+    <s v="CD334"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="All occupations"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="127943"/>
+  </r>
+  <r>
+    <s v="CD334"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="All occupations"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="129081"/>
+  </r>
+  <r>
+    <s v="CD334"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="All occupations"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="173450"/>
+  </r>
+  <r>
+    <s v="CD334"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="All occupations"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="174893"/>
+  </r>
+  <r>
+    <s v="CD334"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="All occupations"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="882687"/>
+  </r>
+  <r>
+    <s v="CD334"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="All occupations"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="988681"/>
+  </r>
+  <r>
+    <s v="CD334"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="All occupations"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="89967"/>
+  </r>
+  <r>
+    <s v="CD334"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="All occupations"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="103820"/>
+  </r>
+  <r>
+    <s v="CD334"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="All occupations"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="48741"/>
+  </r>
+  <r>
+    <s v="CD334"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="All occupations"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="57158"/>
+  </r>
+  <r>
+    <s v="CD334"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="All occupations"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="81869"/>
+  </r>
+  <r>
+    <s v="CD334"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="All occupations"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="94328"/>
+  </r>
+  <r>
+    <s v="CD334"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="All occupations"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="278962"/>
+  </r>
+  <r>
+    <s v="CD334"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="All occupations"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="300939"/>
+  </r>
+  <r>
+    <s v="CD334"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="All occupations"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="100881"/>
+  </r>
+  <r>
+    <s v="CD334"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="All occupations"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="114298"/>
+  </r>
+  <r>
+    <s v="CD334"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="All occupations"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="71361"/>
+  </r>
+  <r>
+    <s v="CD334"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="All occupations"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="77724"/>
+  </r>
+  <r>
+    <s v="CD334"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="All occupations"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="88757"/>
+  </r>
+  <r>
+    <s v="CD334"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="All occupations"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="101591"/>
+  </r>
+  <r>
+    <s v="CD334"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="All occupations"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="122149"/>
+  </r>
+  <r>
+    <s v="CD334"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="All occupations"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="138823"/>
+  </r>
+  <r>
+    <s v="CD334"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="Y2511"/>
+    <s v="Looking for first regular job"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="29372"/>
+  </r>
+  <r>
+    <s v="CD334"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="Y2511"/>
+    <s v="Looking for first regular job"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="34166"/>
+  </r>
+  <r>
+    <s v="CD334"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="Y2511"/>
+    <s v="Looking for first regular job"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3485"/>
+  </r>
+  <r>
+    <s v="CD334"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="Y2511"/>
+    <s v="Looking for first regular job"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4111"/>
+  </r>
+  <r>
+    <s v="CD334"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="Y2511"/>
+    <s v="Looking for first regular job"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1814"/>
+  </r>
+  <r>
+    <s v="CD334"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="Y2511"/>
+    <s v="Looking for first regular job"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2296"/>
+  </r>
+  <r>
+    <s v="CD334"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="Y2511"/>
+    <s v="Looking for first regular job"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2808"/>
+  </r>
+  <r>
+    <s v="CD334"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="Y2511"/>
+    <s v="Looking for first regular job"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3182"/>
+  </r>
+  <r>
+    <s v="CD334"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="Y2511"/>
+    <s v="Looking for first regular job"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="9355"/>
+  </r>
+  <r>
+    <s v="CD334"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="Y2511"/>
+    <s v="Looking for first regular job"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="10678"/>
+  </r>
+  <r>
+    <s v="CD334"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="Y2511"/>
+    <s v="Looking for first regular job"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2587"/>
+  </r>
+  <r>
+    <s v="CD334"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="Y2511"/>
+    <s v="Looking for first regular job"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3297"/>
+  </r>
+  <r>
+    <s v="CD334"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="Y2511"/>
+    <s v="Looking for first regular job"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2414"/>
+  </r>
+  <r>
+    <s v="CD334"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="Y2511"/>
+    <s v="Looking for first regular job"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2683"/>
+  </r>
+  <r>
+    <s v="CD334"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="Y2511"/>
+    <s v="Looking for first regular job"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3059"/>
+  </r>
+  <r>
+    <s v="CD334"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="Y2511"/>
+    <s v="Looking for first regular job"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3977"/>
+  </r>
+  <r>
+    <s v="CD334"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="Y2511"/>
+    <s v="Looking for first regular job"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3850"/>
+  </r>
+  <r>
+    <s v="CD334"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="Y2511"/>
+    <s v="Looking for first regular job"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3942"/>
+  </r>
+  <r>
+    <s v="CD334"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="Y2511"/>
+    <s v="Looking for first regular job"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="16428"/>
+  </r>
+  <r>
+    <s v="CD334"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="Y2511"/>
+    <s v="Looking for first regular job"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="19512"/>
+  </r>
+  <r>
+    <s v="CD334"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="Y2511"/>
+    <s v="Looking for first regular job"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2041"/>
+  </r>
+  <r>
+    <s v="CD334"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="Y2511"/>
+    <s v="Looking for first regular job"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2385"/>
+  </r>
+  <r>
+    <s v="CD334"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="Y2511"/>
+    <s v="Looking for first regular job"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="951"/>
+  </r>
+  <r>
+    <s v="CD334"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="Y2511"/>
+    <s v="Looking for first regular job"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1275"/>
+  </r>
+  <r>
+    <s v="CD334"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="Y2511"/>
+    <s v="Looking for first regular job"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1588"/>
+  </r>
+  <r>
+    <s v="CD334"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="Y2511"/>
+    <s v="Looking for first regular job"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1892"/>
+  </r>
+  <r>
+    <s v="CD334"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="Y2511"/>
+    <s v="Looking for first regular job"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="5255"/>
+  </r>
+  <r>
+    <s v="CD334"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="Y2511"/>
+    <s v="Looking for first regular job"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="6023"/>
+  </r>
+  <r>
+    <s v="CD334"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="Y2511"/>
+    <s v="Looking for first regular job"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1376"/>
+  </r>
+  <r>
+    <s v="CD334"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="Y2511"/>
+    <s v="Looking for first regular job"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1849"/>
+  </r>
+  <r>
+    <s v="CD334"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="Y2511"/>
+    <s v="Looking for first regular job"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1352"/>
+  </r>
+  <r>
+    <s v="CD334"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="Y2511"/>
+    <s v="Looking for first regular job"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1571"/>
+  </r>
+  <r>
+    <s v="CD334"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="Y2511"/>
+    <s v="Looking for first regular job"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1714"/>
+  </r>
+  <r>
+    <s v="CD334"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="Y2511"/>
+    <s v="Looking for first regular job"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2323"/>
+  </r>
+  <r>
+    <s v="CD334"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="Y2511"/>
+    <s v="Looking for first regular job"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2151"/>
+  </r>
+  <r>
+    <s v="CD334"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="Y2511"/>
+    <s v="Looking for first regular job"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2194"/>
+  </r>
+  <r>
+    <s v="CD334"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="Y2511"/>
+    <s v="Looking for first regular job"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="12944"/>
+  </r>
+  <r>
+    <s v="CD334"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="Y2511"/>
+    <s v="Looking for first regular job"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="14654"/>
+  </r>
+  <r>
+    <s v="CD334"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="Y2511"/>
+    <s v="Looking for first regular job"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1444"/>
+  </r>
+  <r>
+    <s v="CD334"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="Y2511"/>
+    <s v="Looking for first regular job"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1726"/>
+  </r>
+  <r>
+    <s v="CD334"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="Y2511"/>
+    <s v="Looking for first regular job"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="863"/>
+  </r>
+  <r>
+    <s v="CD334"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="Y2511"/>
+    <s v="Looking for first regular job"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1021"/>
+  </r>
+  <r>
+    <s v="CD334"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="Y2511"/>
+    <s v="Looking for first regular job"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1220"/>
+  </r>
+  <r>
+    <s v="CD334"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="Y2511"/>
+    <s v="Looking for first regular job"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1290"/>
+  </r>
+  <r>
+    <s v="CD334"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="Y2511"/>
+    <s v="Looking for first regular job"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4100"/>
+  </r>
+  <r>
+    <s v="CD334"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="Y2511"/>
+    <s v="Looking for first regular job"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4655"/>
+  </r>
+  <r>
+    <s v="CD334"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="Y2511"/>
+    <s v="Looking for first regular job"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1211"/>
+  </r>
+  <r>
+    <s v="CD334"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="Y2511"/>
+    <s v="Looking for first regular job"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1448"/>
+  </r>
+  <r>
+    <s v="CD334"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="Y2511"/>
+    <s v="Looking for first regular job"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1062"/>
+  </r>
+  <r>
+    <s v="CD334"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="Y2511"/>
+    <s v="Looking for first regular job"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1112"/>
+  </r>
+  <r>
+    <s v="CD334"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="Y2511"/>
+    <s v="Looking for first regular job"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1345"/>
+  </r>
+  <r>
+    <s v="CD334"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="Y2511"/>
+    <s v="Looking for first regular job"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1654"/>
+  </r>
+  <r>
+    <s v="CD334"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="Y2511"/>
+    <s v="Looking for first regular job"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1699"/>
+  </r>
+  <r>
+    <s v="CD334"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="Y2511"/>
+    <s v="Looking for first regular job"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1748"/>
+  </r>
+  <r>
+    <s v="CD334"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-01"/>
+    <s v="Total in labour force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2109498"/>
+  </r>
+  <r>
+    <s v="CD334"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-01"/>
+    <s v="Total in labour force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2232203"/>
+  </r>
+  <r>
+    <s v="CD334"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-01"/>
+    <s v="Total in labour force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="220905"/>
+  </r>
+  <r>
+    <s v="CD334"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-01"/>
+    <s v="Total in labour force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="239874"/>
+  </r>
+  <r>
+    <s v="CD334"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-01"/>
+    <s v="Total in labour force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="121826"/>
+  </r>
+  <r>
+    <s v="CD334"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-01"/>
+    <s v="Total in labour force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="133835"/>
+  </r>
+  <r>
+    <s v="CD334"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-01"/>
+    <s v="Total in labour force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="199476"/>
+  </r>
+  <r>
+    <s v="CD334"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-01"/>
+    <s v="Total in labour force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="214497"/>
+  </r>
+  <r>
+    <s v="CD334"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-01"/>
+    <s v="Total in labour force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="629001"/>
+  </r>
+  <r>
+    <s v="CD334"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-01"/>
+    <s v="Total in labour force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="652178"/>
+  </r>
+  <r>
+    <s v="CD334"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-01"/>
+    <s v="Total in labour force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="244008"/>
+  </r>
+  <r>
+    <s v="CD334"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-01"/>
+    <s v="Total in labour force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="260441"/>
+  </r>
+  <r>
+    <s v="CD334"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-01"/>
+    <s v="Total in labour force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="175074"/>
+  </r>
+  <r>
+    <s v="CD334"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-01"/>
+    <s v="Total in labour force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="179071"/>
+  </r>
+  <r>
+    <s v="CD334"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-01"/>
+    <s v="Total in labour force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="219759"/>
+  </r>
+  <r>
+    <s v="CD334"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-01"/>
+    <s v="Total in labour force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="234649"/>
+  </r>
+  <r>
+    <s v="CD334"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-01"/>
+    <s v="Total in labour force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="299449"/>
+  </r>
+  <r>
+    <s v="CD334"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-01"/>
+    <s v="Total in labour force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="317658"/>
+  </r>
+  <r>
+    <s v="CD334"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-01"/>
+    <s v="Total in labour force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1213867"/>
+  </r>
+  <r>
+    <s v="CD334"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-01"/>
+    <s v="Total in labour force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1228868"/>
+  </r>
+  <r>
+    <s v="CD334"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-01"/>
+    <s v="Total in labour force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="129494"/>
+  </r>
+  <r>
+    <s v="CD334"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-01"/>
+    <s v="Total in labour force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="134328"/>
+  </r>
+  <r>
+    <s v="CD334"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-01"/>
+    <s v="Total in labour force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="72222"/>
+  </r>
+  <r>
+    <s v="CD334"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-01"/>
+    <s v="Total in labour force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="75656"/>
+  </r>
+  <r>
+    <s v="CD334"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-01"/>
+    <s v="Total in labour force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="116387"/>
+  </r>
+  <r>
+    <s v="CD334"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-01"/>
+    <s v="Total in labour force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="118879"/>
+  </r>
+  <r>
+    <s v="CD334"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-01"/>
+    <s v="Total in labour force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="345939"/>
+  </r>
+  <r>
+    <s v="CD334"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-01"/>
+    <s v="Total in labour force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="346584"/>
+  </r>
+  <r>
+    <s v="CD334"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-01"/>
+    <s v="Total in labour force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="141916"/>
+  </r>
+  <r>
+    <s v="CD334"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-01"/>
+    <s v="Total in labour force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="144695"/>
+  </r>
+  <r>
+    <s v="CD334"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-01"/>
+    <s v="Total in labour force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="102651"/>
+  </r>
+  <r>
+    <s v="CD334"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-01"/>
+    <s v="Total in labour force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="100235"/>
+  </r>
+  <r>
+    <s v="CD334"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-01"/>
+    <s v="Total in labour force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="129657"/>
+  </r>
+  <r>
+    <s v="CD334"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-01"/>
+    <s v="Total in labour force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="131404"/>
+  </r>
+  <r>
+    <s v="CD334"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-01"/>
+    <s v="Total in labour force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="175601"/>
+  </r>
+  <r>
+    <s v="CD334"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-01"/>
+    <s v="Total in labour force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="177087"/>
+  </r>
+  <r>
+    <s v="CD334"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-01"/>
+    <s v="Total in labour force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="895631"/>
+  </r>
+  <r>
+    <s v="CD334"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-01"/>
+    <s v="Total in labour force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1003335"/>
+  </r>
+  <r>
+    <s v="CD334"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-01"/>
+    <s v="Total in labour force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="91411"/>
+  </r>
+  <r>
+    <s v="CD334"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-01"/>
+    <s v="Total in labour force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="105546"/>
+  </r>
+  <r>
+    <s v="CD334"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-01"/>
+    <s v="Total in labour force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="49604"/>
+  </r>
+  <r>
+    <s v="CD334"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-01"/>
+    <s v="Total in labour force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="58179"/>
+  </r>
+  <r>
+    <s v="CD334"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-01"/>
+    <s v="Total in labour force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="83089"/>
+  </r>
+  <r>
+    <s v="CD334"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-01"/>
+    <s v="Total in labour force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="95618"/>
+  </r>
+  <r>
+    <s v="CD334"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-01"/>
+    <s v="Total in labour force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="283062"/>
+  </r>
+  <r>
+    <s v="CD334"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-01"/>
+    <s v="Total in labour force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="305594"/>
+  </r>
+  <r>
+    <s v="CD334"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-01"/>
+    <s v="Total in labour force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="102092"/>
+  </r>
+  <r>
+    <s v="CD334"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-01"/>
+    <s v="Total in labour force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="115746"/>
+  </r>
+  <r>
+    <s v="CD334"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-01"/>
+    <s v="Total in labour force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="72423"/>
+  </r>
+  <r>
+    <s v="CD334"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-01"/>
+    <s v="Total in labour force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="78836"/>
+  </r>
+  <r>
+    <s v="CD334"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-01"/>
+    <s v="Total in labour force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="90102"/>
+  </r>
+  <r>
+    <s v="CD334"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-01"/>
+    <s v="Total in labour force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="103245"/>
+  </r>
+  <r>
+    <s v="CD334"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-01"/>
+    <s v="Total in labour force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="123848"/>
+  </r>
+  <r>
+    <s v="CD334"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-01"/>
+    <s v="Total in labour force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="140571"/>
+  </r>
+</pivotCacheRecords>
 </file>