--- v1 (2026-01-20)
+++ v2 (2026-03-07)
@@ -1,48 +1,48 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/pivotCache/pivotCacheDefinition1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheDefinition+xml"/>
   <Override PartName="/pivotCache/pivotCacheRecords1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheRecords+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/pivotTables/pivotTable.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc270583d94d942a6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/871d6b00ea5d44c0b061f78138a30be7.psmdcp" Id="R9381b617f1e2458b" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6927fe71517d4e8e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/ea12333c6b29415eb4afd810ba4f3794.psmdcp" Id="R63139ab1e4064f65" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="About" sheetId="1" r:id="rId2"/>
     <x:sheet name="Unpivoted" sheetId="2" r:id="rId9"/>
     <x:sheet name="Pivoted" sheetId="3" r:id="rId11"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
   <x:pivotCaches>
     <x:pivotCache cacheId="0" r:id="rId12"/>
   </x:pivotCaches>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Table</x:t>