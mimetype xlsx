--- v0 (2025-10-05)
+++ v1 (2025-11-28)
@@ -1,48 +1,48 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/pivotCache/pivotCacheDefinition1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheDefinition+xml"/>
   <Override PartName="/pivotCache/pivotCacheRecords1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheRecords+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/pivotTables/pivotTable.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Raa43931769564b71" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/c83625a156694dd5ada60240fa0b02d7.psmdcp" Id="Re467d94971ec4e6e" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R31a9443c0e284b0f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/f1880aaa5d0248b98a3b29cf84ec2a72.psmdcp" Id="R95911820251b4fbf" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="About" sheetId="2" r:id="rId2"/>
     <x:sheet name="Unpivoted" sheetId="9" r:id="rId9"/>
     <x:sheet name="Pivoted" sheetId="11" r:id="rId11"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
   <x:pivotCaches>
     <x:pivotCache cacheId="0" r:id="rId12"/>
   </x:pivotCaches>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Table</x:t>