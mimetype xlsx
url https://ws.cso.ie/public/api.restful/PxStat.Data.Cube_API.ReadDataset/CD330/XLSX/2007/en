--- v1 (2025-11-28)
+++ v2 (2026-02-12)
@@ -1,97 +1,97 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/pivotCache/pivotCacheDefinition1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheDefinition+xml"/>
   <Override PartName="/pivotCache/pivotCacheRecords1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheRecords+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/pivotTables/pivotTable.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R31a9443c0e284b0f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/f1880aaa5d0248b98a3b29cf84ec2a72.psmdcp" Id="R95911820251b4fbf" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rcf69a7b877984295" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/426b88517fa94f84974a93514ea57bbb.psmdcp" Id="Ra29a2b35e7494734" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
-    <x:sheet name="About" sheetId="2" r:id="rId2"/>
-[...1 lines deleted...]
-    <x:sheet name="Pivoted" sheetId="11" r:id="rId11"/>
+    <x:sheet name="About" sheetId="1" r:id="rId2"/>
+    <x:sheet name="Unpivoted" sheetId="2" r:id="rId9"/>
+    <x:sheet name="Pivoted" sheetId="3" r:id="rId11"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
   <x:pivotCaches>
     <x:pivotCache cacheId="0" r:id="rId12"/>
   </x:pivotCaches>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Table</x:t>
   </x:si>
   <x:si>
     <x:t>Code</x:t>
   </x:si>
   <x:si>
     <x:t>CD330</x:t>
   </x:si>
   <x:si>
     <x:t>Name</x:t>
   </x:si>
   <x:si>
     <x:t>Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State</x:t>
   </x:si>
   <x:si>
     <x:t>Frequency</x:t>
   </x:si>
   <x:si>
     <x:t>Annual</x:t>
   </x:si>
   <x:si>
     <x:t>Last Updated</x:t>
   </x:si>
   <x:si>
-    <x:t>5/14/2020 11:00:00 AM</x:t>
+    <x:t>14/05/2020 11:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Note</x:t>
   </x:si>
   <x:si>
     <x:t>Url</x:t>
   </x:si>
   <x:si>
     <x:t>https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/CD330/XLSX/2007/en</x:t>
   </x:si>
   <x:si>
     <x:t>Product</x:t>
   </x:si>
   <x:si>
     <x:t>C2011P3</x:t>
   </x:si>
   <x:si>
     <x:t>Profile 3 - At Work</x:t>
   </x:si>
   <x:si>
     <x:t>Contacts</x:t>
   </x:si>
   <x:si>
     <x:t>Bernie Casey</x:t>
   </x:si>
@@ -410,50 +410,53 @@
   <x:si>
     <x:t>ZXD230</x:t>
   </x:si>
   <x:si>
     <x:t>Unemployed looking for first regular job</x:t>
   </x:si>
   <x:si>
     <x:t>ZXD240</x:t>
   </x:si>
   <x:si>
     <x:t>Unemployed, having lost or given up previous job</x:t>
   </x:si>
   <x:si>
     <x:t>ZXD250</x:t>
   </x:si>
   <x:si>
     <x:t>Total in labour force</x:t>
   </x:si>
   <x:si>
     <x:t>1</x:t>
   </x:si>
   <x:si>
     <x:t>Male</x:t>
   </x:si>
   <x:si>
+    <x:t/>
+  </x:si>
+  <x:si>
     <x:t>2</x:t>
   </x:si>
   <x:si>
     <x:t>Female</x:t>
   </x:si>
 </x:sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts count="1">
     <x:numFmt numFmtId="0" formatCode=""/>
   </x:numFmts>
   <x:fonts count="4">
     <x:font>
       <x:vertAlign val="baseline"/>
       <x:sz val="11"/>
       <x:color rgb="FF000000"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:vertAlign val="baseline"/>
       <x:sz val="13"/>
@@ -595,491 +598,202 @@
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip r:embed="rId8" cstate="print"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="3971925" cy="1381125"/>
         </a:xfrm>
         <a:prstGeom prst="rect"/>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/pivotTables/_rels/pivotTable.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheDefinition" Target="/pivotCache/pivotCacheDefinition1.xml" Id="rId17" /></Relationships>
 </file>
 
 <file path=xl/pivotTables/pivotTable.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotTableDefinition xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" dataCaption="Values" showError="0" missingCaption="" showMissing="1" pageWrap="0" pageOverThenDown="0" rowGrandTotals="0" colGrandTotals="0" indent="1">
-[...439 lines deleted...]
-</x:pivotTableDefinition>
+<pivotTableDefinition xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" applyNumberFormats="0" applyBorderFormats="0" applyFontFormats="0" applyPatternFormats="0" applyAlignmentFormats="0" applyWidthHeightFormats="0" dataCaption="Values" rowGrandTotals="0" colGrandTotals="0" outline="1">
+  <location ref="A1" firstHeaderRow="0" firstDataRow="0" firstDataCol="0"/>
+  <pivotFields count="12">
+    <pivotField name="STATISTIC" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="Statistic Label" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="C02199V02655" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="3">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+      </items>
+    </pivotField>
+    <pivotField name="Sex" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="3">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+      </items>
+    </pivotField>
+    <pivotField name="C02852V03430" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="26">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+        <item x="11"/>
+        <item x="12"/>
+        <item x="13"/>
+        <item x="14"/>
+        <item x="15"/>
+        <item x="16"/>
+        <item x="17"/>
+        <item x="18"/>
+        <item x="19"/>
+        <item x="20"/>
+        <item x="21"/>
+        <item x="22"/>
+        <item x="23"/>
+        <item x="24"/>
+        <item x="25"/>
+      </items>
+    </pivotField>
+    <pivotField name="Broad Industrial Group" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="26">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+        <item x="11"/>
+        <item x="12"/>
+        <item x="13"/>
+        <item x="14"/>
+        <item x="15"/>
+        <item x="16"/>
+        <item x="17"/>
+        <item x="18"/>
+        <item x="19"/>
+        <item x="20"/>
+        <item x="21"/>
+        <item x="22"/>
+        <item x="23"/>
+        <item x="24"/>
+        <item x="25"/>
+      </items>
+    </pivotField>
+    <pivotField name="C02712V03280" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="11">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+      </items>
+    </pivotField>
+    <pivotField name="Religion" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="11">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+      </items>
+    </pivotField>
+    <pivotField name="TLIST(A1)" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="CensusYear" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField showAll="0"/>
+    <pivotField dataField="1" showAll="0"/>
+  </pivotFields>
+  <rowFields count="10">
+    <field x="0"/>
+    <field x="1"/>
+    <field x="2"/>
+    <field x="3"/>
+    <field x="4"/>
+    <field x="5"/>
+    <field x="6"/>
+    <field x="7"/>
+    <field x="8"/>
+    <field x="9"/>
+  </rowFields>
+  <dataFields count="1">
+    <dataField name="VALUE" fld="11"/>
+  </dataFields>
+  <pivotTableStyleInfo name="PivotStyleLight16" showRowHeaders="1" showColHeaders="1"/>
+  <extLst>
+    <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{962EF5D1-5CA2-4c93-8EF4-DBF5C05439D2}">
+      <x14:pivotTableDefinition enableEdit="0" hideValuesRow="1"/>
+    </ext>
+  </extLst>
+</pivotTableDefinition>
 </file>
 
 <file path=xl/tables/table1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:table xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="1" name="Unpivoted" displayName="Unpivoted" ref="A1:L859" totalsRowShown="0">
   <x:autoFilter ref="A1:L859"/>
   <x:tableColumns count="12">
     <x:tableColumn id="1" name="STATISTIC"/>
     <x:tableColumn id="2" name="Statistic Label"/>
     <x:tableColumn id="3" name="C02199V02655"/>
     <x:tableColumn id="4" name="Sex"/>
     <x:tableColumn id="5" name="C02852V03430"/>
     <x:tableColumn id="6" name="Broad Industrial Group"/>
     <x:tableColumn id="7" name="C02712V03280"/>
     <x:tableColumn id="8" name="Religion"/>
     <x:tableColumn id="9" name="TLIST(A1)"/>
     <x:tableColumn id="10" name="CensusYear"/>
     <x:tableColumn id="11" name="UNIT"/>
     <x:tableColumn id="12" name="VALUE"/>
   </x:tableColumns>
   <x:tableStyleInfo name="TableStyleMedium2" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </x:table>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
@@ -1352,51 +1066,51 @@
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="/xl/drawings/drawing1.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/CD330/XLSX/2007/en" TargetMode="External" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cso.ie/" TargetMode="External" Id="rId14" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="/xl/tables/table1.xml" Id="rId15" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet3.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotTable" Target="/xl/pivotTables/pivotTable.xml" Id="rId16" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:B39"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="20.710625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="100.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="8" spans="1:2">
       <x:c r="A8" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B8" s="2"/>
     </x:row>
     <x:row r="9" spans="1:2">
       <x:c r="A9" s="3" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="B9" s="0" t="s">
         <x:v>2</x:v>
@@ -1583,51 +1297,51 @@
       </x:c>
     </x:row>
     <x:row r="39" spans="1:2">
       <x:c r="A39" s="3" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B39" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:hyperlinks>
     <x:hyperlink ref="B14" r:id="rId13"/>
     <x:hyperlink ref="B28" r:id="rId14"/>
   </x:hyperlinks>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:drawing xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId7"/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:L859"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="11.996339" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="87.567768" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="16.139196" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="10.424911" style="0" customWidth="1"/>
     <x:col min="5" max="5" width="16.139196" style="0" customWidth="1"/>
     <x:col min="6" max="6" width="79.710625" style="0" customWidth="1"/>
     <x:col min="7" max="7" width="16.139196" style="0" customWidth="1"/>
     <x:col min="8" max="8" width="45.567768" style="0" customWidth="1"/>
     <x:col min="9" max="9" width="11.282054" style="0" customWidth="1"/>
     <x:col min="10" max="10" width="13.424911" style="0" customWidth="1"/>
     <x:col min="11" max="11" width="8.282054" style="0" customWidth="1"/>
     <x:col min="12" max="12" width="8.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:12">
       <x:c r="A1" s="0" t="s">
@@ -14029,50 +13743,53 @@
       </x:c>
       <x:c r="D327" s="0" t="s">
         <x:v>128</x:v>
       </x:c>
       <x:c r="E327" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="F327" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="G327" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="H327" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="I327" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J327" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="K327" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
+      <x:c r="L327" s="0" t="s">
+        <x:v>129</x:v>
+      </x:c>
     </x:row>
     <x:row r="328" spans="1:12">
       <x:c r="A328" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B328" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C328" s="0" t="s">
         <x:v>127</x:v>
       </x:c>
       <x:c r="D328" s="0" t="s">
         <x:v>128</x:v>
       </x:c>
       <x:c r="E328" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="F328" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="G328" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="H328" s="0" t="s">
         <x:v>71</x:v>
@@ -20600,50 +20317,53 @@
       </x:c>
       <x:c r="D500" s="0" t="s">
         <x:v>128</x:v>
       </x:c>
       <x:c r="E500" s="0" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="F500" s="0" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="G500" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="H500" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="I500" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J500" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="K500" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
+      <x:c r="L500" s="0" t="s">
+        <x:v>129</x:v>
+      </x:c>
     </x:row>
     <x:row r="501" spans="1:12">
       <x:c r="A501" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B501" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C501" s="0" t="s">
         <x:v>127</x:v>
       </x:c>
       <x:c r="D501" s="0" t="s">
         <x:v>128</x:v>
       </x:c>
       <x:c r="E501" s="0" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="F501" s="0" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="G501" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="H501" s="0" t="s">
         <x:v>65</x:v>
@@ -23383,10914 +23103,10923 @@
       </x:c>
       <x:c r="H573" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="I573" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J573" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="K573" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="L573" s="0">
         <x:v>1211654</x:v>
       </x:c>
     </x:row>
     <x:row r="574" spans="1:12">
       <x:c r="A574" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B574" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C574" s="0" t="s">
-        <x:v>129</x:v>
+        <x:v>130</x:v>
       </x:c>
       <x:c r="D574" s="0" t="s">
-        <x:v>130</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="E574" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="F574" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="G574" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="H574" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="I574" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J574" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="K574" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="L574" s="0">
         <x:v>8887</x:v>
       </x:c>
     </x:row>
     <x:row r="575" spans="1:12">
       <x:c r="A575" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B575" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C575" s="0" t="s">
-        <x:v>129</x:v>
+        <x:v>130</x:v>
       </x:c>
       <x:c r="D575" s="0" t="s">
-        <x:v>130</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="E575" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="F575" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="G575" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="H575" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="I575" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J575" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="K575" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="L575" s="0">
         <x:v>770</x:v>
       </x:c>
     </x:row>
     <x:row r="576" spans="1:12">
       <x:c r="A576" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B576" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C576" s="0" t="s">
-        <x:v>129</x:v>
+        <x:v>130</x:v>
       </x:c>
       <x:c r="D576" s="0" t="s">
-        <x:v>130</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="E576" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="F576" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="G576" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="H576" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="I576" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J576" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="K576" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="L576" s="0">
         <x:v>6</x:v>
       </x:c>
     </x:row>
     <x:row r="577" spans="1:12">
       <x:c r="A577" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B577" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C577" s="0" t="s">
-        <x:v>129</x:v>
+        <x:v>130</x:v>
       </x:c>
       <x:c r="D577" s="0" t="s">
-        <x:v>130</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="E577" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="F577" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="G577" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="H577" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="I577" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J577" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="K577" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="L577" s="0">
         <x:v>217</x:v>
       </x:c>
     </x:row>
     <x:row r="578" spans="1:12">
       <x:c r="A578" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B578" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C578" s="0" t="s">
-        <x:v>129</x:v>
+        <x:v>130</x:v>
       </x:c>
       <x:c r="D578" s="0" t="s">
-        <x:v>130</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="E578" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="F578" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="G578" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="H578" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="I578" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J578" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="K578" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="L578" s="0">
         <x:v>75</x:v>
       </x:c>
     </x:row>
     <x:row r="579" spans="1:12">
       <x:c r="A579" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B579" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C579" s="0" t="s">
-        <x:v>129</x:v>
+        <x:v>130</x:v>
       </x:c>
       <x:c r="D579" s="0" t="s">
-        <x:v>130</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="E579" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="F579" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="G579" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="H579" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="I579" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J579" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="K579" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="L579" s="0">
         <x:v>92</x:v>
       </x:c>
     </x:row>
     <x:row r="580" spans="1:12">
       <x:c r="A580" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B580" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C580" s="0" t="s">
-        <x:v>129</x:v>
+        <x:v>130</x:v>
       </x:c>
       <x:c r="D580" s="0" t="s">
-        <x:v>130</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="E580" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="F580" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="G580" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="H580" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="I580" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J580" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="K580" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="L580" s="0">
         <x:v>4</x:v>
       </x:c>
     </x:row>
     <x:row r="581" spans="1:12">
       <x:c r="A581" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B581" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C581" s="0" t="s">
-        <x:v>129</x:v>
+        <x:v>130</x:v>
       </x:c>
       <x:c r="D581" s="0" t="s">
-        <x:v>130</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="E581" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="F581" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="G581" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="H581" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="I581" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J581" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="K581" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="L581" s="0">
         <x:v>279</x:v>
       </x:c>
     </x:row>
     <x:row r="582" spans="1:12">
       <x:c r="A582" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B582" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C582" s="0" t="s">
-        <x:v>129</x:v>
+        <x:v>130</x:v>
       </x:c>
       <x:c r="D582" s="0" t="s">
-        <x:v>130</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="E582" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="F582" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="G582" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="H582" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="I582" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J582" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="K582" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="L582" s="0">
         <x:v>569</x:v>
       </x:c>
     </x:row>
     <x:row r="583" spans="1:12">
       <x:c r="A583" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B583" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C583" s="0" t="s">
-        <x:v>129</x:v>
+        <x:v>130</x:v>
       </x:c>
       <x:c r="D583" s="0" t="s">
-        <x:v>130</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="E583" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="F583" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="G583" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="H583" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="I583" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J583" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="K583" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="L583" s="0">
         <x:v>76</x:v>
       </x:c>
     </x:row>
     <x:row r="584" spans="1:12">
       <x:c r="A584" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B584" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C584" s="0" t="s">
-        <x:v>129</x:v>
+        <x:v>130</x:v>
       </x:c>
       <x:c r="D584" s="0" t="s">
-        <x:v>130</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="E584" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="F584" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="G584" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="H584" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="I584" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J584" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="K584" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="L584" s="0">
         <x:v>10975</x:v>
       </x:c>
     </x:row>
     <x:row r="585" spans="1:12">
       <x:c r="A585" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B585" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C585" s="0" t="s">
-        <x:v>129</x:v>
+        <x:v>130</x:v>
       </x:c>
       <x:c r="D585" s="0" t="s">
-        <x:v>130</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="E585" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="F585" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="G585" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="H585" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="I585" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J585" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="K585" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="L585" s="0">
         <x:v>502</x:v>
       </x:c>
     </x:row>
     <x:row r="586" spans="1:12">
       <x:c r="A586" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B586" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C586" s="0" t="s">
-        <x:v>129</x:v>
+        <x:v>130</x:v>
       </x:c>
       <x:c r="D586" s="0" t="s">
-        <x:v>130</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="E586" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="F586" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="G586" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="H586" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="I586" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J586" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="K586" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="L586" s="0">
         <x:v>19</x:v>
       </x:c>
     </x:row>
     <x:row r="587" spans="1:12">
       <x:c r="A587" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B587" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C587" s="0" t="s">
-        <x:v>129</x:v>
+        <x:v>130</x:v>
       </x:c>
       <x:c r="D587" s="0" t="s">
-        <x:v>130</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="E587" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="F587" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="G587" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="H587" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="I587" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J587" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="K587" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="L587" s="0">
         <x:v>1</x:v>
       </x:c>
     </x:row>
     <x:row r="588" spans="1:12">
       <x:c r="A588" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B588" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C588" s="0" t="s">
-        <x:v>129</x:v>
+        <x:v>130</x:v>
       </x:c>
       <x:c r="D588" s="0" t="s">
-        <x:v>130</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="E588" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="F588" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="G588" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="H588" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="I588" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J588" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="K588" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="L588" s="0">
         <x:v>6</x:v>
       </x:c>
     </x:row>
     <x:row r="589" spans="1:12">
       <x:c r="A589" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B589" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C589" s="0" t="s">
-        <x:v>129</x:v>
+        <x:v>130</x:v>
       </x:c>
       <x:c r="D589" s="0" t="s">
-        <x:v>130</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="E589" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="F589" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="G589" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="H589" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="I589" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J589" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="K589" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
+      <x:c r="L589" s="0" t="s">
+        <x:v>129</x:v>
+      </x:c>
     </x:row>
     <x:row r="590" spans="1:12">
       <x:c r="A590" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B590" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C590" s="0" t="s">
-        <x:v>129</x:v>
+        <x:v>130</x:v>
       </x:c>
       <x:c r="D590" s="0" t="s">
-        <x:v>130</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="E590" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="F590" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="G590" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="H590" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="I590" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J590" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="K590" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
+      <x:c r="L590" s="0" t="s">
+        <x:v>129</x:v>
+      </x:c>
     </x:row>
     <x:row r="591" spans="1:12">
       <x:c r="A591" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B591" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C591" s="0" t="s">
-        <x:v>129</x:v>
+        <x:v>130</x:v>
       </x:c>
       <x:c r="D591" s="0" t="s">
-        <x:v>130</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="E591" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="F591" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="G591" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="H591" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="I591" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J591" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="K591" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
+      <x:c r="L591" s="0" t="s">
+        <x:v>129</x:v>
+      </x:c>
     </x:row>
     <x:row r="592" spans="1:12">
       <x:c r="A592" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B592" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C592" s="0" t="s">
-        <x:v>129</x:v>
+        <x:v>130</x:v>
       </x:c>
       <x:c r="D592" s="0" t="s">
-        <x:v>130</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="E592" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="F592" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="G592" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="H592" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="I592" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J592" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="K592" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="L592" s="0">
         <x:v>6</x:v>
       </x:c>
     </x:row>
     <x:row r="593" spans="1:12">
       <x:c r="A593" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B593" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C593" s="0" t="s">
-        <x:v>129</x:v>
+        <x:v>130</x:v>
       </x:c>
       <x:c r="D593" s="0" t="s">
-        <x:v>130</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="E593" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="F593" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="G593" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="H593" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="I593" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J593" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="K593" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="L593" s="0">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="594" spans="1:12">
       <x:c r="A594" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B594" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C594" s="0" t="s">
-        <x:v>129</x:v>
+        <x:v>130</x:v>
       </x:c>
       <x:c r="D594" s="0" t="s">
-        <x:v>130</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="E594" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="F594" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="G594" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="H594" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="I594" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J594" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="K594" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="L594" s="0">
         <x:v>8</x:v>
       </x:c>
     </x:row>
     <x:row r="595" spans="1:12">
       <x:c r="A595" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B595" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C595" s="0" t="s">
-        <x:v>129</x:v>
+        <x:v>130</x:v>
       </x:c>
       <x:c r="D595" s="0" t="s">
-        <x:v>130</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="E595" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="F595" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="G595" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="H595" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="I595" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J595" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="K595" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="L595" s="0">
         <x:v>566</x:v>
       </x:c>
     </x:row>
     <x:row r="596" spans="1:12">
       <x:c r="A596" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B596" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C596" s="0" t="s">
-        <x:v>129</x:v>
+        <x:v>130</x:v>
       </x:c>
       <x:c r="D596" s="0" t="s">
-        <x:v>130</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="E596" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="F596" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="G596" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="H596" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="I596" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J596" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="K596" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="L596" s="0">
         <x:v>49137</x:v>
       </x:c>
     </x:row>
     <x:row r="597" spans="1:12">
       <x:c r="A597" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B597" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C597" s="0" t="s">
-        <x:v>129</x:v>
+        <x:v>130</x:v>
       </x:c>
       <x:c r="D597" s="0" t="s">
-        <x:v>130</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="E597" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="F597" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="G597" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="H597" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="I597" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J597" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="K597" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="L597" s="0">
         <x:v>1217</x:v>
       </x:c>
     </x:row>
     <x:row r="598" spans="1:12">
       <x:c r="A598" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B598" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C598" s="0" t="s">
-        <x:v>129</x:v>
+        <x:v>130</x:v>
       </x:c>
       <x:c r="D598" s="0" t="s">
-        <x:v>130</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="E598" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="F598" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="G598" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="H598" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="I598" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J598" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="K598" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="L598" s="0">
         <x:v>96</x:v>
       </x:c>
     </x:row>
     <x:row r="599" spans="1:12">
       <x:c r="A599" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B599" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C599" s="0" t="s">
-        <x:v>129</x:v>
+        <x:v>130</x:v>
       </x:c>
       <x:c r="D599" s="0" t="s">
-        <x:v>130</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="E599" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="F599" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="G599" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="H599" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="I599" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J599" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="K599" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="L599" s="0">
         <x:v>681</x:v>
       </x:c>
     </x:row>
     <x:row r="600" spans="1:12">
       <x:c r="A600" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B600" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C600" s="0" t="s">
-        <x:v>129</x:v>
+        <x:v>130</x:v>
       </x:c>
       <x:c r="D600" s="0" t="s">
-        <x:v>130</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="E600" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="F600" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="G600" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="H600" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="I600" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J600" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="K600" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="L600" s="0">
         <x:v>359</x:v>
       </x:c>
     </x:row>
     <x:row r="601" spans="1:12">
       <x:c r="A601" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B601" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C601" s="0" t="s">
-        <x:v>129</x:v>
+        <x:v>130</x:v>
       </x:c>
       <x:c r="D601" s="0" t="s">
-        <x:v>130</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="E601" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="F601" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="G601" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="H601" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="I601" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J601" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="K601" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="L601" s="0">
         <x:v>232</x:v>
       </x:c>
     </x:row>
     <x:row r="602" spans="1:12">
       <x:c r="A602" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B602" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C602" s="0" t="s">
-        <x:v>129</x:v>
+        <x:v>130</x:v>
       </x:c>
       <x:c r="D602" s="0" t="s">
-        <x:v>130</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="E602" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="F602" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="G602" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="H602" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="I602" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J602" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="K602" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="L602" s="0">
         <x:v>53</x:v>
       </x:c>
     </x:row>
     <x:row r="603" spans="1:12">
       <x:c r="A603" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B603" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C603" s="0" t="s">
-        <x:v>129</x:v>
+        <x:v>130</x:v>
       </x:c>
       <x:c r="D603" s="0" t="s">
-        <x:v>130</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="E603" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="F603" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="G603" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="H603" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="I603" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J603" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="K603" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="L603" s="0">
         <x:v>917</x:v>
       </x:c>
     </x:row>
     <x:row r="604" spans="1:12">
       <x:c r="A604" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B604" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C604" s="0" t="s">
-        <x:v>129</x:v>
+        <x:v>130</x:v>
       </x:c>
       <x:c r="D604" s="0" t="s">
-        <x:v>130</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="E604" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="F604" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="G604" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="H604" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="I604" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J604" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="K604" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="L604" s="0">
         <x:v>3247</x:v>
       </x:c>
     </x:row>
     <x:row r="605" spans="1:12">
       <x:c r="A605" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B605" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C605" s="0" t="s">
-        <x:v>129</x:v>
+        <x:v>130</x:v>
       </x:c>
       <x:c r="D605" s="0" t="s">
-        <x:v>130</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="E605" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="F605" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="G605" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="H605" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="I605" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J605" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="K605" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="L605" s="0">
         <x:v>264</x:v>
       </x:c>
     </x:row>
     <x:row r="606" spans="1:12">
       <x:c r="A606" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B606" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C606" s="0" t="s">
-        <x:v>129</x:v>
+        <x:v>130</x:v>
       </x:c>
       <x:c r="D606" s="0" t="s">
-        <x:v>130</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="E606" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="F606" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="G606" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="H606" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="I606" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J606" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="K606" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="L606" s="0">
         <x:v>56203</x:v>
       </x:c>
     </x:row>
     <x:row r="607" spans="1:12">
       <x:c r="A607" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B607" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C607" s="0" t="s">
-        <x:v>129</x:v>
+        <x:v>130</x:v>
       </x:c>
       <x:c r="D607" s="0" t="s">
-        <x:v>130</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="E607" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="F607" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="G607" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="H607" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="I607" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J607" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="K607" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="L607" s="0">
         <x:v>2382</x:v>
       </x:c>
     </x:row>
     <x:row r="608" spans="1:12">
       <x:c r="A608" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B608" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C608" s="0" t="s">
-        <x:v>129</x:v>
+        <x:v>130</x:v>
       </x:c>
       <x:c r="D608" s="0" t="s">
-        <x:v>130</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="E608" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="F608" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="G608" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="H608" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="I608" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J608" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="K608" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="L608" s="0">
         <x:v>57</x:v>
       </x:c>
     </x:row>
     <x:row r="609" spans="1:12">
       <x:c r="A609" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B609" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C609" s="0" t="s">
-        <x:v>129</x:v>
+        <x:v>130</x:v>
       </x:c>
       <x:c r="D609" s="0" t="s">
-        <x:v>130</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="E609" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="F609" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="G609" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="H609" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="I609" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J609" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="K609" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="L609" s="0">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="610" spans="1:12">
       <x:c r="A610" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B610" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C610" s="0" t="s">
-        <x:v>129</x:v>
+        <x:v>130</x:v>
       </x:c>
       <x:c r="D610" s="0" t="s">
-        <x:v>130</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="E610" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="F610" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="G610" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="H610" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="I610" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J610" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="K610" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="L610" s="0">
         <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="611" spans="1:12">
       <x:c r="A611" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B611" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C611" s="0" t="s">
-        <x:v>129</x:v>
+        <x:v>130</x:v>
       </x:c>
       <x:c r="D611" s="0" t="s">
-        <x:v>130</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="E611" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="F611" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="G611" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="H611" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="I611" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J611" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="K611" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="L611" s="0">
         <x:v>21</x:v>
       </x:c>
     </x:row>
     <x:row r="612" spans="1:12">
       <x:c r="A612" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B612" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C612" s="0" t="s">
-        <x:v>129</x:v>
+        <x:v>130</x:v>
       </x:c>
       <x:c r="D612" s="0" t="s">
-        <x:v>130</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="E612" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="F612" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="G612" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="H612" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="I612" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J612" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="K612" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="L612" s="0">
         <x:v>4</x:v>
       </x:c>
     </x:row>
     <x:row r="613" spans="1:12">
       <x:c r="A613" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B613" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C613" s="0" t="s">
-        <x:v>129</x:v>
+        <x:v>130</x:v>
       </x:c>
       <x:c r="D613" s="0" t="s">
-        <x:v>130</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="E613" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="F613" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="G613" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="H613" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="I613" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J613" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="K613" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="L613" s="0">
         <x:v>4</x:v>
       </x:c>
     </x:row>
     <x:row r="614" spans="1:12">
       <x:c r="A614" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B614" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C614" s="0" t="s">
-        <x:v>129</x:v>
+        <x:v>130</x:v>
       </x:c>
       <x:c r="D614" s="0" t="s">
-        <x:v>130</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="E614" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="F614" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="G614" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="H614" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="I614" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J614" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="K614" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="L614" s="0">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="615" spans="1:12">
       <x:c r="A615" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B615" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C615" s="0" t="s">
-        <x:v>129</x:v>
+        <x:v>130</x:v>
       </x:c>
       <x:c r="D615" s="0" t="s">
-        <x:v>130</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="E615" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="F615" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="G615" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="H615" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="I615" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J615" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="K615" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="L615" s="0">
         <x:v>186</x:v>
       </x:c>
     </x:row>
     <x:row r="616" spans="1:12">
       <x:c r="A616" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B616" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C616" s="0" t="s">
-        <x:v>129</x:v>
+        <x:v>130</x:v>
       </x:c>
       <x:c r="D616" s="0" t="s">
-        <x:v>130</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="E616" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="F616" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="G616" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="H616" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="I616" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J616" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="K616" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="L616" s="0">
         <x:v>7</x:v>
       </x:c>
     </x:row>
     <x:row r="617" spans="1:12">
       <x:c r="A617" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B617" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C617" s="0" t="s">
-        <x:v>129</x:v>
+        <x:v>130</x:v>
       </x:c>
       <x:c r="D617" s="0" t="s">
-        <x:v>130</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="E617" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="F617" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="G617" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="H617" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="I617" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J617" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="K617" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="L617" s="0">
         <x:v>2703</x:v>
       </x:c>
     </x:row>
     <x:row r="618" spans="1:12">
       <x:c r="A618" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B618" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C618" s="0" t="s">
-        <x:v>129</x:v>
+        <x:v>130</x:v>
       </x:c>
       <x:c r="D618" s="0" t="s">
-        <x:v>130</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="E618" s="0" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="F618" s="0" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="G618" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="H618" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="I618" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J618" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="K618" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="L618" s="0">
         <x:v>1463</x:v>
       </x:c>
     </x:row>
     <x:row r="619" spans="1:12">
       <x:c r="A619" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B619" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C619" s="0" t="s">
-        <x:v>129</x:v>
+        <x:v>130</x:v>
       </x:c>
       <x:c r="D619" s="0" t="s">
-        <x:v>130</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="E619" s="0" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="F619" s="0" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="G619" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="H619" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="I619" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J619" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="K619" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="L619" s="0">
         <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="620" spans="1:12">
       <x:c r="A620" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B620" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C620" s="0" t="s">
-        <x:v>129</x:v>
+        <x:v>130</x:v>
       </x:c>
       <x:c r="D620" s="0" t="s">
-        <x:v>130</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="E620" s="0" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="F620" s="0" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="G620" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="H620" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="I620" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J620" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="K620" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="L620" s="0">
         <x:v>1</x:v>
       </x:c>
     </x:row>
     <x:row r="621" spans="1:12">
       <x:c r="A621" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B621" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C621" s="0" t="s">
-        <x:v>129</x:v>
+        <x:v>130</x:v>
       </x:c>
       <x:c r="D621" s="0" t="s">
-        <x:v>130</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="E621" s="0" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="F621" s="0" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="G621" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="H621" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="I621" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J621" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="K621" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="L621" s="0">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="622" spans="1:12">
       <x:c r="A622" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B622" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C622" s="0" t="s">
-        <x:v>129</x:v>
+        <x:v>130</x:v>
       </x:c>
       <x:c r="D622" s="0" t="s">
-        <x:v>130</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="E622" s="0" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="F622" s="0" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="G622" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="H622" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="I622" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J622" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="K622" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="L622" s="0">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="623" spans="1:12">
       <x:c r="A623" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B623" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C623" s="0" t="s">
-        <x:v>129</x:v>
+        <x:v>130</x:v>
       </x:c>
       <x:c r="D623" s="0" t="s">
-        <x:v>130</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="E623" s="0" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="F623" s="0" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="G623" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="H623" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="I623" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J623" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="K623" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="L623" s="0">
         <x:v>8</x:v>
       </x:c>
     </x:row>
     <x:row r="624" spans="1:12">
       <x:c r="A624" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B624" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C624" s="0" t="s">
-        <x:v>129</x:v>
+        <x:v>130</x:v>
       </x:c>
       <x:c r="D624" s="0" t="s">
-        <x:v>130</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="E624" s="0" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="F624" s="0" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="G624" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="H624" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="I624" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J624" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="K624" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="L624" s="0">
         <x:v>1</x:v>
       </x:c>
     </x:row>
     <x:row r="625" spans="1:12">
       <x:c r="A625" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B625" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C625" s="0" t="s">
-        <x:v>129</x:v>
+        <x:v>130</x:v>
       </x:c>
       <x:c r="D625" s="0" t="s">
-        <x:v>130</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="E625" s="0" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="F625" s="0" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="G625" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="H625" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="I625" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J625" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="K625" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="L625" s="0">
         <x:v>26</x:v>
       </x:c>
     </x:row>
     <x:row r="626" spans="1:12">
       <x:c r="A626" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B626" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C626" s="0" t="s">
-        <x:v>129</x:v>
+        <x:v>130</x:v>
       </x:c>
       <x:c r="D626" s="0" t="s">
-        <x:v>130</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="E626" s="0" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="F626" s="0" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="G626" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="H626" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="I626" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J626" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="K626" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="L626" s="0">
         <x:v>90</x:v>
       </x:c>
     </x:row>
     <x:row r="627" spans="1:12">
       <x:c r="A627" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B627" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C627" s="0" t="s">
-        <x:v>129</x:v>
+        <x:v>130</x:v>
       </x:c>
       <x:c r="D627" s="0" t="s">
-        <x:v>130</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="E627" s="0" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="F627" s="0" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="G627" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="H627" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="I627" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J627" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="K627" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="L627" s="0">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="628" spans="1:12">
       <x:c r="A628" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B628" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C628" s="0" t="s">
-        <x:v>129</x:v>
+        <x:v>130</x:v>
       </x:c>
       <x:c r="D628" s="0" t="s">
-        <x:v>130</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="E628" s="0" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="F628" s="0" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="G628" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="H628" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="I628" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J628" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="K628" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="L628" s="0">
         <x:v>1688</x:v>
       </x:c>
     </x:row>
     <x:row r="629" spans="1:12">
       <x:c r="A629" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B629" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C629" s="0" t="s">
-        <x:v>129</x:v>
+        <x:v>130</x:v>
       </x:c>
       <x:c r="D629" s="0" t="s">
-        <x:v>130</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="E629" s="0" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="F629" s="0" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="G629" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="H629" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="I629" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J629" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="K629" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="L629" s="0">
         <x:v>6257</x:v>
       </x:c>
     </x:row>
     <x:row r="630" spans="1:12">
       <x:c r="A630" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B630" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C630" s="0" t="s">
-        <x:v>129</x:v>
+        <x:v>130</x:v>
       </x:c>
       <x:c r="D630" s="0" t="s">
-        <x:v>130</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="E630" s="0" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="F630" s="0" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="G630" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="H630" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="I630" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J630" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="K630" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="L630" s="0">
         <x:v>191</x:v>
       </x:c>
     </x:row>
     <x:row r="631" spans="1:12">
       <x:c r="A631" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B631" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C631" s="0" t="s">
-        <x:v>129</x:v>
+        <x:v>130</x:v>
       </x:c>
       <x:c r="D631" s="0" t="s">
-        <x:v>130</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="E631" s="0" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="F631" s="0" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="G631" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="H631" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="I631" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J631" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="K631" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="L631" s="0">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="632" spans="1:12">
       <x:c r="A632" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B632" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C632" s="0" t="s">
-        <x:v>129</x:v>
+        <x:v>130</x:v>
       </x:c>
       <x:c r="D632" s="0" t="s">
-        <x:v>130</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="E632" s="0" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="F632" s="0" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="G632" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="H632" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="I632" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J632" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="K632" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="L632" s="0">
         <x:v>66</x:v>
       </x:c>
     </x:row>
     <x:row r="633" spans="1:12">
       <x:c r="A633" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B633" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C633" s="0" t="s">
-        <x:v>129</x:v>
+        <x:v>130</x:v>
       </x:c>
       <x:c r="D633" s="0" t="s">
-        <x:v>130</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="E633" s="0" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="F633" s="0" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="G633" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="H633" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="I633" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J633" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="K633" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="L633" s="0">
         <x:v>44</x:v>
       </x:c>
     </x:row>
     <x:row r="634" spans="1:12">
       <x:c r="A634" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B634" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C634" s="0" t="s">
-        <x:v>129</x:v>
+        <x:v>130</x:v>
       </x:c>
       <x:c r="D634" s="0" t="s">
-        <x:v>130</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="E634" s="0" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="F634" s="0" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="G634" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="H634" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="I634" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J634" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="K634" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="L634" s="0">
         <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="635" spans="1:12">
       <x:c r="A635" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B635" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C635" s="0" t="s">
-        <x:v>129</x:v>
+        <x:v>130</x:v>
       </x:c>
       <x:c r="D635" s="0" t="s">
-        <x:v>130</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="E635" s="0" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="F635" s="0" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="G635" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="H635" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="I635" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J635" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="K635" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="L635" s="0">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="636" spans="1:12">
       <x:c r="A636" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B636" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C636" s="0" t="s">
-        <x:v>129</x:v>
+        <x:v>130</x:v>
       </x:c>
       <x:c r="D636" s="0" t="s">
-        <x:v>130</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="E636" s="0" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="F636" s="0" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="G636" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="H636" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="I636" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J636" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="K636" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="L636" s="0">
         <x:v>87</x:v>
       </x:c>
     </x:row>
     <x:row r="637" spans="1:12">
       <x:c r="A637" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B637" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C637" s="0" t="s">
-        <x:v>129</x:v>
+        <x:v>130</x:v>
       </x:c>
       <x:c r="D637" s="0" t="s">
-        <x:v>130</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="E637" s="0" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="F637" s="0" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="G637" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="H637" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="I637" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J637" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="K637" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="L637" s="0">
         <x:v>330</x:v>
       </x:c>
     </x:row>
     <x:row r="638" spans="1:12">
       <x:c r="A638" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B638" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C638" s="0" t="s">
-        <x:v>129</x:v>
+        <x:v>130</x:v>
       </x:c>
       <x:c r="D638" s="0" t="s">
-        <x:v>130</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="E638" s="0" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="F638" s="0" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="G638" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="H638" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="I638" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J638" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="K638" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="L638" s="0">
         <x:v>19</x:v>
       </x:c>
     </x:row>
     <x:row r="639" spans="1:12">
       <x:c r="A639" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B639" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C639" s="0" t="s">
-        <x:v>129</x:v>
+        <x:v>130</x:v>
       </x:c>
       <x:c r="D639" s="0" t="s">
-        <x:v>130</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="E639" s="0" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="F639" s="0" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="G639" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="H639" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="I639" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J639" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="K639" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="L639" s="0">
         <x:v>7049</x:v>
       </x:c>
     </x:row>
     <x:row r="640" spans="1:12">
       <x:c r="A640" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B640" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C640" s="0" t="s">
-        <x:v>129</x:v>
+        <x:v>130</x:v>
       </x:c>
       <x:c r="D640" s="0" t="s">
-        <x:v>130</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="E640" s="0" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="F640" s="0" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="G640" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="H640" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="I640" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J640" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="K640" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="L640" s="0">
         <x:v>110611</x:v>
       </x:c>
     </x:row>
     <x:row r="641" spans="1:12">
       <x:c r="A641" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B641" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C641" s="0" t="s">
-        <x:v>129</x:v>
+        <x:v>130</x:v>
       </x:c>
       <x:c r="D641" s="0" t="s">
-        <x:v>130</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="E641" s="0" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="F641" s="0" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="G641" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="H641" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="I641" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J641" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="K641" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="L641" s="0">
         <x:v>3462</x:v>
       </x:c>
     </x:row>
     <x:row r="642" spans="1:12">
       <x:c r="A642" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B642" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C642" s="0" t="s">
-        <x:v>129</x:v>
+        <x:v>130</x:v>
       </x:c>
       <x:c r="D642" s="0" t="s">
-        <x:v>130</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="E642" s="0" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="F642" s="0" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="G642" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="H642" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="I642" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J642" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="K642" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="L642" s="0">
         <x:v>418</x:v>
       </x:c>
     </x:row>
     <x:row r="643" spans="1:12">
       <x:c r="A643" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B643" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C643" s="0" t="s">
-        <x:v>129</x:v>
+        <x:v>130</x:v>
       </x:c>
       <x:c r="D643" s="0" t="s">
-        <x:v>130</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="E643" s="0" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="F643" s="0" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="G643" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="H643" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="I643" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J643" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="K643" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="L643" s="0">
         <x:v>1576</x:v>
       </x:c>
     </x:row>
     <x:row r="644" spans="1:12">
       <x:c r="A644" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B644" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C644" s="0" t="s">
-        <x:v>129</x:v>
+        <x:v>130</x:v>
       </x:c>
       <x:c r="D644" s="0" t="s">
-        <x:v>130</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="E644" s="0" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="F644" s="0" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="G644" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="H644" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="I644" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J644" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="K644" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="L644" s="0">
         <x:v>875</x:v>
       </x:c>
     </x:row>
     <x:row r="645" spans="1:12">
       <x:c r="A645" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B645" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C645" s="0" t="s">
-        <x:v>129</x:v>
+        <x:v>130</x:v>
       </x:c>
       <x:c r="D645" s="0" t="s">
-        <x:v>130</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="E645" s="0" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="F645" s="0" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="G645" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="H645" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="I645" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J645" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="K645" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="L645" s="0">
         <x:v>643</x:v>
       </x:c>
     </x:row>
     <x:row r="646" spans="1:12">
       <x:c r="A646" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B646" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C646" s="0" t="s">
-        <x:v>129</x:v>
+        <x:v>130</x:v>
       </x:c>
       <x:c r="D646" s="0" t="s">
-        <x:v>130</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="E646" s="0" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="F646" s="0" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="G646" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="H646" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="I646" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J646" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="K646" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="L646" s="0">
         <x:v>185</x:v>
       </x:c>
     </x:row>
     <x:row r="647" spans="1:12">
       <x:c r="A647" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B647" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C647" s="0" t="s">
-        <x:v>129</x:v>
+        <x:v>130</x:v>
       </x:c>
       <x:c r="D647" s="0" t="s">
-        <x:v>130</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="E647" s="0" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="F647" s="0" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="G647" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="H647" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="I647" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J647" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="K647" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="L647" s="0">
         <x:v>1939</x:v>
       </x:c>
     </x:row>
     <x:row r="648" spans="1:12">
       <x:c r="A648" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B648" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C648" s="0" t="s">
-        <x:v>129</x:v>
+        <x:v>130</x:v>
       </x:c>
       <x:c r="D648" s="0" t="s">
-        <x:v>130</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="E648" s="0" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="F648" s="0" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="G648" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="H648" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="I648" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J648" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="K648" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="L648" s="0">
         <x:v>6305</x:v>
       </x:c>
     </x:row>
     <x:row r="649" spans="1:12">
       <x:c r="A649" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B649" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C649" s="0" t="s">
-        <x:v>129</x:v>
+        <x:v>130</x:v>
       </x:c>
       <x:c r="D649" s="0" t="s">
-        <x:v>130</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="E649" s="0" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="F649" s="0" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="G649" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="H649" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="I649" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J649" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="K649" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="L649" s="0">
         <x:v>628</x:v>
       </x:c>
     </x:row>
     <x:row r="650" spans="1:12">
       <x:c r="A650" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B650" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C650" s="0" t="s">
-        <x:v>129</x:v>
+        <x:v>130</x:v>
       </x:c>
       <x:c r="D650" s="0" t="s">
-        <x:v>130</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="E650" s="0" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="F650" s="0" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="G650" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="H650" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="I650" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J650" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="K650" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="L650" s="0">
         <x:v>126642</x:v>
       </x:c>
     </x:row>
     <x:row r="651" spans="1:12">
       <x:c r="A651" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B651" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C651" s="0" t="s">
-        <x:v>129</x:v>
+        <x:v>130</x:v>
       </x:c>
       <x:c r="D651" s="0" t="s">
-        <x:v>130</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="E651" s="0" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="F651" s="0" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="G651" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="H651" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="I651" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J651" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="K651" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="L651" s="0">
         <x:v>13566</x:v>
       </x:c>
     </x:row>
     <x:row r="652" spans="1:12">
       <x:c r="A652" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B652" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C652" s="0" t="s">
-        <x:v>129</x:v>
+        <x:v>130</x:v>
       </x:c>
       <x:c r="D652" s="0" t="s">
-        <x:v>130</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="E652" s="0" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="F652" s="0" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="G652" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="H652" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="I652" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J652" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="K652" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="L652" s="0">
         <x:v>300</x:v>
       </x:c>
     </x:row>
     <x:row r="653" spans="1:12">
       <x:c r="A653" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B653" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C653" s="0" t="s">
-        <x:v>129</x:v>
+        <x:v>130</x:v>
       </x:c>
       <x:c r="D653" s="0" t="s">
-        <x:v>130</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="E653" s="0" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="F653" s="0" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="G653" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="H653" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="I653" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J653" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="K653" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="L653" s="0">
         <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="654" spans="1:12">
       <x:c r="A654" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B654" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C654" s="0" t="s">
-        <x:v>129</x:v>
+        <x:v>130</x:v>
       </x:c>
       <x:c r="D654" s="0" t="s">
-        <x:v>130</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="E654" s="0" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="F654" s="0" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="G654" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="H654" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="I654" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J654" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="K654" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="L654" s="0">
         <x:v>144</x:v>
       </x:c>
     </x:row>
     <x:row r="655" spans="1:12">
       <x:c r="A655" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B655" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C655" s="0" t="s">
-        <x:v>129</x:v>
+        <x:v>130</x:v>
       </x:c>
       <x:c r="D655" s="0" t="s">
-        <x:v>130</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="E655" s="0" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="F655" s="0" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="G655" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="H655" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="I655" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J655" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="K655" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="L655" s="0">
         <x:v>81</x:v>
       </x:c>
     </x:row>
     <x:row r="656" spans="1:12">
       <x:c r="A656" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B656" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C656" s="0" t="s">
-        <x:v>129</x:v>
+        <x:v>130</x:v>
       </x:c>
       <x:c r="D656" s="0" t="s">
-        <x:v>130</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="E656" s="0" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="F656" s="0" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="G656" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="H656" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="I656" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J656" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="K656" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="L656" s="0">
         <x:v>63</x:v>
       </x:c>
     </x:row>
     <x:row r="657" spans="1:12">
       <x:c r="A657" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B657" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C657" s="0" t="s">
-        <x:v>129</x:v>
+        <x:v>130</x:v>
       </x:c>
       <x:c r="D657" s="0" t="s">
-        <x:v>130</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="E657" s="0" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="F657" s="0" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="G657" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="H657" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="I657" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J657" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="K657" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="L657" s="0">
         <x:v>28</x:v>
       </x:c>
     </x:row>
     <x:row r="658" spans="1:12">
       <x:c r="A658" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B658" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C658" s="0" t="s">
-        <x:v>129</x:v>
+        <x:v>130</x:v>
       </x:c>
       <x:c r="D658" s="0" t="s">
-        <x:v>130</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="E658" s="0" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="F658" s="0" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="G658" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="H658" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="I658" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J658" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="K658" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="L658" s="0">
         <x:v>202</x:v>
       </x:c>
     </x:row>
     <x:row r="659" spans="1:12">
       <x:c r="A659" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B659" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C659" s="0" t="s">
-        <x:v>129</x:v>
+        <x:v>130</x:v>
       </x:c>
       <x:c r="D659" s="0" t="s">
-        <x:v>130</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="E659" s="0" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="F659" s="0" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="G659" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="H659" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="I659" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J659" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="K659" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="L659" s="0">
         <x:v>769</x:v>
       </x:c>
     </x:row>
     <x:row r="660" spans="1:12">
       <x:c r="A660" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B660" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C660" s="0" t="s">
-        <x:v>129</x:v>
+        <x:v>130</x:v>
       </x:c>
       <x:c r="D660" s="0" t="s">
-        <x:v>130</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="E660" s="0" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="F660" s="0" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="G660" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="H660" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="I660" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J660" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="K660" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="L660" s="0">
         <x:v>59</x:v>
       </x:c>
     </x:row>
     <x:row r="661" spans="1:12">
       <x:c r="A661" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B661" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C661" s="0" t="s">
-        <x:v>129</x:v>
+        <x:v>130</x:v>
       </x:c>
       <x:c r="D661" s="0" t="s">
-        <x:v>130</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="E661" s="0" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="F661" s="0" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="G661" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="H661" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="I661" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J661" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="K661" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="L661" s="0">
         <x:v>15244</x:v>
       </x:c>
     </x:row>
     <x:row r="662" spans="1:12">
       <x:c r="A662" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B662" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C662" s="0" t="s">
-        <x:v>129</x:v>
+        <x:v>130</x:v>
       </x:c>
       <x:c r="D662" s="0" t="s">
-        <x:v>130</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="E662" s="0" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="F662" s="0" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="G662" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="H662" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="I662" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J662" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="K662" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="L662" s="0">
         <x:v>44436</x:v>
       </x:c>
     </x:row>
     <x:row r="663" spans="1:12">
       <x:c r="A663" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B663" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C663" s="0" t="s">
-        <x:v>129</x:v>
+        <x:v>130</x:v>
       </x:c>
       <x:c r="D663" s="0" t="s">
-        <x:v>130</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="E663" s="0" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="F663" s="0" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="G663" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="H663" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="I663" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J663" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="K663" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="L663" s="0">
         <x:v>1286</x:v>
       </x:c>
     </x:row>
     <x:row r="664" spans="1:12">
       <x:c r="A664" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B664" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C664" s="0" t="s">
-        <x:v>129</x:v>
+        <x:v>130</x:v>
       </x:c>
       <x:c r="D664" s="0" t="s">
-        <x:v>130</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="E664" s="0" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="F664" s="0" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="G664" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="H664" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="I664" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J664" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="K664" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="L664" s="0">
         <x:v>309</x:v>
       </x:c>
     </x:row>
     <x:row r="665" spans="1:12">
       <x:c r="A665" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B665" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C665" s="0" t="s">
-        <x:v>129</x:v>
+        <x:v>130</x:v>
       </x:c>
       <x:c r="D665" s="0" t="s">
-        <x:v>130</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="E665" s="0" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="F665" s="0" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="G665" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="H665" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="I665" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J665" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="K665" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="L665" s="0">
         <x:v>1859</x:v>
       </x:c>
     </x:row>
     <x:row r="666" spans="1:12">
       <x:c r="A666" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B666" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C666" s="0" t="s">
-        <x:v>129</x:v>
+        <x:v>130</x:v>
       </x:c>
       <x:c r="D666" s="0" t="s">
-        <x:v>130</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="E666" s="0" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="F666" s="0" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="G666" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="H666" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="I666" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J666" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="K666" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="L666" s="0">
         <x:v>447</x:v>
       </x:c>
     </x:row>
     <x:row r="667" spans="1:12">
       <x:c r="A667" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B667" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C667" s="0" t="s">
-        <x:v>129</x:v>
+        <x:v>130</x:v>
       </x:c>
       <x:c r="D667" s="0" t="s">
-        <x:v>130</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="E667" s="0" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="F667" s="0" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="G667" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="H667" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="I667" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J667" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="K667" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="L667" s="0">
         <x:v>299</x:v>
       </x:c>
     </x:row>
     <x:row r="668" spans="1:12">
       <x:c r="A668" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B668" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C668" s="0" t="s">
-        <x:v>129</x:v>
+        <x:v>130</x:v>
       </x:c>
       <x:c r="D668" s="0" t="s">
-        <x:v>130</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="E668" s="0" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="F668" s="0" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="G668" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="H668" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="I668" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J668" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="K668" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="L668" s="0">
         <x:v>76</x:v>
       </x:c>
     </x:row>
     <x:row r="669" spans="1:12">
       <x:c r="A669" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B669" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C669" s="0" t="s">
-        <x:v>129</x:v>
+        <x:v>130</x:v>
       </x:c>
       <x:c r="D669" s="0" t="s">
-        <x:v>130</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="E669" s="0" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="F669" s="0" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="G669" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="H669" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="I669" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J669" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="K669" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="L669" s="0">
         <x:v>1618</x:v>
       </x:c>
     </x:row>
     <x:row r="670" spans="1:12">
       <x:c r="A670" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B670" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C670" s="0" t="s">
-        <x:v>129</x:v>
+        <x:v>130</x:v>
       </x:c>
       <x:c r="D670" s="0" t="s">
-        <x:v>130</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="E670" s="0" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="F670" s="0" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="G670" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="H670" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="I670" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J670" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="K670" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="L670" s="0">
         <x:v>4272</x:v>
       </x:c>
     </x:row>
     <x:row r="671" spans="1:12">
       <x:c r="A671" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B671" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C671" s="0" t="s">
-        <x:v>129</x:v>
+        <x:v>130</x:v>
       </x:c>
       <x:c r="D671" s="0" t="s">
-        <x:v>130</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="E671" s="0" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="F671" s="0" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="G671" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="H671" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="I671" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J671" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="K671" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="L671" s="0">
         <x:v>417</x:v>
       </x:c>
     </x:row>
     <x:row r="672" spans="1:12">
       <x:c r="A672" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B672" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C672" s="0" t="s">
-        <x:v>129</x:v>
+        <x:v>130</x:v>
       </x:c>
       <x:c r="D672" s="0" t="s">
-        <x:v>130</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="E672" s="0" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="F672" s="0" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="G672" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="H672" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="I672" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J672" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="K672" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="L672" s="0">
         <x:v>55019</x:v>
       </x:c>
     </x:row>
     <x:row r="673" spans="1:12">
       <x:c r="A673" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B673" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C673" s="0" t="s">
-        <x:v>129</x:v>
+        <x:v>130</x:v>
       </x:c>
       <x:c r="D673" s="0" t="s">
-        <x:v>130</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="E673" s="0" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="F673" s="0" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="G673" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="H673" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="I673" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J673" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="K673" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="L673" s="0">
         <x:v>16628</x:v>
       </x:c>
     </x:row>
     <x:row r="674" spans="1:12">
       <x:c r="A674" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B674" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C674" s="0" t="s">
-        <x:v>129</x:v>
+        <x:v>130</x:v>
       </x:c>
       <x:c r="D674" s="0" t="s">
-        <x:v>130</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="E674" s="0" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="F674" s="0" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="G674" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="H674" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="I674" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J674" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="K674" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="L674" s="0">
         <x:v>571</x:v>
       </x:c>
     </x:row>
     <x:row r="675" spans="1:12">
       <x:c r="A675" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B675" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C675" s="0" t="s">
-        <x:v>129</x:v>
+        <x:v>130</x:v>
       </x:c>
       <x:c r="D675" s="0" t="s">
-        <x:v>130</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="E675" s="0" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="F675" s="0" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="G675" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="H675" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="I675" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J675" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="K675" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="L675" s="0">
         <x:v>123</x:v>
       </x:c>
     </x:row>
     <x:row r="676" spans="1:12">
       <x:c r="A676" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B676" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C676" s="0" t="s">
-        <x:v>129</x:v>
+        <x:v>130</x:v>
       </x:c>
       <x:c r="D676" s="0" t="s">
-        <x:v>130</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="E676" s="0" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="F676" s="0" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="G676" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="H676" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="I676" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J676" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="K676" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="L676" s="0">
         <x:v>229</x:v>
       </x:c>
     </x:row>
     <x:row r="677" spans="1:12">
       <x:c r="A677" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B677" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C677" s="0" t="s">
-        <x:v>129</x:v>
+        <x:v>130</x:v>
       </x:c>
       <x:c r="D677" s="0" t="s">
-        <x:v>130</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="E677" s="0" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="F677" s="0" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="G677" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="H677" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="I677" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J677" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="K677" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="L677" s="0">
         <x:v>240</x:v>
       </x:c>
     </x:row>
     <x:row r="678" spans="1:12">
       <x:c r="A678" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B678" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C678" s="0" t="s">
-        <x:v>129</x:v>
+        <x:v>130</x:v>
       </x:c>
       <x:c r="D678" s="0" t="s">
-        <x:v>130</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="E678" s="0" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="F678" s="0" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="G678" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="H678" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="I678" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J678" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="K678" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="L678" s="0">
         <x:v>131</x:v>
       </x:c>
     </x:row>
     <x:row r="679" spans="1:12">
       <x:c r="A679" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B679" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C679" s="0" t="s">
-        <x:v>129</x:v>
+        <x:v>130</x:v>
       </x:c>
       <x:c r="D679" s="0" t="s">
-        <x:v>130</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="E679" s="0" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="F679" s="0" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="G679" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="H679" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="I679" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J679" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="K679" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="L679" s="0">
         <x:v>39</x:v>
       </x:c>
     </x:row>
     <x:row r="680" spans="1:12">
       <x:c r="A680" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B680" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C680" s="0" t="s">
-        <x:v>129</x:v>
+        <x:v>130</x:v>
       </x:c>
       <x:c r="D680" s="0" t="s">
-        <x:v>130</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="E680" s="0" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="F680" s="0" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="G680" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="H680" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="I680" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J680" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="K680" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="L680" s="0">
         <x:v>807</x:v>
       </x:c>
     </x:row>
     <x:row r="681" spans="1:12">
       <x:c r="A681" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B681" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C681" s="0" t="s">
-        <x:v>129</x:v>
+        <x:v>130</x:v>
       </x:c>
       <x:c r="D681" s="0" t="s">
-        <x:v>130</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="E681" s="0" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="F681" s="0" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="G681" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="H681" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="I681" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J681" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="K681" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="L681" s="0">
         <x:v>3375</x:v>
       </x:c>
     </x:row>
     <x:row r="682" spans="1:12">
       <x:c r="A682" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B682" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C682" s="0" t="s">
-        <x:v>129</x:v>
+        <x:v>130</x:v>
       </x:c>
       <x:c r="D682" s="0" t="s">
-        <x:v>130</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="E682" s="0" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="F682" s="0" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="G682" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="H682" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="I682" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J682" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="K682" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="L682" s="0">
         <x:v>134</x:v>
       </x:c>
     </x:row>
     <x:row r="683" spans="1:12">
       <x:c r="A683" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B683" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C683" s="0" t="s">
-        <x:v>129</x:v>
+        <x:v>130</x:v>
       </x:c>
       <x:c r="D683" s="0" t="s">
-        <x:v>130</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="E683" s="0" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="F683" s="0" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="G683" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="H683" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="I683" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J683" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="K683" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="L683" s="0">
         <x:v>22277</x:v>
       </x:c>
     </x:row>
     <x:row r="684" spans="1:12">
       <x:c r="A684" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B684" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C684" s="0" t="s">
-        <x:v>129</x:v>
+        <x:v>130</x:v>
       </x:c>
       <x:c r="D684" s="0" t="s">
-        <x:v>130</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="E684" s="0" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="F684" s="0" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="G684" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="H684" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="I684" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J684" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="K684" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="L684" s="0">
         <x:v>45574</x:v>
       </x:c>
     </x:row>
     <x:row r="685" spans="1:12">
       <x:c r="A685" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B685" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C685" s="0" t="s">
-        <x:v>129</x:v>
+        <x:v>130</x:v>
       </x:c>
       <x:c r="D685" s="0" t="s">
-        <x:v>130</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="E685" s="0" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="F685" s="0" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="G685" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="H685" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="I685" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J685" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="K685" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="L685" s="0">
         <x:v>1102</x:v>
       </x:c>
     </x:row>
     <x:row r="686" spans="1:12">
       <x:c r="A686" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B686" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C686" s="0" t="s">
-        <x:v>129</x:v>
+        <x:v>130</x:v>
       </x:c>
       <x:c r="D686" s="0" t="s">
-        <x:v>130</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="E686" s="0" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="F686" s="0" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="G686" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="H686" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="I686" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J686" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="K686" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="L686" s="0">
         <x:v>131</x:v>
       </x:c>
     </x:row>
     <x:row r="687" spans="1:12">
       <x:c r="A687" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B687" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C687" s="0" t="s">
-        <x:v>129</x:v>
+        <x:v>130</x:v>
       </x:c>
       <x:c r="D687" s="0" t="s">
-        <x:v>130</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="E687" s="0" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="F687" s="0" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="G687" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="H687" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="I687" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J687" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="K687" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="L687" s="0">
         <x:v>251</x:v>
       </x:c>
     </x:row>
     <x:row r="688" spans="1:12">
       <x:c r="A688" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B688" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C688" s="0" t="s">
-        <x:v>129</x:v>
+        <x:v>130</x:v>
       </x:c>
       <x:c r="D688" s="0" t="s">
-        <x:v>130</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="E688" s="0" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="F688" s="0" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="G688" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="H688" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="I688" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J688" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="K688" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="L688" s="0">
         <x:v>278</x:v>
       </x:c>
     </x:row>
     <x:row r="689" spans="1:12">
       <x:c r="A689" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B689" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C689" s="0" t="s">
-        <x:v>129</x:v>
+        <x:v>130</x:v>
       </x:c>
       <x:c r="D689" s="0" t="s">
-        <x:v>130</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="E689" s="0" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="F689" s="0" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="G689" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="H689" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="I689" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J689" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="K689" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="L689" s="0">
         <x:v>200</x:v>
       </x:c>
     </x:row>
     <x:row r="690" spans="1:12">
       <x:c r="A690" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B690" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C690" s="0" t="s">
-        <x:v>129</x:v>
+        <x:v>130</x:v>
       </x:c>
       <x:c r="D690" s="0" t="s">
-        <x:v>130</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="E690" s="0" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="F690" s="0" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="G690" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="H690" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="I690" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J690" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="K690" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="L690" s="0">
         <x:v>77</x:v>
       </x:c>
     </x:row>
     <x:row r="691" spans="1:12">
       <x:c r="A691" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B691" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C691" s="0" t="s">
-        <x:v>129</x:v>
+        <x:v>130</x:v>
       </x:c>
       <x:c r="D691" s="0" t="s">
-        <x:v>130</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="E691" s="0" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="F691" s="0" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="G691" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="H691" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="I691" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J691" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="K691" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="L691" s="0">
         <x:v>661</x:v>
       </x:c>
     </x:row>
     <x:row r="692" spans="1:12">
       <x:c r="A692" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B692" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C692" s="0" t="s">
-        <x:v>129</x:v>
+        <x:v>130</x:v>
       </x:c>
       <x:c r="D692" s="0" t="s">
-        <x:v>130</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="E692" s="0" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="F692" s="0" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="G692" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="H692" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="I692" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J692" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="K692" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="L692" s="0">
         <x:v>2803</x:v>
       </x:c>
     </x:row>
     <x:row r="693" spans="1:12">
       <x:c r="A693" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B693" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C693" s="0" t="s">
-        <x:v>129</x:v>
+        <x:v>130</x:v>
       </x:c>
       <x:c r="D693" s="0" t="s">
-        <x:v>130</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="E693" s="0" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="F693" s="0" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="G693" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="H693" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="I693" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J693" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="K693" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="L693" s="0">
         <x:v>164</x:v>
       </x:c>
     </x:row>
     <x:row r="694" spans="1:12">
       <x:c r="A694" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B694" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C694" s="0" t="s">
-        <x:v>129</x:v>
+        <x:v>130</x:v>
       </x:c>
       <x:c r="D694" s="0" t="s">
-        <x:v>130</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="E694" s="0" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="F694" s="0" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="G694" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="H694" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="I694" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J694" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="K694" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="L694" s="0">
         <x:v>51241</x:v>
       </x:c>
     </x:row>
     <x:row r="695" spans="1:12">
       <x:c r="A695" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B695" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C695" s="0" t="s">
-        <x:v>129</x:v>
+        <x:v>130</x:v>
       </x:c>
       <x:c r="D695" s="0" t="s">
-        <x:v>130</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="E695" s="0" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="F695" s="0" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="G695" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="H695" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="I695" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J695" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="K695" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="L695" s="0">
         <x:v>3287</x:v>
       </x:c>
     </x:row>
     <x:row r="696" spans="1:12">
       <x:c r="A696" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B696" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C696" s="0" t="s">
-        <x:v>129</x:v>
+        <x:v>130</x:v>
       </x:c>
       <x:c r="D696" s="0" t="s">
-        <x:v>130</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="E696" s="0" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="F696" s="0" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="G696" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="H696" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="I696" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J696" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="K696" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="L696" s="0">
         <x:v>133</x:v>
       </x:c>
     </x:row>
     <x:row r="697" spans="1:12">
       <x:c r="A697" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B697" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C697" s="0" t="s">
-        <x:v>129</x:v>
+        <x:v>130</x:v>
       </x:c>
       <x:c r="D697" s="0" t="s">
-        <x:v>130</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="E697" s="0" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="F697" s="0" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="G697" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="H697" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="I697" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J697" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="K697" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="L697" s="0">
         <x:v>6</x:v>
       </x:c>
     </x:row>
     <x:row r="698" spans="1:12">
       <x:c r="A698" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B698" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C698" s="0" t="s">
-        <x:v>129</x:v>
+        <x:v>130</x:v>
       </x:c>
       <x:c r="D698" s="0" t="s">
-        <x:v>130</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="E698" s="0" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="F698" s="0" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="G698" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="H698" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="I698" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J698" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="K698" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="L698" s="0">
         <x:v>26</x:v>
       </x:c>
     </x:row>
     <x:row r="699" spans="1:12">
       <x:c r="A699" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B699" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C699" s="0" t="s">
-        <x:v>129</x:v>
+        <x:v>130</x:v>
       </x:c>
       <x:c r="D699" s="0" t="s">
-        <x:v>130</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="E699" s="0" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="F699" s="0" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="G699" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="H699" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="I699" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J699" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="K699" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="L699" s="0">
         <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="700" spans="1:12">
       <x:c r="A700" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B700" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C700" s="0" t="s">
-        <x:v>129</x:v>
+        <x:v>130</x:v>
       </x:c>
       <x:c r="D700" s="0" t="s">
-        <x:v>130</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="E700" s="0" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="F700" s="0" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="G700" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="H700" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="I700" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J700" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="K700" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="L700" s="0">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="701" spans="1:12">
       <x:c r="A701" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B701" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C701" s="0" t="s">
-        <x:v>129</x:v>
+        <x:v>130</x:v>
       </x:c>
       <x:c r="D701" s="0" t="s">
-        <x:v>130</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="E701" s="0" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="F701" s="0" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="G701" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="H701" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="I701" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J701" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="K701" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="L701" s="0">
         <x:v>2</x:v>
       </x:c>
     </x:row>
     <x:row r="702" spans="1:12">
       <x:c r="A702" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B702" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C702" s="0" t="s">
-        <x:v>129</x:v>
+        <x:v>130</x:v>
       </x:c>
       <x:c r="D702" s="0" t="s">
-        <x:v>130</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="E702" s="0" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="F702" s="0" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="G702" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="H702" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="I702" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J702" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="K702" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="L702" s="0">
         <x:v>61</x:v>
       </x:c>
     </x:row>
     <x:row r="703" spans="1:12">
       <x:c r="A703" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B703" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C703" s="0" t="s">
-        <x:v>129</x:v>
+        <x:v>130</x:v>
       </x:c>
       <x:c r="D703" s="0" t="s">
-        <x:v>130</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="E703" s="0" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="F703" s="0" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="G703" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="H703" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="I703" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J703" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="K703" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="L703" s="0">
         <x:v>224</x:v>
       </x:c>
     </x:row>
     <x:row r="704" spans="1:12">
       <x:c r="A704" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B704" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C704" s="0" t="s">
-        <x:v>129</x:v>
+        <x:v>130</x:v>
       </x:c>
       <x:c r="D704" s="0" t="s">
-        <x:v>130</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="E704" s="0" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="F704" s="0" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="G704" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="H704" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="I704" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J704" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="K704" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="L704" s="0">
         <x:v>15</x:v>
       </x:c>
     </x:row>
     <x:row r="705" spans="1:12">
       <x:c r="A705" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B705" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C705" s="0" t="s">
-        <x:v>129</x:v>
+        <x:v>130</x:v>
       </x:c>
       <x:c r="D705" s="0" t="s">
-        <x:v>130</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="E705" s="0" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="F705" s="0" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="G705" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="H705" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="I705" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J705" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="K705" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="L705" s="0">
         <x:v>3799</x:v>
       </x:c>
     </x:row>
     <x:row r="706" spans="1:12">
       <x:c r="A706" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B706" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C706" s="0" t="s">
-        <x:v>129</x:v>
+        <x:v>130</x:v>
       </x:c>
       <x:c r="D706" s="0" t="s">
-        <x:v>130</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="E706" s="0" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="F706" s="0" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="G706" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="H706" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="I706" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J706" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="K706" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="L706" s="0">
         <x:v>36391</x:v>
       </x:c>
     </x:row>
     <x:row r="707" spans="1:12">
       <x:c r="A707" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B707" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C707" s="0" t="s">
-        <x:v>129</x:v>
+        <x:v>130</x:v>
       </x:c>
       <x:c r="D707" s="0" t="s">
-        <x:v>130</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="E707" s="0" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="F707" s="0" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="G707" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="H707" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="I707" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J707" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="K707" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="L707" s="0">
         <x:v>1351</x:v>
       </x:c>
     </x:row>
     <x:row r="708" spans="1:12">
       <x:c r="A708" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B708" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C708" s="0" t="s">
-        <x:v>129</x:v>
+        <x:v>130</x:v>
       </x:c>
       <x:c r="D708" s="0" t="s">
-        <x:v>130</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="E708" s="0" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="F708" s="0" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="G708" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="H708" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="I708" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J708" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="K708" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="L708" s="0">
         <x:v>92</x:v>
       </x:c>
     </x:row>
     <x:row r="709" spans="1:12">
       <x:c r="A709" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B709" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C709" s="0" t="s">
-        <x:v>129</x:v>
+        <x:v>130</x:v>
       </x:c>
       <x:c r="D709" s="0" t="s">
-        <x:v>130</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="E709" s="0" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="F709" s="0" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="G709" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="H709" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="I709" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J709" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="K709" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="L709" s="0">
         <x:v>289</x:v>
       </x:c>
     </x:row>
     <x:row r="710" spans="1:12">
       <x:c r="A710" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B710" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C710" s="0" t="s">
-        <x:v>129</x:v>
+        <x:v>130</x:v>
       </x:c>
       <x:c r="D710" s="0" t="s">
-        <x:v>130</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="E710" s="0" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="F710" s="0" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="G710" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="H710" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="I710" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J710" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="K710" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="L710" s="0">
         <x:v>374</x:v>
       </x:c>
     </x:row>
     <x:row r="711" spans="1:12">
       <x:c r="A711" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B711" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C711" s="0" t="s">
-        <x:v>129</x:v>
+        <x:v>130</x:v>
       </x:c>
       <x:c r="D711" s="0" t="s">
-        <x:v>130</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="E711" s="0" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="F711" s="0" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="G711" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="H711" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="I711" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J711" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="K711" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="L711" s="0">
         <x:v>226</x:v>
       </x:c>
     </x:row>
     <x:row r="712" spans="1:12">
       <x:c r="A712" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B712" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C712" s="0" t="s">
-        <x:v>129</x:v>
+        <x:v>130</x:v>
       </x:c>
       <x:c r="D712" s="0" t="s">
-        <x:v>130</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="E712" s="0" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="F712" s="0" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="G712" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="H712" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="I712" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J712" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="K712" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="L712" s="0">
         <x:v>35</x:v>
       </x:c>
     </x:row>
     <x:row r="713" spans="1:12">
       <x:c r="A713" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B713" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C713" s="0" t="s">
-        <x:v>129</x:v>
+        <x:v>130</x:v>
       </x:c>
       <x:c r="D713" s="0" t="s">
-        <x:v>130</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="E713" s="0" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="F713" s="0" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="G713" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="H713" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="I713" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J713" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="K713" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="L713" s="0">
         <x:v>824</x:v>
       </x:c>
     </x:row>
     <x:row r="714" spans="1:12">
       <x:c r="A714" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B714" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C714" s="0" t="s">
-        <x:v>129</x:v>
+        <x:v>130</x:v>
       </x:c>
       <x:c r="D714" s="0" t="s">
-        <x:v>130</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="E714" s="0" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="F714" s="0" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="G714" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="H714" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="I714" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J714" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="K714" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="L714" s="0">
         <x:v>3905</x:v>
       </x:c>
     </x:row>
     <x:row r="715" spans="1:12">
       <x:c r="A715" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B715" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C715" s="0" t="s">
-        <x:v>129</x:v>
+        <x:v>130</x:v>
       </x:c>
       <x:c r="D715" s="0" t="s">
-        <x:v>130</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="E715" s="0" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="F715" s="0" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="G715" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="H715" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="I715" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J715" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="K715" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="L715" s="0">
         <x:v>164</x:v>
       </x:c>
     </x:row>
     <x:row r="716" spans="1:12">
       <x:c r="A716" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B716" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C716" s="0" t="s">
-        <x:v>129</x:v>
+        <x:v>130</x:v>
       </x:c>
       <x:c r="D716" s="0" t="s">
-        <x:v>130</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="E716" s="0" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="F716" s="0" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="G716" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="H716" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="I716" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J716" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="K716" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="L716" s="0">
         <x:v>43651</x:v>
       </x:c>
     </x:row>
     <x:row r="717" spans="1:12">
       <x:c r="A717" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B717" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C717" s="0" t="s">
-        <x:v>129</x:v>
+        <x:v>130</x:v>
       </x:c>
       <x:c r="D717" s="0" t="s">
-        <x:v>130</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="E717" s="0" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="F717" s="0" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="G717" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="H717" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="I717" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J717" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="K717" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="L717" s="0">
         <x:v>21296</x:v>
       </x:c>
     </x:row>
     <x:row r="718" spans="1:12">
       <x:c r="A718" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B718" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C718" s="0" t="s">
-        <x:v>129</x:v>
+        <x:v>130</x:v>
       </x:c>
       <x:c r="D718" s="0" t="s">
-        <x:v>130</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="E718" s="0" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="F718" s="0" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="G718" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="H718" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="I718" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J718" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="K718" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="L718" s="0">
         <x:v>654</x:v>
       </x:c>
     </x:row>
     <x:row r="719" spans="1:12">
       <x:c r="A719" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B719" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C719" s="0" t="s">
-        <x:v>129</x:v>
+        <x:v>130</x:v>
       </x:c>
       <x:c r="D719" s="0" t="s">
-        <x:v>130</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="E719" s="0" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="F719" s="0" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="G719" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="H719" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="I719" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J719" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="K719" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="L719" s="0">
         <x:v>93</x:v>
       </x:c>
     </x:row>
     <x:row r="720" spans="1:12">
       <x:c r="A720" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B720" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C720" s="0" t="s">
-        <x:v>129</x:v>
+        <x:v>130</x:v>
       </x:c>
       <x:c r="D720" s="0" t="s">
-        <x:v>130</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="E720" s="0" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="F720" s="0" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="G720" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="H720" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="I720" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J720" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="K720" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="L720" s="0">
         <x:v>1077</x:v>
       </x:c>
     </x:row>
     <x:row r="721" spans="1:12">
       <x:c r="A721" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B721" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C721" s="0" t="s">
-        <x:v>129</x:v>
+        <x:v>130</x:v>
       </x:c>
       <x:c r="D721" s="0" t="s">
-        <x:v>130</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="E721" s="0" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="F721" s="0" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="G721" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="H721" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="I721" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J721" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="K721" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="L721" s="0">
         <x:v>270</x:v>
       </x:c>
     </x:row>
     <x:row r="722" spans="1:12">
       <x:c r="A722" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B722" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C722" s="0" t="s">
-        <x:v>129</x:v>
+        <x:v>130</x:v>
       </x:c>
       <x:c r="D722" s="0" t="s">
-        <x:v>130</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="E722" s="0" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="F722" s="0" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="G722" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="H722" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="I722" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J722" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="K722" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="L722" s="0">
         <x:v>152</x:v>
       </x:c>
     </x:row>
     <x:row r="723" spans="1:12">
       <x:c r="A723" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B723" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C723" s="0" t="s">
-        <x:v>129</x:v>
+        <x:v>130</x:v>
       </x:c>
       <x:c r="D723" s="0" t="s">
-        <x:v>130</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="E723" s="0" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="F723" s="0" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="G723" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="H723" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="I723" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J723" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="K723" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="L723" s="0">
         <x:v>109</x:v>
       </x:c>
     </x:row>
     <x:row r="724" spans="1:12">
       <x:c r="A724" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B724" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C724" s="0" t="s">
-        <x:v>129</x:v>
+        <x:v>130</x:v>
       </x:c>
       <x:c r="D724" s="0" t="s">
-        <x:v>130</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="E724" s="0" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="F724" s="0" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="G724" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="H724" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="I724" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J724" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="K724" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="L724" s="0">
         <x:v>737</x:v>
       </x:c>
     </x:row>
     <x:row r="725" spans="1:12">
       <x:c r="A725" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B725" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C725" s="0" t="s">
-        <x:v>129</x:v>
+        <x:v>130</x:v>
       </x:c>
       <x:c r="D725" s="0" t="s">
-        <x:v>130</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="E725" s="0" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="F725" s="0" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="G725" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="H725" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="I725" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J725" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="K725" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="L725" s="0">
         <x:v>1847</x:v>
       </x:c>
     </x:row>
     <x:row r="726" spans="1:12">
       <x:c r="A726" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B726" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C726" s="0" t="s">
-        <x:v>129</x:v>
+        <x:v>130</x:v>
       </x:c>
       <x:c r="D726" s="0" t="s">
-        <x:v>130</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="E726" s="0" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="F726" s="0" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="G726" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="H726" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="I726" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J726" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="K726" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="L726" s="0">
         <x:v>172</x:v>
       </x:c>
     </x:row>
     <x:row r="727" spans="1:12">
       <x:c r="A727" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B727" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C727" s="0" t="s">
-        <x:v>129</x:v>
+        <x:v>130</x:v>
       </x:c>
       <x:c r="D727" s="0" t="s">
-        <x:v>130</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="E727" s="0" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="F727" s="0" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="G727" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="H727" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="I727" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J727" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="K727" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="L727" s="0">
         <x:v>26407</x:v>
       </x:c>
     </x:row>
     <x:row r="728" spans="1:12">
       <x:c r="A728" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B728" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C728" s="0" t="s">
-        <x:v>129</x:v>
+        <x:v>130</x:v>
       </x:c>
       <x:c r="D728" s="0" t="s">
-        <x:v>130</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="E728" s="0" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="F728" s="0" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="G728" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="H728" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="I728" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J728" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="K728" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="L728" s="0">
         <x:v>47720</x:v>
       </x:c>
     </x:row>
     <x:row r="729" spans="1:12">
       <x:c r="A729" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B729" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C729" s="0" t="s">
-        <x:v>129</x:v>
+        <x:v>130</x:v>
       </x:c>
       <x:c r="D729" s="0" t="s">
-        <x:v>130</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="E729" s="0" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="F729" s="0" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="G729" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="H729" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="I729" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J729" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="K729" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="L729" s="0">
         <x:v>821</x:v>
       </x:c>
     </x:row>
     <x:row r="730" spans="1:12">
       <x:c r="A730" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B730" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C730" s="0" t="s">
-        <x:v>129</x:v>
+        <x:v>130</x:v>
       </x:c>
       <x:c r="D730" s="0" t="s">
-        <x:v>130</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="E730" s="0" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="F730" s="0" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="G730" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="H730" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="I730" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J730" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="K730" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="L730" s="0">
         <x:v>43</x:v>
       </x:c>
     </x:row>
     <x:row r="731" spans="1:12">
       <x:c r="A731" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B731" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C731" s="0" t="s">
-        <x:v>129</x:v>
+        <x:v>130</x:v>
       </x:c>
       <x:c r="D731" s="0" t="s">
-        <x:v>130</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="E731" s="0" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="F731" s="0" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="G731" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="H731" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="I731" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J731" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="K731" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="L731" s="0">
         <x:v>74</x:v>
       </x:c>
     </x:row>
     <x:row r="732" spans="1:12">
       <x:c r="A732" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B732" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C732" s="0" t="s">
-        <x:v>129</x:v>
+        <x:v>130</x:v>
       </x:c>
       <x:c r="D732" s="0" t="s">
-        <x:v>130</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="E732" s="0" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="F732" s="0" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="G732" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="H732" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="I732" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J732" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="K732" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="L732" s="0">
         <x:v>336</x:v>
       </x:c>
     </x:row>
     <x:row r="733" spans="1:12">
       <x:c r="A733" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B733" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C733" s="0" t="s">
-        <x:v>129</x:v>
+        <x:v>130</x:v>
       </x:c>
       <x:c r="D733" s="0" t="s">
-        <x:v>130</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="E733" s="0" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="F733" s="0" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="G733" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="H733" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="I733" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J733" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="K733" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="L733" s="0">
         <x:v>164</x:v>
       </x:c>
     </x:row>
     <x:row r="734" spans="1:12">
       <x:c r="A734" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B734" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C734" s="0" t="s">
-        <x:v>129</x:v>
+        <x:v>130</x:v>
       </x:c>
       <x:c r="D734" s="0" t="s">
-        <x:v>130</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="E734" s="0" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="F734" s="0" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="G734" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="H734" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="I734" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J734" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="K734" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="L734" s="0">
         <x:v>60</x:v>
       </x:c>
     </x:row>
     <x:row r="735" spans="1:12">
       <x:c r="A735" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B735" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C735" s="0" t="s">
-        <x:v>129</x:v>
+        <x:v>130</x:v>
       </x:c>
       <x:c r="D735" s="0" t="s">
-        <x:v>130</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="E735" s="0" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="F735" s="0" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="G735" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="H735" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="I735" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J735" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="K735" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="L735" s="0">
         <x:v>472</x:v>
       </x:c>
     </x:row>
     <x:row r="736" spans="1:12">
       <x:c r="A736" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B736" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C736" s="0" t="s">
-        <x:v>129</x:v>
+        <x:v>130</x:v>
       </x:c>
       <x:c r="D736" s="0" t="s">
-        <x:v>130</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="E736" s="0" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="F736" s="0" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="G736" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="H736" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="I736" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J736" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="K736" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="L736" s="0">
         <x:v>2902</x:v>
       </x:c>
     </x:row>
     <x:row r="737" spans="1:12">
       <x:c r="A737" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B737" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C737" s="0" t="s">
-        <x:v>129</x:v>
+        <x:v>130</x:v>
       </x:c>
       <x:c r="D737" s="0" t="s">
-        <x:v>130</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="E737" s="0" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="F737" s="0" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="G737" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="H737" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="I737" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J737" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="K737" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="L737" s="0">
         <x:v>140</x:v>
       </x:c>
     </x:row>
     <x:row r="738" spans="1:12">
       <x:c r="A738" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B738" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C738" s="0" t="s">
-        <x:v>129</x:v>
+        <x:v>130</x:v>
       </x:c>
       <x:c r="D738" s="0" t="s">
-        <x:v>130</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="E738" s="0" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="F738" s="0" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="G738" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="H738" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="I738" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J738" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="K738" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="L738" s="0">
         <x:v>52732</x:v>
       </x:c>
     </x:row>
     <x:row r="739" spans="1:12">
       <x:c r="A739" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B739" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C739" s="0" t="s">
-        <x:v>129</x:v>
+        <x:v>130</x:v>
       </x:c>
       <x:c r="D739" s="0" t="s">
-        <x:v>130</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="E739" s="0" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="F739" s="0" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="G739" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="H739" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="I739" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J739" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="K739" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="L739" s="0">
         <x:v>107599</x:v>
       </x:c>
     </x:row>
     <x:row r="740" spans="1:12">
       <x:c r="A740" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B740" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C740" s="0" t="s">
-        <x:v>129</x:v>
+        <x:v>130</x:v>
       </x:c>
       <x:c r="D740" s="0" t="s">
-        <x:v>130</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="E740" s="0" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="F740" s="0" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="G740" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="H740" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="I740" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J740" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="K740" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="L740" s="0">
         <x:v>3026</x:v>
       </x:c>
     </x:row>
     <x:row r="741" spans="1:12">
       <x:c r="A741" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B741" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C741" s="0" t="s">
-        <x:v>129</x:v>
+        <x:v>130</x:v>
       </x:c>
       <x:c r="D741" s="0" t="s">
-        <x:v>130</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="E741" s="0" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="F741" s="0" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="G741" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="H741" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="I741" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J741" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="K741" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="L741" s="0">
         <x:v>202</x:v>
       </x:c>
     </x:row>
     <x:row r="742" spans="1:12">
       <x:c r="A742" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B742" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C742" s="0" t="s">
-        <x:v>129</x:v>
+        <x:v>130</x:v>
       </x:c>
       <x:c r="D742" s="0" t="s">
-        <x:v>130</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="E742" s="0" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="F742" s="0" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="G742" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="H742" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="I742" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J742" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="K742" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="L742" s="0">
         <x:v>416</x:v>
       </x:c>
     </x:row>
     <x:row r="743" spans="1:12">
       <x:c r="A743" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B743" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C743" s="0" t="s">
-        <x:v>129</x:v>
+        <x:v>130</x:v>
       </x:c>
       <x:c r="D743" s="0" t="s">
-        <x:v>130</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="E743" s="0" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="F743" s="0" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="G743" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="H743" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="I743" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J743" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="K743" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="L743" s="0">
         <x:v>1043</x:v>
       </x:c>
     </x:row>
     <x:row r="744" spans="1:12">
       <x:c r="A744" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B744" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C744" s="0" t="s">
-        <x:v>129</x:v>
+        <x:v>130</x:v>
       </x:c>
       <x:c r="D744" s="0" t="s">
-        <x:v>130</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="E744" s="0" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="F744" s="0" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="G744" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="H744" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="I744" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J744" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="K744" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="L744" s="0">
         <x:v>547</x:v>
       </x:c>
     </x:row>
     <x:row r="745" spans="1:12">
       <x:c r="A745" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B745" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C745" s="0" t="s">
-        <x:v>129</x:v>
+        <x:v>130</x:v>
       </x:c>
       <x:c r="D745" s="0" t="s">
-        <x:v>130</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="E745" s="0" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="F745" s="0" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="G745" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="H745" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="I745" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J745" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="K745" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="L745" s="0">
         <x:v>143</x:v>
       </x:c>
     </x:row>
     <x:row r="746" spans="1:12">
       <x:c r="A746" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B746" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C746" s="0" t="s">
-        <x:v>129</x:v>
+        <x:v>130</x:v>
       </x:c>
       <x:c r="D746" s="0" t="s">
-        <x:v>130</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="E746" s="0" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="F746" s="0" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="G746" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="H746" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="I746" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J746" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="K746" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="L746" s="0">
         <x:v>1821</x:v>
       </x:c>
     </x:row>
     <x:row r="747" spans="1:12">
       <x:c r="A747" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B747" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C747" s="0" t="s">
-        <x:v>129</x:v>
+        <x:v>130</x:v>
       </x:c>
       <x:c r="D747" s="0" t="s">
-        <x:v>130</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="E747" s="0" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="F747" s="0" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="G747" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="H747" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="I747" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J747" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="K747" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="L747" s="0">
         <x:v>7403</x:v>
       </x:c>
     </x:row>
     <x:row r="748" spans="1:12">
       <x:c r="A748" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B748" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C748" s="0" t="s">
-        <x:v>129</x:v>
+        <x:v>130</x:v>
       </x:c>
       <x:c r="D748" s="0" t="s">
-        <x:v>130</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="E748" s="0" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="F748" s="0" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="G748" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="H748" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="I748" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J748" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="K748" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="L748" s="0">
         <x:v>478</x:v>
       </x:c>
     </x:row>
     <x:row r="749" spans="1:12">
       <x:c r="A749" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B749" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C749" s="0" t="s">
-        <x:v>129</x:v>
+        <x:v>130</x:v>
       </x:c>
       <x:c r="D749" s="0" t="s">
-        <x:v>130</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="E749" s="0" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="F749" s="0" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="G749" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="H749" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="I749" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J749" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="K749" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="L749" s="0">
         <x:v>122678</x:v>
       </x:c>
     </x:row>
     <x:row r="750" spans="1:12">
       <x:c r="A750" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B750" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C750" s="0" t="s">
-        <x:v>129</x:v>
+        <x:v>130</x:v>
       </x:c>
       <x:c r="D750" s="0" t="s">
-        <x:v>130</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="E750" s="0" t="s">
         <x:v>107</x:v>
       </x:c>
       <x:c r="F750" s="0" t="s">
         <x:v>108</x:v>
       </x:c>
       <x:c r="G750" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="H750" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="I750" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J750" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="K750" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="L750" s="0">
         <x:v>137050</x:v>
       </x:c>
     </x:row>
     <x:row r="751" spans="1:12">
       <x:c r="A751" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B751" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C751" s="0" t="s">
-        <x:v>129</x:v>
+        <x:v>130</x:v>
       </x:c>
       <x:c r="D751" s="0" t="s">
-        <x:v>130</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="E751" s="0" t="s">
         <x:v>107</x:v>
       </x:c>
       <x:c r="F751" s="0" t="s">
         <x:v>108</x:v>
       </x:c>
       <x:c r="G751" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="H751" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="I751" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J751" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="K751" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="L751" s="0">
         <x:v>3920</x:v>
       </x:c>
     </x:row>
     <x:row r="752" spans="1:12">
       <x:c r="A752" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B752" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C752" s="0" t="s">
-        <x:v>129</x:v>
+        <x:v>130</x:v>
       </x:c>
       <x:c r="D752" s="0" t="s">
-        <x:v>130</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="E752" s="0" t="s">
         <x:v>107</x:v>
       </x:c>
       <x:c r="F752" s="0" t="s">
         <x:v>108</x:v>
       </x:c>
       <x:c r="G752" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="H752" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="I752" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J752" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="K752" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="L752" s="0">
         <x:v>715</x:v>
       </x:c>
     </x:row>
     <x:row r="753" spans="1:12">
       <x:c r="A753" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B753" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C753" s="0" t="s">
-        <x:v>129</x:v>
+        <x:v>130</x:v>
       </x:c>
       <x:c r="D753" s="0" t="s">
-        <x:v>130</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="E753" s="0" t="s">
         <x:v>107</x:v>
       </x:c>
       <x:c r="F753" s="0" t="s">
         <x:v>108</x:v>
       </x:c>
       <x:c r="G753" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="H753" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="I753" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J753" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="K753" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="L753" s="0">
         <x:v>1187</x:v>
       </x:c>
     </x:row>
     <x:row r="754" spans="1:12">
       <x:c r="A754" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B754" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C754" s="0" t="s">
-        <x:v>129</x:v>
+        <x:v>130</x:v>
       </x:c>
       <x:c r="D754" s="0" t="s">
-        <x:v>130</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="E754" s="0" t="s">
         <x:v>107</x:v>
       </x:c>
       <x:c r="F754" s="0" t="s">
         <x:v>108</x:v>
       </x:c>
       <x:c r="G754" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="H754" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="I754" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J754" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="K754" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="L754" s="0">
         <x:v>2098</x:v>
       </x:c>
     </x:row>
     <x:row r="755" spans="1:12">
       <x:c r="A755" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B755" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C755" s="0" t="s">
-        <x:v>129</x:v>
+        <x:v>130</x:v>
       </x:c>
       <x:c r="D755" s="0" t="s">
-        <x:v>130</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="E755" s="0" t="s">
         <x:v>107</x:v>
       </x:c>
       <x:c r="F755" s="0" t="s">
         <x:v>108</x:v>
       </x:c>
       <x:c r="G755" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="H755" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="I755" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J755" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="K755" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="L755" s="0">
         <x:v>915</x:v>
       </x:c>
     </x:row>
     <x:row r="756" spans="1:12">
       <x:c r="A756" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B756" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C756" s="0" t="s">
-        <x:v>129</x:v>
+        <x:v>130</x:v>
       </x:c>
       <x:c r="D756" s="0" t="s">
-        <x:v>130</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="E756" s="0" t="s">
         <x:v>107</x:v>
       </x:c>
       <x:c r="F756" s="0" t="s">
         <x:v>108</x:v>
       </x:c>
       <x:c r="G756" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="H756" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="I756" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J756" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="K756" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="L756" s="0">
         <x:v>660</x:v>
       </x:c>
     </x:row>
     <x:row r="757" spans="1:12">
       <x:c r="A757" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B757" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C757" s="0" t="s">
-        <x:v>129</x:v>
+        <x:v>130</x:v>
       </x:c>
       <x:c r="D757" s="0" t="s">
-        <x:v>130</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="E757" s="0" t="s">
         <x:v>107</x:v>
       </x:c>
       <x:c r="F757" s="0" t="s">
         <x:v>108</x:v>
       </x:c>
       <x:c r="G757" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="H757" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="I757" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J757" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="K757" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="L757" s="0">
         <x:v>3241</x:v>
       </x:c>
     </x:row>
     <x:row r="758" spans="1:12">
       <x:c r="A758" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B758" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C758" s="0" t="s">
-        <x:v>129</x:v>
+        <x:v>130</x:v>
       </x:c>
       <x:c r="D758" s="0" t="s">
-        <x:v>130</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="E758" s="0" t="s">
         <x:v>107</x:v>
       </x:c>
       <x:c r="F758" s="0" t="s">
         <x:v>108</x:v>
       </x:c>
       <x:c r="G758" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="H758" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="I758" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J758" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="K758" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="L758" s="0">
         <x:v>7221</x:v>
       </x:c>
     </x:row>
     <x:row r="759" spans="1:12">
       <x:c r="A759" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B759" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C759" s="0" t="s">
-        <x:v>129</x:v>
+        <x:v>130</x:v>
       </x:c>
       <x:c r="D759" s="0" t="s">
-        <x:v>130</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="E759" s="0" t="s">
         <x:v>107</x:v>
       </x:c>
       <x:c r="F759" s="0" t="s">
         <x:v>108</x:v>
       </x:c>
       <x:c r="G759" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="H759" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="I759" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J759" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="K759" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="L759" s="0">
         <x:v>586</x:v>
       </x:c>
     </x:row>
     <x:row r="760" spans="1:12">
       <x:c r="A760" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B760" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C760" s="0" t="s">
-        <x:v>129</x:v>
+        <x:v>130</x:v>
       </x:c>
       <x:c r="D760" s="0" t="s">
-        <x:v>130</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="E760" s="0" t="s">
         <x:v>107</x:v>
       </x:c>
       <x:c r="F760" s="0" t="s">
         <x:v>108</x:v>
       </x:c>
       <x:c r="G760" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="H760" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="I760" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J760" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="K760" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="L760" s="0">
         <x:v>157593</x:v>
       </x:c>
     </x:row>
     <x:row r="761" spans="1:12">
       <x:c r="A761" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B761" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C761" s="0" t="s">
-        <x:v>129</x:v>
+        <x:v>130</x:v>
       </x:c>
       <x:c r="D761" s="0" t="s">
-        <x:v>130</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="E761" s="0" t="s">
         <x:v>109</x:v>
       </x:c>
       <x:c r="F761" s="0" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="G761" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="H761" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="I761" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J761" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="K761" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="L761" s="0">
         <x:v>11468</x:v>
       </x:c>
     </x:row>
     <x:row r="762" spans="1:12">
       <x:c r="A762" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B762" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C762" s="0" t="s">
-        <x:v>129</x:v>
+        <x:v>130</x:v>
       </x:c>
       <x:c r="D762" s="0" t="s">
-        <x:v>130</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="E762" s="0" t="s">
         <x:v>109</x:v>
       </x:c>
       <x:c r="F762" s="0" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="G762" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="H762" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="I762" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J762" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="K762" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="L762" s="0">
         <x:v>429</x:v>
       </x:c>
     </x:row>
     <x:row r="763" spans="1:12">
       <x:c r="A763" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B763" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C763" s="0" t="s">
-        <x:v>129</x:v>
+        <x:v>130</x:v>
       </x:c>
       <x:c r="D763" s="0" t="s">
-        <x:v>130</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="E763" s="0" t="s">
         <x:v>109</x:v>
       </x:c>
       <x:c r="F763" s="0" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="G763" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="H763" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="I763" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J763" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="K763" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="L763" s="0">
         <x:v>21</x:v>
       </x:c>
     </x:row>
     <x:row r="764" spans="1:12">
       <x:c r="A764" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B764" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C764" s="0" t="s">
-        <x:v>129</x:v>
+        <x:v>130</x:v>
       </x:c>
       <x:c r="D764" s="0" t="s">
-        <x:v>130</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="E764" s="0" t="s">
         <x:v>109</x:v>
       </x:c>
       <x:c r="F764" s="0" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="G764" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="H764" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="I764" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J764" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="K764" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="L764" s="0">
         <x:v>152</x:v>
       </x:c>
     </x:row>
     <x:row r="765" spans="1:12">
       <x:c r="A765" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B765" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C765" s="0" t="s">
-        <x:v>129</x:v>
+        <x:v>130</x:v>
       </x:c>
       <x:c r="D765" s="0" t="s">
-        <x:v>130</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="E765" s="0" t="s">
         <x:v>109</x:v>
       </x:c>
       <x:c r="F765" s="0" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="G765" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="H765" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="I765" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J765" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="K765" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="L765" s="0">
         <x:v>149</x:v>
       </x:c>
     </x:row>
     <x:row r="766" spans="1:12">
       <x:c r="A766" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B766" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C766" s="0" t="s">
-        <x:v>129</x:v>
+        <x:v>130</x:v>
       </x:c>
       <x:c r="D766" s="0" t="s">
-        <x:v>130</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="E766" s="0" t="s">
         <x:v>109</x:v>
       </x:c>
       <x:c r="F766" s="0" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="G766" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="H766" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="I766" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J766" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="K766" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="L766" s="0">
         <x:v>82</x:v>
       </x:c>
     </x:row>
     <x:row r="767" spans="1:12">
       <x:c r="A767" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B767" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C767" s="0" t="s">
-        <x:v>129</x:v>
+        <x:v>130</x:v>
       </x:c>
       <x:c r="D767" s="0" t="s">
-        <x:v>130</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="E767" s="0" t="s">
         <x:v>109</x:v>
       </x:c>
       <x:c r="F767" s="0" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="G767" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="H767" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="I767" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J767" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="K767" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="L767" s="0">
         <x:v>7</x:v>
       </x:c>
     </x:row>
     <x:row r="768" spans="1:12">
       <x:c r="A768" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B768" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C768" s="0" t="s">
-        <x:v>129</x:v>
+        <x:v>130</x:v>
       </x:c>
       <x:c r="D768" s="0" t="s">
-        <x:v>130</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="E768" s="0" t="s">
         <x:v>109</x:v>
       </x:c>
       <x:c r="F768" s="0" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="G768" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="H768" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="I768" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J768" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="K768" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="L768" s="0">
         <x:v>336</x:v>
       </x:c>
     </x:row>
     <x:row r="769" spans="1:12">
       <x:c r="A769" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B769" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C769" s="0" t="s">
-        <x:v>129</x:v>
+        <x:v>130</x:v>
       </x:c>
       <x:c r="D769" s="0" t="s">
-        <x:v>130</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="E769" s="0" t="s">
         <x:v>109</x:v>
       </x:c>
       <x:c r="F769" s="0" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="G769" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="H769" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="I769" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J769" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="K769" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="L769" s="0">
         <x:v>1828</x:v>
       </x:c>
     </x:row>
     <x:row r="770" spans="1:12">
       <x:c r="A770" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B770" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C770" s="0" t="s">
-        <x:v>129</x:v>
+        <x:v>130</x:v>
       </x:c>
       <x:c r="D770" s="0" t="s">
-        <x:v>130</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="E770" s="0" t="s">
         <x:v>109</x:v>
       </x:c>
       <x:c r="F770" s="0" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="G770" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="H770" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="I770" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J770" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="K770" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="L770" s="0">
         <x:v>84</x:v>
       </x:c>
     </x:row>
     <x:row r="771" spans="1:12">
       <x:c r="A771" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B771" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C771" s="0" t="s">
-        <x:v>129</x:v>
+        <x:v>130</x:v>
       </x:c>
       <x:c r="D771" s="0" t="s">
-        <x:v>130</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="E771" s="0" t="s">
         <x:v>109</x:v>
       </x:c>
       <x:c r="F771" s="0" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="G771" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="H771" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="I771" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J771" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="K771" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="L771" s="0">
         <x:v>14556</x:v>
       </x:c>
     </x:row>
     <x:row r="772" spans="1:12">
       <x:c r="A772" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B772" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C772" s="0" t="s">
-        <x:v>129</x:v>
+        <x:v>130</x:v>
       </x:c>
       <x:c r="D772" s="0" t="s">
-        <x:v>130</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="E772" s="0" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="F772" s="0" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="G772" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="H772" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="I772" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J772" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="K772" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="L772" s="0">
         <x:v>24312</x:v>
       </x:c>
     </x:row>
     <x:row r="773" spans="1:12">
       <x:c r="A773" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B773" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C773" s="0" t="s">
-        <x:v>129</x:v>
+        <x:v>130</x:v>
       </x:c>
       <x:c r="D773" s="0" t="s">
-        <x:v>130</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="E773" s="0" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="F773" s="0" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="G773" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="H773" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="I773" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J773" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="K773" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="L773" s="0">
         <x:v>728</x:v>
       </x:c>
     </x:row>
     <x:row r="774" spans="1:12">
       <x:c r="A774" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B774" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C774" s="0" t="s">
-        <x:v>129</x:v>
+        <x:v>130</x:v>
       </x:c>
       <x:c r="D774" s="0" t="s">
-        <x:v>130</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="E774" s="0" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="F774" s="0" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="G774" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="H774" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="I774" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J774" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="K774" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="L774" s="0">
         <x:v>59</x:v>
       </x:c>
     </x:row>
     <x:row r="775" spans="1:12">
       <x:c r="A775" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B775" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C775" s="0" t="s">
-        <x:v>129</x:v>
+        <x:v>130</x:v>
       </x:c>
       <x:c r="D775" s="0" t="s">
-        <x:v>130</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="E775" s="0" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="F775" s="0" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="G775" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="H775" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="I775" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J775" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="K775" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="L775" s="0">
         <x:v>330</x:v>
       </x:c>
     </x:row>
     <x:row r="776" spans="1:12">
       <x:c r="A776" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B776" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C776" s="0" t="s">
-        <x:v>129</x:v>
+        <x:v>130</x:v>
       </x:c>
       <x:c r="D776" s="0" t="s">
-        <x:v>130</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="E776" s="0" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="F776" s="0" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="G776" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="H776" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="I776" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J776" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="K776" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="L776" s="0">
         <x:v>237</x:v>
       </x:c>
     </x:row>
     <x:row r="777" spans="1:12">
       <x:c r="A777" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B777" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C777" s="0" t="s">
-        <x:v>129</x:v>
+        <x:v>130</x:v>
       </x:c>
       <x:c r="D777" s="0" t="s">
-        <x:v>130</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="E777" s="0" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="F777" s="0" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="G777" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="H777" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="I777" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J777" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="K777" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="L777" s="0">
         <x:v>112</x:v>
       </x:c>
     </x:row>
     <x:row r="778" spans="1:12">
       <x:c r="A778" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B778" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C778" s="0" t="s">
-        <x:v>129</x:v>
+        <x:v>130</x:v>
       </x:c>
       <x:c r="D778" s="0" t="s">
-        <x:v>130</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="E778" s="0" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="F778" s="0" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="G778" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="H778" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="I778" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J778" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="K778" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="L778" s="0">
         <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="779" spans="1:12">
       <x:c r="A779" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B779" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C779" s="0" t="s">
-        <x:v>129</x:v>
+        <x:v>130</x:v>
       </x:c>
       <x:c r="D779" s="0" t="s">
-        <x:v>130</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="E779" s="0" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="F779" s="0" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="G779" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="H779" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="I779" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J779" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="K779" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="L779" s="0">
         <x:v>448</x:v>
       </x:c>
     </x:row>
     <x:row r="780" spans="1:12">
       <x:c r="A780" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B780" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C780" s="0" t="s">
-        <x:v>129</x:v>
+        <x:v>130</x:v>
       </x:c>
       <x:c r="D780" s="0" t="s">
-        <x:v>130</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="E780" s="0" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="F780" s="0" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="G780" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="H780" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="I780" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J780" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="K780" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="L780" s="0">
         <x:v>1166</x:v>
       </x:c>
     </x:row>
     <x:row r="781" spans="1:12">
       <x:c r="A781" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B781" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C781" s="0" t="s">
-        <x:v>129</x:v>
+        <x:v>130</x:v>
       </x:c>
       <x:c r="D781" s="0" t="s">
-        <x:v>130</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="E781" s="0" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="F781" s="0" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="G781" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="H781" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="I781" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J781" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="K781" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="L781" s="0">
         <x:v>138</x:v>
       </x:c>
     </x:row>
     <x:row r="782" spans="1:12">
       <x:c r="A782" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B782" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C782" s="0" t="s">
-        <x:v>129</x:v>
+        <x:v>130</x:v>
       </x:c>
       <x:c r="D782" s="0" t="s">
-        <x:v>130</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="E782" s="0" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="F782" s="0" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="G782" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="H782" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="I782" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J782" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="K782" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="L782" s="0">
         <x:v>27576</x:v>
       </x:c>
     </x:row>
     <x:row r="783" spans="1:12">
       <x:c r="A783" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B783" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C783" s="0" t="s">
-        <x:v>129</x:v>
+        <x:v>130</x:v>
       </x:c>
       <x:c r="D783" s="0" t="s">
-        <x:v>130</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="E783" s="0" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="F783" s="0" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="G783" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="H783" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="I783" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J783" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="K783" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="L783" s="0">
         <x:v>1226</x:v>
       </x:c>
     </x:row>
     <x:row r="784" spans="1:12">
       <x:c r="A784" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B784" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C784" s="0" t="s">
-        <x:v>129</x:v>
+        <x:v>130</x:v>
       </x:c>
       <x:c r="D784" s="0" t="s">
-        <x:v>130</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="E784" s="0" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="F784" s="0" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="G784" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="H784" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="I784" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J784" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="K784" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="L784" s="0">
         <x:v>44</x:v>
       </x:c>
     </x:row>
     <x:row r="785" spans="1:12">
       <x:c r="A785" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B785" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C785" s="0" t="s">
-        <x:v>129</x:v>
+        <x:v>130</x:v>
       </x:c>
       <x:c r="D785" s="0" t="s">
-        <x:v>130</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="E785" s="0" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="F785" s="0" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="G785" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="H785" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="I785" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J785" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="K785" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="L785" s="0">
         <x:v>9</x:v>
       </x:c>
     </x:row>
     <x:row r="786" spans="1:12">
       <x:c r="A786" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B786" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C786" s="0" t="s">
-        <x:v>129</x:v>
+        <x:v>130</x:v>
       </x:c>
       <x:c r="D786" s="0" t="s">
-        <x:v>130</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="E786" s="0" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="F786" s="0" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="G786" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="H786" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="I786" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J786" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="K786" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="L786" s="0">
         <x:v>35</x:v>
       </x:c>
     </x:row>
     <x:row r="787" spans="1:12">
       <x:c r="A787" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B787" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C787" s="0" t="s">
-        <x:v>129</x:v>
+        <x:v>130</x:v>
       </x:c>
       <x:c r="D787" s="0" t="s">
-        <x:v>130</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="E787" s="0" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="F787" s="0" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="G787" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="H787" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="I787" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J787" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="K787" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="L787" s="0">
         <x:v>21</x:v>
       </x:c>
     </x:row>
     <x:row r="788" spans="1:12">
       <x:c r="A788" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B788" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C788" s="0" t="s">
-        <x:v>129</x:v>
+        <x:v>130</x:v>
       </x:c>
       <x:c r="D788" s="0" t="s">
-        <x:v>130</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="E788" s="0" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="F788" s="0" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="G788" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="H788" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="I788" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J788" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="K788" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="L788" s="0">
         <x:v>18</x:v>
       </x:c>
     </x:row>
     <x:row r="789" spans="1:12">
       <x:c r="A789" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B789" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C789" s="0" t="s">
-        <x:v>129</x:v>
+        <x:v>130</x:v>
       </x:c>
       <x:c r="D789" s="0" t="s">
-        <x:v>130</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="E789" s="0" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="F789" s="0" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="G789" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="H789" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="I789" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J789" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="K789" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="L789" s="0">
         <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="790" spans="1:12">
       <x:c r="A790" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B790" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C790" s="0" t="s">
-        <x:v>129</x:v>
+        <x:v>130</x:v>
       </x:c>
       <x:c r="D790" s="0" t="s">
-        <x:v>130</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="E790" s="0" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="F790" s="0" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="G790" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="H790" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="I790" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J790" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="K790" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="L790" s="0">
         <x:v>61</x:v>
       </x:c>
     </x:row>
     <x:row r="791" spans="1:12">
       <x:c r="A791" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B791" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C791" s="0" t="s">
-        <x:v>129</x:v>
+        <x:v>130</x:v>
       </x:c>
       <x:c r="D791" s="0" t="s">
-        <x:v>130</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="E791" s="0" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="F791" s="0" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="G791" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="H791" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="I791" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J791" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="K791" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="L791" s="0">
         <x:v>141</x:v>
       </x:c>
     </x:row>
     <x:row r="792" spans="1:12">
       <x:c r="A792" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B792" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C792" s="0" t="s">
-        <x:v>129</x:v>
+        <x:v>130</x:v>
       </x:c>
       <x:c r="D792" s="0" t="s">
-        <x:v>130</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="E792" s="0" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="F792" s="0" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="G792" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="H792" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="I792" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J792" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="K792" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="L792" s="0">
         <x:v>23</x:v>
       </x:c>
     </x:row>
     <x:row r="793" spans="1:12">
       <x:c r="A793" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B793" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C793" s="0" t="s">
-        <x:v>129</x:v>
+        <x:v>130</x:v>
       </x:c>
       <x:c r="D793" s="0" t="s">
-        <x:v>130</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="E793" s="0" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="F793" s="0" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="G793" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="H793" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="I793" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J793" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="K793" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="L793" s="0">
         <x:v>1591</x:v>
       </x:c>
     </x:row>
     <x:row r="794" spans="1:12">
       <x:c r="A794" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B794" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C794" s="0" t="s">
-        <x:v>129</x:v>
+        <x:v>130</x:v>
       </x:c>
       <x:c r="D794" s="0" t="s">
-        <x:v>130</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="E794" s="0" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="F794" s="0" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="G794" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="H794" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="I794" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J794" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="K794" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="L794" s="0">
         <x:v>197</x:v>
       </x:c>
     </x:row>
     <x:row r="795" spans="1:12">
       <x:c r="A795" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B795" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C795" s="0" t="s">
-        <x:v>129</x:v>
+        <x:v>130</x:v>
       </x:c>
       <x:c r="D795" s="0" t="s">
-        <x:v>130</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="E795" s="0" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="F795" s="0" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="G795" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="H795" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="I795" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J795" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="K795" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="L795" s="0">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="796" spans="1:12">
       <x:c r="A796" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B796" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C796" s="0" t="s">
-        <x:v>129</x:v>
+        <x:v>130</x:v>
       </x:c>
       <x:c r="D796" s="0" t="s">
-        <x:v>130</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="E796" s="0" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="F796" s="0" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="G796" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="H796" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="I796" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J796" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="K796" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="L796" s="0">
         <x:v>17</x:v>
       </x:c>
     </x:row>
     <x:row r="797" spans="1:12">
       <x:c r="A797" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B797" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C797" s="0" t="s">
-        <x:v>129</x:v>
+        <x:v>130</x:v>
       </x:c>
       <x:c r="D797" s="0" t="s">
-        <x:v>130</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="E797" s="0" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="F797" s="0" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="G797" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="H797" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="I797" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J797" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="K797" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="L797" s="0">
         <x:v>25</x:v>
       </x:c>
     </x:row>
     <x:row r="798" spans="1:12">
       <x:c r="A798" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B798" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C798" s="0" t="s">
-        <x:v>129</x:v>
+        <x:v>130</x:v>
       </x:c>
       <x:c r="D798" s="0" t="s">
-        <x:v>130</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="E798" s="0" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="F798" s="0" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="G798" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="H798" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="I798" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J798" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="K798" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="L798" s="0">
         <x:v>8</x:v>
       </x:c>
     </x:row>
     <x:row r="799" spans="1:12">
       <x:c r="A799" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B799" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C799" s="0" t="s">
-        <x:v>129</x:v>
+        <x:v>130</x:v>
       </x:c>
       <x:c r="D799" s="0" t="s">
-        <x:v>130</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="E799" s="0" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="F799" s="0" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="G799" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="H799" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="I799" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J799" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="K799" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="L799" s="0">
         <x:v>9</x:v>
       </x:c>
     </x:row>
     <x:row r="800" spans="1:12">
       <x:c r="A800" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B800" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C800" s="0" t="s">
-        <x:v>129</x:v>
+        <x:v>130</x:v>
       </x:c>
       <x:c r="D800" s="0" t="s">
-        <x:v>130</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="E800" s="0" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="F800" s="0" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="G800" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="H800" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="I800" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J800" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="K800" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="L800" s="0">
         <x:v>2</x:v>
       </x:c>
     </x:row>
     <x:row r="801" spans="1:12">
       <x:c r="A801" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B801" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C801" s="0" t="s">
-        <x:v>129</x:v>
+        <x:v>130</x:v>
       </x:c>
       <x:c r="D801" s="0" t="s">
-        <x:v>130</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="E801" s="0" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="F801" s="0" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="G801" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="H801" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="I801" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J801" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="K801" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="L801" s="0">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="802" spans="1:12">
       <x:c r="A802" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B802" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C802" s="0" t="s">
-        <x:v>129</x:v>
+        <x:v>130</x:v>
       </x:c>
       <x:c r="D802" s="0" t="s">
-        <x:v>130</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="E802" s="0" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="F802" s="0" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="G802" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="H802" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="I802" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J802" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="K802" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="L802" s="0">
         <x:v>64</x:v>
       </x:c>
     </x:row>
     <x:row r="803" spans="1:12">
       <x:c r="A803" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B803" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C803" s="0" t="s">
-        <x:v>129</x:v>
+        <x:v>130</x:v>
       </x:c>
       <x:c r="D803" s="0" t="s">
-        <x:v>130</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="E803" s="0" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="F803" s="0" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="G803" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="H803" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="I803" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J803" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="K803" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="L803" s="0">
         <x:v>7</x:v>
       </x:c>
     </x:row>
     <x:row r="804" spans="1:12">
       <x:c r="A804" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B804" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C804" s="0" t="s">
-        <x:v>129</x:v>
+        <x:v>130</x:v>
       </x:c>
       <x:c r="D804" s="0" t="s">
-        <x:v>130</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="E804" s="0" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="F804" s="0" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="G804" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="H804" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="I804" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J804" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="K804" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="L804" s="0">
         <x:v>372</x:v>
       </x:c>
     </x:row>
     <x:row r="805" spans="1:12">
       <x:c r="A805" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B805" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C805" s="0" t="s">
-        <x:v>129</x:v>
+        <x:v>130</x:v>
       </x:c>
       <x:c r="D805" s="0" t="s">
-        <x:v>130</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="E805" s="0" t="s">
         <x:v>117</x:v>
       </x:c>
       <x:c r="F805" s="0" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="G805" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="H805" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="I805" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J805" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="K805" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="L805" s="0">
         <x:v>26059</x:v>
       </x:c>
     </x:row>
     <x:row r="806" spans="1:12">
       <x:c r="A806" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B806" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C806" s="0" t="s">
-        <x:v>129</x:v>
+        <x:v>130</x:v>
       </x:c>
       <x:c r="D806" s="0" t="s">
-        <x:v>130</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="E806" s="0" t="s">
         <x:v>117</x:v>
       </x:c>
       <x:c r="F806" s="0" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="G806" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="H806" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="I806" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J806" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="K806" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="L806" s="0">
         <x:v>971</x:v>
       </x:c>
     </x:row>
     <x:row r="807" spans="1:12">
       <x:c r="A807" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B807" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C807" s="0" t="s">
-        <x:v>129</x:v>
+        <x:v>130</x:v>
       </x:c>
       <x:c r="D807" s="0" t="s">
-        <x:v>130</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="E807" s="0" t="s">
         <x:v>117</x:v>
       </x:c>
       <x:c r="F807" s="0" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="G807" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="H807" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="I807" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J807" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="K807" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="L807" s="0">
         <x:v>388</x:v>
       </x:c>
     </x:row>
     <x:row r="808" spans="1:12">
       <x:c r="A808" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B808" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C808" s="0" t="s">
-        <x:v>129</x:v>
+        <x:v>130</x:v>
       </x:c>
       <x:c r="D808" s="0" t="s">
-        <x:v>130</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="E808" s="0" t="s">
         <x:v>117</x:v>
       </x:c>
       <x:c r="F808" s="0" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="G808" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="H808" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="I808" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J808" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="K808" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="L808" s="0">
         <x:v>692</x:v>
       </x:c>
     </x:row>
     <x:row r="809" spans="1:12">
       <x:c r="A809" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B809" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C809" s="0" t="s">
-        <x:v>129</x:v>
+        <x:v>130</x:v>
       </x:c>
       <x:c r="D809" s="0" t="s">
-        <x:v>130</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="E809" s="0" t="s">
         <x:v>117</x:v>
       </x:c>
       <x:c r="F809" s="0" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="G809" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="H809" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="I809" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J809" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="K809" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="L809" s="0">
         <x:v>420</x:v>
       </x:c>
     </x:row>
     <x:row r="810" spans="1:12">
       <x:c r="A810" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B810" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C810" s="0" t="s">
-        <x:v>129</x:v>
+        <x:v>130</x:v>
       </x:c>
       <x:c r="D810" s="0" t="s">
-        <x:v>130</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="E810" s="0" t="s">
         <x:v>117</x:v>
       </x:c>
       <x:c r="F810" s="0" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="G810" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="H810" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="I810" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J810" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="K810" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="L810" s="0">
         <x:v>182</x:v>
       </x:c>
     </x:row>
     <x:row r="811" spans="1:12">
       <x:c r="A811" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B811" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C811" s="0" t="s">
-        <x:v>129</x:v>
+        <x:v>130</x:v>
       </x:c>
       <x:c r="D811" s="0" t="s">
-        <x:v>130</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="E811" s="0" t="s">
         <x:v>117</x:v>
       </x:c>
       <x:c r="F811" s="0" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="G811" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="H811" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="I811" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J811" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="K811" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="L811" s="0">
         <x:v>154</x:v>
       </x:c>
     </x:row>
     <x:row r="812" spans="1:12">
       <x:c r="A812" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B812" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C812" s="0" t="s">
-        <x:v>129</x:v>
+        <x:v>130</x:v>
       </x:c>
       <x:c r="D812" s="0" t="s">
-        <x:v>130</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="E812" s="0" t="s">
         <x:v>117</x:v>
       </x:c>
       <x:c r="F812" s="0" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="G812" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="H812" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="I812" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J812" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="K812" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="L812" s="0">
         <x:v>827</x:v>
       </x:c>
     </x:row>
     <x:row r="813" spans="1:12">
       <x:c r="A813" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B813" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C813" s="0" t="s">
-        <x:v>129</x:v>
+        <x:v>130</x:v>
       </x:c>
       <x:c r="D813" s="0" t="s">
-        <x:v>130</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="E813" s="0" t="s">
         <x:v>117</x:v>
       </x:c>
       <x:c r="F813" s="0" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="G813" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="H813" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="I813" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J813" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="K813" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="L813" s="0">
         <x:v>1675</x:v>
       </x:c>
     </x:row>
     <x:row r="814" spans="1:12">
       <x:c r="A814" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B814" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C814" s="0" t="s">
-        <x:v>129</x:v>
+        <x:v>130</x:v>
       </x:c>
       <x:c r="D814" s="0" t="s">
-        <x:v>130</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="E814" s="0" t="s">
         <x:v>117</x:v>
       </x:c>
       <x:c r="F814" s="0" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="G814" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="H814" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="I814" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J814" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="K814" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="L814" s="0">
         <x:v>7295</x:v>
       </x:c>
     </x:row>
     <x:row r="815" spans="1:12">
       <x:c r="A815" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B815" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C815" s="0" t="s">
-        <x:v>129</x:v>
+        <x:v>130</x:v>
       </x:c>
       <x:c r="D815" s="0" t="s">
-        <x:v>130</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="E815" s="0" t="s">
         <x:v>117</x:v>
       </x:c>
       <x:c r="F815" s="0" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="G815" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="H815" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="I815" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J815" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="K815" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="L815" s="0">
         <x:v>38663</x:v>
       </x:c>
     </x:row>
     <x:row r="816" spans="1:12">
       <x:c r="A816" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B816" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C816" s="0" t="s">
-        <x:v>129</x:v>
+        <x:v>130</x:v>
       </x:c>
       <x:c r="D816" s="0" t="s">
-        <x:v>130</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="E816" s="0" t="s">
         <x:v>119</x:v>
       </x:c>
       <x:c r="F816" s="0" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="G816" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="H816" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="I816" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J816" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="K816" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="L816" s="0">
         <x:v>716048</x:v>
       </x:c>
     </x:row>
     <x:row r="817" spans="1:12">
       <x:c r="A817" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B817" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C817" s="0" t="s">
-        <x:v>129</x:v>
+        <x:v>130</x:v>
       </x:c>
       <x:c r="D817" s="0" t="s">
-        <x:v>130</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="E817" s="0" t="s">
         <x:v>119</x:v>
       </x:c>
       <x:c r="F817" s="0" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="G817" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="H817" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="I817" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J817" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="K817" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="L817" s="0">
         <x:v>21110</x:v>
       </x:c>
     </x:row>
     <x:row r="818" spans="1:12">
       <x:c r="A818" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B818" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C818" s="0" t="s">
-        <x:v>129</x:v>
+        <x:v>130</x:v>
       </x:c>
       <x:c r="D818" s="0" t="s">
-        <x:v>130</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="E818" s="0" t="s">
         <x:v>119</x:v>
       </x:c>
       <x:c r="F818" s="0" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="G818" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="H818" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="I818" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J818" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="K818" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="L818" s="0">
         <x:v>2777</x:v>
       </x:c>
     </x:row>
     <x:row r="819" spans="1:12">
       <x:c r="A819" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B819" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C819" s="0" t="s">
-        <x:v>129</x:v>
+        <x:v>130</x:v>
       </x:c>
       <x:c r="D819" s="0" t="s">
-        <x:v>130</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="E819" s="0" t="s">
         <x:v>119</x:v>
       </x:c>
       <x:c r="F819" s="0" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="G819" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="H819" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="I819" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J819" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="K819" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="L819" s="0">
         <x:v>9376</x:v>
       </x:c>
     </x:row>
     <x:row r="820" spans="1:12">
       <x:c r="A820" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B820" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C820" s="0" t="s">
-        <x:v>129</x:v>
+        <x:v>130</x:v>
       </x:c>
       <x:c r="D820" s="0" t="s">
-        <x:v>130</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="E820" s="0" t="s">
         <x:v>119</x:v>
       </x:c>
       <x:c r="F820" s="0" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="G820" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="H820" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="I820" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J820" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="K820" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="L820" s="0">
         <x:v>7421</x:v>
       </x:c>
     </x:row>
     <x:row r="821" spans="1:12">
       <x:c r="A821" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B821" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C821" s="0" t="s">
-        <x:v>129</x:v>
+        <x:v>130</x:v>
       </x:c>
       <x:c r="D821" s="0" t="s">
-        <x:v>130</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="E821" s="0" t="s">
         <x:v>119</x:v>
       </x:c>
       <x:c r="F821" s="0" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="G821" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="H821" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="I821" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J821" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="K821" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="L821" s="0">
         <x:v>4124</x:v>
       </x:c>
     </x:row>
     <x:row r="822" spans="1:12">
       <x:c r="A822" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B822" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C822" s="0" t="s">
-        <x:v>129</x:v>
+        <x:v>130</x:v>
       </x:c>
       <x:c r="D822" s="0" t="s">
-        <x:v>130</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="E822" s="0" t="s">
         <x:v>119</x:v>
       </x:c>
       <x:c r="F822" s="0" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="G822" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="H822" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="I822" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J822" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="K822" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="L822" s="0">
         <x:v>1710</x:v>
       </x:c>
     </x:row>
     <x:row r="823" spans="1:12">
       <x:c r="A823" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B823" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C823" s="0" t="s">
-        <x:v>129</x:v>
+        <x:v>130</x:v>
       </x:c>
       <x:c r="D823" s="0" t="s">
-        <x:v>130</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="E823" s="0" t="s">
         <x:v>119</x:v>
       </x:c>
       <x:c r="F823" s="0" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="G823" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="H823" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="I823" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J823" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="K823" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="L823" s="0">
         <x:v>15425</x:v>
       </x:c>
     </x:row>
     <x:row r="824" spans="1:12">
       <x:c r="A824" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B824" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C824" s="0" t="s">
-        <x:v>129</x:v>
+        <x:v>130</x:v>
       </x:c>
       <x:c r="D824" s="0" t="s">
-        <x:v>130</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="E824" s="0" t="s">
         <x:v>119</x:v>
       </x:c>
       <x:c r="F824" s="0" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="G824" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="H824" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="I824" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J824" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="K824" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="L824" s="0">
         <x:v>50346</x:v>
       </x:c>
     </x:row>
     <x:row r="825" spans="1:12">
       <x:c r="A825" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B825" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C825" s="0" t="s">
-        <x:v>129</x:v>
+        <x:v>130</x:v>
       </x:c>
       <x:c r="D825" s="0" t="s">
-        <x:v>130</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="E825" s="0" t="s">
         <x:v>119</x:v>
       </x:c>
       <x:c r="F825" s="0" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="G825" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="H825" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="I825" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J825" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="K825" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="L825" s="0">
         <x:v>10888</x:v>
       </x:c>
     </x:row>
     <x:row r="826" spans="1:12">
       <x:c r="A826" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B826" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C826" s="0" t="s">
-        <x:v>129</x:v>
+        <x:v>130</x:v>
       </x:c>
       <x:c r="D826" s="0" t="s">
-        <x:v>130</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="E826" s="0" t="s">
         <x:v>119</x:v>
       </x:c>
       <x:c r="F826" s="0" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="G826" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="H826" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="I826" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J826" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="K826" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="L826" s="0">
         <x:v>839225</x:v>
       </x:c>
     </x:row>
     <x:row r="827" spans="1:12">
       <x:c r="A827" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B827" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C827" s="0" t="s">
-        <x:v>129</x:v>
+        <x:v>130</x:v>
       </x:c>
       <x:c r="D827" s="0" t="s">
-        <x:v>130</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="E827" s="0" t="s">
         <x:v>121</x:v>
       </x:c>
       <x:c r="F827" s="0" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="G827" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="H827" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="I827" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J827" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="K827" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="L827" s="0">
         <x:v>10827</x:v>
       </x:c>
     </x:row>
     <x:row r="828" spans="1:12">
       <x:c r="A828" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B828" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C828" s="0" t="s">
-        <x:v>129</x:v>
+        <x:v>130</x:v>
       </x:c>
       <x:c r="D828" s="0" t="s">
-        <x:v>130</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="E828" s="0" t="s">
         <x:v>121</x:v>
       </x:c>
       <x:c r="F828" s="0" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="G828" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="H828" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="I828" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J828" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="K828" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="L828" s="0">
         <x:v>464</x:v>
       </x:c>
     </x:row>
     <x:row r="829" spans="1:12">
       <x:c r="A829" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B829" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C829" s="0" t="s">
-        <x:v>129</x:v>
+        <x:v>130</x:v>
       </x:c>
       <x:c r="D829" s="0" t="s">
-        <x:v>130</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="E829" s="0" t="s">
         <x:v>121</x:v>
       </x:c>
       <x:c r="F829" s="0" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="G829" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="H829" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="I829" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J829" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="K829" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="L829" s="0">
         <x:v>397</x:v>
       </x:c>
     </x:row>
     <x:row r="830" spans="1:12">
       <x:c r="A830" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B830" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C830" s="0" t="s">
-        <x:v>129</x:v>
+        <x:v>130</x:v>
       </x:c>
       <x:c r="D830" s="0" t="s">
-        <x:v>130</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="E830" s="0" t="s">
         <x:v>121</x:v>
       </x:c>
       <x:c r="F830" s="0" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="G830" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="H830" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="I830" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J830" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="K830" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="L830" s="0">
         <x:v>561</x:v>
       </x:c>
     </x:row>
     <x:row r="831" spans="1:12">
       <x:c r="A831" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B831" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C831" s="0" t="s">
-        <x:v>129</x:v>
+        <x:v>130</x:v>
       </x:c>
       <x:c r="D831" s="0" t="s">
-        <x:v>130</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="E831" s="0" t="s">
         <x:v>121</x:v>
       </x:c>
       <x:c r="F831" s="0" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="G831" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="H831" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="I831" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J831" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="K831" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="L831" s="0">
         <x:v>245</x:v>
       </x:c>
     </x:row>
     <x:row r="832" spans="1:12">
       <x:c r="A832" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B832" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C832" s="0" t="s">
-        <x:v>129</x:v>
+        <x:v>130</x:v>
       </x:c>
       <x:c r="D832" s="0" t="s">
-        <x:v>130</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="E832" s="0" t="s">
         <x:v>121</x:v>
       </x:c>
       <x:c r="F832" s="0" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="G832" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="H832" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="I832" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J832" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="K832" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="L832" s="0">
         <x:v>120</x:v>
       </x:c>
     </x:row>
     <x:row r="833" spans="1:12">
       <x:c r="A833" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B833" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C833" s="0" t="s">
-        <x:v>129</x:v>
+        <x:v>130</x:v>
       </x:c>
       <x:c r="D833" s="0" t="s">
-        <x:v>130</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="E833" s="0" t="s">
         <x:v>121</x:v>
       </x:c>
       <x:c r="F833" s="0" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="G833" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="H833" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="I833" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J833" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="K833" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="L833" s="0">
         <x:v>149</x:v>
       </x:c>
     </x:row>
     <x:row r="834" spans="1:12">
       <x:c r="A834" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B834" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C834" s="0" t="s">
-        <x:v>129</x:v>
+        <x:v>130</x:v>
       </x:c>
       <x:c r="D834" s="0" t="s">
-        <x:v>130</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="E834" s="0" t="s">
         <x:v>121</x:v>
       </x:c>
       <x:c r="F834" s="0" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="G834" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="H834" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="I834" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J834" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="K834" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="L834" s="0">
         <x:v>444</x:v>
       </x:c>
     </x:row>
     <x:row r="835" spans="1:12">
       <x:c r="A835" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B835" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C835" s="0" t="s">
-        <x:v>129</x:v>
+        <x:v>130</x:v>
       </x:c>
       <x:c r="D835" s="0" t="s">
-        <x:v>130</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="E835" s="0" t="s">
         <x:v>121</x:v>
       </x:c>
       <x:c r="F835" s="0" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="G835" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="H835" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="I835" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J835" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="K835" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="L835" s="0">
         <x:v>924</x:v>
       </x:c>
     </x:row>
     <x:row r="836" spans="1:12">
       <x:c r="A836" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B836" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C836" s="0" t="s">
-        <x:v>129</x:v>
+        <x:v>130</x:v>
       </x:c>
       <x:c r="D836" s="0" t="s">
-        <x:v>130</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="E836" s="0" t="s">
         <x:v>121</x:v>
       </x:c>
       <x:c r="F836" s="0" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="G836" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="H836" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="I836" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J836" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="K836" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="L836" s="0">
         <x:v>166</x:v>
       </x:c>
     </x:row>
     <x:row r="837" spans="1:12">
       <x:c r="A837" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B837" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C837" s="0" t="s">
-        <x:v>129</x:v>
+        <x:v>130</x:v>
       </x:c>
       <x:c r="D837" s="0" t="s">
-        <x:v>130</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="E837" s="0" t="s">
         <x:v>121</x:v>
       </x:c>
       <x:c r="F837" s="0" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="G837" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="H837" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="I837" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J837" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="K837" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="L837" s="0">
         <x:v>14297</x:v>
       </x:c>
     </x:row>
     <x:row r="838" spans="1:12">
       <x:c r="A838" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B838" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C838" s="0" t="s">
-        <x:v>129</x:v>
+        <x:v>130</x:v>
       </x:c>
       <x:c r="D838" s="0" t="s">
-        <x:v>130</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="E838" s="0" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="F838" s="0" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="G838" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="H838" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="I838" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J838" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="K838" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="L838" s="0">
         <x:v>109431</x:v>
       </x:c>
     </x:row>
     <x:row r="839" spans="1:12">
       <x:c r="A839" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B839" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C839" s="0" t="s">
-        <x:v>129</x:v>
+        <x:v>130</x:v>
       </x:c>
       <x:c r="D839" s="0" t="s">
-        <x:v>130</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="E839" s="0" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="F839" s="0" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="G839" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="H839" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="I839" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J839" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="K839" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="L839" s="0">
         <x:v>4108</x:v>
       </x:c>
     </x:row>
     <x:row r="840" spans="1:12">
       <x:c r="A840" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B840" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C840" s="0" t="s">
-        <x:v>129</x:v>
+        <x:v>130</x:v>
       </x:c>
       <x:c r="D840" s="0" t="s">
-        <x:v>130</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="E840" s="0" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="F840" s="0" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="G840" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="H840" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="I840" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J840" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="K840" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="L840" s="0">
         <x:v>2087</x:v>
       </x:c>
     </x:row>
     <x:row r="841" spans="1:12">
       <x:c r="A841" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B841" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C841" s="0" t="s">
-        <x:v>129</x:v>
+        <x:v>130</x:v>
       </x:c>
       <x:c r="D841" s="0" t="s">
-        <x:v>130</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="E841" s="0" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="F841" s="0" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="G841" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="H841" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="I841" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J841" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="K841" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="L841" s="0">
         <x:v>2773</x:v>
       </x:c>
     </x:row>
     <x:row r="842" spans="1:12">
       <x:c r="A842" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B842" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C842" s="0" t="s">
-        <x:v>129</x:v>
+        <x:v>130</x:v>
       </x:c>
       <x:c r="D842" s="0" t="s">
-        <x:v>130</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="E842" s="0" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="F842" s="0" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="G842" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="H842" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="I842" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J842" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="K842" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="L842" s="0">
         <x:v>1700</x:v>
       </x:c>
     </x:row>
     <x:row r="843" spans="1:12">
       <x:c r="A843" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B843" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C843" s="0" t="s">
-        <x:v>129</x:v>
+        <x:v>130</x:v>
       </x:c>
       <x:c r="D843" s="0" t="s">
-        <x:v>130</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="E843" s="0" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="F843" s="0" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="G843" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="H843" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="I843" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J843" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="K843" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="L843" s="0">
         <x:v>732</x:v>
       </x:c>
     </x:row>
     <x:row r="844" spans="1:12">
       <x:c r="A844" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B844" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C844" s="0" t="s">
-        <x:v>129</x:v>
+        <x:v>130</x:v>
       </x:c>
       <x:c r="D844" s="0" t="s">
-        <x:v>130</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="E844" s="0" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="F844" s="0" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="G844" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="H844" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="I844" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J844" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="K844" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="L844" s="0">
         <x:v>742</x:v>
       </x:c>
     </x:row>
     <x:row r="845" spans="1:12">
       <x:c r="A845" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B845" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C845" s="0" t="s">
-        <x:v>129</x:v>
+        <x:v>130</x:v>
       </x:c>
       <x:c r="D845" s="0" t="s">
-        <x:v>130</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="E845" s="0" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="F845" s="0" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="G845" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="H845" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="I845" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J845" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="K845" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="L845" s="0">
         <x:v>3175</x:v>
       </x:c>
     </x:row>
     <x:row r="846" spans="1:12">
       <x:c r="A846" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B846" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C846" s="0" t="s">
-        <x:v>129</x:v>
+        <x:v>130</x:v>
       </x:c>
       <x:c r="D846" s="0" t="s">
-        <x:v>130</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="E846" s="0" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="F846" s="0" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="G846" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="H846" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="I846" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J846" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="K846" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="L846" s="0">
         <x:v>7826</x:v>
       </x:c>
     </x:row>
     <x:row r="847" spans="1:12">
       <x:c r="A847" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B847" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C847" s="0" t="s">
-        <x:v>129</x:v>
+        <x:v>130</x:v>
       </x:c>
       <x:c r="D847" s="0" t="s">
-        <x:v>130</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="E847" s="0" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="F847" s="0" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="G847" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="H847" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="I847" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J847" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="K847" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="L847" s="0">
         <x:v>1918</x:v>
       </x:c>
     </x:row>
     <x:row r="848" spans="1:12">
       <x:c r="A848" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B848" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C848" s="0" t="s">
-        <x:v>129</x:v>
+        <x:v>130</x:v>
       </x:c>
       <x:c r="D848" s="0" t="s">
-        <x:v>130</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="E848" s="0" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="F848" s="0" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="G848" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="H848" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="I848" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J848" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="K848" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="L848" s="0">
         <x:v>134492</x:v>
       </x:c>
     </x:row>
     <x:row r="849" spans="1:12">
       <x:c r="A849" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B849" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C849" s="0" t="s">
-        <x:v>129</x:v>
+        <x:v>130</x:v>
       </x:c>
       <x:c r="D849" s="0" t="s">
-        <x:v>130</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="E849" s="0" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="F849" s="0" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="G849" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="H849" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="I849" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J849" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="K849" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="L849" s="0">
         <x:v>836306</x:v>
       </x:c>
     </x:row>
     <x:row r="850" spans="1:12">
       <x:c r="A850" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B850" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C850" s="0" t="s">
-        <x:v>129</x:v>
+        <x:v>130</x:v>
       </x:c>
       <x:c r="D850" s="0" t="s">
-        <x:v>130</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="E850" s="0" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="F850" s="0" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="G850" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="H850" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="I850" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J850" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="K850" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="L850" s="0">
         <x:v>25682</x:v>
       </x:c>
     </x:row>
     <x:row r="851" spans="1:12">
       <x:c r="A851" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B851" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C851" s="0" t="s">
-        <x:v>129</x:v>
+        <x:v>130</x:v>
       </x:c>
       <x:c r="D851" s="0" t="s">
-        <x:v>130</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="E851" s="0" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="F851" s="0" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="G851" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="H851" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="I851" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J851" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="K851" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="L851" s="0">
         <x:v>5261</x:v>
       </x:c>
     </x:row>
     <x:row r="852" spans="1:12">
       <x:c r="A852" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B852" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C852" s="0" t="s">
-        <x:v>129</x:v>
+        <x:v>130</x:v>
       </x:c>
       <x:c r="D852" s="0" t="s">
-        <x:v>130</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="E852" s="0" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="F852" s="0" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="G852" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="H852" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="I852" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J852" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="K852" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="L852" s="0">
         <x:v>12710</x:v>
       </x:c>
     </x:row>
     <x:row r="853" spans="1:12">
       <x:c r="A853" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B853" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C853" s="0" t="s">
-        <x:v>129</x:v>
+        <x:v>130</x:v>
       </x:c>
       <x:c r="D853" s="0" t="s">
-        <x:v>130</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="E853" s="0" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="F853" s="0" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="G853" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="H853" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="I853" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J853" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="K853" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="L853" s="0">
         <x:v>9366</x:v>
       </x:c>
     </x:row>
     <x:row r="854" spans="1:12">
       <x:c r="A854" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B854" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C854" s="0" t="s">
-        <x:v>129</x:v>
+        <x:v>130</x:v>
       </x:c>
       <x:c r="D854" s="0" t="s">
-        <x:v>130</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="E854" s="0" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="F854" s="0" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="G854" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="H854" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="I854" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J854" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="K854" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="L854" s="0">
         <x:v>4976</x:v>
       </x:c>
     </x:row>
     <x:row r="855" spans="1:12">
       <x:c r="A855" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B855" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C855" s="0" t="s">
-        <x:v>129</x:v>
+        <x:v>130</x:v>
       </x:c>
       <x:c r="D855" s="0" t="s">
-        <x:v>130</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="E855" s="0" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="F855" s="0" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="G855" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="H855" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="I855" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J855" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="K855" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="L855" s="0">
         <x:v>2601</x:v>
       </x:c>
     </x:row>
     <x:row r="856" spans="1:12">
       <x:c r="A856" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B856" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C856" s="0" t="s">
-        <x:v>129</x:v>
+        <x:v>130</x:v>
       </x:c>
       <x:c r="D856" s="0" t="s">
-        <x:v>130</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="E856" s="0" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="F856" s="0" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="G856" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="H856" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="I856" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J856" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="K856" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="L856" s="0">
         <x:v>19044</x:v>
       </x:c>
     </x:row>
     <x:row r="857" spans="1:12">
       <x:c r="A857" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B857" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C857" s="0" t="s">
-        <x:v>129</x:v>
+        <x:v>130</x:v>
       </x:c>
       <x:c r="D857" s="0" t="s">
-        <x:v>130</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="E857" s="0" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="F857" s="0" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="G857" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="H857" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="I857" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J857" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="K857" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="L857" s="0">
         <x:v>59096</x:v>
       </x:c>
     </x:row>
     <x:row r="858" spans="1:12">
       <x:c r="A858" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B858" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C858" s="0" t="s">
-        <x:v>129</x:v>
+        <x:v>130</x:v>
       </x:c>
       <x:c r="D858" s="0" t="s">
-        <x:v>130</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="E858" s="0" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="F858" s="0" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="G858" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="H858" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="I858" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J858" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="K858" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="L858" s="0">
         <x:v>12972</x:v>
       </x:c>
     </x:row>
     <x:row r="859" spans="1:12">
       <x:c r="A859" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B859" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C859" s="0" t="s">
-        <x:v>129</x:v>
+        <x:v>130</x:v>
       </x:c>
       <x:c r="D859" s="0" t="s">
-        <x:v>130</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="E859" s="0" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="F859" s="0" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="G859" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="H859" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="I859" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J859" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="K859" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="L859" s="0">
         <x:v>988014</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="1">
     <x:tablePart r:id="rId15"/>
   </x:tableParts>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:sheetData/>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Application>Microsoft Excel</ap:Application>
   <ap:TitlesOfParts>
     <vt:vector baseType="lpstr" size="9">
       <vt:lpstr>About</vt:lpstr>
       <vt:lpstr>Unpivoted</vt:lpstr>
       <vt:lpstr>Pivoted</vt:lpstr>
@@ -34307,51 +34036,51 @@
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>3</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Named Ranges</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>6</vt:i4>
       </vt:variant>
     </vt:vector>
   </ap:HeadingPairs>
   <ap:DocSecurity>0</ap:DocSecurity>
   <ap:ScaleCrop>false</ap:ScaleCrop>
 </ap:Properties>
 </file>
 
 <file path=pivotCache/_rels/pivotCacheDefinition1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheRecords" Target="/pivotCache/pivotCacheRecords1.xml" Id="rId1" /></Relationships>
 </file>
 
 <file path=pivotCache/pivotCacheDefinition1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:pivotCacheDefinition xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" r:id="rId1" saveData="1" refreshOnLoad="1" createdVersion="5" refreshedVersion="5" minRefreshableVersion="3">
   <x:cacheSource type="worksheet">
-    <x:worksheetSource ref="A1:L859" sheet="Unpivoted"/>
+    <x:worksheetSource name="Unpivoted"/>
   </x:cacheSource>
   <x:cacheFields>
     <x:cacheField name="STATISTIC">
       <x:sharedItems count="1">
         <x:s v="CD330"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="Statistic Label">
       <x:sharedItems count="1">
         <x:s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="C02199V02655">
       <x:sharedItems count="3">
         <x:s v="-"/>
         <x:s v="1"/>
         <x:s v="2"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="Sex">
       <x:sharedItems count="3">
         <x:s v="Both sexes"/>
         <x:s v="Male"/>
         <x:s v="Female"/>
       </x:sharedItems>
@@ -35139,27 +34868,12040 @@
         <x:n v="2773"/>
         <x:n v="1700"/>
         <x:n v="732"/>
         <x:n v="742"/>
         <x:n v="3175"/>
         <x:n v="7826"/>
         <x:n v="1918"/>
         <x:n v="134492"/>
         <x:n v="836306"/>
         <x:n v="25682"/>
         <x:n v="12710"/>
         <x:n v="9366"/>
         <x:n v="4976"/>
         <x:n v="2601"/>
         <x:n v="19044"/>
         <x:n v="59096"/>
         <x:n v="12972"/>
         <x:n v="988014"/>
       </x:sharedItems>
     </x:cacheField>
   </x:cacheFields>
 </x:pivotCacheDefinition>
 </file>
 
 <file path=pivotCache/pivotCacheRecords1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main"/>
+<pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="xr">
+  <r>
+    <s v="CD330"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="A"/>
+    <s v="Agriculture, forestry and fishing (A)"/>
+    <s v="01"/>
+    <s v="Roman Catholic"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="80182"/>
+  </r>
+  <r>
+    <s v="CD330"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="A"/>
+    <s v="Agriculture, forestry and fishing (A)"/>
+    <s v="04"/>
+    <s v="Church of Ireland, England, Anglican, Episcopalian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5419"/>
+  </r>
+  <r>
+    <s v="CD330"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="A"/>
+    <s v="Agriculture, forestry and fishing (A)"/>
+    <s v="07"/>
+    <s v="Muslim (Islamic)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="121"/>
+  </r>
+  <r>
+    <s v="CD330"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="A"/>
+    <s v="Agriculture, forestry and fishing (A)"/>
+    <s v="10"/>
+    <s v="Orthodox (Greek, Coptic, Russian)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="590"/>
+  </r>
+  <r>
+    <s v="CD330"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="A"/>
+    <s v="Agriculture, forestry and fishing (A)"/>
+    <s v="08"/>
+    <s v="Other Christian religion, n.e.s."/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="349"/>
+  </r>
+  <r>
+    <s v="CD330"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="A"/>
+    <s v="Agriculture, forestry and fishing (A)"/>
+    <s v="09"/>
+    <s v="Presbyterian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1216"/>
+  </r>
+  <r>
+    <s v="CD330"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="A"/>
+    <s v="Agriculture, forestry and fishing (A)"/>
+    <s v="12"/>
+    <s v="Apostolic or Pentecostal"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="20"/>
+  </r>
+  <r>
+    <s v="CD330"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="A"/>
+    <s v="Agriculture, forestry and fishing (A)"/>
+    <s v="02D"/>
+    <s v="Other stated religions (5)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="852"/>
+  </r>
+  <r>
+    <s v="CD330"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="A"/>
+    <s v="Agriculture, forestry and fishing (A)"/>
+    <s v="35"/>
+    <s v="No religion"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2047"/>
+  </r>
+  <r>
+    <s v="CD330"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="A"/>
+    <s v="Agriculture, forestry and fishing (A)"/>
+    <s v="36"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="380"/>
+  </r>
+  <r>
+    <s v="CD330"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="A"/>
+    <s v="Agriculture, forestry and fishing (A)"/>
+    <s v="-"/>
+    <s v="All religions"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="91176"/>
+  </r>
+  <r>
+    <s v="CD330"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="B"/>
+    <s v="Mining and quarrying (B)"/>
+    <s v="01"/>
+    <s v="Roman Catholic"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4747"/>
+  </r>
+  <r>
+    <s v="CD330"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="B"/>
+    <s v="Mining and quarrying (B)"/>
+    <s v="04"/>
+    <s v="Church of Ireland, England, Anglican, Episcopalian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="169"/>
+  </r>
+  <r>
+    <s v="CD330"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="B"/>
+    <s v="Mining and quarrying (B)"/>
+    <s v="07"/>
+    <s v="Muslim (Islamic)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="8"/>
+  </r>
+  <r>
+    <s v="CD330"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="B"/>
+    <s v="Mining and quarrying (B)"/>
+    <s v="10"/>
+    <s v="Orthodox (Greek, Coptic, Russian)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="30"/>
+  </r>
+  <r>
+    <s v="CD330"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="B"/>
+    <s v="Mining and quarrying (B)"/>
+    <s v="08"/>
+    <s v="Other Christian religion, n.e.s."/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="15"/>
+  </r>
+  <r>
+    <s v="CD330"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="B"/>
+    <s v="Mining and quarrying (B)"/>
+    <s v="09"/>
+    <s v="Presbyterian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="20"/>
+  </r>
+  <r>
+    <s v="CD330"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="B"/>
+    <s v="Mining and quarrying (B)"/>
+    <s v="12"/>
+    <s v="Apostolic or Pentecostal"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="CD330"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="B"/>
+    <s v="Mining and quarrying (B)"/>
+    <s v="02D"/>
+    <s v="Other stated religions (5)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="42"/>
+  </r>
+  <r>
+    <s v="CD330"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="B"/>
+    <s v="Mining and quarrying (B)"/>
+    <s v="35"/>
+    <s v="No religion"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="206"/>
+  </r>
+  <r>
+    <s v="CD330"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="B"/>
+    <s v="Mining and quarrying (B)"/>
+    <s v="36"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="22"/>
+  </r>
+  <r>
+    <s v="CD330"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="B"/>
+    <s v="Mining and quarrying (B)"/>
+    <s v="-"/>
+    <s v="All religions"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5261"/>
+  </r>
+  <r>
+    <s v="CD330"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="C"/>
+    <s v="Manufacturing (C)"/>
+    <s v="01"/>
+    <s v="Roman Catholic"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="155739"/>
+  </r>
+  <r>
+    <s v="CD330"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="C"/>
+    <s v="Manufacturing (C)"/>
+    <s v="04"/>
+    <s v="Church of Ireland, England, Anglican, Episcopalian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4151"/>
+  </r>
+  <r>
+    <s v="CD330"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="C"/>
+    <s v="Manufacturing (C)"/>
+    <s v="07"/>
+    <s v="Muslim (Islamic)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="703"/>
+  </r>
+  <r>
+    <s v="CD330"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="C"/>
+    <s v="Manufacturing (C)"/>
+    <s v="10"/>
+    <s v="Orthodox (Greek, Coptic, Russian)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2039"/>
+  </r>
+  <r>
+    <s v="CD330"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="C"/>
+    <s v="Manufacturing (C)"/>
+    <s v="08"/>
+    <s v="Other Christian religion, n.e.s."/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1107"/>
+  </r>
+  <r>
+    <s v="CD330"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="C"/>
+    <s v="Manufacturing (C)"/>
+    <s v="09"/>
+    <s v="Presbyterian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="938"/>
+  </r>
+  <r>
+    <s v="CD330"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="C"/>
+    <s v="Manufacturing (C)"/>
+    <s v="12"/>
+    <s v="Apostolic or Pentecostal"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="156"/>
+  </r>
+  <r>
+    <s v="CD330"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="C"/>
+    <s v="Manufacturing (C)"/>
+    <s v="02D"/>
+    <s v="Other stated religions (5)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3015"/>
+  </r>
+  <r>
+    <s v="CD330"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="C"/>
+    <s v="Manufacturing (C)"/>
+    <s v="35"/>
+    <s v="No religion"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="12688"/>
+  </r>
+  <r>
+    <s v="CD330"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="C"/>
+    <s v="Manufacturing (C)"/>
+    <s v="36"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="950"/>
+  </r>
+  <r>
+    <s v="CD330"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="C"/>
+    <s v="Manufacturing (C)"/>
+    <s v="-"/>
+    <s v="All religions"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="181486"/>
+  </r>
+  <r>
+    <s v="CD330"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="D"/>
+    <s v="Electricity, gas, steam and air conditioning supply (D)"/>
+    <s v="01"/>
+    <s v="Roman Catholic"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="9588"/>
+  </r>
+  <r>
+    <s v="CD330"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="D"/>
+    <s v="Electricity, gas, steam and air conditioning supply (D)"/>
+    <s v="04"/>
+    <s v="Church of Ireland, England, Anglican, Episcopalian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="221"/>
+  </r>
+  <r>
+    <s v="CD330"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="D"/>
+    <s v="Electricity, gas, steam and air conditioning supply (D)"/>
+    <s v="07"/>
+    <s v="Muslim (Islamic)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="21"/>
+  </r>
+  <r>
+    <s v="CD330"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="D"/>
+    <s v="Electricity, gas, steam and air conditioning supply (D)"/>
+    <s v="10"/>
+    <s v="Orthodox (Greek, Coptic, Russian)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="34"/>
+  </r>
+  <r>
+    <s v="CD330"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="D"/>
+    <s v="Electricity, gas, steam and air conditioning supply (D)"/>
+    <s v="08"/>
+    <s v="Other Christian religion, n.e.s."/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="60"/>
+  </r>
+  <r>
+    <s v="CD330"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="D"/>
+    <s v="Electricity, gas, steam and air conditioning supply (D)"/>
+    <s v="09"/>
+    <s v="Presbyterian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="38"/>
+  </r>
+  <r>
+    <s v="CD330"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="D"/>
+    <s v="Electricity, gas, steam and air conditioning supply (D)"/>
+    <s v="12"/>
+    <s v="Apostolic or Pentecostal"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4"/>
+  </r>
+  <r>
+    <s v="CD330"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="D"/>
+    <s v="Electricity, gas, steam and air conditioning supply (D)"/>
+    <s v="02D"/>
+    <s v="Other stated religions (5)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="128"/>
+  </r>
+  <r>
+    <s v="CD330"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="D"/>
+    <s v="Electricity, gas, steam and air conditioning supply (D)"/>
+    <s v="35"/>
+    <s v="No religion"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="849"/>
+  </r>
+  <r>
+    <s v="CD330"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="D"/>
+    <s v="Electricity, gas, steam and air conditioning supply (D)"/>
+    <s v="36"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="50"/>
+  </r>
+  <r>
+    <s v="CD330"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="D"/>
+    <s v="Electricity, gas, steam and air conditioning supply (D)"/>
+    <s v="-"/>
+    <s v="All religions"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="10993"/>
+  </r>
+  <r>
+    <s v="CD330"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="E"/>
+    <s v="Water supply; sewerage, waste management and remediation activities (E)"/>
+    <s v="01"/>
+    <s v="Roman Catholic"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="8044"/>
+  </r>
+  <r>
+    <s v="CD330"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="E"/>
+    <s v="Water supply; sewerage, waste management and remediation activities (E)"/>
+    <s v="04"/>
+    <s v="Church of Ireland, England, Anglican, Episcopalian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="219"/>
+  </r>
+  <r>
+    <s v="CD330"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="E"/>
+    <s v="Water supply; sewerage, waste management and remediation activities (E)"/>
+    <s v="07"/>
+    <s v="Muslim (Islamic)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="22"/>
+  </r>
+  <r>
+    <s v="CD330"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="E"/>
+    <s v="Water supply; sewerage, waste management and remediation activities (E)"/>
+    <s v="10"/>
+    <s v="Orthodox (Greek, Coptic, Russian)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="265"/>
+  </r>
+  <r>
+    <s v="CD330"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="E"/>
+    <s v="Water supply; sewerage, waste management and remediation activities (E)"/>
+    <s v="08"/>
+    <s v="Other Christian religion, n.e.s."/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="58"/>
+  </r>
+  <r>
+    <s v="CD330"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="E"/>
+    <s v="Water supply; sewerage, waste management and remediation activities (E)"/>
+    <s v="09"/>
+    <s v="Presbyterian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="33"/>
+  </r>
+  <r>
+    <s v="CD330"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="E"/>
+    <s v="Water supply; sewerage, waste management and remediation activities (E)"/>
+    <s v="12"/>
+    <s v="Apostolic or Pentecostal"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="9"/>
+  </r>
+  <r>
+    <s v="CD330"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="E"/>
+    <s v="Water supply; sewerage, waste management and remediation activities (E)"/>
+    <s v="02D"/>
+    <s v="Other stated religions (5)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="123"/>
+  </r>
+  <r>
+    <s v="CD330"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="E"/>
+    <s v="Water supply; sewerage, waste management and remediation activities (E)"/>
+    <s v="35"/>
+    <s v="No religion"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="521"/>
+  </r>
+  <r>
+    <s v="CD330"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="E"/>
+    <s v="Water supply; sewerage, waste management and remediation activities (E)"/>
+    <s v="36"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="54"/>
+  </r>
+  <r>
+    <s v="CD330"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="E"/>
+    <s v="Water supply; sewerage, waste management and remediation activities (E)"/>
+    <s v="-"/>
+    <s v="All religions"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="9348"/>
+  </r>
+  <r>
+    <s v="CD330"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="F"/>
+    <s v="Construction (F)"/>
+    <s v="01"/>
+    <s v="Roman Catholic"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="76886"/>
+  </r>
+  <r>
+    <s v="CD330"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="F"/>
+    <s v="Construction (F)"/>
+    <s v="04"/>
+    <s v="Church of Ireland, England, Anglican, Episcopalian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1955"/>
+  </r>
+  <r>
+    <s v="CD330"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="F"/>
+    <s v="Construction (F)"/>
+    <s v="07"/>
+    <s v="Muslim (Islamic)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="150"/>
+  </r>
+  <r>
+    <s v="CD330"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="F"/>
+    <s v="Construction (F)"/>
+    <s v="10"/>
+    <s v="Orthodox (Greek, Coptic, Russian)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1055"/>
+  </r>
+  <r>
+    <s v="CD330"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="F"/>
+    <s v="Construction (F)"/>
+    <s v="08"/>
+    <s v="Other Christian religion, n.e.s."/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="385"/>
+  </r>
+  <r>
+    <s v="CD330"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="F"/>
+    <s v="Construction (F)"/>
+    <s v="09"/>
+    <s v="Presbyterian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="437"/>
+  </r>
+  <r>
+    <s v="CD330"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="F"/>
+    <s v="Construction (F)"/>
+    <s v="12"/>
+    <s v="Apostolic or Pentecostal"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="137"/>
+  </r>
+  <r>
+    <s v="CD330"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="F"/>
+    <s v="Construction (F)"/>
+    <s v="02D"/>
+    <s v="Other stated religions (5)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="811"/>
+  </r>
+  <r>
+    <s v="CD330"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="F"/>
+    <s v="Construction (F)"/>
+    <s v="35"/>
+    <s v="No religion"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3826"/>
+  </r>
+  <r>
+    <s v="CD330"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="F"/>
+    <s v="Construction (F)"/>
+    <s v="36"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="340"/>
+  </r>
+  <r>
+    <s v="CD330"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="F"/>
+    <s v="Construction (F)"/>
+    <s v="-"/>
+    <s v="All religions"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="85982"/>
+  </r>
+  <r>
+    <s v="CD330"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="G"/>
+    <s v="Wholesale and retail trade; repair of motor vehicles and motorcycles (G)"/>
+    <s v="01"/>
+    <s v="Roman Catholic"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="222587"/>
+  </r>
+  <r>
+    <s v="CD330"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="G"/>
+    <s v="Wholesale and retail trade; repair of motor vehicles and motorcycles (G)"/>
+    <s v="04"/>
+    <s v="Church of Ireland, England, Anglican, Episcopalian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="7413"/>
+  </r>
+  <r>
+    <s v="CD330"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="G"/>
+    <s v="Wholesale and retail trade; repair of motor vehicles and motorcycles (G)"/>
+    <s v="07"/>
+    <s v="Muslim (Islamic)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1938"/>
+  </r>
+  <r>
+    <s v="CD330"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="G"/>
+    <s v="Wholesale and retail trade; repair of motor vehicles and motorcycles (G)"/>
+    <s v="10"/>
+    <s v="Orthodox (Greek, Coptic, Russian)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3058"/>
+  </r>
+  <r>
+    <s v="CD330"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="G"/>
+    <s v="Wholesale and retail trade; repair of motor vehicles and motorcycles (G)"/>
+    <s v="08"/>
+    <s v="Other Christian religion, n.e.s."/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1803"/>
+  </r>
+  <r>
+    <s v="CD330"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="G"/>
+    <s v="Wholesale and retail trade; repair of motor vehicles and motorcycles (G)"/>
+    <s v="09"/>
+    <s v="Presbyterian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1439"/>
+  </r>
+  <r>
+    <s v="CD330"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="G"/>
+    <s v="Wholesale and retail trade; repair of motor vehicles and motorcycles (G)"/>
+    <s v="12"/>
+    <s v="Apostolic or Pentecostal"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="363"/>
+  </r>
+  <r>
+    <s v="CD330"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="G"/>
+    <s v="Wholesale and retail trade; repair of motor vehicles and motorcycles (G)"/>
+    <s v="02D"/>
+    <s v="Other stated religions (5)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4341"/>
+  </r>
+  <r>
+    <s v="CD330"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="G"/>
+    <s v="Wholesale and retail trade; repair of motor vehicles and motorcycles (G)"/>
+    <s v="35"/>
+    <s v="No religion"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="15877"/>
+  </r>
+  <r>
+    <s v="CD330"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="G"/>
+    <s v="Wholesale and retail trade; repair of motor vehicles and motorcycles (G)"/>
+    <s v="36"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1438"/>
+  </r>
+  <r>
+    <s v="CD330"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="G"/>
+    <s v="Wholesale and retail trade; repair of motor vehicles and motorcycles (G)"/>
+    <s v="-"/>
+    <s v="All religions"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="260257"/>
+  </r>
+  <r>
+    <s v="CD330"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="H"/>
+    <s v="Transportation and storage (H)"/>
+    <s v="01"/>
+    <s v="Roman Catholic"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="67174"/>
+  </r>
+  <r>
+    <s v="CD330"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="H"/>
+    <s v="Transportation and storage (H)"/>
+    <s v="04"/>
+    <s v="Church of Ireland, England, Anglican, Episcopalian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1599"/>
+  </r>
+  <r>
+    <s v="CD330"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="H"/>
+    <s v="Transportation and storage (H)"/>
+    <s v="07"/>
+    <s v="Muslim (Islamic)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="523"/>
+  </r>
+  <r>
+    <s v="CD330"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="H"/>
+    <s v="Transportation and storage (H)"/>
+    <s v="10"/>
+    <s v="Orthodox (Greek, Coptic, Russian)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="765"/>
+  </r>
+  <r>
+    <s v="CD330"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="H"/>
+    <s v="Transportation and storage (H)"/>
+    <s v="08"/>
+    <s v="Other Christian religion, n.e.s."/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="567"/>
+  </r>
+  <r>
+    <s v="CD330"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="H"/>
+    <s v="Transportation and storage (H)"/>
+    <s v="09"/>
+    <s v="Presbyterian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="351"/>
+  </r>
+  <r>
+    <s v="CD330"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="H"/>
+    <s v="Transportation and storage (H)"/>
+    <s v="12"/>
+    <s v="Apostolic or Pentecostal"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="276"/>
+  </r>
+  <r>
+    <s v="CD330"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="H"/>
+    <s v="Transportation and storage (H)"/>
+    <s v="02D"/>
+    <s v="Other stated religions (5)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="957"/>
+  </r>
+  <r>
+    <s v="CD330"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="H"/>
+    <s v="Transportation and storage (H)"/>
+    <s v="35"/>
+    <s v="No religion"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4338"/>
+  </r>
+  <r>
+    <s v="CD330"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="H"/>
+    <s v="Transportation and storage (H)"/>
+    <s v="36"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="412"/>
+  </r>
+  <r>
+    <s v="CD330"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="H"/>
+    <s v="Transportation and storage (H)"/>
+    <s v="-"/>
+    <s v="All religions"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="76962"/>
+  </r>
+  <r>
+    <s v="CD330"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="I"/>
+    <s v="Accommodation and food service activities (I)"/>
+    <s v="01"/>
+    <s v="Roman Catholic"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="77771"/>
+  </r>
+  <r>
+    <s v="CD330"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="I"/>
+    <s v="Accommodation and food service activities (I)"/>
+    <s v="04"/>
+    <s v="Church of Ireland, England, Anglican, Episcopalian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2228"/>
+  </r>
+  <r>
+    <s v="CD330"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="I"/>
+    <s v="Accommodation and food service activities (I)"/>
+    <s v="07"/>
+    <s v="Muslim (Islamic)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2438"/>
+  </r>
+  <r>
+    <s v="CD330"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="I"/>
+    <s v="Accommodation and food service activities (I)"/>
+    <s v="10"/>
+    <s v="Orthodox (Greek, Coptic, Russian)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3336"/>
+  </r>
+  <r>
+    <s v="CD330"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="I"/>
+    <s v="Accommodation and food service activities (I)"/>
+    <s v="08"/>
+    <s v="Other Christian religion, n.e.s."/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="871"/>
+  </r>
+  <r>
+    <s v="CD330"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="I"/>
+    <s v="Accommodation and food service activities (I)"/>
+    <s v="09"/>
+    <s v="Presbyterian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="543"/>
+  </r>
+  <r>
+    <s v="CD330"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="I"/>
+    <s v="Accommodation and food service activities (I)"/>
+    <s v="12"/>
+    <s v="Apostolic or Pentecostal"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="143"/>
+  </r>
+  <r>
+    <s v="CD330"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="I"/>
+    <s v="Accommodation and food service activities (I)"/>
+    <s v="02D"/>
+    <s v="Other stated religions (5)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4062"/>
+  </r>
+  <r>
+    <s v="CD330"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="I"/>
+    <s v="Accommodation and food service activities (I)"/>
+    <s v="35"/>
+    <s v="No religion"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="10184"/>
+  </r>
+  <r>
+    <s v="CD330"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="I"/>
+    <s v="Accommodation and food service activities (I)"/>
+    <s v="36"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="957"/>
+  </r>
+  <r>
+    <s v="CD330"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="I"/>
+    <s v="Accommodation and food service activities (I)"/>
+    <s v="-"/>
+    <s v="All religions"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="102533"/>
+  </r>
+  <r>
+    <s v="CD330"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="J"/>
+    <s v="Information and communication (J)"/>
+    <s v="01"/>
+    <s v="Roman Catholic"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="46227"/>
+  </r>
+  <r>
+    <s v="CD330"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="J"/>
+    <s v="Information and communication (J)"/>
+    <s v="04"/>
+    <s v="Church of Ireland, England, Anglican, Episcopalian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1747"/>
+  </r>
+  <r>
+    <s v="CD330"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="J"/>
+    <s v="Information and communication (J)"/>
+    <s v="07"/>
+    <s v="Muslim (Islamic)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="515"/>
+  </r>
+  <r>
+    <s v="CD330"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="J"/>
+    <s v="Information and communication (J)"/>
+    <s v="10"/>
+    <s v="Orthodox (Greek, Coptic, Russian)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="649"/>
+  </r>
+  <r>
+    <s v="CD330"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="J"/>
+    <s v="Information and communication (J)"/>
+    <s v="08"/>
+    <s v="Other Christian religion, n.e.s."/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="668"/>
+  </r>
+  <r>
+    <s v="CD330"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="J"/>
+    <s v="Information and communication (J)"/>
+    <s v="09"/>
+    <s v="Presbyterian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="371"/>
+  </r>
+  <r>
+    <s v="CD330"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="J"/>
+    <s v="Information and communication (J)"/>
+    <s v="12"/>
+    <s v="Apostolic or Pentecostal"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="99"/>
+  </r>
+  <r>
+    <s v="CD330"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="J"/>
+    <s v="Information and communication (J)"/>
+    <s v="02D"/>
+    <s v="Other stated religions (5)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2654"/>
+  </r>
+  <r>
+    <s v="CD330"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="J"/>
+    <s v="Information and communication (J)"/>
+    <s v="35"/>
+    <s v="No religion"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="13341"/>
+  </r>
+  <r>
+    <s v="CD330"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="J"/>
+    <s v="Information and communication (J)"/>
+    <s v="36"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="583"/>
+  </r>
+  <r>
+    <s v="CD330"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="J"/>
+    <s v="Information and communication (J)"/>
+    <s v="-"/>
+    <s v="All religions"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="66854"/>
+  </r>
+  <r>
+    <s v="CD330"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="K"/>
+    <s v="Financial and insurance activities (K)"/>
+    <s v="01"/>
+    <s v="Roman Catholic"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="77638"/>
+  </r>
+  <r>
+    <s v="CD330"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="K"/>
+    <s v="Financial and insurance activities (K)"/>
+    <s v="04"/>
+    <s v="Church of Ireland, England, Anglican, Episcopalian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2439"/>
+  </r>
+  <r>
+    <s v="CD330"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="K"/>
+    <s v="Financial and insurance activities (K)"/>
+    <s v="07"/>
+    <s v="Muslim (Islamic)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="322"/>
+  </r>
+  <r>
+    <s v="CD330"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="K"/>
+    <s v="Financial and insurance activities (K)"/>
+    <s v="10"/>
+    <s v="Orthodox (Greek, Coptic, Russian)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="381"/>
+  </r>
+  <r>
+    <s v="CD330"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="K"/>
+    <s v="Financial and insurance activities (K)"/>
+    <s v="08"/>
+    <s v="Other Christian religion, n.e.s."/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="535"/>
+  </r>
+  <r>
+    <s v="CD330"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="K"/>
+    <s v="Financial and insurance activities (K)"/>
+    <s v="09"/>
+    <s v="Presbyterian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="429"/>
+  </r>
+  <r>
+    <s v="CD330"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="K"/>
+    <s v="Financial and insurance activities (K)"/>
+    <s v="12"/>
+    <s v="Apostolic or Pentecostal"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="133"/>
+  </r>
+  <r>
+    <s v="CD330"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="K"/>
+    <s v="Financial and insurance activities (K)"/>
+    <s v="02D"/>
+    <s v="Other stated religions (5)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1546"/>
+  </r>
+  <r>
+    <s v="CD330"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="K"/>
+    <s v="Financial and insurance activities (K)"/>
+    <s v="35"/>
+    <s v="No religion"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="7572"/>
+  </r>
+  <r>
+    <s v="CD330"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="K"/>
+    <s v="Financial and insurance activities (K)"/>
+    <s v="36"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="394"/>
+  </r>
+  <r>
+    <s v="CD330"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="K"/>
+    <s v="Financial and insurance activities (K)"/>
+    <s v="-"/>
+    <s v="All religions"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="91389"/>
+  </r>
+  <r>
+    <s v="CD330"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="L"/>
+    <s v="Real estate activities (L)"/>
+    <s v="01"/>
+    <s v="Roman Catholic"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="6943"/>
+  </r>
+  <r>
+    <s v="CD330"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="L"/>
+    <s v="Real estate activities (L)"/>
+    <s v="04"/>
+    <s v="Church of Ireland, England, Anglican, Episcopalian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="343"/>
+  </r>
+  <r>
+    <s v="CD330"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="L"/>
+    <s v="Real estate activities (L)"/>
+    <s v="07"/>
+    <s v="Muslim (Islamic)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="22"/>
+  </r>
+  <r>
+    <s v="CD330"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="L"/>
+    <s v="Real estate activities (L)"/>
+    <s v="10"/>
+    <s v="Orthodox (Greek, Coptic, Russian)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="56"/>
+  </r>
+  <r>
+    <s v="CD330"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="L"/>
+    <s v="Real estate activities (L)"/>
+    <s v="08"/>
+    <s v="Other Christian religion, n.e.s."/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="69"/>
+  </r>
+  <r>
+    <s v="CD330"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="L"/>
+    <s v="Real estate activities (L)"/>
+    <s v="09"/>
+    <s v="Presbyterian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="38"/>
+  </r>
+  <r>
+    <s v="CD330"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="L"/>
+    <s v="Real estate activities (L)"/>
+    <s v="12"/>
+    <s v="Apostolic or Pentecostal"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4"/>
+  </r>
+  <r>
+    <s v="CD330"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="L"/>
+    <s v="Real estate activities (L)"/>
+    <s v="02D"/>
+    <s v="Other stated religions (5)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="138"/>
+  </r>
+  <r>
+    <s v="CD330"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="L"/>
+    <s v="Real estate activities (L)"/>
+    <s v="35"/>
+    <s v="No religion"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="550"/>
+  </r>
+  <r>
+    <s v="CD330"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="L"/>
+    <s v="Real estate activities (L)"/>
+    <s v="36"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="38"/>
+  </r>
+  <r>
+    <s v="CD330"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="L"/>
+    <s v="Real estate activities (L)"/>
+    <s v="-"/>
+    <s v="All religions"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="8201"/>
+  </r>
+  <r>
+    <s v="CD330"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="M"/>
+    <s v="Professional, scientific and technical activities (M)"/>
+    <s v="01"/>
+    <s v="Roman Catholic"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="73512"/>
+  </r>
+  <r>
+    <s v="CD330"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="M"/>
+    <s v="Professional, scientific and technical activities (M)"/>
+    <s v="04"/>
+    <s v="Church of Ireland, England, Anglican, Episcopalian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2883"/>
+  </r>
+  <r>
+    <s v="CD330"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="M"/>
+    <s v="Professional, scientific and technical activities (M)"/>
+    <s v="07"/>
+    <s v="Muslim (Islamic)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="319"/>
+  </r>
+  <r>
+    <s v="CD330"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="M"/>
+    <s v="Professional, scientific and technical activities (M)"/>
+    <s v="10"/>
+    <s v="Orthodox (Greek, Coptic, Russian)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="486"/>
+  </r>
+  <r>
+    <s v="CD330"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="M"/>
+    <s v="Professional, scientific and technical activities (M)"/>
+    <s v="08"/>
+    <s v="Other Christian religion, n.e.s."/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="751"/>
+  </r>
+  <r>
+    <s v="CD330"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="M"/>
+    <s v="Professional, scientific and technical activities (M)"/>
+    <s v="09"/>
+    <s v="Presbyterian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="527"/>
+  </r>
+  <r>
+    <s v="CD330"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="M"/>
+    <s v="Professional, scientific and technical activities (M)"/>
+    <s v="12"/>
+    <s v="Apostolic or Pentecostal"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="64"/>
+  </r>
+  <r>
+    <s v="CD330"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="M"/>
+    <s v="Professional, scientific and technical activities (M)"/>
+    <s v="02D"/>
+    <s v="Other stated religions (5)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1874"/>
+  </r>
+  <r>
+    <s v="CD330"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="M"/>
+    <s v="Professional, scientific and technical activities (M)"/>
+    <s v="35"/>
+    <s v="No religion"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="9990"/>
+  </r>
+  <r>
+    <s v="CD330"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="M"/>
+    <s v="Professional, scientific and technical activities (M)"/>
+    <s v="36"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="452"/>
+  </r>
+  <r>
+    <s v="CD330"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="M"/>
+    <s v="Professional, scientific and technical activities (M)"/>
+    <s v="-"/>
+    <s v="All religions"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="90858"/>
+  </r>
+  <r>
+    <s v="CD330"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="N"/>
+    <s v="Administrative and support service activities (N)"/>
+    <s v="01"/>
+    <s v="Roman Catholic"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="47651"/>
+  </r>
+  <r>
+    <s v="CD330"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="N"/>
+    <s v="Administrative and support service activities (N)"/>
+    <s v="04"/>
+    <s v="Church of Ireland, England, Anglican, Episcopalian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1598"/>
+  </r>
+  <r>
+    <s v="CD330"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="N"/>
+    <s v="Administrative and support service activities (N)"/>
+    <s v="07"/>
+    <s v="Muslim (Islamic)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="602"/>
+  </r>
+  <r>
+    <s v="CD330"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="N"/>
+    <s v="Administrative and support service activities (N)"/>
+    <s v="10"/>
+    <s v="Orthodox (Greek, Coptic, Russian)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1871"/>
+  </r>
+  <r>
+    <s v="CD330"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="N"/>
+    <s v="Administrative and support service activities (N)"/>
+    <s v="08"/>
+    <s v="Other Christian religion, n.e.s."/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="631"/>
+  </r>
+  <r>
+    <s v="CD330"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="N"/>
+    <s v="Administrative and support service activities (N)"/>
+    <s v="09"/>
+    <s v="Presbyterian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="339"/>
+  </r>
+  <r>
+    <s v="CD330"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="N"/>
+    <s v="Administrative and support service activities (N)"/>
+    <s v="12"/>
+    <s v="Apostolic or Pentecostal"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="225"/>
+  </r>
+  <r>
+    <s v="CD330"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="N"/>
+    <s v="Administrative and support service activities (N)"/>
+    <s v="02D"/>
+    <s v="Other stated religions (5)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1676"/>
+  </r>
+  <r>
+    <s v="CD330"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="N"/>
+    <s v="Administrative and support service activities (N)"/>
+    <s v="35"/>
+    <s v="No religion"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4906"/>
+  </r>
+  <r>
+    <s v="CD330"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="N"/>
+    <s v="Administrative and support service activities (N)"/>
+    <s v="36"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="427"/>
+  </r>
+  <r>
+    <s v="CD330"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="N"/>
+    <s v="Administrative and support service activities (N)"/>
+    <s v="-"/>
+    <s v="All religions"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="59926"/>
+  </r>
+  <r>
+    <s v="CD330"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="O"/>
+    <s v="Public administration and defence; compulsory social security (O)"/>
+    <s v="01"/>
+    <s v="Roman Catholic"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="99752"/>
+  </r>
+  <r>
+    <s v="CD330"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="O"/>
+    <s v="Public administration and defence; compulsory social security (O)"/>
+    <s v="04"/>
+    <s v="Church of Ireland, England, Anglican, Episcopalian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1568"/>
+  </r>
+  <r>
+    <s v="CD330"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="O"/>
+    <s v="Public administration and defence; compulsory social security (O)"/>
+    <s v="07"/>
+    <s v="Muslim (Islamic)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="160"/>
+  </r>
+  <r>
+    <s v="CD330"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="O"/>
+    <s v="Public administration and defence; compulsory social security (O)"/>
+    <s v="10"/>
+    <s v="Orthodox (Greek, Coptic, Russian)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="154"/>
+  </r>
+  <r>
+    <s v="CD330"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="O"/>
+    <s v="Public administration and defence; compulsory social security (O)"/>
+    <s v="08"/>
+    <s v="Other Christian religion, n.e.s."/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="682"/>
+  </r>
+  <r>
+    <s v="CD330"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="O"/>
+    <s v="Public administration and defence; compulsory social security (O)"/>
+    <s v="09"/>
+    <s v="Presbyterian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="295"/>
+  </r>
+  <r>
+    <s v="CD330"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="O"/>
+    <s v="Public administration and defence; compulsory social security (O)"/>
+    <s v="12"/>
+    <s v="Apostolic or Pentecostal"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="85"/>
+  </r>
+  <r>
+    <s v="CD330"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="O"/>
+    <s v="Public administration and defence; compulsory social security (O)"/>
+    <s v="02D"/>
+    <s v="Other stated religions (5)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1058"/>
+  </r>
+  <r>
+    <s v="CD330"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="O"/>
+    <s v="Public administration and defence; compulsory social security (O)"/>
+    <s v="35"/>
+    <s v="No religion"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="7371"/>
+  </r>
+  <r>
+    <s v="CD330"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="O"/>
+    <s v="Public administration and defence; compulsory social security (O)"/>
+    <s v="36"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="408"/>
+  </r>
+  <r>
+    <s v="CD330"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="O"/>
+    <s v="Public administration and defence; compulsory social security (O)"/>
+    <s v="-"/>
+    <s v="All religions"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="111533"/>
+  </r>
+  <r>
+    <s v="CD330"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="P"/>
+    <s v="Education (P)"/>
+    <s v="01"/>
+    <s v="Roman Catholic"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="139147"/>
+  </r>
+  <r>
+    <s v="CD330"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="P"/>
+    <s v="Education (P)"/>
+    <s v="04"/>
+    <s v="Church of Ireland, England, Anglican, Episcopalian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4077"/>
+  </r>
+  <r>
+    <s v="CD330"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="P"/>
+    <s v="Education (P)"/>
+    <s v="07"/>
+    <s v="Muslim (Islamic)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="451"/>
+  </r>
+  <r>
+    <s v="CD330"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="P"/>
+    <s v="Education (P)"/>
+    <s v="10"/>
+    <s v="Orthodox (Greek, Coptic, Russian)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="589"/>
+  </r>
+  <r>
+    <s v="CD330"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="P"/>
+    <s v="Education (P)"/>
+    <s v="08"/>
+    <s v="Other Christian religion, n.e.s."/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1435"/>
+  </r>
+  <r>
+    <s v="CD330"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="P"/>
+    <s v="Education (P)"/>
+    <s v="09"/>
+    <s v="Presbyterian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="722"/>
+  </r>
+  <r>
+    <s v="CD330"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="P"/>
+    <s v="Education (P)"/>
+    <s v="12"/>
+    <s v="Apostolic or Pentecostal"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="184"/>
+  </r>
+  <r>
+    <s v="CD330"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="P"/>
+    <s v="Education (P)"/>
+    <s v="02D"/>
+    <s v="Other stated religions (5)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2865"/>
+  </r>
+  <r>
+    <s v="CD330"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="P"/>
+    <s v="Education (P)"/>
+    <s v="35"/>
+    <s v="No religion"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="13466"/>
+  </r>
+  <r>
+    <s v="CD330"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="P"/>
+    <s v="Education (P)"/>
+    <s v="36"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="739"/>
+  </r>
+  <r>
+    <s v="CD330"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="P"/>
+    <s v="Education (P)"/>
+    <s v="-"/>
+    <s v="All religions"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="163675"/>
+  </r>
+  <r>
+    <s v="CD330"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Q"/>
+    <s v="Human health and social work activities (Q)"/>
+    <s v="01"/>
+    <s v="Roman Catholic"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="165134"/>
+  </r>
+  <r>
+    <s v="CD330"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Q"/>
+    <s v="Human health and social work activities (Q)"/>
+    <s v="04"/>
+    <s v="Church of Ireland, England, Anglican, Episcopalian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4781"/>
+  </r>
+  <r>
+    <s v="CD330"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Q"/>
+    <s v="Human health and social work activities (Q)"/>
+    <s v="07"/>
+    <s v="Muslim (Islamic)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2250"/>
+  </r>
+  <r>
+    <s v="CD330"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Q"/>
+    <s v="Human health and social work activities (Q)"/>
+    <s v="10"/>
+    <s v="Orthodox (Greek, Coptic, Russian)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1511"/>
+  </r>
+  <r>
+    <s v="CD330"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Q"/>
+    <s v="Human health and social work activities (Q)"/>
+    <s v="08"/>
+    <s v="Other Christian religion, n.e.s."/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2726"/>
+  </r>
+  <r>
+    <s v="CD330"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Q"/>
+    <s v="Human health and social work activities (Q)"/>
+    <s v="09"/>
+    <s v="Presbyterian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1131"/>
+  </r>
+  <r>
+    <s v="CD330"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Q"/>
+    <s v="Human health and social work activities (Q)"/>
+    <s v="12"/>
+    <s v="Apostolic or Pentecostal"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="848"/>
+  </r>
+  <r>
+    <s v="CD330"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Q"/>
+    <s v="Human health and social work activities (Q)"/>
+    <s v="02D"/>
+    <s v="Other stated religions (5)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4692"/>
+  </r>
+  <r>
+    <s v="CD330"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Q"/>
+    <s v="Human health and social work activities (Q)"/>
+    <s v="35"/>
+    <s v="No religion"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="11031"/>
+  </r>
+  <r>
+    <s v="CD330"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Q"/>
+    <s v="Human health and social work activities (Q)"/>
+    <s v="36"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="812"/>
+  </r>
+  <r>
+    <s v="CD330"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Q"/>
+    <s v="Human health and social work activities (Q)"/>
+    <s v="-"/>
+    <s v="All religions"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="194916"/>
+  </r>
+  <r>
+    <s v="CD330"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="R"/>
+    <s v="Arts, entertainment and recreation (R)"/>
+    <s v="01"/>
+    <s v="Roman Catholic"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="23011"/>
+  </r>
+  <r>
+    <s v="CD330"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="R"/>
+    <s v="Arts, entertainment and recreation (R)"/>
+    <s v="04"/>
+    <s v="Church of Ireland, England, Anglican, Episcopalian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="901"/>
+  </r>
+  <r>
+    <s v="CD330"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="R"/>
+    <s v="Arts, entertainment and recreation (R)"/>
+    <s v="07"/>
+    <s v="Muslim (Islamic)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="81"/>
+  </r>
+  <r>
+    <s v="CD330"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="R"/>
+    <s v="Arts, entertainment and recreation (R)"/>
+    <s v="10"/>
+    <s v="Orthodox (Greek, Coptic, Russian)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="280"/>
+  </r>
+  <r>
+    <s v="CD330"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="R"/>
+    <s v="Arts, entertainment and recreation (R)"/>
+    <s v="08"/>
+    <s v="Other Christian religion, n.e.s."/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="285"/>
+  </r>
+  <r>
+    <s v="CD330"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="R"/>
+    <s v="Arts, entertainment and recreation (R)"/>
+    <s v="09"/>
+    <s v="Presbyterian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="168"/>
+  </r>
+  <r>
+    <s v="CD330"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="R"/>
+    <s v="Arts, entertainment and recreation (R)"/>
+    <s v="12"/>
+    <s v="Apostolic or Pentecostal"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="18"/>
+  </r>
+  <r>
+    <s v="CD330"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="R"/>
+    <s v="Arts, entertainment and recreation (R)"/>
+    <s v="02D"/>
+    <s v="Other stated religions (5)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="713"/>
+  </r>
+  <r>
+    <s v="CD330"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="R"/>
+    <s v="Arts, entertainment and recreation (R)"/>
+    <s v="35"/>
+    <s v="No religion"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4350"/>
+  </r>
+  <r>
+    <s v="CD330"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="R"/>
+    <s v="Arts, entertainment and recreation (R)"/>
+    <s v="36"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="231"/>
+  </r>
+  <r>
+    <s v="CD330"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="R"/>
+    <s v="Arts, entertainment and recreation (R)"/>
+    <s v="-"/>
+    <s v="All religions"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="30038"/>
+  </r>
+  <r>
+    <s v="CD330"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="S"/>
+    <s v="Other service activities (S)"/>
+    <s v="01"/>
+    <s v="Roman Catholic"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="33033"/>
+  </r>
+  <r>
+    <s v="CD330"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="S"/>
+    <s v="Other service activities (S)"/>
+    <s v="04"/>
+    <s v="Church of Ireland, England, Anglican, Episcopalian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1111"/>
+  </r>
+  <r>
+    <s v="CD330"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="S"/>
+    <s v="Other service activities (S)"/>
+    <s v="07"/>
+    <s v="Muslim (Islamic)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="240"/>
+  </r>
+  <r>
+    <s v="CD330"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="S"/>
+    <s v="Other service activities (S)"/>
+    <s v="10"/>
+    <s v="Orthodox (Greek, Coptic, Russian)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="453"/>
+  </r>
+  <r>
+    <s v="CD330"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="S"/>
+    <s v="Other service activities (S)"/>
+    <s v="08"/>
+    <s v="Other Christian religion, n.e.s."/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="392"/>
+  </r>
+  <r>
+    <s v="CD330"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="S"/>
+    <s v="Other service activities (S)"/>
+    <s v="09"/>
+    <s v="Presbyterian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="227"/>
+  </r>
+  <r>
+    <s v="CD330"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="S"/>
+    <s v="Other service activities (S)"/>
+    <s v="12"/>
+    <s v="Apostolic or Pentecostal"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="123"/>
+  </r>
+  <r>
+    <s v="CD330"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="S"/>
+    <s v="Other service activities (S)"/>
+    <s v="02D"/>
+    <s v="Other stated religions (5)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="809"/>
+  </r>
+  <r>
+    <s v="CD330"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="S"/>
+    <s v="Other service activities (S)"/>
+    <s v="35"/>
+    <s v="No religion"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2112"/>
+  </r>
+  <r>
+    <s v="CD330"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="S"/>
+    <s v="Other service activities (S)"/>
+    <s v="36"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="205"/>
+  </r>
+  <r>
+    <s v="CD330"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="S"/>
+    <s v="Other service activities (S)"/>
+    <s v="-"/>
+    <s v="All religions"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="38705"/>
+  </r>
+  <r>
+    <s v="CD330"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="T"/>
+    <s v="Activities of households as employers producing activities of households for own use (T)"/>
+    <s v="01"/>
+    <s v="Roman Catholic"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1347"/>
+  </r>
+  <r>
+    <s v="CD330"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="T"/>
+    <s v="Activities of households as employers producing activities of households for own use (T)"/>
+    <s v="04"/>
+    <s v="Church of Ireland, England, Anglican, Episcopalian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="49"/>
+  </r>
+  <r>
+    <s v="CD330"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="T"/>
+    <s v="Activities of households as employers producing activities of households for own use (T)"/>
+    <s v="07"/>
+    <s v="Muslim (Islamic)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="11"/>
+  </r>
+  <r>
+    <s v="CD330"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="T"/>
+    <s v="Activities of households as employers producing activities of households for own use (T)"/>
+    <s v="10"/>
+    <s v="Orthodox (Greek, Coptic, Russian)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="35"/>
+  </r>
+  <r>
+    <s v="CD330"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="T"/>
+    <s v="Activities of households as employers producing activities of households for own use (T)"/>
+    <s v="08"/>
+    <s v="Other Christian religion, n.e.s."/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="23"/>
+  </r>
+  <r>
+    <s v="CD330"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="T"/>
+    <s v="Activities of households as employers producing activities of households for own use (T)"/>
+    <s v="09"/>
+    <s v="Presbyterian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="21"/>
+  </r>
+  <r>
+    <s v="CD330"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="T"/>
+    <s v="Activities of households as employers producing activities of households for own use (T)"/>
+    <s v="12"/>
+    <s v="Apostolic or Pentecostal"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="14"/>
+  </r>
+  <r>
+    <s v="CD330"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="T"/>
+    <s v="Activities of households as employers producing activities of households for own use (T)"/>
+    <s v="02D"/>
+    <s v="Other stated religions (5)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="66"/>
+  </r>
+  <r>
+    <s v="CD330"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="T"/>
+    <s v="Activities of households as employers producing activities of households for own use (T)"/>
+    <s v="35"/>
+    <s v="No religion"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="152"/>
+  </r>
+  <r>
+    <s v="CD330"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="T"/>
+    <s v="Activities of households as employers producing activities of households for own use (T)"/>
+    <s v="36"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="24"/>
+  </r>
+  <r>
+    <s v="CD330"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="T"/>
+    <s v="Activities of households as employers producing activities of households for own use (T)"/>
+    <s v="-"/>
+    <s v="All religions"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1742"/>
+  </r>
+  <r>
+    <s v="CD330"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="U"/>
+    <s v="Activities of extraterritorial organisations and bodies (U)"/>
+    <s v="01"/>
+    <s v="Roman Catholic"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="377"/>
+  </r>
+  <r>
+    <s v="CD330"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="U"/>
+    <s v="Activities of extraterritorial organisations and bodies (U)"/>
+    <s v="04"/>
+    <s v="Church of Ireland, England, Anglican, Episcopalian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="22"/>
+  </r>
+  <r>
+    <s v="CD330"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="U"/>
+    <s v="Activities of extraterritorial organisations and bodies (U)"/>
+    <s v="07"/>
+    <s v="Muslim (Islamic)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="77"/>
+  </r>
+  <r>
+    <s v="CD330"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="U"/>
+    <s v="Activities of extraterritorial organisations and bodies (U)"/>
+    <s v="10"/>
+    <s v="Orthodox (Greek, Coptic, Russian)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="48"/>
+  </r>
+  <r>
+    <s v="CD330"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="U"/>
+    <s v="Activities of extraterritorial organisations and bodies (U)"/>
+    <s v="08"/>
+    <s v="Other Christian religion, n.e.s."/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="16"/>
+  </r>
+  <r>
+    <s v="CD330"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="U"/>
+    <s v="Activities of extraterritorial organisations and bodies (U)"/>
+    <s v="09"/>
+    <s v="Presbyterian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="11"/>
+  </r>
+  <r>
+    <s v="CD330"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="U"/>
+    <s v="Activities of extraterritorial organisations and bodies (U)"/>
+    <s v="12"/>
+    <s v="Apostolic or Pentecostal"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4"/>
+  </r>
+  <r>
+    <s v="CD330"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="U"/>
+    <s v="Activities of extraterritorial organisations and bodies (U)"/>
+    <s v="02D"/>
+    <s v="Other stated religions (5)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="56"/>
+  </r>
+  <r>
+    <s v="CD330"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="U"/>
+    <s v="Activities of extraterritorial organisations and bodies (U)"/>
+    <s v="35"/>
+    <s v="No religion"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="129"/>
+  </r>
+  <r>
+    <s v="CD330"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="U"/>
+    <s v="Activities of extraterritorial organisations and bodies (U)"/>
+    <s v="36"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="13"/>
+  </r>
+  <r>
+    <s v="CD330"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="U"/>
+    <s v="Activities of extraterritorial organisations and bodies (U)"/>
+    <s v="-"/>
+    <s v="All religions"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="753"/>
+  </r>
+  <r>
+    <s v="CD330"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZXD210"/>
+    <s v="Industry not stated"/>
+    <s v="01"/>
+    <s v="Roman Catholic"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="64286"/>
+  </r>
+  <r>
+    <s v="CD330"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZXD210"/>
+    <s v="Industry not stated"/>
+    <s v="04"/>
+    <s v="Church of Ireland, England, Anglican, Episcopalian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2332"/>
+  </r>
+  <r>
+    <s v="CD330"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZXD210"/>
+    <s v="Industry not stated"/>
+    <s v="07"/>
+    <s v="Muslim (Islamic)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1294"/>
+  </r>
+  <r>
+    <s v="CD330"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZXD210"/>
+    <s v="Industry not stated"/>
+    <s v="10"/>
+    <s v="Orthodox (Greek, Coptic, Russian)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1588"/>
+  </r>
+  <r>
+    <s v="CD330"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZXD210"/>
+    <s v="Industry not stated"/>
+    <s v="08"/>
+    <s v="Other Christian religion, n.e.s."/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="816"/>
+  </r>
+  <r>
+    <s v="CD330"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZXD210"/>
+    <s v="Industry not stated"/>
+    <s v="09"/>
+    <s v="Presbyterian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="473"/>
+  </r>
+  <r>
+    <s v="CD330"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZXD210"/>
+    <s v="Industry not stated"/>
+    <s v="12"/>
+    <s v="Apostolic or Pentecostal"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="307"/>
+  </r>
+  <r>
+    <s v="CD330"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZXD210"/>
+    <s v="Industry not stated"/>
+    <s v="02D"/>
+    <s v="Other stated religions (5)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1846"/>
+  </r>
+  <r>
+    <s v="CD330"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZXD210"/>
+    <s v="Industry not stated"/>
+    <s v="35"/>
+    <s v="No religion"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4819"/>
+  </r>
+  <r>
+    <s v="CD330"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZXD210"/>
+    <s v="Industry not stated"/>
+    <s v="36"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="18051"/>
+  </r>
+  <r>
+    <s v="CD330"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZXD210"/>
+    <s v="Industry not stated"/>
+    <s v="-"/>
+    <s v="All religions"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="95812"/>
+  </r>
+  <r>
+    <s v="CD330"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZXD220"/>
+    <s v="Total at work"/>
+    <s v="01"/>
+    <s v="Roman Catholic"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1480776"/>
+  </r>
+  <r>
+    <s v="CD330"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZXD220"/>
+    <s v="Total at work"/>
+    <s v="04"/>
+    <s v="Church of Ireland, England, Anglican, Episcopalian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="47225"/>
+  </r>
+  <r>
+    <s v="CD330"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZXD220"/>
+    <s v="Total at work"/>
+    <s v="07"/>
+    <s v="Muslim (Islamic)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="12268"/>
+  </r>
+  <r>
+    <s v="CD330"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZXD220"/>
+    <s v="Total at work"/>
+    <s v="10"/>
+    <s v="Orthodox (Greek, Coptic, Russian)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="19273"/>
+  </r>
+  <r>
+    <s v="CD330"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZXD220"/>
+    <s v="Total at work"/>
+    <s v="08"/>
+    <s v="Other Christian religion, n.e.s."/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="14244"/>
+  </r>
+  <r>
+    <s v="CD330"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZXD220"/>
+    <s v="Total at work"/>
+    <s v="09"/>
+    <s v="Presbyterian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="9767"/>
+  </r>
+  <r>
+    <s v="CD330"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZXD220"/>
+    <s v="Total at work"/>
+    <s v="12"/>
+    <s v="Apostolic or Pentecostal"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3218"/>
+  </r>
+  <r>
+    <s v="CD330"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZXD220"/>
+    <s v="Total at work"/>
+    <s v="02D"/>
+    <s v="Other stated religions (5)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="34324"/>
+  </r>
+  <r>
+    <s v="CD330"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZXD220"/>
+    <s v="Total at work"/>
+    <s v="35"/>
+    <s v="No religion"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="130325"/>
+  </r>
+  <r>
+    <s v="CD330"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZXD220"/>
+    <s v="Total at work"/>
+    <s v="36"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="26980"/>
+  </r>
+  <r>
+    <s v="CD330"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZXD220"/>
+    <s v="Total at work"/>
+    <s v="-"/>
+    <s v="All religions"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1778400"/>
+  </r>
+  <r>
+    <s v="CD330"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZXD230"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="01"/>
+    <s v="Roman Catholic"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="25852"/>
+  </r>
+  <r>
+    <s v="CD330"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZXD230"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="04"/>
+    <s v="Church of Ireland, England, Anglican, Episcopalian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="987"/>
+  </r>
+  <r>
+    <s v="CD330"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZXD230"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="07"/>
+    <s v="Muslim (Islamic)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="934"/>
+  </r>
+  <r>
+    <s v="CD330"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZXD230"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="10"/>
+    <s v="Orthodox (Greek, Coptic, Russian)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1054"/>
+  </r>
+  <r>
+    <s v="CD330"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZXD230"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="08"/>
+    <s v="Other Christian religion, n.e.s."/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="471"/>
+  </r>
+  <r>
+    <s v="CD330"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZXD230"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="09"/>
+    <s v="Presbyterian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="237"/>
+  </r>
+  <r>
+    <s v="CD330"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZXD230"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="12"/>
+    <s v="Apostolic or Pentecostal"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="285"/>
+  </r>
+  <r>
+    <s v="CD330"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZXD230"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="02D"/>
+    <s v="Other stated religions (5)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="879"/>
+  </r>
+  <r>
+    <s v="CD330"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZXD230"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="35"/>
+    <s v="No religion"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2422"/>
+  </r>
+  <r>
+    <s v="CD330"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZXD230"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="36"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="415"/>
+  </r>
+  <r>
+    <s v="CD330"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZXD230"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="-"/>
+    <s v="All religions"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="33536"/>
+  </r>
+  <r>
+    <s v="CD330"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZXD240"/>
+    <s v="Unemployed, having lost or given up previous job"/>
+    <s v="01"/>
+    <s v="Roman Catholic"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="319319"/>
+  </r>
+  <r>
+    <s v="CD330"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZXD240"/>
+    <s v="Unemployed, having lost or given up previous job"/>
+    <s v="04"/>
+    <s v="Church of Ireland, England, Anglican, Episcopalian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="10309"/>
+  </r>
+  <r>
+    <s v="CD330"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZXD240"/>
+    <s v="Unemployed, having lost or given up previous job"/>
+    <s v="07"/>
+    <s v="Muslim (Islamic)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5089"/>
+  </r>
+  <r>
+    <s v="CD330"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZXD240"/>
+    <s v="Unemployed, having lost or given up previous job"/>
+    <s v="10"/>
+    <s v="Orthodox (Greek, Coptic, Russian)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="6151"/>
+  </r>
+  <r>
+    <s v="CD330"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZXD240"/>
+    <s v="Unemployed, having lost or given up previous job"/>
+    <s v="08"/>
+    <s v="Other Christian religion, n.e.s."/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3907"/>
+  </r>
+  <r>
+    <s v="CD330"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZXD240"/>
+    <s v="Unemployed, having lost or given up previous job"/>
+    <s v="09"/>
+    <s v="Presbyterian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1785"/>
+  </r>
+  <r>
+    <s v="CD330"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZXD240"/>
+    <s v="Unemployed, having lost or given up previous job"/>
+    <s v="12"/>
+    <s v="Apostolic or Pentecostal"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1498"/>
+  </r>
+  <r>
+    <s v="CD330"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZXD240"/>
+    <s v="Unemployed, having lost or given up previous job"/>
+    <s v="02D"/>
+    <s v="Other stated religions (5)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="7353"/>
+  </r>
+  <r>
+    <s v="CD330"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZXD240"/>
+    <s v="Unemployed, having lost or given up previous job"/>
+    <s v="35"/>
+    <s v="No religion"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="25896"/>
+  </r>
+  <r>
+    <s v="CD330"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZXD240"/>
+    <s v="Unemployed, having lost or given up previous job"/>
+    <s v="36"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="6425"/>
+  </r>
+  <r>
+    <s v="CD330"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZXD240"/>
+    <s v="Unemployed, having lost or given up previous job"/>
+    <s v="-"/>
+    <s v="All religions"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="387732"/>
+  </r>
+  <r>
+    <s v="CD330"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZXD250"/>
+    <s v="Total in labour force"/>
+    <s v="01"/>
+    <s v="Roman Catholic"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1825947"/>
+  </r>
+  <r>
+    <s v="CD330"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZXD250"/>
+    <s v="Total in labour force"/>
+    <s v="04"/>
+    <s v="Church of Ireland, England, Anglican, Episcopalian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="58521"/>
+  </r>
+  <r>
+    <s v="CD330"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZXD250"/>
+    <s v="Total in labour force"/>
+    <s v="07"/>
+    <s v="Muslim (Islamic)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="18291"/>
+  </r>
+  <r>
+    <s v="CD330"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZXD250"/>
+    <s v="Total in labour force"/>
+    <s v="10"/>
+    <s v="Orthodox (Greek, Coptic, Russian)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="26478"/>
+  </r>
+  <r>
+    <s v="CD330"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZXD250"/>
+    <s v="Total in labour force"/>
+    <s v="08"/>
+    <s v="Other Christian religion, n.e.s."/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="18622"/>
+  </r>
+  <r>
+    <s v="CD330"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZXD250"/>
+    <s v="Total in labour force"/>
+    <s v="09"/>
+    <s v="Presbyterian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="11789"/>
+  </r>
+  <r>
+    <s v="CD330"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZXD250"/>
+    <s v="Total in labour force"/>
+    <s v="12"/>
+    <s v="Apostolic or Pentecostal"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5001"/>
+  </r>
+  <r>
+    <s v="CD330"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZXD250"/>
+    <s v="Total in labour force"/>
+    <s v="02D"/>
+    <s v="Other stated religions (5)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="42556"/>
+  </r>
+  <r>
+    <s v="CD330"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZXD250"/>
+    <s v="Total in labour force"/>
+    <s v="35"/>
+    <s v="No religion"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="158643"/>
+  </r>
+  <r>
+    <s v="CD330"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZXD250"/>
+    <s v="Total in labour force"/>
+    <s v="36"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="33820"/>
+  </r>
+  <r>
+    <s v="CD330"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZXD250"/>
+    <s v="Total in labour force"/>
+    <s v="-"/>
+    <s v="All religions"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2199668"/>
+  </r>
+  <r>
+    <s v="CD330"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="A"/>
+    <s v="Agriculture, forestry and fishing (A)"/>
+    <s v="01"/>
+    <s v="Roman Catholic"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="71295"/>
+  </r>
+  <r>
+    <s v="CD330"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="A"/>
+    <s v="Agriculture, forestry and fishing (A)"/>
+    <s v="04"/>
+    <s v="Church of Ireland, England, Anglican, Episcopalian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4649"/>
+  </r>
+  <r>
+    <s v="CD330"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="A"/>
+    <s v="Agriculture, forestry and fishing (A)"/>
+    <s v="07"/>
+    <s v="Muslim (Islamic)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="115"/>
+  </r>
+  <r>
+    <s v="CD330"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="A"/>
+    <s v="Agriculture, forestry and fishing (A)"/>
+    <s v="10"/>
+    <s v="Orthodox (Greek, Coptic, Russian)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="373"/>
+  </r>
+  <r>
+    <s v="CD330"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="A"/>
+    <s v="Agriculture, forestry and fishing (A)"/>
+    <s v="08"/>
+    <s v="Other Christian religion, n.e.s."/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="274"/>
+  </r>
+  <r>
+    <s v="CD330"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="A"/>
+    <s v="Agriculture, forestry and fishing (A)"/>
+    <s v="09"/>
+    <s v="Presbyterian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1124"/>
+  </r>
+  <r>
+    <s v="CD330"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="A"/>
+    <s v="Agriculture, forestry and fishing (A)"/>
+    <s v="12"/>
+    <s v="Apostolic or Pentecostal"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="16"/>
+  </r>
+  <r>
+    <s v="CD330"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="A"/>
+    <s v="Agriculture, forestry and fishing (A)"/>
+    <s v="02D"/>
+    <s v="Other stated religions (5)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="573"/>
+  </r>
+  <r>
+    <s v="CD330"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="A"/>
+    <s v="Agriculture, forestry and fishing (A)"/>
+    <s v="35"/>
+    <s v="No religion"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1478"/>
+  </r>
+  <r>
+    <s v="CD330"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="A"/>
+    <s v="Agriculture, forestry and fishing (A)"/>
+    <s v="36"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="304"/>
+  </r>
+  <r>
+    <s v="CD330"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="A"/>
+    <s v="Agriculture, forestry and fishing (A)"/>
+    <s v="-"/>
+    <s v="All religions"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="80201"/>
+  </r>
+  <r>
+    <s v="CD330"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="B"/>
+    <s v="Mining and quarrying (B)"/>
+    <s v="01"/>
+    <s v="Roman Catholic"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4245"/>
+  </r>
+  <r>
+    <s v="CD330"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="B"/>
+    <s v="Mining and quarrying (B)"/>
+    <s v="04"/>
+    <s v="Church of Ireland, England, Anglican, Episcopalian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="150"/>
+  </r>
+  <r>
+    <s v="CD330"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="B"/>
+    <s v="Mining and quarrying (B)"/>
+    <s v="07"/>
+    <s v="Muslim (Islamic)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="7"/>
+  </r>
+  <r>
+    <s v="CD330"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="B"/>
+    <s v="Mining and quarrying (B)"/>
+    <s v="10"/>
+    <s v="Orthodox (Greek, Coptic, Russian)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="24"/>
+  </r>
+  <r>
+    <s v="CD330"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="B"/>
+    <s v="Mining and quarrying (B)"/>
+    <s v="08"/>
+    <s v="Other Christian religion, n.e.s."/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="15"/>
+  </r>
+  <r>
+    <s v="CD330"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="B"/>
+    <s v="Mining and quarrying (B)"/>
+    <s v="09"/>
+    <s v="Presbyterian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="20"/>
+  </r>
+  <r>
+    <s v="CD330"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="B"/>
+    <s v="Mining and quarrying (B)"/>
+    <s v="12"/>
+    <s v="Apostolic or Pentecostal"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="CD330"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="B"/>
+    <s v="Mining and quarrying (B)"/>
+    <s v="02D"/>
+    <s v="Other stated religions (5)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="36"/>
+  </r>
+  <r>
+    <s v="CD330"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="B"/>
+    <s v="Mining and quarrying (B)"/>
+    <s v="35"/>
+    <s v="No religion"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="182"/>
+  </r>
+  <r>
+    <s v="CD330"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="B"/>
+    <s v="Mining and quarrying (B)"/>
+    <s v="36"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="14"/>
+  </r>
+  <r>
+    <s v="CD330"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="B"/>
+    <s v="Mining and quarrying (B)"/>
+    <s v="-"/>
+    <s v="All religions"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4695"/>
+  </r>
+  <r>
+    <s v="CD330"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="C"/>
+    <s v="Manufacturing (C)"/>
+    <s v="01"/>
+    <s v="Roman Catholic"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="106602"/>
+  </r>
+  <r>
+    <s v="CD330"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="C"/>
+    <s v="Manufacturing (C)"/>
+    <s v="04"/>
+    <s v="Church of Ireland, England, Anglican, Episcopalian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2934"/>
+  </r>
+  <r>
+    <s v="CD330"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="C"/>
+    <s v="Manufacturing (C)"/>
+    <s v="07"/>
+    <s v="Muslim (Islamic)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="607"/>
+  </r>
+  <r>
+    <s v="CD330"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="C"/>
+    <s v="Manufacturing (C)"/>
+    <s v="10"/>
+    <s v="Orthodox (Greek, Coptic, Russian)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1358"/>
+  </r>
+  <r>
+    <s v="CD330"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="C"/>
+    <s v="Manufacturing (C)"/>
+    <s v="08"/>
+    <s v="Other Christian religion, n.e.s."/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="748"/>
+  </r>
+  <r>
+    <s v="CD330"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="C"/>
+    <s v="Manufacturing (C)"/>
+    <s v="09"/>
+    <s v="Presbyterian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="706"/>
+  </r>
+  <r>
+    <s v="CD330"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="C"/>
+    <s v="Manufacturing (C)"/>
+    <s v="12"/>
+    <s v="Apostolic or Pentecostal"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="103"/>
+  </r>
+  <r>
+    <s v="CD330"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="C"/>
+    <s v="Manufacturing (C)"/>
+    <s v="02D"/>
+    <s v="Other stated religions (5)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2098"/>
+  </r>
+  <r>
+    <s v="CD330"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="C"/>
+    <s v="Manufacturing (C)"/>
+    <s v="35"/>
+    <s v="No religion"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="9441"/>
+  </r>
+  <r>
+    <s v="CD330"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="C"/>
+    <s v="Manufacturing (C)"/>
+    <s v="36"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="686"/>
+  </r>
+  <r>
+    <s v="CD330"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="C"/>
+    <s v="Manufacturing (C)"/>
+    <s v="-"/>
+    <s v="All religions"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="125283"/>
+  </r>
+  <r>
+    <s v="CD330"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="D"/>
+    <s v="Electricity, gas, steam and air conditioning supply (D)"/>
+    <s v="01"/>
+    <s v="Roman Catholic"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="7206"/>
+  </r>
+  <r>
+    <s v="CD330"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="D"/>
+    <s v="Electricity, gas, steam and air conditioning supply (D)"/>
+    <s v="04"/>
+    <s v="Church of Ireland, England, Anglican, Episcopalian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="164"/>
+  </r>
+  <r>
+    <s v="CD330"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="D"/>
+    <s v="Electricity, gas, steam and air conditioning supply (D)"/>
+    <s v="07"/>
+    <s v="Muslim (Islamic)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="16"/>
+  </r>
+  <r>
+    <s v="CD330"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="D"/>
+    <s v="Electricity, gas, steam and air conditioning supply (D)"/>
+    <s v="10"/>
+    <s v="Orthodox (Greek, Coptic, Russian)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="21"/>
+  </r>
+  <r>
+    <s v="CD330"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="D"/>
+    <s v="Electricity, gas, steam and air conditioning supply (D)"/>
+    <s v="08"/>
+    <s v="Other Christian religion, n.e.s."/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="39"/>
+  </r>
+  <r>
+    <s v="CD330"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="D"/>
+    <s v="Electricity, gas, steam and air conditioning supply (D)"/>
+    <s v="09"/>
+    <s v="Presbyterian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="34"/>
+  </r>
+  <r>
+    <s v="CD330"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="D"/>
+    <s v="Electricity, gas, steam and air conditioning supply (D)"/>
+    <s v="12"/>
+    <s v="Apostolic or Pentecostal"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="CD330"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="D"/>
+    <s v="Electricity, gas, steam and air conditioning supply (D)"/>
+    <s v="02D"/>
+    <s v="Other stated religions (5)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="104"/>
+  </r>
+  <r>
+    <s v="CD330"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="D"/>
+    <s v="Electricity, gas, steam and air conditioning supply (D)"/>
+    <s v="35"/>
+    <s v="No religion"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="663"/>
+  </r>
+  <r>
+    <s v="CD330"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="D"/>
+    <s v="Electricity, gas, steam and air conditioning supply (D)"/>
+    <s v="36"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="43"/>
+  </r>
+  <r>
+    <s v="CD330"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="D"/>
+    <s v="Electricity, gas, steam and air conditioning supply (D)"/>
+    <s v="-"/>
+    <s v="All religions"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="8290"/>
+  </r>
+  <r>
+    <s v="CD330"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="E"/>
+    <s v="Water supply; sewerage, waste management and remediation activities (E)"/>
+    <s v="01"/>
+    <s v="Roman Catholic"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="6581"/>
+  </r>
+  <r>
+    <s v="CD330"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="E"/>
+    <s v="Water supply; sewerage, waste management and remediation activities (E)"/>
+    <s v="04"/>
+    <s v="Church of Ireland, England, Anglican, Episcopalian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="173"/>
+  </r>
+  <r>
+    <s v="CD330"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="E"/>
+    <s v="Water supply; sewerage, waste management and remediation activities (E)"/>
+    <s v="07"/>
+    <s v="Muslim (Islamic)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="21"/>
+  </r>
+  <r>
+    <s v="CD330"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="E"/>
+    <s v="Water supply; sewerage, waste management and remediation activities (E)"/>
+    <s v="10"/>
+    <s v="Orthodox (Greek, Coptic, Russian)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="234"/>
+  </r>
+  <r>
+    <s v="CD330"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="E"/>
+    <s v="Water supply; sewerage, waste management and remediation activities (E)"/>
+    <s v="08"/>
+    <s v="Other Christian religion, n.e.s."/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="46"/>
+  </r>
+  <r>
+    <s v="CD330"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="E"/>
+    <s v="Water supply; sewerage, waste management and remediation activities (E)"/>
+    <s v="09"/>
+    <s v="Presbyterian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="25"/>
+  </r>
+  <r>
+    <s v="CD330"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="E"/>
+    <s v="Water supply; sewerage, waste management and remediation activities (E)"/>
+    <s v="12"/>
+    <s v="Apostolic or Pentecostal"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="8"/>
+  </r>
+  <r>
+    <s v="CD330"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="E"/>
+    <s v="Water supply; sewerage, waste management and remediation activities (E)"/>
+    <s v="02D"/>
+    <s v="Other stated religions (5)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="97"/>
+  </r>
+  <r>
+    <s v="CD330"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="E"/>
+    <s v="Water supply; sewerage, waste management and remediation activities (E)"/>
+    <s v="35"/>
+    <s v="No religion"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="431"/>
+  </r>
+  <r>
+    <s v="CD330"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="E"/>
+    <s v="Water supply; sewerage, waste management and remediation activities (E)"/>
+    <s v="36"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="44"/>
+  </r>
+  <r>
+    <s v="CD330"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="E"/>
+    <s v="Water supply; sewerage, waste management and remediation activities (E)"/>
+    <s v="-"/>
+    <s v="All religions"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="7660"/>
+  </r>
+  <r>
+    <s v="CD330"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="F"/>
+    <s v="Construction (F)"/>
+    <s v="01"/>
+    <s v="Roman Catholic"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="70629"/>
+  </r>
+  <r>
+    <s v="CD330"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="F"/>
+    <s v="Construction (F)"/>
+    <s v="04"/>
+    <s v="Church of Ireland, England, Anglican, Episcopalian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1764"/>
+  </r>
+  <r>
+    <s v="CD330"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="F"/>
+    <s v="Construction (F)"/>
+    <s v="07"/>
+    <s v="Muslim (Islamic)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="140"/>
+  </r>
+  <r>
+    <s v="CD330"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="F"/>
+    <s v="Construction (F)"/>
+    <s v="10"/>
+    <s v="Orthodox (Greek, Coptic, Russian)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="989"/>
+  </r>
+  <r>
+    <s v="CD330"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="F"/>
+    <s v="Construction (F)"/>
+    <s v="08"/>
+    <s v="Other Christian religion, n.e.s."/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="341"/>
+  </r>
+  <r>
+    <s v="CD330"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="F"/>
+    <s v="Construction (F)"/>
+    <s v="09"/>
+    <s v="Presbyterian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="404"/>
+  </r>
+  <r>
+    <s v="CD330"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="F"/>
+    <s v="Construction (F)"/>
+    <s v="12"/>
+    <s v="Apostolic or Pentecostal"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="125"/>
+  </r>
+  <r>
+    <s v="CD330"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="F"/>
+    <s v="Construction (F)"/>
+    <s v="02D"/>
+    <s v="Other stated religions (5)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="724"/>
+  </r>
+  <r>
+    <s v="CD330"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="F"/>
+    <s v="Construction (F)"/>
+    <s v="35"/>
+    <s v="No religion"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3496"/>
+  </r>
+  <r>
+    <s v="CD330"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="F"/>
+    <s v="Construction (F)"/>
+    <s v="36"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="321"/>
+  </r>
+  <r>
+    <s v="CD330"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="F"/>
+    <s v="Construction (F)"/>
+    <s v="-"/>
+    <s v="All religions"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="78933"/>
+  </r>
+  <r>
+    <s v="CD330"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="G"/>
+    <s v="Wholesale and retail trade; repair of motor vehicles and motorcycles (G)"/>
+    <s v="01"/>
+    <s v="Roman Catholic"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="111976"/>
+  </r>
+  <r>
+    <s v="CD330"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="G"/>
+    <s v="Wholesale and retail trade; repair of motor vehicles and motorcycles (G)"/>
+    <s v="04"/>
+    <s v="Church of Ireland, England, Anglican, Episcopalian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3951"/>
+  </r>
+  <r>
+    <s v="CD330"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="G"/>
+    <s v="Wholesale and retail trade; repair of motor vehicles and motorcycles (G)"/>
+    <s v="07"/>
+    <s v="Muslim (Islamic)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1520"/>
+  </r>
+  <r>
+    <s v="CD330"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="G"/>
+    <s v="Wholesale and retail trade; repair of motor vehicles and motorcycles (G)"/>
+    <s v="10"/>
+    <s v="Orthodox (Greek, Coptic, Russian)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1482"/>
+  </r>
+  <r>
+    <s v="CD330"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="G"/>
+    <s v="Wholesale and retail trade; repair of motor vehicles and motorcycles (G)"/>
+    <s v="08"/>
+    <s v="Other Christian religion, n.e.s."/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="928"/>
+  </r>
+  <r>
+    <s v="CD330"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="G"/>
+    <s v="Wholesale and retail trade; repair of motor vehicles and motorcycles (G)"/>
+    <s v="09"/>
+    <s v="Presbyterian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="796"/>
+  </r>
+  <r>
+    <s v="CD330"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="G"/>
+    <s v="Wholesale and retail trade; repair of motor vehicles and motorcycles (G)"/>
+    <s v="12"/>
+    <s v="Apostolic or Pentecostal"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="178"/>
+  </r>
+  <r>
+    <s v="CD330"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="G"/>
+    <s v="Wholesale and retail trade; repair of motor vehicles and motorcycles (G)"/>
+    <s v="02D"/>
+    <s v="Other stated religions (5)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2402"/>
+  </r>
+  <r>
+    <s v="CD330"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="G"/>
+    <s v="Wholesale and retail trade; repair of motor vehicles and motorcycles (G)"/>
+    <s v="35"/>
+    <s v="No religion"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="9572"/>
+  </r>
+  <r>
+    <s v="CD330"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="G"/>
+    <s v="Wholesale and retail trade; repair of motor vehicles and motorcycles (G)"/>
+    <s v="36"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="810"/>
+  </r>
+  <r>
+    <s v="CD330"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="G"/>
+    <s v="Wholesale and retail trade; repair of motor vehicles and motorcycles (G)"/>
+    <s v="-"/>
+    <s v="All religions"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="133615"/>
+  </r>
+  <r>
+    <s v="CD330"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="H"/>
+    <s v="Transportation and storage (H)"/>
+    <s v="01"/>
+    <s v="Roman Catholic"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="53608"/>
+  </r>
+  <r>
+    <s v="CD330"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="H"/>
+    <s v="Transportation and storage (H)"/>
+    <s v="04"/>
+    <s v="Church of Ireland, England, Anglican, Episcopalian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1299"/>
+  </r>
+  <r>
+    <s v="CD330"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="H"/>
+    <s v="Transportation and storage (H)"/>
+    <s v="07"/>
+    <s v="Muslim (Islamic)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="491"/>
+  </r>
+  <r>
+    <s v="CD330"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="H"/>
+    <s v="Transportation and storage (H)"/>
+    <s v="10"/>
+    <s v="Orthodox (Greek, Coptic, Russian)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="621"/>
+  </r>
+  <r>
+    <s v="CD330"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="H"/>
+    <s v="Transportation and storage (H)"/>
+    <s v="08"/>
+    <s v="Other Christian religion, n.e.s."/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="486"/>
+  </r>
+  <r>
+    <s v="CD330"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="H"/>
+    <s v="Transportation and storage (H)"/>
+    <s v="09"/>
+    <s v="Presbyterian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="288"/>
+  </r>
+  <r>
+    <s v="CD330"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="H"/>
+    <s v="Transportation and storage (H)"/>
+    <s v="12"/>
+    <s v="Apostolic or Pentecostal"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="248"/>
+  </r>
+  <r>
+    <s v="CD330"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="H"/>
+    <s v="Transportation and storage (H)"/>
+    <s v="02D"/>
+    <s v="Other stated religions (5)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="755"/>
+  </r>
+  <r>
+    <s v="CD330"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="H"/>
+    <s v="Transportation and storage (H)"/>
+    <s v="35"/>
+    <s v="No religion"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3569"/>
+  </r>
+  <r>
+    <s v="CD330"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="H"/>
+    <s v="Transportation and storage (H)"/>
+    <s v="36"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="353"/>
+  </r>
+  <r>
+    <s v="CD330"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="H"/>
+    <s v="Transportation and storage (H)"/>
+    <s v="-"/>
+    <s v="All religions"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="61718"/>
+  </r>
+  <r>
+    <s v="CD330"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="I"/>
+    <s v="Accommodation and food service activities (I)"/>
+    <s v="01"/>
+    <s v="Roman Catholic"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="33335"/>
+  </r>
+  <r>
+    <s v="CD330"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="I"/>
+    <s v="Accommodation and food service activities (I)"/>
+    <s v="04"/>
+    <s v="Church of Ireland, England, Anglican, Episcopalian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="942"/>
+  </r>
+  <r>
+    <s v="CD330"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="I"/>
+    <s v="Accommodation and food service activities (I)"/>
+    <s v="07"/>
+    <s v="Muslim (Islamic)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2129"/>
+  </r>
+  <r>
+    <s v="CD330"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="I"/>
+    <s v="Accommodation and food service activities (I)"/>
+    <s v="10"/>
+    <s v="Orthodox (Greek, Coptic, Russian)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1477"/>
+  </r>
+  <r>
+    <s v="CD330"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="I"/>
+    <s v="Accommodation and food service activities (I)"/>
+    <s v="08"/>
+    <s v="Other Christian religion, n.e.s."/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="424"/>
+  </r>
+  <r>
+    <s v="CD330"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="I"/>
+    <s v="Accommodation and food service activities (I)"/>
+    <s v="09"/>
+    <s v="Presbyterian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="244"/>
+  </r>
+  <r>
+    <s v="CD330"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="I"/>
+    <s v="Accommodation and food service activities (I)"/>
+    <s v="12"/>
+    <s v="Apostolic or Pentecostal"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="67"/>
+  </r>
+  <r>
+    <s v="CD330"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="I"/>
+    <s v="Accommodation and food service activities (I)"/>
+    <s v="02D"/>
+    <s v="Other stated religions (5)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2444"/>
+  </r>
+  <r>
+    <s v="CD330"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="I"/>
+    <s v="Accommodation and food service activities (I)"/>
+    <s v="35"/>
+    <s v="No religion"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5912"/>
+  </r>
+  <r>
+    <s v="CD330"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="I"/>
+    <s v="Accommodation and food service activities (I)"/>
+    <s v="36"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="540"/>
+  </r>
+  <r>
+    <s v="CD330"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="I"/>
+    <s v="Accommodation and food service activities (I)"/>
+    <s v="-"/>
+    <s v="All religions"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="47514"/>
+  </r>
+  <r>
+    <s v="CD330"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="J"/>
+    <s v="Information and communication (J)"/>
+    <s v="01"/>
+    <s v="Roman Catholic"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="29599"/>
+  </r>
+  <r>
+    <s v="CD330"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="J"/>
+    <s v="Information and communication (J)"/>
+    <s v="04"/>
+    <s v="Church of Ireland, England, Anglican, Episcopalian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1176"/>
+  </r>
+  <r>
+    <s v="CD330"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="J"/>
+    <s v="Information and communication (J)"/>
+    <s v="07"/>
+    <s v="Muslim (Islamic)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="392"/>
+  </r>
+  <r>
+    <s v="CD330"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="J"/>
+    <s v="Information and communication (J)"/>
+    <s v="10"/>
+    <s v="Orthodox (Greek, Coptic, Russian)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="420"/>
+  </r>
+  <r>
+    <s v="CD330"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="J"/>
+    <s v="Information and communication (J)"/>
+    <s v="08"/>
+    <s v="Other Christian religion, n.e.s."/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="428"/>
+  </r>
+  <r>
+    <s v="CD330"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="J"/>
+    <s v="Information and communication (J)"/>
+    <s v="09"/>
+    <s v="Presbyterian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="240"/>
+  </r>
+  <r>
+    <s v="CD330"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="J"/>
+    <s v="Information and communication (J)"/>
+    <s v="12"/>
+    <s v="Apostolic or Pentecostal"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="60"/>
+  </r>
+  <r>
+    <s v="CD330"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="J"/>
+    <s v="Information and communication (J)"/>
+    <s v="02D"/>
+    <s v="Other stated religions (5)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1847"/>
+  </r>
+  <r>
+    <s v="CD330"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="J"/>
+    <s v="Information and communication (J)"/>
+    <s v="35"/>
+    <s v="No religion"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="9966"/>
+  </r>
+  <r>
+    <s v="CD330"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="J"/>
+    <s v="Information and communication (J)"/>
+    <s v="36"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="449"/>
+  </r>
+  <r>
+    <s v="CD330"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="J"/>
+    <s v="Information and communication (J)"/>
+    <s v="-"/>
+    <s v="All religions"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="44577"/>
+  </r>
+  <r>
+    <s v="CD330"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="K"/>
+    <s v="Financial and insurance activities (K)"/>
+    <s v="01"/>
+    <s v="Roman Catholic"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="32064"/>
+  </r>
+  <r>
+    <s v="CD330"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="K"/>
+    <s v="Financial and insurance activities (K)"/>
+    <s v="04"/>
+    <s v="Church of Ireland, England, Anglican, Episcopalian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1337"/>
+  </r>
+  <r>
+    <s v="CD330"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="K"/>
+    <s v="Financial and insurance activities (K)"/>
+    <s v="07"/>
+    <s v="Muslim (Islamic)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="191"/>
+  </r>
+  <r>
+    <s v="CD330"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="K"/>
+    <s v="Financial and insurance activities (K)"/>
+    <s v="10"/>
+    <s v="Orthodox (Greek, Coptic, Russian)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="130"/>
+  </r>
+  <r>
+    <s v="CD330"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="K"/>
+    <s v="Financial and insurance activities (K)"/>
+    <s v="08"/>
+    <s v="Other Christian religion, n.e.s."/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="257"/>
+  </r>
+  <r>
+    <s v="CD330"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="K"/>
+    <s v="Financial and insurance activities (K)"/>
+    <s v="09"/>
+    <s v="Presbyterian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="229"/>
+  </r>
+  <r>
+    <s v="CD330"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="K"/>
+    <s v="Financial and insurance activities (K)"/>
+    <s v="12"/>
+    <s v="Apostolic or Pentecostal"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="56"/>
+  </r>
+  <r>
+    <s v="CD330"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="K"/>
+    <s v="Financial and insurance activities (K)"/>
+    <s v="02D"/>
+    <s v="Other stated religions (5)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="885"/>
+  </r>
+  <r>
+    <s v="CD330"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="K"/>
+    <s v="Financial and insurance activities (K)"/>
+    <s v="35"/>
+    <s v="No religion"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4769"/>
+  </r>
+  <r>
+    <s v="CD330"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="K"/>
+    <s v="Financial and insurance activities (K)"/>
+    <s v="36"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="230"/>
+  </r>
+  <r>
+    <s v="CD330"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="K"/>
+    <s v="Financial and insurance activities (K)"/>
+    <s v="-"/>
+    <s v="All religions"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="40148"/>
+  </r>
+  <r>
+    <s v="CD330"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="L"/>
+    <s v="Real estate activities (L)"/>
+    <s v="01"/>
+    <s v="Roman Catholic"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3656"/>
+  </r>
+  <r>
+    <s v="CD330"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="L"/>
+    <s v="Real estate activities (L)"/>
+    <s v="04"/>
+    <s v="Church of Ireland, England, Anglican, Episcopalian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="210"/>
+  </r>
+  <r>
+    <s v="CD330"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="L"/>
+    <s v="Real estate activities (L)"/>
+    <s v="07"/>
+    <s v="Muslim (Islamic)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="16"/>
+  </r>
+  <r>
+    <s v="CD330"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="L"/>
+    <s v="Real estate activities (L)"/>
+    <s v="10"/>
+    <s v="Orthodox (Greek, Coptic, Russian)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="30"/>
+  </r>
+  <r>
+    <s v="CD330"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="L"/>
+    <s v="Real estate activities (L)"/>
+    <s v="08"/>
+    <s v="Other Christian religion, n.e.s."/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="36"/>
+  </r>
+  <r>
+    <s v="CD330"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="L"/>
+    <s v="Real estate activities (L)"/>
+    <s v="09"/>
+    <s v="Presbyterian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="26"/>
+  </r>
+  <r>
+    <s v="CD330"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="L"/>
+    <s v="Real estate activities (L)"/>
+    <s v="12"/>
+    <s v="Apostolic or Pentecostal"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="CD330"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="L"/>
+    <s v="Real estate activities (L)"/>
+    <s v="02D"/>
+    <s v="Other stated religions (5)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="77"/>
+  </r>
+  <r>
+    <s v="CD330"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="L"/>
+    <s v="Real estate activities (L)"/>
+    <s v="35"/>
+    <s v="No religion"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="326"/>
+  </r>
+  <r>
+    <s v="CD330"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="L"/>
+    <s v="Real estate activities (L)"/>
+    <s v="36"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="23"/>
+  </r>
+  <r>
+    <s v="CD330"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="L"/>
+    <s v="Real estate activities (L)"/>
+    <s v="-"/>
+    <s v="All religions"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4402"/>
+  </r>
+  <r>
+    <s v="CD330"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="M"/>
+    <s v="Professional, scientific and technical activities (M)"/>
+    <s v="01"/>
+    <s v="Roman Catholic"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="37121"/>
+  </r>
+  <r>
+    <s v="CD330"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="M"/>
+    <s v="Professional, scientific and technical activities (M)"/>
+    <s v="04"/>
+    <s v="Church of Ireland, England, Anglican, Episcopalian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1532"/>
+  </r>
+  <r>
+    <s v="CD330"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="M"/>
+    <s v="Professional, scientific and technical activities (M)"/>
+    <s v="07"/>
+    <s v="Muslim (Islamic)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="227"/>
+  </r>
+  <r>
+    <s v="CD330"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="M"/>
+    <s v="Professional, scientific and technical activities (M)"/>
+    <s v="10"/>
+    <s v="Orthodox (Greek, Coptic, Russian)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="197"/>
+  </r>
+  <r>
+    <s v="CD330"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="M"/>
+    <s v="Professional, scientific and technical activities (M)"/>
+    <s v="08"/>
+    <s v="Other Christian religion, n.e.s."/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="377"/>
+  </r>
+  <r>
+    <s v="CD330"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="M"/>
+    <s v="Professional, scientific and technical activities (M)"/>
+    <s v="09"/>
+    <s v="Presbyterian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="301"/>
+  </r>
+  <r>
+    <s v="CD330"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="M"/>
+    <s v="Professional, scientific and technical activities (M)"/>
+    <s v="12"/>
+    <s v="Apostolic or Pentecostal"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="29"/>
+  </r>
+  <r>
+    <s v="CD330"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="M"/>
+    <s v="Professional, scientific and technical activities (M)"/>
+    <s v="02D"/>
+    <s v="Other stated religions (5)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1050"/>
+  </r>
+  <r>
+    <s v="CD330"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="M"/>
+    <s v="Professional, scientific and technical activities (M)"/>
+    <s v="35"/>
+    <s v="No religion"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="6085"/>
+  </r>
+  <r>
+    <s v="CD330"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="M"/>
+    <s v="Professional, scientific and technical activities (M)"/>
+    <s v="36"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="288"/>
+  </r>
+  <r>
+    <s v="CD330"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="M"/>
+    <s v="Professional, scientific and technical activities (M)"/>
+    <s v="-"/>
+    <s v="All religions"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="47207"/>
+  </r>
+  <r>
+    <s v="CD330"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="N"/>
+    <s v="Administrative and support service activities (N)"/>
+    <s v="01"/>
+    <s v="Roman Catholic"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="26355"/>
+  </r>
+  <r>
+    <s v="CD330"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="N"/>
+    <s v="Administrative and support service activities (N)"/>
+    <s v="04"/>
+    <s v="Church of Ireland, England, Anglican, Episcopalian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="944"/>
+  </r>
+  <r>
+    <s v="CD330"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="N"/>
+    <s v="Administrative and support service activities (N)"/>
+    <s v="07"/>
+    <s v="Muslim (Islamic)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="509"/>
+  </r>
+  <r>
+    <s v="CD330"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="N"/>
+    <s v="Administrative and support service activities (N)"/>
+    <s v="10"/>
+    <s v="Orthodox (Greek, Coptic, Russian)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="794"/>
+  </r>
+  <r>
+    <s v="CD330"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="N"/>
+    <s v="Administrative and support service activities (N)"/>
+    <s v="08"/>
+    <s v="Other Christian religion, n.e.s."/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="361"/>
+  </r>
+  <r>
+    <s v="CD330"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="N"/>
+    <s v="Administrative and support service activities (N)"/>
+    <s v="09"/>
+    <s v="Presbyterian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="187"/>
+  </r>
+  <r>
+    <s v="CD330"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="N"/>
+    <s v="Administrative and support service activities (N)"/>
+    <s v="12"/>
+    <s v="Apostolic or Pentecostal"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="116"/>
+  </r>
+  <r>
+    <s v="CD330"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="N"/>
+    <s v="Administrative and support service activities (N)"/>
+    <s v="02D"/>
+    <s v="Other stated religions (5)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="939"/>
+  </r>
+  <r>
+    <s v="CD330"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="N"/>
+    <s v="Administrative and support service activities (N)"/>
+    <s v="35"/>
+    <s v="No religion"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3059"/>
+  </r>
+  <r>
+    <s v="CD330"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="N"/>
+    <s v="Administrative and support service activities (N)"/>
+    <s v="36"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="255"/>
+  </r>
+  <r>
+    <s v="CD330"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="N"/>
+    <s v="Administrative and support service activities (N)"/>
+    <s v="-"/>
+    <s v="All religions"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="33519"/>
+  </r>
+  <r>
+    <s v="CD330"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="O"/>
+    <s v="Public administration and defence; compulsory social security (O)"/>
+    <s v="01"/>
+    <s v="Roman Catholic"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="52032"/>
+  </r>
+  <r>
+    <s v="CD330"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="O"/>
+    <s v="Public administration and defence; compulsory social security (O)"/>
+    <s v="04"/>
+    <s v="Church of Ireland, England, Anglican, Episcopalian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="747"/>
+  </r>
+  <r>
+    <s v="CD330"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="O"/>
+    <s v="Public administration and defence; compulsory social security (O)"/>
+    <s v="07"/>
+    <s v="Muslim (Islamic)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="117"/>
+  </r>
+  <r>
+    <s v="CD330"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="O"/>
+    <s v="Public administration and defence; compulsory social security (O)"/>
+    <s v="10"/>
+    <s v="Orthodox (Greek, Coptic, Russian)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="80"/>
+  </r>
+  <r>
+    <s v="CD330"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="O"/>
+    <s v="Public administration and defence; compulsory social security (O)"/>
+    <s v="08"/>
+    <s v="Other Christian religion, n.e.s."/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="346"/>
+  </r>
+  <r>
+    <s v="CD330"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="O"/>
+    <s v="Public administration and defence; compulsory social security (O)"/>
+    <s v="09"/>
+    <s v="Presbyterian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="131"/>
+  </r>
+  <r>
+    <s v="CD330"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="O"/>
+    <s v="Public administration and defence; compulsory social security (O)"/>
+    <s v="12"/>
+    <s v="Apostolic or Pentecostal"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="25"/>
+  </r>
+  <r>
+    <s v="CD330"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="O"/>
+    <s v="Public administration and defence; compulsory social security (O)"/>
+    <s v="02D"/>
+    <s v="Other stated religions (5)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="586"/>
+  </r>
+  <r>
+    <s v="CD330"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="O"/>
+    <s v="Public administration and defence; compulsory social security (O)"/>
+    <s v="35"/>
+    <s v="No religion"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4469"/>
+  </r>
+  <r>
+    <s v="CD330"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="O"/>
+    <s v="Public administration and defence; compulsory social security (O)"/>
+    <s v="36"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="268"/>
+  </r>
+  <r>
+    <s v="CD330"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="O"/>
+    <s v="Public administration and defence; compulsory social security (O)"/>
+    <s v="-"/>
+    <s v="All religions"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="58801"/>
+  </r>
+  <r>
+    <s v="CD330"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="P"/>
+    <s v="Education (P)"/>
+    <s v="01"/>
+    <s v="Roman Catholic"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="31548"/>
+  </r>
+  <r>
+    <s v="CD330"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="P"/>
+    <s v="Education (P)"/>
+    <s v="04"/>
+    <s v="Church of Ireland, England, Anglican, Episcopalian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1051"/>
+  </r>
+  <r>
+    <s v="CD330"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="P"/>
+    <s v="Education (P)"/>
+    <s v="07"/>
+    <s v="Muslim (Islamic)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="249"/>
+  </r>
+  <r>
+    <s v="CD330"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="P"/>
+    <s v="Education (P)"/>
+    <s v="10"/>
+    <s v="Orthodox (Greek, Coptic, Russian)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="173"/>
+  </r>
+  <r>
+    <s v="CD330"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="P"/>
+    <s v="Education (P)"/>
+    <s v="08"/>
+    <s v="Other Christian religion, n.e.s."/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="392"/>
+  </r>
+  <r>
+    <s v="CD330"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="P"/>
+    <s v="Education (P)"/>
+    <s v="09"/>
+    <s v="Presbyterian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="175"/>
+  </r>
+  <r>
+    <s v="CD330"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="P"/>
+    <s v="Education (P)"/>
+    <s v="12"/>
+    <s v="Apostolic or Pentecostal"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="41"/>
+  </r>
+  <r>
+    <s v="CD330"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="P"/>
+    <s v="Education (P)"/>
+    <s v="02D"/>
+    <s v="Other stated religions (5)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1044"/>
+  </r>
+  <r>
+    <s v="CD330"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="P"/>
+    <s v="Education (P)"/>
+    <s v="35"/>
+    <s v="No religion"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="6063"/>
+  </r>
+  <r>
+    <s v="CD330"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="P"/>
+    <s v="Education (P)"/>
+    <s v="36"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="261"/>
+  </r>
+  <r>
+    <s v="CD330"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="P"/>
+    <s v="Education (P)"/>
+    <s v="-"/>
+    <s v="All religions"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="40997"/>
+  </r>
+  <r>
+    <s v="CD330"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Q"/>
+    <s v="Human health and social work activities (Q)"/>
+    <s v="01"/>
+    <s v="Roman Catholic"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="28084"/>
+  </r>
+  <r>
+    <s v="CD330"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Q"/>
+    <s v="Human health and social work activities (Q)"/>
+    <s v="04"/>
+    <s v="Church of Ireland, England, Anglican, Episcopalian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="861"/>
+  </r>
+  <r>
+    <s v="CD330"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Q"/>
+    <s v="Human health and social work activities (Q)"/>
+    <s v="07"/>
+    <s v="Muslim (Islamic)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1535"/>
+  </r>
+  <r>
+    <s v="CD330"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Q"/>
+    <s v="Human health and social work activities (Q)"/>
+    <s v="10"/>
+    <s v="Orthodox (Greek, Coptic, Russian)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="324"/>
+  </r>
+  <r>
+    <s v="CD330"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Q"/>
+    <s v="Human health and social work activities (Q)"/>
+    <s v="08"/>
+    <s v="Other Christian religion, n.e.s."/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="628"/>
+  </r>
+  <r>
+    <s v="CD330"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Q"/>
+    <s v="Human health and social work activities (Q)"/>
+    <s v="09"/>
+    <s v="Presbyterian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="216"/>
+  </r>
+  <r>
+    <s v="CD330"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Q"/>
+    <s v="Human health and social work activities (Q)"/>
+    <s v="12"/>
+    <s v="Apostolic or Pentecostal"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="188"/>
+  </r>
+  <r>
+    <s v="CD330"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Q"/>
+    <s v="Human health and social work activities (Q)"/>
+    <s v="02D"/>
+    <s v="Other stated religions (5)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1451"/>
+  </r>
+  <r>
+    <s v="CD330"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Q"/>
+    <s v="Human health and social work activities (Q)"/>
+    <s v="35"/>
+    <s v="No religion"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3810"/>
+  </r>
+  <r>
+    <s v="CD330"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Q"/>
+    <s v="Human health and social work activities (Q)"/>
+    <s v="36"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="226"/>
+  </r>
+  <r>
+    <s v="CD330"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Q"/>
+    <s v="Human health and social work activities (Q)"/>
+    <s v="-"/>
+    <s v="All religions"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="37323"/>
+  </r>
+  <r>
+    <s v="CD330"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="R"/>
+    <s v="Arts, entertainment and recreation (R)"/>
+    <s v="01"/>
+    <s v="Roman Catholic"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="11543"/>
+  </r>
+  <r>
+    <s v="CD330"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="R"/>
+    <s v="Arts, entertainment and recreation (R)"/>
+    <s v="04"/>
+    <s v="Church of Ireland, England, Anglican, Episcopalian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="472"/>
+  </r>
+  <r>
+    <s v="CD330"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="R"/>
+    <s v="Arts, entertainment and recreation (R)"/>
+    <s v="07"/>
+    <s v="Muslim (Islamic)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="60"/>
+  </r>
+  <r>
+    <s v="CD330"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="R"/>
+    <s v="Arts, entertainment and recreation (R)"/>
+    <s v="10"/>
+    <s v="Orthodox (Greek, Coptic, Russian)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="128"/>
+  </r>
+  <r>
+    <s v="CD330"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="R"/>
+    <s v="Arts, entertainment and recreation (R)"/>
+    <s v="08"/>
+    <s v="Other Christian religion, n.e.s."/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="136"/>
+  </r>
+  <r>
+    <s v="CD330"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="R"/>
+    <s v="Arts, entertainment and recreation (R)"/>
+    <s v="09"/>
+    <s v="Presbyterian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="86"/>
+  </r>
+  <r>
+    <s v="CD330"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="R"/>
+    <s v="Arts, entertainment and recreation (R)"/>
+    <s v="12"/>
+    <s v="Apostolic or Pentecostal"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="11"/>
+  </r>
+  <r>
+    <s v="CD330"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="R"/>
+    <s v="Arts, entertainment and recreation (R)"/>
+    <s v="02D"/>
+    <s v="Other stated religions (5)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="377"/>
+  </r>
+  <r>
+    <s v="CD330"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="R"/>
+    <s v="Arts, entertainment and recreation (R)"/>
+    <s v="35"/>
+    <s v="No religion"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2522"/>
+  </r>
+  <r>
+    <s v="CD330"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="R"/>
+    <s v="Arts, entertainment and recreation (R)"/>
+    <s v="36"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="147"/>
+  </r>
+  <r>
+    <s v="CD330"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="R"/>
+    <s v="Arts, entertainment and recreation (R)"/>
+    <s v="-"/>
+    <s v="All religions"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="15482"/>
+  </r>
+  <r>
+    <s v="CD330"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="S"/>
+    <s v="Other service activities (S)"/>
+    <s v="01"/>
+    <s v="Roman Catholic"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="8721"/>
+  </r>
+  <r>
+    <s v="CD330"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="S"/>
+    <s v="Other service activities (S)"/>
+    <s v="04"/>
+    <s v="Church of Ireland, England, Anglican, Episcopalian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="383"/>
+  </r>
+  <r>
+    <s v="CD330"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="S"/>
+    <s v="Other service activities (S)"/>
+    <s v="07"/>
+    <s v="Muslim (Islamic)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="181"/>
+  </r>
+  <r>
+    <s v="CD330"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="S"/>
+    <s v="Other service activities (S)"/>
+    <s v="10"/>
+    <s v="Orthodox (Greek, Coptic, Russian)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="123"/>
+  </r>
+  <r>
+    <s v="CD330"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="S"/>
+    <s v="Other service activities (S)"/>
+    <s v="08"/>
+    <s v="Other Christian religion, n.e.s."/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="155"/>
+  </r>
+  <r>
+    <s v="CD330"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="S"/>
+    <s v="Other service activities (S)"/>
+    <s v="09"/>
+    <s v="Presbyterian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="115"/>
+  </r>
+  <r>
+    <s v="CD330"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="S"/>
+    <s v="Other service activities (S)"/>
+    <s v="12"/>
+    <s v="Apostolic or Pentecostal"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="77"/>
+  </r>
+  <r>
+    <s v="CD330"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="S"/>
+    <s v="Other service activities (S)"/>
+    <s v="02D"/>
+    <s v="Other stated religions (5)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="361"/>
+  </r>
+  <r>
+    <s v="CD330"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="S"/>
+    <s v="Other service activities (S)"/>
+    <s v="35"/>
+    <s v="No religion"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="946"/>
+  </r>
+  <r>
+    <s v="CD330"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="S"/>
+    <s v="Other service activities (S)"/>
+    <s v="36"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="67"/>
+  </r>
+  <r>
+    <s v="CD330"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="S"/>
+    <s v="Other service activities (S)"/>
+    <s v="-"/>
+    <s v="All religions"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="11129"/>
+  </r>
+  <r>
+    <s v="CD330"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="T"/>
+    <s v="Activities of households as employers producing activities of households for own use (T)"/>
+    <s v="01"/>
+    <s v="Roman Catholic"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="121"/>
+  </r>
+  <r>
+    <s v="CD330"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="T"/>
+    <s v="Activities of households as employers producing activities of households for own use (T)"/>
+    <s v="04"/>
+    <s v="Church of Ireland, England, Anglican, Episcopalian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5"/>
+  </r>
+  <r>
+    <s v="CD330"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="T"/>
+    <s v="Activities of households as employers producing activities of households for own use (T)"/>
+    <s v="07"/>
+    <s v="Muslim (Islamic)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="CD330"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="T"/>
+    <s v="Activities of households as employers producing activities of households for own use (T)"/>
+    <s v="10"/>
+    <s v="Orthodox (Greek, Coptic, Russian)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="CD330"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="T"/>
+    <s v="Activities of households as employers producing activities of households for own use (T)"/>
+    <s v="08"/>
+    <s v="Other Christian religion, n.e.s."/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="CD330"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="T"/>
+    <s v="Activities of households as employers producing activities of households for own use (T)"/>
+    <s v="09"/>
+    <s v="Presbyterian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3"/>
+  </r>
+  <r>
+    <s v="CD330"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="T"/>
+    <s v="Activities of households as employers producing activities of households for own use (T)"/>
+    <s v="12"/>
+    <s v="Apostolic or Pentecostal"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="CD330"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="T"/>
+    <s v="Activities of households as employers producing activities of households for own use (T)"/>
+    <s v="02D"/>
+    <s v="Other stated religions (5)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5"/>
+  </r>
+  <r>
+    <s v="CD330"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="T"/>
+    <s v="Activities of households as employers producing activities of households for own use (T)"/>
+    <s v="35"/>
+    <s v="No religion"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="11"/>
+  </r>
+  <r>
+    <s v="CD330"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="T"/>
+    <s v="Activities of households as employers producing activities of households for own use (T)"/>
+    <s v="36"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="CD330"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="T"/>
+    <s v="Activities of households as employers producing activities of households for own use (T)"/>
+    <s v="-"/>
+    <s v="All religions"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="151"/>
+  </r>
+  <r>
+    <s v="CD330"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="U"/>
+    <s v="Activities of extraterritorial organisations and bodies (U)"/>
+    <s v="01"/>
+    <s v="Roman Catholic"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="180"/>
+  </r>
+  <r>
+    <s v="CD330"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="U"/>
+    <s v="Activities of extraterritorial organisations and bodies (U)"/>
+    <s v="04"/>
+    <s v="Church of Ireland, England, Anglican, Episcopalian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="10"/>
+  </r>
+  <r>
+    <s v="CD330"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="U"/>
+    <s v="Activities of extraterritorial organisations and bodies (U)"/>
+    <s v="07"/>
+    <s v="Muslim (Islamic)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="60"/>
+  </r>
+  <r>
+    <s v="CD330"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="U"/>
+    <s v="Activities of extraterritorial organisations and bodies (U)"/>
+    <s v="10"/>
+    <s v="Orthodox (Greek, Coptic, Russian)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="23"/>
+  </r>
+  <r>
+    <s v="CD330"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="U"/>
+    <s v="Activities of extraterritorial organisations and bodies (U)"/>
+    <s v="08"/>
+    <s v="Other Christian religion, n.e.s."/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="8"/>
+  </r>
+  <r>
+    <s v="CD330"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="U"/>
+    <s v="Activities of extraterritorial organisations and bodies (U)"/>
+    <s v="09"/>
+    <s v="Presbyterian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="CD330"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="U"/>
+    <s v="Activities of extraterritorial organisations and bodies (U)"/>
+    <s v="12"/>
+    <s v="Apostolic or Pentecostal"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="CD330"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="U"/>
+    <s v="Activities of extraterritorial organisations and bodies (U)"/>
+    <s v="02D"/>
+    <s v="Other stated religions (5)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="25"/>
+  </r>
+  <r>
+    <s v="CD330"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="U"/>
+    <s v="Activities of extraterritorial organisations and bodies (U)"/>
+    <s v="35"/>
+    <s v="No religion"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="65"/>
+  </r>
+  <r>
+    <s v="CD330"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="U"/>
+    <s v="Activities of extraterritorial organisations and bodies (U)"/>
+    <s v="36"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="6"/>
+  </r>
+  <r>
+    <s v="CD330"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="U"/>
+    <s v="Activities of extraterritorial organisations and bodies (U)"/>
+    <s v="-"/>
+    <s v="All religions"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="381"/>
+  </r>
+  <r>
+    <s v="CD330"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZXD210"/>
+    <s v="Industry not stated"/>
+    <s v="01"/>
+    <s v="Roman Catholic"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="38227"/>
+  </r>
+  <r>
+    <s v="CD330"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZXD210"/>
+    <s v="Industry not stated"/>
+    <s v="04"/>
+    <s v="Church of Ireland, England, Anglican, Episcopalian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1361"/>
+  </r>
+  <r>
+    <s v="CD330"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZXD210"/>
+    <s v="Industry not stated"/>
+    <s v="07"/>
+    <s v="Muslim (Islamic)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="906"/>
+  </r>
+  <r>
+    <s v="CD330"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZXD210"/>
+    <s v="Industry not stated"/>
+    <s v="10"/>
+    <s v="Orthodox (Greek, Coptic, Russian)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="896"/>
+  </r>
+  <r>
+    <s v="CD330"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZXD210"/>
+    <s v="Industry not stated"/>
+    <s v="08"/>
+    <s v="Other Christian religion, n.e.s."/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="396"/>
+  </r>
+  <r>
+    <s v="CD330"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZXD210"/>
+    <s v="Industry not stated"/>
+    <s v="09"/>
+    <s v="Presbyterian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="291"/>
+  </r>
+  <r>
+    <s v="CD330"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZXD210"/>
+    <s v="Industry not stated"/>
+    <s v="12"/>
+    <s v="Apostolic or Pentecostal"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="153"/>
+  </r>
+  <r>
+    <s v="CD330"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZXD210"/>
+    <s v="Industry not stated"/>
+    <s v="02D"/>
+    <s v="Other stated religions (5)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1019"/>
+  </r>
+  <r>
+    <s v="CD330"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZXD210"/>
+    <s v="Industry not stated"/>
+    <s v="35"/>
+    <s v="No religion"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3144"/>
+  </r>
+  <r>
+    <s v="CD330"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZXD210"/>
+    <s v="Industry not stated"/>
+    <s v="36"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="10756"/>
+  </r>
+  <r>
+    <s v="CD330"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZXD210"/>
+    <s v="Industry not stated"/>
+    <s v="-"/>
+    <s v="All religions"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="57149"/>
+  </r>
+  <r>
+    <s v="CD330"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZXD220"/>
+    <s v="Total at work"/>
+    <s v="01"/>
+    <s v="Roman Catholic"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="764728"/>
+  </r>
+  <r>
+    <s v="CD330"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZXD220"/>
+    <s v="Total at work"/>
+    <s v="04"/>
+    <s v="Church of Ireland, England, Anglican, Episcopalian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="26115"/>
+  </r>
+  <r>
+    <s v="CD330"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZXD220"/>
+    <s v="Total at work"/>
+    <s v="07"/>
+    <s v="Muslim (Islamic)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="9491"/>
+  </r>
+  <r>
+    <s v="CD330"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZXD220"/>
+    <s v="Total at work"/>
+    <s v="10"/>
+    <s v="Orthodox (Greek, Coptic, Russian)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="9897"/>
+  </r>
+  <r>
+    <s v="CD330"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZXD220"/>
+    <s v="Total at work"/>
+    <s v="08"/>
+    <s v="Other Christian religion, n.e.s."/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="6823"/>
+  </r>
+  <r>
+    <s v="CD330"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZXD220"/>
+    <s v="Total at work"/>
+    <s v="09"/>
+    <s v="Presbyterian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5643"/>
+  </r>
+  <r>
+    <s v="CD330"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZXD220"/>
+    <s v="Total at work"/>
+    <s v="12"/>
+    <s v="Apostolic or Pentecostal"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1508"/>
+  </r>
+  <r>
+    <s v="CD330"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZXD220"/>
+    <s v="Total at work"/>
+    <s v="02D"/>
+    <s v="Other stated religions (5)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="18899"/>
+  </r>
+  <r>
+    <s v="CD330"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZXD220"/>
+    <s v="Total at work"/>
+    <s v="35"/>
+    <s v="No religion"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="79979"/>
+  </r>
+  <r>
+    <s v="CD330"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZXD220"/>
+    <s v="Total at work"/>
+    <s v="36"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="16092"/>
+  </r>
+  <r>
+    <s v="CD330"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZXD220"/>
+    <s v="Total at work"/>
+    <s v="-"/>
+    <s v="All religions"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="939175"/>
+  </r>
+  <r>
+    <s v="CD330"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZXD230"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="01"/>
+    <s v="Roman Catholic"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="15025"/>
+  </r>
+  <r>
+    <s v="CD330"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZXD230"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="04"/>
+    <s v="Church of Ireland, England, Anglican, Episcopalian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="523"/>
+  </r>
+  <r>
+    <s v="CD330"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZXD230"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="07"/>
+    <s v="Muslim (Islamic)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="537"/>
+  </r>
+  <r>
+    <s v="CD330"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZXD230"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="10"/>
+    <s v="Orthodox (Greek, Coptic, Russian)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="493"/>
+  </r>
+  <r>
+    <s v="CD330"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZXD230"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="08"/>
+    <s v="Other Christian religion, n.e.s."/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="226"/>
+  </r>
+  <r>
+    <s v="CD330"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZXD230"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="09"/>
+    <s v="Presbyterian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="117"/>
+  </r>
+  <r>
+    <s v="CD330"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZXD230"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="12"/>
+    <s v="Apostolic or Pentecostal"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="136"/>
+  </r>
+  <r>
+    <s v="CD330"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZXD230"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="02D"/>
+    <s v="Other stated religions (5)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="435"/>
+  </r>
+  <r>
+    <s v="CD330"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZXD230"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="35"/>
+    <s v="No religion"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1498"/>
+  </r>
+  <r>
+    <s v="CD330"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZXD230"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="36"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="249"/>
+  </r>
+  <r>
+    <s v="CD330"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZXD230"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="-"/>
+    <s v="All religions"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="19239"/>
+  </r>
+  <r>
+    <s v="CD330"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZXD240"/>
+    <s v="Unemployed, having lost or given up previous job"/>
+    <s v="01"/>
+    <s v="Roman Catholic"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="209888"/>
+  </r>
+  <r>
+    <s v="CD330"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZXD240"/>
+    <s v="Unemployed, having lost or given up previous job"/>
+    <s v="04"/>
+    <s v="Church of Ireland, England, Anglican, Episcopalian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="6201"/>
+  </r>
+  <r>
+    <s v="CD330"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZXD240"/>
+    <s v="Unemployed, having lost or given up previous job"/>
+    <s v="07"/>
+    <s v="Muslim (Islamic)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3002"/>
+  </r>
+  <r>
+    <s v="CD330"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZXD240"/>
+    <s v="Unemployed, having lost or given up previous job"/>
+    <s v="10"/>
+    <s v="Orthodox (Greek, Coptic, Russian)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3378"/>
+  </r>
+  <r>
+    <s v="CD330"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZXD240"/>
+    <s v="Unemployed, having lost or given up previous job"/>
+    <s v="08"/>
+    <s v="Other Christian religion, n.e.s."/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2207"/>
+  </r>
+  <r>
+    <s v="CD330"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZXD240"/>
+    <s v="Unemployed, having lost or given up previous job"/>
+    <s v="09"/>
+    <s v="Presbyterian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1053"/>
+  </r>
+  <r>
+    <s v="CD330"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZXD240"/>
+    <s v="Unemployed, having lost or given up previous job"/>
+    <s v="12"/>
+    <s v="Apostolic or Pentecostal"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="756"/>
+  </r>
+  <r>
+    <s v="CD330"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZXD240"/>
+    <s v="Unemployed, having lost or given up previous job"/>
+    <s v="02D"/>
+    <s v="Other stated religions (5)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4178"/>
+  </r>
+  <r>
+    <s v="CD330"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZXD240"/>
+    <s v="Unemployed, having lost or given up previous job"/>
+    <s v="35"/>
+    <s v="No religion"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="18070"/>
+  </r>
+  <r>
+    <s v="CD330"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZXD240"/>
+    <s v="Unemployed, having lost or given up previous job"/>
+    <s v="36"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4507"/>
+  </r>
+  <r>
+    <s v="CD330"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZXD240"/>
+    <s v="Unemployed, having lost or given up previous job"/>
+    <s v="-"/>
+    <s v="All religions"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="253240"/>
+  </r>
+  <r>
+    <s v="CD330"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZXD250"/>
+    <s v="Total in labour force"/>
+    <s v="01"/>
+    <s v="Roman Catholic"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="989641"/>
+  </r>
+  <r>
+    <s v="CD330"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZXD250"/>
+    <s v="Total in labour force"/>
+    <s v="04"/>
+    <s v="Church of Ireland, England, Anglican, Episcopalian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="32839"/>
+  </r>
+  <r>
+    <s v="CD330"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZXD250"/>
+    <s v="Total in labour force"/>
+    <s v="07"/>
+    <s v="Muslim (Islamic)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="13030"/>
+  </r>
+  <r>
+    <s v="CD330"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZXD250"/>
+    <s v="Total in labour force"/>
+    <s v="10"/>
+    <s v="Orthodox (Greek, Coptic, Russian)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="13768"/>
+  </r>
+  <r>
+    <s v="CD330"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZXD250"/>
+    <s v="Total in labour force"/>
+    <s v="08"/>
+    <s v="Other Christian religion, n.e.s."/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="9256"/>
+  </r>
+  <r>
+    <s v="CD330"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZXD250"/>
+    <s v="Total in labour force"/>
+    <s v="09"/>
+    <s v="Presbyterian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="6813"/>
+  </r>
+  <r>
+    <s v="CD330"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZXD250"/>
+    <s v="Total in labour force"/>
+    <s v="12"/>
+    <s v="Apostolic or Pentecostal"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2400"/>
+  </r>
+  <r>
+    <s v="CD330"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZXD250"/>
+    <s v="Total in labour force"/>
+    <s v="02D"/>
+    <s v="Other stated religions (5)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="23512"/>
+  </r>
+  <r>
+    <s v="CD330"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZXD250"/>
+    <s v="Total in labour force"/>
+    <s v="35"/>
+    <s v="No religion"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="99547"/>
+  </r>
+  <r>
+    <s v="CD330"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZXD250"/>
+    <s v="Total in labour force"/>
+    <s v="36"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="20848"/>
+  </r>
+  <r>
+    <s v="CD330"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZXD250"/>
+    <s v="Total in labour force"/>
+    <s v="-"/>
+    <s v="All religions"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1211654"/>
+  </r>
+  <r>
+    <s v="CD330"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="A"/>
+    <s v="Agriculture, forestry and fishing (A)"/>
+    <s v="01"/>
+    <s v="Roman Catholic"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="8887"/>
+  </r>
+  <r>
+    <s v="CD330"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="A"/>
+    <s v="Agriculture, forestry and fishing (A)"/>
+    <s v="04"/>
+    <s v="Church of Ireland, England, Anglican, Episcopalian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="770"/>
+  </r>
+  <r>
+    <s v="CD330"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="A"/>
+    <s v="Agriculture, forestry and fishing (A)"/>
+    <s v="07"/>
+    <s v="Muslim (Islamic)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="6"/>
+  </r>
+  <r>
+    <s v="CD330"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="A"/>
+    <s v="Agriculture, forestry and fishing (A)"/>
+    <s v="10"/>
+    <s v="Orthodox (Greek, Coptic, Russian)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="217"/>
+  </r>
+  <r>
+    <s v="CD330"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="A"/>
+    <s v="Agriculture, forestry and fishing (A)"/>
+    <s v="08"/>
+    <s v="Other Christian religion, n.e.s."/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="75"/>
+  </r>
+  <r>
+    <s v="CD330"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="A"/>
+    <s v="Agriculture, forestry and fishing (A)"/>
+    <s v="09"/>
+    <s v="Presbyterian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="92"/>
+  </r>
+  <r>
+    <s v="CD330"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="A"/>
+    <s v="Agriculture, forestry and fishing (A)"/>
+    <s v="12"/>
+    <s v="Apostolic or Pentecostal"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4"/>
+  </r>
+  <r>
+    <s v="CD330"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="A"/>
+    <s v="Agriculture, forestry and fishing (A)"/>
+    <s v="02D"/>
+    <s v="Other stated religions (5)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="279"/>
+  </r>
+  <r>
+    <s v="CD330"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="A"/>
+    <s v="Agriculture, forestry and fishing (A)"/>
+    <s v="35"/>
+    <s v="No religion"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="569"/>
+  </r>
+  <r>
+    <s v="CD330"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="A"/>
+    <s v="Agriculture, forestry and fishing (A)"/>
+    <s v="36"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="76"/>
+  </r>
+  <r>
+    <s v="CD330"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="A"/>
+    <s v="Agriculture, forestry and fishing (A)"/>
+    <s v="-"/>
+    <s v="All religions"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="10975"/>
+  </r>
+  <r>
+    <s v="CD330"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="B"/>
+    <s v="Mining and quarrying (B)"/>
+    <s v="01"/>
+    <s v="Roman Catholic"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="502"/>
+  </r>
+  <r>
+    <s v="CD330"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="B"/>
+    <s v="Mining and quarrying (B)"/>
+    <s v="04"/>
+    <s v="Church of Ireland, England, Anglican, Episcopalian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="19"/>
+  </r>
+  <r>
+    <s v="CD330"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="B"/>
+    <s v="Mining and quarrying (B)"/>
+    <s v="07"/>
+    <s v="Muslim (Islamic)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="CD330"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="B"/>
+    <s v="Mining and quarrying (B)"/>
+    <s v="10"/>
+    <s v="Orthodox (Greek, Coptic, Russian)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="6"/>
+  </r>
+  <r>
+    <s v="CD330"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="B"/>
+    <s v="Mining and quarrying (B)"/>
+    <s v="08"/>
+    <s v="Other Christian religion, n.e.s."/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="CD330"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="B"/>
+    <s v="Mining and quarrying (B)"/>
+    <s v="09"/>
+    <s v="Presbyterian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="CD330"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="B"/>
+    <s v="Mining and quarrying (B)"/>
+    <s v="12"/>
+    <s v="Apostolic or Pentecostal"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="CD330"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="B"/>
+    <s v="Mining and quarrying (B)"/>
+    <s v="02D"/>
+    <s v="Other stated religions (5)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="6"/>
+  </r>
+  <r>
+    <s v="CD330"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="B"/>
+    <s v="Mining and quarrying (B)"/>
+    <s v="35"/>
+    <s v="No religion"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="24"/>
+  </r>
+  <r>
+    <s v="CD330"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="B"/>
+    <s v="Mining and quarrying (B)"/>
+    <s v="36"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="8"/>
+  </r>
+  <r>
+    <s v="CD330"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="B"/>
+    <s v="Mining and quarrying (B)"/>
+    <s v="-"/>
+    <s v="All religions"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="566"/>
+  </r>
+  <r>
+    <s v="CD330"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="C"/>
+    <s v="Manufacturing (C)"/>
+    <s v="01"/>
+    <s v="Roman Catholic"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="49137"/>
+  </r>
+  <r>
+    <s v="CD330"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="C"/>
+    <s v="Manufacturing (C)"/>
+    <s v="04"/>
+    <s v="Church of Ireland, England, Anglican, Episcopalian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1217"/>
+  </r>
+  <r>
+    <s v="CD330"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="C"/>
+    <s v="Manufacturing (C)"/>
+    <s v="07"/>
+    <s v="Muslim (Islamic)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="96"/>
+  </r>
+  <r>
+    <s v="CD330"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="C"/>
+    <s v="Manufacturing (C)"/>
+    <s v="10"/>
+    <s v="Orthodox (Greek, Coptic, Russian)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="681"/>
+  </r>
+  <r>
+    <s v="CD330"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="C"/>
+    <s v="Manufacturing (C)"/>
+    <s v="08"/>
+    <s v="Other Christian religion, n.e.s."/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="359"/>
+  </r>
+  <r>
+    <s v="CD330"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="C"/>
+    <s v="Manufacturing (C)"/>
+    <s v="09"/>
+    <s v="Presbyterian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="232"/>
+  </r>
+  <r>
+    <s v="CD330"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="C"/>
+    <s v="Manufacturing (C)"/>
+    <s v="12"/>
+    <s v="Apostolic or Pentecostal"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="53"/>
+  </r>
+  <r>
+    <s v="CD330"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="C"/>
+    <s v="Manufacturing (C)"/>
+    <s v="02D"/>
+    <s v="Other stated religions (5)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="917"/>
+  </r>
+  <r>
+    <s v="CD330"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="C"/>
+    <s v="Manufacturing (C)"/>
+    <s v="35"/>
+    <s v="No religion"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3247"/>
+  </r>
+  <r>
+    <s v="CD330"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="C"/>
+    <s v="Manufacturing (C)"/>
+    <s v="36"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="264"/>
+  </r>
+  <r>
+    <s v="CD330"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="C"/>
+    <s v="Manufacturing (C)"/>
+    <s v="-"/>
+    <s v="All religions"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="56203"/>
+  </r>
+  <r>
+    <s v="CD330"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="D"/>
+    <s v="Electricity, gas, steam and air conditioning supply (D)"/>
+    <s v="01"/>
+    <s v="Roman Catholic"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2382"/>
+  </r>
+  <r>
+    <s v="CD330"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="D"/>
+    <s v="Electricity, gas, steam and air conditioning supply (D)"/>
+    <s v="04"/>
+    <s v="Church of Ireland, England, Anglican, Episcopalian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="57"/>
+  </r>
+  <r>
+    <s v="CD330"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="D"/>
+    <s v="Electricity, gas, steam and air conditioning supply (D)"/>
+    <s v="07"/>
+    <s v="Muslim (Islamic)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5"/>
+  </r>
+  <r>
+    <s v="CD330"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="D"/>
+    <s v="Electricity, gas, steam and air conditioning supply (D)"/>
+    <s v="10"/>
+    <s v="Orthodox (Greek, Coptic, Russian)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="13"/>
+  </r>
+  <r>
+    <s v="CD330"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="D"/>
+    <s v="Electricity, gas, steam and air conditioning supply (D)"/>
+    <s v="08"/>
+    <s v="Other Christian religion, n.e.s."/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="21"/>
+  </r>
+  <r>
+    <s v="CD330"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="D"/>
+    <s v="Electricity, gas, steam and air conditioning supply (D)"/>
+    <s v="09"/>
+    <s v="Presbyterian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4"/>
+  </r>
+  <r>
+    <s v="CD330"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="D"/>
+    <s v="Electricity, gas, steam and air conditioning supply (D)"/>
+    <s v="12"/>
+    <s v="Apostolic or Pentecostal"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4"/>
+  </r>
+  <r>
+    <s v="CD330"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="D"/>
+    <s v="Electricity, gas, steam and air conditioning supply (D)"/>
+    <s v="02D"/>
+    <s v="Other stated religions (5)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="24"/>
+  </r>
+  <r>
+    <s v="CD330"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="D"/>
+    <s v="Electricity, gas, steam and air conditioning supply (D)"/>
+    <s v="35"/>
+    <s v="No religion"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="186"/>
+  </r>
+  <r>
+    <s v="CD330"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="D"/>
+    <s v="Electricity, gas, steam and air conditioning supply (D)"/>
+    <s v="36"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="7"/>
+  </r>
+  <r>
+    <s v="CD330"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="D"/>
+    <s v="Electricity, gas, steam and air conditioning supply (D)"/>
+    <s v="-"/>
+    <s v="All religions"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2703"/>
+  </r>
+  <r>
+    <s v="CD330"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="E"/>
+    <s v="Water supply; sewerage, waste management and remediation activities (E)"/>
+    <s v="01"/>
+    <s v="Roman Catholic"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1463"/>
+  </r>
+  <r>
+    <s v="CD330"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="E"/>
+    <s v="Water supply; sewerage, waste management and remediation activities (E)"/>
+    <s v="04"/>
+    <s v="Church of Ireland, England, Anglican, Episcopalian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="46"/>
+  </r>
+  <r>
+    <s v="CD330"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="E"/>
+    <s v="Water supply; sewerage, waste management and remediation activities (E)"/>
+    <s v="07"/>
+    <s v="Muslim (Islamic)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="CD330"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="E"/>
+    <s v="Water supply; sewerage, waste management and remediation activities (E)"/>
+    <s v="10"/>
+    <s v="Orthodox (Greek, Coptic, Russian)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="31"/>
+  </r>
+  <r>
+    <s v="CD330"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="E"/>
+    <s v="Water supply; sewerage, waste management and remediation activities (E)"/>
+    <s v="08"/>
+    <s v="Other Christian religion, n.e.s."/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="12"/>
+  </r>
+  <r>
+    <s v="CD330"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="E"/>
+    <s v="Water supply; sewerage, waste management and remediation activities (E)"/>
+    <s v="09"/>
+    <s v="Presbyterian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="8"/>
+  </r>
+  <r>
+    <s v="CD330"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="E"/>
+    <s v="Water supply; sewerage, waste management and remediation activities (E)"/>
+    <s v="12"/>
+    <s v="Apostolic or Pentecostal"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="CD330"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="E"/>
+    <s v="Water supply; sewerage, waste management and remediation activities (E)"/>
+    <s v="02D"/>
+    <s v="Other stated religions (5)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="26"/>
+  </r>
+  <r>
+    <s v="CD330"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="E"/>
+    <s v="Water supply; sewerage, waste management and remediation activities (E)"/>
+    <s v="35"/>
+    <s v="No religion"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="90"/>
+  </r>
+  <r>
+    <s v="CD330"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="E"/>
+    <s v="Water supply; sewerage, waste management and remediation activities (E)"/>
+    <s v="36"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="10"/>
+  </r>
+  <r>
+    <s v="CD330"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="E"/>
+    <s v="Water supply; sewerage, waste management and remediation activities (E)"/>
+    <s v="-"/>
+    <s v="All religions"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1688"/>
+  </r>
+  <r>
+    <s v="CD330"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="F"/>
+    <s v="Construction (F)"/>
+    <s v="01"/>
+    <s v="Roman Catholic"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="6257"/>
+  </r>
+  <r>
+    <s v="CD330"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="F"/>
+    <s v="Construction (F)"/>
+    <s v="04"/>
+    <s v="Church of Ireland, England, Anglican, Episcopalian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="191"/>
+  </r>
+  <r>
+    <s v="CD330"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="F"/>
+    <s v="Construction (F)"/>
+    <s v="07"/>
+    <s v="Muslim (Islamic)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="10"/>
+  </r>
+  <r>
+    <s v="CD330"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="F"/>
+    <s v="Construction (F)"/>
+    <s v="10"/>
+    <s v="Orthodox (Greek, Coptic, Russian)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="66"/>
+  </r>
+  <r>
+    <s v="CD330"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="F"/>
+    <s v="Construction (F)"/>
+    <s v="08"/>
+    <s v="Other Christian religion, n.e.s."/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="44"/>
+  </r>
+  <r>
+    <s v="CD330"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="F"/>
+    <s v="Construction (F)"/>
+    <s v="09"/>
+    <s v="Presbyterian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="33"/>
+  </r>
+  <r>
+    <s v="CD330"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="F"/>
+    <s v="Construction (F)"/>
+    <s v="12"/>
+    <s v="Apostolic or Pentecostal"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="12"/>
+  </r>
+  <r>
+    <s v="CD330"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="F"/>
+    <s v="Construction (F)"/>
+    <s v="02D"/>
+    <s v="Other stated religions (5)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="87"/>
+  </r>
+  <r>
+    <s v="CD330"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="F"/>
+    <s v="Construction (F)"/>
+    <s v="35"/>
+    <s v="No religion"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="330"/>
+  </r>
+  <r>
+    <s v="CD330"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="F"/>
+    <s v="Construction (F)"/>
+    <s v="36"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="19"/>
+  </r>
+  <r>
+    <s v="CD330"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="F"/>
+    <s v="Construction (F)"/>
+    <s v="-"/>
+    <s v="All religions"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="7049"/>
+  </r>
+  <r>
+    <s v="CD330"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="G"/>
+    <s v="Wholesale and retail trade; repair of motor vehicles and motorcycles (G)"/>
+    <s v="01"/>
+    <s v="Roman Catholic"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="110611"/>
+  </r>
+  <r>
+    <s v="CD330"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="G"/>
+    <s v="Wholesale and retail trade; repair of motor vehicles and motorcycles (G)"/>
+    <s v="04"/>
+    <s v="Church of Ireland, England, Anglican, Episcopalian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3462"/>
+  </r>
+  <r>
+    <s v="CD330"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="G"/>
+    <s v="Wholesale and retail trade; repair of motor vehicles and motorcycles (G)"/>
+    <s v="07"/>
+    <s v="Muslim (Islamic)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="418"/>
+  </r>
+  <r>
+    <s v="CD330"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="G"/>
+    <s v="Wholesale and retail trade; repair of motor vehicles and motorcycles (G)"/>
+    <s v="10"/>
+    <s v="Orthodox (Greek, Coptic, Russian)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1576"/>
+  </r>
+  <r>
+    <s v="CD330"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="G"/>
+    <s v="Wholesale and retail trade; repair of motor vehicles and motorcycles (G)"/>
+    <s v="08"/>
+    <s v="Other Christian religion, n.e.s."/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="875"/>
+  </r>
+  <r>
+    <s v="CD330"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="G"/>
+    <s v="Wholesale and retail trade; repair of motor vehicles and motorcycles (G)"/>
+    <s v="09"/>
+    <s v="Presbyterian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="643"/>
+  </r>
+  <r>
+    <s v="CD330"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="G"/>
+    <s v="Wholesale and retail trade; repair of motor vehicles and motorcycles (G)"/>
+    <s v="12"/>
+    <s v="Apostolic or Pentecostal"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="185"/>
+  </r>
+  <r>
+    <s v="CD330"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="G"/>
+    <s v="Wholesale and retail trade; repair of motor vehicles and motorcycles (G)"/>
+    <s v="02D"/>
+    <s v="Other stated religions (5)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1939"/>
+  </r>
+  <r>
+    <s v="CD330"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="G"/>
+    <s v="Wholesale and retail trade; repair of motor vehicles and motorcycles (G)"/>
+    <s v="35"/>
+    <s v="No religion"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="6305"/>
+  </r>
+  <r>
+    <s v="CD330"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="G"/>
+    <s v="Wholesale and retail trade; repair of motor vehicles and motorcycles (G)"/>
+    <s v="36"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="628"/>
+  </r>
+  <r>
+    <s v="CD330"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="G"/>
+    <s v="Wholesale and retail trade; repair of motor vehicles and motorcycles (G)"/>
+    <s v="-"/>
+    <s v="All religions"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="126642"/>
+  </r>
+  <r>
+    <s v="CD330"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="H"/>
+    <s v="Transportation and storage (H)"/>
+    <s v="01"/>
+    <s v="Roman Catholic"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="13566"/>
+  </r>
+  <r>
+    <s v="CD330"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="H"/>
+    <s v="Transportation and storage (H)"/>
+    <s v="04"/>
+    <s v="Church of Ireland, England, Anglican, Episcopalian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="300"/>
+  </r>
+  <r>
+    <s v="CD330"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="H"/>
+    <s v="Transportation and storage (H)"/>
+    <s v="07"/>
+    <s v="Muslim (Islamic)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="32"/>
+  </r>
+  <r>
+    <s v="CD330"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="H"/>
+    <s v="Transportation and storage (H)"/>
+    <s v="10"/>
+    <s v="Orthodox (Greek, Coptic, Russian)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="144"/>
+  </r>
+  <r>
+    <s v="CD330"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="H"/>
+    <s v="Transportation and storage (H)"/>
+    <s v="08"/>
+    <s v="Other Christian religion, n.e.s."/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="81"/>
+  </r>
+  <r>
+    <s v="CD330"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="H"/>
+    <s v="Transportation and storage (H)"/>
+    <s v="09"/>
+    <s v="Presbyterian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="63"/>
+  </r>
+  <r>
+    <s v="CD330"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="H"/>
+    <s v="Transportation and storage (H)"/>
+    <s v="12"/>
+    <s v="Apostolic or Pentecostal"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="28"/>
+  </r>
+  <r>
+    <s v="CD330"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="H"/>
+    <s v="Transportation and storage (H)"/>
+    <s v="02D"/>
+    <s v="Other stated religions (5)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="202"/>
+  </r>
+  <r>
+    <s v="CD330"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="H"/>
+    <s v="Transportation and storage (H)"/>
+    <s v="35"/>
+    <s v="No religion"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="769"/>
+  </r>
+  <r>
+    <s v="CD330"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="H"/>
+    <s v="Transportation and storage (H)"/>
+    <s v="36"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="59"/>
+  </r>
+  <r>
+    <s v="CD330"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="H"/>
+    <s v="Transportation and storage (H)"/>
+    <s v="-"/>
+    <s v="All religions"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="15244"/>
+  </r>
+  <r>
+    <s v="CD330"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="I"/>
+    <s v="Accommodation and food service activities (I)"/>
+    <s v="01"/>
+    <s v="Roman Catholic"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="44436"/>
+  </r>
+  <r>
+    <s v="CD330"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="I"/>
+    <s v="Accommodation and food service activities (I)"/>
+    <s v="04"/>
+    <s v="Church of Ireland, England, Anglican, Episcopalian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1286"/>
+  </r>
+  <r>
+    <s v="CD330"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="I"/>
+    <s v="Accommodation and food service activities (I)"/>
+    <s v="07"/>
+    <s v="Muslim (Islamic)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="309"/>
+  </r>
+  <r>
+    <s v="CD330"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="I"/>
+    <s v="Accommodation and food service activities (I)"/>
+    <s v="10"/>
+    <s v="Orthodox (Greek, Coptic, Russian)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1859"/>
+  </r>
+  <r>
+    <s v="CD330"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="I"/>
+    <s v="Accommodation and food service activities (I)"/>
+    <s v="08"/>
+    <s v="Other Christian religion, n.e.s."/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="447"/>
+  </r>
+  <r>
+    <s v="CD330"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="I"/>
+    <s v="Accommodation and food service activities (I)"/>
+    <s v="09"/>
+    <s v="Presbyterian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="299"/>
+  </r>
+  <r>
+    <s v="CD330"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="I"/>
+    <s v="Accommodation and food service activities (I)"/>
+    <s v="12"/>
+    <s v="Apostolic or Pentecostal"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="76"/>
+  </r>
+  <r>
+    <s v="CD330"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="I"/>
+    <s v="Accommodation and food service activities (I)"/>
+    <s v="02D"/>
+    <s v="Other stated religions (5)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1618"/>
+  </r>
+  <r>
+    <s v="CD330"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="I"/>
+    <s v="Accommodation and food service activities (I)"/>
+    <s v="35"/>
+    <s v="No religion"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4272"/>
+  </r>
+  <r>
+    <s v="CD330"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="I"/>
+    <s v="Accommodation and food service activities (I)"/>
+    <s v="36"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="417"/>
+  </r>
+  <r>
+    <s v="CD330"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="I"/>
+    <s v="Accommodation and food service activities (I)"/>
+    <s v="-"/>
+    <s v="All religions"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="55019"/>
+  </r>
+  <r>
+    <s v="CD330"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="J"/>
+    <s v="Information and communication (J)"/>
+    <s v="01"/>
+    <s v="Roman Catholic"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="16628"/>
+  </r>
+  <r>
+    <s v="CD330"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="J"/>
+    <s v="Information and communication (J)"/>
+    <s v="04"/>
+    <s v="Church of Ireland, England, Anglican, Episcopalian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="571"/>
+  </r>
+  <r>
+    <s v="CD330"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="J"/>
+    <s v="Information and communication (J)"/>
+    <s v="07"/>
+    <s v="Muslim (Islamic)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="123"/>
+  </r>
+  <r>
+    <s v="CD330"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="J"/>
+    <s v="Information and communication (J)"/>
+    <s v="10"/>
+    <s v="Orthodox (Greek, Coptic, Russian)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="229"/>
+  </r>
+  <r>
+    <s v="CD330"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="J"/>
+    <s v="Information and communication (J)"/>
+    <s v="08"/>
+    <s v="Other Christian religion, n.e.s."/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="240"/>
+  </r>
+  <r>
+    <s v="CD330"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="J"/>
+    <s v="Information and communication (J)"/>
+    <s v="09"/>
+    <s v="Presbyterian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="131"/>
+  </r>
+  <r>
+    <s v="CD330"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="J"/>
+    <s v="Information and communication (J)"/>
+    <s v="12"/>
+    <s v="Apostolic or Pentecostal"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="39"/>
+  </r>
+  <r>
+    <s v="CD330"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="J"/>
+    <s v="Information and communication (J)"/>
+    <s v="02D"/>
+    <s v="Other stated religions (5)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="807"/>
+  </r>
+  <r>
+    <s v="CD330"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="J"/>
+    <s v="Information and communication (J)"/>
+    <s v="35"/>
+    <s v="No religion"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3375"/>
+  </r>
+  <r>
+    <s v="CD330"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="J"/>
+    <s v="Information and communication (J)"/>
+    <s v="36"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="134"/>
+  </r>
+  <r>
+    <s v="CD330"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="J"/>
+    <s v="Information and communication (J)"/>
+    <s v="-"/>
+    <s v="All religions"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="22277"/>
+  </r>
+  <r>
+    <s v="CD330"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="K"/>
+    <s v="Financial and insurance activities (K)"/>
+    <s v="01"/>
+    <s v="Roman Catholic"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="45574"/>
+  </r>
+  <r>
+    <s v="CD330"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="K"/>
+    <s v="Financial and insurance activities (K)"/>
+    <s v="04"/>
+    <s v="Church of Ireland, England, Anglican, Episcopalian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1102"/>
+  </r>
+  <r>
+    <s v="CD330"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="K"/>
+    <s v="Financial and insurance activities (K)"/>
+    <s v="07"/>
+    <s v="Muslim (Islamic)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="131"/>
+  </r>
+  <r>
+    <s v="CD330"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="K"/>
+    <s v="Financial and insurance activities (K)"/>
+    <s v="10"/>
+    <s v="Orthodox (Greek, Coptic, Russian)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="251"/>
+  </r>
+  <r>
+    <s v="CD330"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="K"/>
+    <s v="Financial and insurance activities (K)"/>
+    <s v="08"/>
+    <s v="Other Christian religion, n.e.s."/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="278"/>
+  </r>
+  <r>
+    <s v="CD330"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="K"/>
+    <s v="Financial and insurance activities (K)"/>
+    <s v="09"/>
+    <s v="Presbyterian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="200"/>
+  </r>
+  <r>
+    <s v="CD330"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="K"/>
+    <s v="Financial and insurance activities (K)"/>
+    <s v="12"/>
+    <s v="Apostolic or Pentecostal"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="77"/>
+  </r>
+  <r>
+    <s v="CD330"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="K"/>
+    <s v="Financial and insurance activities (K)"/>
+    <s v="02D"/>
+    <s v="Other stated religions (5)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="661"/>
+  </r>
+  <r>
+    <s v="CD330"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="K"/>
+    <s v="Financial and insurance activities (K)"/>
+    <s v="35"/>
+    <s v="No religion"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2803"/>
+  </r>
+  <r>
+    <s v="CD330"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="K"/>
+    <s v="Financial and insurance activities (K)"/>
+    <s v="36"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="164"/>
+  </r>
+  <r>
+    <s v="CD330"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="K"/>
+    <s v="Financial and insurance activities (K)"/>
+    <s v="-"/>
+    <s v="All religions"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="51241"/>
+  </r>
+  <r>
+    <s v="CD330"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="L"/>
+    <s v="Real estate activities (L)"/>
+    <s v="01"/>
+    <s v="Roman Catholic"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3287"/>
+  </r>
+  <r>
+    <s v="CD330"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="L"/>
+    <s v="Real estate activities (L)"/>
+    <s v="04"/>
+    <s v="Church of Ireland, England, Anglican, Episcopalian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="133"/>
+  </r>
+  <r>
+    <s v="CD330"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="L"/>
+    <s v="Real estate activities (L)"/>
+    <s v="07"/>
+    <s v="Muslim (Islamic)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="6"/>
+  </r>
+  <r>
+    <s v="CD330"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="L"/>
+    <s v="Real estate activities (L)"/>
+    <s v="10"/>
+    <s v="Orthodox (Greek, Coptic, Russian)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="26"/>
+  </r>
+  <r>
+    <s v="CD330"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="L"/>
+    <s v="Real estate activities (L)"/>
+    <s v="08"/>
+    <s v="Other Christian religion, n.e.s."/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="33"/>
+  </r>
+  <r>
+    <s v="CD330"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="L"/>
+    <s v="Real estate activities (L)"/>
+    <s v="09"/>
+    <s v="Presbyterian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="12"/>
+  </r>
+  <r>
+    <s v="CD330"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="L"/>
+    <s v="Real estate activities (L)"/>
+    <s v="12"/>
+    <s v="Apostolic or Pentecostal"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="CD330"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="L"/>
+    <s v="Real estate activities (L)"/>
+    <s v="02D"/>
+    <s v="Other stated religions (5)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="61"/>
+  </r>
+  <r>
+    <s v="CD330"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="L"/>
+    <s v="Real estate activities (L)"/>
+    <s v="35"/>
+    <s v="No religion"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="224"/>
+  </r>
+  <r>
+    <s v="CD330"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="L"/>
+    <s v="Real estate activities (L)"/>
+    <s v="36"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="15"/>
+  </r>
+  <r>
+    <s v="CD330"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="L"/>
+    <s v="Real estate activities (L)"/>
+    <s v="-"/>
+    <s v="All religions"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3799"/>
+  </r>
+  <r>
+    <s v="CD330"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="M"/>
+    <s v="Professional, scientific and technical activities (M)"/>
+    <s v="01"/>
+    <s v="Roman Catholic"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="36391"/>
+  </r>
+  <r>
+    <s v="CD330"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="M"/>
+    <s v="Professional, scientific and technical activities (M)"/>
+    <s v="04"/>
+    <s v="Church of Ireland, England, Anglican, Episcopalian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1351"/>
+  </r>
+  <r>
+    <s v="CD330"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="M"/>
+    <s v="Professional, scientific and technical activities (M)"/>
+    <s v="07"/>
+    <s v="Muslim (Islamic)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="92"/>
+  </r>
+  <r>
+    <s v="CD330"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="M"/>
+    <s v="Professional, scientific and technical activities (M)"/>
+    <s v="10"/>
+    <s v="Orthodox (Greek, Coptic, Russian)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="289"/>
+  </r>
+  <r>
+    <s v="CD330"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="M"/>
+    <s v="Professional, scientific and technical activities (M)"/>
+    <s v="08"/>
+    <s v="Other Christian religion, n.e.s."/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="374"/>
+  </r>
+  <r>
+    <s v="CD330"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="M"/>
+    <s v="Professional, scientific and technical activities (M)"/>
+    <s v="09"/>
+    <s v="Presbyterian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="226"/>
+  </r>
+  <r>
+    <s v="CD330"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="M"/>
+    <s v="Professional, scientific and technical activities (M)"/>
+    <s v="12"/>
+    <s v="Apostolic or Pentecostal"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="35"/>
+  </r>
+  <r>
+    <s v="CD330"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="M"/>
+    <s v="Professional, scientific and technical activities (M)"/>
+    <s v="02D"/>
+    <s v="Other stated religions (5)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="824"/>
+  </r>
+  <r>
+    <s v="CD330"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="M"/>
+    <s v="Professional, scientific and technical activities (M)"/>
+    <s v="35"/>
+    <s v="No religion"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3905"/>
+  </r>
+  <r>
+    <s v="CD330"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="M"/>
+    <s v="Professional, scientific and technical activities (M)"/>
+    <s v="36"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="164"/>
+  </r>
+  <r>
+    <s v="CD330"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="M"/>
+    <s v="Professional, scientific and technical activities (M)"/>
+    <s v="-"/>
+    <s v="All religions"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="43651"/>
+  </r>
+  <r>
+    <s v="CD330"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="N"/>
+    <s v="Administrative and support service activities (N)"/>
+    <s v="01"/>
+    <s v="Roman Catholic"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="21296"/>
+  </r>
+  <r>
+    <s v="CD330"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="N"/>
+    <s v="Administrative and support service activities (N)"/>
+    <s v="04"/>
+    <s v="Church of Ireland, England, Anglican, Episcopalian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="654"/>
+  </r>
+  <r>
+    <s v="CD330"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="N"/>
+    <s v="Administrative and support service activities (N)"/>
+    <s v="07"/>
+    <s v="Muslim (Islamic)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="93"/>
+  </r>
+  <r>
+    <s v="CD330"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="N"/>
+    <s v="Administrative and support service activities (N)"/>
+    <s v="10"/>
+    <s v="Orthodox (Greek, Coptic, Russian)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1077"/>
+  </r>
+  <r>
+    <s v="CD330"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="N"/>
+    <s v="Administrative and support service activities (N)"/>
+    <s v="08"/>
+    <s v="Other Christian religion, n.e.s."/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="270"/>
+  </r>
+  <r>
+    <s v="CD330"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="N"/>
+    <s v="Administrative and support service activities (N)"/>
+    <s v="09"/>
+    <s v="Presbyterian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="152"/>
+  </r>
+  <r>
+    <s v="CD330"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="N"/>
+    <s v="Administrative and support service activities (N)"/>
+    <s v="12"/>
+    <s v="Apostolic or Pentecostal"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="109"/>
+  </r>
+  <r>
+    <s v="CD330"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="N"/>
+    <s v="Administrative and support service activities (N)"/>
+    <s v="02D"/>
+    <s v="Other stated religions (5)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="737"/>
+  </r>
+  <r>
+    <s v="CD330"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="N"/>
+    <s v="Administrative and support service activities (N)"/>
+    <s v="35"/>
+    <s v="No religion"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1847"/>
+  </r>
+  <r>
+    <s v="CD330"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="N"/>
+    <s v="Administrative and support service activities (N)"/>
+    <s v="36"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="172"/>
+  </r>
+  <r>
+    <s v="CD330"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="N"/>
+    <s v="Administrative and support service activities (N)"/>
+    <s v="-"/>
+    <s v="All religions"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="26407"/>
+  </r>
+  <r>
+    <s v="CD330"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="O"/>
+    <s v="Public administration and defence; compulsory social security (O)"/>
+    <s v="01"/>
+    <s v="Roman Catholic"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="47720"/>
+  </r>
+  <r>
+    <s v="CD330"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="O"/>
+    <s v="Public administration and defence; compulsory social security (O)"/>
+    <s v="04"/>
+    <s v="Church of Ireland, England, Anglican, Episcopalian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="821"/>
+  </r>
+  <r>
+    <s v="CD330"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="O"/>
+    <s v="Public administration and defence; compulsory social security (O)"/>
+    <s v="07"/>
+    <s v="Muslim (Islamic)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="43"/>
+  </r>
+  <r>
+    <s v="CD330"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="O"/>
+    <s v="Public administration and defence; compulsory social security (O)"/>
+    <s v="10"/>
+    <s v="Orthodox (Greek, Coptic, Russian)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="74"/>
+  </r>
+  <r>
+    <s v="CD330"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="O"/>
+    <s v="Public administration and defence; compulsory social security (O)"/>
+    <s v="08"/>
+    <s v="Other Christian religion, n.e.s."/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="336"/>
+  </r>
+  <r>
+    <s v="CD330"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="O"/>
+    <s v="Public administration and defence; compulsory social security (O)"/>
+    <s v="09"/>
+    <s v="Presbyterian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="164"/>
+  </r>
+  <r>
+    <s v="CD330"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="O"/>
+    <s v="Public administration and defence; compulsory social security (O)"/>
+    <s v="12"/>
+    <s v="Apostolic or Pentecostal"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="60"/>
+  </r>
+  <r>
+    <s v="CD330"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="O"/>
+    <s v="Public administration and defence; compulsory social security (O)"/>
+    <s v="02D"/>
+    <s v="Other stated religions (5)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="472"/>
+  </r>
+  <r>
+    <s v="CD330"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="O"/>
+    <s v="Public administration and defence; compulsory social security (O)"/>
+    <s v="35"/>
+    <s v="No religion"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2902"/>
+  </r>
+  <r>
+    <s v="CD330"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="O"/>
+    <s v="Public administration and defence; compulsory social security (O)"/>
+    <s v="36"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="140"/>
+  </r>
+  <r>
+    <s v="CD330"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="O"/>
+    <s v="Public administration and defence; compulsory social security (O)"/>
+    <s v="-"/>
+    <s v="All religions"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="52732"/>
+  </r>
+  <r>
+    <s v="CD330"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="P"/>
+    <s v="Education (P)"/>
+    <s v="01"/>
+    <s v="Roman Catholic"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="107599"/>
+  </r>
+  <r>
+    <s v="CD330"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="P"/>
+    <s v="Education (P)"/>
+    <s v="04"/>
+    <s v="Church of Ireland, England, Anglican, Episcopalian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3026"/>
+  </r>
+  <r>
+    <s v="CD330"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="P"/>
+    <s v="Education (P)"/>
+    <s v="07"/>
+    <s v="Muslim (Islamic)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="202"/>
+  </r>
+  <r>
+    <s v="CD330"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="P"/>
+    <s v="Education (P)"/>
+    <s v="10"/>
+    <s v="Orthodox (Greek, Coptic, Russian)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="416"/>
+  </r>
+  <r>
+    <s v="CD330"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="P"/>
+    <s v="Education (P)"/>
+    <s v="08"/>
+    <s v="Other Christian religion, n.e.s."/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1043"/>
+  </r>
+  <r>
+    <s v="CD330"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="P"/>
+    <s v="Education (P)"/>
+    <s v="09"/>
+    <s v="Presbyterian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="547"/>
+  </r>
+  <r>
+    <s v="CD330"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="P"/>
+    <s v="Education (P)"/>
+    <s v="12"/>
+    <s v="Apostolic or Pentecostal"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="143"/>
+  </r>
+  <r>
+    <s v="CD330"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="P"/>
+    <s v="Education (P)"/>
+    <s v="02D"/>
+    <s v="Other stated religions (5)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1821"/>
+  </r>
+  <r>
+    <s v="CD330"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="P"/>
+    <s v="Education (P)"/>
+    <s v="35"/>
+    <s v="No religion"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="7403"/>
+  </r>
+  <r>
+    <s v="CD330"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="P"/>
+    <s v="Education (P)"/>
+    <s v="36"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="478"/>
+  </r>
+  <r>
+    <s v="CD330"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="P"/>
+    <s v="Education (P)"/>
+    <s v="-"/>
+    <s v="All religions"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="122678"/>
+  </r>
+  <r>
+    <s v="CD330"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Q"/>
+    <s v="Human health and social work activities (Q)"/>
+    <s v="01"/>
+    <s v="Roman Catholic"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="137050"/>
+  </r>
+  <r>
+    <s v="CD330"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Q"/>
+    <s v="Human health and social work activities (Q)"/>
+    <s v="04"/>
+    <s v="Church of Ireland, England, Anglican, Episcopalian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3920"/>
+  </r>
+  <r>
+    <s v="CD330"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Q"/>
+    <s v="Human health and social work activities (Q)"/>
+    <s v="07"/>
+    <s v="Muslim (Islamic)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="715"/>
+  </r>
+  <r>
+    <s v="CD330"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Q"/>
+    <s v="Human health and social work activities (Q)"/>
+    <s v="10"/>
+    <s v="Orthodox (Greek, Coptic, Russian)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1187"/>
+  </r>
+  <r>
+    <s v="CD330"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Q"/>
+    <s v="Human health and social work activities (Q)"/>
+    <s v="08"/>
+    <s v="Other Christian religion, n.e.s."/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2098"/>
+  </r>
+  <r>
+    <s v="CD330"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Q"/>
+    <s v="Human health and social work activities (Q)"/>
+    <s v="09"/>
+    <s v="Presbyterian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="915"/>
+  </r>
+  <r>
+    <s v="CD330"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Q"/>
+    <s v="Human health and social work activities (Q)"/>
+    <s v="12"/>
+    <s v="Apostolic or Pentecostal"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="660"/>
+  </r>
+  <r>
+    <s v="CD330"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Q"/>
+    <s v="Human health and social work activities (Q)"/>
+    <s v="02D"/>
+    <s v="Other stated religions (5)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3241"/>
+  </r>
+  <r>
+    <s v="CD330"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Q"/>
+    <s v="Human health and social work activities (Q)"/>
+    <s v="35"/>
+    <s v="No religion"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="7221"/>
+  </r>
+  <r>
+    <s v="CD330"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Q"/>
+    <s v="Human health and social work activities (Q)"/>
+    <s v="36"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="586"/>
+  </r>
+  <r>
+    <s v="CD330"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Q"/>
+    <s v="Human health and social work activities (Q)"/>
+    <s v="-"/>
+    <s v="All religions"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="157593"/>
+  </r>
+  <r>
+    <s v="CD330"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="R"/>
+    <s v="Arts, entertainment and recreation (R)"/>
+    <s v="01"/>
+    <s v="Roman Catholic"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="11468"/>
+  </r>
+  <r>
+    <s v="CD330"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="R"/>
+    <s v="Arts, entertainment and recreation (R)"/>
+    <s v="04"/>
+    <s v="Church of Ireland, England, Anglican, Episcopalian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="429"/>
+  </r>
+  <r>
+    <s v="CD330"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="R"/>
+    <s v="Arts, entertainment and recreation (R)"/>
+    <s v="07"/>
+    <s v="Muslim (Islamic)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="21"/>
+  </r>
+  <r>
+    <s v="CD330"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="R"/>
+    <s v="Arts, entertainment and recreation (R)"/>
+    <s v="10"/>
+    <s v="Orthodox (Greek, Coptic, Russian)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="152"/>
+  </r>
+  <r>
+    <s v="CD330"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="R"/>
+    <s v="Arts, entertainment and recreation (R)"/>
+    <s v="08"/>
+    <s v="Other Christian religion, n.e.s."/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="149"/>
+  </r>
+  <r>
+    <s v="CD330"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="R"/>
+    <s v="Arts, entertainment and recreation (R)"/>
+    <s v="09"/>
+    <s v="Presbyterian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="82"/>
+  </r>
+  <r>
+    <s v="CD330"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="R"/>
+    <s v="Arts, entertainment and recreation (R)"/>
+    <s v="12"/>
+    <s v="Apostolic or Pentecostal"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="7"/>
+  </r>
+  <r>
+    <s v="CD330"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="R"/>
+    <s v="Arts, entertainment and recreation (R)"/>
+    <s v="02D"/>
+    <s v="Other stated religions (5)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="336"/>
+  </r>
+  <r>
+    <s v="CD330"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="R"/>
+    <s v="Arts, entertainment and recreation (R)"/>
+    <s v="35"/>
+    <s v="No religion"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1828"/>
+  </r>
+  <r>
+    <s v="CD330"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="R"/>
+    <s v="Arts, entertainment and recreation (R)"/>
+    <s v="36"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="84"/>
+  </r>
+  <r>
+    <s v="CD330"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="R"/>
+    <s v="Arts, entertainment and recreation (R)"/>
+    <s v="-"/>
+    <s v="All religions"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="14556"/>
+  </r>
+  <r>
+    <s v="CD330"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="S"/>
+    <s v="Other service activities (S)"/>
+    <s v="01"/>
+    <s v="Roman Catholic"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="24312"/>
+  </r>
+  <r>
+    <s v="CD330"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="S"/>
+    <s v="Other service activities (S)"/>
+    <s v="04"/>
+    <s v="Church of Ireland, England, Anglican, Episcopalian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="728"/>
+  </r>
+  <r>
+    <s v="CD330"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="S"/>
+    <s v="Other service activities (S)"/>
+    <s v="07"/>
+    <s v="Muslim (Islamic)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="59"/>
+  </r>
+  <r>
+    <s v="CD330"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="S"/>
+    <s v="Other service activities (S)"/>
+    <s v="10"/>
+    <s v="Orthodox (Greek, Coptic, Russian)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="330"/>
+  </r>
+  <r>
+    <s v="CD330"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="S"/>
+    <s v="Other service activities (S)"/>
+    <s v="08"/>
+    <s v="Other Christian religion, n.e.s."/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="237"/>
+  </r>
+  <r>
+    <s v="CD330"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="S"/>
+    <s v="Other service activities (S)"/>
+    <s v="09"/>
+    <s v="Presbyterian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="112"/>
+  </r>
+  <r>
+    <s v="CD330"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="S"/>
+    <s v="Other service activities (S)"/>
+    <s v="12"/>
+    <s v="Apostolic or Pentecostal"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="46"/>
+  </r>
+  <r>
+    <s v="CD330"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="S"/>
+    <s v="Other service activities (S)"/>
+    <s v="02D"/>
+    <s v="Other stated religions (5)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="448"/>
+  </r>
+  <r>
+    <s v="CD330"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="S"/>
+    <s v="Other service activities (S)"/>
+    <s v="35"/>
+    <s v="No religion"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1166"/>
+  </r>
+  <r>
+    <s v="CD330"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="S"/>
+    <s v="Other service activities (S)"/>
+    <s v="36"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="138"/>
+  </r>
+  <r>
+    <s v="CD330"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="S"/>
+    <s v="Other service activities (S)"/>
+    <s v="-"/>
+    <s v="All religions"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="27576"/>
+  </r>
+  <r>
+    <s v="CD330"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="T"/>
+    <s v="Activities of households as employers producing activities of households for own use (T)"/>
+    <s v="01"/>
+    <s v="Roman Catholic"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1226"/>
+  </r>
+  <r>
+    <s v="CD330"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="T"/>
+    <s v="Activities of households as employers producing activities of households for own use (T)"/>
+    <s v="04"/>
+    <s v="Church of Ireland, England, Anglican, Episcopalian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="44"/>
+  </r>
+  <r>
+    <s v="CD330"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="T"/>
+    <s v="Activities of households as employers producing activities of households for own use (T)"/>
+    <s v="07"/>
+    <s v="Muslim (Islamic)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="9"/>
+  </r>
+  <r>
+    <s v="CD330"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="T"/>
+    <s v="Activities of households as employers producing activities of households for own use (T)"/>
+    <s v="10"/>
+    <s v="Orthodox (Greek, Coptic, Russian)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="35"/>
+  </r>
+  <r>
+    <s v="CD330"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="T"/>
+    <s v="Activities of households as employers producing activities of households for own use (T)"/>
+    <s v="08"/>
+    <s v="Other Christian religion, n.e.s."/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="21"/>
+  </r>
+  <r>
+    <s v="CD330"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="T"/>
+    <s v="Activities of households as employers producing activities of households for own use (T)"/>
+    <s v="09"/>
+    <s v="Presbyterian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="18"/>
+  </r>
+  <r>
+    <s v="CD330"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="T"/>
+    <s v="Activities of households as employers producing activities of households for own use (T)"/>
+    <s v="12"/>
+    <s v="Apostolic or Pentecostal"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="13"/>
+  </r>
+  <r>
+    <s v="CD330"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="T"/>
+    <s v="Activities of households as employers producing activities of households for own use (T)"/>
+    <s v="02D"/>
+    <s v="Other stated religions (5)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="61"/>
+  </r>
+  <r>
+    <s v="CD330"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="T"/>
+    <s v="Activities of households as employers producing activities of households for own use (T)"/>
+    <s v="35"/>
+    <s v="No religion"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="141"/>
+  </r>
+  <r>
+    <s v="CD330"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="T"/>
+    <s v="Activities of households as employers producing activities of households for own use (T)"/>
+    <s v="36"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="23"/>
+  </r>
+  <r>
+    <s v="CD330"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="T"/>
+    <s v="Activities of households as employers producing activities of households for own use (T)"/>
+    <s v="-"/>
+    <s v="All religions"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1591"/>
+  </r>
+  <r>
+    <s v="CD330"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="U"/>
+    <s v="Activities of extraterritorial organisations and bodies (U)"/>
+    <s v="01"/>
+    <s v="Roman Catholic"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="197"/>
+  </r>
+  <r>
+    <s v="CD330"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="U"/>
+    <s v="Activities of extraterritorial organisations and bodies (U)"/>
+    <s v="04"/>
+    <s v="Church of Ireland, England, Anglican, Episcopalian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="12"/>
+  </r>
+  <r>
+    <s v="CD330"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="U"/>
+    <s v="Activities of extraterritorial organisations and bodies (U)"/>
+    <s v="07"/>
+    <s v="Muslim (Islamic)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="17"/>
+  </r>
+  <r>
+    <s v="CD330"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="U"/>
+    <s v="Activities of extraterritorial organisations and bodies (U)"/>
+    <s v="10"/>
+    <s v="Orthodox (Greek, Coptic, Russian)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="25"/>
+  </r>
+  <r>
+    <s v="CD330"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="U"/>
+    <s v="Activities of extraterritorial organisations and bodies (U)"/>
+    <s v="08"/>
+    <s v="Other Christian religion, n.e.s."/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="8"/>
+  </r>
+  <r>
+    <s v="CD330"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="U"/>
+    <s v="Activities of extraterritorial organisations and bodies (U)"/>
+    <s v="09"/>
+    <s v="Presbyterian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="9"/>
+  </r>
+  <r>
+    <s v="CD330"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="U"/>
+    <s v="Activities of extraterritorial organisations and bodies (U)"/>
+    <s v="12"/>
+    <s v="Apostolic or Pentecostal"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="CD330"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="U"/>
+    <s v="Activities of extraterritorial organisations and bodies (U)"/>
+    <s v="02D"/>
+    <s v="Other stated religions (5)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="31"/>
+  </r>
+  <r>
+    <s v="CD330"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="U"/>
+    <s v="Activities of extraterritorial organisations and bodies (U)"/>
+    <s v="35"/>
+    <s v="No religion"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="64"/>
+  </r>
+  <r>
+    <s v="CD330"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="U"/>
+    <s v="Activities of extraterritorial organisations and bodies (U)"/>
+    <s v="36"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="7"/>
+  </r>
+  <r>
+    <s v="CD330"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="U"/>
+    <s v="Activities of extraterritorial organisations and bodies (U)"/>
+    <s v="-"/>
+    <s v="All religions"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="372"/>
+  </r>
+  <r>
+    <s v="CD330"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZXD210"/>
+    <s v="Industry not stated"/>
+    <s v="01"/>
+    <s v="Roman Catholic"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="26059"/>
+  </r>
+  <r>
+    <s v="CD330"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZXD210"/>
+    <s v="Industry not stated"/>
+    <s v="04"/>
+    <s v="Church of Ireland, England, Anglican, Episcopalian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="971"/>
+  </r>
+  <r>
+    <s v="CD330"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZXD210"/>
+    <s v="Industry not stated"/>
+    <s v="07"/>
+    <s v="Muslim (Islamic)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="388"/>
+  </r>
+  <r>
+    <s v="CD330"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZXD210"/>
+    <s v="Industry not stated"/>
+    <s v="10"/>
+    <s v="Orthodox (Greek, Coptic, Russian)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="692"/>
+  </r>
+  <r>
+    <s v="CD330"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZXD210"/>
+    <s v="Industry not stated"/>
+    <s v="08"/>
+    <s v="Other Christian religion, n.e.s."/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="420"/>
+  </r>
+  <r>
+    <s v="CD330"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZXD210"/>
+    <s v="Industry not stated"/>
+    <s v="09"/>
+    <s v="Presbyterian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="182"/>
+  </r>
+  <r>
+    <s v="CD330"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZXD210"/>
+    <s v="Industry not stated"/>
+    <s v="12"/>
+    <s v="Apostolic or Pentecostal"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="154"/>
+  </r>
+  <r>
+    <s v="CD330"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZXD210"/>
+    <s v="Industry not stated"/>
+    <s v="02D"/>
+    <s v="Other stated religions (5)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="827"/>
+  </r>
+  <r>
+    <s v="CD330"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZXD210"/>
+    <s v="Industry not stated"/>
+    <s v="35"/>
+    <s v="No religion"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1675"/>
+  </r>
+  <r>
+    <s v="CD330"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZXD210"/>
+    <s v="Industry not stated"/>
+    <s v="36"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="7295"/>
+  </r>
+  <r>
+    <s v="CD330"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZXD210"/>
+    <s v="Industry not stated"/>
+    <s v="-"/>
+    <s v="All religions"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="38663"/>
+  </r>
+  <r>
+    <s v="CD330"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZXD220"/>
+    <s v="Total at work"/>
+    <s v="01"/>
+    <s v="Roman Catholic"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="716048"/>
+  </r>
+  <r>
+    <s v="CD330"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZXD220"/>
+    <s v="Total at work"/>
+    <s v="04"/>
+    <s v="Church of Ireland, England, Anglican, Episcopalian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="21110"/>
+  </r>
+  <r>
+    <s v="CD330"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZXD220"/>
+    <s v="Total at work"/>
+    <s v="07"/>
+    <s v="Muslim (Islamic)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2777"/>
+  </r>
+  <r>
+    <s v="CD330"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZXD220"/>
+    <s v="Total at work"/>
+    <s v="10"/>
+    <s v="Orthodox (Greek, Coptic, Russian)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="9376"/>
+  </r>
+  <r>
+    <s v="CD330"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZXD220"/>
+    <s v="Total at work"/>
+    <s v="08"/>
+    <s v="Other Christian religion, n.e.s."/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="7421"/>
+  </r>
+  <r>
+    <s v="CD330"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZXD220"/>
+    <s v="Total at work"/>
+    <s v="09"/>
+    <s v="Presbyterian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4124"/>
+  </r>
+  <r>
+    <s v="CD330"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZXD220"/>
+    <s v="Total at work"/>
+    <s v="12"/>
+    <s v="Apostolic or Pentecostal"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1710"/>
+  </r>
+  <r>
+    <s v="CD330"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZXD220"/>
+    <s v="Total at work"/>
+    <s v="02D"/>
+    <s v="Other stated religions (5)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="15425"/>
+  </r>
+  <r>
+    <s v="CD330"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZXD220"/>
+    <s v="Total at work"/>
+    <s v="35"/>
+    <s v="No religion"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="50346"/>
+  </r>
+  <r>
+    <s v="CD330"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZXD220"/>
+    <s v="Total at work"/>
+    <s v="36"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="10888"/>
+  </r>
+  <r>
+    <s v="CD330"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZXD220"/>
+    <s v="Total at work"/>
+    <s v="-"/>
+    <s v="All religions"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="839225"/>
+  </r>
+  <r>
+    <s v="CD330"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZXD230"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="01"/>
+    <s v="Roman Catholic"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="10827"/>
+  </r>
+  <r>
+    <s v="CD330"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZXD230"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="04"/>
+    <s v="Church of Ireland, England, Anglican, Episcopalian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="464"/>
+  </r>
+  <r>
+    <s v="CD330"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZXD230"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="07"/>
+    <s v="Muslim (Islamic)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="397"/>
+  </r>
+  <r>
+    <s v="CD330"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZXD230"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="10"/>
+    <s v="Orthodox (Greek, Coptic, Russian)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="561"/>
+  </r>
+  <r>
+    <s v="CD330"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZXD230"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="08"/>
+    <s v="Other Christian religion, n.e.s."/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="245"/>
+  </r>
+  <r>
+    <s v="CD330"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZXD230"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="09"/>
+    <s v="Presbyterian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="120"/>
+  </r>
+  <r>
+    <s v="CD330"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZXD230"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="12"/>
+    <s v="Apostolic or Pentecostal"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="149"/>
+  </r>
+  <r>
+    <s v="CD330"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZXD230"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="02D"/>
+    <s v="Other stated religions (5)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="444"/>
+  </r>
+  <r>
+    <s v="CD330"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZXD230"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="35"/>
+    <s v="No religion"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="924"/>
+  </r>
+  <r>
+    <s v="CD330"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZXD230"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="36"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="166"/>
+  </r>
+  <r>
+    <s v="CD330"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZXD230"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="-"/>
+    <s v="All religions"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="14297"/>
+  </r>
+  <r>
+    <s v="CD330"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZXD240"/>
+    <s v="Unemployed, having lost or given up previous job"/>
+    <s v="01"/>
+    <s v="Roman Catholic"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="109431"/>
+  </r>
+  <r>
+    <s v="CD330"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZXD240"/>
+    <s v="Unemployed, having lost or given up previous job"/>
+    <s v="04"/>
+    <s v="Church of Ireland, England, Anglican, Episcopalian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4108"/>
+  </r>
+  <r>
+    <s v="CD330"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZXD240"/>
+    <s v="Unemployed, having lost or given up previous job"/>
+    <s v="07"/>
+    <s v="Muslim (Islamic)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2087"/>
+  </r>
+  <r>
+    <s v="CD330"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZXD240"/>
+    <s v="Unemployed, having lost or given up previous job"/>
+    <s v="10"/>
+    <s v="Orthodox (Greek, Coptic, Russian)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2773"/>
+  </r>
+  <r>
+    <s v="CD330"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZXD240"/>
+    <s v="Unemployed, having lost or given up previous job"/>
+    <s v="08"/>
+    <s v="Other Christian religion, n.e.s."/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1700"/>
+  </r>
+  <r>
+    <s v="CD330"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZXD240"/>
+    <s v="Unemployed, having lost or given up previous job"/>
+    <s v="09"/>
+    <s v="Presbyterian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="732"/>
+  </r>
+  <r>
+    <s v="CD330"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZXD240"/>
+    <s v="Unemployed, having lost or given up previous job"/>
+    <s v="12"/>
+    <s v="Apostolic or Pentecostal"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="742"/>
+  </r>
+  <r>
+    <s v="CD330"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZXD240"/>
+    <s v="Unemployed, having lost or given up previous job"/>
+    <s v="02D"/>
+    <s v="Other stated religions (5)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3175"/>
+  </r>
+  <r>
+    <s v="CD330"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZXD240"/>
+    <s v="Unemployed, having lost or given up previous job"/>
+    <s v="35"/>
+    <s v="No religion"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="7826"/>
+  </r>
+  <r>
+    <s v="CD330"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZXD240"/>
+    <s v="Unemployed, having lost or given up previous job"/>
+    <s v="36"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1918"/>
+  </r>
+  <r>
+    <s v="CD330"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZXD240"/>
+    <s v="Unemployed, having lost or given up previous job"/>
+    <s v="-"/>
+    <s v="All religions"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="134492"/>
+  </r>
+  <r>
+    <s v="CD330"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZXD250"/>
+    <s v="Total in labour force"/>
+    <s v="01"/>
+    <s v="Roman Catholic"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="836306"/>
+  </r>
+  <r>
+    <s v="CD330"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZXD250"/>
+    <s v="Total in labour force"/>
+    <s v="04"/>
+    <s v="Church of Ireland, England, Anglican, Episcopalian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="25682"/>
+  </r>
+  <r>
+    <s v="CD330"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZXD250"/>
+    <s v="Total in labour force"/>
+    <s v="07"/>
+    <s v="Muslim (Islamic)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5261"/>
+  </r>
+  <r>
+    <s v="CD330"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZXD250"/>
+    <s v="Total in labour force"/>
+    <s v="10"/>
+    <s v="Orthodox (Greek, Coptic, Russian)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="12710"/>
+  </r>
+  <r>
+    <s v="CD330"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZXD250"/>
+    <s v="Total in labour force"/>
+    <s v="08"/>
+    <s v="Other Christian religion, n.e.s."/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="9366"/>
+  </r>
+  <r>
+    <s v="CD330"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZXD250"/>
+    <s v="Total in labour force"/>
+    <s v="09"/>
+    <s v="Presbyterian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4976"/>
+  </r>
+  <r>
+    <s v="CD330"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZXD250"/>
+    <s v="Total in labour force"/>
+    <s v="12"/>
+    <s v="Apostolic or Pentecostal"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2601"/>
+  </r>
+  <r>
+    <s v="CD330"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZXD250"/>
+    <s v="Total in labour force"/>
+    <s v="02D"/>
+    <s v="Other stated religions (5)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="19044"/>
+  </r>
+  <r>
+    <s v="CD330"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZXD250"/>
+    <s v="Total in labour force"/>
+    <s v="35"/>
+    <s v="No religion"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="59096"/>
+  </r>
+  <r>
+    <s v="CD330"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZXD250"/>
+    <s v="Total in labour force"/>
+    <s v="36"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="12972"/>
+  </r>
+  <r>
+    <s v="CD330"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZXD250"/>
+    <s v="Total in labour force"/>
+    <s v="-"/>
+    <s v="All religions"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="988014"/>
+  </r>
+</pivotCacheRecords>
 </file>