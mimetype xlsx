--- v0 (2025-10-05)
+++ v1 (2026-03-04)
@@ -1,97 +1,97 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/pivotCache/pivotCacheDefinition1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheDefinition+xml"/>
   <Override PartName="/pivotCache/pivotCacheRecords1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheRecords+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/pivotTables/pivotTable.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R01fc6a4e80a44390" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/d9e1a5dd38424e19a993d0a9ac2b5aed.psmdcp" Id="R64f0438bc720475f" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R45f6ce464f9c4cee" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/1b00a2c1b40149acb0a3fafe8bc3d73d.psmdcp" Id="Rb0268824f87f4d01" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
-    <x:sheet name="About" sheetId="2" r:id="rId2"/>
-[...1 lines deleted...]
-    <x:sheet name="Pivoted" sheetId="11" r:id="rId11"/>
+    <x:sheet name="About" sheetId="1" r:id="rId2"/>
+    <x:sheet name="Unpivoted" sheetId="2" r:id="rId9"/>
+    <x:sheet name="Pivoted" sheetId="3" r:id="rId11"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
   <x:pivotCaches>
     <x:pivotCache cacheId="0" r:id="rId12"/>
   </x:pivotCaches>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Table</x:t>
   </x:si>
   <x:si>
     <x:t>Code</x:t>
   </x:si>
   <x:si>
     <x:t>CD329</x:t>
   </x:si>
   <x:si>
     <x:t>Name</x:t>
   </x:si>
   <x:si>
     <x:t>Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State</x:t>
   </x:si>
   <x:si>
     <x:t>Frequency</x:t>
   </x:si>
   <x:si>
     <x:t>Annual</x:t>
   </x:si>
   <x:si>
     <x:t>Last Updated</x:t>
   </x:si>
   <x:si>
-    <x:t>5/14/2020 11:00:00 AM</x:t>
+    <x:t>14/05/2020 11:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Note</x:t>
   </x:si>
   <x:si>
     <x:t>Url</x:t>
   </x:si>
   <x:si>
     <x:t>https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/CD329/XLSX/2007/en</x:t>
   </x:si>
   <x:si>
     <x:t>Product</x:t>
   </x:si>
   <x:si>
     <x:t>C2011P3</x:t>
   </x:si>
   <x:si>
     <x:t>Profile 3 - At Work</x:t>
   </x:si>
   <x:si>
     <x:t>Contacts</x:t>
   </x:si>
   <x:si>
     <x:t>Bernie Casey</x:t>
   </x:si>
@@ -421,50 +421,53 @@
   </x:si>
   <x:si>
     <x:t>America (2)</x:t>
   </x:si>
   <x:si>
     <x:t>ZZWORK</x:t>
   </x:si>
   <x:si>
     <x:t>Other countries (6)</x:t>
   </x:si>
   <x:si>
     <x:t>All countries</x:t>
   </x:si>
   <x:si>
     <x:t>1</x:t>
   </x:si>
   <x:si>
     <x:t>Male</x:t>
   </x:si>
   <x:si>
     <x:t>2</x:t>
   </x:si>
   <x:si>
     <x:t>Female</x:t>
   </x:si>
+  <x:si>
+    <x:t/>
+  </x:si>
 </x:sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts count="1">
     <x:numFmt numFmtId="0" formatCode=""/>
   </x:numFmts>
   <x:fonts count="4">
     <x:font>
       <x:vertAlign val="baseline"/>
       <x:sz val="11"/>
       <x:color rgb="FF000000"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:vertAlign val="baseline"/>
       <x:sz val="13"/>
       <x:color rgb="FF000000"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
     </x:font>
     <x:font>
@@ -601,499 +604,204 @@
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip r:embed="rId8" cstate="print"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="3971925" cy="1381125"/>
         </a:xfrm>
         <a:prstGeom prst="rect"/>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/pivotTables/_rels/pivotTable.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheDefinition" Target="/pivotCache/pivotCacheDefinition1.xml" Id="rId17" /></Relationships>
 </file>
 
 <file path=xl/pivotTables/pivotTable.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotTableDefinition xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" dataCaption="Values" showError="0" missingCaption="" showMissing="1" pageWrap="0" pageOverThenDown="0" rowGrandTotals="0" colGrandTotals="0" indent="1">
-[...447 lines deleted...]
-</x:pivotTableDefinition>
+<pivotTableDefinition xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" applyNumberFormats="0" applyBorderFormats="0" applyFontFormats="0" applyPatternFormats="0" applyAlignmentFormats="0" applyWidthHeightFormats="0" dataCaption="Values" rowGrandTotals="0" colGrandTotals="0" outline="1">
+  <location ref="A1" firstHeaderRow="0" firstDataRow="0" firstDataCol="0"/>
+  <pivotFields count="12">
+    <pivotField name="STATISTIC" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="Statistic Label" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="C02199V02655" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="3">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+      </items>
+    </pivotField>
+    <pivotField name="Sex" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="3">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+      </items>
+    </pivotField>
+    <pivotField name="C02719V03286" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="12">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+        <item x="11"/>
+      </items>
+    </pivotField>
+    <pivotField name="Birthplace" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="12">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+        <item x="11"/>
+      </items>
+    </pivotField>
+    <pivotField name="C02852V03430" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="26">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+        <item x="11"/>
+        <item x="12"/>
+        <item x="13"/>
+        <item x="14"/>
+        <item x="15"/>
+        <item x="16"/>
+        <item x="17"/>
+        <item x="18"/>
+        <item x="19"/>
+        <item x="20"/>
+        <item x="21"/>
+        <item x="22"/>
+        <item x="23"/>
+        <item x="24"/>
+        <item x="25"/>
+      </items>
+    </pivotField>
+    <pivotField name="Broad Industrial Group" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="26">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+        <item x="11"/>
+        <item x="12"/>
+        <item x="13"/>
+        <item x="14"/>
+        <item x="15"/>
+        <item x="16"/>
+        <item x="17"/>
+        <item x="18"/>
+        <item x="19"/>
+        <item x="20"/>
+        <item x="21"/>
+        <item x="22"/>
+        <item x="23"/>
+        <item x="24"/>
+        <item x="25"/>
+      </items>
+    </pivotField>
+    <pivotField name="TLIST(A1)" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="CensusYear" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField showAll="0"/>
+    <pivotField dataField="1" showAll="0"/>
+  </pivotFields>
+  <rowFields count="10">
+    <field x="0"/>
+    <field x="1"/>
+    <field x="2"/>
+    <field x="3"/>
+    <field x="4"/>
+    <field x="5"/>
+    <field x="6"/>
+    <field x="7"/>
+    <field x="8"/>
+    <field x="9"/>
+  </rowFields>
+  <dataFields count="1">
+    <dataField name="VALUE" fld="11"/>
+  </dataFields>
+  <pivotTableStyleInfo name="PivotStyleLight16" showRowHeaders="1" showColHeaders="1"/>
+  <extLst>
+    <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{962EF5D1-5CA2-4c93-8EF4-DBF5C05439D2}">
+      <x14:pivotTableDefinition enableEdit="0" hideValuesRow="1"/>
+    </ext>
+  </extLst>
+</pivotTableDefinition>
 </file>
 
 <file path=xl/tables/table1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:table xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="1" name="Unpivoted" displayName="Unpivoted" ref="A1:L937" totalsRowShown="0">
   <x:autoFilter ref="A1:L937"/>
   <x:tableColumns count="12">
     <x:tableColumn id="1" name="STATISTIC"/>
     <x:tableColumn id="2" name="Statistic Label"/>
     <x:tableColumn id="3" name="C02199V02655"/>
     <x:tableColumn id="4" name="Sex"/>
     <x:tableColumn id="5" name="C02719V03286"/>
     <x:tableColumn id="6" name="Birthplace"/>
     <x:tableColumn id="7" name="C02852V03430"/>
     <x:tableColumn id="8" name="Broad Industrial Group"/>
     <x:tableColumn id="9" name="TLIST(A1)"/>
     <x:tableColumn id="10" name="CensusYear"/>
     <x:tableColumn id="11" name="UNIT"/>
     <x:tableColumn id="12" name="VALUE"/>
   </x:tableColumns>
   <x:tableStyleInfo name="TableStyleMedium2" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </x:table>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
@@ -1366,51 +1074,51 @@
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="/xl/drawings/drawing1.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/CD329/XLSX/2007/en" TargetMode="External" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cso.ie/" TargetMode="External" Id="rId14" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="/xl/tables/table1.xml" Id="rId15" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet3.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotTable" Target="/xl/pivotTables/pivotTable.xml" Id="rId16" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:B39"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="20.710625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="100.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="8" spans="1:2">
       <x:c r="A8" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B8" s="2"/>
     </x:row>
     <x:row r="9" spans="1:2">
       <x:c r="A9" s="3" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="B9" s="0" t="s">
         <x:v>2</x:v>
@@ -1597,51 +1305,51 @@
       </x:c>
     </x:row>
     <x:row r="39" spans="1:2">
       <x:c r="A39" s="3" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B39" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:hyperlinks>
     <x:hyperlink ref="B14" r:id="rId13"/>
     <x:hyperlink ref="B28" r:id="rId14"/>
   </x:hyperlinks>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:drawing xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId7"/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:L937"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="11.996339" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="87.567768" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="16.139196" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="10.424911" style="0" customWidth="1"/>
     <x:col min="5" max="5" width="16.139196" style="0" customWidth="1"/>
     <x:col min="6" max="6" width="48.710625" style="0" customWidth="1"/>
     <x:col min="7" max="7" width="16.139196" style="0" customWidth="1"/>
     <x:col min="8" max="8" width="79.710625" style="0" customWidth="1"/>
     <x:col min="9" max="9" width="11.282054" style="0" customWidth="1"/>
     <x:col min="10" max="10" width="13.424911" style="0" customWidth="1"/>
     <x:col min="11" max="11" width="8.282054" style="0" customWidth="1"/>
     <x:col min="12" max="12" width="8.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:12">
       <x:c r="A1" s="0" t="s">
@@ -35323,50 +35031,53 @@
       </x:c>
       <x:c r="D887" s="0" t="s">
         <x:v>132</x:v>
       </x:c>
       <x:c r="E887" s="0" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="F887" s="0" t="s">
         <x:v>127</x:v>
       </x:c>
       <x:c r="G887" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="H887" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="I887" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J887" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="K887" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
+      <x:c r="L887" s="0" t="s">
+        <x:v>133</x:v>
+      </x:c>
     </x:row>
     <x:row r="888" spans="1:12">
       <x:c r="A888" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B888" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C888" s="0" t="s">
         <x:v>131</x:v>
       </x:c>
       <x:c r="D888" s="0" t="s">
         <x:v>132</x:v>
       </x:c>
       <x:c r="E888" s="0" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="F888" s="0" t="s">
         <x:v>127</x:v>
       </x:c>
       <x:c r="G888" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="H888" s="0" t="s">
         <x:v>61</x:v>
@@ -37236,51 +36947,51 @@
       <x:c r="I937" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J937" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="K937" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="L937" s="0">
         <x:v>988014</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="1">
     <x:tablePart r:id="rId15"/>
   </x:tableParts>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:sheetData/>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Application>Microsoft Excel</ap:Application>
   <ap:TitlesOfParts>
     <vt:vector baseType="lpstr" size="9">
       <vt:lpstr>About</vt:lpstr>
       <vt:lpstr>Unpivoted</vt:lpstr>
       <vt:lpstr>Pivoted</vt:lpstr>
@@ -37297,51 +37008,51 @@
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>3</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Named Ranges</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>6</vt:i4>
       </vt:variant>
     </vt:vector>
   </ap:HeadingPairs>
   <ap:DocSecurity>0</ap:DocSecurity>
   <ap:ScaleCrop>false</ap:ScaleCrop>
 </ap:Properties>
 </file>
 
 <file path=pivotCache/_rels/pivotCacheDefinition1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheRecords" Target="/pivotCache/pivotCacheRecords1.xml" Id="rId1" /></Relationships>
 </file>
 
 <file path=pivotCache/pivotCacheDefinition1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:pivotCacheDefinition xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" r:id="rId1" saveData="1" refreshOnLoad="1" createdVersion="5" refreshedVersion="5" minRefreshableVersion="3">
   <x:cacheSource type="worksheet">
-    <x:worksheetSource ref="A1:L937" sheet="Unpivoted"/>
+    <x:worksheetSource name="Unpivoted"/>
   </x:cacheSource>
   <x:cacheFields>
     <x:cacheField name="STATISTIC">
       <x:sharedItems count="1">
         <x:s v="CD329"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="Statistic Label">
       <x:sharedItems count="1">
         <x:s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="C02199V02655">
       <x:sharedItems count="3">
         <x:s v="-"/>
         <x:s v="1"/>
         <x:s v="2"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="Sex">
       <x:sharedItems count="3">
         <x:s v="Both sexes"/>
         <x:s v="Male"/>
         <x:s v="Female"/>
       </x:sharedItems>
@@ -38224,27 +37935,13132 @@
         <x:n v="55019"/>
         <x:n v="22277"/>
         <x:n v="51241"/>
         <x:n v="3799"/>
         <x:n v="43651"/>
         <x:n v="26407"/>
         <x:n v="52732"/>
         <x:n v="122678"/>
         <x:n v="157593"/>
         <x:n v="14556"/>
         <x:n v="27576"/>
         <x:n v="1591"/>
         <x:n v="372"/>
         <x:n v="38663"/>
         <x:n v="839225"/>
         <x:n v="14297"/>
         <x:n v="134492"/>
         <x:n v="988014"/>
       </x:sharedItems>
     </x:cacheField>
   </x:cacheFields>
 </x:pivotCacheDefinition>
 </file>
 
 <file path=pivotCache/pivotCacheRecords1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main"/>
+<pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="xr">
+  <r>
+    <s v="CD329"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE03"/>
+    <s v="Ireland - county of usual residence"/>
+    <s v="A"/>
+    <s v="Agriculture, forestry and fishing (A)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="72613"/>
+  </r>
+  <r>
+    <s v="CD329"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE03"/>
+    <s v="Ireland - county of usual residence"/>
+    <s v="B"/>
+    <s v="Mining and quarrying (B)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3461"/>
+  </r>
+  <r>
+    <s v="CD329"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE03"/>
+    <s v="Ireland - county of usual residence"/>
+    <s v="C"/>
+    <s v="Manufacturing (C)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="97854"/>
+  </r>
+  <r>
+    <s v="CD329"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE03"/>
+    <s v="Ireland - county of usual residence"/>
+    <s v="D"/>
+    <s v="Electricity, gas, steam and air conditioning supply (D)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="6632"/>
+  </r>
+  <r>
+    <s v="CD329"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE03"/>
+    <s v="Ireland - county of usual residence"/>
+    <s v="E"/>
+    <s v="Water supply; sewerage, waste management and remediation activities (E)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5185"/>
+  </r>
+  <r>
+    <s v="CD329"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE03"/>
+    <s v="Ireland - county of usual residence"/>
+    <s v="F"/>
+    <s v="Construction (F)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="54248"/>
+  </r>
+  <r>
+    <s v="CD329"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE03"/>
+    <s v="Ireland - county of usual residence"/>
+    <s v="G"/>
+    <s v="Wholesale and retail trade; repair of motor vehicles and motorcycles (G)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="148881"/>
+  </r>
+  <r>
+    <s v="CD329"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE03"/>
+    <s v="Ireland - county of usual residence"/>
+    <s v="H"/>
+    <s v="Transportation and storage (H)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="47050"/>
+  </r>
+  <r>
+    <s v="CD329"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE03"/>
+    <s v="Ireland - county of usual residence"/>
+    <s v="I"/>
+    <s v="Accommodation and food service activities (I)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="40649"/>
+  </r>
+  <r>
+    <s v="CD329"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE03"/>
+    <s v="Ireland - county of usual residence"/>
+    <s v="J"/>
+    <s v="Information and communication (J)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="29030"/>
+  </r>
+  <r>
+    <s v="CD329"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE03"/>
+    <s v="Ireland - county of usual residence"/>
+    <s v="K"/>
+    <s v="Financial and insurance activities (K)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="46869"/>
+  </r>
+  <r>
+    <s v="CD329"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE03"/>
+    <s v="Ireland - county of usual residence"/>
+    <s v="L"/>
+    <s v="Real estate activities (L)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4662"/>
+  </r>
+  <r>
+    <s v="CD329"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE03"/>
+    <s v="Ireland - county of usual residence"/>
+    <s v="M"/>
+    <s v="Professional, scientific and technical activities (M)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="47003"/>
+  </r>
+  <r>
+    <s v="CD329"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE03"/>
+    <s v="Ireland - county of usual residence"/>
+    <s v="N"/>
+    <s v="Administrative and support service activities (N)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="28702"/>
+  </r>
+  <r>
+    <s v="CD329"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE03"/>
+    <s v="Ireland - county of usual residence"/>
+    <s v="O"/>
+    <s v="Public administration and defence; compulsory social security (O)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="63687"/>
+  </r>
+  <r>
+    <s v="CD329"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE03"/>
+    <s v="Ireland - county of usual residence"/>
+    <s v="P"/>
+    <s v="Education (P)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="87731"/>
+  </r>
+  <r>
+    <s v="CD329"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE03"/>
+    <s v="Ireland - county of usual residence"/>
+    <s v="Q"/>
+    <s v="Human health and social work activities (Q)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="99775"/>
+  </r>
+  <r>
+    <s v="CD329"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE03"/>
+    <s v="Ireland - county of usual residence"/>
+    <s v="R"/>
+    <s v="Arts, entertainment and recreation (R)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="16454"/>
+  </r>
+  <r>
+    <s v="CD329"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE03"/>
+    <s v="Ireland - county of usual residence"/>
+    <s v="S"/>
+    <s v="Other service activities (S)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="22708"/>
+  </r>
+  <r>
+    <s v="CD329"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE03"/>
+    <s v="Ireland - county of usual residence"/>
+    <s v="T"/>
+    <s v="Activities of households as employers producing activities of households for own use (T)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="723"/>
+  </r>
+  <r>
+    <s v="CD329"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE03"/>
+    <s v="Ireland - county of usual residence"/>
+    <s v="U"/>
+    <s v="Activities of extraterritorial organisations and bodies (U)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="166"/>
+  </r>
+  <r>
+    <s v="CD329"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE03"/>
+    <s v="Ireland - county of usual residence"/>
+    <s v="ZXD210"/>
+    <s v="Industry not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="60444"/>
+  </r>
+  <r>
+    <s v="CD329"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE03"/>
+    <s v="Ireland - county of usual residence"/>
+    <s v="ZXD220"/>
+    <s v="Total at work"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="984527"/>
+  </r>
+  <r>
+    <s v="CD329"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE03"/>
+    <s v="Ireland - county of usual residence"/>
+    <s v="ZXD230"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="19147"/>
+  </r>
+  <r>
+    <s v="CD329"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE03"/>
+    <s v="Ireland - county of usual residence"/>
+    <s v="ZXD240"/>
+    <s v="Unemployed, having lost or given up previous job"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="230945"/>
+  </r>
+  <r>
+    <s v="CD329"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE03"/>
+    <s v="Ireland - county of usual residence"/>
+    <s v="ZXD250"/>
+    <s v="Total in labour force"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1234619"/>
+  </r>
+  <r>
+    <s v="CD329"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE04"/>
+    <s v="Ireland - county other than county of usual residence"/>
+    <s v="A"/>
+    <s v="Agriculture, forestry and fishing (A)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="11215"/>
+  </r>
+  <r>
+    <s v="CD329"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE04"/>
+    <s v="Ireland - county other than county of usual residence"/>
+    <s v="B"/>
+    <s v="Mining and quarrying (B)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1155"/>
+  </r>
+  <r>
+    <s v="CD329"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE04"/>
+    <s v="Ireland - county other than county of usual residence"/>
+    <s v="C"/>
+    <s v="Manufacturing (C)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="39667"/>
+  </r>
+  <r>
+    <s v="CD329"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE04"/>
+    <s v="Ireland - county other than county of usual residence"/>
+    <s v="D"/>
+    <s v="Electricity, gas, steam and air conditioning supply (D)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3020"/>
+  </r>
+  <r>
+    <s v="CD329"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE04"/>
+    <s v="Ireland - county other than county of usual residence"/>
+    <s v="E"/>
+    <s v="Water supply; sewerage, waste management and remediation activities (E)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1681"/>
+  </r>
+  <r>
+    <s v="CD329"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE04"/>
+    <s v="Ireland - county other than county of usual residence"/>
+    <s v="F"/>
+    <s v="Construction (F)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="16909"/>
+  </r>
+  <r>
+    <s v="CD329"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE04"/>
+    <s v="Ireland - county other than county of usual residence"/>
+    <s v="G"/>
+    <s v="Wholesale and retail trade; repair of motor vehicles and motorcycles (G)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="50985"/>
+  </r>
+  <r>
+    <s v="CD329"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE04"/>
+    <s v="Ireland - county other than county of usual residence"/>
+    <s v="H"/>
+    <s v="Transportation and storage (H)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="15346"/>
+  </r>
+  <r>
+    <s v="CD329"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE04"/>
+    <s v="Ireland - county other than county of usual residence"/>
+    <s v="I"/>
+    <s v="Accommodation and food service activities (I)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="17012"/>
+  </r>
+  <r>
+    <s v="CD329"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE04"/>
+    <s v="Ireland - county other than county of usual residence"/>
+    <s v="J"/>
+    <s v="Information and communication (J)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="18691"/>
+  </r>
+  <r>
+    <s v="CD329"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE04"/>
+    <s v="Ireland - county other than county of usual residence"/>
+    <s v="K"/>
+    <s v="Financial and insurance activities (K)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="29819"/>
+  </r>
+  <r>
+    <s v="CD329"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE04"/>
+    <s v="Ireland - county other than county of usual residence"/>
+    <s v="L"/>
+    <s v="Real estate activities (L)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2298"/>
+  </r>
+  <r>
+    <s v="CD329"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE04"/>
+    <s v="Ireland - county other than county of usual residence"/>
+    <s v="M"/>
+    <s v="Professional, scientific and technical activities (M)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="28141"/>
+  </r>
+  <r>
+    <s v="CD329"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE04"/>
+    <s v="Ireland - county other than county of usual residence"/>
+    <s v="N"/>
+    <s v="Administrative and support service activities (N)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="10900"/>
+  </r>
+  <r>
+    <s v="CD329"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE04"/>
+    <s v="Ireland - county other than county of usual residence"/>
+    <s v="O"/>
+    <s v="Public administration and defence; compulsory social security (O)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="37443"/>
+  </r>
+  <r>
+    <s v="CD329"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE04"/>
+    <s v="Ireland - county other than county of usual residence"/>
+    <s v="P"/>
+    <s v="Education (P)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="52472"/>
+  </r>
+  <r>
+    <s v="CD329"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE04"/>
+    <s v="Ireland - county other than county of usual residence"/>
+    <s v="Q"/>
+    <s v="Human health and social work activities (Q)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="52200"/>
+  </r>
+  <r>
+    <s v="CD329"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE04"/>
+    <s v="Ireland - county other than county of usual residence"/>
+    <s v="R"/>
+    <s v="Arts, entertainment and recreation (R)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="7202"/>
+  </r>
+  <r>
+    <s v="CD329"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE04"/>
+    <s v="Ireland - county other than county of usual residence"/>
+    <s v="S"/>
+    <s v="Other service activities (S)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="8330"/>
+  </r>
+  <r>
+    <s v="CD329"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE04"/>
+    <s v="Ireland - county other than county of usual residence"/>
+    <s v="T"/>
+    <s v="Activities of households as employers producing activities of households for own use (T)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="245"/>
+  </r>
+  <r>
+    <s v="CD329"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE04"/>
+    <s v="Ireland - county other than county of usual residence"/>
+    <s v="U"/>
+    <s v="Activities of extraterritorial organisations and bodies (U)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="91"/>
+  </r>
+  <r>
+    <s v="CD329"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE04"/>
+    <s v="Ireland - county other than county of usual residence"/>
+    <s v="ZXD210"/>
+    <s v="Industry not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="13427"/>
+  </r>
+  <r>
+    <s v="CD329"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE04"/>
+    <s v="Ireland - county other than county of usual residence"/>
+    <s v="ZXD220"/>
+    <s v="Total at work"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="418249"/>
+  </r>
+  <r>
+    <s v="CD329"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE04"/>
+    <s v="Ireland - county other than county of usual residence"/>
+    <s v="ZXD230"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4076"/>
+  </r>
+  <r>
+    <s v="CD329"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE04"/>
+    <s v="Ireland - county other than county of usual residence"/>
+    <s v="ZXD240"/>
+    <s v="Unemployed, having lost or given up previous job"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="63079"/>
+  </r>
+  <r>
+    <s v="CD329"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE04"/>
+    <s v="Ireland - county other than county of usual residence"/>
+    <s v="ZXD250"/>
+    <s v="Total in labour force"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="485404"/>
+  </r>
+  <r>
+    <s v="CD329"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="GB1"/>
+    <s v="United Kingdom (1)"/>
+    <s v="A"/>
+    <s v="Agriculture, forestry and fishing (A)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2539"/>
+  </r>
+  <r>
+    <s v="CD329"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="GB1"/>
+    <s v="United Kingdom (1)"/>
+    <s v="B"/>
+    <s v="Mining and quarrying (B)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="364"/>
+  </r>
+  <r>
+    <s v="CD329"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="GB1"/>
+    <s v="United Kingdom (1)"/>
+    <s v="C"/>
+    <s v="Manufacturing (C)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="12971"/>
+  </r>
+  <r>
+    <s v="CD329"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="GB1"/>
+    <s v="United Kingdom (1)"/>
+    <s v="D"/>
+    <s v="Electricity, gas, steam and air conditioning supply (D)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="801"/>
+  </r>
+  <r>
+    <s v="CD329"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="GB1"/>
+    <s v="United Kingdom (1)"/>
+    <s v="E"/>
+    <s v="Water supply; sewerage, waste management and remediation activities (E)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="639"/>
+  </r>
+  <r>
+    <s v="CD329"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="GB1"/>
+    <s v="United Kingdom (1)"/>
+    <s v="F"/>
+    <s v="Construction (F)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="6890"/>
+  </r>
+  <r>
+    <s v="CD329"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="GB1"/>
+    <s v="United Kingdom (1)"/>
+    <s v="G"/>
+    <s v="Wholesale and retail trade; repair of motor vehicles and motorcycles (G)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="18365"/>
+  </r>
+  <r>
+    <s v="CD329"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="GB1"/>
+    <s v="United Kingdom (1)"/>
+    <s v="H"/>
+    <s v="Transportation and storage (H)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5405"/>
+  </r>
+  <r>
+    <s v="CD329"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="GB1"/>
+    <s v="United Kingdom (1)"/>
+    <s v="I"/>
+    <s v="Accommodation and food service activities (I)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="6311"/>
+  </r>
+  <r>
+    <s v="CD329"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="GB1"/>
+    <s v="United Kingdom (1)"/>
+    <s v="J"/>
+    <s v="Information and communication (J)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="6341"/>
+  </r>
+  <r>
+    <s v="CD329"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="GB1"/>
+    <s v="United Kingdom (1)"/>
+    <s v="K"/>
+    <s v="Financial and insurance activities (K)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="6672"/>
+  </r>
+  <r>
+    <s v="CD329"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="GB1"/>
+    <s v="United Kingdom (1)"/>
+    <s v="L"/>
+    <s v="Real estate activities (L)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="603"/>
+  </r>
+  <r>
+    <s v="CD329"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="GB1"/>
+    <s v="United Kingdom (1)"/>
+    <s v="M"/>
+    <s v="Professional, scientific and technical activities (M)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="7691"/>
+  </r>
+  <r>
+    <s v="CD329"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="GB1"/>
+    <s v="United Kingdom (1)"/>
+    <s v="N"/>
+    <s v="Administrative and support service activities (N)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4359"/>
+  </r>
+  <r>
+    <s v="CD329"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="GB1"/>
+    <s v="United Kingdom (1)"/>
+    <s v="O"/>
+    <s v="Public administration and defence; compulsory social security (O)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="7510"/>
+  </r>
+  <r>
+    <s v="CD329"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="GB1"/>
+    <s v="United Kingdom (1)"/>
+    <s v="P"/>
+    <s v="Education (P)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="13245"/>
+  </r>
+  <r>
+    <s v="CD329"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="GB1"/>
+    <s v="United Kingdom (1)"/>
+    <s v="Q"/>
+    <s v="Human health and social work activities (Q)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="16833"/>
+  </r>
+  <r>
+    <s v="CD329"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="GB1"/>
+    <s v="United Kingdom (1)"/>
+    <s v="R"/>
+    <s v="Arts, entertainment and recreation (R)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3099"/>
+  </r>
+  <r>
+    <s v="CD329"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="GB1"/>
+    <s v="United Kingdom (1)"/>
+    <s v="S"/>
+    <s v="Other service activities (S)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3121"/>
+  </r>
+  <r>
+    <s v="CD329"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="GB1"/>
+    <s v="United Kingdom (1)"/>
+    <s v="T"/>
+    <s v="Activities of households as employers producing activities of households for own use (T)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="133"/>
+  </r>
+  <r>
+    <s v="CD329"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="GB1"/>
+    <s v="United Kingdom (1)"/>
+    <s v="U"/>
+    <s v="Activities of extraterritorial organisations and bodies (U)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="33"/>
+  </r>
+  <r>
+    <s v="CD329"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="GB1"/>
+    <s v="United Kingdom (1)"/>
+    <s v="ZXD210"/>
+    <s v="Industry not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4923"/>
+  </r>
+  <r>
+    <s v="CD329"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="GB1"/>
+    <s v="United Kingdom (1)"/>
+    <s v="ZXD220"/>
+    <s v="Total at work"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="128848"/>
+  </r>
+  <r>
+    <s v="CD329"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="GB1"/>
+    <s v="United Kingdom (1)"/>
+    <s v="ZXD230"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1993"/>
+  </r>
+  <r>
+    <s v="CD329"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="GB1"/>
+    <s v="United Kingdom (1)"/>
+    <s v="ZXD240"/>
+    <s v="Unemployed, having lost or given up previous job"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="33481"/>
+  </r>
+  <r>
+    <s v="CD329"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="GB1"/>
+    <s v="United Kingdom (1)"/>
+    <s v="ZXD250"/>
+    <s v="Total in labour force"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="164322"/>
+  </r>
+  <r>
+    <s v="CD329"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="LT"/>
+    <s v="Lithuania"/>
+    <s v="A"/>
+    <s v="Agriculture, forestry and fishing (A)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="917"/>
+  </r>
+  <r>
+    <s v="CD329"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="LT"/>
+    <s v="Lithuania"/>
+    <s v="B"/>
+    <s v="Mining and quarrying (B)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="29"/>
+  </r>
+  <r>
+    <s v="CD329"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="LT"/>
+    <s v="Lithuania"/>
+    <s v="C"/>
+    <s v="Manufacturing (C)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3236"/>
+  </r>
+  <r>
+    <s v="CD329"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="LT"/>
+    <s v="Lithuania"/>
+    <s v="D"/>
+    <s v="Electricity, gas, steam and air conditioning supply (D)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="14"/>
+  </r>
+  <r>
+    <s v="CD329"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="LT"/>
+    <s v="Lithuania"/>
+    <s v="E"/>
+    <s v="Water supply; sewerage, waste management and remediation activities (E)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="358"/>
+  </r>
+  <r>
+    <s v="CD329"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="LT"/>
+    <s v="Lithuania"/>
+    <s v="F"/>
+    <s v="Construction (F)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="945"/>
+  </r>
+  <r>
+    <s v="CD329"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="LT"/>
+    <s v="Lithuania"/>
+    <s v="G"/>
+    <s v="Wholesale and retail trade; repair of motor vehicles and motorcycles (G)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4833"/>
+  </r>
+  <r>
+    <s v="CD329"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="LT"/>
+    <s v="Lithuania"/>
+    <s v="H"/>
+    <s v="Transportation and storage (H)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="727"/>
+  </r>
+  <r>
+    <s v="CD329"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="LT"/>
+    <s v="Lithuania"/>
+    <s v="I"/>
+    <s v="Accommodation and food service activities (I)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2976"/>
+  </r>
+  <r>
+    <s v="CD329"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="LT"/>
+    <s v="Lithuania"/>
+    <s v="J"/>
+    <s v="Information and communication (J)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="224"/>
+  </r>
+  <r>
+    <s v="CD329"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="LT"/>
+    <s v="Lithuania"/>
+    <s v="K"/>
+    <s v="Financial and insurance activities (K)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="152"/>
+  </r>
+  <r>
+    <s v="CD329"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="LT"/>
+    <s v="Lithuania"/>
+    <s v="L"/>
+    <s v="Real estate activities (L)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="45"/>
+  </r>
+  <r>
+    <s v="CD329"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="LT"/>
+    <s v="Lithuania"/>
+    <s v="M"/>
+    <s v="Professional, scientific and technical activities (M)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="241"/>
+  </r>
+  <r>
+    <s v="CD329"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="LT"/>
+    <s v="Lithuania"/>
+    <s v="N"/>
+    <s v="Administrative and support service activities (N)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1623"/>
+  </r>
+  <r>
+    <s v="CD329"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="LT"/>
+    <s v="Lithuania"/>
+    <s v="O"/>
+    <s v="Public administration and defence; compulsory social security (O)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="76"/>
+  </r>
+  <r>
+    <s v="CD329"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="LT"/>
+    <s v="Lithuania"/>
+    <s v="P"/>
+    <s v="Education (P)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="246"/>
+  </r>
+  <r>
+    <s v="CD329"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="LT"/>
+    <s v="Lithuania"/>
+    <s v="Q"/>
+    <s v="Human health and social work activities (Q)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="677"/>
+  </r>
+  <r>
+    <s v="CD329"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="LT"/>
+    <s v="Lithuania"/>
+    <s v="R"/>
+    <s v="Arts, entertainment and recreation (R)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="148"/>
+  </r>
+  <r>
+    <s v="CD329"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="LT"/>
+    <s v="Lithuania"/>
+    <s v="S"/>
+    <s v="Other service activities (S)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="495"/>
+  </r>
+  <r>
+    <s v="CD329"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="LT"/>
+    <s v="Lithuania"/>
+    <s v="T"/>
+    <s v="Activities of households as employers producing activities of households for own use (T)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="14"/>
+  </r>
+  <r>
+    <s v="CD329"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="LT"/>
+    <s v="Lithuania"/>
+    <s v="U"/>
+    <s v="Activities of extraterritorial organisations and bodies (U)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4"/>
+  </r>
+  <r>
+    <s v="CD329"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="LT"/>
+    <s v="Lithuania"/>
+    <s v="ZXD210"/>
+    <s v="Industry not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1785"/>
+  </r>
+  <r>
+    <s v="CD329"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="LT"/>
+    <s v="Lithuania"/>
+    <s v="ZXD220"/>
+    <s v="Total at work"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="19765"/>
+  </r>
+  <r>
+    <s v="CD329"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="LT"/>
+    <s v="Lithuania"/>
+    <s v="ZXD230"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="726"/>
+  </r>
+  <r>
+    <s v="CD329"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="LT"/>
+    <s v="Lithuania"/>
+    <s v="ZXD240"/>
+    <s v="Unemployed, having lost or given up previous job"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5483"/>
+  </r>
+  <r>
+    <s v="CD329"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="LT"/>
+    <s v="Lithuania"/>
+    <s v="ZXD250"/>
+    <s v="Total in labour force"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="25974"/>
+  </r>
+  <r>
+    <s v="CD329"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="PL"/>
+    <s v="Poland"/>
+    <s v="A"/>
+    <s v="Agriculture, forestry and fishing (A)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1070"/>
+  </r>
+  <r>
+    <s v="CD329"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="PL"/>
+    <s v="Poland"/>
+    <s v="B"/>
+    <s v="Mining and quarrying (B)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="81"/>
+  </r>
+  <r>
+    <s v="CD329"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="PL"/>
+    <s v="Poland"/>
+    <s v="C"/>
+    <s v="Manufacturing (C)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="12486"/>
+  </r>
+  <r>
+    <s v="CD329"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="PL"/>
+    <s v="Poland"/>
+    <s v="D"/>
+    <s v="Electricity, gas, steam and air conditioning supply (D)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="94"/>
+  </r>
+  <r>
+    <s v="CD329"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="PL"/>
+    <s v="Poland"/>
+    <s v="E"/>
+    <s v="Water supply; sewerage, waste management and remediation activities (E)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="755"/>
+  </r>
+  <r>
+    <s v="CD329"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="PL"/>
+    <s v="Poland"/>
+    <s v="F"/>
+    <s v="Construction (F)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3010"/>
+  </r>
+  <r>
+    <s v="CD329"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="PL"/>
+    <s v="Poland"/>
+    <s v="G"/>
+    <s v="Wholesale and retail trade; repair of motor vehicles and motorcycles (G)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="16922"/>
+  </r>
+  <r>
+    <s v="CD329"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="PL"/>
+    <s v="Poland"/>
+    <s v="H"/>
+    <s v="Transportation and storage (H)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3064"/>
+  </r>
+  <r>
+    <s v="CD329"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="PL"/>
+    <s v="Poland"/>
+    <s v="I"/>
+    <s v="Accommodation and food service activities (I)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="11522"/>
+  </r>
+  <r>
+    <s v="CD329"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="PL"/>
+    <s v="Poland"/>
+    <s v="J"/>
+    <s v="Information and communication (J)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1658"/>
+  </r>
+  <r>
+    <s v="CD329"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="PL"/>
+    <s v="Poland"/>
+    <s v="K"/>
+    <s v="Financial and insurance activities (K)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1597"/>
+  </r>
+  <r>
+    <s v="CD329"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="PL"/>
+    <s v="Poland"/>
+    <s v="L"/>
+    <s v="Real estate activities (L)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="177"/>
+  </r>
+  <r>
+    <s v="CD329"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="PL"/>
+    <s v="Poland"/>
+    <s v="M"/>
+    <s v="Professional, scientific and technical activities (M)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1566"/>
+  </r>
+  <r>
+    <s v="CD329"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="PL"/>
+    <s v="Poland"/>
+    <s v="N"/>
+    <s v="Administrative and support service activities (N)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5357"/>
+  </r>
+  <r>
+    <s v="CD329"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="PL"/>
+    <s v="Poland"/>
+    <s v="O"/>
+    <s v="Public administration and defence; compulsory social security (O)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="304"/>
+  </r>
+  <r>
+    <s v="CD329"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="PL"/>
+    <s v="Poland"/>
+    <s v="P"/>
+    <s v="Education (P)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1231"/>
+  </r>
+  <r>
+    <s v="CD329"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="PL"/>
+    <s v="Poland"/>
+    <s v="Q"/>
+    <s v="Human health and social work activities (Q)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2982"/>
+  </r>
+  <r>
+    <s v="CD329"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="PL"/>
+    <s v="Poland"/>
+    <s v="R"/>
+    <s v="Arts, entertainment and recreation (R)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="764"/>
+  </r>
+  <r>
+    <s v="CD329"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="PL"/>
+    <s v="Poland"/>
+    <s v="S"/>
+    <s v="Other service activities (S)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1437"/>
+  </r>
+  <r>
+    <s v="CD329"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="PL"/>
+    <s v="Poland"/>
+    <s v="T"/>
+    <s v="Activities of households as employers producing activities of households for own use (T)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="73"/>
+  </r>
+  <r>
+    <s v="CD329"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="PL"/>
+    <s v="Poland"/>
+    <s v="U"/>
+    <s v="Activities of extraterritorial organisations and bodies (U)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="28"/>
+  </r>
+  <r>
+    <s v="CD329"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="PL"/>
+    <s v="Poland"/>
+    <s v="ZXD210"/>
+    <s v="Industry not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3682"/>
+  </r>
+  <r>
+    <s v="CD329"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="PL"/>
+    <s v="Poland"/>
+    <s v="ZXD220"/>
+    <s v="Total at work"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="69860"/>
+  </r>
+  <r>
+    <s v="CD329"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="PL"/>
+    <s v="Poland"/>
+    <s v="ZXD230"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1433"/>
+  </r>
+  <r>
+    <s v="CD329"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="PL"/>
+    <s v="Poland"/>
+    <s v="ZXD240"/>
+    <s v="Unemployed, having lost or given up previous job"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="17573"/>
+  </r>
+  <r>
+    <s v="CD329"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="PL"/>
+    <s v="Poland"/>
+    <s v="ZXD250"/>
+    <s v="Total in labour force"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="88866"/>
+  </r>
+  <r>
+    <s v="CD329"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZZEURN"/>
+    <s v="Other Europe (4)"/>
+    <s v="A"/>
+    <s v="Agriculture, forestry and fishing (A)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="330"/>
+  </r>
+  <r>
+    <s v="CD329"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZZEURN"/>
+    <s v="Other Europe (4)"/>
+    <s v="B"/>
+    <s v="Mining and quarrying (B)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="21"/>
+  </r>
+  <r>
+    <s v="CD329"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZZEURN"/>
+    <s v="Other Europe (4)"/>
+    <s v="C"/>
+    <s v="Manufacturing (C)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1278"/>
+  </r>
+  <r>
+    <s v="CD329"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZZEURN"/>
+    <s v="Other Europe (4)"/>
+    <s v="D"/>
+    <s v="Electricity, gas, steam and air conditioning supply (D)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="23"/>
+  </r>
+  <r>
+    <s v="CD329"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZZEURN"/>
+    <s v="Other Europe (4)"/>
+    <s v="E"/>
+    <s v="Water supply; sewerage, waste management and remediation activities (E)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="66"/>
+  </r>
+  <r>
+    <s v="CD329"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZZEURN"/>
+    <s v="Other Europe (4)"/>
+    <s v="F"/>
+    <s v="Construction (F)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="471"/>
+  </r>
+  <r>
+    <s v="CD329"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZZEURN"/>
+    <s v="Other Europe (4)"/>
+    <s v="G"/>
+    <s v="Wholesale and retail trade; repair of motor vehicles and motorcycles (G)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1558"/>
+  </r>
+  <r>
+    <s v="CD329"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZZEURN"/>
+    <s v="Other Europe (4)"/>
+    <s v="H"/>
+    <s v="Transportation and storage (H)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="357"/>
+  </r>
+  <r>
+    <s v="CD329"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZZEURN"/>
+    <s v="Other Europe (4)"/>
+    <s v="I"/>
+    <s v="Accommodation and food service activities (I)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1339"/>
+  </r>
+  <r>
+    <s v="CD329"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZZEURN"/>
+    <s v="Other Europe (4)"/>
+    <s v="J"/>
+    <s v="Information and communication (J)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="718"/>
+  </r>
+  <r>
+    <s v="CD329"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZZEURN"/>
+    <s v="Other Europe (4)"/>
+    <s v="K"/>
+    <s v="Financial and insurance activities (K)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="312"/>
+  </r>
+  <r>
+    <s v="CD329"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZZEURN"/>
+    <s v="Other Europe (4)"/>
+    <s v="L"/>
+    <s v="Real estate activities (L)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="28"/>
+  </r>
+  <r>
+    <s v="CD329"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZZEURN"/>
+    <s v="Other Europe (4)"/>
+    <s v="M"/>
+    <s v="Professional, scientific and technical activities (M)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="363"/>
+  </r>
+  <r>
+    <s v="CD329"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZZEURN"/>
+    <s v="Other Europe (4)"/>
+    <s v="N"/>
+    <s v="Administrative and support service activities (N)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="632"/>
+  </r>
+  <r>
+    <s v="CD329"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZZEURN"/>
+    <s v="Other Europe (4)"/>
+    <s v="O"/>
+    <s v="Public administration and defence; compulsory social security (O)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="78"/>
+  </r>
+  <r>
+    <s v="CD329"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZZEURN"/>
+    <s v="Other Europe (4)"/>
+    <s v="P"/>
+    <s v="Education (P)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="450"/>
+  </r>
+  <r>
+    <s v="CD329"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZZEURN"/>
+    <s v="Other Europe (4)"/>
+    <s v="Q"/>
+    <s v="Human health and social work activities (Q)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="511"/>
+  </r>
+  <r>
+    <s v="CD329"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZZEURN"/>
+    <s v="Other Europe (4)"/>
+    <s v="R"/>
+    <s v="Arts, entertainment and recreation (R)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="178"/>
+  </r>
+  <r>
+    <s v="CD329"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZZEURN"/>
+    <s v="Other Europe (4)"/>
+    <s v="S"/>
+    <s v="Other service activities (S)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="240"/>
+  </r>
+  <r>
+    <s v="CD329"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZZEURN"/>
+    <s v="Other Europe (4)"/>
+    <s v="T"/>
+    <s v="Activities of households as employers producing activities of households for own use (T)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="13"/>
+  </r>
+  <r>
+    <s v="CD329"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZZEURN"/>
+    <s v="Other Europe (4)"/>
+    <s v="U"/>
+    <s v="Activities of extraterritorial organisations and bodies (U)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="39"/>
+  </r>
+  <r>
+    <s v="CD329"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZZEURN"/>
+    <s v="Other Europe (4)"/>
+    <s v="ZXD210"/>
+    <s v="Industry not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="847"/>
+  </r>
+  <r>
+    <s v="CD329"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZZEURN"/>
+    <s v="Other Europe (4)"/>
+    <s v="ZXD220"/>
+    <s v="Total at work"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="9852"/>
+  </r>
+  <r>
+    <s v="CD329"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZZEURN"/>
+    <s v="Other Europe (4)"/>
+    <s v="ZXD230"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="474"/>
+  </r>
+  <r>
+    <s v="CD329"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZZEURN"/>
+    <s v="Other Europe (4)"/>
+    <s v="ZXD240"/>
+    <s v="Unemployed, having lost or given up previous job"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3359"/>
+  </r>
+  <r>
+    <s v="CD329"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZZEURN"/>
+    <s v="Other Europe (4)"/>
+    <s v="ZXD250"/>
+    <s v="Total in labour force"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="13685"/>
+  </r>
+  <r>
+    <s v="CD329"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZZEUBQ7"/>
+    <s v="Other EU27 (5)"/>
+    <s v="A"/>
+    <s v="Agriculture, forestry and fishing (A)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1710"/>
+  </r>
+  <r>
+    <s v="CD329"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZZEUBQ7"/>
+    <s v="Other EU27 (5)"/>
+    <s v="B"/>
+    <s v="Mining and quarrying (B)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="51"/>
+  </r>
+  <r>
+    <s v="CD329"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZZEUBQ7"/>
+    <s v="Other EU27 (5)"/>
+    <s v="C"/>
+    <s v="Manufacturing (C)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="8534"/>
+  </r>
+  <r>
+    <s v="CD329"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZZEUBQ7"/>
+    <s v="Other EU27 (5)"/>
+    <s v="D"/>
+    <s v="Electricity, gas, steam and air conditioning supply (D)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="172"/>
+  </r>
+  <r>
+    <s v="CD329"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZZEUBQ7"/>
+    <s v="Other EU27 (5)"/>
+    <s v="E"/>
+    <s v="Water supply; sewerage, waste management and remediation activities (E)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="517"/>
+  </r>
+  <r>
+    <s v="CD329"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZZEUBQ7"/>
+    <s v="Other EU27 (5)"/>
+    <s v="F"/>
+    <s v="Construction (F)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2243"/>
+  </r>
+  <r>
+    <s v="CD329"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZZEUBQ7"/>
+    <s v="Other EU27 (5)"/>
+    <s v="G"/>
+    <s v="Wholesale and retail trade; repair of motor vehicles and motorcycles (G)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="10020"/>
+  </r>
+  <r>
+    <s v="CD329"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZZEUBQ7"/>
+    <s v="Other EU27 (5)"/>
+    <s v="H"/>
+    <s v="Transportation and storage (H)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2386"/>
+  </r>
+  <r>
+    <s v="CD329"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZZEUBQ7"/>
+    <s v="Other EU27 (5)"/>
+    <s v="I"/>
+    <s v="Accommodation and food service activities (I)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="11672"/>
+  </r>
+  <r>
+    <s v="CD329"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZZEUBQ7"/>
+    <s v="Other EU27 (5)"/>
+    <s v="J"/>
+    <s v="Information and communication (J)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5930"/>
+  </r>
+  <r>
+    <s v="CD329"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZZEUBQ7"/>
+    <s v="Other EU27 (5)"/>
+    <s v="K"/>
+    <s v="Financial and insurance activities (K)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3085"/>
+  </r>
+  <r>
+    <s v="CD329"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZZEUBQ7"/>
+    <s v="Other EU27 (5)"/>
+    <s v="L"/>
+    <s v="Real estate activities (L)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="162"/>
+  </r>
+  <r>
+    <s v="CD329"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZZEUBQ7"/>
+    <s v="Other EU27 (5)"/>
+    <s v="M"/>
+    <s v="Professional, scientific and technical activities (M)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2554"/>
+  </r>
+  <r>
+    <s v="CD329"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZZEUBQ7"/>
+    <s v="Other EU27 (5)"/>
+    <s v="N"/>
+    <s v="Administrative and support service activities (N)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4923"/>
+  </r>
+  <r>
+    <s v="CD329"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZZEUBQ7"/>
+    <s v="Other EU27 (5)"/>
+    <s v="O"/>
+    <s v="Public administration and defence; compulsory social security (O)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="611"/>
+  </r>
+  <r>
+    <s v="CD329"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZZEUBQ7"/>
+    <s v="Other EU27 (5)"/>
+    <s v="P"/>
+    <s v="Education (P)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3159"/>
+  </r>
+  <r>
+    <s v="CD329"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZZEUBQ7"/>
+    <s v="Other EU27 (5)"/>
+    <s v="Q"/>
+    <s v="Human health and social work activities (Q)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3349"/>
+  </r>
+  <r>
+    <s v="CD329"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZZEUBQ7"/>
+    <s v="Other EU27 (5)"/>
+    <s v="R"/>
+    <s v="Arts, entertainment and recreation (R)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1049"/>
+  </r>
+  <r>
+    <s v="CD329"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZZEUBQ7"/>
+    <s v="Other EU27 (5)"/>
+    <s v="S"/>
+    <s v="Other service activities (S)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1006"/>
+  </r>
+  <r>
+    <s v="CD329"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZZEUBQ7"/>
+    <s v="Other EU27 (5)"/>
+    <s v="T"/>
+    <s v="Activities of households as employers producing activities of households for own use (T)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="313"/>
+  </r>
+  <r>
+    <s v="CD329"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZZEUBQ7"/>
+    <s v="Other EU27 (5)"/>
+    <s v="U"/>
+    <s v="Activities of extraterritorial organisations and bodies (U)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="143"/>
+  </r>
+  <r>
+    <s v="CD329"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZZEUBQ7"/>
+    <s v="Other EU27 (5)"/>
+    <s v="ZXD210"/>
+    <s v="Industry not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4612"/>
+  </r>
+  <r>
+    <s v="CD329"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZZEUBQ7"/>
+    <s v="Other EU27 (5)"/>
+    <s v="ZXD220"/>
+    <s v="Total at work"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="68201"/>
+  </r>
+  <r>
+    <s v="CD329"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZZEUBQ7"/>
+    <s v="Other EU27 (5)"/>
+    <s v="ZXD230"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1987"/>
+  </r>
+  <r>
+    <s v="CD329"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZZEUBQ7"/>
+    <s v="Other EU27 (5)"/>
+    <s v="ZXD240"/>
+    <s v="Unemployed, having lost or given up previous job"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="13789"/>
+  </r>
+  <r>
+    <s v="CD329"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZZEUBQ7"/>
+    <s v="Other EU27 (5)"/>
+    <s v="ZXD250"/>
+    <s v="Total in labour force"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="83977"/>
+  </r>
+  <r>
+    <s v="CD329"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZZAA1"/>
+    <s v="Africa (2)"/>
+    <s v="A"/>
+    <s v="Agriculture, forestry and fishing (A)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="118"/>
+  </r>
+  <r>
+    <s v="CD329"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZZAA1"/>
+    <s v="Africa (2)"/>
+    <s v="B"/>
+    <s v="Mining and quarrying (B)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="17"/>
+  </r>
+  <r>
+    <s v="CD329"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZZAA1"/>
+    <s v="Africa (2)"/>
+    <s v="C"/>
+    <s v="Manufacturing (C)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1327"/>
+  </r>
+  <r>
+    <s v="CD329"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZZAA1"/>
+    <s v="Africa (2)"/>
+    <s v="D"/>
+    <s v="Electricity, gas, steam and air conditioning supply (D)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="64"/>
+  </r>
+  <r>
+    <s v="CD329"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZZAA1"/>
+    <s v="Africa (2)"/>
+    <s v="E"/>
+    <s v="Water supply; sewerage, waste management and remediation activities (E)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="39"/>
+  </r>
+  <r>
+    <s v="CD329"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZZAA1"/>
+    <s v="Africa (2)"/>
+    <s v="F"/>
+    <s v="Construction (F)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="285"/>
+  </r>
+  <r>
+    <s v="CD329"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZZAA1"/>
+    <s v="Africa (2)"/>
+    <s v="G"/>
+    <s v="Wholesale and retail trade; repair of motor vehicles and motorcycles (G)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2492"/>
+  </r>
+  <r>
+    <s v="CD329"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZZAA1"/>
+    <s v="Africa (2)"/>
+    <s v="H"/>
+    <s v="Transportation and storage (H)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1505"/>
+  </r>
+  <r>
+    <s v="CD329"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZZAA1"/>
+    <s v="Africa (2)"/>
+    <s v="I"/>
+    <s v="Accommodation and food service activities (I)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1607"/>
+  </r>
+  <r>
+    <s v="CD329"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZZAA1"/>
+    <s v="Africa (2)"/>
+    <s v="J"/>
+    <s v="Information and communication (J)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="947"/>
+  </r>
+  <r>
+    <s v="CD329"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZZAA1"/>
+    <s v="Africa (2)"/>
+    <s v="K"/>
+    <s v="Financial and insurance activities (K)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="760"/>
+  </r>
+  <r>
+    <s v="CD329"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZZAA1"/>
+    <s v="Africa (2)"/>
+    <s v="L"/>
+    <s v="Real estate activities (L)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="68"/>
+  </r>
+  <r>
+    <s v="CD329"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZZAA1"/>
+    <s v="Africa (2)"/>
+    <s v="M"/>
+    <s v="Professional, scientific and technical activities (M)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="789"/>
+  </r>
+  <r>
+    <s v="CD329"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZZAA1"/>
+    <s v="Africa (2)"/>
+    <s v="N"/>
+    <s v="Administrative and support service activities (N)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1225"/>
+  </r>
+  <r>
+    <s v="CD329"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZZAA1"/>
+    <s v="Africa (2)"/>
+    <s v="O"/>
+    <s v="Public administration and defence; compulsory social security (O)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="505"/>
+  </r>
+  <r>
+    <s v="CD329"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZZAA1"/>
+    <s v="Africa (2)"/>
+    <s v="P"/>
+    <s v="Education (P)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1149"/>
+  </r>
+  <r>
+    <s v="CD329"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZZAA1"/>
+    <s v="Africa (2)"/>
+    <s v="Q"/>
+    <s v="Human health and social work activities (Q)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4277"/>
+  </r>
+  <r>
+    <s v="CD329"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZZAA1"/>
+    <s v="Africa (2)"/>
+    <s v="R"/>
+    <s v="Arts, entertainment and recreation (R)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="245"/>
+  </r>
+  <r>
+    <s v="CD329"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZZAA1"/>
+    <s v="Africa (2)"/>
+    <s v="S"/>
+    <s v="Other service activities (S)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="437"/>
+  </r>
+  <r>
+    <s v="CD329"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZZAA1"/>
+    <s v="Africa (2)"/>
+    <s v="T"/>
+    <s v="Activities of households as employers producing activities of households for own use (T)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="31"/>
+  </r>
+  <r>
+    <s v="CD329"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZZAA1"/>
+    <s v="Africa (2)"/>
+    <s v="U"/>
+    <s v="Activities of extraterritorial organisations and bodies (U)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="57"/>
+  </r>
+  <r>
+    <s v="CD329"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZZAA1"/>
+    <s v="Africa (2)"/>
+    <s v="ZXD210"/>
+    <s v="Industry not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2050"/>
+  </r>
+  <r>
+    <s v="CD329"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZZAA1"/>
+    <s v="Africa (2)"/>
+    <s v="ZXD220"/>
+    <s v="Total at work"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="19994"/>
+  </r>
+  <r>
+    <s v="CD329"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZZAA1"/>
+    <s v="Africa (2)"/>
+    <s v="ZXD230"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1720"/>
+  </r>
+  <r>
+    <s v="CD329"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZZAA1"/>
+    <s v="Africa (2)"/>
+    <s v="ZXD240"/>
+    <s v="Unemployed, having lost or given up previous job"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="8757"/>
+  </r>
+  <r>
+    <s v="CD329"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZZAA1"/>
+    <s v="Africa (2)"/>
+    <s v="ZXD250"/>
+    <s v="Total in labour force"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="30471"/>
+  </r>
+  <r>
+    <s v="CD329"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZZABB"/>
+    <s v="Asia (2)"/>
+    <s v="A"/>
+    <s v="Agriculture, forestry and fishing (A)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="220"/>
+  </r>
+  <r>
+    <s v="CD329"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZZABB"/>
+    <s v="Asia (2)"/>
+    <s v="B"/>
+    <s v="Mining and quarrying (B)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="34"/>
+  </r>
+  <r>
+    <s v="CD329"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZZABB"/>
+    <s v="Asia (2)"/>
+    <s v="C"/>
+    <s v="Manufacturing (C)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1947"/>
+  </r>
+  <r>
+    <s v="CD329"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZZABB"/>
+    <s v="Asia (2)"/>
+    <s v="D"/>
+    <s v="Electricity, gas, steam and air conditioning supply (D)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="54"/>
+  </r>
+  <r>
+    <s v="CD329"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZZABB"/>
+    <s v="Asia (2)"/>
+    <s v="E"/>
+    <s v="Water supply; sewerage, waste management and remediation activities (E)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="48"/>
+  </r>
+  <r>
+    <s v="CD329"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZZABB"/>
+    <s v="Asia (2)"/>
+    <s v="F"/>
+    <s v="Construction (F)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="285"/>
+  </r>
+  <r>
+    <s v="CD329"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZZABB"/>
+    <s v="Asia (2)"/>
+    <s v="G"/>
+    <s v="Wholesale and retail trade; repair of motor vehicles and motorcycles (G)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3589"/>
+  </r>
+  <r>
+    <s v="CD329"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZZABB"/>
+    <s v="Asia (2)"/>
+    <s v="H"/>
+    <s v="Transportation and storage (H)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="633"/>
+  </r>
+  <r>
+    <s v="CD329"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZZABB"/>
+    <s v="Asia (2)"/>
+    <s v="I"/>
+    <s v="Accommodation and food service activities (I)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="7402"/>
+  </r>
+  <r>
+    <s v="CD329"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZZABB"/>
+    <s v="Asia (2)"/>
+    <s v="J"/>
+    <s v="Information and communication (J)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1629"/>
+  </r>
+  <r>
+    <s v="CD329"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZZABB"/>
+    <s v="Asia (2)"/>
+    <s v="K"/>
+    <s v="Financial and insurance activities (K)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="837"/>
+  </r>
+  <r>
+    <s v="CD329"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZZABB"/>
+    <s v="Asia (2)"/>
+    <s v="L"/>
+    <s v="Real estate activities (L)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="65"/>
+  </r>
+  <r>
+    <s v="CD329"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZZABB"/>
+    <s v="Asia (2)"/>
+    <s v="M"/>
+    <s v="Professional, scientific and technical activities (M)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1013"/>
+  </r>
+  <r>
+    <s v="CD329"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZZABB"/>
+    <s v="Asia (2)"/>
+    <s v="N"/>
+    <s v="Administrative and support service activities (N)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1251"/>
+  </r>
+  <r>
+    <s v="CD329"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZZABB"/>
+    <s v="Asia (2)"/>
+    <s v="O"/>
+    <s v="Public administration and defence; compulsory social security (O)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="470"/>
+  </r>
+  <r>
+    <s v="CD329"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZZABB"/>
+    <s v="Asia (2)"/>
+    <s v="P"/>
+    <s v="Education (P)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1467"/>
+  </r>
+  <r>
+    <s v="CD329"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZZABB"/>
+    <s v="Asia (2)"/>
+    <s v="Q"/>
+    <s v="Human health and social work activities (Q)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="11839"/>
+  </r>
+  <r>
+    <s v="CD329"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZZABB"/>
+    <s v="Asia (2)"/>
+    <s v="R"/>
+    <s v="Arts, entertainment and recreation (R)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="262"/>
+  </r>
+  <r>
+    <s v="CD329"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZZABB"/>
+    <s v="Asia (2)"/>
+    <s v="S"/>
+    <s v="Other service activities (S)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="452"/>
+  </r>
+  <r>
+    <s v="CD329"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZZABB"/>
+    <s v="Asia (2)"/>
+    <s v="T"/>
+    <s v="Activities of households as employers producing activities of households for own use (T)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="87"/>
+  </r>
+  <r>
+    <s v="CD329"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZZABB"/>
+    <s v="Asia (2)"/>
+    <s v="U"/>
+    <s v="Activities of extraterritorial organisations and bodies (U)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="114"/>
+  </r>
+  <r>
+    <s v="CD329"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZZABB"/>
+    <s v="Asia (2)"/>
+    <s v="ZXD210"/>
+    <s v="Industry not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2565"/>
+  </r>
+  <r>
+    <s v="CD329"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZZABB"/>
+    <s v="Asia (2)"/>
+    <s v="ZXD220"/>
+    <s v="Total at work"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="36263"/>
+  </r>
+  <r>
+    <s v="CD329"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZZABB"/>
+    <s v="Asia (2)"/>
+    <s v="ZXD230"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1366"/>
+  </r>
+  <r>
+    <s v="CD329"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZZABB"/>
+    <s v="Asia (2)"/>
+    <s v="ZXD240"/>
+    <s v="Unemployed, having lost or given up previous job"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="7430"/>
+  </r>
+  <r>
+    <s v="CD329"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZZABB"/>
+    <s v="Asia (2)"/>
+    <s v="ZXD250"/>
+    <s v="Total in labour force"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="45059"/>
+  </r>
+  <r>
+    <s v="CD329"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZZAZAB"/>
+    <s v="America (2)"/>
+    <s v="A"/>
+    <s v="Agriculture, forestry and fishing (A)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="376"/>
+  </r>
+  <r>
+    <s v="CD329"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZZAZAB"/>
+    <s v="America (2)"/>
+    <s v="B"/>
+    <s v="Mining and quarrying (B)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="34"/>
+  </r>
+  <r>
+    <s v="CD329"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZZAZAB"/>
+    <s v="America (2)"/>
+    <s v="C"/>
+    <s v="Manufacturing (C)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1876"/>
+  </r>
+  <r>
+    <s v="CD329"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZZAZAB"/>
+    <s v="America (2)"/>
+    <s v="D"/>
+    <s v="Electricity, gas, steam and air conditioning supply (D)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="75"/>
+  </r>
+  <r>
+    <s v="CD329"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZZAZAB"/>
+    <s v="America (2)"/>
+    <s v="E"/>
+    <s v="Water supply; sewerage, waste management and remediation activities (E)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="52"/>
+  </r>
+  <r>
+    <s v="CD329"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZZAZAB"/>
+    <s v="America (2)"/>
+    <s v="F"/>
+    <s v="Construction (F)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="531"/>
+  </r>
+  <r>
+    <s v="CD329"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZZAZAB"/>
+    <s v="America (2)"/>
+    <s v="G"/>
+    <s v="Wholesale and retail trade; repair of motor vehicles and motorcycles (G)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2119"/>
+  </r>
+  <r>
+    <s v="CD329"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZZAZAB"/>
+    <s v="America (2)"/>
+    <s v="H"/>
+    <s v="Transportation and storage (H)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="381"/>
+  </r>
+  <r>
+    <s v="CD329"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZZAZAB"/>
+    <s v="America (2)"/>
+    <s v="I"/>
+    <s v="Accommodation and food service activities (I)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1748"/>
+  </r>
+  <r>
+    <s v="CD329"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZZAZAB"/>
+    <s v="America (2)"/>
+    <s v="J"/>
+    <s v="Information and communication (J)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1368"/>
+  </r>
+  <r>
+    <s v="CD329"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZZAZAB"/>
+    <s v="America (2)"/>
+    <s v="K"/>
+    <s v="Financial and insurance activities (K)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1020"/>
+  </r>
+  <r>
+    <s v="CD329"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZZAZAB"/>
+    <s v="America (2)"/>
+    <s v="L"/>
+    <s v="Real estate activities (L)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="76"/>
+  </r>
+  <r>
+    <s v="CD329"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZZAZAB"/>
+    <s v="America (2)"/>
+    <s v="M"/>
+    <s v="Professional, scientific and technical activities (M)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1161"/>
+  </r>
+  <r>
+    <s v="CD329"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZZAZAB"/>
+    <s v="America (2)"/>
+    <s v="N"/>
+    <s v="Administrative and support service activities (N)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="794"/>
+  </r>
+  <r>
+    <s v="CD329"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZZAZAB"/>
+    <s v="America (2)"/>
+    <s v="O"/>
+    <s v="Public administration and defence; compulsory social security (O)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="686"/>
+  </r>
+  <r>
+    <s v="CD329"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZZAZAB"/>
+    <s v="America (2)"/>
+    <s v="P"/>
+    <s v="Education (P)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2180"/>
+  </r>
+  <r>
+    <s v="CD329"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZZAZAB"/>
+    <s v="America (2)"/>
+    <s v="Q"/>
+    <s v="Human health and social work activities (Q)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1954"/>
+  </r>
+  <r>
+    <s v="CD329"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZZAZAB"/>
+    <s v="America (2)"/>
+    <s v="R"/>
+    <s v="Arts, entertainment and recreation (R)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="478"/>
+  </r>
+  <r>
+    <s v="CD329"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZZAZAB"/>
+    <s v="America (2)"/>
+    <s v="S"/>
+    <s v="Other service activities (S)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="409"/>
+  </r>
+  <r>
+    <s v="CD329"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZZAZAB"/>
+    <s v="America (2)"/>
+    <s v="T"/>
+    <s v="Activities of households as employers producing activities of households for own use (T)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="102"/>
+  </r>
+  <r>
+    <s v="CD329"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZZAZAB"/>
+    <s v="America (2)"/>
+    <s v="U"/>
+    <s v="Activities of extraterritorial organisations and bodies (U)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="73"/>
+  </r>
+  <r>
+    <s v="CD329"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZZAZAB"/>
+    <s v="America (2)"/>
+    <s v="ZXD210"/>
+    <s v="Industry not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1322"/>
+  </r>
+  <r>
+    <s v="CD329"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZZAZAB"/>
+    <s v="America (2)"/>
+    <s v="ZXD220"/>
+    <s v="Total at work"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="18815"/>
+  </r>
+  <r>
+    <s v="CD329"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZZAZAB"/>
+    <s v="America (2)"/>
+    <s v="ZXD230"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="573"/>
+  </r>
+  <r>
+    <s v="CD329"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZZAZAB"/>
+    <s v="America (2)"/>
+    <s v="ZXD240"/>
+    <s v="Unemployed, having lost or given up previous job"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3298"/>
+  </r>
+  <r>
+    <s v="CD329"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZZAZAB"/>
+    <s v="America (2)"/>
+    <s v="ZXD250"/>
+    <s v="Total in labour force"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="22686"/>
+  </r>
+  <r>
+    <s v="CD329"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZZWORK"/>
+    <s v="Other countries (6)"/>
+    <s v="A"/>
+    <s v="Agriculture, forestry and fishing (A)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="68"/>
+  </r>
+  <r>
+    <s v="CD329"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZZWORK"/>
+    <s v="Other countries (6)"/>
+    <s v="B"/>
+    <s v="Mining and quarrying (B)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="14"/>
+  </r>
+  <r>
+    <s v="CD329"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZZWORK"/>
+    <s v="Other countries (6)"/>
+    <s v="C"/>
+    <s v="Manufacturing (C)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="310"/>
+  </r>
+  <r>
+    <s v="CD329"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZZWORK"/>
+    <s v="Other countries (6)"/>
+    <s v="D"/>
+    <s v="Electricity, gas, steam and air conditioning supply (D)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="44"/>
+  </r>
+  <r>
+    <s v="CD329"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZZWORK"/>
+    <s v="Other countries (6)"/>
+    <s v="E"/>
+    <s v="Water supply; sewerage, waste management and remediation activities (E)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="8"/>
+  </r>
+  <r>
+    <s v="CD329"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZZWORK"/>
+    <s v="Other countries (6)"/>
+    <s v="F"/>
+    <s v="Construction (F)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="165"/>
+  </r>
+  <r>
+    <s v="CD329"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZZWORK"/>
+    <s v="Other countries (6)"/>
+    <s v="G"/>
+    <s v="Wholesale and retail trade; repair of motor vehicles and motorcycles (G)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="493"/>
+  </r>
+  <r>
+    <s v="CD329"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZZWORK"/>
+    <s v="Other countries (6)"/>
+    <s v="H"/>
+    <s v="Transportation and storage (H)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="108"/>
+  </r>
+  <r>
+    <s v="CD329"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZZWORK"/>
+    <s v="Other countries (6)"/>
+    <s v="I"/>
+    <s v="Accommodation and food service activities (I)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="295"/>
+  </r>
+  <r>
+    <s v="CD329"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZZWORK"/>
+    <s v="Other countries (6)"/>
+    <s v="J"/>
+    <s v="Information and communication (J)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="318"/>
+  </r>
+  <r>
+    <s v="CD329"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZZWORK"/>
+    <s v="Other countries (6)"/>
+    <s v="K"/>
+    <s v="Financial and insurance activities (K)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="266"/>
+  </r>
+  <r>
+    <s v="CD329"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZZWORK"/>
+    <s v="Other countries (6)"/>
+    <s v="L"/>
+    <s v="Real estate activities (L)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="17"/>
+  </r>
+  <r>
+    <s v="CD329"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZZWORK"/>
+    <s v="Other countries (6)"/>
+    <s v="M"/>
+    <s v="Professional, scientific and technical activities (M)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="336"/>
+  </r>
+  <r>
+    <s v="CD329"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZZWORK"/>
+    <s v="Other countries (6)"/>
+    <s v="N"/>
+    <s v="Administrative and support service activities (N)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="160"/>
+  </r>
+  <r>
+    <s v="CD329"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZZWORK"/>
+    <s v="Other countries (6)"/>
+    <s v="O"/>
+    <s v="Public administration and defence; compulsory social security (O)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="163"/>
+  </r>
+  <r>
+    <s v="CD329"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZZWORK"/>
+    <s v="Other countries (6)"/>
+    <s v="P"/>
+    <s v="Education (P)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="345"/>
+  </r>
+  <r>
+    <s v="CD329"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZZWORK"/>
+    <s v="Other countries (6)"/>
+    <s v="Q"/>
+    <s v="Human health and social work activities (Q)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="519"/>
+  </r>
+  <r>
+    <s v="CD329"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZZWORK"/>
+    <s v="Other countries (6)"/>
+    <s v="R"/>
+    <s v="Arts, entertainment and recreation (R)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="159"/>
+  </r>
+  <r>
+    <s v="CD329"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZZWORK"/>
+    <s v="Other countries (6)"/>
+    <s v="S"/>
+    <s v="Other service activities (S)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="70"/>
+  </r>
+  <r>
+    <s v="CD329"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZZWORK"/>
+    <s v="Other countries (6)"/>
+    <s v="T"/>
+    <s v="Activities of households as employers producing activities of households for own use (T)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="8"/>
+  </r>
+  <r>
+    <s v="CD329"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZZWORK"/>
+    <s v="Other countries (6)"/>
+    <s v="U"/>
+    <s v="Activities of extraterritorial organisations and bodies (U)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5"/>
+  </r>
+  <r>
+    <s v="CD329"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZZWORK"/>
+    <s v="Other countries (6)"/>
+    <s v="ZXD210"/>
+    <s v="Industry not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="155"/>
+  </r>
+  <r>
+    <s v="CD329"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZZWORK"/>
+    <s v="Other countries (6)"/>
+    <s v="ZXD220"/>
+    <s v="Total at work"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4026"/>
+  </r>
+  <r>
+    <s v="CD329"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZZWORK"/>
+    <s v="Other countries (6)"/>
+    <s v="ZXD230"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="41"/>
+  </r>
+  <r>
+    <s v="CD329"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZZWORK"/>
+    <s v="Other countries (6)"/>
+    <s v="ZXD240"/>
+    <s v="Unemployed, having lost or given up previous job"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="538"/>
+  </r>
+  <r>
+    <s v="CD329"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZZWORK"/>
+    <s v="Other countries (6)"/>
+    <s v="ZXD250"/>
+    <s v="Total in labour force"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4605"/>
+  </r>
+  <r>
+    <s v="CD329"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="A"/>
+    <s v="Agriculture, forestry and fishing (A)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="91176"/>
+  </r>
+  <r>
+    <s v="CD329"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="B"/>
+    <s v="Mining and quarrying (B)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5261"/>
+  </r>
+  <r>
+    <s v="CD329"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="C"/>
+    <s v="Manufacturing (C)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="181486"/>
+  </r>
+  <r>
+    <s v="CD329"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="D"/>
+    <s v="Electricity, gas, steam and air conditioning supply (D)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="10993"/>
+  </r>
+  <r>
+    <s v="CD329"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="E"/>
+    <s v="Water supply; sewerage, waste management and remediation activities (E)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="9348"/>
+  </r>
+  <r>
+    <s v="CD329"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="F"/>
+    <s v="Construction (F)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="85982"/>
+  </r>
+  <r>
+    <s v="CD329"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="G"/>
+    <s v="Wholesale and retail trade; repair of motor vehicles and motorcycles (G)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="260257"/>
+  </r>
+  <r>
+    <s v="CD329"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="H"/>
+    <s v="Transportation and storage (H)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="76962"/>
+  </r>
+  <r>
+    <s v="CD329"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="I"/>
+    <s v="Accommodation and food service activities (I)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="102533"/>
+  </r>
+  <r>
+    <s v="CD329"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="J"/>
+    <s v="Information and communication (J)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="66854"/>
+  </r>
+  <r>
+    <s v="CD329"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="K"/>
+    <s v="Financial and insurance activities (K)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="91389"/>
+  </r>
+  <r>
+    <s v="CD329"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="L"/>
+    <s v="Real estate activities (L)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="8201"/>
+  </r>
+  <r>
+    <s v="CD329"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="M"/>
+    <s v="Professional, scientific and technical activities (M)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="90858"/>
+  </r>
+  <r>
+    <s v="CD329"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="N"/>
+    <s v="Administrative and support service activities (N)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="59926"/>
+  </r>
+  <r>
+    <s v="CD329"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="O"/>
+    <s v="Public administration and defence; compulsory social security (O)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="111533"/>
+  </r>
+  <r>
+    <s v="CD329"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="P"/>
+    <s v="Education (P)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="163675"/>
+  </r>
+  <r>
+    <s v="CD329"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="Q"/>
+    <s v="Human health and social work activities (Q)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="194916"/>
+  </r>
+  <r>
+    <s v="CD329"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="R"/>
+    <s v="Arts, entertainment and recreation (R)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="30038"/>
+  </r>
+  <r>
+    <s v="CD329"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="S"/>
+    <s v="Other service activities (S)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="38705"/>
+  </r>
+  <r>
+    <s v="CD329"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="T"/>
+    <s v="Activities of households as employers producing activities of households for own use (T)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1742"/>
+  </r>
+  <r>
+    <s v="CD329"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="U"/>
+    <s v="Activities of extraterritorial organisations and bodies (U)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="753"/>
+  </r>
+  <r>
+    <s v="CD329"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="ZXD210"/>
+    <s v="Industry not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="95812"/>
+  </r>
+  <r>
+    <s v="CD329"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="ZXD220"/>
+    <s v="Total at work"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1778400"/>
+  </r>
+  <r>
+    <s v="CD329"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="ZXD230"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="33536"/>
+  </r>
+  <r>
+    <s v="CD329"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="ZXD240"/>
+    <s v="Unemployed, having lost or given up previous job"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="387732"/>
+  </r>
+  <r>
+    <s v="CD329"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="ZXD250"/>
+    <s v="Total in labour force"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2199668"/>
+  </r>
+  <r>
+    <s v="CD329"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE03"/>
+    <s v="Ireland - county of usual residence"/>
+    <s v="A"/>
+    <s v="Agriculture, forestry and fishing (A)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="66473"/>
+  </r>
+  <r>
+    <s v="CD329"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE03"/>
+    <s v="Ireland - county of usual residence"/>
+    <s v="B"/>
+    <s v="Mining and quarrying (B)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3132"/>
+  </r>
+  <r>
+    <s v="CD329"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE03"/>
+    <s v="Ireland - county of usual residence"/>
+    <s v="C"/>
+    <s v="Manufacturing (C)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="68218"/>
+  </r>
+  <r>
+    <s v="CD329"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE03"/>
+    <s v="Ireland - county of usual residence"/>
+    <s v="D"/>
+    <s v="Electricity, gas, steam and air conditioning supply (D)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5084"/>
+  </r>
+  <r>
+    <s v="CD329"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE03"/>
+    <s v="Ireland - county of usual residence"/>
+    <s v="E"/>
+    <s v="Water supply; sewerage, waste management and remediation activities (E)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4250"/>
+  </r>
+  <r>
+    <s v="CD329"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE03"/>
+    <s v="Ireland - county of usual residence"/>
+    <s v="F"/>
+    <s v="Construction (F)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="50298"/>
+  </r>
+  <r>
+    <s v="CD329"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE03"/>
+    <s v="Ireland - county of usual residence"/>
+    <s v="G"/>
+    <s v="Wholesale and retail trade; repair of motor vehicles and motorcycles (G)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="76457"/>
+  </r>
+  <r>
+    <s v="CD329"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE03"/>
+    <s v="Ireland - county of usual residence"/>
+    <s v="H"/>
+    <s v="Transportation and storage (H)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="38054"/>
+  </r>
+  <r>
+    <s v="CD329"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE03"/>
+    <s v="Ireland - county of usual residence"/>
+    <s v="I"/>
+    <s v="Accommodation and food service activities (I)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="17613"/>
+  </r>
+  <r>
+    <s v="CD329"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE03"/>
+    <s v="Ireland - county of usual residence"/>
+    <s v="J"/>
+    <s v="Information and communication (J)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="19324"/>
+  </r>
+  <r>
+    <s v="CD329"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE03"/>
+    <s v="Ireland - county of usual residence"/>
+    <s v="K"/>
+    <s v="Financial and insurance activities (K)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="19642"/>
+  </r>
+  <r>
+    <s v="CD329"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE03"/>
+    <s v="Ireland - county of usual residence"/>
+    <s v="L"/>
+    <s v="Real estate activities (L)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2564"/>
+  </r>
+  <r>
+    <s v="CD329"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE03"/>
+    <s v="Ireland - county of usual residence"/>
+    <s v="M"/>
+    <s v="Professional, scientific and technical activities (M)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="24332"/>
+  </r>
+  <r>
+    <s v="CD329"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE03"/>
+    <s v="Ireland - county of usual residence"/>
+    <s v="N"/>
+    <s v="Administrative and support service activities (N)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="16747"/>
+  </r>
+  <r>
+    <s v="CD329"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE03"/>
+    <s v="Ireland - county of usual residence"/>
+    <s v="O"/>
+    <s v="Public administration and defence; compulsory social security (O)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="33913"/>
+  </r>
+  <r>
+    <s v="CD329"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE03"/>
+    <s v="Ireland - county of usual residence"/>
+    <s v="P"/>
+    <s v="Education (P)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="20652"/>
+  </r>
+  <r>
+    <s v="CD329"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE03"/>
+    <s v="Ireland - county of usual residence"/>
+    <s v="Q"/>
+    <s v="Human health and social work activities (Q)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="17277"/>
+  </r>
+  <r>
+    <s v="CD329"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE03"/>
+    <s v="Ireland - county of usual residence"/>
+    <s v="R"/>
+    <s v="Arts, entertainment and recreation (R)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="8547"/>
+  </r>
+  <r>
+    <s v="CD329"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE03"/>
+    <s v="Ireland - county of usual residence"/>
+    <s v="S"/>
+    <s v="Other service activities (S)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5822"/>
+  </r>
+  <r>
+    <s v="CD329"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE03"/>
+    <s v="Ireland - county of usual residence"/>
+    <s v="T"/>
+    <s v="Activities of households as employers producing activities of households for own use (T)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="90"/>
+  </r>
+  <r>
+    <s v="CD329"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE03"/>
+    <s v="Ireland - county of usual residence"/>
+    <s v="U"/>
+    <s v="Activities of extraterritorial organisations and bodies (U)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="101"/>
+  </r>
+  <r>
+    <s v="CD329"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE03"/>
+    <s v="Ireland - county of usual residence"/>
+    <s v="ZXD210"/>
+    <s v="Industry not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="37060"/>
+  </r>
+  <r>
+    <s v="CD329"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE03"/>
+    <s v="Ireland - county of usual residence"/>
+    <s v="ZXD220"/>
+    <s v="Total at work"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="535650"/>
+  </r>
+  <r>
+    <s v="CD329"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE03"/>
+    <s v="Ireland - county of usual residence"/>
+    <s v="ZXD230"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="11709"/>
+  </r>
+  <r>
+    <s v="CD329"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE03"/>
+    <s v="Ireland - county of usual residence"/>
+    <s v="ZXD240"/>
+    <s v="Unemployed, having lost or given up previous job"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="157413"/>
+  </r>
+  <r>
+    <s v="CD329"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE03"/>
+    <s v="Ireland - county of usual residence"/>
+    <s v="ZXD250"/>
+    <s v="Total in labour force"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="704772"/>
+  </r>
+  <r>
+    <s v="CD329"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE04"/>
+    <s v="Ireland - county other than county of usual residence"/>
+    <s v="A"/>
+    <s v="Agriculture, forestry and fishing (A)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="8925"/>
+  </r>
+  <r>
+    <s v="CD329"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE04"/>
+    <s v="Ireland - county other than county of usual residence"/>
+    <s v="B"/>
+    <s v="Mining and quarrying (B)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="987"/>
+  </r>
+  <r>
+    <s v="CD329"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE04"/>
+    <s v="Ireland - county other than county of usual residence"/>
+    <s v="C"/>
+    <s v="Manufacturing (C)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="26598"/>
+  </r>
+  <r>
+    <s v="CD329"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE04"/>
+    <s v="Ireland - county other than county of usual residence"/>
+    <s v="D"/>
+    <s v="Electricity, gas, steam and air conditioning supply (D)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2205"/>
+  </r>
+  <r>
+    <s v="CD329"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE04"/>
+    <s v="Ireland - county other than county of usual residence"/>
+    <s v="E"/>
+    <s v="Water supply; sewerage, waste management and remediation activities (E)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1277"/>
+  </r>
+  <r>
+    <s v="CD329"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE04"/>
+    <s v="Ireland - county other than county of usual residence"/>
+    <s v="F"/>
+    <s v="Construction (F)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="15086"/>
+  </r>
+  <r>
+    <s v="CD329"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE04"/>
+    <s v="Ireland - county other than county of usual residence"/>
+    <s v="G"/>
+    <s v="Wholesale and retail trade; repair of motor vehicles and motorcycles (G)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="25765"/>
+  </r>
+  <r>
+    <s v="CD329"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE04"/>
+    <s v="Ireland - county other than county of usual residence"/>
+    <s v="H"/>
+    <s v="Transportation and storage (H)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="11893"/>
+  </r>
+  <r>
+    <s v="CD329"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE04"/>
+    <s v="Ireland - county other than county of usual residence"/>
+    <s v="I"/>
+    <s v="Accommodation and food service activities (I)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="7841"/>
+  </r>
+  <r>
+    <s v="CD329"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE04"/>
+    <s v="Ireland - county other than county of usual residence"/>
+    <s v="J"/>
+    <s v="Information and communication (J)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="12422"/>
+  </r>
+  <r>
+    <s v="CD329"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE04"/>
+    <s v="Ireland - county other than county of usual residence"/>
+    <s v="K"/>
+    <s v="Financial and insurance activities (K)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="13413"/>
+  </r>
+  <r>
+    <s v="CD329"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE04"/>
+    <s v="Ireland - county other than county of usual residence"/>
+    <s v="L"/>
+    <s v="Real estate activities (L)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1222"/>
+  </r>
+  <r>
+    <s v="CD329"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE04"/>
+    <s v="Ireland - county other than county of usual residence"/>
+    <s v="M"/>
+    <s v="Professional, scientific and technical activities (M)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="14632"/>
+  </r>
+  <r>
+    <s v="CD329"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE04"/>
+    <s v="Ireland - county other than county of usual residence"/>
+    <s v="N"/>
+    <s v="Administrative and support service activities (N)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="6320"/>
+  </r>
+  <r>
+    <s v="CD329"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE04"/>
+    <s v="Ireland - county other than county of usual residence"/>
+    <s v="O"/>
+    <s v="Public administration and defence; compulsory social security (O)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="19697"/>
+  </r>
+  <r>
+    <s v="CD329"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE04"/>
+    <s v="Ireland - county other than county of usual residence"/>
+    <s v="P"/>
+    <s v="Education (P)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="13217"/>
+  </r>
+  <r>
+    <s v="CD329"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE04"/>
+    <s v="Ireland - county other than county of usual residence"/>
+    <s v="Q"/>
+    <s v="Human health and social work activities (Q)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="8990"/>
+  </r>
+  <r>
+    <s v="CD329"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE04"/>
+    <s v="Ireland - county other than county of usual residence"/>
+    <s v="R"/>
+    <s v="Arts, entertainment and recreation (R)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3585"/>
+  </r>
+  <r>
+    <s v="CD329"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE04"/>
+    <s v="Ireland - county other than county of usual residence"/>
+    <s v="S"/>
+    <s v="Other service activities (S)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2686"/>
+  </r>
+  <r>
+    <s v="CD329"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE04"/>
+    <s v="Ireland - county other than county of usual residence"/>
+    <s v="T"/>
+    <s v="Activities of households as employers producing activities of households for own use (T)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="17"/>
+  </r>
+  <r>
+    <s v="CD329"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE04"/>
+    <s v="Ireland - county other than county of usual residence"/>
+    <s v="U"/>
+    <s v="Activities of extraterritorial organisations and bodies (U)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="36"/>
+  </r>
+  <r>
+    <s v="CD329"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE04"/>
+    <s v="Ireland - county other than county of usual residence"/>
+    <s v="ZXD210"/>
+    <s v="Industry not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="7514"/>
+  </r>
+  <r>
+    <s v="CD329"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE04"/>
+    <s v="Ireland - county other than county of usual residence"/>
+    <s v="ZXD220"/>
+    <s v="Total at work"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="204328"/>
+  </r>
+  <r>
+    <s v="CD329"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE04"/>
+    <s v="Ireland - county other than county of usual residence"/>
+    <s v="ZXD230"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2349"/>
+  </r>
+  <r>
+    <s v="CD329"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE04"/>
+    <s v="Ireland - county other than county of usual residence"/>
+    <s v="ZXD240"/>
+    <s v="Unemployed, having lost or given up previous job"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="39685"/>
+  </r>
+  <r>
+    <s v="CD329"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE04"/>
+    <s v="Ireland - county other than county of usual residence"/>
+    <s v="ZXD250"/>
+    <s v="Total in labour force"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="246362"/>
+  </r>
+  <r>
+    <s v="CD329"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="GB1"/>
+    <s v="United Kingdom (1)"/>
+    <s v="A"/>
+    <s v="Agriculture, forestry and fishing (A)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1913"/>
+  </r>
+  <r>
+    <s v="CD329"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="GB1"/>
+    <s v="United Kingdom (1)"/>
+    <s v="B"/>
+    <s v="Mining and quarrying (B)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="321"/>
+  </r>
+  <r>
+    <s v="CD329"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="GB1"/>
+    <s v="United Kingdom (1)"/>
+    <s v="C"/>
+    <s v="Manufacturing (C)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="9287"/>
+  </r>
+  <r>
+    <s v="CD329"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="GB1"/>
+    <s v="United Kingdom (1)"/>
+    <s v="D"/>
+    <s v="Electricity, gas, steam and air conditioning supply (D)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="628"/>
+  </r>
+  <r>
+    <s v="CD329"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="GB1"/>
+    <s v="United Kingdom (1)"/>
+    <s v="E"/>
+    <s v="Water supply; sewerage, waste management and remediation activities (E)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="537"/>
+  </r>
+  <r>
+    <s v="CD329"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="GB1"/>
+    <s v="United Kingdom (1)"/>
+    <s v="F"/>
+    <s v="Construction (F)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="6256"/>
+  </r>
+  <r>
+    <s v="CD329"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="GB1"/>
+    <s v="United Kingdom (1)"/>
+    <s v="G"/>
+    <s v="Wholesale and retail trade; repair of motor vehicles and motorcycles (G)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="9391"/>
+  </r>
+  <r>
+    <s v="CD329"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="GB1"/>
+    <s v="United Kingdom (1)"/>
+    <s v="H"/>
+    <s v="Transportation and storage (H)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4404"/>
+  </r>
+  <r>
+    <s v="CD329"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="GB1"/>
+    <s v="United Kingdom (1)"/>
+    <s v="I"/>
+    <s v="Accommodation and food service activities (I)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2980"/>
+  </r>
+  <r>
+    <s v="CD329"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="GB1"/>
+    <s v="United Kingdom (1)"/>
+    <s v="J"/>
+    <s v="Information and communication (J)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4528"/>
+  </r>
+  <r>
+    <s v="CD329"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="GB1"/>
+    <s v="United Kingdom (1)"/>
+    <s v="K"/>
+    <s v="Financial and insurance activities (K)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3427"/>
+  </r>
+  <r>
+    <s v="CD329"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="GB1"/>
+    <s v="United Kingdom (1)"/>
+    <s v="L"/>
+    <s v="Real estate activities (L)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="303"/>
+  </r>
+  <r>
+    <s v="CD329"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="GB1"/>
+    <s v="United Kingdom (1)"/>
+    <s v="M"/>
+    <s v="Professional, scientific and technical activities (M)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4294"/>
+  </r>
+  <r>
+    <s v="CD329"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="GB1"/>
+    <s v="United Kingdom (1)"/>
+    <s v="N"/>
+    <s v="Administrative and support service activities (N)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2650"/>
+  </r>
+  <r>
+    <s v="CD329"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="GB1"/>
+    <s v="United Kingdom (1)"/>
+    <s v="O"/>
+    <s v="Public administration and defence; compulsory social security (O)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3881"/>
+  </r>
+  <r>
+    <s v="CD329"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="GB1"/>
+    <s v="United Kingdom (1)"/>
+    <s v="P"/>
+    <s v="Education (P)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3973"/>
+  </r>
+  <r>
+    <s v="CD329"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="GB1"/>
+    <s v="United Kingdom (1)"/>
+    <s v="Q"/>
+    <s v="Human health and social work activities (Q)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3706"/>
+  </r>
+  <r>
+    <s v="CD329"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="GB1"/>
+    <s v="United Kingdom (1)"/>
+    <s v="R"/>
+    <s v="Arts, entertainment and recreation (R)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1708"/>
+  </r>
+  <r>
+    <s v="CD329"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="GB1"/>
+    <s v="United Kingdom (1)"/>
+    <s v="S"/>
+    <s v="Other service activities (S)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1070"/>
+  </r>
+  <r>
+    <s v="CD329"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="GB1"/>
+    <s v="United Kingdom (1)"/>
+    <s v="T"/>
+    <s v="Activities of households as employers producing activities of households for own use (T)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="14"/>
+  </r>
+  <r>
+    <s v="CD329"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="GB1"/>
+    <s v="United Kingdom (1)"/>
+    <s v="U"/>
+    <s v="Activities of extraterritorial organisations and bodies (U)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="16"/>
+  </r>
+  <r>
+    <s v="CD329"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="GB1"/>
+    <s v="United Kingdom (1)"/>
+    <s v="ZXD210"/>
+    <s v="Industry not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2919"/>
+  </r>
+  <r>
+    <s v="CD329"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="GB1"/>
+    <s v="United Kingdom (1)"/>
+    <s v="ZXD220"/>
+    <s v="Total at work"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="68206"/>
+  </r>
+  <r>
+    <s v="CD329"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="GB1"/>
+    <s v="United Kingdom (1)"/>
+    <s v="ZXD230"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1202"/>
+  </r>
+  <r>
+    <s v="CD329"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="GB1"/>
+    <s v="United Kingdom (1)"/>
+    <s v="ZXD240"/>
+    <s v="Unemployed, having lost or given up previous job"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="22141"/>
+  </r>
+  <r>
+    <s v="CD329"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="GB1"/>
+    <s v="United Kingdom (1)"/>
+    <s v="ZXD250"/>
+    <s v="Total in labour force"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="91549"/>
+  </r>
+  <r>
+    <s v="CD329"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="LT"/>
+    <s v="Lithuania"/>
+    <s v="A"/>
+    <s v="Agriculture, forestry and fishing (A)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="403"/>
+  </r>
+  <r>
+    <s v="CD329"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="LT"/>
+    <s v="Lithuania"/>
+    <s v="B"/>
+    <s v="Mining and quarrying (B)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="28"/>
+  </r>
+  <r>
+    <s v="CD329"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="LT"/>
+    <s v="Lithuania"/>
+    <s v="C"/>
+    <s v="Manufacturing (C)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1919"/>
+  </r>
+  <r>
+    <s v="CD329"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="LT"/>
+    <s v="Lithuania"/>
+    <s v="D"/>
+    <s v="Electricity, gas, steam and air conditioning supply (D)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="6"/>
+  </r>
+  <r>
+    <s v="CD329"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="LT"/>
+    <s v="Lithuania"/>
+    <s v="E"/>
+    <s v="Water supply; sewerage, waste management and remediation activities (E)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="309"/>
+  </r>
+  <r>
+    <s v="CD329"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="LT"/>
+    <s v="Lithuania"/>
+    <s v="F"/>
+    <s v="Construction (F)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="880"/>
+  </r>
+  <r>
+    <s v="CD329"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="LT"/>
+    <s v="Lithuania"/>
+    <s v="G"/>
+    <s v="Wholesale and retail trade; repair of motor vehicles and motorcycles (G)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2233"/>
+  </r>
+  <r>
+    <s v="CD329"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="LT"/>
+    <s v="Lithuania"/>
+    <s v="H"/>
+    <s v="Transportation and storage (H)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="582"/>
+  </r>
+  <r>
+    <s v="CD329"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="LT"/>
+    <s v="Lithuania"/>
+    <s v="I"/>
+    <s v="Accommodation and food service activities (I)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="748"/>
+  </r>
+  <r>
+    <s v="CD329"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="LT"/>
+    <s v="Lithuania"/>
+    <s v="J"/>
+    <s v="Information and communication (J)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="131"/>
+  </r>
+  <r>
+    <s v="CD329"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="LT"/>
+    <s v="Lithuania"/>
+    <s v="K"/>
+    <s v="Financial and insurance activities (K)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="35"/>
+  </r>
+  <r>
+    <s v="CD329"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="LT"/>
+    <s v="Lithuania"/>
+    <s v="L"/>
+    <s v="Real estate activities (L)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="18"/>
+  </r>
+  <r>
+    <s v="CD329"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="LT"/>
+    <s v="Lithuania"/>
+    <s v="M"/>
+    <s v="Professional, scientific and technical activities (M)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="111"/>
+  </r>
+  <r>
+    <s v="CD329"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="LT"/>
+    <s v="Lithuania"/>
+    <s v="N"/>
+    <s v="Administrative and support service activities (N)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="669"/>
+  </r>
+  <r>
+    <s v="CD329"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="LT"/>
+    <s v="Lithuania"/>
+    <s v="O"/>
+    <s v="Public administration and defence; compulsory social security (O)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="46"/>
+  </r>
+  <r>
+    <s v="CD329"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="LT"/>
+    <s v="Lithuania"/>
+    <s v="P"/>
+    <s v="Education (P)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="44"/>
+  </r>
+  <r>
+    <s v="CD329"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="LT"/>
+    <s v="Lithuania"/>
+    <s v="Q"/>
+    <s v="Human health and social work activities (Q)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="86"/>
+  </r>
+  <r>
+    <s v="CD329"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="LT"/>
+    <s v="Lithuania"/>
+    <s v="R"/>
+    <s v="Arts, entertainment and recreation (R)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="42"/>
+  </r>
+  <r>
+    <s v="CD329"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="LT"/>
+    <s v="Lithuania"/>
+    <s v="S"/>
+    <s v="Other service activities (S)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="89"/>
+  </r>
+  <r>
+    <s v="CD329"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="LT"/>
+    <s v="Lithuania"/>
+    <s v="T"/>
+    <s v="Activities of households as employers producing activities of households for own use (T)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="CD329"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="LT"/>
+    <s v="Lithuania"/>
+    <s v="U"/>
+    <s v="Activities of extraterritorial organisations and bodies (U)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="CD329"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="LT"/>
+    <s v="Lithuania"/>
+    <s v="ZXD210"/>
+    <s v="Industry not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="985"/>
+  </r>
+  <r>
+    <s v="CD329"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="LT"/>
+    <s v="Lithuania"/>
+    <s v="ZXD220"/>
+    <s v="Total at work"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="9368"/>
+  </r>
+  <r>
+    <s v="CD329"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="LT"/>
+    <s v="Lithuania"/>
+    <s v="ZXD230"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="352"/>
+  </r>
+  <r>
+    <s v="CD329"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="LT"/>
+    <s v="Lithuania"/>
+    <s v="ZXD240"/>
+    <s v="Unemployed, having lost or given up previous job"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3172"/>
+  </r>
+  <r>
+    <s v="CD329"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="LT"/>
+    <s v="Lithuania"/>
+    <s v="ZXD250"/>
+    <s v="Total in labour force"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="12892"/>
+  </r>
+  <r>
+    <s v="CD329"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="PL"/>
+    <s v="Poland"/>
+    <s v="A"/>
+    <s v="Agriculture, forestry and fishing (A)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="801"/>
+  </r>
+  <r>
+    <s v="CD329"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="PL"/>
+    <s v="Poland"/>
+    <s v="B"/>
+    <s v="Mining and quarrying (B)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="77"/>
+  </r>
+  <r>
+    <s v="CD329"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="PL"/>
+    <s v="Poland"/>
+    <s v="C"/>
+    <s v="Manufacturing (C)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="8787"/>
+  </r>
+  <r>
+    <s v="CD329"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="PL"/>
+    <s v="Poland"/>
+    <s v="D"/>
+    <s v="Electricity, gas, steam and air conditioning supply (D)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="69"/>
+  </r>
+  <r>
+    <s v="CD329"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="PL"/>
+    <s v="Poland"/>
+    <s v="E"/>
+    <s v="Water supply; sewerage, waste management and remediation activities (E)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="672"/>
+  </r>
+  <r>
+    <s v="CD329"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="PL"/>
+    <s v="Poland"/>
+    <s v="F"/>
+    <s v="Construction (F)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2810"/>
+  </r>
+  <r>
+    <s v="CD329"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="PL"/>
+    <s v="Poland"/>
+    <s v="G"/>
+    <s v="Wholesale and retail trade; repair of motor vehicles and motorcycles (G)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="8895"/>
+  </r>
+  <r>
+    <s v="CD329"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="PL"/>
+    <s v="Poland"/>
+    <s v="H"/>
+    <s v="Transportation and storage (H)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2523"/>
+  </r>
+  <r>
+    <s v="CD329"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="PL"/>
+    <s v="Poland"/>
+    <s v="I"/>
+    <s v="Accommodation and food service activities (I)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4499"/>
+  </r>
+  <r>
+    <s v="CD329"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="PL"/>
+    <s v="Poland"/>
+    <s v="J"/>
+    <s v="Information and communication (J)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1042"/>
+  </r>
+  <r>
+    <s v="CD329"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="PL"/>
+    <s v="Poland"/>
+    <s v="K"/>
+    <s v="Financial and insurance activities (K)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="514"/>
+  </r>
+  <r>
+    <s v="CD329"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="PL"/>
+    <s v="Poland"/>
+    <s v="L"/>
+    <s v="Real estate activities (L)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="79"/>
+  </r>
+  <r>
+    <s v="CD329"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="PL"/>
+    <s v="Poland"/>
+    <s v="M"/>
+    <s v="Professional, scientific and technical activities (M)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="768"/>
+  </r>
+  <r>
+    <s v="CD329"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="PL"/>
+    <s v="Poland"/>
+    <s v="N"/>
+    <s v="Administrative and support service activities (N)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2564"/>
+  </r>
+  <r>
+    <s v="CD329"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="PL"/>
+    <s v="Poland"/>
+    <s v="O"/>
+    <s v="Public administration and defence; compulsory social security (O)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="116"/>
+  </r>
+  <r>
+    <s v="CD329"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="PL"/>
+    <s v="Poland"/>
+    <s v="P"/>
+    <s v="Education (P)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="224"/>
+  </r>
+  <r>
+    <s v="CD329"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="PL"/>
+    <s v="Poland"/>
+    <s v="Q"/>
+    <s v="Human health and social work activities (Q)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="601"/>
+  </r>
+  <r>
+    <s v="CD329"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="PL"/>
+    <s v="Poland"/>
+    <s v="R"/>
+    <s v="Arts, entertainment and recreation (R)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="354"/>
+  </r>
+  <r>
+    <s v="CD329"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="PL"/>
+    <s v="Poland"/>
+    <s v="S"/>
+    <s v="Other service activities (S)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="435"/>
+  </r>
+  <r>
+    <s v="CD329"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="PL"/>
+    <s v="Poland"/>
+    <s v="T"/>
+    <s v="Activities of households as employers producing activities of households for own use (T)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5"/>
+  </r>
+  <r>
+    <s v="CD329"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="PL"/>
+    <s v="Poland"/>
+    <s v="U"/>
+    <s v="Activities of extraterritorial organisations and bodies (U)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="11"/>
+  </r>
+  <r>
+    <s v="CD329"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="PL"/>
+    <s v="Poland"/>
+    <s v="ZXD210"/>
+    <s v="Industry not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2261"/>
+  </r>
+  <r>
+    <s v="CD329"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="PL"/>
+    <s v="Poland"/>
+    <s v="ZXD220"/>
+    <s v="Total at work"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="38107"/>
+  </r>
+  <r>
+    <s v="CD329"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="PL"/>
+    <s v="Poland"/>
+    <s v="ZXD230"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="568"/>
+  </r>
+  <r>
+    <s v="CD329"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="PL"/>
+    <s v="Poland"/>
+    <s v="ZXD240"/>
+    <s v="Unemployed, having lost or given up previous job"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="10272"/>
+  </r>
+  <r>
+    <s v="CD329"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="PL"/>
+    <s v="Poland"/>
+    <s v="ZXD250"/>
+    <s v="Total in labour force"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="48947"/>
+  </r>
+  <r>
+    <s v="CD329"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZZEURN"/>
+    <s v="Other Europe (4)"/>
+    <s v="A"/>
+    <s v="Agriculture, forestry and fishing (A)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="214"/>
+  </r>
+  <r>
+    <s v="CD329"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZZEURN"/>
+    <s v="Other Europe (4)"/>
+    <s v="B"/>
+    <s v="Mining and quarrying (B)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="17"/>
+  </r>
+  <r>
+    <s v="CD329"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZZEURN"/>
+    <s v="Other Europe (4)"/>
+    <s v="C"/>
+    <s v="Manufacturing (C)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="914"/>
+  </r>
+  <r>
+    <s v="CD329"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZZEURN"/>
+    <s v="Other Europe (4)"/>
+    <s v="D"/>
+    <s v="Electricity, gas, steam and air conditioning supply (D)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="12"/>
+  </r>
+  <r>
+    <s v="CD329"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZZEURN"/>
+    <s v="Other Europe (4)"/>
+    <s v="E"/>
+    <s v="Water supply; sewerage, waste management and remediation activities (E)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="55"/>
+  </r>
+  <r>
+    <s v="CD329"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZZEURN"/>
+    <s v="Other Europe (4)"/>
+    <s v="F"/>
+    <s v="Construction (F)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="441"/>
+  </r>
+  <r>
+    <s v="CD329"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZZEURN"/>
+    <s v="Other Europe (4)"/>
+    <s v="G"/>
+    <s v="Wholesale and retail trade; repair of motor vehicles and motorcycles (G)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="792"/>
+  </r>
+  <r>
+    <s v="CD329"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZZEURN"/>
+    <s v="Other Europe (4)"/>
+    <s v="H"/>
+    <s v="Transportation and storage (H)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="292"/>
+  </r>
+  <r>
+    <s v="CD329"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZZEURN"/>
+    <s v="Other Europe (4)"/>
+    <s v="I"/>
+    <s v="Accommodation and food service activities (I)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="707"/>
+  </r>
+  <r>
+    <s v="CD329"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZZEURN"/>
+    <s v="Other Europe (4)"/>
+    <s v="J"/>
+    <s v="Information and communication (J)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="468"/>
+  </r>
+  <r>
+    <s v="CD329"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZZEURN"/>
+    <s v="Other Europe (4)"/>
+    <s v="K"/>
+    <s v="Financial and insurance activities (K)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="123"/>
+  </r>
+  <r>
+    <s v="CD329"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZZEURN"/>
+    <s v="Other Europe (4)"/>
+    <s v="L"/>
+    <s v="Real estate activities (L)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="18"/>
+  </r>
+  <r>
+    <s v="CD329"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZZEURN"/>
+    <s v="Other Europe (4)"/>
+    <s v="M"/>
+    <s v="Professional, scientific and technical activities (M)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="132"/>
+  </r>
+  <r>
+    <s v="CD329"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZZEURN"/>
+    <s v="Other Europe (4)"/>
+    <s v="N"/>
+    <s v="Administrative and support service activities (N)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="283"/>
+  </r>
+  <r>
+    <s v="CD329"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZZEURN"/>
+    <s v="Other Europe (4)"/>
+    <s v="O"/>
+    <s v="Public administration and defence; compulsory social security (O)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="37"/>
+  </r>
+  <r>
+    <s v="CD329"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZZEURN"/>
+    <s v="Other Europe (4)"/>
+    <s v="P"/>
+    <s v="Education (P)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="145"/>
+  </r>
+  <r>
+    <s v="CD329"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZZEURN"/>
+    <s v="Other Europe (4)"/>
+    <s v="Q"/>
+    <s v="Human health and social work activities (Q)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="116"/>
+  </r>
+  <r>
+    <s v="CD329"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZZEURN"/>
+    <s v="Other Europe (4)"/>
+    <s v="R"/>
+    <s v="Arts, entertainment and recreation (R)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="87"/>
+  </r>
+  <r>
+    <s v="CD329"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZZEURN"/>
+    <s v="Other Europe (4)"/>
+    <s v="S"/>
+    <s v="Other service activities (S)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="101"/>
+  </r>
+  <r>
+    <s v="CD329"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZZEURN"/>
+    <s v="Other Europe (4)"/>
+    <s v="T"/>
+    <s v="Activities of households as employers producing activities of households for own use (T)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="CD329"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZZEURN"/>
+    <s v="Other Europe (4)"/>
+    <s v="U"/>
+    <s v="Activities of extraterritorial organisations and bodies (U)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="23"/>
+  </r>
+  <r>
+    <s v="CD329"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZZEURN"/>
+    <s v="Other Europe (4)"/>
+    <s v="ZXD210"/>
+    <s v="Industry not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="481"/>
+  </r>
+  <r>
+    <s v="CD329"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZZEURN"/>
+    <s v="Other Europe (4)"/>
+    <s v="ZXD220"/>
+    <s v="Total at work"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5459"/>
+  </r>
+  <r>
+    <s v="CD329"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZZEURN"/>
+    <s v="Other Europe (4)"/>
+    <s v="ZXD230"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="212"/>
+  </r>
+  <r>
+    <s v="CD329"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZZEURN"/>
+    <s v="Other Europe (4)"/>
+    <s v="ZXD240"/>
+    <s v="Unemployed, having lost or given up previous job"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1794"/>
+  </r>
+  <r>
+    <s v="CD329"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZZEURN"/>
+    <s v="Other Europe (4)"/>
+    <s v="ZXD250"/>
+    <s v="Total in labour force"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="7465"/>
+  </r>
+  <r>
+    <s v="CD329"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZZEUBQ7"/>
+    <s v="Other EU27 (5)"/>
+    <s v="A"/>
+    <s v="Agriculture, forestry and fishing (A)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="900"/>
+  </r>
+  <r>
+    <s v="CD329"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZZEUBQ7"/>
+    <s v="Other EU27 (5)"/>
+    <s v="B"/>
+    <s v="Mining and quarrying (B)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="43"/>
+  </r>
+  <r>
+    <s v="CD329"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZZEUBQ7"/>
+    <s v="Other EU27 (5)"/>
+    <s v="C"/>
+    <s v="Manufacturing (C)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5469"/>
+  </r>
+  <r>
+    <s v="CD329"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZZEUBQ7"/>
+    <s v="Other EU27 (5)"/>
+    <s v="D"/>
+    <s v="Electricity, gas, steam and air conditioning supply (D)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="116"/>
+  </r>
+  <r>
+    <s v="CD329"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZZEUBQ7"/>
+    <s v="Other EU27 (5)"/>
+    <s v="E"/>
+    <s v="Water supply; sewerage, waste management and remediation activities (E)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="443"/>
+  </r>
+  <r>
+    <s v="CD329"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZZEUBQ7"/>
+    <s v="Other EU27 (5)"/>
+    <s v="F"/>
+    <s v="Construction (F)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2056"/>
+  </r>
+  <r>
+    <s v="CD329"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZZEUBQ7"/>
+    <s v="Other EU27 (5)"/>
+    <s v="G"/>
+    <s v="Wholesale and retail trade; repair of motor vehicles and motorcycles (G)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4913"/>
+  </r>
+  <r>
+    <s v="CD329"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZZEUBQ7"/>
+    <s v="Other EU27 (5)"/>
+    <s v="H"/>
+    <s v="Transportation and storage (H)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1680"/>
+  </r>
+  <r>
+    <s v="CD329"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZZEUBQ7"/>
+    <s v="Other EU27 (5)"/>
+    <s v="I"/>
+    <s v="Accommodation and food service activities (I)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5634"/>
+  </r>
+  <r>
+    <s v="CD329"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZZEUBQ7"/>
+    <s v="Other EU27 (5)"/>
+    <s v="J"/>
+    <s v="Information and communication (J)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3702"/>
+  </r>
+  <r>
+    <s v="CD329"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZZEUBQ7"/>
+    <s v="Other EU27 (5)"/>
+    <s v="K"/>
+    <s v="Financial and insurance activities (K)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1470"/>
+  </r>
+  <r>
+    <s v="CD329"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZZEUBQ7"/>
+    <s v="Other EU27 (5)"/>
+    <s v="L"/>
+    <s v="Real estate activities (L)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="79"/>
+  </r>
+  <r>
+    <s v="CD329"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZZEUBQ7"/>
+    <s v="Other EU27 (5)"/>
+    <s v="M"/>
+    <s v="Professional, scientific and technical activities (M)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1167"/>
+  </r>
+  <r>
+    <s v="CD329"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZZEUBQ7"/>
+    <s v="Other EU27 (5)"/>
+    <s v="N"/>
+    <s v="Administrative and support service activities (N)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2170"/>
+  </r>
+  <r>
+    <s v="CD329"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZZEUBQ7"/>
+    <s v="Other EU27 (5)"/>
+    <s v="O"/>
+    <s v="Public administration and defence; compulsory social security (O)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="258"/>
+  </r>
+  <r>
+    <s v="CD329"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZZEUBQ7"/>
+    <s v="Other EU27 (5)"/>
+    <s v="P"/>
+    <s v="Education (P)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="953"/>
+  </r>
+  <r>
+    <s v="CD329"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZZEUBQ7"/>
+    <s v="Other EU27 (5)"/>
+    <s v="Q"/>
+    <s v="Human health and social work activities (Q)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="761"/>
+  </r>
+  <r>
+    <s v="CD329"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZZEUBQ7"/>
+    <s v="Other EU27 (5)"/>
+    <s v="R"/>
+    <s v="Arts, entertainment and recreation (R)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="510"/>
+  </r>
+  <r>
+    <s v="CD329"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZZEUBQ7"/>
+    <s v="Other EU27 (5)"/>
+    <s v="S"/>
+    <s v="Other service activities (S)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="298"/>
+  </r>
+  <r>
+    <s v="CD329"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZZEUBQ7"/>
+    <s v="Other EU27 (5)"/>
+    <s v="T"/>
+    <s v="Activities of households as employers producing activities of households for own use (T)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="8"/>
+  </r>
+  <r>
+    <s v="CD329"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZZEUBQ7"/>
+    <s v="Other EU27 (5)"/>
+    <s v="U"/>
+    <s v="Activities of extraterritorial organisations and bodies (U)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="59"/>
+  </r>
+  <r>
+    <s v="CD329"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZZEUBQ7"/>
+    <s v="Other EU27 (5)"/>
+    <s v="ZXD210"/>
+    <s v="Industry not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2496"/>
+  </r>
+  <r>
+    <s v="CD329"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZZEUBQ7"/>
+    <s v="Other EU27 (5)"/>
+    <s v="ZXD220"/>
+    <s v="Total at work"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="35185"/>
+  </r>
+  <r>
+    <s v="CD329"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZZEUBQ7"/>
+    <s v="Other EU27 (5)"/>
+    <s v="ZXD230"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="960"/>
+  </r>
+  <r>
+    <s v="CD329"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZZEUBQ7"/>
+    <s v="Other EU27 (5)"/>
+    <s v="ZXD240"/>
+    <s v="Unemployed, having lost or given up previous job"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="7590"/>
+  </r>
+  <r>
+    <s v="CD329"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZZEUBQ7"/>
+    <s v="Other EU27 (5)"/>
+    <s v="ZXD250"/>
+    <s v="Total in labour force"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="43735"/>
+  </r>
+  <r>
+    <s v="CD329"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZZAA1"/>
+    <s v="Africa (2)"/>
+    <s v="A"/>
+    <s v="Agriculture, forestry and fishing (A)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="96"/>
+  </r>
+  <r>
+    <s v="CD329"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZZAA1"/>
+    <s v="Africa (2)"/>
+    <s v="B"/>
+    <s v="Mining and quarrying (B)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="16"/>
+  </r>
+  <r>
+    <s v="CD329"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZZAA1"/>
+    <s v="Africa (2)"/>
+    <s v="C"/>
+    <s v="Manufacturing (C)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="993"/>
+  </r>
+  <r>
+    <s v="CD329"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZZAA1"/>
+    <s v="Africa (2)"/>
+    <s v="D"/>
+    <s v="Electricity, gas, steam and air conditioning supply (D)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="45"/>
+  </r>
+  <r>
+    <s v="CD329"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZZAA1"/>
+    <s v="Africa (2)"/>
+    <s v="E"/>
+    <s v="Water supply; sewerage, waste management and remediation activities (E)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="30"/>
+  </r>
+  <r>
+    <s v="CD329"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZZAA1"/>
+    <s v="Africa (2)"/>
+    <s v="F"/>
+    <s v="Construction (F)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="243"/>
+  </r>
+  <r>
+    <s v="CD329"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZZAA1"/>
+    <s v="Africa (2)"/>
+    <s v="G"/>
+    <s v="Wholesale and retail trade; repair of motor vehicles and motorcycles (G)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1398"/>
+  </r>
+  <r>
+    <s v="CD329"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZZAA1"/>
+    <s v="Africa (2)"/>
+    <s v="H"/>
+    <s v="Transportation and storage (H)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1386"/>
+  </r>
+  <r>
+    <s v="CD329"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZZAA1"/>
+    <s v="Africa (2)"/>
+    <s v="I"/>
+    <s v="Accommodation and food service activities (I)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1134"/>
+  </r>
+  <r>
+    <s v="CD329"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZZAA1"/>
+    <s v="Africa (2)"/>
+    <s v="J"/>
+    <s v="Information and communication (J)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="685"/>
+  </r>
+  <r>
+    <s v="CD329"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZZAA1"/>
+    <s v="Africa (2)"/>
+    <s v="K"/>
+    <s v="Financial and insurance activities (K)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="392"/>
+  </r>
+  <r>
+    <s v="CD329"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZZAA1"/>
+    <s v="Africa (2)"/>
+    <s v="L"/>
+    <s v="Real estate activities (L)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="40"/>
+  </r>
+  <r>
+    <s v="CD329"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZZAA1"/>
+    <s v="Africa (2)"/>
+    <s v="M"/>
+    <s v="Professional, scientific and technical activities (M)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="475"/>
+  </r>
+  <r>
+    <s v="CD329"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZZAA1"/>
+    <s v="Africa (2)"/>
+    <s v="N"/>
+    <s v="Administrative and support service activities (N)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="783"/>
+  </r>
+  <r>
+    <s v="CD329"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZZAA1"/>
+    <s v="Africa (2)"/>
+    <s v="O"/>
+    <s v="Public administration and defence; compulsory social security (O)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="256"/>
+  </r>
+  <r>
+    <s v="CD329"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZZAA1"/>
+    <s v="Africa (2)"/>
+    <s v="P"/>
+    <s v="Education (P)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="375"/>
+  </r>
+  <r>
+    <s v="CD329"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZZAA1"/>
+    <s v="Africa (2)"/>
+    <s v="Q"/>
+    <s v="Human health and social work activities (Q)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1553"/>
+  </r>
+  <r>
+    <s v="CD329"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZZAA1"/>
+    <s v="Africa (2)"/>
+    <s v="R"/>
+    <s v="Arts, entertainment and recreation (R)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="164"/>
+  </r>
+  <r>
+    <s v="CD329"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZZAA1"/>
+    <s v="Africa (2)"/>
+    <s v="S"/>
+    <s v="Other service activities (S)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="212"/>
+  </r>
+  <r>
+    <s v="CD329"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZZAA1"/>
+    <s v="Africa (2)"/>
+    <s v="T"/>
+    <s v="Activities of households as employers producing activities of households for own use (T)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3"/>
+  </r>
+  <r>
+    <s v="CD329"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZZAA1"/>
+    <s v="Africa (2)"/>
+    <s v="U"/>
+    <s v="Activities of extraterritorial organisations and bodies (U)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="34"/>
+  </r>
+  <r>
+    <s v="CD329"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZZAA1"/>
+    <s v="Africa (2)"/>
+    <s v="ZXD210"/>
+    <s v="Industry not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1161"/>
+  </r>
+  <r>
+    <s v="CD329"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZZAA1"/>
+    <s v="Africa (2)"/>
+    <s v="ZXD220"/>
+    <s v="Total at work"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="11474"/>
+  </r>
+  <r>
+    <s v="CD329"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZZAA1"/>
+    <s v="Africa (2)"/>
+    <s v="ZXD230"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="817"/>
+  </r>
+  <r>
+    <s v="CD329"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZZAA1"/>
+    <s v="Africa (2)"/>
+    <s v="ZXD240"/>
+    <s v="Unemployed, having lost or given up previous job"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4622"/>
+  </r>
+  <r>
+    <s v="CD329"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZZAA1"/>
+    <s v="Africa (2)"/>
+    <s v="ZXD250"/>
+    <s v="Total in labour force"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="16913"/>
+  </r>
+  <r>
+    <s v="CD329"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZZABB"/>
+    <s v="Asia (2)"/>
+    <s v="A"/>
+    <s v="Agriculture, forestry and fishing (A)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="131"/>
+  </r>
+  <r>
+    <s v="CD329"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZZABB"/>
+    <s v="Asia (2)"/>
+    <s v="B"/>
+    <s v="Mining and quarrying (B)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="33"/>
+  </r>
+  <r>
+    <s v="CD329"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZZABB"/>
+    <s v="Asia (2)"/>
+    <s v="C"/>
+    <s v="Manufacturing (C)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1508"/>
+  </r>
+  <r>
+    <s v="CD329"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZZABB"/>
+    <s v="Asia (2)"/>
+    <s v="D"/>
+    <s v="Electricity, gas, steam and air conditioning supply (D)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="39"/>
+  </r>
+  <r>
+    <s v="CD329"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZZABB"/>
+    <s v="Asia (2)"/>
+    <s v="E"/>
+    <s v="Water supply; sewerage, waste management and remediation activities (E)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="40"/>
+  </r>
+  <r>
+    <s v="CD329"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZZABB"/>
+    <s v="Asia (2)"/>
+    <s v="F"/>
+    <s v="Construction (F)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="247"/>
+  </r>
+  <r>
+    <s v="CD329"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZZABB"/>
+    <s v="Asia (2)"/>
+    <s v="G"/>
+    <s v="Wholesale and retail trade; repair of motor vehicles and motorcycles (G)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2447"/>
+  </r>
+  <r>
+    <s v="CD329"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZZABB"/>
+    <s v="Asia (2)"/>
+    <s v="H"/>
+    <s v="Transportation and storage (H)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="563"/>
+  </r>
+  <r>
+    <s v="CD329"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZZABB"/>
+    <s v="Asia (2)"/>
+    <s v="I"/>
+    <s v="Accommodation and food service activities (I)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5275"/>
+  </r>
+  <r>
+    <s v="CD329"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZZABB"/>
+    <s v="Asia (2)"/>
+    <s v="J"/>
+    <s v="Information and communication (J)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1201"/>
+  </r>
+  <r>
+    <s v="CD329"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZZABB"/>
+    <s v="Asia (2)"/>
+    <s v="K"/>
+    <s v="Financial and insurance activities (K)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="489"/>
+  </r>
+  <r>
+    <s v="CD329"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZZABB"/>
+    <s v="Asia (2)"/>
+    <s v="L"/>
+    <s v="Real estate activities (L)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="32"/>
+  </r>
+  <r>
+    <s v="CD329"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZZABB"/>
+    <s v="Asia (2)"/>
+    <s v="M"/>
+    <s v="Professional, scientific and technical activities (M)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="573"/>
+  </r>
+  <r>
+    <s v="CD329"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZZABB"/>
+    <s v="Asia (2)"/>
+    <s v="N"/>
+    <s v="Administrative and support service activities (N)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="875"/>
+  </r>
+  <r>
+    <s v="CD329"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZZABB"/>
+    <s v="Asia (2)"/>
+    <s v="O"/>
+    <s v="Public administration and defence; compulsory social security (O)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="225"/>
+  </r>
+  <r>
+    <s v="CD329"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZZABB"/>
+    <s v="Asia (2)"/>
+    <s v="P"/>
+    <s v="Education (P)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="656"/>
+  </r>
+  <r>
+    <s v="CD329"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZZABB"/>
+    <s v="Asia (2)"/>
+    <s v="Q"/>
+    <s v="Human health and social work activities (Q)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3646"/>
+  </r>
+  <r>
+    <s v="CD329"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZZABB"/>
+    <s v="Asia (2)"/>
+    <s v="R"/>
+    <s v="Arts, entertainment and recreation (R)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="154"/>
+  </r>
+  <r>
+    <s v="CD329"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZZABB"/>
+    <s v="Asia (2)"/>
+    <s v="S"/>
+    <s v="Other service activities (S)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="214"/>
+  </r>
+  <r>
+    <s v="CD329"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZZABB"/>
+    <s v="Asia (2)"/>
+    <s v="T"/>
+    <s v="Activities of households as employers producing activities of households for own use (T)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="7"/>
+  </r>
+  <r>
+    <s v="CD329"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZZABB"/>
+    <s v="Asia (2)"/>
+    <s v="U"/>
+    <s v="Activities of extraterritorial organisations and bodies (U)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="63"/>
+  </r>
+  <r>
+    <s v="CD329"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZZABB"/>
+    <s v="Asia (2)"/>
+    <s v="ZXD210"/>
+    <s v="Industry not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1500"/>
+  </r>
+  <r>
+    <s v="CD329"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZZABB"/>
+    <s v="Asia (2)"/>
+    <s v="ZXD220"/>
+    <s v="Total at work"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="19918"/>
+  </r>
+  <r>
+    <s v="CD329"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZZABB"/>
+    <s v="Asia (2)"/>
+    <s v="ZXD230"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="734"/>
+  </r>
+  <r>
+    <s v="CD329"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZZABB"/>
+    <s v="Asia (2)"/>
+    <s v="ZXD240"/>
+    <s v="Unemployed, having lost or given up previous job"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4532"/>
+  </r>
+  <r>
+    <s v="CD329"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZZABB"/>
+    <s v="Asia (2)"/>
+    <s v="ZXD250"/>
+    <s v="Total in labour force"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="25184"/>
+  </r>
+  <r>
+    <s v="CD329"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZZAZAB"/>
+    <s v="America (2)"/>
+    <s v="A"/>
+    <s v="Agriculture, forestry and fishing (A)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="304"/>
+  </r>
+  <r>
+    <s v="CD329"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZZAZAB"/>
+    <s v="America (2)"/>
+    <s v="B"/>
+    <s v="Mining and quarrying (B)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="27"/>
+  </r>
+  <r>
+    <s v="CD329"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZZAZAB"/>
+    <s v="America (2)"/>
+    <s v="C"/>
+    <s v="Manufacturing (C)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1365"/>
+  </r>
+  <r>
+    <s v="CD329"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZZAZAB"/>
+    <s v="America (2)"/>
+    <s v="D"/>
+    <s v="Electricity, gas, steam and air conditioning supply (D)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="54"/>
+  </r>
+  <r>
+    <s v="CD329"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZZAZAB"/>
+    <s v="America (2)"/>
+    <s v="E"/>
+    <s v="Water supply; sewerage, waste management and remediation activities (E)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="41"/>
+  </r>
+  <r>
+    <s v="CD329"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZZAZAB"/>
+    <s v="America (2)"/>
+    <s v="F"/>
+    <s v="Construction (F)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="459"/>
+  </r>
+  <r>
+    <s v="CD329"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZZAZAB"/>
+    <s v="America (2)"/>
+    <s v="G"/>
+    <s v="Wholesale and retail trade; repair of motor vehicles and motorcycles (G)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1053"/>
+  </r>
+  <r>
+    <s v="CD329"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZZAZAB"/>
+    <s v="America (2)"/>
+    <s v="H"/>
+    <s v="Transportation and storage (H)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="258"/>
+  </r>
+  <r>
+    <s v="CD329"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZZAZAB"/>
+    <s v="America (2)"/>
+    <s v="I"/>
+    <s v="Accommodation and food service activities (I)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="914"/>
+  </r>
+  <r>
+    <s v="CD329"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZZAZAB"/>
+    <s v="America (2)"/>
+    <s v="J"/>
+    <s v="Information and communication (J)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="856"/>
+  </r>
+  <r>
+    <s v="CD329"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZZAZAB"/>
+    <s v="America (2)"/>
+    <s v="K"/>
+    <s v="Financial and insurance activities (K)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="488"/>
+  </r>
+  <r>
+    <s v="CD329"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZZAZAB"/>
+    <s v="America (2)"/>
+    <s v="L"/>
+    <s v="Real estate activities (L)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="38"/>
+  </r>
+  <r>
+    <s v="CD329"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZZAZAB"/>
+    <s v="America (2)"/>
+    <s v="M"/>
+    <s v="Professional, scientific and technical activities (M)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="535"/>
+  </r>
+  <r>
+    <s v="CD329"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZZAZAB"/>
+    <s v="America (2)"/>
+    <s v="N"/>
+    <s v="Administrative and support service activities (N)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="351"/>
+  </r>
+  <r>
+    <s v="CD329"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZZAZAB"/>
+    <s v="America (2)"/>
+    <s v="O"/>
+    <s v="Public administration and defence; compulsory social security (O)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="289"/>
+  </r>
+  <r>
+    <s v="CD329"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZZAZAB"/>
+    <s v="America (2)"/>
+    <s v="P"/>
+    <s v="Education (P)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="639"/>
+  </r>
+  <r>
+    <s v="CD329"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZZAZAB"/>
+    <s v="America (2)"/>
+    <s v="Q"/>
+    <s v="Human health and social work activities (Q)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="452"/>
+  </r>
+  <r>
+    <s v="CD329"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZZAZAB"/>
+    <s v="America (2)"/>
+    <s v="R"/>
+    <s v="Arts, entertainment and recreation (R)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="224"/>
+  </r>
+  <r>
+    <s v="CD329"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZZAZAB"/>
+    <s v="America (2)"/>
+    <s v="S"/>
+    <s v="Other service activities (S)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="175"/>
+  </r>
+  <r>
+    <s v="CD329"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZZAZAB"/>
+    <s v="America (2)"/>
+    <s v="T"/>
+    <s v="Activities of households as employers producing activities of households for own use (T)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3"/>
+  </r>
+  <r>
+    <s v="CD329"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZZAZAB"/>
+    <s v="America (2)"/>
+    <s v="U"/>
+    <s v="Activities of extraterritorial organisations and bodies (U)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="33"/>
+  </r>
+  <r>
+    <s v="CD329"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZZAZAB"/>
+    <s v="America (2)"/>
+    <s v="ZXD210"/>
+    <s v="Industry not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="692"/>
+  </r>
+  <r>
+    <s v="CD329"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZZAZAB"/>
+    <s v="America (2)"/>
+    <s v="ZXD220"/>
+    <s v="Total at work"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="9250"/>
+  </r>
+  <r>
+    <s v="CD329"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZZAZAB"/>
+    <s v="America (2)"/>
+    <s v="ZXD230"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="312"/>
+  </r>
+  <r>
+    <s v="CD329"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZZAZAB"/>
+    <s v="America (2)"/>
+    <s v="ZXD240"/>
+    <s v="Unemployed, having lost or given up previous job"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1680"/>
+  </r>
+  <r>
+    <s v="CD329"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZZAZAB"/>
+    <s v="America (2)"/>
+    <s v="ZXD250"/>
+    <s v="Total in labour force"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="11242"/>
+  </r>
+  <r>
+    <s v="CD329"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZZWORK"/>
+    <s v="Other countries (6)"/>
+    <s v="A"/>
+    <s v="Agriculture, forestry and fishing (A)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="41"/>
+  </r>
+  <r>
+    <s v="CD329"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZZWORK"/>
+    <s v="Other countries (6)"/>
+    <s v="B"/>
+    <s v="Mining and quarrying (B)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="14"/>
+  </r>
+  <r>
+    <s v="CD329"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZZWORK"/>
+    <s v="Other countries (6)"/>
+    <s v="C"/>
+    <s v="Manufacturing (C)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="225"/>
+  </r>
+  <r>
+    <s v="CD329"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZZWORK"/>
+    <s v="Other countries (6)"/>
+    <s v="D"/>
+    <s v="Electricity, gas, steam and air conditioning supply (D)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="32"/>
+  </r>
+  <r>
+    <s v="CD329"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZZWORK"/>
+    <s v="Other countries (6)"/>
+    <s v="E"/>
+    <s v="Water supply; sewerage, waste management and remediation activities (E)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="6"/>
+  </r>
+  <r>
+    <s v="CD329"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZZWORK"/>
+    <s v="Other countries (6)"/>
+    <s v="F"/>
+    <s v="Construction (F)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="157"/>
+  </r>
+  <r>
+    <s v="CD329"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZZWORK"/>
+    <s v="Other countries (6)"/>
+    <s v="G"/>
+    <s v="Wholesale and retail trade; repair of motor vehicles and motorcycles (G)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="271"/>
+  </r>
+  <r>
+    <s v="CD329"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZZWORK"/>
+    <s v="Other countries (6)"/>
+    <s v="H"/>
+    <s v="Transportation and storage (H)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="83"/>
+  </r>
+  <r>
+    <s v="CD329"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZZWORK"/>
+    <s v="Other countries (6)"/>
+    <s v="I"/>
+    <s v="Accommodation and food service activities (I)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="169"/>
+  </r>
+  <r>
+    <s v="CD329"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZZWORK"/>
+    <s v="Other countries (6)"/>
+    <s v="J"/>
+    <s v="Information and communication (J)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="218"/>
+  </r>
+  <r>
+    <s v="CD329"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZZWORK"/>
+    <s v="Other countries (6)"/>
+    <s v="K"/>
+    <s v="Financial and insurance activities (K)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="155"/>
+  </r>
+  <r>
+    <s v="CD329"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZZWORK"/>
+    <s v="Other countries (6)"/>
+    <s v="L"/>
+    <s v="Real estate activities (L)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="9"/>
+  </r>
+  <r>
+    <s v="CD329"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZZWORK"/>
+    <s v="Other countries (6)"/>
+    <s v="M"/>
+    <s v="Professional, scientific and technical activities (M)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="188"/>
+  </r>
+  <r>
+    <s v="CD329"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZZWORK"/>
+    <s v="Other countries (6)"/>
+    <s v="N"/>
+    <s v="Administrative and support service activities (N)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="107"/>
+  </r>
+  <r>
+    <s v="CD329"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZZWORK"/>
+    <s v="Other countries (6)"/>
+    <s v="O"/>
+    <s v="Public administration and defence; compulsory social security (O)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="83"/>
+  </r>
+  <r>
+    <s v="CD329"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZZWORK"/>
+    <s v="Other countries (6)"/>
+    <s v="P"/>
+    <s v="Education (P)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="119"/>
+  </r>
+  <r>
+    <s v="CD329"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZZWORK"/>
+    <s v="Other countries (6)"/>
+    <s v="Q"/>
+    <s v="Human health and social work activities (Q)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="135"/>
+  </r>
+  <r>
+    <s v="CD329"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZZWORK"/>
+    <s v="Other countries (6)"/>
+    <s v="R"/>
+    <s v="Arts, entertainment and recreation (R)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="107"/>
+  </r>
+  <r>
+    <s v="CD329"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZZWORK"/>
+    <s v="Other countries (6)"/>
+    <s v="S"/>
+    <s v="Other service activities (S)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="27"/>
+  </r>
+  <r>
+    <s v="CD329"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZZWORK"/>
+    <s v="Other countries (6)"/>
+    <s v="T"/>
+    <s v="Activities of households as employers producing activities of households for own use (T)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="CD329"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZZWORK"/>
+    <s v="Other countries (6)"/>
+    <s v="U"/>
+    <s v="Activities of extraterritorial organisations and bodies (U)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3"/>
+  </r>
+  <r>
+    <s v="CD329"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZZWORK"/>
+    <s v="Other countries (6)"/>
+    <s v="ZXD210"/>
+    <s v="Industry not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="80"/>
+  </r>
+  <r>
+    <s v="CD329"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZZWORK"/>
+    <s v="Other countries (6)"/>
+    <s v="ZXD220"/>
+    <s v="Total at work"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2230"/>
+  </r>
+  <r>
+    <s v="CD329"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZZWORK"/>
+    <s v="Other countries (6)"/>
+    <s v="ZXD230"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="24"/>
+  </r>
+  <r>
+    <s v="CD329"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZZWORK"/>
+    <s v="Other countries (6)"/>
+    <s v="ZXD240"/>
+    <s v="Unemployed, having lost or given up previous job"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="339"/>
+  </r>
+  <r>
+    <s v="CD329"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZZWORK"/>
+    <s v="Other countries (6)"/>
+    <s v="ZXD250"/>
+    <s v="Total in labour force"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2593"/>
+  </r>
+  <r>
+    <s v="CD329"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="A"/>
+    <s v="Agriculture, forestry and fishing (A)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="80201"/>
+  </r>
+  <r>
+    <s v="CD329"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="B"/>
+    <s v="Mining and quarrying (B)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4695"/>
+  </r>
+  <r>
+    <s v="CD329"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="C"/>
+    <s v="Manufacturing (C)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="125283"/>
+  </r>
+  <r>
+    <s v="CD329"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="D"/>
+    <s v="Electricity, gas, steam and air conditioning supply (D)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="8290"/>
+  </r>
+  <r>
+    <s v="CD329"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="E"/>
+    <s v="Water supply; sewerage, waste management and remediation activities (E)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="7660"/>
+  </r>
+  <r>
+    <s v="CD329"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="F"/>
+    <s v="Construction (F)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="78933"/>
+  </r>
+  <r>
+    <s v="CD329"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="G"/>
+    <s v="Wholesale and retail trade; repair of motor vehicles and motorcycles (G)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="133615"/>
+  </r>
+  <r>
+    <s v="CD329"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="H"/>
+    <s v="Transportation and storage (H)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="61718"/>
+  </r>
+  <r>
+    <s v="CD329"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="I"/>
+    <s v="Accommodation and food service activities (I)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="47514"/>
+  </r>
+  <r>
+    <s v="CD329"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="J"/>
+    <s v="Information and communication (J)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="44577"/>
+  </r>
+  <r>
+    <s v="CD329"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="K"/>
+    <s v="Financial and insurance activities (K)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="40148"/>
+  </r>
+  <r>
+    <s v="CD329"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="L"/>
+    <s v="Real estate activities (L)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4402"/>
+  </r>
+  <r>
+    <s v="CD329"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="M"/>
+    <s v="Professional, scientific and technical activities (M)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="47207"/>
+  </r>
+  <r>
+    <s v="CD329"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="N"/>
+    <s v="Administrative and support service activities (N)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="33519"/>
+  </r>
+  <r>
+    <s v="CD329"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="O"/>
+    <s v="Public administration and defence; compulsory social security (O)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="58801"/>
+  </r>
+  <r>
+    <s v="CD329"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="P"/>
+    <s v="Education (P)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="40997"/>
+  </r>
+  <r>
+    <s v="CD329"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="Q"/>
+    <s v="Human health and social work activities (Q)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="37323"/>
+  </r>
+  <r>
+    <s v="CD329"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="R"/>
+    <s v="Arts, entertainment and recreation (R)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="15482"/>
+  </r>
+  <r>
+    <s v="CD329"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="S"/>
+    <s v="Other service activities (S)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="11129"/>
+  </r>
+  <r>
+    <s v="CD329"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="T"/>
+    <s v="Activities of households as employers producing activities of households for own use (T)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="151"/>
+  </r>
+  <r>
+    <s v="CD329"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="U"/>
+    <s v="Activities of extraterritorial organisations and bodies (U)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="381"/>
+  </r>
+  <r>
+    <s v="CD329"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="ZXD210"/>
+    <s v="Industry not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="57149"/>
+  </r>
+  <r>
+    <s v="CD329"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="ZXD220"/>
+    <s v="Total at work"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="939175"/>
+  </r>
+  <r>
+    <s v="CD329"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="ZXD230"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="19239"/>
+  </r>
+  <r>
+    <s v="CD329"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="ZXD240"/>
+    <s v="Unemployed, having lost or given up previous job"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="253240"/>
+  </r>
+  <r>
+    <s v="CD329"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="ZXD250"/>
+    <s v="Total in labour force"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1211654"/>
+  </r>
+  <r>
+    <s v="CD329"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE03"/>
+    <s v="Ireland - county of usual residence"/>
+    <s v="A"/>
+    <s v="Agriculture, forestry and fishing (A)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="6140"/>
+  </r>
+  <r>
+    <s v="CD329"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE03"/>
+    <s v="Ireland - county of usual residence"/>
+    <s v="B"/>
+    <s v="Mining and quarrying (B)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="329"/>
+  </r>
+  <r>
+    <s v="CD329"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE03"/>
+    <s v="Ireland - county of usual residence"/>
+    <s v="C"/>
+    <s v="Manufacturing (C)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="29636"/>
+  </r>
+  <r>
+    <s v="CD329"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE03"/>
+    <s v="Ireland - county of usual residence"/>
+    <s v="D"/>
+    <s v="Electricity, gas, steam and air conditioning supply (D)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1548"/>
+  </r>
+  <r>
+    <s v="CD329"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE03"/>
+    <s v="Ireland - county of usual residence"/>
+    <s v="E"/>
+    <s v="Water supply; sewerage, waste management and remediation activities (E)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="935"/>
+  </r>
+  <r>
+    <s v="CD329"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE03"/>
+    <s v="Ireland - county of usual residence"/>
+    <s v="F"/>
+    <s v="Construction (F)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3950"/>
+  </r>
+  <r>
+    <s v="CD329"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE03"/>
+    <s v="Ireland - county of usual residence"/>
+    <s v="G"/>
+    <s v="Wholesale and retail trade; repair of motor vehicles and motorcycles (G)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="72424"/>
+  </r>
+  <r>
+    <s v="CD329"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE03"/>
+    <s v="Ireland - county of usual residence"/>
+    <s v="H"/>
+    <s v="Transportation and storage (H)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="8996"/>
+  </r>
+  <r>
+    <s v="CD329"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE03"/>
+    <s v="Ireland - county of usual residence"/>
+    <s v="I"/>
+    <s v="Accommodation and food service activities (I)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="23036"/>
+  </r>
+  <r>
+    <s v="CD329"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE03"/>
+    <s v="Ireland - county of usual residence"/>
+    <s v="J"/>
+    <s v="Information and communication (J)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="9706"/>
+  </r>
+  <r>
+    <s v="CD329"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE03"/>
+    <s v="Ireland - county of usual residence"/>
+    <s v="K"/>
+    <s v="Financial and insurance activities (K)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="27227"/>
+  </r>
+  <r>
+    <s v="CD329"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE03"/>
+    <s v="Ireland - county of usual residence"/>
+    <s v="L"/>
+    <s v="Real estate activities (L)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2098"/>
+  </r>
+  <r>
+    <s v="CD329"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE03"/>
+    <s v="Ireland - county of usual residence"/>
+    <s v="M"/>
+    <s v="Professional, scientific and technical activities (M)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="22671"/>
+  </r>
+  <r>
+    <s v="CD329"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE03"/>
+    <s v="Ireland - county of usual residence"/>
+    <s v="N"/>
+    <s v="Administrative and support service activities (N)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="11955"/>
+  </r>
+  <r>
+    <s v="CD329"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE03"/>
+    <s v="Ireland - county of usual residence"/>
+    <s v="O"/>
+    <s v="Public administration and defence; compulsory social security (O)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="29774"/>
+  </r>
+  <r>
+    <s v="CD329"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE03"/>
+    <s v="Ireland - county of usual residence"/>
+    <s v="P"/>
+    <s v="Education (P)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="67079"/>
+  </r>
+  <r>
+    <s v="CD329"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE03"/>
+    <s v="Ireland - county of usual residence"/>
+    <s v="Q"/>
+    <s v="Human health and social work activities (Q)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="82498"/>
+  </r>
+  <r>
+    <s v="CD329"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE03"/>
+    <s v="Ireland - county of usual residence"/>
+    <s v="R"/>
+    <s v="Arts, entertainment and recreation (R)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="7907"/>
+  </r>
+  <r>
+    <s v="CD329"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE03"/>
+    <s v="Ireland - county of usual residence"/>
+    <s v="S"/>
+    <s v="Other service activities (S)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="16886"/>
+  </r>
+  <r>
+    <s v="CD329"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE03"/>
+    <s v="Ireland - county of usual residence"/>
+    <s v="T"/>
+    <s v="Activities of households as employers producing activities of households for own use (T)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="633"/>
+  </r>
+  <r>
+    <s v="CD329"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE03"/>
+    <s v="Ireland - county of usual residence"/>
+    <s v="U"/>
+    <s v="Activities of extraterritorial organisations and bodies (U)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="65"/>
+  </r>
+  <r>
+    <s v="CD329"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE03"/>
+    <s v="Ireland - county of usual residence"/>
+    <s v="ZXD210"/>
+    <s v="Industry not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="23384"/>
+  </r>
+  <r>
+    <s v="CD329"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE03"/>
+    <s v="Ireland - county of usual residence"/>
+    <s v="ZXD220"/>
+    <s v="Total at work"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="448877"/>
+  </r>
+  <r>
+    <s v="CD329"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE03"/>
+    <s v="Ireland - county of usual residence"/>
+    <s v="ZXD230"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="7438"/>
+  </r>
+  <r>
+    <s v="CD329"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE03"/>
+    <s v="Ireland - county of usual residence"/>
+    <s v="ZXD240"/>
+    <s v="Unemployed, having lost or given up previous job"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="73532"/>
+  </r>
+  <r>
+    <s v="CD329"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE03"/>
+    <s v="Ireland - county of usual residence"/>
+    <s v="ZXD250"/>
+    <s v="Total in labour force"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="529847"/>
+  </r>
+  <r>
+    <s v="CD329"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE04"/>
+    <s v="Ireland - county other than county of usual residence"/>
+    <s v="A"/>
+    <s v="Agriculture, forestry and fishing (A)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2290"/>
+  </r>
+  <r>
+    <s v="CD329"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE04"/>
+    <s v="Ireland - county other than county of usual residence"/>
+    <s v="B"/>
+    <s v="Mining and quarrying (B)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="168"/>
+  </r>
+  <r>
+    <s v="CD329"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE04"/>
+    <s v="Ireland - county other than county of usual residence"/>
+    <s v="C"/>
+    <s v="Manufacturing (C)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="13069"/>
+  </r>
+  <r>
+    <s v="CD329"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE04"/>
+    <s v="Ireland - county other than county of usual residence"/>
+    <s v="D"/>
+    <s v="Electricity, gas, steam and air conditioning supply (D)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="815"/>
+  </r>
+  <r>
+    <s v="CD329"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE04"/>
+    <s v="Ireland - county other than county of usual residence"/>
+    <s v="E"/>
+    <s v="Water supply; sewerage, waste management and remediation activities (E)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="404"/>
+  </r>
+  <r>
+    <s v="CD329"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE04"/>
+    <s v="Ireland - county other than county of usual residence"/>
+    <s v="F"/>
+    <s v="Construction (F)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1823"/>
+  </r>
+  <r>
+    <s v="CD329"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE04"/>
+    <s v="Ireland - county other than county of usual residence"/>
+    <s v="G"/>
+    <s v="Wholesale and retail trade; repair of motor vehicles and motorcycles (G)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="25220"/>
+  </r>
+  <r>
+    <s v="CD329"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE04"/>
+    <s v="Ireland - county other than county of usual residence"/>
+    <s v="H"/>
+    <s v="Transportation and storage (H)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3453"/>
+  </r>
+  <r>
+    <s v="CD329"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE04"/>
+    <s v="Ireland - county other than county of usual residence"/>
+    <s v="I"/>
+    <s v="Accommodation and food service activities (I)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="9171"/>
+  </r>
+  <r>
+    <s v="CD329"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE04"/>
+    <s v="Ireland - county other than county of usual residence"/>
+    <s v="J"/>
+    <s v="Information and communication (J)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="6269"/>
+  </r>
+  <r>
+    <s v="CD329"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE04"/>
+    <s v="Ireland - county other than county of usual residence"/>
+    <s v="K"/>
+    <s v="Financial and insurance activities (K)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="16406"/>
+  </r>
+  <r>
+    <s v="CD329"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE04"/>
+    <s v="Ireland - county other than county of usual residence"/>
+    <s v="L"/>
+    <s v="Real estate activities (L)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1076"/>
+  </r>
+  <r>
+    <s v="CD329"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE04"/>
+    <s v="Ireland - county other than county of usual residence"/>
+    <s v="M"/>
+    <s v="Professional, scientific and technical activities (M)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="13509"/>
+  </r>
+  <r>
+    <s v="CD329"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE04"/>
+    <s v="Ireland - county other than county of usual residence"/>
+    <s v="N"/>
+    <s v="Administrative and support service activities (N)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4580"/>
+  </r>
+  <r>
+    <s v="CD329"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE04"/>
+    <s v="Ireland - county other than county of usual residence"/>
+    <s v="O"/>
+    <s v="Public administration and defence; compulsory social security (O)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="17746"/>
+  </r>
+  <r>
+    <s v="CD329"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE04"/>
+    <s v="Ireland - county other than county of usual residence"/>
+    <s v="P"/>
+    <s v="Education (P)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="39255"/>
+  </r>
+  <r>
+    <s v="CD329"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE04"/>
+    <s v="Ireland - county other than county of usual residence"/>
+    <s v="Q"/>
+    <s v="Human health and social work activities (Q)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="43210"/>
+  </r>
+  <r>
+    <s v="CD329"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE04"/>
+    <s v="Ireland - county other than county of usual residence"/>
+    <s v="R"/>
+    <s v="Arts, entertainment and recreation (R)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3617"/>
+  </r>
+  <r>
+    <s v="CD329"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE04"/>
+    <s v="Ireland - county other than county of usual residence"/>
+    <s v="S"/>
+    <s v="Other service activities (S)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5644"/>
+  </r>
+  <r>
+    <s v="CD329"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE04"/>
+    <s v="Ireland - county other than county of usual residence"/>
+    <s v="T"/>
+    <s v="Activities of households as employers producing activities of households for own use (T)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="228"/>
+  </r>
+  <r>
+    <s v="CD329"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE04"/>
+    <s v="Ireland - county other than county of usual residence"/>
+    <s v="U"/>
+    <s v="Activities of extraterritorial organisations and bodies (U)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="55"/>
+  </r>
+  <r>
+    <s v="CD329"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE04"/>
+    <s v="Ireland - county other than county of usual residence"/>
+    <s v="ZXD210"/>
+    <s v="Industry not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5913"/>
+  </r>
+  <r>
+    <s v="CD329"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE04"/>
+    <s v="Ireland - county other than county of usual residence"/>
+    <s v="ZXD220"/>
+    <s v="Total at work"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="213921"/>
+  </r>
+  <r>
+    <s v="CD329"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE04"/>
+    <s v="Ireland - county other than county of usual residence"/>
+    <s v="ZXD230"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1727"/>
+  </r>
+  <r>
+    <s v="CD329"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE04"/>
+    <s v="Ireland - county other than county of usual residence"/>
+    <s v="ZXD240"/>
+    <s v="Unemployed, having lost or given up previous job"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="23394"/>
+  </r>
+  <r>
+    <s v="CD329"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE04"/>
+    <s v="Ireland - county other than county of usual residence"/>
+    <s v="ZXD250"/>
+    <s v="Total in labour force"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="239042"/>
+  </r>
+  <r>
+    <s v="CD329"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="GB1"/>
+    <s v="United Kingdom (1)"/>
+    <s v="A"/>
+    <s v="Agriculture, forestry and fishing (A)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="626"/>
+  </r>
+  <r>
+    <s v="CD329"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="GB1"/>
+    <s v="United Kingdom (1)"/>
+    <s v="B"/>
+    <s v="Mining and quarrying (B)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="43"/>
+  </r>
+  <r>
+    <s v="CD329"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="GB1"/>
+    <s v="United Kingdom (1)"/>
+    <s v="C"/>
+    <s v="Manufacturing (C)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3684"/>
+  </r>
+  <r>
+    <s v="CD329"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="GB1"/>
+    <s v="United Kingdom (1)"/>
+    <s v="D"/>
+    <s v="Electricity, gas, steam and air conditioning supply (D)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="173"/>
+  </r>
+  <r>
+    <s v="CD329"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="GB1"/>
+    <s v="United Kingdom (1)"/>
+    <s v="E"/>
+    <s v="Water supply; sewerage, waste management and remediation activities (E)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="102"/>
+  </r>
+  <r>
+    <s v="CD329"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="GB1"/>
+    <s v="United Kingdom (1)"/>
+    <s v="F"/>
+    <s v="Construction (F)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="634"/>
+  </r>
+  <r>
+    <s v="CD329"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="GB1"/>
+    <s v="United Kingdom (1)"/>
+    <s v="G"/>
+    <s v="Wholesale and retail trade; repair of motor vehicles and motorcycles (G)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="8974"/>
+  </r>
+  <r>
+    <s v="CD329"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="GB1"/>
+    <s v="United Kingdom (1)"/>
+    <s v="H"/>
+    <s v="Transportation and storage (H)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1001"/>
+  </r>
+  <r>
+    <s v="CD329"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="GB1"/>
+    <s v="United Kingdom (1)"/>
+    <s v="I"/>
+    <s v="Accommodation and food service activities (I)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3331"/>
+  </r>
+  <r>
+    <s v="CD329"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="GB1"/>
+    <s v="United Kingdom (1)"/>
+    <s v="J"/>
+    <s v="Information and communication (J)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1813"/>
+  </r>
+  <r>
+    <s v="CD329"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="GB1"/>
+    <s v="United Kingdom (1)"/>
+    <s v="K"/>
+    <s v="Financial and insurance activities (K)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3245"/>
+  </r>
+  <r>
+    <s v="CD329"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="GB1"/>
+    <s v="United Kingdom (1)"/>
+    <s v="L"/>
+    <s v="Real estate activities (L)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="300"/>
+  </r>
+  <r>
+    <s v="CD329"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="GB1"/>
+    <s v="United Kingdom (1)"/>
+    <s v="M"/>
+    <s v="Professional, scientific and technical activities (M)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3397"/>
+  </r>
+  <r>
+    <s v="CD329"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="GB1"/>
+    <s v="United Kingdom (1)"/>
+    <s v="N"/>
+    <s v="Administrative and support service activities (N)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1709"/>
+  </r>
+  <r>
+    <s v="CD329"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="GB1"/>
+    <s v="United Kingdom (1)"/>
+    <s v="O"/>
+    <s v="Public administration and defence; compulsory social security (O)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3629"/>
+  </r>
+  <r>
+    <s v="CD329"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="GB1"/>
+    <s v="United Kingdom (1)"/>
+    <s v="P"/>
+    <s v="Education (P)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="9272"/>
+  </r>
+  <r>
+    <s v="CD329"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="GB1"/>
+    <s v="United Kingdom (1)"/>
+    <s v="Q"/>
+    <s v="Human health and social work activities (Q)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="13127"/>
+  </r>
+  <r>
+    <s v="CD329"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="GB1"/>
+    <s v="United Kingdom (1)"/>
+    <s v="R"/>
+    <s v="Arts, entertainment and recreation (R)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1391"/>
+  </r>
+  <r>
+    <s v="CD329"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="GB1"/>
+    <s v="United Kingdom (1)"/>
+    <s v="S"/>
+    <s v="Other service activities (S)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2051"/>
+  </r>
+  <r>
+    <s v="CD329"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="GB1"/>
+    <s v="United Kingdom (1)"/>
+    <s v="T"/>
+    <s v="Activities of households as employers producing activities of households for own use (T)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="119"/>
+  </r>
+  <r>
+    <s v="CD329"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="GB1"/>
+    <s v="United Kingdom (1)"/>
+    <s v="U"/>
+    <s v="Activities of extraterritorial organisations and bodies (U)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="17"/>
+  </r>
+  <r>
+    <s v="CD329"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="GB1"/>
+    <s v="United Kingdom (1)"/>
+    <s v="ZXD210"/>
+    <s v="Industry not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2004"/>
+  </r>
+  <r>
+    <s v="CD329"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="GB1"/>
+    <s v="United Kingdom (1)"/>
+    <s v="ZXD220"/>
+    <s v="Total at work"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="60642"/>
+  </r>
+  <r>
+    <s v="CD329"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="GB1"/>
+    <s v="United Kingdom (1)"/>
+    <s v="ZXD230"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="791"/>
+  </r>
+  <r>
+    <s v="CD329"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="GB1"/>
+    <s v="United Kingdom (1)"/>
+    <s v="ZXD240"/>
+    <s v="Unemployed, having lost or given up previous job"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="11340"/>
+  </r>
+  <r>
+    <s v="CD329"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="GB1"/>
+    <s v="United Kingdom (1)"/>
+    <s v="ZXD250"/>
+    <s v="Total in labour force"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="72773"/>
+  </r>
+  <r>
+    <s v="CD329"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="LT"/>
+    <s v="Lithuania"/>
+    <s v="A"/>
+    <s v="Agriculture, forestry and fishing (A)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="514"/>
+  </r>
+  <r>
+    <s v="CD329"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="LT"/>
+    <s v="Lithuania"/>
+    <s v="B"/>
+    <s v="Mining and quarrying (B)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="CD329"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="LT"/>
+    <s v="Lithuania"/>
+    <s v="C"/>
+    <s v="Manufacturing (C)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1317"/>
+  </r>
+  <r>
+    <s v="CD329"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="LT"/>
+    <s v="Lithuania"/>
+    <s v="D"/>
+    <s v="Electricity, gas, steam and air conditioning supply (D)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="8"/>
+  </r>
+  <r>
+    <s v="CD329"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="LT"/>
+    <s v="Lithuania"/>
+    <s v="E"/>
+    <s v="Water supply; sewerage, waste management and remediation activities (E)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="49"/>
+  </r>
+  <r>
+    <s v="CD329"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="LT"/>
+    <s v="Lithuania"/>
+    <s v="F"/>
+    <s v="Construction (F)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="65"/>
+  </r>
+  <r>
+    <s v="CD329"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="LT"/>
+    <s v="Lithuania"/>
+    <s v="G"/>
+    <s v="Wholesale and retail trade; repair of motor vehicles and motorcycles (G)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2600"/>
+  </r>
+  <r>
+    <s v="CD329"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="LT"/>
+    <s v="Lithuania"/>
+    <s v="H"/>
+    <s v="Transportation and storage (H)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="145"/>
+  </r>
+  <r>
+    <s v="CD329"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="LT"/>
+    <s v="Lithuania"/>
+    <s v="I"/>
+    <s v="Accommodation and food service activities (I)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2228"/>
+  </r>
+  <r>
+    <s v="CD329"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="LT"/>
+    <s v="Lithuania"/>
+    <s v="J"/>
+    <s v="Information and communication (J)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="93"/>
+  </r>
+  <r>
+    <s v="CD329"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="LT"/>
+    <s v="Lithuania"/>
+    <s v="K"/>
+    <s v="Financial and insurance activities (K)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="117"/>
+  </r>
+  <r>
+    <s v="CD329"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="LT"/>
+    <s v="Lithuania"/>
+    <s v="L"/>
+    <s v="Real estate activities (L)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="27"/>
+  </r>
+  <r>
+    <s v="CD329"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="LT"/>
+    <s v="Lithuania"/>
+    <s v="M"/>
+    <s v="Professional, scientific and technical activities (M)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="130"/>
+  </r>
+  <r>
+    <s v="CD329"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="LT"/>
+    <s v="Lithuania"/>
+    <s v="N"/>
+    <s v="Administrative and support service activities (N)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="954"/>
+  </r>
+  <r>
+    <s v="CD329"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="LT"/>
+    <s v="Lithuania"/>
+    <s v="O"/>
+    <s v="Public administration and defence; compulsory social security (O)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="30"/>
+  </r>
+  <r>
+    <s v="CD329"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="LT"/>
+    <s v="Lithuania"/>
+    <s v="P"/>
+    <s v="Education (P)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="202"/>
+  </r>
+  <r>
+    <s v="CD329"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="LT"/>
+    <s v="Lithuania"/>
+    <s v="Q"/>
+    <s v="Human health and social work activities (Q)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="591"/>
+  </r>
+  <r>
+    <s v="CD329"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="LT"/>
+    <s v="Lithuania"/>
+    <s v="R"/>
+    <s v="Arts, entertainment and recreation (R)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="106"/>
+  </r>
+  <r>
+    <s v="CD329"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="LT"/>
+    <s v="Lithuania"/>
+    <s v="S"/>
+    <s v="Other service activities (S)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="406"/>
+  </r>
+  <r>
+    <s v="CD329"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="LT"/>
+    <s v="Lithuania"/>
+    <s v="T"/>
+    <s v="Activities of households as employers producing activities of households for own use (T)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="12"/>
+  </r>
+  <r>
+    <s v="CD329"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="LT"/>
+    <s v="Lithuania"/>
+    <s v="U"/>
+    <s v="Activities of extraterritorial organisations and bodies (U)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="CD329"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="LT"/>
+    <s v="Lithuania"/>
+    <s v="ZXD210"/>
+    <s v="Industry not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="800"/>
+  </r>
+  <r>
+    <s v="CD329"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="LT"/>
+    <s v="Lithuania"/>
+    <s v="ZXD220"/>
+    <s v="Total at work"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="10397"/>
+  </r>
+  <r>
+    <s v="CD329"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="LT"/>
+    <s v="Lithuania"/>
+    <s v="ZXD230"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="374"/>
+  </r>
+  <r>
+    <s v="CD329"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="LT"/>
+    <s v="Lithuania"/>
+    <s v="ZXD240"/>
+    <s v="Unemployed, having lost or given up previous job"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2311"/>
+  </r>
+  <r>
+    <s v="CD329"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="LT"/>
+    <s v="Lithuania"/>
+    <s v="ZXD250"/>
+    <s v="Total in labour force"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="13082"/>
+  </r>
+  <r>
+    <s v="CD329"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="PL"/>
+    <s v="Poland"/>
+    <s v="A"/>
+    <s v="Agriculture, forestry and fishing (A)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="269"/>
+  </r>
+  <r>
+    <s v="CD329"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="PL"/>
+    <s v="Poland"/>
+    <s v="B"/>
+    <s v="Mining and quarrying (B)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4"/>
+  </r>
+  <r>
+    <s v="CD329"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="PL"/>
+    <s v="Poland"/>
+    <s v="C"/>
+    <s v="Manufacturing (C)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3699"/>
+  </r>
+  <r>
+    <s v="CD329"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="PL"/>
+    <s v="Poland"/>
+    <s v="D"/>
+    <s v="Electricity, gas, steam and air conditioning supply (D)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="25"/>
+  </r>
+  <r>
+    <s v="CD329"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="PL"/>
+    <s v="Poland"/>
+    <s v="E"/>
+    <s v="Water supply; sewerage, waste management and remediation activities (E)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="83"/>
+  </r>
+  <r>
+    <s v="CD329"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="PL"/>
+    <s v="Poland"/>
+    <s v="F"/>
+    <s v="Construction (F)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="200"/>
+  </r>
+  <r>
+    <s v="CD329"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="PL"/>
+    <s v="Poland"/>
+    <s v="G"/>
+    <s v="Wholesale and retail trade; repair of motor vehicles and motorcycles (G)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="8027"/>
+  </r>
+  <r>
+    <s v="CD329"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="PL"/>
+    <s v="Poland"/>
+    <s v="H"/>
+    <s v="Transportation and storage (H)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="541"/>
+  </r>
+  <r>
+    <s v="CD329"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="PL"/>
+    <s v="Poland"/>
+    <s v="I"/>
+    <s v="Accommodation and food service activities (I)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="7023"/>
+  </r>
+  <r>
+    <s v="CD329"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="PL"/>
+    <s v="Poland"/>
+    <s v="J"/>
+    <s v="Information and communication (J)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="616"/>
+  </r>
+  <r>
+    <s v="CD329"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="PL"/>
+    <s v="Poland"/>
+    <s v="K"/>
+    <s v="Financial and insurance activities (K)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1083"/>
+  </r>
+  <r>
+    <s v="CD329"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="PL"/>
+    <s v="Poland"/>
+    <s v="L"/>
+    <s v="Real estate activities (L)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="98"/>
+  </r>
+  <r>
+    <s v="CD329"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="PL"/>
+    <s v="Poland"/>
+    <s v="M"/>
+    <s v="Professional, scientific and technical activities (M)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="798"/>
+  </r>
+  <r>
+    <s v="CD329"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="PL"/>
+    <s v="Poland"/>
+    <s v="N"/>
+    <s v="Administrative and support service activities (N)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2793"/>
+  </r>
+  <r>
+    <s v="CD329"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="PL"/>
+    <s v="Poland"/>
+    <s v="O"/>
+    <s v="Public administration and defence; compulsory social security (O)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="188"/>
+  </r>
+  <r>
+    <s v="CD329"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="PL"/>
+    <s v="Poland"/>
+    <s v="P"/>
+    <s v="Education (P)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1007"/>
+  </r>
+  <r>
+    <s v="CD329"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="PL"/>
+    <s v="Poland"/>
+    <s v="Q"/>
+    <s v="Human health and social work activities (Q)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2381"/>
+  </r>
+  <r>
+    <s v="CD329"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="PL"/>
+    <s v="Poland"/>
+    <s v="R"/>
+    <s v="Arts, entertainment and recreation (R)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="410"/>
+  </r>
+  <r>
+    <s v="CD329"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="PL"/>
+    <s v="Poland"/>
+    <s v="S"/>
+    <s v="Other service activities (S)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1002"/>
+  </r>
+  <r>
+    <s v="CD329"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="PL"/>
+    <s v="Poland"/>
+    <s v="T"/>
+    <s v="Activities of households as employers producing activities of households for own use (T)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="68"/>
+  </r>
+  <r>
+    <s v="CD329"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="PL"/>
+    <s v="Poland"/>
+    <s v="U"/>
+    <s v="Activities of extraterritorial organisations and bodies (U)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="17"/>
+  </r>
+  <r>
+    <s v="CD329"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="PL"/>
+    <s v="Poland"/>
+    <s v="ZXD210"/>
+    <s v="Industry not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1421"/>
+  </r>
+  <r>
+    <s v="CD329"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="PL"/>
+    <s v="Poland"/>
+    <s v="ZXD220"/>
+    <s v="Total at work"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="31753"/>
+  </r>
+  <r>
+    <s v="CD329"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="PL"/>
+    <s v="Poland"/>
+    <s v="ZXD230"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="865"/>
+  </r>
+  <r>
+    <s v="CD329"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="PL"/>
+    <s v="Poland"/>
+    <s v="ZXD240"/>
+    <s v="Unemployed, having lost or given up previous job"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="7301"/>
+  </r>
+  <r>
+    <s v="CD329"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="PL"/>
+    <s v="Poland"/>
+    <s v="ZXD250"/>
+    <s v="Total in labour force"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="39919"/>
+  </r>
+  <r>
+    <s v="CD329"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZZEURN"/>
+    <s v="Other Europe (4)"/>
+    <s v="A"/>
+    <s v="Agriculture, forestry and fishing (A)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="116"/>
+  </r>
+  <r>
+    <s v="CD329"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZZEURN"/>
+    <s v="Other Europe (4)"/>
+    <s v="B"/>
+    <s v="Mining and quarrying (B)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4"/>
+  </r>
+  <r>
+    <s v="CD329"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZZEURN"/>
+    <s v="Other Europe (4)"/>
+    <s v="C"/>
+    <s v="Manufacturing (C)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="364"/>
+  </r>
+  <r>
+    <s v="CD329"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZZEURN"/>
+    <s v="Other Europe (4)"/>
+    <s v="D"/>
+    <s v="Electricity, gas, steam and air conditioning supply (D)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="11"/>
+  </r>
+  <r>
+    <s v="CD329"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZZEURN"/>
+    <s v="Other Europe (4)"/>
+    <s v="E"/>
+    <s v="Water supply; sewerage, waste management and remediation activities (E)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="11"/>
+  </r>
+  <r>
+    <s v="CD329"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZZEURN"/>
+    <s v="Other Europe (4)"/>
+    <s v="F"/>
+    <s v="Construction (F)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="30"/>
+  </r>
+  <r>
+    <s v="CD329"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZZEURN"/>
+    <s v="Other Europe (4)"/>
+    <s v="G"/>
+    <s v="Wholesale and retail trade; repair of motor vehicles and motorcycles (G)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="766"/>
+  </r>
+  <r>
+    <s v="CD329"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZZEURN"/>
+    <s v="Other Europe (4)"/>
+    <s v="H"/>
+    <s v="Transportation and storage (H)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="65"/>
+  </r>
+  <r>
+    <s v="CD329"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZZEURN"/>
+    <s v="Other Europe (4)"/>
+    <s v="I"/>
+    <s v="Accommodation and food service activities (I)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="632"/>
+  </r>
+  <r>
+    <s v="CD329"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZZEURN"/>
+    <s v="Other Europe (4)"/>
+    <s v="J"/>
+    <s v="Information and communication (J)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="250"/>
+  </r>
+  <r>
+    <s v="CD329"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZZEURN"/>
+    <s v="Other Europe (4)"/>
+    <s v="K"/>
+    <s v="Financial and insurance activities (K)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="189"/>
+  </r>
+  <r>
+    <s v="CD329"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZZEURN"/>
+    <s v="Other Europe (4)"/>
+    <s v="L"/>
+    <s v="Real estate activities (L)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="10"/>
+  </r>
+  <r>
+    <s v="CD329"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZZEURN"/>
+    <s v="Other Europe (4)"/>
+    <s v="M"/>
+    <s v="Professional, scientific and technical activities (M)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="231"/>
+  </r>
+  <r>
+    <s v="CD329"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZZEURN"/>
+    <s v="Other Europe (4)"/>
+    <s v="N"/>
+    <s v="Administrative and support service activities (N)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="349"/>
+  </r>
+  <r>
+    <s v="CD329"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZZEURN"/>
+    <s v="Other Europe (4)"/>
+    <s v="O"/>
+    <s v="Public administration and defence; compulsory social security (O)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="41"/>
+  </r>
+  <r>
+    <s v="CD329"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZZEURN"/>
+    <s v="Other Europe (4)"/>
+    <s v="P"/>
+    <s v="Education (P)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="305"/>
+  </r>
+  <r>
+    <s v="CD329"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZZEURN"/>
+    <s v="Other Europe (4)"/>
+    <s v="Q"/>
+    <s v="Human health and social work activities (Q)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="395"/>
+  </r>
+  <r>
+    <s v="CD329"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZZEURN"/>
+    <s v="Other Europe (4)"/>
+    <s v="R"/>
+    <s v="Arts, entertainment and recreation (R)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="91"/>
+  </r>
+  <r>
+    <s v="CD329"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZZEURN"/>
+    <s v="Other Europe (4)"/>
+    <s v="S"/>
+    <s v="Other service activities (S)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="139"/>
+  </r>
+  <r>
+    <s v="CD329"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZZEURN"/>
+    <s v="Other Europe (4)"/>
+    <s v="T"/>
+    <s v="Activities of households as employers producing activities of households for own use (T)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="12"/>
+  </r>
+  <r>
+    <s v="CD329"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZZEURN"/>
+    <s v="Other Europe (4)"/>
+    <s v="U"/>
+    <s v="Activities of extraterritorial organisations and bodies (U)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="16"/>
+  </r>
+  <r>
+    <s v="CD329"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZZEURN"/>
+    <s v="Other Europe (4)"/>
+    <s v="ZXD210"/>
+    <s v="Industry not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="366"/>
+  </r>
+  <r>
+    <s v="CD329"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZZEURN"/>
+    <s v="Other Europe (4)"/>
+    <s v="ZXD220"/>
+    <s v="Total at work"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4393"/>
+  </r>
+  <r>
+    <s v="CD329"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZZEURN"/>
+    <s v="Other Europe (4)"/>
+    <s v="ZXD230"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="262"/>
+  </r>
+  <r>
+    <s v="CD329"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZZEURN"/>
+    <s v="Other Europe (4)"/>
+    <s v="ZXD240"/>
+    <s v="Unemployed, having lost or given up previous job"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1565"/>
+  </r>
+  <r>
+    <s v="CD329"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZZEURN"/>
+    <s v="Other Europe (4)"/>
+    <s v="ZXD250"/>
+    <s v="Total in labour force"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="6220"/>
+  </r>
+  <r>
+    <s v="CD329"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZZEUBQ7"/>
+    <s v="Other EU27 (5)"/>
+    <s v="A"/>
+    <s v="Agriculture, forestry and fishing (A)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="810"/>
+  </r>
+  <r>
+    <s v="CD329"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZZEUBQ7"/>
+    <s v="Other EU27 (5)"/>
+    <s v="B"/>
+    <s v="Mining and quarrying (B)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="8"/>
+  </r>
+  <r>
+    <s v="CD329"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZZEUBQ7"/>
+    <s v="Other EU27 (5)"/>
+    <s v="C"/>
+    <s v="Manufacturing (C)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3065"/>
+  </r>
+  <r>
+    <s v="CD329"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZZEUBQ7"/>
+    <s v="Other EU27 (5)"/>
+    <s v="D"/>
+    <s v="Electricity, gas, steam and air conditioning supply (D)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="56"/>
+  </r>
+  <r>
+    <s v="CD329"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZZEUBQ7"/>
+    <s v="Other EU27 (5)"/>
+    <s v="E"/>
+    <s v="Water supply; sewerage, waste management and remediation activities (E)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="74"/>
+  </r>
+  <r>
+    <s v="CD329"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZZEUBQ7"/>
+    <s v="Other EU27 (5)"/>
+    <s v="F"/>
+    <s v="Construction (F)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="187"/>
+  </r>
+  <r>
+    <s v="CD329"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZZEUBQ7"/>
+    <s v="Other EU27 (5)"/>
+    <s v="G"/>
+    <s v="Wholesale and retail trade; repair of motor vehicles and motorcycles (G)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5107"/>
+  </r>
+  <r>
+    <s v="CD329"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZZEUBQ7"/>
+    <s v="Other EU27 (5)"/>
+    <s v="H"/>
+    <s v="Transportation and storage (H)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="706"/>
+  </r>
+  <r>
+    <s v="CD329"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZZEUBQ7"/>
+    <s v="Other EU27 (5)"/>
+    <s v="I"/>
+    <s v="Accommodation and food service activities (I)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="6038"/>
+  </r>
+  <r>
+    <s v="CD329"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZZEUBQ7"/>
+    <s v="Other EU27 (5)"/>
+    <s v="J"/>
+    <s v="Information and communication (J)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2228"/>
+  </r>
+  <r>
+    <s v="CD329"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZZEUBQ7"/>
+    <s v="Other EU27 (5)"/>
+    <s v="K"/>
+    <s v="Financial and insurance activities (K)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1615"/>
+  </r>
+  <r>
+    <s v="CD329"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZZEUBQ7"/>
+    <s v="Other EU27 (5)"/>
+    <s v="L"/>
+    <s v="Real estate activities (L)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="83"/>
+  </r>
+  <r>
+    <s v="CD329"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZZEUBQ7"/>
+    <s v="Other EU27 (5)"/>
+    <s v="M"/>
+    <s v="Professional, scientific and technical activities (M)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1387"/>
+  </r>
+  <r>
+    <s v="CD329"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZZEUBQ7"/>
+    <s v="Other EU27 (5)"/>
+    <s v="N"/>
+    <s v="Administrative and support service activities (N)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2753"/>
+  </r>
+  <r>
+    <s v="CD329"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZZEUBQ7"/>
+    <s v="Other EU27 (5)"/>
+    <s v="O"/>
+    <s v="Public administration and defence; compulsory social security (O)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="353"/>
+  </r>
+  <r>
+    <s v="CD329"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZZEUBQ7"/>
+    <s v="Other EU27 (5)"/>
+    <s v="P"/>
+    <s v="Education (P)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2206"/>
+  </r>
+  <r>
+    <s v="CD329"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZZEUBQ7"/>
+    <s v="Other EU27 (5)"/>
+    <s v="Q"/>
+    <s v="Human health and social work activities (Q)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2588"/>
+  </r>
+  <r>
+    <s v="CD329"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZZEUBQ7"/>
+    <s v="Other EU27 (5)"/>
+    <s v="R"/>
+    <s v="Arts, entertainment and recreation (R)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="539"/>
+  </r>
+  <r>
+    <s v="CD329"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZZEUBQ7"/>
+    <s v="Other EU27 (5)"/>
+    <s v="S"/>
+    <s v="Other service activities (S)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="708"/>
+  </r>
+  <r>
+    <s v="CD329"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZZEUBQ7"/>
+    <s v="Other EU27 (5)"/>
+    <s v="T"/>
+    <s v="Activities of households as employers producing activities of households for own use (T)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="305"/>
+  </r>
+  <r>
+    <s v="CD329"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZZEUBQ7"/>
+    <s v="Other EU27 (5)"/>
+    <s v="U"/>
+    <s v="Activities of extraterritorial organisations and bodies (U)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="84"/>
+  </r>
+  <r>
+    <s v="CD329"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZZEUBQ7"/>
+    <s v="Other EU27 (5)"/>
+    <s v="ZXD210"/>
+    <s v="Industry not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2116"/>
+  </r>
+  <r>
+    <s v="CD329"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZZEUBQ7"/>
+    <s v="Other EU27 (5)"/>
+    <s v="ZXD220"/>
+    <s v="Total at work"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="33016"/>
+  </r>
+  <r>
+    <s v="CD329"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZZEUBQ7"/>
+    <s v="Other EU27 (5)"/>
+    <s v="ZXD230"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1027"/>
+  </r>
+  <r>
+    <s v="CD329"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZZEUBQ7"/>
+    <s v="Other EU27 (5)"/>
+    <s v="ZXD240"/>
+    <s v="Unemployed, having lost or given up previous job"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="6199"/>
+  </r>
+  <r>
+    <s v="CD329"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZZEUBQ7"/>
+    <s v="Other EU27 (5)"/>
+    <s v="ZXD250"/>
+    <s v="Total in labour force"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="40242"/>
+  </r>
+  <r>
+    <s v="CD329"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZZAA1"/>
+    <s v="Africa (2)"/>
+    <s v="A"/>
+    <s v="Agriculture, forestry and fishing (A)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="22"/>
+  </r>
+  <r>
+    <s v="CD329"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZZAA1"/>
+    <s v="Africa (2)"/>
+    <s v="B"/>
+    <s v="Mining and quarrying (B)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="CD329"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZZAA1"/>
+    <s v="Africa (2)"/>
+    <s v="C"/>
+    <s v="Manufacturing (C)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="334"/>
+  </r>
+  <r>
+    <s v="CD329"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZZAA1"/>
+    <s v="Africa (2)"/>
+    <s v="D"/>
+    <s v="Electricity, gas, steam and air conditioning supply (D)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="19"/>
+  </r>
+  <r>
+    <s v="CD329"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZZAA1"/>
+    <s v="Africa (2)"/>
+    <s v="E"/>
+    <s v="Water supply; sewerage, waste management and remediation activities (E)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="9"/>
+  </r>
+  <r>
+    <s v="CD329"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZZAA1"/>
+    <s v="Africa (2)"/>
+    <s v="F"/>
+    <s v="Construction (F)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="42"/>
+  </r>
+  <r>
+    <s v="CD329"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZZAA1"/>
+    <s v="Africa (2)"/>
+    <s v="G"/>
+    <s v="Wholesale and retail trade; repair of motor vehicles and motorcycles (G)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1094"/>
+  </r>
+  <r>
+    <s v="CD329"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZZAA1"/>
+    <s v="Africa (2)"/>
+    <s v="H"/>
+    <s v="Transportation and storage (H)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="119"/>
+  </r>
+  <r>
+    <s v="CD329"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZZAA1"/>
+    <s v="Africa (2)"/>
+    <s v="I"/>
+    <s v="Accommodation and food service activities (I)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="473"/>
+  </r>
+  <r>
+    <s v="CD329"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZZAA1"/>
+    <s v="Africa (2)"/>
+    <s v="J"/>
+    <s v="Information and communication (J)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="262"/>
+  </r>
+  <r>
+    <s v="CD329"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZZAA1"/>
+    <s v="Africa (2)"/>
+    <s v="K"/>
+    <s v="Financial and insurance activities (K)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="368"/>
+  </r>
+  <r>
+    <s v="CD329"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZZAA1"/>
+    <s v="Africa (2)"/>
+    <s v="L"/>
+    <s v="Real estate activities (L)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="28"/>
+  </r>
+  <r>
+    <s v="CD329"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZZAA1"/>
+    <s v="Africa (2)"/>
+    <s v="M"/>
+    <s v="Professional, scientific and technical activities (M)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="314"/>
+  </r>
+  <r>
+    <s v="CD329"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZZAA1"/>
+    <s v="Africa (2)"/>
+    <s v="N"/>
+    <s v="Administrative and support service activities (N)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="442"/>
+  </r>
+  <r>
+    <s v="CD329"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZZAA1"/>
+    <s v="Africa (2)"/>
+    <s v="O"/>
+    <s v="Public administration and defence; compulsory social security (O)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="249"/>
+  </r>
+  <r>
+    <s v="CD329"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZZAA1"/>
+    <s v="Africa (2)"/>
+    <s v="P"/>
+    <s v="Education (P)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="774"/>
+  </r>
+  <r>
+    <s v="CD329"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZZAA1"/>
+    <s v="Africa (2)"/>
+    <s v="Q"/>
+    <s v="Human health and social work activities (Q)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2724"/>
+  </r>
+  <r>
+    <s v="CD329"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZZAA1"/>
+    <s v="Africa (2)"/>
+    <s v="R"/>
+    <s v="Arts, entertainment and recreation (R)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="81"/>
+  </r>
+  <r>
+    <s v="CD329"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZZAA1"/>
+    <s v="Africa (2)"/>
+    <s v="S"/>
+    <s v="Other service activities (S)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="225"/>
+  </r>
+  <r>
+    <s v="CD329"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZZAA1"/>
+    <s v="Africa (2)"/>
+    <s v="T"/>
+    <s v="Activities of households as employers producing activities of households for own use (T)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="28"/>
+  </r>
+  <r>
+    <s v="CD329"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZZAA1"/>
+    <s v="Africa (2)"/>
+    <s v="U"/>
+    <s v="Activities of extraterritorial organisations and bodies (U)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="23"/>
+  </r>
+  <r>
+    <s v="CD329"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZZAA1"/>
+    <s v="Africa (2)"/>
+    <s v="ZXD210"/>
+    <s v="Industry not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="889"/>
+  </r>
+  <r>
+    <s v="CD329"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZZAA1"/>
+    <s v="Africa (2)"/>
+    <s v="ZXD220"/>
+    <s v="Total at work"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="8520"/>
+  </r>
+  <r>
+    <s v="CD329"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZZAA1"/>
+    <s v="Africa (2)"/>
+    <s v="ZXD230"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="903"/>
+  </r>
+  <r>
+    <s v="CD329"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZZAA1"/>
+    <s v="Africa (2)"/>
+    <s v="ZXD240"/>
+    <s v="Unemployed, having lost or given up previous job"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4135"/>
+  </r>
+  <r>
+    <s v="CD329"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZZAA1"/>
+    <s v="Africa (2)"/>
+    <s v="ZXD250"/>
+    <s v="Total in labour force"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="13558"/>
+  </r>
+  <r>
+    <s v="CD329"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZZABB"/>
+    <s v="Asia (2)"/>
+    <s v="A"/>
+    <s v="Agriculture, forestry and fishing (A)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="89"/>
+  </r>
+  <r>
+    <s v="CD329"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZZABB"/>
+    <s v="Asia (2)"/>
+    <s v="B"/>
+    <s v="Mining and quarrying (B)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="CD329"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZZABB"/>
+    <s v="Asia (2)"/>
+    <s v="C"/>
+    <s v="Manufacturing (C)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="439"/>
+  </r>
+  <r>
+    <s v="CD329"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZZABB"/>
+    <s v="Asia (2)"/>
+    <s v="D"/>
+    <s v="Electricity, gas, steam and air conditioning supply (D)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="15"/>
+  </r>
+  <r>
+    <s v="CD329"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZZABB"/>
+    <s v="Asia (2)"/>
+    <s v="E"/>
+    <s v="Water supply; sewerage, waste management and remediation activities (E)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="8"/>
+  </r>
+  <r>
+    <s v="CD329"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZZABB"/>
+    <s v="Asia (2)"/>
+    <s v="F"/>
+    <s v="Construction (F)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="38"/>
+  </r>
+  <r>
+    <s v="CD329"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZZABB"/>
+    <s v="Asia (2)"/>
+    <s v="G"/>
+    <s v="Wholesale and retail trade; repair of motor vehicles and motorcycles (G)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1142"/>
+  </r>
+  <r>
+    <s v="CD329"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZZABB"/>
+    <s v="Asia (2)"/>
+    <s v="H"/>
+    <s v="Transportation and storage (H)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="70"/>
+  </r>
+  <r>
+    <s v="CD329"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZZABB"/>
+    <s v="Asia (2)"/>
+    <s v="I"/>
+    <s v="Accommodation and food service activities (I)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2127"/>
+  </r>
+  <r>
+    <s v="CD329"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZZABB"/>
+    <s v="Asia (2)"/>
+    <s v="J"/>
+    <s v="Information and communication (J)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="428"/>
+  </r>
+  <r>
+    <s v="CD329"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZZABB"/>
+    <s v="Asia (2)"/>
+    <s v="K"/>
+    <s v="Financial and insurance activities (K)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="348"/>
+  </r>
+  <r>
+    <s v="CD329"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZZABB"/>
+    <s v="Asia (2)"/>
+    <s v="L"/>
+    <s v="Real estate activities (L)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="33"/>
+  </r>
+  <r>
+    <s v="CD329"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZZABB"/>
+    <s v="Asia (2)"/>
+    <s v="M"/>
+    <s v="Professional, scientific and technical activities (M)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="440"/>
+  </r>
+  <r>
+    <s v="CD329"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZZABB"/>
+    <s v="Asia (2)"/>
+    <s v="N"/>
+    <s v="Administrative and support service activities (N)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="376"/>
+  </r>
+  <r>
+    <s v="CD329"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZZABB"/>
+    <s v="Asia (2)"/>
+    <s v="O"/>
+    <s v="Public administration and defence; compulsory social security (O)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="245"/>
+  </r>
+  <r>
+    <s v="CD329"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZZABB"/>
+    <s v="Asia (2)"/>
+    <s v="P"/>
+    <s v="Education (P)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="811"/>
+  </r>
+  <r>
+    <s v="CD329"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZZABB"/>
+    <s v="Asia (2)"/>
+    <s v="Q"/>
+    <s v="Human health and social work activities (Q)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="8193"/>
+  </r>
+  <r>
+    <s v="CD329"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZZABB"/>
+    <s v="Asia (2)"/>
+    <s v="R"/>
+    <s v="Arts, entertainment and recreation (R)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="108"/>
+  </r>
+  <r>
+    <s v="CD329"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZZABB"/>
+    <s v="Asia (2)"/>
+    <s v="S"/>
+    <s v="Other service activities (S)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="238"/>
+  </r>
+  <r>
+    <s v="CD329"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZZABB"/>
+    <s v="Asia (2)"/>
+    <s v="T"/>
+    <s v="Activities of households as employers producing activities of households for own use (T)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="80"/>
+  </r>
+  <r>
+    <s v="CD329"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZZABB"/>
+    <s v="Asia (2)"/>
+    <s v="U"/>
+    <s v="Activities of extraterritorial organisations and bodies (U)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="51"/>
+  </r>
+  <r>
+    <s v="CD329"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZZABB"/>
+    <s v="Asia (2)"/>
+    <s v="ZXD210"/>
+    <s v="Industry not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1065"/>
+  </r>
+  <r>
+    <s v="CD329"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZZABB"/>
+    <s v="Asia (2)"/>
+    <s v="ZXD220"/>
+    <s v="Total at work"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="16345"/>
+  </r>
+  <r>
+    <s v="CD329"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZZABB"/>
+    <s v="Asia (2)"/>
+    <s v="ZXD230"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="632"/>
+  </r>
+  <r>
+    <s v="CD329"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZZABB"/>
+    <s v="Asia (2)"/>
+    <s v="ZXD240"/>
+    <s v="Unemployed, having lost or given up previous job"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2898"/>
+  </r>
+  <r>
+    <s v="CD329"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZZABB"/>
+    <s v="Asia (2)"/>
+    <s v="ZXD250"/>
+    <s v="Total in labour force"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="19875"/>
+  </r>
+  <r>
+    <s v="CD329"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZZAZAB"/>
+    <s v="America (2)"/>
+    <s v="A"/>
+    <s v="Agriculture, forestry and fishing (A)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="72"/>
+  </r>
+  <r>
+    <s v="CD329"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZZAZAB"/>
+    <s v="America (2)"/>
+    <s v="B"/>
+    <s v="Mining and quarrying (B)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="7"/>
+  </r>
+  <r>
+    <s v="CD329"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZZAZAB"/>
+    <s v="America (2)"/>
+    <s v="C"/>
+    <s v="Manufacturing (C)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="511"/>
+  </r>
+  <r>
+    <s v="CD329"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZZAZAB"/>
+    <s v="America (2)"/>
+    <s v="D"/>
+    <s v="Electricity, gas, steam and air conditioning supply (D)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="21"/>
+  </r>
+  <r>
+    <s v="CD329"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZZAZAB"/>
+    <s v="America (2)"/>
+    <s v="E"/>
+    <s v="Water supply; sewerage, waste management and remediation activities (E)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="11"/>
+  </r>
+  <r>
+    <s v="CD329"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZZAZAB"/>
+    <s v="America (2)"/>
+    <s v="F"/>
+    <s v="Construction (F)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="72"/>
+  </r>
+  <r>
+    <s v="CD329"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZZAZAB"/>
+    <s v="America (2)"/>
+    <s v="G"/>
+    <s v="Wholesale and retail trade; repair of motor vehicles and motorcycles (G)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1066"/>
+  </r>
+  <r>
+    <s v="CD329"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZZAZAB"/>
+    <s v="America (2)"/>
+    <s v="H"/>
+    <s v="Transportation and storage (H)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="123"/>
+  </r>
+  <r>
+    <s v="CD329"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZZAZAB"/>
+    <s v="America (2)"/>
+    <s v="I"/>
+    <s v="Accommodation and food service activities (I)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="834"/>
+  </r>
+  <r>
+    <s v="CD329"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZZAZAB"/>
+    <s v="America (2)"/>
+    <s v="J"/>
+    <s v="Information and communication (J)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="512"/>
+  </r>
+  <r>
+    <s v="CD329"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZZAZAB"/>
+    <s v="America (2)"/>
+    <s v="K"/>
+    <s v="Financial and insurance activities (K)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="532"/>
+  </r>
+  <r>
+    <s v="CD329"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZZAZAB"/>
+    <s v="America (2)"/>
+    <s v="L"/>
+    <s v="Real estate activities (L)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="38"/>
+  </r>
+  <r>
+    <s v="CD329"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZZAZAB"/>
+    <s v="America (2)"/>
+    <s v="M"/>
+    <s v="Professional, scientific and technical activities (M)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="626"/>
+  </r>
+  <r>
+    <s v="CD329"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZZAZAB"/>
+    <s v="America (2)"/>
+    <s v="N"/>
+    <s v="Administrative and support service activities (N)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="443"/>
+  </r>
+  <r>
+    <s v="CD329"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZZAZAB"/>
+    <s v="America (2)"/>
+    <s v="O"/>
+    <s v="Public administration and defence; compulsory social security (O)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="397"/>
+  </r>
+  <r>
+    <s v="CD329"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZZAZAB"/>
+    <s v="America (2)"/>
+    <s v="P"/>
+    <s v="Education (P)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1541"/>
+  </r>
+  <r>
+    <s v="CD329"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZZAZAB"/>
+    <s v="America (2)"/>
+    <s v="Q"/>
+    <s v="Human health and social work activities (Q)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1502"/>
+  </r>
+  <r>
+    <s v="CD329"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZZAZAB"/>
+    <s v="America (2)"/>
+    <s v="R"/>
+    <s v="Arts, entertainment and recreation (R)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="254"/>
+  </r>
+  <r>
+    <s v="CD329"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZZAZAB"/>
+    <s v="America (2)"/>
+    <s v="S"/>
+    <s v="Other service activities (S)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="234"/>
+  </r>
+  <r>
+    <s v="CD329"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZZAZAB"/>
+    <s v="America (2)"/>
+    <s v="T"/>
+    <s v="Activities of households as employers producing activities of households for own use (T)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="99"/>
+  </r>
+  <r>
+    <s v="CD329"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZZAZAB"/>
+    <s v="America (2)"/>
+    <s v="U"/>
+    <s v="Activities of extraterritorial organisations and bodies (U)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="40"/>
+  </r>
+  <r>
+    <s v="CD329"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZZAZAB"/>
+    <s v="America (2)"/>
+    <s v="ZXD210"/>
+    <s v="Industry not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="630"/>
+  </r>
+  <r>
+    <s v="CD329"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZZAZAB"/>
+    <s v="America (2)"/>
+    <s v="ZXD220"/>
+    <s v="Total at work"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="9565"/>
+  </r>
+  <r>
+    <s v="CD329"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZZAZAB"/>
+    <s v="America (2)"/>
+    <s v="ZXD230"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="261"/>
+  </r>
+  <r>
+    <s v="CD329"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZZAZAB"/>
+    <s v="America (2)"/>
+    <s v="ZXD240"/>
+    <s v="Unemployed, having lost or given up previous job"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1618"/>
+  </r>
+  <r>
+    <s v="CD329"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZZAZAB"/>
+    <s v="America (2)"/>
+    <s v="ZXD250"/>
+    <s v="Total in labour force"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="11444"/>
+  </r>
+  <r>
+    <s v="CD329"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZZWORK"/>
+    <s v="Other countries (6)"/>
+    <s v="A"/>
+    <s v="Agriculture, forestry and fishing (A)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="27"/>
+  </r>
+  <r>
+    <s v="CD329"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZZWORK"/>
+    <s v="Other countries (6)"/>
+    <s v="B"/>
+    <s v="Mining and quarrying (B)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="CD329"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZZWORK"/>
+    <s v="Other countries (6)"/>
+    <s v="C"/>
+    <s v="Manufacturing (C)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="85"/>
+  </r>
+  <r>
+    <s v="CD329"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZZWORK"/>
+    <s v="Other countries (6)"/>
+    <s v="D"/>
+    <s v="Electricity, gas, steam and air conditioning supply (D)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="12"/>
+  </r>
+  <r>
+    <s v="CD329"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZZWORK"/>
+    <s v="Other countries (6)"/>
+    <s v="E"/>
+    <s v="Water supply; sewerage, waste management and remediation activities (E)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="CD329"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZZWORK"/>
+    <s v="Other countries (6)"/>
+    <s v="F"/>
+    <s v="Construction (F)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="8"/>
+  </r>
+  <r>
+    <s v="CD329"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZZWORK"/>
+    <s v="Other countries (6)"/>
+    <s v="G"/>
+    <s v="Wholesale and retail trade; repair of motor vehicles and motorcycles (G)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="222"/>
+  </r>
+  <r>
+    <s v="CD329"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZZWORK"/>
+    <s v="Other countries (6)"/>
+    <s v="H"/>
+    <s v="Transportation and storage (H)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="25"/>
+  </r>
+  <r>
+    <s v="CD329"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZZWORK"/>
+    <s v="Other countries (6)"/>
+    <s v="I"/>
+    <s v="Accommodation and food service activities (I)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="126"/>
+  </r>
+  <r>
+    <s v="CD329"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZZWORK"/>
+    <s v="Other countries (6)"/>
+    <s v="J"/>
+    <s v="Information and communication (J)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="100"/>
+  </r>
+  <r>
+    <s v="CD329"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZZWORK"/>
+    <s v="Other countries (6)"/>
+    <s v="K"/>
+    <s v="Financial and insurance activities (K)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="111"/>
+  </r>
+  <r>
+    <s v="CD329"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZZWORK"/>
+    <s v="Other countries (6)"/>
+    <s v="L"/>
+    <s v="Real estate activities (L)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="8"/>
+  </r>
+  <r>
+    <s v="CD329"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZZWORK"/>
+    <s v="Other countries (6)"/>
+    <s v="M"/>
+    <s v="Professional, scientific and technical activities (M)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="148"/>
+  </r>
+  <r>
+    <s v="CD329"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZZWORK"/>
+    <s v="Other countries (6)"/>
+    <s v="N"/>
+    <s v="Administrative and support service activities (N)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="53"/>
+  </r>
+  <r>
+    <s v="CD329"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZZWORK"/>
+    <s v="Other countries (6)"/>
+    <s v="O"/>
+    <s v="Public administration and defence; compulsory social security (O)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="80"/>
+  </r>
+  <r>
+    <s v="CD329"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZZWORK"/>
+    <s v="Other countries (6)"/>
+    <s v="P"/>
+    <s v="Education (P)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="226"/>
+  </r>
+  <r>
+    <s v="CD329"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZZWORK"/>
+    <s v="Other countries (6)"/>
+    <s v="Q"/>
+    <s v="Human health and social work activities (Q)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="384"/>
+  </r>
+  <r>
+    <s v="CD329"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZZWORK"/>
+    <s v="Other countries (6)"/>
+    <s v="R"/>
+    <s v="Arts, entertainment and recreation (R)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="52"/>
+  </r>
+  <r>
+    <s v="CD329"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZZWORK"/>
+    <s v="Other countries (6)"/>
+    <s v="S"/>
+    <s v="Other service activities (S)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="43"/>
+  </r>
+  <r>
+    <s v="CD329"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZZWORK"/>
+    <s v="Other countries (6)"/>
+    <s v="T"/>
+    <s v="Activities of households as employers producing activities of households for own use (T)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="7"/>
+  </r>
+  <r>
+    <s v="CD329"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZZWORK"/>
+    <s v="Other countries (6)"/>
+    <s v="U"/>
+    <s v="Activities of extraterritorial organisations and bodies (U)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="CD329"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZZWORK"/>
+    <s v="Other countries (6)"/>
+    <s v="ZXD210"/>
+    <s v="Industry not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="75"/>
+  </r>
+  <r>
+    <s v="CD329"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZZWORK"/>
+    <s v="Other countries (6)"/>
+    <s v="ZXD220"/>
+    <s v="Total at work"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1796"/>
+  </r>
+  <r>
+    <s v="CD329"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZZWORK"/>
+    <s v="Other countries (6)"/>
+    <s v="ZXD230"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="17"/>
+  </r>
+  <r>
+    <s v="CD329"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZZWORK"/>
+    <s v="Other countries (6)"/>
+    <s v="ZXD240"/>
+    <s v="Unemployed, having lost or given up previous job"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="199"/>
+  </r>
+  <r>
+    <s v="CD329"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZZWORK"/>
+    <s v="Other countries (6)"/>
+    <s v="ZXD250"/>
+    <s v="Total in labour force"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2012"/>
+  </r>
+  <r>
+    <s v="CD329"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="A"/>
+    <s v="Agriculture, forestry and fishing (A)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="10975"/>
+  </r>
+  <r>
+    <s v="CD329"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="B"/>
+    <s v="Mining and quarrying (B)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="566"/>
+  </r>
+  <r>
+    <s v="CD329"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="C"/>
+    <s v="Manufacturing (C)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="56203"/>
+  </r>
+  <r>
+    <s v="CD329"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="D"/>
+    <s v="Electricity, gas, steam and air conditioning supply (D)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2703"/>
+  </r>
+  <r>
+    <s v="CD329"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="E"/>
+    <s v="Water supply; sewerage, waste management and remediation activities (E)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1688"/>
+  </r>
+  <r>
+    <s v="CD329"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="F"/>
+    <s v="Construction (F)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="7049"/>
+  </r>
+  <r>
+    <s v="CD329"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="G"/>
+    <s v="Wholesale and retail trade; repair of motor vehicles and motorcycles (G)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="126642"/>
+  </r>
+  <r>
+    <s v="CD329"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="H"/>
+    <s v="Transportation and storage (H)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="15244"/>
+  </r>
+  <r>
+    <s v="CD329"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="I"/>
+    <s v="Accommodation and food service activities (I)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="55019"/>
+  </r>
+  <r>
+    <s v="CD329"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="J"/>
+    <s v="Information and communication (J)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="22277"/>
+  </r>
+  <r>
+    <s v="CD329"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="K"/>
+    <s v="Financial and insurance activities (K)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="51241"/>
+  </r>
+  <r>
+    <s v="CD329"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="L"/>
+    <s v="Real estate activities (L)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3799"/>
+  </r>
+  <r>
+    <s v="CD329"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="M"/>
+    <s v="Professional, scientific and technical activities (M)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="43651"/>
+  </r>
+  <r>
+    <s v="CD329"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="N"/>
+    <s v="Administrative and support service activities (N)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="26407"/>
+  </r>
+  <r>
+    <s v="CD329"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="O"/>
+    <s v="Public administration and defence; compulsory social security (O)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="52732"/>
+  </r>
+  <r>
+    <s v="CD329"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="P"/>
+    <s v="Education (P)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="122678"/>
+  </r>
+  <r>
+    <s v="CD329"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="Q"/>
+    <s v="Human health and social work activities (Q)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="157593"/>
+  </r>
+  <r>
+    <s v="CD329"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="R"/>
+    <s v="Arts, entertainment and recreation (R)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="14556"/>
+  </r>
+  <r>
+    <s v="CD329"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="S"/>
+    <s v="Other service activities (S)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="27576"/>
+  </r>
+  <r>
+    <s v="CD329"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="T"/>
+    <s v="Activities of households as employers producing activities of households for own use (T)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1591"/>
+  </r>
+  <r>
+    <s v="CD329"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="U"/>
+    <s v="Activities of extraterritorial organisations and bodies (U)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="372"/>
+  </r>
+  <r>
+    <s v="CD329"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="ZXD210"/>
+    <s v="Industry not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="38663"/>
+  </r>
+  <r>
+    <s v="CD329"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="ZXD220"/>
+    <s v="Total at work"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="839225"/>
+  </r>
+  <r>
+    <s v="CD329"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="ZXD230"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="14297"/>
+  </r>
+  <r>
+    <s v="CD329"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="ZXD240"/>
+    <s v="Unemployed, having lost or given up previous job"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="134492"/>
+  </r>
+  <r>
+    <s v="CD329"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="ZXD250"/>
+    <s v="Total in labour force"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="988014"/>
+  </r>
+</pivotCacheRecords>
 </file>