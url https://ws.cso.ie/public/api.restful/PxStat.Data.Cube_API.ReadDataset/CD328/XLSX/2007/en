--- v0 (2025-10-30)
+++ v1 (2026-01-22)
@@ -1,97 +1,97 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/pivotCache/pivotCacheDefinition1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheDefinition+xml"/>
   <Override PartName="/pivotCache/pivotCacheRecords1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheRecords+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/pivotTables/pivotTable.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2312eb31710846a1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/0e3f7b8e20fa4087b264dd9382439359.psmdcp" Id="Rd065c7b1f33c4bfe" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2581a0ecd1c145d1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/75a3bc8179cf48e59e4d669f43447e16.psmdcp" Id="R3c7c353715d24566" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
-    <x:sheet name="About" sheetId="2" r:id="rId2"/>
-[...1 lines deleted...]
-    <x:sheet name="Pivoted" sheetId="11" r:id="rId11"/>
+    <x:sheet name="About" sheetId="1" r:id="rId2"/>
+    <x:sheet name="Unpivoted" sheetId="2" r:id="rId9"/>
+    <x:sheet name="Pivoted" sheetId="3" r:id="rId11"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
   <x:pivotCaches>
     <x:pivotCache cacheId="0" r:id="rId12"/>
   </x:pivotCaches>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Table</x:t>
   </x:si>
   <x:si>
     <x:t>Code</x:t>
   </x:si>
   <x:si>
     <x:t>CD328</x:t>
   </x:si>
   <x:si>
     <x:t>Name</x:t>
   </x:si>
   <x:si>
     <x:t>Population Aged 15 Years and Over in the Labour Force</x:t>
   </x:si>
   <x:si>
     <x:t>Frequency</x:t>
   </x:si>
   <x:si>
     <x:t>Annual</x:t>
   </x:si>
   <x:si>
     <x:t>Last Updated</x:t>
   </x:si>
   <x:si>
-    <x:t>5/14/2020 11:00:00 AM</x:t>
+    <x:t>14/05/2020 11:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Note</x:t>
   </x:si>
   <x:si>
     <x:t>Url</x:t>
   </x:si>
   <x:si>
     <x:t>https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/CD328/XLSX/2007/en</x:t>
   </x:si>
   <x:si>
     <x:t>Product</x:t>
   </x:si>
   <x:si>
     <x:t>C2011P3</x:t>
   </x:si>
   <x:si>
     <x:t>Profile 3 - At Work</x:t>
   </x:si>
   <x:si>
     <x:t>Contacts</x:t>
   </x:si>
   <x:si>
     <x:t>Bernie Casey</x:t>
   </x:si>
@@ -583,475 +583,198 @@
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip r:embed="rId8" cstate="print"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="3971925" cy="1381125"/>
         </a:xfrm>
         <a:prstGeom prst="rect"/>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/pivotTables/_rels/pivotTable.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheDefinition" Target="/pivotCache/pivotCacheDefinition1.xml" Id="rId17" /></Relationships>
 </file>
 
 <file path=xl/pivotTables/pivotTable.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotTableDefinition xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" dataCaption="Values" showError="0" missingCaption="" showMissing="1" pageWrap="0" pageOverThenDown="0" rowGrandTotals="0" colGrandTotals="0" indent="1">
-[...423 lines deleted...]
-</x:pivotTableDefinition>
+<pivotTableDefinition xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" applyNumberFormats="0" applyBorderFormats="0" applyFontFormats="0" applyPatternFormats="0" applyAlignmentFormats="0" applyWidthHeightFormats="0" dataCaption="Values" rowGrandTotals="0" colGrandTotals="0" outline="1">
+  <location ref="A1" firstHeaderRow="0" firstDataRow="0" firstDataCol="0"/>
+  <pivotFields count="12">
+    <pivotField name="STATISTIC" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="Statistic Label" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="C02199V02655" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="3">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+      </items>
+    </pivotField>
+    <pivotField name="Sex" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="3">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+      </items>
+    </pivotField>
+    <pivotField name="C02757V03327" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="9">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+      </items>
+    </pivotField>
+    <pivotField name="Highest Level of Education Completed" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="9">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+      </items>
+    </pivotField>
+    <pivotField name="C02852V03430" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="26">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+        <item x="11"/>
+        <item x="12"/>
+        <item x="13"/>
+        <item x="14"/>
+        <item x="15"/>
+        <item x="16"/>
+        <item x="17"/>
+        <item x="18"/>
+        <item x="19"/>
+        <item x="20"/>
+        <item x="21"/>
+        <item x="22"/>
+        <item x="23"/>
+        <item x="24"/>
+        <item x="25"/>
+      </items>
+    </pivotField>
+    <pivotField name="Broad Industrial Group" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="26">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+        <item x="11"/>
+        <item x="12"/>
+        <item x="13"/>
+        <item x="14"/>
+        <item x="15"/>
+        <item x="16"/>
+        <item x="17"/>
+        <item x="18"/>
+        <item x="19"/>
+        <item x="20"/>
+        <item x="21"/>
+        <item x="22"/>
+        <item x="23"/>
+        <item x="24"/>
+        <item x="25"/>
+      </items>
+    </pivotField>
+    <pivotField name="TLIST(A1)" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="CensusYear" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField showAll="0"/>
+    <pivotField dataField="1" showAll="0"/>
+  </pivotFields>
+  <rowFields count="10">
+    <field x="0"/>
+    <field x="1"/>
+    <field x="2"/>
+    <field x="3"/>
+    <field x="4"/>
+    <field x="5"/>
+    <field x="6"/>
+    <field x="7"/>
+    <field x="8"/>
+    <field x="9"/>
+  </rowFields>
+  <dataFields count="1">
+    <dataField name="VALUE" fld="11"/>
+  </dataFields>
+  <pivotTableStyleInfo name="PivotStyleLight16" showRowHeaders="1" showColHeaders="1"/>
+  <extLst>
+    <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{962EF5D1-5CA2-4c93-8EF4-DBF5C05439D2}">
+      <x14:pivotTableDefinition enableEdit="0" hideValuesRow="1"/>
+    </ext>
+  </extLst>
+</pivotTableDefinition>
 </file>
 
 <file path=xl/tables/table1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:table xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="1" name="Unpivoted" displayName="Unpivoted" ref="A1:L703" totalsRowShown="0">
   <x:autoFilter ref="A1:L703"/>
   <x:tableColumns count="12">
     <x:tableColumn id="1" name="STATISTIC"/>
     <x:tableColumn id="2" name="Statistic Label"/>
     <x:tableColumn id="3" name="C02199V02655"/>
     <x:tableColumn id="4" name="Sex"/>
     <x:tableColumn id="5" name="C02757V03327"/>
     <x:tableColumn id="6" name="Highest Level of Education Completed"/>
     <x:tableColumn id="7" name="C02852V03430"/>
     <x:tableColumn id="8" name="Broad Industrial Group"/>
     <x:tableColumn id="9" name="TLIST(A1)"/>
     <x:tableColumn id="10" name="CensusYear"/>
     <x:tableColumn id="11" name="UNIT"/>
     <x:tableColumn id="12" name="VALUE"/>
   </x:tableColumns>
   <x:tableStyleInfo name="TableStyleMedium2" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </x:table>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
@@ -1324,51 +1047,51 @@
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="/xl/drawings/drawing1.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/CD328/XLSX/2007/en" TargetMode="External" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cso.ie/" TargetMode="External" Id="rId14" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="/xl/tables/table1.xml" Id="rId15" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet3.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotTable" Target="/xl/pivotTables/pivotTable.xml" Id="rId16" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:B39"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="20.710625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="100.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="8" spans="1:2">
       <x:c r="A8" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B8" s="2"/>
     </x:row>
     <x:row r="9" spans="1:2">
       <x:c r="A9" s="3" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="B9" s="0" t="s">
         <x:v>2</x:v>
@@ -1555,51 +1278,51 @@
       </x:c>
     </x:row>
     <x:row r="39" spans="1:2">
       <x:c r="A39" s="3" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B39" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:hyperlinks>
     <x:hyperlink ref="B14" r:id="rId13"/>
     <x:hyperlink ref="B28" r:id="rId14"/>
   </x:hyperlinks>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:drawing xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId7"/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:L703"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="11.996339" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="50.282054" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="16.139196" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="10.424911" style="0" customWidth="1"/>
     <x:col min="5" max="5" width="16.139196" style="0" customWidth="1"/>
     <x:col min="6" max="6" width="43.139196" style="0" customWidth="1"/>
     <x:col min="7" max="7" width="16.139196" style="0" customWidth="1"/>
     <x:col min="8" max="8" width="79.710625" style="0" customWidth="1"/>
     <x:col min="9" max="9" width="11.282054" style="0" customWidth="1"/>
     <x:col min="10" max="10" width="13.424911" style="0" customWidth="1"/>
     <x:col min="11" max="11" width="8.282054" style="0" customWidth="1"/>
     <x:col min="12" max="12" width="8.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:12">
       <x:c r="A1" s="0" t="s">
@@ -28305,51 +28028,51 @@
       <x:c r="I703" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J703" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="K703" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="L703" s="0">
         <x:v>76804</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="1">
     <x:tablePart r:id="rId15"/>
   </x:tableParts>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:sheetData/>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Application>Microsoft Excel</ap:Application>
   <ap:TitlesOfParts>
     <vt:vector baseType="lpstr" size="9">
       <vt:lpstr>About</vt:lpstr>
       <vt:lpstr>Unpivoted</vt:lpstr>
       <vt:lpstr>Pivoted</vt:lpstr>
@@ -28366,51 +28089,51 @@
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>3</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Named Ranges</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>6</vt:i4>
       </vt:variant>
     </vt:vector>
   </ap:HeadingPairs>
   <ap:DocSecurity>0</ap:DocSecurity>
   <ap:ScaleCrop>false</ap:ScaleCrop>
 </ap:Properties>
 </file>
 
 <file path=pivotCache/_rels/pivotCacheDefinition1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheRecords" Target="/pivotCache/pivotCacheRecords1.xml" Id="rId1" /></Relationships>
 </file>
 
 <file path=pivotCache/pivotCacheDefinition1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:pivotCacheDefinition xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" r:id="rId1" saveData="1" refreshOnLoad="1" createdVersion="5" refreshedVersion="5" minRefreshableVersion="3">
   <x:cacheSource type="worksheet">
-    <x:worksheetSource ref="A1:L703" sheet="Unpivoted"/>
+    <x:worksheetSource name="Unpivoted"/>
   </x:cacheSource>
   <x:cacheFields>
     <x:cacheField name="STATISTIC">
       <x:sharedItems count="1">
         <x:s v="CD328"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="Statistic Label">
       <x:sharedItems count="1">
         <x:s v="Population Aged 15 Years and Over in the Labour Force"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="C02199V02655">
       <x:sharedItems count="3">
         <x:s v="-"/>
         <x:s v="1"/>
         <x:s v="2"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="Sex">
       <x:sharedItems count="3">
         <x:s v="Both sexes"/>
         <x:s v="Male"/>
         <x:s v="Female"/>
       </x:sharedItems>
@@ -29182,27 +28905,9856 @@
         <x:n v="93"/>
         <x:n v="355"/>
         <x:n v="9098"/>
         <x:n v="862"/>
         <x:n v="6489"/>
         <x:n v="1375"/>
         <x:n v="2067"/>
         <x:n v="190"/>
         <x:n v="2317"/>
         <x:n v="2633"/>
         <x:n v="1661"/>
         <x:n v="911"/>
         <x:n v="1897"/>
         <x:n v="3889"/>
         <x:n v="56568"/>
         <x:n v="3212"/>
         <x:n v="17024"/>
         <x:n v="76804"/>
       </x:sharedItems>
     </x:cacheField>
   </x:cacheFields>
 </x:pivotCacheDefinition>
 </file>
 
 <file path=pivotCache/pivotCacheRecords1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main"/>
+<pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="xr">
+  <r>
+    <s v="CD328"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-2"/>
+    <s v="Total education ceased and not ceased"/>
+    <s v="A"/>
+    <s v="Agriculture, forestry and fishing (A)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="91526"/>
+  </r>
+  <r>
+    <s v="CD328"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-2"/>
+    <s v="Total education ceased and not ceased"/>
+    <s v="B"/>
+    <s v="Mining and quarrying (B)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5339"/>
+  </r>
+  <r>
+    <s v="CD328"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-2"/>
+    <s v="Total education ceased and not ceased"/>
+    <s v="C"/>
+    <s v="Manufacturing (C)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="183692"/>
+  </r>
+  <r>
+    <s v="CD328"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-2"/>
+    <s v="Total education ceased and not ceased"/>
+    <s v="D"/>
+    <s v="Electricity, gas, steam and air conditioning supply (D)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="11328"/>
+  </r>
+  <r>
+    <s v="CD328"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-2"/>
+    <s v="Total education ceased and not ceased"/>
+    <s v="E"/>
+    <s v="Water supply; sewerage, waste management and remediation activities (E)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="9444"/>
+  </r>
+  <r>
+    <s v="CD328"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-2"/>
+    <s v="Total education ceased and not ceased"/>
+    <s v="F"/>
+    <s v="Construction (F)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="87371"/>
+  </r>
+  <r>
+    <s v="CD328"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-2"/>
+    <s v="Total education ceased and not ceased"/>
+    <s v="G"/>
+    <s v="Wholesale and retail trade; repair of motor vehicles and motorcycles (G)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="262206"/>
+  </r>
+  <r>
+    <s v="CD328"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-2"/>
+    <s v="Total education ceased and not ceased"/>
+    <s v="H"/>
+    <s v="Transportation and storage (H)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="77999"/>
+  </r>
+  <r>
+    <s v="CD328"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-2"/>
+    <s v="Total education ceased and not ceased"/>
+    <s v="I"/>
+    <s v="Accommodation and food service activities (I)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="103549"/>
+  </r>
+  <r>
+    <s v="CD328"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-2"/>
+    <s v="Total education ceased and not ceased"/>
+    <s v="J"/>
+    <s v="Information and communication (J)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="68531"/>
+  </r>
+  <r>
+    <s v="CD328"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-2"/>
+    <s v="Total education ceased and not ceased"/>
+    <s v="K"/>
+    <s v="Financial and insurance activities (K)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="92837"/>
+  </r>
+  <r>
+    <s v="CD328"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-2"/>
+    <s v="Total education ceased and not ceased"/>
+    <s v="L"/>
+    <s v="Real estate activities (L)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="8378"/>
+  </r>
+  <r>
+    <s v="CD328"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-2"/>
+    <s v="Total education ceased and not ceased"/>
+    <s v="M"/>
+    <s v="Professional, scientific and technical activities (M)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="92868"/>
+  </r>
+  <r>
+    <s v="CD328"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-2"/>
+    <s v="Total education ceased and not ceased"/>
+    <s v="N"/>
+    <s v="Administrative and support service activities (N)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="60716"/>
+  </r>
+  <r>
+    <s v="CD328"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-2"/>
+    <s v="Total education ceased and not ceased"/>
+    <s v="O"/>
+    <s v="Public administration and defence; compulsory social security (O)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="113042"/>
+  </r>
+  <r>
+    <s v="CD328"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-2"/>
+    <s v="Total education ceased and not ceased"/>
+    <s v="P"/>
+    <s v="Education (P)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="167290"/>
+  </r>
+  <r>
+    <s v="CD328"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-2"/>
+    <s v="Total education ceased and not ceased"/>
+    <s v="Q"/>
+    <s v="Human health and social work activities (Q)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="197343"/>
+  </r>
+  <r>
+    <s v="CD328"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-2"/>
+    <s v="Total education ceased and not ceased"/>
+    <s v="R"/>
+    <s v="Arts, entertainment and recreation (R)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="30663"/>
+  </r>
+  <r>
+    <s v="CD328"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-2"/>
+    <s v="Total education ceased and not ceased"/>
+    <s v="S"/>
+    <s v="Other service activities (S)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="39140"/>
+  </r>
+  <r>
+    <s v="CD328"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-2"/>
+    <s v="Total education ceased and not ceased"/>
+    <s v="T"/>
+    <s v="Activities of households as employers producing activities of households for own use (T)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1969"/>
+  </r>
+  <r>
+    <s v="CD328"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-2"/>
+    <s v="Total education ceased and not ceased"/>
+    <s v="U"/>
+    <s v="Activities of extraterritorial organisations and bodies (U)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="818"/>
+  </r>
+  <r>
+    <s v="CD328"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-2"/>
+    <s v="Total education ceased and not ceased"/>
+    <s v="ZXD210"/>
+    <s v="Industry not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="101311"/>
+  </r>
+  <r>
+    <s v="CD328"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-2"/>
+    <s v="Total education ceased and not ceased"/>
+    <s v="ZXD220"/>
+    <s v="Total at work"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1807360"/>
+  </r>
+  <r>
+    <s v="CD328"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-2"/>
+    <s v="Total education ceased and not ceased"/>
+    <s v="ZXD230"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="34166"/>
+  </r>
+  <r>
+    <s v="CD328"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-2"/>
+    <s v="Total education ceased and not ceased"/>
+    <s v="ZXD240"/>
+    <s v="Unemployed, having lost or given up previous job"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="390677"/>
+  </r>
+  <r>
+    <s v="CD328"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-2"/>
+    <s v="Total education ceased and not ceased"/>
+    <s v="ZXD250"/>
+    <s v="Total in labour force"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2232203"/>
+  </r>
+  <r>
+    <s v="CD328"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="A"/>
+    <s v="Agriculture, forestry and fishing (A)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="88698"/>
+  </r>
+  <r>
+    <s v="CD328"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="B"/>
+    <s v="Mining and quarrying (B)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5123"/>
+  </r>
+  <r>
+    <s v="CD328"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="C"/>
+    <s v="Manufacturing (C)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="172912"/>
+  </r>
+  <r>
+    <s v="CD328"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="D"/>
+    <s v="Electricity, gas, steam and air conditioning supply (D)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="10850"/>
+  </r>
+  <r>
+    <s v="CD328"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="E"/>
+    <s v="Water supply; sewerage, waste management and remediation activities (E)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="8853"/>
+  </r>
+  <r>
+    <s v="CD328"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="F"/>
+    <s v="Construction (F)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="82559"/>
+  </r>
+  <r>
+    <s v="CD328"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="G"/>
+    <s v="Wholesale and retail trade; repair of motor vehicles and motorcycles (G)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="243925"/>
+  </r>
+  <r>
+    <s v="CD328"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="H"/>
+    <s v="Transportation and storage (H)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="73912"/>
+  </r>
+  <r>
+    <s v="CD328"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="I"/>
+    <s v="Accommodation and food service activities (I)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="90949"/>
+  </r>
+  <r>
+    <s v="CD328"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="J"/>
+    <s v="Information and communication (J)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="64320"/>
+  </r>
+  <r>
+    <s v="CD328"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="K"/>
+    <s v="Financial and insurance activities (K)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="88979"/>
+  </r>
+  <r>
+    <s v="CD328"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="L"/>
+    <s v="Real estate activities (L)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="8002"/>
+  </r>
+  <r>
+    <s v="CD328"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="M"/>
+    <s v="Professional, scientific and technical activities (M)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="88170"/>
+  </r>
+  <r>
+    <s v="CD328"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="N"/>
+    <s v="Administrative and support service activities (N)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="55359"/>
+  </r>
+  <r>
+    <s v="CD328"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="O"/>
+    <s v="Public administration and defence; compulsory social security (O)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="109072"/>
+  </r>
+  <r>
+    <s v="CD328"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="P"/>
+    <s v="Education (P)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="156962"/>
+  </r>
+  <r>
+    <s v="CD328"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="Q"/>
+    <s v="Human health and social work activities (Q)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="182886"/>
+  </r>
+  <r>
+    <s v="CD328"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="R"/>
+    <s v="Arts, entertainment and recreation (R)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="28811"/>
+  </r>
+  <r>
+    <s v="CD328"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="S"/>
+    <s v="Other service activities (S)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="36562"/>
+  </r>
+  <r>
+    <s v="CD328"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="T"/>
+    <s v="Activities of households as employers producing activities of households for own use (T)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1600"/>
+  </r>
+  <r>
+    <s v="CD328"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="U"/>
+    <s v="Activities of extraterritorial organisations and bodies (U)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="706"/>
+  </r>
+  <r>
+    <s v="CD328"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="ZXD210"/>
+    <s v="Industry not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="92714"/>
+  </r>
+  <r>
+    <s v="CD328"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="ZXD220"/>
+    <s v="Total at work"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1691924"/>
+  </r>
+  <r>
+    <s v="CD328"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="ZXD230"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="27501"/>
+  </r>
+  <r>
+    <s v="CD328"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="ZXD240"/>
+    <s v="Unemployed, having lost or given up previous job"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="349685"/>
+  </r>
+  <r>
+    <s v="CD328"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="ZXD250"/>
+    <s v="Total in labour force"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2069110"/>
+  </r>
+  <r>
+    <s v="CD328"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="Primary (incl. no formal education)"/>
+    <s v="A"/>
+    <s v="Agriculture, forestry and fishing (A)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="20991"/>
+  </r>
+  <r>
+    <s v="CD328"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="Primary (incl. no formal education)"/>
+    <s v="B"/>
+    <s v="Mining and quarrying (B)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="564"/>
+  </r>
+  <r>
+    <s v="CD328"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="Primary (incl. no formal education)"/>
+    <s v="C"/>
+    <s v="Manufacturing (C)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="7533"/>
+  </r>
+  <r>
+    <s v="CD328"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="Primary (incl. no formal education)"/>
+    <s v="D"/>
+    <s v="Electricity, gas, steam and air conditioning supply (D)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="333"/>
+  </r>
+  <r>
+    <s v="CD328"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="Primary (incl. no formal education)"/>
+    <s v="E"/>
+    <s v="Water supply; sewerage, waste management and remediation activities (E)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="858"/>
+  </r>
+  <r>
+    <s v="CD328"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="Primary (incl. no formal education)"/>
+    <s v="F"/>
+    <s v="Construction (F)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5538"/>
+  </r>
+  <r>
+    <s v="CD328"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="Primary (incl. no formal education)"/>
+    <s v="G"/>
+    <s v="Wholesale and retail trade; repair of motor vehicles and motorcycles (G)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="12993"/>
+  </r>
+  <r>
+    <s v="CD328"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="Primary (incl. no formal education)"/>
+    <s v="H"/>
+    <s v="Transportation and storage (H)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="7044"/>
+  </r>
+  <r>
+    <s v="CD328"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="Primary (incl. no formal education)"/>
+    <s v="I"/>
+    <s v="Accommodation and food service activities (I)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5677"/>
+  </r>
+  <r>
+    <s v="CD328"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="Primary (incl. no formal education)"/>
+    <s v="J"/>
+    <s v="Information and communication (J)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="592"/>
+  </r>
+  <r>
+    <s v="CD328"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="Primary (incl. no formal education)"/>
+    <s v="K"/>
+    <s v="Financial and insurance activities (K)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="628"/>
+  </r>
+  <r>
+    <s v="CD328"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="Primary (incl. no formal education)"/>
+    <s v="L"/>
+    <s v="Real estate activities (L)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="201"/>
+  </r>
+  <r>
+    <s v="CD328"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="Primary (incl. no formal education)"/>
+    <s v="M"/>
+    <s v="Professional, scientific and technical activities (M)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="851"/>
+  </r>
+  <r>
+    <s v="CD328"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="Primary (incl. no formal education)"/>
+    <s v="N"/>
+    <s v="Administrative and support service activities (N)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4844"/>
+  </r>
+  <r>
+    <s v="CD328"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="Primary (incl. no formal education)"/>
+    <s v="O"/>
+    <s v="Public administration and defence; compulsory social security (O)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4388"/>
+  </r>
+  <r>
+    <s v="CD328"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="Primary (incl. no formal education)"/>
+    <s v="P"/>
+    <s v="Education (P)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3896"/>
+  </r>
+  <r>
+    <s v="CD328"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="Primary (incl. no formal education)"/>
+    <s v="Q"/>
+    <s v="Human health and social work activities (Q)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="8345"/>
+  </r>
+  <r>
+    <s v="CD328"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="Primary (incl. no formal education)"/>
+    <s v="R"/>
+    <s v="Arts, entertainment and recreation (R)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1313"/>
+  </r>
+  <r>
+    <s v="CD328"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="Primary (incl. no formal education)"/>
+    <s v="S"/>
+    <s v="Other service activities (S)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2008"/>
+  </r>
+  <r>
+    <s v="CD328"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="Primary (incl. no formal education)"/>
+    <s v="T"/>
+    <s v="Activities of households as employers producing activities of households for own use (T)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="175"/>
+  </r>
+  <r>
+    <s v="CD328"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="Primary (incl. no formal education)"/>
+    <s v="U"/>
+    <s v="Activities of extraterritorial organisations and bodies (U)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="21"/>
+  </r>
+  <r>
+    <s v="CD328"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="Primary (incl. no formal education)"/>
+    <s v="ZXD210"/>
+    <s v="Industry not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="9599"/>
+  </r>
+  <r>
+    <s v="CD328"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="Primary (incl. no formal education)"/>
+    <s v="ZXD220"/>
+    <s v="Total at work"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="98392"/>
+  </r>
+  <r>
+    <s v="CD328"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="Primary (incl. no formal education)"/>
+    <s v="ZXD230"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2072"/>
+  </r>
+  <r>
+    <s v="CD328"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="Primary (incl. no formal education)"/>
+    <s v="ZXD240"/>
+    <s v="Unemployed, having lost or given up previous job"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="53104"/>
+  </r>
+  <r>
+    <s v="CD328"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="Primary (incl. no formal education)"/>
+    <s v="ZXD250"/>
+    <s v="Total in labour force"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="153568"/>
+  </r>
+  <r>
+    <s v="CD328"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="A"/>
+    <s v="Agriculture, forestry and fishing (A)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="23161"/>
+  </r>
+  <r>
+    <s v="CD328"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="B"/>
+    <s v="Mining and quarrying (B)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1351"/>
+  </r>
+  <r>
+    <s v="CD328"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="C"/>
+    <s v="Manufacturing (C)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="25565"/>
+  </r>
+  <r>
+    <s v="CD328"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="D"/>
+    <s v="Electricity, gas, steam and air conditioning supply (D)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1114"/>
+  </r>
+  <r>
+    <s v="CD328"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="E"/>
+    <s v="Water supply; sewerage, waste management and remediation activities (E)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1931"/>
+  </r>
+  <r>
+    <s v="CD328"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="F"/>
+    <s v="Construction (F)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="17915"/>
+  </r>
+  <r>
+    <s v="CD328"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="G"/>
+    <s v="Wholesale and retail trade; repair of motor vehicles and motorcycles (G)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="43467"/>
+  </r>
+  <r>
+    <s v="CD328"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="H"/>
+    <s v="Transportation and storage (H)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="18483"/>
+  </r>
+  <r>
+    <s v="CD328"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="I"/>
+    <s v="Accommodation and food service activities (I)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="13185"/>
+  </r>
+  <r>
+    <s v="CD328"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="J"/>
+    <s v="Information and communication (J)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2843"/>
+  </r>
+  <r>
+    <s v="CD328"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="K"/>
+    <s v="Financial and insurance activities (K)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2462"/>
+  </r>
+  <r>
+    <s v="CD328"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="L"/>
+    <s v="Real estate activities (L)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="630"/>
+  </r>
+  <r>
+    <s v="CD328"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="M"/>
+    <s v="Professional, scientific and technical activities (M)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3883"/>
+  </r>
+  <r>
+    <s v="CD328"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="N"/>
+    <s v="Administrative and support service activities (N)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="9328"/>
+  </r>
+  <r>
+    <s v="CD328"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="O"/>
+    <s v="Public administration and defence; compulsory social security (O)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="10777"/>
+  </r>
+  <r>
+    <s v="CD328"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="P"/>
+    <s v="Education (P)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="8376"/>
+  </r>
+  <r>
+    <s v="CD328"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="Q"/>
+    <s v="Human health and social work activities (Q)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="17619"/>
+  </r>
+  <r>
+    <s v="CD328"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="R"/>
+    <s v="Arts, entertainment and recreation (R)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3398"/>
+  </r>
+  <r>
+    <s v="CD328"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="S"/>
+    <s v="Other service activities (S)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="6673"/>
+  </r>
+  <r>
+    <s v="CD328"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="T"/>
+    <s v="Activities of households as employers producing activities of households for own use (T)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="264"/>
+  </r>
+  <r>
+    <s v="CD328"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="U"/>
+    <s v="Activities of extraterritorial organisations and bodies (U)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="47"/>
+  </r>
+  <r>
+    <s v="CD328"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="ZXD210"/>
+    <s v="Industry not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="12922"/>
+  </r>
+  <r>
+    <s v="CD328"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="ZXD220"/>
+    <s v="Total at work"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="225394"/>
+  </r>
+  <r>
+    <s v="CD328"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="ZXD230"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4797"/>
+  </r>
+  <r>
+    <s v="CD328"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="ZXD240"/>
+    <s v="Unemployed, having lost or given up previous job"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="87500"/>
+  </r>
+  <r>
+    <s v="CD328"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="ZXD250"/>
+    <s v="Total in labour force"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="317691"/>
+  </r>
+  <r>
+    <s v="CD328"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="A"/>
+    <s v="Agriculture, forestry and fishing (A)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="33830"/>
+  </r>
+  <r>
+    <s v="CD328"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="B"/>
+    <s v="Mining and quarrying (B)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1981"/>
+  </r>
+  <r>
+    <s v="CD328"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="C"/>
+    <s v="Manufacturing (C)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="72224"/>
+  </r>
+  <r>
+    <s v="CD328"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="D"/>
+    <s v="Electricity, gas, steam and air conditioning supply (D)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4196"/>
+  </r>
+  <r>
+    <s v="CD328"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="E"/>
+    <s v="Water supply; sewerage, waste management and remediation activities (E)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3840"/>
+  </r>
+  <r>
+    <s v="CD328"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="F"/>
+    <s v="Construction (F)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="42492"/>
+  </r>
+  <r>
+    <s v="CD328"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="G"/>
+    <s v="Wholesale and retail trade; repair of motor vehicles and motorcycles (G)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="121383"/>
+  </r>
+  <r>
+    <s v="CD328"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="H"/>
+    <s v="Transportation and storage (H)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="33691"/>
+  </r>
+  <r>
+    <s v="CD328"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="I"/>
+    <s v="Accommodation and food service activities (I)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="45583"/>
+  </r>
+  <r>
+    <s v="CD328"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="J"/>
+    <s v="Information and communication (J)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="15723"/>
+  </r>
+  <r>
+    <s v="CD328"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="K"/>
+    <s v="Financial and insurance activities (K)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="28509"/>
+  </r>
+  <r>
+    <s v="CD328"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="L"/>
+    <s v="Real estate activities (L)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2857"/>
+  </r>
+  <r>
+    <s v="CD328"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="M"/>
+    <s v="Professional, scientific and technical activities (M)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="20214"/>
+  </r>
+  <r>
+    <s v="CD328"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="N"/>
+    <s v="Administrative and support service activities (N)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="23225"/>
+  </r>
+  <r>
+    <s v="CD328"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="O"/>
+    <s v="Public administration and defence; compulsory social security (O)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="40900"/>
+  </r>
+  <r>
+    <s v="CD328"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="P"/>
+    <s v="Education (P)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="29292"/>
+  </r>
+  <r>
+    <s v="CD328"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="Q"/>
+    <s v="Human health and social work activities (Q)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="51040"/>
+  </r>
+  <r>
+    <s v="CD328"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="R"/>
+    <s v="Arts, entertainment and recreation (R)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="11268"/>
+  </r>
+  <r>
+    <s v="CD328"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="S"/>
+    <s v="Other service activities (S)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="17285"/>
+  </r>
+  <r>
+    <s v="CD328"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="T"/>
+    <s v="Activities of households as employers producing activities of households for own use (T)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="715"/>
+  </r>
+  <r>
+    <s v="CD328"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="U"/>
+    <s v="Activities of extraterritorial organisations and bodies (U)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="189"/>
+  </r>
+  <r>
+    <s v="CD328"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="ZXD210"/>
+    <s v="Industry not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="24337"/>
+  </r>
+  <r>
+    <s v="CD328"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="ZXD220"/>
+    <s v="Total at work"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="624774"/>
+  </r>
+  <r>
+    <s v="CD328"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="ZXD230"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="12715"/>
+  </r>
+  <r>
+    <s v="CD328"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="ZXD240"/>
+    <s v="Unemployed, having lost or given up previous job"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="140363"/>
+  </r>
+  <r>
+    <s v="CD328"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="ZXD250"/>
+    <s v="Total in labour force"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="777852"/>
+  </r>
+  <r>
+    <s v="CD328"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="09"/>
+    <s v="Third level non-degree"/>
+    <s v="A"/>
+    <s v="Agriculture, forestry and fishing (A)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2327"/>
+  </r>
+  <r>
+    <s v="CD328"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="09"/>
+    <s v="Third level non-degree"/>
+    <s v="B"/>
+    <s v="Mining and quarrying (B)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="222"/>
+  </r>
+  <r>
+    <s v="CD328"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="09"/>
+    <s v="Third level non-degree"/>
+    <s v="C"/>
+    <s v="Manufacturing (C)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="10908"/>
+  </r>
+  <r>
+    <s v="CD328"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="09"/>
+    <s v="Third level non-degree"/>
+    <s v="D"/>
+    <s v="Electricity, gas, steam and air conditioning supply (D)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="802"/>
+  </r>
+  <r>
+    <s v="CD328"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="09"/>
+    <s v="Third level non-degree"/>
+    <s v="E"/>
+    <s v="Water supply; sewerage, waste management and remediation activities (E)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="443"/>
+  </r>
+  <r>
+    <s v="CD328"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="09"/>
+    <s v="Third level non-degree"/>
+    <s v="F"/>
+    <s v="Construction (F)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3611"/>
+  </r>
+  <r>
+    <s v="CD328"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="09"/>
+    <s v="Third level non-degree"/>
+    <s v="G"/>
+    <s v="Wholesale and retail trade; repair of motor vehicles and motorcycles (G)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="13321"/>
+  </r>
+  <r>
+    <s v="CD328"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="09"/>
+    <s v="Third level non-degree"/>
+    <s v="H"/>
+    <s v="Transportation and storage (H)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3429"/>
+  </r>
+  <r>
+    <s v="CD328"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="09"/>
+    <s v="Third level non-degree"/>
+    <s v="I"/>
+    <s v="Accommodation and food service activities (I)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="6255"/>
+  </r>
+  <r>
+    <s v="CD328"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="09"/>
+    <s v="Third level non-degree"/>
+    <s v="J"/>
+    <s v="Information and communication (J)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4710"/>
+  </r>
+  <r>
+    <s v="CD328"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="09"/>
+    <s v="Third level non-degree"/>
+    <s v="K"/>
+    <s v="Financial and insurance activities (K)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="6595"/>
+  </r>
+  <r>
+    <s v="CD328"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="09"/>
+    <s v="Third level non-degree"/>
+    <s v="L"/>
+    <s v="Real estate activities (L)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="717"/>
+  </r>
+  <r>
+    <s v="CD328"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="09"/>
+    <s v="Third level non-degree"/>
+    <s v="M"/>
+    <s v="Professional, scientific and technical activities (M)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5094"/>
+  </r>
+  <r>
+    <s v="CD328"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="09"/>
+    <s v="Third level non-degree"/>
+    <s v="N"/>
+    <s v="Administrative and support service activities (N)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3585"/>
+  </r>
+  <r>
+    <s v="CD328"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="09"/>
+    <s v="Third level non-degree"/>
+    <s v="O"/>
+    <s v="Public administration and defence; compulsory social security (O)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="8178"/>
+  </r>
+  <r>
+    <s v="CD328"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="09"/>
+    <s v="Third level non-degree"/>
+    <s v="P"/>
+    <s v="Education (P)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="7277"/>
+  </r>
+  <r>
+    <s v="CD328"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="09"/>
+    <s v="Third level non-degree"/>
+    <s v="Q"/>
+    <s v="Human health and social work activities (Q)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="12996"/>
+  </r>
+  <r>
+    <s v="CD328"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="09"/>
+    <s v="Third level non-degree"/>
+    <s v="R"/>
+    <s v="Arts, entertainment and recreation (R)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1959"/>
+  </r>
+  <r>
+    <s v="CD328"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="09"/>
+    <s v="Third level non-degree"/>
+    <s v="S"/>
+    <s v="Other service activities (S)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2129"/>
+  </r>
+  <r>
+    <s v="CD328"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="09"/>
+    <s v="Third level non-degree"/>
+    <s v="T"/>
+    <s v="Activities of households as employers producing activities of households for own use (T)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="94"/>
+  </r>
+  <r>
+    <s v="CD328"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="09"/>
+    <s v="Third level non-degree"/>
+    <s v="U"/>
+    <s v="Activities of extraterritorial organisations and bodies (U)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="34"/>
+  </r>
+  <r>
+    <s v="CD328"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="09"/>
+    <s v="Third level non-degree"/>
+    <s v="ZXD210"/>
+    <s v="Industry not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2832"/>
+  </r>
+  <r>
+    <s v="CD328"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="09"/>
+    <s v="Third level non-degree"/>
+    <s v="ZXD220"/>
+    <s v="Total at work"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="97518"/>
+  </r>
+  <r>
+    <s v="CD328"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="09"/>
+    <s v="Third level non-degree"/>
+    <s v="ZXD230"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="765"/>
+  </r>
+  <r>
+    <s v="CD328"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="09"/>
+    <s v="Third level non-degree"/>
+    <s v="ZXD240"/>
+    <s v="Unemployed, having lost or given up previous job"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="11897"/>
+  </r>
+  <r>
+    <s v="CD328"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="09"/>
+    <s v="Third level non-degree"/>
+    <s v="ZXD250"/>
+    <s v="Total in labour force"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="110180"/>
+  </r>
+  <r>
+    <s v="CD328"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="10"/>
+    <s v="Third level degree or higher"/>
+    <s v="A"/>
+    <s v="Agriculture, forestry and fishing (A)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="6164"/>
+  </r>
+  <r>
+    <s v="CD328"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="10"/>
+    <s v="Third level degree or higher"/>
+    <s v="B"/>
+    <s v="Mining and quarrying (B)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="909"/>
+  </r>
+  <r>
+    <s v="CD328"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="10"/>
+    <s v="Third level degree or higher"/>
+    <s v="C"/>
+    <s v="Manufacturing (C)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="54126"/>
+  </r>
+  <r>
+    <s v="CD328"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="10"/>
+    <s v="Third level degree or higher"/>
+    <s v="D"/>
+    <s v="Electricity, gas, steam and air conditioning supply (D)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4282"/>
+  </r>
+  <r>
+    <s v="CD328"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="10"/>
+    <s v="Third level degree or higher"/>
+    <s v="E"/>
+    <s v="Water supply; sewerage, waste management and remediation activities (E)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1595"/>
+  </r>
+  <r>
+    <s v="CD328"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="10"/>
+    <s v="Third level degree or higher"/>
+    <s v="F"/>
+    <s v="Construction (F)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="11717"/>
+  </r>
+  <r>
+    <s v="CD328"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="10"/>
+    <s v="Third level degree or higher"/>
+    <s v="G"/>
+    <s v="Wholesale and retail trade; repair of motor vehicles and motorcycles (G)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="48274"/>
+  </r>
+  <r>
+    <s v="CD328"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="10"/>
+    <s v="Third level degree or higher"/>
+    <s v="H"/>
+    <s v="Transportation and storage (H)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="9793"/>
+  </r>
+  <r>
+    <s v="CD328"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="10"/>
+    <s v="Third level degree or higher"/>
+    <s v="I"/>
+    <s v="Accommodation and food service activities (I)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="17642"/>
+  </r>
+  <r>
+    <s v="CD328"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="10"/>
+    <s v="Third level degree or higher"/>
+    <s v="J"/>
+    <s v="Information and communication (J)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="39902"/>
+  </r>
+  <r>
+    <s v="CD328"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="10"/>
+    <s v="Third level degree or higher"/>
+    <s v="K"/>
+    <s v="Financial and insurance activities (K)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="50150"/>
+  </r>
+  <r>
+    <s v="CD328"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="10"/>
+    <s v="Third level degree or higher"/>
+    <s v="L"/>
+    <s v="Real estate activities (L)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3500"/>
+  </r>
+  <r>
+    <s v="CD328"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="10"/>
+    <s v="Third level degree or higher"/>
+    <s v="M"/>
+    <s v="Professional, scientific and technical activities (M)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="57444"/>
+  </r>
+  <r>
+    <s v="CD328"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="10"/>
+    <s v="Third level degree or higher"/>
+    <s v="N"/>
+    <s v="Administrative and support service activities (N)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="13110"/>
+  </r>
+  <r>
+    <s v="CD328"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="10"/>
+    <s v="Third level degree or higher"/>
+    <s v="O"/>
+    <s v="Public administration and defence; compulsory social security (O)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="43693"/>
+  </r>
+  <r>
+    <s v="CD328"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="10"/>
+    <s v="Third level degree or higher"/>
+    <s v="P"/>
+    <s v="Education (P)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="106040"/>
+  </r>
+  <r>
+    <s v="CD328"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="10"/>
+    <s v="Third level degree or higher"/>
+    <s v="Q"/>
+    <s v="Human health and social work activities (Q)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="89744"/>
+  </r>
+  <r>
+    <s v="CD328"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="10"/>
+    <s v="Third level degree or higher"/>
+    <s v="R"/>
+    <s v="Arts, entertainment and recreation (R)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="10453"/>
+  </r>
+  <r>
+    <s v="CD328"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="10"/>
+    <s v="Third level degree or higher"/>
+    <s v="S"/>
+    <s v="Other service activities (S)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="7693"/>
+  </r>
+  <r>
+    <s v="CD328"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="10"/>
+    <s v="Third level degree or higher"/>
+    <s v="T"/>
+    <s v="Activities of households as employers producing activities of households for own use (T)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="299"/>
+  </r>
+  <r>
+    <s v="CD328"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="10"/>
+    <s v="Third level degree or higher"/>
+    <s v="U"/>
+    <s v="Activities of extraterritorial organisations and bodies (U)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="394"/>
+  </r>
+  <r>
+    <s v="CD328"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="10"/>
+    <s v="Third level degree or higher"/>
+    <s v="ZXD210"/>
+    <s v="Industry not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="11924"/>
+  </r>
+  <r>
+    <s v="CD328"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="10"/>
+    <s v="Third level degree or higher"/>
+    <s v="ZXD220"/>
+    <s v="Total at work"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="588848"/>
+  </r>
+  <r>
+    <s v="CD328"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="10"/>
+    <s v="Third level degree or higher"/>
+    <s v="ZXD230"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="6176"/>
+  </r>
+  <r>
+    <s v="CD328"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="10"/>
+    <s v="Third level degree or higher"/>
+    <s v="ZXD240"/>
+    <s v="Unemployed, having lost or given up previous job"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="39998"/>
+  </r>
+  <r>
+    <s v="CD328"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="10"/>
+    <s v="Third level degree or higher"/>
+    <s v="ZXD250"/>
+    <s v="Total in labour force"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="635022"/>
+  </r>
+  <r>
+    <s v="CD328"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="A"/>
+    <s v="Agriculture, forestry and fishing (A)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2225"/>
+  </r>
+  <r>
+    <s v="CD328"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="B"/>
+    <s v="Mining and quarrying (B)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="96"/>
+  </r>
+  <r>
+    <s v="CD328"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="C"/>
+    <s v="Manufacturing (C)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2556"/>
+  </r>
+  <r>
+    <s v="CD328"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="D"/>
+    <s v="Electricity, gas, steam and air conditioning supply (D)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="123"/>
+  </r>
+  <r>
+    <s v="CD328"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="E"/>
+    <s v="Water supply; sewerage, waste management and remediation activities (E)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="186"/>
+  </r>
+  <r>
+    <s v="CD328"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="F"/>
+    <s v="Construction (F)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1286"/>
+  </r>
+  <r>
+    <s v="CD328"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="G"/>
+    <s v="Wholesale and retail trade; repair of motor vehicles and motorcycles (G)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4487"/>
+  </r>
+  <r>
+    <s v="CD328"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="H"/>
+    <s v="Transportation and storage (H)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1472"/>
+  </r>
+  <r>
+    <s v="CD328"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="I"/>
+    <s v="Accommodation and food service activities (I)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2607"/>
+  </r>
+  <r>
+    <s v="CD328"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="J"/>
+    <s v="Information and communication (J)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="550"/>
+  </r>
+  <r>
+    <s v="CD328"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="K"/>
+    <s v="Financial and insurance activities (K)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="635"/>
+  </r>
+  <r>
+    <s v="CD328"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="L"/>
+    <s v="Real estate activities (L)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="97"/>
+  </r>
+  <r>
+    <s v="CD328"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="M"/>
+    <s v="Professional, scientific and technical activities (M)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="684"/>
+  </r>
+  <r>
+    <s v="CD328"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="N"/>
+    <s v="Administrative and support service activities (N)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1267"/>
+  </r>
+  <r>
+    <s v="CD328"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="O"/>
+    <s v="Public administration and defence; compulsory social security (O)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1136"/>
+  </r>
+  <r>
+    <s v="CD328"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="P"/>
+    <s v="Education (P)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2081"/>
+  </r>
+  <r>
+    <s v="CD328"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="Q"/>
+    <s v="Human health and social work activities (Q)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3142"/>
+  </r>
+  <r>
+    <s v="CD328"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="R"/>
+    <s v="Arts, entertainment and recreation (R)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="420"/>
+  </r>
+  <r>
+    <s v="CD328"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="S"/>
+    <s v="Other service activities (S)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="774"/>
+  </r>
+  <r>
+    <s v="CD328"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="T"/>
+    <s v="Activities of households as employers producing activities of households for own use (T)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="53"/>
+  </r>
+  <r>
+    <s v="CD328"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="U"/>
+    <s v="Activities of extraterritorial organisations and bodies (U)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="21"/>
+  </r>
+  <r>
+    <s v="CD328"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="ZXD210"/>
+    <s v="Industry not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="31100"/>
+  </r>
+  <r>
+    <s v="CD328"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="ZXD220"/>
+    <s v="Total at work"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="56998"/>
+  </r>
+  <r>
+    <s v="CD328"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="ZXD230"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="976"/>
+  </r>
+  <r>
+    <s v="CD328"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="ZXD240"/>
+    <s v="Unemployed, having lost or given up previous job"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="16823"/>
+  </r>
+  <r>
+    <s v="CD328"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="ZXD250"/>
+    <s v="Total in labour force"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="74797"/>
+  </r>
+  <r>
+    <s v="CD328"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-1"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="A"/>
+    <s v="Agriculture, forestry and fishing (A)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2828"/>
+  </r>
+  <r>
+    <s v="CD328"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-1"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="B"/>
+    <s v="Mining and quarrying (B)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="216"/>
+  </r>
+  <r>
+    <s v="CD328"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-1"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="C"/>
+    <s v="Manufacturing (C)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="10780"/>
+  </r>
+  <r>
+    <s v="CD328"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-1"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="D"/>
+    <s v="Electricity, gas, steam and air conditioning supply (D)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="478"/>
+  </r>
+  <r>
+    <s v="CD328"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-1"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="E"/>
+    <s v="Water supply; sewerage, waste management and remediation activities (E)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="591"/>
+  </r>
+  <r>
+    <s v="CD328"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-1"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="F"/>
+    <s v="Construction (F)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4812"/>
+  </r>
+  <r>
+    <s v="CD328"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-1"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="G"/>
+    <s v="Wholesale and retail trade; repair of motor vehicles and motorcycles (G)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="18281"/>
+  </r>
+  <r>
+    <s v="CD328"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-1"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="H"/>
+    <s v="Transportation and storage (H)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4087"/>
+  </r>
+  <r>
+    <s v="CD328"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-1"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="I"/>
+    <s v="Accommodation and food service activities (I)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="12600"/>
+  </r>
+  <r>
+    <s v="CD328"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-1"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="J"/>
+    <s v="Information and communication (J)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4211"/>
+  </r>
+  <r>
+    <s v="CD328"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-1"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="K"/>
+    <s v="Financial and insurance activities (K)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3858"/>
+  </r>
+  <r>
+    <s v="CD328"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-1"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="L"/>
+    <s v="Real estate activities (L)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="376"/>
+  </r>
+  <r>
+    <s v="CD328"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-1"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="M"/>
+    <s v="Professional, scientific and technical activities (M)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4698"/>
+  </r>
+  <r>
+    <s v="CD328"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-1"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="N"/>
+    <s v="Administrative and support service activities (N)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5357"/>
+  </r>
+  <r>
+    <s v="CD328"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-1"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="O"/>
+    <s v="Public administration and defence; compulsory social security (O)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3970"/>
+  </r>
+  <r>
+    <s v="CD328"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-1"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="P"/>
+    <s v="Education (P)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="10328"/>
+  </r>
+  <r>
+    <s v="CD328"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-1"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="Q"/>
+    <s v="Human health and social work activities (Q)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="14457"/>
+  </r>
+  <r>
+    <s v="CD328"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-1"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="R"/>
+    <s v="Arts, entertainment and recreation (R)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1852"/>
+  </r>
+  <r>
+    <s v="CD328"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-1"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="S"/>
+    <s v="Other service activities (S)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2578"/>
+  </r>
+  <r>
+    <s v="CD328"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-1"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="T"/>
+    <s v="Activities of households as employers producing activities of households for own use (T)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="369"/>
+  </r>
+  <r>
+    <s v="CD328"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-1"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="U"/>
+    <s v="Activities of extraterritorial organisations and bodies (U)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="112"/>
+  </r>
+  <r>
+    <s v="CD328"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-1"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="ZXD210"/>
+    <s v="Industry not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="8597"/>
+  </r>
+  <r>
+    <s v="CD328"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-1"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="ZXD220"/>
+    <s v="Total at work"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="115436"/>
+  </r>
+  <r>
+    <s v="CD328"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-1"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="ZXD230"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="6665"/>
+  </r>
+  <r>
+    <s v="CD328"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-1"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="ZXD240"/>
+    <s v="Unemployed, having lost or given up previous job"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="40992"/>
+  </r>
+  <r>
+    <s v="CD328"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-1"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="ZXD250"/>
+    <s v="Total in labour force"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="163093"/>
+  </r>
+  <r>
+    <s v="CD328"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-2"/>
+    <s v="Total education ceased and not ceased"/>
+    <s v="A"/>
+    <s v="Agriculture, forestry and fishing (A)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="80431"/>
+  </r>
+  <r>
+    <s v="CD328"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-2"/>
+    <s v="Total education ceased and not ceased"/>
+    <s v="B"/>
+    <s v="Mining and quarrying (B)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4762"/>
+  </r>
+  <r>
+    <s v="CD328"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-2"/>
+    <s v="Total education ceased and not ceased"/>
+    <s v="C"/>
+    <s v="Manufacturing (C)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="126848"/>
+  </r>
+  <r>
+    <s v="CD328"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-2"/>
+    <s v="Total education ceased and not ceased"/>
+    <s v="D"/>
+    <s v="Electricity, gas, steam and air conditioning supply (D)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="8569"/>
+  </r>
+  <r>
+    <s v="CD328"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-2"/>
+    <s v="Total education ceased and not ceased"/>
+    <s v="E"/>
+    <s v="Water supply; sewerage, waste management and remediation activities (E)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="7734"/>
+  </r>
+  <r>
+    <s v="CD328"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-2"/>
+    <s v="Total education ceased and not ceased"/>
+    <s v="F"/>
+    <s v="Construction (F)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="80174"/>
+  </r>
+  <r>
+    <s v="CD328"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-2"/>
+    <s v="Total education ceased and not ceased"/>
+    <s v="G"/>
+    <s v="Wholesale and retail trade; repair of motor vehicles and motorcycles (G)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="134711"/>
+  </r>
+  <r>
+    <s v="CD328"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-2"/>
+    <s v="Total education ceased and not ceased"/>
+    <s v="H"/>
+    <s v="Transportation and storage (H)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="62509"/>
+  </r>
+  <r>
+    <s v="CD328"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-2"/>
+    <s v="Total education ceased and not ceased"/>
+    <s v="I"/>
+    <s v="Accommodation and food service activities (I)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="47988"/>
+  </r>
+  <r>
+    <s v="CD328"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-2"/>
+    <s v="Total education ceased and not ceased"/>
+    <s v="J"/>
+    <s v="Information and communication (J)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="45760"/>
+  </r>
+  <r>
+    <s v="CD328"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-2"/>
+    <s v="Total education ceased and not ceased"/>
+    <s v="K"/>
+    <s v="Financial and insurance activities (K)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="40995"/>
+  </r>
+  <r>
+    <s v="CD328"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-2"/>
+    <s v="Total education ceased and not ceased"/>
+    <s v="L"/>
+    <s v="Real estate activities (L)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4494"/>
+  </r>
+  <r>
+    <s v="CD328"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-2"/>
+    <s v="Total education ceased and not ceased"/>
+    <s v="M"/>
+    <s v="Professional, scientific and technical activities (M)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="48335"/>
+  </r>
+  <r>
+    <s v="CD328"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-2"/>
+    <s v="Total education ceased and not ceased"/>
+    <s v="N"/>
+    <s v="Administrative and support service activities (N)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="33916"/>
+  </r>
+  <r>
+    <s v="CD328"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-2"/>
+    <s v="Total education ceased and not ceased"/>
+    <s v="O"/>
+    <s v="Public administration and defence; compulsory social security (O)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="59529"/>
+  </r>
+  <r>
+    <s v="CD328"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-2"/>
+    <s v="Total education ceased and not ceased"/>
+    <s v="P"/>
+    <s v="Education (P)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="42144"/>
+  </r>
+  <r>
+    <s v="CD328"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-2"/>
+    <s v="Total education ceased and not ceased"/>
+    <s v="Q"/>
+    <s v="Human health and social work activities (Q)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="37928"/>
+  </r>
+  <r>
+    <s v="CD328"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-2"/>
+    <s v="Total education ceased and not ceased"/>
+    <s v="R"/>
+    <s v="Arts, entertainment and recreation (R)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="15804"/>
+  </r>
+  <r>
+    <s v="CD328"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-2"/>
+    <s v="Total education ceased and not ceased"/>
+    <s v="S"/>
+    <s v="Other service activities (S)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="11323"/>
+  </r>
+  <r>
+    <s v="CD328"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-2"/>
+    <s v="Total education ceased and not ceased"/>
+    <s v="T"/>
+    <s v="Activities of households as employers producing activities of households for own use (T)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="153"/>
+  </r>
+  <r>
+    <s v="CD328"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-2"/>
+    <s v="Total education ceased and not ceased"/>
+    <s v="U"/>
+    <s v="Activities of extraterritorial organisations and bodies (U)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="413"/>
+  </r>
+  <r>
+    <s v="CD328"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-2"/>
+    <s v="Total education ceased and not ceased"/>
+    <s v="ZXD210"/>
+    <s v="Industry not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="60021"/>
+  </r>
+  <r>
+    <s v="CD328"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-2"/>
+    <s v="Total education ceased and not ceased"/>
+    <s v="ZXD220"/>
+    <s v="Total at work"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="954541"/>
+  </r>
+  <r>
+    <s v="CD328"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-2"/>
+    <s v="Total education ceased and not ceased"/>
+    <s v="ZXD230"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="19512"/>
+  </r>
+  <r>
+    <s v="CD328"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-2"/>
+    <s v="Total education ceased and not ceased"/>
+    <s v="ZXD240"/>
+    <s v="Unemployed, having lost or given up previous job"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="254815"/>
+  </r>
+  <r>
+    <s v="CD328"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-2"/>
+    <s v="Total education ceased and not ceased"/>
+    <s v="ZXD250"/>
+    <s v="Total in labour force"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1228868"/>
+  </r>
+  <r>
+    <s v="CD328"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="A"/>
+    <s v="Agriculture, forestry and fishing (A)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="78094"/>
+  </r>
+  <r>
+    <s v="CD328"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="B"/>
+    <s v="Mining and quarrying (B)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4571"/>
+  </r>
+  <r>
+    <s v="CD328"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="C"/>
+    <s v="Manufacturing (C)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="119413"/>
+  </r>
+  <r>
+    <s v="CD328"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="D"/>
+    <s v="Electricity, gas, steam and air conditioning supply (D)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="8184"/>
+  </r>
+  <r>
+    <s v="CD328"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="E"/>
+    <s v="Water supply; sewerage, waste management and remediation activities (E)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="7236"/>
+  </r>
+  <r>
+    <s v="CD328"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="F"/>
+    <s v="Construction (F)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="75717"/>
+  </r>
+  <r>
+    <s v="CD328"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="G"/>
+    <s v="Wholesale and retail trade; repair of motor vehicles and motorcycles (G)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="125528"/>
+  </r>
+  <r>
+    <s v="CD328"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="H"/>
+    <s v="Transportation and storage (H)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="59284"/>
+  </r>
+  <r>
+    <s v="CD328"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="I"/>
+    <s v="Accommodation and food service activities (I)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="41877"/>
+  </r>
+  <r>
+    <s v="CD328"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="J"/>
+    <s v="Information and communication (J)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="42924"/>
+  </r>
+  <r>
+    <s v="CD328"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="K"/>
+    <s v="Financial and insurance activities (K)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="39204"/>
+  </r>
+  <r>
+    <s v="CD328"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="L"/>
+    <s v="Real estate activities (L)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4308"/>
+  </r>
+  <r>
+    <s v="CD328"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="M"/>
+    <s v="Professional, scientific and technical activities (M)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="45954"/>
+  </r>
+  <r>
+    <s v="CD328"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="N"/>
+    <s v="Administrative and support service activities (N)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="31192"/>
+  </r>
+  <r>
+    <s v="CD328"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="O"/>
+    <s v="Public administration and defence; compulsory social security (O)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="57220"/>
+  </r>
+  <r>
+    <s v="CD328"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="P"/>
+    <s v="Education (P)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="39093"/>
+  </r>
+  <r>
+    <s v="CD328"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="Q"/>
+    <s v="Human health and social work activities (Q)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="34566"/>
+  </r>
+  <r>
+    <s v="CD328"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="R"/>
+    <s v="Arts, entertainment and recreation (R)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="14863"/>
+  </r>
+  <r>
+    <s v="CD328"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="S"/>
+    <s v="Other service activities (S)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="10642"/>
+  </r>
+  <r>
+    <s v="CD328"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="T"/>
+    <s v="Activities of households as employers producing activities of households for own use (T)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="141"/>
+  </r>
+  <r>
+    <s v="CD328"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="U"/>
+    <s v="Activities of extraterritorial organisations and bodies (U)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="349"/>
+  </r>
+  <r>
+    <s v="CD328"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="ZXD210"/>
+    <s v="Industry not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="55313"/>
+  </r>
+  <r>
+    <s v="CD328"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="ZXD220"/>
+    <s v="Total at work"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="895673"/>
+  </r>
+  <r>
+    <s v="CD328"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="ZXD230"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="16059"/>
+  </r>
+  <r>
+    <s v="CD328"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="ZXD240"/>
+    <s v="Unemployed, having lost or given up previous job"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="230847"/>
+  </r>
+  <r>
+    <s v="CD328"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="ZXD250"/>
+    <s v="Total in labour force"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1142579"/>
+  </r>
+  <r>
+    <s v="CD328"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="Primary (incl. no formal education)"/>
+    <s v="A"/>
+    <s v="Agriculture, forestry and fishing (A)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="19577"/>
+  </r>
+  <r>
+    <s v="CD328"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="Primary (incl. no formal education)"/>
+    <s v="B"/>
+    <s v="Mining and quarrying (B)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="550"/>
+  </r>
+  <r>
+    <s v="CD328"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="Primary (incl. no formal education)"/>
+    <s v="C"/>
+    <s v="Manufacturing (C)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5481"/>
+  </r>
+  <r>
+    <s v="CD328"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="Primary (incl. no formal education)"/>
+    <s v="D"/>
+    <s v="Electricity, gas, steam and air conditioning supply (D)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="294"/>
+  </r>
+  <r>
+    <s v="CD328"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="Primary (incl. no formal education)"/>
+    <s v="E"/>
+    <s v="Water supply; sewerage, waste management and remediation activities (E)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="808"/>
+  </r>
+  <r>
+    <s v="CD328"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="Primary (incl. no formal education)"/>
+    <s v="F"/>
+    <s v="Construction (F)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5357"/>
+  </r>
+  <r>
+    <s v="CD328"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="Primary (incl. no formal education)"/>
+    <s v="G"/>
+    <s v="Wholesale and retail trade; repair of motor vehicles and motorcycles (G)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="7310"/>
+  </r>
+  <r>
+    <s v="CD328"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="Primary (incl. no formal education)"/>
+    <s v="H"/>
+    <s v="Transportation and storage (H)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="6504"/>
+  </r>
+  <r>
+    <s v="CD328"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="Primary (incl. no formal education)"/>
+    <s v="I"/>
+    <s v="Accommodation and food service activities (I)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2419"/>
+  </r>
+  <r>
+    <s v="CD328"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="Primary (incl. no formal education)"/>
+    <s v="J"/>
+    <s v="Information and communication (J)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="420"/>
+  </r>
+  <r>
+    <s v="CD328"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="Primary (incl. no formal education)"/>
+    <s v="K"/>
+    <s v="Financial and insurance activities (K)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="270"/>
+  </r>
+  <r>
+    <s v="CD328"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="Primary (incl. no formal education)"/>
+    <s v="L"/>
+    <s v="Real estate activities (L)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="146"/>
+  </r>
+  <r>
+    <s v="CD328"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="Primary (incl. no formal education)"/>
+    <s v="M"/>
+    <s v="Professional, scientific and technical activities (M)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="481"/>
+  </r>
+  <r>
+    <s v="CD328"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="Primary (incl. no formal education)"/>
+    <s v="N"/>
+    <s v="Administrative and support service activities (N)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2727"/>
+  </r>
+  <r>
+    <s v="CD328"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="Primary (incl. no formal education)"/>
+    <s v="O"/>
+    <s v="Public administration and defence; compulsory social security (O)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3274"/>
+  </r>
+  <r>
+    <s v="CD328"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="Primary (incl. no formal education)"/>
+    <s v="P"/>
+    <s v="Education (P)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1520"/>
+  </r>
+  <r>
+    <s v="CD328"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="Primary (incl. no formal education)"/>
+    <s v="Q"/>
+    <s v="Human health and social work activities (Q)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1985"/>
+  </r>
+  <r>
+    <s v="CD328"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="Primary (incl. no formal education)"/>
+    <s v="R"/>
+    <s v="Arts, entertainment and recreation (R)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="906"/>
+  </r>
+  <r>
+    <s v="CD328"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="Primary (incl. no formal education)"/>
+    <s v="S"/>
+    <s v="Other service activities (S)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="749"/>
+  </r>
+  <r>
+    <s v="CD328"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="Primary (incl. no formal education)"/>
+    <s v="T"/>
+    <s v="Activities of households as employers producing activities of households for own use (T)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="21"/>
+  </r>
+  <r>
+    <s v="CD328"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="Primary (incl. no formal education)"/>
+    <s v="U"/>
+    <s v="Activities of extraterritorial organisations and bodies (U)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="16"/>
+  </r>
+  <r>
+    <s v="CD328"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="Primary (incl. no formal education)"/>
+    <s v="ZXD210"/>
+    <s v="Industry not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="6028"/>
+  </r>
+  <r>
+    <s v="CD328"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="Primary (incl. no formal education)"/>
+    <s v="ZXD220"/>
+    <s v="Total at work"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="66843"/>
+  </r>
+  <r>
+    <s v="CD328"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="Primary (incl. no formal education)"/>
+    <s v="ZXD230"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1360"/>
+  </r>
+  <r>
+    <s v="CD328"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="Primary (incl. no formal education)"/>
+    <s v="ZXD240"/>
+    <s v="Unemployed, having lost or given up previous job"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="37529"/>
+  </r>
+  <r>
+    <s v="CD328"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="Primary (incl. no formal education)"/>
+    <s v="ZXD250"/>
+    <s v="Total in labour force"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="105732"/>
+  </r>
+  <r>
+    <s v="CD328"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="A"/>
+    <s v="Agriculture, forestry and fishing (A)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="21243"/>
+  </r>
+  <r>
+    <s v="CD328"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="B"/>
+    <s v="Mining and quarrying (B)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1302"/>
+  </r>
+  <r>
+    <s v="CD328"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="C"/>
+    <s v="Manufacturing (C)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="19246"/>
+  </r>
+  <r>
+    <s v="CD328"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="D"/>
+    <s v="Electricity, gas, steam and air conditioning supply (D)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="967"/>
+  </r>
+  <r>
+    <s v="CD328"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="E"/>
+    <s v="Water supply; sewerage, waste management and remediation activities (E)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1798"/>
+  </r>
+  <r>
+    <s v="CD328"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="F"/>
+    <s v="Construction (F)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="17179"/>
+  </r>
+  <r>
+    <s v="CD328"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="G"/>
+    <s v="Wholesale and retail trade; repair of motor vehicles and motorcycles (G)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="23962"/>
+  </r>
+  <r>
+    <s v="CD328"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="H"/>
+    <s v="Transportation and storage (H)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="16469"/>
+  </r>
+  <r>
+    <s v="CD328"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="I"/>
+    <s v="Accommodation and food service activities (I)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="6122"/>
+  </r>
+  <r>
+    <s v="CD328"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="J"/>
+    <s v="Information and communication (J)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2112"/>
+  </r>
+  <r>
+    <s v="CD328"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="K"/>
+    <s v="Financial and insurance activities (K)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="928"/>
+  </r>
+  <r>
+    <s v="CD328"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="L"/>
+    <s v="Real estate activities (L)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="389"/>
+  </r>
+  <r>
+    <s v="CD328"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="M"/>
+    <s v="Professional, scientific and technical activities (M)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1893"/>
+  </r>
+  <r>
+    <s v="CD328"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="N"/>
+    <s v="Administrative and support service activities (N)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="6143"/>
+  </r>
+  <r>
+    <s v="CD328"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="O"/>
+    <s v="Public administration and defence; compulsory social security (O)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="7345"/>
+  </r>
+  <r>
+    <s v="CD328"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="P"/>
+    <s v="Education (P)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2436"/>
+  </r>
+  <r>
+    <s v="CD328"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="Q"/>
+    <s v="Human health and social work activities (Q)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3571"/>
+  </r>
+  <r>
+    <s v="CD328"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="R"/>
+    <s v="Arts, entertainment and recreation (R)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1950"/>
+  </r>
+  <r>
+    <s v="CD328"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="S"/>
+    <s v="Other service activities (S)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1713"/>
+  </r>
+  <r>
+    <s v="CD328"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="T"/>
+    <s v="Activities of households as employers producing activities of households for own use (T)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="32"/>
+  </r>
+  <r>
+    <s v="CD328"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="U"/>
+    <s v="Activities of extraterritorial organisations and bodies (U)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="30"/>
+  </r>
+  <r>
+    <s v="CD328"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="ZXD210"/>
+    <s v="Industry not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="8617"/>
+  </r>
+  <r>
+    <s v="CD328"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="ZXD220"/>
+    <s v="Total at work"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="145447"/>
+  </r>
+  <r>
+    <s v="CD328"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="ZXD230"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3216"/>
+  </r>
+  <r>
+    <s v="CD328"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="ZXD240"/>
+    <s v="Unemployed, having lost or given up previous job"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="64047"/>
+  </r>
+  <r>
+    <s v="CD328"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="ZXD250"/>
+    <s v="Total in labour force"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="212710"/>
+  </r>
+  <r>
+    <s v="CD328"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="A"/>
+    <s v="Agriculture, forestry and fishing (A)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="29061"/>
+  </r>
+  <r>
+    <s v="CD328"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="B"/>
+    <s v="Mining and quarrying (B)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1758"/>
+  </r>
+  <r>
+    <s v="CD328"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="C"/>
+    <s v="Manufacturing (C)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="51690"/>
+  </r>
+  <r>
+    <s v="CD328"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="D"/>
+    <s v="Electricity, gas, steam and air conditioning supply (D)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3304"/>
+  </r>
+  <r>
+    <s v="CD328"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="E"/>
+    <s v="Water supply; sewerage, waste management and remediation activities (E)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3125"/>
+  </r>
+  <r>
+    <s v="CD328"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="F"/>
+    <s v="Construction (F)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="39353"/>
+  </r>
+  <r>
+    <s v="CD328"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="G"/>
+    <s v="Wholesale and retail trade; repair of motor vehicles and motorcycles (G)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="62800"/>
+  </r>
+  <r>
+    <s v="CD328"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="H"/>
+    <s v="Transportation and storage (H)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="26051"/>
+  </r>
+  <r>
+    <s v="CD328"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="I"/>
+    <s v="Accommodation and food service activities (I)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="21784"/>
+  </r>
+  <r>
+    <s v="CD328"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="J"/>
+    <s v="Information and communication (J)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="10480"/>
+  </r>
+  <r>
+    <s v="CD328"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="K"/>
+    <s v="Financial and insurance activities (K)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="9717"/>
+  </r>
+  <r>
+    <s v="CD328"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="L"/>
+    <s v="Real estate activities (L)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1358"/>
+  </r>
+  <r>
+    <s v="CD328"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="M"/>
+    <s v="Professional, scientific and technical activities (M)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="8487"/>
+  </r>
+  <r>
+    <s v="CD328"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="N"/>
+    <s v="Administrative and support service activities (N)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="13458"/>
+  </r>
+  <r>
+    <s v="CD328"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="O"/>
+    <s v="Public administration and defence; compulsory social security (O)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="20159"/>
+  </r>
+  <r>
+    <s v="CD328"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="P"/>
+    <s v="Education (P)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4549"/>
+  </r>
+  <r>
+    <s v="CD328"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="Q"/>
+    <s v="Human health and social work activities (Q)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="7990"/>
+  </r>
+  <r>
+    <s v="CD328"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="R"/>
+    <s v="Arts, entertainment and recreation (R)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5853"/>
+  </r>
+  <r>
+    <s v="CD328"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="S"/>
+    <s v="Other service activities (S)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3641"/>
+  </r>
+  <r>
+    <s v="CD328"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="T"/>
+    <s v="Activities of households as employers producing activities of households for own use (T)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="52"/>
+  </r>
+  <r>
+    <s v="CD328"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="U"/>
+    <s v="Activities of extraterritorial organisations and bodies (U)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="98"/>
+  </r>
+  <r>
+    <s v="CD328"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="ZXD210"/>
+    <s v="Industry not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="15120"/>
+  </r>
+  <r>
+    <s v="CD328"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="ZXD220"/>
+    <s v="Total at work"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="339888"/>
+  </r>
+  <r>
+    <s v="CD328"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="ZXD230"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="7528"/>
+  </r>
+  <r>
+    <s v="CD328"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="ZXD240"/>
+    <s v="Unemployed, having lost or given up previous job"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="90432"/>
+  </r>
+  <r>
+    <s v="CD328"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="ZXD250"/>
+    <s v="Total in labour force"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="437848"/>
+  </r>
+  <r>
+    <s v="CD328"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="09"/>
+    <s v="Third level non-degree"/>
+    <s v="A"/>
+    <s v="Agriculture, forestry and fishing (A)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1798"/>
+  </r>
+  <r>
+    <s v="CD328"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="09"/>
+    <s v="Third level non-degree"/>
+    <s v="B"/>
+    <s v="Mining and quarrying (B)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="176"/>
+  </r>
+  <r>
+    <s v="CD328"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="09"/>
+    <s v="Third level non-degree"/>
+    <s v="C"/>
+    <s v="Manufacturing (C)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="7429"/>
+  </r>
+  <r>
+    <s v="CD328"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="09"/>
+    <s v="Third level non-degree"/>
+    <s v="D"/>
+    <s v="Electricity, gas, steam and air conditioning supply (D)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="585"/>
+  </r>
+  <r>
+    <s v="CD328"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="09"/>
+    <s v="Third level non-degree"/>
+    <s v="E"/>
+    <s v="Water supply; sewerage, waste management and remediation activities (E)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="308"/>
+  </r>
+  <r>
+    <s v="CD328"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="09"/>
+    <s v="Third level non-degree"/>
+    <s v="F"/>
+    <s v="Construction (F)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3008"/>
+  </r>
+  <r>
+    <s v="CD328"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="09"/>
+    <s v="Third level non-degree"/>
+    <s v="G"/>
+    <s v="Wholesale and retail trade; repair of motor vehicles and motorcycles (G)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="6492"/>
+  </r>
+  <r>
+    <s v="CD328"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="09"/>
+    <s v="Third level non-degree"/>
+    <s v="H"/>
+    <s v="Transportation and storage (H)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2394"/>
+  </r>
+  <r>
+    <s v="CD328"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="09"/>
+    <s v="Third level non-degree"/>
+    <s v="I"/>
+    <s v="Accommodation and food service activities (I)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2787"/>
+  </r>
+  <r>
+    <s v="CD328"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="09"/>
+    <s v="Third level non-degree"/>
+    <s v="J"/>
+    <s v="Information and communication (J)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3274"/>
+  </r>
+  <r>
+    <s v="CD328"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="09"/>
+    <s v="Third level non-degree"/>
+    <s v="K"/>
+    <s v="Financial and insurance activities (K)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2546"/>
+  </r>
+  <r>
+    <s v="CD328"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="09"/>
+    <s v="Third level non-degree"/>
+    <s v="L"/>
+    <s v="Real estate activities (L)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="341"/>
+  </r>
+  <r>
+    <s v="CD328"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="09"/>
+    <s v="Third level non-degree"/>
+    <s v="M"/>
+    <s v="Professional, scientific and technical activities (M)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2405"/>
+  </r>
+  <r>
+    <s v="CD328"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="09"/>
+    <s v="Third level non-degree"/>
+    <s v="N"/>
+    <s v="Administrative and support service activities (N)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1732"/>
+  </r>
+  <r>
+    <s v="CD328"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="09"/>
+    <s v="Third level non-degree"/>
+    <s v="O"/>
+    <s v="Public administration and defence; compulsory social security (O)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3929"/>
+  </r>
+  <r>
+    <s v="CD328"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="09"/>
+    <s v="Third level non-degree"/>
+    <s v="P"/>
+    <s v="Education (P)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1175"/>
+  </r>
+  <r>
+    <s v="CD328"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="09"/>
+    <s v="Third level non-degree"/>
+    <s v="Q"/>
+    <s v="Human health and social work activities (Q)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1654"/>
+  </r>
+  <r>
+    <s v="CD328"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="09"/>
+    <s v="Third level non-degree"/>
+    <s v="R"/>
+    <s v="Arts, entertainment and recreation (R)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="991"/>
+  </r>
+  <r>
+    <s v="CD328"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="09"/>
+    <s v="Third level non-degree"/>
+    <s v="S"/>
+    <s v="Other service activities (S)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="569"/>
+  </r>
+  <r>
+    <s v="CD328"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="09"/>
+    <s v="Third level non-degree"/>
+    <s v="T"/>
+    <s v="Activities of households as employers producing activities of households for own use (T)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="11"/>
+  </r>
+  <r>
+    <s v="CD328"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="09"/>
+    <s v="Third level non-degree"/>
+    <s v="U"/>
+    <s v="Activities of extraterritorial organisations and bodies (U)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="15"/>
+  </r>
+  <r>
+    <s v="CD328"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="09"/>
+    <s v="Third level non-degree"/>
+    <s v="ZXD210"/>
+    <s v="Industry not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1518"/>
+  </r>
+  <r>
+    <s v="CD328"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="09"/>
+    <s v="Third level non-degree"/>
+    <s v="ZXD220"/>
+    <s v="Total at work"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="45137"/>
+  </r>
+  <r>
+    <s v="CD328"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="09"/>
+    <s v="Third level non-degree"/>
+    <s v="ZXD230"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="342"/>
+  </r>
+  <r>
+    <s v="CD328"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="09"/>
+    <s v="Third level non-degree"/>
+    <s v="ZXD240"/>
+    <s v="Unemployed, having lost or given up previous job"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="6583"/>
+  </r>
+  <r>
+    <s v="CD328"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="09"/>
+    <s v="Third level non-degree"/>
+    <s v="ZXD250"/>
+    <s v="Total in labour force"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="52062"/>
+  </r>
+  <r>
+    <s v="CD328"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="10"/>
+    <s v="Third level degree or higher"/>
+    <s v="A"/>
+    <s v="Agriculture, forestry and fishing (A)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4509"/>
+  </r>
+  <r>
+    <s v="CD328"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="10"/>
+    <s v="Third level degree or higher"/>
+    <s v="B"/>
+    <s v="Mining and quarrying (B)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="700"/>
+  </r>
+  <r>
+    <s v="CD328"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="10"/>
+    <s v="Third level degree or higher"/>
+    <s v="C"/>
+    <s v="Manufacturing (C)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="33776"/>
+  </r>
+  <r>
+    <s v="CD328"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="10"/>
+    <s v="Third level degree or higher"/>
+    <s v="D"/>
+    <s v="Electricity, gas, steam and air conditioning supply (D)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2935"/>
+  </r>
+  <r>
+    <s v="CD328"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="10"/>
+    <s v="Third level degree or higher"/>
+    <s v="E"/>
+    <s v="Water supply; sewerage, waste management and remediation activities (E)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1040"/>
+  </r>
+  <r>
+    <s v="CD328"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="10"/>
+    <s v="Third level degree or higher"/>
+    <s v="F"/>
+    <s v="Construction (F)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="9606"/>
+  </r>
+  <r>
+    <s v="CD328"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="10"/>
+    <s v="Third level degree or higher"/>
+    <s v="G"/>
+    <s v="Wholesale and retail trade; repair of motor vehicles and motorcycles (G)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="22729"/>
+  </r>
+  <r>
+    <s v="CD328"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="10"/>
+    <s v="Third level degree or higher"/>
+    <s v="H"/>
+    <s v="Transportation and storage (H)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="6618"/>
+  </r>
+  <r>
+    <s v="CD328"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="10"/>
+    <s v="Third level degree or higher"/>
+    <s v="I"/>
+    <s v="Accommodation and food service activities (I)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="7565"/>
+  </r>
+  <r>
+    <s v="CD328"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="10"/>
+    <s v="Third level degree or higher"/>
+    <s v="J"/>
+    <s v="Information and communication (J)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="26285"/>
+  </r>
+  <r>
+    <s v="CD328"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="10"/>
+    <s v="Third level degree or higher"/>
+    <s v="K"/>
+    <s v="Financial and insurance activities (K)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="25499"/>
+  </r>
+  <r>
+    <s v="CD328"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="10"/>
+    <s v="Third level degree or higher"/>
+    <s v="L"/>
+    <s v="Real estate activities (L)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2016"/>
+  </r>
+  <r>
+    <s v="CD328"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="10"/>
+    <s v="Third level degree or higher"/>
+    <s v="M"/>
+    <s v="Professional, scientific and technical activities (M)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="32350"/>
+  </r>
+  <r>
+    <s v="CD328"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="10"/>
+    <s v="Third level degree or higher"/>
+    <s v="N"/>
+    <s v="Administrative and support service activities (N)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="6513"/>
+  </r>
+  <r>
+    <s v="CD328"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="10"/>
+    <s v="Third level degree or higher"/>
+    <s v="O"/>
+    <s v="Public administration and defence; compulsory social security (O)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="21853"/>
+  </r>
+  <r>
+    <s v="CD328"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="10"/>
+    <s v="Third level degree or higher"/>
+    <s v="P"/>
+    <s v="Education (P)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="28730"/>
+  </r>
+  <r>
+    <s v="CD328"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="10"/>
+    <s v="Third level degree or higher"/>
+    <s v="Q"/>
+    <s v="Human health and social work activities (Q)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="18833"/>
+  </r>
+  <r>
+    <s v="CD328"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="10"/>
+    <s v="Third level degree or higher"/>
+    <s v="R"/>
+    <s v="Arts, entertainment and recreation (R)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4926"/>
+  </r>
+  <r>
+    <s v="CD328"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="10"/>
+    <s v="Third level degree or higher"/>
+    <s v="S"/>
+    <s v="Other service activities (S)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3783"/>
+  </r>
+  <r>
+    <s v="CD328"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="10"/>
+    <s v="Third level degree or higher"/>
+    <s v="T"/>
+    <s v="Activities of households as employers producing activities of households for own use (T)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="20"/>
+  </r>
+  <r>
+    <s v="CD328"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="10"/>
+    <s v="Third level degree or higher"/>
+    <s v="U"/>
+    <s v="Activities of extraterritorial organisations and bodies (U)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="180"/>
+  </r>
+  <r>
+    <s v="CD328"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="10"/>
+    <s v="Third level degree or higher"/>
+    <s v="ZXD210"/>
+    <s v="Industry not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="6160"/>
+  </r>
+  <r>
+    <s v="CD328"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="10"/>
+    <s v="Third level degree or higher"/>
+    <s v="ZXD220"/>
+    <s v="Total at work"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="266626"/>
+  </r>
+  <r>
+    <s v="CD328"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="10"/>
+    <s v="Third level degree or higher"/>
+    <s v="ZXD230"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3035"/>
+  </r>
+  <r>
+    <s v="CD328"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="10"/>
+    <s v="Third level degree or higher"/>
+    <s v="ZXD240"/>
+    <s v="Unemployed, having lost or given up previous job"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="21060"/>
+  </r>
+  <r>
+    <s v="CD328"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="10"/>
+    <s v="Third level degree or higher"/>
+    <s v="ZXD250"/>
+    <s v="Total in labour force"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="290721"/>
+  </r>
+  <r>
+    <s v="CD328"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="A"/>
+    <s v="Agriculture, forestry and fishing (A)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1906"/>
+  </r>
+  <r>
+    <s v="CD328"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="B"/>
+    <s v="Mining and quarrying (B)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="85"/>
+  </r>
+  <r>
+    <s v="CD328"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="C"/>
+    <s v="Manufacturing (C)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1791"/>
+  </r>
+  <r>
+    <s v="CD328"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="D"/>
+    <s v="Electricity, gas, steam and air conditioning supply (D)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="99"/>
+  </r>
+  <r>
+    <s v="CD328"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="E"/>
+    <s v="Water supply; sewerage, waste management and remediation activities (E)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="157"/>
+  </r>
+  <r>
+    <s v="CD328"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="F"/>
+    <s v="Construction (F)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1214"/>
+  </r>
+  <r>
+    <s v="CD328"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="G"/>
+    <s v="Wholesale and retail trade; repair of motor vehicles and motorcycles (G)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2235"/>
+  </r>
+  <r>
+    <s v="CD328"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="H"/>
+    <s v="Transportation and storage (H)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1248"/>
+  </r>
+  <r>
+    <s v="CD328"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="I"/>
+    <s v="Accommodation and food service activities (I)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1200"/>
+  </r>
+  <r>
+    <s v="CD328"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="J"/>
+    <s v="Information and communication (J)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="353"/>
+  </r>
+  <r>
+    <s v="CD328"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="K"/>
+    <s v="Financial and insurance activities (K)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="244"/>
+  </r>
+  <r>
+    <s v="CD328"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="L"/>
+    <s v="Real estate activities (L)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="58"/>
+  </r>
+  <r>
+    <s v="CD328"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="M"/>
+    <s v="Professional, scientific and technical activities (M)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="338"/>
+  </r>
+  <r>
+    <s v="CD328"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="N"/>
+    <s v="Administrative and support service activities (N)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="619"/>
+  </r>
+  <r>
+    <s v="CD328"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="O"/>
+    <s v="Public administration and defence; compulsory social security (O)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="660"/>
+  </r>
+  <r>
+    <s v="CD328"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="P"/>
+    <s v="Education (P)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="683"/>
+  </r>
+  <r>
+    <s v="CD328"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="Q"/>
+    <s v="Human health and social work activities (Q)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="533"/>
+  </r>
+  <r>
+    <s v="CD328"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="R"/>
+    <s v="Arts, entertainment and recreation (R)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="237"/>
+  </r>
+  <r>
+    <s v="CD328"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="S"/>
+    <s v="Other service activities (S)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="187"/>
+  </r>
+  <r>
+    <s v="CD328"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="T"/>
+    <s v="Activities of households as employers producing activities of households for own use (T)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5"/>
+  </r>
+  <r>
+    <s v="CD328"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="U"/>
+    <s v="Activities of extraterritorial organisations and bodies (U)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="10"/>
+  </r>
+  <r>
+    <s v="CD328"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="ZXD210"/>
+    <s v="Industry not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="17870"/>
+  </r>
+  <r>
+    <s v="CD328"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="ZXD220"/>
+    <s v="Total at work"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="31732"/>
+  </r>
+  <r>
+    <s v="CD328"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="ZXD230"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="578"/>
+  </r>
+  <r>
+    <s v="CD328"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="ZXD240"/>
+    <s v="Unemployed, having lost or given up previous job"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="11196"/>
+  </r>
+  <r>
+    <s v="CD328"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="ZXD250"/>
+    <s v="Total in labour force"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="43506"/>
+  </r>
+  <r>
+    <s v="CD328"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-1"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="A"/>
+    <s v="Agriculture, forestry and fishing (A)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2337"/>
+  </r>
+  <r>
+    <s v="CD328"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-1"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="B"/>
+    <s v="Mining and quarrying (B)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="191"/>
+  </r>
+  <r>
+    <s v="CD328"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-1"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="C"/>
+    <s v="Manufacturing (C)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="7435"/>
+  </r>
+  <r>
+    <s v="CD328"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-1"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="D"/>
+    <s v="Electricity, gas, steam and air conditioning supply (D)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="385"/>
+  </r>
+  <r>
+    <s v="CD328"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-1"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="E"/>
+    <s v="Water supply; sewerage, waste management and remediation activities (E)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="498"/>
+  </r>
+  <r>
+    <s v="CD328"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-1"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="F"/>
+    <s v="Construction (F)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4457"/>
+  </r>
+  <r>
+    <s v="CD328"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-1"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="G"/>
+    <s v="Wholesale and retail trade; repair of motor vehicles and motorcycles (G)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="9183"/>
+  </r>
+  <r>
+    <s v="CD328"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-1"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="H"/>
+    <s v="Transportation and storage (H)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3225"/>
+  </r>
+  <r>
+    <s v="CD328"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-1"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="I"/>
+    <s v="Accommodation and food service activities (I)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="6111"/>
+  </r>
+  <r>
+    <s v="CD328"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-1"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="J"/>
+    <s v="Information and communication (J)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2836"/>
+  </r>
+  <r>
+    <s v="CD328"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-1"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="K"/>
+    <s v="Financial and insurance activities (K)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1791"/>
+  </r>
+  <r>
+    <s v="CD328"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-1"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="L"/>
+    <s v="Real estate activities (L)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="186"/>
+  </r>
+  <r>
+    <s v="CD328"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-1"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="M"/>
+    <s v="Professional, scientific and technical activities (M)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2381"/>
+  </r>
+  <r>
+    <s v="CD328"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-1"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="N"/>
+    <s v="Administrative and support service activities (N)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2724"/>
+  </r>
+  <r>
+    <s v="CD328"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-1"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="O"/>
+    <s v="Public administration and defence; compulsory social security (O)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2309"/>
+  </r>
+  <r>
+    <s v="CD328"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-1"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="P"/>
+    <s v="Education (P)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3051"/>
+  </r>
+  <r>
+    <s v="CD328"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-1"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="Q"/>
+    <s v="Human health and social work activities (Q)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3362"/>
+  </r>
+  <r>
+    <s v="CD328"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-1"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="R"/>
+    <s v="Arts, entertainment and recreation (R)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="941"/>
+  </r>
+  <r>
+    <s v="CD328"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-1"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="S"/>
+    <s v="Other service activities (S)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="681"/>
+  </r>
+  <r>
+    <s v="CD328"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-1"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="T"/>
+    <s v="Activities of households as employers producing activities of households for own use (T)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="12"/>
+  </r>
+  <r>
+    <s v="CD328"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-1"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="U"/>
+    <s v="Activities of extraterritorial organisations and bodies (U)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="64"/>
+  </r>
+  <r>
+    <s v="CD328"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-1"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="ZXD210"/>
+    <s v="Industry not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4708"/>
+  </r>
+  <r>
+    <s v="CD328"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-1"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="ZXD220"/>
+    <s v="Total at work"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="58868"/>
+  </r>
+  <r>
+    <s v="CD328"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-1"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="ZXD230"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3453"/>
+  </r>
+  <r>
+    <s v="CD328"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-1"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="ZXD240"/>
+    <s v="Unemployed, having lost or given up previous job"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="23968"/>
+  </r>
+  <r>
+    <s v="CD328"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-1"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="ZXD250"/>
+    <s v="Total in labour force"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="86289"/>
+  </r>
+  <r>
+    <s v="CD328"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-2"/>
+    <s v="Total education ceased and not ceased"/>
+    <s v="A"/>
+    <s v="Agriculture, forestry and fishing (A)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="11095"/>
+  </r>
+  <r>
+    <s v="CD328"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-2"/>
+    <s v="Total education ceased and not ceased"/>
+    <s v="B"/>
+    <s v="Mining and quarrying (B)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="577"/>
+  </r>
+  <r>
+    <s v="CD328"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-2"/>
+    <s v="Total education ceased and not ceased"/>
+    <s v="C"/>
+    <s v="Manufacturing (C)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="56844"/>
+  </r>
+  <r>
+    <s v="CD328"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-2"/>
+    <s v="Total education ceased and not ceased"/>
+    <s v="D"/>
+    <s v="Electricity, gas, steam and air conditioning supply (D)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2759"/>
+  </r>
+  <r>
+    <s v="CD328"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-2"/>
+    <s v="Total education ceased and not ceased"/>
+    <s v="E"/>
+    <s v="Water supply; sewerage, waste management and remediation activities (E)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1710"/>
+  </r>
+  <r>
+    <s v="CD328"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-2"/>
+    <s v="Total education ceased and not ceased"/>
+    <s v="F"/>
+    <s v="Construction (F)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="7197"/>
+  </r>
+  <r>
+    <s v="CD328"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-2"/>
+    <s v="Total education ceased and not ceased"/>
+    <s v="G"/>
+    <s v="Wholesale and retail trade; repair of motor vehicles and motorcycles (G)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="127495"/>
+  </r>
+  <r>
+    <s v="CD328"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-2"/>
+    <s v="Total education ceased and not ceased"/>
+    <s v="H"/>
+    <s v="Transportation and storage (H)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="15490"/>
+  </r>
+  <r>
+    <s v="CD328"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-2"/>
+    <s v="Total education ceased and not ceased"/>
+    <s v="I"/>
+    <s v="Accommodation and food service activities (I)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="55561"/>
+  </r>
+  <r>
+    <s v="CD328"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-2"/>
+    <s v="Total education ceased and not ceased"/>
+    <s v="J"/>
+    <s v="Information and communication (J)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="22771"/>
+  </r>
+  <r>
+    <s v="CD328"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-2"/>
+    <s v="Total education ceased and not ceased"/>
+    <s v="K"/>
+    <s v="Financial and insurance activities (K)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="51842"/>
+  </r>
+  <r>
+    <s v="CD328"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-2"/>
+    <s v="Total education ceased and not ceased"/>
+    <s v="L"/>
+    <s v="Real estate activities (L)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3884"/>
+  </r>
+  <r>
+    <s v="CD328"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-2"/>
+    <s v="Total education ceased and not ceased"/>
+    <s v="M"/>
+    <s v="Professional, scientific and technical activities (M)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="44533"/>
+  </r>
+  <r>
+    <s v="CD328"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-2"/>
+    <s v="Total education ceased and not ceased"/>
+    <s v="N"/>
+    <s v="Administrative and support service activities (N)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="26800"/>
+  </r>
+  <r>
+    <s v="CD328"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-2"/>
+    <s v="Total education ceased and not ceased"/>
+    <s v="O"/>
+    <s v="Public administration and defence; compulsory social security (O)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="53513"/>
+  </r>
+  <r>
+    <s v="CD328"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-2"/>
+    <s v="Total education ceased and not ceased"/>
+    <s v="P"/>
+    <s v="Education (P)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="125146"/>
+  </r>
+  <r>
+    <s v="CD328"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-2"/>
+    <s v="Total education ceased and not ceased"/>
+    <s v="Q"/>
+    <s v="Human health and social work activities (Q)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="159415"/>
+  </r>
+  <r>
+    <s v="CD328"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-2"/>
+    <s v="Total education ceased and not ceased"/>
+    <s v="R"/>
+    <s v="Arts, entertainment and recreation (R)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="14859"/>
+  </r>
+  <r>
+    <s v="CD328"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-2"/>
+    <s v="Total education ceased and not ceased"/>
+    <s v="S"/>
+    <s v="Other service activities (S)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="27817"/>
+  </r>
+  <r>
+    <s v="CD328"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-2"/>
+    <s v="Total education ceased and not ceased"/>
+    <s v="T"/>
+    <s v="Activities of households as employers producing activities of households for own use (T)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1816"/>
+  </r>
+  <r>
+    <s v="CD328"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-2"/>
+    <s v="Total education ceased and not ceased"/>
+    <s v="U"/>
+    <s v="Activities of extraterritorial organisations and bodies (U)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="405"/>
+  </r>
+  <r>
+    <s v="CD328"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-2"/>
+    <s v="Total education ceased and not ceased"/>
+    <s v="ZXD210"/>
+    <s v="Industry not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="41290"/>
+  </r>
+  <r>
+    <s v="CD328"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-2"/>
+    <s v="Total education ceased and not ceased"/>
+    <s v="ZXD220"/>
+    <s v="Total at work"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="852819"/>
+  </r>
+  <r>
+    <s v="CD328"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-2"/>
+    <s v="Total education ceased and not ceased"/>
+    <s v="ZXD230"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="14654"/>
+  </r>
+  <r>
+    <s v="CD328"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-2"/>
+    <s v="Total education ceased and not ceased"/>
+    <s v="ZXD240"/>
+    <s v="Unemployed, having lost or given up previous job"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="135862"/>
+  </r>
+  <r>
+    <s v="CD328"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-2"/>
+    <s v="Total education ceased and not ceased"/>
+    <s v="ZXD250"/>
+    <s v="Total in labour force"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1003335"/>
+  </r>
+  <r>
+    <s v="CD328"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="A"/>
+    <s v="Agriculture, forestry and fishing (A)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="10604"/>
+  </r>
+  <r>
+    <s v="CD328"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="B"/>
+    <s v="Mining and quarrying (B)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="552"/>
+  </r>
+  <r>
+    <s v="CD328"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="C"/>
+    <s v="Manufacturing (C)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="53499"/>
+  </r>
+  <r>
+    <s v="CD328"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="D"/>
+    <s v="Electricity, gas, steam and air conditioning supply (D)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2666"/>
+  </r>
+  <r>
+    <s v="CD328"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="E"/>
+    <s v="Water supply; sewerage, waste management and remediation activities (E)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1617"/>
+  </r>
+  <r>
+    <s v="CD328"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="F"/>
+    <s v="Construction (F)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="6842"/>
+  </r>
+  <r>
+    <s v="CD328"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="G"/>
+    <s v="Wholesale and retail trade; repair of motor vehicles and motorcycles (G)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="118397"/>
+  </r>
+  <r>
+    <s v="CD328"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="H"/>
+    <s v="Transportation and storage (H)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="14628"/>
+  </r>
+  <r>
+    <s v="CD328"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="I"/>
+    <s v="Accommodation and food service activities (I)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="49072"/>
+  </r>
+  <r>
+    <s v="CD328"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="J"/>
+    <s v="Information and communication (J)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="21396"/>
+  </r>
+  <r>
+    <s v="CD328"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="K"/>
+    <s v="Financial and insurance activities (K)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="49775"/>
+  </r>
+  <r>
+    <s v="CD328"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="L"/>
+    <s v="Real estate activities (L)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3694"/>
+  </r>
+  <r>
+    <s v="CD328"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="M"/>
+    <s v="Professional, scientific and technical activities (M)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="42216"/>
+  </r>
+  <r>
+    <s v="CD328"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="N"/>
+    <s v="Administrative and support service activities (N)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="24167"/>
+  </r>
+  <r>
+    <s v="CD328"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="O"/>
+    <s v="Public administration and defence; compulsory social security (O)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="51852"/>
+  </r>
+  <r>
+    <s v="CD328"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="P"/>
+    <s v="Education (P)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="117869"/>
+  </r>
+  <r>
+    <s v="CD328"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="Q"/>
+    <s v="Human health and social work activities (Q)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="148320"/>
+  </r>
+  <r>
+    <s v="CD328"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="R"/>
+    <s v="Arts, entertainment and recreation (R)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="13948"/>
+  </r>
+  <r>
+    <s v="CD328"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="S"/>
+    <s v="Other service activities (S)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="25920"/>
+  </r>
+  <r>
+    <s v="CD328"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="T"/>
+    <s v="Activities of households as employers producing activities of households for own use (T)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1459"/>
+  </r>
+  <r>
+    <s v="CD328"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="U"/>
+    <s v="Activities of extraterritorial organisations and bodies (U)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="357"/>
+  </r>
+  <r>
+    <s v="CD328"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="ZXD210"/>
+    <s v="Industry not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="37401"/>
+  </r>
+  <r>
+    <s v="CD328"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="ZXD220"/>
+    <s v="Total at work"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="796251"/>
+  </r>
+  <r>
+    <s v="CD328"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="ZXD230"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="11442"/>
+  </r>
+  <r>
+    <s v="CD328"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="ZXD240"/>
+    <s v="Unemployed, having lost or given up previous job"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="118838"/>
+  </r>
+  <r>
+    <s v="CD328"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="ZXD250"/>
+    <s v="Total in labour force"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="926531"/>
+  </r>
+  <r>
+    <s v="CD328"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="Primary (incl. no formal education)"/>
+    <s v="A"/>
+    <s v="Agriculture, forestry and fishing (A)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1414"/>
+  </r>
+  <r>
+    <s v="CD328"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="Primary (incl. no formal education)"/>
+    <s v="B"/>
+    <s v="Mining and quarrying (B)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="14"/>
+  </r>
+  <r>
+    <s v="CD328"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="Primary (incl. no formal education)"/>
+    <s v="C"/>
+    <s v="Manufacturing (C)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2052"/>
+  </r>
+  <r>
+    <s v="CD328"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="Primary (incl. no formal education)"/>
+    <s v="D"/>
+    <s v="Electricity, gas, steam and air conditioning supply (D)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="39"/>
+  </r>
+  <r>
+    <s v="CD328"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="Primary (incl. no formal education)"/>
+    <s v="E"/>
+    <s v="Water supply; sewerage, waste management and remediation activities (E)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="50"/>
+  </r>
+  <r>
+    <s v="CD328"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="Primary (incl. no formal education)"/>
+    <s v="F"/>
+    <s v="Construction (F)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="181"/>
+  </r>
+  <r>
+    <s v="CD328"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="Primary (incl. no formal education)"/>
+    <s v="G"/>
+    <s v="Wholesale and retail trade; repair of motor vehicles and motorcycles (G)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5683"/>
+  </r>
+  <r>
+    <s v="CD328"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="Primary (incl. no formal education)"/>
+    <s v="H"/>
+    <s v="Transportation and storage (H)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="540"/>
+  </r>
+  <r>
+    <s v="CD328"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="Primary (incl. no formal education)"/>
+    <s v="I"/>
+    <s v="Accommodation and food service activities (I)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3258"/>
+  </r>
+  <r>
+    <s v="CD328"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="Primary (incl. no formal education)"/>
+    <s v="J"/>
+    <s v="Information and communication (J)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="172"/>
+  </r>
+  <r>
+    <s v="CD328"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="Primary (incl. no formal education)"/>
+    <s v="K"/>
+    <s v="Financial and insurance activities (K)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="358"/>
+  </r>
+  <r>
+    <s v="CD328"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="Primary (incl. no formal education)"/>
+    <s v="L"/>
+    <s v="Real estate activities (L)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="55"/>
+  </r>
+  <r>
+    <s v="CD328"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="Primary (incl. no formal education)"/>
+    <s v="M"/>
+    <s v="Professional, scientific and technical activities (M)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="370"/>
+  </r>
+  <r>
+    <s v="CD328"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="Primary (incl. no formal education)"/>
+    <s v="N"/>
+    <s v="Administrative and support service activities (N)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2117"/>
+  </r>
+  <r>
+    <s v="CD328"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="Primary (incl. no formal education)"/>
+    <s v="O"/>
+    <s v="Public administration and defence; compulsory social security (O)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1114"/>
+  </r>
+  <r>
+    <s v="CD328"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="Primary (incl. no formal education)"/>
+    <s v="P"/>
+    <s v="Education (P)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2376"/>
+  </r>
+  <r>
+    <s v="CD328"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="Primary (incl. no formal education)"/>
+    <s v="Q"/>
+    <s v="Human health and social work activities (Q)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="6360"/>
+  </r>
+  <r>
+    <s v="CD328"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="Primary (incl. no formal education)"/>
+    <s v="R"/>
+    <s v="Arts, entertainment and recreation (R)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="407"/>
+  </r>
+  <r>
+    <s v="CD328"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="Primary (incl. no formal education)"/>
+    <s v="S"/>
+    <s v="Other service activities (S)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1259"/>
+  </r>
+  <r>
+    <s v="CD328"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="Primary (incl. no formal education)"/>
+    <s v="T"/>
+    <s v="Activities of households as employers producing activities of households for own use (T)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="154"/>
+  </r>
+  <r>
+    <s v="CD328"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="Primary (incl. no formal education)"/>
+    <s v="U"/>
+    <s v="Activities of extraterritorial organisations and bodies (U)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5"/>
+  </r>
+  <r>
+    <s v="CD328"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="Primary (incl. no formal education)"/>
+    <s v="ZXD210"/>
+    <s v="Industry not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3571"/>
+  </r>
+  <r>
+    <s v="CD328"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="Primary (incl. no formal education)"/>
+    <s v="ZXD220"/>
+    <s v="Total at work"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="31549"/>
+  </r>
+  <r>
+    <s v="CD328"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="Primary (incl. no formal education)"/>
+    <s v="ZXD230"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="712"/>
+  </r>
+  <r>
+    <s v="CD328"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="Primary (incl. no formal education)"/>
+    <s v="ZXD240"/>
+    <s v="Unemployed, having lost or given up previous job"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="15575"/>
+  </r>
+  <r>
+    <s v="CD328"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="Primary (incl. no formal education)"/>
+    <s v="ZXD250"/>
+    <s v="Total in labour force"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="47836"/>
+  </r>
+  <r>
+    <s v="CD328"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="A"/>
+    <s v="Agriculture, forestry and fishing (A)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1918"/>
+  </r>
+  <r>
+    <s v="CD328"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="B"/>
+    <s v="Mining and quarrying (B)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="49"/>
+  </r>
+  <r>
+    <s v="CD328"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="C"/>
+    <s v="Manufacturing (C)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="6319"/>
+  </r>
+  <r>
+    <s v="CD328"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="D"/>
+    <s v="Electricity, gas, steam and air conditioning supply (D)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="147"/>
+  </r>
+  <r>
+    <s v="CD328"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="E"/>
+    <s v="Water supply; sewerage, waste management and remediation activities (E)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="133"/>
+  </r>
+  <r>
+    <s v="CD328"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="F"/>
+    <s v="Construction (F)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="736"/>
+  </r>
+  <r>
+    <s v="CD328"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="G"/>
+    <s v="Wholesale and retail trade; repair of motor vehicles and motorcycles (G)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="19505"/>
+  </r>
+  <r>
+    <s v="CD328"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="H"/>
+    <s v="Transportation and storage (H)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2014"/>
+  </r>
+  <r>
+    <s v="CD328"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="I"/>
+    <s v="Accommodation and food service activities (I)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="7063"/>
+  </r>
+  <r>
+    <s v="CD328"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="J"/>
+    <s v="Information and communication (J)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="731"/>
+  </r>
+  <r>
+    <s v="CD328"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="K"/>
+    <s v="Financial and insurance activities (K)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1534"/>
+  </r>
+  <r>
+    <s v="CD328"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="L"/>
+    <s v="Real estate activities (L)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="241"/>
+  </r>
+  <r>
+    <s v="CD328"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="M"/>
+    <s v="Professional, scientific and technical activities (M)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1990"/>
+  </r>
+  <r>
+    <s v="CD328"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="N"/>
+    <s v="Administrative and support service activities (N)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3185"/>
+  </r>
+  <r>
+    <s v="CD328"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="O"/>
+    <s v="Public administration and defence; compulsory social security (O)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3432"/>
+  </r>
+  <r>
+    <s v="CD328"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="P"/>
+    <s v="Education (P)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5940"/>
+  </r>
+  <r>
+    <s v="CD328"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="Q"/>
+    <s v="Human health and social work activities (Q)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="14048"/>
+  </r>
+  <r>
+    <s v="CD328"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="R"/>
+    <s v="Arts, entertainment and recreation (R)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1448"/>
+  </r>
+  <r>
+    <s v="CD328"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="S"/>
+    <s v="Other service activities (S)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4960"/>
+  </r>
+  <r>
+    <s v="CD328"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="T"/>
+    <s v="Activities of households as employers producing activities of households for own use (T)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="232"/>
+  </r>
+  <r>
+    <s v="CD328"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="U"/>
+    <s v="Activities of extraterritorial organisations and bodies (U)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="17"/>
+  </r>
+  <r>
+    <s v="CD328"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="ZXD210"/>
+    <s v="Industry not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4305"/>
+  </r>
+  <r>
+    <s v="CD328"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="ZXD220"/>
+    <s v="Total at work"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="79947"/>
+  </r>
+  <r>
+    <s v="CD328"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="ZXD230"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1581"/>
+  </r>
+  <r>
+    <s v="CD328"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="ZXD240"/>
+    <s v="Unemployed, having lost or given up previous job"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="23453"/>
+  </r>
+  <r>
+    <s v="CD328"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="ZXD250"/>
+    <s v="Total in labour force"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="104981"/>
+  </r>
+  <r>
+    <s v="CD328"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="A"/>
+    <s v="Agriculture, forestry and fishing (A)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4769"/>
+  </r>
+  <r>
+    <s v="CD328"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="B"/>
+    <s v="Mining and quarrying (B)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="223"/>
+  </r>
+  <r>
+    <s v="CD328"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="C"/>
+    <s v="Manufacturing (C)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="20534"/>
+  </r>
+  <r>
+    <s v="CD328"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="D"/>
+    <s v="Electricity, gas, steam and air conditioning supply (D)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="892"/>
+  </r>
+  <r>
+    <s v="CD328"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="E"/>
+    <s v="Water supply; sewerage, waste management and remediation activities (E)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="715"/>
+  </r>
+  <r>
+    <s v="CD328"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="F"/>
+    <s v="Construction (F)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3139"/>
+  </r>
+  <r>
+    <s v="CD328"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="G"/>
+    <s v="Wholesale and retail trade; repair of motor vehicles and motorcycles (G)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="58583"/>
+  </r>
+  <r>
+    <s v="CD328"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="H"/>
+    <s v="Transportation and storage (H)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="7640"/>
+  </r>
+  <r>
+    <s v="CD328"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="I"/>
+    <s v="Accommodation and food service activities (I)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="23799"/>
+  </r>
+  <r>
+    <s v="CD328"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="J"/>
+    <s v="Information and communication (J)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5243"/>
+  </r>
+  <r>
+    <s v="CD328"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="K"/>
+    <s v="Financial and insurance activities (K)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="18792"/>
+  </r>
+  <r>
+    <s v="CD328"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="L"/>
+    <s v="Real estate activities (L)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1499"/>
+  </r>
+  <r>
+    <s v="CD328"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="M"/>
+    <s v="Professional, scientific and technical activities (M)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="11727"/>
+  </r>
+  <r>
+    <s v="CD328"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="N"/>
+    <s v="Administrative and support service activities (N)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="9767"/>
+  </r>
+  <r>
+    <s v="CD328"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="O"/>
+    <s v="Public administration and defence; compulsory social security (O)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="20741"/>
+  </r>
+  <r>
+    <s v="CD328"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="P"/>
+    <s v="Education (P)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="24743"/>
+  </r>
+  <r>
+    <s v="CD328"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="Q"/>
+    <s v="Human health and social work activities (Q)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="43050"/>
+  </r>
+  <r>
+    <s v="CD328"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="R"/>
+    <s v="Arts, entertainment and recreation (R)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5415"/>
+  </r>
+  <r>
+    <s v="CD328"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="S"/>
+    <s v="Other service activities (S)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="13644"/>
+  </r>
+  <r>
+    <s v="CD328"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="T"/>
+    <s v="Activities of households as employers producing activities of households for own use (T)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="663"/>
+  </r>
+  <r>
+    <s v="CD328"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="U"/>
+    <s v="Activities of extraterritorial organisations and bodies (U)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="91"/>
+  </r>
+  <r>
+    <s v="CD328"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="ZXD210"/>
+    <s v="Industry not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="9217"/>
+  </r>
+  <r>
+    <s v="CD328"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="ZXD220"/>
+    <s v="Total at work"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="284886"/>
+  </r>
+  <r>
+    <s v="CD328"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="ZXD230"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5187"/>
+  </r>
+  <r>
+    <s v="CD328"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="ZXD240"/>
+    <s v="Unemployed, having lost or given up previous job"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="49931"/>
+  </r>
+  <r>
+    <s v="CD328"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="ZXD250"/>
+    <s v="Total in labour force"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="340004"/>
+  </r>
+  <r>
+    <s v="CD328"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="09"/>
+    <s v="Third level non-degree"/>
+    <s v="A"/>
+    <s v="Agriculture, forestry and fishing (A)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="529"/>
+  </r>
+  <r>
+    <s v="CD328"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="09"/>
+    <s v="Third level non-degree"/>
+    <s v="B"/>
+    <s v="Mining and quarrying (B)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="46"/>
+  </r>
+  <r>
+    <s v="CD328"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="09"/>
+    <s v="Third level non-degree"/>
+    <s v="C"/>
+    <s v="Manufacturing (C)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3479"/>
+  </r>
+  <r>
+    <s v="CD328"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="09"/>
+    <s v="Third level non-degree"/>
+    <s v="D"/>
+    <s v="Electricity, gas, steam and air conditioning supply (D)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="217"/>
+  </r>
+  <r>
+    <s v="CD328"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="09"/>
+    <s v="Third level non-degree"/>
+    <s v="E"/>
+    <s v="Water supply; sewerage, waste management and remediation activities (E)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="135"/>
+  </r>
+  <r>
+    <s v="CD328"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="09"/>
+    <s v="Third level non-degree"/>
+    <s v="F"/>
+    <s v="Construction (F)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="603"/>
+  </r>
+  <r>
+    <s v="CD328"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="09"/>
+    <s v="Third level non-degree"/>
+    <s v="G"/>
+    <s v="Wholesale and retail trade; repair of motor vehicles and motorcycles (G)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="6829"/>
+  </r>
+  <r>
+    <s v="CD328"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="09"/>
+    <s v="Third level non-degree"/>
+    <s v="H"/>
+    <s v="Transportation and storage (H)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1035"/>
+  </r>
+  <r>
+    <s v="CD328"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="09"/>
+    <s v="Third level non-degree"/>
+    <s v="I"/>
+    <s v="Accommodation and food service activities (I)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3468"/>
+  </r>
+  <r>
+    <s v="CD328"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="09"/>
+    <s v="Third level non-degree"/>
+    <s v="J"/>
+    <s v="Information and communication (J)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1436"/>
+  </r>
+  <r>
+    <s v="CD328"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="09"/>
+    <s v="Third level non-degree"/>
+    <s v="K"/>
+    <s v="Financial and insurance activities (K)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4049"/>
+  </r>
+  <r>
+    <s v="CD328"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="09"/>
+    <s v="Third level non-degree"/>
+    <s v="L"/>
+    <s v="Real estate activities (L)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="376"/>
+  </r>
+  <r>
+    <s v="CD328"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="09"/>
+    <s v="Third level non-degree"/>
+    <s v="M"/>
+    <s v="Professional, scientific and technical activities (M)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2689"/>
+  </r>
+  <r>
+    <s v="CD328"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="09"/>
+    <s v="Third level non-degree"/>
+    <s v="N"/>
+    <s v="Administrative and support service activities (N)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1853"/>
+  </r>
+  <r>
+    <s v="CD328"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="09"/>
+    <s v="Third level non-degree"/>
+    <s v="O"/>
+    <s v="Public administration and defence; compulsory social security (O)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4249"/>
+  </r>
+  <r>
+    <s v="CD328"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="09"/>
+    <s v="Third level non-degree"/>
+    <s v="P"/>
+    <s v="Education (P)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="6102"/>
+  </r>
+  <r>
+    <s v="CD328"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="09"/>
+    <s v="Third level non-degree"/>
+    <s v="Q"/>
+    <s v="Human health and social work activities (Q)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="11342"/>
+  </r>
+  <r>
+    <s v="CD328"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="09"/>
+    <s v="Third level non-degree"/>
+    <s v="R"/>
+    <s v="Arts, entertainment and recreation (R)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="968"/>
+  </r>
+  <r>
+    <s v="CD328"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="09"/>
+    <s v="Third level non-degree"/>
+    <s v="S"/>
+    <s v="Other service activities (S)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1560"/>
+  </r>
+  <r>
+    <s v="CD328"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="09"/>
+    <s v="Third level non-degree"/>
+    <s v="T"/>
+    <s v="Activities of households as employers producing activities of households for own use (T)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="83"/>
+  </r>
+  <r>
+    <s v="CD328"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="09"/>
+    <s v="Third level non-degree"/>
+    <s v="U"/>
+    <s v="Activities of extraterritorial organisations and bodies (U)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="19"/>
+  </r>
+  <r>
+    <s v="CD328"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="09"/>
+    <s v="Third level non-degree"/>
+    <s v="ZXD210"/>
+    <s v="Industry not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1314"/>
+  </r>
+  <r>
+    <s v="CD328"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="09"/>
+    <s v="Third level non-degree"/>
+    <s v="ZXD220"/>
+    <s v="Total at work"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="52381"/>
+  </r>
+  <r>
+    <s v="CD328"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="09"/>
+    <s v="Third level non-degree"/>
+    <s v="ZXD230"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="423"/>
+  </r>
+  <r>
+    <s v="CD328"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="09"/>
+    <s v="Third level non-degree"/>
+    <s v="ZXD240"/>
+    <s v="Unemployed, having lost or given up previous job"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5314"/>
+  </r>
+  <r>
+    <s v="CD328"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="09"/>
+    <s v="Third level non-degree"/>
+    <s v="ZXD250"/>
+    <s v="Total in labour force"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="58118"/>
+  </r>
+  <r>
+    <s v="CD328"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="10"/>
+    <s v="Third level degree or higher"/>
+    <s v="A"/>
+    <s v="Agriculture, forestry and fishing (A)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1655"/>
+  </r>
+  <r>
+    <s v="CD328"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="10"/>
+    <s v="Third level degree or higher"/>
+    <s v="B"/>
+    <s v="Mining and quarrying (B)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="209"/>
+  </r>
+  <r>
+    <s v="CD328"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="10"/>
+    <s v="Third level degree or higher"/>
+    <s v="C"/>
+    <s v="Manufacturing (C)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="20350"/>
+  </r>
+  <r>
+    <s v="CD328"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="10"/>
+    <s v="Third level degree or higher"/>
+    <s v="D"/>
+    <s v="Electricity, gas, steam and air conditioning supply (D)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1347"/>
+  </r>
+  <r>
+    <s v="CD328"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="10"/>
+    <s v="Third level degree or higher"/>
+    <s v="E"/>
+    <s v="Water supply; sewerage, waste management and remediation activities (E)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="555"/>
+  </r>
+  <r>
+    <s v="CD328"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="10"/>
+    <s v="Third level degree or higher"/>
+    <s v="F"/>
+    <s v="Construction (F)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2111"/>
+  </r>
+  <r>
+    <s v="CD328"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="10"/>
+    <s v="Third level degree or higher"/>
+    <s v="G"/>
+    <s v="Wholesale and retail trade; repair of motor vehicles and motorcycles (G)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="25545"/>
+  </r>
+  <r>
+    <s v="CD328"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="10"/>
+    <s v="Third level degree or higher"/>
+    <s v="H"/>
+    <s v="Transportation and storage (H)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3175"/>
+  </r>
+  <r>
+    <s v="CD328"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="10"/>
+    <s v="Third level degree or higher"/>
+    <s v="I"/>
+    <s v="Accommodation and food service activities (I)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="10077"/>
+  </r>
+  <r>
+    <s v="CD328"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="10"/>
+    <s v="Third level degree or higher"/>
+    <s v="J"/>
+    <s v="Information and communication (J)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="13617"/>
+  </r>
+  <r>
+    <s v="CD328"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="10"/>
+    <s v="Third level degree or higher"/>
+    <s v="K"/>
+    <s v="Financial and insurance activities (K)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="24651"/>
+  </r>
+  <r>
+    <s v="CD328"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="10"/>
+    <s v="Third level degree or higher"/>
+    <s v="L"/>
+    <s v="Real estate activities (L)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1484"/>
+  </r>
+  <r>
+    <s v="CD328"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="10"/>
+    <s v="Third level degree or higher"/>
+    <s v="M"/>
+    <s v="Professional, scientific and technical activities (M)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="25094"/>
+  </r>
+  <r>
+    <s v="CD328"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="10"/>
+    <s v="Third level degree or higher"/>
+    <s v="N"/>
+    <s v="Administrative and support service activities (N)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="6597"/>
+  </r>
+  <r>
+    <s v="CD328"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="10"/>
+    <s v="Third level degree or higher"/>
+    <s v="O"/>
+    <s v="Public administration and defence; compulsory social security (O)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="21840"/>
+  </r>
+  <r>
+    <s v="CD328"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="10"/>
+    <s v="Third level degree or higher"/>
+    <s v="P"/>
+    <s v="Education (P)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="77310"/>
+  </r>
+  <r>
+    <s v="CD328"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="10"/>
+    <s v="Third level degree or higher"/>
+    <s v="Q"/>
+    <s v="Human health and social work activities (Q)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="70911"/>
+  </r>
+  <r>
+    <s v="CD328"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="10"/>
+    <s v="Third level degree or higher"/>
+    <s v="R"/>
+    <s v="Arts, entertainment and recreation (R)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5527"/>
+  </r>
+  <r>
+    <s v="CD328"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="10"/>
+    <s v="Third level degree or higher"/>
+    <s v="S"/>
+    <s v="Other service activities (S)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3910"/>
+  </r>
+  <r>
+    <s v="CD328"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="10"/>
+    <s v="Third level degree or higher"/>
+    <s v="T"/>
+    <s v="Activities of households as employers producing activities of households for own use (T)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="279"/>
+  </r>
+  <r>
+    <s v="CD328"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="10"/>
+    <s v="Third level degree or higher"/>
+    <s v="U"/>
+    <s v="Activities of extraterritorial organisations and bodies (U)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="214"/>
+  </r>
+  <r>
+    <s v="CD328"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="10"/>
+    <s v="Third level degree or higher"/>
+    <s v="ZXD210"/>
+    <s v="Industry not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5764"/>
+  </r>
+  <r>
+    <s v="CD328"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="10"/>
+    <s v="Third level degree or higher"/>
+    <s v="ZXD220"/>
+    <s v="Total at work"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="322222"/>
+  </r>
+  <r>
+    <s v="CD328"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="10"/>
+    <s v="Third level degree or higher"/>
+    <s v="ZXD230"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3141"/>
+  </r>
+  <r>
+    <s v="CD328"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="10"/>
+    <s v="Third level degree or higher"/>
+    <s v="ZXD240"/>
+    <s v="Unemployed, having lost or given up previous job"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="18938"/>
+  </r>
+  <r>
+    <s v="CD328"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="10"/>
+    <s v="Third level degree or higher"/>
+    <s v="ZXD250"/>
+    <s v="Total in labour force"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="344301"/>
+  </r>
+  <r>
+    <s v="CD328"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="A"/>
+    <s v="Agriculture, forestry and fishing (A)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="319"/>
+  </r>
+  <r>
+    <s v="CD328"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="B"/>
+    <s v="Mining and quarrying (B)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="11"/>
+  </r>
+  <r>
+    <s v="CD328"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="C"/>
+    <s v="Manufacturing (C)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="765"/>
+  </r>
+  <r>
+    <s v="CD328"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="D"/>
+    <s v="Electricity, gas, steam and air conditioning supply (D)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="24"/>
+  </r>
+  <r>
+    <s v="CD328"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="E"/>
+    <s v="Water supply; sewerage, waste management and remediation activities (E)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="29"/>
+  </r>
+  <r>
+    <s v="CD328"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="F"/>
+    <s v="Construction (F)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="72"/>
+  </r>
+  <r>
+    <s v="CD328"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="G"/>
+    <s v="Wholesale and retail trade; repair of motor vehicles and motorcycles (G)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2252"/>
+  </r>
+  <r>
+    <s v="CD328"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="H"/>
+    <s v="Transportation and storage (H)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="224"/>
+  </r>
+  <r>
+    <s v="CD328"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="I"/>
+    <s v="Accommodation and food service activities (I)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1407"/>
+  </r>
+  <r>
+    <s v="CD328"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="J"/>
+    <s v="Information and communication (J)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="197"/>
+  </r>
+  <r>
+    <s v="CD328"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="K"/>
+    <s v="Financial and insurance activities (K)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="391"/>
+  </r>
+  <r>
+    <s v="CD328"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="L"/>
+    <s v="Real estate activities (L)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="39"/>
+  </r>
+  <r>
+    <s v="CD328"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="M"/>
+    <s v="Professional, scientific and technical activities (M)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="346"/>
+  </r>
+  <r>
+    <s v="CD328"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="N"/>
+    <s v="Administrative and support service activities (N)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="648"/>
+  </r>
+  <r>
+    <s v="CD328"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="O"/>
+    <s v="Public administration and defence; compulsory social security (O)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="476"/>
+  </r>
+  <r>
+    <s v="CD328"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="P"/>
+    <s v="Education (P)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1398"/>
+  </r>
+  <r>
+    <s v="CD328"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="Q"/>
+    <s v="Human health and social work activities (Q)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2609"/>
+  </r>
+  <r>
+    <s v="CD328"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="R"/>
+    <s v="Arts, entertainment and recreation (R)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="183"/>
+  </r>
+  <r>
+    <s v="CD328"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="S"/>
+    <s v="Other service activities (S)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="587"/>
+  </r>
+  <r>
+    <s v="CD328"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="T"/>
+    <s v="Activities of households as employers producing activities of households for own use (T)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="48"/>
+  </r>
+  <r>
+    <s v="CD328"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="U"/>
+    <s v="Activities of extraterritorial organisations and bodies (U)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="11"/>
+  </r>
+  <r>
+    <s v="CD328"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="ZXD210"/>
+    <s v="Industry not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="13230"/>
+  </r>
+  <r>
+    <s v="CD328"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="ZXD220"/>
+    <s v="Total at work"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="25266"/>
+  </r>
+  <r>
+    <s v="CD328"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="ZXD230"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="398"/>
+  </r>
+  <r>
+    <s v="CD328"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="ZXD240"/>
+    <s v="Unemployed, having lost or given up previous job"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5627"/>
+  </r>
+  <r>
+    <s v="CD328"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="ZXD250"/>
+    <s v="Total in labour force"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="31291"/>
+  </r>
+  <r>
+    <s v="CD328"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-1"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="A"/>
+    <s v="Agriculture, forestry and fishing (A)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="491"/>
+  </r>
+  <r>
+    <s v="CD328"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-1"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="B"/>
+    <s v="Mining and quarrying (B)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="25"/>
+  </r>
+  <r>
+    <s v="CD328"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-1"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="C"/>
+    <s v="Manufacturing (C)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3345"/>
+  </r>
+  <r>
+    <s v="CD328"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-1"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="D"/>
+    <s v="Electricity, gas, steam and air conditioning supply (D)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="93"/>
+  </r>
+  <r>
+    <s v="CD328"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-1"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="E"/>
+    <s v="Water supply; sewerage, waste management and remediation activities (E)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="93"/>
+  </r>
+  <r>
+    <s v="CD328"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-1"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="F"/>
+    <s v="Construction (F)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="355"/>
+  </r>
+  <r>
+    <s v="CD328"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-1"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="G"/>
+    <s v="Wholesale and retail trade; repair of motor vehicles and motorcycles (G)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="9098"/>
+  </r>
+  <r>
+    <s v="CD328"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-1"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="H"/>
+    <s v="Transportation and storage (H)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="862"/>
+  </r>
+  <r>
+    <s v="CD328"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-1"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="I"/>
+    <s v="Accommodation and food service activities (I)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="6489"/>
+  </r>
+  <r>
+    <s v="CD328"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-1"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="J"/>
+    <s v="Information and communication (J)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1375"/>
+  </r>
+  <r>
+    <s v="CD328"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-1"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="K"/>
+    <s v="Financial and insurance activities (K)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2067"/>
+  </r>
+  <r>
+    <s v="CD328"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-1"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="L"/>
+    <s v="Real estate activities (L)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="190"/>
+  </r>
+  <r>
+    <s v="CD328"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-1"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="M"/>
+    <s v="Professional, scientific and technical activities (M)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2317"/>
+  </r>
+  <r>
+    <s v="CD328"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-1"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="N"/>
+    <s v="Administrative and support service activities (N)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2633"/>
+  </r>
+  <r>
+    <s v="CD328"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-1"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="O"/>
+    <s v="Public administration and defence; compulsory social security (O)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1661"/>
+  </r>
+  <r>
+    <s v="CD328"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-1"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="P"/>
+    <s v="Education (P)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="7277"/>
+  </r>
+  <r>
+    <s v="CD328"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-1"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="Q"/>
+    <s v="Human health and social work activities (Q)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="11095"/>
+  </r>
+  <r>
+    <s v="CD328"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-1"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="R"/>
+    <s v="Arts, entertainment and recreation (R)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="911"/>
+  </r>
+  <r>
+    <s v="CD328"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-1"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="S"/>
+    <s v="Other service activities (S)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1897"/>
+  </r>
+  <r>
+    <s v="CD328"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-1"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="T"/>
+    <s v="Activities of households as employers producing activities of households for own use (T)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="357"/>
+  </r>
+  <r>
+    <s v="CD328"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-1"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="U"/>
+    <s v="Activities of extraterritorial organisations and bodies (U)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="48"/>
+  </r>
+  <r>
+    <s v="CD328"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-1"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="ZXD210"/>
+    <s v="Industry not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3889"/>
+  </r>
+  <r>
+    <s v="CD328"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-1"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="ZXD220"/>
+    <s v="Total at work"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="56568"/>
+  </r>
+  <r>
+    <s v="CD328"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-1"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="ZXD230"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3212"/>
+  </r>
+  <r>
+    <s v="CD328"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-1"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="ZXD240"/>
+    <s v="Unemployed, having lost or given up previous job"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="17024"/>
+  </r>
+  <r>
+    <s v="CD328"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-1"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="ZXD250"/>
+    <s v="Total in labour force"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="76804"/>
+  </r>
+</pivotCacheRecords>
 </file>