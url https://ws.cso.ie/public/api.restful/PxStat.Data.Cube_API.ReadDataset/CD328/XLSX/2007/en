--- v1 (2026-01-22)
+++ v2 (2026-03-13)
@@ -1,48 +1,48 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/pivotCache/pivotCacheDefinition1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheDefinition+xml"/>
   <Override PartName="/pivotCache/pivotCacheRecords1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheRecords+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/pivotTables/pivotTable.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2581a0ecd1c145d1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/75a3bc8179cf48e59e4d669f43447e16.psmdcp" Id="R3c7c353715d24566" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re18f4b50d2e94b37" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/c62c03e462d146afbb4a58eedef09031.psmdcp" Id="Rb71cc2e8ab264ad2" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="About" sheetId="1" r:id="rId2"/>
     <x:sheet name="Unpivoted" sheetId="2" r:id="rId9"/>
     <x:sheet name="Pivoted" sheetId="3" r:id="rId11"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
   <x:pivotCaches>
     <x:pivotCache cacheId="0" r:id="rId12"/>
   </x:pivotCaches>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Table</x:t>