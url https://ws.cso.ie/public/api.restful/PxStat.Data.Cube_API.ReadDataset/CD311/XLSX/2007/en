--- v0 (2025-11-05)
+++ v1 (2026-01-03)
@@ -1,97 +1,97 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/pivotCache/pivotCacheDefinition1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheDefinition+xml"/>
   <Override PartName="/pivotCache/pivotCacheRecords1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheRecords+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/pivotTables/pivotTable.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf2d2ab97bf7845e8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/db9222ae8e58485f9d6d7433b423b2e4.psmdcp" Id="R1a7e9741d9f04531" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R77618ce4cfbe4dd0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/f8f5a9a5cf5c484c8a414c925fdb54e7.psmdcp" Id="R46f4307ed3da4800" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
-    <x:sheet name="About" sheetId="2" r:id="rId2"/>
-[...1 lines deleted...]
-    <x:sheet name="Pivoted" sheetId="11" r:id="rId11"/>
+    <x:sheet name="About" sheetId="1" r:id="rId2"/>
+    <x:sheet name="Unpivoted" sheetId="2" r:id="rId9"/>
+    <x:sheet name="Pivoted" sheetId="3" r:id="rId11"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
   <x:pivotCaches>
     <x:pivotCache cacheId="0" r:id="rId12"/>
   </x:pivotCaches>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Table</x:t>
   </x:si>
   <x:si>
     <x:t>Code</x:t>
   </x:si>
   <x:si>
     <x:t>CD311</x:t>
   </x:si>
   <x:si>
     <x:t>Name</x:t>
   </x:si>
   <x:si>
     <x:t>Population Aged 15 Years and Over At Work Usually Resident and Present in the State</x:t>
   </x:si>
   <x:si>
     <x:t>Frequency</x:t>
   </x:si>
   <x:si>
     <x:t>Annual</x:t>
   </x:si>
   <x:si>
     <x:t>Last Updated</x:t>
   </x:si>
   <x:si>
-    <x:t>5/13/2020 11:00:00 AM</x:t>
+    <x:t>13/05/2020 11:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Note</x:t>
   </x:si>
   <x:si>
     <x:t>Url</x:t>
   </x:si>
   <x:si>
     <x:t>https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/CD311/XLSX/2007/en</x:t>
   </x:si>
   <x:si>
     <x:t>Product</x:t>
   </x:si>
   <x:si>
     <x:t>C2011P3</x:t>
   </x:si>
   <x:si>
     <x:t>Profile 3 - At Work</x:t>
   </x:si>
   <x:si>
     <x:t>Contacts</x:t>
   </x:si>
   <x:si>
     <x:t>Bernie Casey</x:t>
   </x:si>
@@ -586,483 +586,200 @@
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip r:embed="rId8" cstate="print"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="3971925" cy="1381125"/>
         </a:xfrm>
         <a:prstGeom prst="rect"/>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/pivotTables/_rels/pivotTable.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheDefinition" Target="/pivotCache/pivotCacheDefinition1.xml" Id="rId17" /></Relationships>
 </file>
 
 <file path=xl/pivotTables/pivotTable.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotTableDefinition xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" dataCaption="Values" showError="0" missingCaption="" showMissing="1" pageWrap="0" pageOverThenDown="0" rowGrandTotals="0" colGrandTotals="0" indent="1">
-[...431 lines deleted...]
-</x:pivotTableDefinition>
+<pivotTableDefinition xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" applyNumberFormats="0" applyBorderFormats="0" applyFontFormats="0" applyPatternFormats="0" applyAlignmentFormats="0" applyWidthHeightFormats="0" dataCaption="Values" rowGrandTotals="0" colGrandTotals="0" outline="1">
+  <location ref="A1" firstHeaderRow="0" firstDataRow="0" firstDataCol="0"/>
+  <pivotFields count="12">
+    <pivotField name="STATISTIC" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="Statistic Label" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="C02843V03417" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="27">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+        <item x="11"/>
+        <item x="12"/>
+        <item x="13"/>
+        <item x="14"/>
+        <item x="15"/>
+        <item x="16"/>
+        <item x="17"/>
+        <item x="18"/>
+        <item x="19"/>
+        <item x="20"/>
+        <item x="21"/>
+        <item x="22"/>
+        <item x="23"/>
+        <item x="24"/>
+        <item x="25"/>
+        <item x="26"/>
+      </items>
+    </pivotField>
+    <pivotField name="Broad Occupational Group" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="27">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+        <item x="11"/>
+        <item x="12"/>
+        <item x="13"/>
+        <item x="14"/>
+        <item x="15"/>
+        <item x="16"/>
+        <item x="17"/>
+        <item x="18"/>
+        <item x="19"/>
+        <item x="20"/>
+        <item x="21"/>
+        <item x="22"/>
+        <item x="23"/>
+        <item x="24"/>
+        <item x="25"/>
+        <item x="26"/>
+      </items>
+    </pivotField>
+    <pivotField name="C02199V02655" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="3">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+      </items>
+    </pivotField>
+    <pivotField name="Sex" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="3">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+      </items>
+    </pivotField>
+    <pivotField name="C02537V03240" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="9">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+      </items>
+    </pivotField>
+    <pivotField name="Nationality" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="9">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+      </items>
+    </pivotField>
+    <pivotField name="TLIST(A1)" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="CensusYear" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField showAll="0"/>
+    <pivotField dataField="1" showAll="0"/>
+  </pivotFields>
+  <rowFields count="10">
+    <field x="0"/>
+    <field x="1"/>
+    <field x="2"/>
+    <field x="3"/>
+    <field x="4"/>
+    <field x="5"/>
+    <field x="6"/>
+    <field x="7"/>
+    <field x="8"/>
+    <field x="9"/>
+  </rowFields>
+  <dataFields count="1">
+    <dataField name="VALUE" fld="11"/>
+  </dataFields>
+  <pivotTableStyleInfo name="PivotStyleLight16" showRowHeaders="1" showColHeaders="1"/>
+  <extLst>
+    <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{962EF5D1-5CA2-4c93-8EF4-DBF5C05439D2}">
+      <x14:pivotTableDefinition enableEdit="0" hideValuesRow="1"/>
+    </ext>
+  </extLst>
+</pivotTableDefinition>
 </file>
 
 <file path=xl/tables/table1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:table xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="1" name="Unpivoted" displayName="Unpivoted" ref="A1:L730" totalsRowShown="0">
   <x:autoFilter ref="A1:L730"/>
   <x:tableColumns count="12">
     <x:tableColumn id="1" name="STATISTIC"/>
     <x:tableColumn id="2" name="Statistic Label"/>
     <x:tableColumn id="3" name="C02843V03417"/>
     <x:tableColumn id="4" name="Broad Occupational Group"/>
     <x:tableColumn id="5" name="C02199V02655"/>
     <x:tableColumn id="6" name="Sex"/>
     <x:tableColumn id="7" name="C02537V03240"/>
     <x:tableColumn id="8" name="Nationality"/>
     <x:tableColumn id="9" name="TLIST(A1)"/>
     <x:tableColumn id="10" name="CensusYear"/>
     <x:tableColumn id="11" name="UNIT"/>
     <x:tableColumn id="12" name="VALUE"/>
   </x:tableColumns>
   <x:tableStyleInfo name="TableStyleMedium2" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </x:table>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
@@ -1335,51 +1052,51 @@
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="/xl/drawings/drawing1.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/CD311/XLSX/2007/en" TargetMode="External" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cso.ie/" TargetMode="External" Id="rId14" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="/xl/tables/table1.xml" Id="rId15" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet3.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotTable" Target="/xl/pivotTables/pivotTable.xml" Id="rId16" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:B39"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="20.710625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="100.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="8" spans="1:2">
       <x:c r="A8" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B8" s="2"/>
     </x:row>
     <x:row r="9" spans="1:2">
       <x:c r="A9" s="3" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="B9" s="0" t="s">
         <x:v>2</x:v>
@@ -1566,51 +1283,51 @@
       </x:c>
     </x:row>
     <x:row r="39" spans="1:2">
       <x:c r="A39" s="3" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B39" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:hyperlinks>
     <x:hyperlink ref="B14" r:id="rId13"/>
     <x:hyperlink ref="B28" r:id="rId14"/>
   </x:hyperlinks>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:drawing xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId7"/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:L730"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="11.996339" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="77.567768" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="16.139196" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="54.853482" style="0" customWidth="1"/>
     <x:col min="5" max="5" width="16.139196" style="0" customWidth="1"/>
     <x:col min="6" max="6" width="10.424911" style="0" customWidth="1"/>
     <x:col min="7" max="7" width="16.139196" style="0" customWidth="1"/>
     <x:col min="8" max="8" width="33.567768" style="0" customWidth="1"/>
     <x:col min="9" max="9" width="11.282054" style="0" customWidth="1"/>
     <x:col min="10" max="10" width="13.424911" style="0" customWidth="1"/>
     <x:col min="11" max="11" width="8.282054" style="0" customWidth="1"/>
     <x:col min="12" max="12" width="8.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:12">
       <x:c r="A1" s="0" t="s">
@@ -29342,51 +29059,51 @@
       <x:c r="I730" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J730" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="K730" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="L730" s="0">
         <x:v>839225</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="1">
     <x:tablePart r:id="rId15"/>
   </x:tableParts>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:sheetData/>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Application>Microsoft Excel</ap:Application>
   <ap:TitlesOfParts>
     <vt:vector baseType="lpstr" size="9">
       <vt:lpstr>About</vt:lpstr>
       <vt:lpstr>Unpivoted</vt:lpstr>
       <vt:lpstr>Pivoted</vt:lpstr>
@@ -29403,51 +29120,51 @@
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>3</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Named Ranges</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>6</vt:i4>
       </vt:variant>
     </vt:vector>
   </ap:HeadingPairs>
   <ap:DocSecurity>0</ap:DocSecurity>
   <ap:ScaleCrop>false</ap:ScaleCrop>
 </ap:Properties>
 </file>
 
 <file path=pivotCache/_rels/pivotCacheDefinition1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheRecords" Target="/pivotCache/pivotCacheRecords1.xml" Id="rId1" /></Relationships>
 </file>
 
 <file path=pivotCache/pivotCacheDefinition1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:pivotCacheDefinition xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" r:id="rId1" saveData="1" refreshOnLoad="1" createdVersion="5" refreshedVersion="5" minRefreshableVersion="3">
   <x:cacheSource type="worksheet">
-    <x:worksheetSource ref="A1:L730" sheet="Unpivoted"/>
+    <x:worksheetSource name="Unpivoted"/>
   </x:cacheSource>
   <x:cacheFields>
     <x:cacheField name="STATISTIC">
       <x:sharedItems count="1">
         <x:s v="CD311"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="Statistic Label">
       <x:sharedItems count="1">
         <x:s v="Population Aged 15 Years and Over At Work Usually Resident and Present in the State"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="C02843V03417">
       <x:sharedItems count="27">
         <x:s v="11"/>
         <x:s v="12"/>
         <x:s v="21"/>
         <x:s v="22"/>
         <x:s v="23"/>
         <x:s v="24"/>
         <x:s v="31"/>
         <x:s v="32"/>
         <x:s v="33"/>
         <x:s v="34"/>
         <x:s v="35"/>
@@ -30212,27 +29929,10234 @@
         <x:n v="786661"/>
         <x:n v="143387"/>
         <x:n v="26155"/>
         <x:n v="15641"/>
         <x:n v="37956"/>
         <x:n v="28399"/>
         <x:n v="35236"/>
         <x:n v="9127"/>
         <x:n v="939175"/>
         <x:n v="707826"/>
         <x:n v="124793"/>
         <x:n v="20747"/>
         <x:n v="14668"/>
         <x:n v="31517"/>
         <x:n v="28357"/>
         <x:n v="29504"/>
         <x:n v="6606"/>
         <x:n v="839225"/>
       </x:sharedItems>
     </x:cacheField>
   </x:cacheFields>
 </x:pivotCacheDefinition>
 </file>
 
 <file path=pivotCache/pivotCacheRecords1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main"/>
+<pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="xr">
+  <r>
+    <s v="CD311"/>
+    <s v="Population Aged 15 Years and Over At Work Usually Resident and Present in the State"/>
+    <s v="11"/>
+    <s v="Corporate managers and directors"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="97594"/>
+  </r>
+  <r>
+    <s v="CD311"/>
+    <s v="Population Aged 15 Years and Over At Work Usually Resident and Present in the State"/>
+    <s v="11"/>
+    <s v="Corporate managers and directors"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE05"/>
+    <s v="Non-Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="11111"/>
+  </r>
+  <r>
+    <s v="CD311"/>
+    <s v="Population Aged 15 Years and Over At Work Usually Resident and Present in the State"/>
+    <s v="11"/>
+    <s v="Corporate managers and directors"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="GB01"/>
+    <s v="UK (1)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3819"/>
+  </r>
+  <r>
+    <s v="CD311"/>
+    <s v="Population Aged 15 Years and Over At Work Usually Resident and Present in the State"/>
+    <s v="11"/>
+    <s v="Corporate managers and directors"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="EU15X02"/>
+    <s v="EU15 excluding Irish and UK"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1574"/>
+  </r>
+  <r>
+    <s v="CD311"/>
+    <s v="Population Aged 15 Years and Over At Work Usually Resident and Present in the State"/>
+    <s v="11"/>
+    <s v="Corporate managers and directors"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="PL"/>
+    <s v="Polish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1905"/>
+  </r>
+  <r>
+    <s v="CD311"/>
+    <s v="Population Aged 15 Years and Over At Work Usually Resident and Present in the State"/>
+    <s v="11"/>
+    <s v="Corporate managers and directors"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ACC12X01"/>
+    <s v="EU15 to EU27 states excluding Polish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1487"/>
+  </r>
+  <r>
+    <s v="CD311"/>
+    <s v="Population Aged 15 Years and Over At Work Usually Resident and Present in the State"/>
+    <s v="11"/>
+    <s v="Corporate managers and directors"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ON7"/>
+    <s v="Other nationalities (7)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2326"/>
+  </r>
+  <r>
+    <s v="CD311"/>
+    <s v="Population Aged 15 Years and Over At Work Usually Resident and Present in the State"/>
+    <s v="11"/>
+    <s v="Corporate managers and directors"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZZZ99"/>
+    <s v="Not stated, including no nationality"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="289"/>
+  </r>
+  <r>
+    <s v="CD311"/>
+    <s v="Population Aged 15 Years and Over At Work Usually Resident and Present in the State"/>
+    <s v="11"/>
+    <s v="Corporate managers and directors"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All nationalities"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="108994"/>
+  </r>
+  <r>
+    <s v="CD311"/>
+    <s v="Population Aged 15 Years and Over At Work Usually Resident and Present in the State"/>
+    <s v="11"/>
+    <s v="Corporate managers and directors"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="65166"/>
+  </r>
+  <r>
+    <s v="CD311"/>
+    <s v="Population Aged 15 Years and Over At Work Usually Resident and Present in the State"/>
+    <s v="11"/>
+    <s v="Corporate managers and directors"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE05"/>
+    <s v="Non-Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="6970"/>
+  </r>
+  <r>
+    <s v="CD311"/>
+    <s v="Population Aged 15 Years and Over At Work Usually Resident and Present in the State"/>
+    <s v="11"/>
+    <s v="Corporate managers and directors"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="GB01"/>
+    <s v="UK (1)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2710"/>
+  </r>
+  <r>
+    <s v="CD311"/>
+    <s v="Population Aged 15 Years and Over At Work Usually Resident and Present in the State"/>
+    <s v="11"/>
+    <s v="Corporate managers and directors"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="EU15X02"/>
+    <s v="EU15 excluding Irish and UK"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="986"/>
+  </r>
+  <r>
+    <s v="CD311"/>
+    <s v="Population Aged 15 Years and Over At Work Usually Resident and Present in the State"/>
+    <s v="11"/>
+    <s v="Corporate managers and directors"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="PL"/>
+    <s v="Polish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="958"/>
+  </r>
+  <r>
+    <s v="CD311"/>
+    <s v="Population Aged 15 Years and Over At Work Usually Resident and Present in the State"/>
+    <s v="11"/>
+    <s v="Corporate managers and directors"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ACC12X01"/>
+    <s v="EU15 to EU27 states excluding Polish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="715"/>
+  </r>
+  <r>
+    <s v="CD311"/>
+    <s v="Population Aged 15 Years and Over At Work Usually Resident and Present in the State"/>
+    <s v="11"/>
+    <s v="Corporate managers and directors"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ON7"/>
+    <s v="Other nationalities (7)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1601"/>
+  </r>
+  <r>
+    <s v="CD311"/>
+    <s v="Population Aged 15 Years and Over At Work Usually Resident and Present in the State"/>
+    <s v="11"/>
+    <s v="Corporate managers and directors"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZZZ99"/>
+    <s v="Not stated, including no nationality"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="204"/>
+  </r>
+  <r>
+    <s v="CD311"/>
+    <s v="Population Aged 15 Years and Over At Work Usually Resident and Present in the State"/>
+    <s v="11"/>
+    <s v="Corporate managers and directors"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All nationalities"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="72340"/>
+  </r>
+  <r>
+    <s v="CD311"/>
+    <s v="Population Aged 15 Years and Over At Work Usually Resident and Present in the State"/>
+    <s v="11"/>
+    <s v="Corporate managers and directors"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="32428"/>
+  </r>
+  <r>
+    <s v="CD311"/>
+    <s v="Population Aged 15 Years and Over At Work Usually Resident and Present in the State"/>
+    <s v="11"/>
+    <s v="Corporate managers and directors"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE05"/>
+    <s v="Non-Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4141"/>
+  </r>
+  <r>
+    <s v="CD311"/>
+    <s v="Population Aged 15 Years and Over At Work Usually Resident and Present in the State"/>
+    <s v="11"/>
+    <s v="Corporate managers and directors"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="GB01"/>
+    <s v="UK (1)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1109"/>
+  </r>
+  <r>
+    <s v="CD311"/>
+    <s v="Population Aged 15 Years and Over At Work Usually Resident and Present in the State"/>
+    <s v="11"/>
+    <s v="Corporate managers and directors"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="EU15X02"/>
+    <s v="EU15 excluding Irish and UK"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="588"/>
+  </r>
+  <r>
+    <s v="CD311"/>
+    <s v="Population Aged 15 Years and Over At Work Usually Resident and Present in the State"/>
+    <s v="11"/>
+    <s v="Corporate managers and directors"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="PL"/>
+    <s v="Polish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="947"/>
+  </r>
+  <r>
+    <s v="CD311"/>
+    <s v="Population Aged 15 Years and Over At Work Usually Resident and Present in the State"/>
+    <s v="11"/>
+    <s v="Corporate managers and directors"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ACC12X01"/>
+    <s v="EU15 to EU27 states excluding Polish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="772"/>
+  </r>
+  <r>
+    <s v="CD311"/>
+    <s v="Population Aged 15 Years and Over At Work Usually Resident and Present in the State"/>
+    <s v="11"/>
+    <s v="Corporate managers and directors"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ON7"/>
+    <s v="Other nationalities (7)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="725"/>
+  </r>
+  <r>
+    <s v="CD311"/>
+    <s v="Population Aged 15 Years and Over At Work Usually Resident and Present in the State"/>
+    <s v="11"/>
+    <s v="Corporate managers and directors"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZZZ99"/>
+    <s v="Not stated, including no nationality"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="85"/>
+  </r>
+  <r>
+    <s v="CD311"/>
+    <s v="Population Aged 15 Years and Over At Work Usually Resident and Present in the State"/>
+    <s v="11"/>
+    <s v="Corporate managers and directors"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All nationalities"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="36654"/>
+  </r>
+  <r>
+    <s v="CD311"/>
+    <s v="Population Aged 15 Years and Over At Work Usually Resident and Present in the State"/>
+    <s v="12"/>
+    <s v="Other managers and proprietors"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="40089"/>
+  </r>
+  <r>
+    <s v="CD311"/>
+    <s v="Population Aged 15 Years and Over At Work Usually Resident and Present in the State"/>
+    <s v="12"/>
+    <s v="Other managers and proprietors"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE05"/>
+    <s v="Non-Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="6047"/>
+  </r>
+  <r>
+    <s v="CD311"/>
+    <s v="Population Aged 15 Years and Over At Work Usually Resident and Present in the State"/>
+    <s v="12"/>
+    <s v="Other managers and proprietors"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="GB01"/>
+    <s v="UK (1)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1499"/>
+  </r>
+  <r>
+    <s v="CD311"/>
+    <s v="Population Aged 15 Years and Over At Work Usually Resident and Present in the State"/>
+    <s v="12"/>
+    <s v="Other managers and proprietors"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="EU15X02"/>
+    <s v="EU15 excluding Irish and UK"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="926"/>
+  </r>
+  <r>
+    <s v="CD311"/>
+    <s v="Population Aged 15 Years and Over At Work Usually Resident and Present in the State"/>
+    <s v="12"/>
+    <s v="Other managers and proprietors"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="PL"/>
+    <s v="Polish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1039"/>
+  </r>
+  <r>
+    <s v="CD311"/>
+    <s v="Population Aged 15 Years and Over At Work Usually Resident and Present in the State"/>
+    <s v="12"/>
+    <s v="Other managers and proprietors"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ACC12X01"/>
+    <s v="EU15 to EU27 states excluding Polish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1035"/>
+  </r>
+  <r>
+    <s v="CD311"/>
+    <s v="Population Aged 15 Years and Over At Work Usually Resident and Present in the State"/>
+    <s v="12"/>
+    <s v="Other managers and proprietors"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ON7"/>
+    <s v="Other nationalities (7)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1548"/>
+  </r>
+  <r>
+    <s v="CD311"/>
+    <s v="Population Aged 15 Years and Over At Work Usually Resident and Present in the State"/>
+    <s v="12"/>
+    <s v="Other managers and proprietors"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZZZ99"/>
+    <s v="Not stated, including no nationality"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="149"/>
+  </r>
+  <r>
+    <s v="CD311"/>
+    <s v="Population Aged 15 Years and Over At Work Usually Resident and Present in the State"/>
+    <s v="12"/>
+    <s v="Other managers and proprietors"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All nationalities"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="46285"/>
+  </r>
+  <r>
+    <s v="CD311"/>
+    <s v="Population Aged 15 Years and Over At Work Usually Resident and Present in the State"/>
+    <s v="12"/>
+    <s v="Other managers and proprietors"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="23919"/>
+  </r>
+  <r>
+    <s v="CD311"/>
+    <s v="Population Aged 15 Years and Over At Work Usually Resident and Present in the State"/>
+    <s v="12"/>
+    <s v="Other managers and proprietors"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE05"/>
+    <s v="Non-Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3244"/>
+  </r>
+  <r>
+    <s v="CD311"/>
+    <s v="Population Aged 15 Years and Over At Work Usually Resident and Present in the State"/>
+    <s v="12"/>
+    <s v="Other managers and proprietors"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="GB01"/>
+    <s v="UK (1)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="833"/>
+  </r>
+  <r>
+    <s v="CD311"/>
+    <s v="Population Aged 15 Years and Over At Work Usually Resident and Present in the State"/>
+    <s v="12"/>
+    <s v="Other managers and proprietors"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="EU15X02"/>
+    <s v="EU15 excluding Irish and UK"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="577"/>
+  </r>
+  <r>
+    <s v="CD311"/>
+    <s v="Population Aged 15 Years and Over At Work Usually Resident and Present in the State"/>
+    <s v="12"/>
+    <s v="Other managers and proprietors"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="PL"/>
+    <s v="Polish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="418"/>
+  </r>
+  <r>
+    <s v="CD311"/>
+    <s v="Population Aged 15 Years and Over At Work Usually Resident and Present in the State"/>
+    <s v="12"/>
+    <s v="Other managers and proprietors"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ACC12X01"/>
+    <s v="EU15 to EU27 states excluding Polish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="416"/>
+  </r>
+  <r>
+    <s v="CD311"/>
+    <s v="Population Aged 15 Years and Over At Work Usually Resident and Present in the State"/>
+    <s v="12"/>
+    <s v="Other managers and proprietors"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ON7"/>
+    <s v="Other nationalities (7)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1000"/>
+  </r>
+  <r>
+    <s v="CD311"/>
+    <s v="Population Aged 15 Years and Over At Work Usually Resident and Present in the State"/>
+    <s v="12"/>
+    <s v="Other managers and proprietors"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZZZ99"/>
+    <s v="Not stated, including no nationality"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="96"/>
+  </r>
+  <r>
+    <s v="CD311"/>
+    <s v="Population Aged 15 Years and Over At Work Usually Resident and Present in the State"/>
+    <s v="12"/>
+    <s v="Other managers and proprietors"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All nationalities"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="27259"/>
+  </r>
+  <r>
+    <s v="CD311"/>
+    <s v="Population Aged 15 Years and Over At Work Usually Resident and Present in the State"/>
+    <s v="12"/>
+    <s v="Other managers and proprietors"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="16170"/>
+  </r>
+  <r>
+    <s v="CD311"/>
+    <s v="Population Aged 15 Years and Over At Work Usually Resident and Present in the State"/>
+    <s v="12"/>
+    <s v="Other managers and proprietors"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE05"/>
+    <s v="Non-Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2803"/>
+  </r>
+  <r>
+    <s v="CD311"/>
+    <s v="Population Aged 15 Years and Over At Work Usually Resident and Present in the State"/>
+    <s v="12"/>
+    <s v="Other managers and proprietors"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="GB01"/>
+    <s v="UK (1)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="666"/>
+  </r>
+  <r>
+    <s v="CD311"/>
+    <s v="Population Aged 15 Years and Over At Work Usually Resident and Present in the State"/>
+    <s v="12"/>
+    <s v="Other managers and proprietors"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="EU15X02"/>
+    <s v="EU15 excluding Irish and UK"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="349"/>
+  </r>
+  <r>
+    <s v="CD311"/>
+    <s v="Population Aged 15 Years and Over At Work Usually Resident and Present in the State"/>
+    <s v="12"/>
+    <s v="Other managers and proprietors"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="PL"/>
+    <s v="Polish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="621"/>
+  </r>
+  <r>
+    <s v="CD311"/>
+    <s v="Population Aged 15 Years and Over At Work Usually Resident and Present in the State"/>
+    <s v="12"/>
+    <s v="Other managers and proprietors"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ACC12X01"/>
+    <s v="EU15 to EU27 states excluding Polish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="619"/>
+  </r>
+  <r>
+    <s v="CD311"/>
+    <s v="Population Aged 15 Years and Over At Work Usually Resident and Present in the State"/>
+    <s v="12"/>
+    <s v="Other managers and proprietors"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ON7"/>
+    <s v="Other nationalities (7)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="548"/>
+  </r>
+  <r>
+    <s v="CD311"/>
+    <s v="Population Aged 15 Years and Over At Work Usually Resident and Present in the State"/>
+    <s v="12"/>
+    <s v="Other managers and proprietors"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZZZ99"/>
+    <s v="Not stated, including no nationality"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="53"/>
+  </r>
+  <r>
+    <s v="CD311"/>
+    <s v="Population Aged 15 Years and Over At Work Usually Resident and Present in the State"/>
+    <s v="12"/>
+    <s v="Other managers and proprietors"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All nationalities"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="19026"/>
+  </r>
+  <r>
+    <s v="CD311"/>
+    <s v="Population Aged 15 Years and Over At Work Usually Resident and Present in the State"/>
+    <s v="21"/>
+    <s v="Science, research, engineering and technology professionals"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="59452"/>
+  </r>
+  <r>
+    <s v="CD311"/>
+    <s v="Population Aged 15 Years and Over At Work Usually Resident and Present in the State"/>
+    <s v="21"/>
+    <s v="Science, research, engineering and technology professionals"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE05"/>
+    <s v="Non-Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="10889"/>
+  </r>
+  <r>
+    <s v="CD311"/>
+    <s v="Population Aged 15 Years and Over At Work Usually Resident and Present in the State"/>
+    <s v="21"/>
+    <s v="Science, research, engineering and technology professionals"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="GB01"/>
+    <s v="UK (1)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2821"/>
+  </r>
+  <r>
+    <s v="CD311"/>
+    <s v="Population Aged 15 Years and Over At Work Usually Resident and Present in the State"/>
+    <s v="21"/>
+    <s v="Science, research, engineering and technology professionals"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="EU15X02"/>
+    <s v="EU15 excluding Irish and UK"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2815"/>
+  </r>
+  <r>
+    <s v="CD311"/>
+    <s v="Population Aged 15 Years and Over At Work Usually Resident and Present in the State"/>
+    <s v="21"/>
+    <s v="Science, research, engineering and technology professionals"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="PL"/>
+    <s v="Polish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1320"/>
+  </r>
+  <r>
+    <s v="CD311"/>
+    <s v="Population Aged 15 Years and Over At Work Usually Resident and Present in the State"/>
+    <s v="21"/>
+    <s v="Science, research, engineering and technology professionals"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ACC12X01"/>
+    <s v="EU15 to EU27 states excluding Polish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="834"/>
+  </r>
+  <r>
+    <s v="CD311"/>
+    <s v="Population Aged 15 Years and Over At Work Usually Resident and Present in the State"/>
+    <s v="21"/>
+    <s v="Science, research, engineering and technology professionals"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ON7"/>
+    <s v="Other nationalities (7)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3099"/>
+  </r>
+  <r>
+    <s v="CD311"/>
+    <s v="Population Aged 15 Years and Over At Work Usually Resident and Present in the State"/>
+    <s v="21"/>
+    <s v="Science, research, engineering and technology professionals"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZZZ99"/>
+    <s v="Not stated, including no nationality"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="171"/>
+  </r>
+  <r>
+    <s v="CD311"/>
+    <s v="Population Aged 15 Years and Over At Work Usually Resident and Present in the State"/>
+    <s v="21"/>
+    <s v="Science, research, engineering and technology professionals"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All nationalities"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="70512"/>
+  </r>
+  <r>
+    <s v="CD311"/>
+    <s v="Population Aged 15 Years and Over At Work Usually Resident and Present in the State"/>
+    <s v="21"/>
+    <s v="Science, research, engineering and technology professionals"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="44679"/>
+  </r>
+  <r>
+    <s v="CD311"/>
+    <s v="Population Aged 15 Years and Over At Work Usually Resident and Present in the State"/>
+    <s v="21"/>
+    <s v="Science, research, engineering and technology professionals"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE05"/>
+    <s v="Non-Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="8559"/>
+  </r>
+  <r>
+    <s v="CD311"/>
+    <s v="Population Aged 15 Years and Over At Work Usually Resident and Present in the State"/>
+    <s v="21"/>
+    <s v="Science, research, engineering and technology professionals"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="GB01"/>
+    <s v="UK (1)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2408"/>
+  </r>
+  <r>
+    <s v="CD311"/>
+    <s v="Population Aged 15 Years and Over At Work Usually Resident and Present in the State"/>
+    <s v="21"/>
+    <s v="Science, research, engineering and technology professionals"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="EU15X02"/>
+    <s v="EU15 excluding Irish and UK"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2059"/>
+  </r>
+  <r>
+    <s v="CD311"/>
+    <s v="Population Aged 15 Years and Over At Work Usually Resident and Present in the State"/>
+    <s v="21"/>
+    <s v="Science, research, engineering and technology professionals"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="PL"/>
+    <s v="Polish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1007"/>
+  </r>
+  <r>
+    <s v="CD311"/>
+    <s v="Population Aged 15 Years and Over At Work Usually Resident and Present in the State"/>
+    <s v="21"/>
+    <s v="Science, research, engineering and technology professionals"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ACC12X01"/>
+    <s v="EU15 to EU27 states excluding Polish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="647"/>
+  </r>
+  <r>
+    <s v="CD311"/>
+    <s v="Population Aged 15 Years and Over At Work Usually Resident and Present in the State"/>
+    <s v="21"/>
+    <s v="Science, research, engineering and technology professionals"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ON7"/>
+    <s v="Other nationalities (7)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2438"/>
+  </r>
+  <r>
+    <s v="CD311"/>
+    <s v="Population Aged 15 Years and Over At Work Usually Resident and Present in the State"/>
+    <s v="21"/>
+    <s v="Science, research, engineering and technology professionals"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZZZ99"/>
+    <s v="Not stated, including no nationality"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="140"/>
+  </r>
+  <r>
+    <s v="CD311"/>
+    <s v="Population Aged 15 Years and Over At Work Usually Resident and Present in the State"/>
+    <s v="21"/>
+    <s v="Science, research, engineering and technology professionals"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All nationalities"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="53378"/>
+  </r>
+  <r>
+    <s v="CD311"/>
+    <s v="Population Aged 15 Years and Over At Work Usually Resident and Present in the State"/>
+    <s v="21"/>
+    <s v="Science, research, engineering and technology professionals"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="14773"/>
+  </r>
+  <r>
+    <s v="CD311"/>
+    <s v="Population Aged 15 Years and Over At Work Usually Resident and Present in the State"/>
+    <s v="21"/>
+    <s v="Science, research, engineering and technology professionals"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE05"/>
+    <s v="Non-Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2330"/>
+  </r>
+  <r>
+    <s v="CD311"/>
+    <s v="Population Aged 15 Years and Over At Work Usually Resident and Present in the State"/>
+    <s v="21"/>
+    <s v="Science, research, engineering and technology professionals"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="GB01"/>
+    <s v="UK (1)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="413"/>
+  </r>
+  <r>
+    <s v="CD311"/>
+    <s v="Population Aged 15 Years and Over At Work Usually Resident and Present in the State"/>
+    <s v="21"/>
+    <s v="Science, research, engineering and technology professionals"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="EU15X02"/>
+    <s v="EU15 excluding Irish and UK"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="756"/>
+  </r>
+  <r>
+    <s v="CD311"/>
+    <s v="Population Aged 15 Years and Over At Work Usually Resident and Present in the State"/>
+    <s v="21"/>
+    <s v="Science, research, engineering and technology professionals"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="PL"/>
+    <s v="Polish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="313"/>
+  </r>
+  <r>
+    <s v="CD311"/>
+    <s v="Population Aged 15 Years and Over At Work Usually Resident and Present in the State"/>
+    <s v="21"/>
+    <s v="Science, research, engineering and technology professionals"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ACC12X01"/>
+    <s v="EU15 to EU27 states excluding Polish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="187"/>
+  </r>
+  <r>
+    <s v="CD311"/>
+    <s v="Population Aged 15 Years and Over At Work Usually Resident and Present in the State"/>
+    <s v="21"/>
+    <s v="Science, research, engineering and technology professionals"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ON7"/>
+    <s v="Other nationalities (7)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="661"/>
+  </r>
+  <r>
+    <s v="CD311"/>
+    <s v="Population Aged 15 Years and Over At Work Usually Resident and Present in the State"/>
+    <s v="21"/>
+    <s v="Science, research, engineering and technology professionals"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZZZ99"/>
+    <s v="Not stated, including no nationality"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="31"/>
+  </r>
+  <r>
+    <s v="CD311"/>
+    <s v="Population Aged 15 Years and Over At Work Usually Resident and Present in the State"/>
+    <s v="21"/>
+    <s v="Science, research, engineering and technology professionals"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All nationalities"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="17134"/>
+  </r>
+  <r>
+    <s v="CD311"/>
+    <s v="Population Aged 15 Years and Over At Work Usually Resident and Present in the State"/>
+    <s v="22"/>
+    <s v="Health professionals"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="70323"/>
+  </r>
+  <r>
+    <s v="CD311"/>
+    <s v="Population Aged 15 Years and Over At Work Usually Resident and Present in the State"/>
+    <s v="22"/>
+    <s v="Health professionals"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE05"/>
+    <s v="Non-Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="14875"/>
+  </r>
+  <r>
+    <s v="CD311"/>
+    <s v="Population Aged 15 Years and Over At Work Usually Resident and Present in the State"/>
+    <s v="22"/>
+    <s v="Health professionals"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="GB01"/>
+    <s v="UK (1)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2463"/>
+  </r>
+  <r>
+    <s v="CD311"/>
+    <s v="Population Aged 15 Years and Over At Work Usually Resident and Present in the State"/>
+    <s v="22"/>
+    <s v="Health professionals"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="EU15X02"/>
+    <s v="EU15 excluding Irish and UK"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="870"/>
+  </r>
+  <r>
+    <s v="CD311"/>
+    <s v="Population Aged 15 Years and Over At Work Usually Resident and Present in the State"/>
+    <s v="22"/>
+    <s v="Health professionals"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="PL"/>
+    <s v="Polish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="610"/>
+  </r>
+  <r>
+    <s v="CD311"/>
+    <s v="Population Aged 15 Years and Over At Work Usually Resident and Present in the State"/>
+    <s v="22"/>
+    <s v="Health professionals"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ACC12X01"/>
+    <s v="EU15 to EU27 states excluding Polish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="563"/>
+  </r>
+  <r>
+    <s v="CD311"/>
+    <s v="Population Aged 15 Years and Over At Work Usually Resident and Present in the State"/>
+    <s v="22"/>
+    <s v="Health professionals"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ON7"/>
+    <s v="Other nationalities (7)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="10369"/>
+  </r>
+  <r>
+    <s v="CD311"/>
+    <s v="Population Aged 15 Years and Over At Work Usually Resident and Present in the State"/>
+    <s v="22"/>
+    <s v="Health professionals"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZZZ99"/>
+    <s v="Not stated, including no nationality"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="224"/>
+  </r>
+  <r>
+    <s v="CD311"/>
+    <s v="Population Aged 15 Years and Over At Work Usually Resident and Present in the State"/>
+    <s v="22"/>
+    <s v="Health professionals"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All nationalities"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="85422"/>
+  </r>
+  <r>
+    <s v="CD311"/>
+    <s v="Population Aged 15 Years and Over At Work Usually Resident and Present in the State"/>
+    <s v="22"/>
+    <s v="Health professionals"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="12410"/>
+  </r>
+  <r>
+    <s v="CD311"/>
+    <s v="Population Aged 15 Years and Over At Work Usually Resident and Present in the State"/>
+    <s v="22"/>
+    <s v="Health professionals"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE05"/>
+    <s v="Non-Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3840"/>
+  </r>
+  <r>
+    <s v="CD311"/>
+    <s v="Population Aged 15 Years and Over At Work Usually Resident and Present in the State"/>
+    <s v="22"/>
+    <s v="Health professionals"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="GB01"/>
+    <s v="UK (1)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="654"/>
+  </r>
+  <r>
+    <s v="CD311"/>
+    <s v="Population Aged 15 Years and Over At Work Usually Resident and Present in the State"/>
+    <s v="22"/>
+    <s v="Health professionals"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="EU15X02"/>
+    <s v="EU15 excluding Irish and UK"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="254"/>
+  </r>
+  <r>
+    <s v="CD311"/>
+    <s v="Population Aged 15 Years and Over At Work Usually Resident and Present in the State"/>
+    <s v="22"/>
+    <s v="Health professionals"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="PL"/>
+    <s v="Polish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="107"/>
+  </r>
+  <r>
+    <s v="CD311"/>
+    <s v="Population Aged 15 Years and Over At Work Usually Resident and Present in the State"/>
+    <s v="22"/>
+    <s v="Health professionals"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ACC12X01"/>
+    <s v="EU15 to EU27 states excluding Polish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="131"/>
+  </r>
+  <r>
+    <s v="CD311"/>
+    <s v="Population Aged 15 Years and Over At Work Usually Resident and Present in the State"/>
+    <s v="22"/>
+    <s v="Health professionals"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ON7"/>
+    <s v="Other nationalities (7)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2694"/>
+  </r>
+  <r>
+    <s v="CD311"/>
+    <s v="Population Aged 15 Years and Over At Work Usually Resident and Present in the State"/>
+    <s v="22"/>
+    <s v="Health professionals"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZZZ99"/>
+    <s v="Not stated, including no nationality"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="62"/>
+  </r>
+  <r>
+    <s v="CD311"/>
+    <s v="Population Aged 15 Years and Over At Work Usually Resident and Present in the State"/>
+    <s v="22"/>
+    <s v="Health professionals"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All nationalities"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="16312"/>
+  </r>
+  <r>
+    <s v="CD311"/>
+    <s v="Population Aged 15 Years and Over At Work Usually Resident and Present in the State"/>
+    <s v="22"/>
+    <s v="Health professionals"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="57913"/>
+  </r>
+  <r>
+    <s v="CD311"/>
+    <s v="Population Aged 15 Years and Over At Work Usually Resident and Present in the State"/>
+    <s v="22"/>
+    <s v="Health professionals"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE05"/>
+    <s v="Non-Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="11035"/>
+  </r>
+  <r>
+    <s v="CD311"/>
+    <s v="Population Aged 15 Years and Over At Work Usually Resident and Present in the State"/>
+    <s v="22"/>
+    <s v="Health professionals"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="GB01"/>
+    <s v="UK (1)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1809"/>
+  </r>
+  <r>
+    <s v="CD311"/>
+    <s v="Population Aged 15 Years and Over At Work Usually Resident and Present in the State"/>
+    <s v="22"/>
+    <s v="Health professionals"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="EU15X02"/>
+    <s v="EU15 excluding Irish and UK"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="616"/>
+  </r>
+  <r>
+    <s v="CD311"/>
+    <s v="Population Aged 15 Years and Over At Work Usually Resident and Present in the State"/>
+    <s v="22"/>
+    <s v="Health professionals"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="PL"/>
+    <s v="Polish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="503"/>
+  </r>
+  <r>
+    <s v="CD311"/>
+    <s v="Population Aged 15 Years and Over At Work Usually Resident and Present in the State"/>
+    <s v="22"/>
+    <s v="Health professionals"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ACC12X01"/>
+    <s v="EU15 to EU27 states excluding Polish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="432"/>
+  </r>
+  <r>
+    <s v="CD311"/>
+    <s v="Population Aged 15 Years and Over At Work Usually Resident and Present in the State"/>
+    <s v="22"/>
+    <s v="Health professionals"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ON7"/>
+    <s v="Other nationalities (7)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="7675"/>
+  </r>
+  <r>
+    <s v="CD311"/>
+    <s v="Population Aged 15 Years and Over At Work Usually Resident and Present in the State"/>
+    <s v="22"/>
+    <s v="Health professionals"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZZZ99"/>
+    <s v="Not stated, including no nationality"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="162"/>
+  </r>
+  <r>
+    <s v="CD311"/>
+    <s v="Population Aged 15 Years and Over At Work Usually Resident and Present in the State"/>
+    <s v="22"/>
+    <s v="Health professionals"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All nationalities"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="69110"/>
+  </r>
+  <r>
+    <s v="CD311"/>
+    <s v="Population Aged 15 Years and Over At Work Usually Resident and Present in the State"/>
+    <s v="23"/>
+    <s v="Teaching and educational professionals"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="86875"/>
+  </r>
+  <r>
+    <s v="CD311"/>
+    <s v="Population Aged 15 Years and Over At Work Usually Resident and Present in the State"/>
+    <s v="23"/>
+    <s v="Teaching and educational professionals"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE05"/>
+    <s v="Non-Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4905"/>
+  </r>
+  <r>
+    <s v="CD311"/>
+    <s v="Population Aged 15 Years and Over At Work Usually Resident and Present in the State"/>
+    <s v="23"/>
+    <s v="Teaching and educational professionals"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="GB01"/>
+    <s v="UK (1)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2066"/>
+  </r>
+  <r>
+    <s v="CD311"/>
+    <s v="Population Aged 15 Years and Over At Work Usually Resident and Present in the State"/>
+    <s v="23"/>
+    <s v="Teaching and educational professionals"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="EU15X02"/>
+    <s v="EU15 excluding Irish and UK"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1285"/>
+  </r>
+  <r>
+    <s v="CD311"/>
+    <s v="Population Aged 15 Years and Over At Work Usually Resident and Present in the State"/>
+    <s v="23"/>
+    <s v="Teaching and educational professionals"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="PL"/>
+    <s v="Polish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="313"/>
+  </r>
+  <r>
+    <s v="CD311"/>
+    <s v="Population Aged 15 Years and Over At Work Usually Resident and Present in the State"/>
+    <s v="23"/>
+    <s v="Teaching and educational professionals"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ACC12X01"/>
+    <s v="EU15 to EU27 states excluding Polish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="217"/>
+  </r>
+  <r>
+    <s v="CD311"/>
+    <s v="Population Aged 15 Years and Over At Work Usually Resident and Present in the State"/>
+    <s v="23"/>
+    <s v="Teaching and educational professionals"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ON7"/>
+    <s v="Other nationalities (7)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1024"/>
+  </r>
+  <r>
+    <s v="CD311"/>
+    <s v="Population Aged 15 Years and Over At Work Usually Resident and Present in the State"/>
+    <s v="23"/>
+    <s v="Teaching and educational professionals"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZZZ99"/>
+    <s v="Not stated, including no nationality"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="200"/>
+  </r>
+  <r>
+    <s v="CD311"/>
+    <s v="Population Aged 15 Years and Over At Work Usually Resident and Present in the State"/>
+    <s v="23"/>
+    <s v="Teaching and educational professionals"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All nationalities"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="91980"/>
+  </r>
+  <r>
+    <s v="CD311"/>
+    <s v="Population Aged 15 Years and Over At Work Usually Resident and Present in the State"/>
+    <s v="23"/>
+    <s v="Teaching and educational professionals"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="21561"/>
+  </r>
+  <r>
+    <s v="CD311"/>
+    <s v="Population Aged 15 Years and Over At Work Usually Resident and Present in the State"/>
+    <s v="23"/>
+    <s v="Teaching and educational professionals"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE05"/>
+    <s v="Non-Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1670"/>
+  </r>
+  <r>
+    <s v="CD311"/>
+    <s v="Population Aged 15 Years and Over At Work Usually Resident and Present in the State"/>
+    <s v="23"/>
+    <s v="Teaching and educational professionals"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="GB01"/>
+    <s v="UK (1)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="857"/>
+  </r>
+  <r>
+    <s v="CD311"/>
+    <s v="Population Aged 15 Years and Over At Work Usually Resident and Present in the State"/>
+    <s v="23"/>
+    <s v="Teaching and educational professionals"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="EU15X02"/>
+    <s v="EU15 excluding Irish and UK"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="386"/>
+  </r>
+  <r>
+    <s v="CD311"/>
+    <s v="Population Aged 15 Years and Over At Work Usually Resident and Present in the State"/>
+    <s v="23"/>
+    <s v="Teaching and educational professionals"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="PL"/>
+    <s v="Polish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="37"/>
+  </r>
+  <r>
+    <s v="CD311"/>
+    <s v="Population Aged 15 Years and Over At Work Usually Resident and Present in the State"/>
+    <s v="23"/>
+    <s v="Teaching and educational professionals"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ACC12X01"/>
+    <s v="EU15 to EU27 states excluding Polish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="45"/>
+  </r>
+  <r>
+    <s v="CD311"/>
+    <s v="Population Aged 15 Years and Over At Work Usually Resident and Present in the State"/>
+    <s v="23"/>
+    <s v="Teaching and educational professionals"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ON7"/>
+    <s v="Other nationalities (7)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="345"/>
+  </r>
+  <r>
+    <s v="CD311"/>
+    <s v="Population Aged 15 Years and Over At Work Usually Resident and Present in the State"/>
+    <s v="23"/>
+    <s v="Teaching and educational professionals"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZZZ99"/>
+    <s v="Not stated, including no nationality"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="67"/>
+  </r>
+  <r>
+    <s v="CD311"/>
+    <s v="Population Aged 15 Years and Over At Work Usually Resident and Present in the State"/>
+    <s v="23"/>
+    <s v="Teaching and educational professionals"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All nationalities"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="23298"/>
+  </r>
+  <r>
+    <s v="CD311"/>
+    <s v="Population Aged 15 Years and Over At Work Usually Resident and Present in the State"/>
+    <s v="23"/>
+    <s v="Teaching and educational professionals"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="65314"/>
+  </r>
+  <r>
+    <s v="CD311"/>
+    <s v="Population Aged 15 Years and Over At Work Usually Resident and Present in the State"/>
+    <s v="23"/>
+    <s v="Teaching and educational professionals"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE05"/>
+    <s v="Non-Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3235"/>
+  </r>
+  <r>
+    <s v="CD311"/>
+    <s v="Population Aged 15 Years and Over At Work Usually Resident and Present in the State"/>
+    <s v="23"/>
+    <s v="Teaching and educational professionals"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="GB01"/>
+    <s v="UK (1)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1209"/>
+  </r>
+  <r>
+    <s v="CD311"/>
+    <s v="Population Aged 15 Years and Over At Work Usually Resident and Present in the State"/>
+    <s v="23"/>
+    <s v="Teaching and educational professionals"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="EU15X02"/>
+    <s v="EU15 excluding Irish and UK"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="899"/>
+  </r>
+  <r>
+    <s v="CD311"/>
+    <s v="Population Aged 15 Years and Over At Work Usually Resident and Present in the State"/>
+    <s v="23"/>
+    <s v="Teaching and educational professionals"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="PL"/>
+    <s v="Polish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="276"/>
+  </r>
+  <r>
+    <s v="CD311"/>
+    <s v="Population Aged 15 Years and Over At Work Usually Resident and Present in the State"/>
+    <s v="23"/>
+    <s v="Teaching and educational professionals"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ACC12X01"/>
+    <s v="EU15 to EU27 states excluding Polish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="172"/>
+  </r>
+  <r>
+    <s v="CD311"/>
+    <s v="Population Aged 15 Years and Over At Work Usually Resident and Present in the State"/>
+    <s v="23"/>
+    <s v="Teaching and educational professionals"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ON7"/>
+    <s v="Other nationalities (7)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="679"/>
+  </r>
+  <r>
+    <s v="CD311"/>
+    <s v="Population Aged 15 Years and Over At Work Usually Resident and Present in the State"/>
+    <s v="23"/>
+    <s v="Teaching and educational professionals"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZZZ99"/>
+    <s v="Not stated, including no nationality"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="133"/>
+  </r>
+  <r>
+    <s v="CD311"/>
+    <s v="Population Aged 15 Years and Over At Work Usually Resident and Present in the State"/>
+    <s v="23"/>
+    <s v="Teaching and educational professionals"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All nationalities"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="68682"/>
+  </r>
+  <r>
+    <s v="CD311"/>
+    <s v="Population Aged 15 Years and Over At Work Usually Resident and Present in the State"/>
+    <s v="24"/>
+    <s v="Business, media and public service professionals"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="72526"/>
+  </r>
+  <r>
+    <s v="CD311"/>
+    <s v="Population Aged 15 Years and Over At Work Usually Resident and Present in the State"/>
+    <s v="24"/>
+    <s v="Business, media and public service professionals"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE05"/>
+    <s v="Non-Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="7667"/>
+  </r>
+  <r>
+    <s v="CD311"/>
+    <s v="Population Aged 15 Years and Over At Work Usually Resident and Present in the State"/>
+    <s v="24"/>
+    <s v="Business, media and public service professionals"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="GB01"/>
+    <s v="UK (1)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2389"/>
+  </r>
+  <r>
+    <s v="CD311"/>
+    <s v="Population Aged 15 Years and Over At Work Usually Resident and Present in the State"/>
+    <s v="24"/>
+    <s v="Business, media and public service professionals"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="EU15X02"/>
+    <s v="EU15 excluding Irish and UK"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1730"/>
+  </r>
+  <r>
+    <s v="CD311"/>
+    <s v="Population Aged 15 Years and Over At Work Usually Resident and Present in the State"/>
+    <s v="24"/>
+    <s v="Business, media and public service professionals"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="PL"/>
+    <s v="Polish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="862"/>
+  </r>
+  <r>
+    <s v="CD311"/>
+    <s v="Population Aged 15 Years and Over At Work Usually Resident and Present in the State"/>
+    <s v="24"/>
+    <s v="Business, media and public service professionals"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ACC12X01"/>
+    <s v="EU15 to EU27 states excluding Polish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="518"/>
+  </r>
+  <r>
+    <s v="CD311"/>
+    <s v="Population Aged 15 Years and Over At Work Usually Resident and Present in the State"/>
+    <s v="24"/>
+    <s v="Business, media and public service professionals"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ON7"/>
+    <s v="Other nationalities (7)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2168"/>
+  </r>
+  <r>
+    <s v="CD311"/>
+    <s v="Population Aged 15 Years and Over At Work Usually Resident and Present in the State"/>
+    <s v="24"/>
+    <s v="Business, media and public service professionals"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZZZ99"/>
+    <s v="Not stated, including no nationality"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="180"/>
+  </r>
+  <r>
+    <s v="CD311"/>
+    <s v="Population Aged 15 Years and Over At Work Usually Resident and Present in the State"/>
+    <s v="24"/>
+    <s v="Business, media and public service professionals"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All nationalities"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="80373"/>
+  </r>
+  <r>
+    <s v="CD311"/>
+    <s v="Population Aged 15 Years and Over At Work Usually Resident and Present in the State"/>
+    <s v="24"/>
+    <s v="Business, media and public service professionals"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="40221"/>
+  </r>
+  <r>
+    <s v="CD311"/>
+    <s v="Population Aged 15 Years and Over At Work Usually Resident and Present in the State"/>
+    <s v="24"/>
+    <s v="Business, media and public service professionals"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE05"/>
+    <s v="Non-Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4050"/>
+  </r>
+  <r>
+    <s v="CD311"/>
+    <s v="Population Aged 15 Years and Over At Work Usually Resident and Present in the State"/>
+    <s v="24"/>
+    <s v="Business, media and public service professionals"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="GB01"/>
+    <s v="UK (1)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1527"/>
+  </r>
+  <r>
+    <s v="CD311"/>
+    <s v="Population Aged 15 Years and Over At Work Usually Resident and Present in the State"/>
+    <s v="24"/>
+    <s v="Business, media and public service professionals"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="EU15X02"/>
+    <s v="EU15 excluding Irish and UK"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="867"/>
+  </r>
+  <r>
+    <s v="CD311"/>
+    <s v="Population Aged 15 Years and Over At Work Usually Resident and Present in the State"/>
+    <s v="24"/>
+    <s v="Business, media and public service professionals"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="PL"/>
+    <s v="Polish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="318"/>
+  </r>
+  <r>
+    <s v="CD311"/>
+    <s v="Population Aged 15 Years and Over At Work Usually Resident and Present in the State"/>
+    <s v="24"/>
+    <s v="Business, media and public service professionals"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ACC12X01"/>
+    <s v="EU15 to EU27 states excluding Polish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="171"/>
+  </r>
+  <r>
+    <s v="CD311"/>
+    <s v="Population Aged 15 Years and Over At Work Usually Resident and Present in the State"/>
+    <s v="24"/>
+    <s v="Business, media and public service professionals"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ON7"/>
+    <s v="Other nationalities (7)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1167"/>
+  </r>
+  <r>
+    <s v="CD311"/>
+    <s v="Population Aged 15 Years and Over At Work Usually Resident and Present in the State"/>
+    <s v="24"/>
+    <s v="Business, media and public service professionals"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZZZ99"/>
+    <s v="Not stated, including no nationality"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="104"/>
+  </r>
+  <r>
+    <s v="CD311"/>
+    <s v="Population Aged 15 Years and Over At Work Usually Resident and Present in the State"/>
+    <s v="24"/>
+    <s v="Business, media and public service professionals"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All nationalities"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="44375"/>
+  </r>
+  <r>
+    <s v="CD311"/>
+    <s v="Population Aged 15 Years and Over At Work Usually Resident and Present in the State"/>
+    <s v="24"/>
+    <s v="Business, media and public service professionals"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="32305"/>
+  </r>
+  <r>
+    <s v="CD311"/>
+    <s v="Population Aged 15 Years and Over At Work Usually Resident and Present in the State"/>
+    <s v="24"/>
+    <s v="Business, media and public service professionals"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE05"/>
+    <s v="Non-Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3617"/>
+  </r>
+  <r>
+    <s v="CD311"/>
+    <s v="Population Aged 15 Years and Over At Work Usually Resident and Present in the State"/>
+    <s v="24"/>
+    <s v="Business, media and public service professionals"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="GB01"/>
+    <s v="UK (1)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="862"/>
+  </r>
+  <r>
+    <s v="CD311"/>
+    <s v="Population Aged 15 Years and Over At Work Usually Resident and Present in the State"/>
+    <s v="24"/>
+    <s v="Business, media and public service professionals"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="EU15X02"/>
+    <s v="EU15 excluding Irish and UK"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="863"/>
+  </r>
+  <r>
+    <s v="CD311"/>
+    <s v="Population Aged 15 Years and Over At Work Usually Resident and Present in the State"/>
+    <s v="24"/>
+    <s v="Business, media and public service professionals"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="PL"/>
+    <s v="Polish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="544"/>
+  </r>
+  <r>
+    <s v="CD311"/>
+    <s v="Population Aged 15 Years and Over At Work Usually Resident and Present in the State"/>
+    <s v="24"/>
+    <s v="Business, media and public service professionals"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ACC12X01"/>
+    <s v="EU15 to EU27 states excluding Polish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="347"/>
+  </r>
+  <r>
+    <s v="CD311"/>
+    <s v="Population Aged 15 Years and Over At Work Usually Resident and Present in the State"/>
+    <s v="24"/>
+    <s v="Business, media and public service professionals"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ON7"/>
+    <s v="Other nationalities (7)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1001"/>
+  </r>
+  <r>
+    <s v="CD311"/>
+    <s v="Population Aged 15 Years and Over At Work Usually Resident and Present in the State"/>
+    <s v="24"/>
+    <s v="Business, media and public service professionals"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZZZ99"/>
+    <s v="Not stated, including no nationality"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="76"/>
+  </r>
+  <r>
+    <s v="CD311"/>
+    <s v="Population Aged 15 Years and Over At Work Usually Resident and Present in the State"/>
+    <s v="24"/>
+    <s v="Business, media and public service professionals"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All nationalities"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="35998"/>
+  </r>
+  <r>
+    <s v="CD311"/>
+    <s v="Population Aged 15 Years and Over At Work Usually Resident and Present in the State"/>
+    <s v="31"/>
+    <s v="Science, engineering and technology associate professionals"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="28272"/>
+  </r>
+  <r>
+    <s v="CD311"/>
+    <s v="Population Aged 15 Years and Over At Work Usually Resident and Present in the State"/>
+    <s v="31"/>
+    <s v="Science, engineering and technology associate professionals"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE05"/>
+    <s v="Non-Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5180"/>
+  </r>
+  <r>
+    <s v="CD311"/>
+    <s v="Population Aged 15 Years and Over At Work Usually Resident and Present in the State"/>
+    <s v="31"/>
+    <s v="Science, engineering and technology associate professionals"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="GB01"/>
+    <s v="UK (1)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="965"/>
+  </r>
+  <r>
+    <s v="CD311"/>
+    <s v="Population Aged 15 Years and Over At Work Usually Resident and Present in the State"/>
+    <s v="31"/>
+    <s v="Science, engineering and technology associate professionals"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="EU15X02"/>
+    <s v="EU15 excluding Irish and UK"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1485"/>
+  </r>
+  <r>
+    <s v="CD311"/>
+    <s v="Population Aged 15 Years and Over At Work Usually Resident and Present in the State"/>
+    <s v="31"/>
+    <s v="Science, engineering and technology associate professionals"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="PL"/>
+    <s v="Polish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1200"/>
+  </r>
+  <r>
+    <s v="CD311"/>
+    <s v="Population Aged 15 Years and Over At Work Usually Resident and Present in the State"/>
+    <s v="31"/>
+    <s v="Science, engineering and technology associate professionals"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ACC12X01"/>
+    <s v="EU15 to EU27 states excluding Polish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="513"/>
+  </r>
+  <r>
+    <s v="CD311"/>
+    <s v="Population Aged 15 Years and Over At Work Usually Resident and Present in the State"/>
+    <s v="31"/>
+    <s v="Science, engineering and technology associate professionals"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ON7"/>
+    <s v="Other nationalities (7)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1017"/>
+  </r>
+  <r>
+    <s v="CD311"/>
+    <s v="Population Aged 15 Years and Over At Work Usually Resident and Present in the State"/>
+    <s v="31"/>
+    <s v="Science, engineering and technology associate professionals"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZZZ99"/>
+    <s v="Not stated, including no nationality"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="88"/>
+  </r>
+  <r>
+    <s v="CD311"/>
+    <s v="Population Aged 15 Years and Over At Work Usually Resident and Present in the State"/>
+    <s v="31"/>
+    <s v="Science, engineering and technology associate professionals"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All nationalities"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="33540"/>
+  </r>
+  <r>
+    <s v="CD311"/>
+    <s v="Population Aged 15 Years and Over At Work Usually Resident and Present in the State"/>
+    <s v="31"/>
+    <s v="Science, engineering and technology associate professionals"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="20086"/>
+  </r>
+  <r>
+    <s v="CD311"/>
+    <s v="Population Aged 15 Years and Over At Work Usually Resident and Present in the State"/>
+    <s v="31"/>
+    <s v="Science, engineering and technology associate professionals"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE05"/>
+    <s v="Non-Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3731"/>
+  </r>
+  <r>
+    <s v="CD311"/>
+    <s v="Population Aged 15 Years and Over At Work Usually Resident and Present in the State"/>
+    <s v="31"/>
+    <s v="Science, engineering and technology associate professionals"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="GB01"/>
+    <s v="UK (1)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="782"/>
+  </r>
+  <r>
+    <s v="CD311"/>
+    <s v="Population Aged 15 Years and Over At Work Usually Resident and Present in the State"/>
+    <s v="31"/>
+    <s v="Science, engineering and technology associate professionals"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="EU15X02"/>
+    <s v="EU15 excluding Irish and UK"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1047"/>
+  </r>
+  <r>
+    <s v="CD311"/>
+    <s v="Population Aged 15 Years and Over At Work Usually Resident and Present in the State"/>
+    <s v="31"/>
+    <s v="Science, engineering and technology associate professionals"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="PL"/>
+    <s v="Polish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="807"/>
+  </r>
+  <r>
+    <s v="CD311"/>
+    <s v="Population Aged 15 Years and Over At Work Usually Resident and Present in the State"/>
+    <s v="31"/>
+    <s v="Science, engineering and technology associate professionals"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ACC12X01"/>
+    <s v="EU15 to EU27 states excluding Polish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="343"/>
+  </r>
+  <r>
+    <s v="CD311"/>
+    <s v="Population Aged 15 Years and Over At Work Usually Resident and Present in the State"/>
+    <s v="31"/>
+    <s v="Science, engineering and technology associate professionals"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ON7"/>
+    <s v="Other nationalities (7)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="752"/>
+  </r>
+  <r>
+    <s v="CD311"/>
+    <s v="Population Aged 15 Years and Over At Work Usually Resident and Present in the State"/>
+    <s v="31"/>
+    <s v="Science, engineering and technology associate professionals"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZZZ99"/>
+    <s v="Not stated, including no nationality"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="67"/>
+  </r>
+  <r>
+    <s v="CD311"/>
+    <s v="Population Aged 15 Years and Over At Work Usually Resident and Present in the State"/>
+    <s v="31"/>
+    <s v="Science, engineering and technology associate professionals"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All nationalities"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="23884"/>
+  </r>
+  <r>
+    <s v="CD311"/>
+    <s v="Population Aged 15 Years and Over At Work Usually Resident and Present in the State"/>
+    <s v="31"/>
+    <s v="Science, engineering and technology associate professionals"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="8186"/>
+  </r>
+  <r>
+    <s v="CD311"/>
+    <s v="Population Aged 15 Years and Over At Work Usually Resident and Present in the State"/>
+    <s v="31"/>
+    <s v="Science, engineering and technology associate professionals"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE05"/>
+    <s v="Non-Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1449"/>
+  </r>
+  <r>
+    <s v="CD311"/>
+    <s v="Population Aged 15 Years and Over At Work Usually Resident and Present in the State"/>
+    <s v="31"/>
+    <s v="Science, engineering and technology associate professionals"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="GB01"/>
+    <s v="UK (1)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="183"/>
+  </r>
+  <r>
+    <s v="CD311"/>
+    <s v="Population Aged 15 Years and Over At Work Usually Resident and Present in the State"/>
+    <s v="31"/>
+    <s v="Science, engineering and technology associate professionals"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="EU15X02"/>
+    <s v="EU15 excluding Irish and UK"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="438"/>
+  </r>
+  <r>
+    <s v="CD311"/>
+    <s v="Population Aged 15 Years and Over At Work Usually Resident and Present in the State"/>
+    <s v="31"/>
+    <s v="Science, engineering and technology associate professionals"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="PL"/>
+    <s v="Polish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="393"/>
+  </r>
+  <r>
+    <s v="CD311"/>
+    <s v="Population Aged 15 Years and Over At Work Usually Resident and Present in the State"/>
+    <s v="31"/>
+    <s v="Science, engineering and technology associate professionals"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ACC12X01"/>
+    <s v="EU15 to EU27 states excluding Polish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="170"/>
+  </r>
+  <r>
+    <s v="CD311"/>
+    <s v="Population Aged 15 Years and Over At Work Usually Resident and Present in the State"/>
+    <s v="31"/>
+    <s v="Science, engineering and technology associate professionals"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ON7"/>
+    <s v="Other nationalities (7)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="265"/>
+  </r>
+  <r>
+    <s v="CD311"/>
+    <s v="Population Aged 15 Years and Over At Work Usually Resident and Present in the State"/>
+    <s v="31"/>
+    <s v="Science, engineering and technology associate professionals"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZZZ99"/>
+    <s v="Not stated, including no nationality"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="21"/>
+  </r>
+  <r>
+    <s v="CD311"/>
+    <s v="Population Aged 15 Years and Over At Work Usually Resident and Present in the State"/>
+    <s v="31"/>
+    <s v="Science, engineering and technology associate professionals"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All nationalities"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="9656"/>
+  </r>
+  <r>
+    <s v="CD311"/>
+    <s v="Population Aged 15 Years and Over At Work Usually Resident and Present in the State"/>
+    <s v="32"/>
+    <s v="Health and social care associate professionals"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="18076"/>
+  </r>
+  <r>
+    <s v="CD311"/>
+    <s v="Population Aged 15 Years and Over At Work Usually Resident and Present in the State"/>
+    <s v="32"/>
+    <s v="Health and social care associate professionals"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE05"/>
+    <s v="Non-Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1937"/>
+  </r>
+  <r>
+    <s v="CD311"/>
+    <s v="Population Aged 15 Years and Over At Work Usually Resident and Present in the State"/>
+    <s v="32"/>
+    <s v="Health and social care associate professionals"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="GB01"/>
+    <s v="UK (1)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="768"/>
+  </r>
+  <r>
+    <s v="CD311"/>
+    <s v="Population Aged 15 Years and Over At Work Usually Resident and Present in the State"/>
+    <s v="32"/>
+    <s v="Health and social care associate professionals"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="EU15X02"/>
+    <s v="EU15 excluding Irish and UK"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="284"/>
+  </r>
+  <r>
+    <s v="CD311"/>
+    <s v="Population Aged 15 Years and Over At Work Usually Resident and Present in the State"/>
+    <s v="32"/>
+    <s v="Health and social care associate professionals"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="PL"/>
+    <s v="Polish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="232"/>
+  </r>
+  <r>
+    <s v="CD311"/>
+    <s v="Population Aged 15 Years and Over At Work Usually Resident and Present in the State"/>
+    <s v="32"/>
+    <s v="Health and social care associate professionals"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ACC12X01"/>
+    <s v="EU15 to EU27 states excluding Polish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="173"/>
+  </r>
+  <r>
+    <s v="CD311"/>
+    <s v="Population Aged 15 Years and Over At Work Usually Resident and Present in the State"/>
+    <s v="32"/>
+    <s v="Health and social care associate professionals"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ON7"/>
+    <s v="Other nationalities (7)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="480"/>
+  </r>
+  <r>
+    <s v="CD311"/>
+    <s v="Population Aged 15 Years and Over At Work Usually Resident and Present in the State"/>
+    <s v="32"/>
+    <s v="Health and social care associate professionals"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZZZ99"/>
+    <s v="Not stated, including no nationality"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="62"/>
+  </r>
+  <r>
+    <s v="CD311"/>
+    <s v="Population Aged 15 Years and Over At Work Usually Resident and Present in the State"/>
+    <s v="32"/>
+    <s v="Health and social care associate professionals"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All nationalities"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="20075"/>
+  </r>
+  <r>
+    <s v="CD311"/>
+    <s v="Population Aged 15 Years and Over At Work Usually Resident and Present in the State"/>
+    <s v="32"/>
+    <s v="Health and social care associate professionals"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4953"/>
+  </r>
+  <r>
+    <s v="CD311"/>
+    <s v="Population Aged 15 Years and Over At Work Usually Resident and Present in the State"/>
+    <s v="32"/>
+    <s v="Health and social care associate professionals"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE05"/>
+    <s v="Non-Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="610"/>
+  </r>
+  <r>
+    <s v="CD311"/>
+    <s v="Population Aged 15 Years and Over At Work Usually Resident and Present in the State"/>
+    <s v="32"/>
+    <s v="Health and social care associate professionals"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="GB01"/>
+    <s v="UK (1)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="263"/>
+  </r>
+  <r>
+    <s v="CD311"/>
+    <s v="Population Aged 15 Years and Over At Work Usually Resident and Present in the State"/>
+    <s v="32"/>
+    <s v="Health and social care associate professionals"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="EU15X02"/>
+    <s v="EU15 excluding Irish and UK"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="72"/>
+  </r>
+  <r>
+    <s v="CD311"/>
+    <s v="Population Aged 15 Years and Over At Work Usually Resident and Present in the State"/>
+    <s v="32"/>
+    <s v="Health and social care associate professionals"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="PL"/>
+    <s v="Polish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="64"/>
+  </r>
+  <r>
+    <s v="CD311"/>
+    <s v="Population Aged 15 Years and Over At Work Usually Resident and Present in the State"/>
+    <s v="32"/>
+    <s v="Health and social care associate professionals"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ACC12X01"/>
+    <s v="EU15 to EU27 states excluding Polish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="48"/>
+  </r>
+  <r>
+    <s v="CD311"/>
+    <s v="Population Aged 15 Years and Over At Work Usually Resident and Present in the State"/>
+    <s v="32"/>
+    <s v="Health and social care associate professionals"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ON7"/>
+    <s v="Other nationalities (7)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="163"/>
+  </r>
+  <r>
+    <s v="CD311"/>
+    <s v="Population Aged 15 Years and Over At Work Usually Resident and Present in the State"/>
+    <s v="32"/>
+    <s v="Health and social care associate professionals"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZZZ99"/>
+    <s v="Not stated, including no nationality"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="21"/>
+  </r>
+  <r>
+    <s v="CD311"/>
+    <s v="Population Aged 15 Years and Over At Work Usually Resident and Present in the State"/>
+    <s v="32"/>
+    <s v="Health and social care associate professionals"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All nationalities"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5584"/>
+  </r>
+  <r>
+    <s v="CD311"/>
+    <s v="Population Aged 15 Years and Over At Work Usually Resident and Present in the State"/>
+    <s v="32"/>
+    <s v="Health and social care associate professionals"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="13123"/>
+  </r>
+  <r>
+    <s v="CD311"/>
+    <s v="Population Aged 15 Years and Over At Work Usually Resident and Present in the State"/>
+    <s v="32"/>
+    <s v="Health and social care associate professionals"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE05"/>
+    <s v="Non-Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1327"/>
+  </r>
+  <r>
+    <s v="CD311"/>
+    <s v="Population Aged 15 Years and Over At Work Usually Resident and Present in the State"/>
+    <s v="32"/>
+    <s v="Health and social care associate professionals"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="GB01"/>
+    <s v="UK (1)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="505"/>
+  </r>
+  <r>
+    <s v="CD311"/>
+    <s v="Population Aged 15 Years and Over At Work Usually Resident and Present in the State"/>
+    <s v="32"/>
+    <s v="Health and social care associate professionals"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="EU15X02"/>
+    <s v="EU15 excluding Irish and UK"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="212"/>
+  </r>
+  <r>
+    <s v="CD311"/>
+    <s v="Population Aged 15 Years and Over At Work Usually Resident and Present in the State"/>
+    <s v="32"/>
+    <s v="Health and social care associate professionals"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="PL"/>
+    <s v="Polish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="168"/>
+  </r>
+  <r>
+    <s v="CD311"/>
+    <s v="Population Aged 15 Years and Over At Work Usually Resident and Present in the State"/>
+    <s v="32"/>
+    <s v="Health and social care associate professionals"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ACC12X01"/>
+    <s v="EU15 to EU27 states excluding Polish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="125"/>
+  </r>
+  <r>
+    <s v="CD311"/>
+    <s v="Population Aged 15 Years and Over At Work Usually Resident and Present in the State"/>
+    <s v="32"/>
+    <s v="Health and social care associate professionals"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ON7"/>
+    <s v="Other nationalities (7)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="317"/>
+  </r>
+  <r>
+    <s v="CD311"/>
+    <s v="Population Aged 15 Years and Over At Work Usually Resident and Present in the State"/>
+    <s v="32"/>
+    <s v="Health and social care associate professionals"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZZZ99"/>
+    <s v="Not stated, including no nationality"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="41"/>
+  </r>
+  <r>
+    <s v="CD311"/>
+    <s v="Population Aged 15 Years and Over At Work Usually Resident and Present in the State"/>
+    <s v="32"/>
+    <s v="Health and social care associate professionals"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All nationalities"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="14491"/>
+  </r>
+  <r>
+    <s v="CD311"/>
+    <s v="Population Aged 15 Years and Over At Work Usually Resident and Present in the State"/>
+    <s v="33"/>
+    <s v="Protective service occupations"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="25139"/>
+  </r>
+  <r>
+    <s v="CD311"/>
+    <s v="Population Aged 15 Years and Over At Work Usually Resident and Present in the State"/>
+    <s v="33"/>
+    <s v="Protective service occupations"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE05"/>
+    <s v="Non-Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="372"/>
+  </r>
+  <r>
+    <s v="CD311"/>
+    <s v="Population Aged 15 Years and Over At Work Usually Resident and Present in the State"/>
+    <s v="33"/>
+    <s v="Protective service occupations"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="GB01"/>
+    <s v="UK (1)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="176"/>
+  </r>
+  <r>
+    <s v="CD311"/>
+    <s v="Population Aged 15 Years and Over At Work Usually Resident and Present in the State"/>
+    <s v="33"/>
+    <s v="Protective service occupations"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="EU15X02"/>
+    <s v="EU15 excluding Irish and UK"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="33"/>
+  </r>
+  <r>
+    <s v="CD311"/>
+    <s v="Population Aged 15 Years and Over At Work Usually Resident and Present in the State"/>
+    <s v="33"/>
+    <s v="Protective service occupations"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="PL"/>
+    <s v="Polish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="32"/>
+  </r>
+  <r>
+    <s v="CD311"/>
+    <s v="Population Aged 15 Years and Over At Work Usually Resident and Present in the State"/>
+    <s v="33"/>
+    <s v="Protective service occupations"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ACC12X01"/>
+    <s v="EU15 to EU27 states excluding Polish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="37"/>
+  </r>
+  <r>
+    <s v="CD311"/>
+    <s v="Population Aged 15 Years and Over At Work Usually Resident and Present in the State"/>
+    <s v="33"/>
+    <s v="Protective service occupations"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ON7"/>
+    <s v="Other nationalities (7)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="94"/>
+  </r>
+  <r>
+    <s v="CD311"/>
+    <s v="Population Aged 15 Years and Over At Work Usually Resident and Present in the State"/>
+    <s v="33"/>
+    <s v="Protective service occupations"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZZZ99"/>
+    <s v="Not stated, including no nationality"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="57"/>
+  </r>
+  <r>
+    <s v="CD311"/>
+    <s v="Population Aged 15 Years and Over At Work Usually Resident and Present in the State"/>
+    <s v="33"/>
+    <s v="Protective service occupations"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All nationalities"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="25568"/>
+  </r>
+  <r>
+    <s v="CD311"/>
+    <s v="Population Aged 15 Years and Over At Work Usually Resident and Present in the State"/>
+    <s v="33"/>
+    <s v="Protective service occupations"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="20918"/>
+  </r>
+  <r>
+    <s v="CD311"/>
+    <s v="Population Aged 15 Years and Over At Work Usually Resident and Present in the State"/>
+    <s v="33"/>
+    <s v="Protective service occupations"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE05"/>
+    <s v="Non-Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="304"/>
+  </r>
+  <r>
+    <s v="CD311"/>
+    <s v="Population Aged 15 Years and Over At Work Usually Resident and Present in the State"/>
+    <s v="33"/>
+    <s v="Protective service occupations"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="GB01"/>
+    <s v="UK (1)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="154"/>
+  </r>
+  <r>
+    <s v="CD311"/>
+    <s v="Population Aged 15 Years and Over At Work Usually Resident and Present in the State"/>
+    <s v="33"/>
+    <s v="Protective service occupations"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="EU15X02"/>
+    <s v="EU15 excluding Irish and UK"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="26"/>
+  </r>
+  <r>
+    <s v="CD311"/>
+    <s v="Population Aged 15 Years and Over At Work Usually Resident and Present in the State"/>
+    <s v="33"/>
+    <s v="Protective service occupations"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="PL"/>
+    <s v="Polish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="23"/>
+  </r>
+  <r>
+    <s v="CD311"/>
+    <s v="Population Aged 15 Years and Over At Work Usually Resident and Present in the State"/>
+    <s v="33"/>
+    <s v="Protective service occupations"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ACC12X01"/>
+    <s v="EU15 to EU27 states excluding Polish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="27"/>
+  </r>
+  <r>
+    <s v="CD311"/>
+    <s v="Population Aged 15 Years and Over At Work Usually Resident and Present in the State"/>
+    <s v="33"/>
+    <s v="Protective service occupations"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ON7"/>
+    <s v="Other nationalities (7)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="74"/>
+  </r>
+  <r>
+    <s v="CD311"/>
+    <s v="Population Aged 15 Years and Over At Work Usually Resident and Present in the State"/>
+    <s v="33"/>
+    <s v="Protective service occupations"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZZZ99"/>
+    <s v="Not stated, including no nationality"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="47"/>
+  </r>
+  <r>
+    <s v="CD311"/>
+    <s v="Population Aged 15 Years and Over At Work Usually Resident and Present in the State"/>
+    <s v="33"/>
+    <s v="Protective service occupations"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All nationalities"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="21269"/>
+  </r>
+  <r>
+    <s v="CD311"/>
+    <s v="Population Aged 15 Years and Over At Work Usually Resident and Present in the State"/>
+    <s v="33"/>
+    <s v="Protective service occupations"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4221"/>
+  </r>
+  <r>
+    <s v="CD311"/>
+    <s v="Population Aged 15 Years and Over At Work Usually Resident and Present in the State"/>
+    <s v="33"/>
+    <s v="Protective service occupations"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE05"/>
+    <s v="Non-Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="68"/>
+  </r>
+  <r>
+    <s v="CD311"/>
+    <s v="Population Aged 15 Years and Over At Work Usually Resident and Present in the State"/>
+    <s v="33"/>
+    <s v="Protective service occupations"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="GB01"/>
+    <s v="UK (1)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="22"/>
+  </r>
+  <r>
+    <s v="CD311"/>
+    <s v="Population Aged 15 Years and Over At Work Usually Resident and Present in the State"/>
+    <s v="33"/>
+    <s v="Protective service occupations"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="EU15X02"/>
+    <s v="EU15 excluding Irish and UK"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="7"/>
+  </r>
+  <r>
+    <s v="CD311"/>
+    <s v="Population Aged 15 Years and Over At Work Usually Resident and Present in the State"/>
+    <s v="33"/>
+    <s v="Protective service occupations"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="PL"/>
+    <s v="Polish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="9"/>
+  </r>
+  <r>
+    <s v="CD311"/>
+    <s v="Population Aged 15 Years and Over At Work Usually Resident and Present in the State"/>
+    <s v="33"/>
+    <s v="Protective service occupations"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ACC12X01"/>
+    <s v="EU15 to EU27 states excluding Polish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="10"/>
+  </r>
+  <r>
+    <s v="CD311"/>
+    <s v="Population Aged 15 Years and Over At Work Usually Resident and Present in the State"/>
+    <s v="33"/>
+    <s v="Protective service occupations"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ON7"/>
+    <s v="Other nationalities (7)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="20"/>
+  </r>
+  <r>
+    <s v="CD311"/>
+    <s v="Population Aged 15 Years and Over At Work Usually Resident and Present in the State"/>
+    <s v="33"/>
+    <s v="Protective service occupations"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZZZ99"/>
+    <s v="Not stated, including no nationality"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="10"/>
+  </r>
+  <r>
+    <s v="CD311"/>
+    <s v="Population Aged 15 Years and Over At Work Usually Resident and Present in the State"/>
+    <s v="33"/>
+    <s v="Protective service occupations"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All nationalities"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4299"/>
+  </r>
+  <r>
+    <s v="CD311"/>
+    <s v="Population Aged 15 Years and Over At Work Usually Resident and Present in the State"/>
+    <s v="34"/>
+    <s v="Culture, media and sports occupations"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="20369"/>
+  </r>
+  <r>
+    <s v="CD311"/>
+    <s v="Population Aged 15 Years and Over At Work Usually Resident and Present in the State"/>
+    <s v="34"/>
+    <s v="Culture, media and sports occupations"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE05"/>
+    <s v="Non-Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3972"/>
+  </r>
+  <r>
+    <s v="CD311"/>
+    <s v="Population Aged 15 Years and Over At Work Usually Resident and Present in the State"/>
+    <s v="34"/>
+    <s v="Culture, media and sports occupations"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="GB01"/>
+    <s v="UK (1)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1462"/>
+  </r>
+  <r>
+    <s v="CD311"/>
+    <s v="Population Aged 15 Years and Over At Work Usually Resident and Present in the State"/>
+    <s v="34"/>
+    <s v="Culture, media and sports occupations"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="EU15X02"/>
+    <s v="EU15 excluding Irish and UK"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="776"/>
+  </r>
+  <r>
+    <s v="CD311"/>
+    <s v="Population Aged 15 Years and Over At Work Usually Resident and Present in the State"/>
+    <s v="34"/>
+    <s v="Culture, media and sports occupations"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="PL"/>
+    <s v="Polish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="439"/>
+  </r>
+  <r>
+    <s v="CD311"/>
+    <s v="Population Aged 15 Years and Over At Work Usually Resident and Present in the State"/>
+    <s v="34"/>
+    <s v="Culture, media and sports occupations"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ACC12X01"/>
+    <s v="EU15 to EU27 states excluding Polish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="336"/>
+  </r>
+  <r>
+    <s v="CD311"/>
+    <s v="Population Aged 15 Years and Over At Work Usually Resident and Present in the State"/>
+    <s v="34"/>
+    <s v="Culture, media and sports occupations"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ON7"/>
+    <s v="Other nationalities (7)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="959"/>
+  </r>
+  <r>
+    <s v="CD311"/>
+    <s v="Population Aged 15 Years and Over At Work Usually Resident and Present in the State"/>
+    <s v="34"/>
+    <s v="Culture, media and sports occupations"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZZZ99"/>
+    <s v="Not stated, including no nationality"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="79"/>
+  </r>
+  <r>
+    <s v="CD311"/>
+    <s v="Population Aged 15 Years and Over At Work Usually Resident and Present in the State"/>
+    <s v="34"/>
+    <s v="Culture, media and sports occupations"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All nationalities"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="24420"/>
+  </r>
+  <r>
+    <s v="CD311"/>
+    <s v="Population Aged 15 Years and Over At Work Usually Resident and Present in the State"/>
+    <s v="34"/>
+    <s v="Culture, media and sports occupations"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="11908"/>
+  </r>
+  <r>
+    <s v="CD311"/>
+    <s v="Population Aged 15 Years and Over At Work Usually Resident and Present in the State"/>
+    <s v="34"/>
+    <s v="Culture, media and sports occupations"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE05"/>
+    <s v="Non-Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2085"/>
+  </r>
+  <r>
+    <s v="CD311"/>
+    <s v="Population Aged 15 Years and Over At Work Usually Resident and Present in the State"/>
+    <s v="34"/>
+    <s v="Culture, media and sports occupations"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="GB01"/>
+    <s v="UK (1)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="828"/>
+  </r>
+  <r>
+    <s v="CD311"/>
+    <s v="Population Aged 15 Years and Over At Work Usually Resident and Present in the State"/>
+    <s v="34"/>
+    <s v="Culture, media and sports occupations"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="EU15X02"/>
+    <s v="EU15 excluding Irish and UK"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="332"/>
+  </r>
+  <r>
+    <s v="CD311"/>
+    <s v="Population Aged 15 Years and Over At Work Usually Resident and Present in the State"/>
+    <s v="34"/>
+    <s v="Culture, media and sports occupations"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="PL"/>
+    <s v="Polish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="213"/>
+  </r>
+  <r>
+    <s v="CD311"/>
+    <s v="Population Aged 15 Years and Over At Work Usually Resident and Present in the State"/>
+    <s v="34"/>
+    <s v="Culture, media and sports occupations"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ACC12X01"/>
+    <s v="EU15 to EU27 states excluding Polish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="147"/>
+  </r>
+  <r>
+    <s v="CD311"/>
+    <s v="Population Aged 15 Years and Over At Work Usually Resident and Present in the State"/>
+    <s v="34"/>
+    <s v="Culture, media and sports occupations"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ON7"/>
+    <s v="Other nationalities (7)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="565"/>
+  </r>
+  <r>
+    <s v="CD311"/>
+    <s v="Population Aged 15 Years and Over At Work Usually Resident and Present in the State"/>
+    <s v="34"/>
+    <s v="Culture, media and sports occupations"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZZZ99"/>
+    <s v="Not stated, including no nationality"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="50"/>
+  </r>
+  <r>
+    <s v="CD311"/>
+    <s v="Population Aged 15 Years and Over At Work Usually Resident and Present in the State"/>
+    <s v="34"/>
+    <s v="Culture, media and sports occupations"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All nationalities"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="14043"/>
+  </r>
+  <r>
+    <s v="CD311"/>
+    <s v="Population Aged 15 Years and Over At Work Usually Resident and Present in the State"/>
+    <s v="34"/>
+    <s v="Culture, media and sports occupations"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="8461"/>
+  </r>
+  <r>
+    <s v="CD311"/>
+    <s v="Population Aged 15 Years and Over At Work Usually Resident and Present in the State"/>
+    <s v="34"/>
+    <s v="Culture, media and sports occupations"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE05"/>
+    <s v="Non-Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1887"/>
+  </r>
+  <r>
+    <s v="CD311"/>
+    <s v="Population Aged 15 Years and Over At Work Usually Resident and Present in the State"/>
+    <s v="34"/>
+    <s v="Culture, media and sports occupations"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="GB01"/>
+    <s v="UK (1)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="634"/>
+  </r>
+  <r>
+    <s v="CD311"/>
+    <s v="Population Aged 15 Years and Over At Work Usually Resident and Present in the State"/>
+    <s v="34"/>
+    <s v="Culture, media and sports occupations"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="EU15X02"/>
+    <s v="EU15 excluding Irish and UK"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="444"/>
+  </r>
+  <r>
+    <s v="CD311"/>
+    <s v="Population Aged 15 Years and Over At Work Usually Resident and Present in the State"/>
+    <s v="34"/>
+    <s v="Culture, media and sports occupations"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="PL"/>
+    <s v="Polish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="226"/>
+  </r>
+  <r>
+    <s v="CD311"/>
+    <s v="Population Aged 15 Years and Over At Work Usually Resident and Present in the State"/>
+    <s v="34"/>
+    <s v="Culture, media and sports occupations"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ACC12X01"/>
+    <s v="EU15 to EU27 states excluding Polish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="189"/>
+  </r>
+  <r>
+    <s v="CD311"/>
+    <s v="Population Aged 15 Years and Over At Work Usually Resident and Present in the State"/>
+    <s v="34"/>
+    <s v="Culture, media and sports occupations"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ON7"/>
+    <s v="Other nationalities (7)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="394"/>
+  </r>
+  <r>
+    <s v="CD311"/>
+    <s v="Population Aged 15 Years and Over At Work Usually Resident and Present in the State"/>
+    <s v="34"/>
+    <s v="Culture, media and sports occupations"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZZZ99"/>
+    <s v="Not stated, including no nationality"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="29"/>
+  </r>
+  <r>
+    <s v="CD311"/>
+    <s v="Population Aged 15 Years and Over At Work Usually Resident and Present in the State"/>
+    <s v="34"/>
+    <s v="Culture, media and sports occupations"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All nationalities"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="10377"/>
+  </r>
+  <r>
+    <s v="CD311"/>
+    <s v="Population Aged 15 Years and Over At Work Usually Resident and Present in the State"/>
+    <s v="35"/>
+    <s v="Business and public service associate professionals"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="91493"/>
+  </r>
+  <r>
+    <s v="CD311"/>
+    <s v="Population Aged 15 Years and Over At Work Usually Resident and Present in the State"/>
+    <s v="35"/>
+    <s v="Business and public service associate professionals"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE05"/>
+    <s v="Non-Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="11276"/>
+  </r>
+  <r>
+    <s v="CD311"/>
+    <s v="Population Aged 15 Years and Over At Work Usually Resident and Present in the State"/>
+    <s v="35"/>
+    <s v="Business and public service associate professionals"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="GB01"/>
+    <s v="UK (1)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3420"/>
+  </r>
+  <r>
+    <s v="CD311"/>
+    <s v="Population Aged 15 Years and Over At Work Usually Resident and Present in the State"/>
+    <s v="35"/>
+    <s v="Business and public service associate professionals"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="EU15X02"/>
+    <s v="EU15 excluding Irish and UK"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3526"/>
+  </r>
+  <r>
+    <s v="CD311"/>
+    <s v="Population Aged 15 Years and Over At Work Usually Resident and Present in the State"/>
+    <s v="35"/>
+    <s v="Business and public service associate professionals"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="PL"/>
+    <s v="Polish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1361"/>
+  </r>
+  <r>
+    <s v="CD311"/>
+    <s v="Population Aged 15 Years and Over At Work Usually Resident and Present in the State"/>
+    <s v="35"/>
+    <s v="Business and public service associate professionals"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ACC12X01"/>
+    <s v="EU15 to EU27 states excluding Polish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="940"/>
+  </r>
+  <r>
+    <s v="CD311"/>
+    <s v="Population Aged 15 Years and Over At Work Usually Resident and Present in the State"/>
+    <s v="35"/>
+    <s v="Business and public service associate professionals"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ON7"/>
+    <s v="Other nationalities (7)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2029"/>
+  </r>
+  <r>
+    <s v="CD311"/>
+    <s v="Population Aged 15 Years and Over At Work Usually Resident and Present in the State"/>
+    <s v="35"/>
+    <s v="Business and public service associate professionals"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZZZ99"/>
+    <s v="Not stated, including no nationality"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="277"/>
+  </r>
+  <r>
+    <s v="CD311"/>
+    <s v="Population Aged 15 Years and Over At Work Usually Resident and Present in the State"/>
+    <s v="35"/>
+    <s v="Business and public service associate professionals"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All nationalities"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="103046"/>
+  </r>
+  <r>
+    <s v="CD311"/>
+    <s v="Population Aged 15 Years and Over At Work Usually Resident and Present in the State"/>
+    <s v="35"/>
+    <s v="Business and public service associate professionals"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="51847"/>
+  </r>
+  <r>
+    <s v="CD311"/>
+    <s v="Population Aged 15 Years and Over At Work Usually Resident and Present in the State"/>
+    <s v="35"/>
+    <s v="Business and public service associate professionals"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE05"/>
+    <s v="Non-Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="6084"/>
+  </r>
+  <r>
+    <s v="CD311"/>
+    <s v="Population Aged 15 Years and Over At Work Usually Resident and Present in the State"/>
+    <s v="35"/>
+    <s v="Business and public service associate professionals"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="GB01"/>
+    <s v="UK (1)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2163"/>
+  </r>
+  <r>
+    <s v="CD311"/>
+    <s v="Population Aged 15 Years and Over At Work Usually Resident and Present in the State"/>
+    <s v="35"/>
+    <s v="Business and public service associate professionals"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="EU15X02"/>
+    <s v="EU15 excluding Irish and UK"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1863"/>
+  </r>
+  <r>
+    <s v="CD311"/>
+    <s v="Population Aged 15 Years and Over At Work Usually Resident and Present in the State"/>
+    <s v="35"/>
+    <s v="Business and public service associate professionals"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="PL"/>
+    <s v="Polish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="559"/>
+  </r>
+  <r>
+    <s v="CD311"/>
+    <s v="Population Aged 15 Years and Over At Work Usually Resident and Present in the State"/>
+    <s v="35"/>
+    <s v="Business and public service associate professionals"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ACC12X01"/>
+    <s v="EU15 to EU27 states excluding Polish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="362"/>
+  </r>
+  <r>
+    <s v="CD311"/>
+    <s v="Population Aged 15 Years and Over At Work Usually Resident and Present in the State"/>
+    <s v="35"/>
+    <s v="Business and public service associate professionals"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ON7"/>
+    <s v="Other nationalities (7)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1137"/>
+  </r>
+  <r>
+    <s v="CD311"/>
+    <s v="Population Aged 15 Years and Over At Work Usually Resident and Present in the State"/>
+    <s v="35"/>
+    <s v="Business and public service associate professionals"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZZZ99"/>
+    <s v="Not stated, including no nationality"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="177"/>
+  </r>
+  <r>
+    <s v="CD311"/>
+    <s v="Population Aged 15 Years and Over At Work Usually Resident and Present in the State"/>
+    <s v="35"/>
+    <s v="Business and public service associate professionals"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All nationalities"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="58108"/>
+  </r>
+  <r>
+    <s v="CD311"/>
+    <s v="Population Aged 15 Years and Over At Work Usually Resident and Present in the State"/>
+    <s v="35"/>
+    <s v="Business and public service associate professionals"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="39646"/>
+  </r>
+  <r>
+    <s v="CD311"/>
+    <s v="Population Aged 15 Years and Over At Work Usually Resident and Present in the State"/>
+    <s v="35"/>
+    <s v="Business and public service associate professionals"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE05"/>
+    <s v="Non-Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5192"/>
+  </r>
+  <r>
+    <s v="CD311"/>
+    <s v="Population Aged 15 Years and Over At Work Usually Resident and Present in the State"/>
+    <s v="35"/>
+    <s v="Business and public service associate professionals"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="GB01"/>
+    <s v="UK (1)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1257"/>
+  </r>
+  <r>
+    <s v="CD311"/>
+    <s v="Population Aged 15 Years and Over At Work Usually Resident and Present in the State"/>
+    <s v="35"/>
+    <s v="Business and public service associate professionals"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="EU15X02"/>
+    <s v="EU15 excluding Irish and UK"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1663"/>
+  </r>
+  <r>
+    <s v="CD311"/>
+    <s v="Population Aged 15 Years and Over At Work Usually Resident and Present in the State"/>
+    <s v="35"/>
+    <s v="Business and public service associate professionals"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="PL"/>
+    <s v="Polish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="802"/>
+  </r>
+  <r>
+    <s v="CD311"/>
+    <s v="Population Aged 15 Years and Over At Work Usually Resident and Present in the State"/>
+    <s v="35"/>
+    <s v="Business and public service associate professionals"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ACC12X01"/>
+    <s v="EU15 to EU27 states excluding Polish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="578"/>
+  </r>
+  <r>
+    <s v="CD311"/>
+    <s v="Population Aged 15 Years and Over At Work Usually Resident and Present in the State"/>
+    <s v="35"/>
+    <s v="Business and public service associate professionals"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ON7"/>
+    <s v="Other nationalities (7)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="892"/>
+  </r>
+  <r>
+    <s v="CD311"/>
+    <s v="Population Aged 15 Years and Over At Work Usually Resident and Present in the State"/>
+    <s v="35"/>
+    <s v="Business and public service associate professionals"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZZZ99"/>
+    <s v="Not stated, including no nationality"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="100"/>
+  </r>
+  <r>
+    <s v="CD311"/>
+    <s v="Population Aged 15 Years and Over At Work Usually Resident and Present in the State"/>
+    <s v="35"/>
+    <s v="Business and public service associate professionals"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All nationalities"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="44938"/>
+  </r>
+  <r>
+    <s v="CD311"/>
+    <s v="Population Aged 15 Years and Over At Work Usually Resident and Present in the State"/>
+    <s v="41"/>
+    <s v="Administrative occupations"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="153755"/>
+  </r>
+  <r>
+    <s v="CD311"/>
+    <s v="Population Aged 15 Years and Over At Work Usually Resident and Present in the State"/>
+    <s v="41"/>
+    <s v="Administrative occupations"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE05"/>
+    <s v="Non-Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="13163"/>
+  </r>
+  <r>
+    <s v="CD311"/>
+    <s v="Population Aged 15 Years and Over At Work Usually Resident and Present in the State"/>
+    <s v="41"/>
+    <s v="Administrative occupations"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="GB01"/>
+    <s v="UK (1)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3412"/>
+  </r>
+  <r>
+    <s v="CD311"/>
+    <s v="Population Aged 15 Years and Over At Work Usually Resident and Present in the State"/>
+    <s v="41"/>
+    <s v="Administrative occupations"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="EU15X02"/>
+    <s v="EU15 excluding Irish and UK"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2612"/>
+  </r>
+  <r>
+    <s v="CD311"/>
+    <s v="Population Aged 15 Years and Over At Work Usually Resident and Present in the State"/>
+    <s v="41"/>
+    <s v="Administrative occupations"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="PL"/>
+    <s v="Polish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3056"/>
+  </r>
+  <r>
+    <s v="CD311"/>
+    <s v="Population Aged 15 Years and Over At Work Usually Resident and Present in the State"/>
+    <s v="41"/>
+    <s v="Administrative occupations"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ACC12X01"/>
+    <s v="EU15 to EU27 states excluding Polish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1702"/>
+  </r>
+  <r>
+    <s v="CD311"/>
+    <s v="Population Aged 15 Years and Over At Work Usually Resident and Present in the State"/>
+    <s v="41"/>
+    <s v="Administrative occupations"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ON7"/>
+    <s v="Other nationalities (7)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2381"/>
+  </r>
+  <r>
+    <s v="CD311"/>
+    <s v="Population Aged 15 Years and Over At Work Usually Resident and Present in the State"/>
+    <s v="41"/>
+    <s v="Administrative occupations"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZZZ99"/>
+    <s v="Not stated, including no nationality"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="356"/>
+  </r>
+  <r>
+    <s v="CD311"/>
+    <s v="Population Aged 15 Years and Over At Work Usually Resident and Present in the State"/>
+    <s v="41"/>
+    <s v="Administrative occupations"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All nationalities"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="167274"/>
+  </r>
+  <r>
+    <s v="CD311"/>
+    <s v="Population Aged 15 Years and Over At Work Usually Resident and Present in the State"/>
+    <s v="41"/>
+    <s v="Administrative occupations"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="33839"/>
+  </r>
+  <r>
+    <s v="CD311"/>
+    <s v="Population Aged 15 Years and Over At Work Usually Resident and Present in the State"/>
+    <s v="41"/>
+    <s v="Administrative occupations"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE05"/>
+    <s v="Non-Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3911"/>
+  </r>
+  <r>
+    <s v="CD311"/>
+    <s v="Population Aged 15 Years and Over At Work Usually Resident and Present in the State"/>
+    <s v="41"/>
+    <s v="Administrative occupations"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="GB01"/>
+    <s v="UK (1)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="937"/>
+  </r>
+  <r>
+    <s v="CD311"/>
+    <s v="Population Aged 15 Years and Over At Work Usually Resident and Present in the State"/>
+    <s v="41"/>
+    <s v="Administrative occupations"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="EU15X02"/>
+    <s v="EU15 excluding Irish and UK"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="875"/>
+  </r>
+  <r>
+    <s v="CD311"/>
+    <s v="Population Aged 15 Years and Over At Work Usually Resident and Present in the State"/>
+    <s v="41"/>
+    <s v="Administrative occupations"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="PL"/>
+    <s v="Polish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="828"/>
+  </r>
+  <r>
+    <s v="CD311"/>
+    <s v="Population Aged 15 Years and Over At Work Usually Resident and Present in the State"/>
+    <s v="41"/>
+    <s v="Administrative occupations"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ACC12X01"/>
+    <s v="EU15 to EU27 states excluding Polish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="449"/>
+  </r>
+  <r>
+    <s v="CD311"/>
+    <s v="Population Aged 15 Years and Over At Work Usually Resident and Present in the State"/>
+    <s v="41"/>
+    <s v="Administrative occupations"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ON7"/>
+    <s v="Other nationalities (7)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="822"/>
+  </r>
+  <r>
+    <s v="CD311"/>
+    <s v="Population Aged 15 Years and Over At Work Usually Resident and Present in the State"/>
+    <s v="41"/>
+    <s v="Administrative occupations"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZZZ99"/>
+    <s v="Not stated, including no nationality"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="102"/>
+  </r>
+  <r>
+    <s v="CD311"/>
+    <s v="Population Aged 15 Years and Over At Work Usually Resident and Present in the State"/>
+    <s v="41"/>
+    <s v="Administrative occupations"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All nationalities"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="37852"/>
+  </r>
+  <r>
+    <s v="CD311"/>
+    <s v="Population Aged 15 Years and Over At Work Usually Resident and Present in the State"/>
+    <s v="41"/>
+    <s v="Administrative occupations"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="119916"/>
+  </r>
+  <r>
+    <s v="CD311"/>
+    <s v="Population Aged 15 Years and Over At Work Usually Resident and Present in the State"/>
+    <s v="41"/>
+    <s v="Administrative occupations"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE05"/>
+    <s v="Non-Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="9252"/>
+  </r>
+  <r>
+    <s v="CD311"/>
+    <s v="Population Aged 15 Years and Over At Work Usually Resident and Present in the State"/>
+    <s v="41"/>
+    <s v="Administrative occupations"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="GB01"/>
+    <s v="UK (1)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2475"/>
+  </r>
+  <r>
+    <s v="CD311"/>
+    <s v="Population Aged 15 Years and Over At Work Usually Resident and Present in the State"/>
+    <s v="41"/>
+    <s v="Administrative occupations"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="EU15X02"/>
+    <s v="EU15 excluding Irish and UK"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1737"/>
+  </r>
+  <r>
+    <s v="CD311"/>
+    <s v="Population Aged 15 Years and Over At Work Usually Resident and Present in the State"/>
+    <s v="41"/>
+    <s v="Administrative occupations"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="PL"/>
+    <s v="Polish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2228"/>
+  </r>
+  <r>
+    <s v="CD311"/>
+    <s v="Population Aged 15 Years and Over At Work Usually Resident and Present in the State"/>
+    <s v="41"/>
+    <s v="Administrative occupations"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ACC12X01"/>
+    <s v="EU15 to EU27 states excluding Polish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1253"/>
+  </r>
+  <r>
+    <s v="CD311"/>
+    <s v="Population Aged 15 Years and Over At Work Usually Resident and Present in the State"/>
+    <s v="41"/>
+    <s v="Administrative occupations"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ON7"/>
+    <s v="Other nationalities (7)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1559"/>
+  </r>
+  <r>
+    <s v="CD311"/>
+    <s v="Population Aged 15 Years and Over At Work Usually Resident and Present in the State"/>
+    <s v="41"/>
+    <s v="Administrative occupations"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZZZ99"/>
+    <s v="Not stated, including no nationality"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="254"/>
+  </r>
+  <r>
+    <s v="CD311"/>
+    <s v="Population Aged 15 Years and Over At Work Usually Resident and Present in the State"/>
+    <s v="41"/>
+    <s v="Administrative occupations"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All nationalities"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="129422"/>
+  </r>
+  <r>
+    <s v="CD311"/>
+    <s v="Population Aged 15 Years and Over At Work Usually Resident and Present in the State"/>
+    <s v="42"/>
+    <s v="Secretarial and related occupations"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="33175"/>
+  </r>
+  <r>
+    <s v="CD311"/>
+    <s v="Population Aged 15 Years and Over At Work Usually Resident and Present in the State"/>
+    <s v="42"/>
+    <s v="Secretarial and related occupations"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE05"/>
+    <s v="Non-Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2931"/>
+  </r>
+  <r>
+    <s v="CD311"/>
+    <s v="Population Aged 15 Years and Over At Work Usually Resident and Present in the State"/>
+    <s v="42"/>
+    <s v="Secretarial and related occupations"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="GB01"/>
+    <s v="UK (1)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1051"/>
+  </r>
+  <r>
+    <s v="CD311"/>
+    <s v="Population Aged 15 Years and Over At Work Usually Resident and Present in the State"/>
+    <s v="42"/>
+    <s v="Secretarial and related occupations"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="EU15X02"/>
+    <s v="EU15 excluding Irish and UK"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="379"/>
+  </r>
+  <r>
+    <s v="CD311"/>
+    <s v="Population Aged 15 Years and Over At Work Usually Resident and Present in the State"/>
+    <s v="42"/>
+    <s v="Secretarial and related occupations"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="PL"/>
+    <s v="Polish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="500"/>
+  </r>
+  <r>
+    <s v="CD311"/>
+    <s v="Population Aged 15 Years and Over At Work Usually Resident and Present in the State"/>
+    <s v="42"/>
+    <s v="Secretarial and related occupations"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ACC12X01"/>
+    <s v="EU15 to EU27 states excluding Polish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="396"/>
+  </r>
+  <r>
+    <s v="CD311"/>
+    <s v="Population Aged 15 Years and Over At Work Usually Resident and Present in the State"/>
+    <s v="42"/>
+    <s v="Secretarial and related occupations"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ON7"/>
+    <s v="Other nationalities (7)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="605"/>
+  </r>
+  <r>
+    <s v="CD311"/>
+    <s v="Population Aged 15 Years and Over At Work Usually Resident and Present in the State"/>
+    <s v="42"/>
+    <s v="Secretarial and related occupations"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZZZ99"/>
+    <s v="Not stated, including no nationality"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="97"/>
+  </r>
+  <r>
+    <s v="CD311"/>
+    <s v="Population Aged 15 Years and Over At Work Usually Resident and Present in the State"/>
+    <s v="42"/>
+    <s v="Secretarial and related occupations"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All nationalities"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="36203"/>
+  </r>
+  <r>
+    <s v="CD311"/>
+    <s v="Population Aged 15 Years and Over At Work Usually Resident and Present in the State"/>
+    <s v="42"/>
+    <s v="Secretarial and related occupations"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="944"/>
+  </r>
+  <r>
+    <s v="CD311"/>
+    <s v="Population Aged 15 Years and Over At Work Usually Resident and Present in the State"/>
+    <s v="42"/>
+    <s v="Secretarial and related occupations"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE05"/>
+    <s v="Non-Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="324"/>
+  </r>
+  <r>
+    <s v="CD311"/>
+    <s v="Population Aged 15 Years and Over At Work Usually Resident and Present in the State"/>
+    <s v="42"/>
+    <s v="Secretarial and related occupations"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="GB01"/>
+    <s v="UK (1)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="43"/>
+  </r>
+  <r>
+    <s v="CD311"/>
+    <s v="Population Aged 15 Years and Over At Work Usually Resident and Present in the State"/>
+    <s v="42"/>
+    <s v="Secretarial and related occupations"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="EU15X02"/>
+    <s v="EU15 excluding Irish and UK"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="36"/>
+  </r>
+  <r>
+    <s v="CD311"/>
+    <s v="Population Aged 15 Years and Over At Work Usually Resident and Present in the State"/>
+    <s v="42"/>
+    <s v="Secretarial and related occupations"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="PL"/>
+    <s v="Polish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="68"/>
+  </r>
+  <r>
+    <s v="CD311"/>
+    <s v="Population Aged 15 Years and Over At Work Usually Resident and Present in the State"/>
+    <s v="42"/>
+    <s v="Secretarial and related occupations"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ACC12X01"/>
+    <s v="EU15 to EU27 states excluding Polish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="61"/>
+  </r>
+  <r>
+    <s v="CD311"/>
+    <s v="Population Aged 15 Years and Over At Work Usually Resident and Present in the State"/>
+    <s v="42"/>
+    <s v="Secretarial and related occupations"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ON7"/>
+    <s v="Other nationalities (7)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="116"/>
+  </r>
+  <r>
+    <s v="CD311"/>
+    <s v="Population Aged 15 Years and Over At Work Usually Resident and Present in the State"/>
+    <s v="42"/>
+    <s v="Secretarial and related occupations"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZZZ99"/>
+    <s v="Not stated, including no nationality"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="6"/>
+  </r>
+  <r>
+    <s v="CD311"/>
+    <s v="Population Aged 15 Years and Over At Work Usually Resident and Present in the State"/>
+    <s v="42"/>
+    <s v="Secretarial and related occupations"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All nationalities"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1274"/>
+  </r>
+  <r>
+    <s v="CD311"/>
+    <s v="Population Aged 15 Years and Over At Work Usually Resident and Present in the State"/>
+    <s v="42"/>
+    <s v="Secretarial and related occupations"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="32231"/>
+  </r>
+  <r>
+    <s v="CD311"/>
+    <s v="Population Aged 15 Years and Over At Work Usually Resident and Present in the State"/>
+    <s v="42"/>
+    <s v="Secretarial and related occupations"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE05"/>
+    <s v="Non-Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2607"/>
+  </r>
+  <r>
+    <s v="CD311"/>
+    <s v="Population Aged 15 Years and Over At Work Usually Resident and Present in the State"/>
+    <s v="42"/>
+    <s v="Secretarial and related occupations"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="GB01"/>
+    <s v="UK (1)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1008"/>
+  </r>
+  <r>
+    <s v="CD311"/>
+    <s v="Population Aged 15 Years and Over At Work Usually Resident and Present in the State"/>
+    <s v="42"/>
+    <s v="Secretarial and related occupations"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="EU15X02"/>
+    <s v="EU15 excluding Irish and UK"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="343"/>
+  </r>
+  <r>
+    <s v="CD311"/>
+    <s v="Population Aged 15 Years and Over At Work Usually Resident and Present in the State"/>
+    <s v="42"/>
+    <s v="Secretarial and related occupations"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="PL"/>
+    <s v="Polish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="432"/>
+  </r>
+  <r>
+    <s v="CD311"/>
+    <s v="Population Aged 15 Years and Over At Work Usually Resident and Present in the State"/>
+    <s v="42"/>
+    <s v="Secretarial and related occupations"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ACC12X01"/>
+    <s v="EU15 to EU27 states excluding Polish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="335"/>
+  </r>
+  <r>
+    <s v="CD311"/>
+    <s v="Population Aged 15 Years and Over At Work Usually Resident and Present in the State"/>
+    <s v="42"/>
+    <s v="Secretarial and related occupations"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ON7"/>
+    <s v="Other nationalities (7)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="489"/>
+  </r>
+  <r>
+    <s v="CD311"/>
+    <s v="Population Aged 15 Years and Over At Work Usually Resident and Present in the State"/>
+    <s v="42"/>
+    <s v="Secretarial and related occupations"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZZZ99"/>
+    <s v="Not stated, including no nationality"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="91"/>
+  </r>
+  <r>
+    <s v="CD311"/>
+    <s v="Population Aged 15 Years and Over At Work Usually Resident and Present in the State"/>
+    <s v="42"/>
+    <s v="Secretarial and related occupations"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All nationalities"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="34929"/>
+  </r>
+  <r>
+    <s v="CD311"/>
+    <s v="Population Aged 15 Years and Over At Work Usually Resident and Present in the State"/>
+    <s v="51"/>
+    <s v="Skilled agricultural and related trades"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="80589"/>
+  </r>
+  <r>
+    <s v="CD311"/>
+    <s v="Population Aged 15 Years and Over At Work Usually Resident and Present in the State"/>
+    <s v="51"/>
+    <s v="Skilled agricultural and related trades"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE05"/>
+    <s v="Non-Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2563"/>
+  </r>
+  <r>
+    <s v="CD311"/>
+    <s v="Population Aged 15 Years and Over At Work Usually Resident and Present in the State"/>
+    <s v="51"/>
+    <s v="Skilled agricultural and related trades"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="GB01"/>
+    <s v="UK (1)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="819"/>
+  </r>
+  <r>
+    <s v="CD311"/>
+    <s v="Population Aged 15 Years and Over At Work Usually Resident and Present in the State"/>
+    <s v="51"/>
+    <s v="Skilled agricultural and related trades"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="EU15X02"/>
+    <s v="EU15 excluding Irish and UK"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="299"/>
+  </r>
+  <r>
+    <s v="CD311"/>
+    <s v="Population Aged 15 Years and Over At Work Usually Resident and Present in the State"/>
+    <s v="51"/>
+    <s v="Skilled agricultural and related trades"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="PL"/>
+    <s v="Polish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="583"/>
+  </r>
+  <r>
+    <s v="CD311"/>
+    <s v="Population Aged 15 Years and Over At Work Usually Resident and Present in the State"/>
+    <s v="51"/>
+    <s v="Skilled agricultural and related trades"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ACC12X01"/>
+    <s v="EU15 to EU27 states excluding Polish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="508"/>
+  </r>
+  <r>
+    <s v="CD311"/>
+    <s v="Population Aged 15 Years and Over At Work Usually Resident and Present in the State"/>
+    <s v="51"/>
+    <s v="Skilled agricultural and related trades"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ON7"/>
+    <s v="Other nationalities (7)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="354"/>
+  </r>
+  <r>
+    <s v="CD311"/>
+    <s v="Population Aged 15 Years and Over At Work Usually Resident and Present in the State"/>
+    <s v="51"/>
+    <s v="Skilled agricultural and related trades"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZZZ99"/>
+    <s v="Not stated, including no nationality"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="519"/>
+  </r>
+  <r>
+    <s v="CD311"/>
+    <s v="Population Aged 15 Years and Over At Work Usually Resident and Present in the State"/>
+    <s v="51"/>
+    <s v="Skilled agricultural and related trades"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All nationalities"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="83671"/>
+  </r>
+  <r>
+    <s v="CD311"/>
+    <s v="Population Aged 15 Years and Over At Work Usually Resident and Present in the State"/>
+    <s v="51"/>
+    <s v="Skilled agricultural and related trades"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="73724"/>
+  </r>
+  <r>
+    <s v="CD311"/>
+    <s v="Population Aged 15 Years and Over At Work Usually Resident and Present in the State"/>
+    <s v="51"/>
+    <s v="Skilled agricultural and related trades"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE05"/>
+    <s v="Non-Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2075"/>
+  </r>
+  <r>
+    <s v="CD311"/>
+    <s v="Population Aged 15 Years and Over At Work Usually Resident and Present in the State"/>
+    <s v="51"/>
+    <s v="Skilled agricultural and related trades"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="GB01"/>
+    <s v="UK (1)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="636"/>
+  </r>
+  <r>
+    <s v="CD311"/>
+    <s v="Population Aged 15 Years and Over At Work Usually Resident and Present in the State"/>
+    <s v="51"/>
+    <s v="Skilled agricultural and related trades"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="EU15X02"/>
+    <s v="EU15 excluding Irish and UK"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="210"/>
+  </r>
+  <r>
+    <s v="CD311"/>
+    <s v="Population Aged 15 Years and Over At Work Usually Resident and Present in the State"/>
+    <s v="51"/>
+    <s v="Skilled agricultural and related trades"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="PL"/>
+    <s v="Polish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="521"/>
+  </r>
+  <r>
+    <s v="CD311"/>
+    <s v="Population Aged 15 Years and Over At Work Usually Resident and Present in the State"/>
+    <s v="51"/>
+    <s v="Skilled agricultural and related trades"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ACC12X01"/>
+    <s v="EU15 to EU27 states excluding Polish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="408"/>
+  </r>
+  <r>
+    <s v="CD311"/>
+    <s v="Population Aged 15 Years and Over At Work Usually Resident and Present in the State"/>
+    <s v="51"/>
+    <s v="Skilled agricultural and related trades"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ON7"/>
+    <s v="Other nationalities (7)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="300"/>
+  </r>
+  <r>
+    <s v="CD311"/>
+    <s v="Population Aged 15 Years and Over At Work Usually Resident and Present in the State"/>
+    <s v="51"/>
+    <s v="Skilled agricultural and related trades"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZZZ99"/>
+    <s v="Not stated, including no nationality"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="468"/>
+  </r>
+  <r>
+    <s v="CD311"/>
+    <s v="Population Aged 15 Years and Over At Work Usually Resident and Present in the State"/>
+    <s v="51"/>
+    <s v="Skilled agricultural and related trades"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All nationalities"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="76267"/>
+  </r>
+  <r>
+    <s v="CD311"/>
+    <s v="Population Aged 15 Years and Over At Work Usually Resident and Present in the State"/>
+    <s v="51"/>
+    <s v="Skilled agricultural and related trades"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="6865"/>
+  </r>
+  <r>
+    <s v="CD311"/>
+    <s v="Population Aged 15 Years and Over At Work Usually Resident and Present in the State"/>
+    <s v="51"/>
+    <s v="Skilled agricultural and related trades"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE05"/>
+    <s v="Non-Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="488"/>
+  </r>
+  <r>
+    <s v="CD311"/>
+    <s v="Population Aged 15 Years and Over At Work Usually Resident and Present in the State"/>
+    <s v="51"/>
+    <s v="Skilled agricultural and related trades"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="GB01"/>
+    <s v="UK (1)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="183"/>
+  </r>
+  <r>
+    <s v="CD311"/>
+    <s v="Population Aged 15 Years and Over At Work Usually Resident and Present in the State"/>
+    <s v="51"/>
+    <s v="Skilled agricultural and related trades"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="EU15X02"/>
+    <s v="EU15 excluding Irish and UK"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="89"/>
+  </r>
+  <r>
+    <s v="CD311"/>
+    <s v="Population Aged 15 Years and Over At Work Usually Resident and Present in the State"/>
+    <s v="51"/>
+    <s v="Skilled agricultural and related trades"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="PL"/>
+    <s v="Polish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="62"/>
+  </r>
+  <r>
+    <s v="CD311"/>
+    <s v="Population Aged 15 Years and Over At Work Usually Resident and Present in the State"/>
+    <s v="51"/>
+    <s v="Skilled agricultural and related trades"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ACC12X01"/>
+    <s v="EU15 to EU27 states excluding Polish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="100"/>
+  </r>
+  <r>
+    <s v="CD311"/>
+    <s v="Population Aged 15 Years and Over At Work Usually Resident and Present in the State"/>
+    <s v="51"/>
+    <s v="Skilled agricultural and related trades"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ON7"/>
+    <s v="Other nationalities (7)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="54"/>
+  </r>
+  <r>
+    <s v="CD311"/>
+    <s v="Population Aged 15 Years and Over At Work Usually Resident and Present in the State"/>
+    <s v="51"/>
+    <s v="Skilled agricultural and related trades"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZZZ99"/>
+    <s v="Not stated, including no nationality"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="51"/>
+  </r>
+  <r>
+    <s v="CD311"/>
+    <s v="Population Aged 15 Years and Over At Work Usually Resident and Present in the State"/>
+    <s v="51"/>
+    <s v="Skilled agricultural and related trades"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All nationalities"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="7404"/>
+  </r>
+  <r>
+    <s v="CD311"/>
+    <s v="Population Aged 15 Years and Over At Work Usually Resident and Present in the State"/>
+    <s v="52"/>
+    <s v="Skilled metal, electrical and electronic trades"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="63236"/>
+  </r>
+  <r>
+    <s v="CD311"/>
+    <s v="Population Aged 15 Years and Over At Work Usually Resident and Present in the State"/>
+    <s v="52"/>
+    <s v="Skilled metal, electrical and electronic trades"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE05"/>
+    <s v="Non-Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="9143"/>
+  </r>
+  <r>
+    <s v="CD311"/>
+    <s v="Population Aged 15 Years and Over At Work Usually Resident and Present in the State"/>
+    <s v="52"/>
+    <s v="Skilled metal, electrical and electronic trades"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="GB01"/>
+    <s v="UK (1)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1623"/>
+  </r>
+  <r>
+    <s v="CD311"/>
+    <s v="Population Aged 15 Years and Over At Work Usually Resident and Present in the State"/>
+    <s v="52"/>
+    <s v="Skilled metal, electrical and electronic trades"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="EU15X02"/>
+    <s v="EU15 excluding Irish and UK"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="702"/>
+  </r>
+  <r>
+    <s v="CD311"/>
+    <s v="Population Aged 15 Years and Over At Work Usually Resident and Present in the State"/>
+    <s v="52"/>
+    <s v="Skilled metal, electrical and electronic trades"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="PL"/>
+    <s v="Polish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3668"/>
+  </r>
+  <r>
+    <s v="CD311"/>
+    <s v="Population Aged 15 Years and Over At Work Usually Resident and Present in the State"/>
+    <s v="52"/>
+    <s v="Skilled metal, electrical and electronic trades"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ACC12X01"/>
+    <s v="EU15 to EU27 states excluding Polish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1941"/>
+  </r>
+  <r>
+    <s v="CD311"/>
+    <s v="Population Aged 15 Years and Over At Work Usually Resident and Present in the State"/>
+    <s v="52"/>
+    <s v="Skilled metal, electrical and electronic trades"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ON7"/>
+    <s v="Other nationalities (7)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1209"/>
+  </r>
+  <r>
+    <s v="CD311"/>
+    <s v="Population Aged 15 Years and Over At Work Usually Resident and Present in the State"/>
+    <s v="52"/>
+    <s v="Skilled metal, electrical and electronic trades"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZZZ99"/>
+    <s v="Not stated, including no nationality"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="242"/>
+  </r>
+  <r>
+    <s v="CD311"/>
+    <s v="Population Aged 15 Years and Over At Work Usually Resident and Present in the State"/>
+    <s v="52"/>
+    <s v="Skilled metal, electrical and electronic trades"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All nationalities"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="72621"/>
+  </r>
+  <r>
+    <s v="CD311"/>
+    <s v="Population Aged 15 Years and Over At Work Usually Resident and Present in the State"/>
+    <s v="52"/>
+    <s v="Skilled metal, electrical and electronic trades"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="61443"/>
+  </r>
+  <r>
+    <s v="CD311"/>
+    <s v="Population Aged 15 Years and Over At Work Usually Resident and Present in the State"/>
+    <s v="52"/>
+    <s v="Skilled metal, electrical and electronic trades"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE05"/>
+    <s v="Non-Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="8720"/>
+  </r>
+  <r>
+    <s v="CD311"/>
+    <s v="Population Aged 15 Years and Over At Work Usually Resident and Present in the State"/>
+    <s v="52"/>
+    <s v="Skilled metal, electrical and electronic trades"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="GB01"/>
+    <s v="UK (1)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1571"/>
+  </r>
+  <r>
+    <s v="CD311"/>
+    <s v="Population Aged 15 Years and Over At Work Usually Resident and Present in the State"/>
+    <s v="52"/>
+    <s v="Skilled metal, electrical and electronic trades"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="EU15X02"/>
+    <s v="EU15 excluding Irish and UK"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="611"/>
+  </r>
+  <r>
+    <s v="CD311"/>
+    <s v="Population Aged 15 Years and Over At Work Usually Resident and Present in the State"/>
+    <s v="52"/>
+    <s v="Skilled metal, electrical and electronic trades"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="PL"/>
+    <s v="Polish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3541"/>
+  </r>
+  <r>
+    <s v="CD311"/>
+    <s v="Population Aged 15 Years and Over At Work Usually Resident and Present in the State"/>
+    <s v="52"/>
+    <s v="Skilled metal, electrical and electronic trades"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ACC12X01"/>
+    <s v="EU15 to EU27 states excluding Polish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1846"/>
+  </r>
+  <r>
+    <s v="CD311"/>
+    <s v="Population Aged 15 Years and Over At Work Usually Resident and Present in the State"/>
+    <s v="52"/>
+    <s v="Skilled metal, electrical and electronic trades"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ON7"/>
+    <s v="Other nationalities (7)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1151"/>
+  </r>
+  <r>
+    <s v="CD311"/>
+    <s v="Population Aged 15 Years and Over At Work Usually Resident and Present in the State"/>
+    <s v="52"/>
+    <s v="Skilled metal, electrical and electronic trades"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZZZ99"/>
+    <s v="Not stated, including no nationality"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="236"/>
+  </r>
+  <r>
+    <s v="CD311"/>
+    <s v="Population Aged 15 Years and Over At Work Usually Resident and Present in the State"/>
+    <s v="52"/>
+    <s v="Skilled metal, electrical and electronic trades"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All nationalities"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="70399"/>
+  </r>
+  <r>
+    <s v="CD311"/>
+    <s v="Population Aged 15 Years and Over At Work Usually Resident and Present in the State"/>
+    <s v="52"/>
+    <s v="Skilled metal, electrical and electronic trades"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1793"/>
+  </r>
+  <r>
+    <s v="CD311"/>
+    <s v="Population Aged 15 Years and Over At Work Usually Resident and Present in the State"/>
+    <s v="52"/>
+    <s v="Skilled metal, electrical and electronic trades"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE05"/>
+    <s v="Non-Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="423"/>
+  </r>
+  <r>
+    <s v="CD311"/>
+    <s v="Population Aged 15 Years and Over At Work Usually Resident and Present in the State"/>
+    <s v="52"/>
+    <s v="Skilled metal, electrical and electronic trades"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="GB01"/>
+    <s v="UK (1)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="52"/>
+  </r>
+  <r>
+    <s v="CD311"/>
+    <s v="Population Aged 15 Years and Over At Work Usually Resident and Present in the State"/>
+    <s v="52"/>
+    <s v="Skilled metal, electrical and electronic trades"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="EU15X02"/>
+    <s v="EU15 excluding Irish and UK"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="91"/>
+  </r>
+  <r>
+    <s v="CD311"/>
+    <s v="Population Aged 15 Years and Over At Work Usually Resident and Present in the State"/>
+    <s v="52"/>
+    <s v="Skilled metal, electrical and electronic trades"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="PL"/>
+    <s v="Polish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="127"/>
+  </r>
+  <r>
+    <s v="CD311"/>
+    <s v="Population Aged 15 Years and Over At Work Usually Resident and Present in the State"/>
+    <s v="52"/>
+    <s v="Skilled metal, electrical and electronic trades"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ACC12X01"/>
+    <s v="EU15 to EU27 states excluding Polish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="95"/>
+  </r>
+  <r>
+    <s v="CD311"/>
+    <s v="Population Aged 15 Years and Over At Work Usually Resident and Present in the State"/>
+    <s v="52"/>
+    <s v="Skilled metal, electrical and electronic trades"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ON7"/>
+    <s v="Other nationalities (7)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="58"/>
+  </r>
+  <r>
+    <s v="CD311"/>
+    <s v="Population Aged 15 Years and Over At Work Usually Resident and Present in the State"/>
+    <s v="52"/>
+    <s v="Skilled metal, electrical and electronic trades"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZZZ99"/>
+    <s v="Not stated, including no nationality"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="6"/>
+  </r>
+  <r>
+    <s v="CD311"/>
+    <s v="Population Aged 15 Years and Over At Work Usually Resident and Present in the State"/>
+    <s v="52"/>
+    <s v="Skilled metal, electrical and electronic trades"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All nationalities"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2222"/>
+  </r>
+  <r>
+    <s v="CD311"/>
+    <s v="Population Aged 15 Years and Over At Work Usually Resident and Present in the State"/>
+    <s v="53"/>
+    <s v="Skilled construction and building trades"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="48478"/>
+  </r>
+  <r>
+    <s v="CD311"/>
+    <s v="Population Aged 15 Years and Over At Work Usually Resident and Present in the State"/>
+    <s v="53"/>
+    <s v="Skilled construction and building trades"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE05"/>
+    <s v="Non-Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="6891"/>
+  </r>
+  <r>
+    <s v="CD311"/>
+    <s v="Population Aged 15 Years and Over At Work Usually Resident and Present in the State"/>
+    <s v="53"/>
+    <s v="Skilled construction and building trades"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="GB01"/>
+    <s v="UK (1)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1333"/>
+  </r>
+  <r>
+    <s v="CD311"/>
+    <s v="Population Aged 15 Years and Over At Work Usually Resident and Present in the State"/>
+    <s v="53"/>
+    <s v="Skilled construction and building trades"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="EU15X02"/>
+    <s v="EU15 excluding Irish and UK"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="198"/>
+  </r>
+  <r>
+    <s v="CD311"/>
+    <s v="Population Aged 15 Years and Over At Work Usually Resident and Present in the State"/>
+    <s v="53"/>
+    <s v="Skilled construction and building trades"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="PL"/>
+    <s v="Polish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2649"/>
+  </r>
+  <r>
+    <s v="CD311"/>
+    <s v="Population Aged 15 Years and Over At Work Usually Resident and Present in the State"/>
+    <s v="53"/>
+    <s v="Skilled construction and building trades"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ACC12X01"/>
+    <s v="EU15 to EU27 states excluding Polish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1960"/>
+  </r>
+  <r>
+    <s v="CD311"/>
+    <s v="Population Aged 15 Years and Over At Work Usually Resident and Present in the State"/>
+    <s v="53"/>
+    <s v="Skilled construction and building trades"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ON7"/>
+    <s v="Other nationalities (7)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="751"/>
+  </r>
+  <r>
+    <s v="CD311"/>
+    <s v="Population Aged 15 Years and Over At Work Usually Resident and Present in the State"/>
+    <s v="53"/>
+    <s v="Skilled construction and building trades"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZZZ99"/>
+    <s v="Not stated, including no nationality"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="252"/>
+  </r>
+  <r>
+    <s v="CD311"/>
+    <s v="Population Aged 15 Years and Over At Work Usually Resident and Present in the State"/>
+    <s v="53"/>
+    <s v="Skilled construction and building trades"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All nationalities"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="55621"/>
+  </r>
+  <r>
+    <s v="CD311"/>
+    <s v="Population Aged 15 Years and Over At Work Usually Resident and Present in the State"/>
+    <s v="53"/>
+    <s v="Skilled construction and building trades"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="47869"/>
+  </r>
+  <r>
+    <s v="CD311"/>
+    <s v="Population Aged 15 Years and Over At Work Usually Resident and Present in the State"/>
+    <s v="53"/>
+    <s v="Skilled construction and building trades"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE05"/>
+    <s v="Non-Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="6682"/>
+  </r>
+  <r>
+    <s v="CD311"/>
+    <s v="Population Aged 15 Years and Over At Work Usually Resident and Present in the State"/>
+    <s v="53"/>
+    <s v="Skilled construction and building trades"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="GB01"/>
+    <s v="UK (1)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1299"/>
+  </r>
+  <r>
+    <s v="CD311"/>
+    <s v="Population Aged 15 Years and Over At Work Usually Resident and Present in the State"/>
+    <s v="53"/>
+    <s v="Skilled construction and building trades"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="EU15X02"/>
+    <s v="EU15 excluding Irish and UK"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="180"/>
+  </r>
+  <r>
+    <s v="CD311"/>
+    <s v="Population Aged 15 Years and Over At Work Usually Resident and Present in the State"/>
+    <s v="53"/>
+    <s v="Skilled construction and building trades"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="PL"/>
+    <s v="Polish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2586"/>
+  </r>
+  <r>
+    <s v="CD311"/>
+    <s v="Population Aged 15 Years and Over At Work Usually Resident and Present in the State"/>
+    <s v="53"/>
+    <s v="Skilled construction and building trades"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ACC12X01"/>
+    <s v="EU15 to EU27 states excluding Polish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1888"/>
+  </r>
+  <r>
+    <s v="CD311"/>
+    <s v="Population Aged 15 Years and Over At Work Usually Resident and Present in the State"/>
+    <s v="53"/>
+    <s v="Skilled construction and building trades"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ON7"/>
+    <s v="Other nationalities (7)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="729"/>
+  </r>
+  <r>
+    <s v="CD311"/>
+    <s v="Population Aged 15 Years and Over At Work Usually Resident and Present in the State"/>
+    <s v="53"/>
+    <s v="Skilled construction and building trades"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZZZ99"/>
+    <s v="Not stated, including no nationality"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="245"/>
+  </r>
+  <r>
+    <s v="CD311"/>
+    <s v="Population Aged 15 Years and Over At Work Usually Resident and Present in the State"/>
+    <s v="53"/>
+    <s v="Skilled construction and building trades"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All nationalities"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="54796"/>
+  </r>
+  <r>
+    <s v="CD311"/>
+    <s v="Population Aged 15 Years and Over At Work Usually Resident and Present in the State"/>
+    <s v="53"/>
+    <s v="Skilled construction and building trades"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="609"/>
+  </r>
+  <r>
+    <s v="CD311"/>
+    <s v="Population Aged 15 Years and Over At Work Usually Resident and Present in the State"/>
+    <s v="53"/>
+    <s v="Skilled construction and building trades"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE05"/>
+    <s v="Non-Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="209"/>
+  </r>
+  <r>
+    <s v="CD311"/>
+    <s v="Population Aged 15 Years and Over At Work Usually Resident and Present in the State"/>
+    <s v="53"/>
+    <s v="Skilled construction and building trades"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="GB01"/>
+    <s v="UK (1)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="34"/>
+  </r>
+  <r>
+    <s v="CD311"/>
+    <s v="Population Aged 15 Years and Over At Work Usually Resident and Present in the State"/>
+    <s v="53"/>
+    <s v="Skilled construction and building trades"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="EU15X02"/>
+    <s v="EU15 excluding Irish and UK"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="18"/>
+  </r>
+  <r>
+    <s v="CD311"/>
+    <s v="Population Aged 15 Years and Over At Work Usually Resident and Present in the State"/>
+    <s v="53"/>
+    <s v="Skilled construction and building trades"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="PL"/>
+    <s v="Polish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="63"/>
+  </r>
+  <r>
+    <s v="CD311"/>
+    <s v="Population Aged 15 Years and Over At Work Usually Resident and Present in the State"/>
+    <s v="53"/>
+    <s v="Skilled construction and building trades"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ACC12X01"/>
+    <s v="EU15 to EU27 states excluding Polish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="72"/>
+  </r>
+  <r>
+    <s v="CD311"/>
+    <s v="Population Aged 15 Years and Over At Work Usually Resident and Present in the State"/>
+    <s v="53"/>
+    <s v="Skilled construction and building trades"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ON7"/>
+    <s v="Other nationalities (7)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="22"/>
+  </r>
+  <r>
+    <s v="CD311"/>
+    <s v="Population Aged 15 Years and Over At Work Usually Resident and Present in the State"/>
+    <s v="53"/>
+    <s v="Skilled construction and building trades"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZZZ99"/>
+    <s v="Not stated, including no nationality"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="7"/>
+  </r>
+  <r>
+    <s v="CD311"/>
+    <s v="Population Aged 15 Years and Over At Work Usually Resident and Present in the State"/>
+    <s v="53"/>
+    <s v="Skilled construction and building trades"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All nationalities"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="825"/>
+  </r>
+  <r>
+    <s v="CD311"/>
+    <s v="Population Aged 15 Years and Over At Work Usually Resident and Present in the State"/>
+    <s v="54"/>
+    <s v="Textiles, printing and other skilled trades"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="33909"/>
+  </r>
+  <r>
+    <s v="CD311"/>
+    <s v="Population Aged 15 Years and Over At Work Usually Resident and Present in the State"/>
+    <s v="54"/>
+    <s v="Textiles, printing and other skilled trades"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE05"/>
+    <s v="Non-Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="15946"/>
+  </r>
+  <r>
+    <s v="CD311"/>
+    <s v="Population Aged 15 Years and Over At Work Usually Resident and Present in the State"/>
+    <s v="54"/>
+    <s v="Textiles, printing and other skilled trades"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="GB01"/>
+    <s v="UK (1)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1539"/>
+  </r>
+  <r>
+    <s v="CD311"/>
+    <s v="Population Aged 15 Years and Over At Work Usually Resident and Present in the State"/>
+    <s v="54"/>
+    <s v="Textiles, printing and other skilled trades"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="EU15X02"/>
+    <s v="EU15 excluding Irish and UK"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1214"/>
+  </r>
+  <r>
+    <s v="CD311"/>
+    <s v="Population Aged 15 Years and Over At Work Usually Resident and Present in the State"/>
+    <s v="54"/>
+    <s v="Textiles, printing and other skilled trades"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="PL"/>
+    <s v="Polish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4413"/>
+  </r>
+  <r>
+    <s v="CD311"/>
+    <s v="Population Aged 15 Years and Over At Work Usually Resident and Present in the State"/>
+    <s v="54"/>
+    <s v="Textiles, printing and other skilled trades"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ACC12X01"/>
+    <s v="EU15 to EU27 states excluding Polish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4018"/>
+  </r>
+  <r>
+    <s v="CD311"/>
+    <s v="Population Aged 15 Years and Over At Work Usually Resident and Present in the State"/>
+    <s v="54"/>
+    <s v="Textiles, printing and other skilled trades"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ON7"/>
+    <s v="Other nationalities (7)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4762"/>
+  </r>
+  <r>
+    <s v="CD311"/>
+    <s v="Population Aged 15 Years and Over At Work Usually Resident and Present in the State"/>
+    <s v="54"/>
+    <s v="Textiles, printing and other skilled trades"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZZZ99"/>
+    <s v="Not stated, including no nationality"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="218"/>
+  </r>
+  <r>
+    <s v="CD311"/>
+    <s v="Population Aged 15 Years and Over At Work Usually Resident and Present in the State"/>
+    <s v="54"/>
+    <s v="Textiles, printing and other skilled trades"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All nationalities"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="50073"/>
+  </r>
+  <r>
+    <s v="CD311"/>
+    <s v="Population Aged 15 Years and Over At Work Usually Resident and Present in the State"/>
+    <s v="54"/>
+    <s v="Textiles, printing and other skilled trades"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="21782"/>
+  </r>
+  <r>
+    <s v="CD311"/>
+    <s v="Population Aged 15 Years and Over At Work Usually Resident and Present in the State"/>
+    <s v="54"/>
+    <s v="Textiles, printing and other skilled trades"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE05"/>
+    <s v="Non-Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="12184"/>
+  </r>
+  <r>
+    <s v="CD311"/>
+    <s v="Population Aged 15 Years and Over At Work Usually Resident and Present in the State"/>
+    <s v="54"/>
+    <s v="Textiles, printing and other skilled trades"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="GB01"/>
+    <s v="UK (1)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1089"/>
+  </r>
+  <r>
+    <s v="CD311"/>
+    <s v="Population Aged 15 Years and Over At Work Usually Resident and Present in the State"/>
+    <s v="54"/>
+    <s v="Textiles, printing and other skilled trades"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="EU15X02"/>
+    <s v="EU15 excluding Irish and UK"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="949"/>
+  </r>
+  <r>
+    <s v="CD311"/>
+    <s v="Population Aged 15 Years and Over At Work Usually Resident and Present in the State"/>
+    <s v="54"/>
+    <s v="Textiles, printing and other skilled trades"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="PL"/>
+    <s v="Polish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3394"/>
+  </r>
+  <r>
+    <s v="CD311"/>
+    <s v="Population Aged 15 Years and Over At Work Usually Resident and Present in the State"/>
+    <s v="54"/>
+    <s v="Textiles, printing and other skilled trades"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ACC12X01"/>
+    <s v="EU15 to EU27 states excluding Polish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2694"/>
+  </r>
+  <r>
+    <s v="CD311"/>
+    <s v="Population Aged 15 Years and Over At Work Usually Resident and Present in the State"/>
+    <s v="54"/>
+    <s v="Textiles, printing and other skilled trades"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ON7"/>
+    <s v="Other nationalities (7)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4058"/>
+  </r>
+  <r>
+    <s v="CD311"/>
+    <s v="Population Aged 15 Years and Over At Work Usually Resident and Present in the State"/>
+    <s v="54"/>
+    <s v="Textiles, printing and other skilled trades"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZZZ99"/>
+    <s v="Not stated, including no nationality"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="159"/>
+  </r>
+  <r>
+    <s v="CD311"/>
+    <s v="Population Aged 15 Years and Over At Work Usually Resident and Present in the State"/>
+    <s v="54"/>
+    <s v="Textiles, printing and other skilled trades"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All nationalities"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="34125"/>
+  </r>
+  <r>
+    <s v="CD311"/>
+    <s v="Population Aged 15 Years and Over At Work Usually Resident and Present in the State"/>
+    <s v="54"/>
+    <s v="Textiles, printing and other skilled trades"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="12127"/>
+  </r>
+  <r>
+    <s v="CD311"/>
+    <s v="Population Aged 15 Years and Over At Work Usually Resident and Present in the State"/>
+    <s v="54"/>
+    <s v="Textiles, printing and other skilled trades"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE05"/>
+    <s v="Non-Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3762"/>
+  </r>
+  <r>
+    <s v="CD311"/>
+    <s v="Population Aged 15 Years and Over At Work Usually Resident and Present in the State"/>
+    <s v="54"/>
+    <s v="Textiles, printing and other skilled trades"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="GB01"/>
+    <s v="UK (1)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="450"/>
+  </r>
+  <r>
+    <s v="CD311"/>
+    <s v="Population Aged 15 Years and Over At Work Usually Resident and Present in the State"/>
+    <s v="54"/>
+    <s v="Textiles, printing and other skilled trades"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="EU15X02"/>
+    <s v="EU15 excluding Irish and UK"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="265"/>
+  </r>
+  <r>
+    <s v="CD311"/>
+    <s v="Population Aged 15 Years and Over At Work Usually Resident and Present in the State"/>
+    <s v="54"/>
+    <s v="Textiles, printing and other skilled trades"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="PL"/>
+    <s v="Polish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1019"/>
+  </r>
+  <r>
+    <s v="CD311"/>
+    <s v="Population Aged 15 Years and Over At Work Usually Resident and Present in the State"/>
+    <s v="54"/>
+    <s v="Textiles, printing and other skilled trades"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ACC12X01"/>
+    <s v="EU15 to EU27 states excluding Polish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1324"/>
+  </r>
+  <r>
+    <s v="CD311"/>
+    <s v="Population Aged 15 Years and Over At Work Usually Resident and Present in the State"/>
+    <s v="54"/>
+    <s v="Textiles, printing and other skilled trades"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ON7"/>
+    <s v="Other nationalities (7)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="704"/>
+  </r>
+  <r>
+    <s v="CD311"/>
+    <s v="Population Aged 15 Years and Over At Work Usually Resident and Present in the State"/>
+    <s v="54"/>
+    <s v="Textiles, printing and other skilled trades"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZZZ99"/>
+    <s v="Not stated, including no nationality"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="59"/>
+  </r>
+  <r>
+    <s v="CD311"/>
+    <s v="Population Aged 15 Years and Over At Work Usually Resident and Present in the State"/>
+    <s v="54"/>
+    <s v="Textiles, printing and other skilled trades"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All nationalities"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="15948"/>
+  </r>
+  <r>
+    <s v="CD311"/>
+    <s v="Population Aged 15 Years and Over At Work Usually Resident and Present in the State"/>
+    <s v="61"/>
+    <s v="Caring personal service occupations"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="74815"/>
+  </r>
+  <r>
+    <s v="CD311"/>
+    <s v="Population Aged 15 Years and Over At Work Usually Resident and Present in the State"/>
+    <s v="61"/>
+    <s v="Caring personal service occupations"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE05"/>
+    <s v="Non-Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="11861"/>
+  </r>
+  <r>
+    <s v="CD311"/>
+    <s v="Population Aged 15 Years and Over At Work Usually Resident and Present in the State"/>
+    <s v="61"/>
+    <s v="Caring personal service occupations"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="GB01"/>
+    <s v="UK (1)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2721"/>
+  </r>
+  <r>
+    <s v="CD311"/>
+    <s v="Population Aged 15 Years and Over At Work Usually Resident and Present in the State"/>
+    <s v="61"/>
+    <s v="Caring personal service occupations"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="EU15X02"/>
+    <s v="EU15 excluding Irish and UK"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1111"/>
+  </r>
+  <r>
+    <s v="CD311"/>
+    <s v="Population Aged 15 Years and Over At Work Usually Resident and Present in the State"/>
+    <s v="61"/>
+    <s v="Caring personal service occupations"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="PL"/>
+    <s v="Polish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1689"/>
+  </r>
+  <r>
+    <s v="CD311"/>
+    <s v="Population Aged 15 Years and Over At Work Usually Resident and Present in the State"/>
+    <s v="61"/>
+    <s v="Caring personal service occupations"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ACC12X01"/>
+    <s v="EU15 to EU27 states excluding Polish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1269"/>
+  </r>
+  <r>
+    <s v="CD311"/>
+    <s v="Population Aged 15 Years and Over At Work Usually Resident and Present in the State"/>
+    <s v="61"/>
+    <s v="Caring personal service occupations"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ON7"/>
+    <s v="Other nationalities (7)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5071"/>
+  </r>
+  <r>
+    <s v="CD311"/>
+    <s v="Population Aged 15 Years and Over At Work Usually Resident and Present in the State"/>
+    <s v="61"/>
+    <s v="Caring personal service occupations"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZZZ99"/>
+    <s v="Not stated, including no nationality"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="347"/>
+  </r>
+  <r>
+    <s v="CD311"/>
+    <s v="Population Aged 15 Years and Over At Work Usually Resident and Present in the State"/>
+    <s v="61"/>
+    <s v="Caring personal service occupations"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All nationalities"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="87023"/>
+  </r>
+  <r>
+    <s v="CD311"/>
+    <s v="Population Aged 15 Years and Over At Work Usually Resident and Present in the State"/>
+    <s v="61"/>
+    <s v="Caring personal service occupations"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="7190"/>
+  </r>
+  <r>
+    <s v="CD311"/>
+    <s v="Population Aged 15 Years and Over At Work Usually Resident and Present in the State"/>
+    <s v="61"/>
+    <s v="Caring personal service occupations"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE05"/>
+    <s v="Non-Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2076"/>
+  </r>
+  <r>
+    <s v="CD311"/>
+    <s v="Population Aged 15 Years and Over At Work Usually Resident and Present in the State"/>
+    <s v="61"/>
+    <s v="Caring personal service occupations"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="GB01"/>
+    <s v="UK (1)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="340"/>
+  </r>
+  <r>
+    <s v="CD311"/>
+    <s v="Population Aged 15 Years and Over At Work Usually Resident and Present in the State"/>
+    <s v="61"/>
+    <s v="Caring personal service occupations"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="EU15X02"/>
+    <s v="EU15 excluding Irish and UK"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="125"/>
+  </r>
+  <r>
+    <s v="CD311"/>
+    <s v="Population Aged 15 Years and Over At Work Usually Resident and Present in the State"/>
+    <s v="61"/>
+    <s v="Caring personal service occupations"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="PL"/>
+    <s v="Polish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="166"/>
+  </r>
+  <r>
+    <s v="CD311"/>
+    <s v="Population Aged 15 Years and Over At Work Usually Resident and Present in the State"/>
+    <s v="61"/>
+    <s v="Caring personal service occupations"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ACC12X01"/>
+    <s v="EU15 to EU27 states excluding Polish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="98"/>
+  </r>
+  <r>
+    <s v="CD311"/>
+    <s v="Population Aged 15 Years and Over At Work Usually Resident and Present in the State"/>
+    <s v="61"/>
+    <s v="Caring personal service occupations"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ON7"/>
+    <s v="Other nationalities (7)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1347"/>
+  </r>
+  <r>
+    <s v="CD311"/>
+    <s v="Population Aged 15 Years and Over At Work Usually Resident and Present in the State"/>
+    <s v="61"/>
+    <s v="Caring personal service occupations"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZZZ99"/>
+    <s v="Not stated, including no nationality"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="36"/>
+  </r>
+  <r>
+    <s v="CD311"/>
+    <s v="Population Aged 15 Years and Over At Work Usually Resident and Present in the State"/>
+    <s v="61"/>
+    <s v="Caring personal service occupations"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All nationalities"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="9302"/>
+  </r>
+  <r>
+    <s v="CD311"/>
+    <s v="Population Aged 15 Years and Over At Work Usually Resident and Present in the State"/>
+    <s v="61"/>
+    <s v="Caring personal service occupations"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="67625"/>
+  </r>
+  <r>
+    <s v="CD311"/>
+    <s v="Population Aged 15 Years and Over At Work Usually Resident and Present in the State"/>
+    <s v="61"/>
+    <s v="Caring personal service occupations"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE05"/>
+    <s v="Non-Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="9785"/>
+  </r>
+  <r>
+    <s v="CD311"/>
+    <s v="Population Aged 15 Years and Over At Work Usually Resident and Present in the State"/>
+    <s v="61"/>
+    <s v="Caring personal service occupations"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="GB01"/>
+    <s v="UK (1)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2381"/>
+  </r>
+  <r>
+    <s v="CD311"/>
+    <s v="Population Aged 15 Years and Over At Work Usually Resident and Present in the State"/>
+    <s v="61"/>
+    <s v="Caring personal service occupations"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="EU15X02"/>
+    <s v="EU15 excluding Irish and UK"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="986"/>
+  </r>
+  <r>
+    <s v="CD311"/>
+    <s v="Population Aged 15 Years and Over At Work Usually Resident and Present in the State"/>
+    <s v="61"/>
+    <s v="Caring personal service occupations"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="PL"/>
+    <s v="Polish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1523"/>
+  </r>
+  <r>
+    <s v="CD311"/>
+    <s v="Population Aged 15 Years and Over At Work Usually Resident and Present in the State"/>
+    <s v="61"/>
+    <s v="Caring personal service occupations"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ACC12X01"/>
+    <s v="EU15 to EU27 states excluding Polish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1171"/>
+  </r>
+  <r>
+    <s v="CD311"/>
+    <s v="Population Aged 15 Years and Over At Work Usually Resident and Present in the State"/>
+    <s v="61"/>
+    <s v="Caring personal service occupations"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ON7"/>
+    <s v="Other nationalities (7)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3724"/>
+  </r>
+  <r>
+    <s v="CD311"/>
+    <s v="Population Aged 15 Years and Over At Work Usually Resident and Present in the State"/>
+    <s v="61"/>
+    <s v="Caring personal service occupations"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZZZ99"/>
+    <s v="Not stated, including no nationality"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="311"/>
+  </r>
+  <r>
+    <s v="CD311"/>
+    <s v="Population Aged 15 Years and Over At Work Usually Resident and Present in the State"/>
+    <s v="61"/>
+    <s v="Caring personal service occupations"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All nationalities"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="77721"/>
+  </r>
+  <r>
+    <s v="CD311"/>
+    <s v="Population Aged 15 Years and Over At Work Usually Resident and Present in the State"/>
+    <s v="62"/>
+    <s v="Leisure, travel and related personal service occupations"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="33696"/>
+  </r>
+  <r>
+    <s v="CD311"/>
+    <s v="Population Aged 15 Years and Over At Work Usually Resident and Present in the State"/>
+    <s v="62"/>
+    <s v="Leisure, travel and related personal service occupations"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE05"/>
+    <s v="Non-Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="7113"/>
+  </r>
+  <r>
+    <s v="CD311"/>
+    <s v="Population Aged 15 Years and Over At Work Usually Resident and Present in the State"/>
+    <s v="62"/>
+    <s v="Leisure, travel and related personal service occupations"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="GB01"/>
+    <s v="UK (1)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1003"/>
+  </r>
+  <r>
+    <s v="CD311"/>
+    <s v="Population Aged 15 Years and Over At Work Usually Resident and Present in the State"/>
+    <s v="62"/>
+    <s v="Leisure, travel and related personal service occupations"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="EU15X02"/>
+    <s v="EU15 excluding Irish and UK"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="632"/>
+  </r>
+  <r>
+    <s v="CD311"/>
+    <s v="Population Aged 15 Years and Over At Work Usually Resident and Present in the State"/>
+    <s v="62"/>
+    <s v="Leisure, travel and related personal service occupations"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="PL"/>
+    <s v="Polish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2096"/>
+  </r>
+  <r>
+    <s v="CD311"/>
+    <s v="Population Aged 15 Years and Over At Work Usually Resident and Present in the State"/>
+    <s v="62"/>
+    <s v="Leisure, travel and related personal service occupations"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ACC12X01"/>
+    <s v="EU15 to EU27 states excluding Polish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2051"/>
+  </r>
+  <r>
+    <s v="CD311"/>
+    <s v="Population Aged 15 Years and Over At Work Usually Resident and Present in the State"/>
+    <s v="62"/>
+    <s v="Leisure, travel and related personal service occupations"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ON7"/>
+    <s v="Other nationalities (7)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1331"/>
+  </r>
+  <r>
+    <s v="CD311"/>
+    <s v="Population Aged 15 Years and Over At Work Usually Resident and Present in the State"/>
+    <s v="62"/>
+    <s v="Leisure, travel and related personal service occupations"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZZZ99"/>
+    <s v="Not stated, including no nationality"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="197"/>
+  </r>
+  <r>
+    <s v="CD311"/>
+    <s v="Population Aged 15 Years and Over At Work Usually Resident and Present in the State"/>
+    <s v="62"/>
+    <s v="Leisure, travel and related personal service occupations"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All nationalities"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="41006"/>
+  </r>
+  <r>
+    <s v="CD311"/>
+    <s v="Population Aged 15 Years and Over At Work Usually Resident and Present in the State"/>
+    <s v="62"/>
+    <s v="Leisure, travel and related personal service occupations"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="8737"/>
+  </r>
+  <r>
+    <s v="CD311"/>
+    <s v="Population Aged 15 Years and Over At Work Usually Resident and Present in the State"/>
+    <s v="62"/>
+    <s v="Leisure, travel and related personal service occupations"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE05"/>
+    <s v="Non-Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1901"/>
+  </r>
+  <r>
+    <s v="CD311"/>
+    <s v="Population Aged 15 Years and Over At Work Usually Resident and Present in the State"/>
+    <s v="62"/>
+    <s v="Leisure, travel and related personal service occupations"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="GB01"/>
+    <s v="UK (1)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="349"/>
+  </r>
+  <r>
+    <s v="CD311"/>
+    <s v="Population Aged 15 Years and Over At Work Usually Resident and Present in the State"/>
+    <s v="62"/>
+    <s v="Leisure, travel and related personal service occupations"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="EU15X02"/>
+    <s v="EU15 excluding Irish and UK"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="204"/>
+  </r>
+  <r>
+    <s v="CD311"/>
+    <s v="Population Aged 15 Years and Over At Work Usually Resident and Present in the State"/>
+    <s v="62"/>
+    <s v="Leisure, travel and related personal service occupations"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="PL"/>
+    <s v="Polish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="450"/>
+  </r>
+  <r>
+    <s v="CD311"/>
+    <s v="Population Aged 15 Years and Over At Work Usually Resident and Present in the State"/>
+    <s v="62"/>
+    <s v="Leisure, travel and related personal service occupations"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ACC12X01"/>
+    <s v="EU15 to EU27 states excluding Polish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="370"/>
+  </r>
+  <r>
+    <s v="CD311"/>
+    <s v="Population Aged 15 Years and Over At Work Usually Resident and Present in the State"/>
+    <s v="62"/>
+    <s v="Leisure, travel and related personal service occupations"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ON7"/>
+    <s v="Other nationalities (7)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="528"/>
+  </r>
+  <r>
+    <s v="CD311"/>
+    <s v="Population Aged 15 Years and Over At Work Usually Resident and Present in the State"/>
+    <s v="62"/>
+    <s v="Leisure, travel and related personal service occupations"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZZZ99"/>
+    <s v="Not stated, including no nationality"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="55"/>
+  </r>
+  <r>
+    <s v="CD311"/>
+    <s v="Population Aged 15 Years and Over At Work Usually Resident and Present in the State"/>
+    <s v="62"/>
+    <s v="Leisure, travel and related personal service occupations"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All nationalities"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="10693"/>
+  </r>
+  <r>
+    <s v="CD311"/>
+    <s v="Population Aged 15 Years and Over At Work Usually Resident and Present in the State"/>
+    <s v="62"/>
+    <s v="Leisure, travel and related personal service occupations"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="24959"/>
+  </r>
+  <r>
+    <s v="CD311"/>
+    <s v="Population Aged 15 Years and Over At Work Usually Resident and Present in the State"/>
+    <s v="62"/>
+    <s v="Leisure, travel and related personal service occupations"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE05"/>
+    <s v="Non-Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5212"/>
+  </r>
+  <r>
+    <s v="CD311"/>
+    <s v="Population Aged 15 Years and Over At Work Usually Resident and Present in the State"/>
+    <s v="62"/>
+    <s v="Leisure, travel and related personal service occupations"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="GB01"/>
+    <s v="UK (1)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="654"/>
+  </r>
+  <r>
+    <s v="CD311"/>
+    <s v="Population Aged 15 Years and Over At Work Usually Resident and Present in the State"/>
+    <s v="62"/>
+    <s v="Leisure, travel and related personal service occupations"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="EU15X02"/>
+    <s v="EU15 excluding Irish and UK"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="428"/>
+  </r>
+  <r>
+    <s v="CD311"/>
+    <s v="Population Aged 15 Years and Over At Work Usually Resident and Present in the State"/>
+    <s v="62"/>
+    <s v="Leisure, travel and related personal service occupations"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="PL"/>
+    <s v="Polish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1646"/>
+  </r>
+  <r>
+    <s v="CD311"/>
+    <s v="Population Aged 15 Years and Over At Work Usually Resident and Present in the State"/>
+    <s v="62"/>
+    <s v="Leisure, travel and related personal service occupations"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ACC12X01"/>
+    <s v="EU15 to EU27 states excluding Polish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1681"/>
+  </r>
+  <r>
+    <s v="CD311"/>
+    <s v="Population Aged 15 Years and Over At Work Usually Resident and Present in the State"/>
+    <s v="62"/>
+    <s v="Leisure, travel and related personal service occupations"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ON7"/>
+    <s v="Other nationalities (7)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="803"/>
+  </r>
+  <r>
+    <s v="CD311"/>
+    <s v="Population Aged 15 Years and Over At Work Usually Resident and Present in the State"/>
+    <s v="62"/>
+    <s v="Leisure, travel and related personal service occupations"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZZZ99"/>
+    <s v="Not stated, including no nationality"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="142"/>
+  </r>
+  <r>
+    <s v="CD311"/>
+    <s v="Population Aged 15 Years and Over At Work Usually Resident and Present in the State"/>
+    <s v="62"/>
+    <s v="Leisure, travel and related personal service occupations"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All nationalities"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="30313"/>
+  </r>
+  <r>
+    <s v="CD311"/>
+    <s v="Population Aged 15 Years and Over At Work Usually Resident and Present in the State"/>
+    <s v="71"/>
+    <s v="Sales occupations"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="88656"/>
+  </r>
+  <r>
+    <s v="CD311"/>
+    <s v="Population Aged 15 Years and Over At Work Usually Resident and Present in the State"/>
+    <s v="71"/>
+    <s v="Sales occupations"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE05"/>
+    <s v="Non-Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="22622"/>
+  </r>
+  <r>
+    <s v="CD311"/>
+    <s v="Population Aged 15 Years and Over At Work Usually Resident and Present in the State"/>
+    <s v="71"/>
+    <s v="Sales occupations"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="GB01"/>
+    <s v="UK (1)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3050"/>
+  </r>
+  <r>
+    <s v="CD311"/>
+    <s v="Population Aged 15 Years and Over At Work Usually Resident and Present in the State"/>
+    <s v="71"/>
+    <s v="Sales occupations"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="EU15X02"/>
+    <s v="EU15 excluding Irish and UK"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1371"/>
+  </r>
+  <r>
+    <s v="CD311"/>
+    <s v="Population Aged 15 Years and Over At Work Usually Resident and Present in the State"/>
+    <s v="71"/>
+    <s v="Sales occupations"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="PL"/>
+    <s v="Polish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="8393"/>
+  </r>
+  <r>
+    <s v="CD311"/>
+    <s v="Population Aged 15 Years and Over At Work Usually Resident and Present in the State"/>
+    <s v="71"/>
+    <s v="Sales occupations"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ACC12X01"/>
+    <s v="EU15 to EU27 states excluding Polish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5783"/>
+  </r>
+  <r>
+    <s v="CD311"/>
+    <s v="Population Aged 15 Years and Over At Work Usually Resident and Present in the State"/>
+    <s v="71"/>
+    <s v="Sales occupations"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ON7"/>
+    <s v="Other nationalities (7)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4025"/>
+  </r>
+  <r>
+    <s v="CD311"/>
+    <s v="Population Aged 15 Years and Over At Work Usually Resident and Present in the State"/>
+    <s v="71"/>
+    <s v="Sales occupations"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZZZ99"/>
+    <s v="Not stated, including no nationality"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="399"/>
+  </r>
+  <r>
+    <s v="CD311"/>
+    <s v="Population Aged 15 Years and Over At Work Usually Resident and Present in the State"/>
+    <s v="71"/>
+    <s v="Sales occupations"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All nationalities"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="111677"/>
+  </r>
+  <r>
+    <s v="CD311"/>
+    <s v="Population Aged 15 Years and Over At Work Usually Resident and Present in the State"/>
+    <s v="71"/>
+    <s v="Sales occupations"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="28917"/>
+  </r>
+  <r>
+    <s v="CD311"/>
+    <s v="Population Aged 15 Years and Over At Work Usually Resident and Present in the State"/>
+    <s v="71"/>
+    <s v="Sales occupations"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE05"/>
+    <s v="Non-Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="7754"/>
+  </r>
+  <r>
+    <s v="CD311"/>
+    <s v="Population Aged 15 Years and Over At Work Usually Resident and Present in the State"/>
+    <s v="71"/>
+    <s v="Sales occupations"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="GB01"/>
+    <s v="UK (1)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1025"/>
+  </r>
+  <r>
+    <s v="CD311"/>
+    <s v="Population Aged 15 Years and Over At Work Usually Resident and Present in the State"/>
+    <s v="71"/>
+    <s v="Sales occupations"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="EU15X02"/>
+    <s v="EU15 excluding Irish and UK"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="530"/>
+  </r>
+  <r>
+    <s v="CD311"/>
+    <s v="Population Aged 15 Years and Over At Work Usually Resident and Present in the State"/>
+    <s v="71"/>
+    <s v="Sales occupations"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="PL"/>
+    <s v="Polish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2628"/>
+  </r>
+  <r>
+    <s v="CD311"/>
+    <s v="Population Aged 15 Years and Over At Work Usually Resident and Present in the State"/>
+    <s v="71"/>
+    <s v="Sales occupations"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ACC12X01"/>
+    <s v="EU15 to EU27 states excluding Polish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1606"/>
+  </r>
+  <r>
+    <s v="CD311"/>
+    <s v="Population Aged 15 Years and Over At Work Usually Resident and Present in the State"/>
+    <s v="71"/>
+    <s v="Sales occupations"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ON7"/>
+    <s v="Other nationalities (7)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1965"/>
+  </r>
+  <r>
+    <s v="CD311"/>
+    <s v="Population Aged 15 Years and Over At Work Usually Resident and Present in the State"/>
+    <s v="71"/>
+    <s v="Sales occupations"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZZZ99"/>
+    <s v="Not stated, including no nationality"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="158"/>
+  </r>
+  <r>
+    <s v="CD311"/>
+    <s v="Population Aged 15 Years and Over At Work Usually Resident and Present in the State"/>
+    <s v="71"/>
+    <s v="Sales occupations"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All nationalities"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="36829"/>
+  </r>
+  <r>
+    <s v="CD311"/>
+    <s v="Population Aged 15 Years and Over At Work Usually Resident and Present in the State"/>
+    <s v="71"/>
+    <s v="Sales occupations"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="59739"/>
+  </r>
+  <r>
+    <s v="CD311"/>
+    <s v="Population Aged 15 Years and Over At Work Usually Resident and Present in the State"/>
+    <s v="71"/>
+    <s v="Sales occupations"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE05"/>
+    <s v="Non-Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="14868"/>
+  </r>
+  <r>
+    <s v="CD311"/>
+    <s v="Population Aged 15 Years and Over At Work Usually Resident and Present in the State"/>
+    <s v="71"/>
+    <s v="Sales occupations"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="GB01"/>
+    <s v="UK (1)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2025"/>
+  </r>
+  <r>
+    <s v="CD311"/>
+    <s v="Population Aged 15 Years and Over At Work Usually Resident and Present in the State"/>
+    <s v="71"/>
+    <s v="Sales occupations"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="EU15X02"/>
+    <s v="EU15 excluding Irish and UK"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="841"/>
+  </r>
+  <r>
+    <s v="CD311"/>
+    <s v="Population Aged 15 Years and Over At Work Usually Resident and Present in the State"/>
+    <s v="71"/>
+    <s v="Sales occupations"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="PL"/>
+    <s v="Polish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5765"/>
+  </r>
+  <r>
+    <s v="CD311"/>
+    <s v="Population Aged 15 Years and Over At Work Usually Resident and Present in the State"/>
+    <s v="71"/>
+    <s v="Sales occupations"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ACC12X01"/>
+    <s v="EU15 to EU27 states excluding Polish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4177"/>
+  </r>
+  <r>
+    <s v="CD311"/>
+    <s v="Population Aged 15 Years and Over At Work Usually Resident and Present in the State"/>
+    <s v="71"/>
+    <s v="Sales occupations"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ON7"/>
+    <s v="Other nationalities (7)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2060"/>
+  </r>
+  <r>
+    <s v="CD311"/>
+    <s v="Population Aged 15 Years and Over At Work Usually Resident and Present in the State"/>
+    <s v="71"/>
+    <s v="Sales occupations"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZZZ99"/>
+    <s v="Not stated, including no nationality"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="241"/>
+  </r>
+  <r>
+    <s v="CD311"/>
+    <s v="Population Aged 15 Years and Over At Work Usually Resident and Present in the State"/>
+    <s v="71"/>
+    <s v="Sales occupations"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All nationalities"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="74848"/>
+  </r>
+  <r>
+    <s v="CD311"/>
+    <s v="Population Aged 15 Years and Over At Work Usually Resident and Present in the State"/>
+    <s v="72"/>
+    <s v="Customer service occupations"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="14726"/>
+  </r>
+  <r>
+    <s v="CD311"/>
+    <s v="Population Aged 15 Years and Over At Work Usually Resident and Present in the State"/>
+    <s v="72"/>
+    <s v="Customer service occupations"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE05"/>
+    <s v="Non-Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5238"/>
+  </r>
+  <r>
+    <s v="CD311"/>
+    <s v="Population Aged 15 Years and Over At Work Usually Resident and Present in the State"/>
+    <s v="72"/>
+    <s v="Customer service occupations"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="GB01"/>
+    <s v="UK (1)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="787"/>
+  </r>
+  <r>
+    <s v="CD311"/>
+    <s v="Population Aged 15 Years and Over At Work Usually Resident and Present in the State"/>
+    <s v="72"/>
+    <s v="Customer service occupations"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="EU15X02"/>
+    <s v="EU15 excluding Irish and UK"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2518"/>
+  </r>
+  <r>
+    <s v="CD311"/>
+    <s v="Population Aged 15 Years and Over At Work Usually Resident and Present in the State"/>
+    <s v="72"/>
+    <s v="Customer service occupations"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="PL"/>
+    <s v="Polish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="672"/>
+  </r>
+  <r>
+    <s v="CD311"/>
+    <s v="Population Aged 15 Years and Over At Work Usually Resident and Present in the State"/>
+    <s v="72"/>
+    <s v="Customer service occupations"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ACC12X01"/>
+    <s v="EU15 to EU27 states excluding Polish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="487"/>
+  </r>
+  <r>
+    <s v="CD311"/>
+    <s v="Population Aged 15 Years and Over At Work Usually Resident and Present in the State"/>
+    <s v="72"/>
+    <s v="Customer service occupations"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ON7"/>
+    <s v="Other nationalities (7)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="774"/>
+  </r>
+  <r>
+    <s v="CD311"/>
+    <s v="Population Aged 15 Years and Over At Work Usually Resident and Present in the State"/>
+    <s v="72"/>
+    <s v="Customer service occupations"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZZZ99"/>
+    <s v="Not stated, including no nationality"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="52"/>
+  </r>
+  <r>
+    <s v="CD311"/>
+    <s v="Population Aged 15 Years and Over At Work Usually Resident and Present in the State"/>
+    <s v="72"/>
+    <s v="Customer service occupations"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All nationalities"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="20016"/>
+  </r>
+  <r>
+    <s v="CD311"/>
+    <s v="Population Aged 15 Years and Over At Work Usually Resident and Present in the State"/>
+    <s v="72"/>
+    <s v="Customer service occupations"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4862"/>
+  </r>
+  <r>
+    <s v="CD311"/>
+    <s v="Population Aged 15 Years and Over At Work Usually Resident and Present in the State"/>
+    <s v="72"/>
+    <s v="Customer service occupations"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE05"/>
+    <s v="Non-Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2295"/>
+  </r>
+  <r>
+    <s v="CD311"/>
+    <s v="Population Aged 15 Years and Over At Work Usually Resident and Present in the State"/>
+    <s v="72"/>
+    <s v="Customer service occupations"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="GB01"/>
+    <s v="UK (1)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="395"/>
+  </r>
+  <r>
+    <s v="CD311"/>
+    <s v="Population Aged 15 Years and Over At Work Usually Resident and Present in the State"/>
+    <s v="72"/>
+    <s v="Customer service occupations"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="EU15X02"/>
+    <s v="EU15 excluding Irish and UK"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1187"/>
+  </r>
+  <r>
+    <s v="CD311"/>
+    <s v="Population Aged 15 Years and Over At Work Usually Resident and Present in the State"/>
+    <s v="72"/>
+    <s v="Customer service occupations"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="PL"/>
+    <s v="Polish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="219"/>
+  </r>
+  <r>
+    <s v="CD311"/>
+    <s v="Population Aged 15 Years and Over At Work Usually Resident and Present in the State"/>
+    <s v="72"/>
+    <s v="Customer service occupations"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ACC12X01"/>
+    <s v="EU15 to EU27 states excluding Polish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="155"/>
+  </r>
+  <r>
+    <s v="CD311"/>
+    <s v="Population Aged 15 Years and Over At Work Usually Resident and Present in the State"/>
+    <s v="72"/>
+    <s v="Customer service occupations"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ON7"/>
+    <s v="Other nationalities (7)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="339"/>
+  </r>
+  <r>
+    <s v="CD311"/>
+    <s v="Population Aged 15 Years and Over At Work Usually Resident and Present in the State"/>
+    <s v="72"/>
+    <s v="Customer service occupations"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZZZ99"/>
+    <s v="Not stated, including no nationality"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="27"/>
+  </r>
+  <r>
+    <s v="CD311"/>
+    <s v="Population Aged 15 Years and Over At Work Usually Resident and Present in the State"/>
+    <s v="72"/>
+    <s v="Customer service occupations"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All nationalities"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="7184"/>
+  </r>
+  <r>
+    <s v="CD311"/>
+    <s v="Population Aged 15 Years and Over At Work Usually Resident and Present in the State"/>
+    <s v="72"/>
+    <s v="Customer service occupations"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="9864"/>
+  </r>
+  <r>
+    <s v="CD311"/>
+    <s v="Population Aged 15 Years and Over At Work Usually Resident and Present in the State"/>
+    <s v="72"/>
+    <s v="Customer service occupations"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE05"/>
+    <s v="Non-Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2943"/>
+  </r>
+  <r>
+    <s v="CD311"/>
+    <s v="Population Aged 15 Years and Over At Work Usually Resident and Present in the State"/>
+    <s v="72"/>
+    <s v="Customer service occupations"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="GB01"/>
+    <s v="UK (1)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="392"/>
+  </r>
+  <r>
+    <s v="CD311"/>
+    <s v="Population Aged 15 Years and Over At Work Usually Resident and Present in the State"/>
+    <s v="72"/>
+    <s v="Customer service occupations"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="EU15X02"/>
+    <s v="EU15 excluding Irish and UK"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1331"/>
+  </r>
+  <r>
+    <s v="CD311"/>
+    <s v="Population Aged 15 Years and Over At Work Usually Resident and Present in the State"/>
+    <s v="72"/>
+    <s v="Customer service occupations"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="PL"/>
+    <s v="Polish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="453"/>
+  </r>
+  <r>
+    <s v="CD311"/>
+    <s v="Population Aged 15 Years and Over At Work Usually Resident and Present in the State"/>
+    <s v="72"/>
+    <s v="Customer service occupations"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ACC12X01"/>
+    <s v="EU15 to EU27 states excluding Polish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="332"/>
+  </r>
+  <r>
+    <s v="CD311"/>
+    <s v="Population Aged 15 Years and Over At Work Usually Resident and Present in the State"/>
+    <s v="72"/>
+    <s v="Customer service occupations"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ON7"/>
+    <s v="Other nationalities (7)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="435"/>
+  </r>
+  <r>
+    <s v="CD311"/>
+    <s v="Population Aged 15 Years and Over At Work Usually Resident and Present in the State"/>
+    <s v="72"/>
+    <s v="Customer service occupations"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZZZ99"/>
+    <s v="Not stated, including no nationality"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="25"/>
+  </r>
+  <r>
+    <s v="CD311"/>
+    <s v="Population Aged 15 Years and Over At Work Usually Resident and Present in the State"/>
+    <s v="72"/>
+    <s v="Customer service occupations"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All nationalities"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="12832"/>
+  </r>
+  <r>
+    <s v="CD311"/>
+    <s v="Population Aged 15 Years and Over At Work Usually Resident and Present in the State"/>
+    <s v="81"/>
+    <s v="Process, plant and machine operatives"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="48581"/>
+  </r>
+  <r>
+    <s v="CD311"/>
+    <s v="Population Aged 15 Years and Over At Work Usually Resident and Present in the State"/>
+    <s v="81"/>
+    <s v="Process, plant and machine operatives"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE05"/>
+    <s v="Non-Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="15298"/>
+  </r>
+  <r>
+    <s v="CD311"/>
+    <s v="Population Aged 15 Years and Over At Work Usually Resident and Present in the State"/>
+    <s v="81"/>
+    <s v="Process, plant and machine operatives"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="GB01"/>
+    <s v="UK (1)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1372"/>
+  </r>
+  <r>
+    <s v="CD311"/>
+    <s v="Population Aged 15 Years and Over At Work Usually Resident and Present in the State"/>
+    <s v="81"/>
+    <s v="Process, plant and machine operatives"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="EU15X02"/>
+    <s v="EU15 excluding Irish and UK"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="481"/>
+  </r>
+  <r>
+    <s v="CD311"/>
+    <s v="Population Aged 15 Years and Over At Work Usually Resident and Present in the State"/>
+    <s v="81"/>
+    <s v="Process, plant and machine operatives"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="PL"/>
+    <s v="Polish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="6562"/>
+  </r>
+  <r>
+    <s v="CD311"/>
+    <s v="Population Aged 15 Years and Over At Work Usually Resident and Present in the State"/>
+    <s v="81"/>
+    <s v="Process, plant and machine operatives"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ACC12X01"/>
+    <s v="EU15 to EU27 states excluding Polish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5127"/>
+  </r>
+  <r>
+    <s v="CD311"/>
+    <s v="Population Aged 15 Years and Over At Work Usually Resident and Present in the State"/>
+    <s v="81"/>
+    <s v="Process, plant and machine operatives"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ON7"/>
+    <s v="Other nationalities (7)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1756"/>
+  </r>
+  <r>
+    <s v="CD311"/>
+    <s v="Population Aged 15 Years and Over At Work Usually Resident and Present in the State"/>
+    <s v="81"/>
+    <s v="Process, plant and machine operatives"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZZZ99"/>
+    <s v="Not stated, including no nationality"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="227"/>
+  </r>
+  <r>
+    <s v="CD311"/>
+    <s v="Population Aged 15 Years and Over At Work Usually Resident and Present in the State"/>
+    <s v="81"/>
+    <s v="Process, plant and machine operatives"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All nationalities"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="64106"/>
+  </r>
+  <r>
+    <s v="CD311"/>
+    <s v="Population Aged 15 Years and Over At Work Usually Resident and Present in the State"/>
+    <s v="81"/>
+    <s v="Process, plant and machine operatives"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="35054"/>
+  </r>
+  <r>
+    <s v="CD311"/>
+    <s v="Population Aged 15 Years and Over At Work Usually Resident and Present in the State"/>
+    <s v="81"/>
+    <s v="Process, plant and machine operatives"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE05"/>
+    <s v="Non-Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="10016"/>
+  </r>
+  <r>
+    <s v="CD311"/>
+    <s v="Population Aged 15 Years and Over At Work Usually Resident and Present in the State"/>
+    <s v="81"/>
+    <s v="Process, plant and machine operatives"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="GB01"/>
+    <s v="UK (1)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1061"/>
+  </r>
+  <r>
+    <s v="CD311"/>
+    <s v="Population Aged 15 Years and Over At Work Usually Resident and Present in the State"/>
+    <s v="81"/>
+    <s v="Process, plant and machine operatives"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="EU15X02"/>
+    <s v="EU15 excluding Irish and UK"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="332"/>
+  </r>
+  <r>
+    <s v="CD311"/>
+    <s v="Population Aged 15 Years and Over At Work Usually Resident and Present in the State"/>
+    <s v="81"/>
+    <s v="Process, plant and machine operatives"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="PL"/>
+    <s v="Polish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4288"/>
+  </r>
+  <r>
+    <s v="CD311"/>
+    <s v="Population Aged 15 Years and Over At Work Usually Resident and Present in the State"/>
+    <s v="81"/>
+    <s v="Process, plant and machine operatives"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ACC12X01"/>
+    <s v="EU15 to EU27 states excluding Polish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2980"/>
+  </r>
+  <r>
+    <s v="CD311"/>
+    <s v="Population Aged 15 Years and Over At Work Usually Resident and Present in the State"/>
+    <s v="81"/>
+    <s v="Process, plant and machine operatives"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ON7"/>
+    <s v="Other nationalities (7)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1355"/>
+  </r>
+  <r>
+    <s v="CD311"/>
+    <s v="Population Aged 15 Years and Over At Work Usually Resident and Present in the State"/>
+    <s v="81"/>
+    <s v="Process, plant and machine operatives"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZZZ99"/>
+    <s v="Not stated, including no nationality"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="171"/>
+  </r>
+  <r>
+    <s v="CD311"/>
+    <s v="Population Aged 15 Years and Over At Work Usually Resident and Present in the State"/>
+    <s v="81"/>
+    <s v="Process, plant and machine operatives"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All nationalities"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="45241"/>
+  </r>
+  <r>
+    <s v="CD311"/>
+    <s v="Population Aged 15 Years and Over At Work Usually Resident and Present in the State"/>
+    <s v="81"/>
+    <s v="Process, plant and machine operatives"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="13527"/>
+  </r>
+  <r>
+    <s v="CD311"/>
+    <s v="Population Aged 15 Years and Over At Work Usually Resident and Present in the State"/>
+    <s v="81"/>
+    <s v="Process, plant and machine operatives"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE05"/>
+    <s v="Non-Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5282"/>
+  </r>
+  <r>
+    <s v="CD311"/>
+    <s v="Population Aged 15 Years and Over At Work Usually Resident and Present in the State"/>
+    <s v="81"/>
+    <s v="Process, plant and machine operatives"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="GB01"/>
+    <s v="UK (1)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="311"/>
+  </r>
+  <r>
+    <s v="CD311"/>
+    <s v="Population Aged 15 Years and Over At Work Usually Resident and Present in the State"/>
+    <s v="81"/>
+    <s v="Process, plant and machine operatives"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="EU15X02"/>
+    <s v="EU15 excluding Irish and UK"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="149"/>
+  </r>
+  <r>
+    <s v="CD311"/>
+    <s v="Population Aged 15 Years and Over At Work Usually Resident and Present in the State"/>
+    <s v="81"/>
+    <s v="Process, plant and machine operatives"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="PL"/>
+    <s v="Polish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2274"/>
+  </r>
+  <r>
+    <s v="CD311"/>
+    <s v="Population Aged 15 Years and Over At Work Usually Resident and Present in the State"/>
+    <s v="81"/>
+    <s v="Process, plant and machine operatives"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ACC12X01"/>
+    <s v="EU15 to EU27 states excluding Polish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2147"/>
+  </r>
+  <r>
+    <s v="CD311"/>
+    <s v="Population Aged 15 Years and Over At Work Usually Resident and Present in the State"/>
+    <s v="81"/>
+    <s v="Process, plant and machine operatives"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ON7"/>
+    <s v="Other nationalities (7)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="401"/>
+  </r>
+  <r>
+    <s v="CD311"/>
+    <s v="Population Aged 15 Years and Over At Work Usually Resident and Present in the State"/>
+    <s v="81"/>
+    <s v="Process, plant and machine operatives"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZZZ99"/>
+    <s v="Not stated, including no nationality"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="56"/>
+  </r>
+  <r>
+    <s v="CD311"/>
+    <s v="Population Aged 15 Years and Over At Work Usually Resident and Present in the State"/>
+    <s v="81"/>
+    <s v="Process, plant and machine operatives"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All nationalities"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="18865"/>
+  </r>
+  <r>
+    <s v="CD311"/>
+    <s v="Population Aged 15 Years and Over At Work Usually Resident and Present in the State"/>
+    <s v="82"/>
+    <s v="Transport and mobile machine drivers and operatives"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="56681"/>
+  </r>
+  <r>
+    <s v="CD311"/>
+    <s v="Population Aged 15 Years and Over At Work Usually Resident and Present in the State"/>
+    <s v="82"/>
+    <s v="Transport and mobile machine drivers and operatives"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE05"/>
+    <s v="Non-Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="9653"/>
+  </r>
+  <r>
+    <s v="CD311"/>
+    <s v="Population Aged 15 Years and Over At Work Usually Resident and Present in the State"/>
+    <s v="82"/>
+    <s v="Transport and mobile machine drivers and operatives"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="GB01"/>
+    <s v="UK (1)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1548"/>
+  </r>
+  <r>
+    <s v="CD311"/>
+    <s v="Population Aged 15 Years and Over At Work Usually Resident and Present in the State"/>
+    <s v="82"/>
+    <s v="Transport and mobile machine drivers and operatives"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="EU15X02"/>
+    <s v="EU15 excluding Irish and UK"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="253"/>
+  </r>
+  <r>
+    <s v="CD311"/>
+    <s v="Population Aged 15 Years and Over At Work Usually Resident and Present in the State"/>
+    <s v="82"/>
+    <s v="Transport and mobile machine drivers and operatives"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="PL"/>
+    <s v="Polish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3315"/>
+  </r>
+  <r>
+    <s v="CD311"/>
+    <s v="Population Aged 15 Years and Over At Work Usually Resident and Present in the State"/>
+    <s v="82"/>
+    <s v="Transport and mobile machine drivers and operatives"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ACC12X01"/>
+    <s v="EU15 to EU27 states excluding Polish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2755"/>
+  </r>
+  <r>
+    <s v="CD311"/>
+    <s v="Population Aged 15 Years and Over At Work Usually Resident and Present in the State"/>
+    <s v="82"/>
+    <s v="Transport and mobile machine drivers and operatives"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ON7"/>
+    <s v="Other nationalities (7)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1782"/>
+  </r>
+  <r>
+    <s v="CD311"/>
+    <s v="Population Aged 15 Years and Over At Work Usually Resident and Present in the State"/>
+    <s v="82"/>
+    <s v="Transport and mobile machine drivers and operatives"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZZZ99"/>
+    <s v="Not stated, including no nationality"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="277"/>
+  </r>
+  <r>
+    <s v="CD311"/>
+    <s v="Population Aged 15 Years and Over At Work Usually Resident and Present in the State"/>
+    <s v="82"/>
+    <s v="Transport and mobile machine drivers and operatives"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All nationalities"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="66611"/>
+  </r>
+  <r>
+    <s v="CD311"/>
+    <s v="Population Aged 15 Years and Over At Work Usually Resident and Present in the State"/>
+    <s v="82"/>
+    <s v="Transport and mobile machine drivers and operatives"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="54604"/>
+  </r>
+  <r>
+    <s v="CD311"/>
+    <s v="Population Aged 15 Years and Over At Work Usually Resident and Present in the State"/>
+    <s v="82"/>
+    <s v="Transport and mobile machine drivers and operatives"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE05"/>
+    <s v="Non-Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="9353"/>
+  </r>
+  <r>
+    <s v="CD311"/>
+    <s v="Population Aged 15 Years and Over At Work Usually Resident and Present in the State"/>
+    <s v="82"/>
+    <s v="Transport and mobile machine drivers and operatives"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="GB01"/>
+    <s v="UK (1)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1469"/>
+  </r>
+  <r>
+    <s v="CD311"/>
+    <s v="Population Aged 15 Years and Over At Work Usually Resident and Present in the State"/>
+    <s v="82"/>
+    <s v="Transport and mobile machine drivers and operatives"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="EU15X02"/>
+    <s v="EU15 excluding Irish and UK"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="226"/>
+  </r>
+  <r>
+    <s v="CD311"/>
+    <s v="Population Aged 15 Years and Over At Work Usually Resident and Present in the State"/>
+    <s v="82"/>
+    <s v="Transport and mobile machine drivers and operatives"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="PL"/>
+    <s v="Polish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3244"/>
+  </r>
+  <r>
+    <s v="CD311"/>
+    <s v="Population Aged 15 Years and Over At Work Usually Resident and Present in the State"/>
+    <s v="82"/>
+    <s v="Transport and mobile machine drivers and operatives"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ACC12X01"/>
+    <s v="EU15 to EU27 states excluding Polish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2673"/>
+  </r>
+  <r>
+    <s v="CD311"/>
+    <s v="Population Aged 15 Years and Over At Work Usually Resident and Present in the State"/>
+    <s v="82"/>
+    <s v="Transport and mobile machine drivers and operatives"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ON7"/>
+    <s v="Other nationalities (7)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1741"/>
+  </r>
+  <r>
+    <s v="CD311"/>
+    <s v="Population Aged 15 Years and Over At Work Usually Resident and Present in the State"/>
+    <s v="82"/>
+    <s v="Transport and mobile machine drivers and operatives"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZZZ99"/>
+    <s v="Not stated, including no nationality"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="268"/>
+  </r>
+  <r>
+    <s v="CD311"/>
+    <s v="Population Aged 15 Years and Over At Work Usually Resident and Present in the State"/>
+    <s v="82"/>
+    <s v="Transport and mobile machine drivers and operatives"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All nationalities"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="64225"/>
+  </r>
+  <r>
+    <s v="CD311"/>
+    <s v="Population Aged 15 Years and Over At Work Usually Resident and Present in the State"/>
+    <s v="82"/>
+    <s v="Transport and mobile machine drivers and operatives"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2077"/>
+  </r>
+  <r>
+    <s v="CD311"/>
+    <s v="Population Aged 15 Years and Over At Work Usually Resident and Present in the State"/>
+    <s v="82"/>
+    <s v="Transport and mobile machine drivers and operatives"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE05"/>
+    <s v="Non-Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="300"/>
+  </r>
+  <r>
+    <s v="CD311"/>
+    <s v="Population Aged 15 Years and Over At Work Usually Resident and Present in the State"/>
+    <s v="82"/>
+    <s v="Transport and mobile machine drivers and operatives"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="GB01"/>
+    <s v="UK (1)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="79"/>
+  </r>
+  <r>
+    <s v="CD311"/>
+    <s v="Population Aged 15 Years and Over At Work Usually Resident and Present in the State"/>
+    <s v="82"/>
+    <s v="Transport and mobile machine drivers and operatives"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="EU15X02"/>
+    <s v="EU15 excluding Irish and UK"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="27"/>
+  </r>
+  <r>
+    <s v="CD311"/>
+    <s v="Population Aged 15 Years and Over At Work Usually Resident and Present in the State"/>
+    <s v="82"/>
+    <s v="Transport and mobile machine drivers and operatives"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="PL"/>
+    <s v="Polish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="71"/>
+  </r>
+  <r>
+    <s v="CD311"/>
+    <s v="Population Aged 15 Years and Over At Work Usually Resident and Present in the State"/>
+    <s v="82"/>
+    <s v="Transport and mobile machine drivers and operatives"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ACC12X01"/>
+    <s v="EU15 to EU27 states excluding Polish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="82"/>
+  </r>
+  <r>
+    <s v="CD311"/>
+    <s v="Population Aged 15 Years and Over At Work Usually Resident and Present in the State"/>
+    <s v="82"/>
+    <s v="Transport and mobile machine drivers and operatives"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ON7"/>
+    <s v="Other nationalities (7)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="41"/>
+  </r>
+  <r>
+    <s v="CD311"/>
+    <s v="Population Aged 15 Years and Over At Work Usually Resident and Present in the State"/>
+    <s v="82"/>
+    <s v="Transport and mobile machine drivers and operatives"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZZZ99"/>
+    <s v="Not stated, including no nationality"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="9"/>
+  </r>
+  <r>
+    <s v="CD311"/>
+    <s v="Population Aged 15 Years and Over At Work Usually Resident and Present in the State"/>
+    <s v="82"/>
+    <s v="Transport and mobile machine drivers and operatives"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All nationalities"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2386"/>
+  </r>
+  <r>
+    <s v="CD311"/>
+    <s v="Population Aged 15 Years and Over At Work Usually Resident and Present in the State"/>
+    <s v="91"/>
+    <s v="Elementary trades and related occupations"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="21772"/>
+  </r>
+  <r>
+    <s v="CD311"/>
+    <s v="Population Aged 15 Years and Over At Work Usually Resident and Present in the State"/>
+    <s v="91"/>
+    <s v="Elementary trades and related occupations"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE05"/>
+    <s v="Non-Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="7437"/>
+  </r>
+  <r>
+    <s v="CD311"/>
+    <s v="Population Aged 15 Years and Over At Work Usually Resident and Present in the State"/>
+    <s v="91"/>
+    <s v="Elementary trades and related occupations"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="GB01"/>
+    <s v="UK (1)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="507"/>
+  </r>
+  <r>
+    <s v="CD311"/>
+    <s v="Population Aged 15 Years and Over At Work Usually Resident and Present in the State"/>
+    <s v="91"/>
+    <s v="Elementary trades and related occupations"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="EU15X02"/>
+    <s v="EU15 excluding Irish and UK"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="141"/>
+  </r>
+  <r>
+    <s v="CD311"/>
+    <s v="Population Aged 15 Years and Over At Work Usually Resident and Present in the State"/>
+    <s v="91"/>
+    <s v="Elementary trades and related occupations"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="PL"/>
+    <s v="Polish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2623"/>
+  </r>
+  <r>
+    <s v="CD311"/>
+    <s v="Population Aged 15 Years and Over At Work Usually Resident and Present in the State"/>
+    <s v="91"/>
+    <s v="Elementary trades and related occupations"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ACC12X01"/>
+    <s v="EU15 to EU27 states excluding Polish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3343"/>
+  </r>
+  <r>
+    <s v="CD311"/>
+    <s v="Population Aged 15 Years and Over At Work Usually Resident and Present in the State"/>
+    <s v="91"/>
+    <s v="Elementary trades and related occupations"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ON7"/>
+    <s v="Other nationalities (7)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="823"/>
+  </r>
+  <r>
+    <s v="CD311"/>
+    <s v="Population Aged 15 Years and Over At Work Usually Resident and Present in the State"/>
+    <s v="91"/>
+    <s v="Elementary trades and related occupations"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZZZ99"/>
+    <s v="Not stated, including no nationality"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="160"/>
+  </r>
+  <r>
+    <s v="CD311"/>
+    <s v="Population Aged 15 Years and Over At Work Usually Resident and Present in the State"/>
+    <s v="91"/>
+    <s v="Elementary trades and related occupations"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All nationalities"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="29369"/>
+  </r>
+  <r>
+    <s v="CD311"/>
+    <s v="Population Aged 15 Years and Over At Work Usually Resident and Present in the State"/>
+    <s v="91"/>
+    <s v="Elementary trades and related occupations"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="18858"/>
+  </r>
+  <r>
+    <s v="CD311"/>
+    <s v="Population Aged 15 Years and Over At Work Usually Resident and Present in the State"/>
+    <s v="91"/>
+    <s v="Elementary trades and related occupations"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE05"/>
+    <s v="Non-Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4716"/>
+  </r>
+  <r>
+    <s v="CD311"/>
+    <s v="Population Aged 15 Years and Over At Work Usually Resident and Present in the State"/>
+    <s v="91"/>
+    <s v="Elementary trades and related occupations"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="GB01"/>
+    <s v="UK (1)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="387"/>
+  </r>
+  <r>
+    <s v="CD311"/>
+    <s v="Population Aged 15 Years and Over At Work Usually Resident and Present in the State"/>
+    <s v="91"/>
+    <s v="Elementary trades and related occupations"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="EU15X02"/>
+    <s v="EU15 excluding Irish and UK"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="86"/>
+  </r>
+  <r>
+    <s v="CD311"/>
+    <s v="Population Aged 15 Years and Over At Work Usually Resident and Present in the State"/>
+    <s v="91"/>
+    <s v="Elementary trades and related occupations"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="PL"/>
+    <s v="Polish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1828"/>
+  </r>
+  <r>
+    <s v="CD311"/>
+    <s v="Population Aged 15 Years and Over At Work Usually Resident and Present in the State"/>
+    <s v="91"/>
+    <s v="Elementary trades and related occupations"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ACC12X01"/>
+    <s v="EU15 to EU27 states excluding Polish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1808"/>
+  </r>
+  <r>
+    <s v="CD311"/>
+    <s v="Population Aged 15 Years and Over At Work Usually Resident and Present in the State"/>
+    <s v="91"/>
+    <s v="Elementary trades and related occupations"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ON7"/>
+    <s v="Other nationalities (7)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="607"/>
+  </r>
+  <r>
+    <s v="CD311"/>
+    <s v="Population Aged 15 Years and Over At Work Usually Resident and Present in the State"/>
+    <s v="91"/>
+    <s v="Elementary trades and related occupations"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZZZ99"/>
+    <s v="Not stated, including no nationality"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="133"/>
+  </r>
+  <r>
+    <s v="CD311"/>
+    <s v="Population Aged 15 Years and Over At Work Usually Resident and Present in the State"/>
+    <s v="91"/>
+    <s v="Elementary trades and related occupations"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All nationalities"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="23707"/>
+  </r>
+  <r>
+    <s v="CD311"/>
+    <s v="Population Aged 15 Years and Over At Work Usually Resident and Present in the State"/>
+    <s v="91"/>
+    <s v="Elementary trades and related occupations"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2914"/>
+  </r>
+  <r>
+    <s v="CD311"/>
+    <s v="Population Aged 15 Years and Over At Work Usually Resident and Present in the State"/>
+    <s v="91"/>
+    <s v="Elementary trades and related occupations"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE05"/>
+    <s v="Non-Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2721"/>
+  </r>
+  <r>
+    <s v="CD311"/>
+    <s v="Population Aged 15 Years and Over At Work Usually Resident and Present in the State"/>
+    <s v="91"/>
+    <s v="Elementary trades and related occupations"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="GB01"/>
+    <s v="UK (1)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="120"/>
+  </r>
+  <r>
+    <s v="CD311"/>
+    <s v="Population Aged 15 Years and Over At Work Usually Resident and Present in the State"/>
+    <s v="91"/>
+    <s v="Elementary trades and related occupations"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="EU15X02"/>
+    <s v="EU15 excluding Irish and UK"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="55"/>
+  </r>
+  <r>
+    <s v="CD311"/>
+    <s v="Population Aged 15 Years and Over At Work Usually Resident and Present in the State"/>
+    <s v="91"/>
+    <s v="Elementary trades and related occupations"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="PL"/>
+    <s v="Polish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="795"/>
+  </r>
+  <r>
+    <s v="CD311"/>
+    <s v="Population Aged 15 Years and Over At Work Usually Resident and Present in the State"/>
+    <s v="91"/>
+    <s v="Elementary trades and related occupations"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ACC12X01"/>
+    <s v="EU15 to EU27 states excluding Polish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1535"/>
+  </r>
+  <r>
+    <s v="CD311"/>
+    <s v="Population Aged 15 Years and Over At Work Usually Resident and Present in the State"/>
+    <s v="91"/>
+    <s v="Elementary trades and related occupations"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ON7"/>
+    <s v="Other nationalities (7)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="216"/>
+  </r>
+  <r>
+    <s v="CD311"/>
+    <s v="Population Aged 15 Years and Over At Work Usually Resident and Present in the State"/>
+    <s v="91"/>
+    <s v="Elementary trades and related occupations"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZZZ99"/>
+    <s v="Not stated, including no nationality"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="27"/>
+  </r>
+  <r>
+    <s v="CD311"/>
+    <s v="Population Aged 15 Years and Over At Work Usually Resident and Present in the State"/>
+    <s v="91"/>
+    <s v="Elementary trades and related occupations"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All nationalities"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5662"/>
+  </r>
+  <r>
+    <s v="CD311"/>
+    <s v="Population Aged 15 Years and Over At Work Usually Resident and Present in the State"/>
+    <s v="92"/>
+    <s v="Elementary administration and service occupations"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="81588"/>
+  </r>
+  <r>
+    <s v="CD311"/>
+    <s v="Population Aged 15 Years and Over At Work Usually Resident and Present in the State"/>
+    <s v="92"/>
+    <s v="Elementary administration and service occupations"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE05"/>
+    <s v="Non-Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="42035"/>
+  </r>
+  <r>
+    <s v="CD311"/>
+    <s v="Population Aged 15 Years and Over At Work Usually Resident and Present in the State"/>
+    <s v="92"/>
+    <s v="Elementary administration and service occupations"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="GB01"/>
+    <s v="UK (1)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2720"/>
+  </r>
+  <r>
+    <s v="CD311"/>
+    <s v="Population Aged 15 Years and Over At Work Usually Resident and Present in the State"/>
+    <s v="92"/>
+    <s v="Elementary administration and service occupations"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="EU15X02"/>
+    <s v="EU15 excluding Irish and UK"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1605"/>
+  </r>
+  <r>
+    <s v="CD311"/>
+    <s v="Population Aged 15 Years and Over At Work Usually Resident and Present in the State"/>
+    <s v="92"/>
+    <s v="Elementary administration and service occupations"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="PL"/>
+    <s v="Polish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="15570"/>
+  </r>
+  <r>
+    <s v="CD311"/>
+    <s v="Population Aged 15 Years and Over At Work Usually Resident and Present in the State"/>
+    <s v="92"/>
+    <s v="Elementary administration and service occupations"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ACC12X01"/>
+    <s v="EU15 to EU27 states excluding Polish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="14102"/>
+  </r>
+  <r>
+    <s v="CD311"/>
+    <s v="Population Aged 15 Years and Over At Work Usually Resident and Present in the State"/>
+    <s v="92"/>
+    <s v="Elementary administration and service occupations"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ON7"/>
+    <s v="Other nationalities (7)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="8038"/>
+  </r>
+  <r>
+    <s v="CD311"/>
+    <s v="Population Aged 15 Years and Over At Work Usually Resident and Present in the State"/>
+    <s v="92"/>
+    <s v="Elementary administration and service occupations"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZZZ99"/>
+    <s v="Not stated, including no nationality"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="636"/>
+  </r>
+  <r>
+    <s v="CD311"/>
+    <s v="Population Aged 15 Years and Over At Work Usually Resident and Present in the State"/>
+    <s v="92"/>
+    <s v="Elementary administration and service occupations"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All nationalities"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="124259"/>
+  </r>
+  <r>
+    <s v="CD311"/>
+    <s v="Population Aged 15 Years and Over At Work Usually Resident and Present in the State"/>
+    <s v="92"/>
+    <s v="Elementary administration and service occupations"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="43657"/>
+  </r>
+  <r>
+    <s v="CD311"/>
+    <s v="Population Aged 15 Years and Over At Work Usually Resident and Present in the State"/>
+    <s v="92"/>
+    <s v="Elementary administration and service occupations"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE05"/>
+    <s v="Non-Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="20130"/>
+  </r>
+  <r>
+    <s v="CD311"/>
+    <s v="Population Aged 15 Years and Over At Work Usually Resident and Present in the State"/>
+    <s v="92"/>
+    <s v="Elementary administration and service occupations"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="GB01"/>
+    <s v="UK (1)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1511"/>
+  </r>
+  <r>
+    <s v="CD311"/>
+    <s v="Population Aged 15 Years and Over At Work Usually Resident and Present in the State"/>
+    <s v="92"/>
+    <s v="Elementary administration and service occupations"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="EU15X02"/>
+    <s v="EU15 excluding Irish and UK"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="865"/>
+  </r>
+  <r>
+    <s v="CD311"/>
+    <s v="Population Aged 15 Years and Over At Work Usually Resident and Present in the State"/>
+    <s v="92"/>
+    <s v="Elementary administration and service occupations"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="PL"/>
+    <s v="Polish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="7148"/>
+  </r>
+  <r>
+    <s v="CD311"/>
+    <s v="Population Aged 15 Years and Over At Work Usually Resident and Present in the State"/>
+    <s v="92"/>
+    <s v="Elementary administration and service occupations"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ACC12X01"/>
+    <s v="EU15 to EU27 states excluding Polish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5779"/>
+  </r>
+  <r>
+    <s v="CD311"/>
+    <s v="Population Aged 15 Years and Over At Work Usually Resident and Present in the State"/>
+    <s v="92"/>
+    <s v="Elementary administration and service occupations"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ON7"/>
+    <s v="Other nationalities (7)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4827"/>
+  </r>
+  <r>
+    <s v="CD311"/>
+    <s v="Population Aged 15 Years and Over At Work Usually Resident and Present in the State"/>
+    <s v="92"/>
+    <s v="Elementary administration and service occupations"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZZZ99"/>
+    <s v="Not stated, including no nationality"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="331"/>
+  </r>
+  <r>
+    <s v="CD311"/>
+    <s v="Population Aged 15 Years and Over At Work Usually Resident and Present in the State"/>
+    <s v="92"/>
+    <s v="Elementary administration and service occupations"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All nationalities"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="64118"/>
+  </r>
+  <r>
+    <s v="CD311"/>
+    <s v="Population Aged 15 Years and Over At Work Usually Resident and Present in the State"/>
+    <s v="92"/>
+    <s v="Elementary administration and service occupations"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="37931"/>
+  </r>
+  <r>
+    <s v="CD311"/>
+    <s v="Population Aged 15 Years and Over At Work Usually Resident and Present in the State"/>
+    <s v="92"/>
+    <s v="Elementary administration and service occupations"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE05"/>
+    <s v="Non-Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="21905"/>
+  </r>
+  <r>
+    <s v="CD311"/>
+    <s v="Population Aged 15 Years and Over At Work Usually Resident and Present in the State"/>
+    <s v="92"/>
+    <s v="Elementary administration and service occupations"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="GB01"/>
+    <s v="UK (1)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1209"/>
+  </r>
+  <r>
+    <s v="CD311"/>
+    <s v="Population Aged 15 Years and Over At Work Usually Resident and Present in the State"/>
+    <s v="92"/>
+    <s v="Elementary administration and service occupations"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="EU15X02"/>
+    <s v="EU15 excluding Irish and UK"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="740"/>
+  </r>
+  <r>
+    <s v="CD311"/>
+    <s v="Population Aged 15 Years and Over At Work Usually Resident and Present in the State"/>
+    <s v="92"/>
+    <s v="Elementary administration and service occupations"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="PL"/>
+    <s v="Polish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="8422"/>
+  </r>
+  <r>
+    <s v="CD311"/>
+    <s v="Population Aged 15 Years and Over At Work Usually Resident and Present in the State"/>
+    <s v="92"/>
+    <s v="Elementary administration and service occupations"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ACC12X01"/>
+    <s v="EU15 to EU27 states excluding Polish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="8323"/>
+  </r>
+  <r>
+    <s v="CD311"/>
+    <s v="Population Aged 15 Years and Over At Work Usually Resident and Present in the State"/>
+    <s v="92"/>
+    <s v="Elementary administration and service occupations"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ON7"/>
+    <s v="Other nationalities (7)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3211"/>
+  </r>
+  <r>
+    <s v="CD311"/>
+    <s v="Population Aged 15 Years and Over At Work Usually Resident and Present in the State"/>
+    <s v="92"/>
+    <s v="Elementary administration and service occupations"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZZZ99"/>
+    <s v="Not stated, including no nationality"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="305"/>
+  </r>
+  <r>
+    <s v="CD311"/>
+    <s v="Population Aged 15 Years and Over At Work Usually Resident and Present in the State"/>
+    <s v="92"/>
+    <s v="Elementary administration and service occupations"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All nationalities"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="60141"/>
+  </r>
+  <r>
+    <s v="CD311"/>
+    <s v="Population Aged 15 Years and Over At Work Usually Resident and Present in the State"/>
+    <s v="X9"/>
+    <s v="Other/not stated"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="50622"/>
+  </r>
+  <r>
+    <s v="CD311"/>
+    <s v="Population Aged 15 Years and Over At Work Usually Resident and Present in the State"/>
+    <s v="X9"/>
+    <s v="Other/not stated"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE05"/>
+    <s v="Non-Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="18055"/>
+  </r>
+  <r>
+    <s v="CD311"/>
+    <s v="Population Aged 15 Years and Over At Work Usually Resident and Present in the State"/>
+    <s v="X9"/>
+    <s v="Other/not stated"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="GB01"/>
+    <s v="UK (1)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1569"/>
+  </r>
+  <r>
+    <s v="CD311"/>
+    <s v="Population Aged 15 Years and Over At Work Usually Resident and Present in the State"/>
+    <s v="X9"/>
+    <s v="Other/not stated"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="EU15X02"/>
+    <s v="EU15 excluding Irish and UK"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1489"/>
+  </r>
+  <r>
+    <s v="CD311"/>
+    <s v="Population Aged 15 Years and Over At Work Usually Resident and Present in the State"/>
+    <s v="X9"/>
+    <s v="Other/not stated"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="PL"/>
+    <s v="Polish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4371"/>
+  </r>
+  <r>
+    <s v="CD311"/>
+    <s v="Population Aged 15 Years and Over At Work Usually Resident and Present in the State"/>
+    <s v="X9"/>
+    <s v="Other/not stated"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ACC12X01"/>
+    <s v="EU15 to EU27 states excluding Polish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4661"/>
+  </r>
+  <r>
+    <s v="CD311"/>
+    <s v="Population Aged 15 Years and Over At Work Usually Resident and Present in the State"/>
+    <s v="X9"/>
+    <s v="Other/not stated"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ON7"/>
+    <s v="Other nationalities (7)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5965"/>
+  </r>
+  <r>
+    <s v="CD311"/>
+    <s v="Population Aged 15 Years and Over At Work Usually Resident and Present in the State"/>
+    <s v="X9"/>
+    <s v="Other/not stated"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZZZ99"/>
+    <s v="Not stated, including no nationality"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="9978"/>
+  </r>
+  <r>
+    <s v="CD311"/>
+    <s v="Population Aged 15 Years and Over At Work Usually Resident and Present in the State"/>
+    <s v="X9"/>
+    <s v="Other/not stated"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All nationalities"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="78655"/>
+  </r>
+  <r>
+    <s v="CD311"/>
+    <s v="Population Aged 15 Years and Over At Work Usually Resident and Present in the State"/>
+    <s v="X9"/>
+    <s v="Other/not stated"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="27513"/>
+  </r>
+  <r>
+    <s v="CD311"/>
+    <s v="Population Aged 15 Years and Over At Work Usually Resident and Present in the State"/>
+    <s v="X9"/>
+    <s v="Other/not stated"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE05"/>
+    <s v="Non-Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="10103"/>
+  </r>
+  <r>
+    <s v="CD311"/>
+    <s v="Population Aged 15 Years and Over At Work Usually Resident and Present in the State"/>
+    <s v="X9"/>
+    <s v="Other/not stated"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="GB01"/>
+    <s v="UK (1)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="864"/>
+  </r>
+  <r>
+    <s v="CD311"/>
+    <s v="Population Aged 15 Years and Over At Work Usually Resident and Present in the State"/>
+    <s v="X9"/>
+    <s v="Other/not stated"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="EU15X02"/>
+    <s v="EU15 excluding Irish and UK"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="756"/>
+  </r>
+  <r>
+    <s v="CD311"/>
+    <s v="Population Aged 15 Years and Over At Work Usually Resident and Present in the State"/>
+    <s v="X9"/>
+    <s v="Other/not stated"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="PL"/>
+    <s v="Polish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2536"/>
+  </r>
+  <r>
+    <s v="CD311"/>
+    <s v="Population Aged 15 Years and Over At Work Usually Resident and Present in the State"/>
+    <s v="X9"/>
+    <s v="Other/not stated"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ACC12X01"/>
+    <s v="EU15 to EU27 states excluding Polish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2532"/>
+  </r>
+  <r>
+    <s v="CD311"/>
+    <s v="Population Aged 15 Years and Over At Work Usually Resident and Present in the State"/>
+    <s v="X9"/>
+    <s v="Other/not stated"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ON7"/>
+    <s v="Other nationalities (7)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3415"/>
+  </r>
+  <r>
+    <s v="CD311"/>
+    <s v="Population Aged 15 Years and Over At Work Usually Resident and Present in the State"/>
+    <s v="X9"/>
+    <s v="Other/not stated"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZZZ99"/>
+    <s v="Not stated, including no nationality"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5697"/>
+  </r>
+  <r>
+    <s v="CD311"/>
+    <s v="Population Aged 15 Years and Over At Work Usually Resident and Present in the State"/>
+    <s v="X9"/>
+    <s v="Other/not stated"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All nationalities"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="43313"/>
+  </r>
+  <r>
+    <s v="CD311"/>
+    <s v="Population Aged 15 Years and Over At Work Usually Resident and Present in the State"/>
+    <s v="X9"/>
+    <s v="Other/not stated"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="23109"/>
+  </r>
+  <r>
+    <s v="CD311"/>
+    <s v="Population Aged 15 Years and Over At Work Usually Resident and Present in the State"/>
+    <s v="X9"/>
+    <s v="Other/not stated"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE05"/>
+    <s v="Non-Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="7952"/>
+  </r>
+  <r>
+    <s v="CD311"/>
+    <s v="Population Aged 15 Years and Over At Work Usually Resident and Present in the State"/>
+    <s v="X9"/>
+    <s v="Other/not stated"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="GB01"/>
+    <s v="UK (1)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="705"/>
+  </r>
+  <r>
+    <s v="CD311"/>
+    <s v="Population Aged 15 Years and Over At Work Usually Resident and Present in the State"/>
+    <s v="X9"/>
+    <s v="Other/not stated"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="EU15X02"/>
+    <s v="EU15 excluding Irish and UK"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="733"/>
+  </r>
+  <r>
+    <s v="CD311"/>
+    <s v="Population Aged 15 Years and Over At Work Usually Resident and Present in the State"/>
+    <s v="X9"/>
+    <s v="Other/not stated"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="PL"/>
+    <s v="Polish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1835"/>
+  </r>
+  <r>
+    <s v="CD311"/>
+    <s v="Population Aged 15 Years and Over At Work Usually Resident and Present in the State"/>
+    <s v="X9"/>
+    <s v="Other/not stated"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ACC12X01"/>
+    <s v="EU15 to EU27 states excluding Polish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2129"/>
+  </r>
+  <r>
+    <s v="CD311"/>
+    <s v="Population Aged 15 Years and Over At Work Usually Resident and Present in the State"/>
+    <s v="X9"/>
+    <s v="Other/not stated"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ON7"/>
+    <s v="Other nationalities (7)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2550"/>
+  </r>
+  <r>
+    <s v="CD311"/>
+    <s v="Population Aged 15 Years and Over At Work Usually Resident and Present in the State"/>
+    <s v="X9"/>
+    <s v="Other/not stated"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZZZ99"/>
+    <s v="Not stated, including no nationality"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4281"/>
+  </r>
+  <r>
+    <s v="CD311"/>
+    <s v="Population Aged 15 Years and Over At Work Usually Resident and Present in the State"/>
+    <s v="X9"/>
+    <s v="Other/not stated"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All nationalities"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="35342"/>
+  </r>
+  <r>
+    <s v="CD311"/>
+    <s v="Population Aged 15 Years and Over At Work Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="All occupational groups"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1494487"/>
+  </r>
+  <r>
+    <s v="CD311"/>
+    <s v="Population Aged 15 Years and Over At Work Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="All occupational groups"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE05"/>
+    <s v="Non-Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="268180"/>
+  </r>
+  <r>
+    <s v="CD311"/>
+    <s v="Population Aged 15 Years and Over At Work Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="All occupational groups"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="GB01"/>
+    <s v="UK (1)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="46902"/>
+  </r>
+  <r>
+    <s v="CD311"/>
+    <s v="Population Aged 15 Years and Over At Work Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="All occupational groups"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="EU15X02"/>
+    <s v="EU15 excluding Irish and UK"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="30309"/>
+  </r>
+  <r>
+    <s v="CD311"/>
+    <s v="Population Aged 15 Years and Over At Work Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="All occupational groups"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="PL"/>
+    <s v="Polish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="69473"/>
+  </r>
+  <r>
+    <s v="CD311"/>
+    <s v="Population Aged 15 Years and Over At Work Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="All occupational groups"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ACC12X01"/>
+    <s v="EU15 to EU27 states excluding Polish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="56756"/>
+  </r>
+  <r>
+    <s v="CD311"/>
+    <s v="Population Aged 15 Years and Over At Work Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="All occupational groups"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ON7"/>
+    <s v="Other nationalities (7)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="64740"/>
+  </r>
+  <r>
+    <s v="CD311"/>
+    <s v="Population Aged 15 Years and Over At Work Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="All occupational groups"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZZZ99"/>
+    <s v="Not stated, including no nationality"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="15733"/>
+  </r>
+  <r>
+    <s v="CD311"/>
+    <s v="Population Aged 15 Years and Over At Work Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="All occupational groups"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All nationalities"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1778400"/>
+  </r>
+  <r>
+    <s v="CD311"/>
+    <s v="Population Aged 15 Years and Over At Work Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="All occupational groups"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="786661"/>
+  </r>
+  <r>
+    <s v="CD311"/>
+    <s v="Population Aged 15 Years and Over At Work Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="All occupational groups"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE05"/>
+    <s v="Non-Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="143387"/>
+  </r>
+  <r>
+    <s v="CD311"/>
+    <s v="Population Aged 15 Years and Over At Work Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="All occupational groups"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="GB01"/>
+    <s v="UK (1)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="26155"/>
+  </r>
+  <r>
+    <s v="CD311"/>
+    <s v="Population Aged 15 Years and Over At Work Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="All occupational groups"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="EU15X02"/>
+    <s v="EU15 excluding Irish and UK"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="15641"/>
+  </r>
+  <r>
+    <s v="CD311"/>
+    <s v="Population Aged 15 Years and Over At Work Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="All occupational groups"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="PL"/>
+    <s v="Polish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="37956"/>
+  </r>
+  <r>
+    <s v="CD311"/>
+    <s v="Population Aged 15 Years and Over At Work Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="All occupational groups"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ACC12X01"/>
+    <s v="EU15 to EU27 states excluding Polish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="28399"/>
+  </r>
+  <r>
+    <s v="CD311"/>
+    <s v="Population Aged 15 Years and Over At Work Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="All occupational groups"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ON7"/>
+    <s v="Other nationalities (7)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="35236"/>
+  </r>
+  <r>
+    <s v="CD311"/>
+    <s v="Population Aged 15 Years and Over At Work Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="All occupational groups"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZZZ99"/>
+    <s v="Not stated, including no nationality"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="9127"/>
+  </r>
+  <r>
+    <s v="CD311"/>
+    <s v="Population Aged 15 Years and Over At Work Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="All occupational groups"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All nationalities"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="939175"/>
+  </r>
+  <r>
+    <s v="CD311"/>
+    <s v="Population Aged 15 Years and Over At Work Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="All occupational groups"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="707826"/>
+  </r>
+  <r>
+    <s v="CD311"/>
+    <s v="Population Aged 15 Years and Over At Work Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="All occupational groups"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE05"/>
+    <s v="Non-Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="124793"/>
+  </r>
+  <r>
+    <s v="CD311"/>
+    <s v="Population Aged 15 Years and Over At Work Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="All occupational groups"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="GB01"/>
+    <s v="UK (1)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="20747"/>
+  </r>
+  <r>
+    <s v="CD311"/>
+    <s v="Population Aged 15 Years and Over At Work Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="All occupational groups"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="EU15X02"/>
+    <s v="EU15 excluding Irish and UK"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="14668"/>
+  </r>
+  <r>
+    <s v="CD311"/>
+    <s v="Population Aged 15 Years and Over At Work Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="All occupational groups"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="PL"/>
+    <s v="Polish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="31517"/>
+  </r>
+  <r>
+    <s v="CD311"/>
+    <s v="Population Aged 15 Years and Over At Work Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="All occupational groups"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ACC12X01"/>
+    <s v="EU15 to EU27 states excluding Polish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="28357"/>
+  </r>
+  <r>
+    <s v="CD311"/>
+    <s v="Population Aged 15 Years and Over At Work Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="All occupational groups"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ON7"/>
+    <s v="Other nationalities (7)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="29504"/>
+  </r>
+  <r>
+    <s v="CD311"/>
+    <s v="Population Aged 15 Years and Over At Work Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="All occupational groups"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZZZ99"/>
+    <s v="Not stated, including no nationality"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="6606"/>
+  </r>
+  <r>
+    <s v="CD311"/>
+    <s v="Population Aged 15 Years and Over At Work Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="All occupational groups"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All nationalities"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="839225"/>
+  </r>
+</pivotCacheRecords>
 </file>