--- v1 (2026-01-03)
+++ v2 (2026-02-24)
@@ -1,48 +1,48 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/pivotCache/pivotCacheDefinition1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheDefinition+xml"/>
   <Override PartName="/pivotCache/pivotCacheRecords1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheRecords+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/pivotTables/pivotTable.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R77618ce4cfbe4dd0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/f8f5a9a5cf5c484c8a414c925fdb54e7.psmdcp" Id="R46f4307ed3da4800" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1d28e66800954dbf" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/44ba7f65a1434bc988724c6b167ab197.psmdcp" Id="R0755665e1e724861" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="About" sheetId="1" r:id="rId2"/>
     <x:sheet name="Unpivoted" sheetId="2" r:id="rId9"/>
     <x:sheet name="Pivoted" sheetId="3" r:id="rId11"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
   <x:pivotCaches>
     <x:pivotCache cacheId="0" r:id="rId12"/>
   </x:pivotCaches>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Table</x:t>