--- v0 (2025-10-02)
+++ v1 (2025-11-17)
@@ -1,48 +1,48 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/pivotCache/pivotCacheDefinition1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheDefinition+xml"/>
   <Override PartName="/pivotCache/pivotCacheRecords1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheRecords+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/pivotTables/pivotTable.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0e0a9d347ce24170" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/2593a6ca5fd14e7ebddf7e105c666fa6.psmdcp" Id="R35925737a0074c25" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra75e28799318491b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/7b10513047324975a322ecfda1b6c33b.psmdcp" Id="Rbd81bd35bb884c5e" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="About" sheetId="2" r:id="rId2"/>
     <x:sheet name="Unpivoted" sheetId="9" r:id="rId9"/>
     <x:sheet name="Pivoted" sheetId="11" r:id="rId11"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
   <x:pivotCaches>
     <x:pivotCache cacheId="0" r:id="rId12"/>
   </x:pivotCaches>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Table</x:t>