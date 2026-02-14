--- v1 (2025-11-17)
+++ v2 (2026-02-14)
@@ -1,97 +1,97 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/pivotCache/pivotCacheDefinition1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheDefinition+xml"/>
   <Override PartName="/pivotCache/pivotCacheRecords1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheRecords+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/pivotTables/pivotTable.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra75e28799318491b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/7b10513047324975a322ecfda1b6c33b.psmdcp" Id="Rbd81bd35bb884c5e" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rad95bbb67d6f4cc9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/3cdceed750b34a3a81b26678caf2e9ee.psmdcp" Id="Rc4999308c2e04959" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
-    <x:sheet name="About" sheetId="2" r:id="rId2"/>
-[...1 lines deleted...]
-    <x:sheet name="Pivoted" sheetId="11" r:id="rId11"/>
+    <x:sheet name="About" sheetId="1" r:id="rId2"/>
+    <x:sheet name="Unpivoted" sheetId="2" r:id="rId9"/>
+    <x:sheet name="Pivoted" sheetId="3" r:id="rId11"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
   <x:pivotCaches>
     <x:pivotCache cacheId="0" r:id="rId12"/>
   </x:pivotCaches>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Table</x:t>
   </x:si>
   <x:si>
     <x:t>Code</x:t>
   </x:si>
   <x:si>
     <x:t>CD309</x:t>
   </x:si>
   <x:si>
     <x:t>Name</x:t>
   </x:si>
   <x:si>
     <x:t>Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State</x:t>
   </x:si>
   <x:si>
     <x:t>Frequency</x:t>
   </x:si>
   <x:si>
     <x:t>Annual</x:t>
   </x:si>
   <x:si>
     <x:t>Last Updated</x:t>
   </x:si>
   <x:si>
-    <x:t>5/13/2020 11:00:00 AM</x:t>
+    <x:t>13/05/2020 11:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Note</x:t>
   </x:si>
   <x:si>
     <x:t>Url</x:t>
   </x:si>
   <x:si>
     <x:t>https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/CD309/XLSX/2007/en</x:t>
   </x:si>
   <x:si>
     <x:t>Product</x:t>
   </x:si>
   <x:si>
     <x:t>C2011P3</x:t>
   </x:si>
   <x:si>
     <x:t>Profile 3 - At Work</x:t>
   </x:si>
   <x:si>
     <x:t>Contacts</x:t>
   </x:si>
   <x:si>
     <x:t>Bernie Casey</x:t>
   </x:si>
@@ -398,50 +398,53 @@
   <x:si>
     <x:t>ZXD230</x:t>
   </x:si>
   <x:si>
     <x:t>Unemployed looking for first regular job</x:t>
   </x:si>
   <x:si>
     <x:t>ZXD240</x:t>
   </x:si>
   <x:si>
     <x:t>Unemployed, having lost or given up previous job</x:t>
   </x:si>
   <x:si>
     <x:t>ZXD250</x:t>
   </x:si>
   <x:si>
     <x:t>Total in labour force</x:t>
   </x:si>
   <x:si>
     <x:t>1</x:t>
   </x:si>
   <x:si>
     <x:t>Male</x:t>
   </x:si>
   <x:si>
+    <x:t/>
+  </x:si>
+  <x:si>
     <x:t>2</x:t>
   </x:si>
   <x:si>
     <x:t>Female</x:t>
   </x:si>
 </x:sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts count="1">
     <x:numFmt numFmtId="0" formatCode=""/>
   </x:numFmts>
   <x:fonts count="4">
     <x:font>
       <x:vertAlign val="baseline"/>
       <x:sz val="11"/>
       <x:color rgb="FF000000"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:vertAlign val="baseline"/>
       <x:sz val="13"/>
@@ -583,475 +586,198 @@
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip r:embed="rId8" cstate="print"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="3971925" cy="1381125"/>
         </a:xfrm>
         <a:prstGeom prst="rect"/>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/pivotTables/_rels/pivotTable.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheDefinition" Target="/pivotCache/pivotCacheDefinition1.xml" Id="rId17" /></Relationships>
 </file>
 
 <file path=xl/pivotTables/pivotTable.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotTableDefinition xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" dataCaption="Values" showError="0" missingCaption="" showMissing="1" pageWrap="0" pageOverThenDown="0" rowGrandTotals="0" colGrandTotals="0" indent="1">
-[...423 lines deleted...]
-</x:pivotTableDefinition>
+<pivotTableDefinition xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" applyNumberFormats="0" applyBorderFormats="0" applyFontFormats="0" applyPatternFormats="0" applyAlignmentFormats="0" applyWidthHeightFormats="0" dataCaption="Values" rowGrandTotals="0" colGrandTotals="0" outline="1">
+  <location ref="A1" firstHeaderRow="0" firstDataRow="0" firstDataCol="0"/>
+  <pivotFields count="12">
+    <pivotField name="STATISTIC" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="Statistic Label" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="C02199V02655" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="3">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+      </items>
+    </pivotField>
+    <pivotField name="Sex" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="3">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+      </items>
+    </pivotField>
+    <pivotField name="C02852V03430" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="26">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+        <item x="11"/>
+        <item x="12"/>
+        <item x="13"/>
+        <item x="14"/>
+        <item x="15"/>
+        <item x="16"/>
+        <item x="17"/>
+        <item x="18"/>
+        <item x="19"/>
+        <item x="20"/>
+        <item x="21"/>
+        <item x="22"/>
+        <item x="23"/>
+        <item x="24"/>
+        <item x="25"/>
+      </items>
+    </pivotField>
+    <pivotField name="Broad Industrial Group" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="26">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+        <item x="11"/>
+        <item x="12"/>
+        <item x="13"/>
+        <item x="14"/>
+        <item x="15"/>
+        <item x="16"/>
+        <item x="17"/>
+        <item x="18"/>
+        <item x="19"/>
+        <item x="20"/>
+        <item x="21"/>
+        <item x="22"/>
+        <item x="23"/>
+        <item x="24"/>
+        <item x="25"/>
+      </items>
+    </pivotField>
+    <pivotField name="C02537V03240" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="9">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+      </items>
+    </pivotField>
+    <pivotField name="Nationality" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="9">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+      </items>
+    </pivotField>
+    <pivotField name="TLIST(A1)" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="CensusYear" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField showAll="0"/>
+    <pivotField dataField="1" showAll="0"/>
+  </pivotFields>
+  <rowFields count="10">
+    <field x="0"/>
+    <field x="1"/>
+    <field x="2"/>
+    <field x="3"/>
+    <field x="4"/>
+    <field x="5"/>
+    <field x="6"/>
+    <field x="7"/>
+    <field x="8"/>
+    <field x="9"/>
+  </rowFields>
+  <dataFields count="1">
+    <dataField name="VALUE" fld="11"/>
+  </dataFields>
+  <pivotTableStyleInfo name="PivotStyleLight16" showRowHeaders="1" showColHeaders="1"/>
+  <extLst>
+    <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{962EF5D1-5CA2-4c93-8EF4-DBF5C05439D2}">
+      <x14:pivotTableDefinition enableEdit="0" hideValuesRow="1"/>
+    </ext>
+  </extLst>
+</pivotTableDefinition>
 </file>
 
 <file path=xl/tables/table1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:table xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="1" name="Unpivoted" displayName="Unpivoted" ref="A1:L703" totalsRowShown="0">
   <x:autoFilter ref="A1:L703"/>
   <x:tableColumns count="12">
     <x:tableColumn id="1" name="STATISTIC"/>
     <x:tableColumn id="2" name="Statistic Label"/>
     <x:tableColumn id="3" name="C02199V02655"/>
     <x:tableColumn id="4" name="Sex"/>
     <x:tableColumn id="5" name="C02852V03430"/>
     <x:tableColumn id="6" name="Broad Industrial Group"/>
     <x:tableColumn id="7" name="C02537V03240"/>
     <x:tableColumn id="8" name="Nationality"/>
     <x:tableColumn id="9" name="TLIST(A1)"/>
     <x:tableColumn id="10" name="CensusYear"/>
     <x:tableColumn id="11" name="UNIT"/>
     <x:tableColumn id="12" name="VALUE"/>
   </x:tableColumns>
   <x:tableStyleInfo name="TableStyleMedium2" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </x:table>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
@@ -1324,51 +1050,51 @@
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="/xl/drawings/drawing1.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/CD309/XLSX/2007/en" TargetMode="External" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cso.ie/" TargetMode="External" Id="rId14" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="/xl/tables/table1.xml" Id="rId15" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet3.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotTable" Target="/xl/pivotTables/pivotTable.xml" Id="rId16" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:B39"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="20.710625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="100.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="8" spans="1:2">
       <x:c r="A8" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B8" s="2"/>
     </x:row>
     <x:row r="9" spans="1:2">
       <x:c r="A9" s="3" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="B9" s="0" t="s">
         <x:v>2</x:v>
@@ -1555,51 +1281,51 @@
       </x:c>
     </x:row>
     <x:row r="39" spans="1:2">
       <x:c r="A39" s="3" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B39" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:hyperlinks>
     <x:hyperlink ref="B14" r:id="rId13"/>
     <x:hyperlink ref="B28" r:id="rId14"/>
   </x:hyperlinks>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:drawing xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId7"/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:L703"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="11.996339" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="87.567768" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="16.139196" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="10.424911" style="0" customWidth="1"/>
     <x:col min="5" max="5" width="16.139196" style="0" customWidth="1"/>
     <x:col min="6" max="6" width="79.710625" style="0" customWidth="1"/>
     <x:col min="7" max="7" width="16.139196" style="0" customWidth="1"/>
     <x:col min="8" max="8" width="33.567768" style="0" customWidth="1"/>
     <x:col min="9" max="9" width="11.282054" style="0" customWidth="1"/>
     <x:col min="10" max="10" width="13.424911" style="0" customWidth="1"/>
     <x:col min="11" max="11" width="8.282054" style="0" customWidth="1"/>
     <x:col min="12" max="12" width="8.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:12">
       <x:c r="A1" s="0" t="s">
@@ -17307,50 +17033,53 @@
       </x:c>
       <x:c r="D414" s="0" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="E414" s="0" t="s">
         <x:v>109</x:v>
       </x:c>
       <x:c r="F414" s="0" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="G414" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="H414" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="I414" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J414" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="K414" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
+      <x:c r="L414" s="0" t="s">
+        <x:v>125</x:v>
+      </x:c>
     </x:row>
     <x:row r="415" spans="1:12">
       <x:c r="A415" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B415" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C415" s="0" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="D415" s="0" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="E415" s="0" t="s">
         <x:v>109</x:v>
       </x:c>
       <x:c r="F415" s="0" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="G415" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="H415" s="0" t="s">
         <x:v>72</x:v>
@@ -19406,8941 +19135,8947 @@
       </x:c>
       <x:c r="H469" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="I469" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J469" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="K469" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="L469" s="0">
         <x:v>1211654</x:v>
       </x:c>
     </x:row>
     <x:row r="470" spans="1:12">
       <x:c r="A470" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B470" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C470" s="0" t="s">
-        <x:v>125</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="D470" s="0" t="s">
-        <x:v>126</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="E470" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="F470" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="G470" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="H470" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="I470" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J470" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="K470" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="L470" s="0">
         <x:v>8762</x:v>
       </x:c>
     </x:row>
     <x:row r="471" spans="1:12">
       <x:c r="A471" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B471" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C471" s="0" t="s">
-        <x:v>125</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="D471" s="0" t="s">
-        <x:v>126</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="E471" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="F471" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="G471" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="H471" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="I471" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J471" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="K471" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="L471" s="0">
         <x:v>2146</x:v>
       </x:c>
     </x:row>
     <x:row r="472" spans="1:12">
       <x:c r="A472" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B472" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C472" s="0" t="s">
-        <x:v>125</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="D472" s="0" t="s">
-        <x:v>126</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="E472" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="F472" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="G472" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="H472" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="I472" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J472" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="K472" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="L472" s="0">
         <x:v>330</x:v>
       </x:c>
     </x:row>
     <x:row r="473" spans="1:12">
       <x:c r="A473" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B473" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C473" s="0" t="s">
-        <x:v>125</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="D473" s="0" t="s">
-        <x:v>126</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="E473" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="F473" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="G473" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="H473" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="I473" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J473" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="K473" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="L473" s="0">
         <x:v>166</x:v>
       </x:c>
     </x:row>
     <x:row r="474" spans="1:12">
       <x:c r="A474" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B474" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C474" s="0" t="s">
-        <x:v>125</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="D474" s="0" t="s">
-        <x:v>126</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="E474" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="F474" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="G474" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="H474" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="I474" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J474" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="K474" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="L474" s="0">
         <x:v>265</x:v>
       </x:c>
     </x:row>
     <x:row r="475" spans="1:12">
       <x:c r="A475" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B475" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C475" s="0" t="s">
-        <x:v>125</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="D475" s="0" t="s">
-        <x:v>126</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="E475" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="F475" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="G475" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="H475" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="I475" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J475" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="K475" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="L475" s="0">
         <x:v>1157</x:v>
       </x:c>
     </x:row>
     <x:row r="476" spans="1:12">
       <x:c r="A476" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B476" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C476" s="0" t="s">
-        <x:v>125</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="D476" s="0" t="s">
-        <x:v>126</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="E476" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="F476" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="G476" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="H476" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="I476" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J476" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="K476" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="L476" s="0">
         <x:v>228</x:v>
       </x:c>
     </x:row>
     <x:row r="477" spans="1:12">
       <x:c r="A477" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B477" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C477" s="0" t="s">
-        <x:v>125</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="D477" s="0" t="s">
-        <x:v>126</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="E477" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="F477" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="G477" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="H477" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="I477" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J477" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="K477" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="L477" s="0">
         <x:v>67</x:v>
       </x:c>
     </x:row>
     <x:row r="478" spans="1:12">
       <x:c r="A478" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B478" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C478" s="0" t="s">
-        <x:v>125</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="D478" s="0" t="s">
-        <x:v>126</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="E478" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="F478" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="G478" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="H478" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="I478" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J478" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="K478" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="L478" s="0">
         <x:v>10975</x:v>
       </x:c>
     </x:row>
     <x:row r="479" spans="1:12">
       <x:c r="A479" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B479" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C479" s="0" t="s">
-        <x:v>125</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="D479" s="0" t="s">
-        <x:v>126</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="E479" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="F479" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="G479" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="H479" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="I479" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J479" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="K479" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="L479" s="0">
         <x:v>530</x:v>
       </x:c>
     </x:row>
     <x:row r="480" spans="1:12">
       <x:c r="A480" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B480" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C480" s="0" t="s">
-        <x:v>125</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="D480" s="0" t="s">
-        <x:v>126</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="E480" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="F480" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="G480" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="H480" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="I480" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J480" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="K480" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="L480" s="0">
         <x:v>36</x:v>
       </x:c>
     </x:row>
     <x:row r="481" spans="1:12">
       <x:c r="A481" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B481" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C481" s="0" t="s">
-        <x:v>125</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="D481" s="0" t="s">
-        <x:v>126</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="E481" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="F481" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="G481" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="H481" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="I481" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J481" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="K481" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="L481" s="0">
         <x:v>18</x:v>
       </x:c>
     </x:row>
     <x:row r="482" spans="1:12">
       <x:c r="A482" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B482" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C482" s="0" t="s">
-        <x:v>125</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="D482" s="0" t="s">
-        <x:v>126</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="E482" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="F482" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="G482" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="H482" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="I482" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J482" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="K482" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="L482" s="0">
         <x:v>4</x:v>
       </x:c>
     </x:row>
     <x:row r="483" spans="1:12">
       <x:c r="A483" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B483" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C483" s="0" t="s">
-        <x:v>125</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="D483" s="0" t="s">
-        <x:v>126</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="E483" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="F483" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="G483" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="H483" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="I483" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J483" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="K483" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="L483" s="0">
         <x:v>4</x:v>
       </x:c>
     </x:row>
     <x:row r="484" spans="1:12">
       <x:c r="A484" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B484" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C484" s="0" t="s">
-        <x:v>125</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="D484" s="0" t="s">
-        <x:v>126</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="E484" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="F484" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="G484" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="H484" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="I484" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J484" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="K484" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="L484" s="0">
         <x:v>4</x:v>
       </x:c>
     </x:row>
     <x:row r="485" spans="1:12">
       <x:c r="A485" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B485" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C485" s="0" t="s">
-        <x:v>125</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="D485" s="0" t="s">
-        <x:v>126</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="E485" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="F485" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="G485" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="H485" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="I485" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J485" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="K485" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="L485" s="0">
         <x:v>6</x:v>
       </x:c>
     </x:row>
     <x:row r="486" spans="1:12">
       <x:c r="A486" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B486" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C486" s="0" t="s">
-        <x:v>125</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="D486" s="0" t="s">
-        <x:v>126</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="E486" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="F486" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="G486" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="H486" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="I486" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J486" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="K486" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
+      <x:c r="L486" s="0" t="s">
+        <x:v>125</x:v>
+      </x:c>
     </x:row>
     <x:row r="487" spans="1:12">
       <x:c r="A487" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B487" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C487" s="0" t="s">
-        <x:v>125</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="D487" s="0" t="s">
-        <x:v>126</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="E487" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="F487" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="G487" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="H487" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="I487" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J487" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="K487" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="L487" s="0">
         <x:v>566</x:v>
       </x:c>
     </x:row>
     <x:row r="488" spans="1:12">
       <x:c r="A488" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B488" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C488" s="0" t="s">
-        <x:v>125</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="D488" s="0" t="s">
-        <x:v>126</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="E488" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="F488" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="G488" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="H488" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="I488" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J488" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="K488" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="L488" s="0">
         <x:v>45656</x:v>
       </x:c>
     </x:row>
     <x:row r="489" spans="1:12">
       <x:c r="A489" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B489" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C489" s="0" t="s">
-        <x:v>125</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="D489" s="0" t="s">
-        <x:v>126</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="E489" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="F489" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="G489" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="H489" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="I489" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J489" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="K489" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="L489" s="0">
         <x:v>10397</x:v>
       </x:c>
     </x:row>
     <x:row r="490" spans="1:12">
       <x:c r="A490" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B490" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C490" s="0" t="s">
-        <x:v>125</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="D490" s="0" t="s">
-        <x:v>126</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="E490" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="F490" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="G490" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="H490" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="I490" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J490" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="K490" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="L490" s="0">
         <x:v>1199</x:v>
       </x:c>
     </x:row>
     <x:row r="491" spans="1:12">
       <x:c r="A491" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B491" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C491" s="0" t="s">
-        <x:v>125</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="D491" s="0" t="s">
-        <x:v>126</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="E491" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="F491" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="G491" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="H491" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="I491" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J491" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="K491" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="L491" s="0">
         <x:v>1491</x:v>
       </x:c>
     </x:row>
     <x:row r="492" spans="1:12">
       <x:c r="A492" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B492" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C492" s="0" t="s">
-        <x:v>125</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="D492" s="0" t="s">
-        <x:v>126</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="E492" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="F492" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="G492" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="H492" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="I492" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J492" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="K492" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="L492" s="0">
         <x:v>3660</x:v>
       </x:c>
     </x:row>
     <x:row r="493" spans="1:12">
       <x:c r="A493" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B493" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C493" s="0" t="s">
-        <x:v>125</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="D493" s="0" t="s">
-        <x:v>126</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="E493" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="F493" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="G493" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="H493" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="I493" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J493" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="K493" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="L493" s="0">
         <x:v>2914</x:v>
       </x:c>
     </x:row>
     <x:row r="494" spans="1:12">
       <x:c r="A494" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B494" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C494" s="0" t="s">
-        <x:v>125</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="D494" s="0" t="s">
-        <x:v>126</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="E494" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="F494" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="G494" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="H494" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="I494" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J494" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="K494" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="L494" s="0">
         <x:v>1133</x:v>
       </x:c>
     </x:row>
     <x:row r="495" spans="1:12">
       <x:c r="A495" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B495" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C495" s="0" t="s">
-        <x:v>125</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="D495" s="0" t="s">
-        <x:v>126</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="E495" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="F495" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="G495" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="H495" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="I495" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J495" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="K495" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="L495" s="0">
         <x:v>150</x:v>
       </x:c>
     </x:row>
     <x:row r="496" spans="1:12">
       <x:c r="A496" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B496" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C496" s="0" t="s">
-        <x:v>125</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="D496" s="0" t="s">
-        <x:v>126</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="E496" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="F496" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="G496" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="H496" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="I496" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J496" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="K496" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="L496" s="0">
         <x:v>56203</x:v>
       </x:c>
     </x:row>
     <x:row r="497" spans="1:12">
       <x:c r="A497" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B497" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C497" s="0" t="s">
-        <x:v>125</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="D497" s="0" t="s">
-        <x:v>126</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="E497" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="F497" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="G497" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="H497" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="I497" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J497" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="K497" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="L497" s="0">
         <x:v>2529</x:v>
       </x:c>
     </x:row>
     <x:row r="498" spans="1:12">
       <x:c r="A498" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B498" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C498" s="0" t="s">
-        <x:v>125</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="D498" s="0" t="s">
-        <x:v>126</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="E498" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="F498" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="G498" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="H498" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="I498" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J498" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="K498" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="L498" s="0">
         <x:v>167</x:v>
       </x:c>
     </x:row>
     <x:row r="499" spans="1:12">
       <x:c r="A499" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B499" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C499" s="0" t="s">
-        <x:v>125</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="D499" s="0" t="s">
-        <x:v>126</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="E499" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="F499" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="G499" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="H499" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="I499" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J499" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="K499" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="L499" s="0">
         <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="500" spans="1:12">
       <x:c r="A500" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B500" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C500" s="0" t="s">
-        <x:v>125</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="D500" s="0" t="s">
-        <x:v>126</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="E500" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="F500" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="G500" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="H500" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="I500" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J500" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="K500" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="L500" s="0">
         <x:v>35</x:v>
       </x:c>
     </x:row>
     <x:row r="501" spans="1:12">
       <x:c r="A501" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B501" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C501" s="0" t="s">
-        <x:v>125</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="D501" s="0" t="s">
-        <x:v>126</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="E501" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="F501" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="G501" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="H501" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="I501" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J501" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="K501" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="L501" s="0">
         <x:v>25</x:v>
       </x:c>
     </x:row>
     <x:row r="502" spans="1:12">
       <x:c r="A502" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B502" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C502" s="0" t="s">
-        <x:v>125</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="D502" s="0" t="s">
-        <x:v>126</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="E502" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="F502" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="G502" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="H502" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="I502" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J502" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="K502" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="L502" s="0">
         <x:v>27</x:v>
       </x:c>
     </x:row>
     <x:row r="503" spans="1:12">
       <x:c r="A503" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B503" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C503" s="0" t="s">
-        <x:v>125</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="D503" s="0" t="s">
-        <x:v>126</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="E503" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="F503" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="G503" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="H503" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="I503" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J503" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="K503" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="L503" s="0">
         <x:v>34</x:v>
       </x:c>
     </x:row>
     <x:row r="504" spans="1:12">
       <x:c r="A504" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B504" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C504" s="0" t="s">
-        <x:v>125</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="D504" s="0" t="s">
-        <x:v>126</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="E504" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="F504" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="G504" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="H504" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="I504" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J504" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="K504" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="L504" s="0">
         <x:v>7</x:v>
       </x:c>
     </x:row>
     <x:row r="505" spans="1:12">
       <x:c r="A505" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B505" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C505" s="0" t="s">
-        <x:v>125</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="D505" s="0" t="s">
-        <x:v>126</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="E505" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="F505" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="G505" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="H505" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="I505" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J505" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="K505" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="L505" s="0">
         <x:v>2703</x:v>
       </x:c>
     </x:row>
     <x:row r="506" spans="1:12">
       <x:c r="A506" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B506" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C506" s="0" t="s">
-        <x:v>125</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="D506" s="0" t="s">
-        <x:v>126</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="E506" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="F506" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="G506" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="H506" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="I506" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J506" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="K506" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="L506" s="0">
         <x:v>1417</x:v>
       </x:c>
     </x:row>
     <x:row r="507" spans="1:12">
       <x:c r="A507" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B507" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C507" s="0" t="s">
-        <x:v>125</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="D507" s="0" t="s">
-        <x:v>126</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="E507" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="F507" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="G507" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="H507" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="I507" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J507" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="K507" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="L507" s="0">
         <x:v>266</x:v>
       </x:c>
     </x:row>
     <x:row r="508" spans="1:12">
       <x:c r="A508" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B508" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C508" s="0" t="s">
-        <x:v>125</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="D508" s="0" t="s">
-        <x:v>126</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="E508" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="F508" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="G508" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="H508" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="I508" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J508" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="K508" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="L508" s="0">
         <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="509" spans="1:12">
       <x:c r="A509" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B509" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C509" s="0" t="s">
-        <x:v>125</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="D509" s="0" t="s">
-        <x:v>126</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="E509" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="F509" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="G509" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="H509" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="I509" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J509" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="K509" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="L509" s="0">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="510" spans="1:12">
       <x:c r="A510" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B510" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C510" s="0" t="s">
-        <x:v>125</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="D510" s="0" t="s">
-        <x:v>126</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="E510" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="F510" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="G510" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="H510" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="I510" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J510" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="K510" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="L510" s="0">
         <x:v>82</x:v>
       </x:c>
     </x:row>
     <x:row r="511" spans="1:12">
       <x:c r="A511" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B511" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C511" s="0" t="s">
-        <x:v>125</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="D511" s="0" t="s">
-        <x:v>126</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="E511" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="F511" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="G511" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="H511" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="I511" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J511" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="K511" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="L511" s="0">
         <x:v>114</x:v>
       </x:c>
     </x:row>
     <x:row r="512" spans="1:12">
       <x:c r="A512" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B512" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C512" s="0" t="s">
-        <x:v>125</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="D512" s="0" t="s">
-        <x:v>126</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="E512" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="F512" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="G512" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="H512" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="I512" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J512" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="K512" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="L512" s="0">
         <x:v>27</x:v>
       </x:c>
     </x:row>
     <x:row r="513" spans="1:12">
       <x:c r="A513" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B513" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C513" s="0" t="s">
-        <x:v>125</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="D513" s="0" t="s">
-        <x:v>126</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="E513" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="F513" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="G513" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="H513" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="I513" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J513" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="K513" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="L513" s="0">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="514" spans="1:12">
       <x:c r="A514" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B514" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C514" s="0" t="s">
-        <x:v>125</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="D514" s="0" t="s">
-        <x:v>126</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="E514" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="F514" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="G514" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="H514" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="I514" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J514" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="K514" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="L514" s="0">
         <x:v>1688</x:v>
       </x:c>
     </x:row>
     <x:row r="515" spans="1:12">
       <x:c r="A515" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B515" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C515" s="0" t="s">
-        <x:v>125</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="D515" s="0" t="s">
-        <x:v>126</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="E515" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="F515" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="G515" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="H515" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="I515" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J515" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="K515" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="L515" s="0">
         <x:v>6265</x:v>
       </x:c>
     </x:row>
     <x:row r="516" spans="1:12">
       <x:c r="A516" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B516" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C516" s="0" t="s">
-        <x:v>125</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="D516" s="0" t="s">
-        <x:v>126</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="E516" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="F516" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="G516" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="H516" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="I516" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J516" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="K516" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="L516" s="0">
         <x:v>767</x:v>
       </x:c>
     </x:row>
     <x:row r="517" spans="1:12">
       <x:c r="A517" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B517" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C517" s="0" t="s">
-        <x:v>125</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="D517" s="0" t="s">
-        <x:v>126</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="E517" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="F517" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="G517" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="H517" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="I517" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J517" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="K517" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="L517" s="0">
         <x:v>211</x:v>
       </x:c>
     </x:row>
     <x:row r="518" spans="1:12">
       <x:c r="A518" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B518" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C518" s="0" t="s">
-        <x:v>125</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="D518" s="0" t="s">
-        <x:v>126</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="E518" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="F518" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="G518" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="H518" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="I518" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J518" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="K518" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="L518" s="0">
         <x:v>87</x:v>
       </x:c>
     </x:row>
     <x:row r="519" spans="1:12">
       <x:c r="A519" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B519" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C519" s="0" t="s">
-        <x:v>125</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="D519" s="0" t="s">
-        <x:v>126</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="E519" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="F519" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="G519" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="H519" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="I519" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J519" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="K519" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="L519" s="0">
         <x:v>194</x:v>
       </x:c>
     </x:row>
     <x:row r="520" spans="1:12">
       <x:c r="A520" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B520" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C520" s="0" t="s">
-        <x:v>125</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="D520" s="0" t="s">
-        <x:v>126</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="E520" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="F520" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="G520" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="H520" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="I520" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J520" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="K520" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="L520" s="0">
         <x:v>154</x:v>
       </x:c>
     </x:row>
     <x:row r="521" spans="1:12">
       <x:c r="A521" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B521" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C521" s="0" t="s">
-        <x:v>125</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="D521" s="0" t="s">
-        <x:v>126</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="E521" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="F521" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="G521" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="H521" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="I521" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J521" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="K521" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="L521" s="0">
         <x:v>121</x:v>
       </x:c>
     </x:row>
     <x:row r="522" spans="1:12">
       <x:c r="A522" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B522" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C522" s="0" t="s">
-        <x:v>125</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="D522" s="0" t="s">
-        <x:v>126</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="E522" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="F522" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="G522" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="H522" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="I522" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J522" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="K522" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="L522" s="0">
         <x:v>17</x:v>
       </x:c>
     </x:row>
     <x:row r="523" spans="1:12">
       <x:c r="A523" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B523" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C523" s="0" t="s">
-        <x:v>125</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="D523" s="0" t="s">
-        <x:v>126</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="E523" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="F523" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="G523" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="H523" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="I523" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J523" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="K523" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="L523" s="0">
         <x:v>7049</x:v>
       </x:c>
     </x:row>
     <x:row r="524" spans="1:12">
       <x:c r="A524" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B524" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C524" s="0" t="s">
-        <x:v>125</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="D524" s="0" t="s">
-        <x:v>126</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="E524" s="0" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="F524" s="0" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="G524" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="H524" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="I524" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J524" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="K524" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="L524" s="0">
         <x:v>104160</x:v>
       </x:c>
     </x:row>
     <x:row r="525" spans="1:12">
       <x:c r="A525" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B525" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C525" s="0" t="s">
-        <x:v>125</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="D525" s="0" t="s">
-        <x:v>126</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="E525" s="0" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="F525" s="0" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="G525" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="H525" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="I525" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J525" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="K525" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="L525" s="0">
         <x:v>22102</x:v>
       </x:c>
     </x:row>
     <x:row r="526" spans="1:12">
       <x:c r="A526" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B526" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C526" s="0" t="s">
-        <x:v>125</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="D526" s="0" t="s">
-        <x:v>126</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="E526" s="0" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="F526" s="0" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="G526" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="H526" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="I526" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J526" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="K526" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="L526" s="0">
         <x:v>3536</x:v>
       </x:c>
     </x:row>
     <x:row r="527" spans="1:12">
       <x:c r="A527" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B527" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C527" s="0" t="s">
-        <x:v>125</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="D527" s="0" t="s">
-        <x:v>126</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="E527" s="0" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="F527" s="0" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="G527" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="H527" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="I527" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J527" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="K527" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="L527" s="0">
         <x:v>1417</x:v>
       </x:c>
     </x:row>
     <x:row r="528" spans="1:12">
       <x:c r="A528" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B528" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C528" s="0" t="s">
-        <x:v>125</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="D528" s="0" t="s">
-        <x:v>126</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="E528" s="0" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="F528" s="0" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="G528" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="H528" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="I528" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J528" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="K528" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="L528" s="0">
         <x:v>7957</x:v>
       </x:c>
     </x:row>
     <x:row r="529" spans="1:12">
       <x:c r="A529" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B529" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C529" s="0" t="s">
-        <x:v>125</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="D529" s="0" t="s">
-        <x:v>126</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="E529" s="0" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="F529" s="0" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="G529" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="H529" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="I529" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J529" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="K529" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="L529" s="0">
         <x:v>6177</x:v>
       </x:c>
     </x:row>
     <x:row r="530" spans="1:12">
       <x:c r="A530" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B530" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C530" s="0" t="s">
-        <x:v>125</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="D530" s="0" t="s">
-        <x:v>126</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="E530" s="0" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="F530" s="0" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="G530" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="H530" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="I530" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J530" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="K530" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="L530" s="0">
         <x:v>3015</x:v>
       </x:c>
     </x:row>
     <x:row r="531" spans="1:12">
       <x:c r="A531" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B531" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C531" s="0" t="s">
-        <x:v>125</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="D531" s="0" t="s">
-        <x:v>126</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="E531" s="0" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="F531" s="0" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="G531" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="H531" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="I531" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J531" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="K531" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="L531" s="0">
         <x:v>380</x:v>
       </x:c>
     </x:row>
     <x:row r="532" spans="1:12">
       <x:c r="A532" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B532" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C532" s="0" t="s">
-        <x:v>125</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="D532" s="0" t="s">
-        <x:v>126</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="E532" s="0" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="F532" s="0" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="G532" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="H532" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="I532" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J532" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="K532" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="L532" s="0">
         <x:v>126642</x:v>
       </x:c>
     </x:row>
     <x:row r="533" spans="1:12">
       <x:c r="A533" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B533" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C533" s="0" t="s">
-        <x:v>125</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="D533" s="0" t="s">
-        <x:v>126</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="E533" s="0" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="F533" s="0" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="G533" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="H533" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="I533" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J533" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="K533" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="L533" s="0">
         <x:v>13271</x:v>
       </x:c>
     </x:row>
     <x:row r="534" spans="1:12">
       <x:c r="A534" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B534" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C534" s="0" t="s">
-        <x:v>125</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="D534" s="0" t="s">
-        <x:v>126</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="E534" s="0" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="F534" s="0" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="G534" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="H534" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="I534" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J534" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="K534" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="L534" s="0">
         <x:v>1928</x:v>
       </x:c>
     </x:row>
     <x:row r="535" spans="1:12">
       <x:c r="A535" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B535" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C535" s="0" t="s">
-        <x:v>125</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="D535" s="0" t="s">
-        <x:v>126</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="E535" s="0" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="F535" s="0" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="G535" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="H535" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="I535" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J535" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="K535" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="L535" s="0">
         <x:v>294</x:v>
       </x:c>
     </x:row>
     <x:row r="536" spans="1:12">
       <x:c r="A536" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B536" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C536" s="0" t="s">
-        <x:v>125</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="D536" s="0" t="s">
-        <x:v>126</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="E536" s="0" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="F536" s="0" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="G536" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="H536" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="I536" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J536" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="K536" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="L536" s="0">
         <x:v>400</x:v>
       </x:c>
     </x:row>
     <x:row r="537" spans="1:12">
       <x:c r="A537" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B537" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C537" s="0" t="s">
-        <x:v>125</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="D537" s="0" t="s">
-        <x:v>126</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="E537" s="0" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="F537" s="0" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="G537" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="H537" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="I537" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J537" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="K537" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="L537" s="0">
         <x:v>534</x:v>
       </x:c>
     </x:row>
     <x:row r="538" spans="1:12">
       <x:c r="A538" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B538" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C538" s="0" t="s">
-        <x:v>125</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="D538" s="0" t="s">
-        <x:v>126</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="E538" s="0" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="F538" s="0" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="G538" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="H538" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="I538" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J538" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="K538" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="L538" s="0">
         <x:v>446</x:v>
       </x:c>
     </x:row>
     <x:row r="539" spans="1:12">
       <x:c r="A539" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B539" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C539" s="0" t="s">
-        <x:v>125</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="D539" s="0" t="s">
-        <x:v>126</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="E539" s="0" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="F539" s="0" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="G539" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="H539" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="I539" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J539" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="K539" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="L539" s="0">
         <x:v>254</x:v>
       </x:c>
     </x:row>
     <x:row r="540" spans="1:12">
       <x:c r="A540" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B540" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C540" s="0" t="s">
-        <x:v>125</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="D540" s="0" t="s">
-        <x:v>126</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="E540" s="0" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="F540" s="0" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="G540" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="H540" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="I540" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J540" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="K540" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="L540" s="0">
         <x:v>45</x:v>
       </x:c>
     </x:row>
     <x:row r="541" spans="1:12">
       <x:c r="A541" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B541" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C541" s="0" t="s">
-        <x:v>125</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="D541" s="0" t="s">
-        <x:v>126</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="E541" s="0" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="F541" s="0" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="G541" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="H541" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="I541" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J541" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="K541" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="L541" s="0">
         <x:v>15244</x:v>
       </x:c>
     </x:row>
     <x:row r="542" spans="1:12">
       <x:c r="A542" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B542" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C542" s="0" t="s">
-        <x:v>125</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="D542" s="0" t="s">
-        <x:v>126</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="E542" s="0" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="F542" s="0" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="G542" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="H542" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="I542" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J542" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="K542" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="L542" s="0">
         <x:v>34866</x:v>
       </x:c>
     </x:row>
     <x:row r="543" spans="1:12">
       <x:c r="A543" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B543" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C543" s="0" t="s">
-        <x:v>125</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="D543" s="0" t="s">
-        <x:v>126</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="E543" s="0" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="F543" s="0" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="G543" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="H543" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="I543" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J543" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="K543" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="L543" s="0">
         <x:v>19932</x:v>
       </x:c>
     </x:row>
     <x:row r="544" spans="1:12">
       <x:c r="A544" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B544" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C544" s="0" t="s">
-        <x:v>125</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="D544" s="0" t="s">
-        <x:v>126</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="E544" s="0" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="F544" s="0" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="G544" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="H544" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="I544" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J544" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="K544" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="L544" s="0">
         <x:v>1397</x:v>
       </x:c>
     </x:row>
     <x:row r="545" spans="1:12">
       <x:c r="A545" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B545" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C545" s="0" t="s">
-        <x:v>125</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="D545" s="0" t="s">
-        <x:v>126</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="E545" s="0" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="F545" s="0" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="G545" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="H545" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="I545" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J545" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="K545" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="L545" s="0">
         <x:v>1292</x:v>
       </x:c>
     </x:row>
     <x:row r="546" spans="1:12">
       <x:c r="A546" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B546" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C546" s="0" t="s">
-        <x:v>125</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="D546" s="0" t="s">
-        <x:v>126</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="E546" s="0" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="F546" s="0" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="G546" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="H546" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="I546" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J546" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="K546" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="L546" s="0">
         <x:v>6973</x:v>
       </x:c>
     </x:row>
     <x:row r="547" spans="1:12">
       <x:c r="A547" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B547" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C547" s="0" t="s">
-        <x:v>125</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="D547" s="0" t="s">
-        <x:v>126</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="E547" s="0" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="F547" s="0" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="G547" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="H547" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="I547" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J547" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="K547" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="L547" s="0">
         <x:v>6991</x:v>
       </x:c>
     </x:row>
     <x:row r="548" spans="1:12">
       <x:c r="A548" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B548" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C548" s="0" t="s">
-        <x:v>125</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="D548" s="0" t="s">
-        <x:v>126</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="E548" s="0" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="F548" s="0" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="G548" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="H548" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="I548" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J548" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="K548" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="L548" s="0">
         <x:v>3279</x:v>
       </x:c>
     </x:row>
     <x:row r="549" spans="1:12">
       <x:c r="A549" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B549" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C549" s="0" t="s">
-        <x:v>125</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="D549" s="0" t="s">
-        <x:v>126</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="E549" s="0" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="F549" s="0" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="G549" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="H549" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="I549" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J549" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="K549" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="L549" s="0">
         <x:v>221</x:v>
       </x:c>
     </x:row>
     <x:row r="550" spans="1:12">
       <x:c r="A550" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B550" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C550" s="0" t="s">
-        <x:v>125</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="D550" s="0" t="s">
-        <x:v>126</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="E550" s="0" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="F550" s="0" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="G550" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="H550" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="I550" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J550" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="K550" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="L550" s="0">
         <x:v>55019</x:v>
       </x:c>
     </x:row>
     <x:row r="551" spans="1:12">
       <x:c r="A551" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B551" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C551" s="0" t="s">
-        <x:v>125</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="D551" s="0" t="s">
-        <x:v>126</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="E551" s="0" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="F551" s="0" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="G551" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="H551" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="I551" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J551" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="K551" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="L551" s="0">
         <x:v>17561</x:v>
       </x:c>
     </x:row>
     <x:row r="552" spans="1:12">
       <x:c r="A552" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B552" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C552" s="0" t="s">
-        <x:v>125</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="D552" s="0" t="s">
-        <x:v>126</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="E552" s="0" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="F552" s="0" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="G552" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="H552" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="I552" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J552" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="K552" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="L552" s="0">
         <x:v>4671</x:v>
       </x:c>
     </x:row>
     <x:row r="553" spans="1:12">
       <x:c r="A553" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B553" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C553" s="0" t="s">
-        <x:v>125</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="D553" s="0" t="s">
-        <x:v>126</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="E553" s="0" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="F553" s="0" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="G553" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="H553" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="I553" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J553" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="K553" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="L553" s="0">
         <x:v>702</x:v>
       </x:c>
     </x:row>
     <x:row r="554" spans="1:12">
       <x:c r="A554" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B554" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C554" s="0" t="s">
-        <x:v>125</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="D554" s="0" t="s">
-        <x:v>126</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="E554" s="0" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="F554" s="0" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="G554" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="H554" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="I554" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J554" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="K554" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="L554" s="0">
         <x:v>1904</x:v>
       </x:c>
     </x:row>
     <x:row r="555" spans="1:12">
       <x:c r="A555" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B555" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C555" s="0" t="s">
-        <x:v>125</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="D555" s="0" t="s">
-        <x:v>126</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="E555" s="0" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="F555" s="0" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="G555" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="H555" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="I555" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J555" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="K555" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="L555" s="0">
         <x:v>606</x:v>
       </x:c>
     </x:row>
     <x:row r="556" spans="1:12">
       <x:c r="A556" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B556" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C556" s="0" t="s">
-        <x:v>125</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="D556" s="0" t="s">
-        <x:v>126</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="E556" s="0" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="F556" s="0" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="G556" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="H556" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="I556" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J556" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="K556" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="L556" s="0">
         <x:v>463</x:v>
       </x:c>
     </x:row>
     <x:row r="557" spans="1:12">
       <x:c r="A557" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B557" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C557" s="0" t="s">
-        <x:v>125</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="D557" s="0" t="s">
-        <x:v>126</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="E557" s="0" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="F557" s="0" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="G557" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="H557" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="I557" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J557" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="K557" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="L557" s="0">
         <x:v>996</x:v>
       </x:c>
     </x:row>
     <x:row r="558" spans="1:12">
       <x:c r="A558" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B558" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C558" s="0" t="s">
-        <x:v>125</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="D558" s="0" t="s">
-        <x:v>126</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="E558" s="0" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="F558" s="0" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="G558" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="H558" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="I558" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J558" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="K558" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="L558" s="0">
         <x:v>45</x:v>
       </x:c>
     </x:row>
     <x:row r="559" spans="1:12">
       <x:c r="A559" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B559" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C559" s="0" t="s">
-        <x:v>125</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="D559" s="0" t="s">
-        <x:v>126</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="E559" s="0" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="F559" s="0" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="G559" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="H559" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="I559" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J559" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="K559" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="L559" s="0">
         <x:v>22277</x:v>
       </x:c>
     </x:row>
     <x:row r="560" spans="1:12">
       <x:c r="A560" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B560" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C560" s="0" t="s">
-        <x:v>125</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="D560" s="0" t="s">
-        <x:v>126</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="E560" s="0" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="F560" s="0" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="G560" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="H560" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="I560" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J560" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="K560" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="L560" s="0">
         <x:v>46534</x:v>
       </x:c>
     </x:row>
     <x:row r="561" spans="1:12">
       <x:c r="A561" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B561" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C561" s="0" t="s">
-        <x:v>125</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="D561" s="0" t="s">
-        <x:v>126</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="E561" s="0" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="F561" s="0" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="G561" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="H561" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="I561" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J561" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="K561" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="L561" s="0">
         <x:v>4624</x:v>
       </x:c>
     </x:row>
     <x:row r="562" spans="1:12">
       <x:c r="A562" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B562" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C562" s="0" t="s">
-        <x:v>125</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="D562" s="0" t="s">
-        <x:v>126</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="E562" s="0" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="F562" s="0" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="G562" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="H562" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="I562" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J562" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="K562" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="L562" s="0">
         <x:v>972</x:v>
       </x:c>
     </x:row>
     <x:row r="563" spans="1:12">
       <x:c r="A563" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B563" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C563" s="0" t="s">
-        <x:v>125</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="D563" s="0" t="s">
-        <x:v>126</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="E563" s="0" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="F563" s="0" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="G563" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="H563" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="I563" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J563" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="K563" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="L563" s="0">
         <x:v>1287</x:v>
       </x:c>
     </x:row>
     <x:row r="564" spans="1:12">
       <x:c r="A564" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B564" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C564" s="0" t="s">
-        <x:v>125</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="D564" s="0" t="s">
-        <x:v>126</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="E564" s="0" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="F564" s="0" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="G564" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="H564" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="I564" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J564" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="K564" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="L564" s="0">
         <x:v>1065</x:v>
       </x:c>
     </x:row>
     <x:row r="565" spans="1:12">
       <x:c r="A565" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B565" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C565" s="0" t="s">
-        <x:v>125</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="D565" s="0" t="s">
-        <x:v>126</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="E565" s="0" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="F565" s="0" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="G565" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="H565" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="I565" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J565" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="K565" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="L565" s="0">
         <x:v>452</x:v>
       </x:c>
     </x:row>
     <x:row r="566" spans="1:12">
       <x:c r="A566" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B566" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C566" s="0" t="s">
-        <x:v>125</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="D566" s="0" t="s">
-        <x:v>126</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="E566" s="0" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="F566" s="0" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="G566" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="H566" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="I566" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J566" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="K566" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="L566" s="0">
         <x:v>848</x:v>
       </x:c>
     </x:row>
     <x:row r="567" spans="1:12">
       <x:c r="A567" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B567" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C567" s="0" t="s">
-        <x:v>125</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="D567" s="0" t="s">
-        <x:v>126</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="E567" s="0" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="F567" s="0" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="G567" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="H567" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="I567" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J567" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="K567" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="L567" s="0">
         <x:v>83</x:v>
       </x:c>
     </x:row>
     <x:row r="568" spans="1:12">
       <x:c r="A568" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B568" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C568" s="0" t="s">
-        <x:v>125</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="D568" s="0" t="s">
-        <x:v>126</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="E568" s="0" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="F568" s="0" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="G568" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="H568" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="I568" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J568" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="K568" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="L568" s="0">
         <x:v>51241</x:v>
       </x:c>
     </x:row>
     <x:row r="569" spans="1:12">
       <x:c r="A569" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B569" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C569" s="0" t="s">
-        <x:v>125</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="D569" s="0" t="s">
-        <x:v>126</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="E569" s="0" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="F569" s="0" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="G569" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="H569" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="I569" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J569" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="K569" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="L569" s="0">
         <x:v>3409</x:v>
       </x:c>
     </x:row>
     <x:row r="570" spans="1:12">
       <x:c r="A570" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B570" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C570" s="0" t="s">
-        <x:v>125</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="D570" s="0" t="s">
-        <x:v>126</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="E570" s="0" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="F570" s="0" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="G570" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="H570" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="I570" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J570" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="K570" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="L570" s="0">
         <x:v>380</x:v>
       </x:c>
     </x:row>
     <x:row r="571" spans="1:12">
       <x:c r="A571" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B571" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C571" s="0" t="s">
-        <x:v>125</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="D571" s="0" t="s">
-        <x:v>126</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="E571" s="0" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="F571" s="0" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="G571" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="H571" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="I571" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J571" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="K571" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="L571" s="0">
         <x:v>111</x:v>
       </x:c>
     </x:row>
     <x:row r="572" spans="1:12">
       <x:c r="A572" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B572" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C572" s="0" t="s">
-        <x:v>125</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="D572" s="0" t="s">
-        <x:v>126</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="E572" s="0" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="F572" s="0" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="G572" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="H572" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="I572" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J572" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="K572" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="L572" s="0">
         <x:v>34</x:v>
       </x:c>
     </x:row>
     <x:row r="573" spans="1:12">
       <x:c r="A573" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B573" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C573" s="0" t="s">
-        <x:v>125</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="D573" s="0" t="s">
-        <x:v>126</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="E573" s="0" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="F573" s="0" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="G573" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="H573" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="I573" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J573" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="K573" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="L573" s="0">
         <x:v>95</x:v>
       </x:c>
     </x:row>
     <x:row r="574" spans="1:12">
       <x:c r="A574" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B574" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C574" s="0" t="s">
-        <x:v>125</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="D574" s="0" t="s">
-        <x:v>126</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="E574" s="0" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="F574" s="0" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="G574" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="H574" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="I574" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J574" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="K574" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="L574" s="0">
         <x:v>72</x:v>
       </x:c>
     </x:row>
     <x:row r="575" spans="1:12">
       <x:c r="A575" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B575" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C575" s="0" t="s">
-        <x:v>125</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="D575" s="0" t="s">
-        <x:v>126</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="E575" s="0" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="F575" s="0" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="G575" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="H575" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="I575" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J575" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="K575" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="L575" s="0">
         <x:v>68</x:v>
       </x:c>
     </x:row>
     <x:row r="576" spans="1:12">
       <x:c r="A576" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B576" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C576" s="0" t="s">
-        <x:v>125</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="D576" s="0" t="s">
-        <x:v>126</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="E576" s="0" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="F576" s="0" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="G576" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="H576" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="I576" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J576" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="K576" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="L576" s="0">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="577" spans="1:12">
       <x:c r="A577" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B577" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C577" s="0" t="s">
-        <x:v>125</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="D577" s="0" t="s">
-        <x:v>126</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="E577" s="0" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="F577" s="0" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="G577" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="H577" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="I577" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J577" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="K577" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="L577" s="0">
         <x:v>3799</x:v>
       </x:c>
     </x:row>
     <x:row r="578" spans="1:12">
       <x:c r="A578" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B578" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C578" s="0" t="s">
-        <x:v>125</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="D578" s="0" t="s">
-        <x:v>126</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="E578" s="0" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="F578" s="0" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="G578" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="H578" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="I578" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J578" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="K578" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="L578" s="0">
         <x:v>39156</x:v>
       </x:c>
     </x:row>
     <x:row r="579" spans="1:12">
       <x:c r="A579" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B579" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C579" s="0" t="s">
-        <x:v>125</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="D579" s="0" t="s">
-        <x:v>126</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="E579" s="0" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="F579" s="0" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="G579" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="H579" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="I579" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J579" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="K579" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="L579" s="0">
         <x:v>4408</x:v>
       </x:c>
     </x:row>
     <x:row r="580" spans="1:12">
       <x:c r="A580" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B580" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C580" s="0" t="s">
-        <x:v>125</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="D580" s="0" t="s">
-        <x:v>126</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="E580" s="0" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="F580" s="0" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="G580" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="H580" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="I580" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J580" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="K580" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="L580" s="0">
         <x:v>1161</x:v>
       </x:c>
     </x:row>
     <x:row r="581" spans="1:12">
       <x:c r="A581" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B581" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C581" s="0" t="s">
-        <x:v>125</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="D581" s="0" t="s">
-        <x:v>126</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="E581" s="0" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="F581" s="0" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="G581" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="H581" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="I581" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J581" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="K581" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="L581" s="0">
         <x:v>923</x:v>
       </x:c>
     </x:row>
     <x:row r="582" spans="1:12">
       <x:c r="A582" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B582" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C582" s="0" t="s">
-        <x:v>125</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="D582" s="0" t="s">
-        <x:v>126</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="E582" s="0" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="F582" s="0" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="G582" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="H582" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="I582" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J582" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="K582" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="L582" s="0">
         <x:v>780</x:v>
       </x:c>
     </x:row>
     <x:row r="583" spans="1:12">
       <x:c r="A583" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B583" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C583" s="0" t="s">
-        <x:v>125</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="D583" s="0" t="s">
-        <x:v>126</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="E583" s="0" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="F583" s="0" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="G583" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="H583" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="I583" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J583" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="K583" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="L583" s="0">
         <x:v>525</x:v>
       </x:c>
     </x:row>
     <x:row r="584" spans="1:12">
       <x:c r="A584" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B584" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C584" s="0" t="s">
-        <x:v>125</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="D584" s="0" t="s">
-        <x:v>126</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="E584" s="0" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="F584" s="0" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="G584" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="H584" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="I584" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J584" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="K584" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="L584" s="0">
         <x:v>1019</x:v>
       </x:c>
     </x:row>
     <x:row r="585" spans="1:12">
       <x:c r="A585" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B585" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C585" s="0" t="s">
-        <x:v>125</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="D585" s="0" t="s">
-        <x:v>126</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="E585" s="0" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="F585" s="0" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="G585" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="H585" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="I585" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J585" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="K585" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="L585" s="0">
         <x:v>87</x:v>
       </x:c>
     </x:row>
     <x:row r="586" spans="1:12">
       <x:c r="A586" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B586" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C586" s="0" t="s">
-        <x:v>125</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="D586" s="0" t="s">
-        <x:v>126</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="E586" s="0" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="F586" s="0" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="G586" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="H586" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="I586" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J586" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="K586" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="L586" s="0">
         <x:v>43651</x:v>
       </x:c>
     </x:row>
     <x:row r="587" spans="1:12">
       <x:c r="A587" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B587" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C587" s="0" t="s">
-        <x:v>125</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="D587" s="0" t="s">
-        <x:v>126</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="E587" s="0" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="F587" s="0" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="G587" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="H587" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="I587" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J587" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="K587" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="L587" s="0">
         <x:v>17757</x:v>
       </x:c>
     </x:row>
     <x:row r="588" spans="1:12">
       <x:c r="A588" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B588" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C588" s="0" t="s">
-        <x:v>125</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="D588" s="0" t="s">
-        <x:v>126</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="E588" s="0" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="F588" s="0" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="G588" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="H588" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="I588" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J588" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="K588" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="L588" s="0">
         <x:v>8538</x:v>
       </x:c>
     </x:row>
     <x:row r="589" spans="1:12">
       <x:c r="A589" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B589" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C589" s="0" t="s">
-        <x:v>125</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="D589" s="0" t="s">
-        <x:v>126</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="E589" s="0" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="F589" s="0" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="G589" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="H589" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="I589" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J589" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="K589" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="L589" s="0">
         <x:v>730</x:v>
       </x:c>
     </x:row>
     <x:row r="590" spans="1:12">
       <x:c r="A590" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B590" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C590" s="0" t="s">
-        <x:v>125</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="D590" s="0" t="s">
-        <x:v>126</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="E590" s="0" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="F590" s="0" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="G590" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="H590" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="I590" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J590" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="K590" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="L590" s="0">
         <x:v>936</x:v>
       </x:c>
     </x:row>
     <x:row r="591" spans="1:12">
       <x:c r="A591" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B591" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C591" s="0" t="s">
-        <x:v>125</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="D591" s="0" t="s">
-        <x:v>126</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="E591" s="0" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="F591" s="0" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="G591" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="H591" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="I591" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J591" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="K591" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="L591" s="0">
         <x:v>2772</x:v>
       </x:c>
     </x:row>
     <x:row r="592" spans="1:12">
       <x:c r="A592" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B592" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C592" s="0" t="s">
-        <x:v>125</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="D592" s="0" t="s">
-        <x:v>126</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="E592" s="0" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="F592" s="0" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="G592" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="H592" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="I592" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J592" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="K592" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="L592" s="0">
         <x:v>2799</x:v>
       </x:c>
     </x:row>
     <x:row r="593" spans="1:12">
       <x:c r="A593" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B593" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C593" s="0" t="s">
-        <x:v>125</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="D593" s="0" t="s">
-        <x:v>126</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="E593" s="0" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="F593" s="0" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="G593" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="H593" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="I593" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J593" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="K593" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="L593" s="0">
         <x:v>1301</x:v>
       </x:c>
     </x:row>
     <x:row r="594" spans="1:12">
       <x:c r="A594" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B594" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C594" s="0" t="s">
-        <x:v>125</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="D594" s="0" t="s">
-        <x:v>126</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="E594" s="0" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="F594" s="0" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="G594" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="H594" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="I594" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J594" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="K594" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="L594" s="0">
         <x:v>112</x:v>
       </x:c>
     </x:row>
     <x:row r="595" spans="1:12">
       <x:c r="A595" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B595" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C595" s="0" t="s">
-        <x:v>125</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="D595" s="0" t="s">
-        <x:v>126</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="E595" s="0" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="F595" s="0" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="G595" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="H595" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="I595" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J595" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="K595" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="L595" s="0">
         <x:v>26407</x:v>
       </x:c>
     </x:row>
     <x:row r="596" spans="1:12">
       <x:c r="A596" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B596" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C596" s="0" t="s">
-        <x:v>125</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="D596" s="0" t="s">
-        <x:v>126</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="E596" s="0" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="F596" s="0" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="G596" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="H596" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="I596" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J596" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="K596" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="L596" s="0">
         <x:v>50827</x:v>
       </x:c>
     </x:row>
     <x:row r="597" spans="1:12">
       <x:c r="A597" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B597" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C597" s="0" t="s">
-        <x:v>125</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="D597" s="0" t="s">
-        <x:v>126</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="E597" s="0" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="F597" s="0" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="G597" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="H597" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="I597" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J597" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="K597" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="L597" s="0">
         <x:v>1793</x:v>
       </x:c>
     </x:row>
     <x:row r="598" spans="1:12">
       <x:c r="A598" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B598" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C598" s="0" t="s">
-        <x:v>125</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="D598" s="0" t="s">
-        <x:v>126</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="E598" s="0" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="F598" s="0" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="G598" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="H598" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="I598" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J598" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="K598" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="L598" s="0">
         <x:v>749</x:v>
       </x:c>
     </x:row>
     <x:row r="599" spans="1:12">
       <x:c r="A599" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B599" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C599" s="0" t="s">
-        <x:v>125</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="D599" s="0" t="s">
-        <x:v>126</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="E599" s="0" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="F599" s="0" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="G599" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="H599" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="I599" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J599" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="K599" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="L599" s="0">
         <x:v>231</x:v>
       </x:c>
     </x:row>
     <x:row r="600" spans="1:12">
       <x:c r="A600" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B600" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C600" s="0" t="s">
-        <x:v>125</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="D600" s="0" t="s">
-        <x:v>126</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="E600" s="0" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="F600" s="0" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="G600" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="H600" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="I600" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J600" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="K600" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="L600" s="0">
         <x:v>178</x:v>
       </x:c>
     </x:row>
     <x:row r="601" spans="1:12">
       <x:c r="A601" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B601" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C601" s="0" t="s">
-        <x:v>125</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="D601" s="0" t="s">
-        <x:v>126</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="E601" s="0" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="F601" s="0" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="G601" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="H601" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="I601" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J601" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="K601" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="L601" s="0">
         <x:v>108</x:v>
       </x:c>
     </x:row>
     <x:row r="602" spans="1:12">
       <x:c r="A602" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B602" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C602" s="0" t="s">
-        <x:v>125</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="D602" s="0" t="s">
-        <x:v>126</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="E602" s="0" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="F602" s="0" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="G602" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="H602" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="I602" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J602" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="K602" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="L602" s="0">
         <x:v>527</x:v>
       </x:c>
     </x:row>
     <x:row r="603" spans="1:12">
       <x:c r="A603" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B603" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C603" s="0" t="s">
-        <x:v>125</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="D603" s="0" t="s">
-        <x:v>126</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="E603" s="0" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="F603" s="0" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="G603" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="H603" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="I603" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J603" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="K603" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="L603" s="0">
         <x:v>112</x:v>
       </x:c>
     </x:row>
     <x:row r="604" spans="1:12">
       <x:c r="A604" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B604" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C604" s="0" t="s">
-        <x:v>125</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="D604" s="0" t="s">
-        <x:v>126</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="E604" s="0" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="F604" s="0" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="G604" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="H604" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="I604" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J604" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="K604" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="L604" s="0">
         <x:v>52732</x:v>
       </x:c>
     </x:row>
     <x:row r="605" spans="1:12">
       <x:c r="A605" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B605" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C605" s="0" t="s">
-        <x:v>125</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="D605" s="0" t="s">
-        <x:v>126</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="E605" s="0" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="F605" s="0" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="G605" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="H605" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="I605" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J605" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="K605" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="L605" s="0">
         <x:v>114365</x:v>
       </x:c>
     </x:row>
     <x:row r="606" spans="1:12">
       <x:c r="A606" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B606" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C606" s="0" t="s">
-        <x:v>125</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="D606" s="0" t="s">
-        <x:v>126</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="E606" s="0" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="F606" s="0" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="G606" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="H606" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="I606" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J606" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="K606" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="L606" s="0">
         <x:v>8020</x:v>
       </x:c>
     </x:row>
     <x:row r="607" spans="1:12">
       <x:c r="A607" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B607" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C607" s="0" t="s">
-        <x:v>125</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="D607" s="0" t="s">
-        <x:v>126</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="E607" s="0" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="F607" s="0" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="G607" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="H607" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="I607" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J607" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="K607" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="L607" s="0">
         <x:v>2675</x:v>
       </x:c>
     </x:row>
     <x:row r="608" spans="1:12">
       <x:c r="A608" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B608" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C608" s="0" t="s">
-        <x:v>125</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="D608" s="0" t="s">
-        <x:v>126</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="E608" s="0" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="F608" s="0" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="G608" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="H608" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="I608" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J608" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="K608" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="L608" s="0">
         <x:v>1590</x:v>
       </x:c>
     </x:row>
     <x:row r="609" spans="1:12">
       <x:c r="A609" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B609" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C609" s="0" t="s">
-        <x:v>125</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="D609" s="0" t="s">
-        <x:v>126</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="E609" s="0" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="F609" s="0" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="G609" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="H609" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="I609" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J609" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="K609" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="L609" s="0">
         <x:v>978</x:v>
       </x:c>
     </x:row>
     <x:row r="610" spans="1:12">
       <x:c r="A610" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B610" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C610" s="0" t="s">
-        <x:v>125</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="D610" s="0" t="s">
-        <x:v>126</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="E610" s="0" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="F610" s="0" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="G610" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="H610" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="I610" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J610" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="K610" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="L610" s="0">
         <x:v>711</x:v>
       </x:c>
     </x:row>
     <x:row r="611" spans="1:12">
       <x:c r="A611" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B611" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C611" s="0" t="s">
-        <x:v>125</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="D611" s="0" t="s">
-        <x:v>126</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="E611" s="0" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="F611" s="0" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="G611" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="H611" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="I611" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J611" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="K611" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="L611" s="0">
         <x:v>2066</x:v>
       </x:c>
     </x:row>
     <x:row r="612" spans="1:12">
       <x:c r="A612" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B612" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C612" s="0" t="s">
-        <x:v>125</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="D612" s="0" t="s">
-        <x:v>126</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="E612" s="0" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="F612" s="0" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="G612" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="H612" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="I612" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J612" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="K612" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="L612" s="0">
         <x:v>293</x:v>
       </x:c>
     </x:row>
     <x:row r="613" spans="1:12">
       <x:c r="A613" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B613" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C613" s="0" t="s">
-        <x:v>125</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="D613" s="0" t="s">
-        <x:v>126</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="E613" s="0" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="F613" s="0" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="G613" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="H613" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="I613" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J613" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="K613" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="L613" s="0">
         <x:v>122678</x:v>
       </x:c>
     </x:row>
     <x:row r="614" spans="1:12">
       <x:c r="A614" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B614" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C614" s="0" t="s">
-        <x:v>125</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="D614" s="0" t="s">
-        <x:v>126</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="E614" s="0" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="F614" s="0" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="G614" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="H614" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="I614" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J614" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="K614" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="L614" s="0">
         <x:v>136788</x:v>
       </x:c>
     </x:row>
     <x:row r="615" spans="1:12">
       <x:c r="A615" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B615" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C615" s="0" t="s">
-        <x:v>125</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="D615" s="0" t="s">
-        <x:v>126</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="E615" s="0" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="F615" s="0" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="G615" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="H615" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="I615" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J615" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="K615" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="L615" s="0">
         <x:v>20310</x:v>
       </x:c>
     </x:row>
     <x:row r="616" spans="1:12">
       <x:c r="A616" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B616" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C616" s="0" t="s">
-        <x:v>125</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="D616" s="0" t="s">
-        <x:v>126</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="E616" s="0" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="F616" s="0" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="G616" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="H616" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="I616" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J616" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="K616" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="L616" s="0">
         <x:v>4338</x:v>
       </x:c>
     </x:row>
     <x:row r="617" spans="1:12">
       <x:c r="A617" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B617" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C617" s="0" t="s">
-        <x:v>125</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="D617" s="0" t="s">
-        <x:v>126</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="E617" s="0" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="F617" s="0" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="G617" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="H617" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="I617" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J617" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="K617" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="L617" s="0">
         <x:v>1261</x:v>
       </x:c>
     </x:row>
     <x:row r="618" spans="1:12">
       <x:c r="A618" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B618" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C618" s="0" t="s">
-        <x:v>125</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="D618" s="0" t="s">
-        <x:v>126</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="E618" s="0" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="F618" s="0" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="G618" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="H618" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="I618" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J618" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="K618" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="L618" s="0">
         <x:v>2350</x:v>
       </x:c>
     </x:row>
     <x:row r="619" spans="1:12">
       <x:c r="A619" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B619" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C619" s="0" t="s">
-        <x:v>125</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="D619" s="0" t="s">
-        <x:v>126</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="E619" s="0" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="F619" s="0" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="G619" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="H619" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="I619" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J619" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="K619" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="L619" s="0">
         <x:v>1808</x:v>
       </x:c>
     </x:row>
     <x:row r="620" spans="1:12">
       <x:c r="A620" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B620" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C620" s="0" t="s">
-        <x:v>125</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="D620" s="0" t="s">
-        <x:v>126</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="E620" s="0" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="F620" s="0" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="G620" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="H620" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="I620" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J620" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="K620" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="L620" s="0">
         <x:v>10553</x:v>
       </x:c>
     </x:row>
     <x:row r="621" spans="1:12">
       <x:c r="A621" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B621" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C621" s="0" t="s">
-        <x:v>125</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="D621" s="0" t="s">
-        <x:v>126</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="E621" s="0" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="F621" s="0" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="G621" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="H621" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="I621" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J621" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="K621" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="L621" s="0">
         <x:v>495</x:v>
       </x:c>
     </x:row>
     <x:row r="622" spans="1:12">
       <x:c r="A622" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B622" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C622" s="0" t="s">
-        <x:v>125</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="D622" s="0" t="s">
-        <x:v>126</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="E622" s="0" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="F622" s="0" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="G622" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="H622" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="I622" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J622" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="K622" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="L622" s="0">
         <x:v>157593</x:v>
       </x:c>
     </x:row>
     <x:row r="623" spans="1:12">
       <x:c r="A623" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B623" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C623" s="0" t="s">
-        <x:v>125</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="D623" s="0" t="s">
-        <x:v>126</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="E623" s="0" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="F623" s="0" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="G623" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="H623" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="I623" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J623" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="K623" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="L623" s="0">
         <x:v>12527</x:v>
       </x:c>
     </x:row>
     <x:row r="624" spans="1:12">
       <x:c r="A624" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B624" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C624" s="0" t="s">
-        <x:v>125</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="D624" s="0" t="s">
-        <x:v>126</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="E624" s="0" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="F624" s="0" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="G624" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="H624" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="I624" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J624" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="K624" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="L624" s="0">
         <x:v>1981</x:v>
       </x:c>
     </x:row>
     <x:row r="625" spans="1:12">
       <x:c r="A625" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B625" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C625" s="0" t="s">
-        <x:v>125</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="D625" s="0" t="s">
-        <x:v>126</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="E625" s="0" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="F625" s="0" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="G625" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="H625" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="I625" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J625" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="K625" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="L625" s="0">
         <x:v>605</x:v>
       </x:c>
     </x:row>
     <x:row r="626" spans="1:12">
       <x:c r="A626" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B626" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C626" s="0" t="s">
-        <x:v>125</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="D626" s="0" t="s">
-        <x:v>126</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="E626" s="0" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="F626" s="0" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="G626" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="H626" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="I626" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J626" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="K626" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="L626" s="0">
         <x:v>284</x:v>
       </x:c>
     </x:row>
     <x:row r="627" spans="1:12">
       <x:c r="A627" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B627" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C627" s="0" t="s">
-        <x:v>125</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="D627" s="0" t="s">
-        <x:v>126</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="E627" s="0" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="F627" s="0" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="G627" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="H627" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="I627" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J627" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="K627" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="L627" s="0">
         <x:v>405</x:v>
       </x:c>
     </x:row>
     <x:row r="628" spans="1:12">
       <x:c r="A628" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B628" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C628" s="0" t="s">
-        <x:v>125</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="D628" s="0" t="s">
-        <x:v>126</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="E628" s="0" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="F628" s="0" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="G628" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="H628" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="I628" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J628" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="K628" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="L628" s="0">
         <x:v>350</x:v>
       </x:c>
     </x:row>
     <x:row r="629" spans="1:12">
       <x:c r="A629" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B629" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C629" s="0" t="s">
-        <x:v>125</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="D629" s="0" t="s">
-        <x:v>126</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="E629" s="0" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="F629" s="0" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="G629" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="H629" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="I629" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J629" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="K629" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="L629" s="0">
         <x:v>337</x:v>
       </x:c>
     </x:row>
     <x:row r="630" spans="1:12">
       <x:c r="A630" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B630" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C630" s="0" t="s">
-        <x:v>125</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="D630" s="0" t="s">
-        <x:v>126</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="E630" s="0" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="F630" s="0" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="G630" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="H630" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="I630" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J630" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="K630" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="L630" s="0">
         <x:v>48</x:v>
       </x:c>
     </x:row>
     <x:row r="631" spans="1:12">
       <x:c r="A631" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B631" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C631" s="0" t="s">
-        <x:v>125</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="D631" s="0" t="s">
-        <x:v>126</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="E631" s="0" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="F631" s="0" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="G631" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="H631" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="I631" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J631" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="K631" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="L631" s="0">
         <x:v>14556</x:v>
       </x:c>
     </x:row>
     <x:row r="632" spans="1:12">
       <x:c r="A632" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B632" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C632" s="0" t="s">
-        <x:v>125</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="D632" s="0" t="s">
-        <x:v>126</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="E632" s="0" t="s">
         <x:v>107</x:v>
       </x:c>
       <x:c r="F632" s="0" t="s">
         <x:v>108</x:v>
       </x:c>
       <x:c r="G632" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="H632" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="I632" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J632" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="K632" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="L632" s="0">
         <x:v>24076</x:v>
       </x:c>
     </x:row>
     <x:row r="633" spans="1:12">
       <x:c r="A633" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B633" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C633" s="0" t="s">
-        <x:v>125</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="D633" s="0" t="s">
-        <x:v>126</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="E633" s="0" t="s">
         <x:v>107</x:v>
       </x:c>
       <x:c r="F633" s="0" t="s">
         <x:v>108</x:v>
       </x:c>
       <x:c r="G633" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="H633" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="I633" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J633" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="K633" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="L633" s="0">
         <x:v>3394</x:v>
       </x:c>
     </x:row>
     <x:row r="634" spans="1:12">
       <x:c r="A634" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B634" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C634" s="0" t="s">
-        <x:v>125</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="D634" s="0" t="s">
-        <x:v>126</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="E634" s="0" t="s">
         <x:v>107</x:v>
       </x:c>
       <x:c r="F634" s="0" t="s">
         <x:v>108</x:v>
       </x:c>
       <x:c r="G634" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="H634" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="I634" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J634" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="K634" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="L634" s="0">
         <x:v>681</x:v>
       </x:c>
     </x:row>
     <x:row r="635" spans="1:12">
       <x:c r="A635" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B635" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C635" s="0" t="s">
-        <x:v>125</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="D635" s="0" t="s">
-        <x:v>126</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="E635" s="0" t="s">
         <x:v>107</x:v>
       </x:c>
       <x:c r="F635" s="0" t="s">
         <x:v>108</x:v>
       </x:c>
       <x:c r="G635" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="H635" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="I635" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J635" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="K635" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="L635" s="0">
         <x:v>200</x:v>
       </x:c>
     </x:row>
     <x:row r="636" spans="1:12">
       <x:c r="A636" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B636" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C636" s="0" t="s">
-        <x:v>125</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="D636" s="0" t="s">
-        <x:v>126</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="E636" s="0" t="s">
         <x:v>107</x:v>
       </x:c>
       <x:c r="F636" s="0" t="s">
         <x:v>108</x:v>
       </x:c>
       <x:c r="G636" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="H636" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="I636" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J636" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="K636" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="L636" s="0">
         <x:v>988</x:v>
       </x:c>
     </x:row>
     <x:row r="637" spans="1:12">
       <x:c r="A637" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B637" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C637" s="0" t="s">
-        <x:v>125</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="D637" s="0" t="s">
-        <x:v>126</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="E637" s="0" t="s">
         <x:v>107</x:v>
       </x:c>
       <x:c r="F637" s="0" t="s">
         <x:v>108</x:v>
       </x:c>
       <x:c r="G637" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="H637" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="I637" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J637" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="K637" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="L637" s="0">
         <x:v>880</x:v>
       </x:c>
     </x:row>
     <x:row r="638" spans="1:12">
       <x:c r="A638" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B638" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C638" s="0" t="s">
-        <x:v>125</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="D638" s="0" t="s">
-        <x:v>126</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="E638" s="0" t="s">
         <x:v>107</x:v>
       </x:c>
       <x:c r="F638" s="0" t="s">
         <x:v>108</x:v>
       </x:c>
       <x:c r="G638" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="H638" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="I638" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J638" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="K638" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="L638" s="0">
         <x:v>645</x:v>
       </x:c>
     </x:row>
     <x:row r="639" spans="1:12">
       <x:c r="A639" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B639" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C639" s="0" t="s">
-        <x:v>125</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="D639" s="0" t="s">
-        <x:v>126</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="E639" s="0" t="s">
         <x:v>107</x:v>
       </x:c>
       <x:c r="F639" s="0" t="s">
         <x:v>108</x:v>
       </x:c>
       <x:c r="G639" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="H639" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="I639" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J639" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="K639" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="L639" s="0">
         <x:v>106</x:v>
       </x:c>
     </x:row>
     <x:row r="640" spans="1:12">
       <x:c r="A640" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B640" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C640" s="0" t="s">
-        <x:v>125</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="D640" s="0" t="s">
-        <x:v>126</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="E640" s="0" t="s">
         <x:v>107</x:v>
       </x:c>
       <x:c r="F640" s="0" t="s">
         <x:v>108</x:v>
       </x:c>
       <x:c r="G640" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="H640" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="I640" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J640" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="K640" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="L640" s="0">
         <x:v>27576</x:v>
       </x:c>
     </x:row>
     <x:row r="641" spans="1:12">
       <x:c r="A641" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B641" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C641" s="0" t="s">
-        <x:v>125</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="D641" s="0" t="s">
-        <x:v>126</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="E641" s="0" t="s">
         <x:v>109</x:v>
       </x:c>
       <x:c r="F641" s="0" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="G641" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="H641" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="I641" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J641" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="K641" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="L641" s="0">
         <x:v>930</x:v>
       </x:c>
     </x:row>
     <x:row r="642" spans="1:12">
       <x:c r="A642" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B642" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C642" s="0" t="s">
-        <x:v>125</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="D642" s="0" t="s">
-        <x:v>126</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="E642" s="0" t="s">
         <x:v>109</x:v>
       </x:c>
       <x:c r="F642" s="0" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="G642" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="H642" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="I642" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J642" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="K642" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="L642" s="0">
         <x:v>653</x:v>
       </x:c>
     </x:row>
     <x:row r="643" spans="1:12">
       <x:c r="A643" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B643" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C643" s="0" t="s">
-        <x:v>125</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="D643" s="0" t="s">
-        <x:v>126</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="E643" s="0" t="s">
         <x:v>109</x:v>
       </x:c>
       <x:c r="F643" s="0" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="G643" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="H643" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="I643" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J643" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="K643" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="L643" s="0">
         <x:v>52</x:v>
       </x:c>
     </x:row>
     <x:row r="644" spans="1:12">
       <x:c r="A644" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B644" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C644" s="0" t="s">
-        <x:v>125</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="D644" s="0" t="s">
-        <x:v>126</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="E644" s="0" t="s">
         <x:v>109</x:v>
       </x:c>
       <x:c r="F644" s="0" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="G644" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="H644" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="I644" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J644" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="K644" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="L644" s="0">
         <x:v>221</x:v>
       </x:c>
     </x:row>
     <x:row r="645" spans="1:12">
       <x:c r="A645" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B645" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C645" s="0" t="s">
-        <x:v>125</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="D645" s="0" t="s">
-        <x:v>126</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="E645" s="0" t="s">
         <x:v>109</x:v>
       </x:c>
       <x:c r="F645" s="0" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="G645" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="H645" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="I645" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J645" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="K645" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="L645" s="0">
         <x:v>67</x:v>
       </x:c>
     </x:row>
     <x:row r="646" spans="1:12">
       <x:c r="A646" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B646" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C646" s="0" t="s">
-        <x:v>125</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="D646" s="0" t="s">
-        <x:v>126</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="E646" s="0" t="s">
         <x:v>109</x:v>
       </x:c>
       <x:c r="F646" s="0" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="G646" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="H646" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="I646" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J646" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="K646" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="L646" s="0">
         <x:v>102</x:v>
       </x:c>
     </x:row>
     <x:row r="647" spans="1:12">
       <x:c r="A647" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B647" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C647" s="0" t="s">
-        <x:v>125</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="D647" s="0" t="s">
-        <x:v>126</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="E647" s="0" t="s">
         <x:v>109</x:v>
       </x:c>
       <x:c r="F647" s="0" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="G647" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="H647" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="I647" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J647" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="K647" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="L647" s="0">
         <x:v>211</x:v>
       </x:c>
     </x:row>
     <x:row r="648" spans="1:12">
       <x:c r="A648" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B648" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C648" s="0" t="s">
-        <x:v>125</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="D648" s="0" t="s">
-        <x:v>126</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="E648" s="0" t="s">
         <x:v>109</x:v>
       </x:c>
       <x:c r="F648" s="0" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="G648" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="H648" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="I648" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J648" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="K648" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="L648" s="0">
         <x:v>8</x:v>
       </x:c>
     </x:row>
     <x:row r="649" spans="1:12">
       <x:c r="A649" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B649" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C649" s="0" t="s">
-        <x:v>125</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="D649" s="0" t="s">
-        <x:v>126</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="E649" s="0" t="s">
         <x:v>109</x:v>
       </x:c>
       <x:c r="F649" s="0" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="G649" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="H649" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="I649" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J649" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="K649" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="L649" s="0">
         <x:v>1591</x:v>
       </x:c>
     </x:row>
     <x:row r="650" spans="1:12">
       <x:c r="A650" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B650" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C650" s="0" t="s">
-        <x:v>125</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="D650" s="0" t="s">
-        <x:v>126</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="E650" s="0" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="F650" s="0" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="G650" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="H650" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="I650" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J650" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="K650" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="L650" s="0">
         <x:v>137</x:v>
       </x:c>
     </x:row>
     <x:row r="651" spans="1:12">
       <x:c r="A651" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B651" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C651" s="0" t="s">
-        <x:v>125</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="D651" s="0" t="s">
-        <x:v>126</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="E651" s="0" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="F651" s="0" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="G651" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="H651" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="I651" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J651" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="K651" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="L651" s="0">
         <x:v>235</x:v>
       </x:c>
     </x:row>
     <x:row r="652" spans="1:12">
       <x:c r="A652" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B652" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C652" s="0" t="s">
-        <x:v>125</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="D652" s="0" t="s">
-        <x:v>126</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="E652" s="0" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="F652" s="0" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="G652" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="H652" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="I652" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J652" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="K652" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="L652" s="0">
         <x:v>14</x:v>
       </x:c>
     </x:row>
     <x:row r="653" spans="1:12">
       <x:c r="A653" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B653" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C653" s="0" t="s">
-        <x:v>125</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="D653" s="0" t="s">
-        <x:v>126</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="E653" s="0" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="F653" s="0" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="G653" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="H653" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="I653" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J653" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="K653" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="L653" s="0">
         <x:v>65</x:v>
       </x:c>
     </x:row>
     <x:row r="654" spans="1:12">
       <x:c r="A654" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B654" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C654" s="0" t="s">
-        <x:v>125</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="D654" s="0" t="s">
-        <x:v>126</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="E654" s="0" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="F654" s="0" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="G654" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="H654" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="I654" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J654" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="K654" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="L654" s="0">
         <x:v>17</x:v>
       </x:c>
     </x:row>
     <x:row r="655" spans="1:12">
       <x:c r="A655" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B655" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C655" s="0" t="s">
-        <x:v>125</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="D655" s="0" t="s">
-        <x:v>126</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="E655" s="0" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="F655" s="0" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="G655" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="H655" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="I655" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J655" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="K655" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="L655" s="0">
         <x:v>23</x:v>
       </x:c>
     </x:row>
     <x:row r="656" spans="1:12">
       <x:c r="A656" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B656" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C656" s="0" t="s">
-        <x:v>125</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="D656" s="0" t="s">
-        <x:v>126</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="E656" s="0" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="F656" s="0" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="G656" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="H656" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="I656" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J656" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="K656" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="L656" s="0">
         <x:v>116</x:v>
       </x:c>
     </x:row>
     <x:row r="657" spans="1:12">
       <x:c r="A657" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B657" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C657" s="0" t="s">
-        <x:v>125</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="D657" s="0" t="s">
-        <x:v>126</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="E657" s="0" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="F657" s="0" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="G657" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="H657" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="I657" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J657" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="K657" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
+      <x:c r="L657" s="0" t="s">
+        <x:v>125</x:v>
+      </x:c>
     </x:row>
     <x:row r="658" spans="1:12">
       <x:c r="A658" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B658" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C658" s="0" t="s">
-        <x:v>125</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="D658" s="0" t="s">
-        <x:v>126</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="E658" s="0" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="F658" s="0" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="G658" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="H658" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="I658" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J658" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="K658" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="L658" s="0">
         <x:v>372</x:v>
       </x:c>
     </x:row>
     <x:row r="659" spans="1:12">
       <x:c r="A659" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B659" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C659" s="0" t="s">
-        <x:v>125</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="D659" s="0" t="s">
-        <x:v>126</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="E659" s="0" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="F659" s="0" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="G659" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="H659" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="I659" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J659" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="K659" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="L659" s="0">
         <x:v>26303</x:v>
       </x:c>
     </x:row>
     <x:row r="660" spans="1:12">
       <x:c r="A660" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B660" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C660" s="0" t="s">
-        <x:v>125</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="D660" s="0" t="s">
-        <x:v>126</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="E660" s="0" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="F660" s="0" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="G660" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="H660" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="I660" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J660" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="K660" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="L660" s="0">
         <x:v>8045</x:v>
       </x:c>
     </x:row>
     <x:row r="661" spans="1:12">
       <x:c r="A661" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B661" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C661" s="0" t="s">
-        <x:v>125</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="D661" s="0" t="s">
-        <x:v>126</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="E661" s="0" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="F661" s="0" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="G661" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="H661" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="I661" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J661" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="K661" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="L661" s="0">
         <x:v>893</x:v>
       </x:c>
     </x:row>
     <x:row r="662" spans="1:12">
       <x:c r="A662" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B662" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C662" s="0" t="s">
-        <x:v>125</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="D662" s="0" t="s">
-        <x:v>126</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="E662" s="0" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="F662" s="0" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="G662" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="H662" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="I662" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J662" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="K662" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="L662" s="0">
         <x:v>830</x:v>
       </x:c>
     </x:row>
     <x:row r="663" spans="1:12">
       <x:c r="A663" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B663" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C663" s="0" t="s">
-        <x:v>125</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="D663" s="0" t="s">
-        <x:v>126</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="E663" s="0" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="F663" s="0" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="G663" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="H663" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="I663" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J663" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="K663" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="L663" s="0">
         <x:v>1522</x:v>
       </x:c>
     </x:row>
     <x:row r="664" spans="1:12">
       <x:c r="A664" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B664" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C664" s="0" t="s">
-        <x:v>125</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="D664" s="0" t="s">
-        <x:v>126</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="E664" s="0" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="F664" s="0" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="G664" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="H664" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="I664" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J664" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="K664" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="L664" s="0">
         <x:v>2080</x:v>
       </x:c>
     </x:row>
     <x:row r="665" spans="1:12">
       <x:c r="A665" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B665" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C665" s="0" t="s">
-        <x:v>125</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="D665" s="0" t="s">
-        <x:v>126</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="E665" s="0" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="F665" s="0" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="G665" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="H665" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="I665" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J665" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="K665" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="L665" s="0">
         <x:v>2720</x:v>
       </x:c>
     </x:row>
     <x:row r="666" spans="1:12">
       <x:c r="A666" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B666" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C666" s="0" t="s">
-        <x:v>125</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="D666" s="0" t="s">
-        <x:v>126</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="E666" s="0" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="F666" s="0" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="G666" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="H666" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="I666" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J666" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="K666" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="L666" s="0">
         <x:v>4315</x:v>
       </x:c>
     </x:row>
     <x:row r="667" spans="1:12">
       <x:c r="A667" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B667" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C667" s="0" t="s">
-        <x:v>125</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="D667" s="0" t="s">
-        <x:v>126</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="E667" s="0" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="F667" s="0" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="G667" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="H667" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="I667" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J667" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="K667" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="L667" s="0">
         <x:v>38663</x:v>
       </x:c>
     </x:row>
     <x:row r="668" spans="1:12">
       <x:c r="A668" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B668" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C668" s="0" t="s">
-        <x:v>125</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="D668" s="0" t="s">
-        <x:v>126</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="E668" s="0" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="F668" s="0" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="G668" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="H668" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="I668" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J668" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="K668" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="L668" s="0">
         <x:v>707826</x:v>
       </x:c>
     </x:row>
     <x:row r="669" spans="1:12">
       <x:c r="A669" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B669" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C669" s="0" t="s">
-        <x:v>125</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="D669" s="0" t="s">
-        <x:v>126</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="E669" s="0" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="F669" s="0" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="G669" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="H669" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="I669" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J669" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="K669" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="L669" s="0">
         <x:v>124793</x:v>
       </x:c>
     </x:row>
     <x:row r="670" spans="1:12">
       <x:c r="A670" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B670" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C670" s="0" t="s">
-        <x:v>125</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="D670" s="0" t="s">
-        <x:v>126</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="E670" s="0" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="F670" s="0" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="G670" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="H670" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="I670" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J670" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="K670" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="L670" s="0">
         <x:v>20747</x:v>
       </x:c>
     </x:row>
     <x:row r="671" spans="1:12">
       <x:c r="A671" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B671" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C671" s="0" t="s">
-        <x:v>125</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="D671" s="0" t="s">
-        <x:v>126</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="E671" s="0" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="F671" s="0" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="G671" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="H671" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="I671" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J671" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="K671" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="L671" s="0">
         <x:v>14668</x:v>
       </x:c>
     </x:row>
     <x:row r="672" spans="1:12">
       <x:c r="A672" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B672" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C672" s="0" t="s">
-        <x:v>125</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="D672" s="0" t="s">
-        <x:v>126</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="E672" s="0" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="F672" s="0" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="G672" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="H672" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="I672" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J672" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="K672" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="L672" s="0">
         <x:v>31517</x:v>
       </x:c>
     </x:row>
     <x:row r="673" spans="1:12">
       <x:c r="A673" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B673" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C673" s="0" t="s">
-        <x:v>125</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="D673" s="0" t="s">
-        <x:v>126</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="E673" s="0" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="F673" s="0" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="G673" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="H673" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="I673" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J673" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="K673" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="L673" s="0">
         <x:v>28357</x:v>
       </x:c>
     </x:row>
     <x:row r="674" spans="1:12">
       <x:c r="A674" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B674" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C674" s="0" t="s">
-        <x:v>125</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="D674" s="0" t="s">
-        <x:v>126</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="E674" s="0" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="F674" s="0" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="G674" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="H674" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="I674" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J674" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="K674" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="L674" s="0">
         <x:v>29504</x:v>
       </x:c>
     </x:row>
     <x:row r="675" spans="1:12">
       <x:c r="A675" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B675" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C675" s="0" t="s">
-        <x:v>125</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="D675" s="0" t="s">
-        <x:v>126</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="E675" s="0" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="F675" s="0" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="G675" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="H675" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="I675" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J675" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="K675" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="L675" s="0">
         <x:v>6606</x:v>
       </x:c>
     </x:row>
     <x:row r="676" spans="1:12">
       <x:c r="A676" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B676" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C676" s="0" t="s">
-        <x:v>125</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="D676" s="0" t="s">
-        <x:v>126</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="E676" s="0" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="F676" s="0" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="G676" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="H676" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="I676" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J676" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="K676" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="L676" s="0">
         <x:v>839225</x:v>
       </x:c>
     </x:row>
     <x:row r="677" spans="1:12">
       <x:c r="A677" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B677" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C677" s="0" t="s">
-        <x:v>125</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="D677" s="0" t="s">
-        <x:v>126</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="E677" s="0" t="s">
         <x:v>117</x:v>
       </x:c>
       <x:c r="F677" s="0" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="G677" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="H677" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="I677" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J677" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="K677" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="L677" s="0">
         <x:v>9828</x:v>
       </x:c>
     </x:row>
     <x:row r="678" spans="1:12">
       <x:c r="A678" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B678" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C678" s="0" t="s">
-        <x:v>125</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="D678" s="0" t="s">
-        <x:v>126</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="E678" s="0" t="s">
         <x:v>117</x:v>
       </x:c>
       <x:c r="F678" s="0" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="G678" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="H678" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="I678" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J678" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="K678" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="L678" s="0">
         <x:v>4334</x:v>
       </x:c>
     </x:row>
     <x:row r="679" spans="1:12">
       <x:c r="A679" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B679" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C679" s="0" t="s">
-        <x:v>125</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="D679" s="0" t="s">
-        <x:v>126</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="E679" s="0" t="s">
         <x:v>117</x:v>
       </x:c>
       <x:c r="F679" s="0" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="G679" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="H679" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="I679" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J679" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="K679" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="L679" s="0">
         <x:v>328</x:v>
       </x:c>
     </x:row>
     <x:row r="680" spans="1:12">
       <x:c r="A680" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B680" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C680" s="0" t="s">
-        <x:v>125</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="D680" s="0" t="s">
-        <x:v>126</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="E680" s="0" t="s">
         <x:v>117</x:v>
       </x:c>
       <x:c r="F680" s="0" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="G680" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="H680" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="I680" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J680" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="K680" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="L680" s="0">
         <x:v>193</x:v>
       </x:c>
     </x:row>
     <x:row r="681" spans="1:12">
       <x:c r="A681" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B681" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C681" s="0" t="s">
-        <x:v>125</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="D681" s="0" t="s">
-        <x:v>126</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="E681" s="0" t="s">
         <x:v>117</x:v>
       </x:c>
       <x:c r="F681" s="0" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="G681" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="H681" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="I681" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J681" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="K681" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="L681" s="0">
         <x:v>854</x:v>
       </x:c>
     </x:row>
     <x:row r="682" spans="1:12">
       <x:c r="A682" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B682" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C682" s="0" t="s">
-        <x:v>125</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="D682" s="0" t="s">
-        <x:v>126</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="E682" s="0" t="s">
         <x:v>117</x:v>
       </x:c>
       <x:c r="F682" s="0" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="G682" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="H682" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="I682" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J682" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="K682" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="L682" s="0">
         <x:v>1165</x:v>
       </x:c>
     </x:row>
     <x:row r="683" spans="1:12">
       <x:c r="A683" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B683" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C683" s="0" t="s">
-        <x:v>125</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="D683" s="0" t="s">
-        <x:v>126</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="E683" s="0" t="s">
         <x:v>117</x:v>
       </x:c>
       <x:c r="F683" s="0" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="G683" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="H683" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="I683" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J683" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="K683" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="L683" s="0">
         <x:v>1794</x:v>
       </x:c>
     </x:row>
     <x:row r="684" spans="1:12">
       <x:c r="A684" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B684" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C684" s="0" t="s">
-        <x:v>125</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="D684" s="0" t="s">
-        <x:v>126</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="E684" s="0" t="s">
         <x:v>117</x:v>
       </x:c>
       <x:c r="F684" s="0" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="G684" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="H684" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="I684" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J684" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="K684" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="L684" s="0">
         <x:v>135</x:v>
       </x:c>
     </x:row>
     <x:row r="685" spans="1:12">
       <x:c r="A685" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B685" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C685" s="0" t="s">
-        <x:v>125</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="D685" s="0" t="s">
-        <x:v>126</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="E685" s="0" t="s">
         <x:v>117</x:v>
       </x:c>
       <x:c r="F685" s="0" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="G685" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="H685" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="I685" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J685" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="K685" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="L685" s="0">
         <x:v>14297</x:v>
       </x:c>
     </x:row>
     <x:row r="686" spans="1:12">
       <x:c r="A686" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B686" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C686" s="0" t="s">
-        <x:v>125</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="D686" s="0" t="s">
-        <x:v>126</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="E686" s="0" t="s">
         <x:v>119</x:v>
       </x:c>
       <x:c r="F686" s="0" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="G686" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="H686" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="I686" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J686" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="K686" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="L686" s="0">
         <x:v>104127</x:v>
       </x:c>
     </x:row>
     <x:row r="687" spans="1:12">
       <x:c r="A687" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B687" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C687" s="0" t="s">
-        <x:v>125</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="D687" s="0" t="s">
-        <x:v>126</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="E687" s="0" t="s">
         <x:v>119</x:v>
       </x:c>
       <x:c r="F687" s="0" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="G687" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="H687" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="I687" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J687" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="K687" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="L687" s="0">
         <x:v>29009</x:v>
       </x:c>
     </x:row>
     <x:row r="688" spans="1:12">
       <x:c r="A688" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B688" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C688" s="0" t="s">
-        <x:v>125</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="D688" s="0" t="s">
-        <x:v>126</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="E688" s="0" t="s">
         <x:v>119</x:v>
       </x:c>
       <x:c r="F688" s="0" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="G688" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="H688" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="I688" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J688" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="K688" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="L688" s="0">
         <x:v>5070</x:v>
       </x:c>
     </x:row>
     <x:row r="689" spans="1:12">
       <x:c r="A689" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B689" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C689" s="0" t="s">
-        <x:v>125</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="D689" s="0" t="s">
-        <x:v>126</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="E689" s="0" t="s">
         <x:v>119</x:v>
       </x:c>
       <x:c r="F689" s="0" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="G689" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="H689" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="I689" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J689" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="K689" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="L689" s="0">
         <x:v>1696</x:v>
       </x:c>
     </x:row>
     <x:row r="690" spans="1:12">
       <x:c r="A690" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B690" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C690" s="0" t="s">
-        <x:v>125</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="D690" s="0" t="s">
-        <x:v>126</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="E690" s="0" t="s">
         <x:v>119</x:v>
       </x:c>
       <x:c r="F690" s="0" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="G690" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="H690" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="I690" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J690" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="K690" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="L690" s="0">
         <x:v>7234</x:v>
       </x:c>
     </x:row>
     <x:row r="691" spans="1:12">
       <x:c r="A691" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B691" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C691" s="0" t="s">
-        <x:v>125</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="D691" s="0" t="s">
-        <x:v>126</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="E691" s="0" t="s">
         <x:v>119</x:v>
       </x:c>
       <x:c r="F691" s="0" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="G691" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="H691" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="I691" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J691" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="K691" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="L691" s="0">
         <x:v>6734</x:v>
       </x:c>
     </x:row>
     <x:row r="692" spans="1:12">
       <x:c r="A692" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B692" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C692" s="0" t="s">
-        <x:v>125</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="D692" s="0" t="s">
-        <x:v>126</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="E692" s="0" t="s">
         <x:v>119</x:v>
       </x:c>
       <x:c r="F692" s="0" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="G692" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="H692" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="I692" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J692" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="K692" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="L692" s="0">
         <x:v>8275</x:v>
       </x:c>
     </x:row>
     <x:row r="693" spans="1:12">
       <x:c r="A693" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B693" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C693" s="0" t="s">
-        <x:v>125</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="D693" s="0" t="s">
-        <x:v>126</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="E693" s="0" t="s">
         <x:v>119</x:v>
       </x:c>
       <x:c r="F693" s="0" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="G693" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="H693" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="I693" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J693" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="K693" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="L693" s="0">
         <x:v>1356</x:v>
       </x:c>
     </x:row>
     <x:row r="694" spans="1:12">
       <x:c r="A694" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B694" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C694" s="0" t="s">
-        <x:v>125</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="D694" s="0" t="s">
-        <x:v>126</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="E694" s="0" t="s">
         <x:v>119</x:v>
       </x:c>
       <x:c r="F694" s="0" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="G694" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="H694" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="I694" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J694" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="K694" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="L694" s="0">
         <x:v>134492</x:v>
       </x:c>
     </x:row>
     <x:row r="695" spans="1:12">
       <x:c r="A695" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B695" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C695" s="0" t="s">
-        <x:v>125</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="D695" s="0" t="s">
-        <x:v>126</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="E695" s="0" t="s">
         <x:v>121</x:v>
       </x:c>
       <x:c r="F695" s="0" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="G695" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="H695" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="I695" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J695" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="K695" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="L695" s="0">
         <x:v>821781</x:v>
       </x:c>
     </x:row>
     <x:row r="696" spans="1:12">
       <x:c r="A696" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B696" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C696" s="0" t="s">
-        <x:v>125</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="D696" s="0" t="s">
-        <x:v>126</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="E696" s="0" t="s">
         <x:v>121</x:v>
       </x:c>
       <x:c r="F696" s="0" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="G696" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="H696" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="I696" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J696" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="K696" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="L696" s="0">
         <x:v>158136</x:v>
       </x:c>
     </x:row>
     <x:row r="697" spans="1:12">
       <x:c r="A697" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B697" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C697" s="0" t="s">
-        <x:v>125</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="D697" s="0" t="s">
-        <x:v>126</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="E697" s="0" t="s">
         <x:v>121</x:v>
       </x:c>
       <x:c r="F697" s="0" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="G697" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="H697" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="I697" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J697" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="K697" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="L697" s="0">
         <x:v>26145</x:v>
       </x:c>
     </x:row>
     <x:row r="698" spans="1:12">
       <x:c r="A698" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B698" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C698" s="0" t="s">
-        <x:v>125</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="D698" s="0" t="s">
-        <x:v>126</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="E698" s="0" t="s">
         <x:v>121</x:v>
       </x:c>
       <x:c r="F698" s="0" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="G698" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="H698" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="I698" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J698" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="K698" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="L698" s="0">
         <x:v>16557</x:v>
       </x:c>
     </x:row>
     <x:row r="699" spans="1:12">
       <x:c r="A699" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B699" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C699" s="0" t="s">
-        <x:v>125</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="D699" s="0" t="s">
-        <x:v>126</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="E699" s="0" t="s">
         <x:v>121</x:v>
       </x:c>
       <x:c r="F699" s="0" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="G699" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="H699" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="I699" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J699" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="K699" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="L699" s="0">
         <x:v>39605</x:v>
       </x:c>
     </x:row>
     <x:row r="700" spans="1:12">
       <x:c r="A700" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B700" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C700" s="0" t="s">
-        <x:v>125</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="D700" s="0" t="s">
-        <x:v>126</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="E700" s="0" t="s">
         <x:v>121</x:v>
       </x:c>
       <x:c r="F700" s="0" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="G700" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="H700" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="I700" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J700" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="K700" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="L700" s="0">
         <x:v>36256</x:v>
       </x:c>
     </x:row>
     <x:row r="701" spans="1:12">
       <x:c r="A701" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B701" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C701" s="0" t="s">
-        <x:v>125</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="D701" s="0" t="s">
-        <x:v>126</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="E701" s="0" t="s">
         <x:v>121</x:v>
       </x:c>
       <x:c r="F701" s="0" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="G701" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="H701" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="I701" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J701" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="K701" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="L701" s="0">
         <x:v>39573</x:v>
       </x:c>
     </x:row>
     <x:row r="702" spans="1:12">
       <x:c r="A702" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B702" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C702" s="0" t="s">
-        <x:v>125</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="D702" s="0" t="s">
-        <x:v>126</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="E702" s="0" t="s">
         <x:v>121</x:v>
       </x:c>
       <x:c r="F702" s="0" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="G702" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="H702" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="I702" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J702" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="K702" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="L702" s="0">
         <x:v>8097</x:v>
       </x:c>
     </x:row>
     <x:row r="703" spans="1:12">
       <x:c r="A703" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B703" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C703" s="0" t="s">
-        <x:v>125</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="D703" s="0" t="s">
-        <x:v>126</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="E703" s="0" t="s">
         <x:v>121</x:v>
       </x:c>
       <x:c r="F703" s="0" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="G703" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="H703" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="I703" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J703" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="K703" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="L703" s="0">
         <x:v>988014</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="1">
     <x:tablePart r:id="rId15"/>
   </x:tableParts>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:sheetData/>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Application>Microsoft Excel</ap:Application>
   <ap:TitlesOfParts>
     <vt:vector baseType="lpstr" size="9">
       <vt:lpstr>About</vt:lpstr>
       <vt:lpstr>Unpivoted</vt:lpstr>
       <vt:lpstr>Pivoted</vt:lpstr>
@@ -28357,51 +28092,51 @@
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>3</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Named Ranges</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>6</vt:i4>
       </vt:variant>
     </vt:vector>
   </ap:HeadingPairs>
   <ap:DocSecurity>0</ap:DocSecurity>
   <ap:ScaleCrop>false</ap:ScaleCrop>
 </ap:Properties>
 </file>
 
 <file path=pivotCache/_rels/pivotCacheDefinition1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheRecords" Target="/pivotCache/pivotCacheRecords1.xml" Id="rId1" /></Relationships>
 </file>
 
 <file path=pivotCache/pivotCacheDefinition1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:pivotCacheDefinition xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" r:id="rId1" saveData="1" refreshOnLoad="1" createdVersion="5" refreshedVersion="5" minRefreshableVersion="3">
   <x:cacheSource type="worksheet">
-    <x:worksheetSource ref="A1:L703" sheet="Unpivoted"/>
+    <x:worksheetSource name="Unpivoted"/>
   </x:cacheSource>
   <x:cacheFields>
     <x:cacheField name="STATISTIC">
       <x:sharedItems count="1">
         <x:s v="CD309"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="Statistic Label">
       <x:sharedItems count="1">
         <x:s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="C02199V02655">
       <x:sharedItems count="3">
         <x:s v="-"/>
         <x:s v="1"/>
         <x:s v="2"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="Sex">
       <x:sharedItems count="3">
         <x:s v="Both sexes"/>
         <x:s v="Male"/>
         <x:s v="Female"/>
       </x:sharedItems>
@@ -29124,27 +28859,9856 @@
         <x:n v="104127"/>
         <x:n v="29009"/>
         <x:n v="5070"/>
         <x:n v="1696"/>
         <x:n v="7234"/>
         <x:n v="6734"/>
         <x:n v="8275"/>
         <x:n v="1356"/>
         <x:n v="134492"/>
         <x:n v="821781"/>
         <x:n v="158136"/>
         <x:n v="26145"/>
         <x:n v="16557"/>
         <x:n v="39605"/>
         <x:n v="36256"/>
         <x:n v="39573"/>
         <x:n v="8097"/>
         <x:n v="988014"/>
       </x:sharedItems>
     </x:cacheField>
   </x:cacheFields>
 </x:pivotCacheDefinition>
 </file>
 
 <file path=pivotCache/pivotCacheRecords1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main"/>
+<pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="xr">
+  <r>
+    <s v="CD309"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="A"/>
+    <s v="Agriculture, forestry and fishing (A)"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="85342"/>
+  </r>
+  <r>
+    <s v="CD309"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="A"/>
+    <s v="Agriculture, forestry and fishing (A)"/>
+    <s v="IE05"/>
+    <s v="Non-Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5271"/>
+  </r>
+  <r>
+    <s v="CD309"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="A"/>
+    <s v="Agriculture, forestry and fishing (A)"/>
+    <s v="GB01"/>
+    <s v="UK (1)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="846"/>
+  </r>
+  <r>
+    <s v="CD309"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="A"/>
+    <s v="Agriculture, forestry and fishing (A)"/>
+    <s v="EU15X02"/>
+    <s v="EU15 excluding Irish and UK"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="381"/>
+  </r>
+  <r>
+    <s v="CD309"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="A"/>
+    <s v="Agriculture, forestry and fishing (A)"/>
+    <s v="PL"/>
+    <s v="Polish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1055"/>
+  </r>
+  <r>
+    <s v="CD309"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="A"/>
+    <s v="Agriculture, forestry and fishing (A)"/>
+    <s v="ACC12X01"/>
+    <s v="EU15 to EU27 states excluding Polish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2204"/>
+  </r>
+  <r>
+    <s v="CD309"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="A"/>
+    <s v="Agriculture, forestry and fishing (A)"/>
+    <s v="ON7"/>
+    <s v="Other nationalities (7)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="785"/>
+  </r>
+  <r>
+    <s v="CD309"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="A"/>
+    <s v="Agriculture, forestry and fishing (A)"/>
+    <s v="ZZZ99"/>
+    <s v="Not stated, including no nationality"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="563"/>
+  </r>
+  <r>
+    <s v="CD309"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="A"/>
+    <s v="Agriculture, forestry and fishing (A)"/>
+    <s v="-"/>
+    <s v="All nationalities"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="91176"/>
+  </r>
+  <r>
+    <s v="CD309"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="B"/>
+    <s v="Mining and quarrying (B)"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4855"/>
+  </r>
+  <r>
+    <s v="CD309"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="B"/>
+    <s v="Mining and quarrying (B)"/>
+    <s v="IE05"/>
+    <s v="Non-Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="394"/>
+  </r>
+  <r>
+    <s v="CD309"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="B"/>
+    <s v="Mining and quarrying (B)"/>
+    <s v="GB01"/>
+    <s v="UK (1)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="161"/>
+  </r>
+  <r>
+    <s v="CD309"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="B"/>
+    <s v="Mining and quarrying (B)"/>
+    <s v="EU15X02"/>
+    <s v="EU15 excluding Irish and UK"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="17"/>
+  </r>
+  <r>
+    <s v="CD309"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="B"/>
+    <s v="Mining and quarrying (B)"/>
+    <s v="PL"/>
+    <s v="Polish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="81"/>
+  </r>
+  <r>
+    <s v="CD309"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="B"/>
+    <s v="Mining and quarrying (B)"/>
+    <s v="ACC12X01"/>
+    <s v="EU15 to EU27 states excluding Polish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="64"/>
+  </r>
+  <r>
+    <s v="CD309"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="B"/>
+    <s v="Mining and quarrying (B)"/>
+    <s v="ON7"/>
+    <s v="Other nationalities (7)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="71"/>
+  </r>
+  <r>
+    <s v="CD309"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="B"/>
+    <s v="Mining and quarrying (B)"/>
+    <s v="ZZZ99"/>
+    <s v="Not stated, including no nationality"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="12"/>
+  </r>
+  <r>
+    <s v="CD309"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="B"/>
+    <s v="Mining and quarrying (B)"/>
+    <s v="-"/>
+    <s v="All nationalities"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5261"/>
+  </r>
+  <r>
+    <s v="CD309"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="C"/>
+    <s v="Manufacturing (C)"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="147506"/>
+  </r>
+  <r>
+    <s v="CD309"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="C"/>
+    <s v="Manufacturing (C)"/>
+    <s v="IE05"/>
+    <s v="Non-Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="33445"/>
+  </r>
+  <r>
+    <s v="CD309"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="C"/>
+    <s v="Manufacturing (C)"/>
+    <s v="GB01"/>
+    <s v="UK (1)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4704"/>
+  </r>
+  <r>
+    <s v="CD309"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="C"/>
+    <s v="Manufacturing (C)"/>
+    <s v="EU15X02"/>
+    <s v="EU15 excluding Irish and UK"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3856"/>
+  </r>
+  <r>
+    <s v="CD309"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="C"/>
+    <s v="Manufacturing (C)"/>
+    <s v="PL"/>
+    <s v="Polish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="12374"/>
+  </r>
+  <r>
+    <s v="CD309"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="C"/>
+    <s v="Manufacturing (C)"/>
+    <s v="ACC12X01"/>
+    <s v="EU15 to EU27 states excluding Polish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="7863"/>
+  </r>
+  <r>
+    <s v="CD309"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="C"/>
+    <s v="Manufacturing (C)"/>
+    <s v="ON7"/>
+    <s v="Other nationalities (7)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4648"/>
+  </r>
+  <r>
+    <s v="CD309"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="C"/>
+    <s v="Manufacturing (C)"/>
+    <s v="ZZZ99"/>
+    <s v="Not stated, including no nationality"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="535"/>
+  </r>
+  <r>
+    <s v="CD309"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="C"/>
+    <s v="Manufacturing (C)"/>
+    <s v="-"/>
+    <s v="All nationalities"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="181486"/>
+  </r>
+  <r>
+    <s v="CD309"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="D"/>
+    <s v="Electricity, gas, steam and air conditioning supply (D)"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="10331"/>
+  </r>
+  <r>
+    <s v="CD309"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="D"/>
+    <s v="Electricity, gas, steam and air conditioning supply (D)"/>
+    <s v="IE05"/>
+    <s v="Non-Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="633"/>
+  </r>
+  <r>
+    <s v="CD309"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="D"/>
+    <s v="Electricity, gas, steam and air conditioning supply (D)"/>
+    <s v="GB01"/>
+    <s v="UK (1)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="219"/>
+  </r>
+  <r>
+    <s v="CD309"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="D"/>
+    <s v="Electricity, gas, steam and air conditioning supply (D)"/>
+    <s v="EU15X02"/>
+    <s v="EU15 excluding Irish and UK"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="123"/>
+  </r>
+  <r>
+    <s v="CD309"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="D"/>
+    <s v="Electricity, gas, steam and air conditioning supply (D)"/>
+    <s v="PL"/>
+    <s v="Polish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="90"/>
+  </r>
+  <r>
+    <s v="CD309"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="D"/>
+    <s v="Electricity, gas, steam and air conditioning supply (D)"/>
+    <s v="ACC12X01"/>
+    <s v="EU15 to EU27 states excluding Polish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="63"/>
+  </r>
+  <r>
+    <s v="CD309"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="D"/>
+    <s v="Electricity, gas, steam and air conditioning supply (D)"/>
+    <s v="ON7"/>
+    <s v="Other nationalities (7)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="138"/>
+  </r>
+  <r>
+    <s v="CD309"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="D"/>
+    <s v="Electricity, gas, steam and air conditioning supply (D)"/>
+    <s v="ZZZ99"/>
+    <s v="Not stated, including no nationality"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="29"/>
+  </r>
+  <r>
+    <s v="CD309"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="D"/>
+    <s v="Electricity, gas, steam and air conditioning supply (D)"/>
+    <s v="-"/>
+    <s v="All nationalities"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="10993"/>
+  </r>
+  <r>
+    <s v="CD309"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="E"/>
+    <s v="Water supply; sewerage, waste management and remediation activities (E)"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="7313"/>
+  </r>
+  <r>
+    <s v="CD309"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="E"/>
+    <s v="Water supply; sewerage, waste management and remediation activities (E)"/>
+    <s v="IE05"/>
+    <s v="Non-Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1990"/>
+  </r>
+  <r>
+    <s v="CD309"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="E"/>
+    <s v="Water supply; sewerage, waste management and remediation activities (E)"/>
+    <s v="GB01"/>
+    <s v="UK (1)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="214"/>
+  </r>
+  <r>
+    <s v="CD309"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="E"/>
+    <s v="Water supply; sewerage, waste management and remediation activities (E)"/>
+    <s v="EU15X02"/>
+    <s v="EU15 excluding Irish and UK"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="53"/>
+  </r>
+  <r>
+    <s v="CD309"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="E"/>
+    <s v="Water supply; sewerage, waste management and remediation activities (E)"/>
+    <s v="PL"/>
+    <s v="Polish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="742"/>
+  </r>
+  <r>
+    <s v="CD309"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="E"/>
+    <s v="Water supply; sewerage, waste management and remediation activities (E)"/>
+    <s v="ACC12X01"/>
+    <s v="EU15 to EU27 states excluding Polish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="809"/>
+  </r>
+  <r>
+    <s v="CD309"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="E"/>
+    <s v="Water supply; sewerage, waste management and remediation activities (E)"/>
+    <s v="ON7"/>
+    <s v="Other nationalities (7)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="172"/>
+  </r>
+  <r>
+    <s v="CD309"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="E"/>
+    <s v="Water supply; sewerage, waste management and remediation activities (E)"/>
+    <s v="ZZZ99"/>
+    <s v="Not stated, including no nationality"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="45"/>
+  </r>
+  <r>
+    <s v="CD309"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="E"/>
+    <s v="Water supply; sewerage, waste management and remediation activities (E)"/>
+    <s v="-"/>
+    <s v="All nationalities"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="9348"/>
+  </r>
+  <r>
+    <s v="CD309"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="F"/>
+    <s v="Construction (F)"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="76281"/>
+  </r>
+  <r>
+    <s v="CD309"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="F"/>
+    <s v="Construction (F)"/>
+    <s v="IE05"/>
+    <s v="Non-Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="9388"/>
+  </r>
+  <r>
+    <s v="CD309"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="F"/>
+    <s v="Construction (F)"/>
+    <s v="GB01"/>
+    <s v="UK (1)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2147"/>
+  </r>
+  <r>
+    <s v="CD309"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="F"/>
+    <s v="Construction (F)"/>
+    <s v="EU15X02"/>
+    <s v="EU15 excluding Irish and UK"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="403"/>
+  </r>
+  <r>
+    <s v="CD309"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="F"/>
+    <s v="Construction (F)"/>
+    <s v="PL"/>
+    <s v="Polish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2973"/>
+  </r>
+  <r>
+    <s v="CD309"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="F"/>
+    <s v="Construction (F)"/>
+    <s v="ACC12X01"/>
+    <s v="EU15 to EU27 states excluding Polish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2660"/>
+  </r>
+  <r>
+    <s v="CD309"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="F"/>
+    <s v="Construction (F)"/>
+    <s v="ON7"/>
+    <s v="Other nationalities (7)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1205"/>
+  </r>
+  <r>
+    <s v="CD309"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="F"/>
+    <s v="Construction (F)"/>
+    <s v="ZZZ99"/>
+    <s v="Not stated, including no nationality"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="313"/>
+  </r>
+  <r>
+    <s v="CD309"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="F"/>
+    <s v="Construction (F)"/>
+    <s v="-"/>
+    <s v="All nationalities"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="85982"/>
+  </r>
+  <r>
+    <s v="CD309"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="G"/>
+    <s v="Wholesale and retail trade; repair of motor vehicles and motorcycles (G)"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="213034"/>
+  </r>
+  <r>
+    <s v="CD309"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="G"/>
+    <s v="Wholesale and retail trade; repair of motor vehicles and motorcycles (G)"/>
+    <s v="IE05"/>
+    <s v="Non-Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="46353"/>
+  </r>
+  <r>
+    <s v="CD309"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="G"/>
+    <s v="Wholesale and retail trade; repair of motor vehicles and motorcycles (G)"/>
+    <s v="GB01"/>
+    <s v="UK (1)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="7328"/>
+  </r>
+  <r>
+    <s v="CD309"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="G"/>
+    <s v="Wholesale and retail trade; repair of motor vehicles and motorcycles (G)"/>
+    <s v="EU15X02"/>
+    <s v="EU15 excluding Irish and UK"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2824"/>
+  </r>
+  <r>
+    <s v="CD309"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="G"/>
+    <s v="Wholesale and retail trade; repair of motor vehicles and motorcycles (G)"/>
+    <s v="PL"/>
+    <s v="Polish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="16774"/>
+  </r>
+  <r>
+    <s v="CD309"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="G"/>
+    <s v="Wholesale and retail trade; repair of motor vehicles and motorcycles (G)"/>
+    <s v="ACC12X01"/>
+    <s v="EU15 to EU27 states excluding Polish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="11819"/>
+  </r>
+  <r>
+    <s v="CD309"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="G"/>
+    <s v="Wholesale and retail trade; repair of motor vehicles and motorcycles (G)"/>
+    <s v="ON7"/>
+    <s v="Other nationalities (7)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="7608"/>
+  </r>
+  <r>
+    <s v="CD309"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="G"/>
+    <s v="Wholesale and retail trade; repair of motor vehicles and motorcycles (G)"/>
+    <s v="ZZZ99"/>
+    <s v="Not stated, including no nationality"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="870"/>
+  </r>
+  <r>
+    <s v="CD309"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="G"/>
+    <s v="Wholesale and retail trade; repair of motor vehicles and motorcycles (G)"/>
+    <s v="-"/>
+    <s v="All nationalities"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="260257"/>
+  </r>
+  <r>
+    <s v="CD309"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="H"/>
+    <s v="Transportation and storage (H)"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="66745"/>
+  </r>
+  <r>
+    <s v="CD309"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="H"/>
+    <s v="Transportation and storage (H)"/>
+    <s v="IE05"/>
+    <s v="Non-Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="9946"/>
+  </r>
+  <r>
+    <s v="CD309"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="H"/>
+    <s v="Transportation and storage (H)"/>
+    <s v="GB01"/>
+    <s v="UK (1)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1823"/>
+  </r>
+  <r>
+    <s v="CD309"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="H"/>
+    <s v="Transportation and storage (H)"/>
+    <s v="EU15X02"/>
+    <s v="EU15 excluding Irish and UK"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="889"/>
+  </r>
+  <r>
+    <s v="CD309"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="H"/>
+    <s v="Transportation and storage (H)"/>
+    <s v="PL"/>
+    <s v="Polish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3026"/>
+  </r>
+  <r>
+    <s v="CD309"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="H"/>
+    <s v="Transportation and storage (H)"/>
+    <s v="ACC12X01"/>
+    <s v="EU15 to EU27 states excluding Polish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2190"/>
+  </r>
+  <r>
+    <s v="CD309"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="H"/>
+    <s v="Transportation and storage (H)"/>
+    <s v="ON7"/>
+    <s v="Other nationalities (7)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2018"/>
+  </r>
+  <r>
+    <s v="CD309"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="H"/>
+    <s v="Transportation and storage (H)"/>
+    <s v="ZZZ99"/>
+    <s v="Not stated, including no nationality"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="271"/>
+  </r>
+  <r>
+    <s v="CD309"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="H"/>
+    <s v="Transportation and storage (H)"/>
+    <s v="-"/>
+    <s v="All nationalities"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="76962"/>
+  </r>
+  <r>
+    <s v="CD309"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="I"/>
+    <s v="Accommodation and food service activities (I)"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="63204"/>
+  </r>
+  <r>
+    <s v="CD309"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="I"/>
+    <s v="Accommodation and food service activities (I)"/>
+    <s v="IE05"/>
+    <s v="Non-Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="38855"/>
+  </r>
+  <r>
+    <s v="CD309"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="I"/>
+    <s v="Accommodation and food service activities (I)"/>
+    <s v="GB01"/>
+    <s v="UK (1)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2826"/>
+  </r>
+  <r>
+    <s v="CD309"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="I"/>
+    <s v="Accommodation and food service activities (I)"/>
+    <s v="EU15X02"/>
+    <s v="EU15 excluding Irish and UK"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3292"/>
+  </r>
+  <r>
+    <s v="CD309"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="I"/>
+    <s v="Accommodation and food service activities (I)"/>
+    <s v="PL"/>
+    <s v="Polish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="11446"/>
+  </r>
+  <r>
+    <s v="CD309"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="I"/>
+    <s v="Accommodation and food service activities (I)"/>
+    <s v="ACC12X01"/>
+    <s v="EU15 to EU27 states excluding Polish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="11385"/>
+  </r>
+  <r>
+    <s v="CD309"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="I"/>
+    <s v="Accommodation and food service activities (I)"/>
+    <s v="ON7"/>
+    <s v="Other nationalities (7)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="9906"/>
+  </r>
+  <r>
+    <s v="CD309"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="I"/>
+    <s v="Accommodation and food service activities (I)"/>
+    <s v="ZZZ99"/>
+    <s v="Not stated, including no nationality"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="474"/>
+  </r>
+  <r>
+    <s v="CD309"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="I"/>
+    <s v="Accommodation and food service activities (I)"/>
+    <s v="-"/>
+    <s v="All nationalities"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="102533"/>
+  </r>
+  <r>
+    <s v="CD309"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="J"/>
+    <s v="Information and communication (J)"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="52983"/>
+  </r>
+  <r>
+    <s v="CD309"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="J"/>
+    <s v="Information and communication (J)"/>
+    <s v="IE05"/>
+    <s v="Non-Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="13698"/>
+  </r>
+  <r>
+    <s v="CD309"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="J"/>
+    <s v="Information and communication (J)"/>
+    <s v="GB01"/>
+    <s v="UK (1)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2776"/>
+  </r>
+  <r>
+    <s v="CD309"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="J"/>
+    <s v="Information and communication (J)"/>
+    <s v="EU15X02"/>
+    <s v="EU15 excluding Irish and UK"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5092"/>
+  </r>
+  <r>
+    <s v="CD309"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="J"/>
+    <s v="Information and communication (J)"/>
+    <s v="PL"/>
+    <s v="Polish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1628"/>
+  </r>
+  <r>
+    <s v="CD309"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="J"/>
+    <s v="Information and communication (J)"/>
+    <s v="ACC12X01"/>
+    <s v="EU15 to EU27 states excluding Polish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1136"/>
+  </r>
+  <r>
+    <s v="CD309"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="J"/>
+    <s v="Information and communication (J)"/>
+    <s v="ON7"/>
+    <s v="Other nationalities (7)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3066"/>
+  </r>
+  <r>
+    <s v="CD309"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="J"/>
+    <s v="Information and communication (J)"/>
+    <s v="ZZZ99"/>
+    <s v="Not stated, including no nationality"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="173"/>
+  </r>
+  <r>
+    <s v="CD309"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="J"/>
+    <s v="Information and communication (J)"/>
+    <s v="-"/>
+    <s v="All nationalities"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="66854"/>
+  </r>
+  <r>
+    <s v="CD309"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="K"/>
+    <s v="Financial and insurance activities (K)"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="82194"/>
+  </r>
+  <r>
+    <s v="CD309"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="K"/>
+    <s v="Financial and insurance activities (K)"/>
+    <s v="IE05"/>
+    <s v="Non-Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="9053"/>
+  </r>
+  <r>
+    <s v="CD309"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="K"/>
+    <s v="Financial and insurance activities (K)"/>
+    <s v="GB01"/>
+    <s v="UK (1)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2492"/>
+  </r>
+  <r>
+    <s v="CD309"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="K"/>
+    <s v="Financial and insurance activities (K)"/>
+    <s v="EU15X02"/>
+    <s v="EU15 excluding Irish and UK"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2579"/>
+  </r>
+  <r>
+    <s v="CD309"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="K"/>
+    <s v="Financial and insurance activities (K)"/>
+    <s v="PL"/>
+    <s v="Polish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1580"/>
+  </r>
+  <r>
+    <s v="CD309"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="K"/>
+    <s v="Financial and insurance activities (K)"/>
+    <s v="ACC12X01"/>
+    <s v="EU15 to EU27 states excluding Polish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="655"/>
+  </r>
+  <r>
+    <s v="CD309"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="K"/>
+    <s v="Financial and insurance activities (K)"/>
+    <s v="ON7"/>
+    <s v="Other nationalities (7)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1747"/>
+  </r>
+  <r>
+    <s v="CD309"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="K"/>
+    <s v="Financial and insurance activities (K)"/>
+    <s v="ZZZ99"/>
+    <s v="Not stated, including no nationality"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="142"/>
+  </r>
+  <r>
+    <s v="CD309"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="K"/>
+    <s v="Financial and insurance activities (K)"/>
+    <s v="-"/>
+    <s v="All nationalities"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="91389"/>
+  </r>
+  <r>
+    <s v="CD309"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="L"/>
+    <s v="Real estate activities (L)"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="7422"/>
+  </r>
+  <r>
+    <s v="CD309"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="L"/>
+    <s v="Real estate activities (L)"/>
+    <s v="IE05"/>
+    <s v="Non-Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="761"/>
+  </r>
+  <r>
+    <s v="CD309"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="L"/>
+    <s v="Real estate activities (L)"/>
+    <s v="GB01"/>
+    <s v="UK (1)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="239"/>
+  </r>
+  <r>
+    <s v="CD309"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="L"/>
+    <s v="Real estate activities (L)"/>
+    <s v="EU15X02"/>
+    <s v="EU15 excluding Irish and UK"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="66"/>
+  </r>
+  <r>
+    <s v="CD309"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="L"/>
+    <s v="Real estate activities (L)"/>
+    <s v="PL"/>
+    <s v="Polish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="173"/>
+  </r>
+  <r>
+    <s v="CD309"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="L"/>
+    <s v="Real estate activities (L)"/>
+    <s v="ACC12X01"/>
+    <s v="EU15 to EU27 states excluding Polish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="132"/>
+  </r>
+  <r>
+    <s v="CD309"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="L"/>
+    <s v="Real estate activities (L)"/>
+    <s v="ON7"/>
+    <s v="Other nationalities (7)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="151"/>
+  </r>
+  <r>
+    <s v="CD309"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="L"/>
+    <s v="Real estate activities (L)"/>
+    <s v="ZZZ99"/>
+    <s v="Not stated, including no nationality"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="18"/>
+  </r>
+  <r>
+    <s v="CD309"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="L"/>
+    <s v="Real estate activities (L)"/>
+    <s v="-"/>
+    <s v="All nationalities"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="8201"/>
+  </r>
+  <r>
+    <s v="CD309"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="M"/>
+    <s v="Professional, scientific and technical activities (M)"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="81459"/>
+  </r>
+  <r>
+    <s v="CD309"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="M"/>
+    <s v="Professional, scientific and technical activities (M)"/>
+    <s v="IE05"/>
+    <s v="Non-Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="9164"/>
+  </r>
+  <r>
+    <s v="CD309"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="M"/>
+    <s v="Professional, scientific and technical activities (M)"/>
+    <s v="GB01"/>
+    <s v="UK (1)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2835"/>
+  </r>
+  <r>
+    <s v="CD309"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="M"/>
+    <s v="Professional, scientific and technical activities (M)"/>
+    <s v="EU15X02"/>
+    <s v="EU15 excluding Irish and UK"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1745"/>
+  </r>
+  <r>
+    <s v="CD309"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="M"/>
+    <s v="Professional, scientific and technical activities (M)"/>
+    <s v="PL"/>
+    <s v="Polish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1539"/>
+  </r>
+  <r>
+    <s v="CD309"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="M"/>
+    <s v="Professional, scientific and technical activities (M)"/>
+    <s v="ACC12X01"/>
+    <s v="EU15 to EU27 states excluding Polish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="930"/>
+  </r>
+  <r>
+    <s v="CD309"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="M"/>
+    <s v="Professional, scientific and technical activities (M)"/>
+    <s v="ON7"/>
+    <s v="Other nationalities (7)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2115"/>
+  </r>
+  <r>
+    <s v="CD309"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="M"/>
+    <s v="Professional, scientific and technical activities (M)"/>
+    <s v="ZZZ99"/>
+    <s v="Not stated, including no nationality"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="235"/>
+  </r>
+  <r>
+    <s v="CD309"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="M"/>
+    <s v="Professional, scientific and technical activities (M)"/>
+    <s v="-"/>
+    <s v="All nationalities"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="90858"/>
+  </r>
+  <r>
+    <s v="CD309"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="N"/>
+    <s v="Administrative and support service activities (N)"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="42516"/>
+  </r>
+  <r>
+    <s v="CD309"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="N"/>
+    <s v="Administrative and support service activities (N)"/>
+    <s v="IE05"/>
+    <s v="Non-Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="17147"/>
+  </r>
+  <r>
+    <s v="CD309"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="N"/>
+    <s v="Administrative and support service activities (N)"/>
+    <s v="GB01"/>
+    <s v="UK (1)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2022"/>
+  </r>
+  <r>
+    <s v="CD309"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="N"/>
+    <s v="Administrative and support service activities (N)"/>
+    <s v="EU15X02"/>
+    <s v="EU15 excluding Irish and UK"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1734"/>
+  </r>
+  <r>
+    <s v="CD309"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="N"/>
+    <s v="Administrative and support service activities (N)"/>
+    <s v="PL"/>
+    <s v="Polish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5325"/>
+  </r>
+  <r>
+    <s v="CD309"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="N"/>
+    <s v="Administrative and support service activities (N)"/>
+    <s v="ACC12X01"/>
+    <s v="EU15 to EU27 states excluding Polish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4828"/>
+  </r>
+  <r>
+    <s v="CD309"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="N"/>
+    <s v="Administrative and support service activities (N)"/>
+    <s v="ON7"/>
+    <s v="Other nationalities (7)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3238"/>
+  </r>
+  <r>
+    <s v="CD309"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="N"/>
+    <s v="Administrative and support service activities (N)"/>
+    <s v="ZZZ99"/>
+    <s v="Not stated, including no nationality"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="263"/>
+  </r>
+  <r>
+    <s v="CD309"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="N"/>
+    <s v="Administrative and support service activities (N)"/>
+    <s v="-"/>
+    <s v="All nationalities"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="59926"/>
+  </r>
+  <r>
+    <s v="CD309"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="O"/>
+    <s v="Public administration and defence; compulsory social security (O)"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="107797"/>
+  </r>
+  <r>
+    <s v="CD309"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="O"/>
+    <s v="Public administration and defence; compulsory social security (O)"/>
+    <s v="IE05"/>
+    <s v="Non-Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3445"/>
+  </r>
+  <r>
+    <s v="CD309"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="O"/>
+    <s v="Public administration and defence; compulsory social security (O)"/>
+    <s v="GB01"/>
+    <s v="UK (1)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1585"/>
+  </r>
+  <r>
+    <s v="CD309"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="O"/>
+    <s v="Public administration and defence; compulsory social security (O)"/>
+    <s v="EU15X02"/>
+    <s v="EU15 excluding Irish and UK"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="372"/>
+  </r>
+  <r>
+    <s v="CD309"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="O"/>
+    <s v="Public administration and defence; compulsory social security (O)"/>
+    <s v="PL"/>
+    <s v="Polish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="291"/>
+  </r>
+  <r>
+    <s v="CD309"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="O"/>
+    <s v="Public administration and defence; compulsory social security (O)"/>
+    <s v="ACC12X01"/>
+    <s v="EU15 to EU27 states excluding Polish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="238"/>
+  </r>
+  <r>
+    <s v="CD309"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="O"/>
+    <s v="Public administration and defence; compulsory social security (O)"/>
+    <s v="ON7"/>
+    <s v="Other nationalities (7)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="959"/>
+  </r>
+  <r>
+    <s v="CD309"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="O"/>
+    <s v="Public administration and defence; compulsory social security (O)"/>
+    <s v="ZZZ99"/>
+    <s v="Not stated, including no nationality"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="291"/>
+  </r>
+  <r>
+    <s v="CD309"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="O"/>
+    <s v="Public administration and defence; compulsory social security (O)"/>
+    <s v="-"/>
+    <s v="All nationalities"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="111533"/>
+  </r>
+  <r>
+    <s v="CD309"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="P"/>
+    <s v="Education (P)"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="151285"/>
+  </r>
+  <r>
+    <s v="CD309"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="P"/>
+    <s v="Education (P)"/>
+    <s v="IE05"/>
+    <s v="Non-Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="11936"/>
+  </r>
+  <r>
+    <s v="CD309"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="P"/>
+    <s v="Education (P)"/>
+    <s v="GB01"/>
+    <s v="UK (1)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4194"/>
+  </r>
+  <r>
+    <s v="CD309"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="P"/>
+    <s v="Education (P)"/>
+    <s v="EU15X02"/>
+    <s v="EU15 excluding Irish and UK"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2331"/>
+  </r>
+  <r>
+    <s v="CD309"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="P"/>
+    <s v="Education (P)"/>
+    <s v="PL"/>
+    <s v="Polish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1192"/>
+  </r>
+  <r>
+    <s v="CD309"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="P"/>
+    <s v="Education (P)"/>
+    <s v="ACC12X01"/>
+    <s v="EU15 to EU27 states excluding Polish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="928"/>
+  </r>
+  <r>
+    <s v="CD309"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="P"/>
+    <s v="Education (P)"/>
+    <s v="ON7"/>
+    <s v="Other nationalities (7)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3291"/>
+  </r>
+  <r>
+    <s v="CD309"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="P"/>
+    <s v="Education (P)"/>
+    <s v="ZZZ99"/>
+    <s v="Not stated, including no nationality"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="454"/>
+  </r>
+  <r>
+    <s v="CD309"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="P"/>
+    <s v="Education (P)"/>
+    <s v="-"/>
+    <s v="All nationalities"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="163675"/>
+  </r>
+  <r>
+    <s v="CD309"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Q"/>
+    <s v="Human health and social work activities (Q)"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="166802"/>
+  </r>
+  <r>
+    <s v="CD309"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Q"/>
+    <s v="Human health and social work activities (Q)"/>
+    <s v="IE05"/>
+    <s v="Non-Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="27487"/>
+  </r>
+  <r>
+    <s v="CD309"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Q"/>
+    <s v="Human health and social work activities (Q)"/>
+    <s v="GB01"/>
+    <s v="UK (1)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5769"/>
+  </r>
+  <r>
+    <s v="CD309"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Q"/>
+    <s v="Human health and social work activities (Q)"/>
+    <s v="EU15X02"/>
+    <s v="EU15 excluding Irish and UK"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1656"/>
+  </r>
+  <r>
+    <s v="CD309"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Q"/>
+    <s v="Human health and social work activities (Q)"/>
+    <s v="PL"/>
+    <s v="Polish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2946"/>
+  </r>
+  <r>
+    <s v="CD309"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Q"/>
+    <s v="Human health and social work activities (Q)"/>
+    <s v="ACC12X01"/>
+    <s v="EU15 to EU27 states excluding Polish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2235"/>
+  </r>
+  <r>
+    <s v="CD309"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Q"/>
+    <s v="Human health and social work activities (Q)"/>
+    <s v="ON7"/>
+    <s v="Other nationalities (7)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="14881"/>
+  </r>
+  <r>
+    <s v="CD309"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Q"/>
+    <s v="Human health and social work activities (Q)"/>
+    <s v="ZZZ99"/>
+    <s v="Not stated, including no nationality"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="627"/>
+  </r>
+  <r>
+    <s v="CD309"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Q"/>
+    <s v="Human health and social work activities (Q)"/>
+    <s v="-"/>
+    <s v="All nationalities"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="194916"/>
+  </r>
+  <r>
+    <s v="CD309"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="R"/>
+    <s v="Arts, entertainment and recreation (R)"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="25751"/>
+  </r>
+  <r>
+    <s v="CD309"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="R"/>
+    <s v="Arts, entertainment and recreation (R)"/>
+    <s v="IE05"/>
+    <s v="Non-Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4173"/>
+  </r>
+  <r>
+    <s v="CD309"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="R"/>
+    <s v="Arts, entertainment and recreation (R)"/>
+    <s v="GB01"/>
+    <s v="UK (1)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1421"/>
+  </r>
+  <r>
+    <s v="CD309"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="R"/>
+    <s v="Arts, entertainment and recreation (R)"/>
+    <s v="EU15X02"/>
+    <s v="EU15 excluding Irish and UK"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="535"/>
+  </r>
+  <r>
+    <s v="CD309"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="R"/>
+    <s v="Arts, entertainment and recreation (R)"/>
+    <s v="PL"/>
+    <s v="Polish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="756"/>
+  </r>
+  <r>
+    <s v="CD309"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="R"/>
+    <s v="Arts, entertainment and recreation (R)"/>
+    <s v="ACC12X01"/>
+    <s v="EU15 to EU27 states excluding Polish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="611"/>
+  </r>
+  <r>
+    <s v="CD309"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="R"/>
+    <s v="Arts, entertainment and recreation (R)"/>
+    <s v="ON7"/>
+    <s v="Other nationalities (7)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="850"/>
+  </r>
+  <r>
+    <s v="CD309"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="R"/>
+    <s v="Arts, entertainment and recreation (R)"/>
+    <s v="ZZZ99"/>
+    <s v="Not stated, including no nationality"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="114"/>
+  </r>
+  <r>
+    <s v="CD309"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="R"/>
+    <s v="Arts, entertainment and recreation (R)"/>
+    <s v="-"/>
+    <s v="All nationalities"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="30038"/>
+  </r>
+  <r>
+    <s v="CD309"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="S"/>
+    <s v="Other service activities (S)"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="33381"/>
+  </r>
+  <r>
+    <s v="CD309"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="S"/>
+    <s v="Other service activities (S)"/>
+    <s v="IE05"/>
+    <s v="Non-Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5182"/>
+  </r>
+  <r>
+    <s v="CD309"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="S"/>
+    <s v="Other service activities (S)"/>
+    <s v="GB01"/>
+    <s v="UK (1)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1112"/>
+  </r>
+  <r>
+    <s v="CD309"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="S"/>
+    <s v="Other service activities (S)"/>
+    <s v="EU15X02"/>
+    <s v="EU15 excluding Irish and UK"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="304"/>
+  </r>
+  <r>
+    <s v="CD309"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="S"/>
+    <s v="Other service activities (S)"/>
+    <s v="PL"/>
+    <s v="Polish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1419"/>
+  </r>
+  <r>
+    <s v="CD309"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="S"/>
+    <s v="Other service activities (S)"/>
+    <s v="ACC12X01"/>
+    <s v="EU15 to EU27 states excluding Polish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1160"/>
+  </r>
+  <r>
+    <s v="CD309"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="S"/>
+    <s v="Other service activities (S)"/>
+    <s v="ON7"/>
+    <s v="Other nationalities (7)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1187"/>
+  </r>
+  <r>
+    <s v="CD309"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="S"/>
+    <s v="Other service activities (S)"/>
+    <s v="ZZZ99"/>
+    <s v="Not stated, including no nationality"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="142"/>
+  </r>
+  <r>
+    <s v="CD309"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="S"/>
+    <s v="Other service activities (S)"/>
+    <s v="-"/>
+    <s v="All nationalities"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="38705"/>
+  </r>
+  <r>
+    <s v="CD309"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="T"/>
+    <s v="Activities of households as employers producing activities of households for own use (T)"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1043"/>
+  </r>
+  <r>
+    <s v="CD309"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="T"/>
+    <s v="Activities of households as employers producing activities of households for own use (T)"/>
+    <s v="IE05"/>
+    <s v="Non-Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="691"/>
+  </r>
+  <r>
+    <s v="CD309"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="T"/>
+    <s v="Activities of households as employers producing activities of households for own use (T)"/>
+    <s v="GB01"/>
+    <s v="UK (1)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="61"/>
+  </r>
+  <r>
+    <s v="CD309"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="T"/>
+    <s v="Activities of households as employers producing activities of households for own use (T)"/>
+    <s v="EU15X02"/>
+    <s v="EU15 excluding Irish and UK"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="226"/>
+  </r>
+  <r>
+    <s v="CD309"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="T"/>
+    <s v="Activities of households as employers producing activities of households for own use (T)"/>
+    <s v="PL"/>
+    <s v="Polish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="72"/>
+  </r>
+  <r>
+    <s v="CD309"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="T"/>
+    <s v="Activities of households as employers producing activities of households for own use (T)"/>
+    <s v="ACC12X01"/>
+    <s v="EU15 to EU27 states excluding Polish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="108"/>
+  </r>
+  <r>
+    <s v="CD309"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="T"/>
+    <s v="Activities of households as employers producing activities of households for own use (T)"/>
+    <s v="ON7"/>
+    <s v="Other nationalities (7)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="224"/>
+  </r>
+  <r>
+    <s v="CD309"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="T"/>
+    <s v="Activities of households as employers producing activities of households for own use (T)"/>
+    <s v="ZZZ99"/>
+    <s v="Not stated, including no nationality"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="8"/>
+  </r>
+  <r>
+    <s v="CD309"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="T"/>
+    <s v="Activities of households as employers producing activities of households for own use (T)"/>
+    <s v="-"/>
+    <s v="All nationalities"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1742"/>
+  </r>
+  <r>
+    <s v="CD309"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="U"/>
+    <s v="Activities of extraterritorial organisations and bodies (U)"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="292"/>
+  </r>
+  <r>
+    <s v="CD309"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="U"/>
+    <s v="Activities of extraterritorial organisations and bodies (U)"/>
+    <s v="IE05"/>
+    <s v="Non-Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="460"/>
+  </r>
+  <r>
+    <s v="CD309"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="U"/>
+    <s v="Activities of extraterritorial organisations and bodies (U)"/>
+    <s v="GB01"/>
+    <s v="UK (1)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="25"/>
+  </r>
+  <r>
+    <s v="CD309"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="U"/>
+    <s v="Activities of extraterritorial organisations and bodies (U)"/>
+    <s v="EU15X02"/>
+    <s v="EU15 excluding Irish and UK"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="108"/>
+  </r>
+  <r>
+    <s v="CD309"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="U"/>
+    <s v="Activities of extraterritorial organisations and bodies (U)"/>
+    <s v="PL"/>
+    <s v="Polish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="28"/>
+  </r>
+  <r>
+    <s v="CD309"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="U"/>
+    <s v="Activities of extraterritorial organisations and bodies (U)"/>
+    <s v="ACC12X01"/>
+    <s v="EU15 to EU27 states excluding Polish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="43"/>
+  </r>
+  <r>
+    <s v="CD309"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="U"/>
+    <s v="Activities of extraterritorial organisations and bodies (U)"/>
+    <s v="ON7"/>
+    <s v="Other nationalities (7)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="256"/>
+  </r>
+  <r>
+    <s v="CD309"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="U"/>
+    <s v="Activities of extraterritorial organisations and bodies (U)"/>
+    <s v="ZZZ99"/>
+    <s v="Not stated, including no nationality"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="CD309"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="U"/>
+    <s v="Activities of extraterritorial organisations and bodies (U)"/>
+    <s v="-"/>
+    <s v="All nationalities"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="753"/>
+  </r>
+  <r>
+    <s v="CD309"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZXD210"/>
+    <s v="Industry not stated"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="66951"/>
+  </r>
+  <r>
+    <s v="CD309"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZXD210"/>
+    <s v="Industry not stated"/>
+    <s v="IE05"/>
+    <s v="Non-Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="18708"/>
+  </r>
+  <r>
+    <s v="CD309"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZXD210"/>
+    <s v="Industry not stated"/>
+    <s v="GB01"/>
+    <s v="UK (1)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2103"/>
+  </r>
+  <r>
+    <s v="CD309"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZXD210"/>
+    <s v="Industry not stated"/>
+    <s v="EU15X02"/>
+    <s v="EU15 excluding Irish and UK"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1723"/>
+  </r>
+  <r>
+    <s v="CD309"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZXD210"/>
+    <s v="Industry not stated"/>
+    <s v="PL"/>
+    <s v="Polish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3963"/>
+  </r>
+  <r>
+    <s v="CD309"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZXD210"/>
+    <s v="Industry not stated"/>
+    <s v="ACC12X01"/>
+    <s v="EU15 to EU27 states excluding Polish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4695"/>
+  </r>
+  <r>
+    <s v="CD309"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZXD210"/>
+    <s v="Industry not stated"/>
+    <s v="ON7"/>
+    <s v="Other nationalities (7)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="6224"/>
+  </r>
+  <r>
+    <s v="CD309"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZXD210"/>
+    <s v="Industry not stated"/>
+    <s v="ZZZ99"/>
+    <s v="Not stated, including no nationality"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="10153"/>
+  </r>
+  <r>
+    <s v="CD309"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZXD210"/>
+    <s v="Industry not stated"/>
+    <s v="-"/>
+    <s v="All nationalities"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="95812"/>
+  </r>
+  <r>
+    <s v="CD309"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZXD220"/>
+    <s v="Total at work"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1494487"/>
+  </r>
+  <r>
+    <s v="CD309"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZXD220"/>
+    <s v="Total at work"/>
+    <s v="IE05"/>
+    <s v="Non-Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="268180"/>
+  </r>
+  <r>
+    <s v="CD309"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZXD220"/>
+    <s v="Total at work"/>
+    <s v="GB01"/>
+    <s v="UK (1)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="46902"/>
+  </r>
+  <r>
+    <s v="CD309"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZXD220"/>
+    <s v="Total at work"/>
+    <s v="EU15X02"/>
+    <s v="EU15 excluding Irish and UK"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="30309"/>
+  </r>
+  <r>
+    <s v="CD309"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZXD220"/>
+    <s v="Total at work"/>
+    <s v="PL"/>
+    <s v="Polish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="69473"/>
+  </r>
+  <r>
+    <s v="CD309"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZXD220"/>
+    <s v="Total at work"/>
+    <s v="ACC12X01"/>
+    <s v="EU15 to EU27 states excluding Polish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="56756"/>
+  </r>
+  <r>
+    <s v="CD309"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZXD220"/>
+    <s v="Total at work"/>
+    <s v="ON7"/>
+    <s v="Other nationalities (7)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="64740"/>
+  </r>
+  <r>
+    <s v="CD309"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZXD220"/>
+    <s v="Total at work"/>
+    <s v="ZZZ99"/>
+    <s v="Not stated, including no nationality"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="15733"/>
+  </r>
+  <r>
+    <s v="CD309"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZXD220"/>
+    <s v="Total at work"/>
+    <s v="-"/>
+    <s v="All nationalities"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1778400"/>
+  </r>
+  <r>
+    <s v="CD309"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZXD230"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="24834"/>
+  </r>
+  <r>
+    <s v="CD309"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZXD230"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="IE05"/>
+    <s v="Non-Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="8386"/>
+  </r>
+  <r>
+    <s v="CD309"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZXD230"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="GB01"/>
+    <s v="UK (1)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="815"/>
+  </r>
+  <r>
+    <s v="CD309"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZXD230"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="EU15X02"/>
+    <s v="EU15 excluding Irish and UK"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="389"/>
+  </r>
+  <r>
+    <s v="CD309"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZXD230"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="PL"/>
+    <s v="Polish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1409"/>
+  </r>
+  <r>
+    <s v="CD309"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZXD230"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="ACC12X01"/>
+    <s v="EU15 to EU27 states excluding Polish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2235"/>
+  </r>
+  <r>
+    <s v="CD309"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZXD230"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="ON7"/>
+    <s v="Other nationalities (7)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3538"/>
+  </r>
+  <r>
+    <s v="CD309"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZXD230"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="ZZZ99"/>
+    <s v="Not stated, including no nationality"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="316"/>
+  </r>
+  <r>
+    <s v="CD309"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZXD230"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="-"/>
+    <s v="All nationalities"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="33536"/>
+  </r>
+  <r>
+    <s v="CD309"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZXD240"/>
+    <s v="Unemployed, having lost or given up previous job"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="314230"/>
+  </r>
+  <r>
+    <s v="CD309"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZXD240"/>
+    <s v="Unemployed, having lost or given up previous job"/>
+    <s v="IE05"/>
+    <s v="Non-Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="69074"/>
+  </r>
+  <r>
+    <s v="CD309"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZXD240"/>
+    <s v="Unemployed, having lost or given up previous job"/>
+    <s v="GB01"/>
+    <s v="UK (1)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="14278"/>
+  </r>
+  <r>
+    <s v="CD309"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZXD240"/>
+    <s v="Unemployed, having lost or given up previous job"/>
+    <s v="EU15X02"/>
+    <s v="EU15 excluding Irish and UK"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3549"/>
+  </r>
+  <r>
+    <s v="CD309"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZXD240"/>
+    <s v="Unemployed, having lost or given up previous job"/>
+    <s v="PL"/>
+    <s v="Polish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="17444"/>
+  </r>
+  <r>
+    <s v="CD309"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZXD240"/>
+    <s v="Unemployed, having lost or given up previous job"/>
+    <s v="ACC12X01"/>
+    <s v="EU15 to EU27 states excluding Polish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="15490"/>
+  </r>
+  <r>
+    <s v="CD309"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZXD240"/>
+    <s v="Unemployed, having lost or given up previous job"/>
+    <s v="ON7"/>
+    <s v="Other nationalities (7)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="18313"/>
+  </r>
+  <r>
+    <s v="CD309"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZXD240"/>
+    <s v="Unemployed, having lost or given up previous job"/>
+    <s v="ZZZ99"/>
+    <s v="Not stated, including no nationality"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4428"/>
+  </r>
+  <r>
+    <s v="CD309"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZXD240"/>
+    <s v="Unemployed, having lost or given up previous job"/>
+    <s v="-"/>
+    <s v="All nationalities"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="387732"/>
+  </r>
+  <r>
+    <s v="CD309"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZXD250"/>
+    <s v="Total in labour force"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1833551"/>
+  </r>
+  <r>
+    <s v="CD309"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZXD250"/>
+    <s v="Total in labour force"/>
+    <s v="IE05"/>
+    <s v="Non-Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="345640"/>
+  </r>
+  <r>
+    <s v="CD309"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZXD250"/>
+    <s v="Total in labour force"/>
+    <s v="GB01"/>
+    <s v="UK (1)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="61995"/>
+  </r>
+  <r>
+    <s v="CD309"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZXD250"/>
+    <s v="Total in labour force"/>
+    <s v="EU15X02"/>
+    <s v="EU15 excluding Irish and UK"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="34247"/>
+  </r>
+  <r>
+    <s v="CD309"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZXD250"/>
+    <s v="Total in labour force"/>
+    <s v="PL"/>
+    <s v="Polish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="88326"/>
+  </r>
+  <r>
+    <s v="CD309"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZXD250"/>
+    <s v="Total in labour force"/>
+    <s v="ACC12X01"/>
+    <s v="EU15 to EU27 states excluding Polish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="74481"/>
+  </r>
+  <r>
+    <s v="CD309"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZXD250"/>
+    <s v="Total in labour force"/>
+    <s v="ON7"/>
+    <s v="Other nationalities (7)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="86591"/>
+  </r>
+  <r>
+    <s v="CD309"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZXD250"/>
+    <s v="Total in labour force"/>
+    <s v="ZZZ99"/>
+    <s v="Not stated, including no nationality"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="20477"/>
+  </r>
+  <r>
+    <s v="CD309"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZXD250"/>
+    <s v="Total in labour force"/>
+    <s v="-"/>
+    <s v="All nationalities"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2199668"/>
+  </r>
+  <r>
+    <s v="CD309"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="A"/>
+    <s v="Agriculture, forestry and fishing (A)"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="76580"/>
+  </r>
+  <r>
+    <s v="CD309"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="A"/>
+    <s v="Agriculture, forestry and fishing (A)"/>
+    <s v="IE05"/>
+    <s v="Non-Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3125"/>
+  </r>
+  <r>
+    <s v="CD309"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="A"/>
+    <s v="Agriculture, forestry and fishing (A)"/>
+    <s v="GB01"/>
+    <s v="UK (1)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="516"/>
+  </r>
+  <r>
+    <s v="CD309"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="A"/>
+    <s v="Agriculture, forestry and fishing (A)"/>
+    <s v="EU15X02"/>
+    <s v="EU15 excluding Irish and UK"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="215"/>
+  </r>
+  <r>
+    <s v="CD309"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="A"/>
+    <s v="Agriculture, forestry and fishing (A)"/>
+    <s v="PL"/>
+    <s v="Polish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="790"/>
+  </r>
+  <r>
+    <s v="CD309"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="A"/>
+    <s v="Agriculture, forestry and fishing (A)"/>
+    <s v="ACC12X01"/>
+    <s v="EU15 to EU27 states excluding Polish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1047"/>
+  </r>
+  <r>
+    <s v="CD309"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="A"/>
+    <s v="Agriculture, forestry and fishing (A)"/>
+    <s v="ON7"/>
+    <s v="Other nationalities (7)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="557"/>
+  </r>
+  <r>
+    <s v="CD309"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="A"/>
+    <s v="Agriculture, forestry and fishing (A)"/>
+    <s v="ZZZ99"/>
+    <s v="Not stated, including no nationality"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="496"/>
+  </r>
+  <r>
+    <s v="CD309"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="A"/>
+    <s v="Agriculture, forestry and fishing (A)"/>
+    <s v="-"/>
+    <s v="All nationalities"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="80201"/>
+  </r>
+  <r>
+    <s v="CD309"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="B"/>
+    <s v="Mining and quarrying (B)"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4325"/>
+  </r>
+  <r>
+    <s v="CD309"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="B"/>
+    <s v="Mining and quarrying (B)"/>
+    <s v="IE05"/>
+    <s v="Non-Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="358"/>
+  </r>
+  <r>
+    <s v="CD309"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="B"/>
+    <s v="Mining and quarrying (B)"/>
+    <s v="GB01"/>
+    <s v="UK (1)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="143"/>
+  </r>
+  <r>
+    <s v="CD309"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="B"/>
+    <s v="Mining and quarrying (B)"/>
+    <s v="EU15X02"/>
+    <s v="EU15 excluding Irish and UK"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="13"/>
+  </r>
+  <r>
+    <s v="CD309"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="B"/>
+    <s v="Mining and quarrying (B)"/>
+    <s v="PL"/>
+    <s v="Polish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="77"/>
+  </r>
+  <r>
+    <s v="CD309"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="B"/>
+    <s v="Mining and quarrying (B)"/>
+    <s v="ACC12X01"/>
+    <s v="EU15 to EU27 states excluding Polish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="60"/>
+  </r>
+  <r>
+    <s v="CD309"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="B"/>
+    <s v="Mining and quarrying (B)"/>
+    <s v="ON7"/>
+    <s v="Other nationalities (7)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="65"/>
+  </r>
+  <r>
+    <s v="CD309"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="B"/>
+    <s v="Mining and quarrying (B)"/>
+    <s v="ZZZ99"/>
+    <s v="Not stated, including no nationality"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="12"/>
+  </r>
+  <r>
+    <s v="CD309"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="B"/>
+    <s v="Mining and quarrying (B)"/>
+    <s v="-"/>
+    <s v="All nationalities"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4695"/>
+  </r>
+  <r>
+    <s v="CD309"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="C"/>
+    <s v="Manufacturing (C)"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="101850"/>
+  </r>
+  <r>
+    <s v="CD309"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="C"/>
+    <s v="Manufacturing (C)"/>
+    <s v="IE05"/>
+    <s v="Non-Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="23048"/>
+  </r>
+  <r>
+    <s v="CD309"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="C"/>
+    <s v="Manufacturing (C)"/>
+    <s v="GB01"/>
+    <s v="UK (1)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3505"/>
+  </r>
+  <r>
+    <s v="CD309"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="C"/>
+    <s v="Manufacturing (C)"/>
+    <s v="EU15X02"/>
+    <s v="EU15 excluding Irish and UK"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2365"/>
+  </r>
+  <r>
+    <s v="CD309"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="C"/>
+    <s v="Manufacturing (C)"/>
+    <s v="PL"/>
+    <s v="Polish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="8714"/>
+  </r>
+  <r>
+    <s v="CD309"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="C"/>
+    <s v="Manufacturing (C)"/>
+    <s v="ACC12X01"/>
+    <s v="EU15 to EU27 states excluding Polish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4949"/>
+  </r>
+  <r>
+    <s v="CD309"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="C"/>
+    <s v="Manufacturing (C)"/>
+    <s v="ON7"/>
+    <s v="Other nationalities (7)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3515"/>
+  </r>
+  <r>
+    <s v="CD309"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="C"/>
+    <s v="Manufacturing (C)"/>
+    <s v="ZZZ99"/>
+    <s v="Not stated, including no nationality"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="385"/>
+  </r>
+  <r>
+    <s v="CD309"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="C"/>
+    <s v="Manufacturing (C)"/>
+    <s v="-"/>
+    <s v="All nationalities"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="125283"/>
+  </r>
+  <r>
+    <s v="CD309"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="D"/>
+    <s v="Electricity, gas, steam and air conditioning supply (D)"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="7802"/>
+  </r>
+  <r>
+    <s v="CD309"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="D"/>
+    <s v="Electricity, gas, steam and air conditioning supply (D)"/>
+    <s v="IE05"/>
+    <s v="Non-Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="466"/>
+  </r>
+  <r>
+    <s v="CD309"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="D"/>
+    <s v="Electricity, gas, steam and air conditioning supply (D)"/>
+    <s v="GB01"/>
+    <s v="UK (1)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="173"/>
+  </r>
+  <r>
+    <s v="CD309"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="D"/>
+    <s v="Electricity, gas, steam and air conditioning supply (D)"/>
+    <s v="EU15X02"/>
+    <s v="EU15 excluding Irish and UK"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="88"/>
+  </r>
+  <r>
+    <s v="CD309"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="D"/>
+    <s v="Electricity, gas, steam and air conditioning supply (D)"/>
+    <s v="PL"/>
+    <s v="Polish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="65"/>
+  </r>
+  <r>
+    <s v="CD309"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="D"/>
+    <s v="Electricity, gas, steam and air conditioning supply (D)"/>
+    <s v="ACC12X01"/>
+    <s v="EU15 to EU27 states excluding Polish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="36"/>
+  </r>
+  <r>
+    <s v="CD309"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="D"/>
+    <s v="Electricity, gas, steam and air conditioning supply (D)"/>
+    <s v="ON7"/>
+    <s v="Other nationalities (7)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="104"/>
+  </r>
+  <r>
+    <s v="CD309"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="D"/>
+    <s v="Electricity, gas, steam and air conditioning supply (D)"/>
+    <s v="ZZZ99"/>
+    <s v="Not stated, including no nationality"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="22"/>
+  </r>
+  <r>
+    <s v="CD309"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="D"/>
+    <s v="Electricity, gas, steam and air conditioning supply (D)"/>
+    <s v="-"/>
+    <s v="All nationalities"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="8290"/>
+  </r>
+  <r>
+    <s v="CD309"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="E"/>
+    <s v="Water supply; sewerage, waste management and remediation activities (E)"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5896"/>
+  </r>
+  <r>
+    <s v="CD309"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="E"/>
+    <s v="Water supply; sewerage, waste management and remediation activities (E)"/>
+    <s v="IE05"/>
+    <s v="Non-Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1724"/>
+  </r>
+  <r>
+    <s v="CD309"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="E"/>
+    <s v="Water supply; sewerage, waste management and remediation activities (E)"/>
+    <s v="GB01"/>
+    <s v="UK (1)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="181"/>
+  </r>
+  <r>
+    <s v="CD309"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="E"/>
+    <s v="Water supply; sewerage, waste management and remediation activities (E)"/>
+    <s v="EU15X02"/>
+    <s v="EU15 excluding Irish and UK"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="43"/>
+  </r>
+  <r>
+    <s v="CD309"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="E"/>
+    <s v="Water supply; sewerage, waste management and remediation activities (E)"/>
+    <s v="PL"/>
+    <s v="Polish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="660"/>
+  </r>
+  <r>
+    <s v="CD309"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="E"/>
+    <s v="Water supply; sewerage, waste management and remediation activities (E)"/>
+    <s v="ACC12X01"/>
+    <s v="EU15 to EU27 states excluding Polish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="695"/>
+  </r>
+  <r>
+    <s v="CD309"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="E"/>
+    <s v="Water supply; sewerage, waste management and remediation activities (E)"/>
+    <s v="ON7"/>
+    <s v="Other nationalities (7)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="145"/>
+  </r>
+  <r>
+    <s v="CD309"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="E"/>
+    <s v="Water supply; sewerage, waste management and remediation activities (E)"/>
+    <s v="ZZZ99"/>
+    <s v="Not stated, including no nationality"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="40"/>
+  </r>
+  <r>
+    <s v="CD309"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="E"/>
+    <s v="Water supply; sewerage, waste management and remediation activities (E)"/>
+    <s v="-"/>
+    <s v="All nationalities"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="7660"/>
+  </r>
+  <r>
+    <s v="CD309"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="F"/>
+    <s v="Construction (F)"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="70016"/>
+  </r>
+  <r>
+    <s v="CD309"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="F"/>
+    <s v="Construction (F)"/>
+    <s v="IE05"/>
+    <s v="Non-Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="8621"/>
+  </r>
+  <r>
+    <s v="CD309"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="F"/>
+    <s v="Construction (F)"/>
+    <s v="GB01"/>
+    <s v="UK (1)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1936"/>
+  </r>
+  <r>
+    <s v="CD309"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="F"/>
+    <s v="Construction (F)"/>
+    <s v="EU15X02"/>
+    <s v="EU15 excluding Irish and UK"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="316"/>
+  </r>
+  <r>
+    <s v="CD309"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="F"/>
+    <s v="Construction (F)"/>
+    <s v="PL"/>
+    <s v="Polish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2779"/>
+  </r>
+  <r>
+    <s v="CD309"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="F"/>
+    <s v="Construction (F)"/>
+    <s v="ACC12X01"/>
+    <s v="EU15 to EU27 states excluding Polish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2506"/>
+  </r>
+  <r>
+    <s v="CD309"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="F"/>
+    <s v="Construction (F)"/>
+    <s v="ON7"/>
+    <s v="Other nationalities (7)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1084"/>
+  </r>
+  <r>
+    <s v="CD309"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="F"/>
+    <s v="Construction (F)"/>
+    <s v="ZZZ99"/>
+    <s v="Not stated, including no nationality"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="296"/>
+  </r>
+  <r>
+    <s v="CD309"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="F"/>
+    <s v="Construction (F)"/>
+    <s v="-"/>
+    <s v="All nationalities"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="78933"/>
+  </r>
+  <r>
+    <s v="CD309"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="G"/>
+    <s v="Wholesale and retail trade; repair of motor vehicles and motorcycles (G)"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="108874"/>
+  </r>
+  <r>
+    <s v="CD309"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="G"/>
+    <s v="Wholesale and retail trade; repair of motor vehicles and motorcycles (G)"/>
+    <s v="IE05"/>
+    <s v="Non-Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="24251"/>
+  </r>
+  <r>
+    <s v="CD309"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="G"/>
+    <s v="Wholesale and retail trade; repair of motor vehicles and motorcycles (G)"/>
+    <s v="GB01"/>
+    <s v="UK (1)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3792"/>
+  </r>
+  <r>
+    <s v="CD309"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="G"/>
+    <s v="Wholesale and retail trade; repair of motor vehicles and motorcycles (G)"/>
+    <s v="EU15X02"/>
+    <s v="EU15 excluding Irish and UK"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1407"/>
+  </r>
+  <r>
+    <s v="CD309"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="G"/>
+    <s v="Wholesale and retail trade; repair of motor vehicles and motorcycles (G)"/>
+    <s v="PL"/>
+    <s v="Polish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="8817"/>
+  </r>
+  <r>
+    <s v="CD309"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="G"/>
+    <s v="Wholesale and retail trade; repair of motor vehicles and motorcycles (G)"/>
+    <s v="ACC12X01"/>
+    <s v="EU15 to EU27 states excluding Polish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5642"/>
+  </r>
+  <r>
+    <s v="CD309"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="G"/>
+    <s v="Wholesale and retail trade; repair of motor vehicles and motorcycles (G)"/>
+    <s v="ON7"/>
+    <s v="Other nationalities (7)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4593"/>
+  </r>
+  <r>
+    <s v="CD309"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="G"/>
+    <s v="Wholesale and retail trade; repair of motor vehicles and motorcycles (G)"/>
+    <s v="ZZZ99"/>
+    <s v="Not stated, including no nationality"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="490"/>
+  </r>
+  <r>
+    <s v="CD309"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="G"/>
+    <s v="Wholesale and retail trade; repair of motor vehicles and motorcycles (G)"/>
+    <s v="-"/>
+    <s v="All nationalities"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="133615"/>
+  </r>
+  <r>
+    <s v="CD309"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="H"/>
+    <s v="Transportation and storage (H)"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="53474"/>
+  </r>
+  <r>
+    <s v="CD309"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="H"/>
+    <s v="Transportation and storage (H)"/>
+    <s v="IE05"/>
+    <s v="Non-Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="8018"/>
+  </r>
+  <r>
+    <s v="CD309"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="H"/>
+    <s v="Transportation and storage (H)"/>
+    <s v="GB01"/>
+    <s v="UK (1)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1529"/>
+  </r>
+  <r>
+    <s v="CD309"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="H"/>
+    <s v="Transportation and storage (H)"/>
+    <s v="EU15X02"/>
+    <s v="EU15 excluding Irish and UK"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="489"/>
+  </r>
+  <r>
+    <s v="CD309"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="H"/>
+    <s v="Transportation and storage (H)"/>
+    <s v="PL"/>
+    <s v="Polish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2492"/>
+  </r>
+  <r>
+    <s v="CD309"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="H"/>
+    <s v="Transportation and storage (H)"/>
+    <s v="ACC12X01"/>
+    <s v="EU15 to EU27 states excluding Polish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1744"/>
+  </r>
+  <r>
+    <s v="CD309"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="H"/>
+    <s v="Transportation and storage (H)"/>
+    <s v="ON7"/>
+    <s v="Other nationalities (7)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1764"/>
+  </r>
+  <r>
+    <s v="CD309"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="H"/>
+    <s v="Transportation and storage (H)"/>
+    <s v="ZZZ99"/>
+    <s v="Not stated, including no nationality"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="226"/>
+  </r>
+  <r>
+    <s v="CD309"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="H"/>
+    <s v="Transportation and storage (H)"/>
+    <s v="-"/>
+    <s v="All nationalities"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="61718"/>
+  </r>
+  <r>
+    <s v="CD309"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="I"/>
+    <s v="Accommodation and food service activities (I)"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="28338"/>
+  </r>
+  <r>
+    <s v="CD309"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="I"/>
+    <s v="Accommodation and food service activities (I)"/>
+    <s v="IE05"/>
+    <s v="Non-Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="18923"/>
+  </r>
+  <r>
+    <s v="CD309"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="I"/>
+    <s v="Accommodation and food service activities (I)"/>
+    <s v="GB01"/>
+    <s v="UK (1)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1429"/>
+  </r>
+  <r>
+    <s v="CD309"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="I"/>
+    <s v="Accommodation and food service activities (I)"/>
+    <s v="EU15X02"/>
+    <s v="EU15 excluding Irish and UK"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2000"/>
+  </r>
+  <r>
+    <s v="CD309"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="I"/>
+    <s v="Accommodation and food service activities (I)"/>
+    <s v="PL"/>
+    <s v="Polish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4473"/>
+  </r>
+  <r>
+    <s v="CD309"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="I"/>
+    <s v="Accommodation and food service activities (I)"/>
+    <s v="ACC12X01"/>
+    <s v="EU15 to EU27 states excluding Polish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4394"/>
+  </r>
+  <r>
+    <s v="CD309"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="I"/>
+    <s v="Accommodation and food service activities (I)"/>
+    <s v="ON7"/>
+    <s v="Other nationalities (7)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="6627"/>
+  </r>
+  <r>
+    <s v="CD309"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="I"/>
+    <s v="Accommodation and food service activities (I)"/>
+    <s v="ZZZ99"/>
+    <s v="Not stated, including no nationality"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="253"/>
+  </r>
+  <r>
+    <s v="CD309"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="I"/>
+    <s v="Accommodation and food service activities (I)"/>
+    <s v="-"/>
+    <s v="All nationalities"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="47514"/>
+  </r>
+  <r>
+    <s v="CD309"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="J"/>
+    <s v="Information and communication (J)"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="35422"/>
+  </r>
+  <r>
+    <s v="CD309"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="J"/>
+    <s v="Information and communication (J)"/>
+    <s v="IE05"/>
+    <s v="Non-Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="9027"/>
+  </r>
+  <r>
+    <s v="CD309"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="J"/>
+    <s v="Information and communication (J)"/>
+    <s v="GB01"/>
+    <s v="UK (1)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2074"/>
+  </r>
+  <r>
+    <s v="CD309"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="J"/>
+    <s v="Information and communication (J)"/>
+    <s v="EU15X02"/>
+    <s v="EU15 excluding Irish and UK"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3188"/>
+  </r>
+  <r>
+    <s v="CD309"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="J"/>
+    <s v="Information and communication (J)"/>
+    <s v="PL"/>
+    <s v="Polish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1022"/>
+  </r>
+  <r>
+    <s v="CD309"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="J"/>
+    <s v="Information and communication (J)"/>
+    <s v="ACC12X01"/>
+    <s v="EU15 to EU27 states excluding Polish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="673"/>
+  </r>
+  <r>
+    <s v="CD309"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="J"/>
+    <s v="Information and communication (J)"/>
+    <s v="ON7"/>
+    <s v="Other nationalities (7)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2070"/>
+  </r>
+  <r>
+    <s v="CD309"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="J"/>
+    <s v="Information and communication (J)"/>
+    <s v="ZZZ99"/>
+    <s v="Not stated, including no nationality"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="128"/>
+  </r>
+  <r>
+    <s v="CD309"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="J"/>
+    <s v="Information and communication (J)"/>
+    <s v="-"/>
+    <s v="All nationalities"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="44577"/>
+  </r>
+  <r>
+    <s v="CD309"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="K"/>
+    <s v="Financial and insurance activities (K)"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="35660"/>
+  </r>
+  <r>
+    <s v="CD309"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="K"/>
+    <s v="Financial and insurance activities (K)"/>
+    <s v="IE05"/>
+    <s v="Non-Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4429"/>
+  </r>
+  <r>
+    <s v="CD309"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="K"/>
+    <s v="Financial and insurance activities (K)"/>
+    <s v="GB01"/>
+    <s v="UK (1)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1520"/>
+  </r>
+  <r>
+    <s v="CD309"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="K"/>
+    <s v="Financial and insurance activities (K)"/>
+    <s v="EU15X02"/>
+    <s v="EU15 excluding Irish and UK"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1292"/>
+  </r>
+  <r>
+    <s v="CD309"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="K"/>
+    <s v="Financial and insurance activities (K)"/>
+    <s v="PL"/>
+    <s v="Polish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="515"/>
+  </r>
+  <r>
+    <s v="CD309"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="K"/>
+    <s v="Financial and insurance activities (K)"/>
+    <s v="ACC12X01"/>
+    <s v="EU15 to EU27 states excluding Polish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="203"/>
+  </r>
+  <r>
+    <s v="CD309"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="K"/>
+    <s v="Financial and insurance activities (K)"/>
+    <s v="ON7"/>
+    <s v="Other nationalities (7)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="899"/>
+  </r>
+  <r>
+    <s v="CD309"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="K"/>
+    <s v="Financial and insurance activities (K)"/>
+    <s v="ZZZ99"/>
+    <s v="Not stated, including no nationality"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="59"/>
+  </r>
+  <r>
+    <s v="CD309"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="K"/>
+    <s v="Financial and insurance activities (K)"/>
+    <s v="-"/>
+    <s v="All nationalities"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="40148"/>
+  </r>
+  <r>
+    <s v="CD309"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="L"/>
+    <s v="Real estate activities (L)"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4013"/>
+  </r>
+  <r>
+    <s v="CD309"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="L"/>
+    <s v="Real estate activities (L)"/>
+    <s v="IE05"/>
+    <s v="Non-Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="381"/>
+  </r>
+  <r>
+    <s v="CD309"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="L"/>
+    <s v="Real estate activities (L)"/>
+    <s v="GB01"/>
+    <s v="UK (1)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="128"/>
+  </r>
+  <r>
+    <s v="CD309"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="L"/>
+    <s v="Real estate activities (L)"/>
+    <s v="EU15X02"/>
+    <s v="EU15 excluding Irish and UK"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="32"/>
+  </r>
+  <r>
+    <s v="CD309"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="L"/>
+    <s v="Real estate activities (L)"/>
+    <s v="PL"/>
+    <s v="Polish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="78"/>
+  </r>
+  <r>
+    <s v="CD309"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="L"/>
+    <s v="Real estate activities (L)"/>
+    <s v="ACC12X01"/>
+    <s v="EU15 to EU27 states excluding Polish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="60"/>
+  </r>
+  <r>
+    <s v="CD309"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="L"/>
+    <s v="Real estate activities (L)"/>
+    <s v="ON7"/>
+    <s v="Other nationalities (7)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="83"/>
+  </r>
+  <r>
+    <s v="CD309"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="L"/>
+    <s v="Real estate activities (L)"/>
+    <s v="ZZZ99"/>
+    <s v="Not stated, including no nationality"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="8"/>
+  </r>
+  <r>
+    <s v="CD309"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="L"/>
+    <s v="Real estate activities (L)"/>
+    <s v="-"/>
+    <s v="All nationalities"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4402"/>
+  </r>
+  <r>
+    <s v="CD309"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="M"/>
+    <s v="Professional, scientific and technical activities (M)"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="42303"/>
+  </r>
+  <r>
+    <s v="CD309"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="M"/>
+    <s v="Professional, scientific and technical activities (M)"/>
+    <s v="IE05"/>
+    <s v="Non-Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4756"/>
+  </r>
+  <r>
+    <s v="CD309"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="M"/>
+    <s v="Professional, scientific and technical activities (M)"/>
+    <s v="GB01"/>
+    <s v="UK (1)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1674"/>
+  </r>
+  <r>
+    <s v="CD309"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="M"/>
+    <s v="Professional, scientific and technical activities (M)"/>
+    <s v="EU15X02"/>
+    <s v="EU15 excluding Irish and UK"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="822"/>
+  </r>
+  <r>
+    <s v="CD309"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="M"/>
+    <s v="Professional, scientific and technical activities (M)"/>
+    <s v="PL"/>
+    <s v="Polish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="759"/>
+  </r>
+  <r>
+    <s v="CD309"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="M"/>
+    <s v="Professional, scientific and technical activities (M)"/>
+    <s v="ACC12X01"/>
+    <s v="EU15 to EU27 states excluding Polish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="405"/>
+  </r>
+  <r>
+    <s v="CD309"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="M"/>
+    <s v="Professional, scientific and technical activities (M)"/>
+    <s v="ON7"/>
+    <s v="Other nationalities (7)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1096"/>
+  </r>
+  <r>
+    <s v="CD309"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="M"/>
+    <s v="Professional, scientific and technical activities (M)"/>
+    <s v="ZZZ99"/>
+    <s v="Not stated, including no nationality"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="148"/>
+  </r>
+  <r>
+    <s v="CD309"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="M"/>
+    <s v="Professional, scientific and technical activities (M)"/>
+    <s v="-"/>
+    <s v="All nationalities"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="47207"/>
+  </r>
+  <r>
+    <s v="CD309"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="N"/>
+    <s v="Administrative and support service activities (N)"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="24759"/>
+  </r>
+  <r>
+    <s v="CD309"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="N"/>
+    <s v="Administrative and support service activities (N)"/>
+    <s v="IE05"/>
+    <s v="Non-Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="8609"/>
+  </r>
+  <r>
+    <s v="CD309"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="N"/>
+    <s v="Administrative and support service activities (N)"/>
+    <s v="GB01"/>
+    <s v="UK (1)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1292"/>
+  </r>
+  <r>
+    <s v="CD309"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="N"/>
+    <s v="Administrative and support service activities (N)"/>
+    <s v="EU15X02"/>
+    <s v="EU15 excluding Irish and UK"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="798"/>
+  </r>
+  <r>
+    <s v="CD309"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="N"/>
+    <s v="Administrative and support service activities (N)"/>
+    <s v="PL"/>
+    <s v="Polish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2553"/>
+  </r>
+  <r>
+    <s v="CD309"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="N"/>
+    <s v="Administrative and support service activities (N)"/>
+    <s v="ACC12X01"/>
+    <s v="EU15 to EU27 states excluding Polish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2029"/>
+  </r>
+  <r>
+    <s v="CD309"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="N"/>
+    <s v="Administrative and support service activities (N)"/>
+    <s v="ON7"/>
+    <s v="Other nationalities (7)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1937"/>
+  </r>
+  <r>
+    <s v="CD309"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="N"/>
+    <s v="Administrative and support service activities (N)"/>
+    <s v="ZZZ99"/>
+    <s v="Not stated, including no nationality"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="151"/>
+  </r>
+  <r>
+    <s v="CD309"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="N"/>
+    <s v="Administrative and support service activities (N)"/>
+    <s v="-"/>
+    <s v="All nationalities"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="33519"/>
+  </r>
+  <r>
+    <s v="CD309"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="O"/>
+    <s v="Public administration and defence; compulsory social security (O)"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="56970"/>
+  </r>
+  <r>
+    <s v="CD309"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="O"/>
+    <s v="Public administration and defence; compulsory social security (O)"/>
+    <s v="IE05"/>
+    <s v="Non-Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1652"/>
+  </r>
+  <r>
+    <s v="CD309"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="O"/>
+    <s v="Public administration and defence; compulsory social security (O)"/>
+    <s v="GB01"/>
+    <s v="UK (1)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="836"/>
+  </r>
+  <r>
+    <s v="CD309"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="O"/>
+    <s v="Public administration and defence; compulsory social security (O)"/>
+    <s v="EU15X02"/>
+    <s v="EU15 excluding Irish and UK"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="141"/>
+  </r>
+  <r>
+    <s v="CD309"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="O"/>
+    <s v="Public administration and defence; compulsory social security (O)"/>
+    <s v="PL"/>
+    <s v="Polish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="113"/>
+  </r>
+  <r>
+    <s v="CD309"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="O"/>
+    <s v="Public administration and defence; compulsory social security (O)"/>
+    <s v="ACC12X01"/>
+    <s v="EU15 to EU27 states excluding Polish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="130"/>
+  </r>
+  <r>
+    <s v="CD309"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="O"/>
+    <s v="Public administration and defence; compulsory social security (O)"/>
+    <s v="ON7"/>
+    <s v="Other nationalities (7)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="432"/>
+  </r>
+  <r>
+    <s v="CD309"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="O"/>
+    <s v="Public administration and defence; compulsory social security (O)"/>
+    <s v="ZZZ99"/>
+    <s v="Not stated, including no nationality"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="179"/>
+  </r>
+  <r>
+    <s v="CD309"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="O"/>
+    <s v="Public administration and defence; compulsory social security (O)"/>
+    <s v="-"/>
+    <s v="All nationalities"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="58801"/>
+  </r>
+  <r>
+    <s v="CD309"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="P"/>
+    <s v="Education (P)"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="36920"/>
+  </r>
+  <r>
+    <s v="CD309"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="P"/>
+    <s v="Education (P)"/>
+    <s v="IE05"/>
+    <s v="Non-Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3916"/>
+  </r>
+  <r>
+    <s v="CD309"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="P"/>
+    <s v="Education (P)"/>
+    <s v="GB01"/>
+    <s v="UK (1)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1519"/>
+  </r>
+  <r>
+    <s v="CD309"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="P"/>
+    <s v="Education (P)"/>
+    <s v="EU15X02"/>
+    <s v="EU15 excluding Irish and UK"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="741"/>
+  </r>
+  <r>
+    <s v="CD309"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="P"/>
+    <s v="Education (P)"/>
+    <s v="PL"/>
+    <s v="Polish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="214"/>
+  </r>
+  <r>
+    <s v="CD309"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="P"/>
+    <s v="Education (P)"/>
+    <s v="ACC12X01"/>
+    <s v="EU15 to EU27 states excluding Polish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="217"/>
+  </r>
+  <r>
+    <s v="CD309"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="P"/>
+    <s v="Education (P)"/>
+    <s v="ON7"/>
+    <s v="Other nationalities (7)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1225"/>
+  </r>
+  <r>
+    <s v="CD309"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="P"/>
+    <s v="Education (P)"/>
+    <s v="ZZZ99"/>
+    <s v="Not stated, including no nationality"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="161"/>
+  </r>
+  <r>
+    <s v="CD309"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="P"/>
+    <s v="Education (P)"/>
+    <s v="-"/>
+    <s v="All nationalities"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="40997"/>
+  </r>
+  <r>
+    <s v="CD309"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Q"/>
+    <s v="Human health and social work activities (Q)"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="30014"/>
+  </r>
+  <r>
+    <s v="CD309"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Q"/>
+    <s v="Human health and social work activities (Q)"/>
+    <s v="IE05"/>
+    <s v="Non-Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="7177"/>
+  </r>
+  <r>
+    <s v="CD309"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Q"/>
+    <s v="Human health and social work activities (Q)"/>
+    <s v="GB01"/>
+    <s v="UK (1)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1431"/>
+  </r>
+  <r>
+    <s v="CD309"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Q"/>
+    <s v="Human health and social work activities (Q)"/>
+    <s v="EU15X02"/>
+    <s v="EU15 excluding Irish and UK"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="395"/>
+  </r>
+  <r>
+    <s v="CD309"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Q"/>
+    <s v="Human health and social work activities (Q)"/>
+    <s v="PL"/>
+    <s v="Polish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="596"/>
+  </r>
+  <r>
+    <s v="CD309"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Q"/>
+    <s v="Human health and social work activities (Q)"/>
+    <s v="ACC12X01"/>
+    <s v="EU15 to EU27 states excluding Polish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="427"/>
+  </r>
+  <r>
+    <s v="CD309"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Q"/>
+    <s v="Human health and social work activities (Q)"/>
+    <s v="ON7"/>
+    <s v="Other nationalities (7)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4328"/>
+  </r>
+  <r>
+    <s v="CD309"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Q"/>
+    <s v="Human health and social work activities (Q)"/>
+    <s v="ZZZ99"/>
+    <s v="Not stated, including no nationality"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="132"/>
+  </r>
+  <r>
+    <s v="CD309"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Q"/>
+    <s v="Human health and social work activities (Q)"/>
+    <s v="-"/>
+    <s v="All nationalities"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="37323"/>
+  </r>
+  <r>
+    <s v="CD309"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="R"/>
+    <s v="Arts, entertainment and recreation (R)"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="13224"/>
+  </r>
+  <r>
+    <s v="CD309"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="R"/>
+    <s v="Arts, entertainment and recreation (R)"/>
+    <s v="IE05"/>
+    <s v="Non-Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2192"/>
+  </r>
+  <r>
+    <s v="CD309"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="R"/>
+    <s v="Arts, entertainment and recreation (R)"/>
+    <s v="GB01"/>
+    <s v="UK (1)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="816"/>
+  </r>
+  <r>
+    <s v="CD309"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="R"/>
+    <s v="Arts, entertainment and recreation (R)"/>
+    <s v="EU15X02"/>
+    <s v="EU15 excluding Irish and UK"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="251"/>
+  </r>
+  <r>
+    <s v="CD309"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="R"/>
+    <s v="Arts, entertainment and recreation (R)"/>
+    <s v="PL"/>
+    <s v="Polish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="351"/>
+  </r>
+  <r>
+    <s v="CD309"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="R"/>
+    <s v="Arts, entertainment and recreation (R)"/>
+    <s v="ACC12X01"/>
+    <s v="EU15 to EU27 states excluding Polish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="261"/>
+  </r>
+  <r>
+    <s v="CD309"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="R"/>
+    <s v="Arts, entertainment and recreation (R)"/>
+    <s v="ON7"/>
+    <s v="Other nationalities (7)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="513"/>
+  </r>
+  <r>
+    <s v="CD309"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="R"/>
+    <s v="Arts, entertainment and recreation (R)"/>
+    <s v="ZZZ99"/>
+    <s v="Not stated, including no nationality"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="66"/>
+  </r>
+  <r>
+    <s v="CD309"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="R"/>
+    <s v="Arts, entertainment and recreation (R)"/>
+    <s v="-"/>
+    <s v="All nationalities"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="15482"/>
+  </r>
+  <r>
+    <s v="CD309"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="S"/>
+    <s v="Other service activities (S)"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="9305"/>
+  </r>
+  <r>
+    <s v="CD309"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="S"/>
+    <s v="Other service activities (S)"/>
+    <s v="IE05"/>
+    <s v="Non-Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1788"/>
+  </r>
+  <r>
+    <s v="CD309"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="S"/>
+    <s v="Other service activities (S)"/>
+    <s v="GB01"/>
+    <s v="UK (1)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="431"/>
+  </r>
+  <r>
+    <s v="CD309"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="S"/>
+    <s v="Other service activities (S)"/>
+    <s v="EU15X02"/>
+    <s v="EU15 excluding Irish and UK"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="104"/>
+  </r>
+  <r>
+    <s v="CD309"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="S"/>
+    <s v="Other service activities (S)"/>
+    <s v="PL"/>
+    <s v="Polish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="431"/>
+  </r>
+  <r>
+    <s v="CD309"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="S"/>
+    <s v="Other service activities (S)"/>
+    <s v="ACC12X01"/>
+    <s v="EU15 to EU27 states excluding Polish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="280"/>
+  </r>
+  <r>
+    <s v="CD309"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="S"/>
+    <s v="Other service activities (S)"/>
+    <s v="ON7"/>
+    <s v="Other nationalities (7)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="542"/>
+  </r>
+  <r>
+    <s v="CD309"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="S"/>
+    <s v="Other service activities (S)"/>
+    <s v="ZZZ99"/>
+    <s v="Not stated, including no nationality"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="36"/>
+  </r>
+  <r>
+    <s v="CD309"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="S"/>
+    <s v="Other service activities (S)"/>
+    <s v="-"/>
+    <s v="All nationalities"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="11129"/>
+  </r>
+  <r>
+    <s v="CD309"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="T"/>
+    <s v="Activities of households as employers producing activities of households for own use (T)"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="113"/>
+  </r>
+  <r>
+    <s v="CD309"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="T"/>
+    <s v="Activities of households as employers producing activities of households for own use (T)"/>
+    <s v="IE05"/>
+    <s v="Non-Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="38"/>
+  </r>
+  <r>
+    <s v="CD309"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="T"/>
+    <s v="Activities of households as employers producing activities of households for own use (T)"/>
+    <s v="GB01"/>
+    <s v="UK (1)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="9"/>
+  </r>
+  <r>
+    <s v="CD309"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="T"/>
+    <s v="Activities of households as employers producing activities of households for own use (T)"/>
+    <s v="EU15X02"/>
+    <s v="EU15 excluding Irish and UK"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5"/>
+  </r>
+  <r>
+    <s v="CD309"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="T"/>
+    <s v="Activities of households as employers producing activities of households for own use (T)"/>
+    <s v="PL"/>
+    <s v="Polish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5"/>
+  </r>
+  <r>
+    <s v="CD309"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="T"/>
+    <s v="Activities of households as employers producing activities of households for own use (T)"/>
+    <s v="ACC12X01"/>
+    <s v="EU15 to EU27 states excluding Polish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="6"/>
+  </r>
+  <r>
+    <s v="CD309"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="T"/>
+    <s v="Activities of households as employers producing activities of households for own use (T)"/>
+    <s v="ON7"/>
+    <s v="Other nationalities (7)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="13"/>
+  </r>
+  <r>
+    <s v="CD309"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="T"/>
+    <s v="Activities of households as employers producing activities of households for own use (T)"/>
+    <s v="ZZZ99"/>
+    <s v="Not stated, including no nationality"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="CD309"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="T"/>
+    <s v="Activities of households as employers producing activities of households for own use (T)"/>
+    <s v="-"/>
+    <s v="All nationalities"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="151"/>
+  </r>
+  <r>
+    <s v="CD309"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="U"/>
+    <s v="Activities of extraterritorial organisations and bodies (U)"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="155"/>
+  </r>
+  <r>
+    <s v="CD309"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="U"/>
+    <s v="Activities of extraterritorial organisations and bodies (U)"/>
+    <s v="IE05"/>
+    <s v="Non-Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="225"/>
+  </r>
+  <r>
+    <s v="CD309"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="U"/>
+    <s v="Activities of extraterritorial organisations and bodies (U)"/>
+    <s v="GB01"/>
+    <s v="UK (1)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="11"/>
+  </r>
+  <r>
+    <s v="CD309"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="U"/>
+    <s v="Activities of extraterritorial organisations and bodies (U)"/>
+    <s v="EU15X02"/>
+    <s v="EU15 excluding Irish and UK"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="43"/>
+  </r>
+  <r>
+    <s v="CD309"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="U"/>
+    <s v="Activities of extraterritorial organisations and bodies (U)"/>
+    <s v="PL"/>
+    <s v="Polish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="11"/>
+  </r>
+  <r>
+    <s v="CD309"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="U"/>
+    <s v="Activities of extraterritorial organisations and bodies (U)"/>
+    <s v="ACC12X01"/>
+    <s v="EU15 to EU27 states excluding Polish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="20"/>
+  </r>
+  <r>
+    <s v="CD309"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="U"/>
+    <s v="Activities of extraterritorial organisations and bodies (U)"/>
+    <s v="ON7"/>
+    <s v="Other nationalities (7)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="140"/>
+  </r>
+  <r>
+    <s v="CD309"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="U"/>
+    <s v="Activities of extraterritorial organisations and bodies (U)"/>
+    <s v="ZZZ99"/>
+    <s v="Not stated, including no nationality"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="CD309"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="U"/>
+    <s v="Activities of extraterritorial organisations and bodies (U)"/>
+    <s v="-"/>
+    <s v="All nationalities"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="381"/>
+  </r>
+  <r>
+    <s v="CD309"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZXD210"/>
+    <s v="Industry not stated"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="40648"/>
+  </r>
+  <r>
+    <s v="CD309"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZXD210"/>
+    <s v="Industry not stated"/>
+    <s v="IE05"/>
+    <s v="Non-Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="10663"/>
+  </r>
+  <r>
+    <s v="CD309"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZXD210"/>
+    <s v="Industry not stated"/>
+    <s v="GB01"/>
+    <s v="UK (1)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1210"/>
+  </r>
+  <r>
+    <s v="CD309"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZXD210"/>
+    <s v="Industry not stated"/>
+    <s v="EU15X02"/>
+    <s v="EU15 excluding Irish and UK"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="893"/>
+  </r>
+  <r>
+    <s v="CD309"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZXD210"/>
+    <s v="Industry not stated"/>
+    <s v="PL"/>
+    <s v="Polish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2441"/>
+  </r>
+  <r>
+    <s v="CD309"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZXD210"/>
+    <s v="Industry not stated"/>
+    <s v="ACC12X01"/>
+    <s v="EU15 to EU27 states excluding Polish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2615"/>
+  </r>
+  <r>
+    <s v="CD309"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZXD210"/>
+    <s v="Industry not stated"/>
+    <s v="ON7"/>
+    <s v="Other nationalities (7)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3504"/>
+  </r>
+  <r>
+    <s v="CD309"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZXD210"/>
+    <s v="Industry not stated"/>
+    <s v="ZZZ99"/>
+    <s v="Not stated, including no nationality"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5838"/>
+  </r>
+  <r>
+    <s v="CD309"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZXD210"/>
+    <s v="Industry not stated"/>
+    <s v="-"/>
+    <s v="All nationalities"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="57149"/>
+  </r>
+  <r>
+    <s v="CD309"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZXD220"/>
+    <s v="Total at work"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="786661"/>
+  </r>
+  <r>
+    <s v="CD309"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZXD220"/>
+    <s v="Total at work"/>
+    <s v="IE05"/>
+    <s v="Non-Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="143387"/>
+  </r>
+  <r>
+    <s v="CD309"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZXD220"/>
+    <s v="Total at work"/>
+    <s v="GB01"/>
+    <s v="UK (1)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="26155"/>
+  </r>
+  <r>
+    <s v="CD309"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZXD220"/>
+    <s v="Total at work"/>
+    <s v="EU15X02"/>
+    <s v="EU15 excluding Irish and UK"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="15641"/>
+  </r>
+  <r>
+    <s v="CD309"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZXD220"/>
+    <s v="Total at work"/>
+    <s v="PL"/>
+    <s v="Polish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="37956"/>
+  </r>
+  <r>
+    <s v="CD309"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZXD220"/>
+    <s v="Total at work"/>
+    <s v="ACC12X01"/>
+    <s v="EU15 to EU27 states excluding Polish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="28399"/>
+  </r>
+  <r>
+    <s v="CD309"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZXD220"/>
+    <s v="Total at work"/>
+    <s v="ON7"/>
+    <s v="Other nationalities (7)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="35236"/>
+  </r>
+  <r>
+    <s v="CD309"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZXD220"/>
+    <s v="Total at work"/>
+    <s v="ZZZ99"/>
+    <s v="Not stated, including no nationality"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="9127"/>
+  </r>
+  <r>
+    <s v="CD309"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZXD220"/>
+    <s v="Total at work"/>
+    <s v="-"/>
+    <s v="All nationalities"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="939175"/>
+  </r>
+  <r>
+    <s v="CD309"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZXD230"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="15006"/>
+  </r>
+  <r>
+    <s v="CD309"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZXD230"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="IE05"/>
+    <s v="Non-Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4052"/>
+  </r>
+  <r>
+    <s v="CD309"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZXD230"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="GB01"/>
+    <s v="UK (1)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="487"/>
+  </r>
+  <r>
+    <s v="CD309"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZXD230"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="EU15X02"/>
+    <s v="EU15 excluding Irish and UK"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="196"/>
+  </r>
+  <r>
+    <s v="CD309"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZXD230"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="PL"/>
+    <s v="Polish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="555"/>
+  </r>
+  <r>
+    <s v="CD309"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZXD230"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="ACC12X01"/>
+    <s v="EU15 to EU27 states excluding Polish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1070"/>
+  </r>
+  <r>
+    <s v="CD309"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZXD230"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="ON7"/>
+    <s v="Other nationalities (7)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1744"/>
+  </r>
+  <r>
+    <s v="CD309"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZXD230"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="ZZZ99"/>
+    <s v="Not stated, including no nationality"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="181"/>
+  </r>
+  <r>
+    <s v="CD309"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZXD230"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="-"/>
+    <s v="All nationalities"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="19239"/>
+  </r>
+  <r>
+    <s v="CD309"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZXD240"/>
+    <s v="Unemployed, having lost or given up previous job"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="210103"/>
+  </r>
+  <r>
+    <s v="CD309"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZXD240"/>
+    <s v="Unemployed, having lost or given up previous job"/>
+    <s v="IE05"/>
+    <s v="Non-Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="40065"/>
+  </r>
+  <r>
+    <s v="CD309"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZXD240"/>
+    <s v="Unemployed, having lost or given up previous job"/>
+    <s v="GB01"/>
+    <s v="UK (1)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="9208"/>
+  </r>
+  <r>
+    <s v="CD309"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZXD240"/>
+    <s v="Unemployed, having lost or given up previous job"/>
+    <s v="EU15X02"/>
+    <s v="EU15 excluding Irish and UK"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1853"/>
+  </r>
+  <r>
+    <s v="CD309"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZXD240"/>
+    <s v="Unemployed, having lost or given up previous job"/>
+    <s v="PL"/>
+    <s v="Polish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="10210"/>
+  </r>
+  <r>
+    <s v="CD309"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZXD240"/>
+    <s v="Unemployed, having lost or given up previous job"/>
+    <s v="ACC12X01"/>
+    <s v="EU15 to EU27 states excluding Polish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="8756"/>
+  </r>
+  <r>
+    <s v="CD309"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZXD240"/>
+    <s v="Unemployed, having lost or given up previous job"/>
+    <s v="ON7"/>
+    <s v="Other nationalities (7)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="10038"/>
+  </r>
+  <r>
+    <s v="CD309"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZXD240"/>
+    <s v="Unemployed, having lost or given up previous job"/>
+    <s v="ZZZ99"/>
+    <s v="Not stated, including no nationality"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3072"/>
+  </r>
+  <r>
+    <s v="CD309"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZXD240"/>
+    <s v="Unemployed, having lost or given up previous job"/>
+    <s v="-"/>
+    <s v="All nationalities"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="253240"/>
+  </r>
+  <r>
+    <s v="CD309"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZXD250"/>
+    <s v="Total in labour force"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1011770"/>
+  </r>
+  <r>
+    <s v="CD309"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZXD250"/>
+    <s v="Total in labour force"/>
+    <s v="IE05"/>
+    <s v="Non-Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="187504"/>
+  </r>
+  <r>
+    <s v="CD309"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZXD250"/>
+    <s v="Total in labour force"/>
+    <s v="GB01"/>
+    <s v="UK (1)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="35850"/>
+  </r>
+  <r>
+    <s v="CD309"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZXD250"/>
+    <s v="Total in labour force"/>
+    <s v="EU15X02"/>
+    <s v="EU15 excluding Irish and UK"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="17690"/>
+  </r>
+  <r>
+    <s v="CD309"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZXD250"/>
+    <s v="Total in labour force"/>
+    <s v="PL"/>
+    <s v="Polish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="48721"/>
+  </r>
+  <r>
+    <s v="CD309"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZXD250"/>
+    <s v="Total in labour force"/>
+    <s v="ACC12X01"/>
+    <s v="EU15 to EU27 states excluding Polish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="38225"/>
+  </r>
+  <r>
+    <s v="CD309"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZXD250"/>
+    <s v="Total in labour force"/>
+    <s v="ON7"/>
+    <s v="Other nationalities (7)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="47018"/>
+  </r>
+  <r>
+    <s v="CD309"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZXD250"/>
+    <s v="Total in labour force"/>
+    <s v="ZZZ99"/>
+    <s v="Not stated, including no nationality"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="12380"/>
+  </r>
+  <r>
+    <s v="CD309"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZXD250"/>
+    <s v="Total in labour force"/>
+    <s v="-"/>
+    <s v="All nationalities"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1211654"/>
+  </r>
+  <r>
+    <s v="CD309"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="A"/>
+    <s v="Agriculture, forestry and fishing (A)"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="8762"/>
+  </r>
+  <r>
+    <s v="CD309"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="A"/>
+    <s v="Agriculture, forestry and fishing (A)"/>
+    <s v="IE05"/>
+    <s v="Non-Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2146"/>
+  </r>
+  <r>
+    <s v="CD309"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="A"/>
+    <s v="Agriculture, forestry and fishing (A)"/>
+    <s v="GB01"/>
+    <s v="UK (1)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="330"/>
+  </r>
+  <r>
+    <s v="CD309"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="A"/>
+    <s v="Agriculture, forestry and fishing (A)"/>
+    <s v="EU15X02"/>
+    <s v="EU15 excluding Irish and UK"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="166"/>
+  </r>
+  <r>
+    <s v="CD309"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="A"/>
+    <s v="Agriculture, forestry and fishing (A)"/>
+    <s v="PL"/>
+    <s v="Polish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="265"/>
+  </r>
+  <r>
+    <s v="CD309"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="A"/>
+    <s v="Agriculture, forestry and fishing (A)"/>
+    <s v="ACC12X01"/>
+    <s v="EU15 to EU27 states excluding Polish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1157"/>
+  </r>
+  <r>
+    <s v="CD309"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="A"/>
+    <s v="Agriculture, forestry and fishing (A)"/>
+    <s v="ON7"/>
+    <s v="Other nationalities (7)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="228"/>
+  </r>
+  <r>
+    <s v="CD309"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="A"/>
+    <s v="Agriculture, forestry and fishing (A)"/>
+    <s v="ZZZ99"/>
+    <s v="Not stated, including no nationality"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="67"/>
+  </r>
+  <r>
+    <s v="CD309"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="A"/>
+    <s v="Agriculture, forestry and fishing (A)"/>
+    <s v="-"/>
+    <s v="All nationalities"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="10975"/>
+  </r>
+  <r>
+    <s v="CD309"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="B"/>
+    <s v="Mining and quarrying (B)"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="530"/>
+  </r>
+  <r>
+    <s v="CD309"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="B"/>
+    <s v="Mining and quarrying (B)"/>
+    <s v="IE05"/>
+    <s v="Non-Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="36"/>
+  </r>
+  <r>
+    <s v="CD309"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="B"/>
+    <s v="Mining and quarrying (B)"/>
+    <s v="GB01"/>
+    <s v="UK (1)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="18"/>
+  </r>
+  <r>
+    <s v="CD309"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="B"/>
+    <s v="Mining and quarrying (B)"/>
+    <s v="EU15X02"/>
+    <s v="EU15 excluding Irish and UK"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4"/>
+  </r>
+  <r>
+    <s v="CD309"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="B"/>
+    <s v="Mining and quarrying (B)"/>
+    <s v="PL"/>
+    <s v="Polish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4"/>
+  </r>
+  <r>
+    <s v="CD309"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="B"/>
+    <s v="Mining and quarrying (B)"/>
+    <s v="ACC12X01"/>
+    <s v="EU15 to EU27 states excluding Polish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4"/>
+  </r>
+  <r>
+    <s v="CD309"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="B"/>
+    <s v="Mining and quarrying (B)"/>
+    <s v="ON7"/>
+    <s v="Other nationalities (7)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="6"/>
+  </r>
+  <r>
+    <s v="CD309"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="B"/>
+    <s v="Mining and quarrying (B)"/>
+    <s v="ZZZ99"/>
+    <s v="Not stated, including no nationality"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="CD309"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="B"/>
+    <s v="Mining and quarrying (B)"/>
+    <s v="-"/>
+    <s v="All nationalities"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="566"/>
+  </r>
+  <r>
+    <s v="CD309"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="C"/>
+    <s v="Manufacturing (C)"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="45656"/>
+  </r>
+  <r>
+    <s v="CD309"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="C"/>
+    <s v="Manufacturing (C)"/>
+    <s v="IE05"/>
+    <s v="Non-Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="10397"/>
+  </r>
+  <r>
+    <s v="CD309"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="C"/>
+    <s v="Manufacturing (C)"/>
+    <s v="GB01"/>
+    <s v="UK (1)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1199"/>
+  </r>
+  <r>
+    <s v="CD309"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="C"/>
+    <s v="Manufacturing (C)"/>
+    <s v="EU15X02"/>
+    <s v="EU15 excluding Irish and UK"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1491"/>
+  </r>
+  <r>
+    <s v="CD309"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="C"/>
+    <s v="Manufacturing (C)"/>
+    <s v="PL"/>
+    <s v="Polish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3660"/>
+  </r>
+  <r>
+    <s v="CD309"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="C"/>
+    <s v="Manufacturing (C)"/>
+    <s v="ACC12X01"/>
+    <s v="EU15 to EU27 states excluding Polish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2914"/>
+  </r>
+  <r>
+    <s v="CD309"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="C"/>
+    <s v="Manufacturing (C)"/>
+    <s v="ON7"/>
+    <s v="Other nationalities (7)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1133"/>
+  </r>
+  <r>
+    <s v="CD309"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="C"/>
+    <s v="Manufacturing (C)"/>
+    <s v="ZZZ99"/>
+    <s v="Not stated, including no nationality"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="150"/>
+  </r>
+  <r>
+    <s v="CD309"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="C"/>
+    <s v="Manufacturing (C)"/>
+    <s v="-"/>
+    <s v="All nationalities"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="56203"/>
+  </r>
+  <r>
+    <s v="CD309"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="D"/>
+    <s v="Electricity, gas, steam and air conditioning supply (D)"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2529"/>
+  </r>
+  <r>
+    <s v="CD309"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="D"/>
+    <s v="Electricity, gas, steam and air conditioning supply (D)"/>
+    <s v="IE05"/>
+    <s v="Non-Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="167"/>
+  </r>
+  <r>
+    <s v="CD309"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="D"/>
+    <s v="Electricity, gas, steam and air conditioning supply (D)"/>
+    <s v="GB01"/>
+    <s v="UK (1)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="46"/>
+  </r>
+  <r>
+    <s v="CD309"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="D"/>
+    <s v="Electricity, gas, steam and air conditioning supply (D)"/>
+    <s v="EU15X02"/>
+    <s v="EU15 excluding Irish and UK"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="35"/>
+  </r>
+  <r>
+    <s v="CD309"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="D"/>
+    <s v="Electricity, gas, steam and air conditioning supply (D)"/>
+    <s v="PL"/>
+    <s v="Polish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="25"/>
+  </r>
+  <r>
+    <s v="CD309"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="D"/>
+    <s v="Electricity, gas, steam and air conditioning supply (D)"/>
+    <s v="ACC12X01"/>
+    <s v="EU15 to EU27 states excluding Polish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="27"/>
+  </r>
+  <r>
+    <s v="CD309"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="D"/>
+    <s v="Electricity, gas, steam and air conditioning supply (D)"/>
+    <s v="ON7"/>
+    <s v="Other nationalities (7)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="34"/>
+  </r>
+  <r>
+    <s v="CD309"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="D"/>
+    <s v="Electricity, gas, steam and air conditioning supply (D)"/>
+    <s v="ZZZ99"/>
+    <s v="Not stated, including no nationality"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="7"/>
+  </r>
+  <r>
+    <s v="CD309"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="D"/>
+    <s v="Electricity, gas, steam and air conditioning supply (D)"/>
+    <s v="-"/>
+    <s v="All nationalities"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2703"/>
+  </r>
+  <r>
+    <s v="CD309"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="E"/>
+    <s v="Water supply; sewerage, waste management and remediation activities (E)"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1417"/>
+  </r>
+  <r>
+    <s v="CD309"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="E"/>
+    <s v="Water supply; sewerage, waste management and remediation activities (E)"/>
+    <s v="IE05"/>
+    <s v="Non-Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="266"/>
+  </r>
+  <r>
+    <s v="CD309"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="E"/>
+    <s v="Water supply; sewerage, waste management and remediation activities (E)"/>
+    <s v="GB01"/>
+    <s v="UK (1)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="33"/>
+  </r>
+  <r>
+    <s v="CD309"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="E"/>
+    <s v="Water supply; sewerage, waste management and remediation activities (E)"/>
+    <s v="EU15X02"/>
+    <s v="EU15 excluding Irish and UK"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="10"/>
+  </r>
+  <r>
+    <s v="CD309"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="E"/>
+    <s v="Water supply; sewerage, waste management and remediation activities (E)"/>
+    <s v="PL"/>
+    <s v="Polish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="82"/>
+  </r>
+  <r>
+    <s v="CD309"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="E"/>
+    <s v="Water supply; sewerage, waste management and remediation activities (E)"/>
+    <s v="ACC12X01"/>
+    <s v="EU15 to EU27 states excluding Polish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="114"/>
+  </r>
+  <r>
+    <s v="CD309"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="E"/>
+    <s v="Water supply; sewerage, waste management and remediation activities (E)"/>
+    <s v="ON7"/>
+    <s v="Other nationalities (7)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="27"/>
+  </r>
+  <r>
+    <s v="CD309"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="E"/>
+    <s v="Water supply; sewerage, waste management and remediation activities (E)"/>
+    <s v="ZZZ99"/>
+    <s v="Not stated, including no nationality"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5"/>
+  </r>
+  <r>
+    <s v="CD309"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="E"/>
+    <s v="Water supply; sewerage, waste management and remediation activities (E)"/>
+    <s v="-"/>
+    <s v="All nationalities"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1688"/>
+  </r>
+  <r>
+    <s v="CD309"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="F"/>
+    <s v="Construction (F)"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="6265"/>
+  </r>
+  <r>
+    <s v="CD309"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="F"/>
+    <s v="Construction (F)"/>
+    <s v="IE05"/>
+    <s v="Non-Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="767"/>
+  </r>
+  <r>
+    <s v="CD309"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="F"/>
+    <s v="Construction (F)"/>
+    <s v="GB01"/>
+    <s v="UK (1)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="211"/>
+  </r>
+  <r>
+    <s v="CD309"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="F"/>
+    <s v="Construction (F)"/>
+    <s v="EU15X02"/>
+    <s v="EU15 excluding Irish and UK"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="87"/>
+  </r>
+  <r>
+    <s v="CD309"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="F"/>
+    <s v="Construction (F)"/>
+    <s v="PL"/>
+    <s v="Polish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="194"/>
+  </r>
+  <r>
+    <s v="CD309"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="F"/>
+    <s v="Construction (F)"/>
+    <s v="ACC12X01"/>
+    <s v="EU15 to EU27 states excluding Polish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="154"/>
+  </r>
+  <r>
+    <s v="CD309"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="F"/>
+    <s v="Construction (F)"/>
+    <s v="ON7"/>
+    <s v="Other nationalities (7)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="121"/>
+  </r>
+  <r>
+    <s v="CD309"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="F"/>
+    <s v="Construction (F)"/>
+    <s v="ZZZ99"/>
+    <s v="Not stated, including no nationality"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="17"/>
+  </r>
+  <r>
+    <s v="CD309"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="F"/>
+    <s v="Construction (F)"/>
+    <s v="-"/>
+    <s v="All nationalities"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="7049"/>
+  </r>
+  <r>
+    <s v="CD309"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="G"/>
+    <s v="Wholesale and retail trade; repair of motor vehicles and motorcycles (G)"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="104160"/>
+  </r>
+  <r>
+    <s v="CD309"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="G"/>
+    <s v="Wholesale and retail trade; repair of motor vehicles and motorcycles (G)"/>
+    <s v="IE05"/>
+    <s v="Non-Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="22102"/>
+  </r>
+  <r>
+    <s v="CD309"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="G"/>
+    <s v="Wholesale and retail trade; repair of motor vehicles and motorcycles (G)"/>
+    <s v="GB01"/>
+    <s v="UK (1)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3536"/>
+  </r>
+  <r>
+    <s v="CD309"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="G"/>
+    <s v="Wholesale and retail trade; repair of motor vehicles and motorcycles (G)"/>
+    <s v="EU15X02"/>
+    <s v="EU15 excluding Irish and UK"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1417"/>
+  </r>
+  <r>
+    <s v="CD309"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="G"/>
+    <s v="Wholesale and retail trade; repair of motor vehicles and motorcycles (G)"/>
+    <s v="PL"/>
+    <s v="Polish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="7957"/>
+  </r>
+  <r>
+    <s v="CD309"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="G"/>
+    <s v="Wholesale and retail trade; repair of motor vehicles and motorcycles (G)"/>
+    <s v="ACC12X01"/>
+    <s v="EU15 to EU27 states excluding Polish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="6177"/>
+  </r>
+  <r>
+    <s v="CD309"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="G"/>
+    <s v="Wholesale and retail trade; repair of motor vehicles and motorcycles (G)"/>
+    <s v="ON7"/>
+    <s v="Other nationalities (7)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3015"/>
+  </r>
+  <r>
+    <s v="CD309"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="G"/>
+    <s v="Wholesale and retail trade; repair of motor vehicles and motorcycles (G)"/>
+    <s v="ZZZ99"/>
+    <s v="Not stated, including no nationality"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="380"/>
+  </r>
+  <r>
+    <s v="CD309"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="G"/>
+    <s v="Wholesale and retail trade; repair of motor vehicles and motorcycles (G)"/>
+    <s v="-"/>
+    <s v="All nationalities"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="126642"/>
+  </r>
+  <r>
+    <s v="CD309"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="H"/>
+    <s v="Transportation and storage (H)"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="13271"/>
+  </r>
+  <r>
+    <s v="CD309"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="H"/>
+    <s v="Transportation and storage (H)"/>
+    <s v="IE05"/>
+    <s v="Non-Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1928"/>
+  </r>
+  <r>
+    <s v="CD309"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="H"/>
+    <s v="Transportation and storage (H)"/>
+    <s v="GB01"/>
+    <s v="UK (1)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="294"/>
+  </r>
+  <r>
+    <s v="CD309"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="H"/>
+    <s v="Transportation and storage (H)"/>
+    <s v="EU15X02"/>
+    <s v="EU15 excluding Irish and UK"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="400"/>
+  </r>
+  <r>
+    <s v="CD309"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="H"/>
+    <s v="Transportation and storage (H)"/>
+    <s v="PL"/>
+    <s v="Polish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="534"/>
+  </r>
+  <r>
+    <s v="CD309"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="H"/>
+    <s v="Transportation and storage (H)"/>
+    <s v="ACC12X01"/>
+    <s v="EU15 to EU27 states excluding Polish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="446"/>
+  </r>
+  <r>
+    <s v="CD309"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="H"/>
+    <s v="Transportation and storage (H)"/>
+    <s v="ON7"/>
+    <s v="Other nationalities (7)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="254"/>
+  </r>
+  <r>
+    <s v="CD309"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="H"/>
+    <s v="Transportation and storage (H)"/>
+    <s v="ZZZ99"/>
+    <s v="Not stated, including no nationality"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="45"/>
+  </r>
+  <r>
+    <s v="CD309"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="H"/>
+    <s v="Transportation and storage (H)"/>
+    <s v="-"/>
+    <s v="All nationalities"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="15244"/>
+  </r>
+  <r>
+    <s v="CD309"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="I"/>
+    <s v="Accommodation and food service activities (I)"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="34866"/>
+  </r>
+  <r>
+    <s v="CD309"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="I"/>
+    <s v="Accommodation and food service activities (I)"/>
+    <s v="IE05"/>
+    <s v="Non-Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="19932"/>
+  </r>
+  <r>
+    <s v="CD309"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="I"/>
+    <s v="Accommodation and food service activities (I)"/>
+    <s v="GB01"/>
+    <s v="UK (1)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1397"/>
+  </r>
+  <r>
+    <s v="CD309"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="I"/>
+    <s v="Accommodation and food service activities (I)"/>
+    <s v="EU15X02"/>
+    <s v="EU15 excluding Irish and UK"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1292"/>
+  </r>
+  <r>
+    <s v="CD309"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="I"/>
+    <s v="Accommodation and food service activities (I)"/>
+    <s v="PL"/>
+    <s v="Polish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="6973"/>
+  </r>
+  <r>
+    <s v="CD309"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="I"/>
+    <s v="Accommodation and food service activities (I)"/>
+    <s v="ACC12X01"/>
+    <s v="EU15 to EU27 states excluding Polish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="6991"/>
+  </r>
+  <r>
+    <s v="CD309"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="I"/>
+    <s v="Accommodation and food service activities (I)"/>
+    <s v="ON7"/>
+    <s v="Other nationalities (7)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3279"/>
+  </r>
+  <r>
+    <s v="CD309"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="I"/>
+    <s v="Accommodation and food service activities (I)"/>
+    <s v="ZZZ99"/>
+    <s v="Not stated, including no nationality"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="221"/>
+  </r>
+  <r>
+    <s v="CD309"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="I"/>
+    <s v="Accommodation and food service activities (I)"/>
+    <s v="-"/>
+    <s v="All nationalities"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="55019"/>
+  </r>
+  <r>
+    <s v="CD309"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="J"/>
+    <s v="Information and communication (J)"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="17561"/>
+  </r>
+  <r>
+    <s v="CD309"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="J"/>
+    <s v="Information and communication (J)"/>
+    <s v="IE05"/>
+    <s v="Non-Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4671"/>
+  </r>
+  <r>
+    <s v="CD309"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="J"/>
+    <s v="Information and communication (J)"/>
+    <s v="GB01"/>
+    <s v="UK (1)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="702"/>
+  </r>
+  <r>
+    <s v="CD309"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="J"/>
+    <s v="Information and communication (J)"/>
+    <s v="EU15X02"/>
+    <s v="EU15 excluding Irish and UK"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1904"/>
+  </r>
+  <r>
+    <s v="CD309"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="J"/>
+    <s v="Information and communication (J)"/>
+    <s v="PL"/>
+    <s v="Polish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="606"/>
+  </r>
+  <r>
+    <s v="CD309"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="J"/>
+    <s v="Information and communication (J)"/>
+    <s v="ACC12X01"/>
+    <s v="EU15 to EU27 states excluding Polish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="463"/>
+  </r>
+  <r>
+    <s v="CD309"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="J"/>
+    <s v="Information and communication (J)"/>
+    <s v="ON7"/>
+    <s v="Other nationalities (7)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="996"/>
+  </r>
+  <r>
+    <s v="CD309"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="J"/>
+    <s v="Information and communication (J)"/>
+    <s v="ZZZ99"/>
+    <s v="Not stated, including no nationality"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="45"/>
+  </r>
+  <r>
+    <s v="CD309"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="J"/>
+    <s v="Information and communication (J)"/>
+    <s v="-"/>
+    <s v="All nationalities"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="22277"/>
+  </r>
+  <r>
+    <s v="CD309"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="K"/>
+    <s v="Financial and insurance activities (K)"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="46534"/>
+  </r>
+  <r>
+    <s v="CD309"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="K"/>
+    <s v="Financial and insurance activities (K)"/>
+    <s v="IE05"/>
+    <s v="Non-Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4624"/>
+  </r>
+  <r>
+    <s v="CD309"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="K"/>
+    <s v="Financial and insurance activities (K)"/>
+    <s v="GB01"/>
+    <s v="UK (1)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="972"/>
+  </r>
+  <r>
+    <s v="CD309"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="K"/>
+    <s v="Financial and insurance activities (K)"/>
+    <s v="EU15X02"/>
+    <s v="EU15 excluding Irish and UK"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1287"/>
+  </r>
+  <r>
+    <s v="CD309"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="K"/>
+    <s v="Financial and insurance activities (K)"/>
+    <s v="PL"/>
+    <s v="Polish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1065"/>
+  </r>
+  <r>
+    <s v="CD309"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="K"/>
+    <s v="Financial and insurance activities (K)"/>
+    <s v="ACC12X01"/>
+    <s v="EU15 to EU27 states excluding Polish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="452"/>
+  </r>
+  <r>
+    <s v="CD309"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="K"/>
+    <s v="Financial and insurance activities (K)"/>
+    <s v="ON7"/>
+    <s v="Other nationalities (7)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="848"/>
+  </r>
+  <r>
+    <s v="CD309"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="K"/>
+    <s v="Financial and insurance activities (K)"/>
+    <s v="ZZZ99"/>
+    <s v="Not stated, including no nationality"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="83"/>
+  </r>
+  <r>
+    <s v="CD309"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="K"/>
+    <s v="Financial and insurance activities (K)"/>
+    <s v="-"/>
+    <s v="All nationalities"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="51241"/>
+  </r>
+  <r>
+    <s v="CD309"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="L"/>
+    <s v="Real estate activities (L)"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3409"/>
+  </r>
+  <r>
+    <s v="CD309"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="L"/>
+    <s v="Real estate activities (L)"/>
+    <s v="IE05"/>
+    <s v="Non-Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="380"/>
+  </r>
+  <r>
+    <s v="CD309"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="L"/>
+    <s v="Real estate activities (L)"/>
+    <s v="GB01"/>
+    <s v="UK (1)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="111"/>
+  </r>
+  <r>
+    <s v="CD309"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="L"/>
+    <s v="Real estate activities (L)"/>
+    <s v="EU15X02"/>
+    <s v="EU15 excluding Irish and UK"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="34"/>
+  </r>
+  <r>
+    <s v="CD309"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="L"/>
+    <s v="Real estate activities (L)"/>
+    <s v="PL"/>
+    <s v="Polish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="95"/>
+  </r>
+  <r>
+    <s v="CD309"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="L"/>
+    <s v="Real estate activities (L)"/>
+    <s v="ACC12X01"/>
+    <s v="EU15 to EU27 states excluding Polish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="72"/>
+  </r>
+  <r>
+    <s v="CD309"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="L"/>
+    <s v="Real estate activities (L)"/>
+    <s v="ON7"/>
+    <s v="Other nationalities (7)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="68"/>
+  </r>
+  <r>
+    <s v="CD309"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="L"/>
+    <s v="Real estate activities (L)"/>
+    <s v="ZZZ99"/>
+    <s v="Not stated, including no nationality"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="10"/>
+  </r>
+  <r>
+    <s v="CD309"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="L"/>
+    <s v="Real estate activities (L)"/>
+    <s v="-"/>
+    <s v="All nationalities"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3799"/>
+  </r>
+  <r>
+    <s v="CD309"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="M"/>
+    <s v="Professional, scientific and technical activities (M)"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="39156"/>
+  </r>
+  <r>
+    <s v="CD309"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="M"/>
+    <s v="Professional, scientific and technical activities (M)"/>
+    <s v="IE05"/>
+    <s v="Non-Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4408"/>
+  </r>
+  <r>
+    <s v="CD309"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="M"/>
+    <s v="Professional, scientific and technical activities (M)"/>
+    <s v="GB01"/>
+    <s v="UK (1)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1161"/>
+  </r>
+  <r>
+    <s v="CD309"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="M"/>
+    <s v="Professional, scientific and technical activities (M)"/>
+    <s v="EU15X02"/>
+    <s v="EU15 excluding Irish and UK"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="923"/>
+  </r>
+  <r>
+    <s v="CD309"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="M"/>
+    <s v="Professional, scientific and technical activities (M)"/>
+    <s v="PL"/>
+    <s v="Polish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="780"/>
+  </r>
+  <r>
+    <s v="CD309"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="M"/>
+    <s v="Professional, scientific and technical activities (M)"/>
+    <s v="ACC12X01"/>
+    <s v="EU15 to EU27 states excluding Polish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="525"/>
+  </r>
+  <r>
+    <s v="CD309"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="M"/>
+    <s v="Professional, scientific and technical activities (M)"/>
+    <s v="ON7"/>
+    <s v="Other nationalities (7)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1019"/>
+  </r>
+  <r>
+    <s v="CD309"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="M"/>
+    <s v="Professional, scientific and technical activities (M)"/>
+    <s v="ZZZ99"/>
+    <s v="Not stated, including no nationality"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="87"/>
+  </r>
+  <r>
+    <s v="CD309"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="M"/>
+    <s v="Professional, scientific and technical activities (M)"/>
+    <s v="-"/>
+    <s v="All nationalities"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="43651"/>
+  </r>
+  <r>
+    <s v="CD309"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="N"/>
+    <s v="Administrative and support service activities (N)"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="17757"/>
+  </r>
+  <r>
+    <s v="CD309"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="N"/>
+    <s v="Administrative and support service activities (N)"/>
+    <s v="IE05"/>
+    <s v="Non-Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="8538"/>
+  </r>
+  <r>
+    <s v="CD309"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="N"/>
+    <s v="Administrative and support service activities (N)"/>
+    <s v="GB01"/>
+    <s v="UK (1)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="730"/>
+  </r>
+  <r>
+    <s v="CD309"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="N"/>
+    <s v="Administrative and support service activities (N)"/>
+    <s v="EU15X02"/>
+    <s v="EU15 excluding Irish and UK"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="936"/>
+  </r>
+  <r>
+    <s v="CD309"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="N"/>
+    <s v="Administrative and support service activities (N)"/>
+    <s v="PL"/>
+    <s v="Polish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2772"/>
+  </r>
+  <r>
+    <s v="CD309"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="N"/>
+    <s v="Administrative and support service activities (N)"/>
+    <s v="ACC12X01"/>
+    <s v="EU15 to EU27 states excluding Polish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2799"/>
+  </r>
+  <r>
+    <s v="CD309"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="N"/>
+    <s v="Administrative and support service activities (N)"/>
+    <s v="ON7"/>
+    <s v="Other nationalities (7)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1301"/>
+  </r>
+  <r>
+    <s v="CD309"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="N"/>
+    <s v="Administrative and support service activities (N)"/>
+    <s v="ZZZ99"/>
+    <s v="Not stated, including no nationality"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="112"/>
+  </r>
+  <r>
+    <s v="CD309"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="N"/>
+    <s v="Administrative and support service activities (N)"/>
+    <s v="-"/>
+    <s v="All nationalities"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="26407"/>
+  </r>
+  <r>
+    <s v="CD309"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="O"/>
+    <s v="Public administration and defence; compulsory social security (O)"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="50827"/>
+  </r>
+  <r>
+    <s v="CD309"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="O"/>
+    <s v="Public administration and defence; compulsory social security (O)"/>
+    <s v="IE05"/>
+    <s v="Non-Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1793"/>
+  </r>
+  <r>
+    <s v="CD309"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="O"/>
+    <s v="Public administration and defence; compulsory social security (O)"/>
+    <s v="GB01"/>
+    <s v="UK (1)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="749"/>
+  </r>
+  <r>
+    <s v="CD309"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="O"/>
+    <s v="Public administration and defence; compulsory social security (O)"/>
+    <s v="EU15X02"/>
+    <s v="EU15 excluding Irish and UK"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="231"/>
+  </r>
+  <r>
+    <s v="CD309"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="O"/>
+    <s v="Public administration and defence; compulsory social security (O)"/>
+    <s v="PL"/>
+    <s v="Polish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="178"/>
+  </r>
+  <r>
+    <s v="CD309"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="O"/>
+    <s v="Public administration and defence; compulsory social security (O)"/>
+    <s v="ACC12X01"/>
+    <s v="EU15 to EU27 states excluding Polish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="108"/>
+  </r>
+  <r>
+    <s v="CD309"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="O"/>
+    <s v="Public administration and defence; compulsory social security (O)"/>
+    <s v="ON7"/>
+    <s v="Other nationalities (7)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="527"/>
+  </r>
+  <r>
+    <s v="CD309"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="O"/>
+    <s v="Public administration and defence; compulsory social security (O)"/>
+    <s v="ZZZ99"/>
+    <s v="Not stated, including no nationality"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="112"/>
+  </r>
+  <r>
+    <s v="CD309"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="O"/>
+    <s v="Public administration and defence; compulsory social security (O)"/>
+    <s v="-"/>
+    <s v="All nationalities"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="52732"/>
+  </r>
+  <r>
+    <s v="CD309"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="P"/>
+    <s v="Education (P)"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="114365"/>
+  </r>
+  <r>
+    <s v="CD309"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="P"/>
+    <s v="Education (P)"/>
+    <s v="IE05"/>
+    <s v="Non-Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="8020"/>
+  </r>
+  <r>
+    <s v="CD309"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="P"/>
+    <s v="Education (P)"/>
+    <s v="GB01"/>
+    <s v="UK (1)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2675"/>
+  </r>
+  <r>
+    <s v="CD309"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="P"/>
+    <s v="Education (P)"/>
+    <s v="EU15X02"/>
+    <s v="EU15 excluding Irish and UK"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1590"/>
+  </r>
+  <r>
+    <s v="CD309"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="P"/>
+    <s v="Education (P)"/>
+    <s v="PL"/>
+    <s v="Polish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="978"/>
+  </r>
+  <r>
+    <s v="CD309"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="P"/>
+    <s v="Education (P)"/>
+    <s v="ACC12X01"/>
+    <s v="EU15 to EU27 states excluding Polish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="711"/>
+  </r>
+  <r>
+    <s v="CD309"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="P"/>
+    <s v="Education (P)"/>
+    <s v="ON7"/>
+    <s v="Other nationalities (7)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2066"/>
+  </r>
+  <r>
+    <s v="CD309"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="P"/>
+    <s v="Education (P)"/>
+    <s v="ZZZ99"/>
+    <s v="Not stated, including no nationality"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="293"/>
+  </r>
+  <r>
+    <s v="CD309"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="P"/>
+    <s v="Education (P)"/>
+    <s v="-"/>
+    <s v="All nationalities"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="122678"/>
+  </r>
+  <r>
+    <s v="CD309"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Q"/>
+    <s v="Human health and social work activities (Q)"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="136788"/>
+  </r>
+  <r>
+    <s v="CD309"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Q"/>
+    <s v="Human health and social work activities (Q)"/>
+    <s v="IE05"/>
+    <s v="Non-Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="20310"/>
+  </r>
+  <r>
+    <s v="CD309"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Q"/>
+    <s v="Human health and social work activities (Q)"/>
+    <s v="GB01"/>
+    <s v="UK (1)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4338"/>
+  </r>
+  <r>
+    <s v="CD309"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Q"/>
+    <s v="Human health and social work activities (Q)"/>
+    <s v="EU15X02"/>
+    <s v="EU15 excluding Irish and UK"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1261"/>
+  </r>
+  <r>
+    <s v="CD309"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Q"/>
+    <s v="Human health and social work activities (Q)"/>
+    <s v="PL"/>
+    <s v="Polish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2350"/>
+  </r>
+  <r>
+    <s v="CD309"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Q"/>
+    <s v="Human health and social work activities (Q)"/>
+    <s v="ACC12X01"/>
+    <s v="EU15 to EU27 states excluding Polish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1808"/>
+  </r>
+  <r>
+    <s v="CD309"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Q"/>
+    <s v="Human health and social work activities (Q)"/>
+    <s v="ON7"/>
+    <s v="Other nationalities (7)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="10553"/>
+  </r>
+  <r>
+    <s v="CD309"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Q"/>
+    <s v="Human health and social work activities (Q)"/>
+    <s v="ZZZ99"/>
+    <s v="Not stated, including no nationality"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="495"/>
+  </r>
+  <r>
+    <s v="CD309"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Q"/>
+    <s v="Human health and social work activities (Q)"/>
+    <s v="-"/>
+    <s v="All nationalities"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="157593"/>
+  </r>
+  <r>
+    <s v="CD309"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="R"/>
+    <s v="Arts, entertainment and recreation (R)"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="12527"/>
+  </r>
+  <r>
+    <s v="CD309"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="R"/>
+    <s v="Arts, entertainment and recreation (R)"/>
+    <s v="IE05"/>
+    <s v="Non-Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1981"/>
+  </r>
+  <r>
+    <s v="CD309"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="R"/>
+    <s v="Arts, entertainment and recreation (R)"/>
+    <s v="GB01"/>
+    <s v="UK (1)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="605"/>
+  </r>
+  <r>
+    <s v="CD309"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="R"/>
+    <s v="Arts, entertainment and recreation (R)"/>
+    <s v="EU15X02"/>
+    <s v="EU15 excluding Irish and UK"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="284"/>
+  </r>
+  <r>
+    <s v="CD309"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="R"/>
+    <s v="Arts, entertainment and recreation (R)"/>
+    <s v="PL"/>
+    <s v="Polish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="405"/>
+  </r>
+  <r>
+    <s v="CD309"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="R"/>
+    <s v="Arts, entertainment and recreation (R)"/>
+    <s v="ACC12X01"/>
+    <s v="EU15 to EU27 states excluding Polish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="350"/>
+  </r>
+  <r>
+    <s v="CD309"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="R"/>
+    <s v="Arts, entertainment and recreation (R)"/>
+    <s v="ON7"/>
+    <s v="Other nationalities (7)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="337"/>
+  </r>
+  <r>
+    <s v="CD309"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="R"/>
+    <s v="Arts, entertainment and recreation (R)"/>
+    <s v="ZZZ99"/>
+    <s v="Not stated, including no nationality"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="48"/>
+  </r>
+  <r>
+    <s v="CD309"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="R"/>
+    <s v="Arts, entertainment and recreation (R)"/>
+    <s v="-"/>
+    <s v="All nationalities"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="14556"/>
+  </r>
+  <r>
+    <s v="CD309"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="S"/>
+    <s v="Other service activities (S)"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="24076"/>
+  </r>
+  <r>
+    <s v="CD309"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="S"/>
+    <s v="Other service activities (S)"/>
+    <s v="IE05"/>
+    <s v="Non-Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3394"/>
+  </r>
+  <r>
+    <s v="CD309"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="S"/>
+    <s v="Other service activities (S)"/>
+    <s v="GB01"/>
+    <s v="UK (1)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="681"/>
+  </r>
+  <r>
+    <s v="CD309"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="S"/>
+    <s v="Other service activities (S)"/>
+    <s v="EU15X02"/>
+    <s v="EU15 excluding Irish and UK"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="200"/>
+  </r>
+  <r>
+    <s v="CD309"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="S"/>
+    <s v="Other service activities (S)"/>
+    <s v="PL"/>
+    <s v="Polish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="988"/>
+  </r>
+  <r>
+    <s v="CD309"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="S"/>
+    <s v="Other service activities (S)"/>
+    <s v="ACC12X01"/>
+    <s v="EU15 to EU27 states excluding Polish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="880"/>
+  </r>
+  <r>
+    <s v="CD309"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="S"/>
+    <s v="Other service activities (S)"/>
+    <s v="ON7"/>
+    <s v="Other nationalities (7)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="645"/>
+  </r>
+  <r>
+    <s v="CD309"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="S"/>
+    <s v="Other service activities (S)"/>
+    <s v="ZZZ99"/>
+    <s v="Not stated, including no nationality"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="106"/>
+  </r>
+  <r>
+    <s v="CD309"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="S"/>
+    <s v="Other service activities (S)"/>
+    <s v="-"/>
+    <s v="All nationalities"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="27576"/>
+  </r>
+  <r>
+    <s v="CD309"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="T"/>
+    <s v="Activities of households as employers producing activities of households for own use (T)"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="930"/>
+  </r>
+  <r>
+    <s v="CD309"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="T"/>
+    <s v="Activities of households as employers producing activities of households for own use (T)"/>
+    <s v="IE05"/>
+    <s v="Non-Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="653"/>
+  </r>
+  <r>
+    <s v="CD309"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="T"/>
+    <s v="Activities of households as employers producing activities of households for own use (T)"/>
+    <s v="GB01"/>
+    <s v="UK (1)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="52"/>
+  </r>
+  <r>
+    <s v="CD309"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="T"/>
+    <s v="Activities of households as employers producing activities of households for own use (T)"/>
+    <s v="EU15X02"/>
+    <s v="EU15 excluding Irish and UK"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="221"/>
+  </r>
+  <r>
+    <s v="CD309"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="T"/>
+    <s v="Activities of households as employers producing activities of households for own use (T)"/>
+    <s v="PL"/>
+    <s v="Polish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="67"/>
+  </r>
+  <r>
+    <s v="CD309"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="T"/>
+    <s v="Activities of households as employers producing activities of households for own use (T)"/>
+    <s v="ACC12X01"/>
+    <s v="EU15 to EU27 states excluding Polish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="102"/>
+  </r>
+  <r>
+    <s v="CD309"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="T"/>
+    <s v="Activities of households as employers producing activities of households for own use (T)"/>
+    <s v="ON7"/>
+    <s v="Other nationalities (7)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="211"/>
+  </r>
+  <r>
+    <s v="CD309"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="T"/>
+    <s v="Activities of households as employers producing activities of households for own use (T)"/>
+    <s v="ZZZ99"/>
+    <s v="Not stated, including no nationality"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="8"/>
+  </r>
+  <r>
+    <s v="CD309"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="T"/>
+    <s v="Activities of households as employers producing activities of households for own use (T)"/>
+    <s v="-"/>
+    <s v="All nationalities"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1591"/>
+  </r>
+  <r>
+    <s v="CD309"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="U"/>
+    <s v="Activities of extraterritorial organisations and bodies (U)"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="137"/>
+  </r>
+  <r>
+    <s v="CD309"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="U"/>
+    <s v="Activities of extraterritorial organisations and bodies (U)"/>
+    <s v="IE05"/>
+    <s v="Non-Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="235"/>
+  </r>
+  <r>
+    <s v="CD309"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="U"/>
+    <s v="Activities of extraterritorial organisations and bodies (U)"/>
+    <s v="GB01"/>
+    <s v="UK (1)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="14"/>
+  </r>
+  <r>
+    <s v="CD309"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="U"/>
+    <s v="Activities of extraterritorial organisations and bodies (U)"/>
+    <s v="EU15X02"/>
+    <s v="EU15 excluding Irish and UK"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="65"/>
+  </r>
+  <r>
+    <s v="CD309"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="U"/>
+    <s v="Activities of extraterritorial organisations and bodies (U)"/>
+    <s v="PL"/>
+    <s v="Polish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="17"/>
+  </r>
+  <r>
+    <s v="CD309"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="U"/>
+    <s v="Activities of extraterritorial organisations and bodies (U)"/>
+    <s v="ACC12X01"/>
+    <s v="EU15 to EU27 states excluding Polish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="23"/>
+  </r>
+  <r>
+    <s v="CD309"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="U"/>
+    <s v="Activities of extraterritorial organisations and bodies (U)"/>
+    <s v="ON7"/>
+    <s v="Other nationalities (7)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="116"/>
+  </r>
+  <r>
+    <s v="CD309"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="U"/>
+    <s v="Activities of extraterritorial organisations and bodies (U)"/>
+    <s v="ZZZ99"/>
+    <s v="Not stated, including no nationality"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="CD309"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="U"/>
+    <s v="Activities of extraterritorial organisations and bodies (U)"/>
+    <s v="-"/>
+    <s v="All nationalities"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="372"/>
+  </r>
+  <r>
+    <s v="CD309"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZXD210"/>
+    <s v="Industry not stated"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="26303"/>
+  </r>
+  <r>
+    <s v="CD309"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZXD210"/>
+    <s v="Industry not stated"/>
+    <s v="IE05"/>
+    <s v="Non-Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="8045"/>
+  </r>
+  <r>
+    <s v="CD309"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZXD210"/>
+    <s v="Industry not stated"/>
+    <s v="GB01"/>
+    <s v="UK (1)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="893"/>
+  </r>
+  <r>
+    <s v="CD309"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZXD210"/>
+    <s v="Industry not stated"/>
+    <s v="EU15X02"/>
+    <s v="EU15 excluding Irish and UK"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="830"/>
+  </r>
+  <r>
+    <s v="CD309"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZXD210"/>
+    <s v="Industry not stated"/>
+    <s v="PL"/>
+    <s v="Polish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1522"/>
+  </r>
+  <r>
+    <s v="CD309"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZXD210"/>
+    <s v="Industry not stated"/>
+    <s v="ACC12X01"/>
+    <s v="EU15 to EU27 states excluding Polish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2080"/>
+  </r>
+  <r>
+    <s v="CD309"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZXD210"/>
+    <s v="Industry not stated"/>
+    <s v="ON7"/>
+    <s v="Other nationalities (7)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2720"/>
+  </r>
+  <r>
+    <s v="CD309"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZXD210"/>
+    <s v="Industry not stated"/>
+    <s v="ZZZ99"/>
+    <s v="Not stated, including no nationality"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4315"/>
+  </r>
+  <r>
+    <s v="CD309"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZXD210"/>
+    <s v="Industry not stated"/>
+    <s v="-"/>
+    <s v="All nationalities"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="38663"/>
+  </r>
+  <r>
+    <s v="CD309"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZXD220"/>
+    <s v="Total at work"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="707826"/>
+  </r>
+  <r>
+    <s v="CD309"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZXD220"/>
+    <s v="Total at work"/>
+    <s v="IE05"/>
+    <s v="Non-Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="124793"/>
+  </r>
+  <r>
+    <s v="CD309"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZXD220"/>
+    <s v="Total at work"/>
+    <s v="GB01"/>
+    <s v="UK (1)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="20747"/>
+  </r>
+  <r>
+    <s v="CD309"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZXD220"/>
+    <s v="Total at work"/>
+    <s v="EU15X02"/>
+    <s v="EU15 excluding Irish and UK"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="14668"/>
+  </r>
+  <r>
+    <s v="CD309"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZXD220"/>
+    <s v="Total at work"/>
+    <s v="PL"/>
+    <s v="Polish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="31517"/>
+  </r>
+  <r>
+    <s v="CD309"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZXD220"/>
+    <s v="Total at work"/>
+    <s v="ACC12X01"/>
+    <s v="EU15 to EU27 states excluding Polish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="28357"/>
+  </r>
+  <r>
+    <s v="CD309"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZXD220"/>
+    <s v="Total at work"/>
+    <s v="ON7"/>
+    <s v="Other nationalities (7)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="29504"/>
+  </r>
+  <r>
+    <s v="CD309"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZXD220"/>
+    <s v="Total at work"/>
+    <s v="ZZZ99"/>
+    <s v="Not stated, including no nationality"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="6606"/>
+  </r>
+  <r>
+    <s v="CD309"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZXD220"/>
+    <s v="Total at work"/>
+    <s v="-"/>
+    <s v="All nationalities"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="839225"/>
+  </r>
+  <r>
+    <s v="CD309"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZXD230"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="9828"/>
+  </r>
+  <r>
+    <s v="CD309"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZXD230"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="IE05"/>
+    <s v="Non-Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4334"/>
+  </r>
+  <r>
+    <s v="CD309"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZXD230"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="GB01"/>
+    <s v="UK (1)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="328"/>
+  </r>
+  <r>
+    <s v="CD309"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZXD230"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="EU15X02"/>
+    <s v="EU15 excluding Irish and UK"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="193"/>
+  </r>
+  <r>
+    <s v="CD309"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZXD230"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="PL"/>
+    <s v="Polish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="854"/>
+  </r>
+  <r>
+    <s v="CD309"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZXD230"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="ACC12X01"/>
+    <s v="EU15 to EU27 states excluding Polish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1165"/>
+  </r>
+  <r>
+    <s v="CD309"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZXD230"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="ON7"/>
+    <s v="Other nationalities (7)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1794"/>
+  </r>
+  <r>
+    <s v="CD309"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZXD230"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="ZZZ99"/>
+    <s v="Not stated, including no nationality"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="135"/>
+  </r>
+  <r>
+    <s v="CD309"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZXD230"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="-"/>
+    <s v="All nationalities"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="14297"/>
+  </r>
+  <r>
+    <s v="CD309"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZXD240"/>
+    <s v="Unemployed, having lost or given up previous job"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="104127"/>
+  </r>
+  <r>
+    <s v="CD309"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZXD240"/>
+    <s v="Unemployed, having lost or given up previous job"/>
+    <s v="IE05"/>
+    <s v="Non-Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="29009"/>
+  </r>
+  <r>
+    <s v="CD309"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZXD240"/>
+    <s v="Unemployed, having lost or given up previous job"/>
+    <s v="GB01"/>
+    <s v="UK (1)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5070"/>
+  </r>
+  <r>
+    <s v="CD309"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZXD240"/>
+    <s v="Unemployed, having lost or given up previous job"/>
+    <s v="EU15X02"/>
+    <s v="EU15 excluding Irish and UK"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1696"/>
+  </r>
+  <r>
+    <s v="CD309"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZXD240"/>
+    <s v="Unemployed, having lost or given up previous job"/>
+    <s v="PL"/>
+    <s v="Polish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="7234"/>
+  </r>
+  <r>
+    <s v="CD309"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZXD240"/>
+    <s v="Unemployed, having lost or given up previous job"/>
+    <s v="ACC12X01"/>
+    <s v="EU15 to EU27 states excluding Polish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="6734"/>
+  </r>
+  <r>
+    <s v="CD309"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZXD240"/>
+    <s v="Unemployed, having lost or given up previous job"/>
+    <s v="ON7"/>
+    <s v="Other nationalities (7)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="8275"/>
+  </r>
+  <r>
+    <s v="CD309"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZXD240"/>
+    <s v="Unemployed, having lost or given up previous job"/>
+    <s v="ZZZ99"/>
+    <s v="Not stated, including no nationality"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1356"/>
+  </r>
+  <r>
+    <s v="CD309"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZXD240"/>
+    <s v="Unemployed, having lost or given up previous job"/>
+    <s v="-"/>
+    <s v="All nationalities"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="134492"/>
+  </r>
+  <r>
+    <s v="CD309"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZXD250"/>
+    <s v="Total in labour force"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="821781"/>
+  </r>
+  <r>
+    <s v="CD309"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZXD250"/>
+    <s v="Total in labour force"/>
+    <s v="IE05"/>
+    <s v="Non-Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="158136"/>
+  </r>
+  <r>
+    <s v="CD309"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZXD250"/>
+    <s v="Total in labour force"/>
+    <s v="GB01"/>
+    <s v="UK (1)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="26145"/>
+  </r>
+  <r>
+    <s v="CD309"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZXD250"/>
+    <s v="Total in labour force"/>
+    <s v="EU15X02"/>
+    <s v="EU15 excluding Irish and UK"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="16557"/>
+  </r>
+  <r>
+    <s v="CD309"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZXD250"/>
+    <s v="Total in labour force"/>
+    <s v="PL"/>
+    <s v="Polish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="39605"/>
+  </r>
+  <r>
+    <s v="CD309"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZXD250"/>
+    <s v="Total in labour force"/>
+    <s v="ACC12X01"/>
+    <s v="EU15 to EU27 states excluding Polish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="36256"/>
+  </r>
+  <r>
+    <s v="CD309"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZXD250"/>
+    <s v="Total in labour force"/>
+    <s v="ON7"/>
+    <s v="Other nationalities (7)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="39573"/>
+  </r>
+  <r>
+    <s v="CD309"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZXD250"/>
+    <s v="Total in labour force"/>
+    <s v="ZZZ99"/>
+    <s v="Not stated, including no nationality"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="8097"/>
+  </r>
+  <r>
+    <s v="CD309"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZXD250"/>
+    <s v="Total in labour force"/>
+    <s v="-"/>
+    <s v="All nationalities"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="988014"/>
+  </r>
+</pivotCacheRecords>
 </file>