--- v0 (2025-10-02)
+++ v1 (2025-11-25)
@@ -1,97 +1,97 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/pivotCache/pivotCacheDefinition1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheDefinition+xml"/>
   <Override PartName="/pivotCache/pivotCacheRecords1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheRecords+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/pivotTables/pivotTable.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8f04cd50bb5a4f06" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/0458e23c611f46ad875457b65f57fbd8.psmdcp" Id="R97c05f7d5f444a6d" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3fa2a2bc956a4c7c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/b4b4f3d5dfda4384923a4f7fc162ca74.psmdcp" Id="R897e9834336d47bc" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
-    <x:sheet name="About" sheetId="2" r:id="rId2"/>
-[...1 lines deleted...]
-    <x:sheet name="Pivoted" sheetId="11" r:id="rId11"/>
+    <x:sheet name="About" sheetId="1" r:id="rId2"/>
+    <x:sheet name="Unpivoted" sheetId="2" r:id="rId9"/>
+    <x:sheet name="Pivoted" sheetId="3" r:id="rId11"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
   <x:pivotCaches>
     <x:pivotCache cacheId="0" r:id="rId12"/>
   </x:pivotCaches>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Table</x:t>
   </x:si>
   <x:si>
     <x:t>Code</x:t>
   </x:si>
   <x:si>
     <x:t>CD306</x:t>
   </x:si>
   <x:si>
     <x:t>Name</x:t>
   </x:si>
   <x:si>
     <x:t>Population Aged 15 Years and Over Usually Resident and Present in the State</x:t>
   </x:si>
   <x:si>
     <x:t>Frequency</x:t>
   </x:si>
   <x:si>
     <x:t>Annual</x:t>
   </x:si>
   <x:si>
     <x:t>Last Updated</x:t>
   </x:si>
   <x:si>
-    <x:t>5/13/2020 11:00:00 AM</x:t>
+    <x:t>13/05/2020 11:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Note</x:t>
   </x:si>
   <x:si>
     <x:t>Url</x:t>
   </x:si>
   <x:si>
     <x:t>https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/CD306/XLSX/2007/en</x:t>
   </x:si>
   <x:si>
     <x:t>Product</x:t>
   </x:si>
   <x:si>
     <x:t>C2011P3</x:t>
   </x:si>
   <x:si>
     <x:t>Profile 3 - At Work</x:t>
   </x:si>
   <x:si>
     <x:t>Contacts</x:t>
   </x:si>
   <x:si>
     <x:t>Bernie Casey</x:t>
   </x:si>
@@ -493,355 +493,168 @@
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip r:embed="rId8" cstate="print"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="3971925" cy="1381125"/>
         </a:xfrm>
         <a:prstGeom prst="rect"/>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/pivotTables/_rels/pivotTable.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheDefinition" Target="/pivotCache/pivotCacheDefinition1.xml" Id="rId17" /></Relationships>
 </file>
 
 <file path=xl/pivotTables/pivotTable.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotTableDefinition xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" dataCaption="Values" showError="0" missingCaption="" showMissing="1" pageWrap="0" pageOverThenDown="0" rowGrandTotals="0" colGrandTotals="0" indent="1">
-[...303 lines deleted...]
-</x:pivotTableDefinition>
+<pivotTableDefinition xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" applyNumberFormats="0" applyBorderFormats="0" applyFontFormats="0" applyPatternFormats="0" applyAlignmentFormats="0" applyWidthHeightFormats="0" dataCaption="Values" rowGrandTotals="0" colGrandTotals="0" outline="1">
+  <location ref="A1" firstHeaderRow="0" firstDataRow="0" firstDataCol="0"/>
+  <pivotFields count="12">
+    <pivotField name="STATISTIC" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="Statistic Label" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="C02704V03272" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="11">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+      </items>
+    </pivotField>
+    <pivotField name="Principal Economic Status" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="11">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+      </items>
+    </pivotField>
+    <pivotField name="C02199V02655" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="3">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+      </items>
+    </pivotField>
+    <pivotField name="Sex" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="3">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+      </items>
+    </pivotField>
+    <pivotField name="C02537V03240" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="9">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+      </items>
+    </pivotField>
+    <pivotField name="Nationality" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="9">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+      </items>
+    </pivotField>
+    <pivotField name="TLIST(A1)" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="CensusYear" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField showAll="0"/>
+    <pivotField dataField="1" showAll="0"/>
+  </pivotFields>
+  <rowFields count="10">
+    <field x="0"/>
+    <field x="1"/>
+    <field x="2"/>
+    <field x="3"/>
+    <field x="4"/>
+    <field x="5"/>
+    <field x="6"/>
+    <field x="7"/>
+    <field x="8"/>
+    <field x="9"/>
+  </rowFields>
+  <dataFields count="1">
+    <dataField name="VALUE" fld="11"/>
+  </dataFields>
+  <pivotTableStyleInfo name="PivotStyleLight16" showRowHeaders="1" showColHeaders="1"/>
+  <extLst>
+    <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{962EF5D1-5CA2-4c93-8EF4-DBF5C05439D2}">
+      <x14:pivotTableDefinition enableEdit="0" hideValuesRow="1"/>
+    </ext>
+  </extLst>
+</pivotTableDefinition>
 </file>
 
 <file path=xl/tables/table1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:table xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="1" name="Unpivoted" displayName="Unpivoted" ref="A1:L298" totalsRowShown="0">
   <x:autoFilter ref="A1:L298"/>
   <x:tableColumns count="12">
     <x:tableColumn id="1" name="STATISTIC"/>
     <x:tableColumn id="2" name="Statistic Label"/>
     <x:tableColumn id="3" name="C02704V03272"/>
     <x:tableColumn id="4" name="Principal Economic Status"/>
     <x:tableColumn id="5" name="C02199V02655"/>
     <x:tableColumn id="6" name="Sex"/>
     <x:tableColumn id="7" name="C02537V03240"/>
     <x:tableColumn id="8" name="Nationality"/>
     <x:tableColumn id="9" name="TLIST(A1)"/>
     <x:tableColumn id="10" name="CensusYear"/>
     <x:tableColumn id="11" name="UNIT"/>
     <x:tableColumn id="12" name="VALUE"/>
   </x:tableColumns>
   <x:tableStyleInfo name="TableStyleMedium2" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </x:table>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
@@ -1114,51 +927,51 @@
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="/xl/drawings/drawing1.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/CD306/XLSX/2007/en" TargetMode="External" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cso.ie/" TargetMode="External" Id="rId14" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="/xl/tables/table1.xml" Id="rId15" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet3.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotTable" Target="/xl/pivotTables/pivotTable.xml" Id="rId16" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:B39"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="20.710625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="100.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="8" spans="1:2">
       <x:c r="A8" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B8" s="2"/>
     </x:row>
     <x:row r="9" spans="1:2">
       <x:c r="A9" s="3" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="B9" s="0" t="s">
         <x:v>2</x:v>
@@ -1345,51 +1158,51 @@
       </x:c>
     </x:row>
     <x:row r="39" spans="1:2">
       <x:c r="A39" s="3" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B39" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:hyperlinks>
     <x:hyperlink ref="B14" r:id="rId13"/>
     <x:hyperlink ref="B28" r:id="rId14"/>
   </x:hyperlinks>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:drawing xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId7"/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:L298"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="11.996339" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="69.853482" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="16.139196" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="50.282054" style="0" customWidth="1"/>
     <x:col min="5" max="5" width="16.139196" style="0" customWidth="1"/>
     <x:col min="6" max="6" width="10.424911" style="0" customWidth="1"/>
     <x:col min="7" max="7" width="16.139196" style="0" customWidth="1"/>
     <x:col min="8" max="8" width="33.567768" style="0" customWidth="1"/>
     <x:col min="9" max="9" width="11.282054" style="0" customWidth="1"/>
     <x:col min="10" max="10" width="13.424911" style="0" customWidth="1"/>
     <x:col min="11" max="11" width="8.282054" style="0" customWidth="1"/>
     <x:col min="12" max="12" width="8.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:12">
       <x:c r="A1" s="0" t="s">
@@ -12705,51 +12518,51 @@
       <x:c r="I298" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J298" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="K298" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="L298" s="0">
         <x:v>6483</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="1">
     <x:tablePart r:id="rId15"/>
   </x:tableParts>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:sheetData/>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Application>Microsoft Excel</ap:Application>
   <ap:TitlesOfParts>
     <vt:vector baseType="lpstr" size="9">
       <vt:lpstr>About</vt:lpstr>
       <vt:lpstr>Unpivoted</vt:lpstr>
       <vt:lpstr>Pivoted</vt:lpstr>
@@ -12766,51 +12579,51 @@
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>3</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Named Ranges</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>6</vt:i4>
       </vt:variant>
     </vt:vector>
   </ap:HeadingPairs>
   <ap:DocSecurity>0</ap:DocSecurity>
   <ap:ScaleCrop>false</ap:ScaleCrop>
 </ap:Properties>
 </file>
 
 <file path=pivotCache/_rels/pivotCacheDefinition1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheRecords" Target="/pivotCache/pivotCacheRecords1.xml" Id="rId1" /></Relationships>
 </file>
 
 <file path=pivotCache/pivotCacheDefinition1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:pivotCacheDefinition xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" r:id="rId1" saveData="1" refreshOnLoad="1" createdVersion="5" refreshedVersion="5" minRefreshableVersion="3">
   <x:cacheSource type="worksheet">
-    <x:worksheetSource ref="A1:L298" sheet="Unpivoted"/>
+    <x:worksheetSource name="Unpivoted"/>
   </x:cacheSource>
   <x:cacheFields>
     <x:cacheField name="STATISTIC">
       <x:sharedItems count="1">
         <x:s v="CD306"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="Statistic Label">
       <x:sharedItems count="1">
         <x:s v="Population Aged 15 Years and Over Usually Resident and Present in the State"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="C02704V03272">
       <x:sharedItems count="11">
         <x:s v="801"/>
         <x:s v="-01"/>
         <x:s v="501"/>
         <x:s v="201"/>
         <x:s v="202"/>
         <x:s v="-04"/>
         <x:s v="301"/>
         <x:s v="302"/>
         <x:s v="303"/>
         <x:s v="304"/>
         <x:s v="602"/>
@@ -13167,27 +12980,4186 @@
         <x:n v="12703"/>
         <x:n v="3939"/>
         <x:n v="1965"/>
         <x:n v="164"/>
         <x:n v="63"/>
         <x:n v="78"/>
         <x:n v="120"/>
         <x:n v="1540"/>
         <x:n v="6220"/>
         <x:n v="4549"/>
         <x:n v="1717"/>
         <x:n v="184"/>
         <x:n v="100"/>
         <x:n v="70"/>
         <x:n v="99"/>
         <x:n v="1264"/>
         <x:n v="217"/>
         <x:n v="6483"/>
       </x:sharedItems>
     </x:cacheField>
   </x:cacheFields>
 </x:pivotCacheDefinition>
 </file>
 
 <file path=pivotCache/pivotCacheRecords1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main"/>
+<pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="xr">
+  <r>
+    <s v="CD306"/>
+    <s v="Population Aged 15 Years and Over Usually Resident and Present in the State"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3049245"/>
+  </r>
+  <r>
+    <s v="CD306"/>
+    <s v="Population Aged 15 Years and Over Usually Resident and Present in the State"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE05"/>
+    <s v="Non-Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="465788"/>
+  </r>
+  <r>
+    <s v="CD306"/>
+    <s v="Population Aged 15 Years and Over Usually Resident and Present in the State"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="GB01"/>
+    <s v="UK (1)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="101121"/>
+  </r>
+  <r>
+    <s v="CD306"/>
+    <s v="Population Aged 15 Years and Over Usually Resident and Present in the State"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="EU15X02"/>
+    <s v="EU15 excluding Irish and UK"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="43997"/>
+  </r>
+  <r>
+    <s v="CD306"/>
+    <s v="Population Aged 15 Years and Over Usually Resident and Present in the State"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="PL"/>
+    <s v="Polish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="100381"/>
+  </r>
+  <r>
+    <s v="CD306"/>
+    <s v="Population Aged 15 Years and Over Usually Resident and Present in the State"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ACC12X01"/>
+    <s v="EU15 to EU27 states excluding Polish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="87796"/>
+  </r>
+  <r>
+    <s v="CD306"/>
+    <s v="Population Aged 15 Years and Over Usually Resident and Present in the State"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ON7"/>
+    <s v="Other nationalities (7)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="132493"/>
+  </r>
+  <r>
+    <s v="CD306"/>
+    <s v="Population Aged 15 Years and Over Usually Resident and Present in the State"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZZZ99"/>
+    <s v="Not stated, including no nationality"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="36256"/>
+  </r>
+  <r>
+    <s v="CD306"/>
+    <s v="Population Aged 15 Years and Over Usually Resident and Present in the State"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All nationalities"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3551289"/>
+  </r>
+  <r>
+    <s v="CD306"/>
+    <s v="Population Aged 15 Years and Over Usually Resident and Present in the State"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1493993"/>
+  </r>
+  <r>
+    <s v="CD306"/>
+    <s v="Population Aged 15 Years and Over Usually Resident and Present in the State"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE05"/>
+    <s v="Non-Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="231967"/>
+  </r>
+  <r>
+    <s v="CD306"/>
+    <s v="Population Aged 15 Years and Over Usually Resident and Present in the State"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="GB01"/>
+    <s v="UK (1)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="50744"/>
+  </r>
+  <r>
+    <s v="CD306"/>
+    <s v="Population Aged 15 Years and Over Usually Resident and Present in the State"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="EU15X02"/>
+    <s v="EU15 excluding Irish and UK"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="21110"/>
+  </r>
+  <r>
+    <s v="CD306"/>
+    <s v="Population Aged 15 Years and Over Usually Resident and Present in the State"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="PL"/>
+    <s v="Polish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="52054"/>
+  </r>
+  <r>
+    <s v="CD306"/>
+    <s v="Population Aged 15 Years and Over Usually Resident and Present in the State"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ACC12X01"/>
+    <s v="EU15 to EU27 states excluding Polish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="42299"/>
+  </r>
+  <r>
+    <s v="CD306"/>
+    <s v="Population Aged 15 Years and Over Usually Resident and Present in the State"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ON7"/>
+    <s v="Other nationalities (7)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="65760"/>
+  </r>
+  <r>
+    <s v="CD306"/>
+    <s v="Population Aged 15 Years and Over Usually Resident and Present in the State"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZZZ99"/>
+    <s v="Not stated, including no nationality"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="19018"/>
+  </r>
+  <r>
+    <s v="CD306"/>
+    <s v="Population Aged 15 Years and Over Usually Resident and Present in the State"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All nationalities"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1744978"/>
+  </r>
+  <r>
+    <s v="CD306"/>
+    <s v="Population Aged 15 Years and Over Usually Resident and Present in the State"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1555252"/>
+  </r>
+  <r>
+    <s v="CD306"/>
+    <s v="Population Aged 15 Years and Over Usually Resident and Present in the State"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE05"/>
+    <s v="Non-Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="233821"/>
+  </r>
+  <r>
+    <s v="CD306"/>
+    <s v="Population Aged 15 Years and Over Usually Resident and Present in the State"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="GB01"/>
+    <s v="UK (1)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="50377"/>
+  </r>
+  <r>
+    <s v="CD306"/>
+    <s v="Population Aged 15 Years and Over Usually Resident and Present in the State"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="EU15X02"/>
+    <s v="EU15 excluding Irish and UK"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="22887"/>
+  </r>
+  <r>
+    <s v="CD306"/>
+    <s v="Population Aged 15 Years and Over Usually Resident and Present in the State"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="PL"/>
+    <s v="Polish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="48327"/>
+  </r>
+  <r>
+    <s v="CD306"/>
+    <s v="Population Aged 15 Years and Over Usually Resident and Present in the State"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ACC12X01"/>
+    <s v="EU15 to EU27 states excluding Polish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="45497"/>
+  </r>
+  <r>
+    <s v="CD306"/>
+    <s v="Population Aged 15 Years and Over Usually Resident and Present in the State"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ON7"/>
+    <s v="Other nationalities (7)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="66733"/>
+  </r>
+  <r>
+    <s v="CD306"/>
+    <s v="Population Aged 15 Years and Over Usually Resident and Present in the State"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZZZ99"/>
+    <s v="Not stated, including no nationality"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="17238"/>
+  </r>
+  <r>
+    <s v="CD306"/>
+    <s v="Population Aged 15 Years and Over Usually Resident and Present in the State"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All nationalities"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1806311"/>
+  </r>
+  <r>
+    <s v="CD306"/>
+    <s v="Population Aged 15 Years and Over Usually Resident and Present in the State"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1833551"/>
+  </r>
+  <r>
+    <s v="CD306"/>
+    <s v="Population Aged 15 Years and Over Usually Resident and Present in the State"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE05"/>
+    <s v="Non-Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="345640"/>
+  </r>
+  <r>
+    <s v="CD306"/>
+    <s v="Population Aged 15 Years and Over Usually Resident and Present in the State"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="GB01"/>
+    <s v="UK (1)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="61995"/>
+  </r>
+  <r>
+    <s v="CD306"/>
+    <s v="Population Aged 15 Years and Over Usually Resident and Present in the State"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="EU15X02"/>
+    <s v="EU15 excluding Irish and UK"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="34247"/>
+  </r>
+  <r>
+    <s v="CD306"/>
+    <s v="Population Aged 15 Years and Over Usually Resident and Present in the State"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="PL"/>
+    <s v="Polish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="88326"/>
+  </r>
+  <r>
+    <s v="CD306"/>
+    <s v="Population Aged 15 Years and Over Usually Resident and Present in the State"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ACC12X01"/>
+    <s v="EU15 to EU27 states excluding Polish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="74481"/>
+  </r>
+  <r>
+    <s v="CD306"/>
+    <s v="Population Aged 15 Years and Over Usually Resident and Present in the State"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ON7"/>
+    <s v="Other nationalities (7)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="86591"/>
+  </r>
+  <r>
+    <s v="CD306"/>
+    <s v="Population Aged 15 Years and Over Usually Resident and Present in the State"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZZZ99"/>
+    <s v="Not stated, including no nationality"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="20477"/>
+  </r>
+  <r>
+    <s v="CD306"/>
+    <s v="Population Aged 15 Years and Over Usually Resident and Present in the State"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All nationalities"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2199668"/>
+  </r>
+  <r>
+    <s v="CD306"/>
+    <s v="Population Aged 15 Years and Over Usually Resident and Present in the State"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1011770"/>
+  </r>
+  <r>
+    <s v="CD306"/>
+    <s v="Population Aged 15 Years and Over Usually Resident and Present in the State"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE05"/>
+    <s v="Non-Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="187504"/>
+  </r>
+  <r>
+    <s v="CD306"/>
+    <s v="Population Aged 15 Years and Over Usually Resident and Present in the State"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="GB01"/>
+    <s v="UK (1)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="35850"/>
+  </r>
+  <r>
+    <s v="CD306"/>
+    <s v="Population Aged 15 Years and Over Usually Resident and Present in the State"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="EU15X02"/>
+    <s v="EU15 excluding Irish and UK"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="17690"/>
+  </r>
+  <r>
+    <s v="CD306"/>
+    <s v="Population Aged 15 Years and Over Usually Resident and Present in the State"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="PL"/>
+    <s v="Polish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="48721"/>
+  </r>
+  <r>
+    <s v="CD306"/>
+    <s v="Population Aged 15 Years and Over Usually Resident and Present in the State"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ACC12X01"/>
+    <s v="EU15 to EU27 states excluding Polish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="38225"/>
+  </r>
+  <r>
+    <s v="CD306"/>
+    <s v="Population Aged 15 Years and Over Usually Resident and Present in the State"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ON7"/>
+    <s v="Other nationalities (7)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="47018"/>
+  </r>
+  <r>
+    <s v="CD306"/>
+    <s v="Population Aged 15 Years and Over Usually Resident and Present in the State"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZZZ99"/>
+    <s v="Not stated, including no nationality"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="12380"/>
+  </r>
+  <r>
+    <s v="CD306"/>
+    <s v="Population Aged 15 Years and Over Usually Resident and Present in the State"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All nationalities"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1211654"/>
+  </r>
+  <r>
+    <s v="CD306"/>
+    <s v="Population Aged 15 Years and Over Usually Resident and Present in the State"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="821781"/>
+  </r>
+  <r>
+    <s v="CD306"/>
+    <s v="Population Aged 15 Years and Over Usually Resident and Present in the State"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE05"/>
+    <s v="Non-Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="158136"/>
+  </r>
+  <r>
+    <s v="CD306"/>
+    <s v="Population Aged 15 Years and Over Usually Resident and Present in the State"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="GB01"/>
+    <s v="UK (1)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="26145"/>
+  </r>
+  <r>
+    <s v="CD306"/>
+    <s v="Population Aged 15 Years and Over Usually Resident and Present in the State"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="EU15X02"/>
+    <s v="EU15 excluding Irish and UK"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="16557"/>
+  </r>
+  <r>
+    <s v="CD306"/>
+    <s v="Population Aged 15 Years and Over Usually Resident and Present in the State"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="PL"/>
+    <s v="Polish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="39605"/>
+  </r>
+  <r>
+    <s v="CD306"/>
+    <s v="Population Aged 15 Years and Over Usually Resident and Present in the State"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ACC12X01"/>
+    <s v="EU15 to EU27 states excluding Polish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="36256"/>
+  </r>
+  <r>
+    <s v="CD306"/>
+    <s v="Population Aged 15 Years and Over Usually Resident and Present in the State"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ON7"/>
+    <s v="Other nationalities (7)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="39573"/>
+  </r>
+  <r>
+    <s v="CD306"/>
+    <s v="Population Aged 15 Years and Over Usually Resident and Present in the State"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZZZ99"/>
+    <s v="Not stated, including no nationality"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="8097"/>
+  </r>
+  <r>
+    <s v="CD306"/>
+    <s v="Population Aged 15 Years and Over Usually Resident and Present in the State"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All nationalities"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="988014"/>
+  </r>
+  <r>
+    <s v="CD306"/>
+    <s v="Population Aged 15 Years and Over Usually Resident and Present in the State"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1494487"/>
+  </r>
+  <r>
+    <s v="CD306"/>
+    <s v="Population Aged 15 Years and Over Usually Resident and Present in the State"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE05"/>
+    <s v="Non-Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="268180"/>
+  </r>
+  <r>
+    <s v="CD306"/>
+    <s v="Population Aged 15 Years and Over Usually Resident and Present in the State"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="GB01"/>
+    <s v="UK (1)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="46902"/>
+  </r>
+  <r>
+    <s v="CD306"/>
+    <s v="Population Aged 15 Years and Over Usually Resident and Present in the State"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="EU15X02"/>
+    <s v="EU15 excluding Irish and UK"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="30309"/>
+  </r>
+  <r>
+    <s v="CD306"/>
+    <s v="Population Aged 15 Years and Over Usually Resident and Present in the State"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="PL"/>
+    <s v="Polish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="69473"/>
+  </r>
+  <r>
+    <s v="CD306"/>
+    <s v="Population Aged 15 Years and Over Usually Resident and Present in the State"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ACC12X01"/>
+    <s v="EU15 to EU27 states excluding Polish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="56756"/>
+  </r>
+  <r>
+    <s v="CD306"/>
+    <s v="Population Aged 15 Years and Over Usually Resident and Present in the State"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ON7"/>
+    <s v="Other nationalities (7)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="64740"/>
+  </r>
+  <r>
+    <s v="CD306"/>
+    <s v="Population Aged 15 Years and Over Usually Resident and Present in the State"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZZZ99"/>
+    <s v="Not stated, including no nationality"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="15733"/>
+  </r>
+  <r>
+    <s v="CD306"/>
+    <s v="Population Aged 15 Years and Over Usually Resident and Present in the State"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All nationalities"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1778400"/>
+  </r>
+  <r>
+    <s v="CD306"/>
+    <s v="Population Aged 15 Years and Over Usually Resident and Present in the State"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="786661"/>
+  </r>
+  <r>
+    <s v="CD306"/>
+    <s v="Population Aged 15 Years and Over Usually Resident and Present in the State"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE05"/>
+    <s v="Non-Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="143387"/>
+  </r>
+  <r>
+    <s v="CD306"/>
+    <s v="Population Aged 15 Years and Over Usually Resident and Present in the State"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="GB01"/>
+    <s v="UK (1)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="26155"/>
+  </r>
+  <r>
+    <s v="CD306"/>
+    <s v="Population Aged 15 Years and Over Usually Resident and Present in the State"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="EU15X02"/>
+    <s v="EU15 excluding Irish and UK"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="15641"/>
+  </r>
+  <r>
+    <s v="CD306"/>
+    <s v="Population Aged 15 Years and Over Usually Resident and Present in the State"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="PL"/>
+    <s v="Polish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="37956"/>
+  </r>
+  <r>
+    <s v="CD306"/>
+    <s v="Population Aged 15 Years and Over Usually Resident and Present in the State"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ACC12X01"/>
+    <s v="EU15 to EU27 states excluding Polish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="28399"/>
+  </r>
+  <r>
+    <s v="CD306"/>
+    <s v="Population Aged 15 Years and Over Usually Resident and Present in the State"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ON7"/>
+    <s v="Other nationalities (7)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="35236"/>
+  </r>
+  <r>
+    <s v="CD306"/>
+    <s v="Population Aged 15 Years and Over Usually Resident and Present in the State"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZZZ99"/>
+    <s v="Not stated, including no nationality"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="9127"/>
+  </r>
+  <r>
+    <s v="CD306"/>
+    <s v="Population Aged 15 Years and Over Usually Resident and Present in the State"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All nationalities"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="939175"/>
+  </r>
+  <r>
+    <s v="CD306"/>
+    <s v="Population Aged 15 Years and Over Usually Resident and Present in the State"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="707826"/>
+  </r>
+  <r>
+    <s v="CD306"/>
+    <s v="Population Aged 15 Years and Over Usually Resident and Present in the State"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE05"/>
+    <s v="Non-Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="124793"/>
+  </r>
+  <r>
+    <s v="CD306"/>
+    <s v="Population Aged 15 Years and Over Usually Resident and Present in the State"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="GB01"/>
+    <s v="UK (1)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="20747"/>
+  </r>
+  <r>
+    <s v="CD306"/>
+    <s v="Population Aged 15 Years and Over Usually Resident and Present in the State"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="EU15X02"/>
+    <s v="EU15 excluding Irish and UK"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="14668"/>
+  </r>
+  <r>
+    <s v="CD306"/>
+    <s v="Population Aged 15 Years and Over Usually Resident and Present in the State"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="PL"/>
+    <s v="Polish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="31517"/>
+  </r>
+  <r>
+    <s v="CD306"/>
+    <s v="Population Aged 15 Years and Over Usually Resident and Present in the State"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ACC12X01"/>
+    <s v="EU15 to EU27 states excluding Polish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="28357"/>
+  </r>
+  <r>
+    <s v="CD306"/>
+    <s v="Population Aged 15 Years and Over Usually Resident and Present in the State"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ON7"/>
+    <s v="Other nationalities (7)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="29504"/>
+  </r>
+  <r>
+    <s v="CD306"/>
+    <s v="Population Aged 15 Years and Over Usually Resident and Present in the State"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZZZ99"/>
+    <s v="Not stated, including no nationality"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="6606"/>
+  </r>
+  <r>
+    <s v="CD306"/>
+    <s v="Population Aged 15 Years and Over Usually Resident and Present in the State"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All nationalities"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="839225"/>
+  </r>
+  <r>
+    <s v="CD306"/>
+    <s v="Population Aged 15 Years and Over Usually Resident and Present in the State"/>
+    <s v="201"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="24834"/>
+  </r>
+  <r>
+    <s v="CD306"/>
+    <s v="Population Aged 15 Years and Over Usually Resident and Present in the State"/>
+    <s v="201"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE05"/>
+    <s v="Non-Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="8386"/>
+  </r>
+  <r>
+    <s v="CD306"/>
+    <s v="Population Aged 15 Years and Over Usually Resident and Present in the State"/>
+    <s v="201"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="GB01"/>
+    <s v="UK (1)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="815"/>
+  </r>
+  <r>
+    <s v="CD306"/>
+    <s v="Population Aged 15 Years and Over Usually Resident and Present in the State"/>
+    <s v="201"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="EU15X02"/>
+    <s v="EU15 excluding Irish and UK"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="389"/>
+  </r>
+  <r>
+    <s v="CD306"/>
+    <s v="Population Aged 15 Years and Over Usually Resident and Present in the State"/>
+    <s v="201"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="PL"/>
+    <s v="Polish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1409"/>
+  </r>
+  <r>
+    <s v="CD306"/>
+    <s v="Population Aged 15 Years and Over Usually Resident and Present in the State"/>
+    <s v="201"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ACC12X01"/>
+    <s v="EU15 to EU27 states excluding Polish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2235"/>
+  </r>
+  <r>
+    <s v="CD306"/>
+    <s v="Population Aged 15 Years and Over Usually Resident and Present in the State"/>
+    <s v="201"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ON7"/>
+    <s v="Other nationalities (7)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3538"/>
+  </r>
+  <r>
+    <s v="CD306"/>
+    <s v="Population Aged 15 Years and Over Usually Resident and Present in the State"/>
+    <s v="201"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZZZ99"/>
+    <s v="Not stated, including no nationality"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="316"/>
+  </r>
+  <r>
+    <s v="CD306"/>
+    <s v="Population Aged 15 Years and Over Usually Resident and Present in the State"/>
+    <s v="201"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All nationalities"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="33536"/>
+  </r>
+  <r>
+    <s v="CD306"/>
+    <s v="Population Aged 15 Years and Over Usually Resident and Present in the State"/>
+    <s v="201"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="15006"/>
+  </r>
+  <r>
+    <s v="CD306"/>
+    <s v="Population Aged 15 Years and Over Usually Resident and Present in the State"/>
+    <s v="201"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE05"/>
+    <s v="Non-Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4052"/>
+  </r>
+  <r>
+    <s v="CD306"/>
+    <s v="Population Aged 15 Years and Over Usually Resident and Present in the State"/>
+    <s v="201"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="GB01"/>
+    <s v="UK (1)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="487"/>
+  </r>
+  <r>
+    <s v="CD306"/>
+    <s v="Population Aged 15 Years and Over Usually Resident and Present in the State"/>
+    <s v="201"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="EU15X02"/>
+    <s v="EU15 excluding Irish and UK"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="196"/>
+  </r>
+  <r>
+    <s v="CD306"/>
+    <s v="Population Aged 15 Years and Over Usually Resident and Present in the State"/>
+    <s v="201"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="PL"/>
+    <s v="Polish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="555"/>
+  </r>
+  <r>
+    <s v="CD306"/>
+    <s v="Population Aged 15 Years and Over Usually Resident and Present in the State"/>
+    <s v="201"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ACC12X01"/>
+    <s v="EU15 to EU27 states excluding Polish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1070"/>
+  </r>
+  <r>
+    <s v="CD306"/>
+    <s v="Population Aged 15 Years and Over Usually Resident and Present in the State"/>
+    <s v="201"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ON7"/>
+    <s v="Other nationalities (7)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1744"/>
+  </r>
+  <r>
+    <s v="CD306"/>
+    <s v="Population Aged 15 Years and Over Usually Resident and Present in the State"/>
+    <s v="201"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZZZ99"/>
+    <s v="Not stated, including no nationality"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="181"/>
+  </r>
+  <r>
+    <s v="CD306"/>
+    <s v="Population Aged 15 Years and Over Usually Resident and Present in the State"/>
+    <s v="201"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All nationalities"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="19239"/>
+  </r>
+  <r>
+    <s v="CD306"/>
+    <s v="Population Aged 15 Years and Over Usually Resident and Present in the State"/>
+    <s v="201"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="9828"/>
+  </r>
+  <r>
+    <s v="CD306"/>
+    <s v="Population Aged 15 Years and Over Usually Resident and Present in the State"/>
+    <s v="201"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE05"/>
+    <s v="Non-Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4334"/>
+  </r>
+  <r>
+    <s v="CD306"/>
+    <s v="Population Aged 15 Years and Over Usually Resident and Present in the State"/>
+    <s v="201"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="GB01"/>
+    <s v="UK (1)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="328"/>
+  </r>
+  <r>
+    <s v="CD306"/>
+    <s v="Population Aged 15 Years and Over Usually Resident and Present in the State"/>
+    <s v="201"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="EU15X02"/>
+    <s v="EU15 excluding Irish and UK"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="193"/>
+  </r>
+  <r>
+    <s v="CD306"/>
+    <s v="Population Aged 15 Years and Over Usually Resident and Present in the State"/>
+    <s v="201"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="PL"/>
+    <s v="Polish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="854"/>
+  </r>
+  <r>
+    <s v="CD306"/>
+    <s v="Population Aged 15 Years and Over Usually Resident and Present in the State"/>
+    <s v="201"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ACC12X01"/>
+    <s v="EU15 to EU27 states excluding Polish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1165"/>
+  </r>
+  <r>
+    <s v="CD306"/>
+    <s v="Population Aged 15 Years and Over Usually Resident and Present in the State"/>
+    <s v="201"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ON7"/>
+    <s v="Other nationalities (7)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1794"/>
+  </r>
+  <r>
+    <s v="CD306"/>
+    <s v="Population Aged 15 Years and Over Usually Resident and Present in the State"/>
+    <s v="201"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZZZ99"/>
+    <s v="Not stated, including no nationality"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="135"/>
+  </r>
+  <r>
+    <s v="CD306"/>
+    <s v="Population Aged 15 Years and Over Usually Resident and Present in the State"/>
+    <s v="201"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All nationalities"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="14297"/>
+  </r>
+  <r>
+    <s v="CD306"/>
+    <s v="Population Aged 15 Years and Over Usually Resident and Present in the State"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="314230"/>
+  </r>
+  <r>
+    <s v="CD306"/>
+    <s v="Population Aged 15 Years and Over Usually Resident and Present in the State"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE05"/>
+    <s v="Non-Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="69074"/>
+  </r>
+  <r>
+    <s v="CD306"/>
+    <s v="Population Aged 15 Years and Over Usually Resident and Present in the State"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="GB01"/>
+    <s v="UK (1)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="14278"/>
+  </r>
+  <r>
+    <s v="CD306"/>
+    <s v="Population Aged 15 Years and Over Usually Resident and Present in the State"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="EU15X02"/>
+    <s v="EU15 excluding Irish and UK"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3549"/>
+  </r>
+  <r>
+    <s v="CD306"/>
+    <s v="Population Aged 15 Years and Over Usually Resident and Present in the State"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="PL"/>
+    <s v="Polish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="17444"/>
+  </r>
+  <r>
+    <s v="CD306"/>
+    <s v="Population Aged 15 Years and Over Usually Resident and Present in the State"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ACC12X01"/>
+    <s v="EU15 to EU27 states excluding Polish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="15490"/>
+  </r>
+  <r>
+    <s v="CD306"/>
+    <s v="Population Aged 15 Years and Over Usually Resident and Present in the State"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ON7"/>
+    <s v="Other nationalities (7)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="18313"/>
+  </r>
+  <r>
+    <s v="CD306"/>
+    <s v="Population Aged 15 Years and Over Usually Resident and Present in the State"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZZZ99"/>
+    <s v="Not stated, including no nationality"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4428"/>
+  </r>
+  <r>
+    <s v="CD306"/>
+    <s v="Population Aged 15 Years and Over Usually Resident and Present in the State"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All nationalities"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="387732"/>
+  </r>
+  <r>
+    <s v="CD306"/>
+    <s v="Population Aged 15 Years and Over Usually Resident and Present in the State"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="210103"/>
+  </r>
+  <r>
+    <s v="CD306"/>
+    <s v="Population Aged 15 Years and Over Usually Resident and Present in the State"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE05"/>
+    <s v="Non-Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="40065"/>
+  </r>
+  <r>
+    <s v="CD306"/>
+    <s v="Population Aged 15 Years and Over Usually Resident and Present in the State"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="GB01"/>
+    <s v="UK (1)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="9208"/>
+  </r>
+  <r>
+    <s v="CD306"/>
+    <s v="Population Aged 15 Years and Over Usually Resident and Present in the State"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="EU15X02"/>
+    <s v="EU15 excluding Irish and UK"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1853"/>
+  </r>
+  <r>
+    <s v="CD306"/>
+    <s v="Population Aged 15 Years and Over Usually Resident and Present in the State"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="PL"/>
+    <s v="Polish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="10210"/>
+  </r>
+  <r>
+    <s v="CD306"/>
+    <s v="Population Aged 15 Years and Over Usually Resident and Present in the State"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ACC12X01"/>
+    <s v="EU15 to EU27 states excluding Polish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="8756"/>
+  </r>
+  <r>
+    <s v="CD306"/>
+    <s v="Population Aged 15 Years and Over Usually Resident and Present in the State"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ON7"/>
+    <s v="Other nationalities (7)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="10038"/>
+  </r>
+  <r>
+    <s v="CD306"/>
+    <s v="Population Aged 15 Years and Over Usually Resident and Present in the State"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZZZ99"/>
+    <s v="Not stated, including no nationality"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3072"/>
+  </r>
+  <r>
+    <s v="CD306"/>
+    <s v="Population Aged 15 Years and Over Usually Resident and Present in the State"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All nationalities"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="253240"/>
+  </r>
+  <r>
+    <s v="CD306"/>
+    <s v="Population Aged 15 Years and Over Usually Resident and Present in the State"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="104127"/>
+  </r>
+  <r>
+    <s v="CD306"/>
+    <s v="Population Aged 15 Years and Over Usually Resident and Present in the State"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE05"/>
+    <s v="Non-Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="29009"/>
+  </r>
+  <r>
+    <s v="CD306"/>
+    <s v="Population Aged 15 Years and Over Usually Resident and Present in the State"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="GB01"/>
+    <s v="UK (1)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5070"/>
+  </r>
+  <r>
+    <s v="CD306"/>
+    <s v="Population Aged 15 Years and Over Usually Resident and Present in the State"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="EU15X02"/>
+    <s v="EU15 excluding Irish and UK"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1696"/>
+  </r>
+  <r>
+    <s v="CD306"/>
+    <s v="Population Aged 15 Years and Over Usually Resident and Present in the State"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="PL"/>
+    <s v="Polish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="7234"/>
+  </r>
+  <r>
+    <s v="CD306"/>
+    <s v="Population Aged 15 Years and Over Usually Resident and Present in the State"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ACC12X01"/>
+    <s v="EU15 to EU27 states excluding Polish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="6734"/>
+  </r>
+  <r>
+    <s v="CD306"/>
+    <s v="Population Aged 15 Years and Over Usually Resident and Present in the State"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ON7"/>
+    <s v="Other nationalities (7)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="8275"/>
+  </r>
+  <r>
+    <s v="CD306"/>
+    <s v="Population Aged 15 Years and Over Usually Resident and Present in the State"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZZZ99"/>
+    <s v="Not stated, including no nationality"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1356"/>
+  </r>
+  <r>
+    <s v="CD306"/>
+    <s v="Population Aged 15 Years and Over Usually Resident and Present in the State"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All nationalities"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="134492"/>
+  </r>
+  <r>
+    <s v="CD306"/>
+    <s v="Population Aged 15 Years and Over Usually Resident and Present in the State"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1215694"/>
+  </r>
+  <r>
+    <s v="CD306"/>
+    <s v="Population Aged 15 Years and Over Usually Resident and Present in the State"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE05"/>
+    <s v="Non-Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="120148"/>
+  </r>
+  <r>
+    <s v="CD306"/>
+    <s v="Population Aged 15 Years and Over Usually Resident and Present in the State"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="GB01"/>
+    <s v="UK (1)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="39126"/>
+  </r>
+  <r>
+    <s v="CD306"/>
+    <s v="Population Aged 15 Years and Over Usually Resident and Present in the State"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="EU15X02"/>
+    <s v="EU15 excluding Irish and UK"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="9750"/>
+  </r>
+  <r>
+    <s v="CD306"/>
+    <s v="Population Aged 15 Years and Over Usually Resident and Present in the State"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="PL"/>
+    <s v="Polish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="12055"/>
+  </r>
+  <r>
+    <s v="CD306"/>
+    <s v="Population Aged 15 Years and Over Usually Resident and Present in the State"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ACC12X01"/>
+    <s v="EU15 to EU27 states excluding Polish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="13315"/>
+  </r>
+  <r>
+    <s v="CD306"/>
+    <s v="Population Aged 15 Years and Over Usually Resident and Present in the State"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ON7"/>
+    <s v="Other nationalities (7)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="45902"/>
+  </r>
+  <r>
+    <s v="CD306"/>
+    <s v="Population Aged 15 Years and Over Usually Resident and Present in the State"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZZZ99"/>
+    <s v="Not stated, including no nationality"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="15779"/>
+  </r>
+  <r>
+    <s v="CD306"/>
+    <s v="Population Aged 15 Years and Over Usually Resident and Present in the State"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All nationalities"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1351621"/>
+  </r>
+  <r>
+    <s v="CD306"/>
+    <s v="Population Aged 15 Years and Over Usually Resident and Present in the State"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="482223"/>
+  </r>
+  <r>
+    <s v="CD306"/>
+    <s v="Population Aged 15 Years and Over Usually Resident and Present in the State"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE05"/>
+    <s v="Non-Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="44463"/>
+  </r>
+  <r>
+    <s v="CD306"/>
+    <s v="Population Aged 15 Years and Over Usually Resident and Present in the State"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="GB01"/>
+    <s v="UK (1)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="14894"/>
+  </r>
+  <r>
+    <s v="CD306"/>
+    <s v="Population Aged 15 Years and Over Usually Resident and Present in the State"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="EU15X02"/>
+    <s v="EU15 excluding Irish and UK"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3420"/>
+  </r>
+  <r>
+    <s v="CD306"/>
+    <s v="Population Aged 15 Years and Over Usually Resident and Present in the State"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="PL"/>
+    <s v="Polish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3333"/>
+  </r>
+  <r>
+    <s v="CD306"/>
+    <s v="Population Aged 15 Years and Over Usually Resident and Present in the State"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ACC12X01"/>
+    <s v="EU15 to EU27 states excluding Polish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4074"/>
+  </r>
+  <r>
+    <s v="CD306"/>
+    <s v="Population Aged 15 Years and Over Usually Resident and Present in the State"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ON7"/>
+    <s v="Other nationalities (7)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="18742"/>
+  </r>
+  <r>
+    <s v="CD306"/>
+    <s v="Population Aged 15 Years and Over Usually Resident and Present in the State"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZZZ99"/>
+    <s v="Not stated, including no nationality"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="6638"/>
+  </r>
+  <r>
+    <s v="CD306"/>
+    <s v="Population Aged 15 Years and Over Usually Resident and Present in the State"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All nationalities"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="533324"/>
+  </r>
+  <r>
+    <s v="CD306"/>
+    <s v="Population Aged 15 Years and Over Usually Resident and Present in the State"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="733471"/>
+  </r>
+  <r>
+    <s v="CD306"/>
+    <s v="Population Aged 15 Years and Over Usually Resident and Present in the State"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE05"/>
+    <s v="Non-Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="75685"/>
+  </r>
+  <r>
+    <s v="CD306"/>
+    <s v="Population Aged 15 Years and Over Usually Resident and Present in the State"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="GB01"/>
+    <s v="UK (1)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="24232"/>
+  </r>
+  <r>
+    <s v="CD306"/>
+    <s v="Population Aged 15 Years and Over Usually Resident and Present in the State"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="EU15X02"/>
+    <s v="EU15 excluding Irish and UK"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="6330"/>
+  </r>
+  <r>
+    <s v="CD306"/>
+    <s v="Population Aged 15 Years and Over Usually Resident and Present in the State"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="PL"/>
+    <s v="Polish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="8722"/>
+  </r>
+  <r>
+    <s v="CD306"/>
+    <s v="Population Aged 15 Years and Over Usually Resident and Present in the State"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ACC12X01"/>
+    <s v="EU15 to EU27 states excluding Polish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="9241"/>
+  </r>
+  <r>
+    <s v="CD306"/>
+    <s v="Population Aged 15 Years and Over Usually Resident and Present in the State"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ON7"/>
+    <s v="Other nationalities (7)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="27160"/>
+  </r>
+  <r>
+    <s v="CD306"/>
+    <s v="Population Aged 15 Years and Over Usually Resident and Present in the State"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZZZ99"/>
+    <s v="Not stated, including no nationality"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="9141"/>
+  </r>
+  <r>
+    <s v="CD306"/>
+    <s v="Population Aged 15 Years and Over Usually Resident and Present in the State"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All nationalities"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="818297"/>
+  </r>
+  <r>
+    <s v="CD306"/>
+    <s v="Population Aged 15 Years and Over Usually Resident and Present in the State"/>
+    <s v="301"/>
+    <s v="Student or pupil"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="342847"/>
+  </r>
+  <r>
+    <s v="CD306"/>
+    <s v="Population Aged 15 Years and Over Usually Resident and Present in the State"/>
+    <s v="301"/>
+    <s v="Student or pupil"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE05"/>
+    <s v="Non-Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="49915"/>
+  </r>
+  <r>
+    <s v="CD306"/>
+    <s v="Population Aged 15 Years and Over Usually Resident and Present in the State"/>
+    <s v="301"/>
+    <s v="Student or pupil"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="GB01"/>
+    <s v="UK (1)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="8277"/>
+  </r>
+  <r>
+    <s v="CD306"/>
+    <s v="Population Aged 15 Years and Over Usually Resident and Present in the State"/>
+    <s v="301"/>
+    <s v="Student or pupil"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="EU15X02"/>
+    <s v="EU15 excluding Irish and UK"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4206"/>
+  </r>
+  <r>
+    <s v="CD306"/>
+    <s v="Population Aged 15 Years and Over Usually Resident and Present in the State"/>
+    <s v="301"/>
+    <s v="Student or pupil"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="PL"/>
+    <s v="Polish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4586"/>
+  </r>
+  <r>
+    <s v="CD306"/>
+    <s v="Population Aged 15 Years and Over Usually Resident and Present in the State"/>
+    <s v="301"/>
+    <s v="Student or pupil"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ACC12X01"/>
+    <s v="EU15 to EU27 states excluding Polish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5834"/>
+  </r>
+  <r>
+    <s v="CD306"/>
+    <s v="Population Aged 15 Years and Over Usually Resident and Present in the State"/>
+    <s v="301"/>
+    <s v="Student or pupil"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ON7"/>
+    <s v="Other nationalities (7)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="27012"/>
+  </r>
+  <r>
+    <s v="CD306"/>
+    <s v="Population Aged 15 Years and Over Usually Resident and Present in the State"/>
+    <s v="301"/>
+    <s v="Student or pupil"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZZZ99"/>
+    <s v="Not stated, including no nationality"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3581"/>
+  </r>
+  <r>
+    <s v="CD306"/>
+    <s v="Population Aged 15 Years and Over Usually Resident and Present in the State"/>
+    <s v="301"/>
+    <s v="Student or pupil"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All nationalities"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="396343"/>
+  </r>
+  <r>
+    <s v="CD306"/>
+    <s v="Population Aged 15 Years and Over Usually Resident and Present in the State"/>
+    <s v="301"/>
+    <s v="Student or pupil"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="169936"/>
+  </r>
+  <r>
+    <s v="CD306"/>
+    <s v="Population Aged 15 Years and Over Usually Resident and Present in the State"/>
+    <s v="301"/>
+    <s v="Student or pupil"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE05"/>
+    <s v="Non-Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="24503"/>
+  </r>
+  <r>
+    <s v="CD306"/>
+    <s v="Population Aged 15 Years and Over Usually Resident and Present in the State"/>
+    <s v="301"/>
+    <s v="Student or pupil"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="GB01"/>
+    <s v="UK (1)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3896"/>
+  </r>
+  <r>
+    <s v="CD306"/>
+    <s v="Population Aged 15 Years and Over Usually Resident and Present in the State"/>
+    <s v="301"/>
+    <s v="Student or pupil"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="EU15X02"/>
+    <s v="EU15 excluding Irish and UK"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1834"/>
+  </r>
+  <r>
+    <s v="CD306"/>
+    <s v="Population Aged 15 Years and Over Usually Resident and Present in the State"/>
+    <s v="301"/>
+    <s v="Student or pupil"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="PL"/>
+    <s v="Polish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2113"/>
+  </r>
+  <r>
+    <s v="CD306"/>
+    <s v="Population Aged 15 Years and Over Usually Resident and Present in the State"/>
+    <s v="301"/>
+    <s v="Student or pupil"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ACC12X01"/>
+    <s v="EU15 to EU27 states excluding Polish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2600"/>
+  </r>
+  <r>
+    <s v="CD306"/>
+    <s v="Population Aged 15 Years and Over Usually Resident and Present in the State"/>
+    <s v="301"/>
+    <s v="Student or pupil"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ON7"/>
+    <s v="Other nationalities (7)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="14060"/>
+  </r>
+  <r>
+    <s v="CD306"/>
+    <s v="Population Aged 15 Years and Over Usually Resident and Present in the State"/>
+    <s v="301"/>
+    <s v="Student or pupil"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZZZ99"/>
+    <s v="Not stated, including no nationality"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1892"/>
+  </r>
+  <r>
+    <s v="CD306"/>
+    <s v="Population Aged 15 Years and Over Usually Resident and Present in the State"/>
+    <s v="301"/>
+    <s v="Student or pupil"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All nationalities"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="196331"/>
+  </r>
+  <r>
+    <s v="CD306"/>
+    <s v="Population Aged 15 Years and Over Usually Resident and Present in the State"/>
+    <s v="301"/>
+    <s v="Student or pupil"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="172911"/>
+  </r>
+  <r>
+    <s v="CD306"/>
+    <s v="Population Aged 15 Years and Over Usually Resident and Present in the State"/>
+    <s v="301"/>
+    <s v="Student or pupil"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE05"/>
+    <s v="Non-Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="25412"/>
+  </r>
+  <r>
+    <s v="CD306"/>
+    <s v="Population Aged 15 Years and Over Usually Resident and Present in the State"/>
+    <s v="301"/>
+    <s v="Student or pupil"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="GB01"/>
+    <s v="UK (1)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4381"/>
+  </r>
+  <r>
+    <s v="CD306"/>
+    <s v="Population Aged 15 Years and Over Usually Resident and Present in the State"/>
+    <s v="301"/>
+    <s v="Student or pupil"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="EU15X02"/>
+    <s v="EU15 excluding Irish and UK"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2372"/>
+  </r>
+  <r>
+    <s v="CD306"/>
+    <s v="Population Aged 15 Years and Over Usually Resident and Present in the State"/>
+    <s v="301"/>
+    <s v="Student or pupil"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="PL"/>
+    <s v="Polish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2473"/>
+  </r>
+  <r>
+    <s v="CD306"/>
+    <s v="Population Aged 15 Years and Over Usually Resident and Present in the State"/>
+    <s v="301"/>
+    <s v="Student or pupil"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ACC12X01"/>
+    <s v="EU15 to EU27 states excluding Polish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3234"/>
+  </r>
+  <r>
+    <s v="CD306"/>
+    <s v="Population Aged 15 Years and Over Usually Resident and Present in the State"/>
+    <s v="301"/>
+    <s v="Student or pupil"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ON7"/>
+    <s v="Other nationalities (7)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="12952"/>
+  </r>
+  <r>
+    <s v="CD306"/>
+    <s v="Population Aged 15 Years and Over Usually Resident and Present in the State"/>
+    <s v="301"/>
+    <s v="Student or pupil"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZZZ99"/>
+    <s v="Not stated, including no nationality"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1689"/>
+  </r>
+  <r>
+    <s v="CD306"/>
+    <s v="Population Aged 15 Years and Over Usually Resident and Present in the State"/>
+    <s v="301"/>
+    <s v="Student or pupil"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All nationalities"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="200012"/>
+  </r>
+  <r>
+    <s v="CD306"/>
+    <s v="Population Aged 15 Years and Over Usually Resident and Present in the State"/>
+    <s v="302"/>
+    <s v="Looking after home/family"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="295714"/>
+  </r>
+  <r>
+    <s v="CD306"/>
+    <s v="Population Aged 15 Years and Over Usually Resident and Present in the State"/>
+    <s v="302"/>
+    <s v="Looking after home/family"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE05"/>
+    <s v="Non-Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="37164"/>
+  </r>
+  <r>
+    <s v="CD306"/>
+    <s v="Population Aged 15 Years and Over Usually Resident and Present in the State"/>
+    <s v="302"/>
+    <s v="Looking after home/family"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="GB01"/>
+    <s v="UK (1)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="10756"/>
+  </r>
+  <r>
+    <s v="CD306"/>
+    <s v="Population Aged 15 Years and Over Usually Resident and Present in the State"/>
+    <s v="302"/>
+    <s v="Looking after home/family"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="EU15X02"/>
+    <s v="EU15 excluding Irish and UK"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2879"/>
+  </r>
+  <r>
+    <s v="CD306"/>
+    <s v="Population Aged 15 Years and Over Usually Resident and Present in the State"/>
+    <s v="302"/>
+    <s v="Looking after home/family"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="PL"/>
+    <s v="Polish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5735"/>
+  </r>
+  <r>
+    <s v="CD306"/>
+    <s v="Population Aged 15 Years and Over Usually Resident and Present in the State"/>
+    <s v="302"/>
+    <s v="Looking after home/family"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ACC12X01"/>
+    <s v="EU15 to EU27 states excluding Polish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5494"/>
+  </r>
+  <r>
+    <s v="CD306"/>
+    <s v="Population Aged 15 Years and Over Usually Resident and Present in the State"/>
+    <s v="302"/>
+    <s v="Looking after home/family"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ON7"/>
+    <s v="Other nationalities (7)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="12300"/>
+  </r>
+  <r>
+    <s v="CD306"/>
+    <s v="Population Aged 15 Years and Over Usually Resident and Present in the State"/>
+    <s v="302"/>
+    <s v="Looking after home/family"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZZZ99"/>
+    <s v="Not stated, including no nationality"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4189"/>
+  </r>
+  <r>
+    <s v="CD306"/>
+    <s v="Population Aged 15 Years and Over Usually Resident and Present in the State"/>
+    <s v="302"/>
+    <s v="Looking after home/family"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All nationalities"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="337067"/>
+  </r>
+  <r>
+    <s v="CD306"/>
+    <s v="Population Aged 15 Years and Over Usually Resident and Present in the State"/>
+    <s v="302"/>
+    <s v="Looking after home/family"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="14706"/>
+  </r>
+  <r>
+    <s v="CD306"/>
+    <s v="Population Aged 15 Years and Over Usually Resident and Present in the State"/>
+    <s v="302"/>
+    <s v="Looking after home/family"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE05"/>
+    <s v="Non-Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3035"/>
+  </r>
+  <r>
+    <s v="CD306"/>
+    <s v="Population Aged 15 Years and Over Usually Resident and Present in the State"/>
+    <s v="302"/>
+    <s v="Looking after home/family"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="GB01"/>
+    <s v="UK (1)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="893"/>
+  </r>
+  <r>
+    <s v="CD306"/>
+    <s v="Population Aged 15 Years and Over Usually Resident and Present in the State"/>
+    <s v="302"/>
+    <s v="Looking after home/family"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="EU15X02"/>
+    <s v="EU15 excluding Irish and UK"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="190"/>
+  </r>
+  <r>
+    <s v="CD306"/>
+    <s v="Population Aged 15 Years and Over Usually Resident and Present in the State"/>
+    <s v="302"/>
+    <s v="Looking after home/family"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="PL"/>
+    <s v="Polish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="301"/>
+  </r>
+  <r>
+    <s v="CD306"/>
+    <s v="Population Aged 15 Years and Over Usually Resident and Present in the State"/>
+    <s v="302"/>
+    <s v="Looking after home/family"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ACC12X01"/>
+    <s v="EU15 to EU27 states excluding Polish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="485"/>
+  </r>
+  <r>
+    <s v="CD306"/>
+    <s v="Population Aged 15 Years and Over Usually Resident and Present in the State"/>
+    <s v="302"/>
+    <s v="Looking after home/family"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ON7"/>
+    <s v="Other nationalities (7)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1166"/>
+  </r>
+  <r>
+    <s v="CD306"/>
+    <s v="Population Aged 15 Years and Over Usually Resident and Present in the State"/>
+    <s v="302"/>
+    <s v="Looking after home/family"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZZZ99"/>
+    <s v="Not stated, including no nationality"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="150"/>
+  </r>
+  <r>
+    <s v="CD306"/>
+    <s v="Population Aged 15 Years and Over Usually Resident and Present in the State"/>
+    <s v="302"/>
+    <s v="Looking after home/family"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All nationalities"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="17891"/>
+  </r>
+  <r>
+    <s v="CD306"/>
+    <s v="Population Aged 15 Years and Over Usually Resident and Present in the State"/>
+    <s v="302"/>
+    <s v="Looking after home/family"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="281008"/>
+  </r>
+  <r>
+    <s v="CD306"/>
+    <s v="Population Aged 15 Years and Over Usually Resident and Present in the State"/>
+    <s v="302"/>
+    <s v="Looking after home/family"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE05"/>
+    <s v="Non-Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="34129"/>
+  </r>
+  <r>
+    <s v="CD306"/>
+    <s v="Population Aged 15 Years and Over Usually Resident and Present in the State"/>
+    <s v="302"/>
+    <s v="Looking after home/family"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="GB01"/>
+    <s v="UK (1)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="9863"/>
+  </r>
+  <r>
+    <s v="CD306"/>
+    <s v="Population Aged 15 Years and Over Usually Resident and Present in the State"/>
+    <s v="302"/>
+    <s v="Looking after home/family"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="EU15X02"/>
+    <s v="EU15 excluding Irish and UK"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2689"/>
+  </r>
+  <r>
+    <s v="CD306"/>
+    <s v="Population Aged 15 Years and Over Usually Resident and Present in the State"/>
+    <s v="302"/>
+    <s v="Looking after home/family"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="PL"/>
+    <s v="Polish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5434"/>
+  </r>
+  <r>
+    <s v="CD306"/>
+    <s v="Population Aged 15 Years and Over Usually Resident and Present in the State"/>
+    <s v="302"/>
+    <s v="Looking after home/family"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ACC12X01"/>
+    <s v="EU15 to EU27 states excluding Polish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5009"/>
+  </r>
+  <r>
+    <s v="CD306"/>
+    <s v="Population Aged 15 Years and Over Usually Resident and Present in the State"/>
+    <s v="302"/>
+    <s v="Looking after home/family"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ON7"/>
+    <s v="Other nationalities (7)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="11134"/>
+  </r>
+  <r>
+    <s v="CD306"/>
+    <s v="Population Aged 15 Years and Over Usually Resident and Present in the State"/>
+    <s v="302"/>
+    <s v="Looking after home/family"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZZZ99"/>
+    <s v="Not stated, including no nationality"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4039"/>
+  </r>
+  <r>
+    <s v="CD306"/>
+    <s v="Population Aged 15 Years and Over Usually Resident and Present in the State"/>
+    <s v="302"/>
+    <s v="Looking after home/family"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All nationalities"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="319176"/>
+  </r>
+  <r>
+    <s v="CD306"/>
+    <s v="Population Aged 15 Years and Over Usually Resident and Present in the State"/>
+    <s v="303"/>
+    <s v="Retired"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="423512"/>
+  </r>
+  <r>
+    <s v="CD306"/>
+    <s v="Population Aged 15 Years and Over Usually Resident and Present in the State"/>
+    <s v="303"/>
+    <s v="Retired"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE05"/>
+    <s v="Non-Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="19619"/>
+  </r>
+  <r>
+    <s v="CD306"/>
+    <s v="Population Aged 15 Years and Over Usually Resident and Present in the State"/>
+    <s v="303"/>
+    <s v="Retired"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="GB01"/>
+    <s v="UK (1)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="14754"/>
+  </r>
+  <r>
+    <s v="CD306"/>
+    <s v="Population Aged 15 Years and Over Usually Resident and Present in the State"/>
+    <s v="303"/>
+    <s v="Retired"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="EU15X02"/>
+    <s v="EU15 excluding Irish and UK"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1880"/>
+  </r>
+  <r>
+    <s v="CD306"/>
+    <s v="Population Aged 15 Years and Over Usually Resident and Present in the State"/>
+    <s v="303"/>
+    <s v="Retired"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="PL"/>
+    <s v="Polish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="328"/>
+  </r>
+  <r>
+    <s v="CD306"/>
+    <s v="Population Aged 15 Years and Over Usually Resident and Present in the State"/>
+    <s v="303"/>
+    <s v="Retired"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ACC12X01"/>
+    <s v="EU15 to EU27 states excluding Polish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="489"/>
+  </r>
+  <r>
+    <s v="CD306"/>
+    <s v="Population Aged 15 Years and Over Usually Resident and Present in the State"/>
+    <s v="303"/>
+    <s v="Retired"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ON7"/>
+    <s v="Other nationalities (7)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2168"/>
+  </r>
+  <r>
+    <s v="CD306"/>
+    <s v="Population Aged 15 Years and Over Usually Resident and Present in the State"/>
+    <s v="303"/>
+    <s v="Retired"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZZZ99"/>
+    <s v="Not stated, including no nationality"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5896"/>
+  </r>
+  <r>
+    <s v="CD306"/>
+    <s v="Population Aged 15 Years and Over Usually Resident and Present in the State"/>
+    <s v="303"/>
+    <s v="Retired"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All nationalities"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="449027"/>
+  </r>
+  <r>
+    <s v="CD306"/>
+    <s v="Population Aged 15 Years and Over Usually Resident and Present in the State"/>
+    <s v="303"/>
+    <s v="Retired"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="220618"/>
+  </r>
+  <r>
+    <s v="CD306"/>
+    <s v="Population Aged 15 Years and Over Usually Resident and Present in the State"/>
+    <s v="303"/>
+    <s v="Retired"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE05"/>
+    <s v="Non-Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="9706"/>
+  </r>
+  <r>
+    <s v="CD306"/>
+    <s v="Population Aged 15 Years and Over Usually Resident and Present in the State"/>
+    <s v="303"/>
+    <s v="Retired"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="GB01"/>
+    <s v="UK (1)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="7370"/>
+  </r>
+  <r>
+    <s v="CD306"/>
+    <s v="Population Aged 15 Years and Over Usually Resident and Present in the State"/>
+    <s v="303"/>
+    <s v="Retired"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="EU15X02"/>
+    <s v="EU15 excluding Irish and UK"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1000"/>
+  </r>
+  <r>
+    <s v="CD306"/>
+    <s v="Population Aged 15 Years and Over Usually Resident and Present in the State"/>
+    <s v="303"/>
+    <s v="Retired"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="PL"/>
+    <s v="Polish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="106"/>
+  </r>
+  <r>
+    <s v="CD306"/>
+    <s v="Population Aged 15 Years and Over Usually Resident and Present in the State"/>
+    <s v="303"/>
+    <s v="Retired"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ACC12X01"/>
+    <s v="EU15 to EU27 states excluding Polish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="186"/>
+  </r>
+  <r>
+    <s v="CD306"/>
+    <s v="Population Aged 15 Years and Over Usually Resident and Present in the State"/>
+    <s v="303"/>
+    <s v="Retired"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ON7"/>
+    <s v="Other nationalities (7)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1044"/>
+  </r>
+  <r>
+    <s v="CD306"/>
+    <s v="Population Aged 15 Years and Over Usually Resident and Present in the State"/>
+    <s v="303"/>
+    <s v="Retired"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZZZ99"/>
+    <s v="Not stated, including no nationality"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3329"/>
+  </r>
+  <r>
+    <s v="CD306"/>
+    <s v="Population Aged 15 Years and Over Usually Resident and Present in the State"/>
+    <s v="303"/>
+    <s v="Retired"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All nationalities"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="233653"/>
+  </r>
+  <r>
+    <s v="CD306"/>
+    <s v="Population Aged 15 Years and Over Usually Resident and Present in the State"/>
+    <s v="303"/>
+    <s v="Retired"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="202894"/>
+  </r>
+  <r>
+    <s v="CD306"/>
+    <s v="Population Aged 15 Years and Over Usually Resident and Present in the State"/>
+    <s v="303"/>
+    <s v="Retired"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE05"/>
+    <s v="Non-Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="9913"/>
+  </r>
+  <r>
+    <s v="CD306"/>
+    <s v="Population Aged 15 Years and Over Usually Resident and Present in the State"/>
+    <s v="303"/>
+    <s v="Retired"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="GB01"/>
+    <s v="UK (1)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="7384"/>
+  </r>
+  <r>
+    <s v="CD306"/>
+    <s v="Population Aged 15 Years and Over Usually Resident and Present in the State"/>
+    <s v="303"/>
+    <s v="Retired"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="EU15X02"/>
+    <s v="EU15 excluding Irish and UK"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="880"/>
+  </r>
+  <r>
+    <s v="CD306"/>
+    <s v="Population Aged 15 Years and Over Usually Resident and Present in the State"/>
+    <s v="303"/>
+    <s v="Retired"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="PL"/>
+    <s v="Polish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="222"/>
+  </r>
+  <r>
+    <s v="CD306"/>
+    <s v="Population Aged 15 Years and Over Usually Resident and Present in the State"/>
+    <s v="303"/>
+    <s v="Retired"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ACC12X01"/>
+    <s v="EU15 to EU27 states excluding Polish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="303"/>
+  </r>
+  <r>
+    <s v="CD306"/>
+    <s v="Population Aged 15 Years and Over Usually Resident and Present in the State"/>
+    <s v="303"/>
+    <s v="Retired"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ON7"/>
+    <s v="Other nationalities (7)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1124"/>
+  </r>
+  <r>
+    <s v="CD306"/>
+    <s v="Population Aged 15 Years and Over Usually Resident and Present in the State"/>
+    <s v="303"/>
+    <s v="Retired"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZZZ99"/>
+    <s v="Not stated, including no nationality"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2567"/>
+  </r>
+  <r>
+    <s v="CD306"/>
+    <s v="Population Aged 15 Years and Over Usually Resident and Present in the State"/>
+    <s v="303"/>
+    <s v="Retired"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All nationalities"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="215374"/>
+  </r>
+  <r>
+    <s v="CD306"/>
+    <s v="Population Aged 15 Years and Over Usually Resident and Present in the State"/>
+    <s v="304"/>
+    <s v="Unable to work due to permanent sickness or disability"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="145133"/>
+  </r>
+  <r>
+    <s v="CD306"/>
+    <s v="Population Aged 15 Years and Over Usually Resident and Present in the State"/>
+    <s v="304"/>
+    <s v="Unable to work due to permanent sickness or disability"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE05"/>
+    <s v="Non-Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="9768"/>
+  </r>
+  <r>
+    <s v="CD306"/>
+    <s v="Population Aged 15 Years and Over Usually Resident and Present in the State"/>
+    <s v="304"/>
+    <s v="Unable to work due to permanent sickness or disability"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="GB01"/>
+    <s v="UK (1)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4991"/>
+  </r>
+  <r>
+    <s v="CD306"/>
+    <s v="Population Aged 15 Years and Over Usually Resident and Present in the State"/>
+    <s v="304"/>
+    <s v="Unable to work due to permanent sickness or disability"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="EU15X02"/>
+    <s v="EU15 excluding Irish and UK"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="622"/>
+  </r>
+  <r>
+    <s v="CD306"/>
+    <s v="Population Aged 15 Years and Over Usually Resident and Present in the State"/>
+    <s v="304"/>
+    <s v="Unable to work due to permanent sickness or disability"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="PL"/>
+    <s v="Polish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1258"/>
+  </r>
+  <r>
+    <s v="CD306"/>
+    <s v="Population Aged 15 Years and Over Usually Resident and Present in the State"/>
+    <s v="304"/>
+    <s v="Unable to work due to permanent sickness or disability"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ACC12X01"/>
+    <s v="EU15 to EU27 states excluding Polish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1279"/>
+  </r>
+  <r>
+    <s v="CD306"/>
+    <s v="Population Aged 15 Years and Over Usually Resident and Present in the State"/>
+    <s v="304"/>
+    <s v="Unable to work due to permanent sickness or disability"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ON7"/>
+    <s v="Other nationalities (7)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1618"/>
+  </r>
+  <r>
+    <s v="CD306"/>
+    <s v="Population Aged 15 Years and Over Usually Resident and Present in the State"/>
+    <s v="304"/>
+    <s v="Unable to work due to permanent sickness or disability"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZZZ99"/>
+    <s v="Not stated, including no nationality"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1580"/>
+  </r>
+  <r>
+    <s v="CD306"/>
+    <s v="Population Aged 15 Years and Over Usually Resident and Present in the State"/>
+    <s v="304"/>
+    <s v="Unable to work due to permanent sickness or disability"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All nationalities"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="156481"/>
+  </r>
+  <r>
+    <s v="CD306"/>
+    <s v="Population Aged 15 Years and Over Usually Resident and Present in the State"/>
+    <s v="304"/>
+    <s v="Unable to work due to permanent sickness or disability"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="73024"/>
+  </r>
+  <r>
+    <s v="CD306"/>
+    <s v="Population Aged 15 Years and Over Usually Resident and Present in the State"/>
+    <s v="304"/>
+    <s v="Unable to work due to permanent sickness or disability"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE05"/>
+    <s v="Non-Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5254"/>
+  </r>
+  <r>
+    <s v="CD306"/>
+    <s v="Population Aged 15 Years and Over Usually Resident and Present in the State"/>
+    <s v="304"/>
+    <s v="Unable to work due to permanent sickness or disability"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="GB01"/>
+    <s v="UK (1)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2571"/>
+  </r>
+  <r>
+    <s v="CD306"/>
+    <s v="Population Aged 15 Years and Over Usually Resident and Present in the State"/>
+    <s v="304"/>
+    <s v="Unable to work due to permanent sickness or disability"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="EU15X02"/>
+    <s v="EU15 excluding Irish and UK"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="333"/>
+  </r>
+  <r>
+    <s v="CD306"/>
+    <s v="Population Aged 15 Years and Over Usually Resident and Present in the State"/>
+    <s v="304"/>
+    <s v="Unable to work due to permanent sickness or disability"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="PL"/>
+    <s v="Polish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="735"/>
+  </r>
+  <r>
+    <s v="CD306"/>
+    <s v="Population Aged 15 Years and Over Usually Resident and Present in the State"/>
+    <s v="304"/>
+    <s v="Unable to work due to permanent sickness or disability"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ACC12X01"/>
+    <s v="EU15 to EU27 states excluding Polish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="683"/>
+  </r>
+  <r>
+    <s v="CD306"/>
+    <s v="Population Aged 15 Years and Over Usually Resident and Present in the State"/>
+    <s v="304"/>
+    <s v="Unable to work due to permanent sickness or disability"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ON7"/>
+    <s v="Other nationalities (7)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="932"/>
+  </r>
+  <r>
+    <s v="CD306"/>
+    <s v="Population Aged 15 Years and Over Usually Resident and Present in the State"/>
+    <s v="304"/>
+    <s v="Unable to work due to permanent sickness or disability"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZZZ99"/>
+    <s v="Not stated, including no nationality"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="951"/>
+  </r>
+  <r>
+    <s v="CD306"/>
+    <s v="Population Aged 15 Years and Over Usually Resident and Present in the State"/>
+    <s v="304"/>
+    <s v="Unable to work due to permanent sickness or disability"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All nationalities"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="79229"/>
+  </r>
+  <r>
+    <s v="CD306"/>
+    <s v="Population Aged 15 Years and Over Usually Resident and Present in the State"/>
+    <s v="304"/>
+    <s v="Unable to work due to permanent sickness or disability"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="72109"/>
+  </r>
+  <r>
+    <s v="CD306"/>
+    <s v="Population Aged 15 Years and Over Usually Resident and Present in the State"/>
+    <s v="304"/>
+    <s v="Unable to work due to permanent sickness or disability"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE05"/>
+    <s v="Non-Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4514"/>
+  </r>
+  <r>
+    <s v="CD306"/>
+    <s v="Population Aged 15 Years and Over Usually Resident and Present in the State"/>
+    <s v="304"/>
+    <s v="Unable to work due to permanent sickness or disability"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="GB01"/>
+    <s v="UK (1)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2420"/>
+  </r>
+  <r>
+    <s v="CD306"/>
+    <s v="Population Aged 15 Years and Over Usually Resident and Present in the State"/>
+    <s v="304"/>
+    <s v="Unable to work due to permanent sickness or disability"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="EU15X02"/>
+    <s v="EU15 excluding Irish and UK"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="289"/>
+  </r>
+  <r>
+    <s v="CD306"/>
+    <s v="Population Aged 15 Years and Over Usually Resident and Present in the State"/>
+    <s v="304"/>
+    <s v="Unable to work due to permanent sickness or disability"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="PL"/>
+    <s v="Polish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="523"/>
+  </r>
+  <r>
+    <s v="CD306"/>
+    <s v="Population Aged 15 Years and Over Usually Resident and Present in the State"/>
+    <s v="304"/>
+    <s v="Unable to work due to permanent sickness or disability"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ACC12X01"/>
+    <s v="EU15 to EU27 states excluding Polish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="596"/>
+  </r>
+  <r>
+    <s v="CD306"/>
+    <s v="Population Aged 15 Years and Over Usually Resident and Present in the State"/>
+    <s v="304"/>
+    <s v="Unable to work due to permanent sickness or disability"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ON7"/>
+    <s v="Other nationalities (7)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="686"/>
+  </r>
+  <r>
+    <s v="CD306"/>
+    <s v="Population Aged 15 Years and Over Usually Resident and Present in the State"/>
+    <s v="304"/>
+    <s v="Unable to work due to permanent sickness or disability"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZZZ99"/>
+    <s v="Not stated, including no nationality"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="629"/>
+  </r>
+  <r>
+    <s v="CD306"/>
+    <s v="Population Aged 15 Years and Over Usually Resident and Present in the State"/>
+    <s v="304"/>
+    <s v="Unable to work due to permanent sickness or disability"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All nationalities"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="77252"/>
+  </r>
+  <r>
+    <s v="CD306"/>
+    <s v="Population Aged 15 Years and Over Usually Resident and Present in the State"/>
+    <s v="602"/>
+    <s v="Others not in labour force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="8488"/>
+  </r>
+  <r>
+    <s v="CD306"/>
+    <s v="Population Aged 15 Years and Over Usually Resident and Present in the State"/>
+    <s v="602"/>
+    <s v="Others not in labour force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE05"/>
+    <s v="Non-Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3682"/>
+  </r>
+  <r>
+    <s v="CD306"/>
+    <s v="Population Aged 15 Years and Over Usually Resident and Present in the State"/>
+    <s v="602"/>
+    <s v="Others not in labour force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="GB01"/>
+    <s v="UK (1)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="348"/>
+  </r>
+  <r>
+    <s v="CD306"/>
+    <s v="Population Aged 15 Years and Over Usually Resident and Present in the State"/>
+    <s v="602"/>
+    <s v="Others not in labour force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="EU15X02"/>
+    <s v="EU15 excluding Irish and UK"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="163"/>
+  </r>
+  <r>
+    <s v="CD306"/>
+    <s v="Population Aged 15 Years and Over Usually Resident and Present in the State"/>
+    <s v="602"/>
+    <s v="Others not in labour force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="PL"/>
+    <s v="Polish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="148"/>
+  </r>
+  <r>
+    <s v="CD306"/>
+    <s v="Population Aged 15 Years and Over Usually Resident and Present in the State"/>
+    <s v="602"/>
+    <s v="Others not in labour force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ACC12X01"/>
+    <s v="EU15 to EU27 states excluding Polish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="219"/>
+  </r>
+  <r>
+    <s v="CD306"/>
+    <s v="Population Aged 15 Years and Over Usually Resident and Present in the State"/>
+    <s v="602"/>
+    <s v="Others not in labour force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ON7"/>
+    <s v="Other nationalities (7)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2804"/>
+  </r>
+  <r>
+    <s v="CD306"/>
+    <s v="Population Aged 15 Years and Over Usually Resident and Present in the State"/>
+    <s v="602"/>
+    <s v="Others not in labour force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZZZ99"/>
+    <s v="Not stated, including no nationality"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="533"/>
+  </r>
+  <r>
+    <s v="CD306"/>
+    <s v="Population Aged 15 Years and Over Usually Resident and Present in the State"/>
+    <s v="602"/>
+    <s v="Others not in labour force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All nationalities"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="12703"/>
+  </r>
+  <r>
+    <s v="CD306"/>
+    <s v="Population Aged 15 Years and Over Usually Resident and Present in the State"/>
+    <s v="602"/>
+    <s v="Others not in labour force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3939"/>
+  </r>
+  <r>
+    <s v="CD306"/>
+    <s v="Population Aged 15 Years and Over Usually Resident and Present in the State"/>
+    <s v="602"/>
+    <s v="Others not in labour force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE05"/>
+    <s v="Non-Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1965"/>
+  </r>
+  <r>
+    <s v="CD306"/>
+    <s v="Population Aged 15 Years and Over Usually Resident and Present in the State"/>
+    <s v="602"/>
+    <s v="Others not in labour force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="GB01"/>
+    <s v="UK (1)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="164"/>
+  </r>
+  <r>
+    <s v="CD306"/>
+    <s v="Population Aged 15 Years and Over Usually Resident and Present in the State"/>
+    <s v="602"/>
+    <s v="Others not in labour force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="EU15X02"/>
+    <s v="EU15 excluding Irish and UK"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="63"/>
+  </r>
+  <r>
+    <s v="CD306"/>
+    <s v="Population Aged 15 Years and Over Usually Resident and Present in the State"/>
+    <s v="602"/>
+    <s v="Others not in labour force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="PL"/>
+    <s v="Polish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="78"/>
+  </r>
+  <r>
+    <s v="CD306"/>
+    <s v="Population Aged 15 Years and Over Usually Resident and Present in the State"/>
+    <s v="602"/>
+    <s v="Others not in labour force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ACC12X01"/>
+    <s v="EU15 to EU27 states excluding Polish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="120"/>
+  </r>
+  <r>
+    <s v="CD306"/>
+    <s v="Population Aged 15 Years and Over Usually Resident and Present in the State"/>
+    <s v="602"/>
+    <s v="Others not in labour force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ON7"/>
+    <s v="Other nationalities (7)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1540"/>
+  </r>
+  <r>
+    <s v="CD306"/>
+    <s v="Population Aged 15 Years and Over Usually Resident and Present in the State"/>
+    <s v="602"/>
+    <s v="Others not in labour force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZZZ99"/>
+    <s v="Not stated, including no nationality"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="316"/>
+  </r>
+  <r>
+    <s v="CD306"/>
+    <s v="Population Aged 15 Years and Over Usually Resident and Present in the State"/>
+    <s v="602"/>
+    <s v="Others not in labour force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All nationalities"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="6220"/>
+  </r>
+  <r>
+    <s v="CD306"/>
+    <s v="Population Aged 15 Years and Over Usually Resident and Present in the State"/>
+    <s v="602"/>
+    <s v="Others not in labour force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4549"/>
+  </r>
+  <r>
+    <s v="CD306"/>
+    <s v="Population Aged 15 Years and Over Usually Resident and Present in the State"/>
+    <s v="602"/>
+    <s v="Others not in labour force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE05"/>
+    <s v="Non-Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1717"/>
+  </r>
+  <r>
+    <s v="CD306"/>
+    <s v="Population Aged 15 Years and Over Usually Resident and Present in the State"/>
+    <s v="602"/>
+    <s v="Others not in labour force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="GB01"/>
+    <s v="UK (1)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="184"/>
+  </r>
+  <r>
+    <s v="CD306"/>
+    <s v="Population Aged 15 Years and Over Usually Resident and Present in the State"/>
+    <s v="602"/>
+    <s v="Others not in labour force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="EU15X02"/>
+    <s v="EU15 excluding Irish and UK"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="100"/>
+  </r>
+  <r>
+    <s v="CD306"/>
+    <s v="Population Aged 15 Years and Over Usually Resident and Present in the State"/>
+    <s v="602"/>
+    <s v="Others not in labour force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="PL"/>
+    <s v="Polish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="70"/>
+  </r>
+  <r>
+    <s v="CD306"/>
+    <s v="Population Aged 15 Years and Over Usually Resident and Present in the State"/>
+    <s v="602"/>
+    <s v="Others not in labour force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ACC12X01"/>
+    <s v="EU15 to EU27 states excluding Polish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="99"/>
+  </r>
+  <r>
+    <s v="CD306"/>
+    <s v="Population Aged 15 Years and Over Usually Resident and Present in the State"/>
+    <s v="602"/>
+    <s v="Others not in labour force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ON7"/>
+    <s v="Other nationalities (7)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1264"/>
+  </r>
+  <r>
+    <s v="CD306"/>
+    <s v="Population Aged 15 Years and Over Usually Resident and Present in the State"/>
+    <s v="602"/>
+    <s v="Others not in labour force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZZZ99"/>
+    <s v="Not stated, including no nationality"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="217"/>
+  </r>
+  <r>
+    <s v="CD306"/>
+    <s v="Population Aged 15 Years and Over Usually Resident and Present in the State"/>
+    <s v="602"/>
+    <s v="Others not in labour force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All nationalities"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="6483"/>
+  </r>
+</pivotCacheRecords>
 </file>