--- v1 (2025-11-25)
+++ v2 (2026-02-07)
@@ -1,48 +1,48 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/pivotCache/pivotCacheDefinition1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheDefinition+xml"/>
   <Override PartName="/pivotCache/pivotCacheRecords1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheRecords+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/pivotTables/pivotTable.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3fa2a2bc956a4c7c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/b4b4f3d5dfda4384923a4f7fc162ca74.psmdcp" Id="R897e9834336d47bc" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4835f332db6142f0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/6bc78f674b0e495f8295a1a937c12961.psmdcp" Id="Re48708c49c2f458b" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="About" sheetId="1" r:id="rId2"/>
     <x:sheet name="Unpivoted" sheetId="2" r:id="rId9"/>
     <x:sheet name="Pivoted" sheetId="3" r:id="rId11"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
   <x:pivotCaches>
     <x:pivotCache cacheId="0" r:id="rId12"/>
   </x:pivotCaches>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Table</x:t>