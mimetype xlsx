--- v0 (2025-11-04)
+++ v1 (2025-12-27)
@@ -1,97 +1,97 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/pivotCache/pivotCacheDefinition1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheDefinition+xml"/>
   <Override PartName="/pivotCache/pivotCacheRecords1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheRecords+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/pivotTables/pivotTable.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rdba36048beec4064" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/3c5ddd7963b949b2af0a6d25b056a662.psmdcp" Id="R220bf7d5a04f4169" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0dcc1f6b283b4e03" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/a56981e54de54c82bdde3dea223e87bf.psmdcp" Id="Rc2609683084c42dc" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
-    <x:sheet name="About" sheetId="2" r:id="rId2"/>
-[...1 lines deleted...]
-    <x:sheet name="Pivoted" sheetId="11" r:id="rId11"/>
+    <x:sheet name="About" sheetId="1" r:id="rId2"/>
+    <x:sheet name="Unpivoted" sheetId="2" r:id="rId9"/>
+    <x:sheet name="Pivoted" sheetId="3" r:id="rId11"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
   <x:pivotCaches>
     <x:pivotCache cacheId="0" r:id="rId12"/>
   </x:pivotCaches>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Table</x:t>
   </x:si>
   <x:si>
     <x:t>Code</x:t>
   </x:si>
   <x:si>
     <x:t>CD219</x:t>
   </x:si>
   <x:si>
     <x:t>Name</x:t>
   </x:si>
   <x:si>
     <x:t>Males per 1000 Females</x:t>
   </x:si>
   <x:si>
     <x:t>Frequency</x:t>
   </x:si>
   <x:si>
     <x:t>Annual</x:t>
   </x:si>
   <x:si>
     <x:t>Last Updated</x:t>
   </x:si>
   <x:si>
-    <x:t>5/12/2020 11:00:00 AM</x:t>
+    <x:t>12/05/2020 11:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Note</x:t>
   </x:si>
   <x:si>
     <x:t>Url</x:t>
   </x:si>
   <x:si>
     <x:t>https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/CD219/XLSX/2007/en</x:t>
   </x:si>
   <x:si>
     <x:t>Product</x:t>
   </x:si>
   <x:si>
     <x:t>C2011P2</x:t>
   </x:si>
   <x:si>
     <x:t>Profile 2 - Ages</x:t>
   </x:si>
   <x:si>
     <x:t>Contacts</x:t>
   </x:si>
   <x:si>
     <x:t>Bernie Casey</x:t>
   </x:si>
@@ -982,995 +982,322 @@
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip r:embed="rId8" cstate="print"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="3971925" cy="1381125"/>
         </a:xfrm>
         <a:prstGeom prst="rect"/>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/pivotTables/_rels/pivotTable.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheDefinition" Target="/pivotCache/pivotCacheDefinition1.xml" Id="rId17" /></Relationships>
 </file>
 
 <file path=xl/pivotTables/pivotTable.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotTableDefinition xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" dataCaption="Values" showError="0" missingCaption="" showMissing="1" pageWrap="0" pageOverThenDown="0" rowGrandTotals="0" colGrandTotals="0" indent="1">
-[...943 lines deleted...]
-</x:pivotTableDefinition>
+<pivotTableDefinition xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" applyNumberFormats="0" applyBorderFormats="0" applyFontFormats="0" applyPatternFormats="0" applyAlignmentFormats="0" applyWidthHeightFormats="0" dataCaption="Values" rowGrandTotals="0" colGrandTotals="0" outline="1">
+  <location ref="A1" firstHeaderRow="0" firstDataRow="0" firstDataCol="0"/>
+  <pivotFields count="10">
+    <pivotField name="STATISTIC" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="Statistic Label" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="C02076V03371" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="102">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+        <item x="11"/>
+        <item x="12"/>
+        <item x="13"/>
+        <item x="14"/>
+        <item x="15"/>
+        <item x="16"/>
+        <item x="17"/>
+        <item x="18"/>
+        <item x="19"/>
+        <item x="20"/>
+        <item x="21"/>
+        <item x="22"/>
+        <item x="23"/>
+        <item x="24"/>
+        <item x="25"/>
+        <item x="26"/>
+        <item x="27"/>
+        <item x="28"/>
+        <item x="29"/>
+        <item x="30"/>
+        <item x="31"/>
+        <item x="32"/>
+        <item x="33"/>
+        <item x="34"/>
+        <item x="35"/>
+        <item x="36"/>
+        <item x="37"/>
+        <item x="38"/>
+        <item x="39"/>
+        <item x="40"/>
+        <item x="41"/>
+        <item x="42"/>
+        <item x="43"/>
+        <item x="44"/>
+        <item x="45"/>
+        <item x="46"/>
+        <item x="47"/>
+        <item x="48"/>
+        <item x="49"/>
+        <item x="50"/>
+        <item x="51"/>
+        <item x="52"/>
+        <item x="53"/>
+        <item x="54"/>
+        <item x="55"/>
+        <item x="56"/>
+        <item x="57"/>
+        <item x="58"/>
+        <item x="59"/>
+        <item x="60"/>
+        <item x="61"/>
+        <item x="62"/>
+        <item x="63"/>
+        <item x="64"/>
+        <item x="65"/>
+        <item x="66"/>
+        <item x="67"/>
+        <item x="68"/>
+        <item x="69"/>
+        <item x="70"/>
+        <item x="71"/>
+        <item x="72"/>
+        <item x="73"/>
+        <item x="74"/>
+        <item x="75"/>
+        <item x="76"/>
+        <item x="77"/>
+        <item x="78"/>
+        <item x="79"/>
+        <item x="80"/>
+        <item x="81"/>
+        <item x="82"/>
+        <item x="83"/>
+        <item x="84"/>
+        <item x="85"/>
+        <item x="86"/>
+        <item x="87"/>
+        <item x="88"/>
+        <item x="89"/>
+        <item x="90"/>
+        <item x="91"/>
+        <item x="92"/>
+        <item x="93"/>
+        <item x="94"/>
+        <item x="95"/>
+        <item x="96"/>
+        <item x="97"/>
+        <item x="98"/>
+        <item x="99"/>
+        <item x="100"/>
+        <item x="101"/>
+      </items>
+    </pivotField>
+    <pivotField name="Single Year of Age" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="102">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+        <item x="11"/>
+        <item x="12"/>
+        <item x="13"/>
+        <item x="14"/>
+        <item x="15"/>
+        <item x="16"/>
+        <item x="17"/>
+        <item x="18"/>
+        <item x="19"/>
+        <item x="20"/>
+        <item x="21"/>
+        <item x="22"/>
+        <item x="23"/>
+        <item x="24"/>
+        <item x="25"/>
+        <item x="26"/>
+        <item x="27"/>
+        <item x="28"/>
+        <item x="29"/>
+        <item x="30"/>
+        <item x="31"/>
+        <item x="32"/>
+        <item x="33"/>
+        <item x="34"/>
+        <item x="35"/>
+        <item x="36"/>
+        <item x="37"/>
+        <item x="38"/>
+        <item x="39"/>
+        <item x="40"/>
+        <item x="41"/>
+        <item x="42"/>
+        <item x="43"/>
+        <item x="44"/>
+        <item x="45"/>
+        <item x="46"/>
+        <item x="47"/>
+        <item x="48"/>
+        <item x="49"/>
+        <item x="50"/>
+        <item x="51"/>
+        <item x="52"/>
+        <item x="53"/>
+        <item x="54"/>
+        <item x="55"/>
+        <item x="56"/>
+        <item x="57"/>
+        <item x="58"/>
+        <item x="59"/>
+        <item x="60"/>
+        <item x="61"/>
+        <item x="62"/>
+        <item x="63"/>
+        <item x="64"/>
+        <item x="65"/>
+        <item x="66"/>
+        <item x="67"/>
+        <item x="68"/>
+        <item x="69"/>
+        <item x="70"/>
+        <item x="71"/>
+        <item x="72"/>
+        <item x="73"/>
+        <item x="74"/>
+        <item x="75"/>
+        <item x="76"/>
+        <item x="77"/>
+        <item x="78"/>
+        <item x="79"/>
+        <item x="80"/>
+        <item x="81"/>
+        <item x="82"/>
+        <item x="83"/>
+        <item x="84"/>
+        <item x="85"/>
+        <item x="86"/>
+        <item x="87"/>
+        <item x="88"/>
+        <item x="89"/>
+        <item x="90"/>
+        <item x="91"/>
+        <item x="92"/>
+        <item x="93"/>
+        <item x="94"/>
+        <item x="95"/>
+        <item x="96"/>
+        <item x="97"/>
+        <item x="98"/>
+        <item x="99"/>
+        <item x="100"/>
+        <item x="101"/>
+      </items>
+    </pivotField>
+    <pivotField name="C02701V03269" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="3">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+      </items>
+    </pivotField>
+    <pivotField name="Aggregate Town or Rural Area" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="3">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+      </items>
+    </pivotField>
+    <pivotField name="TLIST(A1)" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="CensusYear" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField showAll="0"/>
+    <pivotField dataField="1" showAll="0"/>
+  </pivotFields>
+  <rowFields count="8">
+    <field x="0"/>
+    <field x="1"/>
+    <field x="2"/>
+    <field x="3"/>
+    <field x="4"/>
+    <field x="5"/>
+    <field x="6"/>
+    <field x="7"/>
+  </rowFields>
+  <dataFields count="1">
+    <dataField name="VALUE" fld="9"/>
+  </dataFields>
+  <pivotTableStyleInfo name="PivotStyleLight16" showRowHeaders="1" showColHeaders="1"/>
+  <extLst>
+    <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{962EF5D1-5CA2-4c93-8EF4-DBF5C05439D2}">
+      <x14:pivotTableDefinition enableEdit="0" hideValuesRow="1"/>
+    </ext>
+  </extLst>
+</pivotTableDefinition>
 </file>
 
 <file path=xl/tables/table1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:table xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="1" name="Unpivoted" displayName="Unpivoted" ref="A1:J307" totalsRowShown="0">
   <x:autoFilter ref="A1:J307"/>
   <x:tableColumns count="10">
     <x:tableColumn id="1" name="STATISTIC"/>
     <x:tableColumn id="2" name="Statistic Label"/>
     <x:tableColumn id="3" name="C02076V03371"/>
     <x:tableColumn id="4" name="Single Year of Age"/>
     <x:tableColumn id="5" name="C02701V03269"/>
     <x:tableColumn id="6" name="Aggregate Town or Rural Area"/>
     <x:tableColumn id="7" name="TLIST(A1)"/>
     <x:tableColumn id="8" name="CensusYear"/>
     <x:tableColumn id="9" name="UNIT"/>
     <x:tableColumn id="10" name="VALUE"/>
   </x:tableColumns>
   <x:tableStyleInfo name="TableStyleMedium2" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </x:table>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
@@ -2241,51 +1568,51 @@
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="/xl/drawings/drawing1.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/CD219/XLSX/2007/en" TargetMode="External" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cso.ie/" TargetMode="External" Id="rId14" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="/xl/tables/table1.xml" Id="rId15" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet3.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotTable" Target="/xl/pivotTables/pivotTable.xml" Id="rId16" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:B39"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="20.710625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="100.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="8" spans="1:2">
       <x:c r="A8" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B8" s="2"/>
     </x:row>
     <x:row r="9" spans="1:2">
       <x:c r="A9" s="3" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="B9" s="0" t="s">
         <x:v>2</x:v>
@@ -2472,51 +1799,51 @@
       </x:c>
     </x:row>
     <x:row r="39" spans="1:2">
       <x:c r="A39" s="3" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B39" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:hyperlinks>
     <x:hyperlink ref="B14" r:id="rId13"/>
     <x:hyperlink ref="B28" r:id="rId14"/>
   </x:hyperlinks>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:drawing xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId7"/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:J307"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="11.996339" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="22.424911" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="16.139196" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="18.710625" style="0" customWidth="1"/>
     <x:col min="5" max="5" width="16.139196" style="0" customWidth="1"/>
     <x:col min="6" max="6" width="29.853482" style="0" customWidth="1"/>
     <x:col min="7" max="7" width="11.282054" style="0" customWidth="1"/>
     <x:col min="8" max="8" width="13.424911" style="0" customWidth="1"/>
     <x:col min="9" max="9" width="8.282054" style="0" customWidth="1"/>
     <x:col min="10" max="10" width="8.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:10">
       <x:c r="A1" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
@@ -12330,51 +11657,51 @@
       <x:c r="G307" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H307" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="I307" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="J307" s="0">
         <x:v>172</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="1">
     <x:tablePart r:id="rId15"/>
   </x:tableParts>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:sheetData/>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Application>Microsoft Excel</ap:Application>
   <ap:TitlesOfParts>
     <vt:vector baseType="lpstr" size="9">
       <vt:lpstr>About</vt:lpstr>
       <vt:lpstr>Unpivoted</vt:lpstr>
       <vt:lpstr>Pivoted</vt:lpstr>
@@ -12391,51 +11718,51 @@
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>3</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Named Ranges</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>6</vt:i4>
       </vt:variant>
     </vt:vector>
   </ap:HeadingPairs>
   <ap:DocSecurity>0</ap:DocSecurity>
   <ap:ScaleCrop>false</ap:ScaleCrop>
 </ap:Properties>
 </file>
 
 <file path=pivotCache/_rels/pivotCacheDefinition1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheRecords" Target="/pivotCache/pivotCacheRecords1.xml" Id="rId1" /></Relationships>
 </file>
 
 <file path=pivotCache/pivotCacheDefinition1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:pivotCacheDefinition xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" r:id="rId1" saveData="1" refreshOnLoad="1" createdVersion="5" refreshedVersion="5" minRefreshableVersion="3">
   <x:cacheSource type="worksheet">
-    <x:worksheetSource ref="A1:J307" sheet="Unpivoted"/>
+    <x:worksheetSource name="Unpivoted"/>
   </x:cacheSource>
   <x:cacheFields>
     <x:cacheField name="STATISTIC">
       <x:sharedItems count="1">
         <x:s v="CD219"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="Statistic Label">
       <x:sharedItems count="1">
         <x:s v="Males per 1000 Females"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="C02076V03371">
       <x:sharedItems count="102">
         <x:s v="-"/>
         <x:s v="200"/>
         <x:s v="001"/>
         <x:s v="002"/>
         <x:s v="003"/>
         <x:s v="004"/>
         <x:s v="005"/>
         <x:s v="006"/>
         <x:s v="007"/>
         <x:s v="008"/>
         <x:s v="009"/>
@@ -12866,27 +12193,3700 @@
         <x:n v="339"/>
         <x:n v="304"/>
         <x:n v="287"/>
         <x:n v="326"/>
         <x:n v="282"/>
         <x:n v="258"/>
         <x:n v="229"/>
         <x:n v="196"/>
         <x:n v="283"/>
         <x:n v="202"/>
         <x:n v="141"/>
         <x:n v="303"/>
         <x:n v="224"/>
         <x:n v="220"/>
         <x:n v="230"/>
         <x:n v="175"/>
         <x:n v="178"/>
         <x:n v="172"/>
       </x:sharedItems>
     </x:cacheField>
   </x:cacheFields>
 </x:pivotCacheDefinition>
 </file>
 
 <file path=pivotCache/pivotCacheRecords1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main"/>
+<pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="xr">
+  <r>
+    <s v="CD219"/>
+    <s v="Males per 1000 Females"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="981"/>
+  </r>
+  <r>
+    <s v="CD219"/>
+    <s v="Males per 1000 Females"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="953"/>
+  </r>
+  <r>
+    <s v="CD219"/>
+    <s v="Males per 1000 Females"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1030"/>
+  </r>
+  <r>
+    <s v="CD219"/>
+    <s v="Males per 1000 Females"/>
+    <s v="200"/>
+    <s v="Under 1 year"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1036"/>
+  </r>
+  <r>
+    <s v="CD219"/>
+    <s v="Males per 1000 Females"/>
+    <s v="200"/>
+    <s v="Under 1 year"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1032"/>
+  </r>
+  <r>
+    <s v="CD219"/>
+    <s v="Males per 1000 Females"/>
+    <s v="200"/>
+    <s v="Under 1 year"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1045"/>
+  </r>
+  <r>
+    <s v="CD219"/>
+    <s v="Males per 1000 Females"/>
+    <s v="001"/>
+    <s v="1 year"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1051"/>
+  </r>
+  <r>
+    <s v="CD219"/>
+    <s v="Males per 1000 Females"/>
+    <s v="001"/>
+    <s v="1 year"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1058"/>
+  </r>
+  <r>
+    <s v="CD219"/>
+    <s v="Males per 1000 Females"/>
+    <s v="001"/>
+    <s v="1 year"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1039"/>
+  </r>
+  <r>
+    <s v="CD219"/>
+    <s v="Males per 1000 Females"/>
+    <s v="002"/>
+    <s v="2 years"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1049"/>
+  </r>
+  <r>
+    <s v="CD219"/>
+    <s v="Males per 1000 Females"/>
+    <s v="002"/>
+    <s v="2 years"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1042"/>
+  </r>
+  <r>
+    <s v="CD219"/>
+    <s v="Males per 1000 Females"/>
+    <s v="002"/>
+    <s v="2 years"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1060"/>
+  </r>
+  <r>
+    <s v="CD219"/>
+    <s v="Males per 1000 Females"/>
+    <s v="003"/>
+    <s v="3 years"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1037"/>
+  </r>
+  <r>
+    <s v="CD219"/>
+    <s v="Males per 1000 Females"/>
+    <s v="003"/>
+    <s v="3 years"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1028"/>
+  </r>
+  <r>
+    <s v="CD219"/>
+    <s v="Males per 1000 Females"/>
+    <s v="003"/>
+    <s v="3 years"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1051"/>
+  </r>
+  <r>
+    <s v="CD219"/>
+    <s v="Males per 1000 Females"/>
+    <s v="004"/>
+    <s v="4 years"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1051"/>
+  </r>
+  <r>
+    <s v="CD219"/>
+    <s v="Males per 1000 Females"/>
+    <s v="004"/>
+    <s v="4 years"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1048"/>
+  </r>
+  <r>
+    <s v="CD219"/>
+    <s v="Males per 1000 Females"/>
+    <s v="004"/>
+    <s v="4 years"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1055"/>
+  </r>
+  <r>
+    <s v="CD219"/>
+    <s v="Males per 1000 Females"/>
+    <s v="005"/>
+    <s v="5 years"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1046"/>
+  </r>
+  <r>
+    <s v="CD219"/>
+    <s v="Males per 1000 Females"/>
+    <s v="005"/>
+    <s v="5 years"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1037"/>
+  </r>
+  <r>
+    <s v="CD219"/>
+    <s v="Males per 1000 Females"/>
+    <s v="005"/>
+    <s v="5 years"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1059"/>
+  </r>
+  <r>
+    <s v="CD219"/>
+    <s v="Males per 1000 Females"/>
+    <s v="006"/>
+    <s v="6 years"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1067"/>
+  </r>
+  <r>
+    <s v="CD219"/>
+    <s v="Males per 1000 Females"/>
+    <s v="006"/>
+    <s v="6 years"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1055"/>
+  </r>
+  <r>
+    <s v="CD219"/>
+    <s v="Males per 1000 Females"/>
+    <s v="006"/>
+    <s v="6 years"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1084"/>
+  </r>
+  <r>
+    <s v="CD219"/>
+    <s v="Males per 1000 Females"/>
+    <s v="007"/>
+    <s v="7 years"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1038"/>
+  </r>
+  <r>
+    <s v="CD219"/>
+    <s v="Males per 1000 Females"/>
+    <s v="007"/>
+    <s v="7 years"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1043"/>
+  </r>
+  <r>
+    <s v="CD219"/>
+    <s v="Males per 1000 Females"/>
+    <s v="007"/>
+    <s v="7 years"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1032"/>
+  </r>
+  <r>
+    <s v="CD219"/>
+    <s v="Males per 1000 Females"/>
+    <s v="008"/>
+    <s v="8 years"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1043"/>
+  </r>
+  <r>
+    <s v="CD219"/>
+    <s v="Males per 1000 Females"/>
+    <s v="008"/>
+    <s v="8 years"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1027"/>
+  </r>
+  <r>
+    <s v="CD219"/>
+    <s v="Males per 1000 Females"/>
+    <s v="008"/>
+    <s v="8 years"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1067"/>
+  </r>
+  <r>
+    <s v="CD219"/>
+    <s v="Males per 1000 Females"/>
+    <s v="009"/>
+    <s v="9 years"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1039"/>
+  </r>
+  <r>
+    <s v="CD219"/>
+    <s v="Males per 1000 Females"/>
+    <s v="009"/>
+    <s v="9 years"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1027"/>
+  </r>
+  <r>
+    <s v="CD219"/>
+    <s v="Males per 1000 Females"/>
+    <s v="009"/>
+    <s v="9 years"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1056"/>
+  </r>
+  <r>
+    <s v="CD219"/>
+    <s v="Males per 1000 Females"/>
+    <s v="010"/>
+    <s v="10 years"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1053"/>
+  </r>
+  <r>
+    <s v="CD219"/>
+    <s v="Males per 1000 Females"/>
+    <s v="010"/>
+    <s v="10 years"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1044"/>
+  </r>
+  <r>
+    <s v="CD219"/>
+    <s v="Males per 1000 Females"/>
+    <s v="010"/>
+    <s v="10 years"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1067"/>
+  </r>
+  <r>
+    <s v="CD219"/>
+    <s v="Males per 1000 Females"/>
+    <s v="011"/>
+    <s v="11 years"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1047"/>
+  </r>
+  <r>
+    <s v="CD219"/>
+    <s v="Males per 1000 Females"/>
+    <s v="011"/>
+    <s v="11 years"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1059"/>
+  </r>
+  <r>
+    <s v="CD219"/>
+    <s v="Males per 1000 Females"/>
+    <s v="011"/>
+    <s v="11 years"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1031"/>
+  </r>
+  <r>
+    <s v="CD219"/>
+    <s v="Males per 1000 Females"/>
+    <s v="012"/>
+    <s v="12 years"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1055"/>
+  </r>
+  <r>
+    <s v="CD219"/>
+    <s v="Males per 1000 Females"/>
+    <s v="012"/>
+    <s v="12 years"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1055"/>
+  </r>
+  <r>
+    <s v="CD219"/>
+    <s v="Males per 1000 Females"/>
+    <s v="012"/>
+    <s v="12 years"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1054"/>
+  </r>
+  <r>
+    <s v="CD219"/>
+    <s v="Males per 1000 Females"/>
+    <s v="013"/>
+    <s v="13 years"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1049"/>
+  </r>
+  <r>
+    <s v="CD219"/>
+    <s v="Males per 1000 Females"/>
+    <s v="013"/>
+    <s v="13 years"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1026"/>
+  </r>
+  <r>
+    <s v="CD219"/>
+    <s v="Males per 1000 Females"/>
+    <s v="013"/>
+    <s v="13 years"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1081"/>
+  </r>
+  <r>
+    <s v="CD219"/>
+    <s v="Males per 1000 Females"/>
+    <s v="014"/>
+    <s v="14 years"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1056"/>
+  </r>
+  <r>
+    <s v="CD219"/>
+    <s v="Males per 1000 Females"/>
+    <s v="014"/>
+    <s v="14 years"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1050"/>
+  </r>
+  <r>
+    <s v="CD219"/>
+    <s v="Males per 1000 Females"/>
+    <s v="014"/>
+    <s v="14 years"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1064"/>
+  </r>
+  <r>
+    <s v="CD219"/>
+    <s v="Males per 1000 Females"/>
+    <s v="015"/>
+    <s v="15 years"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1058"/>
+  </r>
+  <r>
+    <s v="CD219"/>
+    <s v="Males per 1000 Females"/>
+    <s v="015"/>
+    <s v="15 years"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1057"/>
+  </r>
+  <r>
+    <s v="CD219"/>
+    <s v="Males per 1000 Females"/>
+    <s v="015"/>
+    <s v="15 years"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1059"/>
+  </r>
+  <r>
+    <s v="CD219"/>
+    <s v="Males per 1000 Females"/>
+    <s v="016"/>
+    <s v="16 years"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1042"/>
+  </r>
+  <r>
+    <s v="CD219"/>
+    <s v="Males per 1000 Females"/>
+    <s v="016"/>
+    <s v="16 years"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1043"/>
+  </r>
+  <r>
+    <s v="CD219"/>
+    <s v="Males per 1000 Females"/>
+    <s v="016"/>
+    <s v="16 years"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1041"/>
+  </r>
+  <r>
+    <s v="CD219"/>
+    <s v="Males per 1000 Females"/>
+    <s v="017"/>
+    <s v="17 years"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1049"/>
+  </r>
+  <r>
+    <s v="CD219"/>
+    <s v="Males per 1000 Females"/>
+    <s v="017"/>
+    <s v="17 years"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1037"/>
+  </r>
+  <r>
+    <s v="CD219"/>
+    <s v="Males per 1000 Females"/>
+    <s v="017"/>
+    <s v="17 years"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1065"/>
+  </r>
+  <r>
+    <s v="CD219"/>
+    <s v="Males per 1000 Females"/>
+    <s v="018"/>
+    <s v="18 years"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1050"/>
+  </r>
+  <r>
+    <s v="CD219"/>
+    <s v="Males per 1000 Females"/>
+    <s v="018"/>
+    <s v="18 years"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1014"/>
+  </r>
+  <r>
+    <s v="CD219"/>
+    <s v="Males per 1000 Females"/>
+    <s v="018"/>
+    <s v="18 years"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1109"/>
+  </r>
+  <r>
+    <s v="CD219"/>
+    <s v="Males per 1000 Females"/>
+    <s v="019"/>
+    <s v="19 years"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1001"/>
+  </r>
+  <r>
+    <s v="CD219"/>
+    <s v="Males per 1000 Females"/>
+    <s v="019"/>
+    <s v="19 years"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="966"/>
+  </r>
+  <r>
+    <s v="CD219"/>
+    <s v="Males per 1000 Females"/>
+    <s v="019"/>
+    <s v="19 years"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1080"/>
+  </r>
+  <r>
+    <s v="CD219"/>
+    <s v="Males per 1000 Females"/>
+    <s v="020"/>
+    <s v="20 years"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1014"/>
+  </r>
+  <r>
+    <s v="CD219"/>
+    <s v="Males per 1000 Females"/>
+    <s v="020"/>
+    <s v="20 years"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="966"/>
+  </r>
+  <r>
+    <s v="CD219"/>
+    <s v="Males per 1000 Females"/>
+    <s v="020"/>
+    <s v="20 years"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1127"/>
+  </r>
+  <r>
+    <s v="CD219"/>
+    <s v="Males per 1000 Females"/>
+    <s v="021"/>
+    <s v="21 years"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="987"/>
+  </r>
+  <r>
+    <s v="CD219"/>
+    <s v="Males per 1000 Females"/>
+    <s v="021"/>
+    <s v="21 years"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="947"/>
+  </r>
+  <r>
+    <s v="CD219"/>
+    <s v="Males per 1000 Females"/>
+    <s v="021"/>
+    <s v="21 years"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1085"/>
+  </r>
+  <r>
+    <s v="CD219"/>
+    <s v="Males per 1000 Females"/>
+    <s v="022"/>
+    <s v="22 years"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="978"/>
+  </r>
+  <r>
+    <s v="CD219"/>
+    <s v="Males per 1000 Females"/>
+    <s v="022"/>
+    <s v="22 years"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="938"/>
+  </r>
+  <r>
+    <s v="CD219"/>
+    <s v="Males per 1000 Females"/>
+    <s v="022"/>
+    <s v="22 years"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1078"/>
+  </r>
+  <r>
+    <s v="CD219"/>
+    <s v="Males per 1000 Females"/>
+    <s v="023"/>
+    <s v="23 years"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="951"/>
+  </r>
+  <r>
+    <s v="CD219"/>
+    <s v="Males per 1000 Females"/>
+    <s v="023"/>
+    <s v="23 years"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="901"/>
+  </r>
+  <r>
+    <s v="CD219"/>
+    <s v="Males per 1000 Females"/>
+    <s v="023"/>
+    <s v="23 years"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1081"/>
+  </r>
+  <r>
+    <s v="CD219"/>
+    <s v="Males per 1000 Females"/>
+    <s v="024"/>
+    <s v="24 years"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="942"/>
+  </r>
+  <r>
+    <s v="CD219"/>
+    <s v="Males per 1000 Females"/>
+    <s v="024"/>
+    <s v="24 years"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="898"/>
+  </r>
+  <r>
+    <s v="CD219"/>
+    <s v="Males per 1000 Females"/>
+    <s v="024"/>
+    <s v="24 years"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1065"/>
+  </r>
+  <r>
+    <s v="CD219"/>
+    <s v="Males per 1000 Females"/>
+    <s v="025"/>
+    <s v="25 years"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="928"/>
+  </r>
+  <r>
+    <s v="CD219"/>
+    <s v="Males per 1000 Females"/>
+    <s v="025"/>
+    <s v="25 years"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="891"/>
+  </r>
+  <r>
+    <s v="CD219"/>
+    <s v="Males per 1000 Females"/>
+    <s v="025"/>
+    <s v="25 years"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1038"/>
+  </r>
+  <r>
+    <s v="CD219"/>
+    <s v="Males per 1000 Females"/>
+    <s v="026"/>
+    <s v="26 years"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="932"/>
+  </r>
+  <r>
+    <s v="CD219"/>
+    <s v="Males per 1000 Females"/>
+    <s v="026"/>
+    <s v="26 years"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="905"/>
+  </r>
+  <r>
+    <s v="CD219"/>
+    <s v="Males per 1000 Females"/>
+    <s v="026"/>
+    <s v="26 years"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1011"/>
+  </r>
+  <r>
+    <s v="CD219"/>
+    <s v="Males per 1000 Females"/>
+    <s v="027"/>
+    <s v="27 years"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="916"/>
+  </r>
+  <r>
+    <s v="CD219"/>
+    <s v="Males per 1000 Females"/>
+    <s v="027"/>
+    <s v="27 years"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="895"/>
+  </r>
+  <r>
+    <s v="CD219"/>
+    <s v="Males per 1000 Females"/>
+    <s v="027"/>
+    <s v="27 years"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="978"/>
+  </r>
+  <r>
+    <s v="CD219"/>
+    <s v="Males per 1000 Females"/>
+    <s v="028"/>
+    <s v="28 years"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="920"/>
+  </r>
+  <r>
+    <s v="CD219"/>
+    <s v="Males per 1000 Females"/>
+    <s v="028"/>
+    <s v="28 years"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="895"/>
+  </r>
+  <r>
+    <s v="CD219"/>
+    <s v="Males per 1000 Females"/>
+    <s v="028"/>
+    <s v="28 years"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="996"/>
+  </r>
+  <r>
+    <s v="CD219"/>
+    <s v="Males per 1000 Females"/>
+    <s v="029"/>
+    <s v="29 years"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="939"/>
+  </r>
+  <r>
+    <s v="CD219"/>
+    <s v="Males per 1000 Females"/>
+    <s v="029"/>
+    <s v="29 years"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="922"/>
+  </r>
+  <r>
+    <s v="CD219"/>
+    <s v="Males per 1000 Females"/>
+    <s v="029"/>
+    <s v="29 years"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="987"/>
+  </r>
+  <r>
+    <s v="CD219"/>
+    <s v="Males per 1000 Females"/>
+    <s v="030"/>
+    <s v="30 years"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="965"/>
+  </r>
+  <r>
+    <s v="CD219"/>
+    <s v="Males per 1000 Females"/>
+    <s v="030"/>
+    <s v="30 years"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="957"/>
+  </r>
+  <r>
+    <s v="CD219"/>
+    <s v="Males per 1000 Females"/>
+    <s v="030"/>
+    <s v="30 years"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="987"/>
+  </r>
+  <r>
+    <s v="CD219"/>
+    <s v="Males per 1000 Females"/>
+    <s v="031"/>
+    <s v="31 years"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="984"/>
+  </r>
+  <r>
+    <s v="CD219"/>
+    <s v="Males per 1000 Females"/>
+    <s v="031"/>
+    <s v="31 years"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="984"/>
+  </r>
+  <r>
+    <s v="CD219"/>
+    <s v="Males per 1000 Females"/>
+    <s v="031"/>
+    <s v="31 years"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="984"/>
+  </r>
+  <r>
+    <s v="CD219"/>
+    <s v="Males per 1000 Females"/>
+    <s v="032"/>
+    <s v="32 years"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="962"/>
+  </r>
+  <r>
+    <s v="CD219"/>
+    <s v="Males per 1000 Females"/>
+    <s v="032"/>
+    <s v="32 years"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="963"/>
+  </r>
+  <r>
+    <s v="CD219"/>
+    <s v="Males per 1000 Females"/>
+    <s v="032"/>
+    <s v="32 years"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="960"/>
+  </r>
+  <r>
+    <s v="CD219"/>
+    <s v="Males per 1000 Females"/>
+    <s v="033"/>
+    <s v="33 years"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="979"/>
+  </r>
+  <r>
+    <s v="CD219"/>
+    <s v="Males per 1000 Females"/>
+    <s v="033"/>
+    <s v="33 years"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="980"/>
+  </r>
+  <r>
+    <s v="CD219"/>
+    <s v="Males per 1000 Females"/>
+    <s v="033"/>
+    <s v="33 years"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="975"/>
+  </r>
+  <r>
+    <s v="CD219"/>
+    <s v="Males per 1000 Females"/>
+    <s v="034"/>
+    <s v="34 years"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1001"/>
+  </r>
+  <r>
+    <s v="CD219"/>
+    <s v="Males per 1000 Females"/>
+    <s v="034"/>
+    <s v="34 years"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="993"/>
+  </r>
+  <r>
+    <s v="CD219"/>
+    <s v="Males per 1000 Females"/>
+    <s v="034"/>
+    <s v="34 years"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1021"/>
+  </r>
+  <r>
+    <s v="CD219"/>
+    <s v="Males per 1000 Females"/>
+    <s v="035"/>
+    <s v="35 years"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1000"/>
+  </r>
+  <r>
+    <s v="CD219"/>
+    <s v="Males per 1000 Females"/>
+    <s v="035"/>
+    <s v="35 years"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="999"/>
+  </r>
+  <r>
+    <s v="CD219"/>
+    <s v="Males per 1000 Females"/>
+    <s v="035"/>
+    <s v="35 years"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1003"/>
+  </r>
+  <r>
+    <s v="CD219"/>
+    <s v="Males per 1000 Females"/>
+    <s v="036"/>
+    <s v="36 years"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1002"/>
+  </r>
+  <r>
+    <s v="CD219"/>
+    <s v="Males per 1000 Females"/>
+    <s v="036"/>
+    <s v="36 years"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1007"/>
+  </r>
+  <r>
+    <s v="CD219"/>
+    <s v="Males per 1000 Females"/>
+    <s v="036"/>
+    <s v="36 years"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="993"/>
+  </r>
+  <r>
+    <s v="CD219"/>
+    <s v="Males per 1000 Females"/>
+    <s v="037"/>
+    <s v="37 years"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="999"/>
+  </r>
+  <r>
+    <s v="CD219"/>
+    <s v="Males per 1000 Females"/>
+    <s v="037"/>
+    <s v="37 years"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="999"/>
+  </r>
+  <r>
+    <s v="CD219"/>
+    <s v="Males per 1000 Females"/>
+    <s v="037"/>
+    <s v="37 years"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="999"/>
+  </r>
+  <r>
+    <s v="CD219"/>
+    <s v="Males per 1000 Females"/>
+    <s v="038"/>
+    <s v="38 years"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1001"/>
+  </r>
+  <r>
+    <s v="CD219"/>
+    <s v="Males per 1000 Females"/>
+    <s v="038"/>
+    <s v="38 years"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1004"/>
+  </r>
+  <r>
+    <s v="CD219"/>
+    <s v="Males per 1000 Females"/>
+    <s v="038"/>
+    <s v="38 years"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="996"/>
+  </r>
+  <r>
+    <s v="CD219"/>
+    <s v="Males per 1000 Females"/>
+    <s v="039"/>
+    <s v="39 years"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1004"/>
+  </r>
+  <r>
+    <s v="CD219"/>
+    <s v="Males per 1000 Females"/>
+    <s v="039"/>
+    <s v="39 years"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1009"/>
+  </r>
+  <r>
+    <s v="CD219"/>
+    <s v="Males per 1000 Females"/>
+    <s v="039"/>
+    <s v="39 years"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="995"/>
+  </r>
+  <r>
+    <s v="CD219"/>
+    <s v="Males per 1000 Females"/>
+    <s v="040"/>
+    <s v="40 years"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1012"/>
+  </r>
+  <r>
+    <s v="CD219"/>
+    <s v="Males per 1000 Females"/>
+    <s v="040"/>
+    <s v="40 years"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1006"/>
+  </r>
+  <r>
+    <s v="CD219"/>
+    <s v="Males per 1000 Females"/>
+    <s v="040"/>
+    <s v="40 years"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1020"/>
+  </r>
+  <r>
+    <s v="CD219"/>
+    <s v="Males per 1000 Females"/>
+    <s v="041"/>
+    <s v="41 years"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1011"/>
+  </r>
+  <r>
+    <s v="CD219"/>
+    <s v="Males per 1000 Females"/>
+    <s v="041"/>
+    <s v="41 years"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1003"/>
+  </r>
+  <r>
+    <s v="CD219"/>
+    <s v="Males per 1000 Females"/>
+    <s v="041"/>
+    <s v="41 years"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1024"/>
+  </r>
+  <r>
+    <s v="CD219"/>
+    <s v="Males per 1000 Females"/>
+    <s v="042"/>
+    <s v="42 years"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1025"/>
+  </r>
+  <r>
+    <s v="CD219"/>
+    <s v="Males per 1000 Females"/>
+    <s v="042"/>
+    <s v="42 years"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1008"/>
+  </r>
+  <r>
+    <s v="CD219"/>
+    <s v="Males per 1000 Females"/>
+    <s v="042"/>
+    <s v="42 years"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1052"/>
+  </r>
+  <r>
+    <s v="CD219"/>
+    <s v="Males per 1000 Females"/>
+    <s v="043"/>
+    <s v="43 years"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1006"/>
+  </r>
+  <r>
+    <s v="CD219"/>
+    <s v="Males per 1000 Females"/>
+    <s v="043"/>
+    <s v="43 years"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="996"/>
+  </r>
+  <r>
+    <s v="CD219"/>
+    <s v="Males per 1000 Females"/>
+    <s v="043"/>
+    <s v="43 years"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1019"/>
+  </r>
+  <r>
+    <s v="CD219"/>
+    <s v="Males per 1000 Females"/>
+    <s v="044"/>
+    <s v="44 years"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1003"/>
+  </r>
+  <r>
+    <s v="CD219"/>
+    <s v="Males per 1000 Females"/>
+    <s v="044"/>
+    <s v="44 years"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="980"/>
+  </r>
+  <r>
+    <s v="CD219"/>
+    <s v="Males per 1000 Females"/>
+    <s v="044"/>
+    <s v="44 years"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1035"/>
+  </r>
+  <r>
+    <s v="CD219"/>
+    <s v="Males per 1000 Females"/>
+    <s v="045"/>
+    <s v="45 years"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="996"/>
+  </r>
+  <r>
+    <s v="CD219"/>
+    <s v="Males per 1000 Females"/>
+    <s v="045"/>
+    <s v="45 years"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="981"/>
+  </r>
+  <r>
+    <s v="CD219"/>
+    <s v="Males per 1000 Females"/>
+    <s v="045"/>
+    <s v="45 years"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1017"/>
+  </r>
+  <r>
+    <s v="CD219"/>
+    <s v="Males per 1000 Females"/>
+    <s v="046"/>
+    <s v="46 years"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="980"/>
+  </r>
+  <r>
+    <s v="CD219"/>
+    <s v="Males per 1000 Females"/>
+    <s v="046"/>
+    <s v="46 years"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="943"/>
+  </r>
+  <r>
+    <s v="CD219"/>
+    <s v="Males per 1000 Females"/>
+    <s v="046"/>
+    <s v="46 years"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1034"/>
+  </r>
+  <r>
+    <s v="CD219"/>
+    <s v="Males per 1000 Females"/>
+    <s v="047"/>
+    <s v="47 years"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="981"/>
+  </r>
+  <r>
+    <s v="CD219"/>
+    <s v="Males per 1000 Females"/>
+    <s v="047"/>
+    <s v="47 years"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="932"/>
+  </r>
+  <r>
+    <s v="CD219"/>
+    <s v="Males per 1000 Females"/>
+    <s v="047"/>
+    <s v="47 years"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1053"/>
+  </r>
+  <r>
+    <s v="CD219"/>
+    <s v="Males per 1000 Females"/>
+    <s v="048"/>
+    <s v="48 years"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="987"/>
+  </r>
+  <r>
+    <s v="CD219"/>
+    <s v="Males per 1000 Females"/>
+    <s v="048"/>
+    <s v="48 years"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="951"/>
+  </r>
+  <r>
+    <s v="CD219"/>
+    <s v="Males per 1000 Females"/>
+    <s v="048"/>
+    <s v="48 years"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1042"/>
+  </r>
+  <r>
+    <s v="CD219"/>
+    <s v="Males per 1000 Females"/>
+    <s v="049"/>
+    <s v="49 years"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="986"/>
+  </r>
+  <r>
+    <s v="CD219"/>
+    <s v="Males per 1000 Females"/>
+    <s v="049"/>
+    <s v="49 years"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="949"/>
+  </r>
+  <r>
+    <s v="CD219"/>
+    <s v="Males per 1000 Females"/>
+    <s v="049"/>
+    <s v="49 years"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1042"/>
+  </r>
+  <r>
+    <s v="CD219"/>
+    <s v="Males per 1000 Females"/>
+    <s v="050"/>
+    <s v="50 years"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="996"/>
+  </r>
+  <r>
+    <s v="CD219"/>
+    <s v="Males per 1000 Females"/>
+    <s v="050"/>
+    <s v="50 years"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="969"/>
+  </r>
+  <r>
+    <s v="CD219"/>
+    <s v="Males per 1000 Females"/>
+    <s v="050"/>
+    <s v="50 years"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1037"/>
+  </r>
+  <r>
+    <s v="CD219"/>
+    <s v="Males per 1000 Females"/>
+    <s v="051"/>
+    <s v="51 years"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="988"/>
+  </r>
+  <r>
+    <s v="CD219"/>
+    <s v="Males per 1000 Females"/>
+    <s v="051"/>
+    <s v="51 years"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="951"/>
+  </r>
+  <r>
+    <s v="CD219"/>
+    <s v="Males per 1000 Females"/>
+    <s v="051"/>
+    <s v="51 years"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1040"/>
+  </r>
+  <r>
+    <s v="CD219"/>
+    <s v="Males per 1000 Females"/>
+    <s v="052"/>
+    <s v="52 years"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="999"/>
+  </r>
+  <r>
+    <s v="CD219"/>
+    <s v="Males per 1000 Females"/>
+    <s v="052"/>
+    <s v="52 years"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="948"/>
+  </r>
+  <r>
+    <s v="CD219"/>
+    <s v="Males per 1000 Females"/>
+    <s v="052"/>
+    <s v="52 years"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1073"/>
+  </r>
+  <r>
+    <s v="CD219"/>
+    <s v="Males per 1000 Females"/>
+    <s v="053"/>
+    <s v="53 years"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="983"/>
+  </r>
+  <r>
+    <s v="CD219"/>
+    <s v="Males per 1000 Females"/>
+    <s v="053"/>
+    <s v="53 years"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="941"/>
+  </r>
+  <r>
+    <s v="CD219"/>
+    <s v="Males per 1000 Females"/>
+    <s v="053"/>
+    <s v="53 years"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1041"/>
+  </r>
+  <r>
+    <s v="CD219"/>
+    <s v="Males per 1000 Females"/>
+    <s v="054"/>
+    <s v="54 years"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1001"/>
+  </r>
+  <r>
+    <s v="CD219"/>
+    <s v="Males per 1000 Females"/>
+    <s v="054"/>
+    <s v="54 years"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="954"/>
+  </r>
+  <r>
+    <s v="CD219"/>
+    <s v="Males per 1000 Females"/>
+    <s v="054"/>
+    <s v="54 years"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1068"/>
+  </r>
+  <r>
+    <s v="CD219"/>
+    <s v="Males per 1000 Females"/>
+    <s v="055"/>
+    <s v="55 years"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="995"/>
+  </r>
+  <r>
+    <s v="CD219"/>
+    <s v="Males per 1000 Females"/>
+    <s v="055"/>
+    <s v="55 years"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="932"/>
+  </r>
+  <r>
+    <s v="CD219"/>
+    <s v="Males per 1000 Females"/>
+    <s v="055"/>
+    <s v="55 years"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1084"/>
+  </r>
+  <r>
+    <s v="CD219"/>
+    <s v="Males per 1000 Females"/>
+    <s v="056"/>
+    <s v="56 years"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="989"/>
+  </r>
+  <r>
+    <s v="CD219"/>
+    <s v="Males per 1000 Females"/>
+    <s v="056"/>
+    <s v="56 years"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="935"/>
+  </r>
+  <r>
+    <s v="CD219"/>
+    <s v="Males per 1000 Females"/>
+    <s v="056"/>
+    <s v="56 years"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1062"/>
+  </r>
+  <r>
+    <s v="CD219"/>
+    <s v="Males per 1000 Females"/>
+    <s v="057"/>
+    <s v="57 years"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1001"/>
+  </r>
+  <r>
+    <s v="CD219"/>
+    <s v="Males per 1000 Females"/>
+    <s v="057"/>
+    <s v="57 years"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="943"/>
+  </r>
+  <r>
+    <s v="CD219"/>
+    <s v="Males per 1000 Females"/>
+    <s v="057"/>
+    <s v="57 years"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1081"/>
+  </r>
+  <r>
+    <s v="CD219"/>
+    <s v="Males per 1000 Females"/>
+    <s v="058"/>
+    <s v="58 years"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="997"/>
+  </r>
+  <r>
+    <s v="CD219"/>
+    <s v="Males per 1000 Females"/>
+    <s v="058"/>
+    <s v="58 years"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="948"/>
+  </r>
+  <r>
+    <s v="CD219"/>
+    <s v="Males per 1000 Females"/>
+    <s v="058"/>
+    <s v="58 years"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1064"/>
+  </r>
+  <r>
+    <s v="CD219"/>
+    <s v="Males per 1000 Females"/>
+    <s v="059"/>
+    <s v="59 years"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1008"/>
+  </r>
+  <r>
+    <s v="CD219"/>
+    <s v="Males per 1000 Females"/>
+    <s v="059"/>
+    <s v="59 years"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="952"/>
+  </r>
+  <r>
+    <s v="CD219"/>
+    <s v="Males per 1000 Females"/>
+    <s v="059"/>
+    <s v="59 years"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1085"/>
+  </r>
+  <r>
+    <s v="CD219"/>
+    <s v="Males per 1000 Females"/>
+    <s v="060"/>
+    <s v="60 years"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1020"/>
+  </r>
+  <r>
+    <s v="CD219"/>
+    <s v="Males per 1000 Females"/>
+    <s v="060"/>
+    <s v="60 years"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="966"/>
+  </r>
+  <r>
+    <s v="CD219"/>
+    <s v="Males per 1000 Females"/>
+    <s v="060"/>
+    <s v="60 years"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1093"/>
+  </r>
+  <r>
+    <s v="CD219"/>
+    <s v="Males per 1000 Females"/>
+    <s v="061"/>
+    <s v="61 years"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="984"/>
+  </r>
+  <r>
+    <s v="CD219"/>
+    <s v="Males per 1000 Females"/>
+    <s v="061"/>
+    <s v="61 years"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="915"/>
+  </r>
+  <r>
+    <s v="CD219"/>
+    <s v="Males per 1000 Females"/>
+    <s v="061"/>
+    <s v="61 years"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1079"/>
+  </r>
+  <r>
+    <s v="CD219"/>
+    <s v="Males per 1000 Females"/>
+    <s v="062"/>
+    <s v="62 years"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1007"/>
+  </r>
+  <r>
+    <s v="CD219"/>
+    <s v="Males per 1000 Females"/>
+    <s v="062"/>
+    <s v="62 years"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="925"/>
+  </r>
+  <r>
+    <s v="CD219"/>
+    <s v="Males per 1000 Females"/>
+    <s v="062"/>
+    <s v="62 years"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1121"/>
+  </r>
+  <r>
+    <s v="CD219"/>
+    <s v="Males per 1000 Females"/>
+    <s v="063"/>
+    <s v="63 years"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1011"/>
+  </r>
+  <r>
+    <s v="CD219"/>
+    <s v="Males per 1000 Females"/>
+    <s v="063"/>
+    <s v="63 years"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="950"/>
+  </r>
+  <r>
+    <s v="CD219"/>
+    <s v="Males per 1000 Females"/>
+    <s v="063"/>
+    <s v="63 years"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1093"/>
+  </r>
+  <r>
+    <s v="CD219"/>
+    <s v="Males per 1000 Females"/>
+    <s v="064"/>
+    <s v="64 years"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1024"/>
+  </r>
+  <r>
+    <s v="CD219"/>
+    <s v="Males per 1000 Females"/>
+    <s v="064"/>
+    <s v="64 years"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="963"/>
+  </r>
+  <r>
+    <s v="CD219"/>
+    <s v="Males per 1000 Females"/>
+    <s v="064"/>
+    <s v="64 years"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1108"/>
+  </r>
+  <r>
+    <s v="CD219"/>
+    <s v="Males per 1000 Females"/>
+    <s v="065"/>
+    <s v="65 years"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1005"/>
+  </r>
+  <r>
+    <s v="CD219"/>
+    <s v="Males per 1000 Females"/>
+    <s v="065"/>
+    <s v="65 years"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="949"/>
+  </r>
+  <r>
+    <s v="CD219"/>
+    <s v="Males per 1000 Females"/>
+    <s v="065"/>
+    <s v="65 years"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1082"/>
+  </r>
+  <r>
+    <s v="CD219"/>
+    <s v="Males per 1000 Females"/>
+    <s v="066"/>
+    <s v="66 years"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="991"/>
+  </r>
+  <r>
+    <s v="CD219"/>
+    <s v="Males per 1000 Females"/>
+    <s v="066"/>
+    <s v="66 years"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="918"/>
+  </r>
+  <r>
+    <s v="CD219"/>
+    <s v="Males per 1000 Females"/>
+    <s v="066"/>
+    <s v="66 years"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1091"/>
+  </r>
+  <r>
+    <s v="CD219"/>
+    <s v="Males per 1000 Females"/>
+    <s v="067"/>
+    <s v="67 years"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="994"/>
+  </r>
+  <r>
+    <s v="CD219"/>
+    <s v="Males per 1000 Females"/>
+    <s v="067"/>
+    <s v="67 years"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="908"/>
+  </r>
+  <r>
+    <s v="CD219"/>
+    <s v="Males per 1000 Females"/>
+    <s v="067"/>
+    <s v="67 years"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1117"/>
+  </r>
+  <r>
+    <s v="CD219"/>
+    <s v="Males per 1000 Females"/>
+    <s v="068"/>
+    <s v="68 years"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="968"/>
+  </r>
+  <r>
+    <s v="CD219"/>
+    <s v="Males per 1000 Females"/>
+    <s v="068"/>
+    <s v="68 years"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="873"/>
+  </r>
+  <r>
+    <s v="CD219"/>
+    <s v="Males per 1000 Females"/>
+    <s v="068"/>
+    <s v="68 years"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1108"/>
+  </r>
+  <r>
+    <s v="CD219"/>
+    <s v="Males per 1000 Females"/>
+    <s v="069"/>
+    <s v="69 years"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="978"/>
+  </r>
+  <r>
+    <s v="CD219"/>
+    <s v="Males per 1000 Females"/>
+    <s v="069"/>
+    <s v="69 years"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="905"/>
+  </r>
+  <r>
+    <s v="CD219"/>
+    <s v="Males per 1000 Females"/>
+    <s v="069"/>
+    <s v="69 years"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1085"/>
+  </r>
+  <r>
+    <s v="CD219"/>
+    <s v="Males per 1000 Females"/>
+    <s v="070"/>
+    <s v="70 years"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="966"/>
+  </r>
+  <r>
+    <s v="CD219"/>
+    <s v="Males per 1000 Females"/>
+    <s v="070"/>
+    <s v="70 years"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="879"/>
+  </r>
+  <r>
+    <s v="CD219"/>
+    <s v="Males per 1000 Females"/>
+    <s v="070"/>
+    <s v="70 years"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1100"/>
+  </r>
+  <r>
+    <s v="CD219"/>
+    <s v="Males per 1000 Females"/>
+    <s v="071"/>
+    <s v="71 years"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="951"/>
+  </r>
+  <r>
+    <s v="CD219"/>
+    <s v="Males per 1000 Females"/>
+    <s v="071"/>
+    <s v="71 years"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="872"/>
+  </r>
+  <r>
+    <s v="CD219"/>
+    <s v="Males per 1000 Females"/>
+    <s v="071"/>
+    <s v="71 years"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1075"/>
+  </r>
+  <r>
+    <s v="CD219"/>
+    <s v="Males per 1000 Females"/>
+    <s v="072"/>
+    <s v="72 years"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="937"/>
+  </r>
+  <r>
+    <s v="CD219"/>
+    <s v="Males per 1000 Females"/>
+    <s v="072"/>
+    <s v="72 years"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="863"/>
+  </r>
+  <r>
+    <s v="CD219"/>
+    <s v="Males per 1000 Females"/>
+    <s v="072"/>
+    <s v="72 years"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1054"/>
+  </r>
+  <r>
+    <s v="CD219"/>
+    <s v="Males per 1000 Females"/>
+    <s v="073"/>
+    <s v="73 years"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="913"/>
+  </r>
+  <r>
+    <s v="CD219"/>
+    <s v="Males per 1000 Females"/>
+    <s v="073"/>
+    <s v="73 years"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="842"/>
+  </r>
+  <r>
+    <s v="CD219"/>
+    <s v="Males per 1000 Females"/>
+    <s v="073"/>
+    <s v="73 years"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1025"/>
+  </r>
+  <r>
+    <s v="CD219"/>
+    <s v="Males per 1000 Females"/>
+    <s v="074"/>
+    <s v="74 years"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="914"/>
+  </r>
+  <r>
+    <s v="CD219"/>
+    <s v="Males per 1000 Females"/>
+    <s v="074"/>
+    <s v="74 years"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="822"/>
+  </r>
+  <r>
+    <s v="CD219"/>
+    <s v="Males per 1000 Females"/>
+    <s v="074"/>
+    <s v="74 years"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1061"/>
+  </r>
+  <r>
+    <s v="CD219"/>
+    <s v="Males per 1000 Females"/>
+    <s v="075"/>
+    <s v="75 years"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="874"/>
+  </r>
+  <r>
+    <s v="CD219"/>
+    <s v="Males per 1000 Females"/>
+    <s v="075"/>
+    <s v="75 years"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="785"/>
+  </r>
+  <r>
+    <s v="CD219"/>
+    <s v="Males per 1000 Females"/>
+    <s v="075"/>
+    <s v="75 years"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1015"/>
+  </r>
+  <r>
+    <s v="CD219"/>
+    <s v="Males per 1000 Females"/>
+    <s v="076"/>
+    <s v="76 years"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="855"/>
+  </r>
+  <r>
+    <s v="CD219"/>
+    <s v="Males per 1000 Females"/>
+    <s v="076"/>
+    <s v="76 years"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="786"/>
+  </r>
+  <r>
+    <s v="CD219"/>
+    <s v="Males per 1000 Females"/>
+    <s v="076"/>
+    <s v="76 years"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="961"/>
+  </r>
+  <r>
+    <s v="CD219"/>
+    <s v="Males per 1000 Females"/>
+    <s v="077"/>
+    <s v="77 years"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="843"/>
+  </r>
+  <r>
+    <s v="CD219"/>
+    <s v="Males per 1000 Females"/>
+    <s v="077"/>
+    <s v="77 years"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="761"/>
+  </r>
+  <r>
+    <s v="CD219"/>
+    <s v="Males per 1000 Females"/>
+    <s v="077"/>
+    <s v="77 years"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="972"/>
+  </r>
+  <r>
+    <s v="CD219"/>
+    <s v="Males per 1000 Females"/>
+    <s v="078"/>
+    <s v="78 years"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="826"/>
+  </r>
+  <r>
+    <s v="CD219"/>
+    <s v="Males per 1000 Females"/>
+    <s v="078"/>
+    <s v="78 years"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="747"/>
+  </r>
+  <r>
+    <s v="CD219"/>
+    <s v="Males per 1000 Females"/>
+    <s v="078"/>
+    <s v="78 years"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="949"/>
+  </r>
+  <r>
+    <s v="CD219"/>
+    <s v="Males per 1000 Females"/>
+    <s v="079"/>
+    <s v="79 years"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="800"/>
+  </r>
+  <r>
+    <s v="CD219"/>
+    <s v="Males per 1000 Females"/>
+    <s v="079"/>
+    <s v="79 years"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="712"/>
+  </r>
+  <r>
+    <s v="CD219"/>
+    <s v="Males per 1000 Females"/>
+    <s v="079"/>
+    <s v="79 years"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="938"/>
+  </r>
+  <r>
+    <s v="CD219"/>
+    <s v="Males per 1000 Females"/>
+    <s v="080"/>
+    <s v="80 years"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="769"/>
+  </r>
+  <r>
+    <s v="CD219"/>
+    <s v="Males per 1000 Females"/>
+    <s v="080"/>
+    <s v="80 years"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="690"/>
+  </r>
+  <r>
+    <s v="CD219"/>
+    <s v="Males per 1000 Females"/>
+    <s v="080"/>
+    <s v="80 years"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="892"/>
+  </r>
+  <r>
+    <s v="CD219"/>
+    <s v="Males per 1000 Females"/>
+    <s v="081"/>
+    <s v="81 years"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="712"/>
+  </r>
+  <r>
+    <s v="CD219"/>
+    <s v="Males per 1000 Females"/>
+    <s v="081"/>
+    <s v="81 years"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="642"/>
+  </r>
+  <r>
+    <s v="CD219"/>
+    <s v="Males per 1000 Females"/>
+    <s v="081"/>
+    <s v="81 years"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="821"/>
+  </r>
+  <r>
+    <s v="CD219"/>
+    <s v="Males per 1000 Females"/>
+    <s v="082"/>
+    <s v="82 years"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="673"/>
+  </r>
+  <r>
+    <s v="CD219"/>
+    <s v="Males per 1000 Females"/>
+    <s v="082"/>
+    <s v="82 years"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="605"/>
+  </r>
+  <r>
+    <s v="CD219"/>
+    <s v="Males per 1000 Females"/>
+    <s v="082"/>
+    <s v="82 years"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="776"/>
+  </r>
+  <r>
+    <s v="CD219"/>
+    <s v="Males per 1000 Females"/>
+    <s v="083"/>
+    <s v="83 years"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="626"/>
+  </r>
+  <r>
+    <s v="CD219"/>
+    <s v="Males per 1000 Females"/>
+    <s v="083"/>
+    <s v="83 years"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="563"/>
+  </r>
+  <r>
+    <s v="CD219"/>
+    <s v="Males per 1000 Females"/>
+    <s v="083"/>
+    <s v="83 years"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="722"/>
+  </r>
+  <r>
+    <s v="CD219"/>
+    <s v="Males per 1000 Females"/>
+    <s v="084"/>
+    <s v="84 years"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="598"/>
+  </r>
+  <r>
+    <s v="CD219"/>
+    <s v="Males per 1000 Females"/>
+    <s v="084"/>
+    <s v="84 years"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="542"/>
+  </r>
+  <r>
+    <s v="CD219"/>
+    <s v="Males per 1000 Females"/>
+    <s v="084"/>
+    <s v="84 years"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="677"/>
+  </r>
+  <r>
+    <s v="CD219"/>
+    <s v="Males per 1000 Females"/>
+    <s v="085"/>
+    <s v="85 years"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="579"/>
+  </r>
+  <r>
+    <s v="CD219"/>
+    <s v="Males per 1000 Females"/>
+    <s v="085"/>
+    <s v="85 years"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="534"/>
+  </r>
+  <r>
+    <s v="CD219"/>
+    <s v="Males per 1000 Females"/>
+    <s v="085"/>
+    <s v="85 years"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="646"/>
+  </r>
+  <r>
+    <s v="CD219"/>
+    <s v="Males per 1000 Females"/>
+    <s v="086"/>
+    <s v="86 years"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="545"/>
+  </r>
+  <r>
+    <s v="CD219"/>
+    <s v="Males per 1000 Females"/>
+    <s v="086"/>
+    <s v="86 years"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="487"/>
+  </r>
+  <r>
+    <s v="CD219"/>
+    <s v="Males per 1000 Females"/>
+    <s v="086"/>
+    <s v="86 years"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="629"/>
+  </r>
+  <r>
+    <s v="CD219"/>
+    <s v="Males per 1000 Females"/>
+    <s v="087"/>
+    <s v="87 years"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="496"/>
+  </r>
+  <r>
+    <s v="CD219"/>
+    <s v="Males per 1000 Females"/>
+    <s v="087"/>
+    <s v="87 years"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="461"/>
+  </r>
+  <r>
+    <s v="CD219"/>
+    <s v="Males per 1000 Females"/>
+    <s v="087"/>
+    <s v="87 years"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="544"/>
+  </r>
+  <r>
+    <s v="CD219"/>
+    <s v="Males per 1000 Females"/>
+    <s v="088"/>
+    <s v="88 years"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="473"/>
+  </r>
+  <r>
+    <s v="CD219"/>
+    <s v="Males per 1000 Females"/>
+    <s v="088"/>
+    <s v="88 years"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="430"/>
+  </r>
+  <r>
+    <s v="CD219"/>
+    <s v="Males per 1000 Females"/>
+    <s v="088"/>
+    <s v="88 years"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="532"/>
+  </r>
+  <r>
+    <s v="CD219"/>
+    <s v="Males per 1000 Females"/>
+    <s v="089"/>
+    <s v="89 years"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="449"/>
+  </r>
+  <r>
+    <s v="CD219"/>
+    <s v="Males per 1000 Females"/>
+    <s v="089"/>
+    <s v="89 years"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="413"/>
+  </r>
+  <r>
+    <s v="CD219"/>
+    <s v="Males per 1000 Females"/>
+    <s v="089"/>
+    <s v="89 years"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="499"/>
+  </r>
+  <r>
+    <s v="CD219"/>
+    <s v="Males per 1000 Females"/>
+    <s v="090"/>
+    <s v="90 years"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="424"/>
+  </r>
+  <r>
+    <s v="CD219"/>
+    <s v="Males per 1000 Females"/>
+    <s v="090"/>
+    <s v="90 years"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="386"/>
+  </r>
+  <r>
+    <s v="CD219"/>
+    <s v="Males per 1000 Females"/>
+    <s v="090"/>
+    <s v="90 years"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="477"/>
+  </r>
+  <r>
+    <s v="CD219"/>
+    <s v="Males per 1000 Females"/>
+    <s v="091"/>
+    <s v="91 years"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="411"/>
+  </r>
+  <r>
+    <s v="CD219"/>
+    <s v="Males per 1000 Females"/>
+    <s v="091"/>
+    <s v="91 years"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="385"/>
+  </r>
+  <r>
+    <s v="CD219"/>
+    <s v="Males per 1000 Females"/>
+    <s v="091"/>
+    <s v="91 years"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="447"/>
+  </r>
+  <r>
+    <s v="CD219"/>
+    <s v="Males per 1000 Females"/>
+    <s v="092"/>
+    <s v="92 years"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="382"/>
+  </r>
+  <r>
+    <s v="CD219"/>
+    <s v="Males per 1000 Females"/>
+    <s v="092"/>
+    <s v="92 years"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="361"/>
+  </r>
+  <r>
+    <s v="CD219"/>
+    <s v="Males per 1000 Females"/>
+    <s v="092"/>
+    <s v="92 years"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="408"/>
+  </r>
+  <r>
+    <s v="CD219"/>
+    <s v="Males per 1000 Females"/>
+    <s v="093"/>
+    <s v="93 years"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="329"/>
+  </r>
+  <r>
+    <s v="CD219"/>
+    <s v="Males per 1000 Females"/>
+    <s v="093"/>
+    <s v="93 years"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="278"/>
+  </r>
+  <r>
+    <s v="CD219"/>
+    <s v="Males per 1000 Females"/>
+    <s v="093"/>
+    <s v="93 years"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="397"/>
+  </r>
+  <r>
+    <s v="CD219"/>
+    <s v="Males per 1000 Females"/>
+    <s v="094"/>
+    <s v="94 years"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="315"/>
+  </r>
+  <r>
+    <s v="CD219"/>
+    <s v="Males per 1000 Females"/>
+    <s v="094"/>
+    <s v="94 years"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="296"/>
+  </r>
+  <r>
+    <s v="CD219"/>
+    <s v="Males per 1000 Females"/>
+    <s v="094"/>
+    <s v="94 years"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="339"/>
+  </r>
+  <r>
+    <s v="CD219"/>
+    <s v="Males per 1000 Females"/>
+    <s v="095"/>
+    <s v="95 years"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="304"/>
+  </r>
+  <r>
+    <s v="CD219"/>
+    <s v="Males per 1000 Females"/>
+    <s v="095"/>
+    <s v="95 years"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="287"/>
+  </r>
+  <r>
+    <s v="CD219"/>
+    <s v="Males per 1000 Females"/>
+    <s v="095"/>
+    <s v="95 years"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="326"/>
+  </r>
+  <r>
+    <s v="CD219"/>
+    <s v="Males per 1000 Females"/>
+    <s v="096"/>
+    <s v="96 years"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="282"/>
+  </r>
+  <r>
+    <s v="CD219"/>
+    <s v="Males per 1000 Females"/>
+    <s v="096"/>
+    <s v="96 years"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="258"/>
+  </r>
+  <r>
+    <s v="CD219"/>
+    <s v="Males per 1000 Females"/>
+    <s v="096"/>
+    <s v="96 years"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="315"/>
+  </r>
+  <r>
+    <s v="CD219"/>
+    <s v="Males per 1000 Females"/>
+    <s v="097"/>
+    <s v="97 years"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="229"/>
+  </r>
+  <r>
+    <s v="CD219"/>
+    <s v="Males per 1000 Females"/>
+    <s v="097"/>
+    <s v="97 years"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="196"/>
+  </r>
+  <r>
+    <s v="CD219"/>
+    <s v="Males per 1000 Females"/>
+    <s v="097"/>
+    <s v="97 years"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="283"/>
+  </r>
+  <r>
+    <s v="CD219"/>
+    <s v="Males per 1000 Females"/>
+    <s v="098"/>
+    <s v="98 years"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="202"/>
+  </r>
+  <r>
+    <s v="CD219"/>
+    <s v="Males per 1000 Females"/>
+    <s v="098"/>
+    <s v="98 years"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="141"/>
+  </r>
+  <r>
+    <s v="CD219"/>
+    <s v="Males per 1000 Females"/>
+    <s v="098"/>
+    <s v="98 years"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="303"/>
+  </r>
+  <r>
+    <s v="CD219"/>
+    <s v="Males per 1000 Females"/>
+    <s v="099"/>
+    <s v="99 years"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="224"/>
+  </r>
+  <r>
+    <s v="CD219"/>
+    <s v="Males per 1000 Females"/>
+    <s v="099"/>
+    <s v="99 years"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="220"/>
+  </r>
+  <r>
+    <s v="CD219"/>
+    <s v="Males per 1000 Females"/>
+    <s v="099"/>
+    <s v="99 years"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="230"/>
+  </r>
+  <r>
+    <s v="CD219"/>
+    <s v="Males per 1000 Females"/>
+    <s v="650"/>
+    <s v="100 years and over"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="175"/>
+  </r>
+  <r>
+    <s v="CD219"/>
+    <s v="Males per 1000 Females"/>
+    <s v="650"/>
+    <s v="100 years and over"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="178"/>
+  </r>
+  <r>
+    <s v="CD219"/>
+    <s v="Males per 1000 Females"/>
+    <s v="650"/>
+    <s v="100 years and over"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="172"/>
+  </r>
+</pivotCacheRecords>
 </file>