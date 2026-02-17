--- v1 (2025-12-27)
+++ v2 (2026-02-17)
@@ -1,48 +1,48 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/pivotCache/pivotCacheDefinition1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheDefinition+xml"/>
   <Override PartName="/pivotCache/pivotCacheRecords1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheRecords+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/pivotTables/pivotTable.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0dcc1f6b283b4e03" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/a56981e54de54c82bdde3dea223e87bf.psmdcp" Id="Rc2609683084c42dc" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R13ebe79524b8456e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/efd09fa4d7d94f50af1a1cc2bad3c25f.psmdcp" Id="R18de1758bf774623" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="About" sheetId="1" r:id="rId2"/>
     <x:sheet name="Unpivoted" sheetId="2" r:id="rId9"/>
     <x:sheet name="Pivoted" sheetId="3" r:id="rId11"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
   <x:pivotCaches>
     <x:pivotCache cacheId="0" r:id="rId12"/>
   </x:pivotCaches>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Table</x:t>