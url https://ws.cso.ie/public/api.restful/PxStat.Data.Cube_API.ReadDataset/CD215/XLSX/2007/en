--- v0 (2025-11-12)
+++ v1 (2026-01-09)
@@ -1,97 +1,97 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/pivotCache/pivotCacheDefinition1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheDefinition+xml"/>
   <Override PartName="/pivotCache/pivotCacheRecords1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheRecords+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/pivotTables/pivotTable.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8766129ed1b14823" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/85b9dd59b0a642759fefed1b3a400365.psmdcp" Id="R4adbfa60fa9d4f4c" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9816cae6463b4adc" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/678cd353298b4d2e8777adf40a68e0ba.psmdcp" Id="R12b0cc31fcbc4c40" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
-    <x:sheet name="About" sheetId="2" r:id="rId2"/>
-[...1 lines deleted...]
-    <x:sheet name="Pivoted" sheetId="11" r:id="rId11"/>
+    <x:sheet name="About" sheetId="1" r:id="rId2"/>
+    <x:sheet name="Unpivoted" sheetId="2" r:id="rId9"/>
+    <x:sheet name="Pivoted" sheetId="3" r:id="rId11"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
   <x:pivotCaches>
     <x:pivotCache cacheId="0" r:id="rId12"/>
   </x:pivotCaches>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Table</x:t>
   </x:si>
   <x:si>
     <x:t>Code</x:t>
   </x:si>
   <x:si>
     <x:t>CD215</x:t>
   </x:si>
   <x:si>
     <x:t>Name</x:t>
   </x:si>
   <x:si>
     <x:t>Persons in Private Households</x:t>
   </x:si>
   <x:si>
     <x:t>Frequency</x:t>
   </x:si>
   <x:si>
     <x:t>Annual</x:t>
   </x:si>
   <x:si>
     <x:t>Last Updated</x:t>
   </x:si>
   <x:si>
-    <x:t>5/12/2020 11:00:00 AM</x:t>
+    <x:t>12/05/2020 11:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Note</x:t>
   </x:si>
   <x:si>
     <x:t>Url</x:t>
   </x:si>
   <x:si>
     <x:t>https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/CD215/XLSX/2007/en</x:t>
   </x:si>
   <x:si>
     <x:t>Product</x:t>
   </x:si>
   <x:si>
     <x:t>C2011P2</x:t>
   </x:si>
   <x:si>
     <x:t>Profile 2 - Ages</x:t>
   </x:si>
   <x:si>
     <x:t>Contacts</x:t>
   </x:si>
   <x:si>
     <x:t>Bernie Casey</x:t>
   </x:si>
@@ -514,371 +514,166 @@
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip r:embed="rId8" cstate="print"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="3971925" cy="1381125"/>
         </a:xfrm>
         <a:prstGeom prst="rect"/>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/pivotTables/_rels/pivotTable.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheDefinition" Target="/pivotCache/pivotCacheDefinition1.xml" Id="rId17" /></Relationships>
 </file>
 
 <file path=xl/pivotTables/pivotTable.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotTableDefinition xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" dataCaption="Values" showError="0" missingCaption="" showMissing="1" pageWrap="0" pageOverThenDown="0" rowGrandTotals="0" colGrandTotals="0" indent="1">
-[...319 lines deleted...]
-</x:pivotTableDefinition>
+<pivotTableDefinition xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" applyNumberFormats="0" applyBorderFormats="0" applyFontFormats="0" applyPatternFormats="0" applyAlignmentFormats="0" applyWidthHeightFormats="0" dataCaption="Values" rowGrandTotals="0" colGrandTotals="0" outline="1">
+  <location ref="A1" firstHeaderRow="0" firstDataRow="0" firstDataCol="0"/>
+  <pivotFields count="10">
+    <pivotField name="C02199V02655" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="3">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+      </items>
+    </pivotField>
+    <pivotField name="Sex" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="3">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+      </items>
+    </pivotField>
+    <pivotField name="C02800V03468" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="12">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+        <item x="11"/>
+      </items>
+    </pivotField>
+    <pivotField name="Towns by Size" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="12">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+        <item x="11"/>
+      </items>
+    </pivotField>
+    <pivotField name="TLIST(A1)" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="2">
+        <item x="0"/>
+        <item x="1"/>
+      </items>
+    </pivotField>
+    <pivotField name="CensusYear" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="2">
+        <item x="0"/>
+        <item x="1"/>
+      </items>
+    </pivotField>
+    <pivotField name="STATISTIC" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="12">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+        <item x="11"/>
+      </items>
+    </pivotField>
+    <pivotField name="Statistic Label" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="12">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+        <item x="11"/>
+      </items>
+    </pivotField>
+    <pivotField showAll="0"/>
+    <pivotField dataField="1" showAll="0"/>
+  </pivotFields>
+  <rowFields count="8">
+    <field x="0"/>
+    <field x="1"/>
+    <field x="2"/>
+    <field x="3"/>
+    <field x="4"/>
+    <field x="5"/>
+    <field x="6"/>
+    <field x="7"/>
+  </rowFields>
+  <dataFields count="1">
+    <dataField name="VALUE" fld="9"/>
+  </dataFields>
+  <pivotTableStyleInfo name="PivotStyleLight16" showRowHeaders="1" showColHeaders="1"/>
+  <extLst>
+    <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{962EF5D1-5CA2-4c93-8EF4-DBF5C05439D2}">
+      <x14:pivotTableDefinition enableEdit="0" hideValuesRow="1"/>
+    </ext>
+  </extLst>
+</pivotTableDefinition>
 </file>
 
 <file path=xl/tables/table1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:table xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="1" name="Unpivoted" displayName="Unpivoted" ref="A1:J865" totalsRowShown="0">
   <x:autoFilter ref="A1:J865"/>
   <x:tableColumns count="10">
     <x:tableColumn id="1" name="C02199V02655"/>
     <x:tableColumn id="2" name="Sex"/>
     <x:tableColumn id="3" name="C02800V03468"/>
     <x:tableColumn id="4" name="Towns by Size"/>
     <x:tableColumn id="5" name="TLIST(A1)"/>
     <x:tableColumn id="6" name="CensusYear"/>
     <x:tableColumn id="7" name="STATISTIC"/>
     <x:tableColumn id="8" name="Statistic Label"/>
     <x:tableColumn id="9" name="UNIT"/>
     <x:tableColumn id="10" name="VALUE"/>
   </x:tableColumns>
   <x:tableStyleInfo name="TableStyleMedium2" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </x:table>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
@@ -1149,51 +944,51 @@
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="/xl/drawings/drawing1.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/CD215/XLSX/2007/en" TargetMode="External" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cso.ie/" TargetMode="External" Id="rId14" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="/xl/tables/table1.xml" Id="rId15" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet3.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotTable" Target="/xl/pivotTables/pivotTable.xml" Id="rId16" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:B39"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="20.710625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="100.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="8" spans="1:2">
       <x:c r="A8" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B8" s="2"/>
     </x:row>
     <x:row r="9" spans="1:2">
       <x:c r="A9" s="3" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="B9" s="0" t="s">
         <x:v>2</x:v>
@@ -1380,51 +1175,51 @@
       </x:c>
     </x:row>
     <x:row r="39" spans="1:2">
       <x:c r="A39" s="3" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B39" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:hyperlinks>
     <x:hyperlink ref="B14" r:id="rId13"/>
     <x:hyperlink ref="B28" r:id="rId14"/>
   </x:hyperlinks>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:drawing xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId7"/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:J865"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="16.139196" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="10.424911" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="16.139196" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="31.853482" style="0" customWidth="1"/>
     <x:col min="5" max="5" width="11.282054" style="0" customWidth="1"/>
     <x:col min="6" max="6" width="13.424911" style="0" customWidth="1"/>
     <x:col min="7" max="7" width="11.996339" style="0" customWidth="1"/>
     <x:col min="8" max="8" width="32.853482" style="0" customWidth="1"/>
     <x:col min="9" max="9" width="8.282054" style="0" customWidth="1"/>
     <x:col min="10" max="10" width="8.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:10">
       <x:c r="A1" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
@@ -29094,51 +28889,51 @@
       <x:c r="G865" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="H865" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="I865" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J865" s="0">
         <x:v>37.1</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="1">
     <x:tablePart r:id="rId15"/>
   </x:tableParts>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:sheetData/>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Application>Microsoft Excel</ap:Application>
   <ap:TitlesOfParts>
     <vt:vector baseType="lpstr" size="9">
       <vt:lpstr>About</vt:lpstr>
       <vt:lpstr>Unpivoted</vt:lpstr>
       <vt:lpstr>Pivoted</vt:lpstr>
@@ -29155,51 +28950,51 @@
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>3</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Named Ranges</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>6</vt:i4>
       </vt:variant>
     </vt:vector>
   </ap:HeadingPairs>
   <ap:DocSecurity>0</ap:DocSecurity>
   <ap:ScaleCrop>false</ap:ScaleCrop>
 </ap:Properties>
 </file>
 
 <file path=pivotCache/_rels/pivotCacheDefinition1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheRecords" Target="/pivotCache/pivotCacheRecords1.xml" Id="rId1" /></Relationships>
 </file>
 
 <file path=pivotCache/pivotCacheDefinition1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:pivotCacheDefinition xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" r:id="rId1" saveData="1" refreshOnLoad="1" createdVersion="5" refreshedVersion="5" minRefreshableVersion="3">
   <x:cacheSource type="worksheet">
-    <x:worksheetSource ref="A1:J865" sheet="Unpivoted"/>
+    <x:worksheetSource name="Unpivoted"/>
   </x:cacheSource>
   <x:cacheFields>
     <x:cacheField name="C02199V02655">
       <x:sharedItems count="3">
         <x:s v="-"/>
         <x:s v="1"/>
         <x:s v="2"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="Sex">
       <x:sharedItems count="3">
         <x:s v="Both sexes"/>
         <x:s v="Male"/>
         <x:s v="Female"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="C02800V03468">
       <x:sharedItems count="12">
         <x:s v="-"/>
         <x:s v="100100"/>
         <x:s v="100300"/>
         <x:s v="100400"/>
         <x:s v="100500"/>
         <x:s v="100600"/>
         <x:s v="100700"/>
@@ -30086,27 +29881,10396 @@
         <x:n v="102593"/>
         <x:n v="120977"/>
         <x:n v="108469"/>
         <x:n v="83729"/>
         <x:n v="51823"/>
         <x:n v="46979"/>
         <x:n v="850226"/>
         <x:n v="63915"/>
         <x:n v="101851"/>
         <x:n v="71724"/>
         <x:n v="58419"/>
         <x:n v="103145"/>
         <x:n v="128736"/>
         <x:n v="117598"/>
         <x:n v="95655"/>
         <x:n v="60640"/>
         <x:n v="48543"/>
         <x:n v="37.1"/>
       </x:sharedItems>
     </x:cacheField>
   </x:cacheFields>
 </x:pivotCacheDefinition>
 </file>
 
 <file path=pivotCache/pivotCacheRecords1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main"/>
+<pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="xr">
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="CD215C01"/>
+    <s v="Persons of all ages"/>
+    <s v="Number"/>
+    <n v="4123318"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="CD215C02"/>
+    <s v="Pre-school children (0-4 years)"/>
+    <s v="Number"/>
+    <n v="300246"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="CD215C03"/>
+    <s v="Primary school children (5-12 years)"/>
+    <s v="Number"/>
+    <n v="450720"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="CD215C04"/>
+    <s v="Teenagers (13-18 years)"/>
+    <s v="Number"/>
+    <n v="340367"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="CD215C05"/>
+    <s v="Young adults (19-24 years)"/>
+    <s v="Number"/>
+    <n v="392867"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="CD215C06"/>
+    <s v="Persons aged 25-34 years"/>
+    <s v="Number"/>
+    <n v="701487"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="CD215C07"/>
+    <s v="Persons aged 35-44 years"/>
+    <s v="Number"/>
+    <n v="608948"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="CD215C08"/>
+    <s v="Persons aged 45-54 years"/>
+    <s v="Number"/>
+    <n v="511762"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="CD215C09"/>
+    <s v="Persons aged 55-64 years"/>
+    <s v="Number"/>
+    <n v="394676"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="CD215C10"/>
+    <s v="Persons aged 65-74 years"/>
+    <s v="Number"/>
+    <n v="247778"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="CD215C11"/>
+    <s v="Persons aged 75 years and over"/>
+    <s v="Number"/>
+    <n v="174467"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="CD215C12"/>
+    <s v="Average age"/>
+    <s v="Number"/>
+    <n v="35.1"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD215C01"/>
+    <s v="Persons of all ages"/>
+    <s v="Number"/>
+    <n v="4510409"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD215C02"/>
+    <s v="Pre-school children (0-4 years)"/>
+    <s v="Number"/>
+    <n v="353425"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD215C03"/>
+    <s v="Primary school children (5-12 years)"/>
+    <s v="Number"/>
+    <n v="502660"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD215C04"/>
+    <s v="Teenagers (13-18 years)"/>
+    <s v="Number"/>
+    <n v="344914"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD215C05"/>
+    <s v="Young adults (19-24 years)"/>
+    <s v="Number"/>
+    <n v="366170"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD215C06"/>
+    <s v="Persons aged 25-34 years"/>
+    <s v="Number"/>
+    <n v="747004"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD215C07"/>
+    <s v="Persons aged 35-44 years"/>
+    <s v="Number"/>
+    <n v="682362"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD215C08"/>
+    <s v="Persons aged 45-54 years"/>
+    <s v="Number"/>
+    <n v="570257"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD215C09"/>
+    <s v="Persons aged 55-64 years"/>
+    <s v="Number"/>
+    <n v="452449"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD215C10"/>
+    <s v="Persons aged 65-74 years"/>
+    <s v="Number"/>
+    <n v="291932"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD215C11"/>
+    <s v="Persons aged 75 years and over"/>
+    <s v="Number"/>
+    <n v="199236"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD215C12"/>
+    <s v="Average age"/>
+    <s v="Number"/>
+    <n v="35.6"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="100100"/>
+    <s v="Dublin City and suburbs"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="CD215C01"/>
+    <s v="Persons of all ages"/>
+    <s v="Number"/>
+    <n v="1010694"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="100100"/>
+    <s v="Dublin City and suburbs"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="CD215C02"/>
+    <s v="Pre-school children (0-4 years)"/>
+    <s v="Number"/>
+    <n v="66595"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="100100"/>
+    <s v="Dublin City and suburbs"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="CD215C03"/>
+    <s v="Primary school children (5-12 years)"/>
+    <s v="Number"/>
+    <n v="96537"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="100100"/>
+    <s v="Dublin City and suburbs"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="CD215C04"/>
+    <s v="Teenagers (13-18 years)"/>
+    <s v="Number"/>
+    <n v="74618"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="100100"/>
+    <s v="Dublin City and suburbs"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="CD215C05"/>
+    <s v="Young adults (19-24 years)"/>
+    <s v="Number"/>
+    <n v="114203"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="100100"/>
+    <s v="Dublin City and suburbs"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="CD215C06"/>
+    <s v="Persons aged 25-34 years"/>
+    <s v="Number"/>
+    <n v="205109"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="100100"/>
+    <s v="Dublin City and suburbs"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="CD215C07"/>
+    <s v="Persons aged 35-44 years"/>
+    <s v="Number"/>
+    <n v="142566"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="100100"/>
+    <s v="Dublin City and suburbs"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="CD215C08"/>
+    <s v="Persons aged 45-54 years"/>
+    <s v="Number"/>
+    <n v="118304"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="100100"/>
+    <s v="Dublin City and suburbs"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="CD215C09"/>
+    <s v="Persons aged 55-64 years"/>
+    <s v="Number"/>
+    <n v="90220"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="100100"/>
+    <s v="Dublin City and suburbs"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="CD215C10"/>
+    <s v="Persons aged 65-74 years"/>
+    <s v="Number"/>
+    <n v="60908"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="100100"/>
+    <s v="Dublin City and suburbs"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="CD215C11"/>
+    <s v="Persons aged 75 years and over"/>
+    <s v="Number"/>
+    <n v="41634"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="100100"/>
+    <s v="Dublin City and suburbs"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="CD215C12"/>
+    <s v="Average age"/>
+    <s v="Number"/>
+    <n v="35"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="100100"/>
+    <s v="Dublin City and suburbs"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD215C01"/>
+    <s v="Persons of all ages"/>
+    <s v="Number"/>
+    <n v="1077981"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="100100"/>
+    <s v="Dublin City and suburbs"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD215C02"/>
+    <s v="Pre-school children (0-4 years)"/>
+    <s v="Number"/>
+    <n v="77136"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="100100"/>
+    <s v="Dublin City and suburbs"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD215C03"/>
+    <s v="Primary school children (5-12 years)"/>
+    <s v="Number"/>
+    <n v="103522"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="100100"/>
+    <s v="Dublin City and suburbs"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD215C04"/>
+    <s v="Teenagers (13-18 years)"/>
+    <s v="Number"/>
+    <n v="72684"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="100100"/>
+    <s v="Dublin City and suburbs"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD215C05"/>
+    <s v="Young adults (19-24 years)"/>
+    <s v="Number"/>
+    <n v="98750"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="100100"/>
+    <s v="Dublin City and suburbs"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD215C06"/>
+    <s v="Persons aged 25-34 years"/>
+    <s v="Number"/>
+    <n v="220741"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="100100"/>
+    <s v="Dublin City and suburbs"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD215C07"/>
+    <s v="Persons aged 35-44 years"/>
+    <s v="Number"/>
+    <n v="159906"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="100100"/>
+    <s v="Dublin City and suburbs"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD215C08"/>
+    <s v="Persons aged 45-54 years"/>
+    <s v="Number"/>
+    <n v="128524"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="100100"/>
+    <s v="Dublin City and suburbs"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD215C09"/>
+    <s v="Persons aged 55-64 years"/>
+    <s v="Number"/>
+    <n v="101122"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="100100"/>
+    <s v="Dublin City and suburbs"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD215C10"/>
+    <s v="Persons aged 65-74 years"/>
+    <s v="Number"/>
+    <n v="66962"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="100100"/>
+    <s v="Dublin City and suburbs"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD215C11"/>
+    <s v="Persons aged 75 years and over"/>
+    <s v="Number"/>
+    <n v="48634"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="100100"/>
+    <s v="Dublin City and suburbs"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD215C12"/>
+    <s v="Average age"/>
+    <s v="Number"/>
+    <n v="35.7"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="100300"/>
+    <s v="Cork City and suburbs"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="CD215C01"/>
+    <s v="Persons of all ages"/>
+    <s v="Number"/>
+    <n v="184737"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="100300"/>
+    <s v="Cork City and suburbs"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="CD215C02"/>
+    <s v="Pre-school children (0-4 years)"/>
+    <s v="Number"/>
+    <n v="11440"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="100300"/>
+    <s v="Cork City and suburbs"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="CD215C03"/>
+    <s v="Primary school children (5-12 years)"/>
+    <s v="Number"/>
+    <n v="18286"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="100300"/>
+    <s v="Cork City and suburbs"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="CD215C04"/>
+    <s v="Teenagers (13-18 years)"/>
+    <s v="Number"/>
+    <n v="14882"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="100300"/>
+    <s v="Cork City and suburbs"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="CD215C05"/>
+    <s v="Young adults (19-24 years)"/>
+    <s v="Number"/>
+    <n v="22822"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="100300"/>
+    <s v="Cork City and suburbs"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="CD215C06"/>
+    <s v="Persons aged 25-34 years"/>
+    <s v="Number"/>
+    <n v="32952"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="100300"/>
+    <s v="Cork City and suburbs"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="CD215C07"/>
+    <s v="Persons aged 35-44 years"/>
+    <s v="Number"/>
+    <n v="25844"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="100300"/>
+    <s v="Cork City and suburbs"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="CD215C08"/>
+    <s v="Persons aged 45-54 years"/>
+    <s v="Number"/>
+    <n v="22307"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="100300"/>
+    <s v="Cork City and suburbs"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="CD215C09"/>
+    <s v="Persons aged 55-64 years"/>
+    <s v="Number"/>
+    <n v="17129"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="100300"/>
+    <s v="Cork City and suburbs"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="CD215C10"/>
+    <s v="Persons aged 65-74 years"/>
+    <s v="Number"/>
+    <n v="11768"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="100300"/>
+    <s v="Cork City and suburbs"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="CD215C11"/>
+    <s v="Persons aged 75 years and over"/>
+    <s v="Number"/>
+    <n v="7307"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="100300"/>
+    <s v="Cork City and suburbs"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="CD215C12"/>
+    <s v="Average age"/>
+    <s v="Number"/>
+    <n v="35.1"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="100300"/>
+    <s v="Cork City and suburbs"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD215C01"/>
+    <s v="Persons of all ages"/>
+    <s v="Number"/>
+    <n v="194479"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="100300"/>
+    <s v="Cork City and suburbs"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD215C02"/>
+    <s v="Pre-school children (0-4 years)"/>
+    <s v="Number"/>
+    <n v="12550"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="100300"/>
+    <s v="Cork City and suburbs"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD215C03"/>
+    <s v="Primary school children (5-12 years)"/>
+    <s v="Number"/>
+    <n v="18370"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="100300"/>
+    <s v="Cork City and suburbs"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD215C04"/>
+    <s v="Teenagers (13-18 years)"/>
+    <s v="Number"/>
+    <n v="14365"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="100300"/>
+    <s v="Cork City and suburbs"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD215C05"/>
+    <s v="Young adults (19-24 years)"/>
+    <s v="Number"/>
+    <n v="20579"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="100300"/>
+    <s v="Cork City and suburbs"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD215C06"/>
+    <s v="Persons aged 25-34 years"/>
+    <s v="Number"/>
+    <n v="36530"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="100300"/>
+    <s v="Cork City and suburbs"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD215C07"/>
+    <s v="Persons aged 35-44 years"/>
+    <s v="Number"/>
+    <n v="26701"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="100300"/>
+    <s v="Cork City and suburbs"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD215C08"/>
+    <s v="Persons aged 45-54 years"/>
+    <s v="Number"/>
+    <n v="24734"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="100300"/>
+    <s v="Cork City and suburbs"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD215C09"/>
+    <s v="Persons aged 55-64 years"/>
+    <s v="Number"/>
+    <n v="18909"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="100300"/>
+    <s v="Cork City and suburbs"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD215C10"/>
+    <s v="Persons aged 65-74 years"/>
+    <s v="Number"/>
+    <n v="13087"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="100300"/>
+    <s v="Cork City and suburbs"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD215C11"/>
+    <s v="Persons aged 75 years and over"/>
+    <s v="Number"/>
+    <n v="8654"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="100300"/>
+    <s v="Cork City and suburbs"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD215C12"/>
+    <s v="Average age"/>
+    <s v="Number"/>
+    <n v="36.1"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="100400"/>
+    <s v="Limerick City and suburbs"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="CD215C01"/>
+    <s v="Persons of all ages"/>
+    <s v="Number"/>
+    <n v="86920"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="100400"/>
+    <s v="Limerick City and suburbs"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="CD215C02"/>
+    <s v="Pre-school children (0-4 years)"/>
+    <s v="Number"/>
+    <n v="5844"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="100400"/>
+    <s v="Limerick City and suburbs"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="CD215C03"/>
+    <s v="Primary school children (5-12 years)"/>
+    <s v="Number"/>
+    <n v="8464"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="100400"/>
+    <s v="Limerick City and suburbs"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="CD215C04"/>
+    <s v="Teenagers (13-18 years)"/>
+    <s v="Number"/>
+    <n v="6934"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="100400"/>
+    <s v="Limerick City and suburbs"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="CD215C05"/>
+    <s v="Young adults (19-24 years)"/>
+    <s v="Number"/>
+    <n v="12366"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="100400"/>
+    <s v="Limerick City and suburbs"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="CD215C06"/>
+    <s v="Persons aged 25-34 years"/>
+    <s v="Number"/>
+    <n v="16757"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="100400"/>
+    <s v="Limerick City and suburbs"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="CD215C07"/>
+    <s v="Persons aged 35-44 years"/>
+    <s v="Number"/>
+    <n v="11486"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="100400"/>
+    <s v="Limerick City and suburbs"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="CD215C08"/>
+    <s v="Persons aged 45-54 years"/>
+    <s v="Number"/>
+    <n v="9659"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="100400"/>
+    <s v="Limerick City and suburbs"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="CD215C09"/>
+    <s v="Persons aged 55-64 years"/>
+    <s v="Number"/>
+    <n v="7461"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="100400"/>
+    <s v="Limerick City and suburbs"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="CD215C10"/>
+    <s v="Persons aged 65-74 years"/>
+    <s v="Number"/>
+    <n v="4965"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="100400"/>
+    <s v="Limerick City and suburbs"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="CD215C11"/>
+    <s v="Persons aged 75 years and over"/>
+    <s v="Number"/>
+    <n v="2984"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="100400"/>
+    <s v="Limerick City and suburbs"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="CD215C12"/>
+    <s v="Average age"/>
+    <s v="Number"/>
+    <n v="33.8"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="100400"/>
+    <s v="Limerick City and suburbs"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD215C01"/>
+    <s v="Persons of all ages"/>
+    <s v="Number"/>
+    <n v="87984"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="100400"/>
+    <s v="Limerick City and suburbs"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD215C02"/>
+    <s v="Pre-school children (0-4 years)"/>
+    <s v="Number"/>
+    <n v="6475"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="100400"/>
+    <s v="Limerick City and suburbs"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD215C03"/>
+    <s v="Primary school children (5-12 years)"/>
+    <s v="Number"/>
+    <n v="8509"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="100400"/>
+    <s v="Limerick City and suburbs"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD215C04"/>
+    <s v="Teenagers (13-18 years)"/>
+    <s v="Number"/>
+    <n v="6378"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="100400"/>
+    <s v="Limerick City and suburbs"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD215C05"/>
+    <s v="Young adults (19-24 years)"/>
+    <s v="Number"/>
+    <n v="9768"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="100400"/>
+    <s v="Limerick City and suburbs"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD215C06"/>
+    <s v="Persons aged 25-34 years"/>
+    <s v="Number"/>
+    <n v="16902"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="100400"/>
+    <s v="Limerick City and suburbs"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD215C07"/>
+    <s v="Persons aged 35-44 years"/>
+    <s v="Number"/>
+    <n v="12143"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="100400"/>
+    <s v="Limerick City and suburbs"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD215C08"/>
+    <s v="Persons aged 45-54 years"/>
+    <s v="Number"/>
+    <n v="10289"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="100400"/>
+    <s v="Limerick City and suburbs"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD215C09"/>
+    <s v="Persons aged 55-64 years"/>
+    <s v="Number"/>
+    <n v="8241"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="100400"/>
+    <s v="Limerick City and suburbs"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD215C10"/>
+    <s v="Persons aged 65-74 years"/>
+    <s v="Number"/>
+    <n v="5686"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="100400"/>
+    <s v="Limerick City and suburbs"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD215C11"/>
+    <s v="Persons aged 75 years and over"/>
+    <s v="Number"/>
+    <n v="3593"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="100400"/>
+    <s v="Limerick City and suburbs"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD215C12"/>
+    <s v="Average age"/>
+    <s v="Number"/>
+    <n v="35.1"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="100500"/>
+    <s v="Galway City and suburbs"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="CD215C01"/>
+    <s v="Persons of all ages"/>
+    <s v="Number"/>
+    <n v="67999"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="100500"/>
+    <s v="Galway City and suburbs"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="CD215C02"/>
+    <s v="Pre-school children (0-4 years)"/>
+    <s v="Number"/>
+    <n v="4247"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="100500"/>
+    <s v="Galway City and suburbs"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="CD215C03"/>
+    <s v="Primary school children (5-12 years)"/>
+    <s v="Number"/>
+    <n v="5599"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="100500"/>
+    <s v="Galway City and suburbs"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="CD215C04"/>
+    <s v="Teenagers (13-18 years)"/>
+    <s v="Number"/>
+    <n v="4754"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="100500"/>
+    <s v="Galway City and suburbs"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="CD215C05"/>
+    <s v="Young adults (19-24 years)"/>
+    <s v="Number"/>
+    <n v="12176"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="100500"/>
+    <s v="Galway City and suburbs"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="CD215C06"/>
+    <s v="Persons aged 25-34 years"/>
+    <s v="Number"/>
+    <n v="16045"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="100500"/>
+    <s v="Galway City and suburbs"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="CD215C07"/>
+    <s v="Persons aged 35-44 years"/>
+    <s v="Number"/>
+    <n v="8322"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="100500"/>
+    <s v="Galway City and suburbs"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="CD215C08"/>
+    <s v="Persons aged 45-54 years"/>
+    <s v="Number"/>
+    <n v="6877"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="100500"/>
+    <s v="Galway City and suburbs"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="CD215C09"/>
+    <s v="Persons aged 55-64 years"/>
+    <s v="Number"/>
+    <n v="4989"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="100500"/>
+    <s v="Galway City and suburbs"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="CD215C10"/>
+    <s v="Persons aged 65-74 years"/>
+    <s v="Number"/>
+    <n v="3020"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="100500"/>
+    <s v="Galway City and suburbs"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="CD215C11"/>
+    <s v="Persons aged 75 years and over"/>
+    <s v="Number"/>
+    <n v="1970"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="100500"/>
+    <s v="Galway City and suburbs"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="CD215C12"/>
+    <s v="Average age"/>
+    <s v="Number"/>
+    <n v="32.6"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="100500"/>
+    <s v="Galway City and suburbs"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD215C01"/>
+    <s v="Persons of all ages"/>
+    <s v="Number"/>
+    <n v="72182"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="100500"/>
+    <s v="Galway City and suburbs"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD215C02"/>
+    <s v="Pre-school children (0-4 years)"/>
+    <s v="Number"/>
+    <n v="4772"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="100500"/>
+    <s v="Galway City and suburbs"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD215C03"/>
+    <s v="Primary school children (5-12 years)"/>
+    <s v="Number"/>
+    <n v="6276"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="100500"/>
+    <s v="Galway City and suburbs"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD215C04"/>
+    <s v="Teenagers (13-18 years)"/>
+    <s v="Number"/>
+    <n v="4676"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="100500"/>
+    <s v="Galway City and suburbs"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD215C05"/>
+    <s v="Young adults (19-24 years)"/>
+    <s v="Number"/>
+    <n v="9629"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="100500"/>
+    <s v="Galway City and suburbs"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD215C06"/>
+    <s v="Persons aged 25-34 years"/>
+    <s v="Number"/>
+    <n v="17334"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="100500"/>
+    <s v="Galway City and suburbs"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD215C07"/>
+    <s v="Persons aged 35-44 years"/>
+    <s v="Number"/>
+    <n v="10038"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="100500"/>
+    <s v="Galway City and suburbs"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD215C08"/>
+    <s v="Persons aged 45-54 years"/>
+    <s v="Number"/>
+    <n v="7418"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="100500"/>
+    <s v="Galway City and suburbs"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD215C09"/>
+    <s v="Persons aged 55-64 years"/>
+    <s v="Number"/>
+    <n v="5896"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="100500"/>
+    <s v="Galway City and suburbs"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD215C10"/>
+    <s v="Persons aged 65-74 years"/>
+    <s v="Number"/>
+    <n v="3728"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="100500"/>
+    <s v="Galway City and suburbs"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD215C11"/>
+    <s v="Persons aged 75 years and over"/>
+    <s v="Number"/>
+    <n v="2415"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="100500"/>
+    <s v="Galway City and suburbs"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD215C12"/>
+    <s v="Average age"/>
+    <s v="Number"/>
+    <n v="33.9"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="100600"/>
+    <s v="Waterford City and suburbs"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="CD215C01"/>
+    <s v="Persons of all ages"/>
+    <s v="Number"/>
+    <n v="46968"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="100600"/>
+    <s v="Waterford City and suburbs"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="CD215C02"/>
+    <s v="Pre-school children (0-4 years)"/>
+    <s v="Number"/>
+    <n v="3477"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="100600"/>
+    <s v="Waterford City and suburbs"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="CD215C03"/>
+    <s v="Primary school children (5-12 years)"/>
+    <s v="Number"/>
+    <n v="4864"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="100600"/>
+    <s v="Waterford City and suburbs"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="CD215C04"/>
+    <s v="Teenagers (13-18 years)"/>
+    <s v="Number"/>
+    <n v="3727"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="100600"/>
+    <s v="Waterford City and suburbs"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="CD215C05"/>
+    <s v="Young adults (19-24 years)"/>
+    <s v="Number"/>
+    <n v="5211"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="100600"/>
+    <s v="Waterford City and suburbs"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="CD215C06"/>
+    <s v="Persons aged 25-34 years"/>
+    <s v="Number"/>
+    <n v="8334"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="100600"/>
+    <s v="Waterford City and suburbs"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="CD215C07"/>
+    <s v="Persons aged 35-44 years"/>
+    <s v="Number"/>
+    <n v="6641"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="100600"/>
+    <s v="Waterford City and suburbs"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="CD215C08"/>
+    <s v="Persons aged 45-54 years"/>
+    <s v="Number"/>
+    <n v="5494"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="100600"/>
+    <s v="Waterford City and suburbs"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="CD215C09"/>
+    <s v="Persons aged 55-64 years"/>
+    <s v="Number"/>
+    <n v="4343"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="100600"/>
+    <s v="Waterford City and suburbs"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="CD215C10"/>
+    <s v="Persons aged 65-74 years"/>
+    <s v="Number"/>
+    <n v="3076"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="100600"/>
+    <s v="Waterford City and suburbs"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="CD215C11"/>
+    <s v="Persons aged 75 years and over"/>
+    <s v="Number"/>
+    <n v="1801"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="100600"/>
+    <s v="Waterford City and suburbs"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="CD215C12"/>
+    <s v="Average age"/>
+    <s v="Number"/>
+    <n v="34.7"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="100600"/>
+    <s v="Waterford City and suburbs"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD215C01"/>
+    <s v="Persons of all ages"/>
+    <s v="Number"/>
+    <n v="50306"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="100600"/>
+    <s v="Waterford City and suburbs"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD215C02"/>
+    <s v="Pre-school children (0-4 years)"/>
+    <s v="Number"/>
+    <n v="3863"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="100600"/>
+    <s v="Waterford City and suburbs"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD215C03"/>
+    <s v="Primary school children (5-12 years)"/>
+    <s v="Number"/>
+    <n v="5404"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="100600"/>
+    <s v="Waterford City and suburbs"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD215C04"/>
+    <s v="Teenagers (13-18 years)"/>
+    <s v="Number"/>
+    <n v="3612"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="100600"/>
+    <s v="Waterford City and suburbs"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD215C05"/>
+    <s v="Young adults (19-24 years)"/>
+    <s v="Number"/>
+    <n v="4515"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="100600"/>
+    <s v="Waterford City and suburbs"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD215C06"/>
+    <s v="Persons aged 25-34 years"/>
+    <s v="Number"/>
+    <n v="9239"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="100600"/>
+    <s v="Waterford City and suburbs"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD215C07"/>
+    <s v="Persons aged 35-44 years"/>
+    <s v="Number"/>
+    <n v="7273"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="100600"/>
+    <s v="Waterford City and suburbs"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD215C08"/>
+    <s v="Persons aged 45-54 years"/>
+    <s v="Number"/>
+    <n v="6058"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="100600"/>
+    <s v="Waterford City and suburbs"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD215C09"/>
+    <s v="Persons aged 55-64 years"/>
+    <s v="Number"/>
+    <n v="4762"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="100600"/>
+    <s v="Waterford City and suburbs"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD215C10"/>
+    <s v="Persons aged 65-74 years"/>
+    <s v="Number"/>
+    <n v="3413"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="100600"/>
+    <s v="Waterford City and suburbs"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD215C11"/>
+    <s v="Persons aged 75 years and over"/>
+    <s v="Number"/>
+    <n v="2167"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="100600"/>
+    <s v="Waterford City and suburbs"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD215C12"/>
+    <s v="Average age"/>
+    <s v="Number"/>
+    <n v="35.4"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="100700"/>
+    <s v="Towns 10,000 population and over"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="CD215C01"/>
+    <s v="Persons of all ages"/>
+    <s v="Number"/>
+    <n v="596739"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="100700"/>
+    <s v="Towns 10,000 population and over"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="CD215C02"/>
+    <s v="Pre-school children (0-4 years)"/>
+    <s v="Number"/>
+    <n v="48860"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="100700"/>
+    <s v="Towns 10,000 population and over"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="CD215C03"/>
+    <s v="Primary school children (5-12 years)"/>
+    <s v="Number"/>
+    <n v="65589"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="100700"/>
+    <s v="Towns 10,000 population and over"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="CD215C04"/>
+    <s v="Teenagers (13-18 years)"/>
+    <s v="Number"/>
+    <n v="47317"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="100700"/>
+    <s v="Towns 10,000 population and over"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="CD215C05"/>
+    <s v="Young adults (19-24 years)"/>
+    <s v="Number"/>
+    <n v="60619"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="100700"/>
+    <s v="Towns 10,000 population and over"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="CD215C06"/>
+    <s v="Persons aged 25-34 years"/>
+    <s v="Number"/>
+    <n v="116278"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="100700"/>
+    <s v="Towns 10,000 population and over"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="CD215C07"/>
+    <s v="Persons aged 35-44 years"/>
+    <s v="Number"/>
+    <n v="91997"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="100700"/>
+    <s v="Towns 10,000 population and over"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="CD215C08"/>
+    <s v="Persons aged 45-54 years"/>
+    <s v="Number"/>
+    <n v="69191"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="100700"/>
+    <s v="Towns 10,000 population and over"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="CD215C09"/>
+    <s v="Persons aged 55-64 years"/>
+    <s v="Number"/>
+    <n v="49875"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="100700"/>
+    <s v="Towns 10,000 population and over"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="CD215C10"/>
+    <s v="Persons aged 65-74 years"/>
+    <s v="Number"/>
+    <n v="28965"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="100700"/>
+    <s v="Towns 10,000 population and over"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="CD215C11"/>
+    <s v="Persons aged 75 years and over"/>
+    <s v="Number"/>
+    <n v="18048"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="100700"/>
+    <s v="Towns 10,000 population and over"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="CD215C12"/>
+    <s v="Average age"/>
+    <s v="Number"/>
+    <n v="33.2"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="100700"/>
+    <s v="Towns 10,000 population and over"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD215C01"/>
+    <s v="Persons of all ages"/>
+    <s v="Number"/>
+    <n v="716381"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="100700"/>
+    <s v="Towns 10,000 population and over"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD215C02"/>
+    <s v="Pre-school children (0-4 years)"/>
+    <s v="Number"/>
+    <n v="63028"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="100700"/>
+    <s v="Towns 10,000 population and over"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD215C03"/>
+    <s v="Primary school children (5-12 years)"/>
+    <s v="Number"/>
+    <n v="83457"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="100700"/>
+    <s v="Towns 10,000 population and over"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD215C04"/>
+    <s v="Teenagers (13-18 years)"/>
+    <s v="Number"/>
+    <n v="53259"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="100700"/>
+    <s v="Towns 10,000 population and over"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD215C05"/>
+    <s v="Young adults (19-24 years)"/>
+    <s v="Number"/>
+    <n v="59178"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="100700"/>
+    <s v="Towns 10,000 population and over"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD215C06"/>
+    <s v="Persons aged 25-34 years"/>
+    <s v="Number"/>
+    <n v="132615"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="100700"/>
+    <s v="Towns 10,000 population and over"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD215C07"/>
+    <s v="Persons aged 35-44 years"/>
+    <s v="Number"/>
+    <n v="113218"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="100700"/>
+    <s v="Towns 10,000 population and over"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD215C08"/>
+    <s v="Persons aged 45-54 years"/>
+    <s v="Number"/>
+    <n v="86247"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="100700"/>
+    <s v="Towns 10,000 population and over"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD215C09"/>
+    <s v="Persons aged 55-64 years"/>
+    <s v="Number"/>
+    <n v="62875"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="100700"/>
+    <s v="Towns 10,000 population and over"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD215C10"/>
+    <s v="Persons aged 65-74 years"/>
+    <s v="Number"/>
+    <n v="38926"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="100700"/>
+    <s v="Towns 10,000 population and over"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD215C11"/>
+    <s v="Persons aged 75 years and over"/>
+    <s v="Number"/>
+    <n v="23578"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="100700"/>
+    <s v="Towns 10,000 population and over"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD215C12"/>
+    <s v="Average age"/>
+    <s v="Number"/>
+    <n v="33.8"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="104700"/>
+    <s v="Towns 5,000 - 9,999 population"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="CD215C01"/>
+    <s v="Persons of all ages"/>
+    <s v="Number"/>
+    <n v="264691"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="104700"/>
+    <s v="Towns 5,000 - 9,999 population"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="CD215C02"/>
+    <s v="Pre-school children (0-4 years)"/>
+    <s v="Number"/>
+    <n v="22176"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="104700"/>
+    <s v="Towns 5,000 - 9,999 population"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="CD215C03"/>
+    <s v="Primary school children (5-12 years)"/>
+    <s v="Number"/>
+    <n v="29979"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="104700"/>
+    <s v="Towns 5,000 - 9,999 population"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="CD215C04"/>
+    <s v="Teenagers (13-18 years)"/>
+    <s v="Number"/>
+    <n v="20450"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="104700"/>
+    <s v="Towns 5,000 - 9,999 population"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="CD215C05"/>
+    <s v="Young adults (19-24 years)"/>
+    <s v="Number"/>
+    <n v="24339"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="104700"/>
+    <s v="Towns 5,000 - 9,999 population"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="CD215C06"/>
+    <s v="Persons aged 25-34 years"/>
+    <s v="Number"/>
+    <n v="50516"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="104700"/>
+    <s v="Towns 5,000 - 9,999 population"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="CD215C07"/>
+    <s v="Persons aged 35-44 years"/>
+    <s v="Number"/>
+    <n v="40416"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="104700"/>
+    <s v="Towns 5,000 - 9,999 population"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="CD215C08"/>
+    <s v="Persons aged 45-54 years"/>
+    <s v="Number"/>
+    <n v="30334"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="104700"/>
+    <s v="Towns 5,000 - 9,999 population"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="CD215C09"/>
+    <s v="Persons aged 55-64 years"/>
+    <s v="Number"/>
+    <n v="23623"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="104700"/>
+    <s v="Towns 5,000 - 9,999 population"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="CD215C10"/>
+    <s v="Persons aged 65-74 years"/>
+    <s v="Number"/>
+    <n v="13931"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="104700"/>
+    <s v="Towns 5,000 - 9,999 population"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="CD215C11"/>
+    <s v="Persons aged 75 years and over"/>
+    <s v="Number"/>
+    <n v="8927"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="104700"/>
+    <s v="Towns 5,000 - 9,999 population"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="CD215C12"/>
+    <s v="Average age"/>
+    <s v="Number"/>
+    <n v="33.7"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="104700"/>
+    <s v="Towns 5,000 - 9,999 population"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD215C01"/>
+    <s v="Persons of all ages"/>
+    <s v="Number"/>
+    <n v="293382"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="104700"/>
+    <s v="Towns 5,000 - 9,999 population"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD215C02"/>
+    <s v="Pre-school children (0-4 years)"/>
+    <s v="Number"/>
+    <n v="27485"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="104700"/>
+    <s v="Towns 5,000 - 9,999 population"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD215C03"/>
+    <s v="Primary school children (5-12 years)"/>
+    <s v="Number"/>
+    <n v="35022"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="104700"/>
+    <s v="Towns 5,000 - 9,999 population"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD215C04"/>
+    <s v="Teenagers (13-18 years)"/>
+    <s v="Number"/>
+    <n v="21798"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="104700"/>
+    <s v="Towns 5,000 - 9,999 population"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD215C05"/>
+    <s v="Young adults (19-24 years)"/>
+    <s v="Number"/>
+    <n v="21507"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="104700"/>
+    <s v="Towns 5,000 - 9,999 population"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD215C06"/>
+    <s v="Persons aged 25-34 years"/>
+    <s v="Number"/>
+    <n v="53519"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="104700"/>
+    <s v="Towns 5,000 - 9,999 population"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD215C07"/>
+    <s v="Persons aged 35-44 years"/>
+    <s v="Number"/>
+    <n v="48033"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="104700"/>
+    <s v="Towns 5,000 - 9,999 population"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD215C08"/>
+    <s v="Persons aged 45-54 years"/>
+    <s v="Number"/>
+    <n v="34089"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="104700"/>
+    <s v="Towns 5,000 - 9,999 population"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD215C09"/>
+    <s v="Persons aged 55-64 years"/>
+    <s v="Number"/>
+    <n v="25572"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="104700"/>
+    <s v="Towns 5,000 - 9,999 population"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD215C10"/>
+    <s v="Persons aged 65-74 years"/>
+    <s v="Number"/>
+    <n v="16144"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="104700"/>
+    <s v="Towns 5,000 - 9,999 population"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD215C11"/>
+    <s v="Persons aged 75 years and over"/>
+    <s v="Number"/>
+    <n v="10213"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="104700"/>
+    <s v="Towns 5,000 - 9,999 population"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD215C12"/>
+    <s v="Average age"/>
+    <s v="Number"/>
+    <n v="33.7"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="108900"/>
+    <s v="Towns 3,000 - 4,999 population"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="CD215C01"/>
+    <s v="Persons of all ages"/>
+    <s v="Number"/>
+    <n v="105153"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="108900"/>
+    <s v="Towns 3,000 - 4,999 population"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="CD215C02"/>
+    <s v="Pre-school children (0-4 years)"/>
+    <s v="Number"/>
+    <n v="8550"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="108900"/>
+    <s v="Towns 3,000 - 4,999 population"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="CD215C03"/>
+    <s v="Primary school children (5-12 years)"/>
+    <s v="Number"/>
+    <n v="11902"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="108900"/>
+    <s v="Towns 3,000 - 4,999 population"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="CD215C04"/>
+    <s v="Teenagers (13-18 years)"/>
+    <s v="Number"/>
+    <n v="7830"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="108900"/>
+    <s v="Towns 3,000 - 4,999 population"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="CD215C05"/>
+    <s v="Young adults (19-24 years)"/>
+    <s v="Number"/>
+    <n v="9749"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="108900"/>
+    <s v="Towns 3,000 - 4,999 population"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="CD215C06"/>
+    <s v="Persons aged 25-34 years"/>
+    <s v="Number"/>
+    <n v="21367"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="108900"/>
+    <s v="Towns 3,000 - 4,999 population"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="CD215C07"/>
+    <s v="Persons aged 35-44 years"/>
+    <s v="Number"/>
+    <n v="16744"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="108900"/>
+    <s v="Towns 3,000 - 4,999 population"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="CD215C08"/>
+    <s v="Persons aged 45-54 years"/>
+    <s v="Number"/>
+    <n v="11445"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="108900"/>
+    <s v="Towns 3,000 - 4,999 population"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="CD215C09"/>
+    <s v="Persons aged 55-64 years"/>
+    <s v="Number"/>
+    <n v="8519"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="108900"/>
+    <s v="Towns 3,000 - 4,999 population"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="CD215C10"/>
+    <s v="Persons aged 65-74 years"/>
+    <s v="Number"/>
+    <n v="5386"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="108900"/>
+    <s v="Towns 3,000 - 4,999 population"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="CD215C11"/>
+    <s v="Persons aged 75 years and over"/>
+    <s v="Number"/>
+    <n v="3661"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="108900"/>
+    <s v="Towns 3,000 - 4,999 population"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="CD215C12"/>
+    <s v="Average age"/>
+    <s v="Number"/>
+    <n v="33.5"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="108900"/>
+    <s v="Towns 3,000 - 4,999 population"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD215C01"/>
+    <s v="Persons of all ages"/>
+    <s v="Number"/>
+    <n v="117577"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="108900"/>
+    <s v="Towns 3,000 - 4,999 population"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD215C02"/>
+    <s v="Pre-school children (0-4 years)"/>
+    <s v="Number"/>
+    <n v="11300"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="108900"/>
+    <s v="Towns 3,000 - 4,999 population"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD215C03"/>
+    <s v="Primary school children (5-12 years)"/>
+    <s v="Number"/>
+    <n v="13394"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="108900"/>
+    <s v="Towns 3,000 - 4,999 population"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD215C04"/>
+    <s v="Teenagers (13-18 years)"/>
+    <s v="Number"/>
+    <n v="8343"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="108900"/>
+    <s v="Towns 3,000 - 4,999 population"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD215C05"/>
+    <s v="Young adults (19-24 years)"/>
+    <s v="Number"/>
+    <n v="8386"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="108900"/>
+    <s v="Towns 3,000 - 4,999 population"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD215C06"/>
+    <s v="Persons aged 25-34 years"/>
+    <s v="Number"/>
+    <n v="22761"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="108900"/>
+    <s v="Towns 3,000 - 4,999 population"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD215C07"/>
+    <s v="Persons aged 35-44 years"/>
+    <s v="Number"/>
+    <n v="19096"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="108900"/>
+    <s v="Towns 3,000 - 4,999 population"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD215C08"/>
+    <s v="Persons aged 45-54 years"/>
+    <s v="Number"/>
+    <n v="13229"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="108900"/>
+    <s v="Towns 3,000 - 4,999 population"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD215C09"/>
+    <s v="Persons aged 55-64 years"/>
+    <s v="Number"/>
+    <n v="9917"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="108900"/>
+    <s v="Towns 3,000 - 4,999 population"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD215C10"/>
+    <s v="Persons aged 65-74 years"/>
+    <s v="Number"/>
+    <n v="6795"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="108900"/>
+    <s v="Towns 3,000 - 4,999 population"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD215C11"/>
+    <s v="Persons aged 75 years and over"/>
+    <s v="Number"/>
+    <n v="4356"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="108900"/>
+    <s v="Towns 3,000 - 4,999 population"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD215C12"/>
+    <s v="Average age"/>
+    <s v="Number"/>
+    <n v="33.9"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="112000"/>
+    <s v="Towns 1,500 - 2,999 population"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="CD215C01"/>
+    <s v="Persons of all ages"/>
+    <s v="Number"/>
+    <n v="122740"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="112000"/>
+    <s v="Towns 1,500 - 2,999 population"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="CD215C02"/>
+    <s v="Pre-school children (0-4 years)"/>
+    <s v="Number"/>
+    <n v="9529"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="112000"/>
+    <s v="Towns 1,500 - 2,999 population"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="CD215C03"/>
+    <s v="Primary school children (5-12 years)"/>
+    <s v="Number"/>
+    <n v="13283"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="112000"/>
+    <s v="Towns 1,500 - 2,999 population"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="CD215C04"/>
+    <s v="Teenagers (13-18 years)"/>
+    <s v="Number"/>
+    <n v="9502"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="112000"/>
+    <s v="Towns 1,500 - 2,999 population"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="CD215C05"/>
+    <s v="Young adults (19-24 years)"/>
+    <s v="Number"/>
+    <n v="10620"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="112000"/>
+    <s v="Towns 1,500 - 2,999 population"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="CD215C06"/>
+    <s v="Persons aged 25-34 years"/>
+    <s v="Number"/>
+    <n v="22828"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="112000"/>
+    <s v="Towns 1,500 - 2,999 population"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="CD215C07"/>
+    <s v="Persons aged 35-44 years"/>
+    <s v="Number"/>
+    <n v="18124"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="112000"/>
+    <s v="Towns 1,500 - 2,999 population"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="CD215C08"/>
+    <s v="Persons aged 45-54 years"/>
+    <s v="Number"/>
+    <n v="14020"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="112000"/>
+    <s v="Towns 1,500 - 2,999 population"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="CD215C09"/>
+    <s v="Persons aged 55-64 years"/>
+    <s v="Number"/>
+    <n v="11735"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="112000"/>
+    <s v="Towns 1,500 - 2,999 population"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="CD215C10"/>
+    <s v="Persons aged 65-74 years"/>
+    <s v="Number"/>
+    <n v="7816"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="112000"/>
+    <s v="Towns 1,500 - 2,999 population"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="CD215C11"/>
+    <s v="Persons aged 75 years and over"/>
+    <s v="Number"/>
+    <n v="5283"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="112000"/>
+    <s v="Towns 1,500 - 2,999 population"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="CD215C12"/>
+    <s v="Average age"/>
+    <s v="Number"/>
+    <n v="35.1"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="112000"/>
+    <s v="Towns 1,500 - 2,999 population"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD215C01"/>
+    <s v="Persons of all ages"/>
+    <s v="Number"/>
+    <n v="166884"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="112000"/>
+    <s v="Towns 1,500 - 2,999 population"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD215C02"/>
+    <s v="Pre-school children (0-4 years)"/>
+    <s v="Number"/>
+    <n v="15709"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="112000"/>
+    <s v="Towns 1,500 - 2,999 population"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD215C03"/>
+    <s v="Primary school children (5-12 years)"/>
+    <s v="Number"/>
+    <n v="19394"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="112000"/>
+    <s v="Towns 1,500 - 2,999 population"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD215C04"/>
+    <s v="Teenagers (13-18 years)"/>
+    <s v="Number"/>
+    <n v="12128"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="112000"/>
+    <s v="Towns 1,500 - 2,999 population"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD215C05"/>
+    <s v="Young adults (19-24 years)"/>
+    <s v="Number"/>
+    <n v="11746"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="112000"/>
+    <s v="Towns 1,500 - 2,999 population"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD215C06"/>
+    <s v="Persons aged 25-34 years"/>
+    <s v="Number"/>
+    <n v="29945"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="112000"/>
+    <s v="Towns 1,500 - 2,999 population"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD215C07"/>
+    <s v="Persons aged 35-44 years"/>
+    <s v="Number"/>
+    <n v="26141"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="112000"/>
+    <s v="Towns 1,500 - 2,999 population"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD215C08"/>
+    <s v="Persons aged 45-54 years"/>
+    <s v="Number"/>
+    <n v="18736"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="112000"/>
+    <s v="Towns 1,500 - 2,999 population"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD215C09"/>
+    <s v="Persons aged 55-64 years"/>
+    <s v="Number"/>
+    <n v="15282"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="112000"/>
+    <s v="Towns 1,500 - 2,999 population"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD215C10"/>
+    <s v="Persons aged 65-74 years"/>
+    <s v="Number"/>
+    <n v="10528"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="112000"/>
+    <s v="Towns 1,500 - 2,999 population"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD215C11"/>
+    <s v="Persons aged 75 years and over"/>
+    <s v="Number"/>
+    <n v="7275"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="112000"/>
+    <s v="Towns 1,500 - 2,999 population"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD215C12"/>
+    <s v="Average age"/>
+    <s v="Number"/>
+    <n v="34.6"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="120300"/>
+    <s v="Aggregate Town Area"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="CD215C01"/>
+    <s v="Persons of all ages"/>
+    <s v="Number"/>
+    <n v="2486641"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="120300"/>
+    <s v="Aggregate Town Area"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="CD215C02"/>
+    <s v="Pre-school children (0-4 years)"/>
+    <s v="Number"/>
+    <n v="180718"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="120300"/>
+    <s v="Aggregate Town Area"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="CD215C03"/>
+    <s v="Primary school children (5-12 years)"/>
+    <s v="Number"/>
+    <n v="254503"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="120300"/>
+    <s v="Aggregate Town Area"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="CD215C04"/>
+    <s v="Teenagers (13-18 years)"/>
+    <s v="Number"/>
+    <n v="190014"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="120300"/>
+    <s v="Aggregate Town Area"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="CD215C05"/>
+    <s v="Young adults (19-24 years)"/>
+    <s v="Number"/>
+    <n v="272105"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="120300"/>
+    <s v="Aggregate Town Area"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="CD215C06"/>
+    <s v="Persons aged 25-34 years"/>
+    <s v="Number"/>
+    <n v="490186"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="120300"/>
+    <s v="Aggregate Town Area"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="CD215C07"/>
+    <s v="Persons aged 35-44 years"/>
+    <s v="Number"/>
+    <n v="362140"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="120300"/>
+    <s v="Aggregate Town Area"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="CD215C08"/>
+    <s v="Persons aged 45-54 years"/>
+    <s v="Number"/>
+    <n v="287631"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="120300"/>
+    <s v="Aggregate Town Area"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="CD215C09"/>
+    <s v="Persons aged 55-64 years"/>
+    <s v="Number"/>
+    <n v="217894"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="120300"/>
+    <s v="Aggregate Town Area"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="CD215C10"/>
+    <s v="Persons aged 65-74 years"/>
+    <s v="Number"/>
+    <n v="139835"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="120300"/>
+    <s v="Aggregate Town Area"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="CD215C11"/>
+    <s v="Persons aged 75 years and over"/>
+    <s v="Number"/>
+    <n v="91615"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="120300"/>
+    <s v="Aggregate Town Area"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="CD215C12"/>
+    <s v="Average age"/>
+    <s v="Number"/>
+    <n v="34.3"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="120300"/>
+    <s v="Aggregate Town Area"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD215C01"/>
+    <s v="Persons of all ages"/>
+    <s v="Number"/>
+    <n v="2777156"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="120300"/>
+    <s v="Aggregate Town Area"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD215C02"/>
+    <s v="Pre-school children (0-4 years)"/>
+    <s v="Number"/>
+    <n v="222318"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="120300"/>
+    <s v="Aggregate Town Area"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD215C03"/>
+    <s v="Primary school children (5-12 years)"/>
+    <s v="Number"/>
+    <n v="293348"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="120300"/>
+    <s v="Aggregate Town Area"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD215C04"/>
+    <s v="Teenagers (13-18 years)"/>
+    <s v="Number"/>
+    <n v="197243"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="120300"/>
+    <s v="Aggregate Town Area"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD215C05"/>
+    <s v="Young adults (19-24 years)"/>
+    <s v="Number"/>
+    <n v="244058"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="120300"/>
+    <s v="Aggregate Town Area"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD215C06"/>
+    <s v="Persons aged 25-34 years"/>
+    <s v="Number"/>
+    <n v="539586"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="120300"/>
+    <s v="Aggregate Town Area"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD215C07"/>
+    <s v="Persons aged 35-44 years"/>
+    <s v="Number"/>
+    <n v="422549"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="120300"/>
+    <s v="Aggregate Town Area"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD215C08"/>
+    <s v="Persons aged 45-54 years"/>
+    <s v="Number"/>
+    <n v="329324"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="120300"/>
+    <s v="Aggregate Town Area"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD215C09"/>
+    <s v="Persons aged 55-64 years"/>
+    <s v="Number"/>
+    <n v="252576"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="120300"/>
+    <s v="Aggregate Town Area"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD215C10"/>
+    <s v="Persons aged 65-74 years"/>
+    <s v="Number"/>
+    <n v="165269"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="120300"/>
+    <s v="Aggregate Town Area"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD215C11"/>
+    <s v="Persons aged 75 years and over"/>
+    <s v="Number"/>
+    <n v="110885"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="120300"/>
+    <s v="Aggregate Town Area"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD215C12"/>
+    <s v="Average age"/>
+    <s v="Number"/>
+    <n v="34.8"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="120800"/>
+    <s v="Aggregate rural area"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="CD215C01"/>
+    <s v="Persons of all ages"/>
+    <s v="Number"/>
+    <n v="1636677"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="120800"/>
+    <s v="Aggregate rural area"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="CD215C02"/>
+    <s v="Pre-school children (0-4 years)"/>
+    <s v="Number"/>
+    <n v="119528"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="120800"/>
+    <s v="Aggregate rural area"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="CD215C03"/>
+    <s v="Primary school children (5-12 years)"/>
+    <s v="Number"/>
+    <n v="196217"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="120800"/>
+    <s v="Aggregate rural area"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="CD215C04"/>
+    <s v="Teenagers (13-18 years)"/>
+    <s v="Number"/>
+    <n v="150353"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="120800"/>
+    <s v="Aggregate rural area"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="CD215C05"/>
+    <s v="Young adults (19-24 years)"/>
+    <s v="Number"/>
+    <n v="120762"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="120800"/>
+    <s v="Aggregate rural area"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="CD215C06"/>
+    <s v="Persons aged 25-34 years"/>
+    <s v="Number"/>
+    <n v="211301"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="120800"/>
+    <s v="Aggregate rural area"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="CD215C07"/>
+    <s v="Persons aged 35-44 years"/>
+    <s v="Number"/>
+    <n v="246808"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="120800"/>
+    <s v="Aggregate rural area"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="CD215C08"/>
+    <s v="Persons aged 45-54 years"/>
+    <s v="Number"/>
+    <n v="224131"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="120800"/>
+    <s v="Aggregate rural area"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="CD215C09"/>
+    <s v="Persons aged 55-64 years"/>
+    <s v="Number"/>
+    <n v="176782"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="120800"/>
+    <s v="Aggregate rural area"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="CD215C10"/>
+    <s v="Persons aged 65-74 years"/>
+    <s v="Number"/>
+    <n v="107943"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="120800"/>
+    <s v="Aggregate rural area"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="CD215C11"/>
+    <s v="Persons aged 75 years and over"/>
+    <s v="Number"/>
+    <n v="82852"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="120800"/>
+    <s v="Aggregate rural area"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="CD215C12"/>
+    <s v="Average age"/>
+    <s v="Number"/>
+    <n v="36.3"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="120800"/>
+    <s v="Aggregate rural area"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD215C01"/>
+    <s v="Persons of all ages"/>
+    <s v="Number"/>
+    <n v="1733253"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="120800"/>
+    <s v="Aggregate rural area"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD215C02"/>
+    <s v="Pre-school children (0-4 years)"/>
+    <s v="Number"/>
+    <n v="131107"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="120800"/>
+    <s v="Aggregate rural area"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD215C03"/>
+    <s v="Primary school children (5-12 years)"/>
+    <s v="Number"/>
+    <n v="209312"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="120800"/>
+    <s v="Aggregate rural area"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD215C04"/>
+    <s v="Teenagers (13-18 years)"/>
+    <s v="Number"/>
+    <n v="147671"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="120800"/>
+    <s v="Aggregate rural area"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD215C05"/>
+    <s v="Young adults (19-24 years)"/>
+    <s v="Number"/>
+    <n v="122112"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="120800"/>
+    <s v="Aggregate rural area"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD215C06"/>
+    <s v="Persons aged 25-34 years"/>
+    <s v="Number"/>
+    <n v="207418"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="120800"/>
+    <s v="Aggregate rural area"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD215C07"/>
+    <s v="Persons aged 35-44 years"/>
+    <s v="Number"/>
+    <n v="259813"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="120800"/>
+    <s v="Aggregate rural area"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD215C08"/>
+    <s v="Persons aged 45-54 years"/>
+    <s v="Number"/>
+    <n v="240933"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="120800"/>
+    <s v="Aggregate rural area"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD215C09"/>
+    <s v="Persons aged 55-64 years"/>
+    <s v="Number"/>
+    <n v="199873"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="120800"/>
+    <s v="Aggregate rural area"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD215C10"/>
+    <s v="Persons aged 65-74 years"/>
+    <s v="Number"/>
+    <n v="126663"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="120800"/>
+    <s v="Aggregate rural area"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD215C11"/>
+    <s v="Persons aged 75 years and over"/>
+    <s v="Number"/>
+    <n v="88351"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="120800"/>
+    <s v="Aggregate rural area"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD215C12"/>
+    <s v="Average age"/>
+    <s v="Number"/>
+    <n v="36.9"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="CD215C01"/>
+    <s v="Persons of all ages"/>
+    <s v="Number"/>
+    <n v="2066256"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="CD215C02"/>
+    <s v="Pre-school children (0-4 years)"/>
+    <s v="Number"/>
+    <n v="153587"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="CD215C03"/>
+    <s v="Primary school children (5-12 years)"/>
+    <s v="Number"/>
+    <n v="231599"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="CD215C04"/>
+    <s v="Teenagers (13-18 years)"/>
+    <s v="Number"/>
+    <n v="174073"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="CD215C05"/>
+    <s v="Young adults (19-24 years)"/>
+    <s v="Number"/>
+    <n v="199010"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="CD215C06"/>
+    <s v="Persons aged 25-34 years"/>
+    <s v="Number"/>
+    <n v="354330"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="CD215C07"/>
+    <s v="Persons aged 35-44 years"/>
+    <s v="Number"/>
+    <n v="306390"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="CD215C08"/>
+    <s v="Persons aged 45-54 years"/>
+    <s v="Number"/>
+    <n v="256675"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="CD215C09"/>
+    <s v="Persons aged 55-64 years"/>
+    <s v="Number"/>
+    <n v="199218"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="CD215C10"/>
+    <s v="Persons aged 65-74 years"/>
+    <s v="Number"/>
+    <n v="120788"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="CD215C11"/>
+    <s v="Persons aged 75 years and over"/>
+    <s v="Number"/>
+    <n v="70586"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="CD215C12"/>
+    <s v="Average age"/>
+    <s v="Number"/>
+    <n v="34.5"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD215C01"/>
+    <s v="Persons of all ages"/>
+    <s v="Number"/>
+    <n v="2243086"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD215C02"/>
+    <s v="Pre-school children (0-4 years)"/>
+    <s v="Number"/>
+    <n v="180621"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD215C03"/>
+    <s v="Primary school children (5-12 years)"/>
+    <s v="Number"/>
+    <n v="257415"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD215C04"/>
+    <s v="Teenagers (13-18 years)"/>
+    <s v="Number"/>
+    <n v="176854"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD215C05"/>
+    <s v="Young adults (19-24 years)"/>
+    <s v="Number"/>
+    <n v="182631"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD215C06"/>
+    <s v="Persons aged 25-34 years"/>
+    <s v="Number"/>
+    <n v="365090"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD215C07"/>
+    <s v="Persons aged 35-44 years"/>
+    <s v="Number"/>
+    <n v="342070"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD215C08"/>
+    <s v="Persons aged 45-54 years"/>
+    <s v="Number"/>
+    <n v="283683"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD215C09"/>
+    <s v="Persons aged 55-64 years"/>
+    <s v="Number"/>
+    <n v="226816"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD215C10"/>
+    <s v="Persons aged 65-74 years"/>
+    <s v="Number"/>
+    <n v="143790"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD215C11"/>
+    <s v="Persons aged 75 years and over"/>
+    <s v="Number"/>
+    <n v="84116"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD215C12"/>
+    <s v="Average age"/>
+    <s v="Number"/>
+    <n v="35.1"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="100100"/>
+    <s v="Dublin City and suburbs"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="CD215C01"/>
+    <s v="Persons of all ages"/>
+    <s v="Number"/>
+    <n v="494525"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="100100"/>
+    <s v="Dublin City and suburbs"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="CD215C02"/>
+    <s v="Pre-school children (0-4 years)"/>
+    <s v="Number"/>
+    <n v="34029"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="100100"/>
+    <s v="Dublin City and suburbs"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="CD215C03"/>
+    <s v="Primary school children (5-12 years)"/>
+    <s v="Number"/>
+    <n v="49769"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="100100"/>
+    <s v="Dublin City and suburbs"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="CD215C04"/>
+    <s v="Teenagers (13-18 years)"/>
+    <s v="Number"/>
+    <n v="38083"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="100100"/>
+    <s v="Dublin City and suburbs"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="CD215C05"/>
+    <s v="Young adults (19-24 years)"/>
+    <s v="Number"/>
+    <n v="56062"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="100100"/>
+    <s v="Dublin City and suburbs"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="CD215C06"/>
+    <s v="Persons aged 25-34 years"/>
+    <s v="Number"/>
+    <n v="102624"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="100100"/>
+    <s v="Dublin City and suburbs"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="CD215C07"/>
+    <s v="Persons aged 35-44 years"/>
+    <s v="Number"/>
+    <n v="70219"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="100100"/>
+    <s v="Dublin City and suburbs"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="CD215C08"/>
+    <s v="Persons aged 45-54 years"/>
+    <s v="Number"/>
+    <n v="56893"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="100100"/>
+    <s v="Dublin City and suburbs"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="CD215C09"/>
+    <s v="Persons aged 55-64 years"/>
+    <s v="Number"/>
+    <n v="43442"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="100100"/>
+    <s v="Dublin City and suburbs"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="CD215C10"/>
+    <s v="Persons aged 65-74 years"/>
+    <s v="Number"/>
+    <n v="27698"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="100100"/>
+    <s v="Dublin City and suburbs"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="CD215C11"/>
+    <s v="Persons aged 75 years and over"/>
+    <s v="Number"/>
+    <n v="15706"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="100100"/>
+    <s v="Dublin City and suburbs"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="CD215C12"/>
+    <s v="Average age"/>
+    <s v="Number"/>
+    <n v="34"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="100100"/>
+    <s v="Dublin City and suburbs"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD215C01"/>
+    <s v="Persons of all ages"/>
+    <s v="Number"/>
+    <n v="525325"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="100100"/>
+    <s v="Dublin City and suburbs"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD215C02"/>
+    <s v="Pre-school children (0-4 years)"/>
+    <s v="Number"/>
+    <n v="39272"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="100100"/>
+    <s v="Dublin City and suburbs"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD215C03"/>
+    <s v="Primary school children (5-12 years)"/>
+    <s v="Number"/>
+    <n v="53050"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="100100"/>
+    <s v="Dublin City and suburbs"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD215C04"/>
+    <s v="Teenagers (13-18 years)"/>
+    <s v="Number"/>
+    <n v="37387"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="100100"/>
+    <s v="Dublin City and suburbs"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD215C05"/>
+    <s v="Young adults (19-24 years)"/>
+    <s v="Number"/>
+    <n v="48138"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="100100"/>
+    <s v="Dublin City and suburbs"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD215C06"/>
+    <s v="Persons aged 25-34 years"/>
+    <s v="Number"/>
+    <n v="107628"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="100100"/>
+    <s v="Dublin City and suburbs"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD215C07"/>
+    <s v="Persons aged 35-44 years"/>
+    <s v="Number"/>
+    <n v="79542"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="100100"/>
+    <s v="Dublin City and suburbs"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD215C08"/>
+    <s v="Persons aged 45-54 years"/>
+    <s v="Number"/>
+    <n v="61712"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="100100"/>
+    <s v="Dublin City and suburbs"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD215C09"/>
+    <s v="Persons aged 55-64 years"/>
+    <s v="Number"/>
+    <n v="48440"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="100100"/>
+    <s v="Dublin City and suburbs"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD215C10"/>
+    <s v="Persons aged 65-74 years"/>
+    <s v="Number"/>
+    <n v="30932"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="100100"/>
+    <s v="Dublin City and suburbs"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD215C11"/>
+    <s v="Persons aged 75 years and over"/>
+    <s v="Number"/>
+    <n v="19224"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="100100"/>
+    <s v="Dublin City and suburbs"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD215C12"/>
+    <s v="Average age"/>
+    <s v="Number"/>
+    <n v="34.8"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="100300"/>
+    <s v="Cork City and suburbs"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="CD215C01"/>
+    <s v="Persons of all ages"/>
+    <s v="Number"/>
+    <n v="90817"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="100300"/>
+    <s v="Cork City and suburbs"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="CD215C02"/>
+    <s v="Pre-school children (0-4 years)"/>
+    <s v="Number"/>
+    <n v="5852"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="100300"/>
+    <s v="Cork City and suburbs"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="CD215C03"/>
+    <s v="Primary school children (5-12 years)"/>
+    <s v="Number"/>
+    <n v="9565"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="100300"/>
+    <s v="Cork City and suburbs"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="CD215C04"/>
+    <s v="Teenagers (13-18 years)"/>
+    <s v="Number"/>
+    <n v="7581"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="100300"/>
+    <s v="Cork City and suburbs"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="CD215C05"/>
+    <s v="Young adults (19-24 years)"/>
+    <s v="Number"/>
+    <n v="10914"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="100300"/>
+    <s v="Cork City and suburbs"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="CD215C06"/>
+    <s v="Persons aged 25-34 years"/>
+    <s v="Number"/>
+    <n v="16514"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="100300"/>
+    <s v="Cork City and suburbs"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="CD215C07"/>
+    <s v="Persons aged 35-44 years"/>
+    <s v="Number"/>
+    <n v="12850"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="100300"/>
+    <s v="Cork City and suburbs"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="CD215C08"/>
+    <s v="Persons aged 45-54 years"/>
+    <s v="Number"/>
+    <n v="10936"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="100300"/>
+    <s v="Cork City and suburbs"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="CD215C09"/>
+    <s v="Persons aged 55-64 years"/>
+    <s v="Number"/>
+    <n v="8387"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="100300"/>
+    <s v="Cork City and suburbs"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="CD215C10"/>
+    <s v="Persons aged 65-74 years"/>
+    <s v="Number"/>
+    <n v="5428"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="100300"/>
+    <s v="Cork City and suburbs"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="CD215C11"/>
+    <s v="Persons aged 75 years and over"/>
+    <s v="Number"/>
+    <n v="2790"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="100300"/>
+    <s v="Cork City and suburbs"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="CD215C12"/>
+    <s v="Average age"/>
+    <s v="Number"/>
+    <n v="34.3"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="100300"/>
+    <s v="Cork City and suburbs"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD215C01"/>
+    <s v="Persons of all ages"/>
+    <s v="Number"/>
+    <n v="95456"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="100300"/>
+    <s v="Cork City and suburbs"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD215C02"/>
+    <s v="Pre-school children (0-4 years)"/>
+    <s v="Number"/>
+    <n v="6385"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="100300"/>
+    <s v="Cork City and suburbs"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD215C03"/>
+    <s v="Primary school children (5-12 years)"/>
+    <s v="Number"/>
+    <n v="9548"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="100300"/>
+    <s v="Cork City and suburbs"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD215C04"/>
+    <s v="Teenagers (13-18 years)"/>
+    <s v="Number"/>
+    <n v="7399"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="100300"/>
+    <s v="Cork City and suburbs"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD215C05"/>
+    <s v="Young adults (19-24 years)"/>
+    <s v="Number"/>
+    <n v="10049"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="100300"/>
+    <s v="Cork City and suburbs"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD215C06"/>
+    <s v="Persons aged 25-34 years"/>
+    <s v="Number"/>
+    <n v="17735"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="100300"/>
+    <s v="Cork City and suburbs"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD215C07"/>
+    <s v="Persons aged 35-44 years"/>
+    <s v="Number"/>
+    <n v="13466"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="100300"/>
+    <s v="Cork City and suburbs"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD215C08"/>
+    <s v="Persons aged 45-54 years"/>
+    <s v="Number"/>
+    <n v="11936"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="100300"/>
+    <s v="Cork City and suburbs"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD215C09"/>
+    <s v="Persons aged 55-64 years"/>
+    <s v="Number"/>
+    <n v="9319"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="100300"/>
+    <s v="Cork City and suburbs"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD215C10"/>
+    <s v="Persons aged 65-74 years"/>
+    <s v="Number"/>
+    <n v="6163"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="100300"/>
+    <s v="Cork City and suburbs"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD215C11"/>
+    <s v="Persons aged 75 years and over"/>
+    <s v="Number"/>
+    <n v="3456"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="100300"/>
+    <s v="Cork City and suburbs"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD215C12"/>
+    <s v="Average age"/>
+    <s v="Number"/>
+    <n v="35.3"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="100400"/>
+    <s v="Limerick City and suburbs"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="CD215C01"/>
+    <s v="Persons of all ages"/>
+    <s v="Number"/>
+    <n v="42889"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="100400"/>
+    <s v="Limerick City and suburbs"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="CD215C02"/>
+    <s v="Pre-school children (0-4 years)"/>
+    <s v="Number"/>
+    <n v="2937"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="100400"/>
+    <s v="Limerick City and suburbs"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="CD215C03"/>
+    <s v="Primary school children (5-12 years)"/>
+    <s v="Number"/>
+    <n v="4257"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="100400"/>
+    <s v="Limerick City and suburbs"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="CD215C04"/>
+    <s v="Teenagers (13-18 years)"/>
+    <s v="Number"/>
+    <n v="3506"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="100400"/>
+    <s v="Limerick City and suburbs"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="CD215C05"/>
+    <s v="Young adults (19-24 years)"/>
+    <s v="Number"/>
+    <n v="6009"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="100400"/>
+    <s v="Limerick City and suburbs"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="CD215C06"/>
+    <s v="Persons aged 25-34 years"/>
+    <s v="Number"/>
+    <n v="8553"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="100400"/>
+    <s v="Limerick City and suburbs"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="CD215C07"/>
+    <s v="Persons aged 35-44 years"/>
+    <s v="Number"/>
+    <n v="5719"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="100400"/>
+    <s v="Limerick City and suburbs"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="CD215C08"/>
+    <s v="Persons aged 45-54 years"/>
+    <s v="Number"/>
+    <n v="4790"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="100400"/>
+    <s v="Limerick City and suburbs"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="CD215C09"/>
+    <s v="Persons aged 55-64 years"/>
+    <s v="Number"/>
+    <n v="3608"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="100400"/>
+    <s v="Limerick City and suburbs"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="CD215C10"/>
+    <s v="Persons aged 65-74 years"/>
+    <s v="Number"/>
+    <n v="2330"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="100400"/>
+    <s v="Limerick City and suburbs"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="CD215C11"/>
+    <s v="Persons aged 75 years and over"/>
+    <s v="Number"/>
+    <n v="1180"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="100400"/>
+    <s v="Limerick City and suburbs"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="CD215C12"/>
+    <s v="Average age"/>
+    <s v="Number"/>
+    <n v="33.2"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="100400"/>
+    <s v="Limerick City and suburbs"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD215C01"/>
+    <s v="Persons of all ages"/>
+    <s v="Number"/>
+    <n v="43327"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="100400"/>
+    <s v="Limerick City and suburbs"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD215C02"/>
+    <s v="Pre-school children (0-4 years)"/>
+    <s v="Number"/>
+    <n v="3357"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="100400"/>
+    <s v="Limerick City and suburbs"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD215C03"/>
+    <s v="Primary school children (5-12 years)"/>
+    <s v="Number"/>
+    <n v="4258"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="100400"/>
+    <s v="Limerick City and suburbs"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD215C04"/>
+    <s v="Teenagers (13-18 years)"/>
+    <s v="Number"/>
+    <n v="3231"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="100400"/>
+    <s v="Limerick City and suburbs"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD215C05"/>
+    <s v="Young adults (19-24 years)"/>
+    <s v="Number"/>
+    <n v="4786"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="100400"/>
+    <s v="Limerick City and suburbs"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD215C06"/>
+    <s v="Persons aged 25-34 years"/>
+    <s v="Number"/>
+    <n v="8374"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="100400"/>
+    <s v="Limerick City and suburbs"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD215C07"/>
+    <s v="Persons aged 35-44 years"/>
+    <s v="Number"/>
+    <n v="6164"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="100400"/>
+    <s v="Limerick City and suburbs"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD215C08"/>
+    <s v="Persons aged 45-54 years"/>
+    <s v="Number"/>
+    <n v="5040"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="100400"/>
+    <s v="Limerick City and suburbs"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD215C09"/>
+    <s v="Persons aged 55-64 years"/>
+    <s v="Number"/>
+    <n v="3990"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="100400"/>
+    <s v="Limerick City and suburbs"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD215C10"/>
+    <s v="Persons aged 65-74 years"/>
+    <s v="Number"/>
+    <n v="2656"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="100400"/>
+    <s v="Limerick City and suburbs"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD215C11"/>
+    <s v="Persons aged 75 years and over"/>
+    <s v="Number"/>
+    <n v="1471"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="100400"/>
+    <s v="Limerick City and suburbs"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD215C12"/>
+    <s v="Average age"/>
+    <s v="Number"/>
+    <n v="34.5"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="100500"/>
+    <s v="Galway City and suburbs"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="CD215C01"/>
+    <s v="Persons of all ages"/>
+    <s v="Number"/>
+    <n v="32674"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="100500"/>
+    <s v="Galway City and suburbs"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="CD215C02"/>
+    <s v="Pre-school children (0-4 years)"/>
+    <s v="Number"/>
+    <n v="2127"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="100500"/>
+    <s v="Galway City and suburbs"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="CD215C03"/>
+    <s v="Primary school children (5-12 years)"/>
+    <s v="Number"/>
+    <n v="2864"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="100500"/>
+    <s v="Galway City and suburbs"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="CD215C04"/>
+    <s v="Teenagers (13-18 years)"/>
+    <s v="Number"/>
+    <n v="2313"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="100500"/>
+    <s v="Galway City and suburbs"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="CD215C05"/>
+    <s v="Young adults (19-24 years)"/>
+    <s v="Number"/>
+    <n v="5610"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="100500"/>
+    <s v="Galway City and suburbs"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="CD215C06"/>
+    <s v="Persons aged 25-34 years"/>
+    <s v="Number"/>
+    <n v="7955"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="100500"/>
+    <s v="Galway City and suburbs"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="CD215C07"/>
+    <s v="Persons aged 35-44 years"/>
+    <s v="Number"/>
+    <n v="4032"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="100500"/>
+    <s v="Galway City and suburbs"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="CD215C08"/>
+    <s v="Persons aged 45-54 years"/>
+    <s v="Number"/>
+    <n v="3239"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="100500"/>
+    <s v="Galway City and suburbs"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="CD215C09"/>
+    <s v="Persons aged 55-64 years"/>
+    <s v="Number"/>
+    <n v="2389"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="100500"/>
+    <s v="Galway City and suburbs"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="CD215C10"/>
+    <s v="Persons aged 65-74 years"/>
+    <s v="Number"/>
+    <n v="1406"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="100500"/>
+    <s v="Galway City and suburbs"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="CD215C11"/>
+    <s v="Persons aged 75 years and over"/>
+    <s v="Number"/>
+    <n v="739"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="100500"/>
+    <s v="Galway City and suburbs"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="CD215C12"/>
+    <s v="Average age"/>
+    <s v="Number"/>
+    <n v="32"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="100500"/>
+    <s v="Galway City and suburbs"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD215C01"/>
+    <s v="Persons of all ages"/>
+    <s v="Number"/>
+    <n v="35002"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="100500"/>
+    <s v="Galway City and suburbs"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD215C02"/>
+    <s v="Pre-school children (0-4 years)"/>
+    <s v="Number"/>
+    <n v="2435"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="100500"/>
+    <s v="Galway City and suburbs"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD215C03"/>
+    <s v="Primary school children (5-12 years)"/>
+    <s v="Number"/>
+    <n v="3176"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="100500"/>
+    <s v="Galway City and suburbs"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD215C04"/>
+    <s v="Teenagers (13-18 years)"/>
+    <s v="Number"/>
+    <n v="2362"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="100500"/>
+    <s v="Galway City and suburbs"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD215C05"/>
+    <s v="Young adults (19-24 years)"/>
+    <s v="Number"/>
+    <n v="4644"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="100500"/>
+    <s v="Galway City and suburbs"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD215C06"/>
+    <s v="Persons aged 25-34 years"/>
+    <s v="Number"/>
+    <n v="8484"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="100500"/>
+    <s v="Galway City and suburbs"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD215C07"/>
+    <s v="Persons aged 35-44 years"/>
+    <s v="Number"/>
+    <n v="4887"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="100500"/>
+    <s v="Galway City and suburbs"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD215C08"/>
+    <s v="Persons aged 45-54 years"/>
+    <s v="Number"/>
+    <n v="3487"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="100500"/>
+    <s v="Galway City and suburbs"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD215C09"/>
+    <s v="Persons aged 55-64 years"/>
+    <s v="Number"/>
+    <n v="2818"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="100500"/>
+    <s v="Galway City and suburbs"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD215C10"/>
+    <s v="Persons aged 65-74 years"/>
+    <s v="Number"/>
+    <n v="1733"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="100500"/>
+    <s v="Galway City and suburbs"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD215C11"/>
+    <s v="Persons aged 75 years and over"/>
+    <s v="Number"/>
+    <n v="976"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="100500"/>
+    <s v="Galway City and suburbs"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD215C12"/>
+    <s v="Average age"/>
+    <s v="Number"/>
+    <n v="33.2"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="100600"/>
+    <s v="Waterford City and suburbs"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="CD215C01"/>
+    <s v="Persons of all ages"/>
+    <s v="Number"/>
+    <n v="23228"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="100600"/>
+    <s v="Waterford City and suburbs"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="CD215C02"/>
+    <s v="Pre-school children (0-4 years)"/>
+    <s v="Number"/>
+    <n v="1774"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="100600"/>
+    <s v="Waterford City and suburbs"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="CD215C03"/>
+    <s v="Primary school children (5-12 years)"/>
+    <s v="Number"/>
+    <n v="2528"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="100600"/>
+    <s v="Waterford City and suburbs"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="CD215C04"/>
+    <s v="Teenagers (13-18 years)"/>
+    <s v="Number"/>
+    <n v="1832"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="100600"/>
+    <s v="Waterford City and suburbs"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="CD215C05"/>
+    <s v="Young adults (19-24 years)"/>
+    <s v="Number"/>
+    <n v="2544"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="100600"/>
+    <s v="Waterford City and suburbs"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="CD215C06"/>
+    <s v="Persons aged 25-34 years"/>
+    <s v="Number"/>
+    <n v="4154"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="100600"/>
+    <s v="Waterford City and suburbs"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="CD215C07"/>
+    <s v="Persons aged 35-44 years"/>
+    <s v="Number"/>
+    <n v="3346"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="100600"/>
+    <s v="Waterford City and suburbs"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="CD215C08"/>
+    <s v="Persons aged 45-54 years"/>
+    <s v="Number"/>
+    <n v="2719"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="100600"/>
+    <s v="Waterford City and suburbs"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="CD215C09"/>
+    <s v="Persons aged 55-64 years"/>
+    <s v="Number"/>
+    <n v="2176"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="100600"/>
+    <s v="Waterford City and suburbs"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="CD215C10"/>
+    <s v="Persons aged 65-74 years"/>
+    <s v="Number"/>
+    <n v="1454"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="100600"/>
+    <s v="Waterford City and suburbs"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="CD215C11"/>
+    <s v="Persons aged 75 years and over"/>
+    <s v="Number"/>
+    <n v="701"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="100600"/>
+    <s v="Waterford City and suburbs"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="CD215C12"/>
+    <s v="Average age"/>
+    <s v="Number"/>
+    <n v="34.1"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="100600"/>
+    <s v="Waterford City and suburbs"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD215C01"/>
+    <s v="Persons of all ages"/>
+    <s v="Number"/>
+    <n v="24730"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="100600"/>
+    <s v="Waterford City and suburbs"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD215C02"/>
+    <s v="Pre-school children (0-4 years)"/>
+    <s v="Number"/>
+    <n v="1936"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="100600"/>
+    <s v="Waterford City and suburbs"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD215C03"/>
+    <s v="Primary school children (5-12 years)"/>
+    <s v="Number"/>
+    <n v="2770"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="100600"/>
+    <s v="Waterford City and suburbs"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD215C04"/>
+    <s v="Teenagers (13-18 years)"/>
+    <s v="Number"/>
+    <n v="1850"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="100600"/>
+    <s v="Waterford City and suburbs"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD215C05"/>
+    <s v="Young adults (19-24 years)"/>
+    <s v="Number"/>
+    <n v="2186"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="100600"/>
+    <s v="Waterford City and suburbs"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD215C06"/>
+    <s v="Persons aged 25-34 years"/>
+    <s v="Number"/>
+    <n v="4489"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="100600"/>
+    <s v="Waterford City and suburbs"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD215C07"/>
+    <s v="Persons aged 35-44 years"/>
+    <s v="Number"/>
+    <n v="3672"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="100600"/>
+    <s v="Waterford City and suburbs"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD215C08"/>
+    <s v="Persons aged 45-54 years"/>
+    <s v="Number"/>
+    <n v="2959"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="100600"/>
+    <s v="Waterford City and suburbs"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD215C09"/>
+    <s v="Persons aged 55-64 years"/>
+    <s v="Number"/>
+    <n v="2393"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="100600"/>
+    <s v="Waterford City and suburbs"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD215C10"/>
+    <s v="Persons aged 65-74 years"/>
+    <s v="Number"/>
+    <n v="1621"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="100600"/>
+    <s v="Waterford City and suburbs"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD215C11"/>
+    <s v="Persons aged 75 years and over"/>
+    <s v="Number"/>
+    <n v="854"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="100600"/>
+    <s v="Waterford City and suburbs"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD215C12"/>
+    <s v="Average age"/>
+    <s v="Number"/>
+    <n v="34.8"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="100700"/>
+    <s v="Towns 10,000 population and over"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="CD215C01"/>
+    <s v="Persons of all ages"/>
+    <s v="Number"/>
+    <n v="295497"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="100700"/>
+    <s v="Towns 10,000 population and over"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="CD215C02"/>
+    <s v="Pre-school children (0-4 years)"/>
+    <s v="Number"/>
+    <n v="24952"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="100700"/>
+    <s v="Towns 10,000 population and over"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="CD215C03"/>
+    <s v="Primary school children (5-12 years)"/>
+    <s v="Number"/>
+    <n v="33647"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="100700"/>
+    <s v="Towns 10,000 population and over"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="CD215C04"/>
+    <s v="Teenagers (13-18 years)"/>
+    <s v="Number"/>
+    <n v="24019"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="100700"/>
+    <s v="Towns 10,000 population and over"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="CD215C05"/>
+    <s v="Young adults (19-24 years)"/>
+    <s v="Number"/>
+    <n v="29763"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="100700"/>
+    <s v="Towns 10,000 population and over"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="CD215C06"/>
+    <s v="Persons aged 25-34 years"/>
+    <s v="Number"/>
+    <n v="57959"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="100700"/>
+    <s v="Towns 10,000 population and over"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="CD215C07"/>
+    <s v="Persons aged 35-44 years"/>
+    <s v="Number"/>
+    <n v="46041"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="100700"/>
+    <s v="Towns 10,000 population and over"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="CD215C08"/>
+    <s v="Persons aged 45-54 years"/>
+    <s v="Number"/>
+    <n v="34261"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="100700"/>
+    <s v="Towns 10,000 population and over"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="CD215C09"/>
+    <s v="Persons aged 55-64 years"/>
+    <s v="Number"/>
+    <n v="24435"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="100700"/>
+    <s v="Towns 10,000 population and over"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="CD215C10"/>
+    <s v="Persons aged 65-74 years"/>
+    <s v="Number"/>
+    <n v="13645"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="100700"/>
+    <s v="Towns 10,000 population and over"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="CD215C11"/>
+    <s v="Persons aged 75 years and over"/>
+    <s v="Number"/>
+    <n v="6775"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="100700"/>
+    <s v="Towns 10,000 population and over"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="CD215C12"/>
+    <s v="Average age"/>
+    <s v="Number"/>
+    <n v="32.6"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="100700"/>
+    <s v="Towns 10,000 population and over"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD215C01"/>
+    <s v="Persons of all ages"/>
+    <s v="Number"/>
+    <n v="351831"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="100700"/>
+    <s v="Towns 10,000 population and over"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD215C02"/>
+    <s v="Pre-school children (0-4 years)"/>
+    <s v="Number"/>
+    <n v="32320"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="100700"/>
+    <s v="Towns 10,000 population and over"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD215C03"/>
+    <s v="Primary school children (5-12 years)"/>
+    <s v="Number"/>
+    <n v="42515"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="100700"/>
+    <s v="Towns 10,000 population and over"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD215C04"/>
+    <s v="Teenagers (13-18 years)"/>
+    <s v="Number"/>
+    <n v="27237"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="100700"/>
+    <s v="Towns 10,000 population and over"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD215C05"/>
+    <s v="Young adults (19-24 years)"/>
+    <s v="Number"/>
+    <n v="28962"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="100700"/>
+    <s v="Towns 10,000 population and over"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD215C06"/>
+    <s v="Persons aged 25-34 years"/>
+    <s v="Number"/>
+    <n v="63453"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="100700"/>
+    <s v="Towns 10,000 population and over"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD215C07"/>
+    <s v="Persons aged 35-44 years"/>
+    <s v="Number"/>
+    <n v="56411"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="100700"/>
+    <s v="Towns 10,000 population and over"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD215C08"/>
+    <s v="Persons aged 45-54 years"/>
+    <s v="Number"/>
+    <n v="42197"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="100700"/>
+    <s v="Towns 10,000 population and over"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD215C09"/>
+    <s v="Persons aged 55-64 years"/>
+    <s v="Number"/>
+    <n v="30676"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="100700"/>
+    <s v="Towns 10,000 population and over"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD215C10"/>
+    <s v="Persons aged 65-74 years"/>
+    <s v="Number"/>
+    <n v="18558"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="100700"/>
+    <s v="Towns 10,000 population and over"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD215C11"/>
+    <s v="Persons aged 75 years and over"/>
+    <s v="Number"/>
+    <n v="9502"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="100700"/>
+    <s v="Towns 10,000 population and over"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD215C12"/>
+    <s v="Average age"/>
+    <s v="Number"/>
+    <n v="33.2"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="104700"/>
+    <s v="Towns 5,000 - 9,999 population"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="CD215C01"/>
+    <s v="Persons of all ages"/>
+    <s v="Number"/>
+    <n v="132064"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="104700"/>
+    <s v="Towns 5,000 - 9,999 population"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="CD215C02"/>
+    <s v="Pre-school children (0-4 years)"/>
+    <s v="Number"/>
+    <n v="11334"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="104700"/>
+    <s v="Towns 5,000 - 9,999 population"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="CD215C03"/>
+    <s v="Primary school children (5-12 years)"/>
+    <s v="Number"/>
+    <n v="15297"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="104700"/>
+    <s v="Towns 5,000 - 9,999 population"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="CD215C04"/>
+    <s v="Teenagers (13-18 years)"/>
+    <s v="Number"/>
+    <n v="10418"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="104700"/>
+    <s v="Towns 5,000 - 9,999 population"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="CD215C05"/>
+    <s v="Young adults (19-24 years)"/>
+    <s v="Number"/>
+    <n v="12114"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="104700"/>
+    <s v="Towns 5,000 - 9,999 population"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="CD215C06"/>
+    <s v="Persons aged 25-34 years"/>
+    <s v="Number"/>
+    <n v="25366"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="104700"/>
+    <s v="Towns 5,000 - 9,999 population"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="CD215C07"/>
+    <s v="Persons aged 35-44 years"/>
+    <s v="Number"/>
+    <n v="20639"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="104700"/>
+    <s v="Towns 5,000 - 9,999 population"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="CD215C08"/>
+    <s v="Persons aged 45-54 years"/>
+    <s v="Number"/>
+    <n v="15241"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="104700"/>
+    <s v="Towns 5,000 - 9,999 population"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="CD215C09"/>
+    <s v="Persons aged 55-64 years"/>
+    <s v="Number"/>
+    <n v="11691"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="104700"/>
+    <s v="Towns 5,000 - 9,999 population"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="CD215C10"/>
+    <s v="Persons aged 65-74 years"/>
+    <s v="Number"/>
+    <n v="6553"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="104700"/>
+    <s v="Towns 5,000 - 9,999 population"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="CD215C11"/>
+    <s v="Persons aged 75 years and over"/>
+    <s v="Number"/>
+    <n v="3411"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="104700"/>
+    <s v="Towns 5,000 - 9,999 population"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="CD215C12"/>
+    <s v="Average age"/>
+    <s v="Number"/>
+    <n v="33"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="104700"/>
+    <s v="Towns 5,000 - 9,999 population"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD215C01"/>
+    <s v="Persons of all ages"/>
+    <s v="Number"/>
+    <n v="144675"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="104700"/>
+    <s v="Towns 5,000 - 9,999 population"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD215C02"/>
+    <s v="Pre-school children (0-4 years)"/>
+    <s v="Number"/>
+    <n v="13954"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="104700"/>
+    <s v="Towns 5,000 - 9,999 population"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD215C03"/>
+    <s v="Primary school children (5-12 years)"/>
+    <s v="Number"/>
+    <n v="17954"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="104700"/>
+    <s v="Towns 5,000 - 9,999 population"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD215C04"/>
+    <s v="Teenagers (13-18 years)"/>
+    <s v="Number"/>
+    <n v="11091"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="104700"/>
+    <s v="Towns 5,000 - 9,999 population"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD215C05"/>
+    <s v="Young adults (19-24 years)"/>
+    <s v="Number"/>
+    <n v="10437"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="104700"/>
+    <s v="Towns 5,000 - 9,999 population"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD215C06"/>
+    <s v="Persons aged 25-34 years"/>
+    <s v="Number"/>
+    <n v="25647"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="104700"/>
+    <s v="Towns 5,000 - 9,999 population"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD215C07"/>
+    <s v="Persons aged 35-44 years"/>
+    <s v="Number"/>
+    <n v="24047"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="104700"/>
+    <s v="Towns 5,000 - 9,999 population"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD215C08"/>
+    <s v="Persons aged 45-54 years"/>
+    <s v="Number"/>
+    <n v="17078"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="104700"/>
+    <s v="Towns 5,000 - 9,999 population"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD215C09"/>
+    <s v="Persons aged 55-64 years"/>
+    <s v="Number"/>
+    <n v="12535"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="104700"/>
+    <s v="Towns 5,000 - 9,999 population"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD215C10"/>
+    <s v="Persons aged 65-74 years"/>
+    <s v="Number"/>
+    <n v="7828"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="104700"/>
+    <s v="Towns 5,000 - 9,999 population"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD215C11"/>
+    <s v="Persons aged 75 years and over"/>
+    <s v="Number"/>
+    <n v="4104"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="104700"/>
+    <s v="Towns 5,000 - 9,999 population"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD215C12"/>
+    <s v="Average age"/>
+    <s v="Number"/>
+    <n v="33.2"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="108900"/>
+    <s v="Towns 3,000 - 4,999 population"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="CD215C01"/>
+    <s v="Persons of all ages"/>
+    <s v="Number"/>
+    <n v="52403"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="108900"/>
+    <s v="Towns 3,000 - 4,999 population"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="CD215C02"/>
+    <s v="Pre-school children (0-4 years)"/>
+    <s v="Number"/>
+    <n v="4442"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="108900"/>
+    <s v="Towns 3,000 - 4,999 population"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="CD215C03"/>
+    <s v="Primary school children (5-12 years)"/>
+    <s v="Number"/>
+    <n v="6042"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="108900"/>
+    <s v="Towns 3,000 - 4,999 population"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="CD215C04"/>
+    <s v="Teenagers (13-18 years)"/>
+    <s v="Number"/>
+    <n v="4032"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="108900"/>
+    <s v="Towns 3,000 - 4,999 population"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="CD215C05"/>
+    <s v="Young adults (19-24 years)"/>
+    <s v="Number"/>
+    <n v="4805"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="108900"/>
+    <s v="Towns 3,000 - 4,999 population"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="CD215C06"/>
+    <s v="Persons aged 25-34 years"/>
+    <s v="Number"/>
+    <n v="10735"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="108900"/>
+    <s v="Towns 3,000 - 4,999 population"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="CD215C07"/>
+    <s v="Persons aged 35-44 years"/>
+    <s v="Number"/>
+    <n v="8471"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="108900"/>
+    <s v="Towns 3,000 - 4,999 population"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="CD215C08"/>
+    <s v="Persons aged 45-54 years"/>
+    <s v="Number"/>
+    <n v="5784"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="108900"/>
+    <s v="Towns 3,000 - 4,999 population"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="CD215C09"/>
+    <s v="Persons aged 55-64 years"/>
+    <s v="Number"/>
+    <n v="4217"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="108900"/>
+    <s v="Towns 3,000 - 4,999 population"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="CD215C10"/>
+    <s v="Persons aged 65-74 years"/>
+    <s v="Number"/>
+    <n v="2501"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="108900"/>
+    <s v="Towns 3,000 - 4,999 population"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="CD215C11"/>
+    <s v="Persons aged 75 years and over"/>
+    <s v="Number"/>
+    <n v="1374"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="108900"/>
+    <s v="Towns 3,000 - 4,999 population"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="CD215C12"/>
+    <s v="Average age"/>
+    <s v="Number"/>
+    <n v="32.7"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="108900"/>
+    <s v="Towns 3,000 - 4,999 population"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD215C01"/>
+    <s v="Persons of all ages"/>
+    <s v="Number"/>
+    <n v="57631"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="108900"/>
+    <s v="Towns 3,000 - 4,999 population"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD215C02"/>
+    <s v="Pre-school children (0-4 years)"/>
+    <s v="Number"/>
+    <n v="5769"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="108900"/>
+    <s v="Towns 3,000 - 4,999 population"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD215C03"/>
+    <s v="Primary school children (5-12 years)"/>
+    <s v="Number"/>
+    <n v="6874"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="108900"/>
+    <s v="Towns 3,000 - 4,999 population"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD215C04"/>
+    <s v="Teenagers (13-18 years)"/>
+    <s v="Number"/>
+    <n v="4166"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="108900"/>
+    <s v="Towns 3,000 - 4,999 population"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD215C05"/>
+    <s v="Young adults (19-24 years)"/>
+    <s v="Number"/>
+    <n v="4042"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="108900"/>
+    <s v="Towns 3,000 - 4,999 population"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD215C06"/>
+    <s v="Persons aged 25-34 years"/>
+    <s v="Number"/>
+    <n v="10776"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="108900"/>
+    <s v="Towns 3,000 - 4,999 population"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD215C07"/>
+    <s v="Persons aged 35-44 years"/>
+    <s v="Number"/>
+    <n v="9595"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="108900"/>
+    <s v="Towns 3,000 - 4,999 population"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD215C08"/>
+    <s v="Persons aged 45-54 years"/>
+    <s v="Number"/>
+    <n v="6557"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="108900"/>
+    <s v="Towns 3,000 - 4,999 population"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD215C09"/>
+    <s v="Persons aged 55-64 years"/>
+    <s v="Number"/>
+    <n v="4875"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="108900"/>
+    <s v="Towns 3,000 - 4,999 population"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD215C10"/>
+    <s v="Persons aged 65-74 years"/>
+    <s v="Number"/>
+    <n v="3201"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="108900"/>
+    <s v="Towns 3,000 - 4,999 population"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD215C11"/>
+    <s v="Persons aged 75 years and over"/>
+    <s v="Number"/>
+    <n v="1776"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="108900"/>
+    <s v="Towns 3,000 - 4,999 population"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD215C12"/>
+    <s v="Average age"/>
+    <s v="Number"/>
+    <n v="33.3"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="112000"/>
+    <s v="Towns 1,500 - 2,999 population"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="CD215C01"/>
+    <s v="Persons of all ages"/>
+    <s v="Number"/>
+    <n v="61451"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="112000"/>
+    <s v="Towns 1,500 - 2,999 population"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="CD215C02"/>
+    <s v="Pre-school children (0-4 years)"/>
+    <s v="Number"/>
+    <n v="4869"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="112000"/>
+    <s v="Towns 1,500 - 2,999 population"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="CD215C03"/>
+    <s v="Primary school children (5-12 years)"/>
+    <s v="Number"/>
+    <n v="6809"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="112000"/>
+    <s v="Towns 1,500 - 2,999 population"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="CD215C04"/>
+    <s v="Teenagers (13-18 years)"/>
+    <s v="Number"/>
+    <n v="4771"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="112000"/>
+    <s v="Towns 1,500 - 2,999 population"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="CD215C05"/>
+    <s v="Young adults (19-24 years)"/>
+    <s v="Number"/>
+    <n v="5338"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="112000"/>
+    <s v="Towns 1,500 - 2,999 population"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="CD215C06"/>
+    <s v="Persons aged 25-34 years"/>
+    <s v="Number"/>
+    <n v="11762"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="112000"/>
+    <s v="Towns 1,500 - 2,999 population"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="CD215C07"/>
+    <s v="Persons aged 35-44 years"/>
+    <s v="Number"/>
+    <n v="9242"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="112000"/>
+    <s v="Towns 1,500 - 2,999 population"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="CD215C08"/>
+    <s v="Persons aged 45-54 years"/>
+    <s v="Number"/>
+    <n v="7150"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="112000"/>
+    <s v="Towns 1,500 - 2,999 population"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="CD215C09"/>
+    <s v="Persons aged 55-64 years"/>
+    <s v="Number"/>
+    <n v="5820"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="112000"/>
+    <s v="Towns 1,500 - 2,999 population"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="CD215C10"/>
+    <s v="Persons aged 65-74 years"/>
+    <s v="Number"/>
+    <n v="3653"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="112000"/>
+    <s v="Towns 1,500 - 2,999 population"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="CD215C11"/>
+    <s v="Persons aged 75 years and over"/>
+    <s v="Number"/>
+    <n v="2037"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="112000"/>
+    <s v="Towns 1,500 - 2,999 population"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="CD215C12"/>
+    <s v="Average age"/>
+    <s v="Number"/>
+    <n v="34.3"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="112000"/>
+    <s v="Towns 1,500 - 2,999 population"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD215C01"/>
+    <s v="Persons of all ages"/>
+    <s v="Number"/>
+    <n v="82082"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="112000"/>
+    <s v="Towns 1,500 - 2,999 population"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD215C02"/>
+    <s v="Pre-school children (0-4 years)"/>
+    <s v="Number"/>
+    <n v="8001"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="112000"/>
+    <s v="Towns 1,500 - 2,999 population"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD215C03"/>
+    <s v="Primary school children (5-12 years)"/>
+    <s v="Number"/>
+    <n v="9809"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="112000"/>
+    <s v="Towns 1,500 - 2,999 population"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD215C04"/>
+    <s v="Teenagers (13-18 years)"/>
+    <s v="Number"/>
+    <n v="6184"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="112000"/>
+    <s v="Towns 1,500 - 2,999 population"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD215C05"/>
+    <s v="Young adults (19-24 years)"/>
+    <s v="Number"/>
+    <n v="5694"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="112000"/>
+    <s v="Towns 1,500 - 2,999 population"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD215C06"/>
+    <s v="Persons aged 25-34 years"/>
+    <s v="Number"/>
+    <n v="14231"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="112000"/>
+    <s v="Towns 1,500 - 2,999 population"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD215C07"/>
+    <s v="Persons aged 35-44 years"/>
+    <s v="Number"/>
+    <n v="13209"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="112000"/>
+    <s v="Towns 1,500 - 2,999 population"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD215C08"/>
+    <s v="Persons aged 45-54 years"/>
+    <s v="Number"/>
+    <n v="9382"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="112000"/>
+    <s v="Towns 1,500 - 2,999 population"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD215C09"/>
+    <s v="Persons aged 55-64 years"/>
+    <s v="Number"/>
+    <n v="7552"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="112000"/>
+    <s v="Towns 1,500 - 2,999 population"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD215C10"/>
+    <s v="Persons aged 65-74 years"/>
+    <s v="Number"/>
+    <n v="5075"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="112000"/>
+    <s v="Towns 1,500 - 2,999 population"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD215C11"/>
+    <s v="Persons aged 75 years and over"/>
+    <s v="Number"/>
+    <n v="2945"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="112000"/>
+    <s v="Towns 1,500 - 2,999 population"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD215C12"/>
+    <s v="Average age"/>
+    <s v="Number"/>
+    <n v="34.1"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="120300"/>
+    <s v="Aggregate Town Area"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="CD215C01"/>
+    <s v="Persons of all ages"/>
+    <s v="Number"/>
+    <n v="1225548"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="120300"/>
+    <s v="Aggregate Town Area"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="CD215C02"/>
+    <s v="Pre-school children (0-4 years)"/>
+    <s v="Number"/>
+    <n v="92316"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="120300"/>
+    <s v="Aggregate Town Area"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="CD215C03"/>
+    <s v="Primary school children (5-12 years)"/>
+    <s v="Number"/>
+    <n v="130778"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="120300"/>
+    <s v="Aggregate Town Area"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="CD215C04"/>
+    <s v="Teenagers (13-18 years)"/>
+    <s v="Number"/>
+    <n v="96555"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="120300"/>
+    <s v="Aggregate Town Area"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="CD215C05"/>
+    <s v="Young adults (19-24 years)"/>
+    <s v="Number"/>
+    <n v="133159"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="120300"/>
+    <s v="Aggregate Town Area"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="CD215C06"/>
+    <s v="Persons aged 25-34 years"/>
+    <s v="Number"/>
+    <n v="245622"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="120300"/>
+    <s v="Aggregate Town Area"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="CD215C07"/>
+    <s v="Persons aged 35-44 years"/>
+    <s v="Number"/>
+    <n v="180559"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="120300"/>
+    <s v="Aggregate Town Area"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="CD215C08"/>
+    <s v="Persons aged 45-54 years"/>
+    <s v="Number"/>
+    <n v="141013"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="120300"/>
+    <s v="Aggregate Town Area"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="CD215C09"/>
+    <s v="Persons aged 55-64 years"/>
+    <s v="Number"/>
+    <n v="106165"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="120300"/>
+    <s v="Aggregate Town Area"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="CD215C10"/>
+    <s v="Persons aged 65-74 years"/>
+    <s v="Number"/>
+    <n v="64668"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="120300"/>
+    <s v="Aggregate Town Area"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="CD215C11"/>
+    <s v="Persons aged 75 years and over"/>
+    <s v="Number"/>
+    <n v="34713"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="120300"/>
+    <s v="Aggregate Town Area"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="CD215C12"/>
+    <s v="Average age"/>
+    <s v="Number"/>
+    <n v="33.5"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="120300"/>
+    <s v="Aggregate Town Area"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD215C01"/>
+    <s v="Persons of all ages"/>
+    <s v="Number"/>
+    <n v="1360059"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="120300"/>
+    <s v="Aggregate Town Area"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD215C02"/>
+    <s v="Pre-school children (0-4 years)"/>
+    <s v="Number"/>
+    <n v="113429"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="120300"/>
+    <s v="Aggregate Town Area"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD215C03"/>
+    <s v="Primary school children (5-12 years)"/>
+    <s v="Number"/>
+    <n v="149954"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="120300"/>
+    <s v="Aggregate Town Area"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD215C04"/>
+    <s v="Teenagers (13-18 years)"/>
+    <s v="Number"/>
+    <n v="100907"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="120300"/>
+    <s v="Aggregate Town Area"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD215C05"/>
+    <s v="Young adults (19-24 years)"/>
+    <s v="Number"/>
+    <n v="118938"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="120300"/>
+    <s v="Aggregate Town Area"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD215C06"/>
+    <s v="Persons aged 25-34 years"/>
+    <s v="Number"/>
+    <n v="260817"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="120300"/>
+    <s v="Aggregate Town Area"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD215C07"/>
+    <s v="Persons aged 35-44 years"/>
+    <s v="Number"/>
+    <n v="210993"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="120300"/>
+    <s v="Aggregate Town Area"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD215C08"/>
+    <s v="Persons aged 45-54 years"/>
+    <s v="Number"/>
+    <n v="160348"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="120300"/>
+    <s v="Aggregate Town Area"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD215C09"/>
+    <s v="Persons aged 55-64 years"/>
+    <s v="Number"/>
+    <n v="122598"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="120300"/>
+    <s v="Aggregate Town Area"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD215C10"/>
+    <s v="Persons aged 65-74 years"/>
+    <s v="Number"/>
+    <n v="77767"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="120300"/>
+    <s v="Aggregate Town Area"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD215C11"/>
+    <s v="Persons aged 75 years and over"/>
+    <s v="Number"/>
+    <n v="44308"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="120300"/>
+    <s v="Aggregate Town Area"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD215C12"/>
+    <s v="Average age"/>
+    <s v="Number"/>
+    <n v="34.1"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="120800"/>
+    <s v="Aggregate rural area"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="CD215C01"/>
+    <s v="Persons of all ages"/>
+    <s v="Number"/>
+    <n v="840708"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="120800"/>
+    <s v="Aggregate rural area"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="CD215C02"/>
+    <s v="Pre-school children (0-4 years)"/>
+    <s v="Number"/>
+    <n v="61271"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="120800"/>
+    <s v="Aggregate rural area"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="CD215C03"/>
+    <s v="Primary school children (5-12 years)"/>
+    <s v="Number"/>
+    <n v="100821"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="120800"/>
+    <s v="Aggregate rural area"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="CD215C04"/>
+    <s v="Teenagers (13-18 years)"/>
+    <s v="Number"/>
+    <n v="77518"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="120800"/>
+    <s v="Aggregate rural area"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="CD215C05"/>
+    <s v="Young adults (19-24 years)"/>
+    <s v="Number"/>
+    <n v="65851"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="120800"/>
+    <s v="Aggregate rural area"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="CD215C06"/>
+    <s v="Persons aged 25-34 years"/>
+    <s v="Number"/>
+    <n v="108708"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="120800"/>
+    <s v="Aggregate rural area"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="CD215C07"/>
+    <s v="Persons aged 35-44 years"/>
+    <s v="Number"/>
+    <n v="125831"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="120800"/>
+    <s v="Aggregate rural area"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="CD215C08"/>
+    <s v="Persons aged 45-54 years"/>
+    <s v="Number"/>
+    <n v="115662"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="120800"/>
+    <s v="Aggregate rural area"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="CD215C09"/>
+    <s v="Persons aged 55-64 years"/>
+    <s v="Number"/>
+    <n v="93053"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="120800"/>
+    <s v="Aggregate rural area"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="CD215C10"/>
+    <s v="Persons aged 65-74 years"/>
+    <s v="Number"/>
+    <n v="56120"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="120800"/>
+    <s v="Aggregate rural area"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="CD215C11"/>
+    <s v="Persons aged 75 years and over"/>
+    <s v="Number"/>
+    <n v="35873"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="120800"/>
+    <s v="Aggregate rural area"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="CD215C12"/>
+    <s v="Average age"/>
+    <s v="Number"/>
+    <n v="35.9"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="120800"/>
+    <s v="Aggregate rural area"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD215C01"/>
+    <s v="Persons of all ages"/>
+    <s v="Number"/>
+    <n v="883027"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="120800"/>
+    <s v="Aggregate rural area"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD215C02"/>
+    <s v="Pre-school children (0-4 years)"/>
+    <s v="Number"/>
+    <n v="67192"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="120800"/>
+    <s v="Aggregate rural area"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD215C03"/>
+    <s v="Primary school children (5-12 years)"/>
+    <s v="Number"/>
+    <n v="107461"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="120800"/>
+    <s v="Aggregate rural area"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD215C04"/>
+    <s v="Teenagers (13-18 years)"/>
+    <s v="Number"/>
+    <n v="75947"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="120800"/>
+    <s v="Aggregate rural area"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD215C05"/>
+    <s v="Young adults (19-24 years)"/>
+    <s v="Number"/>
+    <n v="63693"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="120800"/>
+    <s v="Aggregate rural area"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD215C06"/>
+    <s v="Persons aged 25-34 years"/>
+    <s v="Number"/>
+    <n v="104273"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="120800"/>
+    <s v="Aggregate rural area"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD215C07"/>
+    <s v="Persons aged 35-44 years"/>
+    <s v="Number"/>
+    <n v="131077"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="120800"/>
+    <s v="Aggregate rural area"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD215C08"/>
+    <s v="Persons aged 45-54 years"/>
+    <s v="Number"/>
+    <n v="123335"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="120800"/>
+    <s v="Aggregate rural area"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD215C09"/>
+    <s v="Persons aged 55-64 years"/>
+    <s v="Number"/>
+    <n v="104218"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="120800"/>
+    <s v="Aggregate rural area"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD215C10"/>
+    <s v="Persons aged 65-74 years"/>
+    <s v="Number"/>
+    <n v="66023"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="120800"/>
+    <s v="Aggregate rural area"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD215C11"/>
+    <s v="Persons aged 75 years and over"/>
+    <s v="Number"/>
+    <n v="39808"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="120800"/>
+    <s v="Aggregate rural area"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD215C12"/>
+    <s v="Average age"/>
+    <s v="Number"/>
+    <n v="36.6"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="CD215C01"/>
+    <s v="Persons of all ages"/>
+    <s v="Number"/>
+    <n v="2057062"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="CD215C02"/>
+    <s v="Pre-school children (0-4 years)"/>
+    <s v="Number"/>
+    <n v="146659"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="CD215C03"/>
+    <s v="Primary school children (5-12 years)"/>
+    <s v="Number"/>
+    <n v="219121"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="CD215C04"/>
+    <s v="Teenagers (13-18 years)"/>
+    <s v="Number"/>
+    <n v="166294"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="CD215C05"/>
+    <s v="Young adults (19-24 years)"/>
+    <s v="Number"/>
+    <n v="193857"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="CD215C06"/>
+    <s v="Persons aged 25-34 years"/>
+    <s v="Number"/>
+    <n v="347157"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="CD215C07"/>
+    <s v="Persons aged 35-44 years"/>
+    <s v="Number"/>
+    <n v="302558"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="CD215C08"/>
+    <s v="Persons aged 45-54 years"/>
+    <s v="Number"/>
+    <n v="255087"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="CD215C09"/>
+    <s v="Persons aged 55-64 years"/>
+    <s v="Number"/>
+    <n v="195458"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="CD215C10"/>
+    <s v="Persons aged 65-74 years"/>
+    <s v="Number"/>
+    <n v="126990"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="CD215C11"/>
+    <s v="Persons aged 75 years and over"/>
+    <s v="Number"/>
+    <n v="103881"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="CD215C12"/>
+    <s v="Average age"/>
+    <s v="Number"/>
+    <n v="35.7"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD215C01"/>
+    <s v="Persons of all ages"/>
+    <s v="Number"/>
+    <n v="2267323"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD215C02"/>
+    <s v="Pre-school children (0-4 years)"/>
+    <s v="Number"/>
+    <n v="172804"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD215C03"/>
+    <s v="Primary school children (5-12 years)"/>
+    <s v="Number"/>
+    <n v="245245"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD215C04"/>
+    <s v="Teenagers (13-18 years)"/>
+    <s v="Number"/>
+    <n v="168060"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD215C05"/>
+    <s v="Young adults (19-24 years)"/>
+    <s v="Number"/>
+    <n v="183539"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD215C06"/>
+    <s v="Persons aged 25-34 years"/>
+    <s v="Number"/>
+    <n v="381914"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD215C07"/>
+    <s v="Persons aged 35-44 years"/>
+    <s v="Number"/>
+    <n v="340292"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD215C08"/>
+    <s v="Persons aged 45-54 years"/>
+    <s v="Number"/>
+    <n v="286574"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD215C09"/>
+    <s v="Persons aged 55-64 years"/>
+    <s v="Number"/>
+    <n v="225633"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD215C10"/>
+    <s v="Persons aged 65-74 years"/>
+    <s v="Number"/>
+    <n v="148142"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD215C11"/>
+    <s v="Persons aged 75 years and over"/>
+    <s v="Number"/>
+    <n v="115120"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD215C12"/>
+    <s v="Average age"/>
+    <s v="Number"/>
+    <n v="36.1"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="100100"/>
+    <s v="Dublin City and suburbs"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="CD215C01"/>
+    <s v="Persons of all ages"/>
+    <s v="Number"/>
+    <n v="516169"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="100100"/>
+    <s v="Dublin City and suburbs"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="CD215C02"/>
+    <s v="Pre-school children (0-4 years)"/>
+    <s v="Number"/>
+    <n v="32566"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="100100"/>
+    <s v="Dublin City and suburbs"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="CD215C03"/>
+    <s v="Primary school children (5-12 years)"/>
+    <s v="Number"/>
+    <n v="46768"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="100100"/>
+    <s v="Dublin City and suburbs"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="CD215C04"/>
+    <s v="Teenagers (13-18 years)"/>
+    <s v="Number"/>
+    <n v="36535"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="100100"/>
+    <s v="Dublin City and suburbs"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="CD215C05"/>
+    <s v="Young adults (19-24 years)"/>
+    <s v="Number"/>
+    <n v="58141"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="100100"/>
+    <s v="Dublin City and suburbs"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="CD215C06"/>
+    <s v="Persons aged 25-34 years"/>
+    <s v="Number"/>
+    <n v="102485"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="100100"/>
+    <s v="Dublin City and suburbs"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="CD215C07"/>
+    <s v="Persons aged 35-44 years"/>
+    <s v="Number"/>
+    <n v="72347"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="100100"/>
+    <s v="Dublin City and suburbs"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="CD215C08"/>
+    <s v="Persons aged 45-54 years"/>
+    <s v="Number"/>
+    <n v="61411"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="100100"/>
+    <s v="Dublin City and suburbs"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="CD215C09"/>
+    <s v="Persons aged 55-64 years"/>
+    <s v="Number"/>
+    <n v="46778"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="100100"/>
+    <s v="Dublin City and suburbs"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="CD215C10"/>
+    <s v="Persons aged 65-74 years"/>
+    <s v="Number"/>
+    <n v="33210"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="100100"/>
+    <s v="Dublin City and suburbs"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="CD215C11"/>
+    <s v="Persons aged 75 years and over"/>
+    <s v="Number"/>
+    <n v="25928"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="100100"/>
+    <s v="Dublin City and suburbs"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="CD215C12"/>
+    <s v="Average age"/>
+    <s v="Number"/>
+    <n v="36"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="100100"/>
+    <s v="Dublin City and suburbs"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD215C01"/>
+    <s v="Persons of all ages"/>
+    <s v="Number"/>
+    <n v="552656"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="100100"/>
+    <s v="Dublin City and suburbs"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD215C02"/>
+    <s v="Pre-school children (0-4 years)"/>
+    <s v="Number"/>
+    <n v="37864"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="100100"/>
+    <s v="Dublin City and suburbs"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD215C03"/>
+    <s v="Primary school children (5-12 years)"/>
+    <s v="Number"/>
+    <n v="50472"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="100100"/>
+    <s v="Dublin City and suburbs"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD215C04"/>
+    <s v="Teenagers (13-18 years)"/>
+    <s v="Number"/>
+    <n v="35297"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="100100"/>
+    <s v="Dublin City and suburbs"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD215C05"/>
+    <s v="Young adults (19-24 years)"/>
+    <s v="Number"/>
+    <n v="50612"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="100100"/>
+    <s v="Dublin City and suburbs"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD215C06"/>
+    <s v="Persons aged 25-34 years"/>
+    <s v="Number"/>
+    <n v="113113"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="100100"/>
+    <s v="Dublin City and suburbs"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD215C07"/>
+    <s v="Persons aged 35-44 years"/>
+    <s v="Number"/>
+    <n v="80364"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="100100"/>
+    <s v="Dublin City and suburbs"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD215C08"/>
+    <s v="Persons aged 45-54 years"/>
+    <s v="Number"/>
+    <n v="66812"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="100100"/>
+    <s v="Dublin City and suburbs"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD215C09"/>
+    <s v="Persons aged 55-64 years"/>
+    <s v="Number"/>
+    <n v="52682"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="100100"/>
+    <s v="Dublin City and suburbs"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD215C10"/>
+    <s v="Persons aged 65-74 years"/>
+    <s v="Number"/>
+    <n v="36030"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="100100"/>
+    <s v="Dublin City and suburbs"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD215C11"/>
+    <s v="Persons aged 75 years and over"/>
+    <s v="Number"/>
+    <n v="29410"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="100100"/>
+    <s v="Dublin City and suburbs"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD215C12"/>
+    <s v="Average age"/>
+    <s v="Number"/>
+    <n v="36.5"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="100300"/>
+    <s v="Cork City and suburbs"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="CD215C01"/>
+    <s v="Persons of all ages"/>
+    <s v="Number"/>
+    <n v="93920"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="100300"/>
+    <s v="Cork City and suburbs"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="CD215C02"/>
+    <s v="Pre-school children (0-4 years)"/>
+    <s v="Number"/>
+    <n v="5588"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="100300"/>
+    <s v="Cork City and suburbs"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="CD215C03"/>
+    <s v="Primary school children (5-12 years)"/>
+    <s v="Number"/>
+    <n v="8721"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="100300"/>
+    <s v="Cork City and suburbs"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="CD215C04"/>
+    <s v="Teenagers (13-18 years)"/>
+    <s v="Number"/>
+    <n v="7301"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="100300"/>
+    <s v="Cork City and suburbs"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="CD215C05"/>
+    <s v="Young adults (19-24 years)"/>
+    <s v="Number"/>
+    <n v="11908"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="100300"/>
+    <s v="Cork City and suburbs"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="CD215C06"/>
+    <s v="Persons aged 25-34 years"/>
+    <s v="Number"/>
+    <n v="16438"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="100300"/>
+    <s v="Cork City and suburbs"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="CD215C07"/>
+    <s v="Persons aged 35-44 years"/>
+    <s v="Number"/>
+    <n v="12994"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="100300"/>
+    <s v="Cork City and suburbs"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="CD215C08"/>
+    <s v="Persons aged 45-54 years"/>
+    <s v="Number"/>
+    <n v="11371"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="100300"/>
+    <s v="Cork City and suburbs"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="CD215C09"/>
+    <s v="Persons aged 55-64 years"/>
+    <s v="Number"/>
+    <n v="8742"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="100300"/>
+    <s v="Cork City and suburbs"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="CD215C10"/>
+    <s v="Persons aged 65-74 years"/>
+    <s v="Number"/>
+    <n v="6340"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="100300"/>
+    <s v="Cork City and suburbs"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="CD215C11"/>
+    <s v="Persons aged 75 years and over"/>
+    <s v="Number"/>
+    <n v="4517"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="100300"/>
+    <s v="Cork City and suburbs"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="CD215C12"/>
+    <s v="Average age"/>
+    <s v="Number"/>
+    <n v="35.9"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="100300"/>
+    <s v="Cork City and suburbs"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD215C01"/>
+    <s v="Persons of all ages"/>
+    <s v="Number"/>
+    <n v="99023"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="100300"/>
+    <s v="Cork City and suburbs"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD215C02"/>
+    <s v="Pre-school children (0-4 years)"/>
+    <s v="Number"/>
+    <n v="6165"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="100300"/>
+    <s v="Cork City and suburbs"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD215C03"/>
+    <s v="Primary school children (5-12 years)"/>
+    <s v="Number"/>
+    <n v="8822"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="100300"/>
+    <s v="Cork City and suburbs"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD215C04"/>
+    <s v="Teenagers (13-18 years)"/>
+    <s v="Number"/>
+    <n v="6966"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="100300"/>
+    <s v="Cork City and suburbs"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD215C05"/>
+    <s v="Young adults (19-24 years)"/>
+    <s v="Number"/>
+    <n v="10530"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="100300"/>
+    <s v="Cork City and suburbs"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD215C06"/>
+    <s v="Persons aged 25-34 years"/>
+    <s v="Number"/>
+    <n v="18795"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="100300"/>
+    <s v="Cork City and suburbs"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD215C07"/>
+    <s v="Persons aged 35-44 years"/>
+    <s v="Number"/>
+    <n v="13235"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="100300"/>
+    <s v="Cork City and suburbs"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD215C08"/>
+    <s v="Persons aged 45-54 years"/>
+    <s v="Number"/>
+    <n v="12798"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="100300"/>
+    <s v="Cork City and suburbs"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD215C09"/>
+    <s v="Persons aged 55-64 years"/>
+    <s v="Number"/>
+    <n v="9590"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="100300"/>
+    <s v="Cork City and suburbs"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD215C10"/>
+    <s v="Persons aged 65-74 years"/>
+    <s v="Number"/>
+    <n v="6924"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="100300"/>
+    <s v="Cork City and suburbs"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD215C11"/>
+    <s v="Persons aged 75 years and over"/>
+    <s v="Number"/>
+    <n v="5198"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="100300"/>
+    <s v="Cork City and suburbs"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD215C12"/>
+    <s v="Average age"/>
+    <s v="Number"/>
+    <n v="36.8"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="100400"/>
+    <s v="Limerick City and suburbs"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="CD215C01"/>
+    <s v="Persons of all ages"/>
+    <s v="Number"/>
+    <n v="44031"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="100400"/>
+    <s v="Limerick City and suburbs"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="CD215C02"/>
+    <s v="Pre-school children (0-4 years)"/>
+    <s v="Number"/>
+    <n v="2907"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="100400"/>
+    <s v="Limerick City and suburbs"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="CD215C03"/>
+    <s v="Primary school children (5-12 years)"/>
+    <s v="Number"/>
+    <n v="4207"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="100400"/>
+    <s v="Limerick City and suburbs"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="CD215C04"/>
+    <s v="Teenagers (13-18 years)"/>
+    <s v="Number"/>
+    <n v="3428"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="100400"/>
+    <s v="Limerick City and suburbs"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="CD215C05"/>
+    <s v="Young adults (19-24 years)"/>
+    <s v="Number"/>
+    <n v="6357"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="100400"/>
+    <s v="Limerick City and suburbs"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="CD215C06"/>
+    <s v="Persons aged 25-34 years"/>
+    <s v="Number"/>
+    <n v="8204"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="100400"/>
+    <s v="Limerick City and suburbs"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="CD215C07"/>
+    <s v="Persons aged 35-44 years"/>
+    <s v="Number"/>
+    <n v="5767"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="100400"/>
+    <s v="Limerick City and suburbs"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="CD215C08"/>
+    <s v="Persons aged 45-54 years"/>
+    <s v="Number"/>
+    <n v="4869"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="100400"/>
+    <s v="Limerick City and suburbs"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="CD215C09"/>
+    <s v="Persons aged 55-64 years"/>
+    <s v="Number"/>
+    <n v="3853"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="100400"/>
+    <s v="Limerick City and suburbs"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="CD215C10"/>
+    <s v="Persons aged 65-74 years"/>
+    <s v="Number"/>
+    <n v="2635"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="100400"/>
+    <s v="Limerick City and suburbs"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="CD215C11"/>
+    <s v="Persons aged 75 years and over"/>
+    <s v="Number"/>
+    <n v="1804"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="100400"/>
+    <s v="Limerick City and suburbs"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="CD215C12"/>
+    <s v="Average age"/>
+    <s v="Number"/>
+    <n v="34.4"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="100400"/>
+    <s v="Limerick City and suburbs"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD215C01"/>
+    <s v="Persons of all ages"/>
+    <s v="Number"/>
+    <n v="44657"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="100400"/>
+    <s v="Limerick City and suburbs"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD215C02"/>
+    <s v="Pre-school children (0-4 years)"/>
+    <s v="Number"/>
+    <n v="3118"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="100400"/>
+    <s v="Limerick City and suburbs"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD215C03"/>
+    <s v="Primary school children (5-12 years)"/>
+    <s v="Number"/>
+    <n v="4251"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="100400"/>
+    <s v="Limerick City and suburbs"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD215C04"/>
+    <s v="Teenagers (13-18 years)"/>
+    <s v="Number"/>
+    <n v="3147"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="100400"/>
+    <s v="Limerick City and suburbs"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD215C05"/>
+    <s v="Young adults (19-24 years)"/>
+    <s v="Number"/>
+    <n v="4982"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="100400"/>
+    <s v="Limerick City and suburbs"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD215C06"/>
+    <s v="Persons aged 25-34 years"/>
+    <s v="Number"/>
+    <n v="8528"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="100400"/>
+    <s v="Limerick City and suburbs"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD215C07"/>
+    <s v="Persons aged 35-44 years"/>
+    <s v="Number"/>
+    <n v="5979"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="100400"/>
+    <s v="Limerick City and suburbs"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD215C08"/>
+    <s v="Persons aged 45-54 years"/>
+    <s v="Number"/>
+    <n v="5249"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="100400"/>
+    <s v="Limerick City and suburbs"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD215C09"/>
+    <s v="Persons aged 55-64 years"/>
+    <s v="Number"/>
+    <n v="4251"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="100400"/>
+    <s v="Limerick City and suburbs"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD215C10"/>
+    <s v="Persons aged 65-74 years"/>
+    <s v="Number"/>
+    <n v="3030"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="100400"/>
+    <s v="Limerick City and suburbs"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD215C11"/>
+    <s v="Persons aged 75 years and over"/>
+    <s v="Number"/>
+    <n v="2122"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="100400"/>
+    <s v="Limerick City and suburbs"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD215C12"/>
+    <s v="Average age"/>
+    <s v="Number"/>
+    <n v="35.8"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="100500"/>
+    <s v="Galway City and suburbs"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="CD215C01"/>
+    <s v="Persons of all ages"/>
+    <s v="Number"/>
+    <n v="35325"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="100500"/>
+    <s v="Galway City and suburbs"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="CD215C02"/>
+    <s v="Pre-school children (0-4 years)"/>
+    <s v="Number"/>
+    <n v="2120"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="100500"/>
+    <s v="Galway City and suburbs"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="CD215C03"/>
+    <s v="Primary school children (5-12 years)"/>
+    <s v="Number"/>
+    <n v="2735"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="100500"/>
+    <s v="Galway City and suburbs"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="CD215C04"/>
+    <s v="Teenagers (13-18 years)"/>
+    <s v="Number"/>
+    <n v="2441"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="100500"/>
+    <s v="Galway City and suburbs"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="CD215C05"/>
+    <s v="Young adults (19-24 years)"/>
+    <s v="Number"/>
+    <n v="6566"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="100500"/>
+    <s v="Galway City and suburbs"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="CD215C06"/>
+    <s v="Persons aged 25-34 years"/>
+    <s v="Number"/>
+    <n v="8090"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="100500"/>
+    <s v="Galway City and suburbs"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="CD215C07"/>
+    <s v="Persons aged 35-44 years"/>
+    <s v="Number"/>
+    <n v="4290"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="100500"/>
+    <s v="Galway City and suburbs"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="CD215C08"/>
+    <s v="Persons aged 45-54 years"/>
+    <s v="Number"/>
+    <n v="3638"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="100500"/>
+    <s v="Galway City and suburbs"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="CD215C09"/>
+    <s v="Persons aged 55-64 years"/>
+    <s v="Number"/>
+    <n v="2600"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="100500"/>
+    <s v="Galway City and suburbs"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="CD215C10"/>
+    <s v="Persons aged 65-74 years"/>
+    <s v="Number"/>
+    <n v="1614"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="100500"/>
+    <s v="Galway City and suburbs"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="CD215C11"/>
+    <s v="Persons aged 75 years and over"/>
+    <s v="Number"/>
+    <n v="1231"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="100500"/>
+    <s v="Galway City and suburbs"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="CD215C12"/>
+    <s v="Average age"/>
+    <s v="Number"/>
+    <n v="33.2"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="100500"/>
+    <s v="Galway City and suburbs"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD215C01"/>
+    <s v="Persons of all ages"/>
+    <s v="Number"/>
+    <n v="37180"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="100500"/>
+    <s v="Galway City and suburbs"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD215C02"/>
+    <s v="Pre-school children (0-4 years)"/>
+    <s v="Number"/>
+    <n v="2337"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="100500"/>
+    <s v="Galway City and suburbs"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD215C03"/>
+    <s v="Primary school children (5-12 years)"/>
+    <s v="Number"/>
+    <n v="3100"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="100500"/>
+    <s v="Galway City and suburbs"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD215C04"/>
+    <s v="Teenagers (13-18 years)"/>
+    <s v="Number"/>
+    <n v="2314"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="100500"/>
+    <s v="Galway City and suburbs"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD215C05"/>
+    <s v="Young adults (19-24 years)"/>
+    <s v="Number"/>
+    <n v="4985"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="100500"/>
+    <s v="Galway City and suburbs"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD215C06"/>
+    <s v="Persons aged 25-34 years"/>
+    <s v="Number"/>
+    <n v="8850"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="100500"/>
+    <s v="Galway City and suburbs"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD215C07"/>
+    <s v="Persons aged 35-44 years"/>
+    <s v="Number"/>
+    <n v="5151"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="100500"/>
+    <s v="Galway City and suburbs"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD215C08"/>
+    <s v="Persons aged 45-54 years"/>
+    <s v="Number"/>
+    <n v="3931"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="100500"/>
+    <s v="Galway City and suburbs"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD215C09"/>
+    <s v="Persons aged 55-64 years"/>
+    <s v="Number"/>
+    <n v="3078"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="100500"/>
+    <s v="Galway City and suburbs"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD215C10"/>
+    <s v="Persons aged 65-74 years"/>
+    <s v="Number"/>
+    <n v="1995"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="100500"/>
+    <s v="Galway City and suburbs"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD215C11"/>
+    <s v="Persons aged 75 years and over"/>
+    <s v="Number"/>
+    <n v="1439"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="100500"/>
+    <s v="Galway City and suburbs"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD215C12"/>
+    <s v="Average age"/>
+    <s v="Number"/>
+    <n v="34.5"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="100600"/>
+    <s v="Waterford City and suburbs"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="CD215C01"/>
+    <s v="Persons of all ages"/>
+    <s v="Number"/>
+    <n v="23740"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="100600"/>
+    <s v="Waterford City and suburbs"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="CD215C02"/>
+    <s v="Pre-school children (0-4 years)"/>
+    <s v="Number"/>
+    <n v="1703"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="100600"/>
+    <s v="Waterford City and suburbs"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="CD215C03"/>
+    <s v="Primary school children (5-12 years)"/>
+    <s v="Number"/>
+    <n v="2336"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="100600"/>
+    <s v="Waterford City and suburbs"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="CD215C04"/>
+    <s v="Teenagers (13-18 years)"/>
+    <s v="Number"/>
+    <n v="1895"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="100600"/>
+    <s v="Waterford City and suburbs"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="CD215C05"/>
+    <s v="Young adults (19-24 years)"/>
+    <s v="Number"/>
+    <n v="2667"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="100600"/>
+    <s v="Waterford City and suburbs"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="CD215C06"/>
+    <s v="Persons aged 25-34 years"/>
+    <s v="Number"/>
+    <n v="4180"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="100600"/>
+    <s v="Waterford City and suburbs"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="CD215C07"/>
+    <s v="Persons aged 35-44 years"/>
+    <s v="Number"/>
+    <n v="3295"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="100600"/>
+    <s v="Waterford City and suburbs"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="CD215C08"/>
+    <s v="Persons aged 45-54 years"/>
+    <s v="Number"/>
+    <n v="2775"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="100600"/>
+    <s v="Waterford City and suburbs"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="CD215C09"/>
+    <s v="Persons aged 55-64 years"/>
+    <s v="Number"/>
+    <n v="2167"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="100600"/>
+    <s v="Waterford City and suburbs"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="CD215C10"/>
+    <s v="Persons aged 65-74 years"/>
+    <s v="Number"/>
+    <n v="1622"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="100600"/>
+    <s v="Waterford City and suburbs"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="CD215C11"/>
+    <s v="Persons aged 75 years and over"/>
+    <s v="Number"/>
+    <n v="1100"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="100600"/>
+    <s v="Waterford City and suburbs"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="CD215C12"/>
+    <s v="Average age"/>
+    <s v="Number"/>
+    <n v="35.4"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="100600"/>
+    <s v="Waterford City and suburbs"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD215C01"/>
+    <s v="Persons of all ages"/>
+    <s v="Number"/>
+    <n v="25576"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="100600"/>
+    <s v="Waterford City and suburbs"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD215C02"/>
+    <s v="Pre-school children (0-4 years)"/>
+    <s v="Number"/>
+    <n v="1927"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="100600"/>
+    <s v="Waterford City and suburbs"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD215C03"/>
+    <s v="Primary school children (5-12 years)"/>
+    <s v="Number"/>
+    <n v="2634"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="100600"/>
+    <s v="Waterford City and suburbs"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD215C04"/>
+    <s v="Teenagers (13-18 years)"/>
+    <s v="Number"/>
+    <n v="1762"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="100600"/>
+    <s v="Waterford City and suburbs"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD215C05"/>
+    <s v="Young adults (19-24 years)"/>
+    <s v="Number"/>
+    <n v="2329"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="100600"/>
+    <s v="Waterford City and suburbs"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD215C06"/>
+    <s v="Persons aged 25-34 years"/>
+    <s v="Number"/>
+    <n v="4750"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="100600"/>
+    <s v="Waterford City and suburbs"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD215C07"/>
+    <s v="Persons aged 35-44 years"/>
+    <s v="Number"/>
+    <n v="3601"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="100600"/>
+    <s v="Waterford City and suburbs"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD215C08"/>
+    <s v="Persons aged 45-54 years"/>
+    <s v="Number"/>
+    <n v="3099"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="100600"/>
+    <s v="Waterford City and suburbs"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD215C09"/>
+    <s v="Persons aged 55-64 years"/>
+    <s v="Number"/>
+    <n v="2369"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="100600"/>
+    <s v="Waterford City and suburbs"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD215C10"/>
+    <s v="Persons aged 65-74 years"/>
+    <s v="Number"/>
+    <n v="1792"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="100600"/>
+    <s v="Waterford City and suburbs"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD215C11"/>
+    <s v="Persons aged 75 years and over"/>
+    <s v="Number"/>
+    <n v="1313"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="100600"/>
+    <s v="Waterford City and suburbs"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD215C12"/>
+    <s v="Average age"/>
+    <s v="Number"/>
+    <n v="36"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="100700"/>
+    <s v="Towns 10,000 population and over"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="CD215C01"/>
+    <s v="Persons of all ages"/>
+    <s v="Number"/>
+    <n v="301242"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="100700"/>
+    <s v="Towns 10,000 population and over"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="CD215C02"/>
+    <s v="Pre-school children (0-4 years)"/>
+    <s v="Number"/>
+    <n v="23908"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="100700"/>
+    <s v="Towns 10,000 population and over"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="CD215C03"/>
+    <s v="Primary school children (5-12 years)"/>
+    <s v="Number"/>
+    <n v="31942"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="100700"/>
+    <s v="Towns 10,000 population and over"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="CD215C04"/>
+    <s v="Teenagers (13-18 years)"/>
+    <s v="Number"/>
+    <n v="23298"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="100700"/>
+    <s v="Towns 10,000 population and over"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="CD215C05"/>
+    <s v="Young adults (19-24 years)"/>
+    <s v="Number"/>
+    <n v="30856"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="100700"/>
+    <s v="Towns 10,000 population and over"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="CD215C06"/>
+    <s v="Persons aged 25-34 years"/>
+    <s v="Number"/>
+    <n v="58319"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="100700"/>
+    <s v="Towns 10,000 population and over"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="CD215C07"/>
+    <s v="Persons aged 35-44 years"/>
+    <s v="Number"/>
+    <n v="45956"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="100700"/>
+    <s v="Towns 10,000 population and over"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="CD215C08"/>
+    <s v="Persons aged 45-54 years"/>
+    <s v="Number"/>
+    <n v="34930"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="100700"/>
+    <s v="Towns 10,000 population and over"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="CD215C09"/>
+    <s v="Persons aged 55-64 years"/>
+    <s v="Number"/>
+    <n v="25440"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="100700"/>
+    <s v="Towns 10,000 population and over"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="CD215C10"/>
+    <s v="Persons aged 65-74 years"/>
+    <s v="Number"/>
+    <n v="15320"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="100700"/>
+    <s v="Towns 10,000 population and over"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="CD215C11"/>
+    <s v="Persons aged 75 years and over"/>
+    <s v="Number"/>
+    <n v="11273"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="100700"/>
+    <s v="Towns 10,000 population and over"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="CD215C12"/>
+    <s v="Average age"/>
+    <s v="Number"/>
+    <n v="33.9"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="100700"/>
+    <s v="Towns 10,000 population and over"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD215C01"/>
+    <s v="Persons of all ages"/>
+    <s v="Number"/>
+    <n v="364550"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="100700"/>
+    <s v="Towns 10,000 population and over"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD215C02"/>
+    <s v="Pre-school children (0-4 years)"/>
+    <s v="Number"/>
+    <n v="30708"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="100700"/>
+    <s v="Towns 10,000 population and over"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD215C03"/>
+    <s v="Primary school children (5-12 years)"/>
+    <s v="Number"/>
+    <n v="40942"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="100700"/>
+    <s v="Towns 10,000 population and over"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD215C04"/>
+    <s v="Teenagers (13-18 years)"/>
+    <s v="Number"/>
+    <n v="26022"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="100700"/>
+    <s v="Towns 10,000 population and over"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD215C05"/>
+    <s v="Young adults (19-24 years)"/>
+    <s v="Number"/>
+    <n v="30216"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="100700"/>
+    <s v="Towns 10,000 population and over"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD215C06"/>
+    <s v="Persons aged 25-34 years"/>
+    <s v="Number"/>
+    <n v="69162"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="100700"/>
+    <s v="Towns 10,000 population and over"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD215C07"/>
+    <s v="Persons aged 35-44 years"/>
+    <s v="Number"/>
+    <n v="56807"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="100700"/>
+    <s v="Towns 10,000 population and over"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD215C08"/>
+    <s v="Persons aged 45-54 years"/>
+    <s v="Number"/>
+    <n v="44050"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="100700"/>
+    <s v="Towns 10,000 population and over"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD215C09"/>
+    <s v="Persons aged 55-64 years"/>
+    <s v="Number"/>
+    <n v="32199"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="100700"/>
+    <s v="Towns 10,000 population and over"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD215C10"/>
+    <s v="Persons aged 65-74 years"/>
+    <s v="Number"/>
+    <n v="20368"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="100700"/>
+    <s v="Towns 10,000 population and over"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD215C11"/>
+    <s v="Persons aged 75 years and over"/>
+    <s v="Number"/>
+    <n v="14076"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="100700"/>
+    <s v="Towns 10,000 population and over"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD215C12"/>
+    <s v="Average age"/>
+    <s v="Number"/>
+    <n v="34.4"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="104700"/>
+    <s v="Towns 5,000 - 9,999 population"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="CD215C01"/>
+    <s v="Persons of all ages"/>
+    <s v="Number"/>
+    <n v="132627"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="104700"/>
+    <s v="Towns 5,000 - 9,999 population"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="CD215C02"/>
+    <s v="Pre-school children (0-4 years)"/>
+    <s v="Number"/>
+    <n v="10842"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="104700"/>
+    <s v="Towns 5,000 - 9,999 population"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="CD215C03"/>
+    <s v="Primary school children (5-12 years)"/>
+    <s v="Number"/>
+    <n v="14682"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="104700"/>
+    <s v="Towns 5,000 - 9,999 population"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="CD215C04"/>
+    <s v="Teenagers (13-18 years)"/>
+    <s v="Number"/>
+    <n v="10032"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="104700"/>
+    <s v="Towns 5,000 - 9,999 population"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="CD215C05"/>
+    <s v="Young adults (19-24 years)"/>
+    <s v="Number"/>
+    <n v="12225"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="104700"/>
+    <s v="Towns 5,000 - 9,999 population"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="CD215C06"/>
+    <s v="Persons aged 25-34 years"/>
+    <s v="Number"/>
+    <n v="25150"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="104700"/>
+    <s v="Towns 5,000 - 9,999 population"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="CD215C07"/>
+    <s v="Persons aged 35-44 years"/>
+    <s v="Number"/>
+    <n v="19777"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="104700"/>
+    <s v="Towns 5,000 - 9,999 population"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="CD215C08"/>
+    <s v="Persons aged 45-54 years"/>
+    <s v="Number"/>
+    <n v="15093"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="104700"/>
+    <s v="Towns 5,000 - 9,999 population"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="CD215C09"/>
+    <s v="Persons aged 55-64 years"/>
+    <s v="Number"/>
+    <n v="11932"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="104700"/>
+    <s v="Towns 5,000 - 9,999 population"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="CD215C10"/>
+    <s v="Persons aged 65-74 years"/>
+    <s v="Number"/>
+    <n v="7378"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="104700"/>
+    <s v="Towns 5,000 - 9,999 population"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="CD215C11"/>
+    <s v="Persons aged 75 years and over"/>
+    <s v="Number"/>
+    <n v="5516"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="104700"/>
+    <s v="Towns 5,000 - 9,999 population"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="CD215C12"/>
+    <s v="Average age"/>
+    <s v="Number"/>
+    <n v="34.3"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="104700"/>
+    <s v="Towns 5,000 - 9,999 population"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD215C01"/>
+    <s v="Persons of all ages"/>
+    <s v="Number"/>
+    <n v="148707"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="104700"/>
+    <s v="Towns 5,000 - 9,999 population"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD215C02"/>
+    <s v="Pre-school children (0-4 years)"/>
+    <s v="Number"/>
+    <n v="13531"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="104700"/>
+    <s v="Towns 5,000 - 9,999 population"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD215C03"/>
+    <s v="Primary school children (5-12 years)"/>
+    <s v="Number"/>
+    <n v="17068"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="104700"/>
+    <s v="Towns 5,000 - 9,999 population"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD215C04"/>
+    <s v="Teenagers (13-18 years)"/>
+    <s v="Number"/>
+    <n v="10707"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="104700"/>
+    <s v="Towns 5,000 - 9,999 population"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD215C05"/>
+    <s v="Young adults (19-24 years)"/>
+    <s v="Number"/>
+    <n v="11070"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="104700"/>
+    <s v="Towns 5,000 - 9,999 population"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD215C06"/>
+    <s v="Persons aged 25-34 years"/>
+    <s v="Number"/>
+    <n v="27872"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="104700"/>
+    <s v="Towns 5,000 - 9,999 population"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD215C07"/>
+    <s v="Persons aged 35-44 years"/>
+    <s v="Number"/>
+    <n v="23986"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="104700"/>
+    <s v="Towns 5,000 - 9,999 population"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD215C08"/>
+    <s v="Persons aged 45-54 years"/>
+    <s v="Number"/>
+    <n v="17011"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="104700"/>
+    <s v="Towns 5,000 - 9,999 population"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD215C09"/>
+    <s v="Persons aged 55-64 years"/>
+    <s v="Number"/>
+    <n v="13037"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="104700"/>
+    <s v="Towns 5,000 - 9,999 population"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD215C10"/>
+    <s v="Persons aged 65-74 years"/>
+    <s v="Number"/>
+    <n v="8316"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="104700"/>
+    <s v="Towns 5,000 - 9,999 population"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD215C11"/>
+    <s v="Persons aged 75 years and over"/>
+    <s v="Number"/>
+    <n v="6109"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="104700"/>
+    <s v="Towns 5,000 - 9,999 population"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD215C12"/>
+    <s v="Average age"/>
+    <s v="Number"/>
+    <n v="34.2"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="108900"/>
+    <s v="Towns 3,000 - 4,999 population"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="CD215C01"/>
+    <s v="Persons of all ages"/>
+    <s v="Number"/>
+    <n v="52750"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="108900"/>
+    <s v="Towns 3,000 - 4,999 population"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="CD215C02"/>
+    <s v="Pre-school children (0-4 years)"/>
+    <s v="Number"/>
+    <n v="4108"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="108900"/>
+    <s v="Towns 3,000 - 4,999 population"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="CD215C03"/>
+    <s v="Primary school children (5-12 years)"/>
+    <s v="Number"/>
+    <n v="5860"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="108900"/>
+    <s v="Towns 3,000 - 4,999 population"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="CD215C04"/>
+    <s v="Teenagers (13-18 years)"/>
+    <s v="Number"/>
+    <n v="3798"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="108900"/>
+    <s v="Towns 3,000 - 4,999 population"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="CD215C05"/>
+    <s v="Young adults (19-24 years)"/>
+    <s v="Number"/>
+    <n v="4944"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="108900"/>
+    <s v="Towns 3,000 - 4,999 population"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="CD215C06"/>
+    <s v="Persons aged 25-34 years"/>
+    <s v="Number"/>
+    <n v="10632"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="108900"/>
+    <s v="Towns 3,000 - 4,999 population"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="CD215C07"/>
+    <s v="Persons aged 35-44 years"/>
+    <s v="Number"/>
+    <n v="8273"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="108900"/>
+    <s v="Towns 3,000 - 4,999 population"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="CD215C08"/>
+    <s v="Persons aged 45-54 years"/>
+    <s v="Number"/>
+    <n v="5661"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="108900"/>
+    <s v="Towns 3,000 - 4,999 population"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="CD215C09"/>
+    <s v="Persons aged 55-64 years"/>
+    <s v="Number"/>
+    <n v="4302"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="108900"/>
+    <s v="Towns 3,000 - 4,999 population"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="CD215C10"/>
+    <s v="Persons aged 65-74 years"/>
+    <s v="Number"/>
+    <n v="2885"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="108900"/>
+    <s v="Towns 3,000 - 4,999 population"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="CD215C11"/>
+    <s v="Persons aged 75 years and over"/>
+    <s v="Number"/>
+    <n v="2287"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="108900"/>
+    <s v="Towns 3,000 - 4,999 population"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="CD215C12"/>
+    <s v="Average age"/>
+    <s v="Number"/>
+    <n v="34.2"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="108900"/>
+    <s v="Towns 3,000 - 4,999 population"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD215C01"/>
+    <s v="Persons of all ages"/>
+    <s v="Number"/>
+    <n v="59946"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="108900"/>
+    <s v="Towns 3,000 - 4,999 population"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD215C02"/>
+    <s v="Pre-school children (0-4 years)"/>
+    <s v="Number"/>
+    <n v="5531"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="108900"/>
+    <s v="Towns 3,000 - 4,999 population"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD215C03"/>
+    <s v="Primary school children (5-12 years)"/>
+    <s v="Number"/>
+    <n v="6520"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="108900"/>
+    <s v="Towns 3,000 - 4,999 population"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD215C04"/>
+    <s v="Teenagers (13-18 years)"/>
+    <s v="Number"/>
+    <n v="4177"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="108900"/>
+    <s v="Towns 3,000 - 4,999 population"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD215C05"/>
+    <s v="Young adults (19-24 years)"/>
+    <s v="Number"/>
+    <n v="4344"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="108900"/>
+    <s v="Towns 3,000 - 4,999 population"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD215C06"/>
+    <s v="Persons aged 25-34 years"/>
+    <s v="Number"/>
+    <n v="11985"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="108900"/>
+    <s v="Towns 3,000 - 4,999 population"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD215C07"/>
+    <s v="Persons aged 35-44 years"/>
+    <s v="Number"/>
+    <n v="9501"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="108900"/>
+    <s v="Towns 3,000 - 4,999 population"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD215C08"/>
+    <s v="Persons aged 45-54 years"/>
+    <s v="Number"/>
+    <n v="6672"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="108900"/>
+    <s v="Towns 3,000 - 4,999 population"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD215C09"/>
+    <s v="Persons aged 55-64 years"/>
+    <s v="Number"/>
+    <n v="5042"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="108900"/>
+    <s v="Towns 3,000 - 4,999 population"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD215C10"/>
+    <s v="Persons aged 65-74 years"/>
+    <s v="Number"/>
+    <n v="3594"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="108900"/>
+    <s v="Towns 3,000 - 4,999 population"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD215C11"/>
+    <s v="Persons aged 75 years and over"/>
+    <s v="Number"/>
+    <n v="2580"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="108900"/>
+    <s v="Towns 3,000 - 4,999 population"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD215C12"/>
+    <s v="Average age"/>
+    <s v="Number"/>
+    <n v="34.5"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="112000"/>
+    <s v="Towns 1,500 - 2,999 population"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="CD215C01"/>
+    <s v="Persons of all ages"/>
+    <s v="Number"/>
+    <n v="61289"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="112000"/>
+    <s v="Towns 1,500 - 2,999 population"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="CD215C02"/>
+    <s v="Pre-school children (0-4 years)"/>
+    <s v="Number"/>
+    <n v="4660"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="112000"/>
+    <s v="Towns 1,500 - 2,999 population"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="CD215C03"/>
+    <s v="Primary school children (5-12 years)"/>
+    <s v="Number"/>
+    <n v="6474"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="112000"/>
+    <s v="Towns 1,500 - 2,999 population"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="CD215C04"/>
+    <s v="Teenagers (13-18 years)"/>
+    <s v="Number"/>
+    <n v="4731"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="112000"/>
+    <s v="Towns 1,500 - 2,999 population"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="CD215C05"/>
+    <s v="Young adults (19-24 years)"/>
+    <s v="Number"/>
+    <n v="5282"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="112000"/>
+    <s v="Towns 1,500 - 2,999 population"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="CD215C06"/>
+    <s v="Persons aged 25-34 years"/>
+    <s v="Number"/>
+    <n v="11066"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="112000"/>
+    <s v="Towns 1,500 - 2,999 population"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="CD215C07"/>
+    <s v="Persons aged 35-44 years"/>
+    <s v="Number"/>
+    <n v="8882"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="112000"/>
+    <s v="Towns 1,500 - 2,999 population"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="CD215C08"/>
+    <s v="Persons aged 45-54 years"/>
+    <s v="Number"/>
+    <n v="6870"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="112000"/>
+    <s v="Towns 1,500 - 2,999 population"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="CD215C09"/>
+    <s v="Persons aged 55-64 years"/>
+    <s v="Number"/>
+    <n v="5915"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="112000"/>
+    <s v="Towns 1,500 - 2,999 population"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="CD215C10"/>
+    <s v="Persons aged 65-74 years"/>
+    <s v="Number"/>
+    <n v="4163"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="112000"/>
+    <s v="Towns 1,500 - 2,999 population"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="CD215C11"/>
+    <s v="Persons aged 75 years and over"/>
+    <s v="Number"/>
+    <n v="3246"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="112000"/>
+    <s v="Towns 1,500 - 2,999 population"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="CD215C12"/>
+    <s v="Average age"/>
+    <s v="Number"/>
+    <n v="35.8"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="112000"/>
+    <s v="Towns 1,500 - 2,999 population"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD215C01"/>
+    <s v="Persons of all ages"/>
+    <s v="Number"/>
+    <n v="84802"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="112000"/>
+    <s v="Towns 1,500 - 2,999 population"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD215C02"/>
+    <s v="Pre-school children (0-4 years)"/>
+    <s v="Number"/>
+    <n v="7708"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="112000"/>
+    <s v="Towns 1,500 - 2,999 population"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD215C03"/>
+    <s v="Primary school children (5-12 years)"/>
+    <s v="Number"/>
+    <n v="9585"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="112000"/>
+    <s v="Towns 1,500 - 2,999 population"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD215C04"/>
+    <s v="Teenagers (13-18 years)"/>
+    <s v="Number"/>
+    <n v="5944"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="112000"/>
+    <s v="Towns 1,500 - 2,999 population"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD215C05"/>
+    <s v="Young adults (19-24 years)"/>
+    <s v="Number"/>
+    <n v="6052"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="112000"/>
+    <s v="Towns 1,500 - 2,999 population"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD215C06"/>
+    <s v="Persons aged 25-34 years"/>
+    <s v="Number"/>
+    <n v="15714"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="112000"/>
+    <s v="Towns 1,500 - 2,999 population"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD215C07"/>
+    <s v="Persons aged 35-44 years"/>
+    <s v="Number"/>
+    <n v="12932"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="112000"/>
+    <s v="Towns 1,500 - 2,999 population"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD215C08"/>
+    <s v="Persons aged 45-54 years"/>
+    <s v="Number"/>
+    <n v="9354"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="112000"/>
+    <s v="Towns 1,500 - 2,999 population"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD215C09"/>
+    <s v="Persons aged 55-64 years"/>
+    <s v="Number"/>
+    <n v="7730"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="112000"/>
+    <s v="Towns 1,500 - 2,999 population"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD215C10"/>
+    <s v="Persons aged 65-74 years"/>
+    <s v="Number"/>
+    <n v="5453"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="112000"/>
+    <s v="Towns 1,500 - 2,999 population"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD215C11"/>
+    <s v="Persons aged 75 years and over"/>
+    <s v="Number"/>
+    <n v="4330"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="112000"/>
+    <s v="Towns 1,500 - 2,999 population"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD215C12"/>
+    <s v="Average age"/>
+    <s v="Number"/>
+    <n v="35.2"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="120300"/>
+    <s v="Aggregate Town Area"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="CD215C01"/>
+    <s v="Persons of all ages"/>
+    <s v="Number"/>
+    <n v="1261093"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="120300"/>
+    <s v="Aggregate Town Area"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="CD215C02"/>
+    <s v="Pre-school children (0-4 years)"/>
+    <s v="Number"/>
+    <n v="88402"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="120300"/>
+    <s v="Aggregate Town Area"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="CD215C03"/>
+    <s v="Primary school children (5-12 years)"/>
+    <s v="Number"/>
+    <n v="123725"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="120300"/>
+    <s v="Aggregate Town Area"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="CD215C04"/>
+    <s v="Teenagers (13-18 years)"/>
+    <s v="Number"/>
+    <n v="93459"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="120300"/>
+    <s v="Aggregate Town Area"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="CD215C05"/>
+    <s v="Young adults (19-24 years)"/>
+    <s v="Number"/>
+    <n v="138946"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="120300"/>
+    <s v="Aggregate Town Area"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="CD215C06"/>
+    <s v="Persons aged 25-34 years"/>
+    <s v="Number"/>
+    <n v="244564"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="120300"/>
+    <s v="Aggregate Town Area"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="CD215C07"/>
+    <s v="Persons aged 35-44 years"/>
+    <s v="Number"/>
+    <n v="181581"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="120300"/>
+    <s v="Aggregate Town Area"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="CD215C08"/>
+    <s v="Persons aged 45-54 years"/>
+    <s v="Number"/>
+    <n v="146618"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="120300"/>
+    <s v="Aggregate Town Area"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="CD215C09"/>
+    <s v="Persons aged 55-64 years"/>
+    <s v="Number"/>
+    <n v="111729"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="120300"/>
+    <s v="Aggregate Town Area"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="CD215C10"/>
+    <s v="Persons aged 65-74 years"/>
+    <s v="Number"/>
+    <n v="75167"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="120300"/>
+    <s v="Aggregate Town Area"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="CD215C11"/>
+    <s v="Persons aged 75 years and over"/>
+    <s v="Number"/>
+    <n v="56902"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="120300"/>
+    <s v="Aggregate Town Area"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="CD215C12"/>
+    <s v="Average age"/>
+    <s v="Number"/>
+    <n v="35.1"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="120300"/>
+    <s v="Aggregate Town Area"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD215C01"/>
+    <s v="Persons of all ages"/>
+    <s v="Number"/>
+    <n v="1417097"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="120300"/>
+    <s v="Aggregate Town Area"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD215C02"/>
+    <s v="Pre-school children (0-4 years)"/>
+    <s v="Number"/>
+    <n v="108889"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="120300"/>
+    <s v="Aggregate Town Area"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD215C03"/>
+    <s v="Primary school children (5-12 years)"/>
+    <s v="Number"/>
+    <n v="143394"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="120300"/>
+    <s v="Aggregate Town Area"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD215C04"/>
+    <s v="Teenagers (13-18 years)"/>
+    <s v="Number"/>
+    <n v="96336"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="120300"/>
+    <s v="Aggregate Town Area"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD215C05"/>
+    <s v="Young adults (19-24 years)"/>
+    <s v="Number"/>
+    <n v="125120"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="120300"/>
+    <s v="Aggregate Town Area"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD215C06"/>
+    <s v="Persons aged 25-34 years"/>
+    <s v="Number"/>
+    <n v="278769"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="120300"/>
+    <s v="Aggregate Town Area"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD215C07"/>
+    <s v="Persons aged 35-44 years"/>
+    <s v="Number"/>
+    <n v="211556"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="120300"/>
+    <s v="Aggregate Town Area"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD215C08"/>
+    <s v="Persons aged 45-54 years"/>
+    <s v="Number"/>
+    <n v="168976"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="120300"/>
+    <s v="Aggregate Town Area"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD215C09"/>
+    <s v="Persons aged 55-64 years"/>
+    <s v="Number"/>
+    <n v="129978"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="120300"/>
+    <s v="Aggregate Town Area"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD215C10"/>
+    <s v="Persons aged 65-74 years"/>
+    <s v="Number"/>
+    <n v="87502"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="120300"/>
+    <s v="Aggregate Town Area"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD215C11"/>
+    <s v="Persons aged 75 years and over"/>
+    <s v="Number"/>
+    <n v="66577"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="120300"/>
+    <s v="Aggregate Town Area"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD215C12"/>
+    <s v="Average age"/>
+    <s v="Number"/>
+    <n v="35.5"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="120800"/>
+    <s v="Aggregate rural area"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="CD215C01"/>
+    <s v="Persons of all ages"/>
+    <s v="Number"/>
+    <n v="795969"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="120800"/>
+    <s v="Aggregate rural area"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="CD215C02"/>
+    <s v="Pre-school children (0-4 years)"/>
+    <s v="Number"/>
+    <n v="58257"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="120800"/>
+    <s v="Aggregate rural area"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="CD215C03"/>
+    <s v="Primary school children (5-12 years)"/>
+    <s v="Number"/>
+    <n v="95396"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="120800"/>
+    <s v="Aggregate rural area"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="CD215C04"/>
+    <s v="Teenagers (13-18 years)"/>
+    <s v="Number"/>
+    <n v="72835"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="120800"/>
+    <s v="Aggregate rural area"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="CD215C05"/>
+    <s v="Young adults (19-24 years)"/>
+    <s v="Number"/>
+    <n v="54911"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="120800"/>
+    <s v="Aggregate rural area"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="CD215C06"/>
+    <s v="Persons aged 25-34 years"/>
+    <s v="Number"/>
+    <n v="102593"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="120800"/>
+    <s v="Aggregate rural area"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="CD215C07"/>
+    <s v="Persons aged 35-44 years"/>
+    <s v="Number"/>
+    <n v="120977"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="120800"/>
+    <s v="Aggregate rural area"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="CD215C08"/>
+    <s v="Persons aged 45-54 years"/>
+    <s v="Number"/>
+    <n v="108469"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="120800"/>
+    <s v="Aggregate rural area"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="CD215C09"/>
+    <s v="Persons aged 55-64 years"/>
+    <s v="Number"/>
+    <n v="83729"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="120800"/>
+    <s v="Aggregate rural area"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="CD215C10"/>
+    <s v="Persons aged 65-74 years"/>
+    <s v="Number"/>
+    <n v="51823"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="120800"/>
+    <s v="Aggregate rural area"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="CD215C11"/>
+    <s v="Persons aged 75 years and over"/>
+    <s v="Number"/>
+    <n v="46979"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="120800"/>
+    <s v="Aggregate rural area"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="CD215C12"/>
+    <s v="Average age"/>
+    <s v="Number"/>
+    <n v="36.6"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="120800"/>
+    <s v="Aggregate rural area"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD215C01"/>
+    <s v="Persons of all ages"/>
+    <s v="Number"/>
+    <n v="850226"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="120800"/>
+    <s v="Aggregate rural area"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD215C02"/>
+    <s v="Pre-school children (0-4 years)"/>
+    <s v="Number"/>
+    <n v="63915"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="120800"/>
+    <s v="Aggregate rural area"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD215C03"/>
+    <s v="Primary school children (5-12 years)"/>
+    <s v="Number"/>
+    <n v="101851"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="120800"/>
+    <s v="Aggregate rural area"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD215C04"/>
+    <s v="Teenagers (13-18 years)"/>
+    <s v="Number"/>
+    <n v="71724"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="120800"/>
+    <s v="Aggregate rural area"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD215C05"/>
+    <s v="Young adults (19-24 years)"/>
+    <s v="Number"/>
+    <n v="58419"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="120800"/>
+    <s v="Aggregate rural area"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD215C06"/>
+    <s v="Persons aged 25-34 years"/>
+    <s v="Number"/>
+    <n v="103145"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="120800"/>
+    <s v="Aggregate rural area"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD215C07"/>
+    <s v="Persons aged 35-44 years"/>
+    <s v="Number"/>
+    <n v="128736"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="120800"/>
+    <s v="Aggregate rural area"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD215C08"/>
+    <s v="Persons aged 45-54 years"/>
+    <s v="Number"/>
+    <n v="117598"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="120800"/>
+    <s v="Aggregate rural area"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD215C09"/>
+    <s v="Persons aged 55-64 years"/>
+    <s v="Number"/>
+    <n v="95655"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="120800"/>
+    <s v="Aggregate rural area"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD215C10"/>
+    <s v="Persons aged 65-74 years"/>
+    <s v="Number"/>
+    <n v="60640"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="120800"/>
+    <s v="Aggregate rural area"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD215C11"/>
+    <s v="Persons aged 75 years and over"/>
+    <s v="Number"/>
+    <n v="48543"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="120800"/>
+    <s v="Aggregate rural area"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD215C12"/>
+    <s v="Average age"/>
+    <s v="Number"/>
+    <n v="37.1"/>
+  </r>
+</pivotCacheRecords>
 </file>