--- v1 (2026-01-09)
+++ v2 (2026-02-24)
@@ -1,48 +1,48 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/pivotCache/pivotCacheDefinition1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheDefinition+xml"/>
   <Override PartName="/pivotCache/pivotCacheRecords1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheRecords+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/pivotTables/pivotTable.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9816cae6463b4adc" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/678cd353298b4d2e8777adf40a68e0ba.psmdcp" Id="R12b0cc31fcbc4c40" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4c8dce6327914362" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/a32f894153c84f18b2713d01ac01f53c.psmdcp" Id="Rc06dfc3fcd09438f" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="About" sheetId="1" r:id="rId2"/>
     <x:sheet name="Unpivoted" sheetId="2" r:id="rId9"/>
     <x:sheet name="Pivoted" sheetId="3" r:id="rId11"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
   <x:pivotCaches>
     <x:pivotCache cacheId="0" r:id="rId12"/>
   </x:pivotCaches>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Table</x:t>