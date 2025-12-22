--- v0 (2025-11-05)
+++ v1 (2025-12-22)
@@ -1,97 +1,97 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/pivotCache/pivotCacheDefinition1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheDefinition+xml"/>
   <Override PartName="/pivotCache/pivotCacheRecords1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheRecords+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/pivotTables/pivotTable.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc4def7df8090421e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/9df277ab771d47528976522fbd2ab48d.psmdcp" Id="R17b0ae16cc954cc1" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R248e2653e8414744" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/07422bfdb5c140b4923c161192f641f0.psmdcp" Id="R5f8a757ed66e4a09" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
-    <x:sheet name="About" sheetId="2" r:id="rId2"/>
-[...1 lines deleted...]
-    <x:sheet name="Pivoted" sheetId="11" r:id="rId11"/>
+    <x:sheet name="About" sheetId="1" r:id="rId2"/>
+    <x:sheet name="Unpivoted" sheetId="2" r:id="rId9"/>
+    <x:sheet name="Pivoted" sheetId="3" r:id="rId11"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
   <x:pivotCaches>
     <x:pivotCache cacheId="0" r:id="rId12"/>
   </x:pivotCaches>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Table</x:t>
   </x:si>
   <x:si>
     <x:t>Code</x:t>
   </x:si>
   <x:si>
     <x:t>CD211</x:t>
   </x:si>
   <x:si>
     <x:t>Name</x:t>
   </x:si>
   <x:si>
     <x:t>Enumerated Population</x:t>
   </x:si>
   <x:si>
     <x:t>Frequency</x:t>
   </x:si>
   <x:si>
     <x:t>Annual</x:t>
   </x:si>
   <x:si>
     <x:t>Last Updated</x:t>
   </x:si>
   <x:si>
-    <x:t>5/12/2020 11:00:00 AM</x:t>
+    <x:t>12/05/2020 11:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Note</x:t>
   </x:si>
   <x:si>
     <x:t>Url</x:t>
   </x:si>
   <x:si>
     <x:t>https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/CD211/XLSX/2007/en</x:t>
   </x:si>
   <x:si>
     <x:t>Product</x:t>
   </x:si>
   <x:si>
     <x:t>C2011P2</x:t>
   </x:si>
   <x:si>
     <x:t>Profile 2 - Ages</x:t>
   </x:si>
   <x:si>
     <x:t>Contacts</x:t>
   </x:si>
   <x:si>
     <x:t>Bernie Casey</x:t>
   </x:si>
@@ -541,467 +541,190 @@
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip r:embed="rId8" cstate="print"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="3971925" cy="1381125"/>
         </a:xfrm>
         <a:prstGeom prst="rect"/>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/pivotTables/_rels/pivotTable.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheDefinition" Target="/pivotCache/pivotCacheDefinition1.xml" Id="rId17" /></Relationships>
 </file>
 
 <file path=xl/pivotTables/pivotTable.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotTableDefinition xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" dataCaption="Values" showError="0" missingCaption="" showMissing="1" pageWrap="0" pageOverThenDown="0" rowGrandTotals="0" colGrandTotals="0" indent="1">
-[...415 lines deleted...]
-</x:pivotTableDefinition>
+<pivotTableDefinition xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" applyNumberFormats="0" applyBorderFormats="0" applyFontFormats="0" applyPatternFormats="0" applyAlignmentFormats="0" applyWidthHeightFormats="0" dataCaption="Values" rowGrandTotals="0" colGrandTotals="0" outline="1">
+  <location ref="A1" firstHeaderRow="0" firstDataRow="0" firstDataCol="0"/>
+  <pivotFields count="10">
+    <pivotField name="STATISTIC" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="Statistic Label" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="C02076V03371" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="22">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+        <item x="11"/>
+        <item x="12"/>
+        <item x="13"/>
+        <item x="14"/>
+        <item x="15"/>
+        <item x="16"/>
+        <item x="17"/>
+        <item x="18"/>
+        <item x="19"/>
+        <item x="20"/>
+        <item x="21"/>
+      </items>
+    </pivotField>
+    <pivotField name="Age Group" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="22">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+        <item x="11"/>
+        <item x="12"/>
+        <item x="13"/>
+        <item x="14"/>
+        <item x="15"/>
+        <item x="16"/>
+        <item x="17"/>
+        <item x="18"/>
+        <item x="19"/>
+        <item x="20"/>
+        <item x="21"/>
+      </items>
+    </pivotField>
+    <pivotField name="C02199V02655" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="3">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+      </items>
+    </pivotField>
+    <pivotField name="Sex" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="3">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+      </items>
+    </pivotField>
+    <pivotField name="TLIST(A1)" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="15">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+        <item x="11"/>
+        <item x="12"/>
+        <item x="13"/>
+        <item x="14"/>
+      </items>
+    </pivotField>
+    <pivotField name="CensusYear" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="15">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+        <item x="11"/>
+        <item x="12"/>
+        <item x="13"/>
+        <item x="14"/>
+      </items>
+    </pivotField>
+    <pivotField showAll="0"/>
+    <pivotField dataField="1" showAll="0"/>
+  </pivotFields>
+  <rowFields count="8">
+    <field x="0"/>
+    <field x="1"/>
+    <field x="2"/>
+    <field x="3"/>
+    <field x="4"/>
+    <field x="5"/>
+    <field x="6"/>
+    <field x="7"/>
+  </rowFields>
+  <dataFields count="1">
+    <dataField name="VALUE" fld="9"/>
+  </dataFields>
+  <pivotTableStyleInfo name="PivotStyleLight16" showRowHeaders="1" showColHeaders="1"/>
+  <extLst>
+    <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{962EF5D1-5CA2-4c93-8EF4-DBF5C05439D2}">
+      <x14:pivotTableDefinition enableEdit="0" hideValuesRow="1"/>
+    </ext>
+  </extLst>
+</pivotTableDefinition>
 </file>
 
 <file path=xl/tables/table1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:table xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="1" name="Unpivoted" displayName="Unpivoted" ref="A1:J991" totalsRowShown="0">
   <x:autoFilter ref="A1:J991"/>
   <x:tableColumns count="10">
     <x:tableColumn id="1" name="STATISTIC"/>
     <x:tableColumn id="2" name="Statistic Label"/>
     <x:tableColumn id="3" name="C02076V03371"/>
     <x:tableColumn id="4" name="Age Group"/>
     <x:tableColumn id="5" name="C02199V02655"/>
     <x:tableColumn id="6" name="Sex"/>
     <x:tableColumn id="7" name="TLIST(A1)"/>
     <x:tableColumn id="8" name="CensusYear"/>
     <x:tableColumn id="9" name="UNIT"/>
     <x:tableColumn id="10" name="VALUE"/>
   </x:tableColumns>
   <x:tableStyleInfo name="TableStyleMedium2" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </x:table>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
@@ -1272,51 +995,51 @@
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="/xl/drawings/drawing1.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/CD211/XLSX/2007/en" TargetMode="External" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cso.ie/" TargetMode="External" Id="rId14" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="/xl/tables/table1.xml" Id="rId15" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet3.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotTable" Target="/xl/pivotTables/pivotTable.xml" Id="rId16" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:B39"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="20.710625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="100.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="8" spans="1:2">
       <x:c r="A8" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B8" s="2"/>
     </x:row>
     <x:row r="9" spans="1:2">
       <x:c r="A9" s="3" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="B9" s="0" t="s">
         <x:v>2</x:v>
@@ -1503,51 +1226,51 @@
       </x:c>
     </x:row>
     <x:row r="39" spans="1:2">
       <x:c r="A39" s="3" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B39" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:hyperlinks>
     <x:hyperlink ref="B14" r:id="rId13"/>
     <x:hyperlink ref="B28" r:id="rId14"/>
   </x:hyperlinks>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:drawing xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId7"/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:J991"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="11.996339" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="22.567768" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="16.139196" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="16.567768" style="0" customWidth="1"/>
     <x:col min="5" max="5" width="16.139196" style="0" customWidth="1"/>
     <x:col min="6" max="6" width="10.424911" style="0" customWidth="1"/>
     <x:col min="7" max="7" width="11.282054" style="0" customWidth="1"/>
     <x:col min="8" max="8" width="13.424911" style="0" customWidth="1"/>
     <x:col min="9" max="9" width="8.282054" style="0" customWidth="1"/>
     <x:col min="10" max="10" width="8.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:10">
       <x:c r="A1" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
@@ -33249,51 +32972,51 @@
       <x:c r="G991" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="H991" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="I991" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="J991" s="0">
         <x:v>1837152</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="1">
     <x:tablePart r:id="rId15"/>
   </x:tableParts>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:sheetData/>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Application>Microsoft Excel</ap:Application>
   <ap:TitlesOfParts>
     <vt:vector baseType="lpstr" size="9">
       <vt:lpstr>About</vt:lpstr>
       <vt:lpstr>Unpivoted</vt:lpstr>
       <vt:lpstr>Pivoted</vt:lpstr>
@@ -33310,51 +33033,51 @@
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>3</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Named Ranges</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>6</vt:i4>
       </vt:variant>
     </vt:vector>
   </ap:HeadingPairs>
   <ap:DocSecurity>0</ap:DocSecurity>
   <ap:ScaleCrop>false</ap:ScaleCrop>
 </ap:Properties>
 </file>
 
 <file path=pivotCache/_rels/pivotCacheDefinition1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheRecords" Target="/pivotCache/pivotCacheRecords1.xml" Id="rId1" /></Relationships>
 </file>
 
 <file path=pivotCache/pivotCacheDefinition1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:pivotCacheDefinition xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" r:id="rId1" saveData="1" refreshOnLoad="1" createdVersion="5" refreshedVersion="5" minRefreshableVersion="3">
   <x:cacheSource type="worksheet">
-    <x:worksheetSource ref="A1:J991" sheet="Unpivoted"/>
+    <x:worksheetSource name="Unpivoted"/>
   </x:cacheSource>
   <x:cacheFields>
     <x:cacheField name="STATISTIC">
       <x:sharedItems count="1">
         <x:s v="CD211"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="Statistic Label">
       <x:sharedItems count="1">
         <x:s v="Enumerated Population"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="C02076V03371">
       <x:sharedItems count="22">
         <x:s v="-"/>
         <x:s v="200"/>
         <x:s v="215"/>
         <x:s v="225"/>
         <x:s v="245"/>
         <x:s v="265"/>
         <x:s v="300"/>
         <x:s v="365"/>
         <x:s v="410"/>
         <x:s v="440"/>
         <x:s v="460"/>
@@ -34430,27 +34153,11908 @@
         <x:n v="1522120"/>
         <x:n v="1678127"/>
         <x:n v="1771510"/>
         <x:n v="1038975"/>
         <x:n v="1044005"/>
         <x:n v="1056207"/>
         <x:n v="1035633"/>
         <x:n v="973273"/>
         <x:n v="993980"/>
         <x:n v="1027122"/>
         <x:n v="1172067"/>
         <x:n v="1205731"/>
         <x:n v="1271898"/>
         <x:n v="1314565"/>
         <x:n v="1407883"/>
         <x:n v="1567655"/>
         <x:n v="1697272"/>
         <x:n v="1837152"/>
       </x:sharedItems>
     </x:cacheField>
   </x:cacheFields>
 </x:pivotCacheDefinition>
 </file>
 
 <file path=pivotCache/pivotCacheRecords1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main"/>
+<pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="xr">
+  <r>
+    <s v="CD211"/>
+    <s v="Enumerated Population"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="1926"/>
+    <s v="1926"/>
+    <s v="Number"/>
+    <n v="2971992"/>
+  </r>
+  <r>
+    <s v="CD211"/>
+    <s v="Enumerated Population"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="1936"/>
+    <s v="1936"/>
+    <s v="Number"/>
+    <n v="2968420"/>
+  </r>
+  <r>
+    <s v="CD211"/>
+    <s v="Enumerated Population"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="1946"/>
+    <s v="1946"/>
+    <s v="Number"/>
+    <n v="2955107"/>
+  </r>
+  <r>
+    <s v="CD211"/>
+    <s v="Enumerated Population"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="1951"/>
+    <s v="1951"/>
+    <s v="Number"/>
+    <n v="2960593"/>
+  </r>
+  <r>
+    <s v="CD211"/>
+    <s v="Enumerated Population"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="1961"/>
+    <s v="1961"/>
+    <s v="Number"/>
+    <n v="2818341"/>
+  </r>
+  <r>
+    <s v="CD211"/>
+    <s v="Enumerated Population"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="1966"/>
+    <s v="1966"/>
+    <s v="Number"/>
+    <n v="2884002"/>
+  </r>
+  <r>
+    <s v="CD211"/>
+    <s v="Enumerated Population"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="1971"/>
+    <s v="1971"/>
+    <s v="Number"/>
+    <n v="2978248"/>
+  </r>
+  <r>
+    <s v="CD211"/>
+    <s v="Enumerated Population"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="1979"/>
+    <s v="1979"/>
+    <s v="Number"/>
+    <n v="3368217"/>
+  </r>
+  <r>
+    <s v="CD211"/>
+    <s v="Enumerated Population"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="1981"/>
+    <s v="1981"/>
+    <s v="Number"/>
+    <n v="3443405"/>
+  </r>
+  <r>
+    <s v="CD211"/>
+    <s v="Enumerated Population"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="1986"/>
+    <s v="1986"/>
+    <s v="Number"/>
+    <n v="3540643"/>
+  </r>
+  <r>
+    <s v="CD211"/>
+    <s v="Enumerated Population"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="3525719"/>
+  </r>
+  <r>
+    <s v="CD211"/>
+    <s v="Enumerated Population"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="3626087"/>
+  </r>
+  <r>
+    <s v="CD211"/>
+    <s v="Enumerated Population"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3917203"/>
+  </r>
+  <r>
+    <s v="CD211"/>
+    <s v="Enumerated Population"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4239848"/>
+  </r>
+  <r>
+    <s v="CD211"/>
+    <s v="Enumerated Population"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4588252"/>
+  </r>
+  <r>
+    <s v="CD211"/>
+    <s v="Enumerated Population"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="1926"/>
+    <s v="1926"/>
+    <s v="Number"/>
+    <n v="1506889"/>
+  </r>
+  <r>
+    <s v="CD211"/>
+    <s v="Enumerated Population"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="1936"/>
+    <s v="1936"/>
+    <s v="Number"/>
+    <n v="1520454"/>
+  </r>
+  <r>
+    <s v="CD211"/>
+    <s v="Enumerated Population"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="1946"/>
+    <s v="1946"/>
+    <s v="Number"/>
+    <n v="1494877"/>
+  </r>
+  <r>
+    <s v="CD211"/>
+    <s v="Enumerated Population"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="1951"/>
+    <s v="1951"/>
+    <s v="Number"/>
+    <n v="1506597"/>
+  </r>
+  <r>
+    <s v="CD211"/>
+    <s v="Enumerated Population"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="1961"/>
+    <s v="1961"/>
+    <s v="Number"/>
+    <n v="1416549"/>
+  </r>
+  <r>
+    <s v="CD211"/>
+    <s v="Enumerated Population"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="1966"/>
+    <s v="1966"/>
+    <s v="Number"/>
+    <n v="1449032"/>
+  </r>
+  <r>
+    <s v="CD211"/>
+    <s v="Enumerated Population"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="1971"/>
+    <s v="1971"/>
+    <s v="Number"/>
+    <n v="1495760"/>
+  </r>
+  <r>
+    <s v="CD211"/>
+    <s v="Enumerated Population"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="1979"/>
+    <s v="1979"/>
+    <s v="Number"/>
+    <n v="1693272"/>
+  </r>
+  <r>
+    <s v="CD211"/>
+    <s v="Enumerated Population"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="1981"/>
+    <s v="1981"/>
+    <s v="Number"/>
+    <n v="1729354"/>
+  </r>
+  <r>
+    <s v="CD211"/>
+    <s v="Enumerated Population"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="1986"/>
+    <s v="1986"/>
+    <s v="Number"/>
+    <n v="1769690"/>
+  </r>
+  <r>
+    <s v="CD211"/>
+    <s v="Enumerated Population"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="1753418"/>
+  </r>
+  <r>
+    <s v="CD211"/>
+    <s v="Enumerated Population"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1800232"/>
+  </r>
+  <r>
+    <s v="CD211"/>
+    <s v="Enumerated Population"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1946164"/>
+  </r>
+  <r>
+    <s v="CD211"/>
+    <s v="Enumerated Population"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2121171"/>
+  </r>
+  <r>
+    <s v="CD211"/>
+    <s v="Enumerated Population"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2272699"/>
+  </r>
+  <r>
+    <s v="CD211"/>
+    <s v="Enumerated Population"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="1926"/>
+    <s v="1926"/>
+    <s v="Number"/>
+    <n v="1465103"/>
+  </r>
+  <r>
+    <s v="CD211"/>
+    <s v="Enumerated Population"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="1936"/>
+    <s v="1936"/>
+    <s v="Number"/>
+    <n v="1447966"/>
+  </r>
+  <r>
+    <s v="CD211"/>
+    <s v="Enumerated Population"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="1946"/>
+    <s v="1946"/>
+    <s v="Number"/>
+    <n v="1460230"/>
+  </r>
+  <r>
+    <s v="CD211"/>
+    <s v="Enumerated Population"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="1951"/>
+    <s v="1951"/>
+    <s v="Number"/>
+    <n v="1453996"/>
+  </r>
+  <r>
+    <s v="CD211"/>
+    <s v="Enumerated Population"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="1961"/>
+    <s v="1961"/>
+    <s v="Number"/>
+    <n v="1401792"/>
+  </r>
+  <r>
+    <s v="CD211"/>
+    <s v="Enumerated Population"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="1966"/>
+    <s v="1966"/>
+    <s v="Number"/>
+    <n v="1434970"/>
+  </r>
+  <r>
+    <s v="CD211"/>
+    <s v="Enumerated Population"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="1971"/>
+    <s v="1971"/>
+    <s v="Number"/>
+    <n v="1482488"/>
+  </r>
+  <r>
+    <s v="CD211"/>
+    <s v="Enumerated Population"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="1979"/>
+    <s v="1979"/>
+    <s v="Number"/>
+    <n v="1674945"/>
+  </r>
+  <r>
+    <s v="CD211"/>
+    <s v="Enumerated Population"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="1981"/>
+    <s v="1981"/>
+    <s v="Number"/>
+    <n v="1714051"/>
+  </r>
+  <r>
+    <s v="CD211"/>
+    <s v="Enumerated Population"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="1986"/>
+    <s v="1986"/>
+    <s v="Number"/>
+    <n v="1770953"/>
+  </r>
+  <r>
+    <s v="CD211"/>
+    <s v="Enumerated Population"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="1772301"/>
+  </r>
+  <r>
+    <s v="CD211"/>
+    <s v="Enumerated Population"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1825855"/>
+  </r>
+  <r>
+    <s v="CD211"/>
+    <s v="Enumerated Population"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1971039"/>
+  </r>
+  <r>
+    <s v="CD211"/>
+    <s v="Enumerated Population"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2118677"/>
+  </r>
+  <r>
+    <s v="CD211"/>
+    <s v="Enumerated Population"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2315553"/>
+  </r>
+  <r>
+    <s v="CD211"/>
+    <s v="Enumerated Population"/>
+    <s v="200"/>
+    <s v="Under 1 year"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="1926"/>
+    <s v="1926"/>
+    <s v="Number"/>
+    <n v="55391"/>
+  </r>
+  <r>
+    <s v="CD211"/>
+    <s v="Enumerated Population"/>
+    <s v="200"/>
+    <s v="Under 1 year"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="1936"/>
+    <s v="1936"/>
+    <s v="Number"/>
+    <n v="53606"/>
+  </r>
+  <r>
+    <s v="CD211"/>
+    <s v="Enumerated Population"/>
+    <s v="200"/>
+    <s v="Under 1 year"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="1946"/>
+    <s v="1946"/>
+    <s v="Number"/>
+    <n v="66081"/>
+  </r>
+  <r>
+    <s v="CD211"/>
+    <s v="Enumerated Population"/>
+    <s v="200"/>
+    <s v="Under 1 year"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="1951"/>
+    <s v="1951"/>
+    <s v="Number"/>
+    <n v="63557"/>
+  </r>
+  <r>
+    <s v="CD211"/>
+    <s v="Enumerated Population"/>
+    <s v="200"/>
+    <s v="Under 1 year"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="1961"/>
+    <s v="1961"/>
+    <s v="Number"/>
+    <n v="62772"/>
+  </r>
+  <r>
+    <s v="CD211"/>
+    <s v="Enumerated Population"/>
+    <s v="200"/>
+    <s v="Under 1 year"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="1966"/>
+    <s v="1966"/>
+    <s v="Number"/>
+    <n v="63589"/>
+  </r>
+  <r>
+    <s v="CD211"/>
+    <s v="Enumerated Population"/>
+    <s v="200"/>
+    <s v="Under 1 year"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="1971"/>
+    <s v="1971"/>
+    <s v="Number"/>
+    <n v="64886"/>
+  </r>
+  <r>
+    <s v="CD211"/>
+    <s v="Enumerated Population"/>
+    <s v="200"/>
+    <s v="Under 1 year"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="1979"/>
+    <s v="1979"/>
+    <s v="Number"/>
+    <n v="71353"/>
+  </r>
+  <r>
+    <s v="CD211"/>
+    <s v="Enumerated Population"/>
+    <s v="200"/>
+    <s v="Under 1 year"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="1981"/>
+    <s v="1981"/>
+    <s v="Number"/>
+    <n v="73379"/>
+  </r>
+  <r>
+    <s v="CD211"/>
+    <s v="Enumerated Population"/>
+    <s v="200"/>
+    <s v="Under 1 year"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="1986"/>
+    <s v="1986"/>
+    <s v="Number"/>
+    <n v="61172"/>
+  </r>
+  <r>
+    <s v="CD211"/>
+    <s v="Enumerated Population"/>
+    <s v="200"/>
+    <s v="Under 1 year"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="53044"/>
+  </r>
+  <r>
+    <s v="CD211"/>
+    <s v="Enumerated Population"/>
+    <s v="200"/>
+    <s v="Under 1 year"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="48854"/>
+  </r>
+  <r>
+    <s v="CD211"/>
+    <s v="Enumerated Population"/>
+    <s v="200"/>
+    <s v="Under 1 year"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="54499"/>
+  </r>
+  <r>
+    <s v="CD211"/>
+    <s v="Enumerated Population"/>
+    <s v="200"/>
+    <s v="Under 1 year"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="61076"/>
+  </r>
+  <r>
+    <s v="CD211"/>
+    <s v="Enumerated Population"/>
+    <s v="200"/>
+    <s v="Under 1 year"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="72410"/>
+  </r>
+  <r>
+    <s v="CD211"/>
+    <s v="Enumerated Population"/>
+    <s v="200"/>
+    <s v="Under 1 year"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="1926"/>
+    <s v="1926"/>
+    <s v="Number"/>
+    <n v="28084"/>
+  </r>
+  <r>
+    <s v="CD211"/>
+    <s v="Enumerated Population"/>
+    <s v="200"/>
+    <s v="Under 1 year"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="1936"/>
+    <s v="1936"/>
+    <s v="Number"/>
+    <n v="27152"/>
+  </r>
+  <r>
+    <s v="CD211"/>
+    <s v="Enumerated Population"/>
+    <s v="200"/>
+    <s v="Under 1 year"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="1946"/>
+    <s v="1946"/>
+    <s v="Number"/>
+    <n v="33798"/>
+  </r>
+  <r>
+    <s v="CD211"/>
+    <s v="Enumerated Population"/>
+    <s v="200"/>
+    <s v="Under 1 year"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="1951"/>
+    <s v="1951"/>
+    <s v="Number"/>
+    <n v="32630"/>
+  </r>
+  <r>
+    <s v="CD211"/>
+    <s v="Enumerated Population"/>
+    <s v="200"/>
+    <s v="Under 1 year"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="1961"/>
+    <s v="1961"/>
+    <s v="Number"/>
+    <n v="32137"/>
+  </r>
+  <r>
+    <s v="CD211"/>
+    <s v="Enumerated Population"/>
+    <s v="200"/>
+    <s v="Under 1 year"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="1966"/>
+    <s v="1966"/>
+    <s v="Number"/>
+    <n v="32514"/>
+  </r>
+  <r>
+    <s v="CD211"/>
+    <s v="Enumerated Population"/>
+    <s v="200"/>
+    <s v="Under 1 year"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="1971"/>
+    <s v="1971"/>
+    <s v="Number"/>
+    <n v="33276"/>
+  </r>
+  <r>
+    <s v="CD211"/>
+    <s v="Enumerated Population"/>
+    <s v="200"/>
+    <s v="Under 1 year"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="1979"/>
+    <s v="1979"/>
+    <s v="Number"/>
+    <n v="36171"/>
+  </r>
+  <r>
+    <s v="CD211"/>
+    <s v="Enumerated Population"/>
+    <s v="200"/>
+    <s v="Under 1 year"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="1981"/>
+    <s v="1981"/>
+    <s v="Number"/>
+    <n v="37717"/>
+  </r>
+  <r>
+    <s v="CD211"/>
+    <s v="Enumerated Population"/>
+    <s v="200"/>
+    <s v="Under 1 year"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="1986"/>
+    <s v="1986"/>
+    <s v="Number"/>
+    <n v="31315"/>
+  </r>
+  <r>
+    <s v="CD211"/>
+    <s v="Enumerated Population"/>
+    <s v="200"/>
+    <s v="Under 1 year"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="27390"/>
+  </r>
+  <r>
+    <s v="CD211"/>
+    <s v="Enumerated Population"/>
+    <s v="200"/>
+    <s v="Under 1 year"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="25231"/>
+  </r>
+  <r>
+    <s v="CD211"/>
+    <s v="Enumerated Population"/>
+    <s v="200"/>
+    <s v="Under 1 year"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="27805"/>
+  </r>
+  <r>
+    <s v="CD211"/>
+    <s v="Enumerated Population"/>
+    <s v="200"/>
+    <s v="Under 1 year"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="31273"/>
+  </r>
+  <r>
+    <s v="CD211"/>
+    <s v="Enumerated Population"/>
+    <s v="200"/>
+    <s v="Under 1 year"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="36850"/>
+  </r>
+  <r>
+    <s v="CD211"/>
+    <s v="Enumerated Population"/>
+    <s v="200"/>
+    <s v="Under 1 year"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="1926"/>
+    <s v="1926"/>
+    <s v="Number"/>
+    <n v="27307"/>
+  </r>
+  <r>
+    <s v="CD211"/>
+    <s v="Enumerated Population"/>
+    <s v="200"/>
+    <s v="Under 1 year"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="1936"/>
+    <s v="1936"/>
+    <s v="Number"/>
+    <n v="26454"/>
+  </r>
+  <r>
+    <s v="CD211"/>
+    <s v="Enumerated Population"/>
+    <s v="200"/>
+    <s v="Under 1 year"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="1946"/>
+    <s v="1946"/>
+    <s v="Number"/>
+    <n v="32283"/>
+  </r>
+  <r>
+    <s v="CD211"/>
+    <s v="Enumerated Population"/>
+    <s v="200"/>
+    <s v="Under 1 year"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="1951"/>
+    <s v="1951"/>
+    <s v="Number"/>
+    <n v="30927"/>
+  </r>
+  <r>
+    <s v="CD211"/>
+    <s v="Enumerated Population"/>
+    <s v="200"/>
+    <s v="Under 1 year"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="1961"/>
+    <s v="1961"/>
+    <s v="Number"/>
+    <n v="30635"/>
+  </r>
+  <r>
+    <s v="CD211"/>
+    <s v="Enumerated Population"/>
+    <s v="200"/>
+    <s v="Under 1 year"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="1966"/>
+    <s v="1966"/>
+    <s v="Number"/>
+    <n v="31075"/>
+  </r>
+  <r>
+    <s v="CD211"/>
+    <s v="Enumerated Population"/>
+    <s v="200"/>
+    <s v="Under 1 year"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="1971"/>
+    <s v="1971"/>
+    <s v="Number"/>
+    <n v="31610"/>
+  </r>
+  <r>
+    <s v="CD211"/>
+    <s v="Enumerated Population"/>
+    <s v="200"/>
+    <s v="Under 1 year"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="1979"/>
+    <s v="1979"/>
+    <s v="Number"/>
+    <n v="35182"/>
+  </r>
+  <r>
+    <s v="CD211"/>
+    <s v="Enumerated Population"/>
+    <s v="200"/>
+    <s v="Under 1 year"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="1981"/>
+    <s v="1981"/>
+    <s v="Number"/>
+    <n v="35662"/>
+  </r>
+  <r>
+    <s v="CD211"/>
+    <s v="Enumerated Population"/>
+    <s v="200"/>
+    <s v="Under 1 year"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="1986"/>
+    <s v="1986"/>
+    <s v="Number"/>
+    <n v="29857"/>
+  </r>
+  <r>
+    <s v="CD211"/>
+    <s v="Enumerated Population"/>
+    <s v="200"/>
+    <s v="Under 1 year"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="25654"/>
+  </r>
+  <r>
+    <s v="CD211"/>
+    <s v="Enumerated Population"/>
+    <s v="200"/>
+    <s v="Under 1 year"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="23623"/>
+  </r>
+  <r>
+    <s v="CD211"/>
+    <s v="Enumerated Population"/>
+    <s v="200"/>
+    <s v="Under 1 year"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="26694"/>
+  </r>
+  <r>
+    <s v="CD211"/>
+    <s v="Enumerated Population"/>
+    <s v="200"/>
+    <s v="Under 1 year"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="29803"/>
+  </r>
+  <r>
+    <s v="CD211"/>
+    <s v="Enumerated Population"/>
+    <s v="200"/>
+    <s v="Under 1 year"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="35560"/>
+  </r>
+  <r>
+    <s v="CD211"/>
+    <s v="Enumerated Population"/>
+    <s v="215"/>
+    <s v="0 - 14 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="1926"/>
+    <s v="1926"/>
+    <s v="Number"/>
+    <n v="867879"/>
+  </r>
+  <r>
+    <s v="CD211"/>
+    <s v="Enumerated Population"/>
+    <s v="215"/>
+    <s v="0 - 14 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="1936"/>
+    <s v="1936"/>
+    <s v="Number"/>
+    <n v="820394"/>
+  </r>
+  <r>
+    <s v="CD211"/>
+    <s v="Enumerated Population"/>
+    <s v="215"/>
+    <s v="0 - 14 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="1946"/>
+    <s v="1946"/>
+    <s v="Number"/>
+    <n v="823007"/>
+  </r>
+  <r>
+    <s v="CD211"/>
+    <s v="Enumerated Population"/>
+    <s v="215"/>
+    <s v="0 - 14 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="1951"/>
+    <s v="1951"/>
+    <s v="Number"/>
+    <n v="854810"/>
+  </r>
+  <r>
+    <s v="CD211"/>
+    <s v="Enumerated Population"/>
+    <s v="215"/>
+    <s v="0 - 14 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="1961"/>
+    <s v="1961"/>
+    <s v="Number"/>
+    <n v="877259"/>
+  </r>
+  <r>
+    <s v="CD211"/>
+    <s v="Enumerated Population"/>
+    <s v="215"/>
+    <s v="0 - 14 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="1966"/>
+    <s v="1966"/>
+    <s v="Number"/>
+    <n v="900396"/>
+  </r>
+  <r>
+    <s v="CD211"/>
+    <s v="Enumerated Population"/>
+    <s v="215"/>
+    <s v="0 - 14 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="1971"/>
+    <s v="1971"/>
+    <s v="Number"/>
+    <n v="931152"/>
+  </r>
+  <r>
+    <s v="CD211"/>
+    <s v="Enumerated Population"/>
+    <s v="215"/>
+    <s v="0 - 14 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="1979"/>
+    <s v="1979"/>
+    <s v="Number"/>
+    <n v="1029908"/>
+  </r>
+  <r>
+    <s v="CD211"/>
+    <s v="Enumerated Population"/>
+    <s v="215"/>
+    <s v="0 - 14 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="1981"/>
+    <s v="1981"/>
+    <s v="Number"/>
+    <n v="1043729"/>
+  </r>
+  <r>
+    <s v="CD211"/>
+    <s v="Enumerated Population"/>
+    <s v="215"/>
+    <s v="0 - 14 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="1986"/>
+    <s v="1986"/>
+    <s v="Number"/>
+    <n v="1024701"/>
+  </r>
+  <r>
+    <s v="CD211"/>
+    <s v="Enumerated Population"/>
+    <s v="215"/>
+    <s v="0 - 14 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="940574"/>
+  </r>
+  <r>
+    <s v="CD211"/>
+    <s v="Enumerated Population"/>
+    <s v="215"/>
+    <s v="0 - 14 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="859424"/>
+  </r>
+  <r>
+    <s v="CD211"/>
+    <s v="Enumerated Population"/>
+    <s v="215"/>
+    <s v="0 - 14 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="827428"/>
+  </r>
+  <r>
+    <s v="CD211"/>
+    <s v="Enumerated Population"/>
+    <s v="215"/>
+    <s v="0 - 14 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="864449"/>
+  </r>
+  <r>
+    <s v="CD211"/>
+    <s v="Enumerated Population"/>
+    <s v="215"/>
+    <s v="0 - 14 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="979590"/>
+  </r>
+  <r>
+    <s v="CD211"/>
+    <s v="Enumerated Population"/>
+    <s v="215"/>
+    <s v="0 - 14 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="1926"/>
+    <s v="1926"/>
+    <s v="Number"/>
+    <n v="441751"/>
+  </r>
+  <r>
+    <s v="CD211"/>
+    <s v="Enumerated Population"/>
+    <s v="215"/>
+    <s v="0 - 14 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="1936"/>
+    <s v="1936"/>
+    <s v="Number"/>
+    <n v="416433"/>
+  </r>
+  <r>
+    <s v="CD211"/>
+    <s v="Enumerated Population"/>
+    <s v="215"/>
+    <s v="0 - 14 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="1946"/>
+    <s v="1946"/>
+    <s v="Number"/>
+    <n v="418984"/>
+  </r>
+  <r>
+    <s v="CD211"/>
+    <s v="Enumerated Population"/>
+    <s v="215"/>
+    <s v="0 - 14 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="1951"/>
+    <s v="1951"/>
+    <s v="Number"/>
+    <n v="436447"/>
+  </r>
+  <r>
+    <s v="CD211"/>
+    <s v="Enumerated Population"/>
+    <s v="215"/>
+    <s v="0 - 14 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="1961"/>
+    <s v="1961"/>
+    <s v="Number"/>
+    <n v="448740"/>
+  </r>
+  <r>
+    <s v="CD211"/>
+    <s v="Enumerated Population"/>
+    <s v="215"/>
+    <s v="0 - 14 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="1966"/>
+    <s v="1966"/>
+    <s v="Number"/>
+    <n v="459406"/>
+  </r>
+  <r>
+    <s v="CD211"/>
+    <s v="Enumerated Population"/>
+    <s v="215"/>
+    <s v="0 - 14 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="1971"/>
+    <s v="1971"/>
+    <s v="Number"/>
+    <n v="475786"/>
+  </r>
+  <r>
+    <s v="CD211"/>
+    <s v="Enumerated Population"/>
+    <s v="215"/>
+    <s v="0 - 14 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="1979"/>
+    <s v="1979"/>
+    <s v="Number"/>
+    <n v="527030"/>
+  </r>
+  <r>
+    <s v="CD211"/>
+    <s v="Enumerated Population"/>
+    <s v="215"/>
+    <s v="0 - 14 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="1981"/>
+    <s v="1981"/>
+    <s v="Number"/>
+    <n v="535409"/>
+  </r>
+  <r>
+    <s v="CD211"/>
+    <s v="Enumerated Population"/>
+    <s v="215"/>
+    <s v="0 - 14 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="1986"/>
+    <s v="1986"/>
+    <s v="Number"/>
+    <n v="525646"/>
+  </r>
+  <r>
+    <s v="CD211"/>
+    <s v="Enumerated Population"/>
+    <s v="215"/>
+    <s v="0 - 14 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="482838"/>
+  </r>
+  <r>
+    <s v="CD211"/>
+    <s v="Enumerated Population"/>
+    <s v="215"/>
+    <s v="0 - 14 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="441452"/>
+  </r>
+  <r>
+    <s v="CD211"/>
+    <s v="Enumerated Population"/>
+    <s v="215"/>
+    <s v="0 - 14 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="424044"/>
+  </r>
+  <r>
+    <s v="CD211"/>
+    <s v="Enumerated Population"/>
+    <s v="215"/>
+    <s v="0 - 14 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="443044"/>
+  </r>
+  <r>
+    <s v="CD211"/>
+    <s v="Enumerated Population"/>
+    <s v="215"/>
+    <s v="0 - 14 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="501189"/>
+  </r>
+  <r>
+    <s v="CD211"/>
+    <s v="Enumerated Population"/>
+    <s v="215"/>
+    <s v="0 - 14 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="1926"/>
+    <s v="1926"/>
+    <s v="Number"/>
+    <n v="426128"/>
+  </r>
+  <r>
+    <s v="CD211"/>
+    <s v="Enumerated Population"/>
+    <s v="215"/>
+    <s v="0 - 14 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="1936"/>
+    <s v="1936"/>
+    <s v="Number"/>
+    <n v="403961"/>
+  </r>
+  <r>
+    <s v="CD211"/>
+    <s v="Enumerated Population"/>
+    <s v="215"/>
+    <s v="0 - 14 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="1946"/>
+    <s v="1946"/>
+    <s v="Number"/>
+    <n v="404023"/>
+  </r>
+  <r>
+    <s v="CD211"/>
+    <s v="Enumerated Population"/>
+    <s v="215"/>
+    <s v="0 - 14 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="1951"/>
+    <s v="1951"/>
+    <s v="Number"/>
+    <n v="418363"/>
+  </r>
+  <r>
+    <s v="CD211"/>
+    <s v="Enumerated Population"/>
+    <s v="215"/>
+    <s v="0 - 14 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="1961"/>
+    <s v="1961"/>
+    <s v="Number"/>
+    <n v="428519"/>
+  </r>
+  <r>
+    <s v="CD211"/>
+    <s v="Enumerated Population"/>
+    <s v="215"/>
+    <s v="0 - 14 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="1966"/>
+    <s v="1966"/>
+    <s v="Number"/>
+    <n v="440990"/>
+  </r>
+  <r>
+    <s v="CD211"/>
+    <s v="Enumerated Population"/>
+    <s v="215"/>
+    <s v="0 - 14 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="1971"/>
+    <s v="1971"/>
+    <s v="Number"/>
+    <n v="455366"/>
+  </r>
+  <r>
+    <s v="CD211"/>
+    <s v="Enumerated Population"/>
+    <s v="215"/>
+    <s v="0 - 14 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="1979"/>
+    <s v="1979"/>
+    <s v="Number"/>
+    <n v="502878"/>
+  </r>
+  <r>
+    <s v="CD211"/>
+    <s v="Enumerated Population"/>
+    <s v="215"/>
+    <s v="0 - 14 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="1981"/>
+    <s v="1981"/>
+    <s v="Number"/>
+    <n v="508320"/>
+  </r>
+  <r>
+    <s v="CD211"/>
+    <s v="Enumerated Population"/>
+    <s v="215"/>
+    <s v="0 - 14 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="1986"/>
+    <s v="1986"/>
+    <s v="Number"/>
+    <n v="499055"/>
+  </r>
+  <r>
+    <s v="CD211"/>
+    <s v="Enumerated Population"/>
+    <s v="215"/>
+    <s v="0 - 14 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="457736"/>
+  </r>
+  <r>
+    <s v="CD211"/>
+    <s v="Enumerated Population"/>
+    <s v="215"/>
+    <s v="0 - 14 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="417972"/>
+  </r>
+  <r>
+    <s v="CD211"/>
+    <s v="Enumerated Population"/>
+    <s v="215"/>
+    <s v="0 - 14 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="403384"/>
+  </r>
+  <r>
+    <s v="CD211"/>
+    <s v="Enumerated Population"/>
+    <s v="215"/>
+    <s v="0 - 14 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="421405"/>
+  </r>
+  <r>
+    <s v="CD211"/>
+    <s v="Enumerated Population"/>
+    <s v="215"/>
+    <s v="0 - 14 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="478401"/>
+  </r>
+  <r>
+    <s v="CD211"/>
+    <s v="Enumerated Population"/>
+    <s v="225"/>
+    <s v="1 - 4 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="1926"/>
+    <s v="1926"/>
+    <s v="Number"/>
+    <n v="232322"/>
+  </r>
+  <r>
+    <s v="CD211"/>
+    <s v="Enumerated Population"/>
+    <s v="225"/>
+    <s v="1 - 4 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="1936"/>
+    <s v="1936"/>
+    <s v="Number"/>
+    <n v="214660"/>
+  </r>
+  <r>
+    <s v="CD211"/>
+    <s v="Enumerated Population"/>
+    <s v="225"/>
+    <s v="1 - 4 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="1946"/>
+    <s v="1946"/>
+    <s v="Number"/>
+    <n v="228684"/>
+  </r>
+  <r>
+    <s v="CD211"/>
+    <s v="Enumerated Population"/>
+    <s v="225"/>
+    <s v="1 - 4 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="1951"/>
+    <s v="1951"/>
+    <s v="Number"/>
+    <n v="249275"/>
+  </r>
+  <r>
+    <s v="CD211"/>
+    <s v="Enumerated Population"/>
+    <s v="225"/>
+    <s v="1 - 4 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="1961"/>
+    <s v="1961"/>
+    <s v="Number"/>
+    <n v="238018"/>
+  </r>
+  <r>
+    <s v="CD211"/>
+    <s v="Enumerated Population"/>
+    <s v="225"/>
+    <s v="1 - 4 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="1966"/>
+    <s v="1966"/>
+    <s v="Number"/>
+    <n v="252342"/>
+  </r>
+  <r>
+    <s v="CD211"/>
+    <s v="Enumerated Population"/>
+    <s v="225"/>
+    <s v="1 - 4 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="1971"/>
+    <s v="1971"/>
+    <s v="Number"/>
+    <n v="250769"/>
+  </r>
+  <r>
+    <s v="CD211"/>
+    <s v="Enumerated Population"/>
+    <s v="225"/>
+    <s v="1 - 4 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="1979"/>
+    <s v="1979"/>
+    <s v="Number"/>
+    <n v="272122"/>
+  </r>
+  <r>
+    <s v="CD211"/>
+    <s v="Enumerated Population"/>
+    <s v="225"/>
+    <s v="1 - 4 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="1981"/>
+    <s v="1981"/>
+    <s v="Number"/>
+    <n v="279625"/>
+  </r>
+  <r>
+    <s v="CD211"/>
+    <s v="Enumerated Population"/>
+    <s v="225"/>
+    <s v="1 - 4 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="1986"/>
+    <s v="1986"/>
+    <s v="Number"/>
+    <n v="262906"/>
+  </r>
+  <r>
+    <s v="CD211"/>
+    <s v="Enumerated Population"/>
+    <s v="225"/>
+    <s v="1 - 4 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="220699"/>
+  </r>
+  <r>
+    <s v="CD211"/>
+    <s v="Enumerated Population"/>
+    <s v="225"/>
+    <s v="1 - 4 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="201540"/>
+  </r>
+  <r>
+    <s v="CD211"/>
+    <s v="Enumerated Population"/>
+    <s v="225"/>
+    <s v="1 - 4 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="223131"/>
+  </r>
+  <r>
+    <s v="CD211"/>
+    <s v="Enumerated Population"/>
+    <s v="225"/>
+    <s v="1 - 4 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="241176"/>
+  </r>
+  <r>
+    <s v="CD211"/>
+    <s v="Enumerated Population"/>
+    <s v="225"/>
+    <s v="1 - 4 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="283919"/>
+  </r>
+  <r>
+    <s v="CD211"/>
+    <s v="Enumerated Population"/>
+    <s v="225"/>
+    <s v="1 - 4 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="1926"/>
+    <s v="1926"/>
+    <s v="Number"/>
+    <n v="118089"/>
+  </r>
+  <r>
+    <s v="CD211"/>
+    <s v="Enumerated Population"/>
+    <s v="225"/>
+    <s v="1 - 4 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="1936"/>
+    <s v="1936"/>
+    <s v="Number"/>
+    <n v="109213"/>
+  </r>
+  <r>
+    <s v="CD211"/>
+    <s v="Enumerated Population"/>
+    <s v="225"/>
+    <s v="1 - 4 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="1946"/>
+    <s v="1946"/>
+    <s v="Number"/>
+    <n v="116751"/>
+  </r>
+  <r>
+    <s v="CD211"/>
+    <s v="Enumerated Population"/>
+    <s v="225"/>
+    <s v="1 - 4 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="1951"/>
+    <s v="1951"/>
+    <s v="Number"/>
+    <n v="127601"/>
+  </r>
+  <r>
+    <s v="CD211"/>
+    <s v="Enumerated Population"/>
+    <s v="225"/>
+    <s v="1 - 4 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="1961"/>
+    <s v="1961"/>
+    <s v="Number"/>
+    <n v="121293"/>
+  </r>
+  <r>
+    <s v="CD211"/>
+    <s v="Enumerated Population"/>
+    <s v="225"/>
+    <s v="1 - 4 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="1966"/>
+    <s v="1966"/>
+    <s v="Number"/>
+    <n v="128798"/>
+  </r>
+  <r>
+    <s v="CD211"/>
+    <s v="Enumerated Population"/>
+    <s v="225"/>
+    <s v="1 - 4 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="1971"/>
+    <s v="1971"/>
+    <s v="Number"/>
+    <n v="128570"/>
+  </r>
+  <r>
+    <s v="CD211"/>
+    <s v="Enumerated Population"/>
+    <s v="225"/>
+    <s v="1 - 4 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="1979"/>
+    <s v="1979"/>
+    <s v="Number"/>
+    <n v="139466"/>
+  </r>
+  <r>
+    <s v="CD211"/>
+    <s v="Enumerated Population"/>
+    <s v="225"/>
+    <s v="1 - 4 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="1981"/>
+    <s v="1981"/>
+    <s v="Number"/>
+    <n v="143313"/>
+  </r>
+  <r>
+    <s v="CD211"/>
+    <s v="Enumerated Population"/>
+    <s v="225"/>
+    <s v="1 - 4 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="1986"/>
+    <s v="1986"/>
+    <s v="Number"/>
+    <n v="135103"/>
+  </r>
+  <r>
+    <s v="CD211"/>
+    <s v="Enumerated Population"/>
+    <s v="225"/>
+    <s v="1 - 4 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="113174"/>
+  </r>
+  <r>
+    <s v="CD211"/>
+    <s v="Enumerated Population"/>
+    <s v="225"/>
+    <s v="1 - 4 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="103509"/>
+  </r>
+  <r>
+    <s v="CD211"/>
+    <s v="Enumerated Population"/>
+    <s v="225"/>
+    <s v="1 - 4 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="114235"/>
+  </r>
+  <r>
+    <s v="CD211"/>
+    <s v="Enumerated Population"/>
+    <s v="225"/>
+    <s v="1 - 4 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="123283"/>
+  </r>
+  <r>
+    <s v="CD211"/>
+    <s v="Enumerated Population"/>
+    <s v="225"/>
+    <s v="1 - 4 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="145226"/>
+  </r>
+  <r>
+    <s v="CD211"/>
+    <s v="Enumerated Population"/>
+    <s v="225"/>
+    <s v="1 - 4 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="1926"/>
+    <s v="1926"/>
+    <s v="Number"/>
+    <n v="114233"/>
+  </r>
+  <r>
+    <s v="CD211"/>
+    <s v="Enumerated Population"/>
+    <s v="225"/>
+    <s v="1 - 4 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="1936"/>
+    <s v="1936"/>
+    <s v="Number"/>
+    <n v="105447"/>
+  </r>
+  <r>
+    <s v="CD211"/>
+    <s v="Enumerated Population"/>
+    <s v="225"/>
+    <s v="1 - 4 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="1946"/>
+    <s v="1946"/>
+    <s v="Number"/>
+    <n v="111933"/>
+  </r>
+  <r>
+    <s v="CD211"/>
+    <s v="Enumerated Population"/>
+    <s v="225"/>
+    <s v="1 - 4 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="1951"/>
+    <s v="1951"/>
+    <s v="Number"/>
+    <n v="121674"/>
+  </r>
+  <r>
+    <s v="CD211"/>
+    <s v="Enumerated Population"/>
+    <s v="225"/>
+    <s v="1 - 4 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="1961"/>
+    <s v="1961"/>
+    <s v="Number"/>
+    <n v="116725"/>
+  </r>
+  <r>
+    <s v="CD211"/>
+    <s v="Enumerated Population"/>
+    <s v="225"/>
+    <s v="1 - 4 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="1966"/>
+    <s v="1966"/>
+    <s v="Number"/>
+    <n v="123544"/>
+  </r>
+  <r>
+    <s v="CD211"/>
+    <s v="Enumerated Population"/>
+    <s v="225"/>
+    <s v="1 - 4 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="1971"/>
+    <s v="1971"/>
+    <s v="Number"/>
+    <n v="122199"/>
+  </r>
+  <r>
+    <s v="CD211"/>
+    <s v="Enumerated Population"/>
+    <s v="225"/>
+    <s v="1 - 4 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="1979"/>
+    <s v="1979"/>
+    <s v="Number"/>
+    <n v="132656"/>
+  </r>
+  <r>
+    <s v="CD211"/>
+    <s v="Enumerated Population"/>
+    <s v="225"/>
+    <s v="1 - 4 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="1981"/>
+    <s v="1981"/>
+    <s v="Number"/>
+    <n v="136312"/>
+  </r>
+  <r>
+    <s v="CD211"/>
+    <s v="Enumerated Population"/>
+    <s v="225"/>
+    <s v="1 - 4 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="1986"/>
+    <s v="1986"/>
+    <s v="Number"/>
+    <n v="127803"/>
+  </r>
+  <r>
+    <s v="CD211"/>
+    <s v="Enumerated Population"/>
+    <s v="225"/>
+    <s v="1 - 4 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="107525"/>
+  </r>
+  <r>
+    <s v="CD211"/>
+    <s v="Enumerated Population"/>
+    <s v="225"/>
+    <s v="1 - 4 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="98031"/>
+  </r>
+  <r>
+    <s v="CD211"/>
+    <s v="Enumerated Population"/>
+    <s v="225"/>
+    <s v="1 - 4 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="108896"/>
+  </r>
+  <r>
+    <s v="CD211"/>
+    <s v="Enumerated Population"/>
+    <s v="225"/>
+    <s v="1 - 4 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="117893"/>
+  </r>
+  <r>
+    <s v="CD211"/>
+    <s v="Enumerated Population"/>
+    <s v="225"/>
+    <s v="1 - 4 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="138693"/>
+  </r>
+  <r>
+    <s v="CD211"/>
+    <s v="Enumerated Population"/>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="1926"/>
+    <s v="1926"/>
+    <s v="Number"/>
+    <n v="284633"/>
+  </r>
+  <r>
+    <s v="CD211"/>
+    <s v="Enumerated Population"/>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="1936"/>
+    <s v="1936"/>
+    <s v="Number"/>
+    <n v="269345"/>
+  </r>
+  <r>
+    <s v="CD211"/>
+    <s v="Enumerated Population"/>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="1946"/>
+    <s v="1946"/>
+    <s v="Number"/>
+    <n v="265914"/>
+  </r>
+  <r>
+    <s v="CD211"/>
+    <s v="Enumerated Population"/>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="1951"/>
+    <s v="1951"/>
+    <s v="Number"/>
+    <n v="281043"/>
+  </r>
+  <r>
+    <s v="CD211"/>
+    <s v="Enumerated Population"/>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="1961"/>
+    <s v="1961"/>
+    <s v="Number"/>
+    <n v="287668"/>
+  </r>
+  <r>
+    <s v="CD211"/>
+    <s v="Enumerated Population"/>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="1966"/>
+    <s v="1966"/>
+    <s v="Number"/>
+    <n v="298990"/>
+  </r>
+  <r>
+    <s v="CD211"/>
+    <s v="Enumerated Population"/>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="1971"/>
+    <s v="1971"/>
+    <s v="Number"/>
+    <n v="316940"/>
+  </r>
+  <r>
+    <s v="CD211"/>
+    <s v="Enumerated Population"/>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="1979"/>
+    <s v="1979"/>
+    <s v="Number"/>
+    <n v="350140"/>
+  </r>
+  <r>
+    <s v="CD211"/>
+    <s v="Enumerated Population"/>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="1981"/>
+    <s v="1981"/>
+    <s v="Number"/>
+    <n v="349487"/>
+  </r>
+  <r>
+    <s v="CD211"/>
+    <s v="Enumerated Population"/>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="1986"/>
+    <s v="1986"/>
+    <s v="Number"/>
+    <n v="350650"/>
+  </r>
+  <r>
+    <s v="CD211"/>
+    <s v="Enumerated Population"/>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="318503"/>
+  </r>
+  <r>
+    <s v="CD211"/>
+    <s v="Enumerated Population"/>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="282943"/>
+  </r>
+  <r>
+    <s v="CD211"/>
+    <s v="Enumerated Population"/>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="264090"/>
+  </r>
+  <r>
+    <s v="CD211"/>
+    <s v="Enumerated Population"/>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="288325"/>
+  </r>
+  <r>
+    <s v="CD211"/>
+    <s v="Enumerated Population"/>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="320770"/>
+  </r>
+  <r>
+    <s v="CD211"/>
+    <s v="Enumerated Population"/>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="1926"/>
+    <s v="1926"/>
+    <s v="Number"/>
+    <n v="144764"/>
+  </r>
+  <r>
+    <s v="CD211"/>
+    <s v="Enumerated Population"/>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="1936"/>
+    <s v="1936"/>
+    <s v="Number"/>
+    <n v="136348"/>
+  </r>
+  <r>
+    <s v="CD211"/>
+    <s v="Enumerated Population"/>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="1946"/>
+    <s v="1946"/>
+    <s v="Number"/>
+    <n v="135116"/>
+  </r>
+  <r>
+    <s v="CD211"/>
+    <s v="Enumerated Population"/>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="1951"/>
+    <s v="1951"/>
+    <s v="Number"/>
+    <n v="143490"/>
+  </r>
+  <r>
+    <s v="CD211"/>
+    <s v="Enumerated Population"/>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="1961"/>
+    <s v="1961"/>
+    <s v="Number"/>
+    <n v="146991"/>
+  </r>
+  <r>
+    <s v="CD211"/>
+    <s v="Enumerated Population"/>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="1966"/>
+    <s v="1966"/>
+    <s v="Number"/>
+    <n v="152445"/>
+  </r>
+  <r>
+    <s v="CD211"/>
+    <s v="Enumerated Population"/>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="1971"/>
+    <s v="1971"/>
+    <s v="Number"/>
+    <n v="161828"/>
+  </r>
+  <r>
+    <s v="CD211"/>
+    <s v="Enumerated Population"/>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="1979"/>
+    <s v="1979"/>
+    <s v="Number"/>
+    <n v="179087"/>
+  </r>
+  <r>
+    <s v="CD211"/>
+    <s v="Enumerated Population"/>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="1981"/>
+    <s v="1981"/>
+    <s v="Number"/>
+    <n v="179108"/>
+  </r>
+  <r>
+    <s v="CD211"/>
+    <s v="Enumerated Population"/>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="1986"/>
+    <s v="1986"/>
+    <s v="Number"/>
+    <n v="179847"/>
+  </r>
+  <r>
+    <s v="CD211"/>
+    <s v="Enumerated Population"/>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="163346"/>
+  </r>
+  <r>
+    <s v="CD211"/>
+    <s v="Enumerated Population"/>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="145335"/>
+  </r>
+  <r>
+    <s v="CD211"/>
+    <s v="Enumerated Population"/>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="135890"/>
+  </r>
+  <r>
+    <s v="CD211"/>
+    <s v="Enumerated Population"/>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="147984"/>
+  </r>
+  <r>
+    <s v="CD211"/>
+    <s v="Enumerated Population"/>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="164037"/>
+  </r>
+  <r>
+    <s v="CD211"/>
+    <s v="Enumerated Population"/>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="1926"/>
+    <s v="1926"/>
+    <s v="Number"/>
+    <n v="139869"/>
+  </r>
+  <r>
+    <s v="CD211"/>
+    <s v="Enumerated Population"/>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="1936"/>
+    <s v="1936"/>
+    <s v="Number"/>
+    <n v="132997"/>
+  </r>
+  <r>
+    <s v="CD211"/>
+    <s v="Enumerated Population"/>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="1946"/>
+    <s v="1946"/>
+    <s v="Number"/>
+    <n v="130798"/>
+  </r>
+  <r>
+    <s v="CD211"/>
+    <s v="Enumerated Population"/>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="1951"/>
+    <s v="1951"/>
+    <s v="Number"/>
+    <n v="137553"/>
+  </r>
+  <r>
+    <s v="CD211"/>
+    <s v="Enumerated Population"/>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="1961"/>
+    <s v="1961"/>
+    <s v="Number"/>
+    <n v="140677"/>
+  </r>
+  <r>
+    <s v="CD211"/>
+    <s v="Enumerated Population"/>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="1966"/>
+    <s v="1966"/>
+    <s v="Number"/>
+    <n v="146545"/>
+  </r>
+  <r>
+    <s v="CD211"/>
+    <s v="Enumerated Population"/>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="1971"/>
+    <s v="1971"/>
+    <s v="Number"/>
+    <n v="155112"/>
+  </r>
+  <r>
+    <s v="CD211"/>
+    <s v="Enumerated Population"/>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="1979"/>
+    <s v="1979"/>
+    <s v="Number"/>
+    <n v="171053"/>
+  </r>
+  <r>
+    <s v="CD211"/>
+    <s v="Enumerated Population"/>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="1981"/>
+    <s v="1981"/>
+    <s v="Number"/>
+    <n v="170379"/>
+  </r>
+  <r>
+    <s v="CD211"/>
+    <s v="Enumerated Population"/>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="1986"/>
+    <s v="1986"/>
+    <s v="Number"/>
+    <n v="170803"/>
+  </r>
+  <r>
+    <s v="CD211"/>
+    <s v="Enumerated Population"/>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="155157"/>
+  </r>
+  <r>
+    <s v="CD211"/>
+    <s v="Enumerated Population"/>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="137608"/>
+  </r>
+  <r>
+    <s v="CD211"/>
+    <s v="Enumerated Population"/>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="128200"/>
+  </r>
+  <r>
+    <s v="CD211"/>
+    <s v="Enumerated Population"/>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="140341"/>
+  </r>
+  <r>
+    <s v="CD211"/>
+    <s v="Enumerated Population"/>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="156733"/>
+  </r>
+  <r>
+    <s v="CD211"/>
+    <s v="Enumerated Population"/>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="1926"/>
+    <s v="1926"/>
+    <s v="Number"/>
+    <n v="295533"/>
+  </r>
+  <r>
+    <s v="CD211"/>
+    <s v="Enumerated Population"/>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="1936"/>
+    <s v="1936"/>
+    <s v="Number"/>
+    <n v="282783"/>
+  </r>
+  <r>
+    <s v="CD211"/>
+    <s v="Enumerated Population"/>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="1946"/>
+    <s v="1946"/>
+    <s v="Number"/>
+    <n v="262328"/>
+  </r>
+  <r>
+    <s v="CD211"/>
+    <s v="Enumerated Population"/>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="1951"/>
+    <s v="1951"/>
+    <s v="Number"/>
+    <n v="260935"/>
+  </r>
+  <r>
+    <s v="CD211"/>
+    <s v="Enumerated Population"/>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="1961"/>
+    <s v="1961"/>
+    <s v="Number"/>
+    <n v="288801"/>
+  </r>
+  <r>
+    <s v="CD211"/>
+    <s v="Enumerated Population"/>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="1966"/>
+    <s v="1966"/>
+    <s v="Number"/>
+    <n v="285475"/>
+  </r>
+  <r>
+    <s v="CD211"/>
+    <s v="Enumerated Population"/>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="1971"/>
+    <s v="1971"/>
+    <s v="Number"/>
+    <n v="298557"/>
+  </r>
+  <r>
+    <s v="CD211"/>
+    <s v="Enumerated Population"/>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="1979"/>
+    <s v="1979"/>
+    <s v="Number"/>
+    <n v="336293"/>
+  </r>
+  <r>
+    <s v="CD211"/>
+    <s v="Enumerated Population"/>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="1981"/>
+    <s v="1981"/>
+    <s v="Number"/>
+    <n v="341238"/>
+  </r>
+  <r>
+    <s v="CD211"/>
+    <s v="Enumerated Population"/>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="1986"/>
+    <s v="1986"/>
+    <s v="Number"/>
+    <n v="349973"/>
+  </r>
+  <r>
+    <s v="CD211"/>
+    <s v="Enumerated Population"/>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="348328"/>
+  </r>
+  <r>
+    <s v="CD211"/>
+    <s v="Enumerated Population"/>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="326087"/>
+  </r>
+  <r>
+    <s v="CD211"/>
+    <s v="Enumerated Population"/>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="285708"/>
+  </r>
+  <r>
+    <s v="CD211"/>
+    <s v="Enumerated Population"/>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="273872"/>
+  </r>
+  <r>
+    <s v="CD211"/>
+    <s v="Enumerated Population"/>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="302491"/>
+  </r>
+  <r>
+    <s v="CD211"/>
+    <s v="Enumerated Population"/>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="1926"/>
+    <s v="1926"/>
+    <s v="Number"/>
+    <n v="150814"/>
+  </r>
+  <r>
+    <s v="CD211"/>
+    <s v="Enumerated Population"/>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="1936"/>
+    <s v="1936"/>
+    <s v="Number"/>
+    <n v="143720"/>
+  </r>
+  <r>
+    <s v="CD211"/>
+    <s v="Enumerated Population"/>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="1946"/>
+    <s v="1946"/>
+    <s v="Number"/>
+    <n v="133319"/>
+  </r>
+  <r>
+    <s v="CD211"/>
+    <s v="Enumerated Population"/>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="1951"/>
+    <s v="1951"/>
+    <s v="Number"/>
+    <n v="132726"/>
+  </r>
+  <r>
+    <s v="CD211"/>
+    <s v="Enumerated Population"/>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="1961"/>
+    <s v="1961"/>
+    <s v="Number"/>
+    <n v="148319"/>
+  </r>
+  <r>
+    <s v="CD211"/>
+    <s v="Enumerated Population"/>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="1966"/>
+    <s v="1966"/>
+    <s v="Number"/>
+    <n v="145649"/>
+  </r>
+  <r>
+    <s v="CD211"/>
+    <s v="Enumerated Population"/>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="1971"/>
+    <s v="1971"/>
+    <s v="Number"/>
+    <n v="152112"/>
+  </r>
+  <r>
+    <s v="CD211"/>
+    <s v="Enumerated Population"/>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="1979"/>
+    <s v="1979"/>
+    <s v="Number"/>
+    <n v="172306"/>
+  </r>
+  <r>
+    <s v="CD211"/>
+    <s v="Enumerated Population"/>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="1981"/>
+    <s v="1981"/>
+    <s v="Number"/>
+    <n v="175271"/>
+  </r>
+  <r>
+    <s v="CD211"/>
+    <s v="Enumerated Population"/>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="1986"/>
+    <s v="1986"/>
+    <s v="Number"/>
+    <n v="179381"/>
+  </r>
+  <r>
+    <s v="CD211"/>
+    <s v="Enumerated Population"/>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="178928"/>
+  </r>
+  <r>
+    <s v="CD211"/>
+    <s v="Enumerated Population"/>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="167377"/>
+  </r>
+  <r>
+    <s v="CD211"/>
+    <s v="Enumerated Population"/>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="146114"/>
+  </r>
+  <r>
+    <s v="CD211"/>
+    <s v="Enumerated Population"/>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="140504"/>
+  </r>
+  <r>
+    <s v="CD211"/>
+    <s v="Enumerated Population"/>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="155076"/>
+  </r>
+  <r>
+    <s v="CD211"/>
+    <s v="Enumerated Population"/>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="1926"/>
+    <s v="1926"/>
+    <s v="Number"/>
+    <n v="144719"/>
+  </r>
+  <r>
+    <s v="CD211"/>
+    <s v="Enumerated Population"/>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="1936"/>
+    <s v="1936"/>
+    <s v="Number"/>
+    <n v="139063"/>
+  </r>
+  <r>
+    <s v="CD211"/>
+    <s v="Enumerated Population"/>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="1946"/>
+    <s v="1946"/>
+    <s v="Number"/>
+    <n v="129009"/>
+  </r>
+  <r>
+    <s v="CD211"/>
+    <s v="Enumerated Population"/>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="1951"/>
+    <s v="1951"/>
+    <s v="Number"/>
+    <n v="128209"/>
+  </r>
+  <r>
+    <s v="CD211"/>
+    <s v="Enumerated Population"/>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="1961"/>
+    <s v="1961"/>
+    <s v="Number"/>
+    <n v="140482"/>
+  </r>
+  <r>
+    <s v="CD211"/>
+    <s v="Enumerated Population"/>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="1966"/>
+    <s v="1966"/>
+    <s v="Number"/>
+    <n v="139826"/>
+  </r>
+  <r>
+    <s v="CD211"/>
+    <s v="Enumerated Population"/>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="1971"/>
+    <s v="1971"/>
+    <s v="Number"/>
+    <n v="146445"/>
+  </r>
+  <r>
+    <s v="CD211"/>
+    <s v="Enumerated Population"/>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="1979"/>
+    <s v="1979"/>
+    <s v="Number"/>
+    <n v="163987"/>
+  </r>
+  <r>
+    <s v="CD211"/>
+    <s v="Enumerated Population"/>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="1981"/>
+    <s v="1981"/>
+    <s v="Number"/>
+    <n v="165967"/>
+  </r>
+  <r>
+    <s v="CD211"/>
+    <s v="Enumerated Population"/>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="1986"/>
+    <s v="1986"/>
+    <s v="Number"/>
+    <n v="170592"/>
+  </r>
+  <r>
+    <s v="CD211"/>
+    <s v="Enumerated Population"/>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="169400"/>
+  </r>
+  <r>
+    <s v="CD211"/>
+    <s v="Enumerated Population"/>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="158710"/>
+  </r>
+  <r>
+    <s v="CD211"/>
+    <s v="Enumerated Population"/>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="139594"/>
+  </r>
+  <r>
+    <s v="CD211"/>
+    <s v="Enumerated Population"/>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="133368"/>
+  </r>
+  <r>
+    <s v="CD211"/>
+    <s v="Enumerated Population"/>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="147415"/>
+  </r>
+  <r>
+    <s v="CD211"/>
+    <s v="Enumerated Population"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="1926"/>
+    <s v="1926"/>
+    <s v="Number"/>
+    <n v="286187"/>
+  </r>
+  <r>
+    <s v="CD211"/>
+    <s v="Enumerated Population"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="1936"/>
+    <s v="1936"/>
+    <s v="Number"/>
+    <n v="268326"/>
+  </r>
+  <r>
+    <s v="CD211"/>
+    <s v="Enumerated Population"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="1946"/>
+    <s v="1946"/>
+    <s v="Number"/>
+    <n v="251487"/>
+  </r>
+  <r>
+    <s v="CD211"/>
+    <s v="Enumerated Population"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="1951"/>
+    <s v="1951"/>
+    <s v="Number"/>
+    <n v="241182"/>
+  </r>
+  <r>
+    <s v="CD211"/>
+    <s v="Enumerated Population"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="1961"/>
+    <s v="1961"/>
+    <s v="Number"/>
+    <n v="233832"/>
+  </r>
+  <r>
+    <s v="CD211"/>
+    <s v="Enumerated Population"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="1966"/>
+    <s v="1966"/>
+    <s v="Number"/>
+    <n v="259356"/>
+  </r>
+  <r>
+    <s v="CD211"/>
+    <s v="Enumerated Population"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="1971"/>
+    <s v="1971"/>
+    <s v="Number"/>
+    <n v="267727"/>
+  </r>
+  <r>
+    <s v="CD211"/>
+    <s v="Enumerated Population"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="1979"/>
+    <s v="1979"/>
+    <s v="Number"/>
+    <n v="317368"/>
+  </r>
+  <r>
+    <s v="CD211"/>
+    <s v="Enumerated Population"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="1981"/>
+    <s v="1981"/>
+    <s v="Number"/>
+    <n v="326429"/>
+  </r>
+  <r>
+    <s v="CD211"/>
+    <s v="Enumerated Population"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="1986"/>
+    <s v="1986"/>
+    <s v="Number"/>
+    <n v="331100"/>
+  </r>
+  <r>
+    <s v="CD211"/>
+    <s v="Enumerated Population"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="335026"/>
+  </r>
+  <r>
+    <s v="CD211"/>
+    <s v="Enumerated Population"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="339536"/>
+  </r>
+  <r>
+    <s v="CD211"/>
+    <s v="Enumerated Population"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="313188"/>
+  </r>
+  <r>
+    <s v="CD211"/>
+    <s v="Enumerated Population"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="290257"/>
+  </r>
+  <r>
+    <s v="CD211"/>
+    <s v="Enumerated Population"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="283019"/>
+  </r>
+  <r>
+    <s v="CD211"/>
+    <s v="Enumerated Population"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="1926"/>
+    <s v="1926"/>
+    <s v="Number"/>
+    <n v="146047"/>
+  </r>
+  <r>
+    <s v="CD211"/>
+    <s v="Enumerated Population"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="1936"/>
+    <s v="1936"/>
+    <s v="Number"/>
+    <n v="138112"/>
+  </r>
+  <r>
+    <s v="CD211"/>
+    <s v="Enumerated Population"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="1946"/>
+    <s v="1946"/>
+    <s v="Number"/>
+    <n v="127793"/>
+  </r>
+  <r>
+    <s v="CD211"/>
+    <s v="Enumerated Population"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="1951"/>
+    <s v="1951"/>
+    <s v="Number"/>
+    <n v="125742"/>
+  </r>
+  <r>
+    <s v="CD211"/>
+    <s v="Enumerated Population"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="1961"/>
+    <s v="1961"/>
+    <s v="Number"/>
+    <n v="120347"/>
+  </r>
+  <r>
+    <s v="CD211"/>
+    <s v="Enumerated Population"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="1966"/>
+    <s v="1966"/>
+    <s v="Number"/>
+    <n v="133327"/>
+  </r>
+  <r>
+    <s v="CD211"/>
+    <s v="Enumerated Population"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="1971"/>
+    <s v="1971"/>
+    <s v="Number"/>
+    <n v="136773"/>
+  </r>
+  <r>
+    <s v="CD211"/>
+    <s v="Enumerated Population"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="1979"/>
+    <s v="1979"/>
+    <s v="Number"/>
+    <n v="162279"/>
+  </r>
+  <r>
+    <s v="CD211"/>
+    <s v="Enumerated Population"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="1981"/>
+    <s v="1981"/>
+    <s v="Number"/>
+    <n v="166677"/>
+  </r>
+  <r>
+    <s v="CD211"/>
+    <s v="Enumerated Population"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="1986"/>
+    <s v="1986"/>
+    <s v="Number"/>
+    <n v="169887"/>
+  </r>
+  <r>
+    <s v="CD211"/>
+    <s v="Enumerated Population"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="171408"/>
+  </r>
+  <r>
+    <s v="CD211"/>
+    <s v="Enumerated Population"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="173950"/>
+  </r>
+  <r>
+    <s v="CD211"/>
+    <s v="Enumerated Population"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="160413"/>
+  </r>
+  <r>
+    <s v="CD211"/>
+    <s v="Enumerated Population"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="148241"/>
+  </r>
+  <r>
+    <s v="CD211"/>
+    <s v="Enumerated Population"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="144262"/>
+  </r>
+  <r>
+    <s v="CD211"/>
+    <s v="Enumerated Population"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="1926"/>
+    <s v="1926"/>
+    <s v="Number"/>
+    <n v="140140"/>
+  </r>
+  <r>
+    <s v="CD211"/>
+    <s v="Enumerated Population"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="1936"/>
+    <s v="1936"/>
+    <s v="Number"/>
+    <n v="130214"/>
+  </r>
+  <r>
+    <s v="CD211"/>
+    <s v="Enumerated Population"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="1946"/>
+    <s v="1946"/>
+    <s v="Number"/>
+    <n v="123694"/>
+  </r>
+  <r>
+    <s v="CD211"/>
+    <s v="Enumerated Population"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="1951"/>
+    <s v="1951"/>
+    <s v="Number"/>
+    <n v="115440"/>
+  </r>
+  <r>
+    <s v="CD211"/>
+    <s v="Enumerated Population"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="1961"/>
+    <s v="1961"/>
+    <s v="Number"/>
+    <n v="113485"/>
+  </r>
+  <r>
+    <s v="CD211"/>
+    <s v="Enumerated Population"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="1966"/>
+    <s v="1966"/>
+    <s v="Number"/>
+    <n v="126029"/>
+  </r>
+  <r>
+    <s v="CD211"/>
+    <s v="Enumerated Population"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="1971"/>
+    <s v="1971"/>
+    <s v="Number"/>
+    <n v="130954"/>
+  </r>
+  <r>
+    <s v="CD211"/>
+    <s v="Enumerated Population"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="1979"/>
+    <s v="1979"/>
+    <s v="Number"/>
+    <n v="155089"/>
+  </r>
+  <r>
+    <s v="CD211"/>
+    <s v="Enumerated Population"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="1981"/>
+    <s v="1981"/>
+    <s v="Number"/>
+    <n v="159752"/>
+  </r>
+  <r>
+    <s v="CD211"/>
+    <s v="Enumerated Population"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="1986"/>
+    <s v="1986"/>
+    <s v="Number"/>
+    <n v="161213"/>
+  </r>
+  <r>
+    <s v="CD211"/>
+    <s v="Enumerated Population"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="163618"/>
+  </r>
+  <r>
+    <s v="CD211"/>
+    <s v="Enumerated Population"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="165586"/>
+  </r>
+  <r>
+    <s v="CD211"/>
+    <s v="Enumerated Population"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="152775"/>
+  </r>
+  <r>
+    <s v="CD211"/>
+    <s v="Enumerated Population"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="142016"/>
+  </r>
+  <r>
+    <s v="CD211"/>
+    <s v="Enumerated Population"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="138757"/>
+  </r>
+  <r>
+    <s v="CD211"/>
+    <s v="Enumerated Population"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="1926"/>
+    <s v="1926"/>
+    <s v="Number"/>
+    <n v="240231"/>
+  </r>
+  <r>
+    <s v="CD211"/>
+    <s v="Enumerated Population"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="1936"/>
+    <s v="1936"/>
+    <s v="Number"/>
+    <n v="254513"/>
+  </r>
+  <r>
+    <s v="CD211"/>
+    <s v="Enumerated Population"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="1946"/>
+    <s v="1946"/>
+    <s v="Number"/>
+    <n v="231290"/>
+  </r>
+  <r>
+    <s v="CD211"/>
+    <s v="Enumerated Population"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="1951"/>
+    <s v="1951"/>
+    <s v="Number"/>
+    <n v="202172"/>
+  </r>
+  <r>
+    <s v="CD211"/>
+    <s v="Enumerated Population"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="1961"/>
+    <s v="1961"/>
+    <s v="Number"/>
+    <n v="158007"/>
+  </r>
+  <r>
+    <s v="CD211"/>
+    <s v="Enumerated Population"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="1966"/>
+    <s v="1966"/>
+    <s v="Number"/>
+    <n v="185289"/>
+  </r>
+  <r>
+    <s v="CD211"/>
+    <s v="Enumerated Population"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="1971"/>
+    <s v="1971"/>
+    <s v="Number"/>
+    <n v="215251"/>
+  </r>
+  <r>
+    <s v="CD211"/>
+    <s v="Enumerated Population"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="1979"/>
+    <s v="1979"/>
+    <s v="Number"/>
+    <n v="266271"/>
+  </r>
+  <r>
+    <s v="CD211"/>
+    <s v="Enumerated Population"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="1981"/>
+    <s v="1981"/>
+    <s v="Number"/>
+    <n v="276127"/>
+  </r>
+  <r>
+    <s v="CD211"/>
+    <s v="Enumerated Population"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="1986"/>
+    <s v="1986"/>
+    <s v="Number"/>
+    <n v="286424"/>
+  </r>
+  <r>
+    <s v="CD211"/>
+    <s v="Enumerated Population"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="266572"/>
+  </r>
+  <r>
+    <s v="CD211"/>
+    <s v="Enumerated Population"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="293354"/>
+  </r>
+  <r>
+    <s v="CD211"/>
+    <s v="Enumerated Population"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="328334"/>
+  </r>
+  <r>
+    <s v="CD211"/>
+    <s v="Enumerated Population"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="342475"/>
+  </r>
+  <r>
+    <s v="CD211"/>
+    <s v="Enumerated Population"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="297231"/>
+  </r>
+  <r>
+    <s v="CD211"/>
+    <s v="Enumerated Population"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="1926"/>
+    <s v="1926"/>
+    <s v="Number"/>
+    <n v="124518"/>
+  </r>
+  <r>
+    <s v="CD211"/>
+    <s v="Enumerated Population"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="1936"/>
+    <s v="1936"/>
+    <s v="Number"/>
+    <n v="134680"/>
+  </r>
+  <r>
+    <s v="CD211"/>
+    <s v="Enumerated Population"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="1946"/>
+    <s v="1946"/>
+    <s v="Number"/>
+    <n v="118060"/>
+  </r>
+  <r>
+    <s v="CD211"/>
+    <s v="Enumerated Population"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="1951"/>
+    <s v="1951"/>
+    <s v="Number"/>
+    <n v="105380"/>
+  </r>
+  <r>
+    <s v="CD211"/>
+    <s v="Enumerated Population"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="1961"/>
+    <s v="1961"/>
+    <s v="Number"/>
+    <n v="80420"/>
+  </r>
+  <r>
+    <s v="CD211"/>
+    <s v="Enumerated Population"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="1966"/>
+    <s v="1966"/>
+    <s v="Number"/>
+    <n v="94726"/>
+  </r>
+  <r>
+    <s v="CD211"/>
+    <s v="Enumerated Population"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="1971"/>
+    <s v="1971"/>
+    <s v="Number"/>
+    <n v="109961"/>
+  </r>
+  <r>
+    <s v="CD211"/>
+    <s v="Enumerated Population"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="1979"/>
+    <s v="1979"/>
+    <s v="Number"/>
+    <n v="135808"/>
+  </r>
+  <r>
+    <s v="CD211"/>
+    <s v="Enumerated Population"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="1981"/>
+    <s v="1981"/>
+    <s v="Number"/>
+    <n v="140446"/>
+  </r>
+  <r>
+    <s v="CD211"/>
+    <s v="Enumerated Population"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="1986"/>
+    <s v="1986"/>
+    <s v="Number"/>
+    <n v="144112"/>
+  </r>
+  <r>
+    <s v="CD211"/>
+    <s v="Enumerated Population"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="136479"/>
+  </r>
+  <r>
+    <s v="CD211"/>
+    <s v="Enumerated Population"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="149143"/>
+  </r>
+  <r>
+    <s v="CD211"/>
+    <s v="Enumerated Population"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="165292"/>
+  </r>
+  <r>
+    <s v="CD211"/>
+    <s v="Enumerated Population"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="172766"/>
+  </r>
+  <r>
+    <s v="CD211"/>
+    <s v="Enumerated Population"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="146636"/>
+  </r>
+  <r>
+    <s v="CD211"/>
+    <s v="Enumerated Population"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="1926"/>
+    <s v="1926"/>
+    <s v="Number"/>
+    <n v="115713"/>
+  </r>
+  <r>
+    <s v="CD211"/>
+    <s v="Enumerated Population"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="1936"/>
+    <s v="1936"/>
+    <s v="Number"/>
+    <n v="119833"/>
+  </r>
+  <r>
+    <s v="CD211"/>
+    <s v="Enumerated Population"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="1946"/>
+    <s v="1946"/>
+    <s v="Number"/>
+    <n v="113230"/>
+  </r>
+  <r>
+    <s v="CD211"/>
+    <s v="Enumerated Population"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="1951"/>
+    <s v="1951"/>
+    <s v="Number"/>
+    <n v="96792"/>
+  </r>
+  <r>
+    <s v="CD211"/>
+    <s v="Enumerated Population"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="1961"/>
+    <s v="1961"/>
+    <s v="Number"/>
+    <n v="77587"/>
+  </r>
+  <r>
+    <s v="CD211"/>
+    <s v="Enumerated Population"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="1966"/>
+    <s v="1966"/>
+    <s v="Number"/>
+    <n v="90563"/>
+  </r>
+  <r>
+    <s v="CD211"/>
+    <s v="Enumerated Population"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="1971"/>
+    <s v="1971"/>
+    <s v="Number"/>
+    <n v="105290"/>
+  </r>
+  <r>
+    <s v="CD211"/>
+    <s v="Enumerated Population"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="1979"/>
+    <s v="1979"/>
+    <s v="Number"/>
+    <n v="130463"/>
+  </r>
+  <r>
+    <s v="CD211"/>
+    <s v="Enumerated Population"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="1981"/>
+    <s v="1981"/>
+    <s v="Number"/>
+    <n v="135681"/>
+  </r>
+  <r>
+    <s v="CD211"/>
+    <s v="Enumerated Population"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="1986"/>
+    <s v="1986"/>
+    <s v="Number"/>
+    <n v="142312"/>
+  </r>
+  <r>
+    <s v="CD211"/>
+    <s v="Enumerated Population"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="130093"/>
+  </r>
+  <r>
+    <s v="CD211"/>
+    <s v="Enumerated Population"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="144211"/>
+  </r>
+  <r>
+    <s v="CD211"/>
+    <s v="Enumerated Population"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="163042"/>
+  </r>
+  <r>
+    <s v="CD211"/>
+    <s v="Enumerated Population"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="169709"/>
+  </r>
+  <r>
+    <s v="CD211"/>
+    <s v="Enumerated Population"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="150595"/>
+  </r>
+  <r>
+    <s v="CD211"/>
+    <s v="Enumerated Population"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="1926"/>
+    <s v="1926"/>
+    <s v="Number"/>
+    <n v="215401"/>
+  </r>
+  <r>
+    <s v="CD211"/>
+    <s v="Enumerated Population"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="1936"/>
+    <s v="1936"/>
+    <s v="Number"/>
+    <n v="216785"/>
+  </r>
+  <r>
+    <s v="CD211"/>
+    <s v="Enumerated Population"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="1946"/>
+    <s v="1946"/>
+    <s v="Number"/>
+    <n v="208188"/>
+  </r>
+  <r>
+    <s v="CD211"/>
+    <s v="Enumerated Population"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="1951"/>
+    <s v="1951"/>
+    <s v="Number"/>
+    <n v="198421"/>
+  </r>
+  <r>
+    <s v="CD211"/>
+    <s v="Enumerated Population"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="1961"/>
+    <s v="1961"/>
+    <s v="Number"/>
+    <n v="145377"/>
+  </r>
+  <r>
+    <s v="CD211"/>
+    <s v="Enumerated Population"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="1966"/>
+    <s v="1966"/>
+    <s v="Number"/>
+    <n v="149317"/>
+  </r>
+  <r>
+    <s v="CD211"/>
+    <s v="Enumerated Population"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="1971"/>
+    <s v="1971"/>
+    <s v="Number"/>
+    <n v="172993"/>
+  </r>
+  <r>
+    <s v="CD211"/>
+    <s v="Enumerated Population"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="1979"/>
+    <s v="1979"/>
+    <s v="Number"/>
+    <n v="239426"/>
+  </r>
+  <r>
+    <s v="CD211"/>
+    <s v="Enumerated Population"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="1981"/>
+    <s v="1981"/>
+    <s v="Number"/>
+    <n v="246053"/>
+  </r>
+  <r>
+    <s v="CD211"/>
+    <s v="Enumerated Population"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="1986"/>
+    <s v="1986"/>
+    <s v="Number"/>
+    <n v="258439"/>
+  </r>
+  <r>
+    <s v="CD211"/>
+    <s v="Enumerated Population"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="246321"/>
+  </r>
+  <r>
+    <s v="CD211"/>
+    <s v="Enumerated Population"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="259045"/>
+  </r>
+  <r>
+    <s v="CD211"/>
+    <s v="Enumerated Population"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="312693"/>
+  </r>
+  <r>
+    <s v="CD211"/>
+    <s v="Enumerated Population"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="373078"/>
+  </r>
+  <r>
+    <s v="CD211"/>
+    <s v="Enumerated Population"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="361122"/>
+  </r>
+  <r>
+    <s v="CD211"/>
+    <s v="Enumerated Population"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="1926"/>
+    <s v="1926"/>
+    <s v="Number"/>
+    <n v="106646"/>
+  </r>
+  <r>
+    <s v="CD211"/>
+    <s v="Enumerated Population"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="1936"/>
+    <s v="1936"/>
+    <s v="Number"/>
+    <n v="113325"/>
+  </r>
+  <r>
+    <s v="CD211"/>
+    <s v="Enumerated Population"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="1946"/>
+    <s v="1946"/>
+    <s v="Number"/>
+    <n v="104139"/>
+  </r>
+  <r>
+    <s v="CD211"/>
+    <s v="Enumerated Population"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="1951"/>
+    <s v="1951"/>
+    <s v="Number"/>
+    <n v="99595"/>
+  </r>
+  <r>
+    <s v="CD211"/>
+    <s v="Enumerated Population"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="1961"/>
+    <s v="1961"/>
+    <s v="Number"/>
+    <n v="72289"/>
+  </r>
+  <r>
+    <s v="CD211"/>
+    <s v="Enumerated Population"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="1966"/>
+    <s v="1966"/>
+    <s v="Number"/>
+    <n v="75008"/>
+  </r>
+  <r>
+    <s v="CD211"/>
+    <s v="Enumerated Population"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="1971"/>
+    <s v="1971"/>
+    <s v="Number"/>
+    <n v="87736"/>
+  </r>
+  <r>
+    <s v="CD211"/>
+    <s v="Enumerated Population"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="1979"/>
+    <s v="1979"/>
+    <s v="Number"/>
+    <n v="121589"/>
+  </r>
+  <r>
+    <s v="CD211"/>
+    <s v="Enumerated Population"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="1981"/>
+    <s v="1981"/>
+    <s v="Number"/>
+    <n v="124378"/>
+  </r>
+  <r>
+    <s v="CD211"/>
+    <s v="Enumerated Population"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="1986"/>
+    <s v="1986"/>
+    <s v="Number"/>
+    <n v="129086"/>
+  </r>
+  <r>
+    <s v="CD211"/>
+    <s v="Enumerated Population"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="120660"/>
+  </r>
+  <r>
+    <s v="CD211"/>
+    <s v="Enumerated Population"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="129363"/>
+  </r>
+  <r>
+    <s v="CD211"/>
+    <s v="Enumerated Population"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="156100"/>
+  </r>
+  <r>
+    <s v="CD211"/>
+    <s v="Enumerated Population"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="189252"/>
+  </r>
+  <r>
+    <s v="CD211"/>
+    <s v="Enumerated Population"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="173714"/>
+  </r>
+  <r>
+    <s v="CD211"/>
+    <s v="Enumerated Population"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="1926"/>
+    <s v="1926"/>
+    <s v="Number"/>
+    <n v="108755"/>
+  </r>
+  <r>
+    <s v="CD211"/>
+    <s v="Enumerated Population"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="1936"/>
+    <s v="1936"/>
+    <s v="Number"/>
+    <n v="103460"/>
+  </r>
+  <r>
+    <s v="CD211"/>
+    <s v="Enumerated Population"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="1946"/>
+    <s v="1946"/>
+    <s v="Number"/>
+    <n v="104049"/>
+  </r>
+  <r>
+    <s v="CD211"/>
+    <s v="Enumerated Population"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="1951"/>
+    <s v="1951"/>
+    <s v="Number"/>
+    <n v="98826"/>
+  </r>
+  <r>
+    <s v="CD211"/>
+    <s v="Enumerated Population"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="1961"/>
+    <s v="1961"/>
+    <s v="Number"/>
+    <n v="73088"/>
+  </r>
+  <r>
+    <s v="CD211"/>
+    <s v="Enumerated Population"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="1966"/>
+    <s v="1966"/>
+    <s v="Number"/>
+    <n v="74309"/>
+  </r>
+  <r>
+    <s v="CD211"/>
+    <s v="Enumerated Population"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="1971"/>
+    <s v="1971"/>
+    <s v="Number"/>
+    <n v="85257"/>
+  </r>
+  <r>
+    <s v="CD211"/>
+    <s v="Enumerated Population"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="1979"/>
+    <s v="1979"/>
+    <s v="Number"/>
+    <n v="117837"/>
+  </r>
+  <r>
+    <s v="CD211"/>
+    <s v="Enumerated Population"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="1981"/>
+    <s v="1981"/>
+    <s v="Number"/>
+    <n v="121675"/>
+  </r>
+  <r>
+    <s v="CD211"/>
+    <s v="Enumerated Population"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="1986"/>
+    <s v="1986"/>
+    <s v="Number"/>
+    <n v="129353"/>
+  </r>
+  <r>
+    <s v="CD211"/>
+    <s v="Enumerated Population"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="125661"/>
+  </r>
+  <r>
+    <s v="CD211"/>
+    <s v="Enumerated Population"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="129682"/>
+  </r>
+  <r>
+    <s v="CD211"/>
+    <s v="Enumerated Population"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="156593"/>
+  </r>
+  <r>
+    <s v="CD211"/>
+    <s v="Enumerated Population"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="183826"/>
+  </r>
+  <r>
+    <s v="CD211"/>
+    <s v="Enumerated Population"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="187408"/>
+  </r>
+  <r>
+    <s v="CD211"/>
+    <s v="Enumerated Population"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="1926"/>
+    <s v="1926"/>
+    <s v="Number"/>
+    <n v="183300"/>
+  </r>
+  <r>
+    <s v="CD211"/>
+    <s v="Enumerated Population"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="1936"/>
+    <s v="1936"/>
+    <s v="Number"/>
+    <n v="183284"/>
+  </r>
+  <r>
+    <s v="CD211"/>
+    <s v="Enumerated Population"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="1946"/>
+    <s v="1946"/>
+    <s v="Number"/>
+    <n v="204696"/>
+  </r>
+  <r>
+    <s v="CD211"/>
+    <s v="Enumerated Population"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="1951"/>
+    <s v="1951"/>
+    <s v="Number"/>
+    <n v="191566"/>
+  </r>
+  <r>
+    <s v="CD211"/>
+    <s v="Enumerated Population"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="1961"/>
+    <s v="1961"/>
+    <s v="Number"/>
+    <n v="152787"/>
+  </r>
+  <r>
+    <s v="CD211"/>
+    <s v="Enumerated Population"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="1966"/>
+    <s v="1966"/>
+    <s v="Number"/>
+    <n v="146625"/>
+  </r>
+  <r>
+    <s v="CD211"/>
+    <s v="Enumerated Population"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="1971"/>
+    <s v="1971"/>
+    <s v="Number"/>
+    <n v="151351"/>
+  </r>
+  <r>
+    <s v="CD211"/>
+    <s v="Enumerated Population"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="1979"/>
+    <s v="1979"/>
+    <s v="Number"/>
+    <n v="220116"/>
+  </r>
+  <r>
+    <s v="CD211"/>
+    <s v="Enumerated Population"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="1981"/>
+    <s v="1981"/>
+    <s v="Number"/>
+    <n v="231958"/>
+  </r>
+  <r>
+    <s v="CD211"/>
+    <s v="Enumerated Population"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="1986"/>
+    <s v="1986"/>
+    <s v="Number"/>
+    <n v="242689"/>
+  </r>
+  <r>
+    <s v="CD211"/>
+    <s v="Enumerated Population"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="249071"/>
+  </r>
+  <r>
+    <s v="CD211"/>
+    <s v="Enumerated Population"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="260929"/>
+  </r>
+  <r>
+    <s v="CD211"/>
+    <s v="Enumerated Population"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="304676"/>
+  </r>
+  <r>
+    <s v="CD211"/>
+    <s v="Enumerated Population"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="349361"/>
+  </r>
+  <r>
+    <s v="CD211"/>
+    <s v="Enumerated Population"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="393945"/>
+  </r>
+  <r>
+    <s v="CD211"/>
+    <s v="Enumerated Population"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="1926"/>
+    <s v="1926"/>
+    <s v="Number"/>
+    <n v="92502"/>
+  </r>
+  <r>
+    <s v="CD211"/>
+    <s v="Enumerated Population"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="1936"/>
+    <s v="1936"/>
+    <s v="Number"/>
+    <n v="94078"/>
+  </r>
+  <r>
+    <s v="CD211"/>
+    <s v="Enumerated Population"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="1946"/>
+    <s v="1946"/>
+    <s v="Number"/>
+    <n v="103816"/>
+  </r>
+  <r>
+    <s v="CD211"/>
+    <s v="Enumerated Population"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="1951"/>
+    <s v="1951"/>
+    <s v="Number"/>
+    <n v="96441"/>
+  </r>
+  <r>
+    <s v="CD211"/>
+    <s v="Enumerated Population"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="1961"/>
+    <s v="1961"/>
+    <s v="Number"/>
+    <n v="75241"/>
+  </r>
+  <r>
+    <s v="CD211"/>
+    <s v="Enumerated Population"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="1966"/>
+    <s v="1966"/>
+    <s v="Number"/>
+    <n v="73794"/>
+  </r>
+  <r>
+    <s v="CD211"/>
+    <s v="Enumerated Population"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="1971"/>
+    <s v="1971"/>
+    <s v="Number"/>
+    <n v="76823"/>
+  </r>
+  <r>
+    <s v="CD211"/>
+    <s v="Enumerated Population"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="1979"/>
+    <s v="1979"/>
+    <s v="Number"/>
+    <n v="112749"/>
+  </r>
+  <r>
+    <s v="CD211"/>
+    <s v="Enumerated Population"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="1981"/>
+    <s v="1981"/>
+    <s v="Number"/>
+    <n v="118287"/>
+  </r>
+  <r>
+    <s v="CD211"/>
+    <s v="Enumerated Population"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="1986"/>
+    <s v="1986"/>
+    <s v="Number"/>
+    <n v="122198"/>
+  </r>
+  <r>
+    <s v="CD211"/>
+    <s v="Enumerated Population"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="123168"/>
+  </r>
+  <r>
+    <s v="CD211"/>
+    <s v="Enumerated Population"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="127735"/>
+  </r>
+  <r>
+    <s v="CD211"/>
+    <s v="Enumerated Population"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="152377"/>
+  </r>
+  <r>
+    <s v="CD211"/>
+    <s v="Enumerated Population"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="177487"/>
+  </r>
+  <r>
+    <s v="CD211"/>
+    <s v="Enumerated Population"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="194774"/>
+  </r>
+  <r>
+    <s v="CD211"/>
+    <s v="Enumerated Population"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="1926"/>
+    <s v="1926"/>
+    <s v="Number"/>
+    <n v="90798"/>
+  </r>
+  <r>
+    <s v="CD211"/>
+    <s v="Enumerated Population"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="1936"/>
+    <s v="1936"/>
+    <s v="Number"/>
+    <n v="89206"/>
+  </r>
+  <r>
+    <s v="CD211"/>
+    <s v="Enumerated Population"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="1946"/>
+    <s v="1946"/>
+    <s v="Number"/>
+    <n v="100880"/>
+  </r>
+  <r>
+    <s v="CD211"/>
+    <s v="Enumerated Population"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="1951"/>
+    <s v="1951"/>
+    <s v="Number"/>
+    <n v="95125"/>
+  </r>
+  <r>
+    <s v="CD211"/>
+    <s v="Enumerated Population"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="1961"/>
+    <s v="1961"/>
+    <s v="Number"/>
+    <n v="77546"/>
+  </r>
+  <r>
+    <s v="CD211"/>
+    <s v="Enumerated Population"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="1966"/>
+    <s v="1966"/>
+    <s v="Number"/>
+    <n v="72831"/>
+  </r>
+  <r>
+    <s v="CD211"/>
+    <s v="Enumerated Population"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="1971"/>
+    <s v="1971"/>
+    <s v="Number"/>
+    <n v="74528"/>
+  </r>
+  <r>
+    <s v="CD211"/>
+    <s v="Enumerated Population"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="1979"/>
+    <s v="1979"/>
+    <s v="Number"/>
+    <n v="107367"/>
+  </r>
+  <r>
+    <s v="CD211"/>
+    <s v="Enumerated Population"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="1981"/>
+    <s v="1981"/>
+    <s v="Number"/>
+    <n v="113671"/>
+  </r>
+  <r>
+    <s v="CD211"/>
+    <s v="Enumerated Population"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="1986"/>
+    <s v="1986"/>
+    <s v="Number"/>
+    <n v="120491"/>
+  </r>
+  <r>
+    <s v="CD211"/>
+    <s v="Enumerated Population"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="125903"/>
+  </r>
+  <r>
+    <s v="CD211"/>
+    <s v="Enumerated Population"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="133194"/>
+  </r>
+  <r>
+    <s v="CD211"/>
+    <s v="Enumerated Population"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="152299"/>
+  </r>
+  <r>
+    <s v="CD211"/>
+    <s v="Enumerated Population"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="171874"/>
+  </r>
+  <r>
+    <s v="CD211"/>
+    <s v="Enumerated Population"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="199171"/>
+  </r>
+  <r>
+    <s v="CD211"/>
+    <s v="Enumerated Population"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="1926"/>
+    <s v="1926"/>
+    <s v="Number"/>
+    <n v="175759"/>
+  </r>
+  <r>
+    <s v="CD211"/>
+    <s v="Enumerated Population"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="1936"/>
+    <s v="1936"/>
+    <s v="Number"/>
+    <n v="192420"/>
+  </r>
+  <r>
+    <s v="CD211"/>
+    <s v="Enumerated Population"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="1946"/>
+    <s v="1946"/>
+    <s v="Number"/>
+    <n v="191882"/>
+  </r>
+  <r>
+    <s v="CD211"/>
+    <s v="Enumerated Population"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="1951"/>
+    <s v="1951"/>
+    <s v="Number"/>
+    <n v="200916"/>
+  </r>
+  <r>
+    <s v="CD211"/>
+    <s v="Enumerated Population"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="1961"/>
+    <s v="1961"/>
+    <s v="Number"/>
+    <n v="166793"/>
+  </r>
+  <r>
+    <s v="CD211"/>
+    <s v="Enumerated Population"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="1966"/>
+    <s v="1966"/>
+    <s v="Number"/>
+    <n v="154272"/>
+  </r>
+  <r>
+    <s v="CD211"/>
+    <s v="Enumerated Population"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="1971"/>
+    <s v="1971"/>
+    <s v="Number"/>
+    <n v="149107"/>
+  </r>
+  <r>
+    <s v="CD211"/>
+    <s v="Enumerated Population"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="1979"/>
+    <s v="1979"/>
+    <s v="Number"/>
+    <n v="178478"/>
+  </r>
+  <r>
+    <s v="CD211"/>
+    <s v="Enumerated Population"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="1981"/>
+    <s v="1981"/>
+    <s v="Number"/>
+    <n v="193829"/>
+  </r>
+  <r>
+    <s v="CD211"/>
+    <s v="Enumerated Population"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="1986"/>
+    <s v="1986"/>
+    <s v="Number"/>
+    <n v="229740"/>
+  </r>
+  <r>
+    <s v="CD211"/>
+    <s v="Enumerated Population"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="237889"/>
+  </r>
+  <r>
+    <s v="CD211"/>
+    <s v="Enumerated Population"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="255676"/>
+  </r>
+  <r>
+    <s v="CD211"/>
+    <s v="Enumerated Population"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="290906"/>
+  </r>
+  <r>
+    <s v="CD211"/>
+    <s v="Enumerated Population"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="322105"/>
+  </r>
+  <r>
+    <s v="CD211"/>
+    <s v="Enumerated Population"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="364261"/>
+  </r>
+  <r>
+    <s v="CD211"/>
+    <s v="Enumerated Population"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="1926"/>
+    <s v="1926"/>
+    <s v="Number"/>
+    <n v="87349"/>
+  </r>
+  <r>
+    <s v="CD211"/>
+    <s v="Enumerated Population"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="1936"/>
+    <s v="1936"/>
+    <s v="Number"/>
+    <n v="96783"/>
+  </r>
+  <r>
+    <s v="CD211"/>
+    <s v="Enumerated Population"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="1946"/>
+    <s v="1946"/>
+    <s v="Number"/>
+    <n v="97536"/>
+  </r>
+  <r>
+    <s v="CD211"/>
+    <s v="Enumerated Population"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="1951"/>
+    <s v="1951"/>
+    <s v="Number"/>
+    <n v="102278"/>
+  </r>
+  <r>
+    <s v="CD211"/>
+    <s v="Enumerated Population"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="1961"/>
+    <s v="1961"/>
+    <s v="Number"/>
+    <n v="81626"/>
+  </r>
+  <r>
+    <s v="CD211"/>
+    <s v="Enumerated Population"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="1966"/>
+    <s v="1966"/>
+    <s v="Number"/>
+    <n v="76458"/>
+  </r>
+  <r>
+    <s v="CD211"/>
+    <s v="Enumerated Population"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="1971"/>
+    <s v="1971"/>
+    <s v="Number"/>
+    <n v="75488"/>
+  </r>
+  <r>
+    <s v="CD211"/>
+    <s v="Enumerated Population"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="1979"/>
+    <s v="1979"/>
+    <s v="Number"/>
+    <n v="91757"/>
+  </r>
+  <r>
+    <s v="CD211"/>
+    <s v="Enumerated Population"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="1981"/>
+    <s v="1981"/>
+    <s v="Number"/>
+    <n v="99286"/>
+  </r>
+  <r>
+    <s v="CD211"/>
+    <s v="Enumerated Population"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="1986"/>
+    <s v="1986"/>
+    <s v="Number"/>
+    <n v="116410"/>
+  </r>
+  <r>
+    <s v="CD211"/>
+    <s v="Enumerated Population"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="118724"/>
+  </r>
+  <r>
+    <s v="CD211"/>
+    <s v="Enumerated Population"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="126140"/>
+  </r>
+  <r>
+    <s v="CD211"/>
+    <s v="Enumerated Population"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="144530"/>
+  </r>
+  <r>
+    <s v="CD211"/>
+    <s v="Enumerated Population"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="163811"/>
+  </r>
+  <r>
+    <s v="CD211"/>
+    <s v="Enumerated Population"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="182237"/>
+  </r>
+  <r>
+    <s v="CD211"/>
+    <s v="Enumerated Population"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="1926"/>
+    <s v="1926"/>
+    <s v="Number"/>
+    <n v="88410"/>
+  </r>
+  <r>
+    <s v="CD211"/>
+    <s v="Enumerated Population"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="1936"/>
+    <s v="1936"/>
+    <s v="Number"/>
+    <n v="95637"/>
+  </r>
+  <r>
+    <s v="CD211"/>
+    <s v="Enumerated Population"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="1946"/>
+    <s v="1946"/>
+    <s v="Number"/>
+    <n v="94346"/>
+  </r>
+  <r>
+    <s v="CD211"/>
+    <s v="Enumerated Population"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="1951"/>
+    <s v="1951"/>
+    <s v="Number"/>
+    <n v="98638"/>
+  </r>
+  <r>
+    <s v="CD211"/>
+    <s v="Enumerated Population"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="1961"/>
+    <s v="1961"/>
+    <s v="Number"/>
+    <n v="85167"/>
+  </r>
+  <r>
+    <s v="CD211"/>
+    <s v="Enumerated Population"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="1966"/>
+    <s v="1966"/>
+    <s v="Number"/>
+    <n v="77814"/>
+  </r>
+  <r>
+    <s v="CD211"/>
+    <s v="Enumerated Population"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="1971"/>
+    <s v="1971"/>
+    <s v="Number"/>
+    <n v="73619"/>
+  </r>
+  <r>
+    <s v="CD211"/>
+    <s v="Enumerated Population"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="1979"/>
+    <s v="1979"/>
+    <s v="Number"/>
+    <n v="86721"/>
+  </r>
+  <r>
+    <s v="CD211"/>
+    <s v="Enumerated Population"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="1981"/>
+    <s v="1981"/>
+    <s v="Number"/>
+    <n v="94543"/>
+  </r>
+  <r>
+    <s v="CD211"/>
+    <s v="Enumerated Population"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="1986"/>
+    <s v="1986"/>
+    <s v="Number"/>
+    <n v="113330"/>
+  </r>
+  <r>
+    <s v="CD211"/>
+    <s v="Enumerated Population"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="119165"/>
+  </r>
+  <r>
+    <s v="CD211"/>
+    <s v="Enumerated Population"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="129536"/>
+  </r>
+  <r>
+    <s v="CD211"/>
+    <s v="Enumerated Population"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="146376"/>
+  </r>
+  <r>
+    <s v="CD211"/>
+    <s v="Enumerated Population"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="158294"/>
+  </r>
+  <r>
+    <s v="CD211"/>
+    <s v="Enumerated Population"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="182024"/>
+  </r>
+  <r>
+    <s v="CD211"/>
+    <s v="Enumerated Population"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="1926"/>
+    <s v="1926"/>
+    <s v="Number"/>
+    <n v="169085"/>
+  </r>
+  <r>
+    <s v="CD211"/>
+    <s v="Enumerated Population"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="1936"/>
+    <s v="1936"/>
+    <s v="Number"/>
+    <n v="162905"/>
+  </r>
+  <r>
+    <s v="CD211"/>
+    <s v="Enumerated Population"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="1946"/>
+    <s v="1946"/>
+    <s v="Number"/>
+    <n v="165597"/>
+  </r>
+  <r>
+    <s v="CD211"/>
+    <s v="Enumerated Population"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="1951"/>
+    <s v="1951"/>
+    <s v="Number"/>
+    <n v="180326"/>
+  </r>
+  <r>
+    <s v="CD211"/>
+    <s v="Enumerated Population"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="1961"/>
+    <s v="1961"/>
+    <s v="Number"/>
+    <n v="170293"/>
+  </r>
+  <r>
+    <s v="CD211"/>
+    <s v="Enumerated Population"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="1966"/>
+    <s v="1966"/>
+    <s v="Number"/>
+    <n v="163362"/>
+  </r>
+  <r>
+    <s v="CD211"/>
+    <s v="Enumerated Population"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="1971"/>
+    <s v="1971"/>
+    <s v="Number"/>
+    <n v="152729"/>
+  </r>
+  <r>
+    <s v="CD211"/>
+    <s v="Enumerated Population"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="1979"/>
+    <s v="1979"/>
+    <s v="Number"/>
+    <n v="159407"/>
+  </r>
+  <r>
+    <s v="CD211"/>
+    <s v="Enumerated Population"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="1981"/>
+    <s v="1981"/>
+    <s v="Number"/>
+    <n v="165924"/>
+  </r>
+  <r>
+    <s v="CD211"/>
+    <s v="Enumerated Population"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="1986"/>
+    <s v="1986"/>
+    <s v="Number"/>
+    <n v="191751"/>
+  </r>
+  <r>
+    <s v="CD211"/>
+    <s v="Enumerated Population"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="225683"/>
+  </r>
+  <r>
+    <s v="CD211"/>
+    <s v="Enumerated Population"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="240441"/>
+  </r>
+  <r>
+    <s v="CD211"/>
+    <s v="Enumerated Population"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="271984"/>
+  </r>
+  <r>
+    <s v="CD211"/>
+    <s v="Enumerated Population"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="301329"/>
+  </r>
+  <r>
+    <s v="CD211"/>
+    <s v="Enumerated Population"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="330812"/>
+  </r>
+  <r>
+    <s v="CD211"/>
+    <s v="Enumerated Population"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="1926"/>
+    <s v="1926"/>
+    <s v="Number"/>
+    <n v="86050"/>
+  </r>
+  <r>
+    <s v="CD211"/>
+    <s v="Enumerated Population"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="1936"/>
+    <s v="1936"/>
+    <s v="Number"/>
+    <n v="83741"/>
+  </r>
+  <r>
+    <s v="CD211"/>
+    <s v="Enumerated Population"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="1946"/>
+    <s v="1946"/>
+    <s v="Number"/>
+    <n v="84310"/>
+  </r>
+  <r>
+    <s v="CD211"/>
+    <s v="Enumerated Population"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="1951"/>
+    <s v="1951"/>
+    <s v="Number"/>
+    <n v="94006"/>
+  </r>
+  <r>
+    <s v="CD211"/>
+    <s v="Enumerated Population"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="1961"/>
+    <s v="1961"/>
+    <s v="Number"/>
+    <n v="84795"/>
+  </r>
+  <r>
+    <s v="CD211"/>
+    <s v="Enumerated Population"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="1966"/>
+    <s v="1966"/>
+    <s v="Number"/>
+    <n v="80966"/>
+  </r>
+  <r>
+    <s v="CD211"/>
+    <s v="Enumerated Population"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="1971"/>
+    <s v="1971"/>
+    <s v="Number"/>
+    <n v="76424"/>
+  </r>
+  <r>
+    <s v="CD211"/>
+    <s v="Enumerated Population"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="1979"/>
+    <s v="1979"/>
+    <s v="Number"/>
+    <n v="81799"/>
+  </r>
+  <r>
+    <s v="CD211"/>
+    <s v="Enumerated Population"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="1981"/>
+    <s v="1981"/>
+    <s v="Number"/>
+    <n v="85320"/>
+  </r>
+  <r>
+    <s v="CD211"/>
+    <s v="Enumerated Population"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="1986"/>
+    <s v="1986"/>
+    <s v="Number"/>
+    <n v="97962"/>
+  </r>
+  <r>
+    <s v="CD211"/>
+    <s v="Enumerated Population"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="113856"/>
+  </r>
+  <r>
+    <s v="CD211"/>
+    <s v="Enumerated Population"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="120064"/>
+  </r>
+  <r>
+    <s v="CD211"/>
+    <s v="Enumerated Population"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="135301"/>
+  </r>
+  <r>
+    <s v="CD211"/>
+    <s v="Enumerated Population"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="151438"/>
+  </r>
+  <r>
+    <s v="CD211"/>
+    <s v="Enumerated Population"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="166330"/>
+  </r>
+  <r>
+    <s v="CD211"/>
+    <s v="Enumerated Population"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="1926"/>
+    <s v="1926"/>
+    <s v="Number"/>
+    <n v="83035"/>
+  </r>
+  <r>
+    <s v="CD211"/>
+    <s v="Enumerated Population"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="1936"/>
+    <s v="1936"/>
+    <s v="Number"/>
+    <n v="79164"/>
+  </r>
+  <r>
+    <s v="CD211"/>
+    <s v="Enumerated Population"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="1946"/>
+    <s v="1946"/>
+    <s v="Number"/>
+    <n v="81287"/>
+  </r>
+  <r>
+    <s v="CD211"/>
+    <s v="Enumerated Population"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="1951"/>
+    <s v="1951"/>
+    <s v="Number"/>
+    <n v="86320"/>
+  </r>
+  <r>
+    <s v="CD211"/>
+    <s v="Enumerated Population"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="1961"/>
+    <s v="1961"/>
+    <s v="Number"/>
+    <n v="85498"/>
+  </r>
+  <r>
+    <s v="CD211"/>
+    <s v="Enumerated Population"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="1966"/>
+    <s v="1966"/>
+    <s v="Number"/>
+    <n v="82396"/>
+  </r>
+  <r>
+    <s v="CD211"/>
+    <s v="Enumerated Population"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="1971"/>
+    <s v="1971"/>
+    <s v="Number"/>
+    <n v="76305"/>
+  </r>
+  <r>
+    <s v="CD211"/>
+    <s v="Enumerated Population"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="1979"/>
+    <s v="1979"/>
+    <s v="Number"/>
+    <n v="77608"/>
+  </r>
+  <r>
+    <s v="CD211"/>
+    <s v="Enumerated Population"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="1981"/>
+    <s v="1981"/>
+    <s v="Number"/>
+    <n v="80604"/>
+  </r>
+  <r>
+    <s v="CD211"/>
+    <s v="Enumerated Population"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="1986"/>
+    <s v="1986"/>
+    <s v="Number"/>
+    <n v="93789"/>
+  </r>
+  <r>
+    <s v="CD211"/>
+    <s v="Enumerated Population"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="111827"/>
+  </r>
+  <r>
+    <s v="CD211"/>
+    <s v="Enumerated Population"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="120377"/>
+  </r>
+  <r>
+    <s v="CD211"/>
+    <s v="Enumerated Population"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="136683"/>
+  </r>
+  <r>
+    <s v="CD211"/>
+    <s v="Enumerated Population"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="149891"/>
+  </r>
+  <r>
+    <s v="CD211"/>
+    <s v="Enumerated Population"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="164482"/>
+  </r>
+  <r>
+    <s v="CD211"/>
+    <s v="Enumerated Population"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="1926"/>
+    <s v="1926"/>
+    <s v="Number"/>
+    <n v="168893"/>
+  </r>
+  <r>
+    <s v="CD211"/>
+    <s v="Enumerated Population"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="1936"/>
+    <s v="1936"/>
+    <s v="Number"/>
+    <n v="156583"/>
+  </r>
+  <r>
+    <s v="CD211"/>
+    <s v="Enumerated Population"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="1946"/>
+    <s v="1946"/>
+    <s v="Number"/>
+    <n v="173062"/>
+  </r>
+  <r>
+    <s v="CD211"/>
+    <s v="Enumerated Population"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="1951"/>
+    <s v="1951"/>
+    <s v="Number"/>
+    <n v="160915"/>
+  </r>
+  <r>
+    <s v="CD211"/>
+    <s v="Enumerated Population"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="1961"/>
+    <s v="1961"/>
+    <s v="Number"/>
+    <n v="174625"/>
+  </r>
+  <r>
+    <s v="CD211"/>
+    <s v="Enumerated Population"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="1966"/>
+    <s v="1966"/>
+    <s v="Number"/>
+    <n v="166517"/>
+  </r>
+  <r>
+    <s v="CD211"/>
+    <s v="Enumerated Population"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="1971"/>
+    <s v="1971"/>
+    <s v="Number"/>
+    <n v="160124"/>
+  </r>
+  <r>
+    <s v="CD211"/>
+    <s v="Enumerated Population"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="1979"/>
+    <s v="1979"/>
+    <s v="Number"/>
+    <n v="152441"/>
+  </r>
+  <r>
+    <s v="CD211"/>
+    <s v="Enumerated Population"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="1981"/>
+    <s v="1981"/>
+    <s v="Number"/>
+    <n v="151850"/>
+  </r>
+  <r>
+    <s v="CD211"/>
+    <s v="Enumerated Population"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="1986"/>
+    <s v="1986"/>
+    <s v="Number"/>
+    <n v="161740"/>
+  </r>
+  <r>
+    <s v="CD211"/>
+    <s v="Enumerated Population"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="187762"/>
+  </r>
+  <r>
+    <s v="CD211"/>
+    <s v="Enumerated Population"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="225400"/>
+  </r>
+  <r>
+    <s v="CD211"/>
+    <s v="Enumerated Population"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="249604"/>
+  </r>
+  <r>
+    <s v="CD211"/>
+    <s v="Enumerated Population"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="274745"/>
+  </r>
+  <r>
+    <s v="CD211"/>
+    <s v="Enumerated Population"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="305185"/>
+  </r>
+  <r>
+    <s v="CD211"/>
+    <s v="Enumerated Population"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="1926"/>
+    <s v="1926"/>
+    <s v="Number"/>
+    <n v="87010"/>
+  </r>
+  <r>
+    <s v="CD211"/>
+    <s v="Enumerated Population"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="1936"/>
+    <s v="1936"/>
+    <s v="Number"/>
+    <n v="80507"/>
+  </r>
+  <r>
+    <s v="CD211"/>
+    <s v="Enumerated Population"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="1946"/>
+    <s v="1946"/>
+    <s v="Number"/>
+    <n v="86996"/>
+  </r>
+  <r>
+    <s v="CD211"/>
+    <s v="Enumerated Population"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="1951"/>
+    <s v="1951"/>
+    <s v="Number"/>
+    <n v="82374"/>
+  </r>
+  <r>
+    <s v="CD211"/>
+    <s v="Enumerated Population"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="1961"/>
+    <s v="1961"/>
+    <s v="Number"/>
+    <n v="89036"/>
+  </r>
+  <r>
+    <s v="CD211"/>
+    <s v="Enumerated Population"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="1966"/>
+    <s v="1966"/>
+    <s v="Number"/>
+    <n v="83643"/>
+  </r>
+  <r>
+    <s v="CD211"/>
+    <s v="Enumerated Population"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="1971"/>
+    <s v="1971"/>
+    <s v="Number"/>
+    <n v="79533"/>
+  </r>
+  <r>
+    <s v="CD211"/>
+    <s v="Enumerated Population"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="1979"/>
+    <s v="1979"/>
+    <s v="Number"/>
+    <n v="77774"/>
+  </r>
+  <r>
+    <s v="CD211"/>
+    <s v="Enumerated Population"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="1981"/>
+    <s v="1981"/>
+    <s v="Number"/>
+    <n v="77781"/>
+  </r>
+  <r>
+    <s v="CD211"/>
+    <s v="Enumerated Population"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="1986"/>
+    <s v="1986"/>
+    <s v="Number"/>
+    <n v="82769"/>
+  </r>
+  <r>
+    <s v="CD211"/>
+    <s v="Enumerated Population"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="95443"/>
+  </r>
+  <r>
+    <s v="CD211"/>
+    <s v="Enumerated Population"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="113816"/>
+  </r>
+  <r>
+    <s v="CD211"/>
+    <s v="Enumerated Population"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="124981"/>
+  </r>
+  <r>
+    <s v="CD211"/>
+    <s v="Enumerated Population"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="137983"/>
+  </r>
+  <r>
+    <s v="CD211"/>
+    <s v="Enumerated Population"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="151516"/>
+  </r>
+  <r>
+    <s v="CD211"/>
+    <s v="Enumerated Population"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="1926"/>
+    <s v="1926"/>
+    <s v="Number"/>
+    <n v="81883"/>
+  </r>
+  <r>
+    <s v="CD211"/>
+    <s v="Enumerated Population"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="1936"/>
+    <s v="1936"/>
+    <s v="Number"/>
+    <n v="76076"/>
+  </r>
+  <r>
+    <s v="CD211"/>
+    <s v="Enumerated Population"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="1946"/>
+    <s v="1946"/>
+    <s v="Number"/>
+    <n v="86066"/>
+  </r>
+  <r>
+    <s v="CD211"/>
+    <s v="Enumerated Population"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="1951"/>
+    <s v="1951"/>
+    <s v="Number"/>
+    <n v="78541"/>
+  </r>
+  <r>
+    <s v="CD211"/>
+    <s v="Enumerated Population"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="1961"/>
+    <s v="1961"/>
+    <s v="Number"/>
+    <n v="85589"/>
+  </r>
+  <r>
+    <s v="CD211"/>
+    <s v="Enumerated Population"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="1966"/>
+    <s v="1966"/>
+    <s v="Number"/>
+    <n v="82874"/>
+  </r>
+  <r>
+    <s v="CD211"/>
+    <s v="Enumerated Population"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="1971"/>
+    <s v="1971"/>
+    <s v="Number"/>
+    <n v="80591"/>
+  </r>
+  <r>
+    <s v="CD211"/>
+    <s v="Enumerated Population"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="1979"/>
+    <s v="1979"/>
+    <s v="Number"/>
+    <n v="74667"/>
+  </r>
+  <r>
+    <s v="CD211"/>
+    <s v="Enumerated Population"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="1981"/>
+    <s v="1981"/>
+    <s v="Number"/>
+    <n v="74069"/>
+  </r>
+  <r>
+    <s v="CD211"/>
+    <s v="Enumerated Population"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="1986"/>
+    <s v="1986"/>
+    <s v="Number"/>
+    <n v="78971"/>
+  </r>
+  <r>
+    <s v="CD211"/>
+    <s v="Enumerated Population"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="92319"/>
+  </r>
+  <r>
+    <s v="CD211"/>
+    <s v="Enumerated Population"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="111584"/>
+  </r>
+  <r>
+    <s v="CD211"/>
+    <s v="Enumerated Population"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="124623"/>
+  </r>
+  <r>
+    <s v="CD211"/>
+    <s v="Enumerated Population"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="136762"/>
+  </r>
+  <r>
+    <s v="CD211"/>
+    <s v="Enumerated Population"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="153669"/>
+  </r>
+  <r>
+    <s v="CD211"/>
+    <s v="Enumerated Population"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="1926"/>
+    <s v="1926"/>
+    <s v="Number"/>
+    <n v="162718"/>
+  </r>
+  <r>
+    <s v="CD211"/>
+    <s v="Enumerated Population"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="1936"/>
+    <s v="1936"/>
+    <s v="Number"/>
+    <n v="152707"/>
+  </r>
+  <r>
+    <s v="CD211"/>
+    <s v="Enumerated Population"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="1946"/>
+    <s v="1946"/>
+    <s v="Number"/>
+    <n v="137492"/>
+  </r>
+  <r>
+    <s v="CD211"/>
+    <s v="Enumerated Population"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="1951"/>
+    <s v="1951"/>
+    <s v="Number"/>
+    <n v="162986"/>
+  </r>
+  <r>
+    <s v="CD211"/>
+    <s v="Enumerated Population"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="1961"/>
+    <s v="1961"/>
+    <s v="Number"/>
+    <n v="157122"/>
+  </r>
+  <r>
+    <s v="CD211"/>
+    <s v="Enumerated Population"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="1966"/>
+    <s v="1966"/>
+    <s v="Number"/>
+    <n v="164957"/>
+  </r>
+  <r>
+    <s v="CD211"/>
+    <s v="Enumerated Population"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="1971"/>
+    <s v="1971"/>
+    <s v="Number"/>
+    <n v="159082"/>
+  </r>
+  <r>
+    <s v="CD211"/>
+    <s v="Enumerated Population"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="1979"/>
+    <s v="1979"/>
+    <s v="Number"/>
+    <n v="151686"/>
+  </r>
+  <r>
+    <s v="CD211"/>
+    <s v="Enumerated Population"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="1981"/>
+    <s v="1981"/>
+    <s v="Number"/>
+    <n v="149680"/>
+  </r>
+  <r>
+    <s v="CD211"/>
+    <s v="Enumerated Population"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="1986"/>
+    <s v="1986"/>
+    <s v="Number"/>
+    <n v="147511"/>
+  </r>
+  <r>
+    <s v="CD211"/>
+    <s v="Enumerated Population"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="156806"/>
+  </r>
+  <r>
+    <s v="CD211"/>
+    <s v="Enumerated Population"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="186647"/>
+  </r>
+  <r>
+    <s v="CD211"/>
+    <s v="Enumerated Population"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="230843"/>
+  </r>
+  <r>
+    <s v="CD211"/>
+    <s v="Enumerated Population"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="247068"/>
+  </r>
+  <r>
+    <s v="CD211"/>
+    <s v="Enumerated Population"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="274386"/>
+  </r>
+  <r>
+    <s v="CD211"/>
+    <s v="Enumerated Population"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="1926"/>
+    <s v="1926"/>
+    <s v="Number"/>
+    <n v="85648"/>
+  </r>
+  <r>
+    <s v="CD211"/>
+    <s v="Enumerated Population"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="1936"/>
+    <s v="1936"/>
+    <s v="Number"/>
+    <n v="78681"/>
+  </r>
+  <r>
+    <s v="CD211"/>
+    <s v="Enumerated Population"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="1946"/>
+    <s v="1946"/>
+    <s v="Number"/>
+    <n v="69941"/>
+  </r>
+  <r>
+    <s v="CD211"/>
+    <s v="Enumerated Population"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="1951"/>
+    <s v="1951"/>
+    <s v="Number"/>
+    <n v="82922"/>
+  </r>
+  <r>
+    <s v="CD211"/>
+    <s v="Enumerated Population"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="1961"/>
+    <s v="1961"/>
+    <s v="Number"/>
+    <n v="81688"/>
+  </r>
+  <r>
+    <s v="CD211"/>
+    <s v="Enumerated Population"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="1966"/>
+    <s v="1966"/>
+    <s v="Number"/>
+    <n v="84309"/>
+  </r>
+  <r>
+    <s v="CD211"/>
+    <s v="Enumerated Population"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="1971"/>
+    <s v="1971"/>
+    <s v="Number"/>
+    <n v="80039"/>
+  </r>
+  <r>
+    <s v="CD211"/>
+    <s v="Enumerated Population"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="1979"/>
+    <s v="1979"/>
+    <s v="Number"/>
+    <n v="75588"/>
+  </r>
+  <r>
+    <s v="CD211"/>
+    <s v="Enumerated Population"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="1981"/>
+    <s v="1981"/>
+    <s v="Number"/>
+    <n v="75320"/>
+  </r>
+  <r>
+    <s v="CD211"/>
+    <s v="Enumerated Population"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="1986"/>
+    <s v="1986"/>
+    <s v="Number"/>
+    <n v="75156"/>
+  </r>
+  <r>
+    <s v="CD211"/>
+    <s v="Enumerated Population"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="79861"/>
+  </r>
+  <r>
+    <s v="CD211"/>
+    <s v="Enumerated Population"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="94818"/>
+  </r>
+  <r>
+    <s v="CD211"/>
+    <s v="Enumerated Population"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="116585"/>
+  </r>
+  <r>
+    <s v="CD211"/>
+    <s v="Enumerated Population"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="124550"/>
+  </r>
+  <r>
+    <s v="CD211"/>
+    <s v="Enumerated Population"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="136737"/>
+  </r>
+  <r>
+    <s v="CD211"/>
+    <s v="Enumerated Population"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="1926"/>
+    <s v="1926"/>
+    <s v="Number"/>
+    <n v="77070"/>
+  </r>
+  <r>
+    <s v="CD211"/>
+    <s v="Enumerated Population"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="1936"/>
+    <s v="1936"/>
+    <s v="Number"/>
+    <n v="74026"/>
+  </r>
+  <r>
+    <s v="CD211"/>
+    <s v="Enumerated Population"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="1946"/>
+    <s v="1946"/>
+    <s v="Number"/>
+    <n v="67551"/>
+  </r>
+  <r>
+    <s v="CD211"/>
+    <s v="Enumerated Population"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="1951"/>
+    <s v="1951"/>
+    <s v="Number"/>
+    <n v="80064"/>
+  </r>
+  <r>
+    <s v="CD211"/>
+    <s v="Enumerated Population"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="1961"/>
+    <s v="1961"/>
+    <s v="Number"/>
+    <n v="75434"/>
+  </r>
+  <r>
+    <s v="CD211"/>
+    <s v="Enumerated Population"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="1966"/>
+    <s v="1966"/>
+    <s v="Number"/>
+    <n v="80648"/>
+  </r>
+  <r>
+    <s v="CD211"/>
+    <s v="Enumerated Population"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="1971"/>
+    <s v="1971"/>
+    <s v="Number"/>
+    <n v="79043"/>
+  </r>
+  <r>
+    <s v="CD211"/>
+    <s v="Enumerated Population"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="1979"/>
+    <s v="1979"/>
+    <s v="Number"/>
+    <n v="76098"/>
+  </r>
+  <r>
+    <s v="CD211"/>
+    <s v="Enumerated Population"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="1981"/>
+    <s v="1981"/>
+    <s v="Number"/>
+    <n v="74360"/>
+  </r>
+  <r>
+    <s v="CD211"/>
+    <s v="Enumerated Population"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="1986"/>
+    <s v="1986"/>
+    <s v="Number"/>
+    <n v="72355"/>
+  </r>
+  <r>
+    <s v="CD211"/>
+    <s v="Enumerated Population"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="76945"/>
+  </r>
+  <r>
+    <s v="CD211"/>
+    <s v="Enumerated Population"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="91829"/>
+  </r>
+  <r>
+    <s v="CD211"/>
+    <s v="Enumerated Population"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="114258"/>
+  </r>
+  <r>
+    <s v="CD211"/>
+    <s v="Enumerated Population"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="122518"/>
+  </r>
+  <r>
+    <s v="CD211"/>
+    <s v="Enumerated Population"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="137649"/>
+  </r>
+  <r>
+    <s v="CD211"/>
+    <s v="Enumerated Population"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="1926"/>
+    <s v="1926"/>
+    <s v="Number"/>
+    <n v="125713"/>
+  </r>
+  <r>
+    <s v="CD211"/>
+    <s v="Enumerated Population"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="1936"/>
+    <s v="1936"/>
+    <s v="Number"/>
+    <n v="143441"/>
+  </r>
+  <r>
+    <s v="CD211"/>
+    <s v="Enumerated Population"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="1946"/>
+    <s v="1946"/>
+    <s v="Number"/>
+    <n v="134859"/>
+  </r>
+  <r>
+    <s v="CD211"/>
+    <s v="Enumerated Population"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="1951"/>
+    <s v="1951"/>
+    <s v="Number"/>
+    <n v="128848"/>
+  </r>
+  <r>
+    <s v="CD211"/>
+    <s v="Enumerated Population"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="1961"/>
+    <s v="1961"/>
+    <s v="Number"/>
+    <n v="136123"/>
+  </r>
+  <r>
+    <s v="CD211"/>
+    <s v="Enumerated Population"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="1966"/>
+    <s v="1966"/>
+    <s v="Number"/>
+    <n v="147064"/>
+  </r>
+  <r>
+    <s v="CD211"/>
+    <s v="Enumerated Population"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="1971"/>
+    <s v="1971"/>
+    <s v="Number"/>
+    <n v="154847"/>
+  </r>
+  <r>
+    <s v="CD211"/>
+    <s v="Enumerated Population"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="1979"/>
+    <s v="1979"/>
+    <s v="Number"/>
+    <n v="154065"/>
+  </r>
+  <r>
+    <s v="CD211"/>
+    <s v="Enumerated Population"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="1981"/>
+    <s v="1981"/>
+    <s v="Number"/>
+    <n v="149606"/>
+  </r>
+  <r>
+    <s v="CD211"/>
+    <s v="Enumerated Population"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="1986"/>
+    <s v="1986"/>
+    <s v="Number"/>
+    <n v="142215"/>
+  </r>
+  <r>
+    <s v="CD211"/>
+    <s v="Enumerated Population"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="142549"/>
+  </r>
+  <r>
+    <s v="CD211"/>
+    <s v="Enumerated Population"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="153807"/>
+  </r>
+  <r>
+    <s v="CD211"/>
+    <s v="Enumerated Population"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="197294"/>
+  </r>
+  <r>
+    <s v="CD211"/>
+    <s v="Enumerated Population"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="225328"/>
+  </r>
+  <r>
+    <s v="CD211"/>
+    <s v="Enumerated Population"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="244522"/>
+  </r>
+  <r>
+    <s v="CD211"/>
+    <s v="Enumerated Population"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="1926"/>
+    <s v="1926"/>
+    <s v="Number"/>
+    <n v="67121"/>
+  </r>
+  <r>
+    <s v="CD211"/>
+    <s v="Enumerated Population"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="1936"/>
+    <s v="1936"/>
+    <s v="Number"/>
+    <n v="75089"/>
+  </r>
+  <r>
+    <s v="CD211"/>
+    <s v="Enumerated Population"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="1946"/>
+    <s v="1946"/>
+    <s v="Number"/>
+    <n v="67785"/>
+  </r>
+  <r>
+    <s v="CD211"/>
+    <s v="Enumerated Population"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="1951"/>
+    <s v="1951"/>
+    <s v="Number"/>
+    <n v="65028"/>
+  </r>
+  <r>
+    <s v="CD211"/>
+    <s v="Enumerated Population"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="1961"/>
+    <s v="1961"/>
+    <s v="Number"/>
+    <n v="68619"/>
+  </r>
+  <r>
+    <s v="CD211"/>
+    <s v="Enumerated Population"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="1966"/>
+    <s v="1966"/>
+    <s v="Number"/>
+    <n v="75815"/>
+  </r>
+  <r>
+    <s v="CD211"/>
+    <s v="Enumerated Population"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="1971"/>
+    <s v="1971"/>
+    <s v="Number"/>
+    <n v="78429"/>
+  </r>
+  <r>
+    <s v="CD211"/>
+    <s v="Enumerated Population"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="1979"/>
+    <s v="1979"/>
+    <s v="Number"/>
+    <n v="76127"/>
+  </r>
+  <r>
+    <s v="CD211"/>
+    <s v="Enumerated Population"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="1981"/>
+    <s v="1981"/>
+    <s v="Number"/>
+    <n v="73289"/>
+  </r>
+  <r>
+    <s v="CD211"/>
+    <s v="Enumerated Population"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="1986"/>
+    <s v="1986"/>
+    <s v="Number"/>
+    <n v="70514"/>
+  </r>
+  <r>
+    <s v="CD211"/>
+    <s v="Enumerated Population"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="71665"/>
+  </r>
+  <r>
+    <s v="CD211"/>
+    <s v="Enumerated Population"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="77809"/>
+  </r>
+  <r>
+    <s v="CD211"/>
+    <s v="Enumerated Population"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="99827"/>
+  </r>
+  <r>
+    <s v="CD211"/>
+    <s v="Enumerated Population"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="113943"/>
+  </r>
+  <r>
+    <s v="CD211"/>
+    <s v="Enumerated Population"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="122121"/>
+  </r>
+  <r>
+    <s v="CD211"/>
+    <s v="Enumerated Population"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="1926"/>
+    <s v="1926"/>
+    <s v="Number"/>
+    <n v="58592"/>
+  </r>
+  <r>
+    <s v="CD211"/>
+    <s v="Enumerated Population"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="1936"/>
+    <s v="1936"/>
+    <s v="Number"/>
+    <n v="68352"/>
+  </r>
+  <r>
+    <s v="CD211"/>
+    <s v="Enumerated Population"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="1946"/>
+    <s v="1946"/>
+    <s v="Number"/>
+    <n v="67074"/>
+  </r>
+  <r>
+    <s v="CD211"/>
+    <s v="Enumerated Population"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="1951"/>
+    <s v="1951"/>
+    <s v="Number"/>
+    <n v="63820"/>
+  </r>
+  <r>
+    <s v="CD211"/>
+    <s v="Enumerated Population"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="1961"/>
+    <s v="1961"/>
+    <s v="Number"/>
+    <n v="67504"/>
+  </r>
+  <r>
+    <s v="CD211"/>
+    <s v="Enumerated Population"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="1966"/>
+    <s v="1966"/>
+    <s v="Number"/>
+    <n v="71249"/>
+  </r>
+  <r>
+    <s v="CD211"/>
+    <s v="Enumerated Population"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="1971"/>
+    <s v="1971"/>
+    <s v="Number"/>
+    <n v="76418"/>
+  </r>
+  <r>
+    <s v="CD211"/>
+    <s v="Enumerated Population"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="1979"/>
+    <s v="1979"/>
+    <s v="Number"/>
+    <n v="77938"/>
+  </r>
+  <r>
+    <s v="CD211"/>
+    <s v="Enumerated Population"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="1981"/>
+    <s v="1981"/>
+    <s v="Number"/>
+    <n v="76317"/>
+  </r>
+  <r>
+    <s v="CD211"/>
+    <s v="Enumerated Population"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="1986"/>
+    <s v="1986"/>
+    <s v="Number"/>
+    <n v="71701"/>
+  </r>
+  <r>
+    <s v="CD211"/>
+    <s v="Enumerated Population"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="70884"/>
+  </r>
+  <r>
+    <s v="CD211"/>
+    <s v="Enumerated Population"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="75998"/>
+  </r>
+  <r>
+    <s v="CD211"/>
+    <s v="Enumerated Population"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="97467"/>
+  </r>
+  <r>
+    <s v="CD211"/>
+    <s v="Enumerated Population"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="111385"/>
+  </r>
+  <r>
+    <s v="CD211"/>
+    <s v="Enumerated Population"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="122401"/>
+  </r>
+  <r>
+    <s v="CD211"/>
+    <s v="Enumerated Population"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="1926"/>
+    <s v="1926"/>
+    <s v="Number"/>
+    <n v="105146"/>
+  </r>
+  <r>
+    <s v="CD211"/>
+    <s v="Enumerated Population"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="1936"/>
+    <s v="1936"/>
+    <s v="Number"/>
+    <n v="130378"/>
+  </r>
+  <r>
+    <s v="CD211"/>
+    <s v="Enumerated Population"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="1946"/>
+    <s v="1946"/>
+    <s v="Number"/>
+    <n v="119225"/>
+  </r>
+  <r>
+    <s v="CD211"/>
+    <s v="Enumerated Population"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="1951"/>
+    <s v="1951"/>
+    <s v="Number"/>
+    <n v="122060"/>
+  </r>
+  <r>
+    <s v="CD211"/>
+    <s v="Enumerated Population"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="1961"/>
+    <s v="1961"/>
+    <s v="Number"/>
+    <n v="131060"/>
+  </r>
+  <r>
+    <s v="CD211"/>
+    <s v="Enumerated Population"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="1966"/>
+    <s v="1966"/>
+    <s v="Number"/>
+    <n v="123840"/>
+  </r>
+  <r>
+    <s v="CD211"/>
+    <s v="Enumerated Population"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="1971"/>
+    <s v="1971"/>
+    <s v="Number"/>
+    <n v="134066"/>
+  </r>
+  <r>
+    <s v="CD211"/>
+    <s v="Enumerated Population"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="1979"/>
+    <s v="1979"/>
+    <s v="Number"/>
+    <n v="137676"/>
+  </r>
+  <r>
+    <s v="CD211"/>
+    <s v="Enumerated Population"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="1981"/>
+    <s v="1981"/>
+    <s v="Number"/>
+    <n v="139266"/>
+  </r>
+  <r>
+    <s v="CD211"/>
+    <s v="Enumerated Population"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="1986"/>
+    <s v="1986"/>
+    <s v="Number"/>
+    <n v="139978"/>
+  </r>
+  <r>
+    <s v="CD211"/>
+    <s v="Enumerated Population"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="134566"/>
+  </r>
+  <r>
+    <s v="CD211"/>
+    <s v="Enumerated Population"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="137946"/>
+  </r>
+  <r>
+    <s v="CD211"/>
+    <s v="Enumerated Population"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="154252"/>
+  </r>
+  <r>
+    <s v="CD211"/>
+    <s v="Enumerated Population"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="181727"/>
+  </r>
+  <r>
+    <s v="CD211"/>
+    <s v="Enumerated Population"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="218786"/>
+  </r>
+  <r>
+    <s v="CD211"/>
+    <s v="Enumerated Population"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="1926"/>
+    <s v="1926"/>
+    <s v="Number"/>
+    <n v="53671"/>
+  </r>
+  <r>
+    <s v="CD211"/>
+    <s v="Enumerated Population"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="1936"/>
+    <s v="1936"/>
+    <s v="Number"/>
+    <n v="68110"/>
+  </r>
+  <r>
+    <s v="CD211"/>
+    <s v="Enumerated Population"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="1946"/>
+    <s v="1946"/>
+    <s v="Number"/>
+    <n v="59933"/>
+  </r>
+  <r>
+    <s v="CD211"/>
+    <s v="Enumerated Population"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="1951"/>
+    <s v="1951"/>
+    <s v="Number"/>
+    <n v="61346"/>
+  </r>
+  <r>
+    <s v="CD211"/>
+    <s v="Enumerated Population"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="1961"/>
+    <s v="1961"/>
+    <s v="Number"/>
+    <n v="64435"/>
+  </r>
+  <r>
+    <s v="CD211"/>
+    <s v="Enumerated Population"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="1966"/>
+    <s v="1966"/>
+    <s v="Number"/>
+    <n v="61631"/>
+  </r>
+  <r>
+    <s v="CD211"/>
+    <s v="Enumerated Population"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="1971"/>
+    <s v="1971"/>
+    <s v="Number"/>
+    <n v="68131"/>
+  </r>
+  <r>
+    <s v="CD211"/>
+    <s v="Enumerated Population"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="1979"/>
+    <s v="1979"/>
+    <s v="Number"/>
+    <n v="67804"/>
+  </r>
+  <r>
+    <s v="CD211"/>
+    <s v="Enumerated Population"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="1981"/>
+    <s v="1981"/>
+    <s v="Number"/>
+    <n v="67978"/>
+  </r>
+  <r>
+    <s v="CD211"/>
+    <s v="Enumerated Population"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="1986"/>
+    <s v="1986"/>
+    <s v="Number"/>
+    <n v="67219"/>
+  </r>
+  <r>
+    <s v="CD211"/>
+    <s v="Enumerated Population"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="65591"/>
+  </r>
+  <r>
+    <s v="CD211"/>
+    <s v="Enumerated Population"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="68690"/>
+  </r>
+  <r>
+    <s v="CD211"/>
+    <s v="Enumerated Population"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="77559"/>
+  </r>
+  <r>
+    <s v="CD211"/>
+    <s v="Enumerated Population"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="91561"/>
+  </r>
+  <r>
+    <s v="CD211"/>
+    <s v="Enumerated Population"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="109869"/>
+  </r>
+  <r>
+    <s v="CD211"/>
+    <s v="Enumerated Population"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="1926"/>
+    <s v="1926"/>
+    <s v="Number"/>
+    <n v="51475"/>
+  </r>
+  <r>
+    <s v="CD211"/>
+    <s v="Enumerated Population"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="1936"/>
+    <s v="1936"/>
+    <s v="Number"/>
+    <n v="62268"/>
+  </r>
+  <r>
+    <s v="CD211"/>
+    <s v="Enumerated Population"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="1946"/>
+    <s v="1946"/>
+    <s v="Number"/>
+    <n v="59292"/>
+  </r>
+  <r>
+    <s v="CD211"/>
+    <s v="Enumerated Population"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="1951"/>
+    <s v="1951"/>
+    <s v="Number"/>
+    <n v="60714"/>
+  </r>
+  <r>
+    <s v="CD211"/>
+    <s v="Enumerated Population"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="1961"/>
+    <s v="1961"/>
+    <s v="Number"/>
+    <n v="66625"/>
+  </r>
+  <r>
+    <s v="CD211"/>
+    <s v="Enumerated Population"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="1966"/>
+    <s v="1966"/>
+    <s v="Number"/>
+    <n v="62209"/>
+  </r>
+  <r>
+    <s v="CD211"/>
+    <s v="Enumerated Population"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="1971"/>
+    <s v="1971"/>
+    <s v="Number"/>
+    <n v="65935"/>
+  </r>
+  <r>
+    <s v="CD211"/>
+    <s v="Enumerated Population"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="1979"/>
+    <s v="1979"/>
+    <s v="Number"/>
+    <n v="69872"/>
+  </r>
+  <r>
+    <s v="CD211"/>
+    <s v="Enumerated Population"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="1981"/>
+    <s v="1981"/>
+    <s v="Number"/>
+    <n v="71288"/>
+  </r>
+  <r>
+    <s v="CD211"/>
+    <s v="Enumerated Population"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="1986"/>
+    <s v="1986"/>
+    <s v="Number"/>
+    <n v="72759"/>
+  </r>
+  <r>
+    <s v="CD211"/>
+    <s v="Enumerated Population"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="68975"/>
+  </r>
+  <r>
+    <s v="CD211"/>
+    <s v="Enumerated Population"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="69256"/>
+  </r>
+  <r>
+    <s v="CD211"/>
+    <s v="Enumerated Population"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="76693"/>
+  </r>
+  <r>
+    <s v="CD211"/>
+    <s v="Enumerated Population"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="90166"/>
+  </r>
+  <r>
+    <s v="CD211"/>
+    <s v="Enumerated Population"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="108917"/>
+  </r>
+  <r>
+    <s v="CD211"/>
+    <s v="Enumerated Population"/>
+    <s v="565"/>
+    <s v="65 - 69 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="1926"/>
+    <s v="1926"/>
+    <s v="Number"/>
+    <n v="101212"/>
+  </r>
+  <r>
+    <s v="CD211"/>
+    <s v="Enumerated Population"/>
+    <s v="565"/>
+    <s v="65 - 69 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="1936"/>
+    <s v="1936"/>
+    <s v="Number"/>
+    <n v="113001"/>
+  </r>
+  <r>
+    <s v="CD211"/>
+    <s v="Enumerated Population"/>
+    <s v="565"/>
+    <s v="65 - 69 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="1946"/>
+    <s v="1946"/>
+    <s v="Number"/>
+    <n v="114531"/>
+  </r>
+  <r>
+    <s v="CD211"/>
+    <s v="Enumerated Population"/>
+    <s v="565"/>
+    <s v="65 - 69 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="1951"/>
+    <s v="1951"/>
+    <s v="Number"/>
+    <n v="107548"/>
+  </r>
+  <r>
+    <s v="CD211"/>
+    <s v="Enumerated Population"/>
+    <s v="565"/>
+    <s v="65 - 69 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="1961"/>
+    <s v="1961"/>
+    <s v="Number"/>
+    <n v="103488"/>
+  </r>
+  <r>
+    <s v="CD211"/>
+    <s v="Enumerated Population"/>
+    <s v="565"/>
+    <s v="65 - 69 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="1966"/>
+    <s v="1966"/>
+    <s v="Number"/>
+    <n v="114226"/>
+  </r>
+  <r>
+    <s v="CD211"/>
+    <s v="Enumerated Population"/>
+    <s v="565"/>
+    <s v="65 - 69 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="1971"/>
+    <s v="1971"/>
+    <s v="Number"/>
+    <n v="111751"/>
+  </r>
+  <r>
+    <s v="CD211"/>
+    <s v="Enumerated Population"/>
+    <s v="565"/>
+    <s v="65 - 69 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="1979"/>
+    <s v="1979"/>
+    <s v="Number"/>
+    <n v="133787"/>
+  </r>
+  <r>
+    <s v="CD211"/>
+    <s v="Enumerated Population"/>
+    <s v="565"/>
+    <s v="65 - 69 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="1981"/>
+    <s v="1981"/>
+    <s v="Number"/>
+    <n v="133919"/>
+  </r>
+  <r>
+    <s v="CD211"/>
+    <s v="Enumerated Population"/>
+    <s v="565"/>
+    <s v="65 - 69 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="1986"/>
+    <s v="1986"/>
+    <s v="Number"/>
+    <n v="129498"/>
+  </r>
+  <r>
+    <s v="CD211"/>
+    <s v="Enumerated Population"/>
+    <s v="565"/>
+    <s v="65 - 69 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="130752"/>
+  </r>
+  <r>
+    <s v="CD211"/>
+    <s v="Enumerated Population"/>
+    <s v="565"/>
+    <s v="65 - 69 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="126809"/>
+  </r>
+  <r>
+    <s v="CD211"/>
+    <s v="Enumerated Population"/>
+    <s v="565"/>
+    <s v="65 - 69 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="133474"/>
+  </r>
+  <r>
+    <s v="CD211"/>
+    <s v="Enumerated Population"/>
+    <s v="565"/>
+    <s v="65 - 69 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="143396"/>
+  </r>
+  <r>
+    <s v="CD211"/>
+    <s v="Enumerated Population"/>
+    <s v="565"/>
+    <s v="65 - 69 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="173638"/>
+  </r>
+  <r>
+    <s v="CD211"/>
+    <s v="Enumerated Population"/>
+    <s v="565"/>
+    <s v="65 - 69 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="1926"/>
+    <s v="1926"/>
+    <s v="Number"/>
+    <n v="51499"/>
+  </r>
+  <r>
+    <s v="CD211"/>
+    <s v="Enumerated Population"/>
+    <s v="565"/>
+    <s v="65 - 69 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="1936"/>
+    <s v="1936"/>
+    <s v="Number"/>
+    <n v="60056"/>
+  </r>
+  <r>
+    <s v="CD211"/>
+    <s v="Enumerated Population"/>
+    <s v="565"/>
+    <s v="65 - 69 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="1946"/>
+    <s v="1946"/>
+    <s v="Number"/>
+    <n v="58467"/>
+  </r>
+  <r>
+    <s v="CD211"/>
+    <s v="Enumerated Population"/>
+    <s v="565"/>
+    <s v="65 - 69 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="1951"/>
+    <s v="1951"/>
+    <s v="Number"/>
+    <n v="54145"/>
+  </r>
+  <r>
+    <s v="CD211"/>
+    <s v="Enumerated Population"/>
+    <s v="565"/>
+    <s v="65 - 69 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="1961"/>
+    <s v="1961"/>
+    <s v="Number"/>
+    <n v="51141"/>
+  </r>
+  <r>
+    <s v="CD211"/>
+    <s v="Enumerated Population"/>
+    <s v="565"/>
+    <s v="65 - 69 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="1966"/>
+    <s v="1966"/>
+    <s v="Number"/>
+    <n v="55046"/>
+  </r>
+  <r>
+    <s v="CD211"/>
+    <s v="Enumerated Population"/>
+    <s v="565"/>
+    <s v="65 - 69 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="1971"/>
+    <s v="1971"/>
+    <s v="Number"/>
+    <n v="54493"/>
+  </r>
+  <r>
+    <s v="CD211"/>
+    <s v="Enumerated Population"/>
+    <s v="565"/>
+    <s v="65 - 69 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="1979"/>
+    <s v="1979"/>
+    <s v="Number"/>
+    <n v="64994"/>
+  </r>
+  <r>
+    <s v="CD211"/>
+    <s v="Enumerated Population"/>
+    <s v="565"/>
+    <s v="65 - 69 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="1981"/>
+    <s v="1981"/>
+    <s v="Number"/>
+    <n v="64306"/>
+  </r>
+  <r>
+    <s v="CD211"/>
+    <s v="Enumerated Population"/>
+    <s v="565"/>
+    <s v="65 - 69 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="1986"/>
+    <s v="1986"/>
+    <s v="Number"/>
+    <n v="61080"/>
+  </r>
+  <r>
+    <s v="CD211"/>
+    <s v="Enumerated Population"/>
+    <s v="565"/>
+    <s v="65 - 69 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="60956"/>
+  </r>
+  <r>
+    <s v="CD211"/>
+    <s v="Enumerated Population"/>
+    <s v="565"/>
+    <s v="65 - 69 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="60256"/>
+  </r>
+  <r>
+    <s v="CD211"/>
+    <s v="Enumerated Population"/>
+    <s v="565"/>
+    <s v="65 - 69 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="65290"/>
+  </r>
+  <r>
+    <s v="CD211"/>
+    <s v="Enumerated Population"/>
+    <s v="565"/>
+    <s v="65 - 69 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="70895"/>
+  </r>
+  <r>
+    <s v="CD211"/>
+    <s v="Enumerated Population"/>
+    <s v="565"/>
+    <s v="65 - 69 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="86298"/>
+  </r>
+  <r>
+    <s v="CD211"/>
+    <s v="Enumerated Population"/>
+    <s v="565"/>
+    <s v="65 - 69 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="1926"/>
+    <s v="1926"/>
+    <s v="Number"/>
+    <n v="49713"/>
+  </r>
+  <r>
+    <s v="CD211"/>
+    <s v="Enumerated Population"/>
+    <s v="565"/>
+    <s v="65 - 69 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="1936"/>
+    <s v="1936"/>
+    <s v="Number"/>
+    <n v="52945"/>
+  </r>
+  <r>
+    <s v="CD211"/>
+    <s v="Enumerated Population"/>
+    <s v="565"/>
+    <s v="65 - 69 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="1946"/>
+    <s v="1946"/>
+    <s v="Number"/>
+    <n v="56064"/>
+  </r>
+  <r>
+    <s v="CD211"/>
+    <s v="Enumerated Population"/>
+    <s v="565"/>
+    <s v="65 - 69 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="1951"/>
+    <s v="1951"/>
+    <s v="Number"/>
+    <n v="53403"/>
+  </r>
+  <r>
+    <s v="CD211"/>
+    <s v="Enumerated Population"/>
+    <s v="565"/>
+    <s v="65 - 69 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="1961"/>
+    <s v="1961"/>
+    <s v="Number"/>
+    <n v="52347"/>
+  </r>
+  <r>
+    <s v="CD211"/>
+    <s v="Enumerated Population"/>
+    <s v="565"/>
+    <s v="65 - 69 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="1966"/>
+    <s v="1966"/>
+    <s v="Number"/>
+    <n v="59180"/>
+  </r>
+  <r>
+    <s v="CD211"/>
+    <s v="Enumerated Population"/>
+    <s v="565"/>
+    <s v="65 - 69 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="1971"/>
+    <s v="1971"/>
+    <s v="Number"/>
+    <n v="57258"/>
+  </r>
+  <r>
+    <s v="CD211"/>
+    <s v="Enumerated Population"/>
+    <s v="565"/>
+    <s v="65 - 69 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="1979"/>
+    <s v="1979"/>
+    <s v="Number"/>
+    <n v="68793"/>
+  </r>
+  <r>
+    <s v="CD211"/>
+    <s v="Enumerated Population"/>
+    <s v="565"/>
+    <s v="65 - 69 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="1981"/>
+    <s v="1981"/>
+    <s v="Number"/>
+    <n v="69613"/>
+  </r>
+  <r>
+    <s v="CD211"/>
+    <s v="Enumerated Population"/>
+    <s v="565"/>
+    <s v="65 - 69 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="1986"/>
+    <s v="1986"/>
+    <s v="Number"/>
+    <n v="68418"/>
+  </r>
+  <r>
+    <s v="CD211"/>
+    <s v="Enumerated Population"/>
+    <s v="565"/>
+    <s v="65 - 69 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="69796"/>
+  </r>
+  <r>
+    <s v="CD211"/>
+    <s v="Enumerated Population"/>
+    <s v="565"/>
+    <s v="65 - 69 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="66553"/>
+  </r>
+  <r>
+    <s v="CD211"/>
+    <s v="Enumerated Population"/>
+    <s v="565"/>
+    <s v="65 - 69 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="68184"/>
+  </r>
+  <r>
+    <s v="CD211"/>
+    <s v="Enumerated Population"/>
+    <s v="565"/>
+    <s v="65 - 69 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="72501"/>
+  </r>
+  <r>
+    <s v="CD211"/>
+    <s v="Enumerated Population"/>
+    <s v="565"/>
+    <s v="65 - 69 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="87340"/>
+  </r>
+  <r>
+    <s v="CD211"/>
+    <s v="Enumerated Population"/>
+    <s v="580"/>
+    <s v="70 - 74 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="1926"/>
+    <s v="1926"/>
+    <s v="Number"/>
+    <n v="82246"/>
+  </r>
+  <r>
+    <s v="CD211"/>
+    <s v="Enumerated Population"/>
+    <s v="580"/>
+    <s v="70 - 74 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="1936"/>
+    <s v="1936"/>
+    <s v="Number"/>
+    <n v="85940"/>
+  </r>
+  <r>
+    <s v="CD211"/>
+    <s v="Enumerated Population"/>
+    <s v="580"/>
+    <s v="70 - 74 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="1946"/>
+    <s v="1946"/>
+    <s v="Number"/>
+    <n v="99910"/>
+  </r>
+  <r>
+    <s v="CD211"/>
+    <s v="Enumerated Population"/>
+    <s v="580"/>
+    <s v="70 - 74 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="1951"/>
+    <s v="1951"/>
+    <s v="Number"/>
+    <n v="100116"/>
+  </r>
+  <r>
+    <s v="CD211"/>
+    <s v="Enumerated Population"/>
+    <s v="580"/>
+    <s v="70 - 74 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="1961"/>
+    <s v="1961"/>
+    <s v="Number"/>
+    <n v="92790"/>
+  </r>
+  <r>
+    <s v="CD211"/>
+    <s v="Enumerated Population"/>
+    <s v="580"/>
+    <s v="70 - 74 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="1966"/>
+    <s v="1966"/>
+    <s v="Number"/>
+    <n v="90099"/>
+  </r>
+  <r>
+    <s v="CD211"/>
+    <s v="Enumerated Population"/>
+    <s v="580"/>
+    <s v="70 - 74 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="1971"/>
+    <s v="1971"/>
+    <s v="Number"/>
+    <n v="98986"/>
+  </r>
+  <r>
+    <s v="CD211"/>
+    <s v="Enumerated Population"/>
+    <s v="580"/>
+    <s v="70 - 74 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="1979"/>
+    <s v="1979"/>
+    <s v="Number"/>
+    <n v="98284"/>
+  </r>
+  <r>
+    <s v="CD211"/>
+    <s v="Enumerated Population"/>
+    <s v="580"/>
+    <s v="70 - 74 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="1981"/>
+    <s v="1981"/>
+    <s v="Number"/>
+    <n v="103138"/>
+  </r>
+  <r>
+    <s v="CD211"/>
+    <s v="Enumerated Population"/>
+    <s v="580"/>
+    <s v="70 - 74 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="1986"/>
+    <s v="1986"/>
+    <s v="Number"/>
+    <n v="110996"/>
+  </r>
+  <r>
+    <s v="CD211"/>
+    <s v="Enumerated Population"/>
+    <s v="580"/>
+    <s v="70 - 74 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="109325"/>
+  </r>
+  <r>
+    <s v="CD211"/>
+    <s v="Enumerated Population"/>
+    <s v="580"/>
+    <s v="70 - 74 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="112542"/>
+  </r>
+  <r>
+    <s v="CD211"/>
+    <s v="Enumerated Population"/>
+    <s v="580"/>
+    <s v="70 - 74 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="112129"/>
+  </r>
+  <r>
+    <s v="CD211"/>
+    <s v="Enumerated Population"/>
+    <s v="580"/>
+    <s v="70 - 74 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="119152"/>
+  </r>
+  <r>
+    <s v="CD211"/>
+    <s v="Enumerated Population"/>
+    <s v="580"/>
+    <s v="70 - 74 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="131190"/>
+  </r>
+  <r>
+    <s v="CD211"/>
+    <s v="Enumerated Population"/>
+    <s v="580"/>
+    <s v="70 - 74 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="1926"/>
+    <s v="1926"/>
+    <s v="Number"/>
+    <n v="37485"/>
+  </r>
+  <r>
+    <s v="CD211"/>
+    <s v="Enumerated Population"/>
+    <s v="580"/>
+    <s v="70 - 74 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="1936"/>
+    <s v="1936"/>
+    <s v="Number"/>
+    <n v="40822"/>
+  </r>
+  <r>
+    <s v="CD211"/>
+    <s v="Enumerated Population"/>
+    <s v="580"/>
+    <s v="70 - 74 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="1946"/>
+    <s v="1946"/>
+    <s v="Number"/>
+    <n v="49924"/>
+  </r>
+  <r>
+    <s v="CD211"/>
+    <s v="Enumerated Population"/>
+    <s v="580"/>
+    <s v="70 - 74 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="1951"/>
+    <s v="1951"/>
+    <s v="Number"/>
+    <n v="49121"/>
+  </r>
+  <r>
+    <s v="CD211"/>
+    <s v="Enumerated Population"/>
+    <s v="580"/>
+    <s v="70 - 74 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="1961"/>
+    <s v="1961"/>
+    <s v="Number"/>
+    <n v="44110"/>
+  </r>
+  <r>
+    <s v="CD211"/>
+    <s v="Enumerated Population"/>
+    <s v="580"/>
+    <s v="70 - 74 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="1966"/>
+    <s v="1966"/>
+    <s v="Number"/>
+    <n v="42243"/>
+  </r>
+  <r>
+    <s v="CD211"/>
+    <s v="Enumerated Population"/>
+    <s v="580"/>
+    <s v="70 - 74 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="1971"/>
+    <s v="1971"/>
+    <s v="Number"/>
+    <n v="44593"/>
+  </r>
+  <r>
+    <s v="CD211"/>
+    <s v="Enumerated Population"/>
+    <s v="580"/>
+    <s v="70 - 74 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="1979"/>
+    <s v="1979"/>
+    <s v="Number"/>
+    <n v="45802"/>
+  </r>
+  <r>
+    <s v="CD211"/>
+    <s v="Enumerated Population"/>
+    <s v="580"/>
+    <s v="70 - 74 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="1981"/>
+    <s v="1981"/>
+    <s v="Number"/>
+    <n v="48380"/>
+  </r>
+  <r>
+    <s v="CD211"/>
+    <s v="Enumerated Population"/>
+    <s v="580"/>
+    <s v="70 - 74 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="1986"/>
+    <s v="1986"/>
+    <s v="Number"/>
+    <n v="50881"/>
+  </r>
+  <r>
+    <s v="CD211"/>
+    <s v="Enumerated Population"/>
+    <s v="580"/>
+    <s v="70 - 74 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="49183"/>
+  </r>
+  <r>
+    <s v="CD211"/>
+    <s v="Enumerated Population"/>
+    <s v="580"/>
+    <s v="70 - 74 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="50124"/>
+  </r>
+  <r>
+    <s v="CD211"/>
+    <s v="Enumerated Population"/>
+    <s v="580"/>
+    <s v="70 - 74 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="51719"/>
+  </r>
+  <r>
+    <s v="CD211"/>
+    <s v="Enumerated Population"/>
+    <s v="580"/>
+    <s v="70 - 74 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="56540"/>
+  </r>
+  <r>
+    <s v="CD211"/>
+    <s v="Enumerated Population"/>
+    <s v="580"/>
+    <s v="70 - 74 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="63476"/>
+  </r>
+  <r>
+    <s v="CD211"/>
+    <s v="Enumerated Population"/>
+    <s v="580"/>
+    <s v="70 - 74 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="1926"/>
+    <s v="1926"/>
+    <s v="Number"/>
+    <n v="44761"/>
+  </r>
+  <r>
+    <s v="CD211"/>
+    <s v="Enumerated Population"/>
+    <s v="580"/>
+    <s v="70 - 74 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="1936"/>
+    <s v="1936"/>
+    <s v="Number"/>
+    <n v="45118"/>
+  </r>
+  <r>
+    <s v="CD211"/>
+    <s v="Enumerated Population"/>
+    <s v="580"/>
+    <s v="70 - 74 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="1946"/>
+    <s v="1946"/>
+    <s v="Number"/>
+    <n v="49986"/>
+  </r>
+  <r>
+    <s v="CD211"/>
+    <s v="Enumerated Population"/>
+    <s v="580"/>
+    <s v="70 - 74 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="1951"/>
+    <s v="1951"/>
+    <s v="Number"/>
+    <n v="50995"/>
+  </r>
+  <r>
+    <s v="CD211"/>
+    <s v="Enumerated Population"/>
+    <s v="580"/>
+    <s v="70 - 74 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="1961"/>
+    <s v="1961"/>
+    <s v="Number"/>
+    <n v="48680"/>
+  </r>
+  <r>
+    <s v="CD211"/>
+    <s v="Enumerated Population"/>
+    <s v="580"/>
+    <s v="70 - 74 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="1966"/>
+    <s v="1966"/>
+    <s v="Number"/>
+    <n v="47856"/>
+  </r>
+  <r>
+    <s v="CD211"/>
+    <s v="Enumerated Population"/>
+    <s v="580"/>
+    <s v="70 - 74 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="1971"/>
+    <s v="1971"/>
+    <s v="Number"/>
+    <n v="54393"/>
+  </r>
+  <r>
+    <s v="CD211"/>
+    <s v="Enumerated Population"/>
+    <s v="580"/>
+    <s v="70 - 74 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="1979"/>
+    <s v="1979"/>
+    <s v="Number"/>
+    <n v="52482"/>
+  </r>
+  <r>
+    <s v="CD211"/>
+    <s v="Enumerated Population"/>
+    <s v="580"/>
+    <s v="70 - 74 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="1981"/>
+    <s v="1981"/>
+    <s v="Number"/>
+    <n v="54758"/>
+  </r>
+  <r>
+    <s v="CD211"/>
+    <s v="Enumerated Population"/>
+    <s v="580"/>
+    <s v="70 - 74 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="1986"/>
+    <s v="1986"/>
+    <s v="Number"/>
+    <n v="60115"/>
+  </r>
+  <r>
+    <s v="CD211"/>
+    <s v="Enumerated Population"/>
+    <s v="580"/>
+    <s v="70 - 74 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="60142"/>
+  </r>
+  <r>
+    <s v="CD211"/>
+    <s v="Enumerated Population"/>
+    <s v="580"/>
+    <s v="70 - 74 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="62418"/>
+  </r>
+  <r>
+    <s v="CD211"/>
+    <s v="Enumerated Population"/>
+    <s v="580"/>
+    <s v="70 - 74 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="60410"/>
+  </r>
+  <r>
+    <s v="CD211"/>
+    <s v="Enumerated Population"/>
+    <s v="580"/>
+    <s v="70 - 74 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="62612"/>
+  </r>
+  <r>
+    <s v="CD211"/>
+    <s v="Enumerated Population"/>
+    <s v="580"/>
+    <s v="70 - 74 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="67714"/>
+  </r>
+  <r>
+    <s v="CD211"/>
+    <s v="Enumerated Population"/>
+    <s v="595"/>
+    <s v="75 - 79 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="1926"/>
+    <s v="1926"/>
+    <s v="Number"/>
+    <n v="45967"/>
+  </r>
+  <r>
+    <s v="CD211"/>
+    <s v="Enumerated Population"/>
+    <s v="595"/>
+    <s v="75 - 79 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="1936"/>
+    <s v="1936"/>
+    <s v="Number"/>
+    <n v="52988"/>
+  </r>
+  <r>
+    <s v="CD211"/>
+    <s v="Enumerated Population"/>
+    <s v="595"/>
+    <s v="75 - 79 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="1946"/>
+    <s v="1946"/>
+    <s v="Number"/>
+    <n v="60502"/>
+  </r>
+  <r>
+    <s v="CD211"/>
+    <s v="Enumerated Population"/>
+    <s v="595"/>
+    <s v="75 - 79 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="1951"/>
+    <s v="1951"/>
+    <s v="Number"/>
+    <n v="64555"/>
+  </r>
+  <r>
+    <s v="CD211"/>
+    <s v="Enumerated Population"/>
+    <s v="595"/>
+    <s v="75 - 79 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="1961"/>
+    <s v="1961"/>
+    <s v="Number"/>
+    <n v="63210"/>
+  </r>
+  <r>
+    <s v="CD211"/>
+    <s v="Enumerated Population"/>
+    <s v="595"/>
+    <s v="75 - 79 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="1966"/>
+    <s v="1966"/>
+    <s v="Number"/>
+    <n v="62801"/>
+  </r>
+  <r>
+    <s v="CD211"/>
+    <s v="Enumerated Population"/>
+    <s v="595"/>
+    <s v="75 - 79 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="1971"/>
+    <s v="1971"/>
+    <s v="Number"/>
+    <n v="61775"/>
+  </r>
+  <r>
+    <s v="CD211"/>
+    <s v="Enumerated Population"/>
+    <s v="595"/>
+    <s v="75 - 79 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="1979"/>
+    <s v="1979"/>
+    <s v="Number"/>
+    <n v="68856"/>
+  </r>
+  <r>
+    <s v="CD211"/>
+    <s v="Enumerated Population"/>
+    <s v="595"/>
+    <s v="75 - 79 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="1981"/>
+    <s v="1981"/>
+    <s v="Number"/>
+    <n v="68451"/>
+  </r>
+  <r>
+    <s v="CD211"/>
+    <s v="Enumerated Population"/>
+    <s v="595"/>
+    <s v="75 - 79 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="1986"/>
+    <s v="1986"/>
+    <s v="Number"/>
+    <n v="75519"/>
+  </r>
+  <r>
+    <s v="CD211"/>
+    <s v="Enumerated Population"/>
+    <s v="595"/>
+    <s v="75 - 79 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="84082"/>
+  </r>
+  <r>
+    <s v="CD211"/>
+    <s v="Enumerated Population"/>
+    <s v="595"/>
+    <s v="75 - 79 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="84097"/>
+  </r>
+  <r>
+    <s v="CD211"/>
+    <s v="Enumerated Population"/>
+    <s v="595"/>
+    <s v="75 - 79 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="89815"/>
+  </r>
+  <r>
+    <s v="CD211"/>
+    <s v="Enumerated Population"/>
+    <s v="595"/>
+    <s v="75 - 79 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="92466"/>
+  </r>
+  <r>
+    <s v="CD211"/>
+    <s v="Enumerated Population"/>
+    <s v="595"/>
+    <s v="75 - 79 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="102036"/>
+  </r>
+  <r>
+    <s v="CD211"/>
+    <s v="Enumerated Population"/>
+    <s v="595"/>
+    <s v="75 - 79 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="1926"/>
+    <s v="1926"/>
+    <s v="Number"/>
+    <n v="20926"/>
+  </r>
+  <r>
+    <s v="CD211"/>
+    <s v="Enumerated Population"/>
+    <s v="595"/>
+    <s v="75 - 79 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="1936"/>
+    <s v="1936"/>
+    <s v="Number"/>
+    <n v="24670"/>
+  </r>
+  <r>
+    <s v="CD211"/>
+    <s v="Enumerated Population"/>
+    <s v="595"/>
+    <s v="75 - 79 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="1946"/>
+    <s v="1946"/>
+    <s v="Number"/>
+    <n v="29735"/>
+  </r>
+  <r>
+    <s v="CD211"/>
+    <s v="Enumerated Population"/>
+    <s v="595"/>
+    <s v="75 - 79 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="1951"/>
+    <s v="1951"/>
+    <s v="Number"/>
+    <n v="31642"/>
+  </r>
+  <r>
+    <s v="CD211"/>
+    <s v="Enumerated Population"/>
+    <s v="595"/>
+    <s v="75 - 79 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="1961"/>
+    <s v="1961"/>
+    <s v="Number"/>
+    <n v="29694"/>
+  </r>
+  <r>
+    <s v="CD211"/>
+    <s v="Enumerated Population"/>
+    <s v="595"/>
+    <s v="75 - 79 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="1966"/>
+    <s v="1966"/>
+    <s v="Number"/>
+    <n v="28744"/>
+  </r>
+  <r>
+    <s v="CD211"/>
+    <s v="Enumerated Population"/>
+    <s v="595"/>
+    <s v="75 - 79 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="1971"/>
+    <s v="1971"/>
+    <s v="Number"/>
+    <n v="27774"/>
+  </r>
+  <r>
+    <s v="CD211"/>
+    <s v="Enumerated Population"/>
+    <s v="595"/>
+    <s v="75 - 79 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="1979"/>
+    <s v="1979"/>
+    <s v="Number"/>
+    <n v="29140"/>
+  </r>
+  <r>
+    <s v="CD211"/>
+    <s v="Enumerated Population"/>
+    <s v="595"/>
+    <s v="75 - 79 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="1981"/>
+    <s v="1981"/>
+    <s v="Number"/>
+    <n v="29172"/>
+  </r>
+  <r>
+    <s v="CD211"/>
+    <s v="Enumerated Population"/>
+    <s v="595"/>
+    <s v="75 - 79 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="1986"/>
+    <s v="1986"/>
+    <s v="Number"/>
+    <n v="32635"/>
+  </r>
+  <r>
+    <s v="CD211"/>
+    <s v="Enumerated Population"/>
+    <s v="595"/>
+    <s v="75 - 79 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="35713"/>
+  </r>
+  <r>
+    <s v="CD211"/>
+    <s v="Enumerated Population"/>
+    <s v="595"/>
+    <s v="75 - 79 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="35228"/>
+  </r>
+  <r>
+    <s v="CD211"/>
+    <s v="Enumerated Population"/>
+    <s v="595"/>
+    <s v="75 - 79 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="37377"/>
+  </r>
+  <r>
+    <s v="CD211"/>
+    <s v="Enumerated Population"/>
+    <s v="595"/>
+    <s v="75 - 79 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="40121"/>
+  </r>
+  <r>
+    <s v="CD211"/>
+    <s v="Enumerated Population"/>
+    <s v="595"/>
+    <s v="75 - 79 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="46631"/>
+  </r>
+  <r>
+    <s v="CD211"/>
+    <s v="Enumerated Population"/>
+    <s v="595"/>
+    <s v="75 - 79 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="1926"/>
+    <s v="1926"/>
+    <s v="Number"/>
+    <n v="25041"/>
+  </r>
+  <r>
+    <s v="CD211"/>
+    <s v="Enumerated Population"/>
+    <s v="595"/>
+    <s v="75 - 79 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="1936"/>
+    <s v="1936"/>
+    <s v="Number"/>
+    <n v="28318"/>
+  </r>
+  <r>
+    <s v="CD211"/>
+    <s v="Enumerated Population"/>
+    <s v="595"/>
+    <s v="75 - 79 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="1946"/>
+    <s v="1946"/>
+    <s v="Number"/>
+    <n v="30767"/>
+  </r>
+  <r>
+    <s v="CD211"/>
+    <s v="Enumerated Population"/>
+    <s v="595"/>
+    <s v="75 - 79 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="1951"/>
+    <s v="1951"/>
+    <s v="Number"/>
+    <n v="32913"/>
+  </r>
+  <r>
+    <s v="CD211"/>
+    <s v="Enumerated Population"/>
+    <s v="595"/>
+    <s v="75 - 79 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="1961"/>
+    <s v="1961"/>
+    <s v="Number"/>
+    <n v="33516"/>
+  </r>
+  <r>
+    <s v="CD211"/>
+    <s v="Enumerated Population"/>
+    <s v="595"/>
+    <s v="75 - 79 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="1966"/>
+    <s v="1966"/>
+    <s v="Number"/>
+    <n v="34057"/>
+  </r>
+  <r>
+    <s v="CD211"/>
+    <s v="Enumerated Population"/>
+    <s v="595"/>
+    <s v="75 - 79 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="1971"/>
+    <s v="1971"/>
+    <s v="Number"/>
+    <n v="34001"/>
+  </r>
+  <r>
+    <s v="CD211"/>
+    <s v="Enumerated Population"/>
+    <s v="595"/>
+    <s v="75 - 79 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="1979"/>
+    <s v="1979"/>
+    <s v="Number"/>
+    <n v="39716"/>
+  </r>
+  <r>
+    <s v="CD211"/>
+    <s v="Enumerated Population"/>
+    <s v="595"/>
+    <s v="75 - 79 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="1981"/>
+    <s v="1981"/>
+    <s v="Number"/>
+    <n v="39279"/>
+  </r>
+  <r>
+    <s v="CD211"/>
+    <s v="Enumerated Population"/>
+    <s v="595"/>
+    <s v="75 - 79 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="1986"/>
+    <s v="1986"/>
+    <s v="Number"/>
+    <n v="42884"/>
+  </r>
+  <r>
+    <s v="CD211"/>
+    <s v="Enumerated Population"/>
+    <s v="595"/>
+    <s v="75 - 79 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="48369"/>
+  </r>
+  <r>
+    <s v="CD211"/>
+    <s v="Enumerated Population"/>
+    <s v="595"/>
+    <s v="75 - 79 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="48869"/>
+  </r>
+  <r>
+    <s v="CD211"/>
+    <s v="Enumerated Population"/>
+    <s v="595"/>
+    <s v="75 - 79 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="52438"/>
+  </r>
+  <r>
+    <s v="CD211"/>
+    <s v="Enumerated Population"/>
+    <s v="595"/>
+    <s v="75 - 79 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="52345"/>
+  </r>
+  <r>
+    <s v="CD211"/>
+    <s v="Enumerated Population"/>
+    <s v="595"/>
+    <s v="75 - 79 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="55405"/>
+  </r>
+  <r>
+    <s v="CD211"/>
+    <s v="Enumerated Population"/>
+    <s v="610"/>
+    <s v="80 - 84 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="1926"/>
+    <s v="1926"/>
+    <s v="Number"/>
+    <n v="27397"/>
+  </r>
+  <r>
+    <s v="CD211"/>
+    <s v="Enumerated Population"/>
+    <s v="610"/>
+    <s v="80 - 84 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="1936"/>
+    <s v="1936"/>
+    <s v="Number"/>
+    <n v="23250"/>
+  </r>
+  <r>
+    <s v="CD211"/>
+    <s v="Enumerated Population"/>
+    <s v="610"/>
+    <s v="80 - 84 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="1946"/>
+    <s v="1946"/>
+    <s v="Number"/>
+    <n v="26142"/>
+  </r>
+  <r>
+    <s v="CD211"/>
+    <s v="Enumerated Population"/>
+    <s v="610"/>
+    <s v="80 - 84 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="1951"/>
+    <s v="1951"/>
+    <s v="Number"/>
+    <n v="30887"/>
+  </r>
+  <r>
+    <s v="CD211"/>
+    <s v="Enumerated Population"/>
+    <s v="610"/>
+    <s v="80 - 84 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="1961"/>
+    <s v="1961"/>
+    <s v="Number"/>
+    <n v="37040"/>
+  </r>
+  <r>
+    <s v="CD211"/>
+    <s v="Enumerated Population"/>
+    <s v="610"/>
+    <s v="80 - 84 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="1966"/>
+    <s v="1966"/>
+    <s v="Number"/>
+    <n v="35584"/>
+  </r>
+  <r>
+    <s v="CD211"/>
+    <s v="Enumerated Population"/>
+    <s v="610"/>
+    <s v="80 - 84 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="1971"/>
+    <s v="1971"/>
+    <s v="Number"/>
+    <n v="36375"/>
+  </r>
+  <r>
+    <s v="CD211"/>
+    <s v="Enumerated Population"/>
+    <s v="610"/>
+    <s v="80 - 84 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="1979"/>
+    <s v="1979"/>
+    <s v="Number"/>
+    <n v="37987"/>
+  </r>
+  <r>
+    <s v="CD211"/>
+    <s v="Enumerated Population"/>
+    <s v="610"/>
+    <s v="80 - 84 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="1981"/>
+    <s v="1981"/>
+    <s v="Number"/>
+    <n v="40462"/>
+  </r>
+  <r>
+    <s v="CD211"/>
+    <s v="Enumerated Population"/>
+    <s v="610"/>
+    <s v="80 - 84 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="1986"/>
+    <s v="1986"/>
+    <s v="Number"/>
+    <n v="42884"/>
+  </r>
+  <r>
+    <s v="CD211"/>
+    <s v="Enumerated Population"/>
+    <s v="610"/>
+    <s v="80 - 84 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="49301"/>
+  </r>
+  <r>
+    <s v="CD211"/>
+    <s v="Enumerated Population"/>
+    <s v="610"/>
+    <s v="80 - 84 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="55771"/>
+  </r>
+  <r>
+    <s v="CD211"/>
+    <s v="Enumerated Population"/>
+    <s v="610"/>
+    <s v="80 - 84 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="58857"/>
+  </r>
+  <r>
+    <s v="CD211"/>
+    <s v="Enumerated Population"/>
+    <s v="610"/>
+    <s v="80 - 84 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="64884"/>
+  </r>
+  <r>
+    <s v="CD211"/>
+    <s v="Enumerated Population"/>
+    <s v="610"/>
+    <s v="80 - 84 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="70113"/>
+  </r>
+  <r>
+    <s v="CD211"/>
+    <s v="Enumerated Population"/>
+    <s v="610"/>
+    <s v="80 - 84 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="1926"/>
+    <s v="1926"/>
+    <s v="Number"/>
+    <n v="12082"/>
+  </r>
+  <r>
+    <s v="CD211"/>
+    <s v="Enumerated Population"/>
+    <s v="610"/>
+    <s v="80 - 84 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="1936"/>
+    <s v="1936"/>
+    <s v="Number"/>
+    <n v="10484"/>
+  </r>
+  <r>
+    <s v="CD211"/>
+    <s v="Enumerated Population"/>
+    <s v="610"/>
+    <s v="80 - 84 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="1946"/>
+    <s v="1946"/>
+    <s v="Number"/>
+    <n v="11933"/>
+  </r>
+  <r>
+    <s v="CD211"/>
+    <s v="Enumerated Population"/>
+    <s v="610"/>
+    <s v="80 - 84 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="1951"/>
+    <s v="1951"/>
+    <s v="Number"/>
+    <n v="14649"/>
+  </r>
+  <r>
+    <s v="CD211"/>
+    <s v="Enumerated Population"/>
+    <s v="610"/>
+    <s v="80 - 84 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="1961"/>
+    <s v="1961"/>
+    <s v="Number"/>
+    <n v="16674"/>
+  </r>
+  <r>
+    <s v="CD211"/>
+    <s v="Enumerated Population"/>
+    <s v="610"/>
+    <s v="80 - 84 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="1966"/>
+    <s v="1966"/>
+    <s v="Number"/>
+    <n v="15824"/>
+  </r>
+  <r>
+    <s v="CD211"/>
+    <s v="Enumerated Population"/>
+    <s v="610"/>
+    <s v="80 - 84 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="1971"/>
+    <s v="1971"/>
+    <s v="Number"/>
+    <n v="15663"/>
+  </r>
+  <r>
+    <s v="CD211"/>
+    <s v="Enumerated Population"/>
+    <s v="610"/>
+    <s v="80 - 84 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="1979"/>
+    <s v="1979"/>
+    <s v="Number"/>
+    <n v="14917"/>
+  </r>
+  <r>
+    <s v="CD211"/>
+    <s v="Enumerated Population"/>
+    <s v="610"/>
+    <s v="80 - 84 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="1981"/>
+    <s v="1981"/>
+    <s v="Number"/>
+    <n v="15415"/>
+  </r>
+  <r>
+    <s v="CD211"/>
+    <s v="Enumerated Population"/>
+    <s v="610"/>
+    <s v="80 - 84 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="1986"/>
+    <s v="1986"/>
+    <s v="Number"/>
+    <n v="16126"/>
+  </r>
+  <r>
+    <s v="CD211"/>
+    <s v="Enumerated Population"/>
+    <s v="610"/>
+    <s v="80 - 84 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="18965"/>
+  </r>
+  <r>
+    <s v="CD211"/>
+    <s v="Enumerated Population"/>
+    <s v="610"/>
+    <s v="80 - 84 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="21074"/>
+  </r>
+  <r>
+    <s v="CD211"/>
+    <s v="Enumerated Population"/>
+    <s v="610"/>
+    <s v="80 - 84 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="22283"/>
+  </r>
+  <r>
+    <s v="CD211"/>
+    <s v="Enumerated Population"/>
+    <s v="610"/>
+    <s v="80 - 84 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="24694"/>
+  </r>
+  <r>
+    <s v="CD211"/>
+    <s v="Enumerated Population"/>
+    <s v="610"/>
+    <s v="80 - 84 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="28423"/>
+  </r>
+  <r>
+    <s v="CD211"/>
+    <s v="Enumerated Population"/>
+    <s v="610"/>
+    <s v="80 - 84 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="1926"/>
+    <s v="1926"/>
+    <s v="Number"/>
+    <n v="15315"/>
+  </r>
+  <r>
+    <s v="CD211"/>
+    <s v="Enumerated Population"/>
+    <s v="610"/>
+    <s v="80 - 84 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="1936"/>
+    <s v="1936"/>
+    <s v="Number"/>
+    <n v="12766"/>
+  </r>
+  <r>
+    <s v="CD211"/>
+    <s v="Enumerated Population"/>
+    <s v="610"/>
+    <s v="80 - 84 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="1946"/>
+    <s v="1946"/>
+    <s v="Number"/>
+    <n v="14209"/>
+  </r>
+  <r>
+    <s v="CD211"/>
+    <s v="Enumerated Population"/>
+    <s v="610"/>
+    <s v="80 - 84 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="1951"/>
+    <s v="1951"/>
+    <s v="Number"/>
+    <n v="16238"/>
+  </r>
+  <r>
+    <s v="CD211"/>
+    <s v="Enumerated Population"/>
+    <s v="610"/>
+    <s v="80 - 84 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="1961"/>
+    <s v="1961"/>
+    <s v="Number"/>
+    <n v="20366"/>
+  </r>
+  <r>
+    <s v="CD211"/>
+    <s v="Enumerated Population"/>
+    <s v="610"/>
+    <s v="80 - 84 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="1966"/>
+    <s v="1966"/>
+    <s v="Number"/>
+    <n v="19760"/>
+  </r>
+  <r>
+    <s v="CD211"/>
+    <s v="Enumerated Population"/>
+    <s v="610"/>
+    <s v="80 - 84 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="1971"/>
+    <s v="1971"/>
+    <s v="Number"/>
+    <n v="20712"/>
+  </r>
+  <r>
+    <s v="CD211"/>
+    <s v="Enumerated Population"/>
+    <s v="610"/>
+    <s v="80 - 84 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="1979"/>
+    <s v="1979"/>
+    <s v="Number"/>
+    <n v="23070"/>
+  </r>
+  <r>
+    <s v="CD211"/>
+    <s v="Enumerated Population"/>
+    <s v="610"/>
+    <s v="80 - 84 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="1981"/>
+    <s v="1981"/>
+    <s v="Number"/>
+    <n v="25047"/>
+  </r>
+  <r>
+    <s v="CD211"/>
+    <s v="Enumerated Population"/>
+    <s v="610"/>
+    <s v="80 - 84 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="1986"/>
+    <s v="1986"/>
+    <s v="Number"/>
+    <n v="26758"/>
+  </r>
+  <r>
+    <s v="CD211"/>
+    <s v="Enumerated Population"/>
+    <s v="610"/>
+    <s v="80 - 84 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="30336"/>
+  </r>
+  <r>
+    <s v="CD211"/>
+    <s v="Enumerated Population"/>
+    <s v="610"/>
+    <s v="80 - 84 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="34697"/>
+  </r>
+  <r>
+    <s v="CD211"/>
+    <s v="Enumerated Population"/>
+    <s v="610"/>
+    <s v="80 - 84 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="36574"/>
+  </r>
+  <r>
+    <s v="CD211"/>
+    <s v="Enumerated Population"/>
+    <s v="610"/>
+    <s v="80 - 84 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="40190"/>
+  </r>
+  <r>
+    <s v="CD211"/>
+    <s v="Enumerated Population"/>
+    <s v="610"/>
+    <s v="80 - 84 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="41690"/>
+  </r>
+  <r>
+    <s v="CD211"/>
+    <s v="Enumerated Population"/>
+    <s v="630"/>
+    <s v="85 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="1926"/>
+    <s v="1926"/>
+    <s v="Number"/>
+    <n v="14858"/>
+  </r>
+  <r>
+    <s v="CD211"/>
+    <s v="Enumerated Population"/>
+    <s v="630"/>
+    <s v="85 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="1936"/>
+    <s v="1936"/>
+    <s v="Number"/>
+    <n v="11505"/>
+  </r>
+  <r>
+    <s v="CD211"/>
+    <s v="Enumerated Population"/>
+    <s v="630"/>
+    <s v="85 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="1946"/>
+    <s v="1946"/>
+    <s v="Number"/>
+    <n v="13237"/>
+  </r>
+  <r>
+    <s v="CD211"/>
+    <s v="Enumerated Population"/>
+    <s v="630"/>
+    <s v="85 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="1951"/>
+    <s v="1951"/>
+    <s v="Number"/>
+    <n v="13285"/>
+  </r>
+  <r>
+    <s v="CD211"/>
+    <s v="Enumerated Population"/>
+    <s v="630"/>
+    <s v="85 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="1961"/>
+    <s v="1961"/>
+    <s v="Number"/>
+    <n v="18535"/>
+  </r>
+  <r>
+    <s v="CD211"/>
+    <s v="Enumerated Population"/>
+    <s v="630"/>
+    <s v="85 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="1966"/>
+    <s v="1966"/>
+    <s v="Number"/>
+    <n v="20297"/>
+  </r>
+  <r>
+    <s v="CD211"/>
+    <s v="Enumerated Population"/>
+    <s v="630"/>
+    <s v="85 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="1971"/>
+    <s v="1971"/>
+    <s v="Number"/>
+    <n v="20932"/>
+  </r>
+  <r>
+    <s v="CD211"/>
+    <s v="Enumerated Population"/>
+    <s v="630"/>
+    <s v="85 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="1979"/>
+    <s v="1979"/>
+    <s v="Number"/>
+    <n v="22461"/>
+  </r>
+  <r>
+    <s v="CD211"/>
+    <s v="Enumerated Population"/>
+    <s v="630"/>
+    <s v="85 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="1981"/>
+    <s v="1981"/>
+    <s v="Number"/>
+    <n v="22984"/>
+  </r>
+  <r>
+    <s v="CD211"/>
+    <s v="Enumerated Population"/>
+    <s v="630"/>
+    <s v="85 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="1986"/>
+    <s v="1986"/>
+    <s v="Number"/>
+    <n v="25458"/>
+  </r>
+  <r>
+    <s v="CD211"/>
+    <s v="Enumerated Population"/>
+    <s v="630"/>
+    <s v="85 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="29440"/>
+  </r>
+  <r>
+    <s v="CD211"/>
+    <s v="Enumerated Population"/>
+    <s v="630"/>
+    <s v="85 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="34663"/>
+  </r>
+  <r>
+    <s v="CD211"/>
+    <s v="Enumerated Population"/>
+    <s v="630"/>
+    <s v="85 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="41726"/>
+  </r>
+  <r>
+    <s v="CD211"/>
+    <s v="Enumerated Population"/>
+    <s v="630"/>
+    <s v="85 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="48028"/>
+  </r>
+  <r>
+    <s v="CD211"/>
+    <s v="Enumerated Population"/>
+    <s v="630"/>
+    <s v="85 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="58416"/>
+  </r>
+  <r>
+    <s v="CD211"/>
+    <s v="Enumerated Population"/>
+    <s v="630"/>
+    <s v="85 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="1926"/>
+    <s v="1926"/>
+    <s v="Number"/>
+    <n v="6584"/>
+  </r>
+  <r>
+    <s v="CD211"/>
+    <s v="Enumerated Population"/>
+    <s v="630"/>
+    <s v="85 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="1936"/>
+    <s v="1936"/>
+    <s v="Number"/>
+    <n v="4883"/>
+  </r>
+  <r>
+    <s v="CD211"/>
+    <s v="Enumerated Population"/>
+    <s v="630"/>
+    <s v="85 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="1946"/>
+    <s v="1946"/>
+    <s v="Number"/>
+    <n v="5525"/>
+  </r>
+  <r>
+    <s v="CD211"/>
+    <s v="Enumerated Population"/>
+    <s v="630"/>
+    <s v="85 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="1951"/>
+    <s v="1951"/>
+    <s v="Number"/>
+    <n v="5481"/>
+  </r>
+  <r>
+    <s v="CD211"/>
+    <s v="Enumerated Population"/>
+    <s v="630"/>
+    <s v="85 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="1961"/>
+    <s v="1961"/>
+    <s v="Number"/>
+    <n v="7694"/>
+  </r>
+  <r>
+    <s v="CD211"/>
+    <s v="Enumerated Population"/>
+    <s v="630"/>
+    <s v="85 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="1966"/>
+    <s v="1966"/>
+    <s v="Number"/>
+    <n v="8092"/>
+  </r>
+  <r>
+    <s v="CD211"/>
+    <s v="Enumerated Population"/>
+    <s v="630"/>
+    <s v="85 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="1971"/>
+    <s v="1971"/>
+    <s v="Number"/>
+    <n v="8114"/>
+  </r>
+  <r>
+    <s v="CD211"/>
+    <s v="Enumerated Population"/>
+    <s v="630"/>
+    <s v="85 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="1979"/>
+    <s v="1979"/>
+    <s v="Number"/>
+    <n v="8115"/>
+  </r>
+  <r>
+    <s v="CD211"/>
+    <s v="Enumerated Population"/>
+    <s v="630"/>
+    <s v="85 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="1981"/>
+    <s v="1981"/>
+    <s v="Number"/>
+    <n v="7910"/>
+  </r>
+  <r>
+    <s v="CD211"/>
+    <s v="Enumerated Population"/>
+    <s v="630"/>
+    <s v="85 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="1986"/>
+    <s v="1986"/>
+    <s v="Number"/>
+    <n v="8009"/>
+  </r>
+  <r>
+    <s v="CD211"/>
+    <s v="Enumerated Population"/>
+    <s v="630"/>
+    <s v="85 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="8908"/>
+  </r>
+  <r>
+    <s v="CD211"/>
+    <s v="Enumerated Population"/>
+    <s v="630"/>
+    <s v="85 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="10570"/>
+  </r>
+  <r>
+    <s v="CD211"/>
+    <s v="Enumerated Population"/>
+    <s v="630"/>
+    <s v="85 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="12486"/>
+  </r>
+  <r>
+    <s v="CD211"/>
+    <s v="Enumerated Population"/>
+    <s v="630"/>
+    <s v="85 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="14845"/>
+  </r>
+  <r>
+    <s v="CD211"/>
+    <s v="Enumerated Population"/>
+    <s v="630"/>
+    <s v="85 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="18486"/>
+  </r>
+  <r>
+    <s v="CD211"/>
+    <s v="Enumerated Population"/>
+    <s v="630"/>
+    <s v="85 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="1926"/>
+    <s v="1926"/>
+    <s v="Number"/>
+    <n v="8274"/>
+  </r>
+  <r>
+    <s v="CD211"/>
+    <s v="Enumerated Population"/>
+    <s v="630"/>
+    <s v="85 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="1936"/>
+    <s v="1936"/>
+    <s v="Number"/>
+    <n v="6622"/>
+  </r>
+  <r>
+    <s v="CD211"/>
+    <s v="Enumerated Population"/>
+    <s v="630"/>
+    <s v="85 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="1946"/>
+    <s v="1946"/>
+    <s v="Number"/>
+    <n v="7712"/>
+  </r>
+  <r>
+    <s v="CD211"/>
+    <s v="Enumerated Population"/>
+    <s v="630"/>
+    <s v="85 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="1951"/>
+    <s v="1951"/>
+    <s v="Number"/>
+    <n v="7804"/>
+  </r>
+  <r>
+    <s v="CD211"/>
+    <s v="Enumerated Population"/>
+    <s v="630"/>
+    <s v="85 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="1961"/>
+    <s v="1961"/>
+    <s v="Number"/>
+    <n v="10841"/>
+  </r>
+  <r>
+    <s v="CD211"/>
+    <s v="Enumerated Population"/>
+    <s v="630"/>
+    <s v="85 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="1966"/>
+    <s v="1966"/>
+    <s v="Number"/>
+    <n v="12205"/>
+  </r>
+  <r>
+    <s v="CD211"/>
+    <s v="Enumerated Population"/>
+    <s v="630"/>
+    <s v="85 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="1971"/>
+    <s v="1971"/>
+    <s v="Number"/>
+    <n v="12818"/>
+  </r>
+  <r>
+    <s v="CD211"/>
+    <s v="Enumerated Population"/>
+    <s v="630"/>
+    <s v="85 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="1979"/>
+    <s v="1979"/>
+    <s v="Number"/>
+    <n v="14346"/>
+  </r>
+  <r>
+    <s v="CD211"/>
+    <s v="Enumerated Population"/>
+    <s v="630"/>
+    <s v="85 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="1981"/>
+    <s v="1981"/>
+    <s v="Number"/>
+    <n v="15074"/>
+  </r>
+  <r>
+    <s v="CD211"/>
+    <s v="Enumerated Population"/>
+    <s v="630"/>
+    <s v="85 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="1986"/>
+    <s v="1986"/>
+    <s v="Number"/>
+    <n v="17449"/>
+  </r>
+  <r>
+    <s v="CD211"/>
+    <s v="Enumerated Population"/>
+    <s v="630"/>
+    <s v="85 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="20532"/>
+  </r>
+  <r>
+    <s v="CD211"/>
+    <s v="Enumerated Population"/>
+    <s v="630"/>
+    <s v="85 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="24093"/>
+  </r>
+  <r>
+    <s v="CD211"/>
+    <s v="Enumerated Population"/>
+    <s v="630"/>
+    <s v="85 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="29240"/>
+  </r>
+  <r>
+    <s v="CD211"/>
+    <s v="Enumerated Population"/>
+    <s v="630"/>
+    <s v="85 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="33183"/>
+  </r>
+  <r>
+    <s v="CD211"/>
+    <s v="Enumerated Population"/>
+    <s v="630"/>
+    <s v="85 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="39930"/>
+  </r>
+  <r>
+    <s v="CD211"/>
+    <s v="Enumerated Population"/>
+    <s v="320"/>
+    <s v="15 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="1926"/>
+    <s v="1926"/>
+    <s v="Number"/>
+    <n v="2104113"/>
+  </r>
+  <r>
+    <s v="CD211"/>
+    <s v="Enumerated Population"/>
+    <s v="320"/>
+    <s v="15 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="1936"/>
+    <s v="1936"/>
+    <s v="Number"/>
+    <n v="2148026"/>
+  </r>
+  <r>
+    <s v="CD211"/>
+    <s v="Enumerated Population"/>
+    <s v="320"/>
+    <s v="15 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="1946"/>
+    <s v="1946"/>
+    <s v="Number"/>
+    <n v="2132100"/>
+  </r>
+  <r>
+    <s v="CD211"/>
+    <s v="Enumerated Population"/>
+    <s v="320"/>
+    <s v="15 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="1951"/>
+    <s v="1951"/>
+    <s v="Number"/>
+    <n v="2105783"/>
+  </r>
+  <r>
+    <s v="CD211"/>
+    <s v="Enumerated Population"/>
+    <s v="320"/>
+    <s v="15 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="1961"/>
+    <s v="1961"/>
+    <s v="Number"/>
+    <n v="1941082"/>
+  </r>
+  <r>
+    <s v="CD211"/>
+    <s v="Enumerated Population"/>
+    <s v="320"/>
+    <s v="15 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="1966"/>
+    <s v="1966"/>
+    <s v="Number"/>
+    <n v="1983606"/>
+  </r>
+  <r>
+    <s v="CD211"/>
+    <s v="Enumerated Population"/>
+    <s v="320"/>
+    <s v="15 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="1971"/>
+    <s v="1971"/>
+    <s v="Number"/>
+    <n v="2047096"/>
+  </r>
+  <r>
+    <s v="CD211"/>
+    <s v="Enumerated Population"/>
+    <s v="320"/>
+    <s v="15 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="1979"/>
+    <s v="1979"/>
+    <s v="Number"/>
+    <n v="2338309"/>
+  </r>
+  <r>
+    <s v="CD211"/>
+    <s v="Enumerated Population"/>
+    <s v="320"/>
+    <s v="15 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="1981"/>
+    <s v="1981"/>
+    <s v="Number"/>
+    <n v="2399676"/>
+  </r>
+  <r>
+    <s v="CD211"/>
+    <s v="Enumerated Population"/>
+    <s v="320"/>
+    <s v="15 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="1986"/>
+    <s v="1986"/>
+    <s v="Number"/>
+    <n v="2515942"/>
+  </r>
+  <r>
+    <s v="CD211"/>
+    <s v="Enumerated Population"/>
+    <s v="320"/>
+    <s v="15 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="2585145"/>
+  </r>
+  <r>
+    <s v="CD211"/>
+    <s v="Enumerated Population"/>
+    <s v="320"/>
+    <s v="15 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="2766663"/>
+  </r>
+  <r>
+    <s v="CD211"/>
+    <s v="Enumerated Population"/>
+    <s v="320"/>
+    <s v="15 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3089775"/>
+  </r>
+  <r>
+    <s v="CD211"/>
+    <s v="Enumerated Population"/>
+    <s v="320"/>
+    <s v="15 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3375399"/>
+  </r>
+  <r>
+    <s v="CD211"/>
+    <s v="Enumerated Population"/>
+    <s v="320"/>
+    <s v="15 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3608662"/>
+  </r>
+  <r>
+    <s v="CD211"/>
+    <s v="Enumerated Population"/>
+    <s v="320"/>
+    <s v="15 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="1926"/>
+    <s v="1926"/>
+    <s v="Number"/>
+    <n v="1065138"/>
+  </r>
+  <r>
+    <s v="CD211"/>
+    <s v="Enumerated Population"/>
+    <s v="320"/>
+    <s v="15 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="1936"/>
+    <s v="1936"/>
+    <s v="Number"/>
+    <n v="1104021"/>
+  </r>
+  <r>
+    <s v="CD211"/>
+    <s v="Enumerated Population"/>
+    <s v="320"/>
+    <s v="15 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="1946"/>
+    <s v="1946"/>
+    <s v="Number"/>
+    <n v="1075893"/>
+  </r>
+  <r>
+    <s v="CD211"/>
+    <s v="Enumerated Population"/>
+    <s v="320"/>
+    <s v="15 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="1951"/>
+    <s v="1951"/>
+    <s v="Number"/>
+    <n v="1070150"/>
+  </r>
+  <r>
+    <s v="CD211"/>
+    <s v="Enumerated Population"/>
+    <s v="320"/>
+    <s v="15 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="1961"/>
+    <s v="1961"/>
+    <s v="Number"/>
+    <n v="967809"/>
+  </r>
+  <r>
+    <s v="CD211"/>
+    <s v="Enumerated Population"/>
+    <s v="320"/>
+    <s v="15 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="1966"/>
+    <s v="1966"/>
+    <s v="Number"/>
+    <n v="989626"/>
+  </r>
+  <r>
+    <s v="CD211"/>
+    <s v="Enumerated Population"/>
+    <s v="320"/>
+    <s v="15 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="1971"/>
+    <s v="1971"/>
+    <s v="Number"/>
+    <n v="1019974"/>
+  </r>
+  <r>
+    <s v="CD211"/>
+    <s v="Enumerated Population"/>
+    <s v="320"/>
+    <s v="15 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="1979"/>
+    <s v="1979"/>
+    <s v="Number"/>
+    <n v="1166242"/>
+  </r>
+  <r>
+    <s v="CD211"/>
+    <s v="Enumerated Population"/>
+    <s v="320"/>
+    <s v="15 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="1981"/>
+    <s v="1981"/>
+    <s v="Number"/>
+    <n v="1193945"/>
+  </r>
+  <r>
+    <s v="CD211"/>
+    <s v="Enumerated Population"/>
+    <s v="320"/>
+    <s v="15 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="1986"/>
+    <s v="1986"/>
+    <s v="Number"/>
+    <n v="1244044"/>
+  </r>
+  <r>
+    <s v="CD211"/>
+    <s v="Enumerated Population"/>
+    <s v="320"/>
+    <s v="15 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="1270580"/>
+  </r>
+  <r>
+    <s v="CD211"/>
+    <s v="Enumerated Population"/>
+    <s v="320"/>
+    <s v="15 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1358780"/>
+  </r>
+  <r>
+    <s v="CD211"/>
+    <s v="Enumerated Population"/>
+    <s v="320"/>
+    <s v="15 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1522120"/>
+  </r>
+  <r>
+    <s v="CD211"/>
+    <s v="Enumerated Population"/>
+    <s v="320"/>
+    <s v="15 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1678127"/>
+  </r>
+  <r>
+    <s v="CD211"/>
+    <s v="Enumerated Population"/>
+    <s v="320"/>
+    <s v="15 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1771510"/>
+  </r>
+  <r>
+    <s v="CD211"/>
+    <s v="Enumerated Population"/>
+    <s v="320"/>
+    <s v="15 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="1926"/>
+    <s v="1926"/>
+    <s v="Number"/>
+    <n v="1038975"/>
+  </r>
+  <r>
+    <s v="CD211"/>
+    <s v="Enumerated Population"/>
+    <s v="320"/>
+    <s v="15 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="1936"/>
+    <s v="1936"/>
+    <s v="Number"/>
+    <n v="1044005"/>
+  </r>
+  <r>
+    <s v="CD211"/>
+    <s v="Enumerated Population"/>
+    <s v="320"/>
+    <s v="15 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="1946"/>
+    <s v="1946"/>
+    <s v="Number"/>
+    <n v="1056207"/>
+  </r>
+  <r>
+    <s v="CD211"/>
+    <s v="Enumerated Population"/>
+    <s v="320"/>
+    <s v="15 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="1951"/>
+    <s v="1951"/>
+    <s v="Number"/>
+    <n v="1035633"/>
+  </r>
+  <r>
+    <s v="CD211"/>
+    <s v="Enumerated Population"/>
+    <s v="320"/>
+    <s v="15 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="1961"/>
+    <s v="1961"/>
+    <s v="Number"/>
+    <n v="973273"/>
+  </r>
+  <r>
+    <s v="CD211"/>
+    <s v="Enumerated Population"/>
+    <s v="320"/>
+    <s v="15 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="1966"/>
+    <s v="1966"/>
+    <s v="Number"/>
+    <n v="993980"/>
+  </r>
+  <r>
+    <s v="CD211"/>
+    <s v="Enumerated Population"/>
+    <s v="320"/>
+    <s v="15 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="1971"/>
+    <s v="1971"/>
+    <s v="Number"/>
+    <n v="1027122"/>
+  </r>
+  <r>
+    <s v="CD211"/>
+    <s v="Enumerated Population"/>
+    <s v="320"/>
+    <s v="15 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="1979"/>
+    <s v="1979"/>
+    <s v="Number"/>
+    <n v="1172067"/>
+  </r>
+  <r>
+    <s v="CD211"/>
+    <s v="Enumerated Population"/>
+    <s v="320"/>
+    <s v="15 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="1981"/>
+    <s v="1981"/>
+    <s v="Number"/>
+    <n v="1205731"/>
+  </r>
+  <r>
+    <s v="CD211"/>
+    <s v="Enumerated Population"/>
+    <s v="320"/>
+    <s v="15 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="1986"/>
+    <s v="1986"/>
+    <s v="Number"/>
+    <n v="1271898"/>
+  </r>
+  <r>
+    <s v="CD211"/>
+    <s v="Enumerated Population"/>
+    <s v="320"/>
+    <s v="15 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="1314565"/>
+  </r>
+  <r>
+    <s v="CD211"/>
+    <s v="Enumerated Population"/>
+    <s v="320"/>
+    <s v="15 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1407883"/>
+  </r>
+  <r>
+    <s v="CD211"/>
+    <s v="Enumerated Population"/>
+    <s v="320"/>
+    <s v="15 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1567655"/>
+  </r>
+  <r>
+    <s v="CD211"/>
+    <s v="Enumerated Population"/>
+    <s v="320"/>
+    <s v="15 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1697272"/>
+  </r>
+  <r>
+    <s v="CD211"/>
+    <s v="Enumerated Population"/>
+    <s v="320"/>
+    <s v="15 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1837152"/>
+  </r>
+</pivotCacheRecords>
 </file>