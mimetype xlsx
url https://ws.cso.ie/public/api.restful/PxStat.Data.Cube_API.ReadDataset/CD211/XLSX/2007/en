--- v1 (2025-12-22)
+++ v2 (2026-02-05)
@@ -1,48 +1,48 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/pivotCache/pivotCacheDefinition1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheDefinition+xml"/>
   <Override PartName="/pivotCache/pivotCacheRecords1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheRecords+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/pivotTables/pivotTable.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R248e2653e8414744" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/07422bfdb5c140b4923c161192f641f0.psmdcp" Id="R5f8a757ed66e4a09" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R474d7181e4774203" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/d5367ec497c6405fa6d2d0c5a84e0182.psmdcp" Id="R2717b7e664b346b3" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="About" sheetId="1" r:id="rId2"/>
     <x:sheet name="Unpivoted" sheetId="2" r:id="rId9"/>
     <x:sheet name="Pivoted" sheetId="3" r:id="rId11"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
   <x:pivotCaches>
     <x:pivotCache cacheId="0" r:id="rId12"/>
   </x:pivotCaches>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Table</x:t>