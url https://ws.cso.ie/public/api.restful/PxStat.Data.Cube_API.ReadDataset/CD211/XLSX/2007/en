--- v2 (2026-02-05)
+++ v3 (2026-03-23)
@@ -1,48 +1,48 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/pivotCache/pivotCacheDefinition1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheDefinition+xml"/>
   <Override PartName="/pivotCache/pivotCacheRecords1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheRecords+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/pivotTables/pivotTable.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R474d7181e4774203" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/d5367ec497c6405fa6d2d0c5a84e0182.psmdcp" Id="R2717b7e664b346b3" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2db7548639d4462a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/3982115c1396406c9c5c13f3c0972622.psmdcp" Id="R22605508e5de4504" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="About" sheetId="1" r:id="rId2"/>
     <x:sheet name="Unpivoted" sheetId="2" r:id="rId9"/>
     <x:sheet name="Pivoted" sheetId="3" r:id="rId11"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
   <x:pivotCaches>
     <x:pivotCache cacheId="0" r:id="rId12"/>
   </x:pivotCaches>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Table</x:t>