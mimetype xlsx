--- v0 (2025-11-15)
+++ v1 (2026-01-13)
@@ -1,97 +1,97 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/pivotCache/pivotCacheDefinition1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheDefinition+xml"/>
   <Override PartName="/pivotCache/pivotCacheRecords1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheRecords+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/pivotTables/pivotTable.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf490059625ca4738" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/56311978a94445bb9a8ad65bb803ea01.psmdcp" Id="Rf519b2d335494ce6" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8eb5e32cee90485a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/0a421fd0c526408083c7e9c948a1e753.psmdcp" Id="Rc30dbde98df248d1" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
-    <x:sheet name="About" sheetId="2" r:id="rId2"/>
-[...1 lines deleted...]
-    <x:sheet name="Pivoted" sheetId="11" r:id="rId11"/>
+    <x:sheet name="About" sheetId="1" r:id="rId2"/>
+    <x:sheet name="Unpivoted" sheetId="2" r:id="rId9"/>
+    <x:sheet name="Pivoted" sheetId="3" r:id="rId11"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
   <x:pivotCaches>
     <x:pivotCache cacheId="0" r:id="rId12"/>
   </x:pivotCaches>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Table</x:t>
   </x:si>
   <x:si>
     <x:t>Code</x:t>
   </x:si>
   <x:si>
     <x:t>CD203</x:t>
   </x:si>
   <x:si>
     <x:t>Name</x:t>
   </x:si>
   <x:si>
     <x:t>Population Aged 65 Years and Over in Private Households</x:t>
   </x:si>
   <x:si>
     <x:t>Frequency</x:t>
   </x:si>
   <x:si>
     <x:t>Annual</x:t>
   </x:si>
   <x:si>
     <x:t>Last Updated</x:t>
   </x:si>
   <x:si>
-    <x:t>5/12/2020 11:00:00 AM</x:t>
+    <x:t>12/05/2020 11:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Note</x:t>
   </x:si>
   <x:si>
     <x:t>Url</x:t>
   </x:si>
   <x:si>
     <x:t>https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/CD203/XLSX/2007/en</x:t>
   </x:si>
   <x:si>
     <x:t>Product</x:t>
   </x:si>
   <x:si>
     <x:t>C2011P2</x:t>
   </x:si>
   <x:si>
     <x:t>Profile 2 - Ages</x:t>
   </x:si>
   <x:si>
     <x:t>Contacts</x:t>
   </x:si>
   <x:si>
     <x:t>Bernie Casey</x:t>
   </x:si>
@@ -478,323 +478,160 @@
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip r:embed="rId8" cstate="print"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="3971925" cy="1381125"/>
         </a:xfrm>
         <a:prstGeom prst="rect"/>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/pivotTables/_rels/pivotTable.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheDefinition" Target="/pivotCache/pivotCacheDefinition1.xml" Id="rId17" /></Relationships>
 </file>
 
 <file path=xl/pivotTables/pivotTable.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotTableDefinition xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" dataCaption="Values" showError="0" missingCaption="" showMissing="1" pageWrap="0" pageOverThenDown="0" rowGrandTotals="0" colGrandTotals="0" indent="1">
-[...271 lines deleted...]
-</x:pivotTableDefinition>
+<pivotTableDefinition xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" applyNumberFormats="0" applyBorderFormats="0" applyFontFormats="0" applyPatternFormats="0" applyAlignmentFormats="0" applyWidthHeightFormats="0" dataCaption="Values" rowGrandTotals="0" colGrandTotals="0" outline="1">
+  <location ref="A1" firstHeaderRow="0" firstDataRow="0" firstDataCol="0"/>
+  <pivotFields count="12">
+    <pivotField name="C02076V03371" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="5">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+      </items>
+    </pivotField>
+    <pivotField name="Age Group" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="5">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+      </items>
+    </pivotField>
+    <pivotField name="C02199V02655" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="3">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+      </items>
+    </pivotField>
+    <pivotField name="Sex" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="3">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+      </items>
+    </pivotField>
+    <pivotField name="C02196V02652" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="9">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+      </items>
+    </pivotField>
+    <pivotField name="Regional Authority" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="9">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+      </items>
+    </pivotField>
+    <pivotField name="TLIST(A1)" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="CensusYear" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="STATISTIC" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="3">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+      </items>
+    </pivotField>
+    <pivotField name="Statistic Label" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="3">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+      </items>
+    </pivotField>
+    <pivotField showAll="0"/>
+    <pivotField dataField="1" showAll="0"/>
+  </pivotFields>
+  <rowFields count="10">
+    <field x="0"/>
+    <field x="1"/>
+    <field x="2"/>
+    <field x="3"/>
+    <field x="4"/>
+    <field x="5"/>
+    <field x="6"/>
+    <field x="7"/>
+    <field x="8"/>
+    <field x="9"/>
+  </rowFields>
+  <dataFields count="1">
+    <dataField name="VALUE" fld="11"/>
+  </dataFields>
+  <pivotTableStyleInfo name="PivotStyleLight16" showRowHeaders="1" showColHeaders="1"/>
+  <extLst>
+    <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{962EF5D1-5CA2-4c93-8EF4-DBF5C05439D2}">
+      <x14:pivotTableDefinition enableEdit="0" hideValuesRow="1"/>
+    </ext>
+  </extLst>
+</pivotTableDefinition>
 </file>
 
 <file path=xl/tables/table1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:table xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="1" name="Unpivoted" displayName="Unpivoted" ref="A1:L406" totalsRowShown="0">
   <x:autoFilter ref="A1:L406"/>
   <x:tableColumns count="12">
     <x:tableColumn id="1" name="C02076V03371"/>
     <x:tableColumn id="2" name="Age Group"/>
     <x:tableColumn id="3" name="C02199V02655"/>
     <x:tableColumn id="4" name="Sex"/>
     <x:tableColumn id="5" name="C02196V02652"/>
     <x:tableColumn id="6" name="Regional Authority"/>
     <x:tableColumn id="7" name="TLIST(A1)"/>
     <x:tableColumn id="8" name="CensusYear"/>
     <x:tableColumn id="9" name="STATISTIC"/>
     <x:tableColumn id="10" name="Statistic Label"/>
     <x:tableColumn id="11" name="UNIT"/>
     <x:tableColumn id="12" name="VALUE"/>
   </x:tableColumns>
   <x:tableStyleInfo name="TableStyleMedium2" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </x:table>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
@@ -1067,51 +904,51 @@
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="/xl/drawings/drawing1.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/CD203/XLSX/2007/en" TargetMode="External" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cso.ie/" TargetMode="External" Id="rId14" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="/xl/tables/table1.xml" Id="rId15" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet3.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotTable" Target="/xl/pivotTables/pivotTable.xml" Id="rId16" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:B39"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="20.710625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="100.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="8" spans="1:2">
       <x:c r="A8" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B8" s="2"/>
     </x:row>
     <x:row r="9" spans="1:2">
       <x:c r="A9" s="3" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="B9" s="0" t="s">
         <x:v>2</x:v>
@@ -1298,51 +1135,51 @@
       </x:c>
     </x:row>
     <x:row r="39" spans="1:2">
       <x:c r="A39" s="3" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B39" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:hyperlinks>
     <x:hyperlink ref="B14" r:id="rId13"/>
     <x:hyperlink ref="B28" r:id="rId14"/>
   </x:hyperlinks>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:drawing xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId7"/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:L406"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="16.139196" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="16.567768" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="16.139196" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="10.424911" style="0" customWidth="1"/>
     <x:col min="5" max="5" width="16.139196" style="0" customWidth="1"/>
     <x:col min="6" max="6" width="19.996339" style="0" customWidth="1"/>
     <x:col min="7" max="7" width="11.282054" style="0" customWidth="1"/>
     <x:col min="8" max="8" width="13.424911" style="0" customWidth="1"/>
     <x:col min="9" max="9" width="11.996339" style="0" customWidth="1"/>
     <x:col min="10" max="10" width="79.567768" style="0" customWidth="1"/>
     <x:col min="11" max="11" width="8.282054" style="0" customWidth="1"/>
     <x:col min="12" max="12" width="8.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:12">
       <x:c r="A1" s="0" t="s">
@@ -16762,51 +16599,51 @@
       <x:c r="I406" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="J406" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="K406" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="L406" s="0">
         <x:v>50.4</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="1">
     <x:tablePart r:id="rId15"/>
   </x:tableParts>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:sheetData/>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Application>Microsoft Excel</ap:Application>
   <ap:TitlesOfParts>
     <vt:vector baseType="lpstr" size="9">
       <vt:lpstr>About</vt:lpstr>
       <vt:lpstr>Unpivoted</vt:lpstr>
       <vt:lpstr>Pivoted</vt:lpstr>
@@ -16823,51 +16660,51 @@
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>3</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Named Ranges</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>6</vt:i4>
       </vt:variant>
     </vt:vector>
   </ap:HeadingPairs>
   <ap:DocSecurity>0</ap:DocSecurity>
   <ap:ScaleCrop>false</ap:ScaleCrop>
 </ap:Properties>
 </file>
 
 <file path=pivotCache/_rels/pivotCacheDefinition1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheRecords" Target="/pivotCache/pivotCacheRecords1.xml" Id="rId1" /></Relationships>
 </file>
 
 <file path=pivotCache/pivotCacheDefinition1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:pivotCacheDefinition xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" r:id="rId1" saveData="1" refreshOnLoad="1" createdVersion="5" refreshedVersion="5" minRefreshableVersion="3">
   <x:cacheSource type="worksheet">
-    <x:worksheetSource ref="A1:L406" sheet="Unpivoted"/>
+    <x:worksheetSource name="Unpivoted"/>
   </x:cacheSource>
   <x:cacheFields>
     <x:cacheField name="C02076V03371">
       <x:sharedItems count="5">
         <x:s v="575"/>
         <x:s v="590"/>
         <x:s v="605"/>
         <x:s v="620"/>
         <x:s v="630"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="Age Group">
       <x:sharedItems count="5">
         <x:s v="65 years and over"/>
         <x:s v="70 years and over"/>
         <x:s v="75 years and over"/>
         <x:s v="80 years and over"/>
         <x:s v="85 years and over"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="C02199V02655">
       <x:sharedItems count="3">
         <x:s v="-"/>
         <x:s v="1"/>
         <x:s v="2"/>
@@ -17306,27 +17143,5698 @@
         <x:n v="46.6"/>
         <x:n v="3429"/>
         <x:n v="1511"/>
         <x:n v="44.1"/>
         <x:n v="7167"/>
         <x:n v="3886"/>
         <x:n v="54.2"/>
         <x:n v="2243"/>
         <x:n v="1050"/>
         <x:n v="46.8"/>
         <x:n v="2511"/>
         <x:n v="1267"/>
         <x:n v="50.5"/>
         <x:n v="3108"/>
         <x:n v="1477"/>
         <x:n v="4333"/>
         <x:n v="2184"/>
         <x:n v="50.4"/>
       </x:sharedItems>
     </x:cacheField>
   </x:cacheFields>
 </x:pivotCacheDefinition>
 </file>
 
 <file path=pivotCache/pivotCacheRecords1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main"/>
+<pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="xr">
+  <r>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD203C1"/>
+    <s v="Persons in Private Households"/>
+    <s v="Number"/>
+    <n v="491168"/>
+  </r>
+  <r>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD203C2"/>
+    <s v="Persons Living Alone"/>
+    <s v="Number"/>
+    <n v="136295"/>
+  </r>
+  <r>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD203C3"/>
+    <s v="Persons Living Alone as a Percentage of Persons in the Age Group in Private Households"/>
+    <s v="%"/>
+    <n v="27.7"/>
+  </r>
+  <r>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD203C1"/>
+    <s v="Persons in Private Households"/>
+    <s v="Number"/>
+    <n v="60116"/>
+  </r>
+  <r>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD203C2"/>
+    <s v="Persons Living Alone"/>
+    <s v="Number"/>
+    <n v="17619"/>
+  </r>
+  <r>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD203C3"/>
+    <s v="Persons Living Alone as a Percentage of Persons in the Age Group in Private Households"/>
+    <s v="%"/>
+    <n v="29.3"/>
+  </r>
+  <r>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD203C1"/>
+    <s v="Persons in Private Households"/>
+    <s v="Number"/>
+    <n v="29446"/>
+  </r>
+  <r>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD203C2"/>
+    <s v="Persons Living Alone"/>
+    <s v="Number"/>
+    <n v="7971"/>
+  </r>
+  <r>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD203C3"/>
+    <s v="Persons Living Alone as a Percentage of Persons in the Age Group in Private Households"/>
+    <s v="%"/>
+    <n v="27.1"/>
+  </r>
+  <r>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD203C1"/>
+    <s v="Persons in Private Households"/>
+    <s v="Number"/>
+    <n v="52460"/>
+  </r>
+  <r>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD203C2"/>
+    <s v="Persons Living Alone"/>
+    <s v="Number"/>
+    <n v="15190"/>
+  </r>
+  <r>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD203C3"/>
+    <s v="Persons Living Alone as a Percentage of Persons in the Age Group in Private Households"/>
+    <s v="%"/>
+    <n v="29"/>
+  </r>
+  <r>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD203C1"/>
+    <s v="Persons in Private Households"/>
+    <s v="Number"/>
+    <n v="127331"/>
+  </r>
+  <r>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD203C2"/>
+    <s v="Persons Living Alone"/>
+    <s v="Number"/>
+    <n v="35603"/>
+  </r>
+  <r>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD203C3"/>
+    <s v="Persons Living Alone as a Percentage of Persons in the Age Group in Private Households"/>
+    <s v="%"/>
+    <n v="28"/>
+  </r>
+  <r>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD203C1"/>
+    <s v="Persons in Private Households"/>
+    <s v="Number"/>
+    <n v="44280"/>
+  </r>
+  <r>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD203C2"/>
+    <s v="Persons Living Alone"/>
+    <s v="Number"/>
+    <n v="10839"/>
+  </r>
+  <r>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD203C3"/>
+    <s v="Persons Living Alone as a Percentage of Persons in the Age Group in Private Households"/>
+    <s v="%"/>
+    <n v="24.5"/>
+  </r>
+  <r>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD203C1"/>
+    <s v="Persons in Private Households"/>
+    <s v="Number"/>
+    <n v="43745"/>
+  </r>
+  <r>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD203C2"/>
+    <s v="Persons Living Alone"/>
+    <s v="Number"/>
+    <n v="12333"/>
+  </r>
+  <r>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD203C3"/>
+    <s v="Persons Living Alone as a Percentage of Persons in the Age Group in Private Households"/>
+    <s v="%"/>
+    <n v="28.2"/>
+  </r>
+  <r>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD203C1"/>
+    <s v="Persons in Private Households"/>
+    <s v="Number"/>
+    <n v="57773"/>
+  </r>
+  <r>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD203C2"/>
+    <s v="Persons Living Alone"/>
+    <s v="Number"/>
+    <n v="15623"/>
+  </r>
+  <r>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD203C3"/>
+    <s v="Persons Living Alone as a Percentage of Persons in the Age Group in Private Households"/>
+    <s v="%"/>
+    <n v="27"/>
+  </r>
+  <r>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD203C1"/>
+    <s v="Persons in Private Households"/>
+    <s v="Number"/>
+    <n v="76017"/>
+  </r>
+  <r>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD203C2"/>
+    <s v="Persons Living Alone"/>
+    <s v="Number"/>
+    <n v="21117"/>
+  </r>
+  <r>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD203C3"/>
+    <s v="Persons Living Alone as a Percentage of Persons in the Age Group in Private Households"/>
+    <s v="%"/>
+    <n v="27.8"/>
+  </r>
+  <r>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD203C1"/>
+    <s v="Persons in Private Households"/>
+    <s v="Number"/>
+    <n v="227906"/>
+  </r>
+  <r>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD203C2"/>
+    <s v="Persons Living Alone"/>
+    <s v="Number"/>
+    <n v="48840"/>
+  </r>
+  <r>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD203C3"/>
+    <s v="Persons Living Alone as a Percentage of Persons in the Age Group in Private Households"/>
+    <s v="%"/>
+    <n v="21.4"/>
+  </r>
+  <r>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD203C1"/>
+    <s v="Persons in Private Households"/>
+    <s v="Number"/>
+    <n v="28628"/>
+  </r>
+  <r>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD203C2"/>
+    <s v="Persons Living Alone"/>
+    <s v="Number"/>
+    <n v="6985"/>
+  </r>
+  <r>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD203C3"/>
+    <s v="Persons Living Alone as a Percentage of Persons in the Age Group in Private Households"/>
+    <s v="%"/>
+    <n v="24.4"/>
+  </r>
+  <r>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD203C1"/>
+    <s v="Persons in Private Households"/>
+    <s v="Number"/>
+    <n v="14038"/>
+  </r>
+  <r>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD203C2"/>
+    <s v="Persons Living Alone"/>
+    <s v="Number"/>
+    <n v="3013"/>
+  </r>
+  <r>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD203C3"/>
+    <s v="Persons Living Alone as a Percentage of Persons in the Age Group in Private Households"/>
+    <s v="%"/>
+    <n v="21.5"/>
+  </r>
+  <r>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD203C1"/>
+    <s v="Persons in Private Households"/>
+    <s v="Number"/>
+    <n v="25148"/>
+  </r>
+  <r>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD203C2"/>
+    <s v="Persons Living Alone"/>
+    <s v="Number"/>
+    <n v="6232"/>
+  </r>
+  <r>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD203C3"/>
+    <s v="Persons Living Alone as a Percentage of Persons in the Age Group in Private Households"/>
+    <s v="%"/>
+    <n v="24.8"/>
+  </r>
+  <r>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD203C1"/>
+    <s v="Persons in Private Households"/>
+    <s v="Number"/>
+    <n v="55770"/>
+  </r>
+  <r>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD203C2"/>
+    <s v="Persons Living Alone"/>
+    <s v="Number"/>
+    <n v="10684"/>
+  </r>
+  <r>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD203C3"/>
+    <s v="Persons Living Alone as a Percentage of Persons in the Age Group in Private Households"/>
+    <s v="%"/>
+    <n v="19.2"/>
+  </r>
+  <r>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD203C1"/>
+    <s v="Persons in Private Households"/>
+    <s v="Number"/>
+    <n v="20996"/>
+  </r>
+  <r>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD203C2"/>
+    <s v="Persons Living Alone"/>
+    <s v="Number"/>
+    <n v="3731"/>
+  </r>
+  <r>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD203C3"/>
+    <s v="Persons Living Alone as a Percentage of Persons in the Age Group in Private Households"/>
+    <s v="%"/>
+    <n v="17.8"/>
+  </r>
+  <r>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD203C1"/>
+    <s v="Persons in Private Households"/>
+    <s v="Number"/>
+    <n v="20550"/>
+  </r>
+  <r>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD203C2"/>
+    <s v="Persons Living Alone"/>
+    <s v="Number"/>
+    <n v="4594"/>
+  </r>
+  <r>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD203C3"/>
+    <s v="Persons Living Alone as a Percentage of Persons in the Age Group in Private Households"/>
+    <s v="%"/>
+    <n v="22.4"/>
+  </r>
+  <r>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD203C1"/>
+    <s v="Persons in Private Households"/>
+    <s v="Number"/>
+    <n v="27499"/>
+  </r>
+  <r>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD203C2"/>
+    <s v="Persons Living Alone"/>
+    <s v="Number"/>
+    <n v="5897"/>
+  </r>
+  <r>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD203C3"/>
+    <s v="Persons Living Alone as a Percentage of Persons in the Age Group in Private Households"/>
+    <s v="%"/>
+    <n v="21.4"/>
+  </r>
+  <r>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD203C1"/>
+    <s v="Persons in Private Households"/>
+    <s v="Number"/>
+    <n v="35277"/>
+  </r>
+  <r>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD203C2"/>
+    <s v="Persons Living Alone"/>
+    <s v="Number"/>
+    <n v="7704"/>
+  </r>
+  <r>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD203C3"/>
+    <s v="Persons Living Alone as a Percentage of Persons in the Age Group in Private Households"/>
+    <s v="%"/>
+    <n v="21.8"/>
+  </r>
+  <r>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD203C1"/>
+    <s v="Persons in Private Households"/>
+    <s v="Number"/>
+    <n v="263262"/>
+  </r>
+  <r>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD203C2"/>
+    <s v="Persons Living Alone"/>
+    <s v="Number"/>
+    <n v="87455"/>
+  </r>
+  <r>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD203C3"/>
+    <s v="Persons Living Alone as a Percentage of Persons in the Age Group in Private Households"/>
+    <s v="%"/>
+    <n v="33.2"/>
+  </r>
+  <r>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD203C1"/>
+    <s v="Persons in Private Households"/>
+    <s v="Number"/>
+    <n v="31488"/>
+  </r>
+  <r>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD203C2"/>
+    <s v="Persons Living Alone"/>
+    <s v="Number"/>
+    <n v="10634"/>
+  </r>
+  <r>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD203C3"/>
+    <s v="Persons Living Alone as a Percentage of Persons in the Age Group in Private Households"/>
+    <s v="%"/>
+    <n v="33.8"/>
+  </r>
+  <r>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD203C1"/>
+    <s v="Persons in Private Households"/>
+    <s v="Number"/>
+    <n v="15408"/>
+  </r>
+  <r>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD203C2"/>
+    <s v="Persons Living Alone"/>
+    <s v="Number"/>
+    <n v="4958"/>
+  </r>
+  <r>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD203C3"/>
+    <s v="Persons Living Alone as a Percentage of Persons in the Age Group in Private Households"/>
+    <s v="%"/>
+    <n v="32.2"/>
+  </r>
+  <r>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD203C1"/>
+    <s v="Persons in Private Households"/>
+    <s v="Number"/>
+    <n v="27312"/>
+  </r>
+  <r>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD203C2"/>
+    <s v="Persons Living Alone"/>
+    <s v="Number"/>
+    <n v="8958"/>
+  </r>
+  <r>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD203C3"/>
+    <s v="Persons Living Alone as a Percentage of Persons in the Age Group in Private Households"/>
+    <s v="%"/>
+    <n v="32.8"/>
+  </r>
+  <r>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD203C1"/>
+    <s v="Persons in Private Households"/>
+    <s v="Number"/>
+    <n v="71561"/>
+  </r>
+  <r>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD203C2"/>
+    <s v="Persons Living Alone"/>
+    <s v="Number"/>
+    <n v="24919"/>
+  </r>
+  <r>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD203C3"/>
+    <s v="Persons Living Alone as a Percentage of Persons in the Age Group in Private Households"/>
+    <s v="%"/>
+    <n v="34.8"/>
+  </r>
+  <r>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD203C1"/>
+    <s v="Persons in Private Households"/>
+    <s v="Number"/>
+    <n v="23284"/>
+  </r>
+  <r>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD203C2"/>
+    <s v="Persons Living Alone"/>
+    <s v="Number"/>
+    <n v="7108"/>
+  </r>
+  <r>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD203C3"/>
+    <s v="Persons Living Alone as a Percentage of Persons in the Age Group in Private Households"/>
+    <s v="%"/>
+    <n v="30.5"/>
+  </r>
+  <r>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD203C1"/>
+    <s v="Persons in Private Households"/>
+    <s v="Number"/>
+    <n v="23195"/>
+  </r>
+  <r>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD203C2"/>
+    <s v="Persons Living Alone"/>
+    <s v="Number"/>
+    <n v="7739"/>
+  </r>
+  <r>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD203C3"/>
+    <s v="Persons Living Alone as a Percentage of Persons in the Age Group in Private Households"/>
+    <s v="%"/>
+    <n v="33.4"/>
+  </r>
+  <r>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD203C1"/>
+    <s v="Persons in Private Households"/>
+    <s v="Number"/>
+    <n v="30274"/>
+  </r>
+  <r>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD203C2"/>
+    <s v="Persons Living Alone"/>
+    <s v="Number"/>
+    <n v="9726"/>
+  </r>
+  <r>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD203C3"/>
+    <s v="Persons Living Alone as a Percentage of Persons in the Age Group in Private Households"/>
+    <s v="%"/>
+    <n v="32.1"/>
+  </r>
+  <r>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD203C1"/>
+    <s v="Persons in Private Households"/>
+    <s v="Number"/>
+    <n v="40740"/>
+  </r>
+  <r>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD203C2"/>
+    <s v="Persons Living Alone"/>
+    <s v="Number"/>
+    <n v="13413"/>
+  </r>
+  <r>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD203C3"/>
+    <s v="Persons Living Alone as a Percentage of Persons in the Age Group in Private Households"/>
+    <s v="%"/>
+    <n v="32.9"/>
+  </r>
+  <r>
+    <s v="590"/>
+    <s v="70 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD203C1"/>
+    <s v="Persons in Private Households"/>
+    <s v="Number"/>
+    <n v="323907"/>
+  </r>
+  <r>
+    <s v="590"/>
+    <s v="70 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD203C2"/>
+    <s v="Persons Living Alone"/>
+    <s v="Number"/>
+    <n v="103716"/>
+  </r>
+  <r>
+    <s v="590"/>
+    <s v="70 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD203C3"/>
+    <s v="Persons Living Alone as a Percentage of Persons in the Age Group in Private Households"/>
+    <s v="%"/>
+    <n v="32"/>
+  </r>
+  <r>
+    <s v="590"/>
+    <s v="70 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD203C1"/>
+    <s v="Persons in Private Households"/>
+    <s v="Number"/>
+    <n v="40061"/>
+  </r>
+  <r>
+    <s v="590"/>
+    <s v="70 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD203C2"/>
+    <s v="Persons Living Alone"/>
+    <s v="Number"/>
+    <n v="13571"/>
+  </r>
+  <r>
+    <s v="590"/>
+    <s v="70 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD203C3"/>
+    <s v="Persons Living Alone as a Percentage of Persons in the Age Group in Private Households"/>
+    <s v="%"/>
+    <n v="33.9"/>
+  </r>
+  <r>
+    <s v="590"/>
+    <s v="70 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD203C1"/>
+    <s v="Persons in Private Households"/>
+    <s v="Number"/>
+    <n v="19404"/>
+  </r>
+  <r>
+    <s v="590"/>
+    <s v="70 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD203C2"/>
+    <s v="Persons Living Alone"/>
+    <s v="Number"/>
+    <n v="6088"/>
+  </r>
+  <r>
+    <s v="590"/>
+    <s v="70 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD203C3"/>
+    <s v="Persons Living Alone as a Percentage of Persons in the Age Group in Private Households"/>
+    <s v="%"/>
+    <n v="31.4"/>
+  </r>
+  <r>
+    <s v="590"/>
+    <s v="70 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD203C1"/>
+    <s v="Persons in Private Households"/>
+    <s v="Number"/>
+    <n v="35099"/>
+  </r>
+  <r>
+    <s v="590"/>
+    <s v="70 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD203C2"/>
+    <s v="Persons Living Alone"/>
+    <s v="Number"/>
+    <n v="11557"/>
+  </r>
+  <r>
+    <s v="590"/>
+    <s v="70 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD203C3"/>
+    <s v="Persons Living Alone as a Percentage of Persons in the Age Group in Private Households"/>
+    <s v="%"/>
+    <n v="32.9"/>
+  </r>
+  <r>
+    <s v="590"/>
+    <s v="70 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD203C1"/>
+    <s v="Persons in Private Households"/>
+    <s v="Number"/>
+    <n v="85534"/>
+  </r>
+  <r>
+    <s v="590"/>
+    <s v="70 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD203C2"/>
+    <s v="Persons Living Alone"/>
+    <s v="Number"/>
+    <n v="27411"/>
+  </r>
+  <r>
+    <s v="590"/>
+    <s v="70 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD203C3"/>
+    <s v="Persons Living Alone as a Percentage of Persons in the Age Group in Private Households"/>
+    <s v="%"/>
+    <n v="32"/>
+  </r>
+  <r>
+    <s v="590"/>
+    <s v="70 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD203C1"/>
+    <s v="Persons in Private Households"/>
+    <s v="Number"/>
+    <n v="27011"/>
+  </r>
+  <r>
+    <s v="590"/>
+    <s v="70 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD203C2"/>
+    <s v="Persons Living Alone"/>
+    <s v="Number"/>
+    <n v="7954"/>
+  </r>
+  <r>
+    <s v="590"/>
+    <s v="70 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD203C3"/>
+    <s v="Persons Living Alone as a Percentage of Persons in the Age Group in Private Households"/>
+    <s v="%"/>
+    <n v="29.4"/>
+  </r>
+  <r>
+    <s v="590"/>
+    <s v="70 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD203C1"/>
+    <s v="Persons in Private Households"/>
+    <s v="Number"/>
+    <n v="28607"/>
+  </r>
+  <r>
+    <s v="590"/>
+    <s v="70 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD203C2"/>
+    <s v="Persons Living Alone"/>
+    <s v="Number"/>
+    <n v="9328"/>
+  </r>
+  <r>
+    <s v="590"/>
+    <s v="70 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD203C3"/>
+    <s v="Persons Living Alone as a Percentage of Persons in the Age Group in Private Households"/>
+    <s v="%"/>
+    <n v="32.6"/>
+  </r>
+  <r>
+    <s v="590"/>
+    <s v="70 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD203C1"/>
+    <s v="Persons in Private Households"/>
+    <s v="Number"/>
+    <n v="37938"/>
+  </r>
+  <r>
+    <s v="590"/>
+    <s v="70 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD203C2"/>
+    <s v="Persons Living Alone"/>
+    <s v="Number"/>
+    <n v="11829"/>
+  </r>
+  <r>
+    <s v="590"/>
+    <s v="70 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD203C3"/>
+    <s v="Persons Living Alone as a Percentage of Persons in the Age Group in Private Households"/>
+    <s v="%"/>
+    <n v="31.2"/>
+  </r>
+  <r>
+    <s v="590"/>
+    <s v="70 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD203C1"/>
+    <s v="Persons in Private Households"/>
+    <s v="Number"/>
+    <n v="50253"/>
+  </r>
+  <r>
+    <s v="590"/>
+    <s v="70 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD203C2"/>
+    <s v="Persons Living Alone"/>
+    <s v="Number"/>
+    <n v="15978"/>
+  </r>
+  <r>
+    <s v="590"/>
+    <s v="70 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD203C3"/>
+    <s v="Persons Living Alone as a Percentage of Persons in the Age Group in Private Households"/>
+    <s v="%"/>
+    <n v="31.8"/>
+  </r>
+  <r>
+    <s v="590"/>
+    <s v="70 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD203C1"/>
+    <s v="Persons in Private Households"/>
+    <s v="Number"/>
+    <n v="144581"/>
+  </r>
+  <r>
+    <s v="590"/>
+    <s v="70 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD203C2"/>
+    <s v="Persons Living Alone"/>
+    <s v="Number"/>
+    <n v="34257"/>
+  </r>
+  <r>
+    <s v="590"/>
+    <s v="70 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD203C3"/>
+    <s v="Persons Living Alone as a Percentage of Persons in the Age Group in Private Households"/>
+    <s v="%"/>
+    <n v="23.7"/>
+  </r>
+  <r>
+    <s v="590"/>
+    <s v="70 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD203C1"/>
+    <s v="Persons in Private Households"/>
+    <s v="Number"/>
+    <n v="18265"/>
+  </r>
+  <r>
+    <s v="590"/>
+    <s v="70 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD203C2"/>
+    <s v="Persons Living Alone"/>
+    <s v="Number"/>
+    <n v="4912"/>
+  </r>
+  <r>
+    <s v="590"/>
+    <s v="70 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD203C3"/>
+    <s v="Persons Living Alone as a Percentage of Persons in the Age Group in Private Households"/>
+    <s v="%"/>
+    <n v="26.9"/>
+  </r>
+  <r>
+    <s v="590"/>
+    <s v="70 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD203C1"/>
+    <s v="Persons in Private Households"/>
+    <s v="Number"/>
+    <n v="8987"/>
+  </r>
+  <r>
+    <s v="590"/>
+    <s v="70 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD203C2"/>
+    <s v="Persons Living Alone"/>
+    <s v="Number"/>
+    <n v="2150"/>
+  </r>
+  <r>
+    <s v="590"/>
+    <s v="70 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD203C3"/>
+    <s v="Persons Living Alone as a Percentage of Persons in the Age Group in Private Households"/>
+    <s v="%"/>
+    <n v="23.9"/>
+  </r>
+  <r>
+    <s v="590"/>
+    <s v="70 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD203C1"/>
+    <s v="Persons in Private Households"/>
+    <s v="Number"/>
+    <n v="16196"/>
+  </r>
+  <r>
+    <s v="590"/>
+    <s v="70 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD203C2"/>
+    <s v="Persons Living Alone"/>
+    <s v="Number"/>
+    <n v="4370"/>
+  </r>
+  <r>
+    <s v="590"/>
+    <s v="70 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD203C3"/>
+    <s v="Persons Living Alone as a Percentage of Persons in the Age Group in Private Households"/>
+    <s v="%"/>
+    <n v="27"/>
+  </r>
+  <r>
+    <s v="590"/>
+    <s v="70 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD203C1"/>
+    <s v="Persons in Private Households"/>
+    <s v="Number"/>
+    <n v="35969"/>
+  </r>
+  <r>
+    <s v="590"/>
+    <s v="70 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD203C2"/>
+    <s v="Persons Living Alone"/>
+    <s v="Number"/>
+    <n v="7657"/>
+  </r>
+  <r>
+    <s v="590"/>
+    <s v="70 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD203C3"/>
+    <s v="Persons Living Alone as a Percentage of Persons in the Age Group in Private Households"/>
+    <s v="%"/>
+    <n v="21.3"/>
+  </r>
+  <r>
+    <s v="590"/>
+    <s v="70 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD203C1"/>
+    <s v="Persons in Private Households"/>
+    <s v="Number"/>
+    <n v="12247"/>
+  </r>
+  <r>
+    <s v="590"/>
+    <s v="70 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD203C2"/>
+    <s v="Persons Living Alone"/>
+    <s v="Number"/>
+    <n v="2512"/>
+  </r>
+  <r>
+    <s v="590"/>
+    <s v="70 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD203C3"/>
+    <s v="Persons Living Alone as a Percentage of Persons in the Age Group in Private Households"/>
+    <s v="%"/>
+    <n v="20.5"/>
+  </r>
+  <r>
+    <s v="590"/>
+    <s v="70 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD203C1"/>
+    <s v="Persons in Private Households"/>
+    <s v="Number"/>
+    <n v="12994"/>
+  </r>
+  <r>
+    <s v="590"/>
+    <s v="70 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD203C2"/>
+    <s v="Persons Living Alone"/>
+    <s v="Number"/>
+    <n v="3209"/>
+  </r>
+  <r>
+    <s v="590"/>
+    <s v="70 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD203C3"/>
+    <s v="Persons Living Alone as a Percentage of Persons in the Age Group in Private Households"/>
+    <s v="%"/>
+    <n v="24.7"/>
+  </r>
+  <r>
+    <s v="590"/>
+    <s v="70 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD203C1"/>
+    <s v="Persons in Private Households"/>
+    <s v="Number"/>
+    <n v="17538"/>
+  </r>
+  <r>
+    <s v="590"/>
+    <s v="70 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD203C2"/>
+    <s v="Persons Living Alone"/>
+    <s v="Number"/>
+    <n v="4127"/>
+  </r>
+  <r>
+    <s v="590"/>
+    <s v="70 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD203C3"/>
+    <s v="Persons Living Alone as a Percentage of Persons in the Age Group in Private Households"/>
+    <s v="%"/>
+    <n v="23.5"/>
+  </r>
+  <r>
+    <s v="590"/>
+    <s v="70 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD203C1"/>
+    <s v="Persons in Private Households"/>
+    <s v="Number"/>
+    <n v="22385"/>
+  </r>
+  <r>
+    <s v="590"/>
+    <s v="70 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD203C2"/>
+    <s v="Persons Living Alone"/>
+    <s v="Number"/>
+    <n v="5320"/>
+  </r>
+  <r>
+    <s v="590"/>
+    <s v="70 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD203C3"/>
+    <s v="Persons Living Alone as a Percentage of Persons in the Age Group in Private Households"/>
+    <s v="%"/>
+    <n v="23.8"/>
+  </r>
+  <r>
+    <s v="590"/>
+    <s v="70 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD203C1"/>
+    <s v="Persons in Private Households"/>
+    <s v="Number"/>
+    <n v="179326"/>
+  </r>
+  <r>
+    <s v="590"/>
+    <s v="70 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD203C2"/>
+    <s v="Persons Living Alone"/>
+    <s v="Number"/>
+    <n v="69459"/>
+  </r>
+  <r>
+    <s v="590"/>
+    <s v="70 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD203C3"/>
+    <s v="Persons Living Alone as a Percentage of Persons in the Age Group in Private Households"/>
+    <s v="%"/>
+    <n v="38.7"/>
+  </r>
+  <r>
+    <s v="590"/>
+    <s v="70 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD203C1"/>
+    <s v="Persons in Private Households"/>
+    <s v="Number"/>
+    <n v="21796"/>
+  </r>
+  <r>
+    <s v="590"/>
+    <s v="70 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD203C2"/>
+    <s v="Persons Living Alone"/>
+    <s v="Number"/>
+    <n v="8659"/>
+  </r>
+  <r>
+    <s v="590"/>
+    <s v="70 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD203C3"/>
+    <s v="Persons Living Alone as a Percentage of Persons in the Age Group in Private Households"/>
+    <s v="%"/>
+    <n v="39.7"/>
+  </r>
+  <r>
+    <s v="590"/>
+    <s v="70 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD203C1"/>
+    <s v="Persons in Private Households"/>
+    <s v="Number"/>
+    <n v="10417"/>
+  </r>
+  <r>
+    <s v="590"/>
+    <s v="70 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD203C2"/>
+    <s v="Persons Living Alone"/>
+    <s v="Number"/>
+    <n v="3938"/>
+  </r>
+  <r>
+    <s v="590"/>
+    <s v="70 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD203C3"/>
+    <s v="Persons Living Alone as a Percentage of Persons in the Age Group in Private Households"/>
+    <s v="%"/>
+    <n v="37.8"/>
+  </r>
+  <r>
+    <s v="590"/>
+    <s v="70 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD203C1"/>
+    <s v="Persons in Private Households"/>
+    <s v="Number"/>
+    <n v="18903"/>
+  </r>
+  <r>
+    <s v="590"/>
+    <s v="70 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD203C2"/>
+    <s v="Persons Living Alone"/>
+    <s v="Number"/>
+    <n v="7187"/>
+  </r>
+  <r>
+    <s v="590"/>
+    <s v="70 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD203C3"/>
+    <s v="Persons Living Alone as a Percentage of Persons in the Age Group in Private Households"/>
+    <s v="%"/>
+    <n v="38"/>
+  </r>
+  <r>
+    <s v="590"/>
+    <s v="70 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD203C1"/>
+    <s v="Persons in Private Households"/>
+    <s v="Number"/>
+    <n v="49565"/>
+  </r>
+  <r>
+    <s v="590"/>
+    <s v="70 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD203C2"/>
+    <s v="Persons Living Alone"/>
+    <s v="Number"/>
+    <n v="19754"/>
+  </r>
+  <r>
+    <s v="590"/>
+    <s v="70 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD203C3"/>
+    <s v="Persons Living Alone as a Percentage of Persons in the Age Group in Private Households"/>
+    <s v="%"/>
+    <n v="39.9"/>
+  </r>
+  <r>
+    <s v="590"/>
+    <s v="70 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD203C1"/>
+    <s v="Persons in Private Households"/>
+    <s v="Number"/>
+    <n v="14764"/>
+  </r>
+  <r>
+    <s v="590"/>
+    <s v="70 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD203C2"/>
+    <s v="Persons Living Alone"/>
+    <s v="Number"/>
+    <n v="5442"/>
+  </r>
+  <r>
+    <s v="590"/>
+    <s v="70 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD203C3"/>
+    <s v="Persons Living Alone as a Percentage of Persons in the Age Group in Private Households"/>
+    <s v="%"/>
+    <n v="36.9"/>
+  </r>
+  <r>
+    <s v="590"/>
+    <s v="70 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD203C1"/>
+    <s v="Persons in Private Households"/>
+    <s v="Number"/>
+    <n v="15613"/>
+  </r>
+  <r>
+    <s v="590"/>
+    <s v="70 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD203C2"/>
+    <s v="Persons Living Alone"/>
+    <s v="Number"/>
+    <n v="6119"/>
+  </r>
+  <r>
+    <s v="590"/>
+    <s v="70 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD203C3"/>
+    <s v="Persons Living Alone as a Percentage of Persons in the Age Group in Private Households"/>
+    <s v="%"/>
+    <n v="39.2"/>
+  </r>
+  <r>
+    <s v="590"/>
+    <s v="70 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD203C1"/>
+    <s v="Persons in Private Households"/>
+    <s v="Number"/>
+    <n v="20400"/>
+  </r>
+  <r>
+    <s v="590"/>
+    <s v="70 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD203C2"/>
+    <s v="Persons Living Alone"/>
+    <s v="Number"/>
+    <n v="7702"/>
+  </r>
+  <r>
+    <s v="590"/>
+    <s v="70 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD203C3"/>
+    <s v="Persons Living Alone as a Percentage of Persons in the Age Group in Private Households"/>
+    <s v="%"/>
+    <n v="37.8"/>
+  </r>
+  <r>
+    <s v="590"/>
+    <s v="70 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD203C1"/>
+    <s v="Persons in Private Households"/>
+    <s v="Number"/>
+    <n v="27868"/>
+  </r>
+  <r>
+    <s v="590"/>
+    <s v="70 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD203C2"/>
+    <s v="Persons Living Alone"/>
+    <s v="Number"/>
+    <n v="10658"/>
+  </r>
+  <r>
+    <s v="590"/>
+    <s v="70 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD203C3"/>
+    <s v="Persons Living Alone as a Percentage of Persons in the Age Group in Private Households"/>
+    <s v="%"/>
+    <n v="38.2"/>
+  </r>
+  <r>
+    <s v="605"/>
+    <s v="75 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD203C1"/>
+    <s v="Persons in Private Households"/>
+    <s v="Number"/>
+    <n v="199236"/>
+  </r>
+  <r>
+    <s v="605"/>
+    <s v="75 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD203C2"/>
+    <s v="Persons Living Alone"/>
+    <s v="Number"/>
+    <n v="73129"/>
+  </r>
+  <r>
+    <s v="605"/>
+    <s v="75 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD203C3"/>
+    <s v="Persons Living Alone as a Percentage of Persons in the Age Group in Private Households"/>
+    <s v="%"/>
+    <n v="36.7"/>
+  </r>
+  <r>
+    <s v="605"/>
+    <s v="75 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD203C1"/>
+    <s v="Persons in Private Households"/>
+    <s v="Number"/>
+    <n v="25167"/>
+  </r>
+  <r>
+    <s v="605"/>
+    <s v="75 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD203C2"/>
+    <s v="Persons Living Alone"/>
+    <s v="Number"/>
+    <n v="9701"/>
+  </r>
+  <r>
+    <s v="605"/>
+    <s v="75 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD203C3"/>
+    <s v="Persons Living Alone as a Percentage of Persons in the Age Group in Private Households"/>
+    <s v="%"/>
+    <n v="38.5"/>
+  </r>
+  <r>
+    <s v="605"/>
+    <s v="75 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD203C1"/>
+    <s v="Persons in Private Households"/>
+    <s v="Number"/>
+    <n v="12033"/>
+  </r>
+  <r>
+    <s v="605"/>
+    <s v="75 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD203C2"/>
+    <s v="Persons Living Alone"/>
+    <s v="Number"/>
+    <n v="4325"/>
+  </r>
+  <r>
+    <s v="605"/>
+    <s v="75 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD203C3"/>
+    <s v="Persons Living Alone as a Percentage of Persons in the Age Group in Private Households"/>
+    <s v="%"/>
+    <n v="35.9"/>
+  </r>
+  <r>
+    <s v="605"/>
+    <s v="75 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD203C1"/>
+    <s v="Persons in Private Households"/>
+    <s v="Number"/>
+    <n v="22247"/>
+  </r>
+  <r>
+    <s v="605"/>
+    <s v="75 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD203C2"/>
+    <s v="Persons Living Alone"/>
+    <s v="Number"/>
+    <n v="8127"/>
+  </r>
+  <r>
+    <s v="605"/>
+    <s v="75 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD203C3"/>
+    <s v="Persons Living Alone as a Percentage of Persons in the Age Group in Private Households"/>
+    <s v="%"/>
+    <n v="36.5"/>
+  </r>
+  <r>
+    <s v="605"/>
+    <s v="75 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD203C1"/>
+    <s v="Persons in Private Households"/>
+    <s v="Number"/>
+    <n v="52434"/>
+  </r>
+  <r>
+    <s v="605"/>
+    <s v="75 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD203C2"/>
+    <s v="Persons Living Alone"/>
+    <s v="Number"/>
+    <n v="19384"/>
+  </r>
+  <r>
+    <s v="605"/>
+    <s v="75 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD203C3"/>
+    <s v="Persons Living Alone as a Percentage of Persons in the Age Group in Private Households"/>
+    <s v="%"/>
+    <n v="37"/>
+  </r>
+  <r>
+    <s v="605"/>
+    <s v="75 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD203C1"/>
+    <s v="Persons in Private Households"/>
+    <s v="Number"/>
+    <n v="15815"/>
+  </r>
+  <r>
+    <s v="605"/>
+    <s v="75 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD203C2"/>
+    <s v="Persons Living Alone"/>
+    <s v="Number"/>
+    <n v="5479"/>
+  </r>
+  <r>
+    <s v="605"/>
+    <s v="75 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD203C3"/>
+    <s v="Persons Living Alone as a Percentage of Persons in the Age Group in Private Households"/>
+    <s v="%"/>
+    <n v="34.6"/>
+  </r>
+  <r>
+    <s v="605"/>
+    <s v="75 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD203C1"/>
+    <s v="Persons in Private Households"/>
+    <s v="Number"/>
+    <n v="17524"/>
+  </r>
+  <r>
+    <s v="605"/>
+    <s v="75 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD203C2"/>
+    <s v="Persons Living Alone"/>
+    <s v="Number"/>
+    <n v="6542"/>
+  </r>
+  <r>
+    <s v="605"/>
+    <s v="75 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD203C3"/>
+    <s v="Persons Living Alone as a Percentage of Persons in the Age Group in Private Households"/>
+    <s v="%"/>
+    <n v="37.3"/>
+  </r>
+  <r>
+    <s v="605"/>
+    <s v="75 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD203C1"/>
+    <s v="Persons in Private Households"/>
+    <s v="Number"/>
+    <n v="23021"/>
+  </r>
+  <r>
+    <s v="605"/>
+    <s v="75 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD203C2"/>
+    <s v="Persons Living Alone"/>
+    <s v="Number"/>
+    <n v="8289"/>
+  </r>
+  <r>
+    <s v="605"/>
+    <s v="75 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD203C3"/>
+    <s v="Persons Living Alone as a Percentage of Persons in the Age Group in Private Households"/>
+    <s v="%"/>
+    <n v="36"/>
+  </r>
+  <r>
+    <s v="605"/>
+    <s v="75 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD203C1"/>
+    <s v="Persons in Private Households"/>
+    <s v="Number"/>
+    <n v="30995"/>
+  </r>
+  <r>
+    <s v="605"/>
+    <s v="75 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD203C2"/>
+    <s v="Persons Living Alone"/>
+    <s v="Number"/>
+    <n v="11282"/>
+  </r>
+  <r>
+    <s v="605"/>
+    <s v="75 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD203C3"/>
+    <s v="Persons Living Alone as a Percentage of Persons in the Age Group in Private Households"/>
+    <s v="%"/>
+    <n v="36.4"/>
+  </r>
+  <r>
+    <s v="605"/>
+    <s v="75 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD203C1"/>
+    <s v="Persons in Private Households"/>
+    <s v="Number"/>
+    <n v="84116"/>
+  </r>
+  <r>
+    <s v="605"/>
+    <s v="75 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD203C2"/>
+    <s v="Persons Living Alone"/>
+    <s v="Number"/>
+    <n v="22066"/>
+  </r>
+  <r>
+    <s v="605"/>
+    <s v="75 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD203C3"/>
+    <s v="Persons Living Alone as a Percentage of Persons in the Age Group in Private Households"/>
+    <s v="%"/>
+    <n v="26.2"/>
+  </r>
+  <r>
+    <s v="605"/>
+    <s v="75 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD203C1"/>
+    <s v="Persons in Private Households"/>
+    <s v="Number"/>
+    <n v="10884"/>
+  </r>
+  <r>
+    <s v="605"/>
+    <s v="75 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD203C2"/>
+    <s v="Persons Living Alone"/>
+    <s v="Number"/>
+    <n v="3223"/>
+  </r>
+  <r>
+    <s v="605"/>
+    <s v="75 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD203C3"/>
+    <s v="Persons Living Alone as a Percentage of Persons in the Age Group in Private Households"/>
+    <s v="%"/>
+    <n v="29.6"/>
+  </r>
+  <r>
+    <s v="605"/>
+    <s v="75 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD203C1"/>
+    <s v="Persons in Private Households"/>
+    <s v="Number"/>
+    <n v="5319"/>
+  </r>
+  <r>
+    <s v="605"/>
+    <s v="75 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD203C2"/>
+    <s v="Persons Living Alone"/>
+    <s v="Number"/>
+    <n v="1417"/>
+  </r>
+  <r>
+    <s v="605"/>
+    <s v="75 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD203C3"/>
+    <s v="Persons Living Alone as a Percentage of Persons in the Age Group in Private Households"/>
+    <s v="%"/>
+    <n v="26.6"/>
+  </r>
+  <r>
+    <s v="605"/>
+    <s v="75 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD203C1"/>
+    <s v="Persons in Private Households"/>
+    <s v="Number"/>
+    <n v="9695"/>
+  </r>
+  <r>
+    <s v="605"/>
+    <s v="75 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD203C2"/>
+    <s v="Persons Living Alone"/>
+    <s v="Number"/>
+    <n v="2787"/>
+  </r>
+  <r>
+    <s v="605"/>
+    <s v="75 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD203C3"/>
+    <s v="Persons Living Alone as a Percentage of Persons in the Age Group in Private Households"/>
+    <s v="%"/>
+    <n v="28.7"/>
+  </r>
+  <r>
+    <s v="605"/>
+    <s v="75 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD203C1"/>
+    <s v="Persons in Private Households"/>
+    <s v="Number"/>
+    <n v="20840"/>
+  </r>
+  <r>
+    <s v="605"/>
+    <s v="75 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD203C2"/>
+    <s v="Persons Living Alone"/>
+    <s v="Number"/>
+    <n v="4963"/>
+  </r>
+  <r>
+    <s v="605"/>
+    <s v="75 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD203C3"/>
+    <s v="Persons Living Alone as a Percentage of Persons in the Age Group in Private Households"/>
+    <s v="%"/>
+    <n v="23.8"/>
+  </r>
+  <r>
+    <s v="605"/>
+    <s v="75 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD203C1"/>
+    <s v="Persons in Private Households"/>
+    <s v="Number"/>
+    <n v="6756"/>
+  </r>
+  <r>
+    <s v="605"/>
+    <s v="75 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD203C2"/>
+    <s v="Persons Living Alone"/>
+    <s v="Number"/>
+    <n v="1588"/>
+  </r>
+  <r>
+    <s v="605"/>
+    <s v="75 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD203C3"/>
+    <s v="Persons Living Alone as a Percentage of Persons in the Age Group in Private Households"/>
+    <s v="%"/>
+    <n v="23.5"/>
+  </r>
+  <r>
+    <s v="605"/>
+    <s v="75 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD203C1"/>
+    <s v="Persons in Private Households"/>
+    <s v="Number"/>
+    <n v="7498"/>
+  </r>
+  <r>
+    <s v="605"/>
+    <s v="75 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD203C2"/>
+    <s v="Persons Living Alone"/>
+    <s v="Number"/>
+    <n v="2027"/>
+  </r>
+  <r>
+    <s v="605"/>
+    <s v="75 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD203C3"/>
+    <s v="Persons Living Alone as a Percentage of Persons in the Age Group in Private Households"/>
+    <s v="%"/>
+    <n v="27"/>
+  </r>
+  <r>
+    <s v="605"/>
+    <s v="75 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD203C1"/>
+    <s v="Persons in Private Households"/>
+    <s v="Number"/>
+    <n v="10094"/>
+  </r>
+  <r>
+    <s v="605"/>
+    <s v="75 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD203C2"/>
+    <s v="Persons Living Alone"/>
+    <s v="Number"/>
+    <n v="2649"/>
+  </r>
+  <r>
+    <s v="605"/>
+    <s v="75 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD203C3"/>
+    <s v="Persons Living Alone as a Percentage of Persons in the Age Group in Private Households"/>
+    <s v="%"/>
+    <n v="26.2"/>
+  </r>
+  <r>
+    <s v="605"/>
+    <s v="75 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD203C1"/>
+    <s v="Persons in Private Households"/>
+    <s v="Number"/>
+    <n v="13030"/>
+  </r>
+  <r>
+    <s v="605"/>
+    <s v="75 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD203C2"/>
+    <s v="Persons Living Alone"/>
+    <s v="Number"/>
+    <n v="3412"/>
+  </r>
+  <r>
+    <s v="605"/>
+    <s v="75 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD203C3"/>
+    <s v="Persons Living Alone as a Percentage of Persons in the Age Group in Private Households"/>
+    <s v="%"/>
+    <n v="26.2"/>
+  </r>
+  <r>
+    <s v="605"/>
+    <s v="75 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD203C1"/>
+    <s v="Persons in Private Households"/>
+    <s v="Number"/>
+    <n v="115120"/>
+  </r>
+  <r>
+    <s v="605"/>
+    <s v="75 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD203C2"/>
+    <s v="Persons Living Alone"/>
+    <s v="Number"/>
+    <n v="51063"/>
+  </r>
+  <r>
+    <s v="605"/>
+    <s v="75 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD203C3"/>
+    <s v="Persons Living Alone as a Percentage of Persons in the Age Group in Private Households"/>
+    <s v="%"/>
+    <n v="44.4"/>
+  </r>
+  <r>
+    <s v="605"/>
+    <s v="75 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD203C1"/>
+    <s v="Persons in Private Households"/>
+    <s v="Number"/>
+    <n v="14283"/>
+  </r>
+  <r>
+    <s v="605"/>
+    <s v="75 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD203C2"/>
+    <s v="Persons Living Alone"/>
+    <s v="Number"/>
+    <n v="6478"/>
+  </r>
+  <r>
+    <s v="605"/>
+    <s v="75 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD203C3"/>
+    <s v="Persons Living Alone as a Percentage of Persons in the Age Group in Private Households"/>
+    <s v="%"/>
+    <n v="45.4"/>
+  </r>
+  <r>
+    <s v="605"/>
+    <s v="75 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD203C1"/>
+    <s v="Persons in Private Households"/>
+    <s v="Number"/>
+    <n v="6714"/>
+  </r>
+  <r>
+    <s v="605"/>
+    <s v="75 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD203C2"/>
+    <s v="Persons Living Alone"/>
+    <s v="Number"/>
+    <n v="2908"/>
+  </r>
+  <r>
+    <s v="605"/>
+    <s v="75 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD203C3"/>
+    <s v="Persons Living Alone as a Percentage of Persons in the Age Group in Private Households"/>
+    <s v="%"/>
+    <n v="43.3"/>
+  </r>
+  <r>
+    <s v="605"/>
+    <s v="75 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD203C1"/>
+    <s v="Persons in Private Households"/>
+    <s v="Number"/>
+    <n v="12552"/>
+  </r>
+  <r>
+    <s v="605"/>
+    <s v="75 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD203C2"/>
+    <s v="Persons Living Alone"/>
+    <s v="Number"/>
+    <n v="5340"/>
+  </r>
+  <r>
+    <s v="605"/>
+    <s v="75 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD203C3"/>
+    <s v="Persons Living Alone as a Percentage of Persons in the Age Group in Private Households"/>
+    <s v="%"/>
+    <n v="42.5"/>
+  </r>
+  <r>
+    <s v="605"/>
+    <s v="75 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD203C1"/>
+    <s v="Persons in Private Households"/>
+    <s v="Number"/>
+    <n v="31594"/>
+  </r>
+  <r>
+    <s v="605"/>
+    <s v="75 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD203C2"/>
+    <s v="Persons Living Alone"/>
+    <s v="Number"/>
+    <n v="14421"/>
+  </r>
+  <r>
+    <s v="605"/>
+    <s v="75 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD203C3"/>
+    <s v="Persons Living Alone as a Percentage of Persons in the Age Group in Private Households"/>
+    <s v="%"/>
+    <n v="45.6"/>
+  </r>
+  <r>
+    <s v="605"/>
+    <s v="75 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD203C1"/>
+    <s v="Persons in Private Households"/>
+    <s v="Number"/>
+    <n v="9059"/>
+  </r>
+  <r>
+    <s v="605"/>
+    <s v="75 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD203C2"/>
+    <s v="Persons Living Alone"/>
+    <s v="Number"/>
+    <n v="3891"/>
+  </r>
+  <r>
+    <s v="605"/>
+    <s v="75 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD203C3"/>
+    <s v="Persons Living Alone as a Percentage of Persons in the Age Group in Private Households"/>
+    <s v="%"/>
+    <n v="43"/>
+  </r>
+  <r>
+    <s v="605"/>
+    <s v="75 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD203C1"/>
+    <s v="Persons in Private Households"/>
+    <s v="Number"/>
+    <n v="10026"/>
+  </r>
+  <r>
+    <s v="605"/>
+    <s v="75 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD203C2"/>
+    <s v="Persons Living Alone"/>
+    <s v="Number"/>
+    <n v="4515"/>
+  </r>
+  <r>
+    <s v="605"/>
+    <s v="75 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD203C3"/>
+    <s v="Persons Living Alone as a Percentage of Persons in the Age Group in Private Households"/>
+    <s v="%"/>
+    <n v="45"/>
+  </r>
+  <r>
+    <s v="605"/>
+    <s v="75 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD203C1"/>
+    <s v="Persons in Private Households"/>
+    <s v="Number"/>
+    <n v="12927"/>
+  </r>
+  <r>
+    <s v="605"/>
+    <s v="75 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD203C2"/>
+    <s v="Persons Living Alone"/>
+    <s v="Number"/>
+    <n v="5640"/>
+  </r>
+  <r>
+    <s v="605"/>
+    <s v="75 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD203C3"/>
+    <s v="Persons Living Alone as a Percentage of Persons in the Age Group in Private Households"/>
+    <s v="%"/>
+    <n v="43.6"/>
+  </r>
+  <r>
+    <s v="605"/>
+    <s v="75 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD203C1"/>
+    <s v="Persons in Private Households"/>
+    <s v="Number"/>
+    <n v="17965"/>
+  </r>
+  <r>
+    <s v="605"/>
+    <s v="75 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD203C2"/>
+    <s v="Persons Living Alone"/>
+    <s v="Number"/>
+    <n v="7870"/>
+  </r>
+  <r>
+    <s v="605"/>
+    <s v="75 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD203C3"/>
+    <s v="Persons Living Alone as a Percentage of Persons in the Age Group in Private Households"/>
+    <s v="%"/>
+    <n v="43.8"/>
+  </r>
+  <r>
+    <s v="620"/>
+    <s v="80 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD203C1"/>
+    <s v="Persons in Private Households"/>
+    <s v="Number"/>
+    <n v="104697"/>
+  </r>
+  <r>
+    <s v="620"/>
+    <s v="80 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD203C2"/>
+    <s v="Persons Living Alone"/>
+    <s v="Number"/>
+    <n v="43287"/>
+  </r>
+  <r>
+    <s v="620"/>
+    <s v="80 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD203C3"/>
+    <s v="Persons Living Alone as a Percentage of Persons in the Age Group in Private Households"/>
+    <s v="%"/>
+    <n v="41.3"/>
+  </r>
+  <r>
+    <s v="620"/>
+    <s v="80 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD203C1"/>
+    <s v="Persons in Private Households"/>
+    <s v="Number"/>
+    <n v="13667"/>
+  </r>
+  <r>
+    <s v="620"/>
+    <s v="80 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD203C2"/>
+    <s v="Persons Living Alone"/>
+    <s v="Number"/>
+    <n v="5837"/>
+  </r>
+  <r>
+    <s v="620"/>
+    <s v="80 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD203C3"/>
+    <s v="Persons Living Alone as a Percentage of Persons in the Age Group in Private Households"/>
+    <s v="%"/>
+    <n v="42.7"/>
+  </r>
+  <r>
+    <s v="620"/>
+    <s v="80 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD203C1"/>
+    <s v="Persons in Private Households"/>
+    <s v="Number"/>
+    <n v="6304"/>
+  </r>
+  <r>
+    <s v="620"/>
+    <s v="80 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD203C2"/>
+    <s v="Persons Living Alone"/>
+    <s v="Number"/>
+    <n v="2510"/>
+  </r>
+  <r>
+    <s v="620"/>
+    <s v="80 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD203C3"/>
+    <s v="Persons Living Alone as a Percentage of Persons in the Age Group in Private Households"/>
+    <s v="%"/>
+    <n v="39.8"/>
+  </r>
+  <r>
+    <s v="620"/>
+    <s v="80 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD203C1"/>
+    <s v="Persons in Private Households"/>
+    <s v="Number"/>
+    <n v="12155"/>
+  </r>
+  <r>
+    <s v="620"/>
+    <s v="80 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD203C2"/>
+    <s v="Persons Living Alone"/>
+    <s v="Number"/>
+    <n v="4821"/>
+  </r>
+  <r>
+    <s v="620"/>
+    <s v="80 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD203C3"/>
+    <s v="Persons Living Alone as a Percentage of Persons in the Age Group in Private Households"/>
+    <s v="%"/>
+    <n v="39.7"/>
+  </r>
+  <r>
+    <s v="620"/>
+    <s v="80 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD203C1"/>
+    <s v="Persons in Private Households"/>
+    <s v="Number"/>
+    <n v="27200"/>
+  </r>
+  <r>
+    <s v="620"/>
+    <s v="80 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD203C2"/>
+    <s v="Persons Living Alone"/>
+    <s v="Number"/>
+    <n v="11585"/>
+  </r>
+  <r>
+    <s v="620"/>
+    <s v="80 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD203C3"/>
+    <s v="Persons Living Alone as a Percentage of Persons in the Age Group in Private Households"/>
+    <s v="%"/>
+    <n v="42.6"/>
+  </r>
+  <r>
+    <s v="620"/>
+    <s v="80 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD203C1"/>
+    <s v="Persons in Private Households"/>
+    <s v="Number"/>
+    <n v="8127"/>
+  </r>
+  <r>
+    <s v="620"/>
+    <s v="80 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD203C2"/>
+    <s v="Persons Living Alone"/>
+    <s v="Number"/>
+    <n v="3208"/>
+  </r>
+  <r>
+    <s v="620"/>
+    <s v="80 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD203C3"/>
+    <s v="Persons Living Alone as a Percentage of Persons in the Age Group in Private Households"/>
+    <s v="%"/>
+    <n v="39.5"/>
+  </r>
+  <r>
+    <s v="620"/>
+    <s v="80 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD203C1"/>
+    <s v="Persons in Private Households"/>
+    <s v="Number"/>
+    <n v="9194"/>
+  </r>
+  <r>
+    <s v="620"/>
+    <s v="80 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD203C2"/>
+    <s v="Persons Living Alone"/>
+    <s v="Number"/>
+    <n v="3896"/>
+  </r>
+  <r>
+    <s v="620"/>
+    <s v="80 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD203C3"/>
+    <s v="Persons Living Alone as a Percentage of Persons in the Age Group in Private Households"/>
+    <s v="%"/>
+    <n v="42.4"/>
+  </r>
+  <r>
+    <s v="620"/>
+    <s v="80 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD203C1"/>
+    <s v="Persons in Private Households"/>
+    <s v="Number"/>
+    <n v="11863"/>
+  </r>
+  <r>
+    <s v="620"/>
+    <s v="80 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD203C2"/>
+    <s v="Persons Living Alone"/>
+    <s v="Number"/>
+    <n v="4793"/>
+  </r>
+  <r>
+    <s v="620"/>
+    <s v="80 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD203C3"/>
+    <s v="Persons Living Alone as a Percentage of Persons in the Age Group in Private Households"/>
+    <s v="%"/>
+    <n v="40.4"/>
+  </r>
+  <r>
+    <s v="620"/>
+    <s v="80 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD203C1"/>
+    <s v="Persons in Private Households"/>
+    <s v="Number"/>
+    <n v="16187"/>
+  </r>
+  <r>
+    <s v="620"/>
+    <s v="80 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD203C2"/>
+    <s v="Persons Living Alone"/>
+    <s v="Number"/>
+    <n v="6637"/>
+  </r>
+  <r>
+    <s v="620"/>
+    <s v="80 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD203C3"/>
+    <s v="Persons Living Alone as a Percentage of Persons in the Age Group in Private Households"/>
+    <s v="%"/>
+    <n v="41"/>
+  </r>
+  <r>
+    <s v="620"/>
+    <s v="80 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD203C1"/>
+    <s v="Persons in Private Households"/>
+    <s v="Number"/>
+    <n v="40482"/>
+  </r>
+  <r>
+    <s v="620"/>
+    <s v="80 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD203C2"/>
+    <s v="Persons Living Alone"/>
+    <s v="Number"/>
+    <n v="12016"/>
+  </r>
+  <r>
+    <s v="620"/>
+    <s v="80 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD203C3"/>
+    <s v="Persons Living Alone as a Percentage of Persons in the Age Group in Private Households"/>
+    <s v="%"/>
+    <n v="29.7"/>
+  </r>
+  <r>
+    <s v="620"/>
+    <s v="80 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD203C1"/>
+    <s v="Persons in Private Households"/>
+    <s v="Number"/>
+    <n v="5371"/>
+  </r>
+  <r>
+    <s v="620"/>
+    <s v="80 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD203C2"/>
+    <s v="Persons Living Alone"/>
+    <s v="Number"/>
+    <n v="1744"/>
+  </r>
+  <r>
+    <s v="620"/>
+    <s v="80 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD203C3"/>
+    <s v="Persons Living Alone as a Percentage of Persons in the Age Group in Private Households"/>
+    <s v="%"/>
+    <n v="32.5"/>
+  </r>
+  <r>
+    <s v="620"/>
+    <s v="80 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD203C1"/>
+    <s v="Persons in Private Households"/>
+    <s v="Number"/>
+    <n v="2582"/>
+  </r>
+  <r>
+    <s v="620"/>
+    <s v="80 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD203C2"/>
+    <s v="Persons Living Alone"/>
+    <s v="Number"/>
+    <n v="754"/>
+  </r>
+  <r>
+    <s v="620"/>
+    <s v="80 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD203C3"/>
+    <s v="Persons Living Alone as a Percentage of Persons in the Age Group in Private Households"/>
+    <s v="%"/>
+    <n v="29.2"/>
+  </r>
+  <r>
+    <s v="620"/>
+    <s v="80 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD203C1"/>
+    <s v="Persons in Private Households"/>
+    <s v="Number"/>
+    <n v="4812"/>
+  </r>
+  <r>
+    <s v="620"/>
+    <s v="80 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD203C2"/>
+    <s v="Persons Living Alone"/>
+    <s v="Number"/>
+    <n v="1484"/>
+  </r>
+  <r>
+    <s v="620"/>
+    <s v="80 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD203C3"/>
+    <s v="Persons Living Alone as a Percentage of Persons in the Age Group in Private Households"/>
+    <s v="%"/>
+    <n v="30.8"/>
+  </r>
+  <r>
+    <s v="620"/>
+    <s v="80 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD203C1"/>
+    <s v="Persons in Private Households"/>
+    <s v="Number"/>
+    <n v="9928"/>
+  </r>
+  <r>
+    <s v="620"/>
+    <s v="80 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD203C2"/>
+    <s v="Persons Living Alone"/>
+    <s v="Number"/>
+    <n v="2800"/>
+  </r>
+  <r>
+    <s v="620"/>
+    <s v="80 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD203C3"/>
+    <s v="Persons Living Alone as a Percentage of Persons in the Age Group in Private Households"/>
+    <s v="%"/>
+    <n v="28.2"/>
+  </r>
+  <r>
+    <s v="620"/>
+    <s v="80 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD203C1"/>
+    <s v="Persons in Private Households"/>
+    <s v="Number"/>
+    <n v="3147"/>
+  </r>
+  <r>
+    <s v="620"/>
+    <s v="80 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD203C2"/>
+    <s v="Persons Living Alone"/>
+    <s v="Number"/>
+    <n v="857"/>
+  </r>
+  <r>
+    <s v="620"/>
+    <s v="80 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD203C3"/>
+    <s v="Persons Living Alone as a Percentage of Persons in the Age Group in Private Households"/>
+    <s v="%"/>
+    <n v="27.2"/>
+  </r>
+  <r>
+    <s v="620"/>
+    <s v="80 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD203C1"/>
+    <s v="Persons in Private Households"/>
+    <s v="Number"/>
+    <n v="3533"/>
+  </r>
+  <r>
+    <s v="620"/>
+    <s v="80 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD203C2"/>
+    <s v="Persons Living Alone"/>
+    <s v="Number"/>
+    <n v="1085"/>
+  </r>
+  <r>
+    <s v="620"/>
+    <s v="80 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD203C3"/>
+    <s v="Persons Living Alone as a Percentage of Persons in the Age Group in Private Households"/>
+    <s v="%"/>
+    <n v="30.7"/>
+  </r>
+  <r>
+    <s v="620"/>
+    <s v="80 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD203C1"/>
+    <s v="Persons in Private Households"/>
+    <s v="Number"/>
+    <n v="4820"/>
+  </r>
+  <r>
+    <s v="620"/>
+    <s v="80 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD203C2"/>
+    <s v="Persons Living Alone"/>
+    <s v="Number"/>
+    <n v="1451"/>
+  </r>
+  <r>
+    <s v="620"/>
+    <s v="80 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD203C3"/>
+    <s v="Persons Living Alone as a Percentage of Persons in the Age Group in Private Households"/>
+    <s v="%"/>
+    <n v="30.1"/>
+  </r>
+  <r>
+    <s v="620"/>
+    <s v="80 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD203C1"/>
+    <s v="Persons in Private Households"/>
+    <s v="Number"/>
+    <n v="6289"/>
+  </r>
+  <r>
+    <s v="620"/>
+    <s v="80 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD203C2"/>
+    <s v="Persons Living Alone"/>
+    <s v="Number"/>
+    <n v="1841"/>
+  </r>
+  <r>
+    <s v="620"/>
+    <s v="80 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD203C3"/>
+    <s v="Persons Living Alone as a Percentage of Persons in the Age Group in Private Households"/>
+    <s v="%"/>
+    <n v="29.3"/>
+  </r>
+  <r>
+    <s v="620"/>
+    <s v="80 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD203C1"/>
+    <s v="Persons in Private Households"/>
+    <s v="Number"/>
+    <n v="64215"/>
+  </r>
+  <r>
+    <s v="620"/>
+    <s v="80 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD203C2"/>
+    <s v="Persons Living Alone"/>
+    <s v="Number"/>
+    <n v="31271"/>
+  </r>
+  <r>
+    <s v="620"/>
+    <s v="80 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD203C3"/>
+    <s v="Persons Living Alone as a Percentage of Persons in the Age Group in Private Households"/>
+    <s v="%"/>
+    <n v="48.7"/>
+  </r>
+  <r>
+    <s v="620"/>
+    <s v="80 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD203C1"/>
+    <s v="Persons in Private Households"/>
+    <s v="Number"/>
+    <n v="8296"/>
+  </r>
+  <r>
+    <s v="620"/>
+    <s v="80 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD203C2"/>
+    <s v="Persons Living Alone"/>
+    <s v="Number"/>
+    <n v="4093"/>
+  </r>
+  <r>
+    <s v="620"/>
+    <s v="80 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD203C3"/>
+    <s v="Persons Living Alone as a Percentage of Persons in the Age Group in Private Households"/>
+    <s v="%"/>
+    <n v="49.3"/>
+  </r>
+  <r>
+    <s v="620"/>
+    <s v="80 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD203C1"/>
+    <s v="Persons in Private Households"/>
+    <s v="Number"/>
+    <n v="3722"/>
+  </r>
+  <r>
+    <s v="620"/>
+    <s v="80 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD203C2"/>
+    <s v="Persons Living Alone"/>
+    <s v="Number"/>
+    <n v="1756"/>
+  </r>
+  <r>
+    <s v="620"/>
+    <s v="80 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD203C3"/>
+    <s v="Persons Living Alone as a Percentage of Persons in the Age Group in Private Households"/>
+    <s v="%"/>
+    <n v="47.2"/>
+  </r>
+  <r>
+    <s v="620"/>
+    <s v="80 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD203C1"/>
+    <s v="Persons in Private Households"/>
+    <s v="Number"/>
+    <n v="7343"/>
+  </r>
+  <r>
+    <s v="620"/>
+    <s v="80 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD203C2"/>
+    <s v="Persons Living Alone"/>
+    <s v="Number"/>
+    <n v="3337"/>
+  </r>
+  <r>
+    <s v="620"/>
+    <s v="80 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD203C3"/>
+    <s v="Persons Living Alone as a Percentage of Persons in the Age Group in Private Households"/>
+    <s v="%"/>
+    <n v="45.4"/>
+  </r>
+  <r>
+    <s v="620"/>
+    <s v="80 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD203C1"/>
+    <s v="Persons in Private Households"/>
+    <s v="Number"/>
+    <n v="17272"/>
+  </r>
+  <r>
+    <s v="620"/>
+    <s v="80 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD203C2"/>
+    <s v="Persons Living Alone"/>
+    <s v="Number"/>
+    <n v="8785"/>
+  </r>
+  <r>
+    <s v="620"/>
+    <s v="80 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD203C3"/>
+    <s v="Persons Living Alone as a Percentage of Persons in the Age Group in Private Households"/>
+    <s v="%"/>
+    <n v="50.9"/>
+  </r>
+  <r>
+    <s v="620"/>
+    <s v="80 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD203C1"/>
+    <s v="Persons in Private Households"/>
+    <s v="Number"/>
+    <n v="4980"/>
+  </r>
+  <r>
+    <s v="620"/>
+    <s v="80 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD203C2"/>
+    <s v="Persons Living Alone"/>
+    <s v="Number"/>
+    <n v="2351"/>
+  </r>
+  <r>
+    <s v="620"/>
+    <s v="80 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD203C3"/>
+    <s v="Persons Living Alone as a Percentage of Persons in the Age Group in Private Households"/>
+    <s v="%"/>
+    <n v="47.2"/>
+  </r>
+  <r>
+    <s v="620"/>
+    <s v="80 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD203C1"/>
+    <s v="Persons in Private Households"/>
+    <s v="Number"/>
+    <n v="5661"/>
+  </r>
+  <r>
+    <s v="620"/>
+    <s v="80 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD203C2"/>
+    <s v="Persons Living Alone"/>
+    <s v="Number"/>
+    <n v="2811"/>
+  </r>
+  <r>
+    <s v="620"/>
+    <s v="80 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD203C3"/>
+    <s v="Persons Living Alone as a Percentage of Persons in the Age Group in Private Households"/>
+    <s v="%"/>
+    <n v="49.7"/>
+  </r>
+  <r>
+    <s v="620"/>
+    <s v="80 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD203C1"/>
+    <s v="Persons in Private Households"/>
+    <s v="Number"/>
+    <n v="7043"/>
+  </r>
+  <r>
+    <s v="620"/>
+    <s v="80 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD203C2"/>
+    <s v="Persons Living Alone"/>
+    <s v="Number"/>
+    <n v="3342"/>
+  </r>
+  <r>
+    <s v="620"/>
+    <s v="80 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD203C3"/>
+    <s v="Persons Living Alone as a Percentage of Persons in the Age Group in Private Households"/>
+    <s v="%"/>
+    <n v="47.5"/>
+  </r>
+  <r>
+    <s v="620"/>
+    <s v="80 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD203C1"/>
+    <s v="Persons in Private Households"/>
+    <s v="Number"/>
+    <n v="9898"/>
+  </r>
+  <r>
+    <s v="620"/>
+    <s v="80 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD203C2"/>
+    <s v="Persons Living Alone"/>
+    <s v="Number"/>
+    <n v="4796"/>
+  </r>
+  <r>
+    <s v="620"/>
+    <s v="80 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD203C3"/>
+    <s v="Persons Living Alone as a Percentage of Persons in the Age Group in Private Households"/>
+    <s v="%"/>
+    <n v="48.5"/>
+  </r>
+  <r>
+    <s v="630"/>
+    <s v="85 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD203C1"/>
+    <s v="Persons in Private Households"/>
+    <s v="Number"/>
+    <n v="43264"/>
+  </r>
+  <r>
+    <s v="630"/>
+    <s v="85 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD203C2"/>
+    <s v="Persons Living Alone"/>
+    <s v="Number"/>
+    <n v="19109"/>
+  </r>
+  <r>
+    <s v="630"/>
+    <s v="85 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD203C3"/>
+    <s v="Persons Living Alone as a Percentage of Persons in the Age Group in Private Households"/>
+    <s v="%"/>
+    <n v="44.2"/>
+  </r>
+  <r>
+    <s v="630"/>
+    <s v="85 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD203C1"/>
+    <s v="Persons in Private Households"/>
+    <s v="Number"/>
+    <n v="6019"/>
+  </r>
+  <r>
+    <s v="630"/>
+    <s v="85 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD203C2"/>
+    <s v="Persons Living Alone"/>
+    <s v="Number"/>
+    <n v="2753"/>
+  </r>
+  <r>
+    <s v="630"/>
+    <s v="85 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD203C3"/>
+    <s v="Persons Living Alone as a Percentage of Persons in the Age Group in Private Households"/>
+    <s v="%"/>
+    <n v="45.7"/>
+  </r>
+  <r>
+    <s v="630"/>
+    <s v="85 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD203C1"/>
+    <s v="Persons in Private Households"/>
+    <s v="Number"/>
+    <n v="2553"/>
+  </r>
+  <r>
+    <s v="630"/>
+    <s v="85 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD203C2"/>
+    <s v="Persons Living Alone"/>
+    <s v="Number"/>
+    <n v="1029"/>
+  </r>
+  <r>
+    <s v="630"/>
+    <s v="85 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD203C3"/>
+    <s v="Persons Living Alone as a Percentage of Persons in the Age Group in Private Households"/>
+    <s v="%"/>
+    <n v="40.3"/>
+  </r>
+  <r>
+    <s v="630"/>
+    <s v="85 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD203C1"/>
+    <s v="Persons in Private Households"/>
+    <s v="Number"/>
+    <n v="5277"/>
+  </r>
+  <r>
+    <s v="630"/>
+    <s v="85 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD203C2"/>
+    <s v="Persons Living Alone"/>
+    <s v="Number"/>
+    <n v="2126"/>
+  </r>
+  <r>
+    <s v="630"/>
+    <s v="85 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD203C3"/>
+    <s v="Persons Living Alone as a Percentage of Persons in the Age Group in Private Households"/>
+    <s v="%"/>
+    <n v="40.3"/>
+  </r>
+  <r>
+    <s v="630"/>
+    <s v="85 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD203C1"/>
+    <s v="Persons in Private Households"/>
+    <s v="Number"/>
+    <n v="10761"/>
+  </r>
+  <r>
+    <s v="630"/>
+    <s v="85 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD203C2"/>
+    <s v="Persons Living Alone"/>
+    <s v="Number"/>
+    <n v="5087"/>
+  </r>
+  <r>
+    <s v="630"/>
+    <s v="85 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD203C3"/>
+    <s v="Persons Living Alone as a Percentage of Persons in the Age Group in Private Households"/>
+    <s v="%"/>
+    <n v="47.3"/>
+  </r>
+  <r>
+    <s v="630"/>
+    <s v="85 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD203C1"/>
+    <s v="Persons in Private Households"/>
+    <s v="Number"/>
+    <n v="3386"/>
+  </r>
+  <r>
+    <s v="630"/>
+    <s v="85 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD203C2"/>
+    <s v="Persons Living Alone"/>
+    <s v="Number"/>
+    <n v="1403"/>
+  </r>
+  <r>
+    <s v="630"/>
+    <s v="85 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD203C3"/>
+    <s v="Persons Living Alone as a Percentage of Persons in the Age Group in Private Households"/>
+    <s v="%"/>
+    <n v="41.4"/>
+  </r>
+  <r>
+    <s v="630"/>
+    <s v="85 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD203C1"/>
+    <s v="Persons in Private Households"/>
+    <s v="Number"/>
+    <n v="3774"/>
+  </r>
+  <r>
+    <s v="630"/>
+    <s v="85 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD203C2"/>
+    <s v="Persons Living Alone"/>
+    <s v="Number"/>
+    <n v="1725"/>
+  </r>
+  <r>
+    <s v="630"/>
+    <s v="85 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD203C3"/>
+    <s v="Persons Living Alone as a Percentage of Persons in the Age Group in Private Households"/>
+    <s v="%"/>
+    <n v="45.7"/>
+  </r>
+  <r>
+    <s v="630"/>
+    <s v="85 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD203C1"/>
+    <s v="Persons in Private Households"/>
+    <s v="Number"/>
+    <n v="4870"/>
+  </r>
+  <r>
+    <s v="630"/>
+    <s v="85 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD203C2"/>
+    <s v="Persons Living Alone"/>
+    <s v="Number"/>
+    <n v="2053"/>
+  </r>
+  <r>
+    <s v="630"/>
+    <s v="85 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD203C3"/>
+    <s v="Persons Living Alone as a Percentage of Persons in the Age Group in Private Households"/>
+    <s v="%"/>
+    <n v="42.2"/>
+  </r>
+  <r>
+    <s v="630"/>
+    <s v="85 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD203C1"/>
+    <s v="Persons in Private Households"/>
+    <s v="Number"/>
+    <n v="6624"/>
+  </r>
+  <r>
+    <s v="630"/>
+    <s v="85 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD203C2"/>
+    <s v="Persons Living Alone"/>
+    <s v="Number"/>
+    <n v="2933"/>
+  </r>
+  <r>
+    <s v="630"/>
+    <s v="85 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD203C3"/>
+    <s v="Persons Living Alone as a Percentage of Persons in the Age Group in Private Households"/>
+    <s v="%"/>
+    <n v="44.3"/>
+  </r>
+  <r>
+    <s v="630"/>
+    <s v="85 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD203C1"/>
+    <s v="Persons in Private Households"/>
+    <s v="Number"/>
+    <n v="14977"/>
+  </r>
+  <r>
+    <s v="630"/>
+    <s v="85 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD203C2"/>
+    <s v="Persons Living Alone"/>
+    <s v="Number"/>
+    <n v="5011"/>
+  </r>
+  <r>
+    <s v="630"/>
+    <s v="85 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD203C3"/>
+    <s v="Persons Living Alone as a Percentage of Persons in the Age Group in Private Households"/>
+    <s v="%"/>
+    <n v="33.5"/>
+  </r>
+  <r>
+    <s v="630"/>
+    <s v="85 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD203C1"/>
+    <s v="Persons in Private Households"/>
+    <s v="Number"/>
+    <n v="2101"/>
+  </r>
+  <r>
+    <s v="630"/>
+    <s v="85 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD203C2"/>
+    <s v="Persons Living Alone"/>
+    <s v="Number"/>
+    <n v="765"/>
+  </r>
+  <r>
+    <s v="630"/>
+    <s v="85 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD203C3"/>
+    <s v="Persons Living Alone as a Percentage of Persons in the Age Group in Private Households"/>
+    <s v="%"/>
+    <n v="36.4"/>
+  </r>
+  <r>
+    <s v="630"/>
+    <s v="85 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD203C1"/>
+    <s v="Persons in Private Households"/>
+    <s v="Number"/>
+    <n v="975"/>
+  </r>
+  <r>
+    <s v="630"/>
+    <s v="85 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD203C2"/>
+    <s v="Persons Living Alone"/>
+    <s v="Number"/>
+    <n v="294"/>
+  </r>
+  <r>
+    <s v="630"/>
+    <s v="85 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD203C3"/>
+    <s v="Persons Living Alone as a Percentage of Persons in the Age Group in Private Households"/>
+    <s v="%"/>
+    <n v="30.2"/>
+  </r>
+  <r>
+    <s v="630"/>
+    <s v="85 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD203C1"/>
+    <s v="Persons in Private Households"/>
+    <s v="Number"/>
+    <n v="1848"/>
+  </r>
+  <r>
+    <s v="630"/>
+    <s v="85 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD203C2"/>
+    <s v="Persons Living Alone"/>
+    <s v="Number"/>
+    <n v="615"/>
+  </r>
+  <r>
+    <s v="630"/>
+    <s v="85 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD203C3"/>
+    <s v="Persons Living Alone as a Percentage of Persons in the Age Group in Private Households"/>
+    <s v="%"/>
+    <n v="33.3"/>
+  </r>
+  <r>
+    <s v="630"/>
+    <s v="85 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD203C1"/>
+    <s v="Persons in Private Households"/>
+    <s v="Number"/>
+    <n v="3594"/>
+  </r>
+  <r>
+    <s v="630"/>
+    <s v="85 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD203C2"/>
+    <s v="Persons Living Alone"/>
+    <s v="Number"/>
+    <n v="1201"/>
+  </r>
+  <r>
+    <s v="630"/>
+    <s v="85 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD203C3"/>
+    <s v="Persons Living Alone as a Percentage of Persons in the Age Group in Private Households"/>
+    <s v="%"/>
+    <n v="33.4"/>
+  </r>
+  <r>
+    <s v="630"/>
+    <s v="85 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD203C1"/>
+    <s v="Persons in Private Households"/>
+    <s v="Number"/>
+    <n v="1143"/>
+  </r>
+  <r>
+    <s v="630"/>
+    <s v="85 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD203C2"/>
+    <s v="Persons Living Alone"/>
+    <s v="Number"/>
+    <n v="353"/>
+  </r>
+  <r>
+    <s v="630"/>
+    <s v="85 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD203C3"/>
+    <s v="Persons Living Alone as a Percentage of Persons in the Age Group in Private Households"/>
+    <s v="%"/>
+    <n v="30.9"/>
+  </r>
+  <r>
+    <s v="630"/>
+    <s v="85 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD203C1"/>
+    <s v="Persons in Private Households"/>
+    <s v="Number"/>
+    <n v="1263"/>
+  </r>
+  <r>
+    <s v="630"/>
+    <s v="85 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD203C2"/>
+    <s v="Persons Living Alone"/>
+    <s v="Number"/>
+    <n v="458"/>
+  </r>
+  <r>
+    <s v="630"/>
+    <s v="85 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD203C3"/>
+    <s v="Persons Living Alone as a Percentage of Persons in the Age Group in Private Households"/>
+    <s v="%"/>
+    <n v="36.3"/>
+  </r>
+  <r>
+    <s v="630"/>
+    <s v="85 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD203C1"/>
+    <s v="Persons in Private Households"/>
+    <s v="Number"/>
+    <n v="1762"/>
+  </r>
+  <r>
+    <s v="630"/>
+    <s v="85 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD203C2"/>
+    <s v="Persons Living Alone"/>
+    <s v="Number"/>
+    <n v="576"/>
+  </r>
+  <r>
+    <s v="630"/>
+    <s v="85 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD203C3"/>
+    <s v="Persons Living Alone as a Percentage of Persons in the Age Group in Private Households"/>
+    <s v="%"/>
+    <n v="32.7"/>
+  </r>
+  <r>
+    <s v="630"/>
+    <s v="85 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD203C1"/>
+    <s v="Persons in Private Households"/>
+    <s v="Number"/>
+    <n v="2291"/>
+  </r>
+  <r>
+    <s v="630"/>
+    <s v="85 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD203C2"/>
+    <s v="Persons Living Alone"/>
+    <s v="Number"/>
+    <n v="749"/>
+  </r>
+  <r>
+    <s v="630"/>
+    <s v="85 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD203C3"/>
+    <s v="Persons Living Alone as a Percentage of Persons in the Age Group in Private Households"/>
+    <s v="%"/>
+    <n v="32.7"/>
+  </r>
+  <r>
+    <s v="630"/>
+    <s v="85 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD203C1"/>
+    <s v="Persons in Private Households"/>
+    <s v="Number"/>
+    <n v="28287"/>
+  </r>
+  <r>
+    <s v="630"/>
+    <s v="85 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD203C2"/>
+    <s v="Persons Living Alone"/>
+    <s v="Number"/>
+    <n v="14098"/>
+  </r>
+  <r>
+    <s v="630"/>
+    <s v="85 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD203C3"/>
+    <s v="Persons Living Alone as a Percentage of Persons in the Age Group in Private Households"/>
+    <s v="%"/>
+    <n v="49.8"/>
+  </r>
+  <r>
+    <s v="630"/>
+    <s v="85 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD203C1"/>
+    <s v="Persons in Private Households"/>
+    <s v="Number"/>
+    <n v="3918"/>
+  </r>
+  <r>
+    <s v="630"/>
+    <s v="85 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD203C2"/>
+    <s v="Persons Living Alone"/>
+    <s v="Number"/>
+    <n v="1988"/>
+  </r>
+  <r>
+    <s v="630"/>
+    <s v="85 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD203C3"/>
+    <s v="Persons Living Alone as a Percentage of Persons in the Age Group in Private Households"/>
+    <s v="%"/>
+    <n v="50.7"/>
+  </r>
+  <r>
+    <s v="630"/>
+    <s v="85 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD203C1"/>
+    <s v="Persons in Private Households"/>
+    <s v="Number"/>
+    <n v="1578"/>
+  </r>
+  <r>
+    <s v="630"/>
+    <s v="85 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD203C2"/>
+    <s v="Persons Living Alone"/>
+    <s v="Number"/>
+    <n v="735"/>
+  </r>
+  <r>
+    <s v="630"/>
+    <s v="85 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD203C3"/>
+    <s v="Persons Living Alone as a Percentage of Persons in the Age Group in Private Households"/>
+    <s v="%"/>
+    <n v="46.6"/>
+  </r>
+  <r>
+    <s v="630"/>
+    <s v="85 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD203C1"/>
+    <s v="Persons in Private Households"/>
+    <s v="Number"/>
+    <n v="3429"/>
+  </r>
+  <r>
+    <s v="630"/>
+    <s v="85 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD203C2"/>
+    <s v="Persons Living Alone"/>
+    <s v="Number"/>
+    <n v="1511"/>
+  </r>
+  <r>
+    <s v="630"/>
+    <s v="85 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD203C3"/>
+    <s v="Persons Living Alone as a Percentage of Persons in the Age Group in Private Households"/>
+    <s v="%"/>
+    <n v="44.1"/>
+  </r>
+  <r>
+    <s v="630"/>
+    <s v="85 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD203C1"/>
+    <s v="Persons in Private Households"/>
+    <s v="Number"/>
+    <n v="7167"/>
+  </r>
+  <r>
+    <s v="630"/>
+    <s v="85 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD203C2"/>
+    <s v="Persons Living Alone"/>
+    <s v="Number"/>
+    <n v="3886"/>
+  </r>
+  <r>
+    <s v="630"/>
+    <s v="85 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD203C3"/>
+    <s v="Persons Living Alone as a Percentage of Persons in the Age Group in Private Households"/>
+    <s v="%"/>
+    <n v="54.2"/>
+  </r>
+  <r>
+    <s v="630"/>
+    <s v="85 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD203C1"/>
+    <s v="Persons in Private Households"/>
+    <s v="Number"/>
+    <n v="2243"/>
+  </r>
+  <r>
+    <s v="630"/>
+    <s v="85 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD203C2"/>
+    <s v="Persons Living Alone"/>
+    <s v="Number"/>
+    <n v="1050"/>
+  </r>
+  <r>
+    <s v="630"/>
+    <s v="85 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD203C3"/>
+    <s v="Persons Living Alone as a Percentage of Persons in the Age Group in Private Households"/>
+    <s v="%"/>
+    <n v="46.8"/>
+  </r>
+  <r>
+    <s v="630"/>
+    <s v="85 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD203C1"/>
+    <s v="Persons in Private Households"/>
+    <s v="Number"/>
+    <n v="2511"/>
+  </r>
+  <r>
+    <s v="630"/>
+    <s v="85 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD203C2"/>
+    <s v="Persons Living Alone"/>
+    <s v="Number"/>
+    <n v="1267"/>
+  </r>
+  <r>
+    <s v="630"/>
+    <s v="85 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD203C3"/>
+    <s v="Persons Living Alone as a Percentage of Persons in the Age Group in Private Households"/>
+    <s v="%"/>
+    <n v="50.5"/>
+  </r>
+  <r>
+    <s v="630"/>
+    <s v="85 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD203C1"/>
+    <s v="Persons in Private Households"/>
+    <s v="Number"/>
+    <n v="3108"/>
+  </r>
+  <r>
+    <s v="630"/>
+    <s v="85 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD203C2"/>
+    <s v="Persons Living Alone"/>
+    <s v="Number"/>
+    <n v="1477"/>
+  </r>
+  <r>
+    <s v="630"/>
+    <s v="85 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD203C3"/>
+    <s v="Persons Living Alone as a Percentage of Persons in the Age Group in Private Households"/>
+    <s v="%"/>
+    <n v="47.5"/>
+  </r>
+  <r>
+    <s v="630"/>
+    <s v="85 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD203C1"/>
+    <s v="Persons in Private Households"/>
+    <s v="Number"/>
+    <n v="4333"/>
+  </r>
+  <r>
+    <s v="630"/>
+    <s v="85 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD203C2"/>
+    <s v="Persons Living Alone"/>
+    <s v="Number"/>
+    <n v="2184"/>
+  </r>
+  <r>
+    <s v="630"/>
+    <s v="85 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD203C3"/>
+    <s v="Persons Living Alone as a Percentage of Persons in the Age Group in Private Households"/>
+    <s v="%"/>
+    <n v="50.4"/>
+  </r>
+</pivotCacheRecords>
 </file>