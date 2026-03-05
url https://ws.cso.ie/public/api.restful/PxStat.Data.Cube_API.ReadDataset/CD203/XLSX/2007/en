--- v1 (2026-01-13)
+++ v2 (2026-03-05)
@@ -1,48 +1,48 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/pivotCache/pivotCacheDefinition1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheDefinition+xml"/>
   <Override PartName="/pivotCache/pivotCacheRecords1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheRecords+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/pivotTables/pivotTable.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8eb5e32cee90485a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/0a421fd0c526408083c7e9c948a1e753.psmdcp" Id="Rc30dbde98df248d1" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7802084e61324ae2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/02b00f2bf1ff44e3944b6b75b4af0a3d.psmdcp" Id="Rd7c4ae64250e4527" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="About" sheetId="1" r:id="rId2"/>
     <x:sheet name="Unpivoted" sheetId="2" r:id="rId9"/>
     <x:sheet name="Pivoted" sheetId="3" r:id="rId11"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
   <x:pivotCaches>
     <x:pivotCache cacheId="0" r:id="rId12"/>
   </x:pivotCaches>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Table</x:t>