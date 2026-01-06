--- v0 (2025-11-05)
+++ v1 (2026-01-06)
@@ -1,97 +1,97 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/pivotCache/pivotCacheDefinition1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheDefinition+xml"/>
   <Override PartName="/pivotCache/pivotCacheRecords1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheRecords+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/pivotTables/pivotTable.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4066a200d2714d1b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/bab016d3220f42fe9ae286ba421614ad.psmdcp" Id="R04ae9983efd04999" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R76ca4c9de707463f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/86a3b86600ae4999ad2868903b05ff71.psmdcp" Id="R7bb00bed02574c4b" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
-    <x:sheet name="About" sheetId="2" r:id="rId2"/>
-[...1 lines deleted...]
-    <x:sheet name="Pivoted" sheetId="11" r:id="rId11"/>
+    <x:sheet name="About" sheetId="1" r:id="rId2"/>
+    <x:sheet name="Unpivoted" sheetId="2" r:id="rId9"/>
+    <x:sheet name="Pivoted" sheetId="3" r:id="rId11"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
   <x:pivotCaches>
     <x:pivotCache cacheId="0" r:id="rId12"/>
   </x:pivotCaches>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Table</x:t>
   </x:si>
   <x:si>
     <x:t>Code</x:t>
   </x:si>
   <x:si>
     <x:t>CD143</x:t>
   </x:si>
   <x:si>
     <x:t>Name</x:t>
   </x:si>
   <x:si>
     <x:t>Private Households where the Reference Person Moved within the State in the Previous Year</x:t>
   </x:si>
   <x:si>
     <x:t>Frequency</x:t>
   </x:si>
   <x:si>
     <x:t>Annual</x:t>
   </x:si>
   <x:si>
     <x:t>Last Updated</x:t>
   </x:si>
   <x:si>
-    <x:t>5/11/2020 11:00:00 AM</x:t>
+    <x:t>11/05/2020 11:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Note</x:t>
   </x:si>
   <x:si>
     <x:t>Url</x:t>
   </x:si>
   <x:si>
     <x:t>https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/CD143/XLSX/2007/en</x:t>
   </x:si>
   <x:si>
     <x:t>Product</x:t>
   </x:si>
   <x:si>
     <x:t>C2011P1</x:t>
   </x:si>
   <x:si>
     <x:t>Profile 1 - Geography</x:t>
   </x:si>
   <x:si>
     <x:t>Contacts</x:t>
   </x:si>
   <x:si>
     <x:t>Bernie Casey</x:t>
   </x:si>
@@ -574,483 +574,194 @@
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip r:embed="rId8" cstate="print"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="3971925" cy="1381125"/>
         </a:xfrm>
         <a:prstGeom prst="rect"/>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/pivotTables/_rels/pivotTable.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheDefinition" Target="/pivotCache/pivotCacheDefinition1.xml" Id="rId17" /></Relationships>
 </file>
 
 <file path=xl/pivotTables/pivotTable.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotTableDefinition xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" dataCaption="Values" showError="0" missingCaption="" showMissing="1" pageWrap="0" pageOverThenDown="0" rowGrandTotals="0" colGrandTotals="0" indent="1">
-[...431 lines deleted...]
-</x:pivotTableDefinition>
+<pivotTableDefinition xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" applyNumberFormats="0" applyBorderFormats="0" applyFontFormats="0" applyPatternFormats="0" applyAlignmentFormats="0" applyWidthHeightFormats="0" dataCaption="Values" rowGrandTotals="0" colGrandTotals="0" outline="1">
+  <location ref="A1" firstHeaderRow="0" firstDataRow="0" firstDataCol="0"/>
+  <pivotFields count="10">
+    <pivotField name="STATISTIC" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="Statistic Label" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="C02779V03348" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="31">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+        <item x="11"/>
+        <item x="12"/>
+        <item x="13"/>
+        <item x="14"/>
+        <item x="15"/>
+        <item x="16"/>
+        <item x="17"/>
+        <item x="18"/>
+        <item x="19"/>
+        <item x="20"/>
+        <item x="21"/>
+        <item x="22"/>
+        <item x="23"/>
+        <item x="24"/>
+        <item x="25"/>
+        <item x="26"/>
+        <item x="27"/>
+        <item x="28"/>
+        <item x="29"/>
+        <item x="30"/>
+      </items>
+    </pivotField>
+    <pivotField name="County of Usual Residence" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="31">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+        <item x="11"/>
+        <item x="12"/>
+        <item x="13"/>
+        <item x="14"/>
+        <item x="15"/>
+        <item x="16"/>
+        <item x="17"/>
+        <item x="18"/>
+        <item x="19"/>
+        <item x="20"/>
+        <item x="21"/>
+        <item x="22"/>
+        <item x="23"/>
+        <item x="24"/>
+        <item x="25"/>
+        <item x="26"/>
+        <item x="27"/>
+        <item x="28"/>
+        <item x="29"/>
+        <item x="30"/>
+      </items>
+    </pivotField>
+    <pivotField name="C02699V03267" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="9">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+      </items>
+    </pivotField>
+    <pivotField name="Nature of Occupancy" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="9">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+      </items>
+    </pivotField>
+    <pivotField name="TLIST(A1)" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="2">
+        <item x="0"/>
+        <item x="1"/>
+      </items>
+    </pivotField>
+    <pivotField name="CensusYear" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="2">
+        <item x="0"/>
+        <item x="1"/>
+      </items>
+    </pivotField>
+    <pivotField showAll="0"/>
+    <pivotField dataField="1" showAll="0"/>
+  </pivotFields>
+  <rowFields count="8">
+    <field x="0"/>
+    <field x="1"/>
+    <field x="2"/>
+    <field x="3"/>
+    <field x="4"/>
+    <field x="5"/>
+    <field x="6"/>
+    <field x="7"/>
+  </rowFields>
+  <dataFields count="1">
+    <dataField name="VALUE" fld="9"/>
+  </dataFields>
+  <pivotTableStyleInfo name="PivotStyleLight16" showRowHeaders="1" showColHeaders="1"/>
+  <extLst>
+    <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{962EF5D1-5CA2-4c93-8EF4-DBF5C05439D2}">
+      <x14:pivotTableDefinition enableEdit="0" hideValuesRow="1"/>
+    </ext>
+  </extLst>
+</pivotTableDefinition>
 </file>
 
 <file path=xl/tables/table1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:table xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="1" name="Unpivoted" displayName="Unpivoted" ref="A1:J559" totalsRowShown="0">
   <x:autoFilter ref="A1:J559"/>
   <x:tableColumns count="10">
     <x:tableColumn id="1" name="STATISTIC"/>
     <x:tableColumn id="2" name="Statistic Label"/>
     <x:tableColumn id="3" name="C02779V03348"/>
     <x:tableColumn id="4" name="County of Usual Residence"/>
     <x:tableColumn id="5" name="C02699V03267"/>
     <x:tableColumn id="6" name="Nature of Occupancy"/>
     <x:tableColumn id="7" name="TLIST(A1)"/>
     <x:tableColumn id="8" name="CensusYear"/>
     <x:tableColumn id="9" name="UNIT"/>
     <x:tableColumn id="10" name="VALUE"/>
   </x:tableColumns>
   <x:tableStyleInfo name="TableStyleMedium2" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </x:table>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
@@ -1321,51 +1032,51 @@
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="/xl/drawings/drawing1.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/CD143/XLSX/2007/en" TargetMode="External" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cso.ie/" TargetMode="External" Id="rId14" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="/xl/tables/table1.xml" Id="rId15" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet3.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotTable" Target="/xl/pivotTables/pivotTable.xml" Id="rId16" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:B39"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="20.710625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="100.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="8" spans="1:2">
       <x:c r="A8" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B8" s="2"/>
     </x:row>
     <x:row r="9" spans="1:2">
       <x:c r="A9" s="3" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="B9" s="0" t="s">
         <x:v>2</x:v>
@@ -1552,51 +1263,51 @@
       </x:c>
     </x:row>
     <x:row r="39" spans="1:2">
       <x:c r="A39" s="3" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B39" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:hyperlinks>
     <x:hyperlink ref="B14" r:id="rId13"/>
     <x:hyperlink ref="B28" r:id="rId14"/>
   </x:hyperlinks>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:drawing xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId7"/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:J559"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="11.996339" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="84.139196" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="16.139196" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="26.996339" style="0" customWidth="1"/>
     <x:col min="5" max="5" width="16.139196" style="0" customWidth="1"/>
     <x:col min="6" max="6" width="39.139196" style="0" customWidth="1"/>
     <x:col min="7" max="7" width="11.282054" style="0" customWidth="1"/>
     <x:col min="8" max="8" width="13.424911" style="0" customWidth="1"/>
     <x:col min="9" max="9" width="8.282054" style="0" customWidth="1"/>
     <x:col min="10" max="10" width="8.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:10">
       <x:c r="A1" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
@@ -19474,51 +19185,51 @@
       <x:c r="G559" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="H559" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="I559" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="J559" s="0">
         <x:v>1012</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="1">
     <x:tablePart r:id="rId15"/>
   </x:tableParts>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:sheetData/>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Application>Microsoft Excel</ap:Application>
   <ap:TitlesOfParts>
     <vt:vector baseType="lpstr" size="9">
       <vt:lpstr>About</vt:lpstr>
       <vt:lpstr>Unpivoted</vt:lpstr>
       <vt:lpstr>Pivoted</vt:lpstr>
@@ -19535,51 +19246,51 @@
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>3</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Named Ranges</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>6</vt:i4>
       </vt:variant>
     </vt:vector>
   </ap:HeadingPairs>
   <ap:DocSecurity>0</ap:DocSecurity>
   <ap:ScaleCrop>false</ap:ScaleCrop>
 </ap:Properties>
 </file>
 
 <file path=pivotCache/_rels/pivotCacheDefinition1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheRecords" Target="/pivotCache/pivotCacheRecords1.xml" Id="rId1" /></Relationships>
 </file>
 
 <file path=pivotCache/pivotCacheDefinition1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:pivotCacheDefinition xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" r:id="rId1" saveData="1" refreshOnLoad="1" createdVersion="5" refreshedVersion="5" minRefreshableVersion="3">
   <x:cacheSource type="worksheet">
-    <x:worksheetSource ref="A1:J559" sheet="Unpivoted"/>
+    <x:worksheetSource name="Unpivoted"/>
   </x:cacheSource>
   <x:cacheFields>
     <x:cacheField name="STATISTIC">
       <x:sharedItems count="1">
         <x:s v="CD143"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="Statistic Label">
       <x:sharedItems count="1">
         <x:s v="Private Households where the Reference Person Moved within the State in the Previous Year"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="C02779V03348">
       <x:sharedItems count="31">
         <x:s v="-"/>
         <x:s v="A"/>
         <x:s v="01"/>
         <x:s v="02"/>
         <x:s v="03"/>
         <x:s v="04"/>
         <x:s v="05"/>
         <x:s v="06"/>
         <x:s v="07"/>
         <x:s v="08"/>
         <x:s v="09"/>
@@ -20137,27 +19848,6724 @@
         <x:n v="294"/>
         <x:n v="291"/>
         <x:n v="408"/>
         <x:n v="48"/>
         <x:n v="100"/>
         <x:n v="123"/>
         <x:n v="3383"/>
         <x:n v="2756"/>
         <x:n v="72"/>
         <x:n v="45"/>
         <x:n v="427"/>
         <x:n v="152"/>
         <x:n v="650"/>
         <x:n v="803"/>
         <x:n v="410"/>
         <x:n v="120"/>
         <x:n v="1195"/>
         <x:n v="1012"/>
       </x:sharedItems>
     </x:cacheField>
   </x:cacheFields>
 </x:pivotCacheDefinition>
 </file>
 
 <file path=pivotCache/pivotCacheRecords1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main"/>
+<pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="xr">
+  <r>
+    <s v="CD143"/>
+    <s v="Private Households where the Reference Person Moved within the State in the Previous Year"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="02"/>
+    <s v="Owner occupied without loan or mortgage"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="9029"/>
+  </r>
+  <r>
+    <s v="CD143"/>
+    <s v="Private Households where the Reference Person Moved within the State in the Previous Year"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="02"/>
+    <s v="Owner occupied without loan or mortgage"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4886"/>
+  </r>
+  <r>
+    <s v="CD143"/>
+    <s v="Private Households where the Reference Person Moved within the State in the Previous Year"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="01"/>
+    <s v="Owner occupied with loan or mortgage"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="48761"/>
+  </r>
+  <r>
+    <s v="CD143"/>
+    <s v="Private Households where the Reference Person Moved within the State in the Previous Year"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="01"/>
+    <s v="Owner occupied with loan or mortgage"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="14707"/>
+  </r>
+  <r>
+    <s v="CD143"/>
+    <s v="Private Households where the Reference Person Moved within the State in the Previous Year"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="-1"/>
+    <s v="Rented"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="80606"/>
+  </r>
+  <r>
+    <s v="CD143"/>
+    <s v="Private Households where the Reference Person Moved within the State in the Previous Year"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="-1"/>
+    <s v="Rented"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="93769"/>
+  </r>
+  <r>
+    <s v="CD143"/>
+    <s v="Private Households where the Reference Person Moved within the State in the Previous Year"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="05A"/>
+    <s v="Rented from private landlord"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="54010"/>
+  </r>
+  <r>
+    <s v="CD143"/>
+    <s v="Private Households where the Reference Person Moved within the State in the Previous Year"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="05A"/>
+    <s v="Rented from private landlord"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="82184"/>
+  </r>
+  <r>
+    <s v="CD143"/>
+    <s v="Private Households where the Reference Person Moved within the State in the Previous Year"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="8573"/>
+  </r>
+  <r>
+    <s v="CD143"/>
+    <s v="Private Households where the Reference Person Moved within the State in the Previous Year"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="7780"/>
+  </r>
+  <r>
+    <s v="CD143"/>
+    <s v="Private Households where the Reference Person Moved within the State in the Previous Year"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="15129"/>
+  </r>
+  <r>
+    <s v="CD143"/>
+    <s v="Private Households where the Reference Person Moved within the State in the Previous Year"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1766"/>
+  </r>
+  <r>
+    <s v="CD143"/>
+    <s v="Private Households where the Reference Person Moved within the State in the Previous Year"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="08"/>
+    <s v="Occupied free of rent"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2894"/>
+  </r>
+  <r>
+    <s v="CD143"/>
+    <s v="Private Households where the Reference Person Moved within the State in the Previous Year"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="08"/>
+    <s v="Occupied free of rent"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2039"/>
+  </r>
+  <r>
+    <s v="CD143"/>
+    <s v="Private Households where the Reference Person Moved within the State in the Previous Year"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="09"/>
+    <s v="Not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="7468"/>
+  </r>
+  <r>
+    <s v="CD143"/>
+    <s v="Private Households where the Reference Person Moved within the State in the Previous Year"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="09"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1255"/>
+  </r>
+  <r>
+    <s v="CD143"/>
+    <s v="Private Households where the Reference Person Moved within the State in the Previous Year"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="All types of occupancy"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="145864"/>
+  </r>
+  <r>
+    <s v="CD143"/>
+    <s v="Private Households where the Reference Person Moved within the State in the Previous Year"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="All types of occupancy"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="114617"/>
+  </r>
+  <r>
+    <s v="CD143"/>
+    <s v="Private Households where the Reference Person Moved within the State in the Previous Year"/>
+    <s v="A"/>
+    <s v="Leinster"/>
+    <s v="02"/>
+    <s v="Owner occupied without loan or mortgage"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4692"/>
+  </r>
+  <r>
+    <s v="CD143"/>
+    <s v="Private Households where the Reference Person Moved within the State in the Previous Year"/>
+    <s v="A"/>
+    <s v="Leinster"/>
+    <s v="02"/>
+    <s v="Owner occupied without loan or mortgage"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2504"/>
+  </r>
+  <r>
+    <s v="CD143"/>
+    <s v="Private Households where the Reference Person Moved within the State in the Previous Year"/>
+    <s v="A"/>
+    <s v="Leinster"/>
+    <s v="01"/>
+    <s v="Owner occupied with loan or mortgage"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="30785"/>
+  </r>
+  <r>
+    <s v="CD143"/>
+    <s v="Private Households where the Reference Person Moved within the State in the Previous Year"/>
+    <s v="A"/>
+    <s v="Leinster"/>
+    <s v="01"/>
+    <s v="Owner occupied with loan or mortgage"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="9047"/>
+  </r>
+  <r>
+    <s v="CD143"/>
+    <s v="Private Households where the Reference Person Moved within the State in the Previous Year"/>
+    <s v="A"/>
+    <s v="Leinster"/>
+    <s v="-1"/>
+    <s v="Rented"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="46305"/>
+  </r>
+  <r>
+    <s v="CD143"/>
+    <s v="Private Households where the Reference Person Moved within the State in the Previous Year"/>
+    <s v="A"/>
+    <s v="Leinster"/>
+    <s v="-1"/>
+    <s v="Rented"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="57152"/>
+  </r>
+  <r>
+    <s v="CD143"/>
+    <s v="Private Households where the Reference Person Moved within the State in the Previous Year"/>
+    <s v="A"/>
+    <s v="Leinster"/>
+    <s v="05A"/>
+    <s v="Rented from private landlord"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="31677"/>
+  </r>
+  <r>
+    <s v="CD143"/>
+    <s v="Private Households where the Reference Person Moved within the State in the Previous Year"/>
+    <s v="A"/>
+    <s v="Leinster"/>
+    <s v="05A"/>
+    <s v="Rented from private landlord"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="50811"/>
+  </r>
+  <r>
+    <s v="CD143"/>
+    <s v="Private Households where the Reference Person Moved within the State in the Previous Year"/>
+    <s v="A"/>
+    <s v="Leinster"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4743"/>
+  </r>
+  <r>
+    <s v="CD143"/>
+    <s v="Private Households where the Reference Person Moved within the State in the Previous Year"/>
+    <s v="A"/>
+    <s v="Leinster"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4289"/>
+  </r>
+  <r>
+    <s v="CD143"/>
+    <s v="Private Households where the Reference Person Moved within the State in the Previous Year"/>
+    <s v="A"/>
+    <s v="Leinster"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="8280"/>
+  </r>
+  <r>
+    <s v="CD143"/>
+    <s v="Private Households where the Reference Person Moved within the State in the Previous Year"/>
+    <s v="A"/>
+    <s v="Leinster"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="999"/>
+  </r>
+  <r>
+    <s v="CD143"/>
+    <s v="Private Households where the Reference Person Moved within the State in the Previous Year"/>
+    <s v="A"/>
+    <s v="Leinster"/>
+    <s v="08"/>
+    <s v="Occupied free of rent"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1605"/>
+  </r>
+  <r>
+    <s v="CD143"/>
+    <s v="Private Households where the Reference Person Moved within the State in the Previous Year"/>
+    <s v="A"/>
+    <s v="Leinster"/>
+    <s v="08"/>
+    <s v="Occupied free of rent"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1053"/>
+  </r>
+  <r>
+    <s v="CD143"/>
+    <s v="Private Households where the Reference Person Moved within the State in the Previous Year"/>
+    <s v="A"/>
+    <s v="Leinster"/>
+    <s v="09"/>
+    <s v="Not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4496"/>
+  </r>
+  <r>
+    <s v="CD143"/>
+    <s v="Private Households where the Reference Person Moved within the State in the Previous Year"/>
+    <s v="A"/>
+    <s v="Leinster"/>
+    <s v="09"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="708"/>
+  </r>
+  <r>
+    <s v="CD143"/>
+    <s v="Private Households where the Reference Person Moved within the State in the Previous Year"/>
+    <s v="A"/>
+    <s v="Leinster"/>
+    <s v="-"/>
+    <s v="All types of occupancy"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="86278"/>
+  </r>
+  <r>
+    <s v="CD143"/>
+    <s v="Private Households where the Reference Person Moved within the State in the Previous Year"/>
+    <s v="A"/>
+    <s v="Leinster"/>
+    <s v="-"/>
+    <s v="All types of occupancy"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="69411"/>
+  </r>
+  <r>
+    <s v="CD143"/>
+    <s v="Private Households where the Reference Person Moved within the State in the Previous Year"/>
+    <s v="01"/>
+    <s v="Carlow"/>
+    <s v="02"/>
+    <s v="Owner occupied without loan or mortgage"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="126"/>
+  </r>
+  <r>
+    <s v="CD143"/>
+    <s v="Private Households where the Reference Person Moved within the State in the Previous Year"/>
+    <s v="01"/>
+    <s v="Carlow"/>
+    <s v="02"/>
+    <s v="Owner occupied without loan or mortgage"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="49"/>
+  </r>
+  <r>
+    <s v="CD143"/>
+    <s v="Private Households where the Reference Person Moved within the State in the Previous Year"/>
+    <s v="01"/>
+    <s v="Carlow"/>
+    <s v="01"/>
+    <s v="Owner occupied with loan or mortgage"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="558"/>
+  </r>
+  <r>
+    <s v="CD143"/>
+    <s v="Private Households where the Reference Person Moved within the State in the Previous Year"/>
+    <s v="01"/>
+    <s v="Carlow"/>
+    <s v="01"/>
+    <s v="Owner occupied with loan or mortgage"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="170"/>
+  </r>
+  <r>
+    <s v="CD143"/>
+    <s v="Private Households where the Reference Person Moved within the State in the Previous Year"/>
+    <s v="01"/>
+    <s v="Carlow"/>
+    <s v="-1"/>
+    <s v="Rented"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="879"/>
+  </r>
+  <r>
+    <s v="CD143"/>
+    <s v="Private Households where the Reference Person Moved within the State in the Previous Year"/>
+    <s v="01"/>
+    <s v="Carlow"/>
+    <s v="-1"/>
+    <s v="Rented"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="964"/>
+  </r>
+  <r>
+    <s v="CD143"/>
+    <s v="Private Households where the Reference Person Moved within the State in the Previous Year"/>
+    <s v="01"/>
+    <s v="Carlow"/>
+    <s v="05A"/>
+    <s v="Rented from private landlord"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="531"/>
+  </r>
+  <r>
+    <s v="CD143"/>
+    <s v="Private Households where the Reference Person Moved within the State in the Previous Year"/>
+    <s v="01"/>
+    <s v="Carlow"/>
+    <s v="05A"/>
+    <s v="Rented from private landlord"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="778"/>
+  </r>
+  <r>
+    <s v="CD143"/>
+    <s v="Private Households where the Reference Person Moved within the State in the Previous Year"/>
+    <s v="01"/>
+    <s v="Carlow"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="94"/>
+  </r>
+  <r>
+    <s v="CD143"/>
+    <s v="Private Households where the Reference Person Moved within the State in the Previous Year"/>
+    <s v="01"/>
+    <s v="Carlow"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="144"/>
+  </r>
+  <r>
+    <s v="CD143"/>
+    <s v="Private Households where the Reference Person Moved within the State in the Previous Year"/>
+    <s v="01"/>
+    <s v="Carlow"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="219"/>
+  </r>
+  <r>
+    <s v="CD143"/>
+    <s v="Private Households where the Reference Person Moved within the State in the Previous Year"/>
+    <s v="01"/>
+    <s v="Carlow"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="26"/>
+  </r>
+  <r>
+    <s v="CD143"/>
+    <s v="Private Households where the Reference Person Moved within the State in the Previous Year"/>
+    <s v="01"/>
+    <s v="Carlow"/>
+    <s v="08"/>
+    <s v="Occupied free of rent"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="35"/>
+  </r>
+  <r>
+    <s v="CD143"/>
+    <s v="Private Households where the Reference Person Moved within the State in the Previous Year"/>
+    <s v="01"/>
+    <s v="Carlow"/>
+    <s v="08"/>
+    <s v="Occupied free of rent"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="16"/>
+  </r>
+  <r>
+    <s v="CD143"/>
+    <s v="Private Households where the Reference Person Moved within the State in the Previous Year"/>
+    <s v="01"/>
+    <s v="Carlow"/>
+    <s v="09"/>
+    <s v="Not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="91"/>
+  </r>
+  <r>
+    <s v="CD143"/>
+    <s v="Private Households where the Reference Person Moved within the State in the Previous Year"/>
+    <s v="01"/>
+    <s v="Carlow"/>
+    <s v="09"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="18"/>
+  </r>
+  <r>
+    <s v="CD143"/>
+    <s v="Private Households where the Reference Person Moved within the State in the Previous Year"/>
+    <s v="01"/>
+    <s v="Carlow"/>
+    <s v="-"/>
+    <s v="All types of occupancy"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1654"/>
+  </r>
+  <r>
+    <s v="CD143"/>
+    <s v="Private Households where the Reference Person Moved within the State in the Previous Year"/>
+    <s v="01"/>
+    <s v="Carlow"/>
+    <s v="-"/>
+    <s v="All types of occupancy"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1201"/>
+  </r>
+  <r>
+    <s v="CD143"/>
+    <s v="Private Households where the Reference Person Moved within the State in the Previous Year"/>
+    <s v="02"/>
+    <s v="Dublin"/>
+    <s v="02"/>
+    <s v="Owner occupied without loan or mortgage"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1907"/>
+  </r>
+  <r>
+    <s v="CD143"/>
+    <s v="Private Households where the Reference Person Moved within the State in the Previous Year"/>
+    <s v="02"/>
+    <s v="Dublin"/>
+    <s v="02"/>
+    <s v="Owner occupied without loan or mortgage"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1146"/>
+  </r>
+  <r>
+    <s v="CD143"/>
+    <s v="Private Households where the Reference Person Moved within the State in the Previous Year"/>
+    <s v="02"/>
+    <s v="Dublin"/>
+    <s v="01"/>
+    <s v="Owner occupied with loan or mortgage"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="14971"/>
+  </r>
+  <r>
+    <s v="CD143"/>
+    <s v="Private Households where the Reference Person Moved within the State in the Previous Year"/>
+    <s v="02"/>
+    <s v="Dublin"/>
+    <s v="01"/>
+    <s v="Owner occupied with loan or mortgage"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4934"/>
+  </r>
+  <r>
+    <s v="CD143"/>
+    <s v="Private Households where the Reference Person Moved within the State in the Previous Year"/>
+    <s v="02"/>
+    <s v="Dublin"/>
+    <s v="-1"/>
+    <s v="Rented"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="29483"/>
+  </r>
+  <r>
+    <s v="CD143"/>
+    <s v="Private Households where the Reference Person Moved within the State in the Previous Year"/>
+    <s v="02"/>
+    <s v="Dublin"/>
+    <s v="-1"/>
+    <s v="Rented"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="37022"/>
+  </r>
+  <r>
+    <s v="CD143"/>
+    <s v="Private Households where the Reference Person Moved within the State in the Previous Year"/>
+    <s v="02"/>
+    <s v="Dublin"/>
+    <s v="05A"/>
+    <s v="Rented from private landlord"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="21182"/>
+  </r>
+  <r>
+    <s v="CD143"/>
+    <s v="Private Households where the Reference Person Moved within the State in the Previous Year"/>
+    <s v="02"/>
+    <s v="Dublin"/>
+    <s v="05A"/>
+    <s v="Rented from private landlord"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="33557"/>
+  </r>
+  <r>
+    <s v="CD143"/>
+    <s v="Private Households where the Reference Person Moved within the State in the Previous Year"/>
+    <s v="02"/>
+    <s v="Dublin"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2635"/>
+  </r>
+  <r>
+    <s v="CD143"/>
+    <s v="Private Households where the Reference Person Moved within the State in the Previous Year"/>
+    <s v="02"/>
+    <s v="Dublin"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2242"/>
+  </r>
+  <r>
+    <s v="CD143"/>
+    <s v="Private Households where the Reference Person Moved within the State in the Previous Year"/>
+    <s v="02"/>
+    <s v="Dublin"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4924"/>
+  </r>
+  <r>
+    <s v="CD143"/>
+    <s v="Private Households where the Reference Person Moved within the State in the Previous Year"/>
+    <s v="02"/>
+    <s v="Dublin"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="695"/>
+  </r>
+  <r>
+    <s v="CD143"/>
+    <s v="Private Households where the Reference Person Moved within the State in the Previous Year"/>
+    <s v="02"/>
+    <s v="Dublin"/>
+    <s v="08"/>
+    <s v="Occupied free of rent"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="742"/>
+  </r>
+  <r>
+    <s v="CD143"/>
+    <s v="Private Households where the Reference Person Moved within the State in the Previous Year"/>
+    <s v="02"/>
+    <s v="Dublin"/>
+    <s v="08"/>
+    <s v="Occupied free of rent"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="528"/>
+  </r>
+  <r>
+    <s v="CD143"/>
+    <s v="Private Households where the Reference Person Moved within the State in the Previous Year"/>
+    <s v="02"/>
+    <s v="Dublin"/>
+    <s v="09"/>
+    <s v="Not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2977"/>
+  </r>
+  <r>
+    <s v="CD143"/>
+    <s v="Private Households where the Reference Person Moved within the State in the Previous Year"/>
+    <s v="02"/>
+    <s v="Dublin"/>
+    <s v="09"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="489"/>
+  </r>
+  <r>
+    <s v="CD143"/>
+    <s v="Private Households where the Reference Person Moved within the State in the Previous Year"/>
+    <s v="02"/>
+    <s v="Dublin"/>
+    <s v="-"/>
+    <s v="All types of occupancy"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="49338"/>
+  </r>
+  <r>
+    <s v="CD143"/>
+    <s v="Private Households where the Reference Person Moved within the State in the Previous Year"/>
+    <s v="02"/>
+    <s v="Dublin"/>
+    <s v="-"/>
+    <s v="All types of occupancy"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="43591"/>
+  </r>
+  <r>
+    <s v="CD143"/>
+    <s v="Private Households where the Reference Person Moved within the State in the Previous Year"/>
+    <s v="03"/>
+    <s v="Kildare"/>
+    <s v="02"/>
+    <s v="Owner occupied without loan or mortgage"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="351"/>
+  </r>
+  <r>
+    <s v="CD143"/>
+    <s v="Private Households where the Reference Person Moved within the State in the Previous Year"/>
+    <s v="03"/>
+    <s v="Kildare"/>
+    <s v="02"/>
+    <s v="Owner occupied without loan or mortgage"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="192"/>
+  </r>
+  <r>
+    <s v="CD143"/>
+    <s v="Private Households where the Reference Person Moved within the State in the Previous Year"/>
+    <s v="03"/>
+    <s v="Kildare"/>
+    <s v="01"/>
+    <s v="Owner occupied with loan or mortgage"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3176"/>
+  </r>
+  <r>
+    <s v="CD143"/>
+    <s v="Private Households where the Reference Person Moved within the State in the Previous Year"/>
+    <s v="03"/>
+    <s v="Kildare"/>
+    <s v="01"/>
+    <s v="Owner occupied with loan or mortgage"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="831"/>
+  </r>
+  <r>
+    <s v="CD143"/>
+    <s v="Private Households where the Reference Person Moved within the State in the Previous Year"/>
+    <s v="03"/>
+    <s v="Kildare"/>
+    <s v="-1"/>
+    <s v="Rented"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3041"/>
+  </r>
+  <r>
+    <s v="CD143"/>
+    <s v="Private Households where the Reference Person Moved within the State in the Previous Year"/>
+    <s v="03"/>
+    <s v="Kildare"/>
+    <s v="-1"/>
+    <s v="Rented"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3920"/>
+  </r>
+  <r>
+    <s v="CD143"/>
+    <s v="Private Households where the Reference Person Moved within the State in the Previous Year"/>
+    <s v="03"/>
+    <s v="Kildare"/>
+    <s v="05A"/>
+    <s v="Rented from private landlord"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1980"/>
+  </r>
+  <r>
+    <s v="CD143"/>
+    <s v="Private Households where the Reference Person Moved within the State in the Previous Year"/>
+    <s v="03"/>
+    <s v="Kildare"/>
+    <s v="05A"/>
+    <s v="Rented from private landlord"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3469"/>
+  </r>
+  <r>
+    <s v="CD143"/>
+    <s v="Private Households where the Reference Person Moved within the State in the Previous Year"/>
+    <s v="03"/>
+    <s v="Kildare"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="318"/>
+  </r>
+  <r>
+    <s v="CD143"/>
+    <s v="Private Households where the Reference Person Moved within the State in the Previous Year"/>
+    <s v="03"/>
+    <s v="Kildare"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="299"/>
+  </r>
+  <r>
+    <s v="CD143"/>
+    <s v="Private Households where the Reference Person Moved within the State in the Previous Year"/>
+    <s v="03"/>
+    <s v="Kildare"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="577"/>
+  </r>
+  <r>
+    <s v="CD143"/>
+    <s v="Private Households where the Reference Person Moved within the State in the Previous Year"/>
+    <s v="03"/>
+    <s v="Kildare"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="66"/>
+  </r>
+  <r>
+    <s v="CD143"/>
+    <s v="Private Households where the Reference Person Moved within the State in the Previous Year"/>
+    <s v="03"/>
+    <s v="Kildare"/>
+    <s v="08"/>
+    <s v="Occupied free of rent"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="166"/>
+  </r>
+  <r>
+    <s v="CD143"/>
+    <s v="Private Households where the Reference Person Moved within the State in the Previous Year"/>
+    <s v="03"/>
+    <s v="Kildare"/>
+    <s v="08"/>
+    <s v="Occupied free of rent"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="86"/>
+  </r>
+  <r>
+    <s v="CD143"/>
+    <s v="Private Households where the Reference Person Moved within the State in the Previous Year"/>
+    <s v="03"/>
+    <s v="Kildare"/>
+    <s v="09"/>
+    <s v="Not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="323"/>
+  </r>
+  <r>
+    <s v="CD143"/>
+    <s v="Private Households where the Reference Person Moved within the State in the Previous Year"/>
+    <s v="03"/>
+    <s v="Kildare"/>
+    <s v="09"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="49"/>
+  </r>
+  <r>
+    <s v="CD143"/>
+    <s v="Private Households where the Reference Person Moved within the State in the Previous Year"/>
+    <s v="03"/>
+    <s v="Kildare"/>
+    <s v="-"/>
+    <s v="All types of occupancy"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="6891"/>
+  </r>
+  <r>
+    <s v="CD143"/>
+    <s v="Private Households where the Reference Person Moved within the State in the Previous Year"/>
+    <s v="03"/>
+    <s v="Kildare"/>
+    <s v="-"/>
+    <s v="All types of occupancy"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4992"/>
+  </r>
+  <r>
+    <s v="CD143"/>
+    <s v="Private Households where the Reference Person Moved within the State in the Previous Year"/>
+    <s v="04"/>
+    <s v="Kilkenny"/>
+    <s v="02"/>
+    <s v="Owner occupied without loan or mortgage"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="178"/>
+  </r>
+  <r>
+    <s v="CD143"/>
+    <s v="Private Households where the Reference Person Moved within the State in the Previous Year"/>
+    <s v="04"/>
+    <s v="Kilkenny"/>
+    <s v="02"/>
+    <s v="Owner occupied without loan or mortgage"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="92"/>
+  </r>
+  <r>
+    <s v="CD143"/>
+    <s v="Private Households where the Reference Person Moved within the State in the Previous Year"/>
+    <s v="04"/>
+    <s v="Kilkenny"/>
+    <s v="01"/>
+    <s v="Owner occupied with loan or mortgage"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="952"/>
+  </r>
+  <r>
+    <s v="CD143"/>
+    <s v="Private Households where the Reference Person Moved within the State in the Previous Year"/>
+    <s v="04"/>
+    <s v="Kilkenny"/>
+    <s v="01"/>
+    <s v="Owner occupied with loan or mortgage"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="272"/>
+  </r>
+  <r>
+    <s v="CD143"/>
+    <s v="Private Households where the Reference Person Moved within the State in the Previous Year"/>
+    <s v="04"/>
+    <s v="Kilkenny"/>
+    <s v="-1"/>
+    <s v="Rented"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1268"/>
+  </r>
+  <r>
+    <s v="CD143"/>
+    <s v="Private Households where the Reference Person Moved within the State in the Previous Year"/>
+    <s v="04"/>
+    <s v="Kilkenny"/>
+    <s v="-1"/>
+    <s v="Rented"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1439"/>
+  </r>
+  <r>
+    <s v="CD143"/>
+    <s v="Private Households where the Reference Person Moved within the State in the Previous Year"/>
+    <s v="04"/>
+    <s v="Kilkenny"/>
+    <s v="05A"/>
+    <s v="Rented from private landlord"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="824"/>
+  </r>
+  <r>
+    <s v="CD143"/>
+    <s v="Private Households where the Reference Person Moved within the State in the Previous Year"/>
+    <s v="04"/>
+    <s v="Kilkenny"/>
+    <s v="05A"/>
+    <s v="Rented from private landlord"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1226"/>
+  </r>
+  <r>
+    <s v="CD143"/>
+    <s v="Private Households where the Reference Person Moved within the State in the Previous Year"/>
+    <s v="04"/>
+    <s v="Kilkenny"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="134"/>
+  </r>
+  <r>
+    <s v="CD143"/>
+    <s v="Private Households where the Reference Person Moved within the State in the Previous Year"/>
+    <s v="04"/>
+    <s v="Kilkenny"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="149"/>
+  </r>
+  <r>
+    <s v="CD143"/>
+    <s v="Private Households where the Reference Person Moved within the State in the Previous Year"/>
+    <s v="04"/>
+    <s v="Kilkenny"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="249"/>
+  </r>
+  <r>
+    <s v="CD143"/>
+    <s v="Private Households where the Reference Person Moved within the State in the Previous Year"/>
+    <s v="04"/>
+    <s v="Kilkenny"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="24"/>
+  </r>
+  <r>
+    <s v="CD143"/>
+    <s v="Private Households where the Reference Person Moved within the State in the Previous Year"/>
+    <s v="04"/>
+    <s v="Kilkenny"/>
+    <s v="08"/>
+    <s v="Occupied free of rent"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="61"/>
+  </r>
+  <r>
+    <s v="CD143"/>
+    <s v="Private Households where the Reference Person Moved within the State in the Previous Year"/>
+    <s v="04"/>
+    <s v="Kilkenny"/>
+    <s v="08"/>
+    <s v="Occupied free of rent"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="40"/>
+  </r>
+  <r>
+    <s v="CD143"/>
+    <s v="Private Households where the Reference Person Moved within the State in the Previous Year"/>
+    <s v="04"/>
+    <s v="Kilkenny"/>
+    <s v="09"/>
+    <s v="Not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="86"/>
+  </r>
+  <r>
+    <s v="CD143"/>
+    <s v="Private Households where the Reference Person Moved within the State in the Previous Year"/>
+    <s v="04"/>
+    <s v="Kilkenny"/>
+    <s v="09"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="14"/>
+  </r>
+  <r>
+    <s v="CD143"/>
+    <s v="Private Households where the Reference Person Moved within the State in the Previous Year"/>
+    <s v="04"/>
+    <s v="Kilkenny"/>
+    <s v="-"/>
+    <s v="All types of occupancy"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2484"/>
+  </r>
+  <r>
+    <s v="CD143"/>
+    <s v="Private Households where the Reference Person Moved within the State in the Previous Year"/>
+    <s v="04"/>
+    <s v="Kilkenny"/>
+    <s v="-"/>
+    <s v="All types of occupancy"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1817"/>
+  </r>
+  <r>
+    <s v="CD143"/>
+    <s v="Private Households where the Reference Person Moved within the State in the Previous Year"/>
+    <s v="05"/>
+    <s v="Laois"/>
+    <s v="02"/>
+    <s v="Owner occupied without loan or mortgage"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="218"/>
+  </r>
+  <r>
+    <s v="CD143"/>
+    <s v="Private Households where the Reference Person Moved within the State in the Previous Year"/>
+    <s v="05"/>
+    <s v="Laois"/>
+    <s v="02"/>
+    <s v="Owner occupied without loan or mortgage"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="82"/>
+  </r>
+  <r>
+    <s v="CD143"/>
+    <s v="Private Households where the Reference Person Moved within the State in the Previous Year"/>
+    <s v="05"/>
+    <s v="Laois"/>
+    <s v="01"/>
+    <s v="Owner occupied with loan or mortgage"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1096"/>
+  </r>
+  <r>
+    <s v="CD143"/>
+    <s v="Private Households where the Reference Person Moved within the State in the Previous Year"/>
+    <s v="05"/>
+    <s v="Laois"/>
+    <s v="01"/>
+    <s v="Owner occupied with loan or mortgage"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="268"/>
+  </r>
+  <r>
+    <s v="CD143"/>
+    <s v="Private Households where the Reference Person Moved within the State in the Previous Year"/>
+    <s v="05"/>
+    <s v="Laois"/>
+    <s v="-1"/>
+    <s v="Rented"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="993"/>
+  </r>
+  <r>
+    <s v="CD143"/>
+    <s v="Private Households where the Reference Person Moved within the State in the Previous Year"/>
+    <s v="05"/>
+    <s v="Laois"/>
+    <s v="-1"/>
+    <s v="Rented"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1197"/>
+  </r>
+  <r>
+    <s v="CD143"/>
+    <s v="Private Households where the Reference Person Moved within the State in the Previous Year"/>
+    <s v="05"/>
+    <s v="Laois"/>
+    <s v="05A"/>
+    <s v="Rented from private landlord"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="596"/>
+  </r>
+  <r>
+    <s v="CD143"/>
+    <s v="Private Households where the Reference Person Moved within the State in the Previous Year"/>
+    <s v="05"/>
+    <s v="Laois"/>
+    <s v="05A"/>
+    <s v="Rented from private landlord"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1001"/>
+  </r>
+  <r>
+    <s v="CD143"/>
+    <s v="Private Households where the Reference Person Moved within the State in the Previous Year"/>
+    <s v="05"/>
+    <s v="Laois"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="160"/>
+  </r>
+  <r>
+    <s v="CD143"/>
+    <s v="Private Households where the Reference Person Moved within the State in the Previous Year"/>
+    <s v="05"/>
+    <s v="Laois"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="136"/>
+  </r>
+  <r>
+    <s v="CD143"/>
+    <s v="Private Households where the Reference Person Moved within the State in the Previous Year"/>
+    <s v="05"/>
+    <s v="Laois"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="205"/>
+  </r>
+  <r>
+    <s v="CD143"/>
+    <s v="Private Households where the Reference Person Moved within the State in the Previous Year"/>
+    <s v="05"/>
+    <s v="Laois"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="24"/>
+  </r>
+  <r>
+    <s v="CD143"/>
+    <s v="Private Households where the Reference Person Moved within the State in the Previous Year"/>
+    <s v="05"/>
+    <s v="Laois"/>
+    <s v="08"/>
+    <s v="Occupied free of rent"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="32"/>
+  </r>
+  <r>
+    <s v="CD143"/>
+    <s v="Private Households where the Reference Person Moved within the State in the Previous Year"/>
+    <s v="05"/>
+    <s v="Laois"/>
+    <s v="08"/>
+    <s v="Occupied free of rent"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="36"/>
+  </r>
+  <r>
+    <s v="CD143"/>
+    <s v="Private Households where the Reference Person Moved within the State in the Previous Year"/>
+    <s v="05"/>
+    <s v="Laois"/>
+    <s v="09"/>
+    <s v="Not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="111"/>
+  </r>
+  <r>
+    <s v="CD143"/>
+    <s v="Private Households where the Reference Person Moved within the State in the Previous Year"/>
+    <s v="05"/>
+    <s v="Laois"/>
+    <s v="09"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="12"/>
+  </r>
+  <r>
+    <s v="CD143"/>
+    <s v="Private Households where the Reference Person Moved within the State in the Previous Year"/>
+    <s v="05"/>
+    <s v="Laois"/>
+    <s v="-"/>
+    <s v="All types of occupancy"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2418"/>
+  </r>
+  <r>
+    <s v="CD143"/>
+    <s v="Private Households where the Reference Person Moved within the State in the Previous Year"/>
+    <s v="05"/>
+    <s v="Laois"/>
+    <s v="-"/>
+    <s v="All types of occupancy"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1559"/>
+  </r>
+  <r>
+    <s v="CD143"/>
+    <s v="Private Households where the Reference Person Moved within the State in the Previous Year"/>
+    <s v="06"/>
+    <s v="Longford"/>
+    <s v="02"/>
+    <s v="Owner occupied without loan or mortgage"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="98"/>
+  </r>
+  <r>
+    <s v="CD143"/>
+    <s v="Private Households where the Reference Person Moved within the State in the Previous Year"/>
+    <s v="06"/>
+    <s v="Longford"/>
+    <s v="02"/>
+    <s v="Owner occupied without loan or mortgage"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="39"/>
+  </r>
+  <r>
+    <s v="CD143"/>
+    <s v="Private Households where the Reference Person Moved within the State in the Previous Year"/>
+    <s v="06"/>
+    <s v="Longford"/>
+    <s v="01"/>
+    <s v="Owner occupied with loan or mortgage"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="267"/>
+  </r>
+  <r>
+    <s v="CD143"/>
+    <s v="Private Households where the Reference Person Moved within the State in the Previous Year"/>
+    <s v="06"/>
+    <s v="Longford"/>
+    <s v="01"/>
+    <s v="Owner occupied with loan or mortgage"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="88"/>
+  </r>
+  <r>
+    <s v="CD143"/>
+    <s v="Private Households where the Reference Person Moved within the State in the Previous Year"/>
+    <s v="06"/>
+    <s v="Longford"/>
+    <s v="-1"/>
+    <s v="Rented"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="595"/>
+  </r>
+  <r>
+    <s v="CD143"/>
+    <s v="Private Households where the Reference Person Moved within the State in the Previous Year"/>
+    <s v="06"/>
+    <s v="Longford"/>
+    <s v="-1"/>
+    <s v="Rented"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="704"/>
+  </r>
+  <r>
+    <s v="CD143"/>
+    <s v="Private Households where the Reference Person Moved within the State in the Previous Year"/>
+    <s v="06"/>
+    <s v="Longford"/>
+    <s v="05A"/>
+    <s v="Rented from private landlord"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="381"/>
+  </r>
+  <r>
+    <s v="CD143"/>
+    <s v="Private Households where the Reference Person Moved within the State in the Previous Year"/>
+    <s v="06"/>
+    <s v="Longford"/>
+    <s v="05A"/>
+    <s v="Rented from private landlord"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="540"/>
+  </r>
+  <r>
+    <s v="CD143"/>
+    <s v="Private Households where the Reference Person Moved within the State in the Previous Year"/>
+    <s v="06"/>
+    <s v="Longford"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="91"/>
+  </r>
+  <r>
+    <s v="CD143"/>
+    <s v="Private Households where the Reference Person Moved within the State in the Previous Year"/>
+    <s v="06"/>
+    <s v="Longford"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="134"/>
+  </r>
+  <r>
+    <s v="CD143"/>
+    <s v="Private Households where the Reference Person Moved within the State in the Previous Year"/>
+    <s v="06"/>
+    <s v="Longford"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="101"/>
+  </r>
+  <r>
+    <s v="CD143"/>
+    <s v="Private Households where the Reference Person Moved within the State in the Previous Year"/>
+    <s v="06"/>
+    <s v="Longford"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="19"/>
+  </r>
+  <r>
+    <s v="CD143"/>
+    <s v="Private Households where the Reference Person Moved within the State in the Previous Year"/>
+    <s v="06"/>
+    <s v="Longford"/>
+    <s v="08"/>
+    <s v="Occupied free of rent"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="22"/>
+  </r>
+  <r>
+    <s v="CD143"/>
+    <s v="Private Households where the Reference Person Moved within the State in the Previous Year"/>
+    <s v="06"/>
+    <s v="Longford"/>
+    <s v="08"/>
+    <s v="Occupied free of rent"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="11"/>
+  </r>
+  <r>
+    <s v="CD143"/>
+    <s v="Private Households where the Reference Person Moved within the State in the Previous Year"/>
+    <s v="06"/>
+    <s v="Longford"/>
+    <s v="09"/>
+    <s v="Not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="59"/>
+  </r>
+  <r>
+    <s v="CD143"/>
+    <s v="Private Households where the Reference Person Moved within the State in the Previous Year"/>
+    <s v="06"/>
+    <s v="Longford"/>
+    <s v="09"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="6"/>
+  </r>
+  <r>
+    <s v="CD143"/>
+    <s v="Private Households where the Reference Person Moved within the State in the Previous Year"/>
+    <s v="06"/>
+    <s v="Longford"/>
+    <s v="-"/>
+    <s v="All types of occupancy"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1019"/>
+  </r>
+  <r>
+    <s v="CD143"/>
+    <s v="Private Households where the Reference Person Moved within the State in the Previous Year"/>
+    <s v="06"/>
+    <s v="Longford"/>
+    <s v="-"/>
+    <s v="All types of occupancy"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="837"/>
+  </r>
+  <r>
+    <s v="CD143"/>
+    <s v="Private Households where the Reference Person Moved within the State in the Previous Year"/>
+    <s v="07"/>
+    <s v="Louth"/>
+    <s v="02"/>
+    <s v="Owner occupied without loan or mortgage"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="213"/>
+  </r>
+  <r>
+    <s v="CD143"/>
+    <s v="Private Households where the Reference Person Moved within the State in the Previous Year"/>
+    <s v="07"/>
+    <s v="Louth"/>
+    <s v="02"/>
+    <s v="Owner occupied without loan or mortgage"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="118"/>
+  </r>
+  <r>
+    <s v="CD143"/>
+    <s v="Private Households where the Reference Person Moved within the State in the Previous Year"/>
+    <s v="07"/>
+    <s v="Louth"/>
+    <s v="01"/>
+    <s v="Owner occupied with loan or mortgage"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1450"/>
+  </r>
+  <r>
+    <s v="CD143"/>
+    <s v="Private Households where the Reference Person Moved within the State in the Previous Year"/>
+    <s v="07"/>
+    <s v="Louth"/>
+    <s v="01"/>
+    <s v="Owner occupied with loan or mortgage"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="373"/>
+  </r>
+  <r>
+    <s v="CD143"/>
+    <s v="Private Households where the Reference Person Moved within the State in the Previous Year"/>
+    <s v="07"/>
+    <s v="Louth"/>
+    <s v="-1"/>
+    <s v="Rented"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1693"/>
+  </r>
+  <r>
+    <s v="CD143"/>
+    <s v="Private Households where the Reference Person Moved within the State in the Previous Year"/>
+    <s v="07"/>
+    <s v="Louth"/>
+    <s v="-1"/>
+    <s v="Rented"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2054"/>
+  </r>
+  <r>
+    <s v="CD143"/>
+    <s v="Private Households where the Reference Person Moved within the State in the Previous Year"/>
+    <s v="07"/>
+    <s v="Louth"/>
+    <s v="05A"/>
+    <s v="Rented from private landlord"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="991"/>
+  </r>
+  <r>
+    <s v="CD143"/>
+    <s v="Private Households where the Reference Person Moved within the State in the Previous Year"/>
+    <s v="07"/>
+    <s v="Louth"/>
+    <s v="05A"/>
+    <s v="Rented from private landlord"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1743"/>
+  </r>
+  <r>
+    <s v="CD143"/>
+    <s v="Private Households where the Reference Person Moved within the State in the Previous Year"/>
+    <s v="07"/>
+    <s v="Louth"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="244"/>
+  </r>
+  <r>
+    <s v="CD143"/>
+    <s v="Private Households where the Reference Person Moved within the State in the Previous Year"/>
+    <s v="07"/>
+    <s v="Louth"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="218"/>
+  </r>
+  <r>
+    <s v="CD143"/>
+    <s v="Private Households where the Reference Person Moved within the State in the Previous Year"/>
+    <s v="07"/>
+    <s v="Louth"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="395"/>
+  </r>
+  <r>
+    <s v="CD143"/>
+    <s v="Private Households where the Reference Person Moved within the State in the Previous Year"/>
+    <s v="07"/>
+    <s v="Louth"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="40"/>
+  </r>
+  <r>
+    <s v="CD143"/>
+    <s v="Private Households where the Reference Person Moved within the State in the Previous Year"/>
+    <s v="07"/>
+    <s v="Louth"/>
+    <s v="08"/>
+    <s v="Occupied free of rent"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="63"/>
+  </r>
+  <r>
+    <s v="CD143"/>
+    <s v="Private Households where the Reference Person Moved within the State in the Previous Year"/>
+    <s v="07"/>
+    <s v="Louth"/>
+    <s v="08"/>
+    <s v="Occupied free of rent"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="53"/>
+  </r>
+  <r>
+    <s v="CD143"/>
+    <s v="Private Households where the Reference Person Moved within the State in the Previous Year"/>
+    <s v="07"/>
+    <s v="Louth"/>
+    <s v="09"/>
+    <s v="Not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="146"/>
+  </r>
+  <r>
+    <s v="CD143"/>
+    <s v="Private Households where the Reference Person Moved within the State in the Previous Year"/>
+    <s v="07"/>
+    <s v="Louth"/>
+    <s v="09"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="22"/>
+  </r>
+  <r>
+    <s v="CD143"/>
+    <s v="Private Households where the Reference Person Moved within the State in the Previous Year"/>
+    <s v="07"/>
+    <s v="Louth"/>
+    <s v="-"/>
+    <s v="All types of occupancy"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3502"/>
+  </r>
+  <r>
+    <s v="CD143"/>
+    <s v="Private Households where the Reference Person Moved within the State in the Previous Year"/>
+    <s v="07"/>
+    <s v="Louth"/>
+    <s v="-"/>
+    <s v="All types of occupancy"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2567"/>
+  </r>
+  <r>
+    <s v="CD143"/>
+    <s v="Private Households where the Reference Person Moved within the State in the Previous Year"/>
+    <s v="08"/>
+    <s v="Meath"/>
+    <s v="02"/>
+    <s v="Owner occupied without loan or mortgage"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="414"/>
+  </r>
+  <r>
+    <s v="CD143"/>
+    <s v="Private Households where the Reference Person Moved within the State in the Previous Year"/>
+    <s v="08"/>
+    <s v="Meath"/>
+    <s v="02"/>
+    <s v="Owner occupied without loan or mortgage"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="188"/>
+  </r>
+  <r>
+    <s v="CD143"/>
+    <s v="Private Households where the Reference Person Moved within the State in the Previous Year"/>
+    <s v="08"/>
+    <s v="Meath"/>
+    <s v="01"/>
+    <s v="Owner occupied with loan or mortgage"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3319"/>
+  </r>
+  <r>
+    <s v="CD143"/>
+    <s v="Private Households where the Reference Person Moved within the State in the Previous Year"/>
+    <s v="08"/>
+    <s v="Meath"/>
+    <s v="01"/>
+    <s v="Owner occupied with loan or mortgage"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="743"/>
+  </r>
+  <r>
+    <s v="CD143"/>
+    <s v="Private Households where the Reference Person Moved within the State in the Previous Year"/>
+    <s v="08"/>
+    <s v="Meath"/>
+    <s v="-1"/>
+    <s v="Rented"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2139"/>
+  </r>
+  <r>
+    <s v="CD143"/>
+    <s v="Private Households where the Reference Person Moved within the State in the Previous Year"/>
+    <s v="08"/>
+    <s v="Meath"/>
+    <s v="-1"/>
+    <s v="Rented"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2617"/>
+  </r>
+  <r>
+    <s v="CD143"/>
+    <s v="Private Households where the Reference Person Moved within the State in the Previous Year"/>
+    <s v="08"/>
+    <s v="Meath"/>
+    <s v="05A"/>
+    <s v="Rented from private landlord"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1288"/>
+  </r>
+  <r>
+    <s v="CD143"/>
+    <s v="Private Households where the Reference Person Moved within the State in the Previous Year"/>
+    <s v="08"/>
+    <s v="Meath"/>
+    <s v="05A"/>
+    <s v="Rented from private landlord"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2308"/>
+  </r>
+  <r>
+    <s v="CD143"/>
+    <s v="Private Households where the Reference Person Moved within the State in the Previous Year"/>
+    <s v="08"/>
+    <s v="Meath"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="253"/>
+  </r>
+  <r>
+    <s v="CD143"/>
+    <s v="Private Households where the Reference Person Moved within the State in the Previous Year"/>
+    <s v="08"/>
+    <s v="Meath"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="200"/>
+  </r>
+  <r>
+    <s v="CD143"/>
+    <s v="Private Households where the Reference Person Moved within the State in the Previous Year"/>
+    <s v="08"/>
+    <s v="Meath"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="393"/>
+  </r>
+  <r>
+    <s v="CD143"/>
+    <s v="Private Households where the Reference Person Moved within the State in the Previous Year"/>
+    <s v="08"/>
+    <s v="Meath"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="38"/>
+  </r>
+  <r>
+    <s v="CD143"/>
+    <s v="Private Households where the Reference Person Moved within the State in the Previous Year"/>
+    <s v="08"/>
+    <s v="Meath"/>
+    <s v="08"/>
+    <s v="Occupied free of rent"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="205"/>
+  </r>
+  <r>
+    <s v="CD143"/>
+    <s v="Private Households where the Reference Person Moved within the State in the Previous Year"/>
+    <s v="08"/>
+    <s v="Meath"/>
+    <s v="08"/>
+    <s v="Occupied free of rent"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="71"/>
+  </r>
+  <r>
+    <s v="CD143"/>
+    <s v="Private Households where the Reference Person Moved within the State in the Previous Year"/>
+    <s v="08"/>
+    <s v="Meath"/>
+    <s v="09"/>
+    <s v="Not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="223"/>
+  </r>
+  <r>
+    <s v="CD143"/>
+    <s v="Private Households where the Reference Person Moved within the State in the Previous Year"/>
+    <s v="08"/>
+    <s v="Meath"/>
+    <s v="09"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="25"/>
+  </r>
+  <r>
+    <s v="CD143"/>
+    <s v="Private Households where the Reference Person Moved within the State in the Previous Year"/>
+    <s v="08"/>
+    <s v="Meath"/>
+    <s v="-"/>
+    <s v="All types of occupancy"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="6095"/>
+  </r>
+  <r>
+    <s v="CD143"/>
+    <s v="Private Households where the Reference Person Moved within the State in the Previous Year"/>
+    <s v="08"/>
+    <s v="Meath"/>
+    <s v="-"/>
+    <s v="All types of occupancy"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3573"/>
+  </r>
+  <r>
+    <s v="CD143"/>
+    <s v="Private Households where the Reference Person Moved within the State in the Previous Year"/>
+    <s v="09"/>
+    <s v="Offaly"/>
+    <s v="02"/>
+    <s v="Owner occupied without loan or mortgage"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="171"/>
+  </r>
+  <r>
+    <s v="CD143"/>
+    <s v="Private Households where the Reference Person Moved within the State in the Previous Year"/>
+    <s v="09"/>
+    <s v="Offaly"/>
+    <s v="02"/>
+    <s v="Owner occupied without loan or mortgage"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="78"/>
+  </r>
+  <r>
+    <s v="CD143"/>
+    <s v="Private Households where the Reference Person Moved within the State in the Previous Year"/>
+    <s v="09"/>
+    <s v="Offaly"/>
+    <s v="01"/>
+    <s v="Owner occupied with loan or mortgage"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="772"/>
+  </r>
+  <r>
+    <s v="CD143"/>
+    <s v="Private Households where the Reference Person Moved within the State in the Previous Year"/>
+    <s v="09"/>
+    <s v="Offaly"/>
+    <s v="01"/>
+    <s v="Owner occupied with loan or mortgage"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="199"/>
+  </r>
+  <r>
+    <s v="CD143"/>
+    <s v="Private Households where the Reference Person Moved within the State in the Previous Year"/>
+    <s v="09"/>
+    <s v="Offaly"/>
+    <s v="-1"/>
+    <s v="Rented"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="894"/>
+  </r>
+  <r>
+    <s v="CD143"/>
+    <s v="Private Households where the Reference Person Moved within the State in the Previous Year"/>
+    <s v="09"/>
+    <s v="Offaly"/>
+    <s v="-1"/>
+    <s v="Rented"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1083"/>
+  </r>
+  <r>
+    <s v="CD143"/>
+    <s v="Private Households where the Reference Person Moved within the State in the Previous Year"/>
+    <s v="09"/>
+    <s v="Offaly"/>
+    <s v="05A"/>
+    <s v="Rented from private landlord"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="561"/>
+  </r>
+  <r>
+    <s v="CD143"/>
+    <s v="Private Households where the Reference Person Moved within the State in the Previous Year"/>
+    <s v="09"/>
+    <s v="Offaly"/>
+    <s v="05A"/>
+    <s v="Rented from private landlord"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="921"/>
+  </r>
+  <r>
+    <s v="CD143"/>
+    <s v="Private Households where the Reference Person Moved within the State in the Previous Year"/>
+    <s v="09"/>
+    <s v="Offaly"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="115"/>
+  </r>
+  <r>
+    <s v="CD143"/>
+    <s v="Private Households where the Reference Person Moved within the State in the Previous Year"/>
+    <s v="09"/>
+    <s v="Offaly"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="129"/>
+  </r>
+  <r>
+    <s v="CD143"/>
+    <s v="Private Households where the Reference Person Moved within the State in the Previous Year"/>
+    <s v="09"/>
+    <s v="Offaly"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="176"/>
+  </r>
+  <r>
+    <s v="CD143"/>
+    <s v="Private Households where the Reference Person Moved within the State in the Previous Year"/>
+    <s v="09"/>
+    <s v="Offaly"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="8"/>
+  </r>
+  <r>
+    <s v="CD143"/>
+    <s v="Private Households where the Reference Person Moved within the State in the Previous Year"/>
+    <s v="09"/>
+    <s v="Offaly"/>
+    <s v="08"/>
+    <s v="Occupied free of rent"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="42"/>
+  </r>
+  <r>
+    <s v="CD143"/>
+    <s v="Private Households where the Reference Person Moved within the State in the Previous Year"/>
+    <s v="09"/>
+    <s v="Offaly"/>
+    <s v="08"/>
+    <s v="Occupied free of rent"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="25"/>
+  </r>
+  <r>
+    <s v="CD143"/>
+    <s v="Private Households where the Reference Person Moved within the State in the Previous Year"/>
+    <s v="09"/>
+    <s v="Offaly"/>
+    <s v="09"/>
+    <s v="Not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="81"/>
+  </r>
+  <r>
+    <s v="CD143"/>
+    <s v="Private Households where the Reference Person Moved within the State in the Previous Year"/>
+    <s v="09"/>
+    <s v="Offaly"/>
+    <s v="09"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="12"/>
+  </r>
+  <r>
+    <s v="CD143"/>
+    <s v="Private Households where the Reference Person Moved within the State in the Previous Year"/>
+    <s v="09"/>
+    <s v="Offaly"/>
+    <s v="-"/>
+    <s v="All types of occupancy"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1918"/>
+  </r>
+  <r>
+    <s v="CD143"/>
+    <s v="Private Households where the Reference Person Moved within the State in the Previous Year"/>
+    <s v="09"/>
+    <s v="Offaly"/>
+    <s v="-"/>
+    <s v="All types of occupancy"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1372"/>
+  </r>
+  <r>
+    <s v="CD143"/>
+    <s v="Private Households where the Reference Person Moved within the State in the Previous Year"/>
+    <s v="10"/>
+    <s v="Westmeath"/>
+    <s v="02"/>
+    <s v="Owner occupied without loan or mortgage"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="207"/>
+  </r>
+  <r>
+    <s v="CD143"/>
+    <s v="Private Households where the Reference Person Moved within the State in the Previous Year"/>
+    <s v="10"/>
+    <s v="Westmeath"/>
+    <s v="02"/>
+    <s v="Owner occupied without loan or mortgage"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="97"/>
+  </r>
+  <r>
+    <s v="CD143"/>
+    <s v="Private Households where the Reference Person Moved within the State in the Previous Year"/>
+    <s v="10"/>
+    <s v="Westmeath"/>
+    <s v="01"/>
+    <s v="Owner occupied with loan or mortgage"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="873"/>
+  </r>
+  <r>
+    <s v="CD143"/>
+    <s v="Private Households where the Reference Person Moved within the State in the Previous Year"/>
+    <s v="10"/>
+    <s v="Westmeath"/>
+    <s v="01"/>
+    <s v="Owner occupied with loan or mortgage"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="272"/>
+  </r>
+  <r>
+    <s v="CD143"/>
+    <s v="Private Households where the Reference Person Moved within the State in the Previous Year"/>
+    <s v="10"/>
+    <s v="Westmeath"/>
+    <s v="-1"/>
+    <s v="Rented"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1366"/>
+  </r>
+  <r>
+    <s v="CD143"/>
+    <s v="Private Households where the Reference Person Moved within the State in the Previous Year"/>
+    <s v="10"/>
+    <s v="Westmeath"/>
+    <s v="-1"/>
+    <s v="Rented"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1710"/>
+  </r>
+  <r>
+    <s v="CD143"/>
+    <s v="Private Households where the Reference Person Moved within the State in the Previous Year"/>
+    <s v="10"/>
+    <s v="Westmeath"/>
+    <s v="05A"/>
+    <s v="Rented from private landlord"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="909"/>
+  </r>
+  <r>
+    <s v="CD143"/>
+    <s v="Private Households where the Reference Person Moved within the State in the Previous Year"/>
+    <s v="10"/>
+    <s v="Westmeath"/>
+    <s v="05A"/>
+    <s v="Rented from private landlord"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1476"/>
+  </r>
+  <r>
+    <s v="CD143"/>
+    <s v="Private Households where the Reference Person Moved within the State in the Previous Year"/>
+    <s v="10"/>
+    <s v="Westmeath"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="110"/>
+  </r>
+  <r>
+    <s v="CD143"/>
+    <s v="Private Households where the Reference Person Moved within the State in the Previous Year"/>
+    <s v="10"/>
+    <s v="Westmeath"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="183"/>
+  </r>
+  <r>
+    <s v="CD143"/>
+    <s v="Private Households where the Reference Person Moved within the State in the Previous Year"/>
+    <s v="10"/>
+    <s v="Westmeath"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="301"/>
+  </r>
+  <r>
+    <s v="CD143"/>
+    <s v="Private Households where the Reference Person Moved within the State in the Previous Year"/>
+    <s v="10"/>
+    <s v="Westmeath"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="18"/>
+  </r>
+  <r>
+    <s v="CD143"/>
+    <s v="Private Households where the Reference Person Moved within the State in the Previous Year"/>
+    <s v="10"/>
+    <s v="Westmeath"/>
+    <s v="08"/>
+    <s v="Occupied free of rent"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="46"/>
+  </r>
+  <r>
+    <s v="CD143"/>
+    <s v="Private Households where the Reference Person Moved within the State in the Previous Year"/>
+    <s v="10"/>
+    <s v="Westmeath"/>
+    <s v="08"/>
+    <s v="Occupied free of rent"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="33"/>
+  </r>
+  <r>
+    <s v="CD143"/>
+    <s v="Private Households where the Reference Person Moved within the State in the Previous Year"/>
+    <s v="10"/>
+    <s v="Westmeath"/>
+    <s v="09"/>
+    <s v="Not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="140"/>
+  </r>
+  <r>
+    <s v="CD143"/>
+    <s v="Private Households where the Reference Person Moved within the State in the Previous Year"/>
+    <s v="10"/>
+    <s v="Westmeath"/>
+    <s v="09"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="18"/>
+  </r>
+  <r>
+    <s v="CD143"/>
+    <s v="Private Households where the Reference Person Moved within the State in the Previous Year"/>
+    <s v="10"/>
+    <s v="Westmeath"/>
+    <s v="-"/>
+    <s v="All types of occupancy"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2586"/>
+  </r>
+  <r>
+    <s v="CD143"/>
+    <s v="Private Households where the Reference Person Moved within the State in the Previous Year"/>
+    <s v="10"/>
+    <s v="Westmeath"/>
+    <s v="-"/>
+    <s v="All types of occupancy"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2097"/>
+  </r>
+  <r>
+    <s v="CD143"/>
+    <s v="Private Households where the Reference Person Moved within the State in the Previous Year"/>
+    <s v="11"/>
+    <s v="Wexford"/>
+    <s v="02"/>
+    <s v="Owner occupied without loan or mortgage"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="490"/>
+  </r>
+  <r>
+    <s v="CD143"/>
+    <s v="Private Households where the Reference Person Moved within the State in the Previous Year"/>
+    <s v="11"/>
+    <s v="Wexford"/>
+    <s v="02"/>
+    <s v="Owner occupied without loan or mortgage"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="240"/>
+  </r>
+  <r>
+    <s v="CD143"/>
+    <s v="Private Households where the Reference Person Moved within the State in the Previous Year"/>
+    <s v="11"/>
+    <s v="Wexford"/>
+    <s v="01"/>
+    <s v="Owner occupied with loan or mortgage"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1401"/>
+  </r>
+  <r>
+    <s v="CD143"/>
+    <s v="Private Households where the Reference Person Moved within the State in the Previous Year"/>
+    <s v="11"/>
+    <s v="Wexford"/>
+    <s v="01"/>
+    <s v="Owner occupied with loan or mortgage"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="392"/>
+  </r>
+  <r>
+    <s v="CD143"/>
+    <s v="Private Households where the Reference Person Moved within the State in the Previous Year"/>
+    <s v="11"/>
+    <s v="Wexford"/>
+    <s v="-1"/>
+    <s v="Rented"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2090"/>
+  </r>
+  <r>
+    <s v="CD143"/>
+    <s v="Private Households where the Reference Person Moved within the State in the Previous Year"/>
+    <s v="11"/>
+    <s v="Wexford"/>
+    <s v="-1"/>
+    <s v="Rented"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2219"/>
+  </r>
+  <r>
+    <s v="CD143"/>
+    <s v="Private Households where the Reference Person Moved within the State in the Previous Year"/>
+    <s v="11"/>
+    <s v="Wexford"/>
+    <s v="05A"/>
+    <s v="Rented from private landlord"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1287"/>
+  </r>
+  <r>
+    <s v="CD143"/>
+    <s v="Private Households where the Reference Person Moved within the State in the Previous Year"/>
+    <s v="11"/>
+    <s v="Wexford"/>
+    <s v="05A"/>
+    <s v="Rented from private landlord"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1880"/>
+  </r>
+  <r>
+    <s v="CD143"/>
+    <s v="Private Households where the Reference Person Moved within the State in the Previous Year"/>
+    <s v="11"/>
+    <s v="Wexford"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="289"/>
+  </r>
+  <r>
+    <s v="CD143"/>
+    <s v="Private Households where the Reference Person Moved within the State in the Previous Year"/>
+    <s v="11"/>
+    <s v="Wexford"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="240"/>
+  </r>
+  <r>
+    <s v="CD143"/>
+    <s v="Private Households where the Reference Person Moved within the State in the Previous Year"/>
+    <s v="11"/>
+    <s v="Wexford"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="413"/>
+  </r>
+  <r>
+    <s v="CD143"/>
+    <s v="Private Households where the Reference Person Moved within the State in the Previous Year"/>
+    <s v="11"/>
+    <s v="Wexford"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="25"/>
+  </r>
+  <r>
+    <s v="CD143"/>
+    <s v="Private Households where the Reference Person Moved within the State in the Previous Year"/>
+    <s v="11"/>
+    <s v="Wexford"/>
+    <s v="08"/>
+    <s v="Occupied free of rent"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="101"/>
+  </r>
+  <r>
+    <s v="CD143"/>
+    <s v="Private Households where the Reference Person Moved within the State in the Previous Year"/>
+    <s v="11"/>
+    <s v="Wexford"/>
+    <s v="08"/>
+    <s v="Occupied free of rent"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="74"/>
+  </r>
+  <r>
+    <s v="CD143"/>
+    <s v="Private Households where the Reference Person Moved within the State in the Previous Year"/>
+    <s v="11"/>
+    <s v="Wexford"/>
+    <s v="09"/>
+    <s v="Not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="115"/>
+  </r>
+  <r>
+    <s v="CD143"/>
+    <s v="Private Households where the Reference Person Moved within the State in the Previous Year"/>
+    <s v="11"/>
+    <s v="Wexford"/>
+    <s v="09"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="25"/>
+  </r>
+  <r>
+    <s v="CD143"/>
+    <s v="Private Households where the Reference Person Moved within the State in the Previous Year"/>
+    <s v="11"/>
+    <s v="Wexford"/>
+    <s v="-"/>
+    <s v="All types of occupancy"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4096"/>
+  </r>
+  <r>
+    <s v="CD143"/>
+    <s v="Private Households where the Reference Person Moved within the State in the Previous Year"/>
+    <s v="11"/>
+    <s v="Wexford"/>
+    <s v="-"/>
+    <s v="All types of occupancy"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2876"/>
+  </r>
+  <r>
+    <s v="CD143"/>
+    <s v="Private Households where the Reference Person Moved within the State in the Previous Year"/>
+    <s v="12"/>
+    <s v="Wicklow"/>
+    <s v="02"/>
+    <s v="Owner occupied without loan or mortgage"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="319"/>
+  </r>
+  <r>
+    <s v="CD143"/>
+    <s v="Private Households where the Reference Person Moved within the State in the Previous Year"/>
+    <s v="12"/>
+    <s v="Wicklow"/>
+    <s v="02"/>
+    <s v="Owner occupied without loan or mortgage"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="183"/>
+  </r>
+  <r>
+    <s v="CD143"/>
+    <s v="Private Households where the Reference Person Moved within the State in the Previous Year"/>
+    <s v="12"/>
+    <s v="Wicklow"/>
+    <s v="01"/>
+    <s v="Owner occupied with loan or mortgage"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1950"/>
+  </r>
+  <r>
+    <s v="CD143"/>
+    <s v="Private Households where the Reference Person Moved within the State in the Previous Year"/>
+    <s v="12"/>
+    <s v="Wicklow"/>
+    <s v="01"/>
+    <s v="Owner occupied with loan or mortgage"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="505"/>
+  </r>
+  <r>
+    <s v="CD143"/>
+    <s v="Private Households where the Reference Person Moved within the State in the Previous Year"/>
+    <s v="12"/>
+    <s v="Wicklow"/>
+    <s v="-1"/>
+    <s v="Rented"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1864"/>
+  </r>
+  <r>
+    <s v="CD143"/>
+    <s v="Private Households where the Reference Person Moved within the State in the Previous Year"/>
+    <s v="12"/>
+    <s v="Wicklow"/>
+    <s v="-1"/>
+    <s v="Rented"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2223"/>
+  </r>
+  <r>
+    <s v="CD143"/>
+    <s v="Private Households where the Reference Person Moved within the State in the Previous Year"/>
+    <s v="12"/>
+    <s v="Wicklow"/>
+    <s v="05A"/>
+    <s v="Rented from private landlord"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1147"/>
+  </r>
+  <r>
+    <s v="CD143"/>
+    <s v="Private Households where the Reference Person Moved within the State in the Previous Year"/>
+    <s v="12"/>
+    <s v="Wicklow"/>
+    <s v="05A"/>
+    <s v="Rented from private landlord"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1912"/>
+  </r>
+  <r>
+    <s v="CD143"/>
+    <s v="Private Households where the Reference Person Moved within the State in the Previous Year"/>
+    <s v="12"/>
+    <s v="Wicklow"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="300"/>
+  </r>
+  <r>
+    <s v="CD143"/>
+    <s v="Private Households where the Reference Person Moved within the State in the Previous Year"/>
+    <s v="12"/>
+    <s v="Wicklow"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="215"/>
+  </r>
+  <r>
+    <s v="CD143"/>
+    <s v="Private Households where the Reference Person Moved within the State in the Previous Year"/>
+    <s v="12"/>
+    <s v="Wicklow"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="327"/>
+  </r>
+  <r>
+    <s v="CD143"/>
+    <s v="Private Households where the Reference Person Moved within the State in the Previous Year"/>
+    <s v="12"/>
+    <s v="Wicklow"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="16"/>
+  </r>
+  <r>
+    <s v="CD143"/>
+    <s v="Private Households where the Reference Person Moved within the State in the Previous Year"/>
+    <s v="12"/>
+    <s v="Wicklow"/>
+    <s v="08"/>
+    <s v="Occupied free of rent"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="90"/>
+  </r>
+  <r>
+    <s v="CD143"/>
+    <s v="Private Households where the Reference Person Moved within the State in the Previous Year"/>
+    <s v="12"/>
+    <s v="Wicklow"/>
+    <s v="08"/>
+    <s v="Occupied free of rent"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="80"/>
+  </r>
+  <r>
+    <s v="CD143"/>
+    <s v="Private Households where the Reference Person Moved within the State in the Previous Year"/>
+    <s v="12"/>
+    <s v="Wicklow"/>
+    <s v="09"/>
+    <s v="Not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="144"/>
+  </r>
+  <r>
+    <s v="CD143"/>
+    <s v="Private Households where the Reference Person Moved within the State in the Previous Year"/>
+    <s v="12"/>
+    <s v="Wicklow"/>
+    <s v="09"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="18"/>
+  </r>
+  <r>
+    <s v="CD143"/>
+    <s v="Private Households where the Reference Person Moved within the State in the Previous Year"/>
+    <s v="12"/>
+    <s v="Wicklow"/>
+    <s v="-"/>
+    <s v="All types of occupancy"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4277"/>
+  </r>
+  <r>
+    <s v="CD143"/>
+    <s v="Private Households where the Reference Person Moved within the State in the Previous Year"/>
+    <s v="12"/>
+    <s v="Wicklow"/>
+    <s v="-"/>
+    <s v="All types of occupancy"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2929"/>
+  </r>
+  <r>
+    <s v="CD143"/>
+    <s v="Private Households where the Reference Person Moved within the State in the Previous Year"/>
+    <s v="B"/>
+    <s v="Munster"/>
+    <s v="02"/>
+    <s v="Owner occupied without loan or mortgage"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2351"/>
+  </r>
+  <r>
+    <s v="CD143"/>
+    <s v="Private Households where the Reference Person Moved within the State in the Previous Year"/>
+    <s v="B"/>
+    <s v="Munster"/>
+    <s v="02"/>
+    <s v="Owner occupied without loan or mortgage"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1270"/>
+  </r>
+  <r>
+    <s v="CD143"/>
+    <s v="Private Households where the Reference Person Moved within the State in the Previous Year"/>
+    <s v="B"/>
+    <s v="Munster"/>
+    <s v="01"/>
+    <s v="Owner occupied with loan or mortgage"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="11119"/>
+  </r>
+  <r>
+    <s v="CD143"/>
+    <s v="Private Households where the Reference Person Moved within the State in the Previous Year"/>
+    <s v="B"/>
+    <s v="Munster"/>
+    <s v="01"/>
+    <s v="Owner occupied with loan or mortgage"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3490"/>
+  </r>
+  <r>
+    <s v="CD143"/>
+    <s v="Private Households where the Reference Person Moved within the State in the Previous Year"/>
+    <s v="B"/>
+    <s v="Munster"/>
+    <s v="-1"/>
+    <s v="Rented"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="21113"/>
+  </r>
+  <r>
+    <s v="CD143"/>
+    <s v="Private Households where the Reference Person Moved within the State in the Previous Year"/>
+    <s v="B"/>
+    <s v="Munster"/>
+    <s v="-1"/>
+    <s v="Rented"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="22340"/>
+  </r>
+  <r>
+    <s v="CD143"/>
+    <s v="Private Households where the Reference Person Moved within the State in the Previous Year"/>
+    <s v="B"/>
+    <s v="Munster"/>
+    <s v="05A"/>
+    <s v="Rented from private landlord"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="13799"/>
+  </r>
+  <r>
+    <s v="CD143"/>
+    <s v="Private Households where the Reference Person Moved within the State in the Previous Year"/>
+    <s v="B"/>
+    <s v="Munster"/>
+    <s v="05A"/>
+    <s v="Rented from private landlord"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="19215"/>
+  </r>
+  <r>
+    <s v="CD143"/>
+    <s v="Private Households where the Reference Person Moved within the State in the Previous Year"/>
+    <s v="B"/>
+    <s v="Munster"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2423"/>
+  </r>
+  <r>
+    <s v="CD143"/>
+    <s v="Private Households where the Reference Person Moved within the State in the Previous Year"/>
+    <s v="B"/>
+    <s v="Munster"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2068"/>
+  </r>
+  <r>
+    <s v="CD143"/>
+    <s v="Private Households where the Reference Person Moved within the State in the Previous Year"/>
+    <s v="B"/>
+    <s v="Munster"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4112"/>
+  </r>
+  <r>
+    <s v="CD143"/>
+    <s v="Private Households where the Reference Person Moved within the State in the Previous Year"/>
+    <s v="B"/>
+    <s v="Munster"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="494"/>
+  </r>
+  <r>
+    <s v="CD143"/>
+    <s v="Private Households where the Reference Person Moved within the State in the Previous Year"/>
+    <s v="B"/>
+    <s v="Munster"/>
+    <s v="08"/>
+    <s v="Occupied free of rent"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="779"/>
+  </r>
+  <r>
+    <s v="CD143"/>
+    <s v="Private Households where the Reference Person Moved within the State in the Previous Year"/>
+    <s v="B"/>
+    <s v="Munster"/>
+    <s v="08"/>
+    <s v="Occupied free of rent"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="563"/>
+  </r>
+  <r>
+    <s v="CD143"/>
+    <s v="Private Households where the Reference Person Moved within the State in the Previous Year"/>
+    <s v="B"/>
+    <s v="Munster"/>
+    <s v="09"/>
+    <s v="Not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1929"/>
+  </r>
+  <r>
+    <s v="CD143"/>
+    <s v="Private Households where the Reference Person Moved within the State in the Previous Year"/>
+    <s v="B"/>
+    <s v="Munster"/>
+    <s v="09"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="333"/>
+  </r>
+  <r>
+    <s v="CD143"/>
+    <s v="Private Households where the Reference Person Moved within the State in the Previous Year"/>
+    <s v="B"/>
+    <s v="Munster"/>
+    <s v="-"/>
+    <s v="All types of occupancy"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="36512"/>
+  </r>
+  <r>
+    <s v="CD143"/>
+    <s v="Private Households where the Reference Person Moved within the State in the Previous Year"/>
+    <s v="B"/>
+    <s v="Munster"/>
+    <s v="-"/>
+    <s v="All types of occupancy"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="27433"/>
+  </r>
+  <r>
+    <s v="CD143"/>
+    <s v="Private Households where the Reference Person Moved within the State in the Previous Year"/>
+    <s v="13"/>
+    <s v="Clare"/>
+    <s v="02"/>
+    <s v="Owner occupied without loan or mortgage"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="249"/>
+  </r>
+  <r>
+    <s v="CD143"/>
+    <s v="Private Households where the Reference Person Moved within the State in the Previous Year"/>
+    <s v="13"/>
+    <s v="Clare"/>
+    <s v="02"/>
+    <s v="Owner occupied without loan or mortgage"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="137"/>
+  </r>
+  <r>
+    <s v="CD143"/>
+    <s v="Private Households where the Reference Person Moved within the State in the Previous Year"/>
+    <s v="13"/>
+    <s v="Clare"/>
+    <s v="01"/>
+    <s v="Owner occupied with loan or mortgage"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1180"/>
+  </r>
+  <r>
+    <s v="CD143"/>
+    <s v="Private Households where the Reference Person Moved within the State in the Previous Year"/>
+    <s v="13"/>
+    <s v="Clare"/>
+    <s v="01"/>
+    <s v="Owner occupied with loan or mortgage"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="326"/>
+  </r>
+  <r>
+    <s v="CD143"/>
+    <s v="Private Households where the Reference Person Moved within the State in the Previous Year"/>
+    <s v="13"/>
+    <s v="Clare"/>
+    <s v="-1"/>
+    <s v="Rented"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1576"/>
+  </r>
+  <r>
+    <s v="CD143"/>
+    <s v="Private Households where the Reference Person Moved within the State in the Previous Year"/>
+    <s v="13"/>
+    <s v="Clare"/>
+    <s v="-1"/>
+    <s v="Rented"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1852"/>
+  </r>
+  <r>
+    <s v="CD143"/>
+    <s v="Private Households where the Reference Person Moved within the State in the Previous Year"/>
+    <s v="13"/>
+    <s v="Clare"/>
+    <s v="05A"/>
+    <s v="Rented from private landlord"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="998"/>
+  </r>
+  <r>
+    <s v="CD143"/>
+    <s v="Private Households where the Reference Person Moved within the State in the Previous Year"/>
+    <s v="13"/>
+    <s v="Clare"/>
+    <s v="05A"/>
+    <s v="Rented from private landlord"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1620"/>
+  </r>
+  <r>
+    <s v="CD143"/>
+    <s v="Private Households where the Reference Person Moved within the State in the Previous Year"/>
+    <s v="13"/>
+    <s v="Clare"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="190"/>
+  </r>
+  <r>
+    <s v="CD143"/>
+    <s v="Private Households where the Reference Person Moved within the State in the Previous Year"/>
+    <s v="13"/>
+    <s v="Clare"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="153"/>
+  </r>
+  <r>
+    <s v="CD143"/>
+    <s v="Private Households where the Reference Person Moved within the State in the Previous Year"/>
+    <s v="13"/>
+    <s v="Clare"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="309"/>
+  </r>
+  <r>
+    <s v="CD143"/>
+    <s v="Private Households where the Reference Person Moved within the State in the Previous Year"/>
+    <s v="13"/>
+    <s v="Clare"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="29"/>
+  </r>
+  <r>
+    <s v="CD143"/>
+    <s v="Private Households where the Reference Person Moved within the State in the Previous Year"/>
+    <s v="13"/>
+    <s v="Clare"/>
+    <s v="08"/>
+    <s v="Occupied free of rent"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="79"/>
+  </r>
+  <r>
+    <s v="CD143"/>
+    <s v="Private Households where the Reference Person Moved within the State in the Previous Year"/>
+    <s v="13"/>
+    <s v="Clare"/>
+    <s v="08"/>
+    <s v="Occupied free of rent"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="50"/>
+  </r>
+  <r>
+    <s v="CD143"/>
+    <s v="Private Households where the Reference Person Moved within the State in the Previous Year"/>
+    <s v="13"/>
+    <s v="Clare"/>
+    <s v="09"/>
+    <s v="Not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="180"/>
+  </r>
+  <r>
+    <s v="CD143"/>
+    <s v="Private Households where the Reference Person Moved within the State in the Previous Year"/>
+    <s v="13"/>
+    <s v="Clare"/>
+    <s v="09"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="30"/>
+  </r>
+  <r>
+    <s v="CD143"/>
+    <s v="Private Households where the Reference Person Moved within the State in the Previous Year"/>
+    <s v="13"/>
+    <s v="Clare"/>
+    <s v="-"/>
+    <s v="All types of occupancy"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3185"/>
+  </r>
+  <r>
+    <s v="CD143"/>
+    <s v="Private Households where the Reference Person Moved within the State in the Previous Year"/>
+    <s v="13"/>
+    <s v="Clare"/>
+    <s v="-"/>
+    <s v="All types of occupancy"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2345"/>
+  </r>
+  <r>
+    <s v="CD143"/>
+    <s v="Private Households where the Reference Person Moved within the State in the Previous Year"/>
+    <s v="14"/>
+    <s v="Cork"/>
+    <s v="02"/>
+    <s v="Owner occupied without loan or mortgage"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="876"/>
+  </r>
+  <r>
+    <s v="CD143"/>
+    <s v="Private Households where the Reference Person Moved within the State in the Previous Year"/>
+    <s v="14"/>
+    <s v="Cork"/>
+    <s v="02"/>
+    <s v="Owner occupied without loan or mortgage"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="519"/>
+  </r>
+  <r>
+    <s v="CD143"/>
+    <s v="Private Households where the Reference Person Moved within the State in the Previous Year"/>
+    <s v="14"/>
+    <s v="Cork"/>
+    <s v="01"/>
+    <s v="Owner occupied with loan or mortgage"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4962"/>
+  </r>
+  <r>
+    <s v="CD143"/>
+    <s v="Private Households where the Reference Person Moved within the State in the Previous Year"/>
+    <s v="14"/>
+    <s v="Cork"/>
+    <s v="01"/>
+    <s v="Owner occupied with loan or mortgage"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1694"/>
+  </r>
+  <r>
+    <s v="CD143"/>
+    <s v="Private Households where the Reference Person Moved within the State in the Previous Year"/>
+    <s v="14"/>
+    <s v="Cork"/>
+    <s v="-1"/>
+    <s v="Rented"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="9346"/>
+  </r>
+  <r>
+    <s v="CD143"/>
+    <s v="Private Households where the Reference Person Moved within the State in the Previous Year"/>
+    <s v="14"/>
+    <s v="Cork"/>
+    <s v="-1"/>
+    <s v="Rented"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="10663"/>
+  </r>
+  <r>
+    <s v="CD143"/>
+    <s v="Private Households where the Reference Person Moved within the State in the Previous Year"/>
+    <s v="14"/>
+    <s v="Cork"/>
+    <s v="05A"/>
+    <s v="Rented from private landlord"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="6385"/>
+  </r>
+  <r>
+    <s v="CD143"/>
+    <s v="Private Households where the Reference Person Moved within the State in the Previous Year"/>
+    <s v="14"/>
+    <s v="Cork"/>
+    <s v="05A"/>
+    <s v="Rented from private landlord"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="9432"/>
+  </r>
+  <r>
+    <s v="CD143"/>
+    <s v="Private Households where the Reference Person Moved within the State in the Previous Year"/>
+    <s v="14"/>
+    <s v="Cork"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="978"/>
+  </r>
+  <r>
+    <s v="CD143"/>
+    <s v="Private Households where the Reference Person Moved within the State in the Previous Year"/>
+    <s v="14"/>
+    <s v="Cork"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="800"/>
+  </r>
+  <r>
+    <s v="CD143"/>
+    <s v="Private Households where the Reference Person Moved within the State in the Previous Year"/>
+    <s v="14"/>
+    <s v="Cork"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1696"/>
+  </r>
+  <r>
+    <s v="CD143"/>
+    <s v="Private Households where the Reference Person Moved within the State in the Previous Year"/>
+    <s v="14"/>
+    <s v="Cork"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="191"/>
+  </r>
+  <r>
+    <s v="CD143"/>
+    <s v="Private Households where the Reference Person Moved within the State in the Previous Year"/>
+    <s v="14"/>
+    <s v="Cork"/>
+    <s v="08"/>
+    <s v="Occupied free of rent"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="287"/>
+  </r>
+  <r>
+    <s v="CD143"/>
+    <s v="Private Households where the Reference Person Moved within the State in the Previous Year"/>
+    <s v="14"/>
+    <s v="Cork"/>
+    <s v="08"/>
+    <s v="Occupied free of rent"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="240"/>
+  </r>
+  <r>
+    <s v="CD143"/>
+    <s v="Private Households where the Reference Person Moved within the State in the Previous Year"/>
+    <s v="14"/>
+    <s v="Cork"/>
+    <s v="09"/>
+    <s v="Not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="845"/>
+  </r>
+  <r>
+    <s v="CD143"/>
+    <s v="Private Households where the Reference Person Moved within the State in the Previous Year"/>
+    <s v="14"/>
+    <s v="Cork"/>
+    <s v="09"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="154"/>
+  </r>
+  <r>
+    <s v="CD143"/>
+    <s v="Private Households where the Reference Person Moved within the State in the Previous Year"/>
+    <s v="14"/>
+    <s v="Cork"/>
+    <s v="-"/>
+    <s v="All types of occupancy"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="16029"/>
+  </r>
+  <r>
+    <s v="CD143"/>
+    <s v="Private Households where the Reference Person Moved within the State in the Previous Year"/>
+    <s v="14"/>
+    <s v="Cork"/>
+    <s v="-"/>
+    <s v="All types of occupancy"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="13030"/>
+  </r>
+  <r>
+    <s v="CD143"/>
+    <s v="Private Households where the Reference Person Moved within the State in the Previous Year"/>
+    <s v="15"/>
+    <s v="Kerry"/>
+    <s v="02"/>
+    <s v="Owner occupied without loan or mortgage"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="324"/>
+  </r>
+  <r>
+    <s v="CD143"/>
+    <s v="Private Households where the Reference Person Moved within the State in the Previous Year"/>
+    <s v="15"/>
+    <s v="Kerry"/>
+    <s v="02"/>
+    <s v="Owner occupied without loan or mortgage"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="189"/>
+  </r>
+  <r>
+    <s v="CD143"/>
+    <s v="Private Households where the Reference Person Moved within the State in the Previous Year"/>
+    <s v="15"/>
+    <s v="Kerry"/>
+    <s v="01"/>
+    <s v="Owner occupied with loan or mortgage"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="899"/>
+  </r>
+  <r>
+    <s v="CD143"/>
+    <s v="Private Households where the Reference Person Moved within the State in the Previous Year"/>
+    <s v="15"/>
+    <s v="Kerry"/>
+    <s v="01"/>
+    <s v="Owner occupied with loan or mortgage"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="308"/>
+  </r>
+  <r>
+    <s v="CD143"/>
+    <s v="Private Households where the Reference Person Moved within the State in the Previous Year"/>
+    <s v="15"/>
+    <s v="Kerry"/>
+    <s v="-1"/>
+    <s v="Rented"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2028"/>
+  </r>
+  <r>
+    <s v="CD143"/>
+    <s v="Private Households where the Reference Person Moved within the State in the Previous Year"/>
+    <s v="15"/>
+    <s v="Kerry"/>
+    <s v="-1"/>
+    <s v="Rented"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2096"/>
+  </r>
+  <r>
+    <s v="CD143"/>
+    <s v="Private Households where the Reference Person Moved within the State in the Previous Year"/>
+    <s v="15"/>
+    <s v="Kerry"/>
+    <s v="05A"/>
+    <s v="Rented from private landlord"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1224"/>
+  </r>
+  <r>
+    <s v="CD143"/>
+    <s v="Private Households where the Reference Person Moved within the State in the Previous Year"/>
+    <s v="15"/>
+    <s v="Kerry"/>
+    <s v="05A"/>
+    <s v="Rented from private landlord"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1728"/>
+  </r>
+  <r>
+    <s v="CD143"/>
+    <s v="Private Households where the Reference Person Moved within the State in the Previous Year"/>
+    <s v="15"/>
+    <s v="Kerry"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="282"/>
+  </r>
+  <r>
+    <s v="CD143"/>
+    <s v="Private Households where the Reference Person Moved within the State in the Previous Year"/>
+    <s v="15"/>
+    <s v="Kerry"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="250"/>
+  </r>
+  <r>
+    <s v="CD143"/>
+    <s v="Private Households where the Reference Person Moved within the State in the Previous Year"/>
+    <s v="15"/>
+    <s v="Kerry"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="434"/>
+  </r>
+  <r>
+    <s v="CD143"/>
+    <s v="Private Households where the Reference Person Moved within the State in the Previous Year"/>
+    <s v="15"/>
+    <s v="Kerry"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="37"/>
+  </r>
+  <r>
+    <s v="CD143"/>
+    <s v="Private Households where the Reference Person Moved within the State in the Previous Year"/>
+    <s v="15"/>
+    <s v="Kerry"/>
+    <s v="08"/>
+    <s v="Occupied free of rent"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="88"/>
+  </r>
+  <r>
+    <s v="CD143"/>
+    <s v="Private Households where the Reference Person Moved within the State in the Previous Year"/>
+    <s v="15"/>
+    <s v="Kerry"/>
+    <s v="08"/>
+    <s v="Occupied free of rent"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="81"/>
+  </r>
+  <r>
+    <s v="CD143"/>
+    <s v="Private Households where the Reference Person Moved within the State in the Previous Year"/>
+    <s v="15"/>
+    <s v="Kerry"/>
+    <s v="09"/>
+    <s v="Not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="199"/>
+  </r>
+  <r>
+    <s v="CD143"/>
+    <s v="Private Households where the Reference Person Moved within the State in the Previous Year"/>
+    <s v="15"/>
+    <s v="Kerry"/>
+    <s v="09"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="31"/>
+  </r>
+  <r>
+    <s v="CD143"/>
+    <s v="Private Households where the Reference Person Moved within the State in the Previous Year"/>
+    <s v="15"/>
+    <s v="Kerry"/>
+    <s v="-"/>
+    <s v="All types of occupancy"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3450"/>
+  </r>
+  <r>
+    <s v="CD143"/>
+    <s v="Private Households where the Reference Person Moved within the State in the Previous Year"/>
+    <s v="15"/>
+    <s v="Kerry"/>
+    <s v="-"/>
+    <s v="All types of occupancy"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2624"/>
+  </r>
+  <r>
+    <s v="CD143"/>
+    <s v="Private Households where the Reference Person Moved within the State in the Previous Year"/>
+    <s v="16"/>
+    <s v="Limerick"/>
+    <s v="02"/>
+    <s v="Owner occupied without loan or mortgage"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="321"/>
+  </r>
+  <r>
+    <s v="CD143"/>
+    <s v="Private Households where the Reference Person Moved within the State in the Previous Year"/>
+    <s v="16"/>
+    <s v="Limerick"/>
+    <s v="02"/>
+    <s v="Owner occupied without loan or mortgage"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="172"/>
+  </r>
+  <r>
+    <s v="CD143"/>
+    <s v="Private Households where the Reference Person Moved within the State in the Previous Year"/>
+    <s v="16"/>
+    <s v="Limerick"/>
+    <s v="01"/>
+    <s v="Owner occupied with loan or mortgage"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1817"/>
+  </r>
+  <r>
+    <s v="CD143"/>
+    <s v="Private Households where the Reference Person Moved within the State in the Previous Year"/>
+    <s v="16"/>
+    <s v="Limerick"/>
+    <s v="01"/>
+    <s v="Owner occupied with loan or mortgage"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="489"/>
+  </r>
+  <r>
+    <s v="CD143"/>
+    <s v="Private Households where the Reference Person Moved within the State in the Previous Year"/>
+    <s v="16"/>
+    <s v="Limerick"/>
+    <s v="-1"/>
+    <s v="Rented"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4089"/>
+  </r>
+  <r>
+    <s v="CD143"/>
+    <s v="Private Households where the Reference Person Moved within the State in the Previous Year"/>
+    <s v="16"/>
+    <s v="Limerick"/>
+    <s v="-1"/>
+    <s v="Rented"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3524"/>
+  </r>
+  <r>
+    <s v="CD143"/>
+    <s v="Private Households where the Reference Person Moved within the State in the Previous Year"/>
+    <s v="16"/>
+    <s v="Limerick"/>
+    <s v="05A"/>
+    <s v="Rented from private landlord"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2702"/>
+  </r>
+  <r>
+    <s v="CD143"/>
+    <s v="Private Households where the Reference Person Moved within the State in the Previous Year"/>
+    <s v="16"/>
+    <s v="Limerick"/>
+    <s v="05A"/>
+    <s v="Rented from private landlord"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3040"/>
+  </r>
+  <r>
+    <s v="CD143"/>
+    <s v="Private Households where the Reference Person Moved within the State in the Previous Year"/>
+    <s v="16"/>
+    <s v="Limerick"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="438"/>
+  </r>
+  <r>
+    <s v="CD143"/>
+    <s v="Private Households where the Reference Person Moved within the State in the Previous Year"/>
+    <s v="16"/>
+    <s v="Limerick"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="309"/>
+  </r>
+  <r>
+    <s v="CD143"/>
+    <s v="Private Households where the Reference Person Moved within the State in the Previous Year"/>
+    <s v="16"/>
+    <s v="Limerick"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="836"/>
+  </r>
+  <r>
+    <s v="CD143"/>
+    <s v="Private Households where the Reference Person Moved within the State in the Previous Year"/>
+    <s v="16"/>
+    <s v="Limerick"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="104"/>
+  </r>
+  <r>
+    <s v="CD143"/>
+    <s v="Private Households where the Reference Person Moved within the State in the Previous Year"/>
+    <s v="16"/>
+    <s v="Limerick"/>
+    <s v="08"/>
+    <s v="Occupied free of rent"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="113"/>
+  </r>
+  <r>
+    <s v="CD143"/>
+    <s v="Private Households where the Reference Person Moved within the State in the Previous Year"/>
+    <s v="16"/>
+    <s v="Limerick"/>
+    <s v="08"/>
+    <s v="Occupied free of rent"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="71"/>
+  </r>
+  <r>
+    <s v="CD143"/>
+    <s v="Private Households where the Reference Person Moved within the State in the Previous Year"/>
+    <s v="16"/>
+    <s v="Limerick"/>
+    <s v="09"/>
+    <s v="Not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="352"/>
+  </r>
+  <r>
+    <s v="CD143"/>
+    <s v="Private Households where the Reference Person Moved within the State in the Previous Year"/>
+    <s v="16"/>
+    <s v="Limerick"/>
+    <s v="09"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="63"/>
+  </r>
+  <r>
+    <s v="CD143"/>
+    <s v="Private Households where the Reference Person Moved within the State in the Previous Year"/>
+    <s v="16"/>
+    <s v="Limerick"/>
+    <s v="-"/>
+    <s v="All types of occupancy"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="6579"/>
+  </r>
+  <r>
+    <s v="CD143"/>
+    <s v="Private Households where the Reference Person Moved within the State in the Previous Year"/>
+    <s v="16"/>
+    <s v="Limerick"/>
+    <s v="-"/>
+    <s v="All types of occupancy"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4248"/>
+  </r>
+  <r>
+    <s v="CD143"/>
+    <s v="Private Households where the Reference Person Moved within the State in the Previous Year"/>
+    <s v="17"/>
+    <s v="Tipperary"/>
+    <s v="02"/>
+    <s v="Owner occupied without loan or mortgage"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="332"/>
+  </r>
+  <r>
+    <s v="CD143"/>
+    <s v="Private Households where the Reference Person Moved within the State in the Previous Year"/>
+    <s v="17"/>
+    <s v="Tipperary"/>
+    <s v="02"/>
+    <s v="Owner occupied without loan or mortgage"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="159"/>
+  </r>
+  <r>
+    <s v="CD143"/>
+    <s v="Private Households where the Reference Person Moved within the State in the Previous Year"/>
+    <s v="17"/>
+    <s v="Tipperary"/>
+    <s v="01"/>
+    <s v="Owner occupied with loan or mortgage"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1276"/>
+  </r>
+  <r>
+    <s v="CD143"/>
+    <s v="Private Households where the Reference Person Moved within the State in the Previous Year"/>
+    <s v="17"/>
+    <s v="Tipperary"/>
+    <s v="01"/>
+    <s v="Owner occupied with loan or mortgage"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="385"/>
+  </r>
+  <r>
+    <s v="CD143"/>
+    <s v="Private Households where the Reference Person Moved within the State in the Previous Year"/>
+    <s v="17"/>
+    <s v="Tipperary"/>
+    <s v="-1"/>
+    <s v="Rented"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2084"/>
+  </r>
+  <r>
+    <s v="CD143"/>
+    <s v="Private Households where the Reference Person Moved within the State in the Previous Year"/>
+    <s v="17"/>
+    <s v="Tipperary"/>
+    <s v="-1"/>
+    <s v="Rented"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2220"/>
+  </r>
+  <r>
+    <s v="CD143"/>
+    <s v="Private Households where the Reference Person Moved within the State in the Previous Year"/>
+    <s v="17"/>
+    <s v="Tipperary"/>
+    <s v="05A"/>
+    <s v="Rented from private landlord"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1249"/>
+  </r>
+  <r>
+    <s v="CD143"/>
+    <s v="Private Households where the Reference Person Moved within the State in the Previous Year"/>
+    <s v="17"/>
+    <s v="Tipperary"/>
+    <s v="05A"/>
+    <s v="Rented from private landlord"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1797"/>
+  </r>
+  <r>
+    <s v="CD143"/>
+    <s v="Private Households where the Reference Person Moved within the State in the Previous Year"/>
+    <s v="17"/>
+    <s v="Tipperary"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="286"/>
+  </r>
+  <r>
+    <s v="CD143"/>
+    <s v="Private Households where the Reference Person Moved within the State in the Previous Year"/>
+    <s v="17"/>
+    <s v="Tipperary"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="289"/>
+  </r>
+  <r>
+    <s v="CD143"/>
+    <s v="Private Households where the Reference Person Moved within the State in the Previous Year"/>
+    <s v="17"/>
+    <s v="Tipperary"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="434"/>
+  </r>
+  <r>
+    <s v="CD143"/>
+    <s v="Private Households where the Reference Person Moved within the State in the Previous Year"/>
+    <s v="17"/>
+    <s v="Tipperary"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="67"/>
+  </r>
+  <r>
+    <s v="CD143"/>
+    <s v="Private Households where the Reference Person Moved within the State in the Previous Year"/>
+    <s v="17"/>
+    <s v="Tipperary"/>
+    <s v="08"/>
+    <s v="Occupied free of rent"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="115"/>
+  </r>
+  <r>
+    <s v="CD143"/>
+    <s v="Private Households where the Reference Person Moved within the State in the Previous Year"/>
+    <s v="17"/>
+    <s v="Tipperary"/>
+    <s v="08"/>
+    <s v="Occupied free of rent"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="67"/>
+  </r>
+  <r>
+    <s v="CD143"/>
+    <s v="Private Households where the Reference Person Moved within the State in the Previous Year"/>
+    <s v="17"/>
+    <s v="Tipperary"/>
+    <s v="09"/>
+    <s v="Not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="182"/>
+  </r>
+  <r>
+    <s v="CD143"/>
+    <s v="Private Households where the Reference Person Moved within the State in the Previous Year"/>
+    <s v="17"/>
+    <s v="Tipperary"/>
+    <s v="09"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="31"/>
+  </r>
+  <r>
+    <s v="CD143"/>
+    <s v="Private Households where the Reference Person Moved within the State in the Previous Year"/>
+    <s v="17"/>
+    <s v="Tipperary"/>
+    <s v="-"/>
+    <s v="All types of occupancy"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3874"/>
+  </r>
+  <r>
+    <s v="CD143"/>
+    <s v="Private Households where the Reference Person Moved within the State in the Previous Year"/>
+    <s v="17"/>
+    <s v="Tipperary"/>
+    <s v="-"/>
+    <s v="All types of occupancy"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2795"/>
+  </r>
+  <r>
+    <s v="CD143"/>
+    <s v="Private Households where the Reference Person Moved within the State in the Previous Year"/>
+    <s v="18"/>
+    <s v="Waterford"/>
+    <s v="02"/>
+    <s v="Owner occupied without loan or mortgage"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="249"/>
+  </r>
+  <r>
+    <s v="CD143"/>
+    <s v="Private Households where the Reference Person Moved within the State in the Previous Year"/>
+    <s v="18"/>
+    <s v="Waterford"/>
+    <s v="02"/>
+    <s v="Owner occupied without loan or mortgage"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="94"/>
+  </r>
+  <r>
+    <s v="CD143"/>
+    <s v="Private Households where the Reference Person Moved within the State in the Previous Year"/>
+    <s v="18"/>
+    <s v="Waterford"/>
+    <s v="01"/>
+    <s v="Owner occupied with loan or mortgage"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="985"/>
+  </r>
+  <r>
+    <s v="CD143"/>
+    <s v="Private Households where the Reference Person Moved within the State in the Previous Year"/>
+    <s v="18"/>
+    <s v="Waterford"/>
+    <s v="01"/>
+    <s v="Owner occupied with loan or mortgage"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="288"/>
+  </r>
+  <r>
+    <s v="CD143"/>
+    <s v="Private Households where the Reference Person Moved within the State in the Previous Year"/>
+    <s v="18"/>
+    <s v="Waterford"/>
+    <s v="-1"/>
+    <s v="Rented"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1990"/>
+  </r>
+  <r>
+    <s v="CD143"/>
+    <s v="Private Households where the Reference Person Moved within the State in the Previous Year"/>
+    <s v="18"/>
+    <s v="Waterford"/>
+    <s v="-1"/>
+    <s v="Rented"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1985"/>
+  </r>
+  <r>
+    <s v="CD143"/>
+    <s v="Private Households where the Reference Person Moved within the State in the Previous Year"/>
+    <s v="18"/>
+    <s v="Waterford"/>
+    <s v="05A"/>
+    <s v="Rented from private landlord"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1241"/>
+  </r>
+  <r>
+    <s v="CD143"/>
+    <s v="Private Households where the Reference Person Moved within the State in the Previous Year"/>
+    <s v="18"/>
+    <s v="Waterford"/>
+    <s v="05A"/>
+    <s v="Rented from private landlord"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1598"/>
+  </r>
+  <r>
+    <s v="CD143"/>
+    <s v="Private Households where the Reference Person Moved within the State in the Previous Year"/>
+    <s v="18"/>
+    <s v="Waterford"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="249"/>
+  </r>
+  <r>
+    <s v="CD143"/>
+    <s v="Private Households where the Reference Person Moved within the State in the Previous Year"/>
+    <s v="18"/>
+    <s v="Waterford"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="267"/>
+  </r>
+  <r>
+    <s v="CD143"/>
+    <s v="Private Households where the Reference Person Moved within the State in the Previous Year"/>
+    <s v="18"/>
+    <s v="Waterford"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="403"/>
+  </r>
+  <r>
+    <s v="CD143"/>
+    <s v="Private Households where the Reference Person Moved within the State in the Previous Year"/>
+    <s v="18"/>
+    <s v="Waterford"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="66"/>
+  </r>
+  <r>
+    <s v="CD143"/>
+    <s v="Private Households where the Reference Person Moved within the State in the Previous Year"/>
+    <s v="18"/>
+    <s v="Waterford"/>
+    <s v="08"/>
+    <s v="Occupied free of rent"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="97"/>
+  </r>
+  <r>
+    <s v="CD143"/>
+    <s v="Private Households where the Reference Person Moved within the State in the Previous Year"/>
+    <s v="18"/>
+    <s v="Waterford"/>
+    <s v="08"/>
+    <s v="Occupied free of rent"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="54"/>
+  </r>
+  <r>
+    <s v="CD143"/>
+    <s v="Private Households where the Reference Person Moved within the State in the Previous Year"/>
+    <s v="18"/>
+    <s v="Waterford"/>
+    <s v="09"/>
+    <s v="Not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="171"/>
+  </r>
+  <r>
+    <s v="CD143"/>
+    <s v="Private Households where the Reference Person Moved within the State in the Previous Year"/>
+    <s v="18"/>
+    <s v="Waterford"/>
+    <s v="09"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="24"/>
+  </r>
+  <r>
+    <s v="CD143"/>
+    <s v="Private Households where the Reference Person Moved within the State in the Previous Year"/>
+    <s v="18"/>
+    <s v="Waterford"/>
+    <s v="-"/>
+    <s v="All types of occupancy"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3395"/>
+  </r>
+  <r>
+    <s v="CD143"/>
+    <s v="Private Households where the Reference Person Moved within the State in the Previous Year"/>
+    <s v="18"/>
+    <s v="Waterford"/>
+    <s v="-"/>
+    <s v="All types of occupancy"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2391"/>
+  </r>
+  <r>
+    <s v="CD143"/>
+    <s v="Private Households where the Reference Person Moved within the State in the Previous Year"/>
+    <s v="C"/>
+    <s v="Connacht"/>
+    <s v="02"/>
+    <s v="Owner occupied without loan or mortgage"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1326"/>
+  </r>
+  <r>
+    <s v="CD143"/>
+    <s v="Private Households where the Reference Person Moved within the State in the Previous Year"/>
+    <s v="C"/>
+    <s v="Connacht"/>
+    <s v="02"/>
+    <s v="Owner occupied without loan or mortgage"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="726"/>
+  </r>
+  <r>
+    <s v="CD143"/>
+    <s v="Private Households where the Reference Person Moved within the State in the Previous Year"/>
+    <s v="C"/>
+    <s v="Connacht"/>
+    <s v="01"/>
+    <s v="Owner occupied with loan or mortgage"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4606"/>
+  </r>
+  <r>
+    <s v="CD143"/>
+    <s v="Private Households where the Reference Person Moved within the State in the Previous Year"/>
+    <s v="C"/>
+    <s v="Connacht"/>
+    <s v="01"/>
+    <s v="Owner occupied with loan or mortgage"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1473"/>
+  </r>
+  <r>
+    <s v="CD143"/>
+    <s v="Private Households where the Reference Person Moved within the State in the Previous Year"/>
+    <s v="C"/>
+    <s v="Connacht"/>
+    <s v="-1"/>
+    <s v="Rented"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="9799"/>
+  </r>
+  <r>
+    <s v="CD143"/>
+    <s v="Private Households where the Reference Person Moved within the State in the Previous Year"/>
+    <s v="C"/>
+    <s v="Connacht"/>
+    <s v="-1"/>
+    <s v="Rented"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="10255"/>
+  </r>
+  <r>
+    <s v="CD143"/>
+    <s v="Private Households where the Reference Person Moved within the State in the Previous Year"/>
+    <s v="C"/>
+    <s v="Connacht"/>
+    <s v="05A"/>
+    <s v="Rented from private landlord"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="6514"/>
+  </r>
+  <r>
+    <s v="CD143"/>
+    <s v="Private Households where the Reference Person Moved within the State in the Previous Year"/>
+    <s v="C"/>
+    <s v="Connacht"/>
+    <s v="05A"/>
+    <s v="Rented from private landlord"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="8932"/>
+  </r>
+  <r>
+    <s v="CD143"/>
+    <s v="Private Households where the Reference Person Moved within the State in the Previous Year"/>
+    <s v="C"/>
+    <s v="Connacht"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="920"/>
+  </r>
+  <r>
+    <s v="CD143"/>
+    <s v="Private Households where the Reference Person Moved within the State in the Previous Year"/>
+    <s v="C"/>
+    <s v="Connacht"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="858"/>
+  </r>
+  <r>
+    <s v="CD143"/>
+    <s v="Private Households where the Reference Person Moved within the State in the Previous Year"/>
+    <s v="C"/>
+    <s v="Connacht"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2021"/>
+  </r>
+  <r>
+    <s v="CD143"/>
+    <s v="Private Households where the Reference Person Moved within the State in the Previous Year"/>
+    <s v="C"/>
+    <s v="Connacht"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="200"/>
+  </r>
+  <r>
+    <s v="CD143"/>
+    <s v="Private Households where the Reference Person Moved within the State in the Previous Year"/>
+    <s v="C"/>
+    <s v="Connacht"/>
+    <s v="08"/>
+    <s v="Occupied free of rent"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="344"/>
+  </r>
+  <r>
+    <s v="CD143"/>
+    <s v="Private Households where the Reference Person Moved within the State in the Previous Year"/>
+    <s v="C"/>
+    <s v="Connacht"/>
+    <s v="08"/>
+    <s v="Occupied free of rent"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="265"/>
+  </r>
+  <r>
+    <s v="CD143"/>
+    <s v="Private Households where the Reference Person Moved within the State in the Previous Year"/>
+    <s v="C"/>
+    <s v="Connacht"/>
+    <s v="09"/>
+    <s v="Not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="795"/>
+  </r>
+  <r>
+    <s v="CD143"/>
+    <s v="Private Households where the Reference Person Moved within the State in the Previous Year"/>
+    <s v="C"/>
+    <s v="Connacht"/>
+    <s v="09"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="157"/>
+  </r>
+  <r>
+    <s v="CD143"/>
+    <s v="Private Households where the Reference Person Moved within the State in the Previous Year"/>
+    <s v="C"/>
+    <s v="Connacht"/>
+    <s v="-"/>
+    <s v="All types of occupancy"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="16526"/>
+  </r>
+  <r>
+    <s v="CD143"/>
+    <s v="Private Households where the Reference Person Moved within the State in the Previous Year"/>
+    <s v="C"/>
+    <s v="Connacht"/>
+    <s v="-"/>
+    <s v="All types of occupancy"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="12611"/>
+  </r>
+  <r>
+    <s v="CD143"/>
+    <s v="Private Households where the Reference Person Moved within the State in the Previous Year"/>
+    <s v="19"/>
+    <s v="Galway"/>
+    <s v="02"/>
+    <s v="Owner occupied without loan or mortgage"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="518"/>
+  </r>
+  <r>
+    <s v="CD143"/>
+    <s v="Private Households where the Reference Person Moved within the State in the Previous Year"/>
+    <s v="19"/>
+    <s v="Galway"/>
+    <s v="02"/>
+    <s v="Owner occupied without loan or mortgage"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="292"/>
+  </r>
+  <r>
+    <s v="CD143"/>
+    <s v="Private Households where the Reference Person Moved within the State in the Previous Year"/>
+    <s v="19"/>
+    <s v="Galway"/>
+    <s v="01"/>
+    <s v="Owner occupied with loan or mortgage"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2308"/>
+  </r>
+  <r>
+    <s v="CD143"/>
+    <s v="Private Households where the Reference Person Moved within the State in the Previous Year"/>
+    <s v="19"/>
+    <s v="Galway"/>
+    <s v="01"/>
+    <s v="Owner occupied with loan or mortgage"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="747"/>
+  </r>
+  <r>
+    <s v="CD143"/>
+    <s v="Private Households where the Reference Person Moved within the State in the Previous Year"/>
+    <s v="19"/>
+    <s v="Galway"/>
+    <s v="-1"/>
+    <s v="Rented"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="5607"/>
+  </r>
+  <r>
+    <s v="CD143"/>
+    <s v="Private Households where the Reference Person Moved within the State in the Previous Year"/>
+    <s v="19"/>
+    <s v="Galway"/>
+    <s v="-1"/>
+    <s v="Rented"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5678"/>
+  </r>
+  <r>
+    <s v="CD143"/>
+    <s v="Private Households where the Reference Person Moved within the State in the Previous Year"/>
+    <s v="19"/>
+    <s v="Galway"/>
+    <s v="05A"/>
+    <s v="Rented from private landlord"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3870"/>
+  </r>
+  <r>
+    <s v="CD143"/>
+    <s v="Private Households where the Reference Person Moved within the State in the Previous Year"/>
+    <s v="19"/>
+    <s v="Galway"/>
+    <s v="05A"/>
+    <s v="Rented from private landlord"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5059"/>
+  </r>
+  <r>
+    <s v="CD143"/>
+    <s v="Private Households where the Reference Person Moved within the State in the Previous Year"/>
+    <s v="19"/>
+    <s v="Galway"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="443"/>
+  </r>
+  <r>
+    <s v="CD143"/>
+    <s v="Private Households where the Reference Person Moved within the State in the Previous Year"/>
+    <s v="19"/>
+    <s v="Galway"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="394"/>
+  </r>
+  <r>
+    <s v="CD143"/>
+    <s v="Private Households where the Reference Person Moved within the State in the Previous Year"/>
+    <s v="19"/>
+    <s v="Galway"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1139"/>
+  </r>
+  <r>
+    <s v="CD143"/>
+    <s v="Private Households where the Reference Person Moved within the State in the Previous Year"/>
+    <s v="19"/>
+    <s v="Galway"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="108"/>
+  </r>
+  <r>
+    <s v="CD143"/>
+    <s v="Private Households where the Reference Person Moved within the State in the Previous Year"/>
+    <s v="19"/>
+    <s v="Galway"/>
+    <s v="08"/>
+    <s v="Occupied free of rent"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="155"/>
+  </r>
+  <r>
+    <s v="CD143"/>
+    <s v="Private Households where the Reference Person Moved within the State in the Previous Year"/>
+    <s v="19"/>
+    <s v="Galway"/>
+    <s v="08"/>
+    <s v="Occupied free of rent"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="117"/>
+  </r>
+  <r>
+    <s v="CD143"/>
+    <s v="Private Households where the Reference Person Moved within the State in the Previous Year"/>
+    <s v="19"/>
+    <s v="Galway"/>
+    <s v="09"/>
+    <s v="Not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="435"/>
+  </r>
+  <r>
+    <s v="CD143"/>
+    <s v="Private Households where the Reference Person Moved within the State in the Previous Year"/>
+    <s v="19"/>
+    <s v="Galway"/>
+    <s v="09"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="77"/>
+  </r>
+  <r>
+    <s v="CD143"/>
+    <s v="Private Households where the Reference Person Moved within the State in the Previous Year"/>
+    <s v="19"/>
+    <s v="Galway"/>
+    <s v="-"/>
+    <s v="All types of occupancy"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="8868"/>
+  </r>
+  <r>
+    <s v="CD143"/>
+    <s v="Private Households where the Reference Person Moved within the State in the Previous Year"/>
+    <s v="19"/>
+    <s v="Galway"/>
+    <s v="-"/>
+    <s v="All types of occupancy"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="6794"/>
+  </r>
+  <r>
+    <s v="CD143"/>
+    <s v="Private Households where the Reference Person Moved within the State in the Previous Year"/>
+    <s v="20"/>
+    <s v="Leitrim"/>
+    <s v="02"/>
+    <s v="Owner occupied without loan or mortgage"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="93"/>
+  </r>
+  <r>
+    <s v="CD143"/>
+    <s v="Private Households where the Reference Person Moved within the State in the Previous Year"/>
+    <s v="20"/>
+    <s v="Leitrim"/>
+    <s v="02"/>
+    <s v="Owner occupied without loan or mortgage"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="53"/>
+  </r>
+  <r>
+    <s v="CD143"/>
+    <s v="Private Households where the Reference Person Moved within the State in the Previous Year"/>
+    <s v="20"/>
+    <s v="Leitrim"/>
+    <s v="01"/>
+    <s v="Owner occupied with loan or mortgage"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="316"/>
+  </r>
+  <r>
+    <s v="CD143"/>
+    <s v="Private Households where the Reference Person Moved within the State in the Previous Year"/>
+    <s v="20"/>
+    <s v="Leitrim"/>
+    <s v="01"/>
+    <s v="Owner occupied with loan or mortgage"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="89"/>
+  </r>
+  <r>
+    <s v="CD143"/>
+    <s v="Private Households where the Reference Person Moved within the State in the Previous Year"/>
+    <s v="20"/>
+    <s v="Leitrim"/>
+    <s v="-1"/>
+    <s v="Rented"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="474"/>
+  </r>
+  <r>
+    <s v="CD143"/>
+    <s v="Private Households where the Reference Person Moved within the State in the Previous Year"/>
+    <s v="20"/>
+    <s v="Leitrim"/>
+    <s v="-1"/>
+    <s v="Rented"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="484"/>
+  </r>
+  <r>
+    <s v="CD143"/>
+    <s v="Private Households where the Reference Person Moved within the State in the Previous Year"/>
+    <s v="20"/>
+    <s v="Leitrim"/>
+    <s v="05A"/>
+    <s v="Rented from private landlord"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="300"/>
+  </r>
+  <r>
+    <s v="CD143"/>
+    <s v="Private Households where the Reference Person Moved within the State in the Previous Year"/>
+    <s v="20"/>
+    <s v="Leitrim"/>
+    <s v="05A"/>
+    <s v="Rented from private landlord"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="412"/>
+  </r>
+  <r>
+    <s v="CD143"/>
+    <s v="Private Households where the Reference Person Moved within the State in the Previous Year"/>
+    <s v="20"/>
+    <s v="Leitrim"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="52"/>
+  </r>
+  <r>
+    <s v="CD143"/>
+    <s v="Private Households where the Reference Person Moved within the State in the Previous Year"/>
+    <s v="20"/>
+    <s v="Leitrim"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="49"/>
+  </r>
+  <r>
+    <s v="CD143"/>
+    <s v="Private Households where the Reference Person Moved within the State in the Previous Year"/>
+    <s v="20"/>
+    <s v="Leitrim"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="102"/>
+  </r>
+  <r>
+    <s v="CD143"/>
+    <s v="Private Households where the Reference Person Moved within the State in the Previous Year"/>
+    <s v="20"/>
+    <s v="Leitrim"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="11"/>
+  </r>
+  <r>
+    <s v="CD143"/>
+    <s v="Private Households where the Reference Person Moved within the State in the Previous Year"/>
+    <s v="20"/>
+    <s v="Leitrim"/>
+    <s v="08"/>
+    <s v="Occupied free of rent"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="20"/>
+  </r>
+  <r>
+    <s v="CD143"/>
+    <s v="Private Households where the Reference Person Moved within the State in the Previous Year"/>
+    <s v="20"/>
+    <s v="Leitrim"/>
+    <s v="08"/>
+    <s v="Occupied free of rent"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="12"/>
+  </r>
+  <r>
+    <s v="CD143"/>
+    <s v="Private Households where the Reference Person Moved within the State in the Previous Year"/>
+    <s v="20"/>
+    <s v="Leitrim"/>
+    <s v="09"/>
+    <s v="Not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="42"/>
+  </r>
+  <r>
+    <s v="CD143"/>
+    <s v="Private Households where the Reference Person Moved within the State in the Previous Year"/>
+    <s v="20"/>
+    <s v="Leitrim"/>
+    <s v="09"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="6"/>
+  </r>
+  <r>
+    <s v="CD143"/>
+    <s v="Private Households where the Reference Person Moved within the State in the Previous Year"/>
+    <s v="20"/>
+    <s v="Leitrim"/>
+    <s v="-"/>
+    <s v="All types of occupancy"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="925"/>
+  </r>
+  <r>
+    <s v="CD143"/>
+    <s v="Private Households where the Reference Person Moved within the State in the Previous Year"/>
+    <s v="20"/>
+    <s v="Leitrim"/>
+    <s v="-"/>
+    <s v="All types of occupancy"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="632"/>
+  </r>
+  <r>
+    <s v="CD143"/>
+    <s v="Private Households where the Reference Person Moved within the State in the Previous Year"/>
+    <s v="21"/>
+    <s v="Mayo"/>
+    <s v="02"/>
+    <s v="Owner occupied without loan or mortgage"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="383"/>
+  </r>
+  <r>
+    <s v="CD143"/>
+    <s v="Private Households where the Reference Person Moved within the State in the Previous Year"/>
+    <s v="21"/>
+    <s v="Mayo"/>
+    <s v="02"/>
+    <s v="Owner occupied without loan or mortgage"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="199"/>
+  </r>
+  <r>
+    <s v="CD143"/>
+    <s v="Private Households where the Reference Person Moved within the State in the Previous Year"/>
+    <s v="21"/>
+    <s v="Mayo"/>
+    <s v="01"/>
+    <s v="Owner occupied with loan or mortgage"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="887"/>
+  </r>
+  <r>
+    <s v="CD143"/>
+    <s v="Private Households where the Reference Person Moved within the State in the Previous Year"/>
+    <s v="21"/>
+    <s v="Mayo"/>
+    <s v="01"/>
+    <s v="Owner occupied with loan or mortgage"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="312"/>
+  </r>
+  <r>
+    <s v="CD143"/>
+    <s v="Private Households where the Reference Person Moved within the State in the Previous Year"/>
+    <s v="21"/>
+    <s v="Mayo"/>
+    <s v="-1"/>
+    <s v="Rented"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1864"/>
+  </r>
+  <r>
+    <s v="CD143"/>
+    <s v="Private Households where the Reference Person Moved within the State in the Previous Year"/>
+    <s v="21"/>
+    <s v="Mayo"/>
+    <s v="-1"/>
+    <s v="Rented"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1884"/>
+  </r>
+  <r>
+    <s v="CD143"/>
+    <s v="Private Households where the Reference Person Moved within the State in the Previous Year"/>
+    <s v="21"/>
+    <s v="Mayo"/>
+    <s v="05A"/>
+    <s v="Rented from private landlord"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1171"/>
+  </r>
+  <r>
+    <s v="CD143"/>
+    <s v="Private Households where the Reference Person Moved within the State in the Previous Year"/>
+    <s v="21"/>
+    <s v="Mayo"/>
+    <s v="05A"/>
+    <s v="Rented from private landlord"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1589"/>
+  </r>
+  <r>
+    <s v="CD143"/>
+    <s v="Private Households where the Reference Person Moved within the State in the Previous Year"/>
+    <s v="21"/>
+    <s v="Mayo"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="212"/>
+  </r>
+  <r>
+    <s v="CD143"/>
+    <s v="Private Households where the Reference Person Moved within the State in the Previous Year"/>
+    <s v="21"/>
+    <s v="Mayo"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="168"/>
+  </r>
+  <r>
+    <s v="CD143"/>
+    <s v="Private Households where the Reference Person Moved within the State in the Previous Year"/>
+    <s v="21"/>
+    <s v="Mayo"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="393"/>
+  </r>
+  <r>
+    <s v="CD143"/>
+    <s v="Private Households where the Reference Person Moved within the State in the Previous Year"/>
+    <s v="21"/>
+    <s v="Mayo"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="52"/>
+  </r>
+  <r>
+    <s v="CD143"/>
+    <s v="Private Households where the Reference Person Moved within the State in the Previous Year"/>
+    <s v="21"/>
+    <s v="Mayo"/>
+    <s v="08"/>
+    <s v="Occupied free of rent"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="88"/>
+  </r>
+  <r>
+    <s v="CD143"/>
+    <s v="Private Households where the Reference Person Moved within the State in the Previous Year"/>
+    <s v="21"/>
+    <s v="Mayo"/>
+    <s v="08"/>
+    <s v="Occupied free of rent"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="75"/>
+  </r>
+  <r>
+    <s v="CD143"/>
+    <s v="Private Households where the Reference Person Moved within the State in the Previous Year"/>
+    <s v="21"/>
+    <s v="Mayo"/>
+    <s v="09"/>
+    <s v="Not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="143"/>
+  </r>
+  <r>
+    <s v="CD143"/>
+    <s v="Private Households where the Reference Person Moved within the State in the Previous Year"/>
+    <s v="21"/>
+    <s v="Mayo"/>
+    <s v="09"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="28"/>
+  </r>
+  <r>
+    <s v="CD143"/>
+    <s v="Private Households where the Reference Person Moved within the State in the Previous Year"/>
+    <s v="21"/>
+    <s v="Mayo"/>
+    <s v="-"/>
+    <s v="All types of occupancy"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3277"/>
+  </r>
+  <r>
+    <s v="CD143"/>
+    <s v="Private Households where the Reference Person Moved within the State in the Previous Year"/>
+    <s v="21"/>
+    <s v="Mayo"/>
+    <s v="-"/>
+    <s v="All types of occupancy"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2423"/>
+  </r>
+  <r>
+    <s v="CD143"/>
+    <s v="Private Households where the Reference Person Moved within the State in the Previous Year"/>
+    <s v="22"/>
+    <s v="Roscommon"/>
+    <s v="02"/>
+    <s v="Owner occupied without loan or mortgage"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="187"/>
+  </r>
+  <r>
+    <s v="CD143"/>
+    <s v="Private Households where the Reference Person Moved within the State in the Previous Year"/>
+    <s v="22"/>
+    <s v="Roscommon"/>
+    <s v="02"/>
+    <s v="Owner occupied without loan or mortgage"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="103"/>
+  </r>
+  <r>
+    <s v="CD143"/>
+    <s v="Private Households where the Reference Person Moved within the State in the Previous Year"/>
+    <s v="22"/>
+    <s v="Roscommon"/>
+    <s v="01"/>
+    <s v="Owner occupied with loan or mortgage"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="560"/>
+  </r>
+  <r>
+    <s v="CD143"/>
+    <s v="Private Households where the Reference Person Moved within the State in the Previous Year"/>
+    <s v="22"/>
+    <s v="Roscommon"/>
+    <s v="01"/>
+    <s v="Owner occupied with loan or mortgage"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="176"/>
+  </r>
+  <r>
+    <s v="CD143"/>
+    <s v="Private Households where the Reference Person Moved within the State in the Previous Year"/>
+    <s v="22"/>
+    <s v="Roscommon"/>
+    <s v="-1"/>
+    <s v="Rented"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="756"/>
+  </r>
+  <r>
+    <s v="CD143"/>
+    <s v="Private Households where the Reference Person Moved within the State in the Previous Year"/>
+    <s v="22"/>
+    <s v="Roscommon"/>
+    <s v="-1"/>
+    <s v="Rented"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="916"/>
+  </r>
+  <r>
+    <s v="CD143"/>
+    <s v="Private Households where the Reference Person Moved within the State in the Previous Year"/>
+    <s v="22"/>
+    <s v="Roscommon"/>
+    <s v="05A"/>
+    <s v="Rented from private landlord"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="490"/>
+  </r>
+  <r>
+    <s v="CD143"/>
+    <s v="Private Households where the Reference Person Moved within the State in the Previous Year"/>
+    <s v="22"/>
+    <s v="Roscommon"/>
+    <s v="05A"/>
+    <s v="Rented from private landlord"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="744"/>
+  </r>
+  <r>
+    <s v="CD143"/>
+    <s v="Private Households where the Reference Person Moved within the State in the Previous Year"/>
+    <s v="22"/>
+    <s v="Roscommon"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="81"/>
+  </r>
+  <r>
+    <s v="CD143"/>
+    <s v="Private Households where the Reference Person Moved within the State in the Previous Year"/>
+    <s v="22"/>
+    <s v="Roscommon"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="131"/>
+  </r>
+  <r>
+    <s v="CD143"/>
+    <s v="Private Households where the Reference Person Moved within the State in the Previous Year"/>
+    <s v="22"/>
+    <s v="Roscommon"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="148"/>
+  </r>
+  <r>
+    <s v="CD143"/>
+    <s v="Private Households where the Reference Person Moved within the State in the Previous Year"/>
+    <s v="22"/>
+    <s v="Roscommon"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="12"/>
+  </r>
+  <r>
+    <s v="CD143"/>
+    <s v="Private Households where the Reference Person Moved within the State in the Previous Year"/>
+    <s v="22"/>
+    <s v="Roscommon"/>
+    <s v="08"/>
+    <s v="Occupied free of rent"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="37"/>
+  </r>
+  <r>
+    <s v="CD143"/>
+    <s v="Private Households where the Reference Person Moved within the State in the Previous Year"/>
+    <s v="22"/>
+    <s v="Roscommon"/>
+    <s v="08"/>
+    <s v="Occupied free of rent"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="29"/>
+  </r>
+  <r>
+    <s v="CD143"/>
+    <s v="Private Households where the Reference Person Moved within the State in the Previous Year"/>
+    <s v="22"/>
+    <s v="Roscommon"/>
+    <s v="09"/>
+    <s v="Not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="77"/>
+  </r>
+  <r>
+    <s v="CD143"/>
+    <s v="Private Households where the Reference Person Moved within the State in the Previous Year"/>
+    <s v="22"/>
+    <s v="Roscommon"/>
+    <s v="09"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="10"/>
+  </r>
+  <r>
+    <s v="CD143"/>
+    <s v="Private Households where the Reference Person Moved within the State in the Previous Year"/>
+    <s v="22"/>
+    <s v="Roscommon"/>
+    <s v="-"/>
+    <s v="All types of occupancy"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1580"/>
+  </r>
+  <r>
+    <s v="CD143"/>
+    <s v="Private Households where the Reference Person Moved within the State in the Previous Year"/>
+    <s v="22"/>
+    <s v="Roscommon"/>
+    <s v="-"/>
+    <s v="All types of occupancy"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1205"/>
+  </r>
+  <r>
+    <s v="CD143"/>
+    <s v="Private Households where the Reference Person Moved within the State in the Previous Year"/>
+    <s v="23"/>
+    <s v="Sligo"/>
+    <s v="02"/>
+    <s v="Owner occupied without loan or mortgage"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="145"/>
+  </r>
+  <r>
+    <s v="CD143"/>
+    <s v="Private Households where the Reference Person Moved within the State in the Previous Year"/>
+    <s v="23"/>
+    <s v="Sligo"/>
+    <s v="02"/>
+    <s v="Owner occupied without loan or mortgage"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="79"/>
+  </r>
+  <r>
+    <s v="CD143"/>
+    <s v="Private Households where the Reference Person Moved within the State in the Previous Year"/>
+    <s v="23"/>
+    <s v="Sligo"/>
+    <s v="01"/>
+    <s v="Owner occupied with loan or mortgage"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="535"/>
+  </r>
+  <r>
+    <s v="CD143"/>
+    <s v="Private Households where the Reference Person Moved within the State in the Previous Year"/>
+    <s v="23"/>
+    <s v="Sligo"/>
+    <s v="01"/>
+    <s v="Owner occupied with loan or mortgage"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="149"/>
+  </r>
+  <r>
+    <s v="CD143"/>
+    <s v="Private Households where the Reference Person Moved within the State in the Previous Year"/>
+    <s v="23"/>
+    <s v="Sligo"/>
+    <s v="-1"/>
+    <s v="Rented"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1098"/>
+  </r>
+  <r>
+    <s v="CD143"/>
+    <s v="Private Households where the Reference Person Moved within the State in the Previous Year"/>
+    <s v="23"/>
+    <s v="Sligo"/>
+    <s v="-1"/>
+    <s v="Rented"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1293"/>
+  </r>
+  <r>
+    <s v="CD143"/>
+    <s v="Private Households where the Reference Person Moved within the State in the Previous Year"/>
+    <s v="23"/>
+    <s v="Sligo"/>
+    <s v="05A"/>
+    <s v="Rented from private landlord"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="683"/>
+  </r>
+  <r>
+    <s v="CD143"/>
+    <s v="Private Households where the Reference Person Moved within the State in the Previous Year"/>
+    <s v="23"/>
+    <s v="Sligo"/>
+    <s v="05A"/>
+    <s v="Rented from private landlord"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1128"/>
+  </r>
+  <r>
+    <s v="CD143"/>
+    <s v="Private Households where the Reference Person Moved within the State in the Previous Year"/>
+    <s v="23"/>
+    <s v="Sligo"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="132"/>
+  </r>
+  <r>
+    <s v="CD143"/>
+    <s v="Private Households where the Reference Person Moved within the State in the Previous Year"/>
+    <s v="23"/>
+    <s v="Sligo"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="116"/>
+  </r>
+  <r>
+    <s v="CD143"/>
+    <s v="Private Households where the Reference Person Moved within the State in the Previous Year"/>
+    <s v="23"/>
+    <s v="Sligo"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="239"/>
+  </r>
+  <r>
+    <s v="CD143"/>
+    <s v="Private Households where the Reference Person Moved within the State in the Previous Year"/>
+    <s v="23"/>
+    <s v="Sligo"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="17"/>
+  </r>
+  <r>
+    <s v="CD143"/>
+    <s v="Private Households where the Reference Person Moved within the State in the Previous Year"/>
+    <s v="23"/>
+    <s v="Sligo"/>
+    <s v="08"/>
+    <s v="Occupied free of rent"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="44"/>
+  </r>
+  <r>
+    <s v="CD143"/>
+    <s v="Private Households where the Reference Person Moved within the State in the Previous Year"/>
+    <s v="23"/>
+    <s v="Sligo"/>
+    <s v="08"/>
+    <s v="Occupied free of rent"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="32"/>
+  </r>
+  <r>
+    <s v="CD143"/>
+    <s v="Private Households where the Reference Person Moved within the State in the Previous Year"/>
+    <s v="23"/>
+    <s v="Sligo"/>
+    <s v="09"/>
+    <s v="Not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="98"/>
+  </r>
+  <r>
+    <s v="CD143"/>
+    <s v="Private Households where the Reference Person Moved within the State in the Previous Year"/>
+    <s v="23"/>
+    <s v="Sligo"/>
+    <s v="09"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="36"/>
+  </r>
+  <r>
+    <s v="CD143"/>
+    <s v="Private Households where the Reference Person Moved within the State in the Previous Year"/>
+    <s v="23"/>
+    <s v="Sligo"/>
+    <s v="-"/>
+    <s v="All types of occupancy"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1876"/>
+  </r>
+  <r>
+    <s v="CD143"/>
+    <s v="Private Households where the Reference Person Moved within the State in the Previous Year"/>
+    <s v="23"/>
+    <s v="Sligo"/>
+    <s v="-"/>
+    <s v="All types of occupancy"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1557"/>
+  </r>
+  <r>
+    <s v="CD143"/>
+    <s v="Private Households where the Reference Person Moved within the State in the Previous Year"/>
+    <s v="D"/>
+    <s v="Ulster (part of)"/>
+    <s v="02"/>
+    <s v="Owner occupied without loan or mortgage"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="660"/>
+  </r>
+  <r>
+    <s v="CD143"/>
+    <s v="Private Households where the Reference Person Moved within the State in the Previous Year"/>
+    <s v="D"/>
+    <s v="Ulster (part of)"/>
+    <s v="02"/>
+    <s v="Owner occupied without loan or mortgage"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="386"/>
+  </r>
+  <r>
+    <s v="CD143"/>
+    <s v="Private Households where the Reference Person Moved within the State in the Previous Year"/>
+    <s v="D"/>
+    <s v="Ulster (part of)"/>
+    <s v="01"/>
+    <s v="Owner occupied with loan or mortgage"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2251"/>
+  </r>
+  <r>
+    <s v="CD143"/>
+    <s v="Private Households where the Reference Person Moved within the State in the Previous Year"/>
+    <s v="D"/>
+    <s v="Ulster (part of)"/>
+    <s v="01"/>
+    <s v="Owner occupied with loan or mortgage"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="697"/>
+  </r>
+  <r>
+    <s v="CD143"/>
+    <s v="Private Households where the Reference Person Moved within the State in the Previous Year"/>
+    <s v="D"/>
+    <s v="Ulster (part of)"/>
+    <s v="-1"/>
+    <s v="Rented"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3389"/>
+  </r>
+  <r>
+    <s v="CD143"/>
+    <s v="Private Households where the Reference Person Moved within the State in the Previous Year"/>
+    <s v="D"/>
+    <s v="Ulster (part of)"/>
+    <s v="-1"/>
+    <s v="Rented"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4022"/>
+  </r>
+  <r>
+    <s v="CD143"/>
+    <s v="Private Households where the Reference Person Moved within the State in the Previous Year"/>
+    <s v="D"/>
+    <s v="Ulster (part of)"/>
+    <s v="05A"/>
+    <s v="Rented from private landlord"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2020"/>
+  </r>
+  <r>
+    <s v="CD143"/>
+    <s v="Private Households where the Reference Person Moved within the State in the Previous Year"/>
+    <s v="D"/>
+    <s v="Ulster (part of)"/>
+    <s v="05A"/>
+    <s v="Rented from private landlord"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3226"/>
+  </r>
+  <r>
+    <s v="CD143"/>
+    <s v="Private Households where the Reference Person Moved within the State in the Previous Year"/>
+    <s v="D"/>
+    <s v="Ulster (part of)"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="487"/>
+  </r>
+  <r>
+    <s v="CD143"/>
+    <s v="Private Households where the Reference Person Moved within the State in the Previous Year"/>
+    <s v="D"/>
+    <s v="Ulster (part of)"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="565"/>
+  </r>
+  <r>
+    <s v="CD143"/>
+    <s v="Private Households where the Reference Person Moved within the State in the Previous Year"/>
+    <s v="D"/>
+    <s v="Ulster (part of)"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="716"/>
+  </r>
+  <r>
+    <s v="CD143"/>
+    <s v="Private Households where the Reference Person Moved within the State in the Previous Year"/>
+    <s v="D"/>
+    <s v="Ulster (part of)"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="73"/>
+  </r>
+  <r>
+    <s v="CD143"/>
+    <s v="Private Households where the Reference Person Moved within the State in the Previous Year"/>
+    <s v="D"/>
+    <s v="Ulster (part of)"/>
+    <s v="08"/>
+    <s v="Occupied free of rent"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="166"/>
+  </r>
+  <r>
+    <s v="CD143"/>
+    <s v="Private Households where the Reference Person Moved within the State in the Previous Year"/>
+    <s v="D"/>
+    <s v="Ulster (part of)"/>
+    <s v="08"/>
+    <s v="Occupied free of rent"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="158"/>
+  </r>
+  <r>
+    <s v="CD143"/>
+    <s v="Private Households where the Reference Person Moved within the State in the Previous Year"/>
+    <s v="D"/>
+    <s v="Ulster (part of)"/>
+    <s v="09"/>
+    <s v="Not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="248"/>
+  </r>
+  <r>
+    <s v="CD143"/>
+    <s v="Private Households where the Reference Person Moved within the State in the Previous Year"/>
+    <s v="D"/>
+    <s v="Ulster (part of)"/>
+    <s v="09"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="57"/>
+  </r>
+  <r>
+    <s v="CD143"/>
+    <s v="Private Households where the Reference Person Moved within the State in the Previous Year"/>
+    <s v="D"/>
+    <s v="Ulster (part of)"/>
+    <s v="-"/>
+    <s v="All types of occupancy"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="6548"/>
+  </r>
+  <r>
+    <s v="CD143"/>
+    <s v="Private Households where the Reference Person Moved within the State in the Previous Year"/>
+    <s v="D"/>
+    <s v="Ulster (part of)"/>
+    <s v="-"/>
+    <s v="All types of occupancy"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5162"/>
+  </r>
+  <r>
+    <s v="CD143"/>
+    <s v="Private Households where the Reference Person Moved within the State in the Previous Year"/>
+    <s v="24"/>
+    <s v="Cavan"/>
+    <s v="02"/>
+    <s v="Owner occupied without loan or mortgage"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="209"/>
+  </r>
+  <r>
+    <s v="CD143"/>
+    <s v="Private Households where the Reference Person Moved within the State in the Previous Year"/>
+    <s v="24"/>
+    <s v="Cavan"/>
+    <s v="02"/>
+    <s v="Owner occupied without loan or mortgage"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="113"/>
+  </r>
+  <r>
+    <s v="CD143"/>
+    <s v="Private Households where the Reference Person Moved within the State in the Previous Year"/>
+    <s v="24"/>
+    <s v="Cavan"/>
+    <s v="01"/>
+    <s v="Owner occupied with loan or mortgage"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="762"/>
+  </r>
+  <r>
+    <s v="CD143"/>
+    <s v="Private Households where the Reference Person Moved within the State in the Previous Year"/>
+    <s v="24"/>
+    <s v="Cavan"/>
+    <s v="01"/>
+    <s v="Owner occupied with loan or mortgage"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="185"/>
+  </r>
+  <r>
+    <s v="CD143"/>
+    <s v="Private Households where the Reference Person Moved within the State in the Previous Year"/>
+    <s v="24"/>
+    <s v="Cavan"/>
+    <s v="-1"/>
+    <s v="Rented"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="920"/>
+  </r>
+  <r>
+    <s v="CD143"/>
+    <s v="Private Households where the Reference Person Moved within the State in the Previous Year"/>
+    <s v="24"/>
+    <s v="Cavan"/>
+    <s v="-1"/>
+    <s v="Rented"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1086"/>
+  </r>
+  <r>
+    <s v="CD143"/>
+    <s v="Private Households where the Reference Person Moved within the State in the Previous Year"/>
+    <s v="24"/>
+    <s v="Cavan"/>
+    <s v="05A"/>
+    <s v="Rented from private landlord"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="592"/>
+  </r>
+  <r>
+    <s v="CD143"/>
+    <s v="Private Households where the Reference Person Moved within the State in the Previous Year"/>
+    <s v="24"/>
+    <s v="Cavan"/>
+    <s v="05A"/>
+    <s v="Rented from private landlord"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="900"/>
+  </r>
+  <r>
+    <s v="CD143"/>
+    <s v="Private Households where the Reference Person Moved within the State in the Previous Year"/>
+    <s v="24"/>
+    <s v="Cavan"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="99"/>
+  </r>
+  <r>
+    <s v="CD143"/>
+    <s v="Private Households where the Reference Person Moved within the State in the Previous Year"/>
+    <s v="24"/>
+    <s v="Cavan"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="142"/>
+  </r>
+  <r>
+    <s v="CD143"/>
+    <s v="Private Households where the Reference Person Moved within the State in the Previous Year"/>
+    <s v="24"/>
+    <s v="Cavan"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="188"/>
+  </r>
+  <r>
+    <s v="CD143"/>
+    <s v="Private Households where the Reference Person Moved within the State in the Previous Year"/>
+    <s v="24"/>
+    <s v="Cavan"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="17"/>
+  </r>
+  <r>
+    <s v="CD143"/>
+    <s v="Private Households where the Reference Person Moved within the State in the Previous Year"/>
+    <s v="24"/>
+    <s v="Cavan"/>
+    <s v="08"/>
+    <s v="Occupied free of rent"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="41"/>
+  </r>
+  <r>
+    <s v="CD143"/>
+    <s v="Private Households where the Reference Person Moved within the State in the Previous Year"/>
+    <s v="24"/>
+    <s v="Cavan"/>
+    <s v="08"/>
+    <s v="Occupied free of rent"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="27"/>
+  </r>
+  <r>
+    <s v="CD143"/>
+    <s v="Private Households where the Reference Person Moved within the State in the Previous Year"/>
+    <s v="24"/>
+    <s v="Cavan"/>
+    <s v="09"/>
+    <s v="Not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="79"/>
+  </r>
+  <r>
+    <s v="CD143"/>
+    <s v="Private Households where the Reference Person Moved within the State in the Previous Year"/>
+    <s v="24"/>
+    <s v="Cavan"/>
+    <s v="09"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="10"/>
+  </r>
+  <r>
+    <s v="CD143"/>
+    <s v="Private Households where the Reference Person Moved within the State in the Previous Year"/>
+    <s v="24"/>
+    <s v="Cavan"/>
+    <s v="-"/>
+    <s v="All types of occupancy"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1970"/>
+  </r>
+  <r>
+    <s v="CD143"/>
+    <s v="Private Households where the Reference Person Moved within the State in the Previous Year"/>
+    <s v="24"/>
+    <s v="Cavan"/>
+    <s v="-"/>
+    <s v="All types of occupancy"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1394"/>
+  </r>
+  <r>
+    <s v="CD143"/>
+    <s v="Private Households where the Reference Person Moved within the State in the Previous Year"/>
+    <s v="25"/>
+    <s v="Donegal"/>
+    <s v="02"/>
+    <s v="Owner occupied without loan or mortgage"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="379"/>
+  </r>
+  <r>
+    <s v="CD143"/>
+    <s v="Private Households where the Reference Person Moved within the State in the Previous Year"/>
+    <s v="25"/>
+    <s v="Donegal"/>
+    <s v="02"/>
+    <s v="Owner occupied without loan or mortgage"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="228"/>
+  </r>
+  <r>
+    <s v="CD143"/>
+    <s v="Private Households where the Reference Person Moved within the State in the Previous Year"/>
+    <s v="25"/>
+    <s v="Donegal"/>
+    <s v="01"/>
+    <s v="Owner occupied with loan or mortgage"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1062"/>
+  </r>
+  <r>
+    <s v="CD143"/>
+    <s v="Private Households where the Reference Person Moved within the State in the Previous Year"/>
+    <s v="25"/>
+    <s v="Donegal"/>
+    <s v="01"/>
+    <s v="Owner occupied with loan or mortgage"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="360"/>
+  </r>
+  <r>
+    <s v="CD143"/>
+    <s v="Private Households where the Reference Person Moved within the State in the Previous Year"/>
+    <s v="25"/>
+    <s v="Donegal"/>
+    <s v="-1"/>
+    <s v="Rented"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1819"/>
+  </r>
+  <r>
+    <s v="CD143"/>
+    <s v="Private Households where the Reference Person Moved within the State in the Previous Year"/>
+    <s v="25"/>
+    <s v="Donegal"/>
+    <s v="-1"/>
+    <s v="Rented"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2133"/>
+  </r>
+  <r>
+    <s v="CD143"/>
+    <s v="Private Households where the Reference Person Moved within the State in the Previous Year"/>
+    <s v="25"/>
+    <s v="Donegal"/>
+    <s v="05A"/>
+    <s v="Rented from private landlord"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1018"/>
+  </r>
+  <r>
+    <s v="CD143"/>
+    <s v="Private Households where the Reference Person Moved within the State in the Previous Year"/>
+    <s v="25"/>
+    <s v="Donegal"/>
+    <s v="05A"/>
+    <s v="Rented from private landlord"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1694"/>
+  </r>
+  <r>
+    <s v="CD143"/>
+    <s v="Private Households where the Reference Person Moved within the State in the Previous Year"/>
+    <s v="25"/>
+    <s v="Donegal"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="294"/>
+  </r>
+  <r>
+    <s v="CD143"/>
+    <s v="Private Households where the Reference Person Moved within the State in the Previous Year"/>
+    <s v="25"/>
+    <s v="Donegal"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="291"/>
+  </r>
+  <r>
+    <s v="CD143"/>
+    <s v="Private Households where the Reference Person Moved within the State in the Previous Year"/>
+    <s v="25"/>
+    <s v="Donegal"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="408"/>
+  </r>
+  <r>
+    <s v="CD143"/>
+    <s v="Private Households where the Reference Person Moved within the State in the Previous Year"/>
+    <s v="25"/>
+    <s v="Donegal"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="48"/>
+  </r>
+  <r>
+    <s v="CD143"/>
+    <s v="Private Households where the Reference Person Moved within the State in the Previous Year"/>
+    <s v="25"/>
+    <s v="Donegal"/>
+    <s v="08"/>
+    <s v="Occupied free of rent"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="99"/>
+  </r>
+  <r>
+    <s v="CD143"/>
+    <s v="Private Households where the Reference Person Moved within the State in the Previous Year"/>
+    <s v="25"/>
+    <s v="Donegal"/>
+    <s v="08"/>
+    <s v="Occupied free of rent"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="100"/>
+  </r>
+  <r>
+    <s v="CD143"/>
+    <s v="Private Households where the Reference Person Moved within the State in the Previous Year"/>
+    <s v="25"/>
+    <s v="Donegal"/>
+    <s v="09"/>
+    <s v="Not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="123"/>
+  </r>
+  <r>
+    <s v="CD143"/>
+    <s v="Private Households where the Reference Person Moved within the State in the Previous Year"/>
+    <s v="25"/>
+    <s v="Donegal"/>
+    <s v="09"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="35"/>
+  </r>
+  <r>
+    <s v="CD143"/>
+    <s v="Private Households where the Reference Person Moved within the State in the Previous Year"/>
+    <s v="25"/>
+    <s v="Donegal"/>
+    <s v="-"/>
+    <s v="All types of occupancy"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3383"/>
+  </r>
+  <r>
+    <s v="CD143"/>
+    <s v="Private Households where the Reference Person Moved within the State in the Previous Year"/>
+    <s v="25"/>
+    <s v="Donegal"/>
+    <s v="-"/>
+    <s v="All types of occupancy"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2756"/>
+  </r>
+  <r>
+    <s v="CD143"/>
+    <s v="Private Households where the Reference Person Moved within the State in the Previous Year"/>
+    <s v="26"/>
+    <s v="Monaghan"/>
+    <s v="02"/>
+    <s v="Owner occupied without loan or mortgage"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="72"/>
+  </r>
+  <r>
+    <s v="CD143"/>
+    <s v="Private Households where the Reference Person Moved within the State in the Previous Year"/>
+    <s v="26"/>
+    <s v="Monaghan"/>
+    <s v="02"/>
+    <s v="Owner occupied without loan or mortgage"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="45"/>
+  </r>
+  <r>
+    <s v="CD143"/>
+    <s v="Private Households where the Reference Person Moved within the State in the Previous Year"/>
+    <s v="26"/>
+    <s v="Monaghan"/>
+    <s v="01"/>
+    <s v="Owner occupied with loan or mortgage"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="427"/>
+  </r>
+  <r>
+    <s v="CD143"/>
+    <s v="Private Households where the Reference Person Moved within the State in the Previous Year"/>
+    <s v="26"/>
+    <s v="Monaghan"/>
+    <s v="01"/>
+    <s v="Owner occupied with loan or mortgage"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="152"/>
+  </r>
+  <r>
+    <s v="CD143"/>
+    <s v="Private Households where the Reference Person Moved within the State in the Previous Year"/>
+    <s v="26"/>
+    <s v="Monaghan"/>
+    <s v="-1"/>
+    <s v="Rented"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="650"/>
+  </r>
+  <r>
+    <s v="CD143"/>
+    <s v="Private Households where the Reference Person Moved within the State in the Previous Year"/>
+    <s v="26"/>
+    <s v="Monaghan"/>
+    <s v="-1"/>
+    <s v="Rented"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="803"/>
+  </r>
+  <r>
+    <s v="CD143"/>
+    <s v="Private Households where the Reference Person Moved within the State in the Previous Year"/>
+    <s v="26"/>
+    <s v="Monaghan"/>
+    <s v="05A"/>
+    <s v="Rented from private landlord"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="410"/>
+  </r>
+  <r>
+    <s v="CD143"/>
+    <s v="Private Households where the Reference Person Moved within the State in the Previous Year"/>
+    <s v="26"/>
+    <s v="Monaghan"/>
+    <s v="05A"/>
+    <s v="Rented from private landlord"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="632"/>
+  </r>
+  <r>
+    <s v="CD143"/>
+    <s v="Private Households where the Reference Person Moved within the State in the Previous Year"/>
+    <s v="26"/>
+    <s v="Monaghan"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="94"/>
+  </r>
+  <r>
+    <s v="CD143"/>
+    <s v="Private Households where the Reference Person Moved within the State in the Previous Year"/>
+    <s v="26"/>
+    <s v="Monaghan"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="132"/>
+  </r>
+  <r>
+    <s v="CD143"/>
+    <s v="Private Households where the Reference Person Moved within the State in the Previous Year"/>
+    <s v="26"/>
+    <s v="Monaghan"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="120"/>
+  </r>
+  <r>
+    <s v="CD143"/>
+    <s v="Private Households where the Reference Person Moved within the State in the Previous Year"/>
+    <s v="26"/>
+    <s v="Monaghan"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="8"/>
+  </r>
+  <r>
+    <s v="CD143"/>
+    <s v="Private Households where the Reference Person Moved within the State in the Previous Year"/>
+    <s v="26"/>
+    <s v="Monaghan"/>
+    <s v="08"/>
+    <s v="Occupied free of rent"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="26"/>
+  </r>
+  <r>
+    <s v="CD143"/>
+    <s v="Private Households where the Reference Person Moved within the State in the Previous Year"/>
+    <s v="26"/>
+    <s v="Monaghan"/>
+    <s v="08"/>
+    <s v="Occupied free of rent"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="31"/>
+  </r>
+  <r>
+    <s v="CD143"/>
+    <s v="Private Households where the Reference Person Moved within the State in the Previous Year"/>
+    <s v="26"/>
+    <s v="Monaghan"/>
+    <s v="09"/>
+    <s v="Not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="46"/>
+  </r>
+  <r>
+    <s v="CD143"/>
+    <s v="Private Households where the Reference Person Moved within the State in the Previous Year"/>
+    <s v="26"/>
+    <s v="Monaghan"/>
+    <s v="09"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="12"/>
+  </r>
+  <r>
+    <s v="CD143"/>
+    <s v="Private Households where the Reference Person Moved within the State in the Previous Year"/>
+    <s v="26"/>
+    <s v="Monaghan"/>
+    <s v="-"/>
+    <s v="All types of occupancy"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1195"/>
+  </r>
+  <r>
+    <s v="CD143"/>
+    <s v="Private Households where the Reference Person Moved within the State in the Previous Year"/>
+    <s v="26"/>
+    <s v="Monaghan"/>
+    <s v="-"/>
+    <s v="All types of occupancy"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1012"/>
+  </r>
+</pivotCacheRecords>
 </file>