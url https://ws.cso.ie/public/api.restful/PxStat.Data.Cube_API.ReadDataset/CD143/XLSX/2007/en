--- v1 (2026-01-06)
+++ v2 (2026-03-05)
@@ -1,48 +1,48 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/pivotCache/pivotCacheDefinition1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheDefinition+xml"/>
   <Override PartName="/pivotCache/pivotCacheRecords1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheRecords+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/pivotTables/pivotTable.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R76ca4c9de707463f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/86a3b86600ae4999ad2868903b05ff71.psmdcp" Id="R7bb00bed02574c4b" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0ff5349bb4984518" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/d73d9f7fc2234b5e9c34226fb35827ce.psmdcp" Id="Rb87cc8c322014271" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="About" sheetId="1" r:id="rId2"/>
     <x:sheet name="Unpivoted" sheetId="2" r:id="rId9"/>
     <x:sheet name="Pivoted" sheetId="3" r:id="rId11"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
   <x:pivotCaches>
     <x:pivotCache cacheId="0" r:id="rId12"/>
   </x:pivotCaches>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Table</x:t>