--- v0 (2025-11-04)
+++ v1 (2026-02-15)
@@ -1,97 +1,97 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/pivotCache/pivotCacheDefinition1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheDefinition+xml"/>
   <Override PartName="/pivotCache/pivotCacheRecords1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheRecords+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/pivotTables/pivotTable.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5cef45a568324a3c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/f39537acfde24c01a4e576495c3632d9.psmdcp" Id="R45ff2559f10c4149" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0d5178b8be5e47bb" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/ed10e0e67d8447a28596becf0ca0052f.psmdcp" Id="Ree8cadb973d540dc" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
-    <x:sheet name="About" sheetId="2" r:id="rId2"/>
-[...1 lines deleted...]
-    <x:sheet name="Pivoted" sheetId="11" r:id="rId11"/>
+    <x:sheet name="About" sheetId="1" r:id="rId2"/>
+    <x:sheet name="Unpivoted" sheetId="2" r:id="rId9"/>
+    <x:sheet name="Pivoted" sheetId="3" r:id="rId11"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
   <x:pivotCaches>
     <x:pivotCache cacheId="0" r:id="rId12"/>
   </x:pivotCaches>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Table</x:t>
   </x:si>
   <x:si>
     <x:t>Code</x:t>
   </x:si>
   <x:si>
     <x:t>CD142</x:t>
   </x:si>
   <x:si>
     <x:t>Name</x:t>
   </x:si>
   <x:si>
     <x:t>Usually Resident and Present in the State who moved within the State in the Previous Year</x:t>
   </x:si>
   <x:si>
     <x:t>Frequency</x:t>
   </x:si>
   <x:si>
     <x:t>Annual</x:t>
   </x:si>
   <x:si>
     <x:t>Last Updated</x:t>
   </x:si>
   <x:si>
-    <x:t>5/11/2020 11:00:00 AM</x:t>
+    <x:t>11/05/2020 11:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Note</x:t>
   </x:si>
   <x:si>
     <x:t>Url</x:t>
   </x:si>
   <x:si>
     <x:t>https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/CD142/XLSX/2007/en</x:t>
   </x:si>
   <x:si>
     <x:t>Product</x:t>
   </x:si>
   <x:si>
     <x:t>C2011P1</x:t>
   </x:si>
   <x:si>
     <x:t>Profile 1 - Geography</x:t>
   </x:si>
   <x:si>
     <x:t>Contacts</x:t>
   </x:si>
   <x:si>
     <x:t>Bernie Casey</x:t>
   </x:si>
@@ -610,515 +610,208 @@
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip r:embed="rId8" cstate="print"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="3971925" cy="1381125"/>
         </a:xfrm>
         <a:prstGeom prst="rect"/>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/pivotTables/_rels/pivotTable.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheDefinition" Target="/pivotCache/pivotCacheDefinition1.xml" Id="rId17" /></Relationships>
 </file>
 
 <file path=xl/pivotTables/pivotTable.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotTableDefinition xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" dataCaption="Values" showError="0" missingCaption="" showMissing="1" pageWrap="0" pageOverThenDown="0" rowGrandTotals="0" colGrandTotals="0" indent="1">
-[...463 lines deleted...]
-</x:pivotTableDefinition>
+<pivotTableDefinition xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" applyNumberFormats="0" applyBorderFormats="0" applyFontFormats="0" applyPatternFormats="0" applyAlignmentFormats="0" applyWidthHeightFormats="0" dataCaption="Values" rowGrandTotals="0" colGrandTotals="0" outline="1">
+  <location ref="A1" firstHeaderRow="0" firstDataRow="0" firstDataCol="0"/>
+  <pivotFields count="12">
+    <pivotField name="STATISTIC" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="Statistic Label" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="C02076V03371" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="13">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+        <item x="11"/>
+        <item x="12"/>
+      </items>
+    </pivotField>
+    <pivotField name="Age Group" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="13">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+        <item x="11"/>
+        <item x="12"/>
+      </items>
+    </pivotField>
+    <pivotField name="C02199V02655" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="3">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+      </items>
+    </pivotField>
+    <pivotField name="Sex" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="3">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+      </items>
+    </pivotField>
+    <pivotField name="C02779V03348" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="27">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+        <item x="11"/>
+        <item x="12"/>
+        <item x="13"/>
+        <item x="14"/>
+        <item x="15"/>
+        <item x="16"/>
+        <item x="17"/>
+        <item x="18"/>
+        <item x="19"/>
+        <item x="20"/>
+        <item x="21"/>
+        <item x="22"/>
+        <item x="23"/>
+        <item x="24"/>
+        <item x="25"/>
+        <item x="26"/>
+      </items>
+    </pivotField>
+    <pivotField name="County of Usual Residence One Year Previously" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="27">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+        <item x="11"/>
+        <item x="12"/>
+        <item x="13"/>
+        <item x="14"/>
+        <item x="15"/>
+        <item x="16"/>
+        <item x="17"/>
+        <item x="18"/>
+        <item x="19"/>
+        <item x="20"/>
+        <item x="21"/>
+        <item x="22"/>
+        <item x="23"/>
+        <item x="24"/>
+        <item x="25"/>
+        <item x="26"/>
+      </items>
+    </pivotField>
+    <pivotField name="TLIST(A1)" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="CensusYear" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField showAll="0"/>
+    <pivotField dataField="1" showAll="0"/>
+  </pivotFields>
+  <rowFields count="10">
+    <field x="0"/>
+    <field x="1"/>
+    <field x="2"/>
+    <field x="3"/>
+    <field x="4"/>
+    <field x="5"/>
+    <field x="6"/>
+    <field x="7"/>
+    <field x="8"/>
+    <field x="9"/>
+  </rowFields>
+  <dataFields count="1">
+    <dataField name="VALUE" fld="11"/>
+  </dataFields>
+  <pivotTableStyleInfo name="PivotStyleLight16" showRowHeaders="1" showColHeaders="1"/>
+  <extLst>
+    <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{962EF5D1-5CA2-4c93-8EF4-DBF5C05439D2}">
+      <x14:pivotTableDefinition enableEdit="0" hideValuesRow="1"/>
+    </ext>
+  </extLst>
+</pivotTableDefinition>
 </file>
 
 <file path=xl/tables/table1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:table xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="1" name="Unpivoted" displayName="Unpivoted" ref="A1:L1054" totalsRowShown="0">
   <x:autoFilter ref="A1:L1054"/>
   <x:tableColumns count="12">
     <x:tableColumn id="1" name="STATISTIC"/>
     <x:tableColumn id="2" name="Statistic Label"/>
     <x:tableColumn id="3" name="C02076V03371"/>
     <x:tableColumn id="4" name="Age Group"/>
     <x:tableColumn id="5" name="C02199V02655"/>
     <x:tableColumn id="6" name="Sex"/>
     <x:tableColumn id="7" name="C02779V03348"/>
     <x:tableColumn id="8" name="County of Usual Residence One Year Previously"/>
     <x:tableColumn id="9" name="TLIST(A1)"/>
     <x:tableColumn id="10" name="CensusYear"/>
     <x:tableColumn id="11" name="UNIT"/>
     <x:tableColumn id="12" name="VALUE"/>
   </x:tableColumns>
   <x:tableStyleInfo name="TableStyleMedium2" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </x:table>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
@@ -1391,51 +1084,51 @@
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="/xl/drawings/drawing1.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/CD142/XLSX/2007/en" TargetMode="External" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cso.ie/" TargetMode="External" Id="rId14" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="/xl/tables/table1.xml" Id="rId15" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet3.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotTable" Target="/xl/pivotTables/pivotTable.xml" Id="rId16" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:B39"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="20.710625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="100.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="8" spans="1:2">
       <x:c r="A8" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B8" s="2"/>
     </x:row>
     <x:row r="9" spans="1:2">
       <x:c r="A9" s="3" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="B9" s="0" t="s">
         <x:v>2</x:v>
@@ -1622,51 +1315,51 @@
       </x:c>
     </x:row>
     <x:row r="39" spans="1:2">
       <x:c r="A39" s="3" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B39" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:hyperlinks>
     <x:hyperlink ref="B14" r:id="rId13"/>
     <x:hyperlink ref="B28" r:id="rId14"/>
   </x:hyperlinks>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:drawing xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId7"/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:L1054"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="11.996339" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="81.853482" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="16.139196" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="16.567768" style="0" customWidth="1"/>
     <x:col min="5" max="5" width="16.139196" style="0" customWidth="1"/>
     <x:col min="6" max="6" width="10.424911" style="0" customWidth="1"/>
     <x:col min="7" max="7" width="16.139196" style="0" customWidth="1"/>
     <x:col min="8" max="8" width="45.567768" style="0" customWidth="1"/>
     <x:col min="9" max="9" width="11.282054" style="0" customWidth="1"/>
     <x:col min="10" max="10" width="13.424911" style="0" customWidth="1"/>
     <x:col min="11" max="11" width="8.282054" style="0" customWidth="1"/>
     <x:col min="12" max="12" width="8.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:12">
       <x:c r="A1" s="0" t="s">
@@ -41710,51 +41403,51 @@
       <x:c r="I1054" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J1054" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="K1054" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="L1054" s="0">
         <x:v>66</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="1">
     <x:tablePart r:id="rId15"/>
   </x:tableParts>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:sheetData/>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Application>Microsoft Excel</ap:Application>
   <ap:TitlesOfParts>
     <vt:vector baseType="lpstr" size="9">
       <vt:lpstr>About</vt:lpstr>
       <vt:lpstr>Unpivoted</vt:lpstr>
       <vt:lpstr>Pivoted</vt:lpstr>
@@ -41771,51 +41464,51 @@
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>3</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Named Ranges</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>6</vt:i4>
       </vt:variant>
     </vt:vector>
   </ap:HeadingPairs>
   <ap:DocSecurity>0</ap:DocSecurity>
   <ap:ScaleCrop>false</ap:ScaleCrop>
 </ap:Properties>
 </file>
 
 <file path=pivotCache/_rels/pivotCacheDefinition1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheRecords" Target="/pivotCache/pivotCacheRecords1.xml" Id="rId1" /></Relationships>
 </file>
 
 <file path=pivotCache/pivotCacheDefinition1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:pivotCacheDefinition xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" r:id="rId1" saveData="1" refreshOnLoad="1" createdVersion="5" refreshedVersion="5" minRefreshableVersion="3">
   <x:cacheSource type="worksheet">
-    <x:worksheetSource ref="A1:L1054" sheet="Unpivoted"/>
+    <x:worksheetSource name="Unpivoted"/>
   </x:cacheSource>
   <x:cacheFields>
     <x:cacheField name="STATISTIC">
       <x:sharedItems count="1">
         <x:s v="CD142"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="Statistic Label">
       <x:sharedItems count="1">
         <x:s v="Usually Resident and Present in the State who moved within the State in the Previous Year"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="C02076V03371">
       <x:sharedItems count="13">
         <x:s v="-"/>
         <x:s v="230"/>
         <x:s v="300"/>
         <x:s v="365"/>
         <x:s v="410"/>
         <x:s v="440"/>
         <x:s v="460"/>
         <x:s v="475"/>
         <x:s v="495"/>
         <x:s v="515"/>
         <x:s v="530"/>
@@ -42604,27 +42297,14770 @@
         <x:n v="413"/>
         <x:n v="75"/>
         <x:n v="158"/>
         <x:n v="180"/>
         <x:n v="311"/>
         <x:n v="3793"/>
         <x:n v="78"/>
         <x:n v="236"/>
         <x:n v="114"/>
         <x:n v="129"/>
         <x:n v="5719"/>
         <x:n v="1591"/>
         <x:n v="179"/>
         <x:n v="143"/>
         <x:n v="678"/>
         <x:n v="277"/>
         <x:n v="141"/>
         <x:n v="182"/>
       </x:sharedItems>
     </x:cacheField>
   </x:cacheFields>
 </x:pivotCacheDefinition>
 </file>
 
 <file path=pivotCache/pivotCacheRecords1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main"/>
+<pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="xr">
+  <r>
+    <s v="CD142"/>
+    <s v="Usually Resident and Present in the State who moved within the State in the Previous Year"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="273239"/>
+  </r>
+  <r>
+    <s v="CD142"/>
+    <s v="Usually Resident and Present in the State who moved within the State in the Previous Year"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Carlow"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3362"/>
+  </r>
+  <r>
+    <s v="CD142"/>
+    <s v="Usually Resident and Present in the State who moved within the State in the Previous Year"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="Dublin"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="94800"/>
+  </r>
+  <r>
+    <s v="CD142"/>
+    <s v="Usually Resident and Present in the State who moved within the State in the Previous Year"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="Kildare"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="12536"/>
+  </r>
+  <r>
+    <s v="CD142"/>
+    <s v="Usually Resident and Present in the State who moved within the State in the Previous Year"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Kilkenny"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4384"/>
+  </r>
+  <r>
+    <s v="CD142"/>
+    <s v="Usually Resident and Present in the State who moved within the State in the Previous Year"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="Laois"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3787"/>
+  </r>
+  <r>
+    <s v="CD142"/>
+    <s v="Usually Resident and Present in the State who moved within the State in the Previous Year"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="06"/>
+    <s v="Longford"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2205"/>
+  </r>
+  <r>
+    <s v="CD142"/>
+    <s v="Usually Resident and Present in the State who moved within the State in the Previous Year"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="07"/>
+    <s v="Louth"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="6545"/>
+  </r>
+  <r>
+    <s v="CD142"/>
+    <s v="Usually Resident and Present in the State who moved within the State in the Previous Year"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="08"/>
+    <s v="Meath"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="8978"/>
+  </r>
+  <r>
+    <s v="CD142"/>
+    <s v="Usually Resident and Present in the State who moved within the State in the Previous Year"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="09"/>
+    <s v="Offaly"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3856"/>
+  </r>
+  <r>
+    <s v="CD142"/>
+    <s v="Usually Resident and Present in the State who moved within the State in the Previous Year"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="10"/>
+    <s v="Westmeath"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5201"/>
+  </r>
+  <r>
+    <s v="CD142"/>
+    <s v="Usually Resident and Present in the State who moved within the State in the Previous Year"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="11"/>
+    <s v="Wexford"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="7389"/>
+  </r>
+  <r>
+    <s v="CD142"/>
+    <s v="Usually Resident and Present in the State who moved within the State in the Previous Year"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="12"/>
+    <s v="Wicklow"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="7902"/>
+  </r>
+  <r>
+    <s v="CD142"/>
+    <s v="Usually Resident and Present in the State who moved within the State in the Previous Year"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="13"/>
+    <s v="Clare"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5865"/>
+  </r>
+  <r>
+    <s v="CD142"/>
+    <s v="Usually Resident and Present in the State who moved within the State in the Previous Year"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="14"/>
+    <s v="Cork"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="30614"/>
+  </r>
+  <r>
+    <s v="CD142"/>
+    <s v="Usually Resident and Present in the State who moved within the State in the Previous Year"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="15"/>
+    <s v="Kerry"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="6818"/>
+  </r>
+  <r>
+    <s v="CD142"/>
+    <s v="Usually Resident and Present in the State who moved within the State in the Previous Year"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="16"/>
+    <s v="Limerick"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="11914"/>
+  </r>
+  <r>
+    <s v="CD142"/>
+    <s v="Usually Resident and Present in the State who moved within the State in the Previous Year"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="17"/>
+    <s v="Tipperary"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="7563"/>
+  </r>
+  <r>
+    <s v="CD142"/>
+    <s v="Usually Resident and Present in the State who moved within the State in the Previous Year"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="18"/>
+    <s v="Waterford"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="6212"/>
+  </r>
+  <r>
+    <s v="CD142"/>
+    <s v="Usually Resident and Present in the State who moved within the State in the Previous Year"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="19"/>
+    <s v="Galway"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="16582"/>
+  </r>
+  <r>
+    <s v="CD142"/>
+    <s v="Usually Resident and Present in the State who moved within the State in the Previous Year"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="20"/>
+    <s v="Leitrim"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1462"/>
+  </r>
+  <r>
+    <s v="CD142"/>
+    <s v="Usually Resident and Present in the State who moved within the State in the Previous Year"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="21"/>
+    <s v="Mayo"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="6577"/>
+  </r>
+  <r>
+    <s v="CD142"/>
+    <s v="Usually Resident and Present in the State who moved within the State in the Previous Year"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="22"/>
+    <s v="Roscommon"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2866"/>
+  </r>
+  <r>
+    <s v="CD142"/>
+    <s v="Usually Resident and Present in the State who moved within the State in the Previous Year"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="23"/>
+    <s v="Sligo"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3761"/>
+  </r>
+  <r>
+    <s v="CD142"/>
+    <s v="Usually Resident and Present in the State who moved within the State in the Previous Year"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="24"/>
+    <s v="Cavan"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3480"/>
+  </r>
+  <r>
+    <s v="CD142"/>
+    <s v="Usually Resident and Present in the State who moved within the State in the Previous Year"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="25"/>
+    <s v="Donegal"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="6110"/>
+  </r>
+  <r>
+    <s v="CD142"/>
+    <s v="Usually Resident and Present in the State who moved within the State in the Previous Year"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="26"/>
+    <s v="Monaghan"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2470"/>
+  </r>
+  <r>
+    <s v="CD142"/>
+    <s v="Usually Resident and Present in the State who moved within the State in the Previous Year"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="134040"/>
+  </r>
+  <r>
+    <s v="CD142"/>
+    <s v="Usually Resident and Present in the State who moved within the State in the Previous Year"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Carlow"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1668"/>
+  </r>
+  <r>
+    <s v="CD142"/>
+    <s v="Usually Resident and Present in the State who moved within the State in the Previous Year"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="Dublin"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="46657"/>
+  </r>
+  <r>
+    <s v="CD142"/>
+    <s v="Usually Resident and Present in the State who moved within the State in the Previous Year"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="Kildare"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="6360"/>
+  </r>
+  <r>
+    <s v="CD142"/>
+    <s v="Usually Resident and Present in the State who moved within the State in the Previous Year"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Kilkenny"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2124"/>
+  </r>
+  <r>
+    <s v="CD142"/>
+    <s v="Usually Resident and Present in the State who moved within the State in the Previous Year"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="Laois"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1867"/>
+  </r>
+  <r>
+    <s v="CD142"/>
+    <s v="Usually Resident and Present in the State who moved within the State in the Previous Year"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="06"/>
+    <s v="Longford"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1104"/>
+  </r>
+  <r>
+    <s v="CD142"/>
+    <s v="Usually Resident and Present in the State who moved within the State in the Previous Year"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="07"/>
+    <s v="Louth"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3340"/>
+  </r>
+  <r>
+    <s v="CD142"/>
+    <s v="Usually Resident and Present in the State who moved within the State in the Previous Year"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="08"/>
+    <s v="Meath"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4391"/>
+  </r>
+  <r>
+    <s v="CD142"/>
+    <s v="Usually Resident and Present in the State who moved within the State in the Previous Year"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="09"/>
+    <s v="Offaly"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1849"/>
+  </r>
+  <r>
+    <s v="CD142"/>
+    <s v="Usually Resident and Present in the State who moved within the State in the Previous Year"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="10"/>
+    <s v="Westmeath"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2538"/>
+  </r>
+  <r>
+    <s v="CD142"/>
+    <s v="Usually Resident and Present in the State who moved within the State in the Previous Year"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="11"/>
+    <s v="Wexford"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3623"/>
+  </r>
+  <r>
+    <s v="CD142"/>
+    <s v="Usually Resident and Present in the State who moved within the State in the Previous Year"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="12"/>
+    <s v="Wicklow"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3842"/>
+  </r>
+  <r>
+    <s v="CD142"/>
+    <s v="Usually Resident and Present in the State who moved within the State in the Previous Year"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="13"/>
+    <s v="Clare"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2836"/>
+  </r>
+  <r>
+    <s v="CD142"/>
+    <s v="Usually Resident and Present in the State who moved within the State in the Previous Year"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="14"/>
+    <s v="Cork"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="15109"/>
+  </r>
+  <r>
+    <s v="CD142"/>
+    <s v="Usually Resident and Present in the State who moved within the State in the Previous Year"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="15"/>
+    <s v="Kerry"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3313"/>
+  </r>
+  <r>
+    <s v="CD142"/>
+    <s v="Usually Resident and Present in the State who moved within the State in the Previous Year"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="16"/>
+    <s v="Limerick"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5816"/>
+  </r>
+  <r>
+    <s v="CD142"/>
+    <s v="Usually Resident and Present in the State who moved within the State in the Previous Year"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="17"/>
+    <s v="Tipperary"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3634"/>
+  </r>
+  <r>
+    <s v="CD142"/>
+    <s v="Usually Resident and Present in the State who moved within the State in the Previous Year"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="18"/>
+    <s v="Waterford"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3052"/>
+  </r>
+  <r>
+    <s v="CD142"/>
+    <s v="Usually Resident and Present in the State who moved within the State in the Previous Year"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="19"/>
+    <s v="Galway"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="8014"/>
+  </r>
+  <r>
+    <s v="CD142"/>
+    <s v="Usually Resident and Present in the State who moved within the State in the Previous Year"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="20"/>
+    <s v="Leitrim"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="712"/>
+  </r>
+  <r>
+    <s v="CD142"/>
+    <s v="Usually Resident and Present in the State who moved within the State in the Previous Year"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="21"/>
+    <s v="Mayo"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3134"/>
+  </r>
+  <r>
+    <s v="CD142"/>
+    <s v="Usually Resident and Present in the State who moved within the State in the Previous Year"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="22"/>
+    <s v="Roscommon"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1364"/>
+  </r>
+  <r>
+    <s v="CD142"/>
+    <s v="Usually Resident and Present in the State who moved within the State in the Previous Year"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="23"/>
+    <s v="Sligo"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1799"/>
+  </r>
+  <r>
+    <s v="CD142"/>
+    <s v="Usually Resident and Present in the State who moved within the State in the Previous Year"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="24"/>
+    <s v="Cavan"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1679"/>
+  </r>
+  <r>
+    <s v="CD142"/>
+    <s v="Usually Resident and Present in the State who moved within the State in the Previous Year"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="25"/>
+    <s v="Donegal"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3021"/>
+  </r>
+  <r>
+    <s v="CD142"/>
+    <s v="Usually Resident and Present in the State who moved within the State in the Previous Year"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="26"/>
+    <s v="Monaghan"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1194"/>
+  </r>
+  <r>
+    <s v="CD142"/>
+    <s v="Usually Resident and Present in the State who moved within the State in the Previous Year"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="139199"/>
+  </r>
+  <r>
+    <s v="CD142"/>
+    <s v="Usually Resident and Present in the State who moved within the State in the Previous Year"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Carlow"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1694"/>
+  </r>
+  <r>
+    <s v="CD142"/>
+    <s v="Usually Resident and Present in the State who moved within the State in the Previous Year"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="Dublin"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="48143"/>
+  </r>
+  <r>
+    <s v="CD142"/>
+    <s v="Usually Resident and Present in the State who moved within the State in the Previous Year"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="Kildare"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="6176"/>
+  </r>
+  <r>
+    <s v="CD142"/>
+    <s v="Usually Resident and Present in the State who moved within the State in the Previous Year"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Kilkenny"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2260"/>
+  </r>
+  <r>
+    <s v="CD142"/>
+    <s v="Usually Resident and Present in the State who moved within the State in the Previous Year"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="Laois"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1920"/>
+  </r>
+  <r>
+    <s v="CD142"/>
+    <s v="Usually Resident and Present in the State who moved within the State in the Previous Year"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="06"/>
+    <s v="Longford"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1101"/>
+  </r>
+  <r>
+    <s v="CD142"/>
+    <s v="Usually Resident and Present in the State who moved within the State in the Previous Year"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="07"/>
+    <s v="Louth"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3205"/>
+  </r>
+  <r>
+    <s v="CD142"/>
+    <s v="Usually Resident and Present in the State who moved within the State in the Previous Year"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="08"/>
+    <s v="Meath"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4587"/>
+  </r>
+  <r>
+    <s v="CD142"/>
+    <s v="Usually Resident and Present in the State who moved within the State in the Previous Year"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="09"/>
+    <s v="Offaly"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2007"/>
+  </r>
+  <r>
+    <s v="CD142"/>
+    <s v="Usually Resident and Present in the State who moved within the State in the Previous Year"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="10"/>
+    <s v="Westmeath"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2663"/>
+  </r>
+  <r>
+    <s v="CD142"/>
+    <s v="Usually Resident and Present in the State who moved within the State in the Previous Year"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="11"/>
+    <s v="Wexford"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3766"/>
+  </r>
+  <r>
+    <s v="CD142"/>
+    <s v="Usually Resident and Present in the State who moved within the State in the Previous Year"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="12"/>
+    <s v="Wicklow"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4060"/>
+  </r>
+  <r>
+    <s v="CD142"/>
+    <s v="Usually Resident and Present in the State who moved within the State in the Previous Year"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="13"/>
+    <s v="Clare"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3029"/>
+  </r>
+  <r>
+    <s v="CD142"/>
+    <s v="Usually Resident and Present in the State who moved within the State in the Previous Year"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="14"/>
+    <s v="Cork"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="15505"/>
+  </r>
+  <r>
+    <s v="CD142"/>
+    <s v="Usually Resident and Present in the State who moved within the State in the Previous Year"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="15"/>
+    <s v="Kerry"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3505"/>
+  </r>
+  <r>
+    <s v="CD142"/>
+    <s v="Usually Resident and Present in the State who moved within the State in the Previous Year"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="16"/>
+    <s v="Limerick"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="6098"/>
+  </r>
+  <r>
+    <s v="CD142"/>
+    <s v="Usually Resident and Present in the State who moved within the State in the Previous Year"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="17"/>
+    <s v="Tipperary"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3929"/>
+  </r>
+  <r>
+    <s v="CD142"/>
+    <s v="Usually Resident and Present in the State who moved within the State in the Previous Year"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="18"/>
+    <s v="Waterford"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3160"/>
+  </r>
+  <r>
+    <s v="CD142"/>
+    <s v="Usually Resident and Present in the State who moved within the State in the Previous Year"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="19"/>
+    <s v="Galway"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="8568"/>
+  </r>
+  <r>
+    <s v="CD142"/>
+    <s v="Usually Resident and Present in the State who moved within the State in the Previous Year"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="20"/>
+    <s v="Leitrim"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="750"/>
+  </r>
+  <r>
+    <s v="CD142"/>
+    <s v="Usually Resident and Present in the State who moved within the State in the Previous Year"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="21"/>
+    <s v="Mayo"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3443"/>
+  </r>
+  <r>
+    <s v="CD142"/>
+    <s v="Usually Resident and Present in the State who moved within the State in the Previous Year"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="22"/>
+    <s v="Roscommon"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1502"/>
+  </r>
+  <r>
+    <s v="CD142"/>
+    <s v="Usually Resident and Present in the State who moved within the State in the Previous Year"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="23"/>
+    <s v="Sligo"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1962"/>
+  </r>
+  <r>
+    <s v="CD142"/>
+    <s v="Usually Resident and Present in the State who moved within the State in the Previous Year"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="24"/>
+    <s v="Cavan"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1801"/>
+  </r>
+  <r>
+    <s v="CD142"/>
+    <s v="Usually Resident and Present in the State who moved within the State in the Previous Year"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="25"/>
+    <s v="Donegal"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3089"/>
+  </r>
+  <r>
+    <s v="CD142"/>
+    <s v="Usually Resident and Present in the State who moved within the State in the Previous Year"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="26"/>
+    <s v="Monaghan"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1276"/>
+  </r>
+  <r>
+    <s v="CD142"/>
+    <s v="Usually Resident and Present in the State who moved within the State in the Previous Year"/>
+    <s v="230"/>
+    <s v="1 - 14 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="40804"/>
+  </r>
+  <r>
+    <s v="CD142"/>
+    <s v="Usually Resident and Present in the State who moved within the State in the Previous Year"/>
+    <s v="230"/>
+    <s v="1 - 14 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Carlow"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="581"/>
+  </r>
+  <r>
+    <s v="CD142"/>
+    <s v="Usually Resident and Present in the State who moved within the State in the Previous Year"/>
+    <s v="230"/>
+    <s v="1 - 14 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="Dublin"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="12680"/>
+  </r>
+  <r>
+    <s v="CD142"/>
+    <s v="Usually Resident and Present in the State who moved within the State in the Previous Year"/>
+    <s v="230"/>
+    <s v="1 - 14 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="Kildare"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2068"/>
+  </r>
+  <r>
+    <s v="CD142"/>
+    <s v="Usually Resident and Present in the State who moved within the State in the Previous Year"/>
+    <s v="230"/>
+    <s v="1 - 14 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Kilkenny"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="673"/>
+  </r>
+  <r>
+    <s v="CD142"/>
+    <s v="Usually Resident and Present in the State who moved within the State in the Previous Year"/>
+    <s v="230"/>
+    <s v="1 - 14 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="Laois"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="717"/>
+  </r>
+  <r>
+    <s v="CD142"/>
+    <s v="Usually Resident and Present in the State who moved within the State in the Previous Year"/>
+    <s v="230"/>
+    <s v="1 - 14 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="06"/>
+    <s v="Longford"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="431"/>
+  </r>
+  <r>
+    <s v="CD142"/>
+    <s v="Usually Resident and Present in the State who moved within the State in the Previous Year"/>
+    <s v="230"/>
+    <s v="1 - 14 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="07"/>
+    <s v="Louth"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1229"/>
+  </r>
+  <r>
+    <s v="CD142"/>
+    <s v="Usually Resident and Present in the State who moved within the State in the Previous Year"/>
+    <s v="230"/>
+    <s v="1 - 14 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="08"/>
+    <s v="Meath"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1658"/>
+  </r>
+  <r>
+    <s v="CD142"/>
+    <s v="Usually Resident and Present in the State who moved within the State in the Previous Year"/>
+    <s v="230"/>
+    <s v="1 - 14 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="09"/>
+    <s v="Offaly"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="693"/>
+  </r>
+  <r>
+    <s v="CD142"/>
+    <s v="Usually Resident and Present in the State who moved within the State in the Previous Year"/>
+    <s v="230"/>
+    <s v="1 - 14 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="10"/>
+    <s v="Westmeath"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="839"/>
+  </r>
+  <r>
+    <s v="CD142"/>
+    <s v="Usually Resident and Present in the State who moved within the State in the Previous Year"/>
+    <s v="230"/>
+    <s v="1 - 14 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="11"/>
+    <s v="Wexford"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1370"/>
+  </r>
+  <r>
+    <s v="CD142"/>
+    <s v="Usually Resident and Present in the State who moved within the State in the Previous Year"/>
+    <s v="230"/>
+    <s v="1 - 14 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="12"/>
+    <s v="Wicklow"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1410"/>
+  </r>
+  <r>
+    <s v="CD142"/>
+    <s v="Usually Resident and Present in the State who moved within the State in the Previous Year"/>
+    <s v="230"/>
+    <s v="1 - 14 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="13"/>
+    <s v="Clare"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="964"/>
+  </r>
+  <r>
+    <s v="CD142"/>
+    <s v="Usually Resident and Present in the State who moved within the State in the Previous Year"/>
+    <s v="230"/>
+    <s v="1 - 14 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="14"/>
+    <s v="Cork"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4245"/>
+  </r>
+  <r>
+    <s v="CD142"/>
+    <s v="Usually Resident and Present in the State who moved within the State in the Previous Year"/>
+    <s v="230"/>
+    <s v="1 - 14 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="15"/>
+    <s v="Kerry"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1060"/>
+  </r>
+  <r>
+    <s v="CD142"/>
+    <s v="Usually Resident and Present in the State who moved within the State in the Previous Year"/>
+    <s v="230"/>
+    <s v="1 - 14 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="16"/>
+    <s v="Limerick"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1646"/>
+  </r>
+  <r>
+    <s v="CD142"/>
+    <s v="Usually Resident and Present in the State who moved within the State in the Previous Year"/>
+    <s v="230"/>
+    <s v="1 - 14 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="17"/>
+    <s v="Tipperary"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1224"/>
+  </r>
+  <r>
+    <s v="CD142"/>
+    <s v="Usually Resident and Present in the State who moved within the State in the Previous Year"/>
+    <s v="230"/>
+    <s v="1 - 14 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="18"/>
+    <s v="Waterford"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="965"/>
+  </r>
+  <r>
+    <s v="CD142"/>
+    <s v="Usually Resident and Present in the State who moved within the State in the Previous Year"/>
+    <s v="230"/>
+    <s v="1 - 14 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="19"/>
+    <s v="Galway"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1965"/>
+  </r>
+  <r>
+    <s v="CD142"/>
+    <s v="Usually Resident and Present in the State who moved within the State in the Previous Year"/>
+    <s v="230"/>
+    <s v="1 - 14 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="20"/>
+    <s v="Leitrim"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="221"/>
+  </r>
+  <r>
+    <s v="CD142"/>
+    <s v="Usually Resident and Present in the State who moved within the State in the Previous Year"/>
+    <s v="230"/>
+    <s v="1 - 14 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="21"/>
+    <s v="Mayo"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1044"/>
+  </r>
+  <r>
+    <s v="CD142"/>
+    <s v="Usually Resident and Present in the State who moved within the State in the Previous Year"/>
+    <s v="230"/>
+    <s v="1 - 14 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="22"/>
+    <s v="Roscommon"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="493"/>
+  </r>
+  <r>
+    <s v="CD142"/>
+    <s v="Usually Resident and Present in the State who moved within the State in the Previous Year"/>
+    <s v="230"/>
+    <s v="1 - 14 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="23"/>
+    <s v="Sligo"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="542"/>
+  </r>
+  <r>
+    <s v="CD142"/>
+    <s v="Usually Resident and Present in the State who moved within the State in the Previous Year"/>
+    <s v="230"/>
+    <s v="1 - 14 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="24"/>
+    <s v="Cavan"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="607"/>
+  </r>
+  <r>
+    <s v="CD142"/>
+    <s v="Usually Resident and Present in the State who moved within the State in the Previous Year"/>
+    <s v="230"/>
+    <s v="1 - 14 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="25"/>
+    <s v="Donegal"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1098"/>
+  </r>
+  <r>
+    <s v="CD142"/>
+    <s v="Usually Resident and Present in the State who moved within the State in the Previous Year"/>
+    <s v="230"/>
+    <s v="1 - 14 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="26"/>
+    <s v="Monaghan"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="381"/>
+  </r>
+  <r>
+    <s v="CD142"/>
+    <s v="Usually Resident and Present in the State who moved within the State in the Previous Year"/>
+    <s v="230"/>
+    <s v="1 - 14 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="20725"/>
+  </r>
+  <r>
+    <s v="CD142"/>
+    <s v="Usually Resident and Present in the State who moved within the State in the Previous Year"/>
+    <s v="230"/>
+    <s v="1 - 14 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Carlow"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="281"/>
+  </r>
+  <r>
+    <s v="CD142"/>
+    <s v="Usually Resident and Present in the State who moved within the State in the Previous Year"/>
+    <s v="230"/>
+    <s v="1 - 14 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="Dublin"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="6527"/>
+  </r>
+  <r>
+    <s v="CD142"/>
+    <s v="Usually Resident and Present in the State who moved within the State in the Previous Year"/>
+    <s v="230"/>
+    <s v="1 - 14 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="Kildare"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1076"/>
+  </r>
+  <r>
+    <s v="CD142"/>
+    <s v="Usually Resident and Present in the State who moved within the State in the Previous Year"/>
+    <s v="230"/>
+    <s v="1 - 14 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Kilkenny"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="324"/>
+  </r>
+  <r>
+    <s v="CD142"/>
+    <s v="Usually Resident and Present in the State who moved within the State in the Previous Year"/>
+    <s v="230"/>
+    <s v="1 - 14 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="Laois"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="365"/>
+  </r>
+  <r>
+    <s v="CD142"/>
+    <s v="Usually Resident and Present in the State who moved within the State in the Previous Year"/>
+    <s v="230"/>
+    <s v="1 - 14 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="06"/>
+    <s v="Longford"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="241"/>
+  </r>
+  <r>
+    <s v="CD142"/>
+    <s v="Usually Resident and Present in the State who moved within the State in the Previous Year"/>
+    <s v="230"/>
+    <s v="1 - 14 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="07"/>
+    <s v="Louth"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="624"/>
+  </r>
+  <r>
+    <s v="CD142"/>
+    <s v="Usually Resident and Present in the State who moved within the State in the Previous Year"/>
+    <s v="230"/>
+    <s v="1 - 14 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="08"/>
+    <s v="Meath"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="792"/>
+  </r>
+  <r>
+    <s v="CD142"/>
+    <s v="Usually Resident and Present in the State who moved within the State in the Previous Year"/>
+    <s v="230"/>
+    <s v="1 - 14 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="09"/>
+    <s v="Offaly"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="336"/>
+  </r>
+  <r>
+    <s v="CD142"/>
+    <s v="Usually Resident and Present in the State who moved within the State in the Previous Year"/>
+    <s v="230"/>
+    <s v="1 - 14 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="10"/>
+    <s v="Westmeath"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="419"/>
+  </r>
+  <r>
+    <s v="CD142"/>
+    <s v="Usually Resident and Present in the State who moved within the State in the Previous Year"/>
+    <s v="230"/>
+    <s v="1 - 14 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="11"/>
+    <s v="Wexford"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="686"/>
+  </r>
+  <r>
+    <s v="CD142"/>
+    <s v="Usually Resident and Present in the State who moved within the State in the Previous Year"/>
+    <s v="230"/>
+    <s v="1 - 14 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="12"/>
+    <s v="Wicklow"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="736"/>
+  </r>
+  <r>
+    <s v="CD142"/>
+    <s v="Usually Resident and Present in the State who moved within the State in the Previous Year"/>
+    <s v="230"/>
+    <s v="1 - 14 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="13"/>
+    <s v="Clare"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="472"/>
+  </r>
+  <r>
+    <s v="CD142"/>
+    <s v="Usually Resident and Present in the State who moved within the State in the Previous Year"/>
+    <s v="230"/>
+    <s v="1 - 14 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="14"/>
+    <s v="Cork"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2150"/>
+  </r>
+  <r>
+    <s v="CD142"/>
+    <s v="Usually Resident and Present in the State who moved within the State in the Previous Year"/>
+    <s v="230"/>
+    <s v="1 - 14 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="15"/>
+    <s v="Kerry"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="507"/>
+  </r>
+  <r>
+    <s v="CD142"/>
+    <s v="Usually Resident and Present in the State who moved within the State in the Previous Year"/>
+    <s v="230"/>
+    <s v="1 - 14 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="16"/>
+    <s v="Limerick"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="847"/>
+  </r>
+  <r>
+    <s v="CD142"/>
+    <s v="Usually Resident and Present in the State who moved within the State in the Previous Year"/>
+    <s v="230"/>
+    <s v="1 - 14 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="17"/>
+    <s v="Tipperary"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="605"/>
+  </r>
+  <r>
+    <s v="CD142"/>
+    <s v="Usually Resident and Present in the State who moved within the State in the Previous Year"/>
+    <s v="230"/>
+    <s v="1 - 14 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="18"/>
+    <s v="Waterford"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="495"/>
+  </r>
+  <r>
+    <s v="CD142"/>
+    <s v="Usually Resident and Present in the State who moved within the State in the Previous Year"/>
+    <s v="230"/>
+    <s v="1 - 14 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="19"/>
+    <s v="Galway"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="992"/>
+  </r>
+  <r>
+    <s v="CD142"/>
+    <s v="Usually Resident and Present in the State who moved within the State in the Previous Year"/>
+    <s v="230"/>
+    <s v="1 - 14 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="20"/>
+    <s v="Leitrim"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="117"/>
+  </r>
+  <r>
+    <s v="CD142"/>
+    <s v="Usually Resident and Present in the State who moved within the State in the Previous Year"/>
+    <s v="230"/>
+    <s v="1 - 14 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="21"/>
+    <s v="Mayo"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="546"/>
+  </r>
+  <r>
+    <s v="CD142"/>
+    <s v="Usually Resident and Present in the State who moved within the State in the Previous Year"/>
+    <s v="230"/>
+    <s v="1 - 14 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="22"/>
+    <s v="Roscommon"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="235"/>
+  </r>
+  <r>
+    <s v="CD142"/>
+    <s v="Usually Resident and Present in the State who moved within the State in the Previous Year"/>
+    <s v="230"/>
+    <s v="1 - 14 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="23"/>
+    <s v="Sligo"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="285"/>
+  </r>
+  <r>
+    <s v="CD142"/>
+    <s v="Usually Resident and Present in the State who moved within the State in the Previous Year"/>
+    <s v="230"/>
+    <s v="1 - 14 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="24"/>
+    <s v="Cavan"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="301"/>
+  </r>
+  <r>
+    <s v="CD142"/>
+    <s v="Usually Resident and Present in the State who moved within the State in the Previous Year"/>
+    <s v="230"/>
+    <s v="1 - 14 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="25"/>
+    <s v="Donegal"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="582"/>
+  </r>
+  <r>
+    <s v="CD142"/>
+    <s v="Usually Resident and Present in the State who moved within the State in the Previous Year"/>
+    <s v="230"/>
+    <s v="1 - 14 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="26"/>
+    <s v="Monaghan"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="184"/>
+  </r>
+  <r>
+    <s v="CD142"/>
+    <s v="Usually Resident and Present in the State who moved within the State in the Previous Year"/>
+    <s v="230"/>
+    <s v="1 - 14 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="20079"/>
+  </r>
+  <r>
+    <s v="CD142"/>
+    <s v="Usually Resident and Present in the State who moved within the State in the Previous Year"/>
+    <s v="230"/>
+    <s v="1 - 14 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Carlow"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="300"/>
+  </r>
+  <r>
+    <s v="CD142"/>
+    <s v="Usually Resident and Present in the State who moved within the State in the Previous Year"/>
+    <s v="230"/>
+    <s v="1 - 14 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="Dublin"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="6153"/>
+  </r>
+  <r>
+    <s v="CD142"/>
+    <s v="Usually Resident and Present in the State who moved within the State in the Previous Year"/>
+    <s v="230"/>
+    <s v="1 - 14 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="Kildare"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="992"/>
+  </r>
+  <r>
+    <s v="CD142"/>
+    <s v="Usually Resident and Present in the State who moved within the State in the Previous Year"/>
+    <s v="230"/>
+    <s v="1 - 14 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Kilkenny"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="349"/>
+  </r>
+  <r>
+    <s v="CD142"/>
+    <s v="Usually Resident and Present in the State who moved within the State in the Previous Year"/>
+    <s v="230"/>
+    <s v="1 - 14 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="Laois"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="352"/>
+  </r>
+  <r>
+    <s v="CD142"/>
+    <s v="Usually Resident and Present in the State who moved within the State in the Previous Year"/>
+    <s v="230"/>
+    <s v="1 - 14 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="06"/>
+    <s v="Longford"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="190"/>
+  </r>
+  <r>
+    <s v="CD142"/>
+    <s v="Usually Resident and Present in the State who moved within the State in the Previous Year"/>
+    <s v="230"/>
+    <s v="1 - 14 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="07"/>
+    <s v="Louth"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="605"/>
+  </r>
+  <r>
+    <s v="CD142"/>
+    <s v="Usually Resident and Present in the State who moved within the State in the Previous Year"/>
+    <s v="230"/>
+    <s v="1 - 14 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="08"/>
+    <s v="Meath"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="866"/>
+  </r>
+  <r>
+    <s v="CD142"/>
+    <s v="Usually Resident and Present in the State who moved within the State in the Previous Year"/>
+    <s v="230"/>
+    <s v="1 - 14 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="09"/>
+    <s v="Offaly"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="357"/>
+  </r>
+  <r>
+    <s v="CD142"/>
+    <s v="Usually Resident and Present in the State who moved within the State in the Previous Year"/>
+    <s v="230"/>
+    <s v="1 - 14 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="10"/>
+    <s v="Westmeath"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="420"/>
+  </r>
+  <r>
+    <s v="CD142"/>
+    <s v="Usually Resident and Present in the State who moved within the State in the Previous Year"/>
+    <s v="230"/>
+    <s v="1 - 14 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="11"/>
+    <s v="Wexford"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="684"/>
+  </r>
+  <r>
+    <s v="CD142"/>
+    <s v="Usually Resident and Present in the State who moved within the State in the Previous Year"/>
+    <s v="230"/>
+    <s v="1 - 14 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="12"/>
+    <s v="Wicklow"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="674"/>
+  </r>
+  <r>
+    <s v="CD142"/>
+    <s v="Usually Resident and Present in the State who moved within the State in the Previous Year"/>
+    <s v="230"/>
+    <s v="1 - 14 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="13"/>
+    <s v="Clare"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="492"/>
+  </r>
+  <r>
+    <s v="CD142"/>
+    <s v="Usually Resident and Present in the State who moved within the State in the Previous Year"/>
+    <s v="230"/>
+    <s v="1 - 14 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="14"/>
+    <s v="Cork"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2095"/>
+  </r>
+  <r>
+    <s v="CD142"/>
+    <s v="Usually Resident and Present in the State who moved within the State in the Previous Year"/>
+    <s v="230"/>
+    <s v="1 - 14 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="15"/>
+    <s v="Kerry"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="553"/>
+  </r>
+  <r>
+    <s v="CD142"/>
+    <s v="Usually Resident and Present in the State who moved within the State in the Previous Year"/>
+    <s v="230"/>
+    <s v="1 - 14 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="16"/>
+    <s v="Limerick"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="799"/>
+  </r>
+  <r>
+    <s v="CD142"/>
+    <s v="Usually Resident and Present in the State who moved within the State in the Previous Year"/>
+    <s v="230"/>
+    <s v="1 - 14 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="17"/>
+    <s v="Tipperary"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="619"/>
+  </r>
+  <r>
+    <s v="CD142"/>
+    <s v="Usually Resident and Present in the State who moved within the State in the Previous Year"/>
+    <s v="230"/>
+    <s v="1 - 14 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="18"/>
+    <s v="Waterford"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="470"/>
+  </r>
+  <r>
+    <s v="CD142"/>
+    <s v="Usually Resident and Present in the State who moved within the State in the Previous Year"/>
+    <s v="230"/>
+    <s v="1 - 14 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="19"/>
+    <s v="Galway"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="973"/>
+  </r>
+  <r>
+    <s v="CD142"/>
+    <s v="Usually Resident and Present in the State who moved within the State in the Previous Year"/>
+    <s v="230"/>
+    <s v="1 - 14 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="20"/>
+    <s v="Leitrim"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="104"/>
+  </r>
+  <r>
+    <s v="CD142"/>
+    <s v="Usually Resident and Present in the State who moved within the State in the Previous Year"/>
+    <s v="230"/>
+    <s v="1 - 14 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="21"/>
+    <s v="Mayo"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="498"/>
+  </r>
+  <r>
+    <s v="CD142"/>
+    <s v="Usually Resident and Present in the State who moved within the State in the Previous Year"/>
+    <s v="230"/>
+    <s v="1 - 14 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="22"/>
+    <s v="Roscommon"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="258"/>
+  </r>
+  <r>
+    <s v="CD142"/>
+    <s v="Usually Resident and Present in the State who moved within the State in the Previous Year"/>
+    <s v="230"/>
+    <s v="1 - 14 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="23"/>
+    <s v="Sligo"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="257"/>
+  </r>
+  <r>
+    <s v="CD142"/>
+    <s v="Usually Resident and Present in the State who moved within the State in the Previous Year"/>
+    <s v="230"/>
+    <s v="1 - 14 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="24"/>
+    <s v="Cavan"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="306"/>
+  </r>
+  <r>
+    <s v="CD142"/>
+    <s v="Usually Resident and Present in the State who moved within the State in the Previous Year"/>
+    <s v="230"/>
+    <s v="1 - 14 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="25"/>
+    <s v="Donegal"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="516"/>
+  </r>
+  <r>
+    <s v="CD142"/>
+    <s v="Usually Resident and Present in the State who moved within the State in the Previous Year"/>
+    <s v="230"/>
+    <s v="1 - 14 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="26"/>
+    <s v="Monaghan"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="197"/>
+  </r>
+  <r>
+    <s v="CD142"/>
+    <s v="Usually Resident and Present in the State who moved within the State in the Previous Year"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="14180"/>
+  </r>
+  <r>
+    <s v="CD142"/>
+    <s v="Usually Resident and Present in the State who moved within the State in the Previous Year"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Carlow"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="235"/>
+  </r>
+  <r>
+    <s v="CD142"/>
+    <s v="Usually Resident and Present in the State who moved within the State in the Previous Year"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="Dublin"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2780"/>
+  </r>
+  <r>
+    <s v="CD142"/>
+    <s v="Usually Resident and Present in the State who moved within the State in the Previous Year"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="Kildare"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="561"/>
+  </r>
+  <r>
+    <s v="CD142"/>
+    <s v="Usually Resident and Present in the State who moved within the State in the Previous Year"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Kilkenny"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="300"/>
+  </r>
+  <r>
+    <s v="CD142"/>
+    <s v="Usually Resident and Present in the State who moved within the State in the Previous Year"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="Laois"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="282"/>
+  </r>
+  <r>
+    <s v="CD142"/>
+    <s v="Usually Resident and Present in the State who moved within the State in the Previous Year"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="06"/>
+    <s v="Longford"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="194"/>
+  </r>
+  <r>
+    <s v="CD142"/>
+    <s v="Usually Resident and Present in the State who moved within the State in the Previous Year"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="07"/>
+    <s v="Louth"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="370"/>
+  </r>
+  <r>
+    <s v="CD142"/>
+    <s v="Usually Resident and Present in the State who moved within the State in the Previous Year"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="08"/>
+    <s v="Meath"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="468"/>
+  </r>
+  <r>
+    <s v="CD142"/>
+    <s v="Usually Resident and Present in the State who moved within the State in the Previous Year"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="09"/>
+    <s v="Offaly"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="284"/>
+  </r>
+  <r>
+    <s v="CD142"/>
+    <s v="Usually Resident and Present in the State who moved within the State in the Previous Year"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="10"/>
+    <s v="Westmeath"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="376"/>
+  </r>
+  <r>
+    <s v="CD142"/>
+    <s v="Usually Resident and Present in the State who moved within the State in the Previous Year"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="11"/>
+    <s v="Wexford"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="597"/>
+  </r>
+  <r>
+    <s v="CD142"/>
+    <s v="Usually Resident and Present in the State who moved within the State in the Previous Year"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="12"/>
+    <s v="Wicklow"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="414"/>
+  </r>
+  <r>
+    <s v="CD142"/>
+    <s v="Usually Resident and Present in the State who moved within the State in the Previous Year"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="13"/>
+    <s v="Clare"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="491"/>
+  </r>
+  <r>
+    <s v="CD142"/>
+    <s v="Usually Resident and Present in the State who moved within the State in the Previous Year"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="14"/>
+    <s v="Cork"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1387"/>
+  </r>
+  <r>
+    <s v="CD142"/>
+    <s v="Usually Resident and Present in the State who moved within the State in the Previous Year"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="15"/>
+    <s v="Kerry"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="602"/>
+  </r>
+  <r>
+    <s v="CD142"/>
+    <s v="Usually Resident and Present in the State who moved within the State in the Previous Year"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="16"/>
+    <s v="Limerick"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="649"/>
+  </r>
+  <r>
+    <s v="CD142"/>
+    <s v="Usually Resident and Present in the State who moved within the State in the Previous Year"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="17"/>
+    <s v="Tipperary"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="626"/>
+  </r>
+  <r>
+    <s v="CD142"/>
+    <s v="Usually Resident and Present in the State who moved within the State in the Previous Year"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="18"/>
+    <s v="Waterford"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="355"/>
+  </r>
+  <r>
+    <s v="CD142"/>
+    <s v="Usually Resident and Present in the State who moved within the State in the Previous Year"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="19"/>
+    <s v="Galway"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="912"/>
+  </r>
+  <r>
+    <s v="CD142"/>
+    <s v="Usually Resident and Present in the State who moved within the State in the Previous Year"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="20"/>
+    <s v="Leitrim"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="134"/>
+  </r>
+  <r>
+    <s v="CD142"/>
+    <s v="Usually Resident and Present in the State who moved within the State in the Previous Year"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="21"/>
+    <s v="Mayo"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="577"/>
+  </r>
+  <r>
+    <s v="CD142"/>
+    <s v="Usually Resident and Present in the State who moved within the State in the Previous Year"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="22"/>
+    <s v="Roscommon"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="266"/>
+  </r>
+  <r>
+    <s v="CD142"/>
+    <s v="Usually Resident and Present in the State who moved within the State in the Previous Year"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="23"/>
+    <s v="Sligo"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="275"/>
+  </r>
+  <r>
+    <s v="CD142"/>
+    <s v="Usually Resident and Present in the State who moved within the State in the Previous Year"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="24"/>
+    <s v="Cavan"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="301"/>
+  </r>
+  <r>
+    <s v="CD142"/>
+    <s v="Usually Resident and Present in the State who moved within the State in the Previous Year"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="25"/>
+    <s v="Donegal"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="519"/>
+  </r>
+  <r>
+    <s v="CD142"/>
+    <s v="Usually Resident and Present in the State who moved within the State in the Previous Year"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="26"/>
+    <s v="Monaghan"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="225"/>
+  </r>
+  <r>
+    <s v="CD142"/>
+    <s v="Usually Resident and Present in the State who moved within the State in the Previous Year"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="6341"/>
+  </r>
+  <r>
+    <s v="CD142"/>
+    <s v="Usually Resident and Present in the State who moved within the State in the Previous Year"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Carlow"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="100"/>
+  </r>
+  <r>
+    <s v="CD142"/>
+    <s v="Usually Resident and Present in the State who moved within the State in the Previous Year"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="Dublin"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1306"/>
+  </r>
+  <r>
+    <s v="CD142"/>
+    <s v="Usually Resident and Present in the State who moved within the State in the Previous Year"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="Kildare"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="285"/>
+  </r>
+  <r>
+    <s v="CD142"/>
+    <s v="Usually Resident and Present in the State who moved within the State in the Previous Year"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Kilkenny"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="139"/>
+  </r>
+  <r>
+    <s v="CD142"/>
+    <s v="Usually Resident and Present in the State who moved within the State in the Previous Year"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="Laois"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="128"/>
+  </r>
+  <r>
+    <s v="CD142"/>
+    <s v="Usually Resident and Present in the State who moved within the State in the Previous Year"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="06"/>
+    <s v="Longford"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="87"/>
+  </r>
+  <r>
+    <s v="CD142"/>
+    <s v="Usually Resident and Present in the State who moved within the State in the Previous Year"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="07"/>
+    <s v="Louth"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="173"/>
+  </r>
+  <r>
+    <s v="CD142"/>
+    <s v="Usually Resident and Present in the State who moved within the State in the Previous Year"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="08"/>
+    <s v="Meath"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="216"/>
+  </r>
+  <r>
+    <s v="CD142"/>
+    <s v="Usually Resident and Present in the State who moved within the State in the Previous Year"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="09"/>
+    <s v="Offaly"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="119"/>
+  </r>
+  <r>
+    <s v="CD142"/>
+    <s v="Usually Resident and Present in the State who moved within the State in the Previous Year"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="10"/>
+    <s v="Westmeath"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="163"/>
+  </r>
+  <r>
+    <s v="CD142"/>
+    <s v="Usually Resident and Present in the State who moved within the State in the Previous Year"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="11"/>
+    <s v="Wexford"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="262"/>
+  </r>
+  <r>
+    <s v="CD142"/>
+    <s v="Usually Resident and Present in the State who moved within the State in the Previous Year"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="12"/>
+    <s v="Wicklow"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="186"/>
+  </r>
+  <r>
+    <s v="CD142"/>
+    <s v="Usually Resident and Present in the State who moved within the State in the Previous Year"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="13"/>
+    <s v="Clare"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="227"/>
+  </r>
+  <r>
+    <s v="CD142"/>
+    <s v="Usually Resident and Present in the State who moved within the State in the Previous Year"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="14"/>
+    <s v="Cork"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="618"/>
+  </r>
+  <r>
+    <s v="CD142"/>
+    <s v="Usually Resident and Present in the State who moved within the State in the Previous Year"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="15"/>
+    <s v="Kerry"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="264"/>
+  </r>
+  <r>
+    <s v="CD142"/>
+    <s v="Usually Resident and Present in the State who moved within the State in the Previous Year"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="16"/>
+    <s v="Limerick"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="271"/>
+  </r>
+  <r>
+    <s v="CD142"/>
+    <s v="Usually Resident and Present in the State who moved within the State in the Previous Year"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="17"/>
+    <s v="Tipperary"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="266"/>
+  </r>
+  <r>
+    <s v="CD142"/>
+    <s v="Usually Resident and Present in the State who moved within the State in the Previous Year"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="18"/>
+    <s v="Waterford"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="154"/>
+  </r>
+  <r>
+    <s v="CD142"/>
+    <s v="Usually Resident and Present in the State who moved within the State in the Previous Year"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="19"/>
+    <s v="Galway"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="367"/>
+  </r>
+  <r>
+    <s v="CD142"/>
+    <s v="Usually Resident and Present in the State who moved within the State in the Previous Year"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="20"/>
+    <s v="Leitrim"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="67"/>
+  </r>
+  <r>
+    <s v="CD142"/>
+    <s v="Usually Resident and Present in the State who moved within the State in the Previous Year"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="21"/>
+    <s v="Mayo"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="255"/>
+  </r>
+  <r>
+    <s v="CD142"/>
+    <s v="Usually Resident and Present in the State who moved within the State in the Previous Year"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="22"/>
+    <s v="Roscommon"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="111"/>
+  </r>
+  <r>
+    <s v="CD142"/>
+    <s v="Usually Resident and Present in the State who moved within the State in the Previous Year"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="23"/>
+    <s v="Sligo"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="106"/>
+  </r>
+  <r>
+    <s v="CD142"/>
+    <s v="Usually Resident and Present in the State who moved within the State in the Previous Year"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="24"/>
+    <s v="Cavan"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="144"/>
+  </r>
+  <r>
+    <s v="CD142"/>
+    <s v="Usually Resident and Present in the State who moved within the State in the Previous Year"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="25"/>
+    <s v="Donegal"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="229"/>
+  </r>
+  <r>
+    <s v="CD142"/>
+    <s v="Usually Resident and Present in the State who moved within the State in the Previous Year"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="26"/>
+    <s v="Monaghan"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="98"/>
+  </r>
+  <r>
+    <s v="CD142"/>
+    <s v="Usually Resident and Present in the State who moved within the State in the Previous Year"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="7839"/>
+  </r>
+  <r>
+    <s v="CD142"/>
+    <s v="Usually Resident and Present in the State who moved within the State in the Previous Year"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Carlow"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="135"/>
+  </r>
+  <r>
+    <s v="CD142"/>
+    <s v="Usually Resident and Present in the State who moved within the State in the Previous Year"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="Dublin"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1474"/>
+  </r>
+  <r>
+    <s v="CD142"/>
+    <s v="Usually Resident and Present in the State who moved within the State in the Previous Year"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="Kildare"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="276"/>
+  </r>
+  <r>
+    <s v="CD142"/>
+    <s v="Usually Resident and Present in the State who moved within the State in the Previous Year"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Kilkenny"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="161"/>
+  </r>
+  <r>
+    <s v="CD142"/>
+    <s v="Usually Resident and Present in the State who moved within the State in the Previous Year"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="Laois"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="154"/>
+  </r>
+  <r>
+    <s v="CD142"/>
+    <s v="Usually Resident and Present in the State who moved within the State in the Previous Year"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="06"/>
+    <s v="Longford"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="107"/>
+  </r>
+  <r>
+    <s v="CD142"/>
+    <s v="Usually Resident and Present in the State who moved within the State in the Previous Year"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="07"/>
+    <s v="Louth"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="197"/>
+  </r>
+  <r>
+    <s v="CD142"/>
+    <s v="Usually Resident and Present in the State who moved within the State in the Previous Year"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="08"/>
+    <s v="Meath"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="252"/>
+  </r>
+  <r>
+    <s v="CD142"/>
+    <s v="Usually Resident and Present in the State who moved within the State in the Previous Year"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="09"/>
+    <s v="Offaly"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="165"/>
+  </r>
+  <r>
+    <s v="CD142"/>
+    <s v="Usually Resident and Present in the State who moved within the State in the Previous Year"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="10"/>
+    <s v="Westmeath"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="213"/>
+  </r>
+  <r>
+    <s v="CD142"/>
+    <s v="Usually Resident and Present in the State who moved within the State in the Previous Year"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="11"/>
+    <s v="Wexford"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="335"/>
+  </r>
+  <r>
+    <s v="CD142"/>
+    <s v="Usually Resident and Present in the State who moved within the State in the Previous Year"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="12"/>
+    <s v="Wicklow"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="228"/>
+  </r>
+  <r>
+    <s v="CD142"/>
+    <s v="Usually Resident and Present in the State who moved within the State in the Previous Year"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="13"/>
+    <s v="Clare"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="264"/>
+  </r>
+  <r>
+    <s v="CD142"/>
+    <s v="Usually Resident and Present in the State who moved within the State in the Previous Year"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="14"/>
+    <s v="Cork"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="769"/>
+  </r>
+  <r>
+    <s v="CD142"/>
+    <s v="Usually Resident and Present in the State who moved within the State in the Previous Year"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="15"/>
+    <s v="Kerry"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="338"/>
+  </r>
+  <r>
+    <s v="CD142"/>
+    <s v="Usually Resident and Present in the State who moved within the State in the Previous Year"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="16"/>
+    <s v="Limerick"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="378"/>
+  </r>
+  <r>
+    <s v="CD142"/>
+    <s v="Usually Resident and Present in the State who moved within the State in the Previous Year"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="17"/>
+    <s v="Tipperary"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="360"/>
+  </r>
+  <r>
+    <s v="CD142"/>
+    <s v="Usually Resident and Present in the State who moved within the State in the Previous Year"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="18"/>
+    <s v="Waterford"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="201"/>
+  </r>
+  <r>
+    <s v="CD142"/>
+    <s v="Usually Resident and Present in the State who moved within the State in the Previous Year"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="19"/>
+    <s v="Galway"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="545"/>
+  </r>
+  <r>
+    <s v="CD142"/>
+    <s v="Usually Resident and Present in the State who moved within the State in the Previous Year"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="20"/>
+    <s v="Leitrim"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="67"/>
+  </r>
+  <r>
+    <s v="CD142"/>
+    <s v="Usually Resident and Present in the State who moved within the State in the Previous Year"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="21"/>
+    <s v="Mayo"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="322"/>
+  </r>
+  <r>
+    <s v="CD142"/>
+    <s v="Usually Resident and Present in the State who moved within the State in the Previous Year"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="22"/>
+    <s v="Roscommon"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="155"/>
+  </r>
+  <r>
+    <s v="CD142"/>
+    <s v="Usually Resident and Present in the State who moved within the State in the Previous Year"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="23"/>
+    <s v="Sligo"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="169"/>
+  </r>
+  <r>
+    <s v="CD142"/>
+    <s v="Usually Resident and Present in the State who moved within the State in the Previous Year"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="24"/>
+    <s v="Cavan"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="157"/>
+  </r>
+  <r>
+    <s v="CD142"/>
+    <s v="Usually Resident and Present in the State who moved within the State in the Previous Year"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="25"/>
+    <s v="Donegal"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="290"/>
+  </r>
+  <r>
+    <s v="CD142"/>
+    <s v="Usually Resident and Present in the State who moved within the State in the Previous Year"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="26"/>
+    <s v="Monaghan"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="127"/>
+  </r>
+  <r>
+    <s v="CD142"/>
+    <s v="Usually Resident and Present in the State who moved within the State in the Previous Year"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="44260"/>
+  </r>
+  <r>
+    <s v="CD142"/>
+    <s v="Usually Resident and Present in the State who moved within the State in the Previous Year"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Carlow"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="636"/>
+  </r>
+  <r>
+    <s v="CD142"/>
+    <s v="Usually Resident and Present in the State who moved within the State in the Previous Year"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="Dublin"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="13402"/>
+  </r>
+  <r>
+    <s v="CD142"/>
+    <s v="Usually Resident and Present in the State who moved within the State in the Previous Year"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="Kildare"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1878"/>
+  </r>
+  <r>
+    <s v="CD142"/>
+    <s v="Usually Resident and Present in the State who moved within the State in the Previous Year"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Kilkenny"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="693"/>
+  </r>
+  <r>
+    <s v="CD142"/>
+    <s v="Usually Resident and Present in the State who moved within the State in the Previous Year"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="Laois"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="627"/>
+  </r>
+  <r>
+    <s v="CD142"/>
+    <s v="Usually Resident and Present in the State who moved within the State in the Previous Year"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="06"/>
+    <s v="Longford"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="367"/>
+  </r>
+  <r>
+    <s v="CD142"/>
+    <s v="Usually Resident and Present in the State who moved within the State in the Previous Year"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="07"/>
+    <s v="Louth"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="998"/>
+  </r>
+  <r>
+    <s v="CD142"/>
+    <s v="Usually Resident and Present in the State who moved within the State in the Previous Year"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="08"/>
+    <s v="Meath"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1263"/>
+  </r>
+  <r>
+    <s v="CD142"/>
+    <s v="Usually Resident and Present in the State who moved within the State in the Previous Year"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="09"/>
+    <s v="Offaly"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="612"/>
+  </r>
+  <r>
+    <s v="CD142"/>
+    <s v="Usually Resident and Present in the State who moved within the State in the Previous Year"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="10"/>
+    <s v="Westmeath"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="868"/>
+  </r>
+  <r>
+    <s v="CD142"/>
+    <s v="Usually Resident and Present in the State who moved within the State in the Previous Year"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="11"/>
+    <s v="Wexford"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1219"/>
+  </r>
+  <r>
+    <s v="CD142"/>
+    <s v="Usually Resident and Present in the State who moved within the State in the Previous Year"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="12"/>
+    <s v="Wicklow"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1048"/>
+  </r>
+  <r>
+    <s v="CD142"/>
+    <s v="Usually Resident and Present in the State who moved within the State in the Previous Year"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="13"/>
+    <s v="Clare"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="959"/>
+  </r>
+  <r>
+    <s v="CD142"/>
+    <s v="Usually Resident and Present in the State who moved within the State in the Previous Year"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="14"/>
+    <s v="Cork"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5390"/>
+  </r>
+  <r>
+    <s v="CD142"/>
+    <s v="Usually Resident and Present in the State who moved within the State in the Previous Year"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="15"/>
+    <s v="Kerry"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1138"/>
+  </r>
+  <r>
+    <s v="CD142"/>
+    <s v="Usually Resident and Present in the State who moved within the State in the Previous Year"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="16"/>
+    <s v="Limerick"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2564"/>
+  </r>
+  <r>
+    <s v="CD142"/>
+    <s v="Usually Resident and Present in the State who moved within the State in the Previous Year"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="17"/>
+    <s v="Tipperary"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1299"/>
+  </r>
+  <r>
+    <s v="CD142"/>
+    <s v="Usually Resident and Present in the State who moved within the State in the Previous Year"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="18"/>
+    <s v="Waterford"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1172"/>
+  </r>
+  <r>
+    <s v="CD142"/>
+    <s v="Usually Resident and Present in the State who moved within the State in the Previous Year"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="19"/>
+    <s v="Galway"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3401"/>
+  </r>
+  <r>
+    <s v="CD142"/>
+    <s v="Usually Resident and Present in the State who moved within the State in the Previous Year"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="20"/>
+    <s v="Leitrim"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="241"/>
+  </r>
+  <r>
+    <s v="CD142"/>
+    <s v="Usually Resident and Present in the State who moved within the State in the Previous Year"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="21"/>
+    <s v="Mayo"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1080"/>
+  </r>
+  <r>
+    <s v="CD142"/>
+    <s v="Usually Resident and Present in the State who moved within the State in the Previous Year"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="22"/>
+    <s v="Roscommon"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="501"/>
+  </r>
+  <r>
+    <s v="CD142"/>
+    <s v="Usually Resident and Present in the State who moved within the State in the Previous Year"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="23"/>
+    <s v="Sligo"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="799"/>
+  </r>
+  <r>
+    <s v="CD142"/>
+    <s v="Usually Resident and Present in the State who moved within the State in the Previous Year"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="24"/>
+    <s v="Cavan"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="600"/>
+  </r>
+  <r>
+    <s v="CD142"/>
+    <s v="Usually Resident and Present in the State who moved within the State in the Previous Year"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="25"/>
+    <s v="Donegal"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1077"/>
+  </r>
+  <r>
+    <s v="CD142"/>
+    <s v="Usually Resident and Present in the State who moved within the State in the Previous Year"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="26"/>
+    <s v="Monaghan"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="428"/>
+  </r>
+  <r>
+    <s v="CD142"/>
+    <s v="Usually Resident and Present in the State who moved within the State in the Previous Year"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="19089"/>
+  </r>
+  <r>
+    <s v="CD142"/>
+    <s v="Usually Resident and Present in the State who moved within the State in the Previous Year"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Carlow"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="298"/>
+  </r>
+  <r>
+    <s v="CD142"/>
+    <s v="Usually Resident and Present in the State who moved within the State in the Previous Year"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="Dublin"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5603"/>
+  </r>
+  <r>
+    <s v="CD142"/>
+    <s v="Usually Resident and Present in the State who moved within the State in the Previous Year"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="Kildare"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="832"/>
+  </r>
+  <r>
+    <s v="CD142"/>
+    <s v="Usually Resident and Present in the State who moved within the State in the Previous Year"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Kilkenny"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="314"/>
+  </r>
+  <r>
+    <s v="CD142"/>
+    <s v="Usually Resident and Present in the State who moved within the State in the Previous Year"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="Laois"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="266"/>
+  </r>
+  <r>
+    <s v="CD142"/>
+    <s v="Usually Resident and Present in the State who moved within the State in the Previous Year"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="06"/>
+    <s v="Longford"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="163"/>
+  </r>
+  <r>
+    <s v="CD142"/>
+    <s v="Usually Resident and Present in the State who moved within the State in the Previous Year"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="07"/>
+    <s v="Louth"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="463"/>
+  </r>
+  <r>
+    <s v="CD142"/>
+    <s v="Usually Resident and Present in the State who moved within the State in the Previous Year"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="08"/>
+    <s v="Meath"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="557"/>
+  </r>
+  <r>
+    <s v="CD142"/>
+    <s v="Usually Resident and Present in the State who moved within the State in the Previous Year"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="09"/>
+    <s v="Offaly"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="260"/>
+  </r>
+  <r>
+    <s v="CD142"/>
+    <s v="Usually Resident and Present in the State who moved within the State in the Previous Year"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="10"/>
+    <s v="Westmeath"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="363"/>
+  </r>
+  <r>
+    <s v="CD142"/>
+    <s v="Usually Resident and Present in the State who moved within the State in the Previous Year"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="11"/>
+    <s v="Wexford"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="549"/>
+  </r>
+  <r>
+    <s v="CD142"/>
+    <s v="Usually Resident and Present in the State who moved within the State in the Previous Year"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="12"/>
+    <s v="Wicklow"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="447"/>
+  </r>
+  <r>
+    <s v="CD142"/>
+    <s v="Usually Resident and Present in the State who moved within the State in the Previous Year"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="13"/>
+    <s v="Clare"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="411"/>
+  </r>
+  <r>
+    <s v="CD142"/>
+    <s v="Usually Resident and Present in the State who moved within the State in the Previous Year"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="14"/>
+    <s v="Cork"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2331"/>
+  </r>
+  <r>
+    <s v="CD142"/>
+    <s v="Usually Resident and Present in the State who moved within the State in the Previous Year"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="15"/>
+    <s v="Kerry"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="491"/>
+  </r>
+  <r>
+    <s v="CD142"/>
+    <s v="Usually Resident and Present in the State who moved within the State in the Previous Year"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="16"/>
+    <s v="Limerick"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1146"/>
+  </r>
+  <r>
+    <s v="CD142"/>
+    <s v="Usually Resident and Present in the State who moved within the State in the Previous Year"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="17"/>
+    <s v="Tipperary"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="585"/>
+  </r>
+  <r>
+    <s v="CD142"/>
+    <s v="Usually Resident and Present in the State who moved within the State in the Previous Year"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="18"/>
+    <s v="Waterford"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="496"/>
+  </r>
+  <r>
+    <s v="CD142"/>
+    <s v="Usually Resident and Present in the State who moved within the State in the Previous Year"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="19"/>
+    <s v="Galway"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1528"/>
+  </r>
+  <r>
+    <s v="CD142"/>
+    <s v="Usually Resident and Present in the State who moved within the State in the Previous Year"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="20"/>
+    <s v="Leitrim"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="104"/>
+  </r>
+  <r>
+    <s v="CD142"/>
+    <s v="Usually Resident and Present in the State who moved within the State in the Previous Year"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="21"/>
+    <s v="Mayo"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="438"/>
+  </r>
+  <r>
+    <s v="CD142"/>
+    <s v="Usually Resident and Present in the State who moved within the State in the Previous Year"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="22"/>
+    <s v="Roscommon"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="205"/>
+  </r>
+  <r>
+    <s v="CD142"/>
+    <s v="Usually Resident and Present in the State who moved within the State in the Previous Year"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="23"/>
+    <s v="Sligo"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="320"/>
+  </r>
+  <r>
+    <s v="CD142"/>
+    <s v="Usually Resident and Present in the State who moved within the State in the Previous Year"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="24"/>
+    <s v="Cavan"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="259"/>
+  </r>
+  <r>
+    <s v="CD142"/>
+    <s v="Usually Resident and Present in the State who moved within the State in the Previous Year"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="25"/>
+    <s v="Donegal"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="484"/>
+  </r>
+  <r>
+    <s v="CD142"/>
+    <s v="Usually Resident and Present in the State who moved within the State in the Previous Year"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="26"/>
+    <s v="Monaghan"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="176"/>
+  </r>
+  <r>
+    <s v="CD142"/>
+    <s v="Usually Resident and Present in the State who moved within the State in the Previous Year"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="25171"/>
+  </r>
+  <r>
+    <s v="CD142"/>
+    <s v="Usually Resident and Present in the State who moved within the State in the Previous Year"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Carlow"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="338"/>
+  </r>
+  <r>
+    <s v="CD142"/>
+    <s v="Usually Resident and Present in the State who moved within the State in the Previous Year"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="Dublin"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="7799"/>
+  </r>
+  <r>
+    <s v="CD142"/>
+    <s v="Usually Resident and Present in the State who moved within the State in the Previous Year"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="Kildare"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1046"/>
+  </r>
+  <r>
+    <s v="CD142"/>
+    <s v="Usually Resident and Present in the State who moved within the State in the Previous Year"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Kilkenny"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="379"/>
+  </r>
+  <r>
+    <s v="CD142"/>
+    <s v="Usually Resident and Present in the State who moved within the State in the Previous Year"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="Laois"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="361"/>
+  </r>
+  <r>
+    <s v="CD142"/>
+    <s v="Usually Resident and Present in the State who moved within the State in the Previous Year"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="06"/>
+    <s v="Longford"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="204"/>
+  </r>
+  <r>
+    <s v="CD142"/>
+    <s v="Usually Resident and Present in the State who moved within the State in the Previous Year"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="07"/>
+    <s v="Louth"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="535"/>
+  </r>
+  <r>
+    <s v="CD142"/>
+    <s v="Usually Resident and Present in the State who moved within the State in the Previous Year"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="08"/>
+    <s v="Meath"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="706"/>
+  </r>
+  <r>
+    <s v="CD142"/>
+    <s v="Usually Resident and Present in the State who moved within the State in the Previous Year"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="09"/>
+    <s v="Offaly"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="352"/>
+  </r>
+  <r>
+    <s v="CD142"/>
+    <s v="Usually Resident and Present in the State who moved within the State in the Previous Year"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="10"/>
+    <s v="Westmeath"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="505"/>
+  </r>
+  <r>
+    <s v="CD142"/>
+    <s v="Usually Resident and Present in the State who moved within the State in the Previous Year"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="11"/>
+    <s v="Wexford"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="670"/>
+  </r>
+  <r>
+    <s v="CD142"/>
+    <s v="Usually Resident and Present in the State who moved within the State in the Previous Year"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="12"/>
+    <s v="Wicklow"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="601"/>
+  </r>
+  <r>
+    <s v="CD142"/>
+    <s v="Usually Resident and Present in the State who moved within the State in the Previous Year"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="13"/>
+    <s v="Clare"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="548"/>
+  </r>
+  <r>
+    <s v="CD142"/>
+    <s v="Usually Resident and Present in the State who moved within the State in the Previous Year"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="14"/>
+    <s v="Cork"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3059"/>
+  </r>
+  <r>
+    <s v="CD142"/>
+    <s v="Usually Resident and Present in the State who moved within the State in the Previous Year"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="15"/>
+    <s v="Kerry"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="647"/>
+  </r>
+  <r>
+    <s v="CD142"/>
+    <s v="Usually Resident and Present in the State who moved within the State in the Previous Year"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="16"/>
+    <s v="Limerick"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1418"/>
+  </r>
+  <r>
+    <s v="CD142"/>
+    <s v="Usually Resident and Present in the State who moved within the State in the Previous Year"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="17"/>
+    <s v="Tipperary"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="714"/>
+  </r>
+  <r>
+    <s v="CD142"/>
+    <s v="Usually Resident and Present in the State who moved within the State in the Previous Year"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="18"/>
+    <s v="Waterford"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="676"/>
+  </r>
+  <r>
+    <s v="CD142"/>
+    <s v="Usually Resident and Present in the State who moved within the State in the Previous Year"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="19"/>
+    <s v="Galway"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1873"/>
+  </r>
+  <r>
+    <s v="CD142"/>
+    <s v="Usually Resident and Present in the State who moved within the State in the Previous Year"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="20"/>
+    <s v="Leitrim"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="137"/>
+  </r>
+  <r>
+    <s v="CD142"/>
+    <s v="Usually Resident and Present in the State who moved within the State in the Previous Year"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="21"/>
+    <s v="Mayo"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="642"/>
+  </r>
+  <r>
+    <s v="CD142"/>
+    <s v="Usually Resident and Present in the State who moved within the State in the Previous Year"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="22"/>
+    <s v="Roscommon"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="296"/>
+  </r>
+  <r>
+    <s v="CD142"/>
+    <s v="Usually Resident and Present in the State who moved within the State in the Previous Year"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="23"/>
+    <s v="Sligo"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="479"/>
+  </r>
+  <r>
+    <s v="CD142"/>
+    <s v="Usually Resident and Present in the State who moved within the State in the Previous Year"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="24"/>
+    <s v="Cavan"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="341"/>
+  </r>
+  <r>
+    <s v="CD142"/>
+    <s v="Usually Resident and Present in the State who moved within the State in the Previous Year"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="25"/>
+    <s v="Donegal"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="593"/>
+  </r>
+  <r>
+    <s v="CD142"/>
+    <s v="Usually Resident and Present in the State who moved within the State in the Previous Year"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="26"/>
+    <s v="Monaghan"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="252"/>
+  </r>
+  <r>
+    <s v="CD142"/>
+    <s v="Usually Resident and Present in the State who moved within the State in the Previous Year"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="60639"/>
+  </r>
+  <r>
+    <s v="CD142"/>
+    <s v="Usually Resident and Present in the State who moved within the State in the Previous Year"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Carlow"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="666"/>
+  </r>
+  <r>
+    <s v="CD142"/>
+    <s v="Usually Resident and Present in the State who moved within the State in the Previous Year"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="Dublin"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="24219"/>
+  </r>
+  <r>
+    <s v="CD142"/>
+    <s v="Usually Resident and Present in the State who moved within the State in the Previous Year"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="Kildare"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2939"/>
+  </r>
+  <r>
+    <s v="CD142"/>
+    <s v="Usually Resident and Present in the State who moved within the State in the Previous Year"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Kilkenny"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="861"/>
+  </r>
+  <r>
+    <s v="CD142"/>
+    <s v="Usually Resident and Present in the State who moved within the State in the Previous Year"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="Laois"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="770"/>
+  </r>
+  <r>
+    <s v="CD142"/>
+    <s v="Usually Resident and Present in the State who moved within the State in the Previous Year"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="06"/>
+    <s v="Longford"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="388"/>
+  </r>
+  <r>
+    <s v="CD142"/>
+    <s v="Usually Resident and Present in the State who moved within the State in the Previous Year"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="07"/>
+    <s v="Louth"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1300"/>
+  </r>
+  <r>
+    <s v="CD142"/>
+    <s v="Usually Resident and Present in the State who moved within the State in the Previous Year"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="08"/>
+    <s v="Meath"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1754"/>
+  </r>
+  <r>
+    <s v="CD142"/>
+    <s v="Usually Resident and Present in the State who moved within the State in the Previous Year"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="09"/>
+    <s v="Offaly"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="748"/>
+  </r>
+  <r>
+    <s v="CD142"/>
+    <s v="Usually Resident and Present in the State who moved within the State in the Previous Year"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="10"/>
+    <s v="Westmeath"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1116"/>
+  </r>
+  <r>
+    <s v="CD142"/>
+    <s v="Usually Resident and Present in the State who moved within the State in the Previous Year"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="11"/>
+    <s v="Wexford"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1344"/>
+  </r>
+  <r>
+    <s v="CD142"/>
+    <s v="Usually Resident and Present in the State who moved within the State in the Previous Year"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="12"/>
+    <s v="Wicklow"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1473"/>
+  </r>
+  <r>
+    <s v="CD142"/>
+    <s v="Usually Resident and Present in the State who moved within the State in the Previous Year"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="13"/>
+    <s v="Clare"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1086"/>
+  </r>
+  <r>
+    <s v="CD142"/>
+    <s v="Usually Resident and Present in the State who moved within the State in the Previous Year"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="14"/>
+    <s v="Cork"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="6765"/>
+  </r>
+  <r>
+    <s v="CD142"/>
+    <s v="Usually Resident and Present in the State who moved within the State in the Previous Year"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="15"/>
+    <s v="Kerry"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1267"/>
+  </r>
+  <r>
+    <s v="CD142"/>
+    <s v="Usually Resident and Present in the State who moved within the State in the Previous Year"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="16"/>
+    <s v="Limerick"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2557"/>
+  </r>
+  <r>
+    <s v="CD142"/>
+    <s v="Usually Resident and Present in the State who moved within the State in the Previous Year"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="17"/>
+    <s v="Tipperary"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1390"/>
+  </r>
+  <r>
+    <s v="CD142"/>
+    <s v="Usually Resident and Present in the State who moved within the State in the Previous Year"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="18"/>
+    <s v="Waterford"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1266"/>
+  </r>
+  <r>
+    <s v="CD142"/>
+    <s v="Usually Resident and Present in the State who moved within the State in the Previous Year"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="19"/>
+    <s v="Galway"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3831"/>
+  </r>
+  <r>
+    <s v="CD142"/>
+    <s v="Usually Resident and Present in the State who moved within the State in the Previous Year"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="20"/>
+    <s v="Leitrim"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="249"/>
+  </r>
+  <r>
+    <s v="CD142"/>
+    <s v="Usually Resident and Present in the State who moved within the State in the Previous Year"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="21"/>
+    <s v="Mayo"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1240"/>
+  </r>
+  <r>
+    <s v="CD142"/>
+    <s v="Usually Resident and Present in the State who moved within the State in the Previous Year"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="22"/>
+    <s v="Roscommon"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="483"/>
+  </r>
+  <r>
+    <s v="CD142"/>
+    <s v="Usually Resident and Present in the State who moved within the State in the Previous Year"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="23"/>
+    <s v="Sligo"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="759"/>
+  </r>
+  <r>
+    <s v="CD142"/>
+    <s v="Usually Resident and Present in the State who moved within the State in the Previous Year"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="24"/>
+    <s v="Cavan"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="601"/>
+  </r>
+  <r>
+    <s v="CD142"/>
+    <s v="Usually Resident and Present in the State who moved within the State in the Previous Year"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="25"/>
+    <s v="Donegal"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1090"/>
+  </r>
+  <r>
+    <s v="CD142"/>
+    <s v="Usually Resident and Present in the State who moved within the State in the Previous Year"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="26"/>
+    <s v="Monaghan"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="477"/>
+  </r>
+  <r>
+    <s v="CD142"/>
+    <s v="Usually Resident and Present in the State who moved within the State in the Previous Year"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="28302"/>
+  </r>
+  <r>
+    <s v="CD142"/>
+    <s v="Usually Resident and Present in the State who moved within the State in the Previous Year"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Carlow"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="321"/>
+  </r>
+  <r>
+    <s v="CD142"/>
+    <s v="Usually Resident and Present in the State who moved within the State in the Previous Year"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="Dublin"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="11288"/>
+  </r>
+  <r>
+    <s v="CD142"/>
+    <s v="Usually Resident and Present in the State who moved within the State in the Previous Year"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="Kildare"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1400"/>
+  </r>
+  <r>
+    <s v="CD142"/>
+    <s v="Usually Resident and Present in the State who moved within the State in the Previous Year"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Kilkenny"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="400"/>
+  </r>
+  <r>
+    <s v="CD142"/>
+    <s v="Usually Resident and Present in the State who moved within the State in the Previous Year"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="Laois"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="352"/>
+  </r>
+  <r>
+    <s v="CD142"/>
+    <s v="Usually Resident and Present in the State who moved within the State in the Previous Year"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="06"/>
+    <s v="Longford"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="186"/>
+  </r>
+  <r>
+    <s v="CD142"/>
+    <s v="Usually Resident and Present in the State who moved within the State in the Previous Year"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="07"/>
+    <s v="Louth"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="627"/>
+  </r>
+  <r>
+    <s v="CD142"/>
+    <s v="Usually Resident and Present in the State who moved within the State in the Previous Year"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="08"/>
+    <s v="Meath"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="797"/>
+  </r>
+  <r>
+    <s v="CD142"/>
+    <s v="Usually Resident and Present in the State who moved within the State in the Previous Year"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="09"/>
+    <s v="Offaly"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="351"/>
+  </r>
+  <r>
+    <s v="CD142"/>
+    <s v="Usually Resident and Present in the State who moved within the State in the Previous Year"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="10"/>
+    <s v="Westmeath"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="537"/>
+  </r>
+  <r>
+    <s v="CD142"/>
+    <s v="Usually Resident and Present in the State who moved within the State in the Previous Year"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="11"/>
+    <s v="Wexford"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="608"/>
+  </r>
+  <r>
+    <s v="CD142"/>
+    <s v="Usually Resident and Present in the State who moved within the State in the Previous Year"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="12"/>
+    <s v="Wicklow"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="655"/>
+  </r>
+  <r>
+    <s v="CD142"/>
+    <s v="Usually Resident and Present in the State who moved within the State in the Previous Year"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="13"/>
+    <s v="Clare"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="511"/>
+  </r>
+  <r>
+    <s v="CD142"/>
+    <s v="Usually Resident and Present in the State who moved within the State in the Previous Year"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="14"/>
+    <s v="Cork"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3189"/>
+  </r>
+  <r>
+    <s v="CD142"/>
+    <s v="Usually Resident and Present in the State who moved within the State in the Previous Year"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="15"/>
+    <s v="Kerry"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="580"/>
+  </r>
+  <r>
+    <s v="CD142"/>
+    <s v="Usually Resident and Present in the State who moved within the State in the Previous Year"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="16"/>
+    <s v="Limerick"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1202"/>
+  </r>
+  <r>
+    <s v="CD142"/>
+    <s v="Usually Resident and Present in the State who moved within the State in the Previous Year"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="17"/>
+    <s v="Tipperary"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="622"/>
+  </r>
+  <r>
+    <s v="CD142"/>
+    <s v="Usually Resident and Present in the State who moved within the State in the Previous Year"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="18"/>
+    <s v="Waterford"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="575"/>
+  </r>
+  <r>
+    <s v="CD142"/>
+    <s v="Usually Resident and Present in the State who moved within the State in the Previous Year"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="19"/>
+    <s v="Galway"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1787"/>
+  </r>
+  <r>
+    <s v="CD142"/>
+    <s v="Usually Resident and Present in the State who moved within the State in the Previous Year"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="20"/>
+    <s v="Leitrim"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="112"/>
+  </r>
+  <r>
+    <s v="CD142"/>
+    <s v="Usually Resident and Present in the State who moved within the State in the Previous Year"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="21"/>
+    <s v="Mayo"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="588"/>
+  </r>
+  <r>
+    <s v="CD142"/>
+    <s v="Usually Resident and Present in the State who moved within the State in the Previous Year"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="22"/>
+    <s v="Roscommon"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="230"/>
+  </r>
+  <r>
+    <s v="CD142"/>
+    <s v="Usually Resident and Present in the State who moved within the State in the Previous Year"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="23"/>
+    <s v="Sligo"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="350"/>
+  </r>
+  <r>
+    <s v="CD142"/>
+    <s v="Usually Resident and Present in the State who moved within the State in the Previous Year"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="24"/>
+    <s v="Cavan"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="287"/>
+  </r>
+  <r>
+    <s v="CD142"/>
+    <s v="Usually Resident and Present in the State who moved within the State in the Previous Year"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="25"/>
+    <s v="Donegal"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="501"/>
+  </r>
+  <r>
+    <s v="CD142"/>
+    <s v="Usually Resident and Present in the State who moved within the State in the Previous Year"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="26"/>
+    <s v="Monaghan"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="246"/>
+  </r>
+  <r>
+    <s v="CD142"/>
+    <s v="Usually Resident and Present in the State who moved within the State in the Previous Year"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="32337"/>
+  </r>
+  <r>
+    <s v="CD142"/>
+    <s v="Usually Resident and Present in the State who moved within the State in the Previous Year"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Carlow"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="345"/>
+  </r>
+  <r>
+    <s v="CD142"/>
+    <s v="Usually Resident and Present in the State who moved within the State in the Previous Year"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="Dublin"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="12931"/>
+  </r>
+  <r>
+    <s v="CD142"/>
+    <s v="Usually Resident and Present in the State who moved within the State in the Previous Year"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="Kildare"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1539"/>
+  </r>
+  <r>
+    <s v="CD142"/>
+    <s v="Usually Resident and Present in the State who moved within the State in the Previous Year"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Kilkenny"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="461"/>
+  </r>
+  <r>
+    <s v="CD142"/>
+    <s v="Usually Resident and Present in the State who moved within the State in the Previous Year"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="Laois"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="418"/>
+  </r>
+  <r>
+    <s v="CD142"/>
+    <s v="Usually Resident and Present in the State who moved within the State in the Previous Year"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="06"/>
+    <s v="Longford"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="202"/>
+  </r>
+  <r>
+    <s v="CD142"/>
+    <s v="Usually Resident and Present in the State who moved within the State in the Previous Year"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="07"/>
+    <s v="Louth"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="673"/>
+  </r>
+  <r>
+    <s v="CD142"/>
+    <s v="Usually Resident and Present in the State who moved within the State in the Previous Year"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="08"/>
+    <s v="Meath"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="957"/>
+  </r>
+  <r>
+    <s v="CD142"/>
+    <s v="Usually Resident and Present in the State who moved within the State in the Previous Year"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="09"/>
+    <s v="Offaly"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="397"/>
+  </r>
+  <r>
+    <s v="CD142"/>
+    <s v="Usually Resident and Present in the State who moved within the State in the Previous Year"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="10"/>
+    <s v="Westmeath"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="579"/>
+  </r>
+  <r>
+    <s v="CD142"/>
+    <s v="Usually Resident and Present in the State who moved within the State in the Previous Year"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="11"/>
+    <s v="Wexford"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="736"/>
+  </r>
+  <r>
+    <s v="CD142"/>
+    <s v="Usually Resident and Present in the State who moved within the State in the Previous Year"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="12"/>
+    <s v="Wicklow"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="818"/>
+  </r>
+  <r>
+    <s v="CD142"/>
+    <s v="Usually Resident and Present in the State who moved within the State in the Previous Year"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="13"/>
+    <s v="Clare"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="575"/>
+  </r>
+  <r>
+    <s v="CD142"/>
+    <s v="Usually Resident and Present in the State who moved within the State in the Previous Year"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="14"/>
+    <s v="Cork"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3576"/>
+  </r>
+  <r>
+    <s v="CD142"/>
+    <s v="Usually Resident and Present in the State who moved within the State in the Previous Year"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="15"/>
+    <s v="Kerry"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="687"/>
+  </r>
+  <r>
+    <s v="CD142"/>
+    <s v="Usually Resident and Present in the State who moved within the State in the Previous Year"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="16"/>
+    <s v="Limerick"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1355"/>
+  </r>
+  <r>
+    <s v="CD142"/>
+    <s v="Usually Resident and Present in the State who moved within the State in the Previous Year"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="17"/>
+    <s v="Tipperary"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="768"/>
+  </r>
+  <r>
+    <s v="CD142"/>
+    <s v="Usually Resident and Present in the State who moved within the State in the Previous Year"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="18"/>
+    <s v="Waterford"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="691"/>
+  </r>
+  <r>
+    <s v="CD142"/>
+    <s v="Usually Resident and Present in the State who moved within the State in the Previous Year"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="19"/>
+    <s v="Galway"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2044"/>
+  </r>
+  <r>
+    <s v="CD142"/>
+    <s v="Usually Resident and Present in the State who moved within the State in the Previous Year"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="20"/>
+    <s v="Leitrim"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="137"/>
+  </r>
+  <r>
+    <s v="CD142"/>
+    <s v="Usually Resident and Present in the State who moved within the State in the Previous Year"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="21"/>
+    <s v="Mayo"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="652"/>
+  </r>
+  <r>
+    <s v="CD142"/>
+    <s v="Usually Resident and Present in the State who moved within the State in the Previous Year"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="22"/>
+    <s v="Roscommon"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="253"/>
+  </r>
+  <r>
+    <s v="CD142"/>
+    <s v="Usually Resident and Present in the State who moved within the State in the Previous Year"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="23"/>
+    <s v="Sligo"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="409"/>
+  </r>
+  <r>
+    <s v="CD142"/>
+    <s v="Usually Resident and Present in the State who moved within the State in the Previous Year"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="24"/>
+    <s v="Cavan"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="314"/>
+  </r>
+  <r>
+    <s v="CD142"/>
+    <s v="Usually Resident and Present in the State who moved within the State in the Previous Year"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="25"/>
+    <s v="Donegal"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="589"/>
+  </r>
+  <r>
+    <s v="CD142"/>
+    <s v="Usually Resident and Present in the State who moved within the State in the Previous Year"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="26"/>
+    <s v="Monaghan"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="231"/>
+  </r>
+  <r>
+    <s v="CD142"/>
+    <s v="Usually Resident and Present in the State who moved within the State in the Previous Year"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="44113"/>
+  </r>
+  <r>
+    <s v="CD142"/>
+    <s v="Usually Resident and Present in the State who moved within the State in the Previous Year"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Carlow"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="428"/>
+  </r>
+  <r>
+    <s v="CD142"/>
+    <s v="Usually Resident and Present in the State who moved within the State in the Previous Year"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="Dublin"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="18184"/>
+  </r>
+  <r>
+    <s v="CD142"/>
+    <s v="Usually Resident and Present in the State who moved within the State in the Previous Year"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="Kildare"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1963"/>
+  </r>
+  <r>
+    <s v="CD142"/>
+    <s v="Usually Resident and Present in the State who moved within the State in the Previous Year"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Kilkenny"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="659"/>
+  </r>
+  <r>
+    <s v="CD142"/>
+    <s v="Usually Resident and Present in the State who moved within the State in the Previous Year"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="Laois"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="464"/>
+  </r>
+  <r>
+    <s v="CD142"/>
+    <s v="Usually Resident and Present in the State who moved within the State in the Previous Year"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="06"/>
+    <s v="Longford"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="265"/>
+  </r>
+  <r>
+    <s v="CD142"/>
+    <s v="Usually Resident and Present in the State who moved within the State in the Previous Year"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="07"/>
+    <s v="Louth"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="927"/>
+  </r>
+  <r>
+    <s v="CD142"/>
+    <s v="Usually Resident and Present in the State who moved within the State in the Previous Year"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="08"/>
+    <s v="Meath"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1341"/>
+  </r>
+  <r>
+    <s v="CD142"/>
+    <s v="Usually Resident and Present in the State who moved within the State in the Previous Year"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="09"/>
+    <s v="Offaly"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="529"/>
+  </r>
+  <r>
+    <s v="CD142"/>
+    <s v="Usually Resident and Present in the State who moved within the State in the Previous Year"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="10"/>
+    <s v="Westmeath"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="730"/>
+  </r>
+  <r>
+    <s v="CD142"/>
+    <s v="Usually Resident and Present in the State who moved within the State in the Previous Year"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="11"/>
+    <s v="Wexford"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="923"/>
+  </r>
+  <r>
+    <s v="CD142"/>
+    <s v="Usually Resident and Present in the State who moved within the State in the Previous Year"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="12"/>
+    <s v="Wicklow"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1223"/>
+  </r>
+  <r>
+    <s v="CD142"/>
+    <s v="Usually Resident and Present in the State who moved within the State in the Previous Year"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="13"/>
+    <s v="Clare"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="791"/>
+  </r>
+  <r>
+    <s v="CD142"/>
+    <s v="Usually Resident and Present in the State who moved within the State in the Previous Year"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="14"/>
+    <s v="Cork"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5058"/>
+  </r>
+  <r>
+    <s v="CD142"/>
+    <s v="Usually Resident and Present in the State who moved within the State in the Previous Year"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="15"/>
+    <s v="Kerry"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="931"/>
+  </r>
+  <r>
+    <s v="CD142"/>
+    <s v="Usually Resident and Present in the State who moved within the State in the Previous Year"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="16"/>
+    <s v="Limerick"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1783"/>
+  </r>
+  <r>
+    <s v="CD142"/>
+    <s v="Usually Resident and Present in the State who moved within the State in the Previous Year"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="17"/>
+    <s v="Tipperary"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="971"/>
+  </r>
+  <r>
+    <s v="CD142"/>
+    <s v="Usually Resident and Present in the State who moved within the State in the Previous Year"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="18"/>
+    <s v="Waterford"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="937"/>
+  </r>
+  <r>
+    <s v="CD142"/>
+    <s v="Usually Resident and Present in the State who moved within the State in the Previous Year"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="19"/>
+    <s v="Galway"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2671"/>
+  </r>
+  <r>
+    <s v="CD142"/>
+    <s v="Usually Resident and Present in the State who moved within the State in the Previous Year"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="20"/>
+    <s v="Leitrim"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="184"/>
+  </r>
+  <r>
+    <s v="CD142"/>
+    <s v="Usually Resident and Present in the State who moved within the State in the Previous Year"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="21"/>
+    <s v="Mayo"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="818"/>
+  </r>
+  <r>
+    <s v="CD142"/>
+    <s v="Usually Resident and Present in the State who moved within the State in the Previous Year"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="22"/>
+    <s v="Roscommon"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="344"/>
+  </r>
+  <r>
+    <s v="CD142"/>
+    <s v="Usually Resident and Present in the State who moved within the State in the Previous Year"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="23"/>
+    <s v="Sligo"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="506"/>
+  </r>
+  <r>
+    <s v="CD142"/>
+    <s v="Usually Resident and Present in the State who moved within the State in the Previous Year"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="24"/>
+    <s v="Cavan"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="434"/>
+  </r>
+  <r>
+    <s v="CD142"/>
+    <s v="Usually Resident and Present in the State who moved within the State in the Previous Year"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="25"/>
+    <s v="Donegal"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="726"/>
+  </r>
+  <r>
+    <s v="CD142"/>
+    <s v="Usually Resident and Present in the State who moved within the State in the Previous Year"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="26"/>
+    <s v="Monaghan"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="323"/>
+  </r>
+  <r>
+    <s v="CD142"/>
+    <s v="Usually Resident and Present in the State who moved within the State in the Previous Year"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="22885"/>
+  </r>
+  <r>
+    <s v="CD142"/>
+    <s v="Usually Resident and Present in the State who moved within the State in the Previous Year"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Carlow"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="233"/>
+  </r>
+  <r>
+    <s v="CD142"/>
+    <s v="Usually Resident and Present in the State who moved within the State in the Previous Year"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="Dublin"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="9403"/>
+  </r>
+  <r>
+    <s v="CD142"/>
+    <s v="Usually Resident and Present in the State who moved within the State in the Previous Year"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="Kildare"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1052"/>
+  </r>
+  <r>
+    <s v="CD142"/>
+    <s v="Usually Resident and Present in the State who moved within the State in the Previous Year"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Kilkenny"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="322"/>
+  </r>
+  <r>
+    <s v="CD142"/>
+    <s v="Usually Resident and Present in the State who moved within the State in the Previous Year"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="Laois"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="249"/>
+  </r>
+  <r>
+    <s v="CD142"/>
+    <s v="Usually Resident and Present in the State who moved within the State in the Previous Year"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="06"/>
+    <s v="Longford"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="144"/>
+  </r>
+  <r>
+    <s v="CD142"/>
+    <s v="Usually Resident and Present in the State who moved within the State in the Previous Year"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="07"/>
+    <s v="Louth"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="486"/>
+  </r>
+  <r>
+    <s v="CD142"/>
+    <s v="Usually Resident and Present in the State who moved within the State in the Previous Year"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="08"/>
+    <s v="Meath"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="710"/>
+  </r>
+  <r>
+    <s v="CD142"/>
+    <s v="Usually Resident and Present in the State who moved within the State in the Previous Year"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="09"/>
+    <s v="Offaly"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="284"/>
+  </r>
+  <r>
+    <s v="CD142"/>
+    <s v="Usually Resident and Present in the State who moved within the State in the Previous Year"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="10"/>
+    <s v="Westmeath"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="365"/>
+  </r>
+  <r>
+    <s v="CD142"/>
+    <s v="Usually Resident and Present in the State who moved within the State in the Previous Year"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="11"/>
+    <s v="Wexford"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="479"/>
+  </r>
+  <r>
+    <s v="CD142"/>
+    <s v="Usually Resident and Present in the State who moved within the State in the Previous Year"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="12"/>
+    <s v="Wicklow"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="612"/>
+  </r>
+  <r>
+    <s v="CD142"/>
+    <s v="Usually Resident and Present in the State who moved within the State in the Previous Year"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="13"/>
+    <s v="Clare"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="418"/>
+  </r>
+  <r>
+    <s v="CD142"/>
+    <s v="Usually Resident and Present in the State who moved within the State in the Previous Year"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="14"/>
+    <s v="Cork"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2607"/>
+  </r>
+  <r>
+    <s v="CD142"/>
+    <s v="Usually Resident and Present in the State who moved within the State in the Previous Year"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="15"/>
+    <s v="Kerry"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="496"/>
+  </r>
+  <r>
+    <s v="CD142"/>
+    <s v="Usually Resident and Present in the State who moved within the State in the Previous Year"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="16"/>
+    <s v="Limerick"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="936"/>
+  </r>
+  <r>
+    <s v="CD142"/>
+    <s v="Usually Resident and Present in the State who moved within the State in the Previous Year"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="17"/>
+    <s v="Tipperary"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="543"/>
+  </r>
+  <r>
+    <s v="CD142"/>
+    <s v="Usually Resident and Present in the State who moved within the State in the Previous Year"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="18"/>
+    <s v="Waterford"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="491"/>
+  </r>
+  <r>
+    <s v="CD142"/>
+    <s v="Usually Resident and Present in the State who moved within the State in the Previous Year"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="19"/>
+    <s v="Galway"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1359"/>
+  </r>
+  <r>
+    <s v="CD142"/>
+    <s v="Usually Resident and Present in the State who moved within the State in the Previous Year"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="20"/>
+    <s v="Leitrim"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="88"/>
+  </r>
+  <r>
+    <s v="CD142"/>
+    <s v="Usually Resident and Present in the State who moved within the State in the Previous Year"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="21"/>
+    <s v="Mayo"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="422"/>
+  </r>
+  <r>
+    <s v="CD142"/>
+    <s v="Usually Resident and Present in the State who moved within the State in the Previous Year"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="22"/>
+    <s v="Roscommon"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="175"/>
+  </r>
+  <r>
+    <s v="CD142"/>
+    <s v="Usually Resident and Present in the State who moved within the State in the Previous Year"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="23"/>
+    <s v="Sligo"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="262"/>
+  </r>
+  <r>
+    <s v="CD142"/>
+    <s v="Usually Resident and Present in the State who moved within the State in the Previous Year"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="24"/>
+    <s v="Cavan"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="212"/>
+  </r>
+  <r>
+    <s v="CD142"/>
+    <s v="Usually Resident and Present in the State who moved within the State in the Previous Year"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="25"/>
+    <s v="Donegal"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="384"/>
+  </r>
+  <r>
+    <s v="CD142"/>
+    <s v="Usually Resident and Present in the State who moved within the State in the Previous Year"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="26"/>
+    <s v="Monaghan"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="153"/>
+  </r>
+  <r>
+    <s v="CD142"/>
+    <s v="Usually Resident and Present in the State who moved within the State in the Previous Year"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="21228"/>
+  </r>
+  <r>
+    <s v="CD142"/>
+    <s v="Usually Resident and Present in the State who moved within the State in the Previous Year"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Carlow"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="195"/>
+  </r>
+  <r>
+    <s v="CD142"/>
+    <s v="Usually Resident and Present in the State who moved within the State in the Previous Year"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="Dublin"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="8781"/>
+  </r>
+  <r>
+    <s v="CD142"/>
+    <s v="Usually Resident and Present in the State who moved within the State in the Previous Year"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="Kildare"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="911"/>
+  </r>
+  <r>
+    <s v="CD142"/>
+    <s v="Usually Resident and Present in the State who moved within the State in the Previous Year"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Kilkenny"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="337"/>
+  </r>
+  <r>
+    <s v="CD142"/>
+    <s v="Usually Resident and Present in the State who moved within the State in the Previous Year"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="Laois"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="215"/>
+  </r>
+  <r>
+    <s v="CD142"/>
+    <s v="Usually Resident and Present in the State who moved within the State in the Previous Year"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="06"/>
+    <s v="Longford"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="121"/>
+  </r>
+  <r>
+    <s v="CD142"/>
+    <s v="Usually Resident and Present in the State who moved within the State in the Previous Year"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="07"/>
+    <s v="Louth"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="441"/>
+  </r>
+  <r>
+    <s v="CD142"/>
+    <s v="Usually Resident and Present in the State who moved within the State in the Previous Year"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="08"/>
+    <s v="Meath"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="631"/>
+  </r>
+  <r>
+    <s v="CD142"/>
+    <s v="Usually Resident and Present in the State who moved within the State in the Previous Year"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="09"/>
+    <s v="Offaly"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="245"/>
+  </r>
+  <r>
+    <s v="CD142"/>
+    <s v="Usually Resident and Present in the State who moved within the State in the Previous Year"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="10"/>
+    <s v="Westmeath"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="365"/>
+  </r>
+  <r>
+    <s v="CD142"/>
+    <s v="Usually Resident and Present in the State who moved within the State in the Previous Year"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="11"/>
+    <s v="Wexford"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="444"/>
+  </r>
+  <r>
+    <s v="CD142"/>
+    <s v="Usually Resident and Present in the State who moved within the State in the Previous Year"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="12"/>
+    <s v="Wicklow"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="611"/>
+  </r>
+  <r>
+    <s v="CD142"/>
+    <s v="Usually Resident and Present in the State who moved within the State in the Previous Year"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="13"/>
+    <s v="Clare"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="373"/>
+  </r>
+  <r>
+    <s v="CD142"/>
+    <s v="Usually Resident and Present in the State who moved within the State in the Previous Year"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="14"/>
+    <s v="Cork"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2451"/>
+  </r>
+  <r>
+    <s v="CD142"/>
+    <s v="Usually Resident and Present in the State who moved within the State in the Previous Year"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="15"/>
+    <s v="Kerry"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="435"/>
+  </r>
+  <r>
+    <s v="CD142"/>
+    <s v="Usually Resident and Present in the State who moved within the State in the Previous Year"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="16"/>
+    <s v="Limerick"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="847"/>
+  </r>
+  <r>
+    <s v="CD142"/>
+    <s v="Usually Resident and Present in the State who moved within the State in the Previous Year"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="17"/>
+    <s v="Tipperary"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="428"/>
+  </r>
+  <r>
+    <s v="CD142"/>
+    <s v="Usually Resident and Present in the State who moved within the State in the Previous Year"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="18"/>
+    <s v="Waterford"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="446"/>
+  </r>
+  <r>
+    <s v="CD142"/>
+    <s v="Usually Resident and Present in the State who moved within the State in the Previous Year"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="19"/>
+    <s v="Galway"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1312"/>
+  </r>
+  <r>
+    <s v="CD142"/>
+    <s v="Usually Resident and Present in the State who moved within the State in the Previous Year"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="20"/>
+    <s v="Leitrim"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="96"/>
+  </r>
+  <r>
+    <s v="CD142"/>
+    <s v="Usually Resident and Present in the State who moved within the State in the Previous Year"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="21"/>
+    <s v="Mayo"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="396"/>
+  </r>
+  <r>
+    <s v="CD142"/>
+    <s v="Usually Resident and Present in the State who moved within the State in the Previous Year"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="22"/>
+    <s v="Roscommon"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="169"/>
+  </r>
+  <r>
+    <s v="CD142"/>
+    <s v="Usually Resident and Present in the State who moved within the State in the Previous Year"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="23"/>
+    <s v="Sligo"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="244"/>
+  </r>
+  <r>
+    <s v="CD142"/>
+    <s v="Usually Resident and Present in the State who moved within the State in the Previous Year"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="24"/>
+    <s v="Cavan"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="222"/>
+  </r>
+  <r>
+    <s v="CD142"/>
+    <s v="Usually Resident and Present in the State who moved within the State in the Previous Year"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="25"/>
+    <s v="Donegal"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="342"/>
+  </r>
+  <r>
+    <s v="CD142"/>
+    <s v="Usually Resident and Present in the State who moved within the State in the Previous Year"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="26"/>
+    <s v="Monaghan"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="170"/>
+  </r>
+  <r>
+    <s v="CD142"/>
+    <s v="Usually Resident and Present in the State who moved within the State in the Previous Year"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="24231"/>
+  </r>
+  <r>
+    <s v="CD142"/>
+    <s v="Usually Resident and Present in the State who moved within the State in the Previous Year"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Carlow"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="270"/>
+  </r>
+  <r>
+    <s v="CD142"/>
+    <s v="Usually Resident and Present in the State who moved within the State in the Previous Year"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="Dublin"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="9201"/>
+  </r>
+  <r>
+    <s v="CD142"/>
+    <s v="Usually Resident and Present in the State who moved within the State in the Previous Year"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="Kildare"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1145"/>
+  </r>
+  <r>
+    <s v="CD142"/>
+    <s v="Usually Resident and Present in the State who moved within the State in the Previous Year"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Kilkenny"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="371"/>
+  </r>
+  <r>
+    <s v="CD142"/>
+    <s v="Usually Resident and Present in the State who moved within the State in the Previous Year"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="Laois"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="283"/>
+  </r>
+  <r>
+    <s v="CD142"/>
+    <s v="Usually Resident and Present in the State who moved within the State in the Previous Year"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="06"/>
+    <s v="Longford"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="135"/>
+  </r>
+  <r>
+    <s v="CD142"/>
+    <s v="Usually Resident and Present in the State who moved within the State in the Previous Year"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="07"/>
+    <s v="Louth"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="571"/>
+  </r>
+  <r>
+    <s v="CD142"/>
+    <s v="Usually Resident and Present in the State who moved within the State in the Previous Year"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="08"/>
+    <s v="Meath"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="823"/>
+  </r>
+  <r>
+    <s v="CD142"/>
+    <s v="Usually Resident and Present in the State who moved within the State in the Previous Year"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="09"/>
+    <s v="Offaly"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="298"/>
+  </r>
+  <r>
+    <s v="CD142"/>
+    <s v="Usually Resident and Present in the State who moved within the State in the Previous Year"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="10"/>
+    <s v="Westmeath"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="447"/>
+  </r>
+  <r>
+    <s v="CD142"/>
+    <s v="Usually Resident and Present in the State who moved within the State in the Previous Year"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="11"/>
+    <s v="Wexford"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="559"/>
+  </r>
+  <r>
+    <s v="CD142"/>
+    <s v="Usually Resident and Present in the State who moved within the State in the Previous Year"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="12"/>
+    <s v="Wicklow"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="780"/>
+  </r>
+  <r>
+    <s v="CD142"/>
+    <s v="Usually Resident and Present in the State who moved within the State in the Previous Year"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="13"/>
+    <s v="Clare"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="491"/>
+  </r>
+  <r>
+    <s v="CD142"/>
+    <s v="Usually Resident and Present in the State who moved within the State in the Previous Year"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="14"/>
+    <s v="Cork"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2733"/>
+  </r>
+  <r>
+    <s v="CD142"/>
+    <s v="Usually Resident and Present in the State who moved within the State in the Previous Year"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="15"/>
+    <s v="Kerry"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="588"/>
+  </r>
+  <r>
+    <s v="CD142"/>
+    <s v="Usually Resident and Present in the State who moved within the State in the Previous Year"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="16"/>
+    <s v="Limerick"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="941"/>
+  </r>
+  <r>
+    <s v="CD142"/>
+    <s v="Usually Resident and Present in the State who moved within the State in the Previous Year"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="17"/>
+    <s v="Tipperary"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="615"/>
+  </r>
+  <r>
+    <s v="CD142"/>
+    <s v="Usually Resident and Present in the State who moved within the State in the Previous Year"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="18"/>
+    <s v="Waterford"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="485"/>
+  </r>
+  <r>
+    <s v="CD142"/>
+    <s v="Usually Resident and Present in the State who moved within the State in the Previous Year"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="19"/>
+    <s v="Galway"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1356"/>
+  </r>
+  <r>
+    <s v="CD142"/>
+    <s v="Usually Resident and Present in the State who moved within the State in the Previous Year"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="20"/>
+    <s v="Leitrim"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="136"/>
+  </r>
+  <r>
+    <s v="CD142"/>
+    <s v="Usually Resident and Present in the State who moved within the State in the Previous Year"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="21"/>
+    <s v="Mayo"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="522"/>
+  </r>
+  <r>
+    <s v="CD142"/>
+    <s v="Usually Resident and Present in the State who moved within the State in the Previous Year"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="22"/>
+    <s v="Roscommon"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="226"/>
+  </r>
+  <r>
+    <s v="CD142"/>
+    <s v="Usually Resident and Present in the State who moved within the State in the Previous Year"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="23"/>
+    <s v="Sligo"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="317"/>
+  </r>
+  <r>
+    <s v="CD142"/>
+    <s v="Usually Resident and Present in the State who moved within the State in the Previous Year"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="24"/>
+    <s v="Cavan"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="259"/>
+  </r>
+  <r>
+    <s v="CD142"/>
+    <s v="Usually Resident and Present in the State who moved within the State in the Previous Year"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="25"/>
+    <s v="Donegal"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="466"/>
+  </r>
+  <r>
+    <s v="CD142"/>
+    <s v="Usually Resident and Present in the State who moved within the State in the Previous Year"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="26"/>
+    <s v="Monaghan"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="213"/>
+  </r>
+  <r>
+    <s v="CD142"/>
+    <s v="Usually Resident and Present in the State who moved within the State in the Previous Year"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="13002"/>
+  </r>
+  <r>
+    <s v="CD142"/>
+    <s v="Usually Resident and Present in the State who moved within the State in the Previous Year"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Carlow"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="147"/>
+  </r>
+  <r>
+    <s v="CD142"/>
+    <s v="Usually Resident and Present in the State who moved within the State in the Previous Year"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="Dublin"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4913"/>
+  </r>
+  <r>
+    <s v="CD142"/>
+    <s v="Usually Resident and Present in the State who moved within the State in the Previous Year"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="Kildare"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="622"/>
+  </r>
+  <r>
+    <s v="CD142"/>
+    <s v="Usually Resident and Present in the State who moved within the State in the Previous Year"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Kilkenny"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="196"/>
+  </r>
+  <r>
+    <s v="CD142"/>
+    <s v="Usually Resident and Present in the State who moved within the State in the Previous Year"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="Laois"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="155"/>
+  </r>
+  <r>
+    <s v="CD142"/>
+    <s v="Usually Resident and Present in the State who moved within the State in the Previous Year"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="06"/>
+    <s v="Longford"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="71"/>
+  </r>
+  <r>
+    <s v="CD142"/>
+    <s v="Usually Resident and Present in the State who moved within the State in the Previous Year"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="07"/>
+    <s v="Louth"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="329"/>
+  </r>
+  <r>
+    <s v="CD142"/>
+    <s v="Usually Resident and Present in the State who moved within the State in the Previous Year"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="08"/>
+    <s v="Meath"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="438"/>
+  </r>
+  <r>
+    <s v="CD142"/>
+    <s v="Usually Resident and Present in the State who moved within the State in the Previous Year"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="09"/>
+    <s v="Offaly"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="149"/>
+  </r>
+  <r>
+    <s v="CD142"/>
+    <s v="Usually Resident and Present in the State who moved within the State in the Previous Year"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="10"/>
+    <s v="Westmeath"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="235"/>
+  </r>
+  <r>
+    <s v="CD142"/>
+    <s v="Usually Resident and Present in the State who moved within the State in the Previous Year"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="11"/>
+    <s v="Wexford"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="304"/>
+  </r>
+  <r>
+    <s v="CD142"/>
+    <s v="Usually Resident and Present in the State who moved within the State in the Previous Year"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="12"/>
+    <s v="Wicklow"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="421"/>
+  </r>
+  <r>
+    <s v="CD142"/>
+    <s v="Usually Resident and Present in the State who moved within the State in the Previous Year"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="13"/>
+    <s v="Clare"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="243"/>
+  </r>
+  <r>
+    <s v="CD142"/>
+    <s v="Usually Resident and Present in the State who moved within the State in the Previous Year"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="14"/>
+    <s v="Cork"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1499"/>
+  </r>
+  <r>
+    <s v="CD142"/>
+    <s v="Usually Resident and Present in the State who moved within the State in the Previous Year"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="15"/>
+    <s v="Kerry"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="320"/>
+  </r>
+  <r>
+    <s v="CD142"/>
+    <s v="Usually Resident and Present in the State who moved within the State in the Previous Year"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="16"/>
+    <s v="Limerick"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="501"/>
+  </r>
+  <r>
+    <s v="CD142"/>
+    <s v="Usually Resident and Present in the State who moved within the State in the Previous Year"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="17"/>
+    <s v="Tipperary"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="331"/>
+  </r>
+  <r>
+    <s v="CD142"/>
+    <s v="Usually Resident and Present in the State who moved within the State in the Previous Year"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="18"/>
+    <s v="Waterford"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="286"/>
+  </r>
+  <r>
+    <s v="CD142"/>
+    <s v="Usually Resident and Present in the State who moved within the State in the Previous Year"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="19"/>
+    <s v="Galway"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="686"/>
+  </r>
+  <r>
+    <s v="CD142"/>
+    <s v="Usually Resident and Present in the State who moved within the State in the Previous Year"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="20"/>
+    <s v="Leitrim"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="72"/>
+  </r>
+  <r>
+    <s v="CD142"/>
+    <s v="Usually Resident and Present in the State who moved within the State in the Previous Year"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="21"/>
+    <s v="Mayo"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="278"/>
+  </r>
+  <r>
+    <s v="CD142"/>
+    <s v="Usually Resident and Present in the State who moved within the State in the Previous Year"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="22"/>
+    <s v="Roscommon"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="118"/>
+  </r>
+  <r>
+    <s v="CD142"/>
+    <s v="Usually Resident and Present in the State who moved within the State in the Previous Year"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="23"/>
+    <s v="Sligo"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="181"/>
+  </r>
+  <r>
+    <s v="CD142"/>
+    <s v="Usually Resident and Present in the State who moved within the State in the Previous Year"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="24"/>
+    <s v="Cavan"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="139"/>
+  </r>
+  <r>
+    <s v="CD142"/>
+    <s v="Usually Resident and Present in the State who moved within the State in the Previous Year"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="25"/>
+    <s v="Donegal"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="255"/>
+  </r>
+  <r>
+    <s v="CD142"/>
+    <s v="Usually Resident and Present in the State who moved within the State in the Previous Year"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="26"/>
+    <s v="Monaghan"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="113"/>
+  </r>
+  <r>
+    <s v="CD142"/>
+    <s v="Usually Resident and Present in the State who moved within the State in the Previous Year"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="11229"/>
+  </r>
+  <r>
+    <s v="CD142"/>
+    <s v="Usually Resident and Present in the State who moved within the State in the Previous Year"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Carlow"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="123"/>
+  </r>
+  <r>
+    <s v="CD142"/>
+    <s v="Usually Resident and Present in the State who moved within the State in the Previous Year"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="Dublin"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4288"/>
+  </r>
+  <r>
+    <s v="CD142"/>
+    <s v="Usually Resident and Present in the State who moved within the State in the Previous Year"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="Kildare"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="523"/>
+  </r>
+  <r>
+    <s v="CD142"/>
+    <s v="Usually Resident and Present in the State who moved within the State in the Previous Year"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Kilkenny"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="175"/>
+  </r>
+  <r>
+    <s v="CD142"/>
+    <s v="Usually Resident and Present in the State who moved within the State in the Previous Year"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="Laois"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="128"/>
+  </r>
+  <r>
+    <s v="CD142"/>
+    <s v="Usually Resident and Present in the State who moved within the State in the Previous Year"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="06"/>
+    <s v="Longford"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="64"/>
+  </r>
+  <r>
+    <s v="CD142"/>
+    <s v="Usually Resident and Present in the State who moved within the State in the Previous Year"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="07"/>
+    <s v="Louth"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="242"/>
+  </r>
+  <r>
+    <s v="CD142"/>
+    <s v="Usually Resident and Present in the State who moved within the State in the Previous Year"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="08"/>
+    <s v="Meath"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="385"/>
+  </r>
+  <r>
+    <s v="CD142"/>
+    <s v="Usually Resident and Present in the State who moved within the State in the Previous Year"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="09"/>
+    <s v="Offaly"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="149"/>
+  </r>
+  <r>
+    <s v="CD142"/>
+    <s v="Usually Resident and Present in the State who moved within the State in the Previous Year"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="10"/>
+    <s v="Westmeath"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="212"/>
+  </r>
+  <r>
+    <s v="CD142"/>
+    <s v="Usually Resident and Present in the State who moved within the State in the Previous Year"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="11"/>
+    <s v="Wexford"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="255"/>
+  </r>
+  <r>
+    <s v="CD142"/>
+    <s v="Usually Resident and Present in the State who moved within the State in the Previous Year"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="12"/>
+    <s v="Wicklow"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="359"/>
+  </r>
+  <r>
+    <s v="CD142"/>
+    <s v="Usually Resident and Present in the State who moved within the State in the Previous Year"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="13"/>
+    <s v="Clare"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="248"/>
+  </r>
+  <r>
+    <s v="CD142"/>
+    <s v="Usually Resident and Present in the State who moved within the State in the Previous Year"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="14"/>
+    <s v="Cork"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1234"/>
+  </r>
+  <r>
+    <s v="CD142"/>
+    <s v="Usually Resident and Present in the State who moved within the State in the Previous Year"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="15"/>
+    <s v="Kerry"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="268"/>
+  </r>
+  <r>
+    <s v="CD142"/>
+    <s v="Usually Resident and Present in the State who moved within the State in the Previous Year"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="16"/>
+    <s v="Limerick"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="440"/>
+  </r>
+  <r>
+    <s v="CD142"/>
+    <s v="Usually Resident and Present in the State who moved within the State in the Previous Year"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="17"/>
+    <s v="Tipperary"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="284"/>
+  </r>
+  <r>
+    <s v="CD142"/>
+    <s v="Usually Resident and Present in the State who moved within the State in the Previous Year"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="18"/>
+    <s v="Waterford"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="199"/>
+  </r>
+  <r>
+    <s v="CD142"/>
+    <s v="Usually Resident and Present in the State who moved within the State in the Previous Year"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="19"/>
+    <s v="Galway"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="670"/>
+  </r>
+  <r>
+    <s v="CD142"/>
+    <s v="Usually Resident and Present in the State who moved within the State in the Previous Year"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="20"/>
+    <s v="Leitrim"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="64"/>
+  </r>
+  <r>
+    <s v="CD142"/>
+    <s v="Usually Resident and Present in the State who moved within the State in the Previous Year"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="21"/>
+    <s v="Mayo"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="244"/>
+  </r>
+  <r>
+    <s v="CD142"/>
+    <s v="Usually Resident and Present in the State who moved within the State in the Previous Year"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="22"/>
+    <s v="Roscommon"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="108"/>
+  </r>
+  <r>
+    <s v="CD142"/>
+    <s v="Usually Resident and Present in the State who moved within the State in the Previous Year"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="23"/>
+    <s v="Sligo"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="136"/>
+  </r>
+  <r>
+    <s v="CD142"/>
+    <s v="Usually Resident and Present in the State who moved within the State in the Previous Year"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="24"/>
+    <s v="Cavan"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="120"/>
+  </r>
+  <r>
+    <s v="CD142"/>
+    <s v="Usually Resident and Present in the State who moved within the State in the Previous Year"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="25"/>
+    <s v="Donegal"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="211"/>
+  </r>
+  <r>
+    <s v="CD142"/>
+    <s v="Usually Resident and Present in the State who moved within the State in the Previous Year"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="26"/>
+    <s v="Monaghan"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="100"/>
+  </r>
+  <r>
+    <s v="CD142"/>
+    <s v="Usually Resident and Present in the State who moved within the State in the Previous Year"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="13741"/>
+  </r>
+  <r>
+    <s v="CD142"/>
+    <s v="Usually Resident and Present in the State who moved within the State in the Previous Year"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Carlow"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="159"/>
+  </r>
+  <r>
+    <s v="CD142"/>
+    <s v="Usually Resident and Present in the State who moved within the State in the Previous Year"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="Dublin"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4760"/>
+  </r>
+  <r>
+    <s v="CD142"/>
+    <s v="Usually Resident and Present in the State who moved within the State in the Previous Year"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="Kildare"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="708"/>
+  </r>
+  <r>
+    <s v="CD142"/>
+    <s v="Usually Resident and Present in the State who moved within the State in the Previous Year"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Kilkenny"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="224"/>
+  </r>
+  <r>
+    <s v="CD142"/>
+    <s v="Usually Resident and Present in the State who moved within the State in the Previous Year"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="Laois"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="184"/>
+  </r>
+  <r>
+    <s v="CD142"/>
+    <s v="Usually Resident and Present in the State who moved within the State in the Previous Year"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="06"/>
+    <s v="Longford"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="128"/>
+  </r>
+  <r>
+    <s v="CD142"/>
+    <s v="Usually Resident and Present in the State who moved within the State in the Previous Year"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="07"/>
+    <s v="Louth"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="381"/>
+  </r>
+  <r>
+    <s v="CD142"/>
+    <s v="Usually Resident and Present in the State who moved within the State in the Previous Year"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="08"/>
+    <s v="Meath"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="546"/>
+  </r>
+  <r>
+    <s v="CD142"/>
+    <s v="Usually Resident and Present in the State who moved within the State in the Previous Year"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="09"/>
+    <s v="Offaly"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="186"/>
+  </r>
+  <r>
+    <s v="CD142"/>
+    <s v="Usually Resident and Present in the State who moved within the State in the Previous Year"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="10"/>
+    <s v="Westmeath"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="250"/>
+  </r>
+  <r>
+    <s v="CD142"/>
+    <s v="Usually Resident and Present in the State who moved within the State in the Previous Year"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="11"/>
+    <s v="Wexford"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="388"/>
+  </r>
+  <r>
+    <s v="CD142"/>
+    <s v="Usually Resident and Present in the State who moved within the State in the Previous Year"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="12"/>
+    <s v="Wicklow"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="460"/>
+  </r>
+  <r>
+    <s v="CD142"/>
+    <s v="Usually Resident and Present in the State who moved within the State in the Previous Year"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="13"/>
+    <s v="Clare"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="309"/>
+  </r>
+  <r>
+    <s v="CD142"/>
+    <s v="Usually Resident and Present in the State who moved within the State in the Previous Year"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="14"/>
+    <s v="Cork"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1448"/>
+  </r>
+  <r>
+    <s v="CD142"/>
+    <s v="Usually Resident and Present in the State who moved within the State in the Previous Year"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="15"/>
+    <s v="Kerry"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="343"/>
+  </r>
+  <r>
+    <s v="CD142"/>
+    <s v="Usually Resident and Present in the State who moved within the State in the Previous Year"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="16"/>
+    <s v="Limerick"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="511"/>
+  </r>
+  <r>
+    <s v="CD142"/>
+    <s v="Usually Resident and Present in the State who moved within the State in the Previous Year"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="17"/>
+    <s v="Tipperary"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="370"/>
+  </r>
+  <r>
+    <s v="CD142"/>
+    <s v="Usually Resident and Present in the State who moved within the State in the Previous Year"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="18"/>
+    <s v="Waterford"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="288"/>
+  </r>
+  <r>
+    <s v="CD142"/>
+    <s v="Usually Resident and Present in the State who moved within the State in the Previous Year"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="19"/>
+    <s v="Galway"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="775"/>
+  </r>
+  <r>
+    <s v="CD142"/>
+    <s v="Usually Resident and Present in the State who moved within the State in the Previous Year"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="20"/>
+    <s v="Leitrim"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="81"/>
+  </r>
+  <r>
+    <s v="CD142"/>
+    <s v="Usually Resident and Present in the State who moved within the State in the Previous Year"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="21"/>
+    <s v="Mayo"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="348"/>
+  </r>
+  <r>
+    <s v="CD142"/>
+    <s v="Usually Resident and Present in the State who moved within the State in the Previous Year"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="22"/>
+    <s v="Roscommon"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="139"/>
+  </r>
+  <r>
+    <s v="CD142"/>
+    <s v="Usually Resident and Present in the State who moved within the State in the Previous Year"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="23"/>
+    <s v="Sligo"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="153"/>
+  </r>
+  <r>
+    <s v="CD142"/>
+    <s v="Usually Resident and Present in the State who moved within the State in the Previous Year"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="24"/>
+    <s v="Cavan"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="185"/>
+  </r>
+  <r>
+    <s v="CD142"/>
+    <s v="Usually Resident and Present in the State who moved within the State in the Previous Year"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="25"/>
+    <s v="Donegal"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="309"/>
+  </r>
+  <r>
+    <s v="CD142"/>
+    <s v="Usually Resident and Present in the State who moved within the State in the Previous Year"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="26"/>
+    <s v="Monaghan"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="108"/>
+  </r>
+  <r>
+    <s v="CD142"/>
+    <s v="Usually Resident and Present in the State who moved within the State in the Previous Year"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="7753"/>
+  </r>
+  <r>
+    <s v="CD142"/>
+    <s v="Usually Resident and Present in the State who moved within the State in the Previous Year"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Carlow"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="89"/>
+  </r>
+  <r>
+    <s v="CD142"/>
+    <s v="Usually Resident and Present in the State who moved within the State in the Previous Year"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="Dublin"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2694"/>
+  </r>
+  <r>
+    <s v="CD142"/>
+    <s v="Usually Resident and Present in the State who moved within the State in the Previous Year"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="Kildare"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="408"/>
+  </r>
+  <r>
+    <s v="CD142"/>
+    <s v="Usually Resident and Present in the State who moved within the State in the Previous Year"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Kilkenny"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="127"/>
+  </r>
+  <r>
+    <s v="CD142"/>
+    <s v="Usually Resident and Present in the State who moved within the State in the Previous Year"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="Laois"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="116"/>
+  </r>
+  <r>
+    <s v="CD142"/>
+    <s v="Usually Resident and Present in the State who moved within the State in the Previous Year"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="06"/>
+    <s v="Longford"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="63"/>
+  </r>
+  <r>
+    <s v="CD142"/>
+    <s v="Usually Resident and Present in the State who moved within the State in the Previous Year"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="07"/>
+    <s v="Louth"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="230"/>
+  </r>
+  <r>
+    <s v="CD142"/>
+    <s v="Usually Resident and Present in the State who moved within the State in the Previous Year"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="08"/>
+    <s v="Meath"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="296"/>
+  </r>
+  <r>
+    <s v="CD142"/>
+    <s v="Usually Resident and Present in the State who moved within the State in the Previous Year"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="09"/>
+    <s v="Offaly"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="100"/>
+  </r>
+  <r>
+    <s v="CD142"/>
+    <s v="Usually Resident and Present in the State who moved within the State in the Previous Year"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="10"/>
+    <s v="Westmeath"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="152"/>
+  </r>
+  <r>
+    <s v="CD142"/>
+    <s v="Usually Resident and Present in the State who moved within the State in the Previous Year"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="11"/>
+    <s v="Wexford"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="224"/>
+  </r>
+  <r>
+    <s v="CD142"/>
+    <s v="Usually Resident and Present in the State who moved within the State in the Previous Year"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="12"/>
+    <s v="Wicklow"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="246"/>
+  </r>
+  <r>
+    <s v="CD142"/>
+    <s v="Usually Resident and Present in the State who moved within the State in the Previous Year"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="13"/>
+    <s v="Clare"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="164"/>
+  </r>
+  <r>
+    <s v="CD142"/>
+    <s v="Usually Resident and Present in the State who moved within the State in the Previous Year"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="14"/>
+    <s v="Cork"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="830"/>
+  </r>
+  <r>
+    <s v="CD142"/>
+    <s v="Usually Resident and Present in the State who moved within the State in the Previous Year"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="15"/>
+    <s v="Kerry"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="193"/>
+  </r>
+  <r>
+    <s v="CD142"/>
+    <s v="Usually Resident and Present in the State who moved within the State in the Previous Year"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="16"/>
+    <s v="Limerick"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="285"/>
+  </r>
+  <r>
+    <s v="CD142"/>
+    <s v="Usually Resident and Present in the State who moved within the State in the Previous Year"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="17"/>
+    <s v="Tipperary"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="203"/>
+  </r>
+  <r>
+    <s v="CD142"/>
+    <s v="Usually Resident and Present in the State who moved within the State in the Previous Year"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="18"/>
+    <s v="Waterford"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="168"/>
+  </r>
+  <r>
+    <s v="CD142"/>
+    <s v="Usually Resident and Present in the State who moved within the State in the Previous Year"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="19"/>
+    <s v="Galway"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="440"/>
+  </r>
+  <r>
+    <s v="CD142"/>
+    <s v="Usually Resident and Present in the State who moved within the State in the Previous Year"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="20"/>
+    <s v="Leitrim"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="47"/>
+  </r>
+  <r>
+    <s v="CD142"/>
+    <s v="Usually Resident and Present in the State who moved within the State in the Previous Year"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="21"/>
+    <s v="Mayo"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="171"/>
+  </r>
+  <r>
+    <s v="CD142"/>
+    <s v="Usually Resident and Present in the State who moved within the State in the Previous Year"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="22"/>
+    <s v="Roscommon"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="81"/>
+  </r>
+  <r>
+    <s v="CD142"/>
+    <s v="Usually Resident and Present in the State who moved within the State in the Previous Year"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="23"/>
+    <s v="Sligo"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="88"/>
+  </r>
+  <r>
+    <s v="CD142"/>
+    <s v="Usually Resident and Present in the State who moved within the State in the Previous Year"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="24"/>
+    <s v="Cavan"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="101"/>
+  </r>
+  <r>
+    <s v="CD142"/>
+    <s v="Usually Resident and Present in the State who moved within the State in the Previous Year"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="25"/>
+    <s v="Donegal"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="165"/>
+  </r>
+  <r>
+    <s v="CD142"/>
+    <s v="Usually Resident and Present in the State who moved within the State in the Previous Year"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="26"/>
+    <s v="Monaghan"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="72"/>
+  </r>
+  <r>
+    <s v="CD142"/>
+    <s v="Usually Resident and Present in the State who moved within the State in the Previous Year"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5988"/>
+  </r>
+  <r>
+    <s v="CD142"/>
+    <s v="Usually Resident and Present in the State who moved within the State in the Previous Year"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Carlow"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="70"/>
+  </r>
+  <r>
+    <s v="CD142"/>
+    <s v="Usually Resident and Present in the State who moved within the State in the Previous Year"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="Dublin"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2066"/>
+  </r>
+  <r>
+    <s v="CD142"/>
+    <s v="Usually Resident and Present in the State who moved within the State in the Previous Year"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="Kildare"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="300"/>
+  </r>
+  <r>
+    <s v="CD142"/>
+    <s v="Usually Resident and Present in the State who moved within the State in the Previous Year"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Kilkenny"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="97"/>
+  </r>
+  <r>
+    <s v="CD142"/>
+    <s v="Usually Resident and Present in the State who moved within the State in the Previous Year"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="Laois"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="68"/>
+  </r>
+  <r>
+    <s v="CD142"/>
+    <s v="Usually Resident and Present in the State who moved within the State in the Previous Year"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="06"/>
+    <s v="Longford"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="65"/>
+  </r>
+  <r>
+    <s v="CD142"/>
+    <s v="Usually Resident and Present in the State who moved within the State in the Previous Year"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="07"/>
+    <s v="Louth"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="151"/>
+  </r>
+  <r>
+    <s v="CD142"/>
+    <s v="Usually Resident and Present in the State who moved within the State in the Previous Year"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="08"/>
+    <s v="Meath"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="250"/>
+  </r>
+  <r>
+    <s v="CD142"/>
+    <s v="Usually Resident and Present in the State who moved within the State in the Previous Year"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="09"/>
+    <s v="Offaly"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="86"/>
+  </r>
+  <r>
+    <s v="CD142"/>
+    <s v="Usually Resident and Present in the State who moved within the State in the Previous Year"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="10"/>
+    <s v="Westmeath"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="98"/>
+  </r>
+  <r>
+    <s v="CD142"/>
+    <s v="Usually Resident and Present in the State who moved within the State in the Previous Year"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="11"/>
+    <s v="Wexford"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="164"/>
+  </r>
+  <r>
+    <s v="CD142"/>
+    <s v="Usually Resident and Present in the State who moved within the State in the Previous Year"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="12"/>
+    <s v="Wicklow"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="214"/>
+  </r>
+  <r>
+    <s v="CD142"/>
+    <s v="Usually Resident and Present in the State who moved within the State in the Previous Year"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="13"/>
+    <s v="Clare"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="145"/>
+  </r>
+  <r>
+    <s v="CD142"/>
+    <s v="Usually Resident and Present in the State who moved within the State in the Previous Year"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="14"/>
+    <s v="Cork"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="618"/>
+  </r>
+  <r>
+    <s v="CD142"/>
+    <s v="Usually Resident and Present in the State who moved within the State in the Previous Year"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="15"/>
+    <s v="Kerry"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="150"/>
+  </r>
+  <r>
+    <s v="CD142"/>
+    <s v="Usually Resident and Present in the State who moved within the State in the Previous Year"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="16"/>
+    <s v="Limerick"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="226"/>
+  </r>
+  <r>
+    <s v="CD142"/>
+    <s v="Usually Resident and Present in the State who moved within the State in the Previous Year"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="17"/>
+    <s v="Tipperary"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="167"/>
+  </r>
+  <r>
+    <s v="CD142"/>
+    <s v="Usually Resident and Present in the State who moved within the State in the Previous Year"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="18"/>
+    <s v="Waterford"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="120"/>
+  </r>
+  <r>
+    <s v="CD142"/>
+    <s v="Usually Resident and Present in the State who moved within the State in the Previous Year"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="19"/>
+    <s v="Galway"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="335"/>
+  </r>
+  <r>
+    <s v="CD142"/>
+    <s v="Usually Resident and Present in the State who moved within the State in the Previous Year"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="20"/>
+    <s v="Leitrim"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="34"/>
+  </r>
+  <r>
+    <s v="CD142"/>
+    <s v="Usually Resident and Present in the State who moved within the State in the Previous Year"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="21"/>
+    <s v="Mayo"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="177"/>
+  </r>
+  <r>
+    <s v="CD142"/>
+    <s v="Usually Resident and Present in the State who moved within the State in the Previous Year"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="22"/>
+    <s v="Roscommon"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="58"/>
+  </r>
+  <r>
+    <s v="CD142"/>
+    <s v="Usually Resident and Present in the State who moved within the State in the Previous Year"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="23"/>
+    <s v="Sligo"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="65"/>
+  </r>
+  <r>
+    <s v="CD142"/>
+    <s v="Usually Resident and Present in the State who moved within the State in the Previous Year"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="24"/>
+    <s v="Cavan"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="84"/>
+  </r>
+  <r>
+    <s v="CD142"/>
+    <s v="Usually Resident and Present in the State who moved within the State in the Previous Year"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="25"/>
+    <s v="Donegal"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="144"/>
+  </r>
+  <r>
+    <s v="CD142"/>
+    <s v="Usually Resident and Present in the State who moved within the State in the Previous Year"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="26"/>
+    <s v="Monaghan"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="36"/>
+  </r>
+  <r>
+    <s v="CD142"/>
+    <s v="Usually Resident and Present in the State who moved within the State in the Previous Year"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="8956"/>
+  </r>
+  <r>
+    <s v="CD142"/>
+    <s v="Usually Resident and Present in the State who moved within the State in the Previous Year"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Carlow"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="115"/>
+  </r>
+  <r>
+    <s v="CD142"/>
+    <s v="Usually Resident and Present in the State who moved within the State in the Previous Year"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="Dublin"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2917"/>
+  </r>
+  <r>
+    <s v="CD142"/>
+    <s v="Usually Resident and Present in the State who moved within the State in the Previous Year"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="Kildare"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="416"/>
+  </r>
+  <r>
+    <s v="CD142"/>
+    <s v="Usually Resident and Present in the State who moved within the State in the Previous Year"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Kilkenny"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="162"/>
+  </r>
+  <r>
+    <s v="CD142"/>
+    <s v="Usually Resident and Present in the State who moved within the State in the Previous Year"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="Laois"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="146"/>
+  </r>
+  <r>
+    <s v="CD142"/>
+    <s v="Usually Resident and Present in the State who moved within the State in the Previous Year"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="06"/>
+    <s v="Longford"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="76"/>
+  </r>
+  <r>
+    <s v="CD142"/>
+    <s v="Usually Resident and Present in the State who moved within the State in the Previous Year"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="07"/>
+    <s v="Louth"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="234"/>
+  </r>
+  <r>
+    <s v="CD142"/>
+    <s v="Usually Resident and Present in the State who moved within the State in the Previous Year"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="08"/>
+    <s v="Meath"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="347"/>
+  </r>
+  <r>
+    <s v="CD142"/>
+    <s v="Usually Resident and Present in the State who moved within the State in the Previous Year"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="09"/>
+    <s v="Offaly"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="151"/>
+  </r>
+  <r>
+    <s v="CD142"/>
+    <s v="Usually Resident and Present in the State who moved within the State in the Previous Year"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="10"/>
+    <s v="Westmeath"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="174"/>
+  </r>
+  <r>
+    <s v="CD142"/>
+    <s v="Usually Resident and Present in the State who moved within the State in the Previous Year"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="11"/>
+    <s v="Wexford"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="281"/>
+  </r>
+  <r>
+    <s v="CD142"/>
+    <s v="Usually Resident and Present in the State who moved within the State in the Previous Year"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="12"/>
+    <s v="Wicklow"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="292"/>
+  </r>
+  <r>
+    <s v="CD142"/>
+    <s v="Usually Resident and Present in the State who moved within the State in the Previous Year"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="13"/>
+    <s v="Clare"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="207"/>
+  </r>
+  <r>
+    <s v="CD142"/>
+    <s v="Usually Resident and Present in the State who moved within the State in the Previous Year"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="14"/>
+    <s v="Cork"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="983"/>
+  </r>
+  <r>
+    <s v="CD142"/>
+    <s v="Usually Resident and Present in the State who moved within the State in the Previous Year"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="15"/>
+    <s v="Kerry"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="259"/>
+  </r>
+  <r>
+    <s v="CD142"/>
+    <s v="Usually Resident and Present in the State who moved within the State in the Previous Year"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="16"/>
+    <s v="Limerick"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="315"/>
+  </r>
+  <r>
+    <s v="CD142"/>
+    <s v="Usually Resident and Present in the State who moved within the State in the Previous Year"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="17"/>
+    <s v="Tipperary"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="250"/>
+  </r>
+  <r>
+    <s v="CD142"/>
+    <s v="Usually Resident and Present in the State who moved within the State in the Previous Year"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="18"/>
+    <s v="Waterford"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="209"/>
+  </r>
+  <r>
+    <s v="CD142"/>
+    <s v="Usually Resident and Present in the State who moved within the State in the Previous Year"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="19"/>
+    <s v="Galway"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="481"/>
+  </r>
+  <r>
+    <s v="CD142"/>
+    <s v="Usually Resident and Present in the State who moved within the State in the Previous Year"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="20"/>
+    <s v="Leitrim"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="63"/>
+  </r>
+  <r>
+    <s v="CD142"/>
+    <s v="Usually Resident and Present in the State who moved within the State in the Previous Year"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="21"/>
+    <s v="Mayo"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="253"/>
+  </r>
+  <r>
+    <s v="CD142"/>
+    <s v="Usually Resident and Present in the State who moved within the State in the Previous Year"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="22"/>
+    <s v="Roscommon"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="98"/>
+  </r>
+  <r>
+    <s v="CD142"/>
+    <s v="Usually Resident and Present in the State who moved within the State in the Previous Year"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="23"/>
+    <s v="Sligo"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="119"/>
+  </r>
+  <r>
+    <s v="CD142"/>
+    <s v="Usually Resident and Present in the State who moved within the State in the Previous Year"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="24"/>
+    <s v="Cavan"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="131"/>
+  </r>
+  <r>
+    <s v="CD142"/>
+    <s v="Usually Resident and Present in the State who moved within the State in the Previous Year"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="25"/>
+    <s v="Donegal"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="197"/>
+  </r>
+  <r>
+    <s v="CD142"/>
+    <s v="Usually Resident and Present in the State who moved within the State in the Previous Year"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="26"/>
+    <s v="Monaghan"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="80"/>
+  </r>
+  <r>
+    <s v="CD142"/>
+    <s v="Usually Resident and Present in the State who moved within the State in the Previous Year"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5034"/>
+  </r>
+  <r>
+    <s v="CD142"/>
+    <s v="Usually Resident and Present in the State who moved within the State in the Previous Year"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Carlow"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="61"/>
+  </r>
+  <r>
+    <s v="CD142"/>
+    <s v="Usually Resident and Present in the State who moved within the State in the Previous Year"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="Dublin"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1652"/>
+  </r>
+  <r>
+    <s v="CD142"/>
+    <s v="Usually Resident and Present in the State who moved within the State in the Previous Year"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="Kildare"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="246"/>
+  </r>
+  <r>
+    <s v="CD142"/>
+    <s v="Usually Resident and Present in the State who moved within the State in the Previous Year"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Kilkenny"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="94"/>
+  </r>
+  <r>
+    <s v="CD142"/>
+    <s v="Usually Resident and Present in the State who moved within the State in the Previous Year"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="Laois"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="84"/>
+  </r>
+  <r>
+    <s v="CD142"/>
+    <s v="Usually Resident and Present in the State who moved within the State in the Previous Year"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="06"/>
+    <s v="Longford"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="47"/>
+  </r>
+  <r>
+    <s v="CD142"/>
+    <s v="Usually Resident and Present in the State who moved within the State in the Previous Year"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="07"/>
+    <s v="Louth"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="132"/>
+  </r>
+  <r>
+    <s v="CD142"/>
+    <s v="Usually Resident and Present in the State who moved within the State in the Previous Year"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="08"/>
+    <s v="Meath"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="197"/>
+  </r>
+  <r>
+    <s v="CD142"/>
+    <s v="Usually Resident and Present in the State who moved within the State in the Previous Year"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="09"/>
+    <s v="Offaly"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="90"/>
+  </r>
+  <r>
+    <s v="CD142"/>
+    <s v="Usually Resident and Present in the State who moved within the State in the Previous Year"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="10"/>
+    <s v="Westmeath"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="93"/>
+  </r>
+  <r>
+    <s v="CD142"/>
+    <s v="Usually Resident and Present in the State who moved within the State in the Previous Year"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="11"/>
+    <s v="Wexford"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="160"/>
+  </r>
+  <r>
+    <s v="CD142"/>
+    <s v="Usually Resident and Present in the State who moved within the State in the Previous Year"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="12"/>
+    <s v="Wicklow"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="148"/>
+  </r>
+  <r>
+    <s v="CD142"/>
+    <s v="Usually Resident and Present in the State who moved within the State in the Previous Year"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="13"/>
+    <s v="Clare"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="112"/>
+  </r>
+  <r>
+    <s v="CD142"/>
+    <s v="Usually Resident and Present in the State who moved within the State in the Previous Year"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="14"/>
+    <s v="Cork"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="574"/>
+  </r>
+  <r>
+    <s v="CD142"/>
+    <s v="Usually Resident and Present in the State who moved within the State in the Previous Year"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="15"/>
+    <s v="Kerry"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="142"/>
+  </r>
+  <r>
+    <s v="CD142"/>
+    <s v="Usually Resident and Present in the State who moved within the State in the Previous Year"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="16"/>
+    <s v="Limerick"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="181"/>
+  </r>
+  <r>
+    <s v="CD142"/>
+    <s v="Usually Resident and Present in the State who moved within the State in the Previous Year"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="17"/>
+    <s v="Tipperary"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="133"/>
+  </r>
+  <r>
+    <s v="CD142"/>
+    <s v="Usually Resident and Present in the State who moved within the State in the Previous Year"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="18"/>
+    <s v="Waterford"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="117"/>
+  </r>
+  <r>
+    <s v="CD142"/>
+    <s v="Usually Resident and Present in the State who moved within the State in the Previous Year"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="19"/>
+    <s v="Galway"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="274"/>
+  </r>
+  <r>
+    <s v="CD142"/>
+    <s v="Usually Resident and Present in the State who moved within the State in the Previous Year"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="20"/>
+    <s v="Leitrim"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="35"/>
+  </r>
+  <r>
+    <s v="CD142"/>
+    <s v="Usually Resident and Present in the State who moved within the State in the Previous Year"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="21"/>
+    <s v="Mayo"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="132"/>
+  </r>
+  <r>
+    <s v="CD142"/>
+    <s v="Usually Resident and Present in the State who moved within the State in the Previous Year"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="22"/>
+    <s v="Roscommon"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="49"/>
+  </r>
+  <r>
+    <s v="CD142"/>
+    <s v="Usually Resident and Present in the State who moved within the State in the Previous Year"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="23"/>
+    <s v="Sligo"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="65"/>
+  </r>
+  <r>
+    <s v="CD142"/>
+    <s v="Usually Resident and Present in the State who moved within the State in the Previous Year"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="24"/>
+    <s v="Cavan"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="63"/>
+  </r>
+  <r>
+    <s v="CD142"/>
+    <s v="Usually Resident and Present in the State who moved within the State in the Previous Year"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="25"/>
+    <s v="Donegal"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="111"/>
+  </r>
+  <r>
+    <s v="CD142"/>
+    <s v="Usually Resident and Present in the State who moved within the State in the Previous Year"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="26"/>
+    <s v="Monaghan"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="42"/>
+  </r>
+  <r>
+    <s v="CD142"/>
+    <s v="Usually Resident and Present in the State who moved within the State in the Previous Year"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3922"/>
+  </r>
+  <r>
+    <s v="CD142"/>
+    <s v="Usually Resident and Present in the State who moved within the State in the Previous Year"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Carlow"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="54"/>
+  </r>
+  <r>
+    <s v="CD142"/>
+    <s v="Usually Resident and Present in the State who moved within the State in the Previous Year"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="Dublin"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1265"/>
+  </r>
+  <r>
+    <s v="CD142"/>
+    <s v="Usually Resident and Present in the State who moved within the State in the Previous Year"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="Kildare"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="170"/>
+  </r>
+  <r>
+    <s v="CD142"/>
+    <s v="Usually Resident and Present in the State who moved within the State in the Previous Year"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Kilkenny"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="68"/>
+  </r>
+  <r>
+    <s v="CD142"/>
+    <s v="Usually Resident and Present in the State who moved within the State in the Previous Year"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="Laois"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="62"/>
+  </r>
+  <r>
+    <s v="CD142"/>
+    <s v="Usually Resident and Present in the State who moved within the State in the Previous Year"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="06"/>
+    <s v="Longford"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="29"/>
+  </r>
+  <r>
+    <s v="CD142"/>
+    <s v="Usually Resident and Present in the State who moved within the State in the Previous Year"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="07"/>
+    <s v="Louth"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="102"/>
+  </r>
+  <r>
+    <s v="CD142"/>
+    <s v="Usually Resident and Present in the State who moved within the State in the Previous Year"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="08"/>
+    <s v="Meath"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="150"/>
+  </r>
+  <r>
+    <s v="CD142"/>
+    <s v="Usually Resident and Present in the State who moved within the State in the Previous Year"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="09"/>
+    <s v="Offaly"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="61"/>
+  </r>
+  <r>
+    <s v="CD142"/>
+    <s v="Usually Resident and Present in the State who moved within the State in the Previous Year"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="10"/>
+    <s v="Westmeath"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="81"/>
+  </r>
+  <r>
+    <s v="CD142"/>
+    <s v="Usually Resident and Present in the State who moved within the State in the Previous Year"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="11"/>
+    <s v="Wexford"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="121"/>
+  </r>
+  <r>
+    <s v="CD142"/>
+    <s v="Usually Resident and Present in the State who moved within the State in the Previous Year"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="12"/>
+    <s v="Wicklow"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="144"/>
+  </r>
+  <r>
+    <s v="CD142"/>
+    <s v="Usually Resident and Present in the State who moved within the State in the Previous Year"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="13"/>
+    <s v="Clare"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="95"/>
+  </r>
+  <r>
+    <s v="CD142"/>
+    <s v="Usually Resident and Present in the State who moved within the State in the Previous Year"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="14"/>
+    <s v="Cork"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="409"/>
+  </r>
+  <r>
+    <s v="CD142"/>
+    <s v="Usually Resident and Present in the State who moved within the State in the Previous Year"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="15"/>
+    <s v="Kerry"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="117"/>
+  </r>
+  <r>
+    <s v="CD142"/>
+    <s v="Usually Resident and Present in the State who moved within the State in the Previous Year"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="16"/>
+    <s v="Limerick"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="134"/>
+  </r>
+  <r>
+    <s v="CD142"/>
+    <s v="Usually Resident and Present in the State who moved within the State in the Previous Year"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="17"/>
+    <s v="Tipperary"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="117"/>
+  </r>
+  <r>
+    <s v="CD142"/>
+    <s v="Usually Resident and Present in the State who moved within the State in the Previous Year"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="18"/>
+    <s v="Waterford"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="92"/>
+  </r>
+  <r>
+    <s v="CD142"/>
+    <s v="Usually Resident and Present in the State who moved within the State in the Previous Year"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="19"/>
+    <s v="Galway"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="207"/>
+  </r>
+  <r>
+    <s v="CD142"/>
+    <s v="Usually Resident and Present in the State who moved within the State in the Previous Year"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="20"/>
+    <s v="Leitrim"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="28"/>
+  </r>
+  <r>
+    <s v="CD142"/>
+    <s v="Usually Resident and Present in the State who moved within the State in the Previous Year"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="21"/>
+    <s v="Mayo"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="121"/>
+  </r>
+  <r>
+    <s v="CD142"/>
+    <s v="Usually Resident and Present in the State who moved within the State in the Previous Year"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="22"/>
+    <s v="Roscommon"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="49"/>
+  </r>
+  <r>
+    <s v="CD142"/>
+    <s v="Usually Resident and Present in the State who moved within the State in the Previous Year"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="23"/>
+    <s v="Sligo"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="54"/>
+  </r>
+  <r>
+    <s v="CD142"/>
+    <s v="Usually Resident and Present in the State who moved within the State in the Previous Year"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="24"/>
+    <s v="Cavan"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="68"/>
+  </r>
+  <r>
+    <s v="CD142"/>
+    <s v="Usually Resident and Present in the State who moved within the State in the Previous Year"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="25"/>
+    <s v="Donegal"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="86"/>
+  </r>
+  <r>
+    <s v="CD142"/>
+    <s v="Usually Resident and Present in the State who moved within the State in the Previous Year"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="26"/>
+    <s v="Monaghan"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="38"/>
+  </r>
+  <r>
+    <s v="CD142"/>
+    <s v="Usually Resident and Present in the State who moved within the State in the Previous Year"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="6081"/>
+  </r>
+  <r>
+    <s v="CD142"/>
+    <s v="Usually Resident and Present in the State who moved within the State in the Previous Year"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Carlow"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="82"/>
+  </r>
+  <r>
+    <s v="CD142"/>
+    <s v="Usually Resident and Present in the State who moved within the State in the Previous Year"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="Dublin"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2008"/>
+  </r>
+  <r>
+    <s v="CD142"/>
+    <s v="Usually Resident and Present in the State who moved within the State in the Previous Year"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="Kildare"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="291"/>
+  </r>
+  <r>
+    <s v="CD142"/>
+    <s v="Usually Resident and Present in the State who moved within the State in the Previous Year"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Kilkenny"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="96"/>
+  </r>
+  <r>
+    <s v="CD142"/>
+    <s v="Usually Resident and Present in the State who moved within the State in the Previous Year"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="Laois"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="90"/>
+  </r>
+  <r>
+    <s v="CD142"/>
+    <s v="Usually Resident and Present in the State who moved within the State in the Previous Year"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="06"/>
+    <s v="Longford"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="69"/>
+  </r>
+  <r>
+    <s v="CD142"/>
+    <s v="Usually Resident and Present in the State who moved within the State in the Previous Year"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="07"/>
+    <s v="Louth"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="125"/>
+  </r>
+  <r>
+    <s v="CD142"/>
+    <s v="Usually Resident and Present in the State who moved within the State in the Previous Year"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="08"/>
+    <s v="Meath"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="228"/>
+  </r>
+  <r>
+    <s v="CD142"/>
+    <s v="Usually Resident and Present in the State who moved within the State in the Previous Year"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="09"/>
+    <s v="Offaly"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="94"/>
+  </r>
+  <r>
+    <s v="CD142"/>
+    <s v="Usually Resident and Present in the State who moved within the State in the Previous Year"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="10"/>
+    <s v="Westmeath"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="99"/>
+  </r>
+  <r>
+    <s v="CD142"/>
+    <s v="Usually Resident and Present in the State who moved within the State in the Previous Year"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="11"/>
+    <s v="Wexford"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="192"/>
+  </r>
+  <r>
+    <s v="CD142"/>
+    <s v="Usually Resident and Present in the State who moved within the State in the Previous Year"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="12"/>
+    <s v="Wicklow"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="218"/>
+  </r>
+  <r>
+    <s v="CD142"/>
+    <s v="Usually Resident and Present in the State who moved within the State in the Previous Year"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="13"/>
+    <s v="Clare"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="152"/>
+  </r>
+  <r>
+    <s v="CD142"/>
+    <s v="Usually Resident and Present in the State who moved within the State in the Previous Year"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="14"/>
+    <s v="Cork"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="682"/>
+  </r>
+  <r>
+    <s v="CD142"/>
+    <s v="Usually Resident and Present in the State who moved within the State in the Previous Year"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="15"/>
+    <s v="Kerry"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="154"/>
+  </r>
+  <r>
+    <s v="CD142"/>
+    <s v="Usually Resident and Present in the State who moved within the State in the Previous Year"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="16"/>
+    <s v="Limerick"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="238"/>
+  </r>
+  <r>
+    <s v="CD142"/>
+    <s v="Usually Resident and Present in the State who moved within the State in the Previous Year"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="17"/>
+    <s v="Tipperary"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="193"/>
+  </r>
+  <r>
+    <s v="CD142"/>
+    <s v="Usually Resident and Present in the State who moved within the State in the Previous Year"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="18"/>
+    <s v="Waterford"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="149"/>
+  </r>
+  <r>
+    <s v="CD142"/>
+    <s v="Usually Resident and Present in the State who moved within the State in the Previous Year"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="19"/>
+    <s v="Galway"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="304"/>
+  </r>
+  <r>
+    <s v="CD142"/>
+    <s v="Usually Resident and Present in the State who moved within the State in the Previous Year"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="20"/>
+    <s v="Leitrim"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="31"/>
+  </r>
+  <r>
+    <s v="CD142"/>
+    <s v="Usually Resident and Present in the State who moved within the State in the Previous Year"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="21"/>
+    <s v="Mayo"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="160"/>
+  </r>
+  <r>
+    <s v="CD142"/>
+    <s v="Usually Resident and Present in the State who moved within the State in the Previous Year"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="22"/>
+    <s v="Roscommon"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="73"/>
+  </r>
+  <r>
+    <s v="CD142"/>
+    <s v="Usually Resident and Present in the State who moved within the State in the Previous Year"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="23"/>
+    <s v="Sligo"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="95"/>
+  </r>
+  <r>
+    <s v="CD142"/>
+    <s v="Usually Resident and Present in the State who moved within the State in the Previous Year"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="24"/>
+    <s v="Cavan"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="74"/>
+  </r>
+  <r>
+    <s v="CD142"/>
+    <s v="Usually Resident and Present in the State who moved within the State in the Previous Year"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="25"/>
+    <s v="Donegal"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="135"/>
+  </r>
+  <r>
+    <s v="CD142"/>
+    <s v="Usually Resident and Present in the State who moved within the State in the Previous Year"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="26"/>
+    <s v="Monaghan"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="49"/>
+  </r>
+  <r>
+    <s v="CD142"/>
+    <s v="Usually Resident and Present in the State who moved within the State in the Previous Year"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3369"/>
+  </r>
+  <r>
+    <s v="CD142"/>
+    <s v="Usually Resident and Present in the State who moved within the State in the Previous Year"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Carlow"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="51"/>
+  </r>
+  <r>
+    <s v="CD142"/>
+    <s v="Usually Resident and Present in the State who moved within the State in the Previous Year"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="Dublin"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1138"/>
+  </r>
+  <r>
+    <s v="CD142"/>
+    <s v="Usually Resident and Present in the State who moved within the State in the Previous Year"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="Kildare"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="161"/>
+  </r>
+  <r>
+    <s v="CD142"/>
+    <s v="Usually Resident and Present in the State who moved within the State in the Previous Year"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Kilkenny"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="51"/>
+  </r>
+  <r>
+    <s v="CD142"/>
+    <s v="Usually Resident and Present in the State who moved within the State in the Previous Year"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="Laois"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="50"/>
+  </r>
+  <r>
+    <s v="CD142"/>
+    <s v="Usually Resident and Present in the State who moved within the State in the Previous Year"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="06"/>
+    <s v="Longford"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="30"/>
+  </r>
+  <r>
+    <s v="CD142"/>
+    <s v="Usually Resident and Present in the State who moved within the State in the Previous Year"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="07"/>
+    <s v="Louth"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="74"/>
+  </r>
+  <r>
+    <s v="CD142"/>
+    <s v="Usually Resident and Present in the State who moved within the State in the Previous Year"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="08"/>
+    <s v="Meath"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="125"/>
+  </r>
+  <r>
+    <s v="CD142"/>
+    <s v="Usually Resident and Present in the State who moved within the State in the Previous Year"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="09"/>
+    <s v="Offaly"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="49"/>
+  </r>
+  <r>
+    <s v="CD142"/>
+    <s v="Usually Resident and Present in the State who moved within the State in the Previous Year"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="10"/>
+    <s v="Westmeath"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="60"/>
+  </r>
+  <r>
+    <s v="CD142"/>
+    <s v="Usually Resident and Present in the State who moved within the State in the Previous Year"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="11"/>
+    <s v="Wexford"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="106"/>
+  </r>
+  <r>
+    <s v="CD142"/>
+    <s v="Usually Resident and Present in the State who moved within the State in the Previous Year"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="12"/>
+    <s v="Wicklow"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="127"/>
+  </r>
+  <r>
+    <s v="CD142"/>
+    <s v="Usually Resident and Present in the State who moved within the State in the Previous Year"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="13"/>
+    <s v="Clare"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="73"/>
+  </r>
+  <r>
+    <s v="CD142"/>
+    <s v="Usually Resident and Present in the State who moved within the State in the Previous Year"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="14"/>
+    <s v="Cork"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="393"/>
+  </r>
+  <r>
+    <s v="CD142"/>
+    <s v="Usually Resident and Present in the State who moved within the State in the Previous Year"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="15"/>
+    <s v="Kerry"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="86"/>
+  </r>
+  <r>
+    <s v="CD142"/>
+    <s v="Usually Resident and Present in the State who moved within the State in the Previous Year"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="16"/>
+    <s v="Limerick"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="127"/>
+  </r>
+  <r>
+    <s v="CD142"/>
+    <s v="Usually Resident and Present in the State who moved within the State in the Previous Year"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="17"/>
+    <s v="Tipperary"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="87"/>
+  </r>
+  <r>
+    <s v="CD142"/>
+    <s v="Usually Resident and Present in the State who moved within the State in the Previous Year"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="18"/>
+    <s v="Waterford"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="85"/>
+  </r>
+  <r>
+    <s v="CD142"/>
+    <s v="Usually Resident and Present in the State who moved within the State in the Previous Year"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="19"/>
+    <s v="Galway"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="162"/>
+  </r>
+  <r>
+    <s v="CD142"/>
+    <s v="Usually Resident and Present in the State who moved within the State in the Previous Year"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="20"/>
+    <s v="Leitrim"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="16"/>
+  </r>
+  <r>
+    <s v="CD142"/>
+    <s v="Usually Resident and Present in the State who moved within the State in the Previous Year"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="21"/>
+    <s v="Mayo"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="80"/>
+  </r>
+  <r>
+    <s v="CD142"/>
+    <s v="Usually Resident and Present in the State who moved within the State in the Previous Year"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="22"/>
+    <s v="Roscommon"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="38"/>
+  </r>
+  <r>
+    <s v="CD142"/>
+    <s v="Usually Resident and Present in the State who moved within the State in the Previous Year"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="23"/>
+    <s v="Sligo"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="50"/>
+  </r>
+  <r>
+    <s v="CD142"/>
+    <s v="Usually Resident and Present in the State who moved within the State in the Previous Year"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="24"/>
+    <s v="Cavan"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="44"/>
+  </r>
+  <r>
+    <s v="CD142"/>
+    <s v="Usually Resident and Present in the State who moved within the State in the Previous Year"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="25"/>
+    <s v="Donegal"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="79"/>
+  </r>
+  <r>
+    <s v="CD142"/>
+    <s v="Usually Resident and Present in the State who moved within the State in the Previous Year"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="26"/>
+    <s v="Monaghan"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="27"/>
+  </r>
+  <r>
+    <s v="CD142"/>
+    <s v="Usually Resident and Present in the State who moved within the State in the Previous Year"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2712"/>
+  </r>
+  <r>
+    <s v="CD142"/>
+    <s v="Usually Resident and Present in the State who moved within the State in the Previous Year"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Carlow"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="31"/>
+  </r>
+  <r>
+    <s v="CD142"/>
+    <s v="Usually Resident and Present in the State who moved within the State in the Previous Year"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="Dublin"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="870"/>
+  </r>
+  <r>
+    <s v="CD142"/>
+    <s v="Usually Resident and Present in the State who moved within the State in the Previous Year"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="Kildare"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="130"/>
+  </r>
+  <r>
+    <s v="CD142"/>
+    <s v="Usually Resident and Present in the State who moved within the State in the Previous Year"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Kilkenny"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="45"/>
+  </r>
+  <r>
+    <s v="CD142"/>
+    <s v="Usually Resident and Present in the State who moved within the State in the Previous Year"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="Laois"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="40"/>
+  </r>
+  <r>
+    <s v="CD142"/>
+    <s v="Usually Resident and Present in the State who moved within the State in the Previous Year"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="06"/>
+    <s v="Longford"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="39"/>
+  </r>
+  <r>
+    <s v="CD142"/>
+    <s v="Usually Resident and Present in the State who moved within the State in the Previous Year"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="07"/>
+    <s v="Louth"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="51"/>
+  </r>
+  <r>
+    <s v="CD142"/>
+    <s v="Usually Resident and Present in the State who moved within the State in the Previous Year"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="08"/>
+    <s v="Meath"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="103"/>
+  </r>
+  <r>
+    <s v="CD142"/>
+    <s v="Usually Resident and Present in the State who moved within the State in the Previous Year"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="09"/>
+    <s v="Offaly"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="45"/>
+  </r>
+  <r>
+    <s v="CD142"/>
+    <s v="Usually Resident and Present in the State who moved within the State in the Previous Year"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="10"/>
+    <s v="Westmeath"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="39"/>
+  </r>
+  <r>
+    <s v="CD142"/>
+    <s v="Usually Resident and Present in the State who moved within the State in the Previous Year"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="11"/>
+    <s v="Wexford"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="86"/>
+  </r>
+  <r>
+    <s v="CD142"/>
+    <s v="Usually Resident and Present in the State who moved within the State in the Previous Year"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="12"/>
+    <s v="Wicklow"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="91"/>
+  </r>
+  <r>
+    <s v="CD142"/>
+    <s v="Usually Resident and Present in the State who moved within the State in the Previous Year"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="13"/>
+    <s v="Clare"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="79"/>
+  </r>
+  <r>
+    <s v="CD142"/>
+    <s v="Usually Resident and Present in the State who moved within the State in the Previous Year"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="14"/>
+    <s v="Cork"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="289"/>
+  </r>
+  <r>
+    <s v="CD142"/>
+    <s v="Usually Resident and Present in the State who moved within the State in the Previous Year"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="15"/>
+    <s v="Kerry"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="68"/>
+  </r>
+  <r>
+    <s v="CD142"/>
+    <s v="Usually Resident and Present in the State who moved within the State in the Previous Year"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="16"/>
+    <s v="Limerick"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="111"/>
+  </r>
+  <r>
+    <s v="CD142"/>
+    <s v="Usually Resident and Present in the State who moved within the State in the Previous Year"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="17"/>
+    <s v="Tipperary"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="106"/>
+  </r>
+  <r>
+    <s v="CD142"/>
+    <s v="Usually Resident and Present in the State who moved within the State in the Previous Year"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="18"/>
+    <s v="Waterford"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="64"/>
+  </r>
+  <r>
+    <s v="CD142"/>
+    <s v="Usually Resident and Present in the State who moved within the State in the Previous Year"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="19"/>
+    <s v="Galway"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="142"/>
+  </r>
+  <r>
+    <s v="CD142"/>
+    <s v="Usually Resident and Present in the State who moved within the State in the Previous Year"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="20"/>
+    <s v="Leitrim"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="15"/>
+  </r>
+  <r>
+    <s v="CD142"/>
+    <s v="Usually Resident and Present in the State who moved within the State in the Previous Year"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="21"/>
+    <s v="Mayo"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="80"/>
+  </r>
+  <r>
+    <s v="CD142"/>
+    <s v="Usually Resident and Present in the State who moved within the State in the Previous Year"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="22"/>
+    <s v="Roscommon"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="35"/>
+  </r>
+  <r>
+    <s v="CD142"/>
+    <s v="Usually Resident and Present in the State who moved within the State in the Previous Year"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="23"/>
+    <s v="Sligo"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="45"/>
+  </r>
+  <r>
+    <s v="CD142"/>
+    <s v="Usually Resident and Present in the State who moved within the State in the Previous Year"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="24"/>
+    <s v="Cavan"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="30"/>
+  </r>
+  <r>
+    <s v="CD142"/>
+    <s v="Usually Resident and Present in the State who moved within the State in the Previous Year"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="25"/>
+    <s v="Donegal"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="56"/>
+  </r>
+  <r>
+    <s v="CD142"/>
+    <s v="Usually Resident and Present in the State who moved within the State in the Previous Year"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="26"/>
+    <s v="Monaghan"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="22"/>
+  </r>
+  <r>
+    <s v="CD142"/>
+    <s v="Usually Resident and Present in the State who moved within the State in the Previous Year"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4052"/>
+  </r>
+  <r>
+    <s v="CD142"/>
+    <s v="Usually Resident and Present in the State who moved within the State in the Previous Year"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Carlow"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="41"/>
+  </r>
+  <r>
+    <s v="CD142"/>
+    <s v="Usually Resident and Present in the State who moved within the State in the Previous Year"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="Dublin"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1234"/>
+  </r>
+  <r>
+    <s v="CD142"/>
+    <s v="Usually Resident and Present in the State who moved within the State in the Previous Year"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="Kildare"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="191"/>
+  </r>
+  <r>
+    <s v="CD142"/>
+    <s v="Usually Resident and Present in the State who moved within the State in the Previous Year"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Kilkenny"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="68"/>
+  </r>
+  <r>
+    <s v="CD142"/>
+    <s v="Usually Resident and Present in the State who moved within the State in the Previous Year"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="Laois"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="57"/>
+  </r>
+  <r>
+    <s v="CD142"/>
+    <s v="Usually Resident and Present in the State who moved within the State in the Previous Year"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="06"/>
+    <s v="Longford"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="38"/>
+  </r>
+  <r>
+    <s v="CD142"/>
+    <s v="Usually Resident and Present in the State who moved within the State in the Previous Year"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="07"/>
+    <s v="Louth"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="111"/>
+  </r>
+  <r>
+    <s v="CD142"/>
+    <s v="Usually Resident and Present in the State who moved within the State in the Previous Year"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="08"/>
+    <s v="Meath"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="161"/>
+  </r>
+  <r>
+    <s v="CD142"/>
+    <s v="Usually Resident and Present in the State who moved within the State in the Previous Year"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="09"/>
+    <s v="Offaly"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="69"/>
+  </r>
+  <r>
+    <s v="CD142"/>
+    <s v="Usually Resident and Present in the State who moved within the State in the Previous Year"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="10"/>
+    <s v="Westmeath"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="65"/>
+  </r>
+  <r>
+    <s v="CD142"/>
+    <s v="Usually Resident and Present in the State who moved within the State in the Previous Year"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="11"/>
+    <s v="Wexford"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="133"/>
+  </r>
+  <r>
+    <s v="CD142"/>
+    <s v="Usually Resident and Present in the State who moved within the State in the Previous Year"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="12"/>
+    <s v="Wicklow"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="175"/>
+  </r>
+  <r>
+    <s v="CD142"/>
+    <s v="Usually Resident and Present in the State who moved within the State in the Previous Year"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="13"/>
+    <s v="Clare"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="90"/>
+  </r>
+  <r>
+    <s v="CD142"/>
+    <s v="Usually Resident and Present in the State who moved within the State in the Previous Year"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="14"/>
+    <s v="Cork"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="466"/>
+  </r>
+  <r>
+    <s v="CD142"/>
+    <s v="Usually Resident and Present in the State who moved within the State in the Previous Year"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="15"/>
+    <s v="Kerry"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="104"/>
+  </r>
+  <r>
+    <s v="CD142"/>
+    <s v="Usually Resident and Present in the State who moved within the State in the Previous Year"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="16"/>
+    <s v="Limerick"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="156"/>
+  </r>
+  <r>
+    <s v="CD142"/>
+    <s v="Usually Resident and Present in the State who moved within the State in the Previous Year"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="17"/>
+    <s v="Tipperary"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="119"/>
+  </r>
+  <r>
+    <s v="CD142"/>
+    <s v="Usually Resident and Present in the State who moved within the State in the Previous Year"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="18"/>
+    <s v="Waterford"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="81"/>
+  </r>
+  <r>
+    <s v="CD142"/>
+    <s v="Usually Resident and Present in the State who moved within the State in the Previous Year"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="19"/>
+    <s v="Galway"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="219"/>
+  </r>
+  <r>
+    <s v="CD142"/>
+    <s v="Usually Resident and Present in the State who moved within the State in the Previous Year"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="20"/>
+    <s v="Leitrim"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="29"/>
+  </r>
+  <r>
+    <s v="CD142"/>
+    <s v="Usually Resident and Present in the State who moved within the State in the Previous Year"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="21"/>
+    <s v="Mayo"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="127"/>
+  </r>
+  <r>
+    <s v="CD142"/>
+    <s v="Usually Resident and Present in the State who moved within the State in the Previous Year"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="22"/>
+    <s v="Roscommon"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="53"/>
+  </r>
+  <r>
+    <s v="CD142"/>
+    <s v="Usually Resident and Present in the State who moved within the State in the Previous Year"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="23"/>
+    <s v="Sligo"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="42"/>
+  </r>
+  <r>
+    <s v="CD142"/>
+    <s v="Usually Resident and Present in the State who moved within the State in the Previous Year"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="24"/>
+    <s v="Cavan"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="69"/>
+  </r>
+  <r>
+    <s v="CD142"/>
+    <s v="Usually Resident and Present in the State who moved within the State in the Previous Year"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="25"/>
+    <s v="Donegal"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="113"/>
+  </r>
+  <r>
+    <s v="CD142"/>
+    <s v="Usually Resident and Present in the State who moved within the State in the Previous Year"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="26"/>
+    <s v="Monaghan"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="41"/>
+  </r>
+  <r>
+    <s v="CD142"/>
+    <s v="Usually Resident and Present in the State who moved within the State in the Previous Year"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2276"/>
+  </r>
+  <r>
+    <s v="CD142"/>
+    <s v="Usually Resident and Present in the State who moved within the State in the Previous Year"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Carlow"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="22"/>
+  </r>
+  <r>
+    <s v="CD142"/>
+    <s v="Usually Resident and Present in the State who moved within the State in the Previous Year"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="Dublin"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="705"/>
+  </r>
+  <r>
+    <s v="CD142"/>
+    <s v="Usually Resident and Present in the State who moved within the State in the Previous Year"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="Kildare"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="110"/>
+  </r>
+  <r>
+    <s v="CD142"/>
+    <s v="Usually Resident and Present in the State who moved within the State in the Previous Year"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Kilkenny"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="39"/>
+  </r>
+  <r>
+    <s v="CD142"/>
+    <s v="Usually Resident and Present in the State who moved within the State in the Previous Year"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="Laois"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="33"/>
+  </r>
+  <r>
+    <s v="CD142"/>
+    <s v="Usually Resident and Present in the State who moved within the State in the Previous Year"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="06"/>
+    <s v="Longford"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="18"/>
+  </r>
+  <r>
+    <s v="CD142"/>
+    <s v="Usually Resident and Present in the State who moved within the State in the Previous Year"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="07"/>
+    <s v="Louth"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="62"/>
+  </r>
+  <r>
+    <s v="CD142"/>
+    <s v="Usually Resident and Present in the State who moved within the State in the Previous Year"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="08"/>
+    <s v="Meath"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="88"/>
+  </r>
+  <r>
+    <s v="CD142"/>
+    <s v="Usually Resident and Present in the State who moved within the State in the Previous Year"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="09"/>
+    <s v="Offaly"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="41"/>
+  </r>
+  <r>
+    <s v="CD142"/>
+    <s v="Usually Resident and Present in the State who moved within the State in the Previous Year"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="10"/>
+    <s v="Westmeath"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="48"/>
+  </r>
+  <r>
+    <s v="CD142"/>
+    <s v="Usually Resident and Present in the State who moved within the State in the Previous Year"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="11"/>
+    <s v="Wexford"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="74"/>
+  </r>
+  <r>
+    <s v="CD142"/>
+    <s v="Usually Resident and Present in the State who moved within the State in the Previous Year"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="12"/>
+    <s v="Wicklow"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="91"/>
+  </r>
+  <r>
+    <s v="CD142"/>
+    <s v="Usually Resident and Present in the State who moved within the State in the Previous Year"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="13"/>
+    <s v="Clare"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="49"/>
+  </r>
+  <r>
+    <s v="CD142"/>
+    <s v="Usually Resident and Present in the State who moved within the State in the Previous Year"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="14"/>
+    <s v="Cork"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="258"/>
+  </r>
+  <r>
+    <s v="CD142"/>
+    <s v="Usually Resident and Present in the State who moved within the State in the Previous Year"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="15"/>
+    <s v="Kerry"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="51"/>
+  </r>
+  <r>
+    <s v="CD142"/>
+    <s v="Usually Resident and Present in the State who moved within the State in the Previous Year"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="16"/>
+    <s v="Limerick"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="85"/>
+  </r>
+  <r>
+    <s v="CD142"/>
+    <s v="Usually Resident and Present in the State who moved within the State in the Previous Year"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="17"/>
+    <s v="Tipperary"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="69"/>
+  </r>
+  <r>
+    <s v="CD142"/>
+    <s v="Usually Resident and Present in the State who moved within the State in the Previous Year"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="18"/>
+    <s v="Waterford"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="47"/>
+  </r>
+  <r>
+    <s v="CD142"/>
+    <s v="Usually Resident and Present in the State who moved within the State in the Previous Year"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="19"/>
+    <s v="Galway"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="115"/>
+  </r>
+  <r>
+    <s v="CD142"/>
+    <s v="Usually Resident and Present in the State who moved within the State in the Previous Year"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="20"/>
+    <s v="Leitrim"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="15"/>
+  </r>
+  <r>
+    <s v="CD142"/>
+    <s v="Usually Resident and Present in the State who moved within the State in the Previous Year"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="21"/>
+    <s v="Mayo"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="66"/>
+  </r>
+  <r>
+    <s v="CD142"/>
+    <s v="Usually Resident and Present in the State who moved within the State in the Previous Year"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="22"/>
+    <s v="Roscommon"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="34"/>
+  </r>
+  <r>
+    <s v="CD142"/>
+    <s v="Usually Resident and Present in the State who moved within the State in the Previous Year"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="23"/>
+    <s v="Sligo"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="26"/>
+  </r>
+  <r>
+    <s v="CD142"/>
+    <s v="Usually Resident and Present in the State who moved within the State in the Previous Year"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="24"/>
+    <s v="Cavan"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="43"/>
+  </r>
+  <r>
+    <s v="CD142"/>
+    <s v="Usually Resident and Present in the State who moved within the State in the Previous Year"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="25"/>
+    <s v="Donegal"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="69"/>
+  </r>
+  <r>
+    <s v="CD142"/>
+    <s v="Usually Resident and Present in the State who moved within the State in the Previous Year"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="26"/>
+    <s v="Monaghan"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="18"/>
+  </r>
+  <r>
+    <s v="CD142"/>
+    <s v="Usually Resident and Present in the State who moved within the State in the Previous Year"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1776"/>
+  </r>
+  <r>
+    <s v="CD142"/>
+    <s v="Usually Resident and Present in the State who moved within the State in the Previous Year"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Carlow"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="19"/>
+  </r>
+  <r>
+    <s v="CD142"/>
+    <s v="Usually Resident and Present in the State who moved within the State in the Previous Year"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="Dublin"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="529"/>
+  </r>
+  <r>
+    <s v="CD142"/>
+    <s v="Usually Resident and Present in the State who moved within the State in the Previous Year"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="Kildare"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="81"/>
+  </r>
+  <r>
+    <s v="CD142"/>
+    <s v="Usually Resident and Present in the State who moved within the State in the Previous Year"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Kilkenny"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="29"/>
+  </r>
+  <r>
+    <s v="CD142"/>
+    <s v="Usually Resident and Present in the State who moved within the State in the Previous Year"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="Laois"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="24"/>
+  </r>
+  <r>
+    <s v="CD142"/>
+    <s v="Usually Resident and Present in the State who moved within the State in the Previous Year"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="06"/>
+    <s v="Longford"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="20"/>
+  </r>
+  <r>
+    <s v="CD142"/>
+    <s v="Usually Resident and Present in the State who moved within the State in the Previous Year"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="07"/>
+    <s v="Louth"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="49"/>
+  </r>
+  <r>
+    <s v="CD142"/>
+    <s v="Usually Resident and Present in the State who moved within the State in the Previous Year"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="08"/>
+    <s v="Meath"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="73"/>
+  </r>
+  <r>
+    <s v="CD142"/>
+    <s v="Usually Resident and Present in the State who moved within the State in the Previous Year"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="09"/>
+    <s v="Offaly"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="28"/>
+  </r>
+  <r>
+    <s v="CD142"/>
+    <s v="Usually Resident and Present in the State who moved within the State in the Previous Year"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="10"/>
+    <s v="Westmeath"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="17"/>
+  </r>
+  <r>
+    <s v="CD142"/>
+    <s v="Usually Resident and Present in the State who moved within the State in the Previous Year"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="11"/>
+    <s v="Wexford"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="59"/>
+  </r>
+  <r>
+    <s v="CD142"/>
+    <s v="Usually Resident and Present in the State who moved within the State in the Previous Year"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="12"/>
+    <s v="Wicklow"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="84"/>
+  </r>
+  <r>
+    <s v="CD142"/>
+    <s v="Usually Resident and Present in the State who moved within the State in the Previous Year"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="13"/>
+    <s v="Clare"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="41"/>
+  </r>
+  <r>
+    <s v="CD142"/>
+    <s v="Usually Resident and Present in the State who moved within the State in the Previous Year"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="14"/>
+    <s v="Cork"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="208"/>
+  </r>
+  <r>
+    <s v="CD142"/>
+    <s v="Usually Resident and Present in the State who moved within the State in the Previous Year"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="15"/>
+    <s v="Kerry"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="53"/>
+  </r>
+  <r>
+    <s v="CD142"/>
+    <s v="Usually Resident and Present in the State who moved within the State in the Previous Year"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="16"/>
+    <s v="Limerick"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="71"/>
+  </r>
+  <r>
+    <s v="CD142"/>
+    <s v="Usually Resident and Present in the State who moved within the State in the Previous Year"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="17"/>
+    <s v="Tipperary"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="50"/>
+  </r>
+  <r>
+    <s v="CD142"/>
+    <s v="Usually Resident and Present in the State who moved within the State in the Previous Year"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="18"/>
+    <s v="Waterford"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="34"/>
+  </r>
+  <r>
+    <s v="CD142"/>
+    <s v="Usually Resident and Present in the State who moved within the State in the Previous Year"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="19"/>
+    <s v="Galway"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="104"/>
+  </r>
+  <r>
+    <s v="CD142"/>
+    <s v="Usually Resident and Present in the State who moved within the State in the Previous Year"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="20"/>
+    <s v="Leitrim"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="14"/>
+  </r>
+  <r>
+    <s v="CD142"/>
+    <s v="Usually Resident and Present in the State who moved within the State in the Previous Year"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="21"/>
+    <s v="Mayo"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="61"/>
+  </r>
+  <r>
+    <s v="CD142"/>
+    <s v="Usually Resident and Present in the State who moved within the State in the Previous Year"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="22"/>
+    <s v="Roscommon"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="19"/>
+  </r>
+  <r>
+    <s v="CD142"/>
+    <s v="Usually Resident and Present in the State who moved within the State in the Previous Year"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="23"/>
+    <s v="Sligo"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="16"/>
+  </r>
+  <r>
+    <s v="CD142"/>
+    <s v="Usually Resident and Present in the State who moved within the State in the Previous Year"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="24"/>
+    <s v="Cavan"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="26"/>
+  </r>
+  <r>
+    <s v="CD142"/>
+    <s v="Usually Resident and Present in the State who moved within the State in the Previous Year"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="25"/>
+    <s v="Donegal"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="44"/>
+  </r>
+  <r>
+    <s v="CD142"/>
+    <s v="Usually Resident and Present in the State who moved within the State in the Previous Year"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="26"/>
+    <s v="Monaghan"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="23"/>
+  </r>
+  <r>
+    <s v="CD142"/>
+    <s v="Usually Resident and Present in the State who moved within the State in the Previous Year"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2670"/>
+  </r>
+  <r>
+    <s v="CD142"/>
+    <s v="Usually Resident and Present in the State who moved within the State in the Previous Year"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Carlow"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="32"/>
+  </r>
+  <r>
+    <s v="CD142"/>
+    <s v="Usually Resident and Present in the State who moved within the State in the Previous Year"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="Dublin"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="853"/>
+  </r>
+  <r>
+    <s v="CD142"/>
+    <s v="Usually Resident and Present in the State who moved within the State in the Previous Year"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="Kildare"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="104"/>
+  </r>
+  <r>
+    <s v="CD142"/>
+    <s v="Usually Resident and Present in the State who moved within the State in the Previous Year"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Kilkenny"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="51"/>
+  </r>
+  <r>
+    <s v="CD142"/>
+    <s v="Usually Resident and Present in the State who moved within the State in the Previous Year"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="Laois"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="37"/>
+  </r>
+  <r>
+    <s v="CD142"/>
+    <s v="Usually Resident and Present in the State who moved within the State in the Previous Year"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="06"/>
+    <s v="Longford"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="35"/>
+  </r>
+  <r>
+    <s v="CD142"/>
+    <s v="Usually Resident and Present in the State who moved within the State in the Previous Year"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="07"/>
+    <s v="Louth"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="73"/>
+  </r>
+  <r>
+    <s v="CD142"/>
+    <s v="Usually Resident and Present in the State who moved within the State in the Previous Year"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="08"/>
+    <s v="Meath"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="83"/>
+  </r>
+  <r>
+    <s v="CD142"/>
+    <s v="Usually Resident and Present in the State who moved within the State in the Previous Year"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="09"/>
+    <s v="Offaly"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="30"/>
+  </r>
+  <r>
+    <s v="CD142"/>
+    <s v="Usually Resident and Present in the State who moved within the State in the Previous Year"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="10"/>
+    <s v="Westmeath"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="48"/>
+  </r>
+  <r>
+    <s v="CD142"/>
+    <s v="Usually Resident and Present in the State who moved within the State in the Previous Year"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="11"/>
+    <s v="Wexford"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="97"/>
+  </r>
+  <r>
+    <s v="CD142"/>
+    <s v="Usually Resident and Present in the State who moved within the State in the Previous Year"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="12"/>
+    <s v="Wicklow"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="106"/>
+  </r>
+  <r>
+    <s v="CD142"/>
+    <s v="Usually Resident and Present in the State who moved within the State in the Previous Year"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="13"/>
+    <s v="Clare"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="71"/>
+  </r>
+  <r>
+    <s v="CD142"/>
+    <s v="Usually Resident and Present in the State who moved within the State in the Previous Year"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="14"/>
+    <s v="Cork"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="288"/>
+  </r>
+  <r>
+    <s v="CD142"/>
+    <s v="Usually Resident and Present in the State who moved within the State in the Previous Year"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="15"/>
+    <s v="Kerry"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="79"/>
+  </r>
+  <r>
+    <s v="CD142"/>
+    <s v="Usually Resident and Present in the State who moved within the State in the Previous Year"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="16"/>
+    <s v="Limerick"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="118"/>
+  </r>
+  <r>
+    <s v="CD142"/>
+    <s v="Usually Resident and Present in the State who moved within the State in the Previous Year"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="17"/>
+    <s v="Tipperary"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="93"/>
+  </r>
+  <r>
+    <s v="CD142"/>
+    <s v="Usually Resident and Present in the State who moved within the State in the Previous Year"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="18"/>
+    <s v="Waterford"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="53"/>
+  </r>
+  <r>
+    <s v="CD142"/>
+    <s v="Usually Resident and Present in the State who moved within the State in the Previous Year"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="19"/>
+    <s v="Galway"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="122"/>
+  </r>
+  <r>
+    <s v="CD142"/>
+    <s v="Usually Resident and Present in the State who moved within the State in the Previous Year"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="20"/>
+    <s v="Leitrim"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="18"/>
+  </r>
+  <r>
+    <s v="CD142"/>
+    <s v="Usually Resident and Present in the State who moved within the State in the Previous Year"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="21"/>
+    <s v="Mayo"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="79"/>
+  </r>
+  <r>
+    <s v="CD142"/>
+    <s v="Usually Resident and Present in the State who moved within the State in the Previous Year"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="22"/>
+    <s v="Roscommon"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="32"/>
+  </r>
+  <r>
+    <s v="CD142"/>
+    <s v="Usually Resident and Present in the State who moved within the State in the Previous Year"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="23"/>
+    <s v="Sligo"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="36"/>
+  </r>
+  <r>
+    <s v="CD142"/>
+    <s v="Usually Resident and Present in the State who moved within the State in the Previous Year"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="24"/>
+    <s v="Cavan"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="39"/>
+  </r>
+  <r>
+    <s v="CD142"/>
+    <s v="Usually Resident and Present in the State who moved within the State in the Previous Year"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="25"/>
+    <s v="Donegal"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="69"/>
+  </r>
+  <r>
+    <s v="CD142"/>
+    <s v="Usually Resident and Present in the State who moved within the State in the Previous Year"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="26"/>
+    <s v="Monaghan"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="24"/>
+  </r>
+  <r>
+    <s v="CD142"/>
+    <s v="Usually Resident and Present in the State who moved within the State in the Previous Year"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1471"/>
+  </r>
+  <r>
+    <s v="CD142"/>
+    <s v="Usually Resident and Present in the State who moved within the State in the Previous Year"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Carlow"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="15"/>
+  </r>
+  <r>
+    <s v="CD142"/>
+    <s v="Usually Resident and Present in the State who moved within the State in the Previous Year"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="Dublin"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="457"/>
+  </r>
+  <r>
+    <s v="CD142"/>
+    <s v="Usually Resident and Present in the State who moved within the State in the Previous Year"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="Kildare"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="57"/>
+  </r>
+  <r>
+    <s v="CD142"/>
+    <s v="Usually Resident and Present in the State who moved within the State in the Previous Year"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Kilkenny"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="31"/>
+  </r>
+  <r>
+    <s v="CD142"/>
+    <s v="Usually Resident and Present in the State who moved within the State in the Previous Year"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="Laois"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="21"/>
+  </r>
+  <r>
+    <s v="CD142"/>
+    <s v="Usually Resident and Present in the State who moved within the State in the Previous Year"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="06"/>
+    <s v="Longford"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="22"/>
+  </r>
+  <r>
+    <s v="CD142"/>
+    <s v="Usually Resident and Present in the State who moved within the State in the Previous Year"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="07"/>
+    <s v="Louth"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="37"/>
+  </r>
+  <r>
+    <s v="CD142"/>
+    <s v="Usually Resident and Present in the State who moved within the State in the Previous Year"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="08"/>
+    <s v="Meath"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="48"/>
+  </r>
+  <r>
+    <s v="CD142"/>
+    <s v="Usually Resident and Present in the State who moved within the State in the Previous Year"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="09"/>
+    <s v="Offaly"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="14"/>
+  </r>
+  <r>
+    <s v="CD142"/>
+    <s v="Usually Resident and Present in the State who moved within the State in the Previous Year"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="10"/>
+    <s v="Westmeath"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="25"/>
+  </r>
+  <r>
+    <s v="CD142"/>
+    <s v="Usually Resident and Present in the State who moved within the State in the Previous Year"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="11"/>
+    <s v="Wexford"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="54"/>
+  </r>
+  <r>
+    <s v="CD142"/>
+    <s v="Usually Resident and Present in the State who moved within the State in the Previous Year"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="12"/>
+    <s v="Wicklow"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="55"/>
+  </r>
+  <r>
+    <s v="CD142"/>
+    <s v="Usually Resident and Present in the State who moved within the State in the Previous Year"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="13"/>
+    <s v="Clare"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="45"/>
+  </r>
+  <r>
+    <s v="CD142"/>
+    <s v="Usually Resident and Present in the State who moved within the State in the Previous Year"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="14"/>
+    <s v="Cork"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="169"/>
+  </r>
+  <r>
+    <s v="CD142"/>
+    <s v="Usually Resident and Present in the State who moved within the State in the Previous Year"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="15"/>
+    <s v="Kerry"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="46"/>
+  </r>
+  <r>
+    <s v="CD142"/>
+    <s v="Usually Resident and Present in the State who moved within the State in the Previous Year"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="16"/>
+    <s v="Limerick"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="67"/>
+  </r>
+  <r>
+    <s v="CD142"/>
+    <s v="Usually Resident and Present in the State who moved within the State in the Previous Year"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="17"/>
+    <s v="Tipperary"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="54"/>
+  </r>
+  <r>
+    <s v="CD142"/>
+    <s v="Usually Resident and Present in the State who moved within the State in the Previous Year"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="18"/>
+    <s v="Waterford"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="27"/>
+  </r>
+  <r>
+    <s v="CD142"/>
+    <s v="Usually Resident and Present in the State who moved within the State in the Previous Year"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="19"/>
+    <s v="Galway"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="68"/>
+  </r>
+  <r>
+    <s v="CD142"/>
+    <s v="Usually Resident and Present in the State who moved within the State in the Previous Year"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="20"/>
+    <s v="Leitrim"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="10"/>
+  </r>
+  <r>
+    <s v="CD142"/>
+    <s v="Usually Resident and Present in the State who moved within the State in the Previous Year"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="21"/>
+    <s v="Mayo"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="44"/>
+  </r>
+  <r>
+    <s v="CD142"/>
+    <s v="Usually Resident and Present in the State who moved within the State in the Previous Year"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="22"/>
+    <s v="Roscommon"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="18"/>
+  </r>
+  <r>
+    <s v="CD142"/>
+    <s v="Usually Resident and Present in the State who moved within the State in the Previous Year"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="23"/>
+    <s v="Sligo"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="20"/>
+  </r>
+  <r>
+    <s v="CD142"/>
+    <s v="Usually Resident and Present in the State who moved within the State in the Previous Year"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="24"/>
+    <s v="Cavan"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="24"/>
+  </r>
+  <r>
+    <s v="CD142"/>
+    <s v="Usually Resident and Present in the State who moved within the State in the Previous Year"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="25"/>
+    <s v="Donegal"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="33"/>
+  </r>
+  <r>
+    <s v="CD142"/>
+    <s v="Usually Resident and Present in the State who moved within the State in the Previous Year"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="26"/>
+    <s v="Monaghan"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="10"/>
+  </r>
+  <r>
+    <s v="CD142"/>
+    <s v="Usually Resident and Present in the State who moved within the State in the Previous Year"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1199"/>
+  </r>
+  <r>
+    <s v="CD142"/>
+    <s v="Usually Resident and Present in the State who moved within the State in the Previous Year"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Carlow"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="17"/>
+  </r>
+  <r>
+    <s v="CD142"/>
+    <s v="Usually Resident and Present in the State who moved within the State in the Previous Year"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="Dublin"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="396"/>
+  </r>
+  <r>
+    <s v="CD142"/>
+    <s v="Usually Resident and Present in the State who moved within the State in the Previous Year"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="Kildare"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="47"/>
+  </r>
+  <r>
+    <s v="CD142"/>
+    <s v="Usually Resident and Present in the State who moved within the State in the Previous Year"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Kilkenny"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="20"/>
+  </r>
+  <r>
+    <s v="CD142"/>
+    <s v="Usually Resident and Present in the State who moved within the State in the Previous Year"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="Laois"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="16"/>
+  </r>
+  <r>
+    <s v="CD142"/>
+    <s v="Usually Resident and Present in the State who moved within the State in the Previous Year"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="06"/>
+    <s v="Longford"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="13"/>
+  </r>
+  <r>
+    <s v="CD142"/>
+    <s v="Usually Resident and Present in the State who moved within the State in the Previous Year"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="07"/>
+    <s v="Louth"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="36"/>
+  </r>
+  <r>
+    <s v="CD142"/>
+    <s v="Usually Resident and Present in the State who moved within the State in the Previous Year"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="08"/>
+    <s v="Meath"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="35"/>
+  </r>
+  <r>
+    <s v="CD142"/>
+    <s v="Usually Resident and Present in the State who moved within the State in the Previous Year"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="09"/>
+    <s v="Offaly"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="16"/>
+  </r>
+  <r>
+    <s v="CD142"/>
+    <s v="Usually Resident and Present in the State who moved within the State in the Previous Year"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="10"/>
+    <s v="Westmeath"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="23"/>
+  </r>
+  <r>
+    <s v="CD142"/>
+    <s v="Usually Resident and Present in the State who moved within the State in the Previous Year"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="11"/>
+    <s v="Wexford"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="43"/>
+  </r>
+  <r>
+    <s v="CD142"/>
+    <s v="Usually Resident and Present in the State who moved within the State in the Previous Year"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="12"/>
+    <s v="Wicklow"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="51"/>
+  </r>
+  <r>
+    <s v="CD142"/>
+    <s v="Usually Resident and Present in the State who moved within the State in the Previous Year"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="13"/>
+    <s v="Clare"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="26"/>
+  </r>
+  <r>
+    <s v="CD142"/>
+    <s v="Usually Resident and Present in the State who moved within the State in the Previous Year"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="14"/>
+    <s v="Cork"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="119"/>
+  </r>
+  <r>
+    <s v="CD142"/>
+    <s v="Usually Resident and Present in the State who moved within the State in the Previous Year"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="15"/>
+    <s v="Kerry"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="33"/>
+  </r>
+  <r>
+    <s v="CD142"/>
+    <s v="Usually Resident and Present in the State who moved within the State in the Previous Year"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="16"/>
+    <s v="Limerick"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="51"/>
+  </r>
+  <r>
+    <s v="CD142"/>
+    <s v="Usually Resident and Present in the State who moved within the State in the Previous Year"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="17"/>
+    <s v="Tipperary"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="39"/>
+  </r>
+  <r>
+    <s v="CD142"/>
+    <s v="Usually Resident and Present in the State who moved within the State in the Previous Year"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="18"/>
+    <s v="Waterford"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="26"/>
+  </r>
+  <r>
+    <s v="CD142"/>
+    <s v="Usually Resident and Present in the State who moved within the State in the Previous Year"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="19"/>
+    <s v="Galway"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="54"/>
+  </r>
+  <r>
+    <s v="CD142"/>
+    <s v="Usually Resident and Present in the State who moved within the State in the Previous Year"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="20"/>
+    <s v="Leitrim"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="8"/>
+  </r>
+  <r>
+    <s v="CD142"/>
+    <s v="Usually Resident and Present in the State who moved within the State in the Previous Year"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="21"/>
+    <s v="Mayo"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="35"/>
+  </r>
+  <r>
+    <s v="CD142"/>
+    <s v="Usually Resident and Present in the State who moved within the State in the Previous Year"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="22"/>
+    <s v="Roscommon"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="14"/>
+  </r>
+  <r>
+    <s v="CD142"/>
+    <s v="Usually Resident and Present in the State who moved within the State in the Previous Year"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="23"/>
+    <s v="Sligo"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="16"/>
+  </r>
+  <r>
+    <s v="CD142"/>
+    <s v="Usually Resident and Present in the State who moved within the State in the Previous Year"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="24"/>
+    <s v="Cavan"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="15"/>
+  </r>
+  <r>
+    <s v="CD142"/>
+    <s v="Usually Resident and Present in the State who moved within the State in the Previous Year"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="25"/>
+    <s v="Donegal"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="36"/>
+  </r>
+  <r>
+    <s v="CD142"/>
+    <s v="Usually Resident and Present in the State who moved within the State in the Previous Year"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="26"/>
+    <s v="Monaghan"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="14"/>
+  </r>
+  <r>
+    <s v="CD142"/>
+    <s v="Usually Resident and Present in the State who moved within the State in the Previous Year"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="9512"/>
+  </r>
+  <r>
+    <s v="CD142"/>
+    <s v="Usually Resident and Present in the State who moved within the State in the Previous Year"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Carlow"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="117"/>
+  </r>
+  <r>
+    <s v="CD142"/>
+    <s v="Usually Resident and Present in the State who moved within the State in the Previous Year"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="Dublin"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2562"/>
+  </r>
+  <r>
+    <s v="CD142"/>
+    <s v="Usually Resident and Present in the State who moved within the State in the Previous Year"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="Kildare"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="272"/>
+  </r>
+  <r>
+    <s v="CD142"/>
+    <s v="Usually Resident and Present in the State who moved within the State in the Previous Year"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Kilkenny"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="226"/>
+  </r>
+  <r>
+    <s v="CD142"/>
+    <s v="Usually Resident and Present in the State who moved within the State in the Previous Year"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="Laois"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="130"/>
+  </r>
+  <r>
+    <s v="CD142"/>
+    <s v="Usually Resident and Present in the State who moved within the State in the Previous Year"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="06"/>
+    <s v="Longford"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="79"/>
+  </r>
+  <r>
+    <s v="CD142"/>
+    <s v="Usually Resident and Present in the State who moved within the State in the Previous Year"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="07"/>
+    <s v="Louth"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="226"/>
+  </r>
+  <r>
+    <s v="CD142"/>
+    <s v="Usually Resident and Present in the State who moved within the State in the Previous Year"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="08"/>
+    <s v="Meath"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="306"/>
+  </r>
+  <r>
+    <s v="CD142"/>
+    <s v="Usually Resident and Present in the State who moved within the State in the Previous Year"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="09"/>
+    <s v="Offaly"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="162"/>
+  </r>
+  <r>
+    <s v="CD142"/>
+    <s v="Usually Resident and Present in the State who moved within the State in the Previous Year"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="10"/>
+    <s v="Westmeath"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="189"/>
+  </r>
+  <r>
+    <s v="CD142"/>
+    <s v="Usually Resident and Present in the State who moved within the State in the Previous Year"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="11"/>
+    <s v="Wexford"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="286"/>
+  </r>
+  <r>
+    <s v="CD142"/>
+    <s v="Usually Resident and Present in the State who moved within the State in the Previous Year"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="12"/>
+    <s v="Wicklow"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="303"/>
+  </r>
+  <r>
+    <s v="CD142"/>
+    <s v="Usually Resident and Present in the State who moved within the State in the Previous Year"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="13"/>
+    <s v="Clare"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="254"/>
+  </r>
+  <r>
+    <s v="CD142"/>
+    <s v="Usually Resident and Present in the State who moved within the State in the Previous Year"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="14"/>
+    <s v="Cork"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1169"/>
+  </r>
+  <r>
+    <s v="CD142"/>
+    <s v="Usually Resident and Present in the State who moved within the State in the Previous Year"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="15"/>
+    <s v="Kerry"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="293"/>
+  </r>
+  <r>
+    <s v="CD142"/>
+    <s v="Usually Resident and Present in the State who moved within the State in the Previous Year"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="16"/>
+    <s v="Limerick"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="436"/>
+  </r>
+  <r>
+    <s v="CD142"/>
+    <s v="Usually Resident and Present in the State who moved within the State in the Previous Year"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="17"/>
+    <s v="Tipperary"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="413"/>
+  </r>
+  <r>
+    <s v="CD142"/>
+    <s v="Usually Resident and Present in the State who moved within the State in the Previous Year"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="18"/>
+    <s v="Waterford"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="252"/>
+  </r>
+  <r>
+    <s v="CD142"/>
+    <s v="Usually Resident and Present in the State who moved within the State in the Previous Year"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="19"/>
+    <s v="Galway"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="545"/>
+  </r>
+  <r>
+    <s v="CD142"/>
+    <s v="Usually Resident and Present in the State who moved within the State in the Previous Year"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="20"/>
+    <s v="Leitrim"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="75"/>
+  </r>
+  <r>
+    <s v="CD142"/>
+    <s v="Usually Resident and Present in the State who moved within the State in the Previous Year"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="21"/>
+    <s v="Mayo"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="329"/>
+  </r>
+  <r>
+    <s v="CD142"/>
+    <s v="Usually Resident and Present in the State who moved within the State in the Previous Year"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="22"/>
+    <s v="Roscommon"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="158"/>
+  </r>
+  <r>
+    <s v="CD142"/>
+    <s v="Usually Resident and Present in the State who moved within the State in the Previous Year"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="23"/>
+    <s v="Sligo"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="118"/>
+  </r>
+  <r>
+    <s v="CD142"/>
+    <s v="Usually Resident and Present in the State who moved within the State in the Previous Year"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="24"/>
+    <s v="Cavan"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="180"/>
+  </r>
+  <r>
+    <s v="CD142"/>
+    <s v="Usually Resident and Present in the State who moved within the State in the Previous Year"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="25"/>
+    <s v="Donegal"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="311"/>
+  </r>
+  <r>
+    <s v="CD142"/>
+    <s v="Usually Resident and Present in the State who moved within the State in the Previous Year"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="26"/>
+    <s v="Monaghan"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="121"/>
+  </r>
+  <r>
+    <s v="CD142"/>
+    <s v="Usually Resident and Present in the State who moved within the State in the Previous Year"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3793"/>
+  </r>
+  <r>
+    <s v="CD142"/>
+    <s v="Usually Resident and Present in the State who moved within the State in the Previous Year"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Carlow"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="50"/>
+  </r>
+  <r>
+    <s v="CD142"/>
+    <s v="Usually Resident and Present in the State who moved within the State in the Previous Year"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="Dublin"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="971"/>
+  </r>
+  <r>
+    <s v="CD142"/>
+    <s v="Usually Resident and Present in the State who moved within the State in the Previous Year"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="Kildare"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="111"/>
+  </r>
+  <r>
+    <s v="CD142"/>
+    <s v="Usually Resident and Present in the State who moved within the State in the Previous Year"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Kilkenny"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="87"/>
+  </r>
+  <r>
+    <s v="CD142"/>
+    <s v="Usually Resident and Present in the State who moved within the State in the Previous Year"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="Laois"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="48"/>
+  </r>
+  <r>
+    <s v="CD142"/>
+    <s v="Usually Resident and Present in the State who moved within the State in the Previous Year"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="06"/>
+    <s v="Longford"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="32"/>
+  </r>
+  <r>
+    <s v="CD142"/>
+    <s v="Usually Resident and Present in the State who moved within the State in the Previous Year"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="07"/>
+    <s v="Louth"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="103"/>
+  </r>
+  <r>
+    <s v="CD142"/>
+    <s v="Usually Resident and Present in the State who moved within the State in the Previous Year"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="08"/>
+    <s v="Meath"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="127"/>
+  </r>
+  <r>
+    <s v="CD142"/>
+    <s v="Usually Resident and Present in the State who moved within the State in the Previous Year"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="09"/>
+    <s v="Offaly"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="56"/>
+  </r>
+  <r>
+    <s v="CD142"/>
+    <s v="Usually Resident and Present in the State who moved within the State in the Previous Year"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="10"/>
+    <s v="Westmeath"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="78"/>
+  </r>
+  <r>
+    <s v="CD142"/>
+    <s v="Usually Resident and Present in the State who moved within the State in the Previous Year"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="11"/>
+    <s v="Wexford"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="117"/>
+  </r>
+  <r>
+    <s v="CD142"/>
+    <s v="Usually Resident and Present in the State who moved within the State in the Previous Year"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="12"/>
+    <s v="Wicklow"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="118"/>
+  </r>
+  <r>
+    <s v="CD142"/>
+    <s v="Usually Resident and Present in the State who moved within the State in the Previous Year"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="13"/>
+    <s v="Clare"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="111"/>
+  </r>
+  <r>
+    <s v="CD142"/>
+    <s v="Usually Resident and Present in the State who moved within the State in the Previous Year"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="14"/>
+    <s v="Cork"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="491"/>
+  </r>
+  <r>
+    <s v="CD142"/>
+    <s v="Usually Resident and Present in the State who moved within the State in the Previous Year"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="15"/>
+    <s v="Kerry"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="137"/>
+  </r>
+  <r>
+    <s v="CD142"/>
+    <s v="Usually Resident and Present in the State who moved within the State in the Previous Year"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="16"/>
+    <s v="Limerick"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="168"/>
+  </r>
+  <r>
+    <s v="CD142"/>
+    <s v="Usually Resident and Present in the State who moved within the State in the Previous Year"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="17"/>
+    <s v="Tipperary"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="136"/>
+  </r>
+  <r>
+    <s v="CD142"/>
+    <s v="Usually Resident and Present in the State who moved within the State in the Previous Year"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="18"/>
+    <s v="Waterford"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="111"/>
+  </r>
+  <r>
+    <s v="CD142"/>
+    <s v="Usually Resident and Present in the State who moved within the State in the Previous Year"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="19"/>
+    <s v="Galway"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="236"/>
+  </r>
+  <r>
+    <s v="CD142"/>
+    <s v="Usually Resident and Present in the State who moved within the State in the Previous Year"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="20"/>
+    <s v="Leitrim"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="29"/>
+  </r>
+  <r>
+    <s v="CD142"/>
+    <s v="Usually Resident and Present in the State who moved within the State in the Previous Year"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="21"/>
+    <s v="Mayo"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="114"/>
+  </r>
+  <r>
+    <s v="CD142"/>
+    <s v="Usually Resident and Present in the State who moved within the State in the Previous Year"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="22"/>
+    <s v="Roscommon"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="70"/>
+  </r>
+  <r>
+    <s v="CD142"/>
+    <s v="Usually Resident and Present in the State who moved within the State in the Previous Year"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="23"/>
+    <s v="Sligo"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="46"/>
+  </r>
+  <r>
+    <s v="CD142"/>
+    <s v="Usually Resident and Present in the State who moved within the State in the Previous Year"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="24"/>
+    <s v="Cavan"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="62"/>
+  </r>
+  <r>
+    <s v="CD142"/>
+    <s v="Usually Resident and Present in the State who moved within the State in the Previous Year"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="25"/>
+    <s v="Donegal"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="129"/>
+  </r>
+  <r>
+    <s v="CD142"/>
+    <s v="Usually Resident and Present in the State who moved within the State in the Previous Year"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="26"/>
+    <s v="Monaghan"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="55"/>
+  </r>
+  <r>
+    <s v="CD142"/>
+    <s v="Usually Resident and Present in the State who moved within the State in the Previous Year"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5719"/>
+  </r>
+  <r>
+    <s v="CD142"/>
+    <s v="Usually Resident and Present in the State who moved within the State in the Previous Year"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Carlow"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="67"/>
+  </r>
+  <r>
+    <s v="CD142"/>
+    <s v="Usually Resident and Present in the State who moved within the State in the Previous Year"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="Dublin"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1591"/>
+  </r>
+  <r>
+    <s v="CD142"/>
+    <s v="Usually Resident and Present in the State who moved within the State in the Previous Year"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="Kildare"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="161"/>
+  </r>
+  <r>
+    <s v="CD142"/>
+    <s v="Usually Resident and Present in the State who moved within the State in the Previous Year"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Kilkenny"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="139"/>
+  </r>
+  <r>
+    <s v="CD142"/>
+    <s v="Usually Resident and Present in the State who moved within the State in the Previous Year"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="Laois"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="82"/>
+  </r>
+  <r>
+    <s v="CD142"/>
+    <s v="Usually Resident and Present in the State who moved within the State in the Previous Year"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="06"/>
+    <s v="Longford"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="47"/>
+  </r>
+  <r>
+    <s v="CD142"/>
+    <s v="Usually Resident and Present in the State who moved within the State in the Previous Year"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="07"/>
+    <s v="Louth"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="123"/>
+  </r>
+  <r>
+    <s v="CD142"/>
+    <s v="Usually Resident and Present in the State who moved within the State in the Previous Year"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="08"/>
+    <s v="Meath"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="179"/>
+  </r>
+  <r>
+    <s v="CD142"/>
+    <s v="Usually Resident and Present in the State who moved within the State in the Previous Year"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="09"/>
+    <s v="Offaly"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="106"/>
+  </r>
+  <r>
+    <s v="CD142"/>
+    <s v="Usually Resident and Present in the State who moved within the State in the Previous Year"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="10"/>
+    <s v="Westmeath"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="111"/>
+  </r>
+  <r>
+    <s v="CD142"/>
+    <s v="Usually Resident and Present in the State who moved within the State in the Previous Year"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="11"/>
+    <s v="Wexford"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="169"/>
+  </r>
+  <r>
+    <s v="CD142"/>
+    <s v="Usually Resident and Present in the State who moved within the State in the Previous Year"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="12"/>
+    <s v="Wicklow"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="185"/>
+  </r>
+  <r>
+    <s v="CD142"/>
+    <s v="Usually Resident and Present in the State who moved within the State in the Previous Year"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="13"/>
+    <s v="Clare"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="143"/>
+  </r>
+  <r>
+    <s v="CD142"/>
+    <s v="Usually Resident and Present in the State who moved within the State in the Previous Year"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="14"/>
+    <s v="Cork"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="678"/>
+  </r>
+  <r>
+    <s v="CD142"/>
+    <s v="Usually Resident and Present in the State who moved within the State in the Previous Year"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="15"/>
+    <s v="Kerry"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="156"/>
+  </r>
+  <r>
+    <s v="CD142"/>
+    <s v="Usually Resident and Present in the State who moved within the State in the Previous Year"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="16"/>
+    <s v="Limerick"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="268"/>
+  </r>
+  <r>
+    <s v="CD142"/>
+    <s v="Usually Resident and Present in the State who moved within the State in the Previous Year"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="17"/>
+    <s v="Tipperary"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="277"/>
+  </r>
+  <r>
+    <s v="CD142"/>
+    <s v="Usually Resident and Present in the State who moved within the State in the Previous Year"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="18"/>
+    <s v="Waterford"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="141"/>
+  </r>
+  <r>
+    <s v="CD142"/>
+    <s v="Usually Resident and Present in the State who moved within the State in the Previous Year"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="19"/>
+    <s v="Galway"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="309"/>
+  </r>
+  <r>
+    <s v="CD142"/>
+    <s v="Usually Resident and Present in the State who moved within the State in the Previous Year"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="20"/>
+    <s v="Leitrim"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="46"/>
+  </r>
+  <r>
+    <s v="CD142"/>
+    <s v="Usually Resident and Present in the State who moved within the State in the Previous Year"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="21"/>
+    <s v="Mayo"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="215"/>
+  </r>
+  <r>
+    <s v="CD142"/>
+    <s v="Usually Resident and Present in the State who moved within the State in the Previous Year"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="22"/>
+    <s v="Roscommon"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="88"/>
+  </r>
+  <r>
+    <s v="CD142"/>
+    <s v="Usually Resident and Present in the State who moved within the State in the Previous Year"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="23"/>
+    <s v="Sligo"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="72"/>
+  </r>
+  <r>
+    <s v="CD142"/>
+    <s v="Usually Resident and Present in the State who moved within the State in the Previous Year"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="24"/>
+    <s v="Cavan"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="118"/>
+  </r>
+  <r>
+    <s v="CD142"/>
+    <s v="Usually Resident and Present in the State who moved within the State in the Previous Year"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="25"/>
+    <s v="Donegal"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="182"/>
+  </r>
+  <r>
+    <s v="CD142"/>
+    <s v="Usually Resident and Present in the State who moved within the State in the Previous Year"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="26"/>
+    <s v="Monaghan"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="66"/>
+  </r>
+</pivotCacheRecords>
 </file>