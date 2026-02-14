--- v0 (2025-11-09)
+++ v1 (2026-02-14)
@@ -1,97 +1,97 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/pivotCache/pivotCacheDefinition1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheDefinition+xml"/>
   <Override PartName="/pivotCache/pivotCacheRecords1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheRecords+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/pivotTables/pivotTable.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0c41663d4fa14b20" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/e1153ec1d35448b3b93d053686ae7180.psmdcp" Id="R2e0790ca83c04401" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R822ea1bca23d44ec" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/9cd9e538d35343c08b4b56b0cf58bb44.psmdcp" Id="R99823637bd6741be" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
-    <x:sheet name="About" sheetId="2" r:id="rId2"/>
-[...1 lines deleted...]
-    <x:sheet name="Pivoted" sheetId="11" r:id="rId11"/>
+    <x:sheet name="About" sheetId="1" r:id="rId2"/>
+    <x:sheet name="Unpivoted" sheetId="2" r:id="rId9"/>
+    <x:sheet name="Pivoted" sheetId="3" r:id="rId11"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
   <x:pivotCaches>
     <x:pivotCache cacheId="0" r:id="rId12"/>
   </x:pivotCaches>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Table</x:t>
   </x:si>
   <x:si>
     <x:t>Code</x:t>
   </x:si>
   <x:si>
     <x:t>CD140</x:t>
   </x:si>
   <x:si>
     <x:t>Name</x:t>
   </x:si>
   <x:si>
     <x:t>Population Usually Resident in the State</x:t>
   </x:si>
   <x:si>
     <x:t>Frequency</x:t>
   </x:si>
   <x:si>
     <x:t>Annual</x:t>
   </x:si>
   <x:si>
     <x:t>Last Updated</x:t>
   </x:si>
   <x:si>
-    <x:t>5/27/2020 11:00:00 AM</x:t>
+    <x:t>27/05/2020 11:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Note</x:t>
   </x:si>
   <x:si>
     <x:t>Url</x:t>
   </x:si>
   <x:si>
     <x:t>https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/CD140/XLSX/2007/en</x:t>
   </x:si>
   <x:si>
     <x:t>Product</x:t>
   </x:si>
   <x:si>
     <x:t>C2011P1</x:t>
   </x:si>
   <x:si>
     <x:t>Profile 1 - Geography</x:t>
   </x:si>
   <x:si>
     <x:t>Contacts</x:t>
   </x:si>
   <x:si>
     <x:t>Bernie Casey</x:t>
   </x:si>
@@ -589,483 +589,200 @@
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip r:embed="rId8" cstate="print"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="3971925" cy="1381125"/>
         </a:xfrm>
         <a:prstGeom prst="rect"/>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/pivotTables/_rels/pivotTable.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheDefinition" Target="/pivotCache/pivotCacheDefinition1.xml" Id="rId17" /></Relationships>
 </file>
 
 <file path=xl/pivotTables/pivotTable.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotTableDefinition xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" dataCaption="Values" showError="0" missingCaption="" showMissing="1" pageWrap="0" pageOverThenDown="0" rowGrandTotals="0" colGrandTotals="0" indent="1">
-[...431 lines deleted...]
-</x:pivotTableDefinition>
+<pivotTableDefinition xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" applyNumberFormats="0" applyBorderFormats="0" applyFontFormats="0" applyPatternFormats="0" applyAlignmentFormats="0" applyWidthHeightFormats="0" dataCaption="Values" rowGrandTotals="0" colGrandTotals="0" outline="1">
+  <location ref="A1" firstHeaderRow="0" firstDataRow="0" firstDataCol="0"/>
+  <pivotFields count="12">
+    <pivotField name="STATISTIC" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="Statistic Label" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="C02199V02655" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="3">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+      </items>
+    </pivotField>
+    <pivotField name="Sex" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="3">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+      </items>
+    </pivotField>
+    <pivotField name="C02779V03348A" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="31">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+        <item x="11"/>
+        <item x="12"/>
+        <item x="13"/>
+        <item x="14"/>
+        <item x="15"/>
+        <item x="16"/>
+        <item x="17"/>
+        <item x="18"/>
+        <item x="19"/>
+        <item x="20"/>
+        <item x="21"/>
+        <item x="22"/>
+        <item x="23"/>
+        <item x="24"/>
+        <item x="25"/>
+        <item x="26"/>
+        <item x="27"/>
+        <item x="28"/>
+        <item x="29"/>
+        <item x="30"/>
+      </items>
+    </pivotField>
+    <pivotField name="County of Birth" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="31">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+        <item x="11"/>
+        <item x="12"/>
+        <item x="13"/>
+        <item x="14"/>
+        <item x="15"/>
+        <item x="16"/>
+        <item x="17"/>
+        <item x="18"/>
+        <item x="19"/>
+        <item x="20"/>
+        <item x="21"/>
+        <item x="22"/>
+        <item x="23"/>
+        <item x="24"/>
+        <item x="25"/>
+        <item x="26"/>
+        <item x="27"/>
+        <item x="28"/>
+        <item x="29"/>
+        <item x="30"/>
+      </items>
+    </pivotField>
+    <pivotField name="C02779V03348B" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="5">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+      </items>
+    </pivotField>
+    <pivotField name="City of Enumeration" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="5">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+      </items>
+    </pivotField>
+    <pivotField name="TLIST(A1)" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="CensusYear" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField showAll="0"/>
+    <pivotField dataField="1" showAll="0"/>
+  </pivotFields>
+  <rowFields count="10">
+    <field x="0"/>
+    <field x="1"/>
+    <field x="2"/>
+    <field x="3"/>
+    <field x="4"/>
+    <field x="5"/>
+    <field x="6"/>
+    <field x="7"/>
+    <field x="8"/>
+    <field x="9"/>
+  </rowFields>
+  <dataFields count="1">
+    <dataField name="VALUE" fld="11"/>
+  </dataFields>
+  <pivotTableStyleInfo name="PivotStyleLight16" showRowHeaders="1" showColHeaders="1"/>
+  <extLst>
+    <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{962EF5D1-5CA2-4c93-8EF4-DBF5C05439D2}">
+      <x14:pivotTableDefinition enableEdit="0" hideValuesRow="1"/>
+    </ext>
+  </extLst>
+</pivotTableDefinition>
 </file>
 
 <file path=xl/tables/table1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:table xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="1" name="Unpivoted" displayName="Unpivoted" ref="A1:L466" totalsRowShown="0">
   <x:autoFilter ref="A1:L466"/>
   <x:tableColumns count="12">
     <x:tableColumn id="1" name="STATISTIC"/>
     <x:tableColumn id="2" name="Statistic Label"/>
     <x:tableColumn id="3" name="C02199V02655"/>
     <x:tableColumn id="4" name="Sex"/>
     <x:tableColumn id="5" name="C02779V03348A"/>
     <x:tableColumn id="6" name="County of Birth"/>
     <x:tableColumn id="7" name="C02779V03348B"/>
     <x:tableColumn id="8" name="City of Enumeration"/>
     <x:tableColumn id="9" name="TLIST(A1)"/>
     <x:tableColumn id="10" name="CensusYear"/>
     <x:tableColumn id="11" name="UNIT"/>
     <x:tableColumn id="12" name="VALUE"/>
   </x:tableColumns>
   <x:tableStyleInfo name="TableStyleMedium2" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </x:table>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
@@ -1338,51 +1055,51 @@
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="/xl/drawings/drawing1.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/CD140/XLSX/2007/en" TargetMode="External" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cso.ie/" TargetMode="External" Id="rId14" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="/xl/tables/table1.xml" Id="rId15" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet3.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotTable" Target="/xl/pivotTables/pivotTable.xml" Id="rId16" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:B39"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="20.710625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="100.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="8" spans="1:2">
       <x:c r="A8" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B8" s="2"/>
     </x:row>
     <x:row r="9" spans="1:2">
       <x:c r="A9" s="3" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="B9" s="0" t="s">
         <x:v>2</x:v>
@@ -1569,51 +1286,51 @@
       </x:c>
     </x:row>
     <x:row r="39" spans="1:2">
       <x:c r="A39" s="3" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B39" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:hyperlinks>
     <x:hyperlink ref="B14" r:id="rId13"/>
     <x:hyperlink ref="B28" r:id="rId14"/>
   </x:hyperlinks>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:drawing xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId7"/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:L466"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="11.996339" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="36.710625" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="16.139196" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="10.424911" style="0" customWidth="1"/>
     <x:col min="5" max="5" width="17.282054" style="0" customWidth="1"/>
     <x:col min="6" max="6" width="16.853482" style="0" customWidth="1"/>
     <x:col min="7" max="7" width="17.282054" style="0" customWidth="1"/>
     <x:col min="8" max="8" width="21.139196" style="0" customWidth="1"/>
     <x:col min="9" max="9" width="11.282054" style="0" customWidth="1"/>
     <x:col min="10" max="10" width="13.424911" style="0" customWidth="1"/>
     <x:col min="11" max="11" width="8.282054" style="0" customWidth="1"/>
     <x:col min="12" max="12" width="8.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:12">
       <x:c r="A1" s="0" t="s">
@@ -19313,51 +19030,51 @@
       <x:c r="I466" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J466" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K466" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L466" s="0">
         <x:v>97</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="1">
     <x:tablePart r:id="rId15"/>
   </x:tableParts>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:sheetData/>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Application>Microsoft Excel</ap:Application>
   <ap:TitlesOfParts>
     <vt:vector baseType="lpstr" size="9">
       <vt:lpstr>About</vt:lpstr>
       <vt:lpstr>Unpivoted</vt:lpstr>
       <vt:lpstr>Pivoted</vt:lpstr>
@@ -19374,51 +19091,51 @@
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>3</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Named Ranges</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>6</vt:i4>
       </vt:variant>
     </vt:vector>
   </ap:HeadingPairs>
   <ap:DocSecurity>0</ap:DocSecurity>
   <ap:ScaleCrop>false</ap:ScaleCrop>
 </ap:Properties>
 </file>
 
 <file path=pivotCache/_rels/pivotCacheDefinition1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheRecords" Target="/pivotCache/pivotCacheRecords1.xml" Id="rId1" /></Relationships>
 </file>
 
 <file path=pivotCache/pivotCacheDefinition1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:pivotCacheDefinition xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" r:id="rId1" saveData="1" refreshOnLoad="1" createdVersion="5" refreshedVersion="5" minRefreshableVersion="3">
   <x:cacheSource type="worksheet">
-    <x:worksheetSource ref="A1:L466" sheet="Unpivoted"/>
+    <x:worksheetSource name="Unpivoted"/>
   </x:cacheSource>
   <x:cacheFields>
     <x:cacheField name="STATISTIC">
       <x:sharedItems count="1">
         <x:s v="CD140"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="Statistic Label">
       <x:sharedItems count="1">
         <x:s v="Population Usually Resident in the State"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="C02199V02655">
       <x:sharedItems count="3">
         <x:s v="-"/>
         <x:s v="1"/>
         <x:s v="2"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="Sex">
       <x:sharedItems count="3">
         <x:s v="Both sexes"/>
         <x:s v="Male"/>
         <x:s v="Female"/>
       </x:sharedItems>
@@ -19898,27 +19615,6538 @@
         <x:n v="108"/>
         <x:n v="28"/>
         <x:n v="589"/>
         <x:n v="2790"/>
         <x:n v="35"/>
         <x:n v="8158"/>
         <x:n v="327"/>
         <x:n v="200"/>
         <x:n v="87"/>
         <x:n v="782"/>
         <x:n v="2931"/>
         <x:n v="27"/>
         <x:n v="3434"/>
         <x:n v="78"/>
         <x:n v="522"/>
         <x:n v="1793"/>
         <x:n v="77"/>
         <x:n v="14"/>
       </x:sharedItems>
     </x:cacheField>
   </x:cacheFields>
 </x:pivotCacheDefinition>
 </file>
 
 <file path=pivotCache/pivotCacheRecords1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main"/>
+<pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="xr">
+  <r>
+    <s v="CD140"/>
+    <s v="Population Usually Resident in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="021"/>
+    <s v="Dublin City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="868968"/>
+  </r>
+  <r>
+    <s v="CD140"/>
+    <s v="Population Usually Resident in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="141"/>
+    <s v="Cork City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="164524"/>
+  </r>
+  <r>
+    <s v="CD140"/>
+    <s v="Population Usually Resident in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="161"/>
+    <s v="Limerick City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="74923"/>
+  </r>
+  <r>
+    <s v="CD140"/>
+    <s v="Population Usually Resident in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="181"/>
+    <s v="Waterford City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="42197"/>
+  </r>
+  <r>
+    <s v="CD140"/>
+    <s v="Population Usually Resident in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="191"/>
+    <s v="Galway City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="55826"/>
+  </r>
+  <r>
+    <s v="CD140"/>
+    <s v="Population Usually Resident in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="A"/>
+    <s v="Leinster"/>
+    <s v="021"/>
+    <s v="Dublin City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="771255"/>
+  </r>
+  <r>
+    <s v="CD140"/>
+    <s v="Population Usually Resident in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="A"/>
+    <s v="Leinster"/>
+    <s v="141"/>
+    <s v="Cork City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="8274"/>
+  </r>
+  <r>
+    <s v="CD140"/>
+    <s v="Population Usually Resident in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="A"/>
+    <s v="Leinster"/>
+    <s v="161"/>
+    <s v="Limerick City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4476"/>
+  </r>
+  <r>
+    <s v="CD140"/>
+    <s v="Population Usually Resident in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="A"/>
+    <s v="Leinster"/>
+    <s v="181"/>
+    <s v="Waterford City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5879"/>
+  </r>
+  <r>
+    <s v="CD140"/>
+    <s v="Population Usually Resident in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="A"/>
+    <s v="Leinster"/>
+    <s v="191"/>
+    <s v="Galway City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="7030"/>
+  </r>
+  <r>
+    <s v="CD140"/>
+    <s v="Population Usually Resident in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Carlow"/>
+    <s v="021"/>
+    <s v="Dublin City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2671"/>
+  </r>
+  <r>
+    <s v="CD140"/>
+    <s v="Population Usually Resident in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Carlow"/>
+    <s v="141"/>
+    <s v="Cork City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="190"/>
+  </r>
+  <r>
+    <s v="CD140"/>
+    <s v="Population Usually Resident in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Carlow"/>
+    <s v="161"/>
+    <s v="Limerick City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="82"/>
+  </r>
+  <r>
+    <s v="CD140"/>
+    <s v="Population Usually Resident in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Carlow"/>
+    <s v="181"/>
+    <s v="Waterford City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="201"/>
+  </r>
+  <r>
+    <s v="CD140"/>
+    <s v="Population Usually Resident in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Carlow"/>
+    <s v="191"/>
+    <s v="Galway City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="103"/>
+  </r>
+  <r>
+    <s v="CD140"/>
+    <s v="Population Usually Resident in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="Dublin"/>
+    <s v="021"/>
+    <s v="Dublin City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="718760"/>
+  </r>
+  <r>
+    <s v="CD140"/>
+    <s v="Population Usually Resident in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="Dublin"/>
+    <s v="141"/>
+    <s v="Cork City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4816"/>
+  </r>
+  <r>
+    <s v="CD140"/>
+    <s v="Population Usually Resident in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="Dublin"/>
+    <s v="161"/>
+    <s v="Limerick City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2303"/>
+  </r>
+  <r>
+    <s v="CD140"/>
+    <s v="Population Usually Resident in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="Dublin"/>
+    <s v="181"/>
+    <s v="Waterford City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1735"/>
+  </r>
+  <r>
+    <s v="CD140"/>
+    <s v="Population Usually Resident in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="Dublin"/>
+    <s v="191"/>
+    <s v="Galway City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3866"/>
+  </r>
+  <r>
+    <s v="CD140"/>
+    <s v="Population Usually Resident in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="Kildare"/>
+    <s v="021"/>
+    <s v="Dublin City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5621"/>
+  </r>
+  <r>
+    <s v="CD140"/>
+    <s v="Population Usually Resident in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="Kildare"/>
+    <s v="141"/>
+    <s v="Cork City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="309"/>
+  </r>
+  <r>
+    <s v="CD140"/>
+    <s v="Population Usually Resident in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="Kildare"/>
+    <s v="161"/>
+    <s v="Limerick City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="194"/>
+  </r>
+  <r>
+    <s v="CD140"/>
+    <s v="Population Usually Resident in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="Kildare"/>
+    <s v="181"/>
+    <s v="Waterford City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="182"/>
+  </r>
+  <r>
+    <s v="CD140"/>
+    <s v="Population Usually Resident in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="Kildare"/>
+    <s v="191"/>
+    <s v="Galway City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="278"/>
+  </r>
+  <r>
+    <s v="CD140"/>
+    <s v="Population Usually Resident in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Kilkenny"/>
+    <s v="021"/>
+    <s v="Dublin City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5103"/>
+  </r>
+  <r>
+    <s v="CD140"/>
+    <s v="Population Usually Resident in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Kilkenny"/>
+    <s v="141"/>
+    <s v="Cork City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="762"/>
+  </r>
+  <r>
+    <s v="CD140"/>
+    <s v="Population Usually Resident in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Kilkenny"/>
+    <s v="161"/>
+    <s v="Limerick City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="377"/>
+  </r>
+  <r>
+    <s v="CD140"/>
+    <s v="Population Usually Resident in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Kilkenny"/>
+    <s v="181"/>
+    <s v="Waterford City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1893"/>
+  </r>
+  <r>
+    <s v="CD140"/>
+    <s v="Population Usually Resident in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Kilkenny"/>
+    <s v="191"/>
+    <s v="Galway City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="258"/>
+  </r>
+  <r>
+    <s v="CD140"/>
+    <s v="Population Usually Resident in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="Laois"/>
+    <s v="021"/>
+    <s v="Dublin City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3678"/>
+  </r>
+  <r>
+    <s v="CD140"/>
+    <s v="Population Usually Resident in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="Laois"/>
+    <s v="141"/>
+    <s v="Cork City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="290"/>
+  </r>
+  <r>
+    <s v="CD140"/>
+    <s v="Population Usually Resident in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="Laois"/>
+    <s v="161"/>
+    <s v="Limerick City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="272"/>
+  </r>
+  <r>
+    <s v="CD140"/>
+    <s v="Population Usually Resident in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="Laois"/>
+    <s v="181"/>
+    <s v="Waterford City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="163"/>
+  </r>
+  <r>
+    <s v="CD140"/>
+    <s v="Population Usually Resident in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="Laois"/>
+    <s v="191"/>
+    <s v="Galway City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="277"/>
+  </r>
+  <r>
+    <s v="CD140"/>
+    <s v="Population Usually Resident in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="06"/>
+    <s v="Longford"/>
+    <s v="021"/>
+    <s v="Dublin City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2440"/>
+  </r>
+  <r>
+    <s v="CD140"/>
+    <s v="Population Usually Resident in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="06"/>
+    <s v="Longford"/>
+    <s v="141"/>
+    <s v="Cork City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="113"/>
+  </r>
+  <r>
+    <s v="CD140"/>
+    <s v="Population Usually Resident in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="06"/>
+    <s v="Longford"/>
+    <s v="161"/>
+    <s v="Limerick City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="96"/>
+  </r>
+  <r>
+    <s v="CD140"/>
+    <s v="Population Usually Resident in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="06"/>
+    <s v="Longford"/>
+    <s v="181"/>
+    <s v="Waterford City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="31"/>
+  </r>
+  <r>
+    <s v="CD140"/>
+    <s v="Population Usually Resident in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="06"/>
+    <s v="Longford"/>
+    <s v="191"/>
+    <s v="Galway City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="238"/>
+  </r>
+  <r>
+    <s v="CD140"/>
+    <s v="Population Usually Resident in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="07"/>
+    <s v="Louth"/>
+    <s v="021"/>
+    <s v="Dublin City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="6337"/>
+  </r>
+  <r>
+    <s v="CD140"/>
+    <s v="Population Usually Resident in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="07"/>
+    <s v="Louth"/>
+    <s v="141"/>
+    <s v="Cork City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="312"/>
+  </r>
+  <r>
+    <s v="CD140"/>
+    <s v="Population Usually Resident in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="07"/>
+    <s v="Louth"/>
+    <s v="161"/>
+    <s v="Limerick City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="173"/>
+  </r>
+  <r>
+    <s v="CD140"/>
+    <s v="Population Usually Resident in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="07"/>
+    <s v="Louth"/>
+    <s v="181"/>
+    <s v="Waterford City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="125"/>
+  </r>
+  <r>
+    <s v="CD140"/>
+    <s v="Population Usually Resident in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="07"/>
+    <s v="Louth"/>
+    <s v="191"/>
+    <s v="Galway City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="326"/>
+  </r>
+  <r>
+    <s v="CD140"/>
+    <s v="Population Usually Resident in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="08"/>
+    <s v="Meath"/>
+    <s v="021"/>
+    <s v="Dublin City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5627"/>
+  </r>
+  <r>
+    <s v="CD140"/>
+    <s v="Population Usually Resident in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="08"/>
+    <s v="Meath"/>
+    <s v="141"/>
+    <s v="Cork City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="208"/>
+  </r>
+  <r>
+    <s v="CD140"/>
+    <s v="Population Usually Resident in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="08"/>
+    <s v="Meath"/>
+    <s v="161"/>
+    <s v="Limerick City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="130"/>
+  </r>
+  <r>
+    <s v="CD140"/>
+    <s v="Population Usually Resident in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="08"/>
+    <s v="Meath"/>
+    <s v="181"/>
+    <s v="Waterford City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="70"/>
+  </r>
+  <r>
+    <s v="CD140"/>
+    <s v="Population Usually Resident in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="08"/>
+    <s v="Meath"/>
+    <s v="191"/>
+    <s v="Galway City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="243"/>
+  </r>
+  <r>
+    <s v="CD140"/>
+    <s v="Population Usually Resident in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="09"/>
+    <s v="Offaly"/>
+    <s v="021"/>
+    <s v="Dublin City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3640"/>
+  </r>
+  <r>
+    <s v="CD140"/>
+    <s v="Population Usually Resident in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="09"/>
+    <s v="Offaly"/>
+    <s v="141"/>
+    <s v="Cork City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="230"/>
+  </r>
+  <r>
+    <s v="CD140"/>
+    <s v="Population Usually Resident in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="09"/>
+    <s v="Offaly"/>
+    <s v="161"/>
+    <s v="Limerick City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="243"/>
+  </r>
+  <r>
+    <s v="CD140"/>
+    <s v="Population Usually Resident in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="09"/>
+    <s v="Offaly"/>
+    <s v="181"/>
+    <s v="Waterford City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="90"/>
+  </r>
+  <r>
+    <s v="CD140"/>
+    <s v="Population Usually Resident in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="09"/>
+    <s v="Offaly"/>
+    <s v="191"/>
+    <s v="Galway City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="379"/>
+  </r>
+  <r>
+    <s v="CD140"/>
+    <s v="Population Usually Resident in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="10"/>
+    <s v="Westmeath"/>
+    <s v="021"/>
+    <s v="Dublin City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4956"/>
+  </r>
+  <r>
+    <s v="CD140"/>
+    <s v="Population Usually Resident in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="10"/>
+    <s v="Westmeath"/>
+    <s v="141"/>
+    <s v="Cork City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="238"/>
+  </r>
+  <r>
+    <s v="CD140"/>
+    <s v="Population Usually Resident in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="10"/>
+    <s v="Westmeath"/>
+    <s v="161"/>
+    <s v="Limerick City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="212"/>
+  </r>
+  <r>
+    <s v="CD140"/>
+    <s v="Population Usually Resident in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="10"/>
+    <s v="Westmeath"/>
+    <s v="181"/>
+    <s v="Waterford City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="88"/>
+  </r>
+  <r>
+    <s v="CD140"/>
+    <s v="Population Usually Resident in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="10"/>
+    <s v="Westmeath"/>
+    <s v="191"/>
+    <s v="Galway City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="664"/>
+  </r>
+  <r>
+    <s v="CD140"/>
+    <s v="Population Usually Resident in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="11"/>
+    <s v="Wexford"/>
+    <s v="021"/>
+    <s v="Dublin City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="6773"/>
+  </r>
+  <r>
+    <s v="CD140"/>
+    <s v="Population Usually Resident in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="11"/>
+    <s v="Wexford"/>
+    <s v="141"/>
+    <s v="Cork City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="609"/>
+  </r>
+  <r>
+    <s v="CD140"/>
+    <s v="Population Usually Resident in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="11"/>
+    <s v="Wexford"/>
+    <s v="161"/>
+    <s v="Limerick City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="290"/>
+  </r>
+  <r>
+    <s v="CD140"/>
+    <s v="Population Usually Resident in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="11"/>
+    <s v="Wexford"/>
+    <s v="181"/>
+    <s v="Waterford City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1133"/>
+  </r>
+  <r>
+    <s v="CD140"/>
+    <s v="Population Usually Resident in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="11"/>
+    <s v="Wexford"/>
+    <s v="191"/>
+    <s v="Galway City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="223"/>
+  </r>
+  <r>
+    <s v="CD140"/>
+    <s v="Population Usually Resident in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="12"/>
+    <s v="Wicklow"/>
+    <s v="021"/>
+    <s v="Dublin City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5649"/>
+  </r>
+  <r>
+    <s v="CD140"/>
+    <s v="Population Usually Resident in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="12"/>
+    <s v="Wicklow"/>
+    <s v="141"/>
+    <s v="Cork City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="197"/>
+  </r>
+  <r>
+    <s v="CD140"/>
+    <s v="Population Usually Resident in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="12"/>
+    <s v="Wicklow"/>
+    <s v="161"/>
+    <s v="Limerick City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="104"/>
+  </r>
+  <r>
+    <s v="CD140"/>
+    <s v="Population Usually Resident in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="12"/>
+    <s v="Wicklow"/>
+    <s v="181"/>
+    <s v="Waterford City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="168"/>
+  </r>
+  <r>
+    <s v="CD140"/>
+    <s v="Population Usually Resident in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="12"/>
+    <s v="Wicklow"/>
+    <s v="191"/>
+    <s v="Galway City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="175"/>
+  </r>
+  <r>
+    <s v="CD140"/>
+    <s v="Population Usually Resident in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="B"/>
+    <s v="Munster"/>
+    <s v="021"/>
+    <s v="Dublin City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="50949"/>
+  </r>
+  <r>
+    <s v="CD140"/>
+    <s v="Population Usually Resident in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="B"/>
+    <s v="Munster"/>
+    <s v="141"/>
+    <s v="Cork City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="153502"/>
+  </r>
+  <r>
+    <s v="CD140"/>
+    <s v="Population Usually Resident in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="B"/>
+    <s v="Munster"/>
+    <s v="161"/>
+    <s v="Limerick City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="67614"/>
+  </r>
+  <r>
+    <s v="CD140"/>
+    <s v="Population Usually Resident in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="B"/>
+    <s v="Munster"/>
+    <s v="181"/>
+    <s v="Waterford City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="35644"/>
+  </r>
+  <r>
+    <s v="CD140"/>
+    <s v="Population Usually Resident in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="B"/>
+    <s v="Munster"/>
+    <s v="191"/>
+    <s v="Galway City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5145"/>
+  </r>
+  <r>
+    <s v="CD140"/>
+    <s v="Population Usually Resident in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="13"/>
+    <s v="Clare"/>
+    <s v="021"/>
+    <s v="Dublin City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4110"/>
+  </r>
+  <r>
+    <s v="CD140"/>
+    <s v="Population Usually Resident in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="13"/>
+    <s v="Clare"/>
+    <s v="141"/>
+    <s v="Cork City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="753"/>
+  </r>
+  <r>
+    <s v="CD140"/>
+    <s v="Population Usually Resident in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="13"/>
+    <s v="Clare"/>
+    <s v="161"/>
+    <s v="Limerick City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2647"/>
+  </r>
+  <r>
+    <s v="CD140"/>
+    <s v="Population Usually Resident in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="13"/>
+    <s v="Clare"/>
+    <s v="181"/>
+    <s v="Waterford City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="135"/>
+  </r>
+  <r>
+    <s v="CD140"/>
+    <s v="Population Usually Resident in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="13"/>
+    <s v="Clare"/>
+    <s v="191"/>
+    <s v="Galway City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1106"/>
+  </r>
+  <r>
+    <s v="CD140"/>
+    <s v="Population Usually Resident in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="14"/>
+    <s v="Cork"/>
+    <s v="021"/>
+    <s v="Dublin City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="17669"/>
+  </r>
+  <r>
+    <s v="CD140"/>
+    <s v="Population Usually Resident in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="14"/>
+    <s v="Cork"/>
+    <s v="141"/>
+    <s v="Cork City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="142032"/>
+  </r>
+  <r>
+    <s v="CD140"/>
+    <s v="Population Usually Resident in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="14"/>
+    <s v="Cork"/>
+    <s v="161"/>
+    <s v="Limerick City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2814"/>
+  </r>
+  <r>
+    <s v="CD140"/>
+    <s v="Population Usually Resident in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="14"/>
+    <s v="Cork"/>
+    <s v="181"/>
+    <s v="Waterford City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1117"/>
+  </r>
+  <r>
+    <s v="CD140"/>
+    <s v="Population Usually Resident in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="14"/>
+    <s v="Cork"/>
+    <s v="191"/>
+    <s v="Galway City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1222"/>
+  </r>
+  <r>
+    <s v="CD140"/>
+    <s v="Population Usually Resident in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="15"/>
+    <s v="Kerry"/>
+    <s v="021"/>
+    <s v="Dublin City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="6312"/>
+  </r>
+  <r>
+    <s v="CD140"/>
+    <s v="Population Usually Resident in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="15"/>
+    <s v="Kerry"/>
+    <s v="141"/>
+    <s v="Cork City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3668"/>
+  </r>
+  <r>
+    <s v="CD140"/>
+    <s v="Population Usually Resident in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="15"/>
+    <s v="Kerry"/>
+    <s v="161"/>
+    <s v="Limerick City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1321"/>
+  </r>
+  <r>
+    <s v="CD140"/>
+    <s v="Population Usually Resident in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="15"/>
+    <s v="Kerry"/>
+    <s v="181"/>
+    <s v="Waterford City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="257"/>
+  </r>
+  <r>
+    <s v="CD140"/>
+    <s v="Population Usually Resident in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="15"/>
+    <s v="Kerry"/>
+    <s v="191"/>
+    <s v="Galway City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="565"/>
+  </r>
+  <r>
+    <s v="CD140"/>
+    <s v="Population Usually Resident in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="16"/>
+    <s v="Limerick"/>
+    <s v="021"/>
+    <s v="Dublin City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="9265"/>
+  </r>
+  <r>
+    <s v="CD140"/>
+    <s v="Population Usually Resident in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="16"/>
+    <s v="Limerick"/>
+    <s v="141"/>
+    <s v="Cork City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3056"/>
+  </r>
+  <r>
+    <s v="CD140"/>
+    <s v="Population Usually Resident in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="16"/>
+    <s v="Limerick"/>
+    <s v="161"/>
+    <s v="Limerick City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="58387"/>
+  </r>
+  <r>
+    <s v="CD140"/>
+    <s v="Population Usually Resident in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="16"/>
+    <s v="Limerick"/>
+    <s v="181"/>
+    <s v="Waterford City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="397"/>
+  </r>
+  <r>
+    <s v="CD140"/>
+    <s v="Population Usually Resident in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="16"/>
+    <s v="Limerick"/>
+    <s v="191"/>
+    <s v="Galway City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1294"/>
+  </r>
+  <r>
+    <s v="CD140"/>
+    <s v="Population Usually Resident in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="17"/>
+    <s v="Tipperary"/>
+    <s v="021"/>
+    <s v="Dublin City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="8780"/>
+  </r>
+  <r>
+    <s v="CD140"/>
+    <s v="Population Usually Resident in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="17"/>
+    <s v="Tipperary"/>
+    <s v="141"/>
+    <s v="Cork City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2228"/>
+  </r>
+  <r>
+    <s v="CD140"/>
+    <s v="Population Usually Resident in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="17"/>
+    <s v="Tipperary"/>
+    <s v="161"/>
+    <s v="Limerick City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1975"/>
+  </r>
+  <r>
+    <s v="CD140"/>
+    <s v="Population Usually Resident in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="17"/>
+    <s v="Tipperary"/>
+    <s v="181"/>
+    <s v="Waterford City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="973"/>
+  </r>
+  <r>
+    <s v="CD140"/>
+    <s v="Population Usually Resident in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="17"/>
+    <s v="Tipperary"/>
+    <s v="191"/>
+    <s v="Galway City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="679"/>
+  </r>
+  <r>
+    <s v="CD140"/>
+    <s v="Population Usually Resident in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="18"/>
+    <s v="Waterford"/>
+    <s v="021"/>
+    <s v="Dublin City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4813"/>
+  </r>
+  <r>
+    <s v="CD140"/>
+    <s v="Population Usually Resident in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="18"/>
+    <s v="Waterford"/>
+    <s v="141"/>
+    <s v="Cork City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1765"/>
+  </r>
+  <r>
+    <s v="CD140"/>
+    <s v="Population Usually Resident in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="18"/>
+    <s v="Waterford"/>
+    <s v="161"/>
+    <s v="Limerick City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="470"/>
+  </r>
+  <r>
+    <s v="CD140"/>
+    <s v="Population Usually Resident in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="18"/>
+    <s v="Waterford"/>
+    <s v="181"/>
+    <s v="Waterford City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="32765"/>
+  </r>
+  <r>
+    <s v="CD140"/>
+    <s v="Population Usually Resident in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="18"/>
+    <s v="Waterford"/>
+    <s v="191"/>
+    <s v="Galway City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="279"/>
+  </r>
+  <r>
+    <s v="CD140"/>
+    <s v="Population Usually Resident in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="C"/>
+    <s v="Connacht"/>
+    <s v="021"/>
+    <s v="Dublin City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="32499"/>
+  </r>
+  <r>
+    <s v="CD140"/>
+    <s v="Population Usually Resident in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="C"/>
+    <s v="Connacht"/>
+    <s v="141"/>
+    <s v="Cork City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2127"/>
+  </r>
+  <r>
+    <s v="CD140"/>
+    <s v="Population Usually Resident in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="C"/>
+    <s v="Connacht"/>
+    <s v="161"/>
+    <s v="Limerick City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2458"/>
+  </r>
+  <r>
+    <s v="CD140"/>
+    <s v="Population Usually Resident in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="C"/>
+    <s v="Connacht"/>
+    <s v="181"/>
+    <s v="Waterford City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="518"/>
+  </r>
+  <r>
+    <s v="CD140"/>
+    <s v="Population Usually Resident in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="C"/>
+    <s v="Connacht"/>
+    <s v="191"/>
+    <s v="Galway City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="42164"/>
+  </r>
+  <r>
+    <s v="CD140"/>
+    <s v="Population Usually Resident in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="19"/>
+    <s v="Galway"/>
+    <s v="021"/>
+    <s v="Dublin City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="12290"/>
+  </r>
+  <r>
+    <s v="CD140"/>
+    <s v="Population Usually Resident in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="19"/>
+    <s v="Galway"/>
+    <s v="141"/>
+    <s v="Cork City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1035"/>
+  </r>
+  <r>
+    <s v="CD140"/>
+    <s v="Population Usually Resident in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="19"/>
+    <s v="Galway"/>
+    <s v="161"/>
+    <s v="Limerick City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1378"/>
+  </r>
+  <r>
+    <s v="CD140"/>
+    <s v="Population Usually Resident in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="19"/>
+    <s v="Galway"/>
+    <s v="181"/>
+    <s v="Waterford City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="253"/>
+  </r>
+  <r>
+    <s v="CD140"/>
+    <s v="Population Usually Resident in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="19"/>
+    <s v="Galway"/>
+    <s v="191"/>
+    <s v="Galway City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="36664"/>
+  </r>
+  <r>
+    <s v="CD140"/>
+    <s v="Population Usually Resident in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="20"/>
+    <s v="Leitrim"/>
+    <s v="021"/>
+    <s v="Dublin City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2303"/>
+  </r>
+  <r>
+    <s v="CD140"/>
+    <s v="Population Usually Resident in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="20"/>
+    <s v="Leitrim"/>
+    <s v="141"/>
+    <s v="Cork City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="88"/>
+  </r>
+  <r>
+    <s v="CD140"/>
+    <s v="Population Usually Resident in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="20"/>
+    <s v="Leitrim"/>
+    <s v="161"/>
+    <s v="Limerick City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="79"/>
+  </r>
+  <r>
+    <s v="CD140"/>
+    <s v="Population Usually Resident in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="20"/>
+    <s v="Leitrim"/>
+    <s v="181"/>
+    <s v="Waterford City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="24"/>
+  </r>
+  <r>
+    <s v="CD140"/>
+    <s v="Population Usually Resident in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="20"/>
+    <s v="Leitrim"/>
+    <s v="191"/>
+    <s v="Galway City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="267"/>
+  </r>
+  <r>
+    <s v="CD140"/>
+    <s v="Population Usually Resident in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="21"/>
+    <s v="Mayo"/>
+    <s v="021"/>
+    <s v="Dublin City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="8993"/>
+  </r>
+  <r>
+    <s v="CD140"/>
+    <s v="Population Usually Resident in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="21"/>
+    <s v="Mayo"/>
+    <s v="141"/>
+    <s v="Cork City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="528"/>
+  </r>
+  <r>
+    <s v="CD140"/>
+    <s v="Population Usually Resident in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="21"/>
+    <s v="Mayo"/>
+    <s v="161"/>
+    <s v="Limerick City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="609"/>
+  </r>
+  <r>
+    <s v="CD140"/>
+    <s v="Population Usually Resident in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="21"/>
+    <s v="Mayo"/>
+    <s v="181"/>
+    <s v="Waterford City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="120"/>
+  </r>
+  <r>
+    <s v="CD140"/>
+    <s v="Population Usually Resident in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="21"/>
+    <s v="Mayo"/>
+    <s v="191"/>
+    <s v="Galway City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3249"/>
+  </r>
+  <r>
+    <s v="CD140"/>
+    <s v="Population Usually Resident in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="22"/>
+    <s v="Roscommon"/>
+    <s v="021"/>
+    <s v="Dublin City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4053"/>
+  </r>
+  <r>
+    <s v="CD140"/>
+    <s v="Population Usually Resident in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="22"/>
+    <s v="Roscommon"/>
+    <s v="141"/>
+    <s v="Cork City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="206"/>
+  </r>
+  <r>
+    <s v="CD140"/>
+    <s v="Population Usually Resident in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="22"/>
+    <s v="Roscommon"/>
+    <s v="161"/>
+    <s v="Limerick City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="185"/>
+  </r>
+  <r>
+    <s v="CD140"/>
+    <s v="Population Usually Resident in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="22"/>
+    <s v="Roscommon"/>
+    <s v="181"/>
+    <s v="Waterford City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="46"/>
+  </r>
+  <r>
+    <s v="CD140"/>
+    <s v="Population Usually Resident in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="22"/>
+    <s v="Roscommon"/>
+    <s v="191"/>
+    <s v="Galway City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1053"/>
+  </r>
+  <r>
+    <s v="CD140"/>
+    <s v="Population Usually Resident in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="23"/>
+    <s v="Sligo"/>
+    <s v="021"/>
+    <s v="Dublin City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4860"/>
+  </r>
+  <r>
+    <s v="CD140"/>
+    <s v="Population Usually Resident in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="23"/>
+    <s v="Sligo"/>
+    <s v="141"/>
+    <s v="Cork City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="270"/>
+  </r>
+  <r>
+    <s v="CD140"/>
+    <s v="Population Usually Resident in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="23"/>
+    <s v="Sligo"/>
+    <s v="161"/>
+    <s v="Limerick City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="207"/>
+  </r>
+  <r>
+    <s v="CD140"/>
+    <s v="Population Usually Resident in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="23"/>
+    <s v="Sligo"/>
+    <s v="181"/>
+    <s v="Waterford City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="75"/>
+  </r>
+  <r>
+    <s v="CD140"/>
+    <s v="Population Usually Resident in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="23"/>
+    <s v="Sligo"/>
+    <s v="191"/>
+    <s v="Galway City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="931"/>
+  </r>
+  <r>
+    <s v="CD140"/>
+    <s v="Population Usually Resident in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="D"/>
+    <s v="Ulster (part of)"/>
+    <s v="021"/>
+    <s v="Dublin City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="14265"/>
+  </r>
+  <r>
+    <s v="CD140"/>
+    <s v="Population Usually Resident in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="D"/>
+    <s v="Ulster (part of)"/>
+    <s v="141"/>
+    <s v="Cork City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="621"/>
+  </r>
+  <r>
+    <s v="CD140"/>
+    <s v="Population Usually Resident in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="D"/>
+    <s v="Ulster (part of)"/>
+    <s v="161"/>
+    <s v="Limerick City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="375"/>
+  </r>
+  <r>
+    <s v="CD140"/>
+    <s v="Population Usually Resident in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="D"/>
+    <s v="Ulster (part of)"/>
+    <s v="181"/>
+    <s v="Waterford City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="156"/>
+  </r>
+  <r>
+    <s v="CD140"/>
+    <s v="Population Usually Resident in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="D"/>
+    <s v="Ulster (part of)"/>
+    <s v="191"/>
+    <s v="Galway City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1487"/>
+  </r>
+  <r>
+    <s v="CD140"/>
+    <s v="Population Usually Resident in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="24"/>
+    <s v="Cavan"/>
+    <s v="021"/>
+    <s v="Dublin City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5124"/>
+  </r>
+  <r>
+    <s v="CD140"/>
+    <s v="Population Usually Resident in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="24"/>
+    <s v="Cavan"/>
+    <s v="141"/>
+    <s v="Cork City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="170"/>
+  </r>
+  <r>
+    <s v="CD140"/>
+    <s v="Population Usually Resident in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="24"/>
+    <s v="Cavan"/>
+    <s v="161"/>
+    <s v="Limerick City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="146"/>
+  </r>
+  <r>
+    <s v="CD140"/>
+    <s v="Population Usually Resident in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="24"/>
+    <s v="Cavan"/>
+    <s v="181"/>
+    <s v="Waterford City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="45"/>
+  </r>
+  <r>
+    <s v="CD140"/>
+    <s v="Population Usually Resident in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="24"/>
+    <s v="Cavan"/>
+    <s v="191"/>
+    <s v="Galway City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="310"/>
+  </r>
+  <r>
+    <s v="CD140"/>
+    <s v="Population Usually Resident in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="25"/>
+    <s v="Donegal"/>
+    <s v="021"/>
+    <s v="Dublin City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="6028"/>
+  </r>
+  <r>
+    <s v="CD140"/>
+    <s v="Population Usually Resident in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="25"/>
+    <s v="Donegal"/>
+    <s v="141"/>
+    <s v="Cork City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="309"/>
+  </r>
+  <r>
+    <s v="CD140"/>
+    <s v="Population Usually Resident in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="25"/>
+    <s v="Donegal"/>
+    <s v="161"/>
+    <s v="Limerick City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="168"/>
+  </r>
+  <r>
+    <s v="CD140"/>
+    <s v="Population Usually Resident in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="25"/>
+    <s v="Donegal"/>
+    <s v="181"/>
+    <s v="Waterford City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="88"/>
+  </r>
+  <r>
+    <s v="CD140"/>
+    <s v="Population Usually Resident in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="25"/>
+    <s v="Donegal"/>
+    <s v="191"/>
+    <s v="Galway City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="984"/>
+  </r>
+  <r>
+    <s v="CD140"/>
+    <s v="Population Usually Resident in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="26"/>
+    <s v="Monaghan"/>
+    <s v="021"/>
+    <s v="Dublin City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3113"/>
+  </r>
+  <r>
+    <s v="CD140"/>
+    <s v="Population Usually Resident in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="26"/>
+    <s v="Monaghan"/>
+    <s v="141"/>
+    <s v="Cork City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="142"/>
+  </r>
+  <r>
+    <s v="CD140"/>
+    <s v="Population Usually Resident in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="26"/>
+    <s v="Monaghan"/>
+    <s v="161"/>
+    <s v="Limerick City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="61"/>
+  </r>
+  <r>
+    <s v="CD140"/>
+    <s v="Population Usually Resident in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="26"/>
+    <s v="Monaghan"/>
+    <s v="181"/>
+    <s v="Waterford City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="23"/>
+  </r>
+  <r>
+    <s v="CD140"/>
+    <s v="Population Usually Resident in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="26"/>
+    <s v="Monaghan"/>
+    <s v="191"/>
+    <s v="Galway City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="193"/>
+  </r>
+  <r>
+    <s v="CD140"/>
+    <s v="Population Usually Resident in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="021"/>
+    <s v="Dublin City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="420038"/>
+  </r>
+  <r>
+    <s v="CD140"/>
+    <s v="Population Usually Resident in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="141"/>
+    <s v="Cork City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="80148"/>
+  </r>
+  <r>
+    <s v="CD140"/>
+    <s v="Population Usually Resident in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="161"/>
+    <s v="Limerick City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="36450"/>
+  </r>
+  <r>
+    <s v="CD140"/>
+    <s v="Population Usually Resident in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="181"/>
+    <s v="Waterford City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="20483"/>
+  </r>
+  <r>
+    <s v="CD140"/>
+    <s v="Population Usually Resident in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="191"/>
+    <s v="Galway City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="26927"/>
+  </r>
+  <r>
+    <s v="CD140"/>
+    <s v="Population Usually Resident in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="A"/>
+    <s v="Leinster"/>
+    <s v="021"/>
+    <s v="Dublin City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="377832"/>
+  </r>
+  <r>
+    <s v="CD140"/>
+    <s v="Population Usually Resident in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="A"/>
+    <s v="Leinster"/>
+    <s v="141"/>
+    <s v="Cork City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4128"/>
+  </r>
+  <r>
+    <s v="CD140"/>
+    <s v="Population Usually Resident in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="A"/>
+    <s v="Leinster"/>
+    <s v="161"/>
+    <s v="Limerick City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2233"/>
+  </r>
+  <r>
+    <s v="CD140"/>
+    <s v="Population Usually Resident in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="A"/>
+    <s v="Leinster"/>
+    <s v="181"/>
+    <s v="Waterford City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2792"/>
+  </r>
+  <r>
+    <s v="CD140"/>
+    <s v="Population Usually Resident in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="A"/>
+    <s v="Leinster"/>
+    <s v="191"/>
+    <s v="Galway City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3496"/>
+  </r>
+  <r>
+    <s v="CD140"/>
+    <s v="Population Usually Resident in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Carlow"/>
+    <s v="021"/>
+    <s v="Dublin City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1126"/>
+  </r>
+  <r>
+    <s v="CD140"/>
+    <s v="Population Usually Resident in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Carlow"/>
+    <s v="141"/>
+    <s v="Cork City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="105"/>
+  </r>
+  <r>
+    <s v="CD140"/>
+    <s v="Population Usually Resident in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Carlow"/>
+    <s v="161"/>
+    <s v="Limerick City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="45"/>
+  </r>
+  <r>
+    <s v="CD140"/>
+    <s v="Population Usually Resident in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Carlow"/>
+    <s v="181"/>
+    <s v="Waterford City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="104"/>
+  </r>
+  <r>
+    <s v="CD140"/>
+    <s v="Population Usually Resident in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Carlow"/>
+    <s v="191"/>
+    <s v="Galway City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="51"/>
+  </r>
+  <r>
+    <s v="CD140"/>
+    <s v="Population Usually Resident in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="Dublin"/>
+    <s v="021"/>
+    <s v="Dublin City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="354657"/>
+  </r>
+  <r>
+    <s v="CD140"/>
+    <s v="Population Usually Resident in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="Dublin"/>
+    <s v="141"/>
+    <s v="Cork City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2467"/>
+  </r>
+  <r>
+    <s v="CD140"/>
+    <s v="Population Usually Resident in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="Dublin"/>
+    <s v="161"/>
+    <s v="Limerick City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1170"/>
+  </r>
+  <r>
+    <s v="CD140"/>
+    <s v="Population Usually Resident in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="Dublin"/>
+    <s v="181"/>
+    <s v="Waterford City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="897"/>
+  </r>
+  <r>
+    <s v="CD140"/>
+    <s v="Population Usually Resident in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="Dublin"/>
+    <s v="191"/>
+    <s v="Galway City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1995"/>
+  </r>
+  <r>
+    <s v="CD140"/>
+    <s v="Population Usually Resident in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="Kildare"/>
+    <s v="021"/>
+    <s v="Dublin City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2573"/>
+  </r>
+  <r>
+    <s v="CD140"/>
+    <s v="Population Usually Resident in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="Kildare"/>
+    <s v="141"/>
+    <s v="Cork City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="158"/>
+  </r>
+  <r>
+    <s v="CD140"/>
+    <s v="Population Usually Resident in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="Kildare"/>
+    <s v="161"/>
+    <s v="Limerick City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="93"/>
+  </r>
+  <r>
+    <s v="CD140"/>
+    <s v="Population Usually Resident in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="Kildare"/>
+    <s v="181"/>
+    <s v="Waterford City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="81"/>
+  </r>
+  <r>
+    <s v="CD140"/>
+    <s v="Population Usually Resident in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="Kildare"/>
+    <s v="191"/>
+    <s v="Galway City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="132"/>
+  </r>
+  <r>
+    <s v="CD140"/>
+    <s v="Population Usually Resident in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Kilkenny"/>
+    <s v="021"/>
+    <s v="Dublin City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2241"/>
+  </r>
+  <r>
+    <s v="CD140"/>
+    <s v="Population Usually Resident in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Kilkenny"/>
+    <s v="141"/>
+    <s v="Cork City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="346"/>
+  </r>
+  <r>
+    <s v="CD140"/>
+    <s v="Population Usually Resident in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Kilkenny"/>
+    <s v="161"/>
+    <s v="Limerick City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="193"/>
+  </r>
+  <r>
+    <s v="CD140"/>
+    <s v="Population Usually Resident in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Kilkenny"/>
+    <s v="181"/>
+    <s v="Waterford City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="858"/>
+  </r>
+  <r>
+    <s v="CD140"/>
+    <s v="Population Usually Resident in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Kilkenny"/>
+    <s v="191"/>
+    <s v="Galway City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="118"/>
+  </r>
+  <r>
+    <s v="CD140"/>
+    <s v="Population Usually Resident in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="Laois"/>
+    <s v="021"/>
+    <s v="Dublin City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1578"/>
+  </r>
+  <r>
+    <s v="CD140"/>
+    <s v="Population Usually Resident in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="Laois"/>
+    <s v="141"/>
+    <s v="Cork City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="136"/>
+  </r>
+  <r>
+    <s v="CD140"/>
+    <s v="Population Usually Resident in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="Laois"/>
+    <s v="161"/>
+    <s v="Limerick City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="148"/>
+  </r>
+  <r>
+    <s v="CD140"/>
+    <s v="Population Usually Resident in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="Laois"/>
+    <s v="181"/>
+    <s v="Waterford City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="70"/>
+  </r>
+  <r>
+    <s v="CD140"/>
+    <s v="Population Usually Resident in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="Laois"/>
+    <s v="191"/>
+    <s v="Galway City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="135"/>
+  </r>
+  <r>
+    <s v="CD140"/>
+    <s v="Population Usually Resident in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="06"/>
+    <s v="Longford"/>
+    <s v="021"/>
+    <s v="Dublin City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1003"/>
+  </r>
+  <r>
+    <s v="CD140"/>
+    <s v="Population Usually Resident in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="06"/>
+    <s v="Longford"/>
+    <s v="141"/>
+    <s v="Cork City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="65"/>
+  </r>
+  <r>
+    <s v="CD140"/>
+    <s v="Population Usually Resident in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="06"/>
+    <s v="Longford"/>
+    <s v="161"/>
+    <s v="Limerick City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="47"/>
+  </r>
+  <r>
+    <s v="CD140"/>
+    <s v="Population Usually Resident in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="06"/>
+    <s v="Longford"/>
+    <s v="181"/>
+    <s v="Waterford City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="15"/>
+  </r>
+  <r>
+    <s v="CD140"/>
+    <s v="Population Usually Resident in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="06"/>
+    <s v="Longford"/>
+    <s v="191"/>
+    <s v="Galway City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="105"/>
+  </r>
+  <r>
+    <s v="CD140"/>
+    <s v="Population Usually Resident in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="07"/>
+    <s v="Louth"/>
+    <s v="021"/>
+    <s v="Dublin City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3018"/>
+  </r>
+  <r>
+    <s v="CD140"/>
+    <s v="Population Usually Resident in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="07"/>
+    <s v="Louth"/>
+    <s v="141"/>
+    <s v="Cork City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="168"/>
+  </r>
+  <r>
+    <s v="CD140"/>
+    <s v="Population Usually Resident in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="07"/>
+    <s v="Louth"/>
+    <s v="161"/>
+    <s v="Limerick City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="94"/>
+  </r>
+  <r>
+    <s v="CD140"/>
+    <s v="Population Usually Resident in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="07"/>
+    <s v="Louth"/>
+    <s v="181"/>
+    <s v="Waterford City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="60"/>
+  </r>
+  <r>
+    <s v="CD140"/>
+    <s v="Population Usually Resident in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="07"/>
+    <s v="Louth"/>
+    <s v="191"/>
+    <s v="Galway City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="172"/>
+  </r>
+  <r>
+    <s v="CD140"/>
+    <s v="Population Usually Resident in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="08"/>
+    <s v="Meath"/>
+    <s v="021"/>
+    <s v="Dublin City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2414"/>
+  </r>
+  <r>
+    <s v="CD140"/>
+    <s v="Population Usually Resident in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="08"/>
+    <s v="Meath"/>
+    <s v="141"/>
+    <s v="Cork City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="97"/>
+  </r>
+  <r>
+    <s v="CD140"/>
+    <s v="Population Usually Resident in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="08"/>
+    <s v="Meath"/>
+    <s v="161"/>
+    <s v="Limerick City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="49"/>
+  </r>
+  <r>
+    <s v="CD140"/>
+    <s v="Population Usually Resident in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="08"/>
+    <s v="Meath"/>
+    <s v="181"/>
+    <s v="Waterford City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="32"/>
+  </r>
+  <r>
+    <s v="CD140"/>
+    <s v="Population Usually Resident in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="08"/>
+    <s v="Meath"/>
+    <s v="191"/>
+    <s v="Galway City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="102"/>
+  </r>
+  <r>
+    <s v="CD140"/>
+    <s v="Population Usually Resident in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="09"/>
+    <s v="Offaly"/>
+    <s v="021"/>
+    <s v="Dublin City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1537"/>
+  </r>
+  <r>
+    <s v="CD140"/>
+    <s v="Population Usually Resident in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="09"/>
+    <s v="Offaly"/>
+    <s v="141"/>
+    <s v="Cork City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="116"/>
+  </r>
+  <r>
+    <s v="CD140"/>
+    <s v="Population Usually Resident in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="09"/>
+    <s v="Offaly"/>
+    <s v="161"/>
+    <s v="Limerick City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="102"/>
+  </r>
+  <r>
+    <s v="CD140"/>
+    <s v="Population Usually Resident in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="09"/>
+    <s v="Offaly"/>
+    <s v="181"/>
+    <s v="Waterford City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="42"/>
+  </r>
+  <r>
+    <s v="CD140"/>
+    <s v="Population Usually Resident in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="09"/>
+    <s v="Offaly"/>
+    <s v="191"/>
+    <s v="Galway City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="173"/>
+  </r>
+  <r>
+    <s v="CD140"/>
+    <s v="Population Usually Resident in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="10"/>
+    <s v="Westmeath"/>
+    <s v="021"/>
+    <s v="Dublin City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2173"/>
+  </r>
+  <r>
+    <s v="CD140"/>
+    <s v="Population Usually Resident in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="10"/>
+    <s v="Westmeath"/>
+    <s v="141"/>
+    <s v="Cork City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="115"/>
+  </r>
+  <r>
+    <s v="CD140"/>
+    <s v="Population Usually Resident in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="10"/>
+    <s v="Westmeath"/>
+    <s v="161"/>
+    <s v="Limerick City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="107"/>
+  </r>
+  <r>
+    <s v="CD140"/>
+    <s v="Population Usually Resident in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="10"/>
+    <s v="Westmeath"/>
+    <s v="181"/>
+    <s v="Waterford City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="41"/>
+  </r>
+  <r>
+    <s v="CD140"/>
+    <s v="Population Usually Resident in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="10"/>
+    <s v="Westmeath"/>
+    <s v="191"/>
+    <s v="Galway City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="321"/>
+  </r>
+  <r>
+    <s v="CD140"/>
+    <s v="Population Usually Resident in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="11"/>
+    <s v="Wexford"/>
+    <s v="021"/>
+    <s v="Dublin City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2978"/>
+  </r>
+  <r>
+    <s v="CD140"/>
+    <s v="Population Usually Resident in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="11"/>
+    <s v="Wexford"/>
+    <s v="141"/>
+    <s v="Cork City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="270"/>
+  </r>
+  <r>
+    <s v="CD140"/>
+    <s v="Population Usually Resident in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="11"/>
+    <s v="Wexford"/>
+    <s v="161"/>
+    <s v="Limerick City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="139"/>
+  </r>
+  <r>
+    <s v="CD140"/>
+    <s v="Population Usually Resident in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="11"/>
+    <s v="Wexford"/>
+    <s v="181"/>
+    <s v="Waterford City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="506"/>
+  </r>
+  <r>
+    <s v="CD140"/>
+    <s v="Population Usually Resident in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="11"/>
+    <s v="Wexford"/>
+    <s v="191"/>
+    <s v="Galway City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="103"/>
+  </r>
+  <r>
+    <s v="CD140"/>
+    <s v="Population Usually Resident in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="12"/>
+    <s v="Wicklow"/>
+    <s v="021"/>
+    <s v="Dublin City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2534"/>
+  </r>
+  <r>
+    <s v="CD140"/>
+    <s v="Population Usually Resident in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="12"/>
+    <s v="Wicklow"/>
+    <s v="141"/>
+    <s v="Cork City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="85"/>
+  </r>
+  <r>
+    <s v="CD140"/>
+    <s v="Population Usually Resident in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="12"/>
+    <s v="Wicklow"/>
+    <s v="161"/>
+    <s v="Limerick City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="46"/>
+  </r>
+  <r>
+    <s v="CD140"/>
+    <s v="Population Usually Resident in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="12"/>
+    <s v="Wicklow"/>
+    <s v="181"/>
+    <s v="Waterford City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="86"/>
+  </r>
+  <r>
+    <s v="CD140"/>
+    <s v="Population Usually Resident in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="12"/>
+    <s v="Wicklow"/>
+    <s v="191"/>
+    <s v="Galway City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="89"/>
+  </r>
+  <r>
+    <s v="CD140"/>
+    <s v="Population Usually Resident in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="B"/>
+    <s v="Munster"/>
+    <s v="021"/>
+    <s v="Dublin City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="22550"/>
+  </r>
+  <r>
+    <s v="CD140"/>
+    <s v="Population Usually Resident in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="B"/>
+    <s v="Munster"/>
+    <s v="141"/>
+    <s v="Cork City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="74724"/>
+  </r>
+  <r>
+    <s v="CD140"/>
+    <s v="Population Usually Resident in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="B"/>
+    <s v="Munster"/>
+    <s v="161"/>
+    <s v="Limerick City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="32909"/>
+  </r>
+  <r>
+    <s v="CD140"/>
+    <s v="Population Usually Resident in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="B"/>
+    <s v="Munster"/>
+    <s v="181"/>
+    <s v="Waterford City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="17373"/>
+  </r>
+  <r>
+    <s v="CD140"/>
+    <s v="Population Usually Resident in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="B"/>
+    <s v="Munster"/>
+    <s v="191"/>
+    <s v="Galway City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2444"/>
+  </r>
+  <r>
+    <s v="CD140"/>
+    <s v="Population Usually Resident in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="13"/>
+    <s v="Clare"/>
+    <s v="021"/>
+    <s v="Dublin City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1692"/>
+  </r>
+  <r>
+    <s v="CD140"/>
+    <s v="Population Usually Resident in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="13"/>
+    <s v="Clare"/>
+    <s v="141"/>
+    <s v="Cork City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="318"/>
+  </r>
+  <r>
+    <s v="CD140"/>
+    <s v="Population Usually Resident in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="13"/>
+    <s v="Clare"/>
+    <s v="161"/>
+    <s v="Limerick City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1181"/>
+  </r>
+  <r>
+    <s v="CD140"/>
+    <s v="Population Usually Resident in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="13"/>
+    <s v="Clare"/>
+    <s v="181"/>
+    <s v="Waterford City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="56"/>
+  </r>
+  <r>
+    <s v="CD140"/>
+    <s v="Population Usually Resident in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="13"/>
+    <s v="Clare"/>
+    <s v="191"/>
+    <s v="Galway City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="477"/>
+  </r>
+  <r>
+    <s v="CD140"/>
+    <s v="Population Usually Resident in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="14"/>
+    <s v="Cork"/>
+    <s v="021"/>
+    <s v="Dublin City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="8094"/>
+  </r>
+  <r>
+    <s v="CD140"/>
+    <s v="Population Usually Resident in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="14"/>
+    <s v="Cork"/>
+    <s v="141"/>
+    <s v="Cork City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="69535"/>
+  </r>
+  <r>
+    <s v="CD140"/>
+    <s v="Population Usually Resident in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="14"/>
+    <s v="Cork"/>
+    <s v="161"/>
+    <s v="Limerick City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1342"/>
+  </r>
+  <r>
+    <s v="CD140"/>
+    <s v="Population Usually Resident in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="14"/>
+    <s v="Cork"/>
+    <s v="181"/>
+    <s v="Waterford City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="508"/>
+  </r>
+  <r>
+    <s v="CD140"/>
+    <s v="Population Usually Resident in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="14"/>
+    <s v="Cork"/>
+    <s v="191"/>
+    <s v="Galway City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="604"/>
+  </r>
+  <r>
+    <s v="CD140"/>
+    <s v="Population Usually Resident in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="15"/>
+    <s v="Kerry"/>
+    <s v="021"/>
+    <s v="Dublin City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2626"/>
+  </r>
+  <r>
+    <s v="CD140"/>
+    <s v="Population Usually Resident in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="15"/>
+    <s v="Kerry"/>
+    <s v="141"/>
+    <s v="Cork City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1643"/>
+  </r>
+  <r>
+    <s v="CD140"/>
+    <s v="Population Usually Resident in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="15"/>
+    <s v="Kerry"/>
+    <s v="161"/>
+    <s v="Limerick City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="599"/>
+  </r>
+  <r>
+    <s v="CD140"/>
+    <s v="Population Usually Resident in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="15"/>
+    <s v="Kerry"/>
+    <s v="181"/>
+    <s v="Waterford City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="120"/>
+  </r>
+  <r>
+    <s v="CD140"/>
+    <s v="Population Usually Resident in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="15"/>
+    <s v="Kerry"/>
+    <s v="191"/>
+    <s v="Galway City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="273"/>
+  </r>
+  <r>
+    <s v="CD140"/>
+    <s v="Population Usually Resident in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="16"/>
+    <s v="Limerick"/>
+    <s v="021"/>
+    <s v="Dublin City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4222"/>
+  </r>
+  <r>
+    <s v="CD140"/>
+    <s v="Population Usually Resident in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="16"/>
+    <s v="Limerick"/>
+    <s v="141"/>
+    <s v="Cork City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1428"/>
+  </r>
+  <r>
+    <s v="CD140"/>
+    <s v="Population Usually Resident in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="16"/>
+    <s v="Limerick"/>
+    <s v="161"/>
+    <s v="Limerick City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="28643"/>
+  </r>
+  <r>
+    <s v="CD140"/>
+    <s v="Population Usually Resident in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="16"/>
+    <s v="Limerick"/>
+    <s v="181"/>
+    <s v="Waterford City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="174"/>
+  </r>
+  <r>
+    <s v="CD140"/>
+    <s v="Population Usually Resident in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="16"/>
+    <s v="Limerick"/>
+    <s v="191"/>
+    <s v="Galway City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="626"/>
+  </r>
+  <r>
+    <s v="CD140"/>
+    <s v="Population Usually Resident in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="17"/>
+    <s v="Tipperary"/>
+    <s v="021"/>
+    <s v="Dublin City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3715"/>
+  </r>
+  <r>
+    <s v="CD140"/>
+    <s v="Population Usually Resident in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="17"/>
+    <s v="Tipperary"/>
+    <s v="141"/>
+    <s v="Cork City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="996"/>
+  </r>
+  <r>
+    <s v="CD140"/>
+    <s v="Population Usually Resident in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="17"/>
+    <s v="Tipperary"/>
+    <s v="161"/>
+    <s v="Limerick City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="915"/>
+  </r>
+  <r>
+    <s v="CD140"/>
+    <s v="Population Usually Resident in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="17"/>
+    <s v="Tipperary"/>
+    <s v="181"/>
+    <s v="Waterford City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="438"/>
+  </r>
+  <r>
+    <s v="CD140"/>
+    <s v="Population Usually Resident in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="17"/>
+    <s v="Tipperary"/>
+    <s v="191"/>
+    <s v="Galway City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="317"/>
+  </r>
+  <r>
+    <s v="CD140"/>
+    <s v="Population Usually Resident in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="18"/>
+    <s v="Waterford"/>
+    <s v="021"/>
+    <s v="Dublin City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2201"/>
+  </r>
+  <r>
+    <s v="CD140"/>
+    <s v="Population Usually Resident in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="18"/>
+    <s v="Waterford"/>
+    <s v="141"/>
+    <s v="Cork City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="804"/>
+  </r>
+  <r>
+    <s v="CD140"/>
+    <s v="Population Usually Resident in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="18"/>
+    <s v="Waterford"/>
+    <s v="161"/>
+    <s v="Limerick City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="229"/>
+  </r>
+  <r>
+    <s v="CD140"/>
+    <s v="Population Usually Resident in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="18"/>
+    <s v="Waterford"/>
+    <s v="181"/>
+    <s v="Waterford City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="16077"/>
+  </r>
+  <r>
+    <s v="CD140"/>
+    <s v="Population Usually Resident in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="18"/>
+    <s v="Waterford"/>
+    <s v="191"/>
+    <s v="Galway City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="147"/>
+  </r>
+  <r>
+    <s v="CD140"/>
+    <s v="Population Usually Resident in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="C"/>
+    <s v="Connacht"/>
+    <s v="021"/>
+    <s v="Dublin City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="13549"/>
+  </r>
+  <r>
+    <s v="CD140"/>
+    <s v="Population Usually Resident in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="C"/>
+    <s v="Connacht"/>
+    <s v="141"/>
+    <s v="Cork City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1002"/>
+  </r>
+  <r>
+    <s v="CD140"/>
+    <s v="Population Usually Resident in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="C"/>
+    <s v="Connacht"/>
+    <s v="161"/>
+    <s v="Limerick City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1133"/>
+  </r>
+  <r>
+    <s v="CD140"/>
+    <s v="Population Usually Resident in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="C"/>
+    <s v="Connacht"/>
+    <s v="181"/>
+    <s v="Waterford City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="249"/>
+  </r>
+  <r>
+    <s v="CD140"/>
+    <s v="Population Usually Resident in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="C"/>
+    <s v="Connacht"/>
+    <s v="191"/>
+    <s v="Galway City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="20282"/>
+  </r>
+  <r>
+    <s v="CD140"/>
+    <s v="Population Usually Resident in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="19"/>
+    <s v="Galway"/>
+    <s v="021"/>
+    <s v="Dublin City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5144"/>
+  </r>
+  <r>
+    <s v="CD140"/>
+    <s v="Population Usually Resident in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="19"/>
+    <s v="Galway"/>
+    <s v="141"/>
+    <s v="Cork City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="484"/>
+  </r>
+  <r>
+    <s v="CD140"/>
+    <s v="Population Usually Resident in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="19"/>
+    <s v="Galway"/>
+    <s v="161"/>
+    <s v="Limerick City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="621"/>
+  </r>
+  <r>
+    <s v="CD140"/>
+    <s v="Population Usually Resident in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="19"/>
+    <s v="Galway"/>
+    <s v="181"/>
+    <s v="Waterford City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="123"/>
+  </r>
+  <r>
+    <s v="CD140"/>
+    <s v="Population Usually Resident in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="19"/>
+    <s v="Galway"/>
+    <s v="191"/>
+    <s v="Galway City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="17801"/>
+  </r>
+  <r>
+    <s v="CD140"/>
+    <s v="Population Usually Resident in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="20"/>
+    <s v="Leitrim"/>
+    <s v="021"/>
+    <s v="Dublin City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="949"/>
+  </r>
+  <r>
+    <s v="CD140"/>
+    <s v="Population Usually Resident in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="20"/>
+    <s v="Leitrim"/>
+    <s v="141"/>
+    <s v="Cork City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="39"/>
+  </r>
+  <r>
+    <s v="CD140"/>
+    <s v="Population Usually Resident in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="20"/>
+    <s v="Leitrim"/>
+    <s v="161"/>
+    <s v="Limerick City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="40"/>
+  </r>
+  <r>
+    <s v="CD140"/>
+    <s v="Population Usually Resident in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="20"/>
+    <s v="Leitrim"/>
+    <s v="181"/>
+    <s v="Waterford City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="8"/>
+  </r>
+  <r>
+    <s v="CD140"/>
+    <s v="Population Usually Resident in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="20"/>
+    <s v="Leitrim"/>
+    <s v="191"/>
+    <s v="Galway City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="129"/>
+  </r>
+  <r>
+    <s v="CD140"/>
+    <s v="Population Usually Resident in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="21"/>
+    <s v="Mayo"/>
+    <s v="021"/>
+    <s v="Dublin City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3748"/>
+  </r>
+  <r>
+    <s v="CD140"/>
+    <s v="Population Usually Resident in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="21"/>
+    <s v="Mayo"/>
+    <s v="141"/>
+    <s v="Cork City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="249"/>
+  </r>
+  <r>
+    <s v="CD140"/>
+    <s v="Population Usually Resident in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="21"/>
+    <s v="Mayo"/>
+    <s v="161"/>
+    <s v="Limerick City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="275"/>
+  </r>
+  <r>
+    <s v="CD140"/>
+    <s v="Population Usually Resident in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="21"/>
+    <s v="Mayo"/>
+    <s v="181"/>
+    <s v="Waterford City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="60"/>
+  </r>
+  <r>
+    <s v="CD140"/>
+    <s v="Population Usually Resident in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="21"/>
+    <s v="Mayo"/>
+    <s v="191"/>
+    <s v="Galway City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1421"/>
+  </r>
+  <r>
+    <s v="CD140"/>
+    <s v="Population Usually Resident in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="22"/>
+    <s v="Roscommon"/>
+    <s v="021"/>
+    <s v="Dublin City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1638"/>
+  </r>
+  <r>
+    <s v="CD140"/>
+    <s v="Population Usually Resident in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="22"/>
+    <s v="Roscommon"/>
+    <s v="141"/>
+    <s v="Cork City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="98"/>
+  </r>
+  <r>
+    <s v="CD140"/>
+    <s v="Population Usually Resident in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="22"/>
+    <s v="Roscommon"/>
+    <s v="161"/>
+    <s v="Limerick City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="97"/>
+  </r>
+  <r>
+    <s v="CD140"/>
+    <s v="Population Usually Resident in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="22"/>
+    <s v="Roscommon"/>
+    <s v="181"/>
+    <s v="Waterford City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="18"/>
+  </r>
+  <r>
+    <s v="CD140"/>
+    <s v="Population Usually Resident in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="22"/>
+    <s v="Roscommon"/>
+    <s v="191"/>
+    <s v="Galway City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="464"/>
+  </r>
+  <r>
+    <s v="CD140"/>
+    <s v="Population Usually Resident in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="23"/>
+    <s v="Sligo"/>
+    <s v="021"/>
+    <s v="Dublin City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2070"/>
+  </r>
+  <r>
+    <s v="CD140"/>
+    <s v="Population Usually Resident in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="23"/>
+    <s v="Sligo"/>
+    <s v="141"/>
+    <s v="Cork City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="132"/>
+  </r>
+  <r>
+    <s v="CD140"/>
+    <s v="Population Usually Resident in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="23"/>
+    <s v="Sligo"/>
+    <s v="161"/>
+    <s v="Limerick City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="100"/>
+  </r>
+  <r>
+    <s v="CD140"/>
+    <s v="Population Usually Resident in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="23"/>
+    <s v="Sligo"/>
+    <s v="181"/>
+    <s v="Waterford City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="40"/>
+  </r>
+  <r>
+    <s v="CD140"/>
+    <s v="Population Usually Resident in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="23"/>
+    <s v="Sligo"/>
+    <s v="191"/>
+    <s v="Galway City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="467"/>
+  </r>
+  <r>
+    <s v="CD140"/>
+    <s v="Population Usually Resident in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="D"/>
+    <s v="Ulster (part of)"/>
+    <s v="021"/>
+    <s v="Dublin City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="6107"/>
+  </r>
+  <r>
+    <s v="CD140"/>
+    <s v="Population Usually Resident in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="D"/>
+    <s v="Ulster (part of)"/>
+    <s v="141"/>
+    <s v="Cork City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="294"/>
+  </r>
+  <r>
+    <s v="CD140"/>
+    <s v="Population Usually Resident in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="D"/>
+    <s v="Ulster (part of)"/>
+    <s v="161"/>
+    <s v="Limerick City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="175"/>
+  </r>
+  <r>
+    <s v="CD140"/>
+    <s v="Population Usually Resident in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="D"/>
+    <s v="Ulster (part of)"/>
+    <s v="181"/>
+    <s v="Waterford City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="69"/>
+  </r>
+  <r>
+    <s v="CD140"/>
+    <s v="Population Usually Resident in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="D"/>
+    <s v="Ulster (part of)"/>
+    <s v="191"/>
+    <s v="Galway City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="705"/>
+  </r>
+  <r>
+    <s v="CD140"/>
+    <s v="Population Usually Resident in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="24"/>
+    <s v="Cavan"/>
+    <s v="021"/>
+    <s v="Dublin City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2193"/>
+  </r>
+  <r>
+    <s v="CD140"/>
+    <s v="Population Usually Resident in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="24"/>
+    <s v="Cavan"/>
+    <s v="141"/>
+    <s v="Cork City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="74"/>
+  </r>
+  <r>
+    <s v="CD140"/>
+    <s v="Population Usually Resident in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="24"/>
+    <s v="Cavan"/>
+    <s v="161"/>
+    <s v="Limerick City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="59"/>
+  </r>
+  <r>
+    <s v="CD140"/>
+    <s v="Population Usually Resident in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="24"/>
+    <s v="Cavan"/>
+    <s v="181"/>
+    <s v="Waterford City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="18"/>
+  </r>
+  <r>
+    <s v="CD140"/>
+    <s v="Population Usually Resident in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="24"/>
+    <s v="Cavan"/>
+    <s v="191"/>
+    <s v="Galway City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="147"/>
+  </r>
+  <r>
+    <s v="CD140"/>
+    <s v="Population Usually Resident in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="25"/>
+    <s v="Donegal"/>
+    <s v="021"/>
+    <s v="Dublin City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2594"/>
+  </r>
+  <r>
+    <s v="CD140"/>
+    <s v="Population Usually Resident in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="25"/>
+    <s v="Donegal"/>
+    <s v="141"/>
+    <s v="Cork City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="155"/>
+  </r>
+  <r>
+    <s v="CD140"/>
+    <s v="Population Usually Resident in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="25"/>
+    <s v="Donegal"/>
+    <s v="161"/>
+    <s v="Limerick City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="90"/>
+  </r>
+  <r>
+    <s v="CD140"/>
+    <s v="Population Usually Resident in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="25"/>
+    <s v="Donegal"/>
+    <s v="181"/>
+    <s v="Waterford City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="42"/>
+  </r>
+  <r>
+    <s v="CD140"/>
+    <s v="Population Usually Resident in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="25"/>
+    <s v="Donegal"/>
+    <s v="191"/>
+    <s v="Galway City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="462"/>
+  </r>
+  <r>
+    <s v="CD140"/>
+    <s v="Population Usually Resident in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="26"/>
+    <s v="Monaghan"/>
+    <s v="021"/>
+    <s v="Dublin City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1320"/>
+  </r>
+  <r>
+    <s v="CD140"/>
+    <s v="Population Usually Resident in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="26"/>
+    <s v="Monaghan"/>
+    <s v="141"/>
+    <s v="Cork City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="65"/>
+  </r>
+  <r>
+    <s v="CD140"/>
+    <s v="Population Usually Resident in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="26"/>
+    <s v="Monaghan"/>
+    <s v="161"/>
+    <s v="Limerick City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="26"/>
+  </r>
+  <r>
+    <s v="CD140"/>
+    <s v="Population Usually Resident in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="26"/>
+    <s v="Monaghan"/>
+    <s v="181"/>
+    <s v="Waterford City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="9"/>
+  </r>
+  <r>
+    <s v="CD140"/>
+    <s v="Population Usually Resident in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="26"/>
+    <s v="Monaghan"/>
+    <s v="191"/>
+    <s v="Galway City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="96"/>
+  </r>
+  <r>
+    <s v="CD140"/>
+    <s v="Population Usually Resident in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="021"/>
+    <s v="Dublin City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="448930"/>
+  </r>
+  <r>
+    <s v="CD140"/>
+    <s v="Population Usually Resident in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="141"/>
+    <s v="Cork City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="84376"/>
+  </r>
+  <r>
+    <s v="CD140"/>
+    <s v="Population Usually Resident in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="161"/>
+    <s v="Limerick City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="38473"/>
+  </r>
+  <r>
+    <s v="CD140"/>
+    <s v="Population Usually Resident in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="181"/>
+    <s v="Waterford City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="21714"/>
+  </r>
+  <r>
+    <s v="CD140"/>
+    <s v="Population Usually Resident in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="191"/>
+    <s v="Galway City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="28899"/>
+  </r>
+  <r>
+    <s v="CD140"/>
+    <s v="Population Usually Resident in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="A"/>
+    <s v="Leinster"/>
+    <s v="021"/>
+    <s v="Dublin City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="393423"/>
+  </r>
+  <r>
+    <s v="CD140"/>
+    <s v="Population Usually Resident in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="A"/>
+    <s v="Leinster"/>
+    <s v="141"/>
+    <s v="Cork City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4146"/>
+  </r>
+  <r>
+    <s v="CD140"/>
+    <s v="Population Usually Resident in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="A"/>
+    <s v="Leinster"/>
+    <s v="161"/>
+    <s v="Limerick City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2243"/>
+  </r>
+  <r>
+    <s v="CD140"/>
+    <s v="Population Usually Resident in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="A"/>
+    <s v="Leinster"/>
+    <s v="181"/>
+    <s v="Waterford City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3087"/>
+  </r>
+  <r>
+    <s v="CD140"/>
+    <s v="Population Usually Resident in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="A"/>
+    <s v="Leinster"/>
+    <s v="191"/>
+    <s v="Galway City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3534"/>
+  </r>
+  <r>
+    <s v="CD140"/>
+    <s v="Population Usually Resident in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Carlow"/>
+    <s v="021"/>
+    <s v="Dublin City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1545"/>
+  </r>
+  <r>
+    <s v="CD140"/>
+    <s v="Population Usually Resident in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Carlow"/>
+    <s v="141"/>
+    <s v="Cork City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="85"/>
+  </r>
+  <r>
+    <s v="CD140"/>
+    <s v="Population Usually Resident in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Carlow"/>
+    <s v="161"/>
+    <s v="Limerick City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="37"/>
+  </r>
+  <r>
+    <s v="CD140"/>
+    <s v="Population Usually Resident in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Carlow"/>
+    <s v="181"/>
+    <s v="Waterford City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="97"/>
+  </r>
+  <r>
+    <s v="CD140"/>
+    <s v="Population Usually Resident in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Carlow"/>
+    <s v="191"/>
+    <s v="Galway City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="52"/>
+  </r>
+  <r>
+    <s v="CD140"/>
+    <s v="Population Usually Resident in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="Dublin"/>
+    <s v="021"/>
+    <s v="Dublin City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="364103"/>
+  </r>
+  <r>
+    <s v="CD140"/>
+    <s v="Population Usually Resident in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="Dublin"/>
+    <s v="141"/>
+    <s v="Cork City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2349"/>
+  </r>
+  <r>
+    <s v="CD140"/>
+    <s v="Population Usually Resident in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="Dublin"/>
+    <s v="161"/>
+    <s v="Limerick City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1133"/>
+  </r>
+  <r>
+    <s v="CD140"/>
+    <s v="Population Usually Resident in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="Dublin"/>
+    <s v="181"/>
+    <s v="Waterford City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="838"/>
+  </r>
+  <r>
+    <s v="CD140"/>
+    <s v="Population Usually Resident in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="Dublin"/>
+    <s v="191"/>
+    <s v="Galway City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1871"/>
+  </r>
+  <r>
+    <s v="CD140"/>
+    <s v="Population Usually Resident in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="Kildare"/>
+    <s v="021"/>
+    <s v="Dublin City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3048"/>
+  </r>
+  <r>
+    <s v="CD140"/>
+    <s v="Population Usually Resident in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="Kildare"/>
+    <s v="141"/>
+    <s v="Cork City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="151"/>
+  </r>
+  <r>
+    <s v="CD140"/>
+    <s v="Population Usually Resident in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="Kildare"/>
+    <s v="161"/>
+    <s v="Limerick City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="101"/>
+  </r>
+  <r>
+    <s v="CD140"/>
+    <s v="Population Usually Resident in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="Kildare"/>
+    <s v="181"/>
+    <s v="Waterford City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="101"/>
+  </r>
+  <r>
+    <s v="CD140"/>
+    <s v="Population Usually Resident in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="Kildare"/>
+    <s v="191"/>
+    <s v="Galway City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="146"/>
+  </r>
+  <r>
+    <s v="CD140"/>
+    <s v="Population Usually Resident in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Kilkenny"/>
+    <s v="021"/>
+    <s v="Dublin City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2862"/>
+  </r>
+  <r>
+    <s v="CD140"/>
+    <s v="Population Usually Resident in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Kilkenny"/>
+    <s v="141"/>
+    <s v="Cork City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="416"/>
+  </r>
+  <r>
+    <s v="CD140"/>
+    <s v="Population Usually Resident in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Kilkenny"/>
+    <s v="161"/>
+    <s v="Limerick City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="184"/>
+  </r>
+  <r>
+    <s v="CD140"/>
+    <s v="Population Usually Resident in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Kilkenny"/>
+    <s v="181"/>
+    <s v="Waterford City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1035"/>
+  </r>
+  <r>
+    <s v="CD140"/>
+    <s v="Population Usually Resident in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Kilkenny"/>
+    <s v="191"/>
+    <s v="Galway City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="140"/>
+  </r>
+  <r>
+    <s v="CD140"/>
+    <s v="Population Usually Resident in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="Laois"/>
+    <s v="021"/>
+    <s v="Dublin City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2100"/>
+  </r>
+  <r>
+    <s v="CD140"/>
+    <s v="Population Usually Resident in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="Laois"/>
+    <s v="141"/>
+    <s v="Cork City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="154"/>
+  </r>
+  <r>
+    <s v="CD140"/>
+    <s v="Population Usually Resident in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="Laois"/>
+    <s v="161"/>
+    <s v="Limerick City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="124"/>
+  </r>
+  <r>
+    <s v="CD140"/>
+    <s v="Population Usually Resident in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="Laois"/>
+    <s v="181"/>
+    <s v="Waterford City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="93"/>
+  </r>
+  <r>
+    <s v="CD140"/>
+    <s v="Population Usually Resident in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="Laois"/>
+    <s v="191"/>
+    <s v="Galway City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="142"/>
+  </r>
+  <r>
+    <s v="CD140"/>
+    <s v="Population Usually Resident in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="06"/>
+    <s v="Longford"/>
+    <s v="021"/>
+    <s v="Dublin City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1437"/>
+  </r>
+  <r>
+    <s v="CD140"/>
+    <s v="Population Usually Resident in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="06"/>
+    <s v="Longford"/>
+    <s v="141"/>
+    <s v="Cork City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="48"/>
+  </r>
+  <r>
+    <s v="CD140"/>
+    <s v="Population Usually Resident in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="06"/>
+    <s v="Longford"/>
+    <s v="161"/>
+    <s v="Limerick City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="49"/>
+  </r>
+  <r>
+    <s v="CD140"/>
+    <s v="Population Usually Resident in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="06"/>
+    <s v="Longford"/>
+    <s v="181"/>
+    <s v="Waterford City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="16"/>
+  </r>
+  <r>
+    <s v="CD140"/>
+    <s v="Population Usually Resident in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="06"/>
+    <s v="Longford"/>
+    <s v="191"/>
+    <s v="Galway City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="133"/>
+  </r>
+  <r>
+    <s v="CD140"/>
+    <s v="Population Usually Resident in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="07"/>
+    <s v="Louth"/>
+    <s v="021"/>
+    <s v="Dublin City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3319"/>
+  </r>
+  <r>
+    <s v="CD140"/>
+    <s v="Population Usually Resident in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="07"/>
+    <s v="Louth"/>
+    <s v="141"/>
+    <s v="Cork City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="144"/>
+  </r>
+  <r>
+    <s v="CD140"/>
+    <s v="Population Usually Resident in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="07"/>
+    <s v="Louth"/>
+    <s v="161"/>
+    <s v="Limerick City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="79"/>
+  </r>
+  <r>
+    <s v="CD140"/>
+    <s v="Population Usually Resident in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="07"/>
+    <s v="Louth"/>
+    <s v="181"/>
+    <s v="Waterford City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="65"/>
+  </r>
+  <r>
+    <s v="CD140"/>
+    <s v="Population Usually Resident in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="07"/>
+    <s v="Louth"/>
+    <s v="191"/>
+    <s v="Galway City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="154"/>
+  </r>
+  <r>
+    <s v="CD140"/>
+    <s v="Population Usually Resident in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="08"/>
+    <s v="Meath"/>
+    <s v="021"/>
+    <s v="Dublin City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3213"/>
+  </r>
+  <r>
+    <s v="CD140"/>
+    <s v="Population Usually Resident in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="08"/>
+    <s v="Meath"/>
+    <s v="141"/>
+    <s v="Cork City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="111"/>
+  </r>
+  <r>
+    <s v="CD140"/>
+    <s v="Population Usually Resident in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="08"/>
+    <s v="Meath"/>
+    <s v="161"/>
+    <s v="Limerick City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="81"/>
+  </r>
+  <r>
+    <s v="CD140"/>
+    <s v="Population Usually Resident in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="08"/>
+    <s v="Meath"/>
+    <s v="181"/>
+    <s v="Waterford City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="38"/>
+  </r>
+  <r>
+    <s v="CD140"/>
+    <s v="Population Usually Resident in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="08"/>
+    <s v="Meath"/>
+    <s v="191"/>
+    <s v="Galway City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="141"/>
+  </r>
+  <r>
+    <s v="CD140"/>
+    <s v="Population Usually Resident in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="09"/>
+    <s v="Offaly"/>
+    <s v="021"/>
+    <s v="Dublin City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2103"/>
+  </r>
+  <r>
+    <s v="CD140"/>
+    <s v="Population Usually Resident in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="09"/>
+    <s v="Offaly"/>
+    <s v="141"/>
+    <s v="Cork City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="114"/>
+  </r>
+  <r>
+    <s v="CD140"/>
+    <s v="Population Usually Resident in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="09"/>
+    <s v="Offaly"/>
+    <s v="161"/>
+    <s v="Limerick City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="141"/>
+  </r>
+  <r>
+    <s v="CD140"/>
+    <s v="Population Usually Resident in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="09"/>
+    <s v="Offaly"/>
+    <s v="181"/>
+    <s v="Waterford City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="48"/>
+  </r>
+  <r>
+    <s v="CD140"/>
+    <s v="Population Usually Resident in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="09"/>
+    <s v="Offaly"/>
+    <s v="191"/>
+    <s v="Galway City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="206"/>
+  </r>
+  <r>
+    <s v="CD140"/>
+    <s v="Population Usually Resident in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="10"/>
+    <s v="Westmeath"/>
+    <s v="021"/>
+    <s v="Dublin City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2783"/>
+  </r>
+  <r>
+    <s v="CD140"/>
+    <s v="Population Usually Resident in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="10"/>
+    <s v="Westmeath"/>
+    <s v="141"/>
+    <s v="Cork City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="123"/>
+  </r>
+  <r>
+    <s v="CD140"/>
+    <s v="Population Usually Resident in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="10"/>
+    <s v="Westmeath"/>
+    <s v="161"/>
+    <s v="Limerick City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="105"/>
+  </r>
+  <r>
+    <s v="CD140"/>
+    <s v="Population Usually Resident in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="10"/>
+    <s v="Westmeath"/>
+    <s v="181"/>
+    <s v="Waterford City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="47"/>
+  </r>
+  <r>
+    <s v="CD140"/>
+    <s v="Population Usually Resident in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="10"/>
+    <s v="Westmeath"/>
+    <s v="191"/>
+    <s v="Galway City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="343"/>
+  </r>
+  <r>
+    <s v="CD140"/>
+    <s v="Population Usually Resident in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="11"/>
+    <s v="Wexford"/>
+    <s v="021"/>
+    <s v="Dublin City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3795"/>
+  </r>
+  <r>
+    <s v="CD140"/>
+    <s v="Population Usually Resident in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="11"/>
+    <s v="Wexford"/>
+    <s v="141"/>
+    <s v="Cork City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="339"/>
+  </r>
+  <r>
+    <s v="CD140"/>
+    <s v="Population Usually Resident in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="11"/>
+    <s v="Wexford"/>
+    <s v="161"/>
+    <s v="Limerick City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="151"/>
+  </r>
+  <r>
+    <s v="CD140"/>
+    <s v="Population Usually Resident in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="11"/>
+    <s v="Wexford"/>
+    <s v="181"/>
+    <s v="Waterford City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="627"/>
+  </r>
+  <r>
+    <s v="CD140"/>
+    <s v="Population Usually Resident in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="11"/>
+    <s v="Wexford"/>
+    <s v="191"/>
+    <s v="Galway City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="120"/>
+  </r>
+  <r>
+    <s v="CD140"/>
+    <s v="Population Usually Resident in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="12"/>
+    <s v="Wicklow"/>
+    <s v="021"/>
+    <s v="Dublin City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3115"/>
+  </r>
+  <r>
+    <s v="CD140"/>
+    <s v="Population Usually Resident in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="12"/>
+    <s v="Wicklow"/>
+    <s v="141"/>
+    <s v="Cork City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="112"/>
+  </r>
+  <r>
+    <s v="CD140"/>
+    <s v="Population Usually Resident in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="12"/>
+    <s v="Wicklow"/>
+    <s v="161"/>
+    <s v="Limerick City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="58"/>
+  </r>
+  <r>
+    <s v="CD140"/>
+    <s v="Population Usually Resident in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="12"/>
+    <s v="Wicklow"/>
+    <s v="181"/>
+    <s v="Waterford City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="82"/>
+  </r>
+  <r>
+    <s v="CD140"/>
+    <s v="Population Usually Resident in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="12"/>
+    <s v="Wicklow"/>
+    <s v="191"/>
+    <s v="Galway City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="86"/>
+  </r>
+  <r>
+    <s v="CD140"/>
+    <s v="Population Usually Resident in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="B"/>
+    <s v="Munster"/>
+    <s v="021"/>
+    <s v="Dublin City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="28399"/>
+  </r>
+  <r>
+    <s v="CD140"/>
+    <s v="Population Usually Resident in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="B"/>
+    <s v="Munster"/>
+    <s v="141"/>
+    <s v="Cork City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="78778"/>
+  </r>
+  <r>
+    <s v="CD140"/>
+    <s v="Population Usually Resident in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="B"/>
+    <s v="Munster"/>
+    <s v="161"/>
+    <s v="Limerick City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="34705"/>
+  </r>
+  <r>
+    <s v="CD140"/>
+    <s v="Population Usually Resident in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="B"/>
+    <s v="Munster"/>
+    <s v="181"/>
+    <s v="Waterford City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="18271"/>
+  </r>
+  <r>
+    <s v="CD140"/>
+    <s v="Population Usually Resident in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="B"/>
+    <s v="Munster"/>
+    <s v="191"/>
+    <s v="Galway City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2701"/>
+  </r>
+  <r>
+    <s v="CD140"/>
+    <s v="Population Usually Resident in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="13"/>
+    <s v="Clare"/>
+    <s v="021"/>
+    <s v="Dublin City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2418"/>
+  </r>
+  <r>
+    <s v="CD140"/>
+    <s v="Population Usually Resident in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="13"/>
+    <s v="Clare"/>
+    <s v="141"/>
+    <s v="Cork City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="435"/>
+  </r>
+  <r>
+    <s v="CD140"/>
+    <s v="Population Usually Resident in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="13"/>
+    <s v="Clare"/>
+    <s v="161"/>
+    <s v="Limerick City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1466"/>
+  </r>
+  <r>
+    <s v="CD140"/>
+    <s v="Population Usually Resident in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="13"/>
+    <s v="Clare"/>
+    <s v="181"/>
+    <s v="Waterford City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="79"/>
+  </r>
+  <r>
+    <s v="CD140"/>
+    <s v="Population Usually Resident in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="13"/>
+    <s v="Clare"/>
+    <s v="191"/>
+    <s v="Galway City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="629"/>
+  </r>
+  <r>
+    <s v="CD140"/>
+    <s v="Population Usually Resident in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="14"/>
+    <s v="Cork"/>
+    <s v="021"/>
+    <s v="Dublin City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="9575"/>
+  </r>
+  <r>
+    <s v="CD140"/>
+    <s v="Population Usually Resident in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="14"/>
+    <s v="Cork"/>
+    <s v="141"/>
+    <s v="Cork City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="72497"/>
+  </r>
+  <r>
+    <s v="CD140"/>
+    <s v="Population Usually Resident in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="14"/>
+    <s v="Cork"/>
+    <s v="161"/>
+    <s v="Limerick City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1472"/>
+  </r>
+  <r>
+    <s v="CD140"/>
+    <s v="Population Usually Resident in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="14"/>
+    <s v="Cork"/>
+    <s v="181"/>
+    <s v="Waterford City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="609"/>
+  </r>
+  <r>
+    <s v="CD140"/>
+    <s v="Population Usually Resident in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="14"/>
+    <s v="Cork"/>
+    <s v="191"/>
+    <s v="Galway City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="618"/>
+  </r>
+  <r>
+    <s v="CD140"/>
+    <s v="Population Usually Resident in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="15"/>
+    <s v="Kerry"/>
+    <s v="021"/>
+    <s v="Dublin City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3686"/>
+  </r>
+  <r>
+    <s v="CD140"/>
+    <s v="Population Usually Resident in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="15"/>
+    <s v="Kerry"/>
+    <s v="141"/>
+    <s v="Cork City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2025"/>
+  </r>
+  <r>
+    <s v="CD140"/>
+    <s v="Population Usually Resident in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="15"/>
+    <s v="Kerry"/>
+    <s v="161"/>
+    <s v="Limerick City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="722"/>
+  </r>
+  <r>
+    <s v="CD140"/>
+    <s v="Population Usually Resident in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="15"/>
+    <s v="Kerry"/>
+    <s v="181"/>
+    <s v="Waterford City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="137"/>
+  </r>
+  <r>
+    <s v="CD140"/>
+    <s v="Population Usually Resident in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="15"/>
+    <s v="Kerry"/>
+    <s v="191"/>
+    <s v="Galway City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="292"/>
+  </r>
+  <r>
+    <s v="CD140"/>
+    <s v="Population Usually Resident in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="16"/>
+    <s v="Limerick"/>
+    <s v="021"/>
+    <s v="Dublin City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5043"/>
+  </r>
+  <r>
+    <s v="CD140"/>
+    <s v="Population Usually Resident in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="16"/>
+    <s v="Limerick"/>
+    <s v="141"/>
+    <s v="Cork City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1628"/>
+  </r>
+  <r>
+    <s v="CD140"/>
+    <s v="Population Usually Resident in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="16"/>
+    <s v="Limerick"/>
+    <s v="161"/>
+    <s v="Limerick City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="29744"/>
+  </r>
+  <r>
+    <s v="CD140"/>
+    <s v="Population Usually Resident in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="16"/>
+    <s v="Limerick"/>
+    <s v="181"/>
+    <s v="Waterford City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="223"/>
+  </r>
+  <r>
+    <s v="CD140"/>
+    <s v="Population Usually Resident in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="16"/>
+    <s v="Limerick"/>
+    <s v="191"/>
+    <s v="Galway City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="668"/>
+  </r>
+  <r>
+    <s v="CD140"/>
+    <s v="Population Usually Resident in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="17"/>
+    <s v="Tipperary"/>
+    <s v="021"/>
+    <s v="Dublin City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5065"/>
+  </r>
+  <r>
+    <s v="CD140"/>
+    <s v="Population Usually Resident in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="17"/>
+    <s v="Tipperary"/>
+    <s v="141"/>
+    <s v="Cork City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1232"/>
+  </r>
+  <r>
+    <s v="CD140"/>
+    <s v="Population Usually Resident in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="17"/>
+    <s v="Tipperary"/>
+    <s v="161"/>
+    <s v="Limerick City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1060"/>
+  </r>
+  <r>
+    <s v="CD140"/>
+    <s v="Population Usually Resident in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="17"/>
+    <s v="Tipperary"/>
+    <s v="181"/>
+    <s v="Waterford City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="535"/>
+  </r>
+  <r>
+    <s v="CD140"/>
+    <s v="Population Usually Resident in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="17"/>
+    <s v="Tipperary"/>
+    <s v="191"/>
+    <s v="Galway City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="362"/>
+  </r>
+  <r>
+    <s v="CD140"/>
+    <s v="Population Usually Resident in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="18"/>
+    <s v="Waterford"/>
+    <s v="021"/>
+    <s v="Dublin City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2612"/>
+  </r>
+  <r>
+    <s v="CD140"/>
+    <s v="Population Usually Resident in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="18"/>
+    <s v="Waterford"/>
+    <s v="141"/>
+    <s v="Cork City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="961"/>
+  </r>
+  <r>
+    <s v="CD140"/>
+    <s v="Population Usually Resident in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="18"/>
+    <s v="Waterford"/>
+    <s v="161"/>
+    <s v="Limerick City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="241"/>
+  </r>
+  <r>
+    <s v="CD140"/>
+    <s v="Population Usually Resident in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="18"/>
+    <s v="Waterford"/>
+    <s v="181"/>
+    <s v="Waterford City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="16688"/>
+  </r>
+  <r>
+    <s v="CD140"/>
+    <s v="Population Usually Resident in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="18"/>
+    <s v="Waterford"/>
+    <s v="191"/>
+    <s v="Galway City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="132"/>
+  </r>
+  <r>
+    <s v="CD140"/>
+    <s v="Population Usually Resident in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="C"/>
+    <s v="Connacht"/>
+    <s v="021"/>
+    <s v="Dublin City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="18950"/>
+  </r>
+  <r>
+    <s v="CD140"/>
+    <s v="Population Usually Resident in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="C"/>
+    <s v="Connacht"/>
+    <s v="141"/>
+    <s v="Cork City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1125"/>
+  </r>
+  <r>
+    <s v="CD140"/>
+    <s v="Population Usually Resident in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="C"/>
+    <s v="Connacht"/>
+    <s v="161"/>
+    <s v="Limerick City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1325"/>
+  </r>
+  <r>
+    <s v="CD140"/>
+    <s v="Population Usually Resident in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="C"/>
+    <s v="Connacht"/>
+    <s v="181"/>
+    <s v="Waterford City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="269"/>
+  </r>
+  <r>
+    <s v="CD140"/>
+    <s v="Population Usually Resident in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="C"/>
+    <s v="Connacht"/>
+    <s v="191"/>
+    <s v="Galway City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="21882"/>
+  </r>
+  <r>
+    <s v="CD140"/>
+    <s v="Population Usually Resident in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="19"/>
+    <s v="Galway"/>
+    <s v="021"/>
+    <s v="Dublin City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="7146"/>
+  </r>
+  <r>
+    <s v="CD140"/>
+    <s v="Population Usually Resident in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="19"/>
+    <s v="Galway"/>
+    <s v="141"/>
+    <s v="Cork City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="551"/>
+  </r>
+  <r>
+    <s v="CD140"/>
+    <s v="Population Usually Resident in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="19"/>
+    <s v="Galway"/>
+    <s v="161"/>
+    <s v="Limerick City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="757"/>
+  </r>
+  <r>
+    <s v="CD140"/>
+    <s v="Population Usually Resident in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="19"/>
+    <s v="Galway"/>
+    <s v="181"/>
+    <s v="Waterford City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="130"/>
+  </r>
+  <r>
+    <s v="CD140"/>
+    <s v="Population Usually Resident in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="19"/>
+    <s v="Galway"/>
+    <s v="191"/>
+    <s v="Galway City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="18863"/>
+  </r>
+  <r>
+    <s v="CD140"/>
+    <s v="Population Usually Resident in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="20"/>
+    <s v="Leitrim"/>
+    <s v="021"/>
+    <s v="Dublin City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1354"/>
+  </r>
+  <r>
+    <s v="CD140"/>
+    <s v="Population Usually Resident in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="20"/>
+    <s v="Leitrim"/>
+    <s v="141"/>
+    <s v="Cork City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="49"/>
+  </r>
+  <r>
+    <s v="CD140"/>
+    <s v="Population Usually Resident in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="20"/>
+    <s v="Leitrim"/>
+    <s v="161"/>
+    <s v="Limerick City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="39"/>
+  </r>
+  <r>
+    <s v="CD140"/>
+    <s v="Population Usually Resident in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="20"/>
+    <s v="Leitrim"/>
+    <s v="181"/>
+    <s v="Waterford City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="16"/>
+  </r>
+  <r>
+    <s v="CD140"/>
+    <s v="Population Usually Resident in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="20"/>
+    <s v="Leitrim"/>
+    <s v="191"/>
+    <s v="Galway City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="138"/>
+  </r>
+  <r>
+    <s v="CD140"/>
+    <s v="Population Usually Resident in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="21"/>
+    <s v="Mayo"/>
+    <s v="021"/>
+    <s v="Dublin City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5245"/>
+  </r>
+  <r>
+    <s v="CD140"/>
+    <s v="Population Usually Resident in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="21"/>
+    <s v="Mayo"/>
+    <s v="141"/>
+    <s v="Cork City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="279"/>
+  </r>
+  <r>
+    <s v="CD140"/>
+    <s v="Population Usually Resident in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="21"/>
+    <s v="Mayo"/>
+    <s v="161"/>
+    <s v="Limerick City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="334"/>
+  </r>
+  <r>
+    <s v="CD140"/>
+    <s v="Population Usually Resident in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="21"/>
+    <s v="Mayo"/>
+    <s v="181"/>
+    <s v="Waterford City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="60"/>
+  </r>
+  <r>
+    <s v="CD140"/>
+    <s v="Population Usually Resident in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="21"/>
+    <s v="Mayo"/>
+    <s v="191"/>
+    <s v="Galway City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1828"/>
+  </r>
+  <r>
+    <s v="CD140"/>
+    <s v="Population Usually Resident in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="22"/>
+    <s v="Roscommon"/>
+    <s v="021"/>
+    <s v="Dublin City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2415"/>
+  </r>
+  <r>
+    <s v="CD140"/>
+    <s v="Population Usually Resident in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="22"/>
+    <s v="Roscommon"/>
+    <s v="141"/>
+    <s v="Cork City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="108"/>
+  </r>
+  <r>
+    <s v="CD140"/>
+    <s v="Population Usually Resident in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="22"/>
+    <s v="Roscommon"/>
+    <s v="161"/>
+    <s v="Limerick City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="88"/>
+  </r>
+  <r>
+    <s v="CD140"/>
+    <s v="Population Usually Resident in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="22"/>
+    <s v="Roscommon"/>
+    <s v="181"/>
+    <s v="Waterford City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="28"/>
+  </r>
+  <r>
+    <s v="CD140"/>
+    <s v="Population Usually Resident in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="22"/>
+    <s v="Roscommon"/>
+    <s v="191"/>
+    <s v="Galway City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="589"/>
+  </r>
+  <r>
+    <s v="CD140"/>
+    <s v="Population Usually Resident in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="23"/>
+    <s v="Sligo"/>
+    <s v="021"/>
+    <s v="Dublin City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2790"/>
+  </r>
+  <r>
+    <s v="CD140"/>
+    <s v="Population Usually Resident in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="23"/>
+    <s v="Sligo"/>
+    <s v="141"/>
+    <s v="Cork City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="138"/>
+  </r>
+  <r>
+    <s v="CD140"/>
+    <s v="Population Usually Resident in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="23"/>
+    <s v="Sligo"/>
+    <s v="161"/>
+    <s v="Limerick City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="107"/>
+  </r>
+  <r>
+    <s v="CD140"/>
+    <s v="Population Usually Resident in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="23"/>
+    <s v="Sligo"/>
+    <s v="181"/>
+    <s v="Waterford City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="35"/>
+  </r>
+  <r>
+    <s v="CD140"/>
+    <s v="Population Usually Resident in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="23"/>
+    <s v="Sligo"/>
+    <s v="191"/>
+    <s v="Galway City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="464"/>
+  </r>
+  <r>
+    <s v="CD140"/>
+    <s v="Population Usually Resident in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="D"/>
+    <s v="Ulster (part of)"/>
+    <s v="021"/>
+    <s v="Dublin City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="8158"/>
+  </r>
+  <r>
+    <s v="CD140"/>
+    <s v="Population Usually Resident in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="D"/>
+    <s v="Ulster (part of)"/>
+    <s v="141"/>
+    <s v="Cork City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="327"/>
+  </r>
+  <r>
+    <s v="CD140"/>
+    <s v="Population Usually Resident in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="D"/>
+    <s v="Ulster (part of)"/>
+    <s v="161"/>
+    <s v="Limerick City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="200"/>
+  </r>
+  <r>
+    <s v="CD140"/>
+    <s v="Population Usually Resident in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="D"/>
+    <s v="Ulster (part of)"/>
+    <s v="181"/>
+    <s v="Waterford City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="87"/>
+  </r>
+  <r>
+    <s v="CD140"/>
+    <s v="Population Usually Resident in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="D"/>
+    <s v="Ulster (part of)"/>
+    <s v="191"/>
+    <s v="Galway City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="782"/>
+  </r>
+  <r>
+    <s v="CD140"/>
+    <s v="Population Usually Resident in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="24"/>
+    <s v="Cavan"/>
+    <s v="021"/>
+    <s v="Dublin City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2931"/>
+  </r>
+  <r>
+    <s v="CD140"/>
+    <s v="Population Usually Resident in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="24"/>
+    <s v="Cavan"/>
+    <s v="141"/>
+    <s v="Cork City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="96"/>
+  </r>
+  <r>
+    <s v="CD140"/>
+    <s v="Population Usually Resident in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="24"/>
+    <s v="Cavan"/>
+    <s v="161"/>
+    <s v="Limerick City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="87"/>
+  </r>
+  <r>
+    <s v="CD140"/>
+    <s v="Population Usually Resident in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="24"/>
+    <s v="Cavan"/>
+    <s v="181"/>
+    <s v="Waterford City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="27"/>
+  </r>
+  <r>
+    <s v="CD140"/>
+    <s v="Population Usually Resident in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="24"/>
+    <s v="Cavan"/>
+    <s v="191"/>
+    <s v="Galway City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="163"/>
+  </r>
+  <r>
+    <s v="CD140"/>
+    <s v="Population Usually Resident in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="25"/>
+    <s v="Donegal"/>
+    <s v="021"/>
+    <s v="Dublin City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3434"/>
+  </r>
+  <r>
+    <s v="CD140"/>
+    <s v="Population Usually Resident in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="25"/>
+    <s v="Donegal"/>
+    <s v="141"/>
+    <s v="Cork City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="154"/>
+  </r>
+  <r>
+    <s v="CD140"/>
+    <s v="Population Usually Resident in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="25"/>
+    <s v="Donegal"/>
+    <s v="161"/>
+    <s v="Limerick City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="78"/>
+  </r>
+  <r>
+    <s v="CD140"/>
+    <s v="Population Usually Resident in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="25"/>
+    <s v="Donegal"/>
+    <s v="181"/>
+    <s v="Waterford City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="46"/>
+  </r>
+  <r>
+    <s v="CD140"/>
+    <s v="Population Usually Resident in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="25"/>
+    <s v="Donegal"/>
+    <s v="191"/>
+    <s v="Galway City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="522"/>
+  </r>
+  <r>
+    <s v="CD140"/>
+    <s v="Population Usually Resident in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="26"/>
+    <s v="Monaghan"/>
+    <s v="021"/>
+    <s v="Dublin City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1793"/>
+  </r>
+  <r>
+    <s v="CD140"/>
+    <s v="Population Usually Resident in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="26"/>
+    <s v="Monaghan"/>
+    <s v="141"/>
+    <s v="Cork City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="77"/>
+  </r>
+  <r>
+    <s v="CD140"/>
+    <s v="Population Usually Resident in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="26"/>
+    <s v="Monaghan"/>
+    <s v="161"/>
+    <s v="Limerick City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="35"/>
+  </r>
+  <r>
+    <s v="CD140"/>
+    <s v="Population Usually Resident in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="26"/>
+    <s v="Monaghan"/>
+    <s v="181"/>
+    <s v="Waterford City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="14"/>
+  </r>
+  <r>
+    <s v="CD140"/>
+    <s v="Population Usually Resident in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="26"/>
+    <s v="Monaghan"/>
+    <s v="191"/>
+    <s v="Galway City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="97"/>
+  </r>
+</pivotCacheRecords>
 </file>