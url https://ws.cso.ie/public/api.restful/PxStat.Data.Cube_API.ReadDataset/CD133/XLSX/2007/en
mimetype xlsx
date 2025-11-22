--- v0 (2025-10-06)
+++ v1 (2025-11-22)
@@ -1,48 +1,48 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/pivotCache/pivotCacheDefinition1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheDefinition+xml"/>
   <Override PartName="/pivotCache/pivotCacheRecords1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheRecords+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/pivotTables/pivotTable.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R78617e3573a44b0b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/8a5e87510e5745469b49f745e5a3d17e.psmdcp" Id="Rccf20d45af244386" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5013c786dfe746ba" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/16fb4113558d4201a225e57dd52ac1b2.psmdcp" Id="R275d57576c8f485d" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="About" sheetId="2" r:id="rId2"/>
     <x:sheet name="Unpivoted" sheetId="9" r:id="rId9"/>
     <x:sheet name="Pivoted" sheetId="11" r:id="rId11"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
   <x:pivotCaches>
     <x:pivotCache cacheId="0" r:id="rId12"/>
   </x:pivotCaches>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Table</x:t>