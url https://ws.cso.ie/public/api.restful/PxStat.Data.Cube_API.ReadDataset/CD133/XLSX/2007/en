--- v1 (2025-11-22)
+++ v2 (2026-02-03)
@@ -1,97 +1,97 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/pivotCache/pivotCacheDefinition1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheDefinition+xml"/>
   <Override PartName="/pivotCache/pivotCacheRecords1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheRecords+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/pivotTables/pivotTable.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5013c786dfe746ba" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/16fb4113558d4201a225e57dd52ac1b2.psmdcp" Id="R275d57576c8f485d" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R32489203f6174b2b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/105b7990321b46e7b0c31c43b129415c.psmdcp" Id="Rb0316db1ca2f4d45" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
-    <x:sheet name="About" sheetId="2" r:id="rId2"/>
-[...1 lines deleted...]
-    <x:sheet name="Pivoted" sheetId="11" r:id="rId11"/>
+    <x:sheet name="About" sheetId="1" r:id="rId2"/>
+    <x:sheet name="Unpivoted" sheetId="2" r:id="rId9"/>
+    <x:sheet name="Pivoted" sheetId="3" r:id="rId11"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
   <x:pivotCaches>
     <x:pivotCache cacheId="0" r:id="rId12"/>
   </x:pivotCaches>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Table</x:t>
   </x:si>
   <x:si>
     <x:t>Code</x:t>
   </x:si>
   <x:si>
     <x:t>CD133</x:t>
   </x:si>
   <x:si>
     <x:t>Name</x:t>
   </x:si>
   <x:si>
     <x:t>Population Aged One Year and Over whose Usual Residence One Year Previously was Elsewhere in the State</x:t>
   </x:si>
   <x:si>
     <x:t>Frequency</x:t>
   </x:si>
   <x:si>
     <x:t>Annual</x:t>
   </x:si>
   <x:si>
     <x:t>Last Updated</x:t>
   </x:si>
   <x:si>
-    <x:t>5/11/2020 11:00:00 AM</x:t>
+    <x:t>11/05/2020 11:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Note</x:t>
   </x:si>
   <x:si>
     <x:t>Url</x:t>
   </x:si>
   <x:si>
     <x:t>https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/CD133/XLSX/2007/en</x:t>
   </x:si>
   <x:si>
     <x:t>Product</x:t>
   </x:si>
   <x:si>
     <x:t>C2011P1</x:t>
   </x:si>
   <x:si>
     <x:t>Profile 1 - Geography</x:t>
   </x:si>
   <x:si>
     <x:t>Contacts</x:t>
   </x:si>
   <x:si>
     <x:t>Bernie Casey</x:t>
   </x:si>
@@ -550,451 +550,192 @@
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip r:embed="rId8" cstate="print"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="3971925" cy="1381125"/>
         </a:xfrm>
         <a:prstGeom prst="rect"/>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/pivotTables/_rels/pivotTable.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheDefinition" Target="/pivotCache/pivotCacheDefinition1.xml" Id="rId17" /></Relationships>
 </file>
 
 <file path=xl/pivotTables/pivotTable.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotTableDefinition xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" dataCaption="Values" showError="0" missingCaption="" showMissing="1" pageWrap="0" pageOverThenDown="0" rowGrandTotals="0" colGrandTotals="0" indent="1">
-[...399 lines deleted...]
-</x:pivotTableDefinition>
+<pivotTableDefinition xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" applyNumberFormats="0" applyBorderFormats="0" applyFontFormats="0" applyPatternFormats="0" applyAlignmentFormats="0" applyWidthHeightFormats="0" dataCaption="Values" rowGrandTotals="0" colGrandTotals="0" outline="1">
+  <location ref="A1" firstHeaderRow="0" firstDataRow="0" firstDataCol="0"/>
+  <pivotFields count="12">
+    <pivotField name="STATISTIC" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="Statistic Label" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="C02199V02655" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="3">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+      </items>
+    </pivotField>
+    <pivotField name="Sex" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="3">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+      </items>
+    </pivotField>
+    <pivotField name="C02779V03348" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="27">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+        <item x="11"/>
+        <item x="12"/>
+        <item x="13"/>
+        <item x="14"/>
+        <item x="15"/>
+        <item x="16"/>
+        <item x="17"/>
+        <item x="18"/>
+        <item x="19"/>
+        <item x="20"/>
+        <item x="21"/>
+        <item x="22"/>
+        <item x="23"/>
+        <item x="24"/>
+        <item x="25"/>
+        <item x="26"/>
+      </items>
+    </pivotField>
+    <pivotField name="County of Usual Residence One Year Previously" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="27">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+        <item x="11"/>
+        <item x="12"/>
+        <item x="13"/>
+        <item x="14"/>
+        <item x="15"/>
+        <item x="16"/>
+        <item x="17"/>
+        <item x="18"/>
+        <item x="19"/>
+        <item x="20"/>
+        <item x="21"/>
+        <item x="22"/>
+        <item x="23"/>
+        <item x="24"/>
+        <item x="25"/>
+        <item x="26"/>
+      </items>
+    </pivotField>
+    <pivotField name="C02325V02801" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="5">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+      </items>
+    </pivotField>
+    <pivotField name="Marital Status" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="5">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+      </items>
+    </pivotField>
+    <pivotField name="TLIST(A1)" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="CensusYear" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField showAll="0"/>
+    <pivotField dataField="1" showAll="0"/>
+  </pivotFields>
+  <rowFields count="10">
+    <field x="0"/>
+    <field x="1"/>
+    <field x="2"/>
+    <field x="3"/>
+    <field x="4"/>
+    <field x="5"/>
+    <field x="6"/>
+    <field x="7"/>
+    <field x="8"/>
+    <field x="9"/>
+  </rowFields>
+  <dataFields count="1">
+    <dataField name="VALUE" fld="11"/>
+  </dataFields>
+  <pivotTableStyleInfo name="PivotStyleLight16" showRowHeaders="1" showColHeaders="1"/>
+  <extLst>
+    <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{962EF5D1-5CA2-4c93-8EF4-DBF5C05439D2}">
+      <x14:pivotTableDefinition enableEdit="0" hideValuesRow="1"/>
+    </ext>
+  </extLst>
+</pivotTableDefinition>
 </file>
 
 <file path=xl/tables/table1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:table xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="1" name="Unpivoted" displayName="Unpivoted" ref="A1:L406" totalsRowShown="0">
   <x:autoFilter ref="A1:L406"/>
   <x:tableColumns count="12">
     <x:tableColumn id="1" name="STATISTIC"/>
     <x:tableColumn id="2" name="Statistic Label"/>
     <x:tableColumn id="3" name="C02199V02655"/>
     <x:tableColumn id="4" name="Sex"/>
     <x:tableColumn id="5" name="C02779V03348"/>
     <x:tableColumn id="6" name="County of Usual Residence One Year Previously"/>
     <x:tableColumn id="7" name="C02325V02801"/>
     <x:tableColumn id="8" name="Marital Status"/>
     <x:tableColumn id="9" name="TLIST(A1)"/>
     <x:tableColumn id="10" name="CensusYear"/>
     <x:tableColumn id="11" name="UNIT"/>
     <x:tableColumn id="12" name="VALUE"/>
   </x:tableColumns>
   <x:tableStyleInfo name="TableStyleMedium2" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </x:table>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
@@ -1267,51 +1008,51 @@
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="/xl/drawings/drawing1.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/CD133/XLSX/2007/en" TargetMode="External" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cso.ie/" TargetMode="External" Id="rId14" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="/xl/tables/table1.xml" Id="rId15" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet3.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotTable" Target="/xl/pivotTables/pivotTable.xml" Id="rId16" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:B39"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="20.710625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="100.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="8" spans="1:2">
       <x:c r="A8" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B8" s="2"/>
     </x:row>
     <x:row r="9" spans="1:2">
       <x:c r="A9" s="3" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="B9" s="0" t="s">
         <x:v>2</x:v>
@@ -1498,51 +1239,51 @@
       </x:c>
     </x:row>
     <x:row r="39" spans="1:2">
       <x:c r="A39" s="3" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B39" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:hyperlinks>
     <x:hyperlink ref="B14" r:id="rId13"/>
     <x:hyperlink ref="B28" r:id="rId14"/>
   </x:hyperlinks>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:drawing xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId7"/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:L406"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="11.996339" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="97.139196" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="16.139196" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="10.424911" style="0" customWidth="1"/>
     <x:col min="5" max="5" width="16.139196" style="0" customWidth="1"/>
     <x:col min="6" max="6" width="45.567768" style="0" customWidth="1"/>
     <x:col min="7" max="7" width="16.139196" style="0" customWidth="1"/>
     <x:col min="8" max="8" width="20.853482" style="0" customWidth="1"/>
     <x:col min="9" max="9" width="11.282054" style="0" customWidth="1"/>
     <x:col min="10" max="10" width="13.424911" style="0" customWidth="1"/>
     <x:col min="11" max="11" width="8.282054" style="0" customWidth="1"/>
     <x:col min="12" max="12" width="8.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:12">
       <x:c r="A1" s="0" t="s">
@@ -16962,51 +16703,51 @@
       <x:c r="I406" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J406" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="K406" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="L406" s="0">
         <x:v>51</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="1">
     <x:tablePart r:id="rId15"/>
   </x:tableParts>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:sheetData/>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Application>Microsoft Excel</ap:Application>
   <ap:TitlesOfParts>
     <vt:vector baseType="lpstr" size="9">
       <vt:lpstr>About</vt:lpstr>
       <vt:lpstr>Unpivoted</vt:lpstr>
       <vt:lpstr>Pivoted</vt:lpstr>
@@ -17023,51 +16764,51 @@
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>3</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Named Ranges</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>6</vt:i4>
       </vt:variant>
     </vt:vector>
   </ap:HeadingPairs>
   <ap:DocSecurity>0</ap:DocSecurity>
   <ap:ScaleCrop>false</ap:ScaleCrop>
 </ap:Properties>
 </file>
 
 <file path=pivotCache/_rels/pivotCacheDefinition1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheRecords" Target="/pivotCache/pivotCacheRecords1.xml" Id="rId1" /></Relationships>
 </file>
 
 <file path=pivotCache/pivotCacheDefinition1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:pivotCacheDefinition xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" r:id="rId1" saveData="1" refreshOnLoad="1" createdVersion="5" refreshedVersion="5" minRefreshableVersion="3">
   <x:cacheSource type="worksheet">
-    <x:worksheetSource ref="A1:L406" sheet="Unpivoted"/>
+    <x:worksheetSource name="Unpivoted"/>
   </x:cacheSource>
   <x:cacheFields>
     <x:cacheField name="STATISTIC">
       <x:sharedItems count="1">
         <x:s v="CD133"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="Statistic Label">
       <x:sharedItems count="1">
         <x:s v="Population Aged One Year and Over whose Usual Residence One Year Previously was Elsewhere in the State"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="C02199V02655">
       <x:sharedItems count="3">
         <x:s v="-"/>
         <x:s v="1"/>
         <x:s v="2"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="Sex">
       <x:sharedItems count="3">
         <x:s v="Both sexes"/>
         <x:s v="Male"/>
         <x:s v="Female"/>
       </x:sharedItems>
@@ -17526,27 +17267,5698 @@
         <x:n v="243"/>
         <x:n v="59"/>
         <x:n v="1962"/>
         <x:n v="1551"/>
         <x:n v="267"/>
         <x:n v="1801"/>
         <x:n v="1243"/>
         <x:n v="352"/>
         <x:n v="81"/>
         <x:n v="3089"/>
         <x:n v="2217"/>
         <x:n v="575"/>
         <x:n v="183"/>
         <x:n v="114"/>
         <x:n v="882"/>
         <x:n v="254"/>
         <x:n v="89"/>
         <x:n v="51"/>
       </x:sharedItems>
     </x:cacheField>
   </x:cacheFields>
 </x:pivotCacheDefinition>
 </file>
 
 <file path=pivotCache/pivotCacheRecords1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main"/>
+<pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="xr">
+  <r>
+    <s v="CD133"/>
+    <s v="Population Aged One Year and Over whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="273239"/>
+  </r>
+  <r>
+    <s v="CD133"/>
+    <s v="Population Aged One Year and Over whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="199164"/>
+  </r>
+  <r>
+    <s v="CD133"/>
+    <s v="Population Aged One Year and Over whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="04"/>
+    <s v="Married"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="52630"/>
+  </r>
+  <r>
+    <s v="CD133"/>
+    <s v="Population Aged One Year and Over whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="14"/>
+    <s v="Separated or Divorced"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="16442"/>
+  </r>
+  <r>
+    <s v="CD133"/>
+    <s v="Population Aged One Year and Over whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5003"/>
+  </r>
+  <r>
+    <s v="CD133"/>
+    <s v="Population Aged One Year and Over whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Carlow"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3362"/>
+  </r>
+  <r>
+    <s v="CD133"/>
+    <s v="Population Aged One Year and Over whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Carlow"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2423"/>
+  </r>
+  <r>
+    <s v="CD133"/>
+    <s v="Population Aged One Year and Over whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Carlow"/>
+    <s v="04"/>
+    <s v="Married"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="626"/>
+  </r>
+  <r>
+    <s v="CD133"/>
+    <s v="Population Aged One Year and Over whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Carlow"/>
+    <s v="14"/>
+    <s v="Separated or Divorced"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="248"/>
+  </r>
+  <r>
+    <s v="CD133"/>
+    <s v="Population Aged One Year and Over whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Carlow"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="65"/>
+  </r>
+  <r>
+    <s v="CD133"/>
+    <s v="Population Aged One Year and Over whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="Dublin"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="94800"/>
+  </r>
+  <r>
+    <s v="CD133"/>
+    <s v="Population Aged One Year and Over whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="Dublin"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="69519"/>
+  </r>
+  <r>
+    <s v="CD133"/>
+    <s v="Population Aged One Year and Over whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="Dublin"/>
+    <s v="04"/>
+    <s v="Married"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="19034"/>
+  </r>
+  <r>
+    <s v="CD133"/>
+    <s v="Population Aged One Year and Over whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="Dublin"/>
+    <s v="14"/>
+    <s v="Separated or Divorced"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4914"/>
+  </r>
+  <r>
+    <s v="CD133"/>
+    <s v="Population Aged One Year and Over whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="Dublin"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1333"/>
+  </r>
+  <r>
+    <s v="CD133"/>
+    <s v="Population Aged One Year and Over whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="Kildare"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="12536"/>
+  </r>
+  <r>
+    <s v="CD133"/>
+    <s v="Population Aged One Year and Over whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="Kildare"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="8858"/>
+  </r>
+  <r>
+    <s v="CD133"/>
+    <s v="Population Aged One Year and Over whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="Kildare"/>
+    <s v="04"/>
+    <s v="Married"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2661"/>
+  </r>
+  <r>
+    <s v="CD133"/>
+    <s v="Population Aged One Year and Over whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="Kildare"/>
+    <s v="14"/>
+    <s v="Separated or Divorced"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="841"/>
+  </r>
+  <r>
+    <s v="CD133"/>
+    <s v="Population Aged One Year and Over whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="Kildare"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="176"/>
+  </r>
+  <r>
+    <s v="CD133"/>
+    <s v="Population Aged One Year and Over whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Kilkenny"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4384"/>
+  </r>
+  <r>
+    <s v="CD133"/>
+    <s v="Population Aged One Year and Over whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Kilkenny"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3204"/>
+  </r>
+  <r>
+    <s v="CD133"/>
+    <s v="Population Aged One Year and Over whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Kilkenny"/>
+    <s v="04"/>
+    <s v="Married"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="782"/>
+  </r>
+  <r>
+    <s v="CD133"/>
+    <s v="Population Aged One Year and Over whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Kilkenny"/>
+    <s v="14"/>
+    <s v="Separated or Divorced"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="283"/>
+  </r>
+  <r>
+    <s v="CD133"/>
+    <s v="Population Aged One Year and Over whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Kilkenny"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="115"/>
+  </r>
+  <r>
+    <s v="CD133"/>
+    <s v="Population Aged One Year and Over whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="Laois"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3787"/>
+  </r>
+  <r>
+    <s v="CD133"/>
+    <s v="Population Aged One Year and Over whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="Laois"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2718"/>
+  </r>
+  <r>
+    <s v="CD133"/>
+    <s v="Population Aged One Year and Over whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="Laois"/>
+    <s v="04"/>
+    <s v="Married"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="705"/>
+  </r>
+  <r>
+    <s v="CD133"/>
+    <s v="Population Aged One Year and Over whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="Laois"/>
+    <s v="14"/>
+    <s v="Separated or Divorced"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="285"/>
+  </r>
+  <r>
+    <s v="CD133"/>
+    <s v="Population Aged One Year and Over whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="Laois"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="79"/>
+  </r>
+  <r>
+    <s v="CD133"/>
+    <s v="Population Aged One Year and Over whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="06"/>
+    <s v="Longford"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2205"/>
+  </r>
+  <r>
+    <s v="CD133"/>
+    <s v="Population Aged One Year and Over whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="06"/>
+    <s v="Longford"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1533"/>
+  </r>
+  <r>
+    <s v="CD133"/>
+    <s v="Population Aged One Year and Over whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="06"/>
+    <s v="Longford"/>
+    <s v="04"/>
+    <s v="Married"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="453"/>
+  </r>
+  <r>
+    <s v="CD133"/>
+    <s v="Population Aged One Year and Over whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="06"/>
+    <s v="Longford"/>
+    <s v="14"/>
+    <s v="Separated or Divorced"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="164"/>
+  </r>
+  <r>
+    <s v="CD133"/>
+    <s v="Population Aged One Year and Over whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="06"/>
+    <s v="Longford"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="55"/>
+  </r>
+  <r>
+    <s v="CD133"/>
+    <s v="Population Aged One Year and Over whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="07"/>
+    <s v="Louth"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="6545"/>
+  </r>
+  <r>
+    <s v="CD133"/>
+    <s v="Population Aged One Year and Over whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="07"/>
+    <s v="Louth"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4683"/>
+  </r>
+  <r>
+    <s v="CD133"/>
+    <s v="Population Aged One Year and Over whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="07"/>
+    <s v="Louth"/>
+    <s v="04"/>
+    <s v="Married"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1296"/>
+  </r>
+  <r>
+    <s v="CD133"/>
+    <s v="Population Aged One Year and Over whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="07"/>
+    <s v="Louth"/>
+    <s v="14"/>
+    <s v="Separated or Divorced"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="455"/>
+  </r>
+  <r>
+    <s v="CD133"/>
+    <s v="Population Aged One Year and Over whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="07"/>
+    <s v="Louth"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="111"/>
+  </r>
+  <r>
+    <s v="CD133"/>
+    <s v="Population Aged One Year and Over whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="08"/>
+    <s v="Meath"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="8978"/>
+  </r>
+  <r>
+    <s v="CD133"/>
+    <s v="Population Aged One Year and Over whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="08"/>
+    <s v="Meath"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="6096"/>
+  </r>
+  <r>
+    <s v="CD133"/>
+    <s v="Population Aged One Year and Over whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="08"/>
+    <s v="Meath"/>
+    <s v="04"/>
+    <s v="Married"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2011"/>
+  </r>
+  <r>
+    <s v="CD133"/>
+    <s v="Population Aged One Year and Over whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="08"/>
+    <s v="Meath"/>
+    <s v="14"/>
+    <s v="Separated or Divorced"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="706"/>
+  </r>
+  <r>
+    <s v="CD133"/>
+    <s v="Population Aged One Year and Over whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="08"/>
+    <s v="Meath"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="165"/>
+  </r>
+  <r>
+    <s v="CD133"/>
+    <s v="Population Aged One Year and Over whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="09"/>
+    <s v="Offaly"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3856"/>
+  </r>
+  <r>
+    <s v="CD133"/>
+    <s v="Population Aged One Year and Over whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="09"/>
+    <s v="Offaly"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2697"/>
+  </r>
+  <r>
+    <s v="CD133"/>
+    <s v="Population Aged One Year and Over whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="09"/>
+    <s v="Offaly"/>
+    <s v="04"/>
+    <s v="Married"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="754"/>
+  </r>
+  <r>
+    <s v="CD133"/>
+    <s v="Population Aged One Year and Over whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="09"/>
+    <s v="Offaly"/>
+    <s v="14"/>
+    <s v="Separated or Divorced"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="302"/>
+  </r>
+  <r>
+    <s v="CD133"/>
+    <s v="Population Aged One Year and Over whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="09"/>
+    <s v="Offaly"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="103"/>
+  </r>
+  <r>
+    <s v="CD133"/>
+    <s v="Population Aged One Year and Over whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="10"/>
+    <s v="Westmeath"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5201"/>
+  </r>
+  <r>
+    <s v="CD133"/>
+    <s v="Population Aged One Year and Over whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="10"/>
+    <s v="Westmeath"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3766"/>
+  </r>
+  <r>
+    <s v="CD133"/>
+    <s v="Population Aged One Year and Over whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="10"/>
+    <s v="Westmeath"/>
+    <s v="04"/>
+    <s v="Married"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="985"/>
+  </r>
+  <r>
+    <s v="CD133"/>
+    <s v="Population Aged One Year and Over whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="10"/>
+    <s v="Westmeath"/>
+    <s v="14"/>
+    <s v="Separated or Divorced"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="342"/>
+  </r>
+  <r>
+    <s v="CD133"/>
+    <s v="Population Aged One Year and Over whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="10"/>
+    <s v="Westmeath"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="108"/>
+  </r>
+  <r>
+    <s v="CD133"/>
+    <s v="Population Aged One Year and Over whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="11"/>
+    <s v="Wexford"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="7389"/>
+  </r>
+  <r>
+    <s v="CD133"/>
+    <s v="Population Aged One Year and Over whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="11"/>
+    <s v="Wexford"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5367"/>
+  </r>
+  <r>
+    <s v="CD133"/>
+    <s v="Population Aged One Year and Over whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="11"/>
+    <s v="Wexford"/>
+    <s v="04"/>
+    <s v="Married"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1276"/>
+  </r>
+  <r>
+    <s v="CD133"/>
+    <s v="Population Aged One Year and Over whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="11"/>
+    <s v="Wexford"/>
+    <s v="14"/>
+    <s v="Separated or Divorced"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="594"/>
+  </r>
+  <r>
+    <s v="CD133"/>
+    <s v="Population Aged One Year and Over whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="11"/>
+    <s v="Wexford"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="152"/>
+  </r>
+  <r>
+    <s v="CD133"/>
+    <s v="Population Aged One Year and Over whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="12"/>
+    <s v="Wicklow"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="7902"/>
+  </r>
+  <r>
+    <s v="CD133"/>
+    <s v="Population Aged One Year and Over whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="12"/>
+    <s v="Wicklow"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5484"/>
+  </r>
+  <r>
+    <s v="CD133"/>
+    <s v="Population Aged One Year and Over whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="12"/>
+    <s v="Wicklow"/>
+    <s v="04"/>
+    <s v="Married"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1667"/>
+  </r>
+  <r>
+    <s v="CD133"/>
+    <s v="Population Aged One Year and Over whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="12"/>
+    <s v="Wicklow"/>
+    <s v="14"/>
+    <s v="Separated or Divorced"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="592"/>
+  </r>
+  <r>
+    <s v="CD133"/>
+    <s v="Population Aged One Year and Over whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="12"/>
+    <s v="Wicklow"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="159"/>
+  </r>
+  <r>
+    <s v="CD133"/>
+    <s v="Population Aged One Year and Over whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="13"/>
+    <s v="Clare"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5865"/>
+  </r>
+  <r>
+    <s v="CD133"/>
+    <s v="Population Aged One Year and Over whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="13"/>
+    <s v="Clare"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4227"/>
+  </r>
+  <r>
+    <s v="CD133"/>
+    <s v="Population Aged One Year and Over whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="13"/>
+    <s v="Clare"/>
+    <s v="04"/>
+    <s v="Married"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1115"/>
+  </r>
+  <r>
+    <s v="CD133"/>
+    <s v="Population Aged One Year and Over whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="13"/>
+    <s v="Clare"/>
+    <s v="14"/>
+    <s v="Separated or Divorced"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="401"/>
+  </r>
+  <r>
+    <s v="CD133"/>
+    <s v="Population Aged One Year and Over whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="13"/>
+    <s v="Clare"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="122"/>
+  </r>
+  <r>
+    <s v="CD133"/>
+    <s v="Population Aged One Year and Over whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="14"/>
+    <s v="Cork"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="30614"/>
+  </r>
+  <r>
+    <s v="CD133"/>
+    <s v="Population Aged One Year and Over whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="14"/>
+    <s v="Cork"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="22516"/>
+  </r>
+  <r>
+    <s v="CD133"/>
+    <s v="Population Aged One Year and Over whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="14"/>
+    <s v="Cork"/>
+    <s v="04"/>
+    <s v="Married"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5727"/>
+  </r>
+  <r>
+    <s v="CD133"/>
+    <s v="Population Aged One Year and Over whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="14"/>
+    <s v="Cork"/>
+    <s v="14"/>
+    <s v="Separated or Divorced"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1787"/>
+  </r>
+  <r>
+    <s v="CD133"/>
+    <s v="Population Aged One Year and Over whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="14"/>
+    <s v="Cork"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="584"/>
+  </r>
+  <r>
+    <s v="CD133"/>
+    <s v="Population Aged One Year and Over whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="15"/>
+    <s v="Kerry"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="6818"/>
+  </r>
+  <r>
+    <s v="CD133"/>
+    <s v="Population Aged One Year and Over whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="15"/>
+    <s v="Kerry"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4956"/>
+  </r>
+  <r>
+    <s v="CD133"/>
+    <s v="Population Aged One Year and Over whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="15"/>
+    <s v="Kerry"/>
+    <s v="04"/>
+    <s v="Married"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1295"/>
+  </r>
+  <r>
+    <s v="CD133"/>
+    <s v="Population Aged One Year and Over whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="15"/>
+    <s v="Kerry"/>
+    <s v="14"/>
+    <s v="Separated or Divorced"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="428"/>
+  </r>
+  <r>
+    <s v="CD133"/>
+    <s v="Population Aged One Year and Over whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="15"/>
+    <s v="Kerry"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="139"/>
+  </r>
+  <r>
+    <s v="CD133"/>
+    <s v="Population Aged One Year and Over whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="16"/>
+    <s v="Limerick"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="11914"/>
+  </r>
+  <r>
+    <s v="CD133"/>
+    <s v="Population Aged One Year and Over whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="16"/>
+    <s v="Limerick"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="9025"/>
+  </r>
+  <r>
+    <s v="CD133"/>
+    <s v="Population Aged One Year and Over whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="16"/>
+    <s v="Limerick"/>
+    <s v="04"/>
+    <s v="Married"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1985"/>
+  </r>
+  <r>
+    <s v="CD133"/>
+    <s v="Population Aged One Year and Over whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="16"/>
+    <s v="Limerick"/>
+    <s v="14"/>
+    <s v="Separated or Divorced"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="641"/>
+  </r>
+  <r>
+    <s v="CD133"/>
+    <s v="Population Aged One Year and Over whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="16"/>
+    <s v="Limerick"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="263"/>
+  </r>
+  <r>
+    <s v="CD133"/>
+    <s v="Population Aged One Year and Over whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="17"/>
+    <s v="Tipperary"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="7563"/>
+  </r>
+  <r>
+    <s v="CD133"/>
+    <s v="Population Aged One Year and Over whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="17"/>
+    <s v="Tipperary"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5445"/>
+  </r>
+  <r>
+    <s v="CD133"/>
+    <s v="Population Aged One Year and Over whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="17"/>
+    <s v="Tipperary"/>
+    <s v="04"/>
+    <s v="Married"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1360"/>
+  </r>
+  <r>
+    <s v="CD133"/>
+    <s v="Population Aged One Year and Over whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="17"/>
+    <s v="Tipperary"/>
+    <s v="14"/>
+    <s v="Separated or Divorced"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="530"/>
+  </r>
+  <r>
+    <s v="CD133"/>
+    <s v="Population Aged One Year and Over whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="17"/>
+    <s v="Tipperary"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="228"/>
+  </r>
+  <r>
+    <s v="CD133"/>
+    <s v="Population Aged One Year and Over whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="18"/>
+    <s v="Waterford"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="6212"/>
+  </r>
+  <r>
+    <s v="CD133"/>
+    <s v="Population Aged One Year and Over whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="18"/>
+    <s v="Waterford"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4640"/>
+  </r>
+  <r>
+    <s v="CD133"/>
+    <s v="Population Aged One Year and Over whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="18"/>
+    <s v="Waterford"/>
+    <s v="04"/>
+    <s v="Married"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1055"/>
+  </r>
+  <r>
+    <s v="CD133"/>
+    <s v="Population Aged One Year and Over whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="18"/>
+    <s v="Waterford"/>
+    <s v="14"/>
+    <s v="Separated or Divorced"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="394"/>
+  </r>
+  <r>
+    <s v="CD133"/>
+    <s v="Population Aged One Year and Over whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="18"/>
+    <s v="Waterford"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="123"/>
+  </r>
+  <r>
+    <s v="CD133"/>
+    <s v="Population Aged One Year and Over whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="19"/>
+    <s v="Galway"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="16582"/>
+  </r>
+  <r>
+    <s v="CD133"/>
+    <s v="Population Aged One Year and Over whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="19"/>
+    <s v="Galway"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="12632"/>
+  </r>
+  <r>
+    <s v="CD133"/>
+    <s v="Population Aged One Year and Over whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="19"/>
+    <s v="Galway"/>
+    <s v="04"/>
+    <s v="Married"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2927"/>
+  </r>
+  <r>
+    <s v="CD133"/>
+    <s v="Population Aged One Year and Over whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="19"/>
+    <s v="Galway"/>
+    <s v="14"/>
+    <s v="Separated or Divorced"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="755"/>
+  </r>
+  <r>
+    <s v="CD133"/>
+    <s v="Population Aged One Year and Over whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="19"/>
+    <s v="Galway"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="268"/>
+  </r>
+  <r>
+    <s v="CD133"/>
+    <s v="Population Aged One Year and Over whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="20"/>
+    <s v="Leitrim"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1462"/>
+  </r>
+  <r>
+    <s v="CD133"/>
+    <s v="Population Aged One Year and Over whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="20"/>
+    <s v="Leitrim"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1042"/>
+  </r>
+  <r>
+    <s v="CD133"/>
+    <s v="Population Aged One Year and Over whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="20"/>
+    <s v="Leitrim"/>
+    <s v="04"/>
+    <s v="Married"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="287"/>
+  </r>
+  <r>
+    <s v="CD133"/>
+    <s v="Population Aged One Year and Over whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="20"/>
+    <s v="Leitrim"/>
+    <s v="14"/>
+    <s v="Separated or Divorced"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="97"/>
+  </r>
+  <r>
+    <s v="CD133"/>
+    <s v="Population Aged One Year and Over whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="20"/>
+    <s v="Leitrim"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="36"/>
+  </r>
+  <r>
+    <s v="CD133"/>
+    <s v="Population Aged One Year and Over whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="21"/>
+    <s v="Mayo"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="6577"/>
+  </r>
+  <r>
+    <s v="CD133"/>
+    <s v="Population Aged One Year and Over whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="21"/>
+    <s v="Mayo"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4723"/>
+  </r>
+  <r>
+    <s v="CD133"/>
+    <s v="Population Aged One Year and Over whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="21"/>
+    <s v="Mayo"/>
+    <s v="04"/>
+    <s v="Married"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1234"/>
+  </r>
+  <r>
+    <s v="CD133"/>
+    <s v="Population Aged One Year and Over whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="21"/>
+    <s v="Mayo"/>
+    <s v="14"/>
+    <s v="Separated or Divorced"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="454"/>
+  </r>
+  <r>
+    <s v="CD133"/>
+    <s v="Population Aged One Year and Over whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="21"/>
+    <s v="Mayo"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="166"/>
+  </r>
+  <r>
+    <s v="CD133"/>
+    <s v="Population Aged One Year and Over whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="22"/>
+    <s v="Roscommon"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2866"/>
+  </r>
+  <r>
+    <s v="CD133"/>
+    <s v="Population Aged One Year and Over whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="22"/>
+    <s v="Roscommon"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2071"/>
+  </r>
+  <r>
+    <s v="CD133"/>
+    <s v="Population Aged One Year and Over whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="22"/>
+    <s v="Roscommon"/>
+    <s v="04"/>
+    <s v="Married"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="480"/>
+  </r>
+  <r>
+    <s v="CD133"/>
+    <s v="Population Aged One Year and Over whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="22"/>
+    <s v="Roscommon"/>
+    <s v="14"/>
+    <s v="Separated or Divorced"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="239"/>
+  </r>
+  <r>
+    <s v="CD133"/>
+    <s v="Population Aged One Year and Over whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="22"/>
+    <s v="Roscommon"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="76"/>
+  </r>
+  <r>
+    <s v="CD133"/>
+    <s v="Population Aged One Year and Over whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="23"/>
+    <s v="Sligo"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3761"/>
+  </r>
+  <r>
+    <s v="CD133"/>
+    <s v="Population Aged One Year and Over whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="23"/>
+    <s v="Sligo"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2945"/>
+  </r>
+  <r>
+    <s v="CD133"/>
+    <s v="Population Aged One Year and Over whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="23"/>
+    <s v="Sligo"/>
+    <s v="04"/>
+    <s v="Married"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="568"/>
+  </r>
+  <r>
+    <s v="CD133"/>
+    <s v="Population Aged One Year and Over whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="23"/>
+    <s v="Sligo"/>
+    <s v="14"/>
+    <s v="Separated or Divorced"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="188"/>
+  </r>
+  <r>
+    <s v="CD133"/>
+    <s v="Population Aged One Year and Over whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="23"/>
+    <s v="Sligo"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="60"/>
+  </r>
+  <r>
+    <s v="CD133"/>
+    <s v="Population Aged One Year and Over whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="24"/>
+    <s v="Cavan"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3480"/>
+  </r>
+  <r>
+    <s v="CD133"/>
+    <s v="Population Aged One Year and Over whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="24"/>
+    <s v="Cavan"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2432"/>
+  </r>
+  <r>
+    <s v="CD133"/>
+    <s v="Population Aged One Year and Over whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="24"/>
+    <s v="Cavan"/>
+    <s v="04"/>
+    <s v="Married"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="698"/>
+  </r>
+  <r>
+    <s v="CD133"/>
+    <s v="Population Aged One Year and Over whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="24"/>
+    <s v="Cavan"/>
+    <s v="14"/>
+    <s v="Separated or Divorced"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="245"/>
+  </r>
+  <r>
+    <s v="CD133"/>
+    <s v="Population Aged One Year and Over whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="24"/>
+    <s v="Cavan"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="105"/>
+  </r>
+  <r>
+    <s v="CD133"/>
+    <s v="Population Aged One Year and Over whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="25"/>
+    <s v="Donegal"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="6110"/>
+  </r>
+  <r>
+    <s v="CD133"/>
+    <s v="Population Aged One Year and Over whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="25"/>
+    <s v="Donegal"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4430"/>
+  </r>
+  <r>
+    <s v="CD133"/>
+    <s v="Population Aged One Year and Over whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="25"/>
+    <s v="Donegal"/>
+    <s v="04"/>
+    <s v="Married"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1149"/>
+  </r>
+  <r>
+    <s v="CD133"/>
+    <s v="Population Aged One Year and Over whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="25"/>
+    <s v="Donegal"/>
+    <s v="14"/>
+    <s v="Separated or Divorced"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="383"/>
+  </r>
+  <r>
+    <s v="CD133"/>
+    <s v="Population Aged One Year and Over whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="25"/>
+    <s v="Donegal"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="148"/>
+  </r>
+  <r>
+    <s v="CD133"/>
+    <s v="Population Aged One Year and Over whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="26"/>
+    <s v="Monaghan"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2470"/>
+  </r>
+  <r>
+    <s v="CD133"/>
+    <s v="Population Aged One Year and Over whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="26"/>
+    <s v="Monaghan"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1732"/>
+  </r>
+  <r>
+    <s v="CD133"/>
+    <s v="Population Aged One Year and Over whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="26"/>
+    <s v="Monaghan"/>
+    <s v="04"/>
+    <s v="Married"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="500"/>
+  </r>
+  <r>
+    <s v="CD133"/>
+    <s v="Population Aged One Year and Over whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="26"/>
+    <s v="Monaghan"/>
+    <s v="14"/>
+    <s v="Separated or Divorced"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="174"/>
+  </r>
+  <r>
+    <s v="CD133"/>
+    <s v="Population Aged One Year and Over whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="26"/>
+    <s v="Monaghan"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="64"/>
+  </r>
+  <r>
+    <s v="CD133"/>
+    <s v="Population Aged One Year and Over whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="134040"/>
+  </r>
+  <r>
+    <s v="CD133"/>
+    <s v="Population Aged One Year and Over whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="97458"/>
+  </r>
+  <r>
+    <s v="CD133"/>
+    <s v="Population Aged One Year and Over whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="04"/>
+    <s v="Married"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="26884"/>
+  </r>
+  <r>
+    <s v="CD133"/>
+    <s v="Population Aged One Year and Over whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="14"/>
+    <s v="Separated or Divorced"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="8575"/>
+  </r>
+  <r>
+    <s v="CD133"/>
+    <s v="Population Aged One Year and Over whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1123"/>
+  </r>
+  <r>
+    <s v="CD133"/>
+    <s v="Population Aged One Year and Over whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Carlow"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1668"/>
+  </r>
+  <r>
+    <s v="CD133"/>
+    <s v="Population Aged One Year and Over whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Carlow"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1207"/>
+  </r>
+  <r>
+    <s v="CD133"/>
+    <s v="Population Aged One Year and Over whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Carlow"/>
+    <s v="04"/>
+    <s v="Married"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="319"/>
+  </r>
+  <r>
+    <s v="CD133"/>
+    <s v="Population Aged One Year and Over whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Carlow"/>
+    <s v="14"/>
+    <s v="Separated or Divorced"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="127"/>
+  </r>
+  <r>
+    <s v="CD133"/>
+    <s v="Population Aged One Year and Over whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Carlow"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="15"/>
+  </r>
+  <r>
+    <s v="CD133"/>
+    <s v="Population Aged One Year and Over whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="Dublin"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="46657"/>
+  </r>
+  <r>
+    <s v="CD133"/>
+    <s v="Population Aged One Year and Over whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="Dublin"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="33940"/>
+  </r>
+  <r>
+    <s v="CD133"/>
+    <s v="Population Aged One Year and Over whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="Dublin"/>
+    <s v="04"/>
+    <s v="Married"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="9792"/>
+  </r>
+  <r>
+    <s v="CD133"/>
+    <s v="Population Aged One Year and Over whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="Dublin"/>
+    <s v="14"/>
+    <s v="Separated or Divorced"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2627"/>
+  </r>
+  <r>
+    <s v="CD133"/>
+    <s v="Population Aged One Year and Over whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="Dublin"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="298"/>
+  </r>
+  <r>
+    <s v="CD133"/>
+    <s v="Population Aged One Year and Over whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="Kildare"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="6360"/>
+  </r>
+  <r>
+    <s v="CD133"/>
+    <s v="Population Aged One Year and Over whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="Kildare"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4493"/>
+  </r>
+  <r>
+    <s v="CD133"/>
+    <s v="Population Aged One Year and Over whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="Kildare"/>
+    <s v="04"/>
+    <s v="Married"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1382"/>
+  </r>
+  <r>
+    <s v="CD133"/>
+    <s v="Population Aged One Year and Over whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="Kildare"/>
+    <s v="14"/>
+    <s v="Separated or Divorced"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="442"/>
+  </r>
+  <r>
+    <s v="CD133"/>
+    <s v="Population Aged One Year and Over whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="Kildare"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="43"/>
+  </r>
+  <r>
+    <s v="CD133"/>
+    <s v="Population Aged One Year and Over whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Kilkenny"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2124"/>
+  </r>
+  <r>
+    <s v="CD133"/>
+    <s v="Population Aged One Year and Over whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Kilkenny"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1560"/>
+  </r>
+  <r>
+    <s v="CD133"/>
+    <s v="Population Aged One Year and Over whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Kilkenny"/>
+    <s v="04"/>
+    <s v="Married"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="385"/>
+  </r>
+  <r>
+    <s v="CD133"/>
+    <s v="Population Aged One Year and Over whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Kilkenny"/>
+    <s v="14"/>
+    <s v="Separated or Divorced"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="152"/>
+  </r>
+  <r>
+    <s v="CD133"/>
+    <s v="Population Aged One Year and Over whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Kilkenny"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="27"/>
+  </r>
+  <r>
+    <s v="CD133"/>
+    <s v="Population Aged One Year and Over whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="Laois"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1867"/>
+  </r>
+  <r>
+    <s v="CD133"/>
+    <s v="Population Aged One Year and Over whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="Laois"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1330"/>
+  </r>
+  <r>
+    <s v="CD133"/>
+    <s v="Population Aged One Year and Over whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="Laois"/>
+    <s v="04"/>
+    <s v="Married"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="365"/>
+  </r>
+  <r>
+    <s v="CD133"/>
+    <s v="Population Aged One Year and Over whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="Laois"/>
+    <s v="14"/>
+    <s v="Separated or Divorced"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="154"/>
+  </r>
+  <r>
+    <s v="CD133"/>
+    <s v="Population Aged One Year and Over whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="Laois"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="18"/>
+  </r>
+  <r>
+    <s v="CD133"/>
+    <s v="Population Aged One Year and Over whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="06"/>
+    <s v="Longford"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1104"/>
+  </r>
+  <r>
+    <s v="CD133"/>
+    <s v="Population Aged One Year and Over whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="06"/>
+    <s v="Longford"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="783"/>
+  </r>
+  <r>
+    <s v="CD133"/>
+    <s v="Population Aged One Year and Over whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="06"/>
+    <s v="Longford"/>
+    <s v="04"/>
+    <s v="Married"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="231"/>
+  </r>
+  <r>
+    <s v="CD133"/>
+    <s v="Population Aged One Year and Over whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="06"/>
+    <s v="Longford"/>
+    <s v="14"/>
+    <s v="Separated or Divorced"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="76"/>
+  </r>
+  <r>
+    <s v="CD133"/>
+    <s v="Population Aged One Year and Over whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="06"/>
+    <s v="Longford"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="14"/>
+  </r>
+  <r>
+    <s v="CD133"/>
+    <s v="Population Aged One Year and Over whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="07"/>
+    <s v="Louth"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3340"/>
+  </r>
+  <r>
+    <s v="CD133"/>
+    <s v="Population Aged One Year and Over whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="07"/>
+    <s v="Louth"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2416"/>
+  </r>
+  <r>
+    <s v="CD133"/>
+    <s v="Population Aged One Year and Over whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="07"/>
+    <s v="Louth"/>
+    <s v="04"/>
+    <s v="Married"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="658"/>
+  </r>
+  <r>
+    <s v="CD133"/>
+    <s v="Population Aged One Year and Over whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="07"/>
+    <s v="Louth"/>
+    <s v="14"/>
+    <s v="Separated or Divorced"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="233"/>
+  </r>
+  <r>
+    <s v="CD133"/>
+    <s v="Population Aged One Year and Over whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="07"/>
+    <s v="Louth"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="33"/>
+  </r>
+  <r>
+    <s v="CD133"/>
+    <s v="Population Aged One Year and Over whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="08"/>
+    <s v="Meath"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4391"/>
+  </r>
+  <r>
+    <s v="CD133"/>
+    <s v="Population Aged One Year and Over whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="08"/>
+    <s v="Meath"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2976"/>
+  </r>
+  <r>
+    <s v="CD133"/>
+    <s v="Population Aged One Year and Over whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="08"/>
+    <s v="Meath"/>
+    <s v="04"/>
+    <s v="Married"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1020"/>
+  </r>
+  <r>
+    <s v="CD133"/>
+    <s v="Population Aged One Year and Over whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="08"/>
+    <s v="Meath"/>
+    <s v="14"/>
+    <s v="Separated or Divorced"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="355"/>
+  </r>
+  <r>
+    <s v="CD133"/>
+    <s v="Population Aged One Year and Over whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="08"/>
+    <s v="Meath"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="40"/>
+  </r>
+  <r>
+    <s v="CD133"/>
+    <s v="Population Aged One Year and Over whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="09"/>
+    <s v="Offaly"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1849"/>
+  </r>
+  <r>
+    <s v="CD133"/>
+    <s v="Population Aged One Year and Over whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="09"/>
+    <s v="Offaly"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1301"/>
+  </r>
+  <r>
+    <s v="CD133"/>
+    <s v="Population Aged One Year and Over whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="09"/>
+    <s v="Offaly"/>
+    <s v="04"/>
+    <s v="Married"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="381"/>
+  </r>
+  <r>
+    <s v="CD133"/>
+    <s v="Population Aged One Year and Over whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="09"/>
+    <s v="Offaly"/>
+    <s v="14"/>
+    <s v="Separated or Divorced"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="148"/>
+  </r>
+  <r>
+    <s v="CD133"/>
+    <s v="Population Aged One Year and Over whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="09"/>
+    <s v="Offaly"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="19"/>
+  </r>
+  <r>
+    <s v="CD133"/>
+    <s v="Population Aged One Year and Over whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="10"/>
+    <s v="Westmeath"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2538"/>
+  </r>
+  <r>
+    <s v="CD133"/>
+    <s v="Population Aged One Year and Over whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="10"/>
+    <s v="Westmeath"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1818"/>
+  </r>
+  <r>
+    <s v="CD133"/>
+    <s v="Population Aged One Year and Over whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="10"/>
+    <s v="Westmeath"/>
+    <s v="04"/>
+    <s v="Married"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="504"/>
+  </r>
+  <r>
+    <s v="CD133"/>
+    <s v="Population Aged One Year and Over whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="10"/>
+    <s v="Westmeath"/>
+    <s v="14"/>
+    <s v="Separated or Divorced"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="187"/>
+  </r>
+  <r>
+    <s v="CD133"/>
+    <s v="Population Aged One Year and Over whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="10"/>
+    <s v="Westmeath"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="29"/>
+  </r>
+  <r>
+    <s v="CD133"/>
+    <s v="Population Aged One Year and Over whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="11"/>
+    <s v="Wexford"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3623"/>
+  </r>
+  <r>
+    <s v="CD133"/>
+    <s v="Population Aged One Year and Over whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="11"/>
+    <s v="Wexford"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2632"/>
+  </r>
+  <r>
+    <s v="CD133"/>
+    <s v="Population Aged One Year and Over whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="11"/>
+    <s v="Wexford"/>
+    <s v="04"/>
+    <s v="Married"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="654"/>
+  </r>
+  <r>
+    <s v="CD133"/>
+    <s v="Population Aged One Year and Over whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="11"/>
+    <s v="Wexford"/>
+    <s v="14"/>
+    <s v="Separated or Divorced"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="307"/>
+  </r>
+  <r>
+    <s v="CD133"/>
+    <s v="Population Aged One Year and Over whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="11"/>
+    <s v="Wexford"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="30"/>
+  </r>
+  <r>
+    <s v="CD133"/>
+    <s v="Population Aged One Year and Over whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="12"/>
+    <s v="Wicklow"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3842"/>
+  </r>
+  <r>
+    <s v="CD133"/>
+    <s v="Population Aged One Year and Over whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="12"/>
+    <s v="Wicklow"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2669"/>
+  </r>
+  <r>
+    <s v="CD133"/>
+    <s v="Population Aged One Year and Over whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="12"/>
+    <s v="Wicklow"/>
+    <s v="04"/>
+    <s v="Married"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="837"/>
+  </r>
+  <r>
+    <s v="CD133"/>
+    <s v="Population Aged One Year and Over whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="12"/>
+    <s v="Wicklow"/>
+    <s v="14"/>
+    <s v="Separated or Divorced"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="308"/>
+  </r>
+  <r>
+    <s v="CD133"/>
+    <s v="Population Aged One Year and Over whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="12"/>
+    <s v="Wicklow"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="28"/>
+  </r>
+  <r>
+    <s v="CD133"/>
+    <s v="Population Aged One Year and Over whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="13"/>
+    <s v="Clare"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2836"/>
+  </r>
+  <r>
+    <s v="CD133"/>
+    <s v="Population Aged One Year and Over whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="13"/>
+    <s v="Clare"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2054"/>
+  </r>
+  <r>
+    <s v="CD133"/>
+    <s v="Population Aged One Year and Over whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="13"/>
+    <s v="Clare"/>
+    <s v="04"/>
+    <s v="Married"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="561"/>
+  </r>
+  <r>
+    <s v="CD133"/>
+    <s v="Population Aged One Year and Over whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="13"/>
+    <s v="Clare"/>
+    <s v="14"/>
+    <s v="Separated or Divorced"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="196"/>
+  </r>
+  <r>
+    <s v="CD133"/>
+    <s v="Population Aged One Year and Over whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="13"/>
+    <s v="Clare"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="25"/>
+  </r>
+  <r>
+    <s v="CD133"/>
+    <s v="Population Aged One Year and Over whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="14"/>
+    <s v="Cork"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="15109"/>
+  </r>
+  <r>
+    <s v="CD133"/>
+    <s v="Population Aged One Year and Over whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="14"/>
+    <s v="Cork"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="11054"/>
+  </r>
+  <r>
+    <s v="CD133"/>
+    <s v="Population Aged One Year and Over whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="14"/>
+    <s v="Cork"/>
+    <s v="04"/>
+    <s v="Married"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2935"/>
+  </r>
+  <r>
+    <s v="CD133"/>
+    <s v="Population Aged One Year and Over whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="14"/>
+    <s v="Cork"/>
+    <s v="14"/>
+    <s v="Separated or Divorced"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="968"/>
+  </r>
+  <r>
+    <s v="CD133"/>
+    <s v="Population Aged One Year and Over whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="14"/>
+    <s v="Cork"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="152"/>
+  </r>
+  <r>
+    <s v="CD133"/>
+    <s v="Population Aged One Year and Over whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="15"/>
+    <s v="Kerry"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3313"/>
+  </r>
+  <r>
+    <s v="CD133"/>
+    <s v="Population Aged One Year and Over whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="15"/>
+    <s v="Kerry"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2396"/>
+  </r>
+  <r>
+    <s v="CD133"/>
+    <s v="Population Aged One Year and Over whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="15"/>
+    <s v="Kerry"/>
+    <s v="04"/>
+    <s v="Married"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="667"/>
+  </r>
+  <r>
+    <s v="CD133"/>
+    <s v="Population Aged One Year and Over whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="15"/>
+    <s v="Kerry"/>
+    <s v="14"/>
+    <s v="Separated or Divorced"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="218"/>
+  </r>
+  <r>
+    <s v="CD133"/>
+    <s v="Population Aged One Year and Over whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="15"/>
+    <s v="Kerry"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="32"/>
+  </r>
+  <r>
+    <s v="CD133"/>
+    <s v="Population Aged One Year and Over whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="16"/>
+    <s v="Limerick"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5816"/>
+  </r>
+  <r>
+    <s v="CD133"/>
+    <s v="Population Aged One Year and Over whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="16"/>
+    <s v="Limerick"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4411"/>
+  </r>
+  <r>
+    <s v="CD133"/>
+    <s v="Population Aged One Year and Over whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="16"/>
+    <s v="Limerick"/>
+    <s v="04"/>
+    <s v="Married"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1006"/>
+  </r>
+  <r>
+    <s v="CD133"/>
+    <s v="Population Aged One Year and Over whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="16"/>
+    <s v="Limerick"/>
+    <s v="14"/>
+    <s v="Separated or Divorced"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="334"/>
+  </r>
+  <r>
+    <s v="CD133"/>
+    <s v="Population Aged One Year and Over whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="16"/>
+    <s v="Limerick"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="65"/>
+  </r>
+  <r>
+    <s v="CD133"/>
+    <s v="Population Aged One Year and Over whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="17"/>
+    <s v="Tipperary"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3634"/>
+  </r>
+  <r>
+    <s v="CD133"/>
+    <s v="Population Aged One Year and Over whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="17"/>
+    <s v="Tipperary"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2644"/>
+  </r>
+  <r>
+    <s v="CD133"/>
+    <s v="Population Aged One Year and Over whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="17"/>
+    <s v="Tipperary"/>
+    <s v="04"/>
+    <s v="Married"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="683"/>
+  </r>
+  <r>
+    <s v="CD133"/>
+    <s v="Population Aged One Year and Over whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="17"/>
+    <s v="Tipperary"/>
+    <s v="14"/>
+    <s v="Separated or Divorced"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="266"/>
+  </r>
+  <r>
+    <s v="CD133"/>
+    <s v="Population Aged One Year and Over whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="17"/>
+    <s v="Tipperary"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="41"/>
+  </r>
+  <r>
+    <s v="CD133"/>
+    <s v="Population Aged One Year and Over whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="18"/>
+    <s v="Waterford"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3052"/>
+  </r>
+  <r>
+    <s v="CD133"/>
+    <s v="Population Aged One Year and Over whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="18"/>
+    <s v="Waterford"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2257"/>
+  </r>
+  <r>
+    <s v="CD133"/>
+    <s v="Population Aged One Year and Over whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="18"/>
+    <s v="Waterford"/>
+    <s v="04"/>
+    <s v="Married"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="541"/>
+  </r>
+  <r>
+    <s v="CD133"/>
+    <s v="Population Aged One Year and Over whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="18"/>
+    <s v="Waterford"/>
+    <s v="14"/>
+    <s v="Separated or Divorced"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="218"/>
+  </r>
+  <r>
+    <s v="CD133"/>
+    <s v="Population Aged One Year and Over whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="18"/>
+    <s v="Waterford"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="36"/>
+  </r>
+  <r>
+    <s v="CD133"/>
+    <s v="Population Aged One Year and Over whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="19"/>
+    <s v="Galway"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="8014"/>
+  </r>
+  <r>
+    <s v="CD133"/>
+    <s v="Population Aged One Year and Over whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="19"/>
+    <s v="Galway"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="6082"/>
+  </r>
+  <r>
+    <s v="CD133"/>
+    <s v="Population Aged One Year and Over whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="19"/>
+    <s v="Galway"/>
+    <s v="04"/>
+    <s v="Married"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1496"/>
+  </r>
+  <r>
+    <s v="CD133"/>
+    <s v="Population Aged One Year and Over whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="19"/>
+    <s v="Galway"/>
+    <s v="14"/>
+    <s v="Separated or Divorced"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="378"/>
+  </r>
+  <r>
+    <s v="CD133"/>
+    <s v="Population Aged One Year and Over whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="19"/>
+    <s v="Galway"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="58"/>
+  </r>
+  <r>
+    <s v="CD133"/>
+    <s v="Population Aged One Year and Over whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="20"/>
+    <s v="Leitrim"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="712"/>
+  </r>
+  <r>
+    <s v="CD133"/>
+    <s v="Population Aged One Year and Over whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="20"/>
+    <s v="Leitrim"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="511"/>
+  </r>
+  <r>
+    <s v="CD133"/>
+    <s v="Population Aged One Year and Over whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="20"/>
+    <s v="Leitrim"/>
+    <s v="04"/>
+    <s v="Married"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="146"/>
+  </r>
+  <r>
+    <s v="CD133"/>
+    <s v="Population Aged One Year and Over whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="20"/>
+    <s v="Leitrim"/>
+    <s v="14"/>
+    <s v="Separated or Divorced"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="53"/>
+  </r>
+  <r>
+    <s v="CD133"/>
+    <s v="Population Aged One Year and Over whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="20"/>
+    <s v="Leitrim"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="CD133"/>
+    <s v="Population Aged One Year and Over whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="21"/>
+    <s v="Mayo"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3134"/>
+  </r>
+  <r>
+    <s v="CD133"/>
+    <s v="Population Aged One Year and Over whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="21"/>
+    <s v="Mayo"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2280"/>
+  </r>
+  <r>
+    <s v="CD133"/>
+    <s v="Population Aged One Year and Over whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="21"/>
+    <s v="Mayo"/>
+    <s v="04"/>
+    <s v="Married"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="617"/>
+  </r>
+  <r>
+    <s v="CD133"/>
+    <s v="Population Aged One Year and Over whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="21"/>
+    <s v="Mayo"/>
+    <s v="14"/>
+    <s v="Separated or Divorced"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="217"/>
+  </r>
+  <r>
+    <s v="CD133"/>
+    <s v="Population Aged One Year and Over whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="21"/>
+    <s v="Mayo"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="20"/>
+  </r>
+  <r>
+    <s v="CD133"/>
+    <s v="Population Aged One Year and Over whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="22"/>
+    <s v="Roscommon"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1364"/>
+  </r>
+  <r>
+    <s v="CD133"/>
+    <s v="Population Aged One Year and Over whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="22"/>
+    <s v="Roscommon"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="998"/>
+  </r>
+  <r>
+    <s v="CD133"/>
+    <s v="Population Aged One Year and Over whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="22"/>
+    <s v="Roscommon"/>
+    <s v="04"/>
+    <s v="Married"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="237"/>
+  </r>
+  <r>
+    <s v="CD133"/>
+    <s v="Population Aged One Year and Over whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="22"/>
+    <s v="Roscommon"/>
+    <s v="14"/>
+    <s v="Separated or Divorced"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="112"/>
+  </r>
+  <r>
+    <s v="CD133"/>
+    <s v="Population Aged One Year and Over whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="22"/>
+    <s v="Roscommon"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="17"/>
+  </r>
+  <r>
+    <s v="CD133"/>
+    <s v="Population Aged One Year and Over whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="23"/>
+    <s v="Sligo"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1799"/>
+  </r>
+  <r>
+    <s v="CD133"/>
+    <s v="Population Aged One Year and Over whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="23"/>
+    <s v="Sligo"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1394"/>
+  </r>
+  <r>
+    <s v="CD133"/>
+    <s v="Population Aged One Year and Over whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="23"/>
+    <s v="Sligo"/>
+    <s v="04"/>
+    <s v="Married"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="301"/>
+  </r>
+  <r>
+    <s v="CD133"/>
+    <s v="Population Aged One Year and Over whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="23"/>
+    <s v="Sligo"/>
+    <s v="14"/>
+    <s v="Separated or Divorced"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="94"/>
+  </r>
+  <r>
+    <s v="CD133"/>
+    <s v="Population Aged One Year and Over whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="23"/>
+    <s v="Sligo"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="10"/>
+  </r>
+  <r>
+    <s v="CD133"/>
+    <s v="Population Aged One Year and Over whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="24"/>
+    <s v="Cavan"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1679"/>
+  </r>
+  <r>
+    <s v="CD133"/>
+    <s v="Population Aged One Year and Over whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="24"/>
+    <s v="Cavan"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1189"/>
+  </r>
+  <r>
+    <s v="CD133"/>
+    <s v="Population Aged One Year and Over whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="24"/>
+    <s v="Cavan"/>
+    <s v="04"/>
+    <s v="Married"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="346"/>
+  </r>
+  <r>
+    <s v="CD133"/>
+    <s v="Population Aged One Year and Over whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="24"/>
+    <s v="Cavan"/>
+    <s v="14"/>
+    <s v="Separated or Divorced"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="120"/>
+  </r>
+  <r>
+    <s v="CD133"/>
+    <s v="Population Aged One Year and Over whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="24"/>
+    <s v="Cavan"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="24"/>
+  </r>
+  <r>
+    <s v="CD133"/>
+    <s v="Population Aged One Year and Over whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="25"/>
+    <s v="Donegal"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3021"/>
+  </r>
+  <r>
+    <s v="CD133"/>
+    <s v="Population Aged One Year and Over whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="25"/>
+    <s v="Donegal"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2213"/>
+  </r>
+  <r>
+    <s v="CD133"/>
+    <s v="Population Aged One Year and Over whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="25"/>
+    <s v="Donegal"/>
+    <s v="04"/>
+    <s v="Married"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="574"/>
+  </r>
+  <r>
+    <s v="CD133"/>
+    <s v="Population Aged One Year and Over whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="25"/>
+    <s v="Donegal"/>
+    <s v="14"/>
+    <s v="Separated or Divorced"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="200"/>
+  </r>
+  <r>
+    <s v="CD133"/>
+    <s v="Population Aged One Year and Over whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="25"/>
+    <s v="Donegal"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="34"/>
+  </r>
+  <r>
+    <s v="CD133"/>
+    <s v="Population Aged One Year and Over whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="26"/>
+    <s v="Monaghan"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1194"/>
+  </r>
+  <r>
+    <s v="CD133"/>
+    <s v="Population Aged One Year and Over whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="26"/>
+    <s v="Monaghan"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="850"/>
+  </r>
+  <r>
+    <s v="CD133"/>
+    <s v="Population Aged One Year and Over whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="26"/>
+    <s v="Monaghan"/>
+    <s v="04"/>
+    <s v="Married"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="246"/>
+  </r>
+  <r>
+    <s v="CD133"/>
+    <s v="Population Aged One Year and Over whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="26"/>
+    <s v="Monaghan"/>
+    <s v="14"/>
+    <s v="Separated or Divorced"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="85"/>
+  </r>
+  <r>
+    <s v="CD133"/>
+    <s v="Population Aged One Year and Over whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="26"/>
+    <s v="Monaghan"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="13"/>
+  </r>
+  <r>
+    <s v="CD133"/>
+    <s v="Population Aged One Year and Over whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="139199"/>
+  </r>
+  <r>
+    <s v="CD133"/>
+    <s v="Population Aged One Year and Over whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="101706"/>
+  </r>
+  <r>
+    <s v="CD133"/>
+    <s v="Population Aged One Year and Over whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="04"/>
+    <s v="Married"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="25746"/>
+  </r>
+  <r>
+    <s v="CD133"/>
+    <s v="Population Aged One Year and Over whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="14"/>
+    <s v="Separated or Divorced"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="7867"/>
+  </r>
+  <r>
+    <s v="CD133"/>
+    <s v="Population Aged One Year and Over whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3880"/>
+  </r>
+  <r>
+    <s v="CD133"/>
+    <s v="Population Aged One Year and Over whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Carlow"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1694"/>
+  </r>
+  <r>
+    <s v="CD133"/>
+    <s v="Population Aged One Year and Over whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Carlow"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1216"/>
+  </r>
+  <r>
+    <s v="CD133"/>
+    <s v="Population Aged One Year and Over whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Carlow"/>
+    <s v="04"/>
+    <s v="Married"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="307"/>
+  </r>
+  <r>
+    <s v="CD133"/>
+    <s v="Population Aged One Year and Over whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Carlow"/>
+    <s v="14"/>
+    <s v="Separated or Divorced"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="121"/>
+  </r>
+  <r>
+    <s v="CD133"/>
+    <s v="Population Aged One Year and Over whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Carlow"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="50"/>
+  </r>
+  <r>
+    <s v="CD133"/>
+    <s v="Population Aged One Year and Over whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="Dublin"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="48143"/>
+  </r>
+  <r>
+    <s v="CD133"/>
+    <s v="Population Aged One Year and Over whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="Dublin"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="35579"/>
+  </r>
+  <r>
+    <s v="CD133"/>
+    <s v="Population Aged One Year and Over whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="Dublin"/>
+    <s v="04"/>
+    <s v="Married"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="9242"/>
+  </r>
+  <r>
+    <s v="CD133"/>
+    <s v="Population Aged One Year and Over whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="Dublin"/>
+    <s v="14"/>
+    <s v="Separated or Divorced"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2287"/>
+  </r>
+  <r>
+    <s v="CD133"/>
+    <s v="Population Aged One Year and Over whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="Dublin"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1035"/>
+  </r>
+  <r>
+    <s v="CD133"/>
+    <s v="Population Aged One Year and Over whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="Kildare"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="6176"/>
+  </r>
+  <r>
+    <s v="CD133"/>
+    <s v="Population Aged One Year and Over whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="Kildare"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4365"/>
+  </r>
+  <r>
+    <s v="CD133"/>
+    <s v="Population Aged One Year and Over whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="Kildare"/>
+    <s v="04"/>
+    <s v="Married"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1279"/>
+  </r>
+  <r>
+    <s v="CD133"/>
+    <s v="Population Aged One Year and Over whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="Kildare"/>
+    <s v="14"/>
+    <s v="Separated or Divorced"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="399"/>
+  </r>
+  <r>
+    <s v="CD133"/>
+    <s v="Population Aged One Year and Over whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="Kildare"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="133"/>
+  </r>
+  <r>
+    <s v="CD133"/>
+    <s v="Population Aged One Year and Over whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Kilkenny"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2260"/>
+  </r>
+  <r>
+    <s v="CD133"/>
+    <s v="Population Aged One Year and Over whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Kilkenny"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1644"/>
+  </r>
+  <r>
+    <s v="CD133"/>
+    <s v="Population Aged One Year and Over whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Kilkenny"/>
+    <s v="04"/>
+    <s v="Married"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="397"/>
+  </r>
+  <r>
+    <s v="CD133"/>
+    <s v="Population Aged One Year and Over whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Kilkenny"/>
+    <s v="14"/>
+    <s v="Separated or Divorced"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="131"/>
+  </r>
+  <r>
+    <s v="CD133"/>
+    <s v="Population Aged One Year and Over whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Kilkenny"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="88"/>
+  </r>
+  <r>
+    <s v="CD133"/>
+    <s v="Population Aged One Year and Over whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="Laois"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1920"/>
+  </r>
+  <r>
+    <s v="CD133"/>
+    <s v="Population Aged One Year and Over whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="Laois"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1388"/>
+  </r>
+  <r>
+    <s v="CD133"/>
+    <s v="Population Aged One Year and Over whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="Laois"/>
+    <s v="04"/>
+    <s v="Married"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="340"/>
+  </r>
+  <r>
+    <s v="CD133"/>
+    <s v="Population Aged One Year and Over whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="Laois"/>
+    <s v="14"/>
+    <s v="Separated or Divorced"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="131"/>
+  </r>
+  <r>
+    <s v="CD133"/>
+    <s v="Population Aged One Year and Over whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="Laois"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="61"/>
+  </r>
+  <r>
+    <s v="CD133"/>
+    <s v="Population Aged One Year and Over whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="06"/>
+    <s v="Longford"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1101"/>
+  </r>
+  <r>
+    <s v="CD133"/>
+    <s v="Population Aged One Year and Over whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="06"/>
+    <s v="Longford"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="750"/>
+  </r>
+  <r>
+    <s v="CD133"/>
+    <s v="Population Aged One Year and Over whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="06"/>
+    <s v="Longford"/>
+    <s v="04"/>
+    <s v="Married"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="222"/>
+  </r>
+  <r>
+    <s v="CD133"/>
+    <s v="Population Aged One Year and Over whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="06"/>
+    <s v="Longford"/>
+    <s v="14"/>
+    <s v="Separated or Divorced"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="88"/>
+  </r>
+  <r>
+    <s v="CD133"/>
+    <s v="Population Aged One Year and Over whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="06"/>
+    <s v="Longford"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="41"/>
+  </r>
+  <r>
+    <s v="CD133"/>
+    <s v="Population Aged One Year and Over whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="07"/>
+    <s v="Louth"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3205"/>
+  </r>
+  <r>
+    <s v="CD133"/>
+    <s v="Population Aged One Year and Over whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="07"/>
+    <s v="Louth"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2267"/>
+  </r>
+  <r>
+    <s v="CD133"/>
+    <s v="Population Aged One Year and Over whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="07"/>
+    <s v="Louth"/>
+    <s v="04"/>
+    <s v="Married"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="638"/>
+  </r>
+  <r>
+    <s v="CD133"/>
+    <s v="Population Aged One Year and Over whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="07"/>
+    <s v="Louth"/>
+    <s v="14"/>
+    <s v="Separated or Divorced"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="222"/>
+  </r>
+  <r>
+    <s v="CD133"/>
+    <s v="Population Aged One Year and Over whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="07"/>
+    <s v="Louth"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="78"/>
+  </r>
+  <r>
+    <s v="CD133"/>
+    <s v="Population Aged One Year and Over whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="08"/>
+    <s v="Meath"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4587"/>
+  </r>
+  <r>
+    <s v="CD133"/>
+    <s v="Population Aged One Year and Over whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="08"/>
+    <s v="Meath"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3120"/>
+  </r>
+  <r>
+    <s v="CD133"/>
+    <s v="Population Aged One Year and Over whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="08"/>
+    <s v="Meath"/>
+    <s v="04"/>
+    <s v="Married"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="991"/>
+  </r>
+  <r>
+    <s v="CD133"/>
+    <s v="Population Aged One Year and Over whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="08"/>
+    <s v="Meath"/>
+    <s v="14"/>
+    <s v="Separated or Divorced"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="351"/>
+  </r>
+  <r>
+    <s v="CD133"/>
+    <s v="Population Aged One Year and Over whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="08"/>
+    <s v="Meath"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="125"/>
+  </r>
+  <r>
+    <s v="CD133"/>
+    <s v="Population Aged One Year and Over whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="09"/>
+    <s v="Offaly"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2007"/>
+  </r>
+  <r>
+    <s v="CD133"/>
+    <s v="Population Aged One Year and Over whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="09"/>
+    <s v="Offaly"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1396"/>
+  </r>
+  <r>
+    <s v="CD133"/>
+    <s v="Population Aged One Year and Over whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="09"/>
+    <s v="Offaly"/>
+    <s v="04"/>
+    <s v="Married"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="373"/>
+  </r>
+  <r>
+    <s v="CD133"/>
+    <s v="Population Aged One Year and Over whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="09"/>
+    <s v="Offaly"/>
+    <s v="14"/>
+    <s v="Separated or Divorced"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="154"/>
+  </r>
+  <r>
+    <s v="CD133"/>
+    <s v="Population Aged One Year and Over whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="09"/>
+    <s v="Offaly"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="84"/>
+  </r>
+  <r>
+    <s v="CD133"/>
+    <s v="Population Aged One Year and Over whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="10"/>
+    <s v="Westmeath"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2663"/>
+  </r>
+  <r>
+    <s v="CD133"/>
+    <s v="Population Aged One Year and Over whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="10"/>
+    <s v="Westmeath"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1948"/>
+  </r>
+  <r>
+    <s v="CD133"/>
+    <s v="Population Aged One Year and Over whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="10"/>
+    <s v="Westmeath"/>
+    <s v="04"/>
+    <s v="Married"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="481"/>
+  </r>
+  <r>
+    <s v="CD133"/>
+    <s v="Population Aged One Year and Over whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="10"/>
+    <s v="Westmeath"/>
+    <s v="14"/>
+    <s v="Separated or Divorced"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="155"/>
+  </r>
+  <r>
+    <s v="CD133"/>
+    <s v="Population Aged One Year and Over whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="10"/>
+    <s v="Westmeath"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="79"/>
+  </r>
+  <r>
+    <s v="CD133"/>
+    <s v="Population Aged One Year and Over whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="11"/>
+    <s v="Wexford"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3766"/>
+  </r>
+  <r>
+    <s v="CD133"/>
+    <s v="Population Aged One Year and Over whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="11"/>
+    <s v="Wexford"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2735"/>
+  </r>
+  <r>
+    <s v="CD133"/>
+    <s v="Population Aged One Year and Over whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="11"/>
+    <s v="Wexford"/>
+    <s v="04"/>
+    <s v="Married"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="622"/>
+  </r>
+  <r>
+    <s v="CD133"/>
+    <s v="Population Aged One Year and Over whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="11"/>
+    <s v="Wexford"/>
+    <s v="14"/>
+    <s v="Separated or Divorced"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="287"/>
+  </r>
+  <r>
+    <s v="CD133"/>
+    <s v="Population Aged One Year and Over whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="11"/>
+    <s v="Wexford"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="122"/>
+  </r>
+  <r>
+    <s v="CD133"/>
+    <s v="Population Aged One Year and Over whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="12"/>
+    <s v="Wicklow"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4060"/>
+  </r>
+  <r>
+    <s v="CD133"/>
+    <s v="Population Aged One Year and Over whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="12"/>
+    <s v="Wicklow"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2815"/>
+  </r>
+  <r>
+    <s v="CD133"/>
+    <s v="Population Aged One Year and Over whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="12"/>
+    <s v="Wicklow"/>
+    <s v="04"/>
+    <s v="Married"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="830"/>
+  </r>
+  <r>
+    <s v="CD133"/>
+    <s v="Population Aged One Year and Over whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="12"/>
+    <s v="Wicklow"/>
+    <s v="14"/>
+    <s v="Separated or Divorced"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="284"/>
+  </r>
+  <r>
+    <s v="CD133"/>
+    <s v="Population Aged One Year and Over whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="12"/>
+    <s v="Wicklow"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="131"/>
+  </r>
+  <r>
+    <s v="CD133"/>
+    <s v="Population Aged One Year and Over whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="13"/>
+    <s v="Clare"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3029"/>
+  </r>
+  <r>
+    <s v="CD133"/>
+    <s v="Population Aged One Year and Over whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="13"/>
+    <s v="Clare"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2173"/>
+  </r>
+  <r>
+    <s v="CD133"/>
+    <s v="Population Aged One Year and Over whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="13"/>
+    <s v="Clare"/>
+    <s v="04"/>
+    <s v="Married"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="554"/>
+  </r>
+  <r>
+    <s v="CD133"/>
+    <s v="Population Aged One Year and Over whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="13"/>
+    <s v="Clare"/>
+    <s v="14"/>
+    <s v="Separated or Divorced"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="205"/>
+  </r>
+  <r>
+    <s v="CD133"/>
+    <s v="Population Aged One Year and Over whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="13"/>
+    <s v="Clare"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="97"/>
+  </r>
+  <r>
+    <s v="CD133"/>
+    <s v="Population Aged One Year and Over whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="14"/>
+    <s v="Cork"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="15505"/>
+  </r>
+  <r>
+    <s v="CD133"/>
+    <s v="Population Aged One Year and Over whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="14"/>
+    <s v="Cork"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="11462"/>
+  </r>
+  <r>
+    <s v="CD133"/>
+    <s v="Population Aged One Year and Over whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="14"/>
+    <s v="Cork"/>
+    <s v="04"/>
+    <s v="Married"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2792"/>
+  </r>
+  <r>
+    <s v="CD133"/>
+    <s v="Population Aged One Year and Over whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="14"/>
+    <s v="Cork"/>
+    <s v="14"/>
+    <s v="Separated or Divorced"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="819"/>
+  </r>
+  <r>
+    <s v="CD133"/>
+    <s v="Population Aged One Year and Over whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="14"/>
+    <s v="Cork"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="432"/>
+  </r>
+  <r>
+    <s v="CD133"/>
+    <s v="Population Aged One Year and Over whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="15"/>
+    <s v="Kerry"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3505"/>
+  </r>
+  <r>
+    <s v="CD133"/>
+    <s v="Population Aged One Year and Over whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="15"/>
+    <s v="Kerry"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2560"/>
+  </r>
+  <r>
+    <s v="CD133"/>
+    <s v="Population Aged One Year and Over whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="15"/>
+    <s v="Kerry"/>
+    <s v="04"/>
+    <s v="Married"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="628"/>
+  </r>
+  <r>
+    <s v="CD133"/>
+    <s v="Population Aged One Year and Over whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="15"/>
+    <s v="Kerry"/>
+    <s v="14"/>
+    <s v="Separated or Divorced"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="210"/>
+  </r>
+  <r>
+    <s v="CD133"/>
+    <s v="Population Aged One Year and Over whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="15"/>
+    <s v="Kerry"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="107"/>
+  </r>
+  <r>
+    <s v="CD133"/>
+    <s v="Population Aged One Year and Over whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="16"/>
+    <s v="Limerick"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="6098"/>
+  </r>
+  <r>
+    <s v="CD133"/>
+    <s v="Population Aged One Year and Over whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="16"/>
+    <s v="Limerick"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4614"/>
+  </r>
+  <r>
+    <s v="CD133"/>
+    <s v="Population Aged One Year and Over whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="16"/>
+    <s v="Limerick"/>
+    <s v="04"/>
+    <s v="Married"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="979"/>
+  </r>
+  <r>
+    <s v="CD133"/>
+    <s v="Population Aged One Year and Over whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="16"/>
+    <s v="Limerick"/>
+    <s v="14"/>
+    <s v="Separated or Divorced"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="307"/>
+  </r>
+  <r>
+    <s v="CD133"/>
+    <s v="Population Aged One Year and Over whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="16"/>
+    <s v="Limerick"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="198"/>
+  </r>
+  <r>
+    <s v="CD133"/>
+    <s v="Population Aged One Year and Over whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="17"/>
+    <s v="Tipperary"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3929"/>
+  </r>
+  <r>
+    <s v="CD133"/>
+    <s v="Population Aged One Year and Over whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="17"/>
+    <s v="Tipperary"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2801"/>
+  </r>
+  <r>
+    <s v="CD133"/>
+    <s v="Population Aged One Year and Over whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="17"/>
+    <s v="Tipperary"/>
+    <s v="04"/>
+    <s v="Married"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="677"/>
+  </r>
+  <r>
+    <s v="CD133"/>
+    <s v="Population Aged One Year and Over whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="17"/>
+    <s v="Tipperary"/>
+    <s v="14"/>
+    <s v="Separated or Divorced"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="264"/>
+  </r>
+  <r>
+    <s v="CD133"/>
+    <s v="Population Aged One Year and Over whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="17"/>
+    <s v="Tipperary"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="187"/>
+  </r>
+  <r>
+    <s v="CD133"/>
+    <s v="Population Aged One Year and Over whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="18"/>
+    <s v="Waterford"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3160"/>
+  </r>
+  <r>
+    <s v="CD133"/>
+    <s v="Population Aged One Year and Over whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="18"/>
+    <s v="Waterford"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2383"/>
+  </r>
+  <r>
+    <s v="CD133"/>
+    <s v="Population Aged One Year and Over whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="18"/>
+    <s v="Waterford"/>
+    <s v="04"/>
+    <s v="Married"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="514"/>
+  </r>
+  <r>
+    <s v="CD133"/>
+    <s v="Population Aged One Year and Over whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="18"/>
+    <s v="Waterford"/>
+    <s v="14"/>
+    <s v="Separated or Divorced"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="176"/>
+  </r>
+  <r>
+    <s v="CD133"/>
+    <s v="Population Aged One Year and Over whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="18"/>
+    <s v="Waterford"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="87"/>
+  </r>
+  <r>
+    <s v="CD133"/>
+    <s v="Population Aged One Year and Over whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="19"/>
+    <s v="Galway"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="8568"/>
+  </r>
+  <r>
+    <s v="CD133"/>
+    <s v="Population Aged One Year and Over whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="19"/>
+    <s v="Galway"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="6550"/>
+  </r>
+  <r>
+    <s v="CD133"/>
+    <s v="Population Aged One Year and Over whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="19"/>
+    <s v="Galway"/>
+    <s v="04"/>
+    <s v="Married"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1431"/>
+  </r>
+  <r>
+    <s v="CD133"/>
+    <s v="Population Aged One Year and Over whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="19"/>
+    <s v="Galway"/>
+    <s v="14"/>
+    <s v="Separated or Divorced"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="377"/>
+  </r>
+  <r>
+    <s v="CD133"/>
+    <s v="Population Aged One Year and Over whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="19"/>
+    <s v="Galway"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="210"/>
+  </r>
+  <r>
+    <s v="CD133"/>
+    <s v="Population Aged One Year and Over whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="20"/>
+    <s v="Leitrim"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="750"/>
+  </r>
+  <r>
+    <s v="CD133"/>
+    <s v="Population Aged One Year and Over whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="20"/>
+    <s v="Leitrim"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="531"/>
+  </r>
+  <r>
+    <s v="CD133"/>
+    <s v="Population Aged One Year and Over whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="20"/>
+    <s v="Leitrim"/>
+    <s v="04"/>
+    <s v="Married"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="141"/>
+  </r>
+  <r>
+    <s v="CD133"/>
+    <s v="Population Aged One Year and Over whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="20"/>
+    <s v="Leitrim"/>
+    <s v="14"/>
+    <s v="Separated or Divorced"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="44"/>
+  </r>
+  <r>
+    <s v="CD133"/>
+    <s v="Population Aged One Year and Over whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="20"/>
+    <s v="Leitrim"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="34"/>
+  </r>
+  <r>
+    <s v="CD133"/>
+    <s v="Population Aged One Year and Over whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="21"/>
+    <s v="Mayo"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3443"/>
+  </r>
+  <r>
+    <s v="CD133"/>
+    <s v="Population Aged One Year and Over whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="21"/>
+    <s v="Mayo"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2443"/>
+  </r>
+  <r>
+    <s v="CD133"/>
+    <s v="Population Aged One Year and Over whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="21"/>
+    <s v="Mayo"/>
+    <s v="04"/>
+    <s v="Married"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="617"/>
+  </r>
+  <r>
+    <s v="CD133"/>
+    <s v="Population Aged One Year and Over whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="21"/>
+    <s v="Mayo"/>
+    <s v="14"/>
+    <s v="Separated or Divorced"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="237"/>
+  </r>
+  <r>
+    <s v="CD133"/>
+    <s v="Population Aged One Year and Over whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="21"/>
+    <s v="Mayo"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="146"/>
+  </r>
+  <r>
+    <s v="CD133"/>
+    <s v="Population Aged One Year and Over whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="22"/>
+    <s v="Roscommon"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1502"/>
+  </r>
+  <r>
+    <s v="CD133"/>
+    <s v="Population Aged One Year and Over whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="22"/>
+    <s v="Roscommon"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1073"/>
+  </r>
+  <r>
+    <s v="CD133"/>
+    <s v="Population Aged One Year and Over whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="22"/>
+    <s v="Roscommon"/>
+    <s v="04"/>
+    <s v="Married"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="243"/>
+  </r>
+  <r>
+    <s v="CD133"/>
+    <s v="Population Aged One Year and Over whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="22"/>
+    <s v="Roscommon"/>
+    <s v="14"/>
+    <s v="Separated or Divorced"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="127"/>
+  </r>
+  <r>
+    <s v="CD133"/>
+    <s v="Population Aged One Year and Over whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="22"/>
+    <s v="Roscommon"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="59"/>
+  </r>
+  <r>
+    <s v="CD133"/>
+    <s v="Population Aged One Year and Over whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="23"/>
+    <s v="Sligo"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1962"/>
+  </r>
+  <r>
+    <s v="CD133"/>
+    <s v="Population Aged One Year and Over whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="23"/>
+    <s v="Sligo"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1551"/>
+  </r>
+  <r>
+    <s v="CD133"/>
+    <s v="Population Aged One Year and Over whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="23"/>
+    <s v="Sligo"/>
+    <s v="04"/>
+    <s v="Married"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="267"/>
+  </r>
+  <r>
+    <s v="CD133"/>
+    <s v="Population Aged One Year and Over whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="23"/>
+    <s v="Sligo"/>
+    <s v="14"/>
+    <s v="Separated or Divorced"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="94"/>
+  </r>
+  <r>
+    <s v="CD133"/>
+    <s v="Population Aged One Year and Over whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="23"/>
+    <s v="Sligo"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="50"/>
+  </r>
+  <r>
+    <s v="CD133"/>
+    <s v="Population Aged One Year and Over whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="24"/>
+    <s v="Cavan"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1801"/>
+  </r>
+  <r>
+    <s v="CD133"/>
+    <s v="Population Aged One Year and Over whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="24"/>
+    <s v="Cavan"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1243"/>
+  </r>
+  <r>
+    <s v="CD133"/>
+    <s v="Population Aged One Year and Over whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="24"/>
+    <s v="Cavan"/>
+    <s v="04"/>
+    <s v="Married"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="352"/>
+  </r>
+  <r>
+    <s v="CD133"/>
+    <s v="Population Aged One Year and Over whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="24"/>
+    <s v="Cavan"/>
+    <s v="14"/>
+    <s v="Separated or Divorced"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="125"/>
+  </r>
+  <r>
+    <s v="CD133"/>
+    <s v="Population Aged One Year and Over whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="24"/>
+    <s v="Cavan"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="81"/>
+  </r>
+  <r>
+    <s v="CD133"/>
+    <s v="Population Aged One Year and Over whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="25"/>
+    <s v="Donegal"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3089"/>
+  </r>
+  <r>
+    <s v="CD133"/>
+    <s v="Population Aged One Year and Over whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="25"/>
+    <s v="Donegal"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2217"/>
+  </r>
+  <r>
+    <s v="CD133"/>
+    <s v="Population Aged One Year and Over whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="25"/>
+    <s v="Donegal"/>
+    <s v="04"/>
+    <s v="Married"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="575"/>
+  </r>
+  <r>
+    <s v="CD133"/>
+    <s v="Population Aged One Year and Over whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="25"/>
+    <s v="Donegal"/>
+    <s v="14"/>
+    <s v="Separated or Divorced"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="183"/>
+  </r>
+  <r>
+    <s v="CD133"/>
+    <s v="Population Aged One Year and Over whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="25"/>
+    <s v="Donegal"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="114"/>
+  </r>
+  <r>
+    <s v="CD133"/>
+    <s v="Population Aged One Year and Over whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="26"/>
+    <s v="Monaghan"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1276"/>
+  </r>
+  <r>
+    <s v="CD133"/>
+    <s v="Population Aged One Year and Over whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="26"/>
+    <s v="Monaghan"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="882"/>
+  </r>
+  <r>
+    <s v="CD133"/>
+    <s v="Population Aged One Year and Over whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="26"/>
+    <s v="Monaghan"/>
+    <s v="04"/>
+    <s v="Married"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="254"/>
+  </r>
+  <r>
+    <s v="CD133"/>
+    <s v="Population Aged One Year and Over whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="26"/>
+    <s v="Monaghan"/>
+    <s v="14"/>
+    <s v="Separated or Divorced"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="89"/>
+  </r>
+  <r>
+    <s v="CD133"/>
+    <s v="Population Aged One Year and Over whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="26"/>
+    <s v="Monaghan"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="51"/>
+  </r>
+</pivotCacheRecords>
 </file>