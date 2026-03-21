--- v2 (2026-02-03)
+++ v3 (2026-03-21)
@@ -1,48 +1,48 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/pivotCache/pivotCacheDefinition1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheDefinition+xml"/>
   <Override PartName="/pivotCache/pivotCacheRecords1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheRecords+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/pivotTables/pivotTable.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R32489203f6174b2b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/105b7990321b46e7b0c31c43b129415c.psmdcp" Id="Rb0316db1ca2f4d45" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R62285e7351a14873" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/216df2d95215449aa0479c9372b2976e.psmdcp" Id="Re793eaaff097464b" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="About" sheetId="1" r:id="rId2"/>
     <x:sheet name="Unpivoted" sheetId="2" r:id="rId9"/>
     <x:sheet name="Pivoted" sheetId="3" r:id="rId11"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
   <x:pivotCaches>
     <x:pivotCache cacheId="0" r:id="rId12"/>
   </x:pivotCaches>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Table</x:t>